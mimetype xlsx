--- v0 (2025-10-10)
+++ v1 (2025-12-18)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{CB98BFB5-1BBE-4016-96E4-3C8A3C60DA33}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{1F430D4A-E5B1-405B-9425-562BC4933C04}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{DEC1CD8F-8523-45A3-AD75-877A357D0BE6}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{2B119476-6A4C-4CD9-9E3D-DF1C0702A6C5}"/>
   </bookViews>
   <sheets>
     <sheet name="fwanaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Total Nonfarm Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ECB0F759-1E65-4205-8A3D-ED25AD97AEE9}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E525400E-D4AB-4CDD-90AE-CA75663BDDFD}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-1.6889832999997907</v>
       </c>
       <c r="D431" s="5">
         <v>-1.6685547512850119</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>1204.4230633</v>
       </c>
       <c r="C432" s="5">
         <v>0.73776529999986451</v>
       </c>
       <c r="D432" s="5">
         <v>0.73799101712113124</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1206.9789397</v>
+        <v>1205.3006011</v>
       </c>
       <c r="C433" s="5">
-        <v>2.5558763999999883</v>
+        <v>0.87753780000002735</v>
       </c>
       <c r="D433" s="5">
-        <v>2.5764227118145966</v>
+        <v>0.87782732077785752</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>1205.0363391999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.264261900000065</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-0.26278271099567929</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>