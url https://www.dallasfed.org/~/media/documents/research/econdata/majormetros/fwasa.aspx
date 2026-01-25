--- v1 (2025-12-18)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{1F430D4A-E5B1-405B-9425-562BC4933C04}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D1ACAF84-4969-4F88-B38F-518DFABB47C1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{2B119476-6A4C-4CD9-9E3D-DF1C0702A6C5}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{E710D609-26EE-41CE-9330-D1D0D37541E1}"/>
   </bookViews>
   <sheets>
     <sheet name="fwanaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Total Nonfarm Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E525400E-D4AB-4CDD-90AE-CA75663BDDFD}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{517A9400-F8CD-4C7F-BE12-9A8E6AF72641}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>606.43637553999997</v>
+        <v>606.55162112000005</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>609.11512678999998</v>
+        <v>609.13527718</v>
       </c>
       <c r="C7" s="5">
-        <v>2.6787512500000048</v>
+        <v>2.583656059999953</v>
       </c>
       <c r="D7" s="5">
-        <v>5.4313330406450033</v>
+        <v>5.2329651187047466</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>608.73458118999997</v>
+        <v>608.80827018000002</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.38054560000000492</v>
+        <v>-0.32700699999998051</v>
       </c>
       <c r="D8" s="5">
-        <v>-0.74713110313224806</v>
+        <v>-0.64230698298693989</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>606.61348619</v>
+        <v>606.54135914999995</v>
       </c>
       <c r="C9" s="5">
-        <v>-2.1210949999999684</v>
+        <v>-2.2669110300000739</v>
       </c>
       <c r="D9" s="5">
-        <v>-4.1021109196932581</v>
+        <v>-4.3778463093266717</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>606.37675303000003</v>
+        <v>606.12305287000004</v>
       </c>
       <c r="C10" s="5">
-        <v>-0.23673315999997158</v>
+        <v>-0.41830627999991066</v>
       </c>
       <c r="D10" s="5">
-        <v>-0.46730058495838556</v>
+        <v>-0.82445801154732434</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>608.67064857000003</v>
+        <v>608.41740468</v>
       </c>
       <c r="C11" s="5">
-        <v>2.2938955399999941</v>
+        <v>2.2943518099999665</v>
       </c>
       <c r="D11" s="5">
-        <v>4.6351972650634954</v>
+        <v>4.6381195940860875</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>609.69874969</v>
+        <v>609.58355869000002</v>
       </c>
       <c r="C12" s="5">
-        <v>1.0281011199999739</v>
+        <v>1.1661540100000138</v>
       </c>
       <c r="D12" s="5">
-        <v>2.0458476296029815</v>
+        <v>2.3244430050170184</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>613.23305651999999</v>
+        <v>613.30112865000001</v>
       </c>
       <c r="C13" s="5">
-        <v>3.5343068299999914</v>
+        <v>3.7175699599999916</v>
       </c>
       <c r="D13" s="5">
-        <v>7.1822915877994387</v>
+        <v>7.5687761099135109</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>611.90900879000003</v>
+        <v>612.10352533000002</v>
       </c>
       <c r="C14" s="5">
-        <v>-1.3240477299999611</v>
+        <v>-1.1976033199999847</v>
       </c>
       <c r="D14" s="5">
-        <v>-2.5604040837248765</v>
+        <v>-2.3182565869298788</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>612.28064969000002</v>
+        <v>612.40670776000002</v>
       </c>
       <c r="C15" s="5">
-        <v>0.37164089999998851</v>
+        <v>0.30318242999999256</v>
       </c>
       <c r="D15" s="5">
-        <v>0.73125548360328807</v>
+        <v>0.59599669190890658</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>614.27861548999999</v>
+        <v>614.33454484000004</v>
       </c>
       <c r="C16" s="5">
-        <v>1.9979657999999745</v>
+        <v>1.9278370800000175</v>
       </c>
       <c r="D16" s="5">
-        <v>3.9868323061811983</v>
+        <v>3.8436575538852047</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>614.60265314000003</v>
+        <v>614.65809858</v>
       </c>
       <c r="C17" s="5">
-        <v>0.32403765000003659</v>
+        <v>0.32355373999996573</v>
       </c>
       <c r="D17" s="5">
-        <v>0.63485088539323442</v>
+        <v>0.63384218832298611</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>616.44854781000004</v>
+        <v>616.54045549</v>
       </c>
       <c r="C18" s="5">
-        <v>1.845894670000007</v>
+        <v>1.8823569099999986</v>
       </c>
       <c r="D18" s="5">
-        <v>3.6642088556506414</v>
+        <v>3.7374693870787956</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>613.24300829000003</v>
+        <v>613.26441971999998</v>
       </c>
       <c r="C19" s="5">
-        <v>-3.2055395200000021</v>
+        <v>-3.2760357700000213</v>
       </c>
       <c r="D19" s="5">
-        <v>-6.0646064809851357</v>
+        <v>-6.193209815604483</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>613.59584074999998</v>
+        <v>613.67642625999997</v>
       </c>
       <c r="C20" s="5">
-        <v>0.35283245999994506</v>
+        <v>0.41200653999999304</v>
       </c>
       <c r="D20" s="5">
-        <v>0.69261507290798718</v>
+        <v>0.80917592090108403</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>610.24999316000003</v>
+        <v>610.17190696</v>
       </c>
       <c r="C21" s="5">
-        <v>-3.3458475899999485</v>
+        <v>-3.5045192999999699</v>
       </c>
       <c r="D21" s="5">
-        <v>-6.3507047345413685</v>
+        <v>-6.6416403445483603</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>611.85639791999995</v>
+        <v>611.60201142999995</v>
       </c>
       <c r="C22" s="5">
-        <v>1.6064047599999185</v>
+        <v>1.4301044699999466</v>
       </c>
       <c r="D22" s="5">
-        <v>3.2049835303485485</v>
+        <v>2.8490680020598402</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>611.89109576999999</v>
+        <v>611.63356001</v>
       </c>
       <c r="C23" s="5">
-        <v>3.4697850000043218E-2</v>
+        <v>3.1548580000048787E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>6.8072196873769641E-2</v>
+        <v>6.191777968476142E-2</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>607.58901392999996</v>
+        <v>607.46345454000004</v>
       </c>
       <c r="C24" s="5">
-        <v>-4.302081840000028</v>
+        <v>-4.1701054699999531</v>
       </c>
       <c r="D24" s="5">
-        <v>-8.1182304920223931</v>
+        <v>-7.8816428635194891</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>609.80912890000002</v>
+        <v>609.91104075999999</v>
       </c>
       <c r="C25" s="5">
-        <v>2.2201149700000542</v>
+        <v>2.4475862199999483</v>
       </c>
       <c r="D25" s="5">
-        <v>4.4739720915704329</v>
+        <v>4.9436281585754527</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>610.34389044</v>
+        <v>610.56135847999997</v>
       </c>
       <c r="C26" s="5">
-        <v>0.53476153999997678</v>
+        <v>0.65031771999997545</v>
       </c>
       <c r="D26" s="5">
-        <v>1.0574095263688799</v>
+        <v>1.2870303453787368</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>611.18520463000004</v>
+        <v>611.29643669999996</v>
       </c>
       <c r="C27" s="5">
-        <v>0.84131419000004826</v>
+        <v>0.73507821999999123</v>
       </c>
       <c r="D27" s="5">
-        <v>1.6667099872209379</v>
+        <v>1.4543309726801734</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>612.10314261999997</v>
+        <v>612.15201291999995</v>
       </c>
       <c r="C28" s="5">
-        <v>0.91793798999992759</v>
+        <v>0.85557621999998901</v>
       </c>
       <c r="D28" s="5">
-        <v>1.8172402953277045</v>
+        <v>1.6925205327184445</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>610.84018634999995</v>
+        <v>610.89734796000005</v>
       </c>
       <c r="C29" s="5">
-        <v>-1.2629562700000179</v>
+        <v>-1.2546649599999</v>
       </c>
       <c r="D29" s="5">
-        <v>-2.4480621754160214</v>
+        <v>-2.4319794134092576</v>
       </c>
       <c r="E29" s="5">
-        <v>-0.61217874195265143</v>
+        <v>-0.61184431290959296</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>611.19244825999999</v>
+        <v>611.25047987000005</v>
       </c>
       <c r="C30" s="5">
-        <v>0.35226191000003837</v>
+        <v>0.35313191000000188</v>
       </c>
       <c r="D30" s="5">
-        <v>0.6942202425646915</v>
+        <v>0.69587492430727149</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>611.80298075999997</v>
+        <v>611.82330219000005</v>
       </c>
       <c r="C31" s="5">
-        <v>0.61053249999997661</v>
+        <v>0.57282232000000022</v>
       </c>
       <c r="D31" s="5">
-        <v>1.2053120069430046</v>
+        <v>1.1303726441447282</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>609.72040029000004</v>
+        <v>609.78482518999999</v>
       </c>
       <c r="C32" s="5">
-        <v>-2.0825804699999253</v>
+        <v>-2.0384770000000572</v>
       </c>
       <c r="D32" s="5">
-        <v>-4.0091914087717946</v>
+        <v>-3.9257095340452741</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>612.55740112000001</v>
+        <v>612.48142297000004</v>
       </c>
       <c r="C33" s="5">
-        <v>2.8370008299999654</v>
+        <v>2.6965977800000474</v>
       </c>
       <c r="D33" s="5">
-        <v>5.7286739483660698</v>
+        <v>5.4376453853608675</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>615.42445721000001</v>
+        <v>615.19005362999997</v>
       </c>
       <c r="C34" s="5">
-        <v>2.8670560900000055</v>
+        <v>2.7086306599999261</v>
       </c>
       <c r="D34" s="5">
-        <v>5.7634276346701041</v>
+        <v>5.4378674106518199</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>615.10793827999998</v>
+        <v>614.87196922999999</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.31651893000002929</v>
+        <v>-0.31808439999997518</v>
       </c>
       <c r="D35" s="5">
-        <v>-0.61542914815976291</v>
+        <v>-0.61869933125888732</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>615.53712283000004</v>
+        <v>615.39476506999995</v>
       </c>
       <c r="C36" s="5">
-        <v>0.42918455000005906</v>
+        <v>0.52279583999995793</v>
       </c>
       <c r="D36" s="5">
-        <v>0.84050693991306602</v>
+        <v>1.0250867218305704</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>614.18190512000001</v>
+        <v>614.30184069999996</v>
       </c>
       <c r="C37" s="5">
-        <v>-1.3552177100000335</v>
+        <v>-1.0929243699999915</v>
       </c>
       <c r="D37" s="5">
-        <v>-2.610260514750673</v>
+        <v>-2.1104731907343743</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>614.90612548000001</v>
+        <v>615.19003926000005</v>
       </c>
       <c r="C38" s="5">
-        <v>0.72422036000000389</v>
+        <v>0.88819856000009167</v>
       </c>
       <c r="D38" s="5">
-        <v>1.4242081421615316</v>
+        <v>1.7489042258505227</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>617.53470943000002</v>
+        <v>617.61776269999996</v>
       </c>
       <c r="C39" s="5">
-        <v>2.6285839500000066</v>
+        <v>2.4277234399999088</v>
       </c>
       <c r="D39" s="5">
-        <v>5.2520687951173262</v>
+        <v>4.8397057430000112</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>619.03183778000005</v>
+        <v>619.04006762999995</v>
       </c>
       <c r="C40" s="5">
-        <v>1.4971283500000254</v>
+        <v>1.4223049299999957</v>
       </c>
       <c r="D40" s="5">
-        <v>2.9483426364051102</v>
+        <v>2.7987382041467557</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>620.57282712000006</v>
+        <v>620.63043952999999</v>
       </c>
       <c r="C41" s="5">
-        <v>1.5409893400000101</v>
+        <v>1.5903719000000365</v>
       </c>
       <c r="D41" s="5">
-        <v>3.0284654329973515</v>
+        <v>3.1268491761130335</v>
       </c>
       <c r="E41" s="5">
-        <v>1.5933203131503593</v>
+        <v>1.5932450193968162</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>623.10747043000003</v>
+        <v>623.13532605</v>
       </c>
       <c r="C42" s="5">
-        <v>2.5346433099999786</v>
+        <v>2.5048865200000137</v>
       </c>
       <c r="D42" s="5">
-        <v>5.0128469858714553</v>
+        <v>4.9522135303490034</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>625.79453174000002</v>
+        <v>625.79954782000004</v>
       </c>
       <c r="C43" s="5">
-        <v>2.68706130999999</v>
+        <v>2.6642217700000401</v>
       </c>
       <c r="D43" s="5">
-        <v>5.2993451910639866</v>
+        <v>5.252996910815888</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>626.02140511000005</v>
+        <v>626.01179129000002</v>
       </c>
       <c r="C44" s="5">
-        <v>0.22687337000002117</v>
+        <v>0.21224346999997579</v>
       </c>
       <c r="D44" s="5">
-        <v>0.43591232573274574</v>
+        <v>0.40774684803410732</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>624.83744325999999</v>
+        <v>624.79290165999998</v>
       </c>
       <c r="C45" s="5">
-        <v>-1.1839618500000597</v>
+        <v>-1.2188896300000351</v>
       </c>
       <c r="D45" s="5">
-        <v>-2.2460390101691652</v>
+        <v>-2.3116261430280005</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>625.36385654000003</v>
+        <v>625.20270903000005</v>
       </c>
       <c r="C46" s="5">
-        <v>0.5264132800000425</v>
+        <v>0.40980737000006684</v>
       </c>
       <c r="D46" s="5">
-        <v>1.0156741265060942</v>
+        <v>0.78993660678285949</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>628.21241838000003</v>
+        <v>628.02011641000001</v>
       </c>
       <c r="C47" s="5">
-        <v>2.8485618400000021</v>
+        <v>2.8174073799999633</v>
       </c>
       <c r="D47" s="5">
-        <v>5.6050970448057624</v>
+        <v>5.5437319899696247</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>630.63606192999998</v>
+        <v>630.54084323999996</v>
       </c>
       <c r="C48" s="5">
-        <v>2.4236435499999516</v>
+        <v>2.5207268299999441</v>
       </c>
       <c r="D48" s="5">
-        <v>4.7291099043427653</v>
+        <v>4.924284888333319</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>630.67888362999997</v>
+        <v>630.77155888000004</v>
       </c>
       <c r="C49" s="5">
-        <v>4.2821699999990415E-2</v>
+        <v>0.23071564000008493</v>
       </c>
       <c r="D49" s="5">
-        <v>8.1513313686776279E-2</v>
+        <v>0.43996612958729919</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>634.13615671000002</v>
+        <v>634.41665415</v>
       </c>
       <c r="C50" s="5">
-        <v>3.45727308000005</v>
+        <v>3.6450952699999561</v>
       </c>
       <c r="D50" s="5">
-        <v>6.7801955078066634</v>
+        <v>7.1592501485457483</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>635.28628431000004</v>
+        <v>635.34516197000005</v>
       </c>
       <c r="C51" s="5">
-        <v>1.1501276000000189</v>
+        <v>0.92850782000004983</v>
       </c>
       <c r="D51" s="5">
-        <v>2.1982726071335223</v>
+        <v>1.7704803355786058</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>636.28645721999999</v>
+        <v>636.2587747</v>
       </c>
       <c r="C52" s="5">
-        <v>1.0001729099999466</v>
+        <v>0.91361272999995435</v>
       </c>
       <c r="D52" s="5">
-        <v>1.9056838858944714</v>
+        <v>1.7392872800136461</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>636.79614924999998</v>
+        <v>636.84154102000002</v>
       </c>
       <c r="C53" s="5">
-        <v>0.50969202999999652</v>
+        <v>0.58276632000001882</v>
       </c>
       <c r="D53" s="5">
-        <v>0.96549646087797925</v>
+        <v>1.1046657107002034</v>
       </c>
       <c r="E53" s="5">
-        <v>2.6142495160947243</v>
+        <v>2.6120377695745267</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>640.17549398999995</v>
+        <v>640.18754675000002</v>
       </c>
       <c r="C54" s="5">
-        <v>3.379344739999965</v>
+        <v>3.3460057300000017</v>
       </c>
       <c r="D54" s="5">
-        <v>6.5573474277623278</v>
+        <v>6.4902989850894377</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>639.25039128000003</v>
+        <v>639.23872628000004</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.92510270999991917</v>
+        <v>-0.94882046999998693</v>
       </c>
       <c r="D55" s="5">
-        <v>-1.7203758218994891</v>
+        <v>-1.7640909371224867</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>643.11527422999995</v>
+        <v>643.04631826000002</v>
       </c>
       <c r="C56" s="5">
-        <v>3.8648829499999238</v>
+        <v>3.8075919799999838</v>
       </c>
       <c r="D56" s="5">
-        <v>7.5013361100874976</v>
+        <v>7.3866124712617109</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>647.04977641999994</v>
+        <v>647.04838986000004</v>
       </c>
       <c r="C57" s="5">
-        <v>3.9345021899999892</v>
+        <v>4.002071600000022</v>
       </c>
       <c r="D57" s="5">
-        <v>7.5935916885198296</v>
+        <v>7.7293544756850352</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>647.56543409000005</v>
+        <v>647.47329278999996</v>
       </c>
       <c r="C58" s="5">
-        <v>0.51565767000010965</v>
+        <v>0.42490292999991652</v>
       </c>
       <c r="D58" s="5">
-        <v>0.96052682708991366</v>
+        <v>0.79086684122373629</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>649.06624566000005</v>
+        <v>648.93753318999995</v>
       </c>
       <c r="C59" s="5">
-        <v>1.5008115699999962</v>
+        <v>1.4642403999999942</v>
       </c>
       <c r="D59" s="5">
-        <v>2.8168721401066632</v>
+        <v>2.7477718202965962</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>651.47626765999996</v>
+        <v>651.42156574000001</v>
       </c>
       <c r="C60" s="5">
-        <v>2.4100219999999126</v>
+        <v>2.4840325500000517</v>
       </c>
       <c r="D60" s="5">
-        <v>4.5478008143678306</v>
+        <v>4.6913649295492243</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>653.69355074999999</v>
+        <v>653.73862895000002</v>
       </c>
       <c r="C61" s="5">
-        <v>2.2172830900000235</v>
+        <v>2.3170632100000148</v>
       </c>
       <c r="D61" s="5">
-        <v>4.1614958666034596</v>
+        <v>4.3528199619634167</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>655.24704564000001</v>
+        <v>655.51372592999996</v>
       </c>
       <c r="C62" s="5">
-        <v>1.5534948900000245</v>
+        <v>1.7750969799999439</v>
       </c>
       <c r="D62" s="5">
-        <v>2.8893572709278503</v>
+        <v>3.3074648780246685</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>657.49696055000004</v>
+        <v>657.52818944000001</v>
       </c>
       <c r="C63" s="5">
-        <v>2.2499149100000295</v>
+        <v>2.0144635100000414</v>
       </c>
       <c r="D63" s="5">
-        <v>4.1991404598636928</v>
+        <v>3.750701054303307</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>660.59279793999997</v>
+        <v>660.52406812000004</v>
       </c>
       <c r="C64" s="5">
-        <v>3.0958373899999287</v>
+        <v>2.9958786800000325</v>
       </c>
       <c r="D64" s="5">
-        <v>5.798867742565883</v>
+        <v>5.6066449352277115</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>660.97243722999997</v>
+        <v>661.00645359999999</v>
       </c>
       <c r="C65" s="5">
-        <v>0.37963929000000007</v>
+        <v>0.48238547999994807</v>
       </c>
       <c r="D65" s="5">
-        <v>0.6918178309307077</v>
+        <v>0.87989731909863256</v>
       </c>
       <c r="E65" s="5">
-        <v>3.7965505929133059</v>
+        <v>3.7944937670517209</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>650.29116184999998</v>
+        <v>650.29379716999995</v>
       </c>
       <c r="C66" s="5">
-        <v>-10.681275379999988</v>
+        <v>-10.712656430000038</v>
       </c>
       <c r="D66" s="5">
-        <v>-17.757931931608852</v>
+        <v>-17.804708066549669</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>654.13997071999995</v>
+        <v>654.10881631999996</v>
       </c>
       <c r="C67" s="5">
-        <v>3.8488088699999707</v>
+        <v>3.8150191500000119</v>
       </c>
       <c r="D67" s="5">
-        <v>7.3381307120237382</v>
+        <v>7.2715843363944321</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>656.57004004999999</v>
+        <v>656.49132331999999</v>
       </c>
       <c r="C68" s="5">
-        <v>2.4300693300000376</v>
+        <v>2.3825070000000323</v>
       </c>
       <c r="D68" s="5">
-        <v>4.5501096298115495</v>
+        <v>4.4594784167605983</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>657.16462396999998</v>
+        <v>657.20070755999996</v>
       </c>
       <c r="C69" s="5">
-        <v>0.59458391999999094</v>
+        <v>0.70938423999996303</v>
       </c>
       <c r="D69" s="5">
-        <v>1.092138201075965</v>
+        <v>1.3044171032918772</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>660.11985460000005</v>
+        <v>660.07819748999998</v>
       </c>
       <c r="C70" s="5">
-        <v>2.9552306300000737</v>
+        <v>2.8774899300000243</v>
       </c>
       <c r="D70" s="5">
-        <v>5.5318187811601582</v>
+        <v>5.3824739605147665</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>661.29852363999998</v>
+        <v>661.21003658999996</v>
       </c>
       <c r="C71" s="5">
-        <v>1.1786690399999316</v>
+        <v>1.1318390999999792</v>
       </c>
       <c r="D71" s="5">
-        <v>2.1638130207461748</v>
+        <v>2.077162222485418</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>662.64443186000005</v>
+        <v>662.64675903</v>
       </c>
       <c r="C72" s="5">
-        <v>1.3459082200000694</v>
+        <v>1.4367224400000396</v>
       </c>
       <c r="D72" s="5">
-        <v>2.4698258658152339</v>
+        <v>2.6388299245409419</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>664.08711565999999</v>
+        <v>664.11141672999997</v>
       </c>
       <c r="C73" s="5">
-        <v>1.4426837999999407</v>
+        <v>1.4646576999999752</v>
       </c>
       <c r="D73" s="5">
-        <v>2.6441058951116814</v>
+        <v>2.6848603132766824</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>667.03927294000005</v>
+        <v>667.18594510000003</v>
       </c>
       <c r="C74" s="5">
-        <v>2.9521572800000513</v>
+        <v>3.0745283700000527</v>
       </c>
       <c r="D74" s="5">
-        <v>5.4669048891558436</v>
+        <v>5.6991054486777548</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>669.41201781999996</v>
+        <v>669.43489149000004</v>
       </c>
       <c r="C75" s="5">
-        <v>2.3727448799999138</v>
+        <v>2.2489463900000146</v>
       </c>
       <c r="D75" s="5">
-        <v>4.3530641258716862</v>
+        <v>4.1207927028932501</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>670.51117419000002</v>
+        <v>670.47252232999995</v>
       </c>
       <c r="C76" s="5">
-        <v>1.0991563700000597</v>
+        <v>1.0376308399999061</v>
       </c>
       <c r="D76" s="5">
-        <v>1.9882592866771187</v>
+        <v>1.8759510342737817</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>674.03956654000001</v>
+        <v>674.05047698999999</v>
       </c>
       <c r="C77" s="5">
-        <v>3.5283923499999901</v>
+        <v>3.5779546600000458</v>
       </c>
       <c r="D77" s="5">
-        <v>6.5006968739258042</v>
+        <v>6.5950985879963397</v>
       </c>
       <c r="E77" s="5">
-        <v>1.9769552516836653</v>
+        <v>1.9733579481651331</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>679.11386646999995</v>
+        <v>679.11009824999996</v>
       </c>
       <c r="C78" s="5">
-        <v>5.0742999299999383</v>
+        <v>5.0596212599999717</v>
       </c>
       <c r="D78" s="5">
-        <v>9.4174251528111199</v>
+        <v>9.3888902587689671</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>680.10622387000001</v>
+        <v>680.07435229999999</v>
       </c>
       <c r="C79" s="5">
-        <v>0.9923574000000599</v>
+        <v>0.96425405000002229</v>
       </c>
       <c r="D79" s="5">
-        <v>1.7676655923317242</v>
+        <v>1.7172237396169798</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>681.87040979999995</v>
+        <v>681.82805827000004</v>
       </c>
       <c r="C80" s="5">
-        <v>1.7641859299999396</v>
+        <v>1.7537059700000555</v>
       </c>
       <c r="D80" s="5">
-        <v>3.1575791144742071</v>
+        <v>3.1387042237470908</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>682.59847761000003</v>
+        <v>682.63541070999997</v>
       </c>
       <c r="C81" s="5">
-        <v>0.72806781000008414</v>
+        <v>0.80735243999993145</v>
       </c>
       <c r="D81" s="5">
-        <v>1.2888526508740616</v>
+        <v>1.4302101427821956</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>685.49031673000002</v>
+        <v>685.45270479999999</v>
       </c>
       <c r="C82" s="5">
-        <v>2.891839119999986</v>
+        <v>2.8172940900000185</v>
       </c>
       <c r="D82" s="5">
-        <v>5.2039648578491082</v>
+        <v>5.066479144704461</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>686.27781869</v>
+        <v>686.23581921000005</v>
       </c>
       <c r="C83" s="5">
-        <v>0.78750195999998596</v>
+        <v>0.78311441000005289</v>
       </c>
       <c r="D83" s="5">
-        <v>1.3873226755642287</v>
+        <v>1.3796207815702122</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>688.51719971</v>
+        <v>688.52284304</v>
       </c>
       <c r="C84" s="5">
-        <v>2.2393810199999962</v>
+        <v>2.2870238299999528</v>
       </c>
       <c r="D84" s="5">
-        <v>3.9867436678728163</v>
+        <v>4.0733763256876276</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>692.10813741000004</v>
+        <v>692.13029357999994</v>
       </c>
       <c r="C85" s="5">
-        <v>3.5909377000000404</v>
+        <v>3.6074505399999452</v>
       </c>
       <c r="D85" s="5">
-        <v>6.4412437192250982</v>
+        <v>6.4716678061010446</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>692.70086437999998</v>
+        <v>692.77159105999999</v>
       </c>
       <c r="C86" s="5">
-        <v>0.59272696999994423</v>
+        <v>0.64129748000004838</v>
       </c>
       <c r="D86" s="5">
-        <v>1.0325441565164573</v>
+        <v>1.1175508827464764</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>695.37221086</v>
+        <v>695.39329620000001</v>
       </c>
       <c r="C87" s="5">
-        <v>2.6713464800000111</v>
+        <v>2.6217051400000173</v>
       </c>
       <c r="D87" s="5">
-        <v>4.7271336393193142</v>
+        <v>4.6369701865269342</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>698.61288721999995</v>
+        <v>698.59002811000005</v>
       </c>
       <c r="C88" s="5">
-        <v>3.2406763599999522</v>
+        <v>3.1967319100000395</v>
       </c>
       <c r="D88" s="5">
-        <v>5.7380120337061191</v>
+        <v>5.6580495761715754</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>699.28279233000001</v>
+        <v>699.28353250999999</v>
       </c>
       <c r="C89" s="5">
-        <v>0.66990511000005881</v>
+        <v>0.69350439999993796</v>
       </c>
       <c r="D89" s="5">
-        <v>1.1567771163162988</v>
+        <v>1.1977900112769113</v>
       </c>
       <c r="E89" s="5">
-        <v>3.7450658749276888</v>
+        <v>3.7434964266592097</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>711.77401187999999</v>
+        <v>711.77408407999997</v>
       </c>
       <c r="C90" s="5">
-        <v>12.491219549999983</v>
+        <v>12.49055156999998</v>
       </c>
       <c r="D90" s="5">
-        <v>23.672012508842187</v>
+        <v>23.670592197470718</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>713.32805177</v>
+        <v>713.30393029000004</v>
       </c>
       <c r="C91" s="5">
-        <v>1.5540398900000127</v>
+        <v>1.5298462100000734</v>
       </c>
       <c r="D91" s="5">
-        <v>2.6516918722704341</v>
+        <v>2.6099202098522456</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>719.18808709999996</v>
+        <v>719.17430936999995</v>
       </c>
       <c r="C92" s="5">
-        <v>5.8600353299999597</v>
+        <v>5.8703790799999069</v>
       </c>
       <c r="D92" s="5">
-        <v>10.315917843030586</v>
+        <v>10.335324285414437</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>721.86314675999995</v>
+        <v>721.88200161999998</v>
       </c>
       <c r="C93" s="5">
-        <v>2.6750596599999881</v>
+        <v>2.7076922500000364</v>
       </c>
       <c r="D93" s="5">
-        <v>4.5559192752374189</v>
+        <v>4.6127423213605301</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>725.62696237</v>
+        <v>725.59707828000001</v>
       </c>
       <c r="C94" s="5">
-        <v>3.7638156100000515</v>
+        <v>3.7150766600000225</v>
       </c>
       <c r="D94" s="5">
-        <v>6.4394188242469008</v>
+        <v>6.3534878923436233</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>727.90326905999996</v>
+        <v>727.88205238</v>
       </c>
       <c r="C95" s="5">
-        <v>2.2763066899999558</v>
+        <v>2.2849740999999995</v>
       </c>
       <c r="D95" s="5">
-        <v>3.8300585639841289</v>
+        <v>3.8450567513872214</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>733.27736117999996</v>
+        <v>733.28200376999996</v>
       </c>
       <c r="C96" s="5">
-        <v>5.3740921200000003</v>
+        <v>5.3999513899999556</v>
       </c>
       <c r="D96" s="5">
-        <v>9.2283281358308322</v>
+        <v>9.274842246616366</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>734.91293998000003</v>
+        <v>734.94118302000004</v>
       </c>
       <c r="C97" s="5">
-        <v>1.6355788000000757</v>
+        <v>1.6591792500000793</v>
       </c>
       <c r="D97" s="5">
-        <v>2.7096873383582576</v>
+        <v>2.7492568205320422</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>739.45273717999999</v>
+        <v>739.45654726999999</v>
       </c>
       <c r="C98" s="5">
-        <v>4.5397971999999527</v>
+        <v>4.5153642499999478</v>
       </c>
       <c r="D98" s="5">
-        <v>7.6699023287315704</v>
+        <v>7.6269155412236778</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>741.66945306000002</v>
+        <v>741.69852689000004</v>
       </c>
       <c r="C99" s="5">
-        <v>2.2167158800000379</v>
+        <v>2.2419796200000519</v>
       </c>
       <c r="D99" s="5">
-        <v>3.6572435677827198</v>
+        <v>3.699603070584212</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>744.33844157999999</v>
+        <v>744.33847372000002</v>
       </c>
       <c r="C100" s="5">
-        <v>2.6689885199999708</v>
+        <v>2.6399468299999853</v>
       </c>
       <c r="D100" s="5">
-        <v>4.4048513906790099</v>
+        <v>4.3558052779889112</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>746.53355281999995</v>
+        <v>746.52485948000003</v>
       </c>
       <c r="C101" s="5">
-        <v>2.1951112399999602</v>
+        <v>2.1863857600000074</v>
       </c>
       <c r="D101" s="5">
-        <v>3.5968607578570566</v>
+        <v>3.5823314603153467</v>
       </c>
       <c r="E101" s="5">
-        <v>6.7570317771671551</v>
+        <v>6.7556755984847117</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>750.64556273999995</v>
+        <v>750.65560415000004</v>
       </c>
       <c r="C102" s="5">
-        <v>4.1120099199999913</v>
+        <v>4.1307446700000128</v>
       </c>
       <c r="D102" s="5">
-        <v>6.8137294986110764</v>
+        <v>6.8458065713505212</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>752.41473421000001</v>
+        <v>752.40183832000002</v>
       </c>
       <c r="C103" s="5">
-        <v>1.7691714700000603</v>
+        <v>1.7462341699999797</v>
       </c>
       <c r="D103" s="5">
-        <v>2.8651913137967444</v>
+        <v>2.8275292726203105</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>754.00796132000005</v>
+        <v>753.99823072000004</v>
       </c>
       <c r="C104" s="5">
-        <v>1.5932271100000435</v>
+        <v>1.5963924000000134</v>
       </c>
       <c r="D104" s="5">
-        <v>2.570784895006728</v>
+        <v>2.5759967297034558</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>757.68637332000003</v>
+        <v>757.68509521999999</v>
       </c>
       <c r="C105" s="5">
-        <v>3.6784119999999803</v>
+        <v>3.686864499999956</v>
       </c>
       <c r="D105" s="5">
-        <v>6.013834451850153</v>
+        <v>6.0281070859995012</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>760.11251418999996</v>
+        <v>760.08977929000002</v>
       </c>
       <c r="C106" s="5">
-        <v>2.4261408699999265</v>
+        <v>2.4046840700000303</v>
       </c>
       <c r="D106" s="5">
-        <v>3.9108437266567098</v>
+        <v>3.8756569353801673</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>761.68619647000003</v>
+        <v>761.68480804000001</v>
       </c>
       <c r="C107" s="5">
-        <v>1.5736822800000709</v>
+        <v>1.5950287499999831</v>
       </c>
       <c r="D107" s="5">
-        <v>2.5128791373750126</v>
+        <v>2.5474369544442155</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>762.84535461999997</v>
+        <v>762.84055104000004</v>
       </c>
       <c r="C108" s="5">
-        <v>1.1591581499999393</v>
+        <v>1.1557430000000295</v>
       </c>
       <c r="D108" s="5">
-        <v>1.8415611800621789</v>
+        <v>1.8360935276868995</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>765.71279337999999</v>
+        <v>765.7337225</v>
       </c>
       <c r="C109" s="5">
-        <v>2.8674387600000273</v>
+        <v>2.8931714599999623</v>
       </c>
       <c r="D109" s="5">
-        <v>4.6050781091242499</v>
+        <v>4.6473003385222089</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>769.25774199</v>
+        <v>769.26081065999995</v>
       </c>
       <c r="C110" s="5">
-        <v>3.5449486100000058</v>
+        <v>3.5270881599999484</v>
       </c>
       <c r="D110" s="5">
-        <v>5.6991926867149489</v>
+        <v>5.6695883383999446</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>772.56473032999997</v>
+        <v>772.58593716999997</v>
       </c>
       <c r="C111" s="5">
-        <v>3.3069883399999753</v>
+        <v>3.3251265100000182</v>
       </c>
       <c r="D111" s="5">
-        <v>5.2824593058167446</v>
+        <v>5.3121031269740993</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>774.67460888999994</v>
+        <v>774.66848460000006</v>
       </c>
       <c r="C112" s="5">
-        <v>2.1098785599999701</v>
+        <v>2.0825474300000906</v>
       </c>
       <c r="D112" s="5">
-        <v>3.3268829142590217</v>
+        <v>3.2830544967674458</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>777.69634864</v>
+        <v>777.69086470000002</v>
       </c>
       <c r="C113" s="5">
-        <v>3.0217397500000516</v>
+        <v>3.0223800999999639</v>
       </c>
       <c r="D113" s="5">
-        <v>4.7825251334040253</v>
+        <v>4.7835990974183451</v>
       </c>
       <c r="E113" s="5">
-        <v>4.1743329154173781</v>
+        <v>4.1748114378547196</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>778.76462278999998</v>
+        <v>778.77984942000001</v>
       </c>
       <c r="C114" s="5">
-        <v>1.0682741499999793</v>
+        <v>1.0889847199999849</v>
       </c>
       <c r="D114" s="5">
-        <v>1.6608776141425308</v>
+        <v>1.6933373875100965</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>781.79148395000004</v>
+        <v>781.78446893</v>
       </c>
       <c r="C115" s="5">
-        <v>3.0268611600000668</v>
+        <v>3.0046195099999977</v>
       </c>
       <c r="D115" s="5">
-        <v>4.7651045796977654</v>
+        <v>4.7292494412519037</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>783.19064084000001</v>
+        <v>783.17900271999997</v>
       </c>
       <c r="C116" s="5">
-        <v>1.399156889999972</v>
+        <v>1.3945337899999686</v>
       </c>
       <c r="D116" s="5">
-        <v>2.1688825993813055</v>
+        <v>2.1616653030892774</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>786.21038738000004</v>
+        <v>786.20383336999998</v>
       </c>
       <c r="C117" s="5">
-        <v>3.0197465400000283</v>
+        <v>3.0248306500000126</v>
       </c>
       <c r="D117" s="5">
-        <v>4.7262278667731028</v>
+        <v>4.7344266845118943</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>785.57087123999997</v>
+        <v>785.56003225999996</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.63951614000006884</v>
+        <v>-0.64380111000002671</v>
       </c>
       <c r="D118" s="5">
-        <v>-0.97174420542820439</v>
+        <v>-0.97823403595439506</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>788.50385703999996</v>
+        <v>788.4997611</v>
       </c>
       <c r="C119" s="5">
-        <v>2.9329857999999831</v>
+        <v>2.9397288400000434</v>
       </c>
       <c r="D119" s="5">
-        <v>4.5734427694929414</v>
+        <v>4.5842391882515265</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>791.11311610999996</v>
+        <v>791.10913892999997</v>
       </c>
       <c r="C120" s="5">
-        <v>2.6092590700000073</v>
+        <v>2.6093778299999713</v>
       </c>
       <c r="D120" s="5">
-        <v>4.0440271556485108</v>
+        <v>4.0442359737852041</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>793.70304446</v>
+        <v>793.72558024</v>
       </c>
       <c r="C121" s="5">
-        <v>2.5899283500000365</v>
+        <v>2.6164413100000274</v>
       </c>
       <c r="D121" s="5">
-        <v>4.0000469662229809</v>
+        <v>4.0417636900207832</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>795.92932370000005</v>
+        <v>795.93427112999996</v>
       </c>
       <c r="C122" s="5">
-        <v>2.2262792400000535</v>
+        <v>2.2086908899999571</v>
       </c>
       <c r="D122" s="5">
-        <v>3.4183274571113476</v>
+        <v>3.3908091272574659</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>800.84567056000003</v>
+        <v>800.85474029</v>
       </c>
       <c r="C123" s="5">
-        <v>4.916346859999976</v>
+        <v>4.9204691600000388</v>
       </c>
       <c r="D123" s="5">
-        <v>7.6693078687516847</v>
+        <v>7.6759093578727233</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>802.3113525</v>
+        <v>802.30564848999995</v>
       </c>
       <c r="C124" s="5">
-        <v>1.4656819399999677</v>
+        <v>1.450908199999958</v>
       </c>
       <c r="D124" s="5">
-        <v>2.2184435452589524</v>
+        <v>2.1958337435469488</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>805.61949834999996</v>
+        <v>805.61487839999995</v>
       </c>
       <c r="C125" s="5">
-        <v>3.3081458499999599</v>
+        <v>3.3092299099999991</v>
       </c>
       <c r="D125" s="5">
-        <v>5.0616888229921608</v>
+        <v>5.0634221352398034</v>
       </c>
       <c r="E125" s="5">
-        <v>3.5904951539030172</v>
+        <v>3.5906315693668089</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>809.33379647000004</v>
+        <v>809.34364788000005</v>
       </c>
       <c r="C126" s="5">
-        <v>3.7142981200000804</v>
+        <v>3.7287694800000963</v>
       </c>
       <c r="D126" s="5">
-        <v>5.6750563366288809</v>
+        <v>5.6977664567915198</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>810.01743672999999</v>
+        <v>810.01263663999998</v>
       </c>
       <c r="C127" s="5">
-        <v>0.68364025999994738</v>
+        <v>0.66898875999993379</v>
       </c>
       <c r="D127" s="5">
-        <v>1.0183565212518841</v>
+        <v>0.996420020949218</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>813.54499382999995</v>
+        <v>813.53404044000001</v>
       </c>
       <c r="C128" s="5">
-        <v>3.5275570999999672</v>
+        <v>3.5214038000000301</v>
       </c>
       <c r="D128" s="5">
-        <v>5.3529038587144306</v>
+        <v>5.343374559999603</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>813.16917131000002</v>
+        <v>813.16403637999997</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.37582251999992877</v>
+        <v>-0.37000406000004205</v>
       </c>
       <c r="D129" s="5">
-        <v>-0.55294168057289372</v>
+        <v>-0.54440978732983591</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>818.86097663999999</v>
+        <v>818.85116512000002</v>
       </c>
       <c r="C130" s="5">
-        <v>5.6918053299999656</v>
+        <v>5.6871287400000483</v>
       </c>
       <c r="D130" s="5">
-        <v>8.7304625033630678</v>
+        <v>8.7230683214861937</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>819.86434564000001</v>
+        <v>819.86134779999998</v>
       </c>
       <c r="C131" s="5">
-        <v>1.0033690000000206</v>
+        <v>1.0101826799999571</v>
       </c>
       <c r="D131" s="5">
-        <v>1.4803372542926407</v>
+        <v>1.4904762182559539</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>820.41846692000001</v>
+        <v>820.41895747000001</v>
       </c>
       <c r="C132" s="5">
-        <v>0.55412128000000394</v>
+        <v>0.55760967000003347</v>
       </c>
       <c r="D132" s="5">
-        <v>0.81406504239831534</v>
+        <v>0.81921206298114502</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>822.40998705000004</v>
+        <v>822.43596981999997</v>
       </c>
       <c r="C133" s="5">
-        <v>1.9915201300000263</v>
+        <v>2.017012349999959</v>
       </c>
       <c r="D133" s="5">
-        <v>2.9521399711515794</v>
+        <v>2.9904391442732159</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>823.28210332000003</v>
+        <v>823.29054998000004</v>
       </c>
       <c r="C134" s="5">
-        <v>0.87211626999999226</v>
+        <v>0.85458016000006864</v>
       </c>
       <c r="D134" s="5">
-        <v>1.2799759546525902</v>
+        <v>1.2540516817880931</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>823.25113900999997</v>
+        <v>823.24944673000005</v>
       </c>
       <c r="C135" s="5">
-        <v>-3.0964310000058504E-2</v>
+        <v>-4.1103249999991931E-2</v>
       </c>
       <c r="D135" s="5">
-        <v>-4.5123641702760064E-2</v>
+        <v>-5.9894235848834132E-2</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>825.32870074000004</v>
+        <v>825.32465634000005</v>
       </c>
       <c r="C136" s="5">
-        <v>2.0775617300000704</v>
+        <v>2.0752096100000017</v>
       </c>
       <c r="D136" s="5">
-        <v>3.0707157951426867</v>
+        <v>3.0671973246341633</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>826.19819995</v>
+        <v>826.19291917999999</v>
       </c>
       <c r="C137" s="5">
-        <v>0.86949920999995811</v>
+        <v>0.86826283999994303</v>
       </c>
       <c r="D137" s="5">
-        <v>1.2715735620992596</v>
+        <v>1.2697612528445923</v>
       </c>
       <c r="E137" s="5">
-        <v>2.5543946791441341</v>
+        <v>2.5543273010137701</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>823.18128629</v>
+        <v>823.18085661999999</v>
       </c>
       <c r="C138" s="5">
-        <v>-3.0169136600000002</v>
+        <v>-3.0120625600000039</v>
       </c>
       <c r="D138" s="5">
-        <v>-4.2949326414087778</v>
+        <v>-4.2881912745880379</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>824.05127371000003</v>
+        <v>824.04830707999997</v>
       </c>
       <c r="C139" s="5">
-        <v>0.86998742000002949</v>
+        <v>0.86745045999998638</v>
       </c>
       <c r="D139" s="5">
-        <v>1.2756299897433987</v>
+        <v>1.2718892222510103</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>823.93307024000001</v>
+        <v>823.92304043000001</v>
       </c>
       <c r="C140" s="5">
-        <v>-0.11820347000002585</v>
+        <v>-0.12526664999995774</v>
       </c>
       <c r="D140" s="5">
-        <v>-0.17199453097223039</v>
+        <v>-0.18226402933300134</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>823.22918930000003</v>
+        <v>823.22558245000005</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.70388093999997636</v>
+        <v>-0.69745797999996739</v>
       </c>
       <c r="D141" s="5">
-        <v>-1.0203494902920718</v>
+        <v>-1.0110942911111032</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>823.19045407999999</v>
+        <v>823.18362497999999</v>
       </c>
       <c r="C142" s="5">
-        <v>-3.8735220000035042E-2</v>
+        <v>-4.1957470000056674E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>-5.6448723311319782E-2</v>
+        <v>-6.1143450446909942E-2</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>824.71042671999999</v>
+        <v>824.70787908</v>
       </c>
       <c r="C143" s="5">
-        <v>1.5199726399999918</v>
+        <v>1.5242541000000074</v>
       </c>
       <c r="D143" s="5">
-        <v>2.2383699949994451</v>
+        <v>2.244758199198138</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>824.39787675000002</v>
+        <v>824.40147207999996</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.31254996999996365</v>
+        <v>-0.30640700000003562</v>
       </c>
       <c r="D144" s="5">
-        <v>-0.45383102281009169</v>
+        <v>-0.4449308549075881</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>825.75701406999997</v>
+        <v>825.78947391999998</v>
       </c>
       <c r="C145" s="5">
-        <v>1.3591373199999452</v>
+        <v>1.3880018400000154</v>
       </c>
       <c r="D145" s="5">
-        <v>1.9964088117205181</v>
+        <v>2.0391917479862132</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>820.50256856999999</v>
+        <v>820.51278964000005</v>
       </c>
       <c r="C146" s="5">
-        <v>-5.2544454999999743</v>
+        <v>-5.2766842799999267</v>
       </c>
       <c r="D146" s="5">
-        <v>-7.3741762259374566</v>
+        <v>-7.4040170403671617</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>816.30405866000001</v>
+        <v>816.30266109000002</v>
       </c>
       <c r="C147" s="5">
-        <v>-4.1985099099999843</v>
+        <v>-4.2101285500000358</v>
       </c>
       <c r="D147" s="5">
-        <v>-5.970499198921086</v>
+        <v>-5.9864855768719138</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>812.14089951000005</v>
+        <v>812.13574882</v>
       </c>
       <c r="C148" s="5">
-        <v>-4.1631591499999558</v>
+        <v>-4.1669122700000116</v>
       </c>
       <c r="D148" s="5">
-        <v>-5.9512308495320188</v>
+        <v>-5.9564561240221581</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>811.27577924000002</v>
+        <v>811.26687020999998</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.865120270000034</v>
+        <v>-0.86887861000002431</v>
       </c>
       <c r="D149" s="5">
-        <v>-1.2708184036472669</v>
+        <v>-1.2763148192413643</v>
       </c>
       <c r="E149" s="5">
-        <v>-1.8061550740370858</v>
+        <v>-1.8066057725130591</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>813.91119203999995</v>
+        <v>813.90249116999996</v>
       </c>
       <c r="C150" s="5">
-        <v>2.6354127999999264</v>
+        <v>2.6356209599999829</v>
       </c>
       <c r="D150" s="5">
-        <v>3.968582481530647</v>
+        <v>3.9689459316672115</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>813.76641482000002</v>
+        <v>813.76134573000002</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.14477721999992355</v>
+        <v>-0.14114543999994567</v>
       </c>
       <c r="D151" s="5">
-        <v>-0.21324537412789057</v>
+        <v>-0.20790337149384497</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>814.96375276000003</v>
+        <v>814.95218163000004</v>
       </c>
       <c r="C152" s="5">
-        <v>1.1973379400000113</v>
+        <v>1.1908359000000246</v>
       </c>
       <c r="D152" s="5">
-        <v>1.7799825408849168</v>
+        <v>1.7702496877223028</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>813.02862295</v>
+        <v>813.02442660999998</v>
       </c>
       <c r="C153" s="5">
-        <v>-1.9351298100000349</v>
+        <v>-1.9277550200000633</v>
       </c>
       <c r="D153" s="5">
-        <v>-2.81247819212459</v>
+        <v>-2.8019381512722874</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>813.49768711000002</v>
+        <v>813.49323731000004</v>
       </c>
       <c r="C154" s="5">
-        <v>0.46906416000001627</v>
+        <v>0.46881070000006275</v>
       </c>
       <c r="D154" s="5">
-        <v>0.69452231119864205</v>
+        <v>0.69414942745671393</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>812.88031258000001</v>
+        <v>812.87898109000002</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.61737453000000642</v>
+        <v>-0.61425622000001567</v>
       </c>
       <c r="D155" s="5">
-        <v>-0.90690475555283978</v>
+        <v>-0.90234797335082551</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>811.97290263000002</v>
+        <v>811.98096481000005</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.90740994999998748</v>
+        <v>-0.89801627999997891</v>
       </c>
       <c r="D156" s="5">
-        <v>-1.331353931106094</v>
+        <v>-1.3176572988075619</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>811.78200819999995</v>
+        <v>811.81711521</v>
       </c>
       <c r="C157" s="5">
-        <v>-0.19089443000007122</v>
+        <v>-0.16384960000004867</v>
       </c>
       <c r="D157" s="5">
-        <v>-0.28175490170727624</v>
+        <v>-0.24187937659363445</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>809.85059554999998</v>
+        <v>809.86909766999997</v>
       </c>
       <c r="C158" s="5">
-        <v>-1.9314126499999702</v>
+        <v>-1.9480175400000235</v>
       </c>
       <c r="D158" s="5">
-        <v>-2.8180048878579611</v>
+        <v>-2.8417919333580732</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>808.62759099000004</v>
+        <v>808.63152604000004</v>
       </c>
       <c r="C159" s="5">
-        <v>-1.2230045599999357</v>
+        <v>-1.237571629999934</v>
       </c>
       <c r="D159" s="5">
-        <v>-1.797216514869493</v>
+        <v>-1.8184021751937007</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>808.61730693000004</v>
+        <v>808.61073319000002</v>
       </c>
       <c r="C160" s="5">
-        <v>-1.0284060000003592E-2</v>
+        <v>-2.0792850000020735E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>-1.5260435023389807E-2</v>
+        <v>-3.0851989745317443E-2</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>808.03363252999998</v>
+        <v>808.01386486000001</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.58367440000006354</v>
+        <v>-0.59686833000000661</v>
       </c>
       <c r="D161" s="5">
-        <v>-0.86275093295518079</v>
+        <v>-0.88218141266084293</v>
       </c>
       <c r="E161" s="5">
-        <v>-0.39963558545249578</v>
+        <v>-0.40097845350912653</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>806.51523508000002</v>
+        <v>806.49600758999998</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.5183974499999522</v>
+        <v>-1.5178572700000359</v>
       </c>
       <c r="D162" s="5">
-        <v>-2.2317918511040036</v>
+        <v>-2.2310600790488633</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>805.63218082000003</v>
+        <v>805.62122737000004</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.88305425999999443</v>
+        <v>-0.87478021999993416</v>
       </c>
       <c r="D163" s="5">
-        <v>-1.3059977577567716</v>
+        <v>-1.2938643937082661</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>804.05262328000003</v>
+        <v>804.03946170999996</v>
       </c>
       <c r="C164" s="5">
-        <v>-1.5795575399999962</v>
+        <v>-1.5817656600000873</v>
       </c>
       <c r="D164" s="5">
-        <v>-2.3275661326316199</v>
+        <v>-2.3308162137729571</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>804.13391045000003</v>
+        <v>804.12825183999996</v>
       </c>
       <c r="C165" s="5">
-        <v>8.1287169999995967E-2</v>
+        <v>8.8790130000006684E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>0.12138367245062565</v>
+        <v>0.13259659328057616</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>804.32136836999996</v>
+        <v>804.31936429999996</v>
       </c>
       <c r="C166" s="5">
-        <v>0.18745791999992889</v>
+        <v>0.19111245999999937</v>
       </c>
       <c r="D166" s="5">
-        <v>0.28010029651825974</v>
+        <v>0.28557007532370449</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>803.53400904</v>
+        <v>803.53544205000003</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.78735932999995839</v>
+        <v>-0.78392224999993232</v>
       </c>
       <c r="D167" s="5">
-        <v>-1.168389666724845</v>
+        <v>-1.1633194580601858</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>804.85039586000005</v>
+        <v>804.86244799999997</v>
       </c>
       <c r="C168" s="5">
-        <v>1.3163868200000479</v>
+        <v>1.3270059499999434</v>
       </c>
       <c r="D168" s="5">
-        <v>1.9837063717964121</v>
+        <v>1.9998507203241811</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>805.46434244</v>
+        <v>805.50266674</v>
       </c>
       <c r="C169" s="5">
-        <v>0.61394657999994706</v>
+        <v>0.64021874000002299</v>
       </c>
       <c r="D169" s="5">
-        <v>0.91922015335390572</v>
+        <v>0.9587135032860461</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>806.43254480999997</v>
+        <v>806.46425392000003</v>
       </c>
       <c r="C170" s="5">
-        <v>0.96820236999997178</v>
+        <v>0.96158718000003773</v>
       </c>
       <c r="D170" s="5">
-        <v>1.4520256919376306</v>
+        <v>1.4419705142763917</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>807.48522441</v>
+        <v>807.49364576999994</v>
       </c>
       <c r="C171" s="5">
-        <v>1.0526796000000331</v>
+        <v>1.0293918499999108</v>
       </c>
       <c r="D171" s="5">
-        <v>1.5777194160319308</v>
+        <v>1.5425100831295335</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>807.98828632000004</v>
+        <v>807.98106600000006</v>
       </c>
       <c r="C172" s="5">
-        <v>0.50306191000004219</v>
+        <v>0.48742023000011159</v>
       </c>
       <c r="D172" s="5">
-        <v>0.75016490645760658</v>
+        <v>0.7267549716254651</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>808.70002295999996</v>
+        <v>808.67275570000004</v>
       </c>
       <c r="C173" s="5">
-        <v>0.71173663999991277</v>
+        <v>0.69168969999998353</v>
       </c>
       <c r="D173" s="5">
-        <v>1.0621862134958526</v>
+        <v>1.0321366996720815</v>
       </c>
       <c r="E173" s="5">
-        <v>8.2470630326803018E-2</v>
+        <v>8.1544496778418463E-2</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>809.39889103999997</v>
+        <v>809.37205424000001</v>
       </c>
       <c r="C174" s="5">
-        <v>0.6988680800000111</v>
+        <v>0.69929853999997249</v>
       </c>
       <c r="D174" s="5">
-        <v>1.0419676826078694</v>
+        <v>1.0426478491144753</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>810.89163608000001</v>
+        <v>810.87468193999996</v>
       </c>
       <c r="C175" s="5">
-        <v>1.4927450400000453</v>
+        <v>1.5026276999999482</v>
       </c>
       <c r="D175" s="5">
-        <v>2.2357037253542877</v>
+        <v>2.2507319654398561</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>811.97200834</v>
+        <v>811.95859800000005</v>
       </c>
       <c r="C176" s="5">
-        <v>1.0803722599999901</v>
+        <v>1.0839160600000923</v>
       </c>
       <c r="D176" s="5">
-        <v>1.6105593728364287</v>
+        <v>1.6159152085480688</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>814.69204521999995</v>
+        <v>814.68604890999995</v>
       </c>
       <c r="C177" s="5">
-        <v>2.7200368799999524</v>
+        <v>2.7274509099999023</v>
       </c>
       <c r="D177" s="5">
-        <v>4.0947955373385581</v>
+        <v>4.1062328430177431</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>815.08266421999997</v>
+        <v>815.08316688000002</v>
       </c>
       <c r="C178" s="5">
-        <v>0.39061900000001515</v>
+        <v>0.39711797000006754</v>
       </c>
       <c r="D178" s="5">
-        <v>0.5768816458541659</v>
+        <v>0.5865096578185236</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>815.29820893999999</v>
+        <v>815.30343870000002</v>
       </c>
       <c r="C179" s="5">
-        <v>0.21554472000002534</v>
+        <v>0.22027181999999357</v>
       </c>
       <c r="D179" s="5">
-        <v>0.31779622568202104</v>
+        <v>0.32477596011979415</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>818.59015396999996</v>
+        <v>818.60545349999995</v>
       </c>
       <c r="C180" s="5">
-        <v>3.2919450299999653</v>
+        <v>3.3020147999999381</v>
       </c>
       <c r="D180" s="5">
-        <v>4.9543251435381297</v>
+        <v>4.9697865673731023</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>820.64863159000004</v>
+        <v>820.68358009999997</v>
       </c>
       <c r="C181" s="5">
-        <v>2.0584776200000761</v>
+        <v>2.0781266000000187</v>
       </c>
       <c r="D181" s="5">
-        <v>3.0596815856072324</v>
+        <v>3.0892379201331588</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>822.95534050000003</v>
+        <v>823.00008248999995</v>
       </c>
       <c r="C182" s="5">
-        <v>2.3067089099999976</v>
+        <v>2.3165023899999824</v>
       </c>
       <c r="D182" s="5">
-        <v>3.4256404411228569</v>
+        <v>3.4402622684394535</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>828.63783703000001</v>
+        <v>828.65229943999998</v>
       </c>
       <c r="C183" s="5">
-        <v>5.6824965299999803</v>
+        <v>5.6522169500000246</v>
       </c>
       <c r="D183" s="5">
-        <v>8.6080223873878481</v>
+        <v>8.5599245976800695</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>828.85611570000003</v>
+        <v>828.84863252000002</v>
       </c>
       <c r="C184" s="5">
-        <v>0.21827867000001788</v>
+        <v>0.1963330800000449</v>
       </c>
       <c r="D184" s="5">
-        <v>0.31656076629396068</v>
+        <v>0.28468750165082657</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>831.58112683000002</v>
+        <v>831.54438679999998</v>
       </c>
       <c r="C185" s="5">
-        <v>2.7250111299999844</v>
+        <v>2.6957542799999601</v>
       </c>
       <c r="D185" s="5">
-        <v>4.0173381291214838</v>
+        <v>3.9734684433577083</v>
       </c>
       <c r="E185" s="5">
-        <v>2.8293685198932828</v>
+        <v>2.8282925248547475</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>828.63136872999996</v>
+        <v>828.59705473999998</v>
       </c>
       <c r="C186" s="5">
-        <v>-2.9497581000000537</v>
+        <v>-2.9473320600000079</v>
       </c>
       <c r="D186" s="5">
-        <v>-4.1745320545855558</v>
+        <v>-4.1713460604746349</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>831.59620558999995</v>
+        <v>831.57410302999995</v>
       </c>
       <c r="C187" s="5">
-        <v>2.9648368599999912</v>
+        <v>2.9770482899999706</v>
       </c>
       <c r="D187" s="5">
-        <v>4.3791003383371718</v>
+        <v>4.3976803884079319</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>834.54307390999998</v>
+        <v>834.52903994999997</v>
       </c>
       <c r="C188" s="5">
-        <v>2.9468683200000214</v>
+        <v>2.9549369200000228</v>
       </c>
       <c r="D188" s="5">
-        <v>4.3362196726474345</v>
+        <v>4.3484431866382955</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>836.61447725000005</v>
+        <v>836.60934589999999</v>
       </c>
       <c r="C189" s="5">
-        <v>2.0714033400000744</v>
+        <v>2.0803059500000245</v>
       </c>
       <c r="D189" s="5">
-        <v>3.0194960422861739</v>
+        <v>3.0327035665822955</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>838.25864436999996</v>
+        <v>838.26147608999997</v>
       </c>
       <c r="C190" s="5">
-        <v>1.6441671199999064</v>
+        <v>1.6521301899999798</v>
       </c>
       <c r="D190" s="5">
-        <v>2.3839737118253046</v>
+        <v>2.3956603809181409</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>840.85026949999997</v>
+        <v>840.85856123999997</v>
       </c>
       <c r="C191" s="5">
-        <v>2.5916251300000113</v>
+        <v>2.5970851499999981</v>
       </c>
       <c r="D191" s="5">
-        <v>3.7737531979349148</v>
+        <v>3.7818266902175601</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>841.98814861000005</v>
+        <v>842.00335754000002</v>
       </c>
       <c r="C192" s="5">
-        <v>1.1378791100000853</v>
+        <v>1.1447963000000527</v>
       </c>
       <c r="D192" s="5">
-        <v>1.6360389735061265</v>
+        <v>1.6460427261669741</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>843.19472593</v>
+        <v>843.22416062000002</v>
       </c>
       <c r="C193" s="5">
-        <v>1.2065773199999512</v>
+        <v>1.220803079999996</v>
       </c>
       <c r="D193" s="5">
-        <v>1.7332299962604436</v>
+        <v>1.7537963924473043</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>847.79573674999995</v>
+        <v>847.84457146</v>
       </c>
       <c r="C194" s="5">
-        <v>4.6010108199999422</v>
+        <v>4.6204108399999768</v>
       </c>
       <c r="D194" s="5">
-        <v>6.7481022389084044</v>
+        <v>6.7771746380509867</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>849.46652443999994</v>
+        <v>849.48339063000003</v>
       </c>
       <c r="C195" s="5">
-        <v>1.6707876899999974</v>
+        <v>1.6388191700000334</v>
       </c>
       <c r="D195" s="5">
-        <v>2.3906942573345802</v>
+        <v>2.3443273322061531</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>852.10686578000002</v>
+        <v>852.09963883</v>
       </c>
       <c r="C196" s="5">
-        <v>2.6403413400000773</v>
+        <v>2.6162481999999727</v>
       </c>
       <c r="D196" s="5">
-        <v>3.7943103514576304</v>
+        <v>3.7590227792650532</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>853.27850667999996</v>
+        <v>853.24030439000001</v>
       </c>
       <c r="C197" s="5">
-        <v>1.171640899999943</v>
+        <v>1.1406655600000022</v>
       </c>
       <c r="D197" s="5">
-        <v>1.6625268575760854</v>
+        <v>1.6182634262204232</v>
       </c>
       <c r="E197" s="5">
-        <v>2.6091717512530144</v>
+        <v>2.6091111832877045</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>856.26833849000002</v>
+        <v>856.23151169000005</v>
       </c>
       <c r="C198" s="5">
-        <v>2.9898318100000552</v>
+        <v>2.9912073000000419</v>
       </c>
       <c r="D198" s="5">
-        <v>4.2867069399719959</v>
+        <v>4.2889129802776482</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>857.91459276000001</v>
+        <v>857.88922198</v>
       </c>
       <c r="C199" s="5">
-        <v>1.6462542699999858</v>
+        <v>1.6577102899999545</v>
       </c>
       <c r="D199" s="5">
-        <v>2.3316628448692311</v>
+        <v>2.3481637442572145</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>860.02494830000001</v>
+        <v>860.01021087000004</v>
       </c>
       <c r="C200" s="5">
-        <v>2.1103555400000005</v>
+        <v>2.1209888900000351</v>
       </c>
       <c r="D200" s="5">
-        <v>2.9921055531204166</v>
+        <v>3.0074774790067371</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>860.79745396999999</v>
+        <v>860.79290334999996</v>
       </c>
       <c r="C201" s="5">
-        <v>0.77250566999998682</v>
+        <v>0.78269247999992331</v>
       </c>
       <c r="D201" s="5">
-        <v>1.0832246638742937</v>
+        <v>1.0975993148827579</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>864.20017074999998</v>
+        <v>864.20384903000001</v>
       </c>
       <c r="C202" s="5">
-        <v>3.4027167799999916</v>
+        <v>3.4109456800000544</v>
       </c>
       <c r="D202" s="5">
-        <v>4.8480814448227161</v>
+        <v>4.8600886684816214</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>867.13633561999995</v>
+        <v>867.14664248999998</v>
       </c>
       <c r="C203" s="5">
-        <v>2.9361648699999705</v>
+        <v>2.9427934599999617</v>
       </c>
       <c r="D203" s="5">
-        <v>4.1541178126741185</v>
+        <v>4.1636542964423651</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>867.38801722999995</v>
+        <v>867.40269520000004</v>
       </c>
       <c r="C204" s="5">
-        <v>0.25168160999999145</v>
+        <v>0.25605271000006269</v>
       </c>
       <c r="D204" s="5">
-        <v>0.34885001490165823</v>
+        <v>0.35491431256904349</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>872.47772001999999</v>
+        <v>872.50278252999999</v>
       </c>
       <c r="C205" s="5">
-        <v>5.0897027900000467</v>
+        <v>5.1000873299999512</v>
       </c>
       <c r="D205" s="5">
-        <v>7.2731731146088219</v>
+        <v>7.2883684093955292</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>874.54116885999997</v>
+        <v>874.5932358</v>
       </c>
       <c r="C206" s="5">
-        <v>2.0634488399999782</v>
+        <v>2.0904532700000118</v>
       </c>
       <c r="D206" s="5">
-        <v>2.8752629527496243</v>
+        <v>2.9133041141521154</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>876.70735236999997</v>
+        <v>876.72559601</v>
       </c>
       <c r="C207" s="5">
-        <v>2.1661835099999962</v>
+        <v>2.1323602100000016</v>
       </c>
       <c r="D207" s="5">
-        <v>3.0131532106554726</v>
+        <v>2.9652935408568615</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>881.20965311999998</v>
+        <v>881.20416766000005</v>
       </c>
       <c r="C208" s="5">
-        <v>4.5023007500000176</v>
+        <v>4.478571650000049</v>
       </c>
       <c r="D208" s="5">
-        <v>6.3396353434210795</v>
+        <v>6.3051435185380145</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>885.64945034000004</v>
+        <v>885.61297672000001</v>
       </c>
       <c r="C209" s="5">
-        <v>4.4397972200000595</v>
+        <v>4.4088090599999532</v>
       </c>
       <c r="D209" s="5">
-        <v>6.2163413374945575</v>
+        <v>6.1717923115401696</v>
       </c>
       <c r="E209" s="5">
-        <v>3.7937137062026061</v>
+        <v>3.7940861634687906</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>883.18313388000001</v>
+        <v>883.15163410000002</v>
       </c>
       <c r="C210" s="5">
-        <v>-2.46631646000003</v>
+        <v>-2.4613426199999822</v>
       </c>
       <c r="D210" s="5">
-        <v>-3.2909956947301144</v>
+        <v>-3.2845930442485072</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>888.30639241999995</v>
+        <v>888.28488241000002</v>
       </c>
       <c r="C211" s="5">
-        <v>5.123258539999938</v>
+        <v>5.133248309999999</v>
       </c>
       <c r="D211" s="5">
-        <v>7.1875261171335358</v>
+        <v>7.2022571475615527</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>892.12533865</v>
+        <v>892.11319833000005</v>
       </c>
       <c r="C212" s="5">
-        <v>3.8189462300000514</v>
+        <v>3.8283159200000227</v>
       </c>
       <c r="D212" s="5">
-        <v>5.2827079647617792</v>
+        <v>5.2961090126097954</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>887.26592989000005</v>
+        <v>887.26337902</v>
       </c>
       <c r="C213" s="5">
-        <v>-4.8594087599999511</v>
+        <v>-4.8498193100000435</v>
       </c>
       <c r="D213" s="5">
-        <v>-6.34409409959712</v>
+        <v>-6.3320303417560346</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>888.57742355000005</v>
+        <v>888.58103267000001</v>
       </c>
       <c r="C214" s="5">
-        <v>1.3114936599999965</v>
+        <v>1.3176536500000111</v>
       </c>
       <c r="D214" s="5">
-        <v>1.7882464150122068</v>
+        <v>1.7967196095581395</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>891.70957380000004</v>
+        <v>891.71762759000001</v>
       </c>
       <c r="C215" s="5">
-        <v>3.1321502499999951</v>
+        <v>3.1365949199999932</v>
       </c>
       <c r="D215" s="5">
-        <v>4.31286086182332</v>
+        <v>4.3190824384798931</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>893.45414744000004</v>
+        <v>893.46277943999996</v>
       </c>
       <c r="C216" s="5">
-        <v>1.7445736399999987</v>
+        <v>1.7451518499999565</v>
       </c>
       <c r="D216" s="5">
-        <v>2.3731523876683092</v>
+        <v>2.3739257429903793</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>896.94649547999995</v>
+        <v>896.96350226000004</v>
       </c>
       <c r="C217" s="5">
-        <v>3.4923480399999107</v>
+        <v>3.5007228200000782</v>
       </c>
       <c r="D217" s="5">
-        <v>4.7927453195776737</v>
+        <v>4.8044398853384296</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>898.70286031000001</v>
+        <v>898.74062569</v>
       </c>
       <c r="C218" s="5">
-        <v>1.7563648300000523</v>
+        <v>1.7771234299999605</v>
       </c>
       <c r="D218" s="5">
-        <v>2.375265001552207</v>
+        <v>2.4035989953775871</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>901.02322056000003</v>
+        <v>901.03502073000004</v>
       </c>
       <c r="C219" s="5">
-        <v>2.3203602500000216</v>
+        <v>2.2943950400000404</v>
       </c>
       <c r="D219" s="5">
-        <v>3.1426569180887265</v>
+        <v>3.1068624496390029</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>903.70580513000004</v>
+        <v>903.70304684999996</v>
       </c>
       <c r="C220" s="5">
-        <v>2.6825845700000173</v>
+        <v>2.6680261199999222</v>
       </c>
       <c r="D220" s="5">
-        <v>3.6318051584239619</v>
+        <v>3.6117251039318843</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>906.57406075999995</v>
+        <v>906.54914150000002</v>
       </c>
       <c r="C221" s="5">
-        <v>2.8682556299999078</v>
+        <v>2.8460946500000546</v>
       </c>
       <c r="D221" s="5">
-        <v>3.8758521720974937</v>
+        <v>3.8453975733673929</v>
       </c>
       <c r="E221" s="5">
-        <v>2.3626289625050756</v>
+        <v>2.364030940190176</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>906.78789697000002</v>
+        <v>906.76833868999995</v>
       </c>
       <c r="C222" s="5">
-        <v>0.21383621000006769</v>
+        <v>0.21919718999993165</v>
       </c>
       <c r="D222" s="5">
-        <v>0.28341490985623885</v>
+        <v>0.29053771079659008</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>910.16160761000003</v>
+        <v>910.14812386999995</v>
       </c>
       <c r="C223" s="5">
-        <v>3.373710640000013</v>
+        <v>3.3797851799999989</v>
       </c>
       <c r="D223" s="5">
-        <v>4.5571091686030796</v>
+        <v>4.5655839144777666</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>910.05304145000002</v>
+        <v>910.04725709000002</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.1085661600000094</v>
+        <v>-0.10086677999993299</v>
       </c>
       <c r="D224" s="5">
-        <v>-0.14304487769359886</v>
+        <v>-0.13290845946470897</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>911.48437815</v>
+        <v>911.48013591999995</v>
       </c>
       <c r="C225" s="5">
-        <v>1.4313366999999744</v>
+        <v>1.432878829999936</v>
       </c>
       <c r="D225" s="5">
-        <v>1.9037793953957216</v>
+        <v>1.905860551597427</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>912.69385942999997</v>
+        <v>912.69441202999997</v>
       </c>
       <c r="C226" s="5">
-        <v>1.2094812799999772</v>
+        <v>1.2142761100000143</v>
       </c>
       <c r="D226" s="5">
-        <v>1.6039955584901566</v>
+        <v>1.6104086032176168</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>910.97337479999999</v>
+        <v>910.97770795999998</v>
       </c>
       <c r="C227" s="5">
-        <v>-1.7204846299999872</v>
+        <v>-1.7167040699999916</v>
       </c>
       <c r="D227" s="5">
-        <v>-2.2387684678132347</v>
+        <v>-2.2338984823881303</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>910.72850789999995</v>
+        <v>910.73321874999999</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.24486690000003364</v>
+        <v>-0.24448920999998336</v>
       </c>
       <c r="D228" s="5">
-        <v>-0.32207995151503077</v>
+        <v>-0.32158237149235713</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>910.42027553000003</v>
+        <v>910.43074913999999</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.30823236999992787</v>
+        <v>-0.30246961000000283</v>
       </c>
       <c r="D229" s="5">
-        <v>-0.40537998424596822</v>
+        <v>-0.39781272256175226</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>908.61602975000005</v>
+        <v>908.64235108000003</v>
       </c>
       <c r="C230" s="5">
-        <v>-1.8042457799999738</v>
+        <v>-1.7883980599999632</v>
       </c>
       <c r="D230" s="5">
-        <v>-2.3523763735156078</v>
+        <v>-2.3319103024441623</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>907.74047484000005</v>
+        <v>907.74900299000001</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.87555491000000529</v>
+        <v>-0.89334809000001769</v>
       </c>
       <c r="D231" s="5">
-        <v>-1.1502277159953334</v>
+        <v>-1.1734427831273764</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>903.92241679000006</v>
+        <v>903.91833072999998</v>
       </c>
       <c r="C232" s="5">
-        <v>-3.8180580499999905</v>
+        <v>-3.8306722600000285</v>
       </c>
       <c r="D232" s="5">
-        <v>-4.9321929090734296</v>
+        <v>-4.9480662946305713</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>901.23083854000004</v>
+        <v>901.21572485000002</v>
       </c>
       <c r="C233" s="5">
-        <v>-2.6915782500000205</v>
+        <v>-2.7026058799999646</v>
       </c>
       <c r="D233" s="5">
-        <v>-3.5152562693827161</v>
+        <v>-3.5294382744906594</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.5893861793840216</v>
+        <v>-0.58832074355894548</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>900.91169253999999</v>
+        <v>900.90146698000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.31914600000004612</v>
+        <v>-0.31425787000000582</v>
       </c>
       <c r="D234" s="5">
-        <v>-0.42412016207483694</v>
+        <v>-0.41764366199813496</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>895.26814942999999</v>
+        <v>895.26193153999998</v>
       </c>
       <c r="C235" s="5">
-        <v>-5.643543109999996</v>
+        <v>-5.6395354400000315</v>
       </c>
       <c r="D235" s="5">
-        <v>-7.2634517377317964</v>
+        <v>-7.2585495612714102</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>889.26560130999997</v>
+        <v>889.26419056999998</v>
       </c>
       <c r="C236" s="5">
-        <v>-6.0025481200000286</v>
+        <v>-5.9977409699999953</v>
       </c>
       <c r="D236" s="5">
-        <v>-7.755536412752873</v>
+        <v>-7.7496042813385735</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>884.33216048999998</v>
+        <v>884.32643268000004</v>
       </c>
       <c r="C237" s="5">
-        <v>-4.9334408199999871</v>
+        <v>-4.9377578899999435</v>
       </c>
       <c r="D237" s="5">
-        <v>-6.4579005540202239</v>
+        <v>-6.4633901156068045</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>882.23707977000004</v>
+        <v>882.23515302999999</v>
       </c>
       <c r="C238" s="5">
-        <v>-2.0950807199999417</v>
+        <v>-2.0912796500000468</v>
       </c>
       <c r="D238" s="5">
-        <v>-2.8061800134818848</v>
+        <v>-2.8011727514273166</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>876.89768701000003</v>
+        <v>876.89651991999995</v>
       </c>
       <c r="C239" s="5">
-        <v>-5.3393927600000097</v>
+        <v>-5.3386331100000461</v>
       </c>
       <c r="D239" s="5">
-        <v>-7.0255941514348885</v>
+        <v>-7.0246424646785872</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>872.60343318000002</v>
+        <v>872.60449314000005</v>
       </c>
       <c r="C240" s="5">
-        <v>-4.2942538300000024</v>
+        <v>-4.292026779999901</v>
       </c>
       <c r="D240" s="5">
-        <v>-5.7207945786182819</v>
+        <v>-5.7179145228900552</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>872.02651734000005</v>
+        <v>872.03728867999996</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.57691583999996965</v>
+        <v>-0.56720446000008451</v>
       </c>
       <c r="D241" s="5">
-        <v>-0.79049327912080747</v>
+        <v>-0.77723328881544873</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>869.08715975999996</v>
+        <v>869.10240707000003</v>
       </c>
       <c r="C242" s="5">
-        <v>-2.9393575800000917</v>
+        <v>-2.934881609999934</v>
       </c>
       <c r="D242" s="5">
-        <v>-3.9707130868429585</v>
+        <v>-3.9647300121754769</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>867.89451841000005</v>
+        <v>867.89902839000001</v>
       </c>
       <c r="C243" s="5">
-        <v>-1.1926413499999171</v>
+        <v>-1.2033786800000144</v>
       </c>
       <c r="D243" s="5">
-        <v>-1.6343780467700242</v>
+        <v>-1.6489517425408717</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>867.30131347999998</v>
+        <v>867.29646865999996</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.59320493000006991</v>
+        <v>-0.6025597300000527</v>
       </c>
       <c r="D244" s="5">
-        <v>-0.81712234152591101</v>
+        <v>-0.82995484263905794</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>867.86942505000002</v>
+        <v>867.86396955999999</v>
       </c>
       <c r="C245" s="5">
-        <v>0.56811157000004187</v>
+        <v>0.56750090000002729</v>
       </c>
       <c r="D245" s="5">
-        <v>0.78887846308519638</v>
+        <v>0.78803185192359848</v>
       </c>
       <c r="E245" s="5">
-        <v>-3.701761198501119</v>
+        <v>-3.7007515925835843</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>869.85138823</v>
+        <v>869.84805777999998</v>
       </c>
       <c r="C246" s="5">
-        <v>1.9819631799999797</v>
+        <v>1.9840882199999896</v>
       </c>
       <c r="D246" s="5">
-        <v>2.7751381179931034</v>
+        <v>2.7781687885245487</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>869.28257029999997</v>
+        <v>869.28162027999997</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.5688179300000229</v>
+        <v>-0.56643750000000637</v>
       </c>
       <c r="D247" s="5">
-        <v>-0.78189435902109583</v>
+        <v>-0.7786369124731185</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>872.73436468</v>
+        <v>872.7373073</v>
       </c>
       <c r="C248" s="5">
-        <v>3.4517943800000239</v>
+        <v>3.4556870200000276</v>
       </c>
       <c r="D248" s="5">
-        <v>4.870481629388923</v>
+        <v>4.8761002341938919</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>872.43367969999997</v>
+        <v>872.42583184</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.30068498000002819</v>
+        <v>-0.31147545999999693</v>
       </c>
       <c r="D249" s="5">
-        <v>-0.41265595134336586</v>
+        <v>-0.42743416451146432</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>875.02796091000005</v>
+        <v>875.02306874999999</v>
       </c>
       <c r="C250" s="5">
-        <v>2.5942812100000765</v>
+        <v>2.5972369099999923</v>
       </c>
       <c r="D250" s="5">
-        <v>3.6272791551043237</v>
+        <v>3.631512866747344</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>875.16781184000001</v>
+        <v>875.16199130999996</v>
       </c>
       <c r="C251" s="5">
-        <v>0.13985092999996596</v>
+        <v>0.13892255999996905</v>
       </c>
       <c r="D251" s="5">
-        <v>0.19195811190153567</v>
+        <v>0.19068379382116696</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>873.69831924000005</v>
+        <v>873.69771105999996</v>
       </c>
       <c r="C252" s="5">
-        <v>-1.4694925999999668</v>
+        <v>-1.4642802500000016</v>
       </c>
       <c r="D252" s="5">
-        <v>-1.9964136172257785</v>
+        <v>-1.9894104044259175</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>873.35879213999999</v>
+        <v>873.37174874000004</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.33952710000005482</v>
+        <v>-0.32596231999991687</v>
       </c>
       <c r="D253" s="5">
-        <v>-0.46533547361304883</v>
+        <v>-0.44678284309744853</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>874.59488901999998</v>
+        <v>874.60625239000001</v>
       </c>
       <c r="C254" s="5">
-        <v>1.236096879999991</v>
+        <v>1.2345036499999651</v>
       </c>
       <c r="D254" s="5">
-        <v>1.7116877678080122</v>
+        <v>1.7094388014939232</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>879.56535407000001</v>
+        <v>879.56915359000004</v>
       </c>
       <c r="C255" s="5">
-        <v>4.9704650500000298</v>
+        <v>4.962901200000033</v>
       </c>
       <c r="D255" s="5">
-        <v>7.0370546291775415</v>
+        <v>7.0259153758237769</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>879.15951196000003</v>
+        <v>879.15196160000005</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.40584210999998049</v>
+        <v>-0.41719198999999207</v>
       </c>
       <c r="D256" s="5">
-        <v>-0.55229154899829602</v>
+        <v>-0.56769435413553948</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>881.6687124</v>
+        <v>881.66613935999999</v>
       </c>
       <c r="C257" s="5">
-        <v>2.5092004399999723</v>
+        <v>2.5141777599999386</v>
       </c>
       <c r="D257" s="5">
-        <v>3.4791853487803337</v>
+        <v>3.4862260818877999</v>
       </c>
       <c r="E257" s="5">
-        <v>1.5900188382837577</v>
+        <v>1.5903609648638461</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>869.89154028999997</v>
+        <v>869.89101071000005</v>
       </c>
       <c r="C258" s="5">
-        <v>-11.777172110000038</v>
+        <v>-11.775128649999942</v>
       </c>
       <c r="D258" s="5">
-        <v>-14.902630413475016</v>
+        <v>-14.9002718997579</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>870.29182680999998</v>
+        <v>870.29289797000001</v>
       </c>
       <c r="C259" s="5">
-        <v>0.40028652000000875</v>
+        <v>0.40188725999996677</v>
       </c>
       <c r="D259" s="5">
-        <v>0.55358783534922296</v>
+        <v>0.55580759257454204</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>874.33622599</v>
+        <v>874.33789491000005</v>
       </c>
       <c r="C260" s="5">
-        <v>4.0443991800000276</v>
+        <v>4.0449969400000327</v>
       </c>
       <c r="D260" s="5">
-        <v>5.7213774685056284</v>
+        <v>5.7222375939098402</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>879.67345988</v>
+        <v>879.66810764000002</v>
       </c>
       <c r="C261" s="5">
-        <v>5.3372338899999932</v>
+        <v>5.3302127299999711</v>
       </c>
       <c r="D261" s="5">
-        <v>7.5762000563585064</v>
+        <v>7.5658820781809855</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>880.83275825999999</v>
+        <v>880.82747782000001</v>
       </c>
       <c r="C262" s="5">
-        <v>1.1592983799999956</v>
+        <v>1.1593701799999963</v>
       </c>
       <c r="D262" s="5">
-        <v>1.5929615758680349</v>
+        <v>1.5930707137837619</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>885.05355986999996</v>
+        <v>885.04668574000004</v>
       </c>
       <c r="C263" s="5">
-        <v>4.2208016099999668</v>
+        <v>4.2192079200000308</v>
       </c>
       <c r="D263" s="5">
-        <v>5.9041908216491246</v>
+        <v>5.9019387798322498</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>889.30212441000003</v>
+        <v>889.29929497000001</v>
       </c>
       <c r="C264" s="5">
-        <v>4.2485645400000749</v>
+        <v>4.2526092299999618</v>
       </c>
       <c r="D264" s="5">
-        <v>5.9149629102363432</v>
+        <v>5.9207908838407208</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>891.06664484999999</v>
+        <v>891.08564931000001</v>
       </c>
       <c r="C265" s="5">
-        <v>1.7645204399999557</v>
+        <v>1.7863543400000026</v>
       </c>
       <c r="D265" s="5">
-        <v>2.4071518753078447</v>
+        <v>2.4372752930346575</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>892.45048018</v>
+        <v>892.45783873000005</v>
       </c>
       <c r="C266" s="5">
-        <v>1.3838353300000108</v>
+        <v>1.3721894200000406</v>
       </c>
       <c r="D266" s="5">
-        <v>1.8796127267583618</v>
+        <v>1.8636202194122431</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>889.39430125000001</v>
+        <v>889.39536519000001</v>
       </c>
       <c r="C267" s="5">
-        <v>-3.0561789299999873</v>
+        <v>-3.0624735400000418</v>
       </c>
       <c r="D267" s="5">
-        <v>-4.0328542541423378</v>
+        <v>-4.0409716325277456</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>893.25837480999996</v>
+        <v>893.24878749000004</v>
       </c>
       <c r="C268" s="5">
-        <v>3.8640735599999516</v>
+        <v>3.8534223000000338</v>
       </c>
       <c r="D268" s="5">
-        <v>5.3399362094461056</v>
+        <v>5.3248577280003317</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>895.08155429999999</v>
+        <v>895.08389648000002</v>
       </c>
       <c r="C269" s="5">
-        <v>1.8231794900000295</v>
+        <v>1.8351089899999806</v>
       </c>
       <c r="D269" s="5">
-        <v>2.4769351865738587</v>
+        <v>2.493353001436982</v>
       </c>
       <c r="E269" s="5">
-        <v>1.5213017895904235</v>
+        <v>1.5218637215374864</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>898.78987296000003</v>
+        <v>898.78789067000002</v>
       </c>
       <c r="C270" s="5">
-        <v>3.7083186600000317</v>
+        <v>3.7039941900000031</v>
       </c>
       <c r="D270" s="5">
-        <v>5.0864585949405683</v>
+        <v>5.080377756233978</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>900.87212393000004</v>
+        <v>900.87206627</v>
       </c>
       <c r="C271" s="5">
-        <v>2.0822509700000182</v>
+        <v>2.0841755999999805</v>
       </c>
       <c r="D271" s="5">
-        <v>2.8157713456123057</v>
+        <v>2.8184135487875794</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>903.26711308999995</v>
+        <v>903.26608515999999</v>
       </c>
       <c r="C272" s="5">
-        <v>2.3949891599999091</v>
+        <v>2.3940188899999839</v>
       </c>
       <c r="D272" s="5">
-        <v>3.2372904327039986</v>
+        <v>3.2359599075403978</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>904.11761766999996</v>
+        <v>904.11423788000002</v>
       </c>
       <c r="C273" s="5">
-        <v>0.85050458000000617</v>
+        <v>0.84815272000003006</v>
       </c>
       <c r="D273" s="5">
-        <v>1.1357742844354313</v>
+        <v>1.132618639727645</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>903.48618178000004</v>
+        <v>903.48091590000001</v>
       </c>
       <c r="C274" s="5">
-        <v>-0.63143588999992062</v>
+        <v>-0.63332198000000517</v>
       </c>
       <c r="D274" s="5">
-        <v>-0.83486844177310671</v>
+        <v>-0.83735570041061358</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>907.81974599</v>
+        <v>907.81567863999999</v>
       </c>
       <c r="C275" s="5">
-        <v>4.3335642099999632</v>
+        <v>4.3347627399999737</v>
       </c>
       <c r="D275" s="5">
-        <v>5.9100862637338381</v>
+        <v>5.911799553403374</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>910.01787299</v>
+        <v>910.01723629000003</v>
       </c>
       <c r="C276" s="5">
-        <v>2.1981269999999995</v>
+        <v>2.2015576500000407</v>
       </c>
       <c r="D276" s="5">
-        <v>2.944599072525711</v>
+        <v>2.9492696139086005</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>914.71645290000004</v>
+        <v>914.73751243000004</v>
       </c>
       <c r="C277" s="5">
-        <v>4.6985799100000349</v>
+        <v>4.7202761400000099</v>
       </c>
       <c r="D277" s="5">
-        <v>6.3748166109077964</v>
+        <v>6.4051025206557144</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>915.96529283999996</v>
+        <v>915.97020522000003</v>
       </c>
       <c r="C278" s="5">
-        <v>1.2488399399999253</v>
+        <v>1.2326927899999873</v>
       </c>
       <c r="D278" s="5">
-        <v>1.6506889782669232</v>
+        <v>1.6291498122716019</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>917.03271510000002</v>
+        <v>917.03350661000002</v>
       </c>
       <c r="C279" s="5">
-        <v>1.0674222600000576</v>
+        <v>1.0633013899999924</v>
       </c>
       <c r="D279" s="5">
-        <v>1.4074207712251763</v>
+        <v>1.4019450051476312</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>922.36624502999996</v>
+        <v>922.35403049000001</v>
       </c>
       <c r="C280" s="5">
-        <v>5.3335299299999406</v>
+        <v>5.3205238799999961</v>
       </c>
       <c r="D280" s="5">
-        <v>7.2069302717617356</v>
+        <v>7.1887849051100572</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>924.96844240999997</v>
+        <v>924.97486266999999</v>
       </c>
       <c r="C281" s="5">
-        <v>2.6021973800000069</v>
+        <v>2.6208321799999794</v>
       </c>
       <c r="D281" s="5">
-        <v>3.4384914573821312</v>
+        <v>3.4635477939121806</v>
       </c>
       <c r="E281" s="5">
-        <v>3.3390128493233195</v>
+        <v>3.3394597207646148</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>922.75306325999998</v>
+        <v>922.74752574000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-2.2153791499999897</v>
+        <v>-2.2273369299999786</v>
       </c>
       <c r="D282" s="5">
-        <v>-2.8365435886183121</v>
+        <v>-2.8516324510133084</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>928.43076869000004</v>
+        <v>928.42610592000005</v>
       </c>
       <c r="C283" s="5">
-        <v>5.67770543000006</v>
+        <v>5.6785801800000399</v>
       </c>
       <c r="D283" s="5">
-        <v>7.6386767431057878</v>
+        <v>7.6399411417934715</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>929.30017212999996</v>
+        <v>929.29287718</v>
       </c>
       <c r="C284" s="5">
-        <v>0.8694034399999282</v>
+        <v>0.86677125999995042</v>
       </c>
       <c r="D284" s="5">
-        <v>1.1295125299110698</v>
+        <v>1.1260809577353204</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>931.42372105000004</v>
+        <v>931.42145783000001</v>
       </c>
       <c r="C285" s="5">
-        <v>2.1235489200000757</v>
+        <v>2.1285806500000035</v>
       </c>
       <c r="D285" s="5">
-        <v>2.776853709948135</v>
+        <v>2.7835386783870764</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>933.84757134999995</v>
+        <v>933.84138541000004</v>
       </c>
       <c r="C286" s="5">
-        <v>2.4238502999999127</v>
+        <v>2.4199275800000351</v>
       </c>
       <c r="D286" s="5">
-        <v>3.1678533687395705</v>
+        <v>3.1626608813445811</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>935.07774609000001</v>
+        <v>935.07901016000005</v>
       </c>
       <c r="C287" s="5">
-        <v>1.2301747400000522</v>
+        <v>1.237624750000009</v>
       </c>
       <c r="D287" s="5">
-        <v>1.5922858816546093</v>
+        <v>1.6020099457972226</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>936.85930306</v>
+        <v>936.86901577000003</v>
       </c>
       <c r="C288" s="5">
-        <v>1.7815569699999969</v>
+        <v>1.7900056099999802</v>
       </c>
       <c r="D288" s="5">
-        <v>2.310410782005623</v>
+        <v>2.3214798393064839</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>939.26845091999996</v>
+        <v>939.29242380000005</v>
       </c>
       <c r="C289" s="5">
-        <v>2.4091478599999618</v>
+        <v>2.4234080300000187</v>
       </c>
       <c r="D289" s="5">
-        <v>3.1298381693196209</v>
+        <v>3.1485954952267692</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>942.77594297999997</v>
+        <v>942.77981081999997</v>
       </c>
       <c r="C290" s="5">
-        <v>3.5074920600000041</v>
+        <v>3.4873870199999146</v>
       </c>
       <c r="D290" s="5">
-        <v>4.5743281922655754</v>
+        <v>4.547451859068441</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>940.33009020999998</v>
+        <v>940.32848873</v>
       </c>
       <c r="C291" s="5">
-        <v>-2.4458527699999877</v>
+        <v>-2.4513220899999624</v>
       </c>
       <c r="D291" s="5">
-        <v>-3.0691326184449808</v>
+        <v>-3.0758854074326103</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>942.99950839999997</v>
+        <v>942.98713269999996</v>
       </c>
       <c r="C292" s="5">
-        <v>2.6694181899999876</v>
+        <v>2.6586439699999573</v>
       </c>
       <c r="D292" s="5">
-        <v>3.4602665335967675</v>
+        <v>3.4460883897533767</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>942.75697889000003</v>
+        <v>942.76607135999996</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.24252950999994027</v>
+        <v>-0.22106134000000566</v>
       </c>
       <c r="D293" s="5">
-        <v>-0.30819112879674204</v>
+        <v>-0.28094958699246275</v>
       </c>
       <c r="E293" s="5">
-        <v>1.9231506356748973</v>
+        <v>1.923426182485044</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>942.29379539000001</v>
+        <v>942.28232587000002</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.46318350000001374</v>
+        <v>-0.48374548999993294</v>
       </c>
       <c r="D294" s="5">
-        <v>-0.58797838377979694</v>
+        <v>-0.61400084093464757</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>947.15524385000003</v>
+        <v>947.14352099999996</v>
       </c>
       <c r="C295" s="5">
-        <v>4.8614484600000196</v>
+        <v>4.8611951299999419</v>
       </c>
       <c r="D295" s="5">
-        <v>6.3697255669433295</v>
+        <v>6.3694639079545423</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>950.55232945</v>
+        <v>950.53745732000004</v>
       </c>
       <c r="C296" s="5">
-        <v>3.3970855999999685</v>
+        <v>3.3939363200000798</v>
       </c>
       <c r="D296" s="5">
-        <v>4.3898681831290087</v>
+        <v>4.3857733597374438</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>953.33021200999997</v>
+        <v>953.32453541999996</v>
       </c>
       <c r="C297" s="5">
-        <v>2.7778825599999664</v>
+        <v>2.787078099999917</v>
       </c>
       <c r="D297" s="5">
-        <v>3.5637844190999024</v>
+        <v>3.5758292529368019</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>956.50946799999997</v>
+        <v>956.50058107999996</v>
       </c>
       <c r="C298" s="5">
-        <v>3.1792559900000015</v>
+        <v>3.1760456599999998</v>
       </c>
       <c r="D298" s="5">
-        <v>4.0760979601551339</v>
+        <v>4.0719310060415292</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>959.35467685000003</v>
+        <v>959.36819978000005</v>
       </c>
       <c r="C299" s="5">
-        <v>2.8452088500000627</v>
+        <v>2.8676187000000937</v>
       </c>
       <c r="D299" s="5">
-        <v>3.6284699655537933</v>
+        <v>3.6575564998787113</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>958.99783725999998</v>
+        <v>959.02522820000002</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.35683959000004961</v>
+        <v>-0.34297158000003947</v>
       </c>
       <c r="D300" s="5">
-        <v>-0.44543753215740001</v>
+        <v>-0.42815430428868595</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>961.47264485999995</v>
+        <v>961.49663019000002</v>
       </c>
       <c r="C301" s="5">
-        <v>2.4748075999999628</v>
+        <v>2.4714019900000039</v>
       </c>
       <c r="D301" s="5">
-        <v>3.1410758507500081</v>
+        <v>3.1366010714005021</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>963.95538855999996</v>
+        <v>963.96669827999995</v>
       </c>
       <c r="C302" s="5">
-        <v>2.4827437000000145</v>
+        <v>2.470068089999927</v>
       </c>
       <c r="D302" s="5">
-        <v>3.1430654723088036</v>
+        <v>3.1267120857410236</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>967.45940696000002</v>
+        <v>967.44917928999996</v>
       </c>
       <c r="C303" s="5">
-        <v>3.5040184000000636</v>
+        <v>3.482481010000015</v>
       </c>
       <c r="D303" s="5">
-        <v>4.4503251905928964</v>
+        <v>4.4223726556857024</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>969.51476338999998</v>
+        <v>969.51656581999998</v>
       </c>
       <c r="C304" s="5">
-        <v>2.0553564299999607</v>
+        <v>2.0673865300000216</v>
       </c>
       <c r="D304" s="5">
-        <v>2.5793870020459631</v>
+        <v>2.5946899164255743</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>973.50222810000002</v>
+        <v>973.49772192</v>
       </c>
       <c r="C305" s="5">
-        <v>3.9874647100000402</v>
+        <v>3.9811561000000211</v>
       </c>
       <c r="D305" s="5">
-        <v>5.0486020633115691</v>
+        <v>5.0404237832268217</v>
       </c>
       <c r="E305" s="5">
-        <v>3.2612062173434486</v>
+        <v>3.2597323443839699</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>974.73282429000005</v>
+        <v>974.70954973000005</v>
       </c>
       <c r="C306" s="5">
-        <v>1.2305961900000284</v>
+        <v>1.2118278100000452</v>
       </c>
       <c r="D306" s="5">
-        <v>1.527501058100178</v>
+        <v>1.5040517332760794</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>973.75751951999996</v>
+        <v>973.73565166000003</v>
       </c>
       <c r="C307" s="5">
-        <v>-0.97530477000009341</v>
+        <v>-0.97389807000001838</v>
       </c>
       <c r="D307" s="5">
-        <v>-1.1941183676836276</v>
+        <v>-1.192433838832796</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>971.56470815</v>
+        <v>971.54633990000002</v>
       </c>
       <c r="C308" s="5">
-        <v>-2.1928113699999585</v>
+        <v>-2.1893117600000096</v>
       </c>
       <c r="D308" s="5">
-        <v>-2.6690691957804158</v>
+        <v>-2.6649211480501589</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>973.39032631999999</v>
+        <v>973.37997487999996</v>
       </c>
       <c r="C309" s="5">
-        <v>1.8256181699999843</v>
+        <v>1.8336349799999425</v>
       </c>
       <c r="D309" s="5">
-        <v>2.2783094270579562</v>
+        <v>2.2884619289549768</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>976.75525155000003</v>
+        <v>976.74052542000004</v>
       </c>
       <c r="C310" s="5">
-        <v>3.3649252300000398</v>
+        <v>3.3605505400000766</v>
       </c>
       <c r="D310" s="5">
-        <v>4.2280826155262741</v>
+        <v>4.2225267146775769</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>976.66063047</v>
+        <v>976.67876421999995</v>
       </c>
       <c r="C311" s="5">
-        <v>-9.4621080000024449E-2</v>
+        <v>-6.1761200000091776E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-0.11618552173722207</v>
+        <v>-7.5851947013361176E-2</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>979.03673759000003</v>
+        <v>979.10634141000003</v>
       </c>
       <c r="C312" s="5">
-        <v>2.3761071200000288</v>
+        <v>2.4275771900000791</v>
       </c>
       <c r="D312" s="5">
-        <v>2.9588506786262458</v>
+        <v>3.0237657731333023</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>979.59693650999998</v>
+        <v>979.61645988999999</v>
       </c>
       <c r="C313" s="5">
-        <v>0.56019891999994798</v>
+        <v>0.51011847999996007</v>
       </c>
       <c r="D313" s="5">
-        <v>0.68879777287316202</v>
+        <v>0.62699964994170632</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>979.87494655</v>
+        <v>979.89247212999999</v>
       </c>
       <c r="C314" s="5">
-        <v>0.27801004000002649</v>
+        <v>0.27601224000000002</v>
       </c>
       <c r="D314" s="5">
-        <v>0.34109261097956534</v>
+        <v>0.33863093604831196</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>981.74629989000005</v>
+        <v>981.72266933000003</v>
       </c>
       <c r="C315" s="5">
-        <v>1.8713533400000415</v>
+        <v>1.8301972000000433</v>
       </c>
       <c r="D315" s="5">
-        <v>2.3159715249042367</v>
+        <v>2.2644717764477518</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>980.51691347999997</v>
+        <v>980.53586048</v>
       </c>
       <c r="C316" s="5">
-        <v>-1.2293864100000746</v>
+        <v>-1.186808850000034</v>
       </c>
       <c r="D316" s="5">
-        <v>-1.492386918366162</v>
+        <v>-1.4410784685833677</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>983.57213501000001</v>
+        <v>983.55073374999995</v>
       </c>
       <c r="C317" s="5">
-        <v>3.0552215300000398</v>
+        <v>3.0148732699999528</v>
       </c>
       <c r="D317" s="5">
-        <v>3.8038650985916078</v>
+        <v>3.7527037667028251</v>
       </c>
       <c r="E317" s="5">
-        <v>1.0343999858791975</v>
+        <v>1.0326692711897456</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>983.32123206000006</v>
+        <v>983.28935680999996</v>
       </c>
       <c r="C318" s="5">
-        <v>-0.25090294999995422</v>
+        <v>-0.26137693999999101</v>
       </c>
       <c r="D318" s="5">
-        <v>-0.30568319661918864</v>
+        <v>-0.31843227191951096</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>984.92003231000001</v>
+        <v>984.89132665</v>
       </c>
       <c r="C319" s="5">
-        <v>1.5988002499999538</v>
+        <v>1.6019698400000379</v>
       </c>
       <c r="D319" s="5">
-        <v>1.9686450254198018</v>
+        <v>1.9726473812942347</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>985.34811144000003</v>
+        <v>985.32326091000004</v>
       </c>
       <c r="C320" s="5">
-        <v>0.42807913000001463</v>
+        <v>0.4319342600000482</v>
       </c>
       <c r="D320" s="5">
-        <v>0.52280865380154307</v>
+        <v>0.5275436592185212</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>989.64573375999998</v>
+        <v>989.62756139999999</v>
       </c>
       <c r="C321" s="5">
-        <v>4.2976223199999595</v>
+        <v>4.304300489999946</v>
       </c>
       <c r="D321" s="5">
-        <v>5.3612269203443974</v>
+        <v>5.3698977188808339</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>990.10617132000004</v>
+        <v>990.08816838999996</v>
       </c>
       <c r="C322" s="5">
-        <v>0.46043756000005942</v>
+        <v>0.46060698999997385</v>
       </c>
       <c r="D322" s="5">
-        <v>0.55973678829401852</v>
+        <v>0.55995359404670264</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>988.94037659000003</v>
+        <v>988.96215522</v>
       </c>
       <c r="C323" s="5">
-        <v>-1.165794730000016</v>
+        <v>-1.1260131699999647</v>
       </c>
       <c r="D323" s="5">
-        <v>-1.4038187369799005</v>
+        <v>-1.3562386202628174</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>993.29591000000005</v>
+        <v>993.39831724999999</v>
       </c>
       <c r="C324" s="5">
-        <v>4.3555334100000209</v>
+        <v>4.4361620299999913</v>
       </c>
       <c r="D324" s="5">
-        <v>5.4150119748731962</v>
+        <v>5.5176152989621308</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>994.86910794999994</v>
+        <v>994.88549874</v>
       </c>
       <c r="C325" s="5">
-        <v>1.5731979499998943</v>
+        <v>1.4871814900000118</v>
       </c>
       <c r="D325" s="5">
-        <v>1.9172228338502517</v>
+        <v>1.8113435637799435</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>998.95437705999996</v>
+        <v>998.98279723999997</v>
       </c>
       <c r="C326" s="5">
-        <v>4.0852691100000129</v>
+        <v>4.0972984999999653</v>
       </c>
       <c r="D326" s="5">
-        <v>5.0404327115755709</v>
+        <v>5.0555272690223862</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>995.71896875000004</v>
+        <v>995.68783830999996</v>
       </c>
       <c r="C327" s="5">
-        <v>-3.2354083099999116</v>
+        <v>-3.2949589300000071</v>
       </c>
       <c r="D327" s="5">
-        <v>-3.8180632289685046</v>
+        <v>-3.8869597802854039</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>999.70202877999998</v>
+        <v>999.73768930000006</v>
       </c>
       <c r="C328" s="5">
-        <v>3.9830600299999332</v>
+        <v>4.0498509900000954</v>
       </c>
       <c r="D328" s="5">
-        <v>4.9072526526862337</v>
+        <v>4.9915504652596754</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>1000.7300414</v>
+        <v>1000.698747</v>
       </c>
       <c r="C329" s="5">
-        <v>1.0280126200000268</v>
+        <v>0.96105769999996937</v>
       </c>
       <c r="D329" s="5">
-        <v>1.2409859174715265</v>
+        <v>1.1596905904403654</v>
       </c>
       <c r="E329" s="5">
-        <v>1.744448198486781</v>
+        <v>1.7434802966004082</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>1006.1122869</v>
+        <v>1006.0781082</v>
       </c>
       <c r="C330" s="5">
-        <v>5.3822454999999536</v>
+        <v>5.3793611999999484</v>
       </c>
       <c r="D330" s="5">
-        <v>6.6483610394423298</v>
+        <v>6.6449062301775497</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>1006.5062303</v>
+        <v>1006.4712330999999</v>
       </c>
       <c r="C331" s="5">
-        <v>0.39394340000001193</v>
+        <v>0.39312489999997524</v>
       </c>
       <c r="D331" s="5">
-        <v>0.470873337650346</v>
+        <v>0.46990889374880496</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>1010.0408633</v>
+        <v>1010.0045889</v>
       </c>
       <c r="C332" s="5">
-        <v>3.5346329999999853</v>
+        <v>3.5333558000000949</v>
       </c>
       <c r="D332" s="5">
-        <v>4.2964971678405739</v>
+        <v>4.2950668185545382</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>1010.7238957</v>
+        <v>1010.6706172</v>
       </c>
       <c r="C333" s="5">
-        <v>0.68303240000000187</v>
+        <v>0.66602829999999358</v>
       </c>
       <c r="D333" s="5">
-        <v>0.81451582997580374</v>
+        <v>0.79419347978766375</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>1012.1536229</v>
+        <v>1012.1186929</v>
       </c>
       <c r="C334" s="5">
-        <v>1.4297272000000021</v>
+        <v>1.448075700000004</v>
       </c>
       <c r="D334" s="5">
-        <v>1.7107380509973957</v>
+        <v>1.7329582911336683</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>1016.8811488</v>
+        <v>1016.9026706</v>
       </c>
       <c r="C335" s="5">
-        <v>4.727525900000046</v>
+        <v>4.7839776999999231</v>
       </c>
       <c r="D335" s="5">
-        <v>5.7511621266274293</v>
+        <v>5.8218386709860681</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>1017.9703368</v>
+        <v>1018.1175367</v>
       </c>
       <c r="C336" s="5">
-        <v>1.0891880000000356</v>
+        <v>1.2148660999999947</v>
       </c>
       <c r="D336" s="5">
-        <v>1.2929268663952609</v>
+        <v>1.4430649438459398</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>1020.7131181</v>
+        <v>1020.7256766</v>
       </c>
       <c r="C337" s="5">
-        <v>2.7427812999999333</v>
+        <v>2.6081399000000829</v>
       </c>
       <c r="D337" s="5">
-        <v>3.2815814694221013</v>
+        <v>3.1177573945180059</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>1023.8146613</v>
+        <v>1023.8669554000001</v>
       </c>
       <c r="C338" s="5">
-        <v>3.1015432000000374</v>
+        <v>3.1412788000000091</v>
       </c>
       <c r="D338" s="5">
-        <v>3.7078851092362308</v>
+        <v>3.7561489023933969</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>1025.5218749000001</v>
+        <v>1025.5072603000001</v>
       </c>
       <c r="C339" s="5">
-        <v>1.7072136000000455</v>
+        <v>1.6403049000000465</v>
       </c>
       <c r="D339" s="5">
-        <v>2.0194572258932952</v>
+        <v>1.939512587598835</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>1029.5504286</v>
+        <v>1029.6109067</v>
       </c>
       <c r="C340" s="5">
-        <v>4.0285536999999749</v>
+        <v>4.1036463999998887</v>
       </c>
       <c r="D340" s="5">
-        <v>4.8171489241047194</v>
+        <v>4.9089982852785319</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>1029.6772195000001</v>
+        <v>1029.6451466999999</v>
       </c>
       <c r="C341" s="5">
-        <v>0.12679090000005999</v>
+        <v>3.4239999999954307E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>0.14788219585681883</v>
+        <v>3.9913637012833902E-2</v>
       </c>
       <c r="E341" s="5">
-        <v>2.8926060878020188</v>
+        <v>2.8926187613183663</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>1031.4884511</v>
+        <v>1031.4612129</v>
       </c>
       <c r="C342" s="5">
-        <v>1.8112315999999282</v>
+        <v>1.8160662000000229</v>
       </c>
       <c r="D342" s="5">
-        <v>2.1313760419766403</v>
+        <v>2.1371877004336959</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>1034.9642537</v>
+        <v>1034.9069219</v>
       </c>
       <c r="C343" s="5">
-        <v>3.4758025999999518</v>
+        <v>3.445709000000079</v>
       </c>
       <c r="D343" s="5">
-        <v>4.1194255183117701</v>
+        <v>4.0832114412327591</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>1037.4341853000001</v>
+        <v>1037.3502072000001</v>
       </c>
       <c r="C344" s="5">
-        <v>2.469931600000109</v>
+        <v>2.4432853000000705</v>
       </c>
       <c r="D344" s="5">
-        <v>2.901677552678894</v>
+        <v>2.8701269727708478</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>1040.1868334999999</v>
+        <v>1040.0509172</v>
       </c>
       <c r="C345" s="5">
-        <v>2.7526481999998396</v>
+        <v>2.7007099999998445</v>
       </c>
       <c r="D345" s="5">
-        <v>3.2308660853278326</v>
+        <v>3.1692895044062919</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>1044.2379143999999</v>
+        <v>1044.1355624</v>
       </c>
       <c r="C346" s="5">
-        <v>4.0510808999999881</v>
+        <v>4.0846452000000681</v>
       </c>
       <c r="D346" s="5">
-        <v>4.7749022504999239</v>
+        <v>4.8159649140988581</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>1047.8821779</v>
+        <v>1047.9552464999999</v>
       </c>
       <c r="C347" s="5">
-        <v>3.6442635000000791</v>
+        <v>3.819684099999904</v>
       </c>
       <c r="D347" s="5">
-        <v>4.2691798010149551</v>
+        <v>4.4792827234931165</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>1048.7868579000001</v>
+        <v>1048.9603999000001</v>
       </c>
       <c r="C348" s="5">
-        <v>0.90468000000009852</v>
+        <v>1.0051534000001539</v>
       </c>
       <c r="D348" s="5">
-        <v>1.0409431528885404</v>
+        <v>1.1570794936724971</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>1051.6247321999999</v>
+        <v>1051.6802811</v>
       </c>
       <c r="C349" s="5">
-        <v>2.8378742999998394</v>
+        <v>2.719881199999918</v>
       </c>
       <c r="D349" s="5">
-        <v>3.2957981820183502</v>
+        <v>3.1562758257792867</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>1053.4339651</v>
+        <v>1053.5162865</v>
       </c>
       <c r="C350" s="5">
-        <v>1.8092329000000973</v>
+        <v>1.8360053999999764</v>
       </c>
       <c r="D350" s="5">
-        <v>2.0841475767791273</v>
+        <v>2.1151721400354706</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>1054.833161</v>
+        <v>1054.8841683999999</v>
       </c>
       <c r="C351" s="5">
-        <v>1.3991958999999952</v>
+        <v>1.3678818999999294</v>
       </c>
       <c r="D351" s="5">
-        <v>1.6055636534006545</v>
+        <v>1.5692506445237786</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>1055.9222284</v>
+        <v>1056.0433031</v>
       </c>
       <c r="C352" s="5">
-        <v>1.0890673999999763</v>
+        <v>1.1591347000000951</v>
       </c>
       <c r="D352" s="5">
-        <v>1.246005199446909</v>
+        <v>1.3265900551054921</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>1058.2907246</v>
+        <v>1058.2876776000001</v>
       </c>
       <c r="C353" s="5">
-        <v>2.3684961999999814</v>
+        <v>2.244374500000049</v>
       </c>
       <c r="D353" s="5">
-        <v>2.725127408262118</v>
+        <v>2.5803438149360813</v>
       </c>
       <c r="E353" s="5">
-        <v>2.7788810471979009</v>
+        <v>2.7817866176321981</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>1062.4639509000001</v>
+        <v>1062.4248998999999</v>
       </c>
       <c r="C354" s="5">
-        <v>4.173226300000124</v>
+        <v>4.1372222999998485</v>
       </c>
       <c r="D354" s="5">
-        <v>4.83602956414666</v>
+        <v>4.7934203292321342</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>1065.9196088000001</v>
+        <v>1065.8165229000001</v>
       </c>
       <c r="C355" s="5">
-        <v>3.4556579000000056</v>
+        <v>3.3916230000002088</v>
       </c>
       <c r="D355" s="5">
-        <v>3.9735751820987986</v>
+        <v>3.8987914764985199</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>1066.9709395</v>
+        <v>1066.7835680999999</v>
       </c>
       <c r="C356" s="5">
-        <v>1.0513306999998804</v>
+        <v>0.96704519999980221</v>
       </c>
       <c r="D356" s="5">
-        <v>1.1900177027336811</v>
+        <v>1.0942435070713685</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>1066.4564752000001</v>
+        <v>1066.1882435</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.51446429999987231</v>
+        <v>-0.59532459999991261</v>
       </c>
       <c r="D357" s="5">
-        <v>-0.57707531233651688</v>
+        <v>-0.66761518912441531</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>1070.8785472</v>
+        <v>1070.5830675</v>
       </c>
       <c r="C358" s="5">
-        <v>4.4220719999998437</v>
+        <v>4.3948239999999714</v>
       </c>
       <c r="D358" s="5">
-        <v>5.0908720624326165</v>
+        <v>5.0600903811796938</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>1072.2755677</v>
+        <v>1072.5501796000001</v>
       </c>
       <c r="C359" s="5">
-        <v>1.3970205000000533</v>
+        <v>1.9671121000001222</v>
       </c>
       <c r="D359" s="5">
-        <v>1.5767478985312389</v>
+        <v>2.2273249357871894</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>1075.7306387000001</v>
+        <v>1075.9164731000001</v>
       </c>
       <c r="C360" s="5">
-        <v>3.455071000000089</v>
+        <v>3.3662934999999834</v>
       </c>
       <c r="D360" s="5">
-        <v>3.9358885693963508</v>
+        <v>3.8320058953545066</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>1078.8368462000001</v>
+        <v>1078.9810574000001</v>
       </c>
       <c r="C361" s="5">
-        <v>3.1062074999999822</v>
+        <v>3.0645842999999786</v>
       </c>
       <c r="D361" s="5">
-        <v>3.5206022625702937</v>
+        <v>3.472075368867289</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>1082.2762163</v>
+        <v>1082.4149262000001</v>
       </c>
       <c r="C362" s="5">
-        <v>3.4393700999999055</v>
+        <v>3.4338688000000275</v>
       </c>
       <c r="D362" s="5">
-        <v>3.8934400696733595</v>
+        <v>3.886574400875964</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>1083.3315223</v>
+        <v>1083.4750383999999</v>
       </c>
       <c r="C363" s="5">
-        <v>1.0553059999999732</v>
+        <v>1.0601121999998213</v>
       </c>
       <c r="D363" s="5">
-        <v>1.1763917153142289</v>
+        <v>1.1816260152824443</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>1091.3357321000001</v>
+        <v>1091.5294074999999</v>
       </c>
       <c r="C364" s="5">
-        <v>8.0042098000001261</v>
+        <v>8.0543691000000308</v>
       </c>
       <c r="D364" s="5">
-        <v>9.2355340881678174</v>
+        <v>9.2945146290989591</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>1090.8143367</v>
+        <v>1090.8441237</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.52139540000007401</v>
+        <v>-0.68528379999997924</v>
       </c>
       <c r="D365" s="5">
-        <v>-0.57180664794453939</v>
+        <v>-0.75078778365688104</v>
       </c>
       <c r="E365" s="5">
-        <v>3.073220934851606</v>
+        <v>3.0763323422447808</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>1091.8424895000001</v>
+        <v>1091.7617155999999</v>
       </c>
       <c r="C366" s="5">
-        <v>1.0281528000000435</v>
+        <v>0.91759189999993396</v>
       </c>
       <c r="D366" s="5">
-        <v>1.1369482924510343</v>
+        <v>1.0140943315401607</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>1094.5625643000001</v>
+        <v>1094.3836521999999</v>
       </c>
       <c r="C367" s="5">
-        <v>2.7200748000000203</v>
+        <v>2.6219366000000264</v>
       </c>
       <c r="D367" s="5">
-        <v>3.0308288967664687</v>
+        <v>2.9202498310971103</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>1089.3028194999999</v>
+        <v>1088.9332941</v>
       </c>
       <c r="C368" s="5">
-        <v>-5.259744800000135</v>
+        <v>-5.4503580999999031</v>
       </c>
       <c r="D368" s="5">
-        <v>-5.6164199391383285</v>
+        <v>-5.8153442164707858</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>962.89329523000004</v>
+        <v>962.67071422000004</v>
       </c>
       <c r="C369" s="5">
-        <v>-126.40952426999991</v>
+        <v>-126.26257987999998</v>
       </c>
       <c r="D369" s="5">
-        <v>-77.240934851287989</v>
+        <v>-77.211391706723262</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>986.46051084999999</v>
+        <v>986.11808875999998</v>
       </c>
       <c r="C370" s="5">
-        <v>23.567215619999956</v>
+        <v>23.447374539999942</v>
       </c>
       <c r="D370" s="5">
-        <v>33.665246499152836</v>
+        <v>33.479318814019329</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>1012.0000285</v>
+        <v>1012.4040283</v>
       </c>
       <c r="C371" s="5">
-        <v>25.539517649999993</v>
+        <v>26.285939540000072</v>
       </c>
       <c r="D371" s="5">
-        <v>35.896991152121124</v>
+        <v>37.119515655981708</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>1018.9907564</v>
+        <v>1019.1457559</v>
       </c>
       <c r="C372" s="5">
-        <v>6.9907279000000244</v>
+        <v>6.7417275999999902</v>
       </c>
       <c r="D372" s="5">
-        <v>8.6117061467864566</v>
+        <v>8.2902181917488669</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>1022.1545221</v>
+        <v>1022.3425449</v>
       </c>
       <c r="C373" s="5">
-        <v>3.163765699999999</v>
+        <v>3.196788999999967</v>
       </c>
       <c r="D373" s="5">
-        <v>3.7900495405502221</v>
+        <v>3.8297024805715285</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>1026.8143213999999</v>
+        <v>1026.965774</v>
       </c>
       <c r="C374" s="5">
-        <v>4.6597992999999178</v>
+        <v>4.6232291000000032</v>
       </c>
       <c r="D374" s="5">
-        <v>5.6098330042600786</v>
+        <v>5.5636570440411148</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>1043.5796135999999</v>
+        <v>1043.798145</v>
       </c>
       <c r="C375" s="5">
-        <v>16.765292199999976</v>
+        <v>16.832370999999966</v>
       </c>
       <c r="D375" s="5">
-        <v>21.451820925960142</v>
+        <v>21.542064457563171</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>1045.4262243000001</v>
+        <v>1045.6643552</v>
       </c>
       <c r="C376" s="5">
-        <v>1.8466107000001557</v>
+        <v>1.8662102000000687</v>
       </c>
       <c r="D376" s="5">
-        <v>2.1441838209023789</v>
+        <v>2.1667078110187088</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>1049.4363470999999</v>
+        <v>1049.5474128999999</v>
       </c>
       <c r="C377" s="5">
-        <v>4.0101227999998628</v>
+        <v>3.8830576999998812</v>
       </c>
       <c r="D377" s="5">
-        <v>4.701412647668346</v>
+        <v>4.5483304394136725</v>
       </c>
       <c r="E377" s="5">
-        <v>-3.7933118595763426</v>
+        <v>-3.7857572775775727</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>1051.7444462999999</v>
+        <v>1051.5800065999999</v>
       </c>
       <c r="C378" s="5">
-        <v>2.3080992000000151</v>
+        <v>2.0325937000000067</v>
       </c>
       <c r="D378" s="5">
-        <v>2.6714053712014518</v>
+        <v>2.3488801830710226</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>1046.8949803</v>
+        <v>1046.6527965</v>
       </c>
       <c r="C379" s="5">
-        <v>-4.849465999999893</v>
+        <v>-4.9272100999999111</v>
       </c>
       <c r="D379" s="5">
-        <v>-5.3948714445322565</v>
+        <v>-5.4799781987327485</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>1060.4928126</v>
+        <v>1059.9857112</v>
       </c>
       <c r="C380" s="5">
-        <v>13.597832299999936</v>
+        <v>13.332914699999947</v>
       </c>
       <c r="D380" s="5">
-        <v>16.749584709115005</v>
+        <v>16.404152543537865</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>1063.4008318000001</v>
+        <v>1063.0173698999999</v>
       </c>
       <c r="C381" s="5">
-        <v>2.9080192000001261</v>
+        <v>3.0316586999999799</v>
       </c>
       <c r="D381" s="5">
-        <v>3.3406513657629366</v>
+        <v>3.4866196624930845</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>1066.3538844</v>
+        <v>1065.8307983</v>
       </c>
       <c r="C382" s="5">
-        <v>2.9530525999998645</v>
+        <v>2.8134284000000207</v>
       </c>
       <c r="D382" s="5">
-        <v>3.383758117971003</v>
+        <v>3.2226141115255569</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>1071.9961605999999</v>
+        <v>1072.6223585</v>
       </c>
       <c r="C383" s="5">
-        <v>5.6422761999999693</v>
+        <v>6.791560200000049</v>
       </c>
       <c r="D383" s="5">
-        <v>6.5374985460531221</v>
+        <v>7.9202542401139997</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>1081.8224708</v>
+        <v>1082.0016151</v>
       </c>
       <c r="C384" s="5">
-        <v>9.8263102000000799</v>
+        <v>9.3792565999999624</v>
       </c>
       <c r="D384" s="5">
-        <v>11.571486014118882</v>
+        <v>11.012724907240102</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>1083.9394889</v>
+        <v>1084.2166340000001</v>
       </c>
       <c r="C385" s="5">
-        <v>2.1170180999999957</v>
+        <v>2.2150189000001319</v>
       </c>
       <c r="D385" s="5">
-        <v>2.3737196812570582</v>
+        <v>2.4844282469837387</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>1089.2478685000001</v>
+        <v>1089.4449698999999</v>
       </c>
       <c r="C386" s="5">
-        <v>5.3083796000000802</v>
+        <v>5.22833589999982</v>
       </c>
       <c r="D386" s="5">
-        <v>6.0376673132250813</v>
+        <v>5.9426386197095615</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>1099.5001497999999</v>
+        <v>1099.7874469999999</v>
       </c>
       <c r="C387" s="5">
-        <v>10.252281299999822</v>
+        <v>10.342477099999996</v>
       </c>
       <c r="D387" s="5">
-        <v>11.898145585933563</v>
+        <v>12.006060793505323</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>1105.6946012000001</v>
+        <v>1105.9483977</v>
       </c>
       <c r="C388" s="5">
-        <v>6.1944514000001618</v>
+        <v>6.1609507000000576</v>
       </c>
       <c r="D388" s="5">
-        <v>6.9741278229960013</v>
+        <v>6.9333727830472869</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>1110.3002208</v>
+        <v>1110.500785</v>
       </c>
       <c r="C389" s="5">
-        <v>4.6056195999999545</v>
+        <v>4.5523872999999639</v>
       </c>
       <c r="D389" s="5">
-        <v>5.1145524342278481</v>
+        <v>5.0529067460642896</v>
       </c>
       <c r="E389" s="5">
-        <v>5.799672735577599</v>
+        <v>5.8075863320533605</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>1110.0410308999999</v>
+        <v>1109.8076228</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.25918990000013764</v>
+        <v>-0.69316219999996065</v>
       </c>
       <c r="D390" s="5">
-        <v>-0.2797701447401213</v>
+        <v>-0.74646051685430814</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>1119.3545463999999</v>
+        <v>1119.0548045999999</v>
       </c>
       <c r="C391" s="5">
-        <v>9.3135154999999941</v>
+        <v>9.2471817999999075</v>
       </c>
       <c r="D391" s="5">
-        <v>10.546150894179629</v>
+        <v>10.469867372797337</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>1120.8381079000001</v>
+        <v>1120.2331214999999</v>
       </c>
       <c r="C392" s="5">
-        <v>1.4835615000001781</v>
+        <v>1.1783169000000271</v>
       </c>
       <c r="D392" s="5">
-        <v>1.6020917596003992</v>
+        <v>1.2708920226192744</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>1128.5412484000001</v>
+        <v>1128.0161399000001</v>
       </c>
       <c r="C393" s="5">
-        <v>7.7031405000000177</v>
+        <v>7.7830184000001736</v>
       </c>
       <c r="D393" s="5">
-        <v>8.5661875586837901</v>
+        <v>8.6632910871301316</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>1132.3004513999999</v>
+        <v>1131.8002649</v>
       </c>
       <c r="C394" s="5">
-        <v>3.7592029999998431</v>
+        <v>3.7841249999999036</v>
       </c>
       <c r="D394" s="5">
-        <v>4.0712853401205118</v>
+        <v>4.1007194334057973</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>1134.5832445999999</v>
+        <v>1135.2368981</v>
       </c>
       <c r="C395" s="5">
-        <v>2.2827932000000146</v>
+        <v>3.4366331999999602</v>
       </c>
       <c r="D395" s="5">
-        <v>2.4462869634315654</v>
+        <v>3.7051885290861675</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>1145.3416850000001</v>
+        <v>1145.629823</v>
       </c>
       <c r="C396" s="5">
-        <v>10.758440400000154</v>
+        <v>10.392924900000025</v>
       </c>
       <c r="D396" s="5">
-        <v>11.991334354608462</v>
+        <v>11.556209060095002</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>1148.1870209000001</v>
+        <v>1148.4052606</v>
       </c>
       <c r="C397" s="5">
-        <v>2.8453359000000091</v>
+        <v>2.775437600000032</v>
       </c>
       <c r="D397" s="5">
-        <v>3.0221934901220271</v>
+        <v>2.9462072763586367</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>1151.3242792000001</v>
+        <v>1151.5334994</v>
       </c>
       <c r="C398" s="5">
-        <v>3.137258299999985</v>
+        <v>3.1282387999999628</v>
       </c>
       <c r="D398" s="5">
-        <v>3.3285556344170741</v>
+        <v>3.3182021320680155</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>1154.1014190000001</v>
+        <v>1154.4363513000001</v>
       </c>
       <c r="C399" s="5">
-        <v>2.7771397999999863</v>
+        <v>2.902851900000087</v>
       </c>
       <c r="D399" s="5">
-        <v>2.9332633773976768</v>
+        <v>3.0673246459521408</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>1155.759229</v>
+        <v>1156.0183119000001</v>
       </c>
       <c r="C400" s="5">
-        <v>1.6578099999999267</v>
+        <v>1.5819606000000022</v>
       </c>
       <c r="D400" s="5">
-        <v>1.7374248569462125</v>
+        <v>1.6568482301028364</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>1155.1852586</v>
+        <v>1155.4919118</v>
       </c>
       <c r="C401" s="5">
-        <v>-0.57397040000000743</v>
+        <v>-0.52640010000004622</v>
       </c>
       <c r="D401" s="5">
-        <v>-0.59431608623898846</v>
+        <v>-0.545061004067382</v>
       </c>
       <c r="E401" s="5">
-        <v>4.0426036993543191</v>
+        <v>4.0514268344258753</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>1163.7240483</v>
+        <v>1163.428265</v>
       </c>
       <c r="C402" s="5">
-        <v>8.5387897000000521</v>
+        <v>7.936353199999985</v>
       </c>
       <c r="D402" s="5">
-        <v>9.2396878931888295</v>
+        <v>8.5606434671125378</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>1165.0882372000001</v>
+        <v>1164.7808563000001</v>
       </c>
       <c r="C403" s="5">
-        <v>1.3641889000000447</v>
+        <v>1.3525913000000855</v>
       </c>
       <c r="D403" s="5">
-        <v>1.4158190358380063</v>
+        <v>1.4040646117233546</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>1168.9244959</v>
+        <v>1168.3626200000001</v>
       </c>
       <c r="C404" s="5">
-        <v>3.8362586999999166</v>
+        <v>3.5817637000000104</v>
       </c>
       <c r="D404" s="5">
-        <v>4.023558397169813</v>
+        <v>3.7531179184847607</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>1171.6221608999999</v>
+        <v>1170.7624827</v>
       </c>
       <c r="C405" s="5">
-        <v>2.6976649999999154</v>
+        <v>2.3998626999998578</v>
       </c>
       <c r="D405" s="5">
-        <v>2.8048051882164859</v>
+        <v>2.4928845704381253</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>1174.0440129000001</v>
+        <v>1173.4646052999999</v>
       </c>
       <c r="C406" s="5">
-        <v>2.4218520000001718</v>
+        <v>2.7021225999999388</v>
       </c>
       <c r="D406" s="5">
-        <v>2.5089078191502301</v>
+        <v>2.8050321220781216</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>1176.6148482000001</v>
+        <v>1177.38932</v>
       </c>
       <c r="C407" s="5">
-        <v>2.5708352999999988</v>
+        <v>3.924714700000095</v>
       </c>
       <c r="D407" s="5">
-        <v>2.6595502991338282</v>
+        <v>4.0881208689593773</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>1177.3929303</v>
+        <v>1177.8955142</v>
       </c>
       <c r="C408" s="5">
-        <v>0.77808209999989231</v>
+        <v>0.50619419999998172</v>
       </c>
       <c r="D408" s="5">
-        <v>0.79643900616648278</v>
+        <v>0.51713688336127994</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>1178.5282503000001</v>
+        <v>1178.6968099999999</v>
       </c>
       <c r="C409" s="5">
-        <v>1.1353200000000925</v>
+        <v>0.80129579999993439</v>
       </c>
       <c r="D409" s="5">
-        <v>1.1632757360870327</v>
+        <v>0.81939425186225989</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>1181.4158616</v>
+        <v>1181.6720763000001</v>
       </c>
       <c r="C410" s="5">
-        <v>2.8876112999998895</v>
+        <v>2.9752663000001576</v>
       </c>
       <c r="D410" s="5">
-        <v>2.9801688979633756</v>
+        <v>3.0714481157906981</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>1182.3465626</v>
+        <v>1182.672063</v>
       </c>
       <c r="C411" s="5">
-        <v>0.93070099999999911</v>
+        <v>0.99998669999990852</v>
       </c>
       <c r="D411" s="5">
-        <v>0.94944805773342633</v>
+        <v>1.0202364990078205</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>1183.9091676</v>
+        <v>1184.1019874000001</v>
       </c>
       <c r="C412" s="5">
-        <v>1.562605000000076</v>
+        <v>1.4299244000001181</v>
       </c>
       <c r="D412" s="5">
-        <v>1.5975149230788022</v>
+        <v>1.4605620395229613</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>1184.3595634000001</v>
+        <v>1184.7162708999999</v>
       </c>
       <c r="C413" s="5">
-        <v>0.45039580000002388</v>
+        <v>0.61428349999982856</v>
       </c>
       <c r="D413" s="5">
-        <v>0.45747366783452925</v>
+        <v>0.62431032720513535</v>
       </c>
       <c r="E413" s="5">
-        <v>2.5255087513285313</v>
+        <v>2.5291703733758553</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>1190.7164631999999</v>
+        <v>1190.5175830000001</v>
       </c>
       <c r="C414" s="5">
-        <v>6.3568997999998373</v>
+        <v>5.801312100000132</v>
       </c>
       <c r="D414" s="5">
-        <v>6.6344284806951981</v>
+        <v>6.0370240024689048</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>1192.1442033999999</v>
+        <v>1191.9450168000001</v>
       </c>
       <c r="C415" s="5">
-        <v>1.4277402000000166</v>
+        <v>1.4274338000000171</v>
       </c>
       <c r="D415" s="5">
-        <v>1.4483988571408091</v>
+        <v>1.4483294767887678</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>1193.2501123</v>
+        <v>1192.8049088</v>
       </c>
       <c r="C416" s="5">
-        <v>1.1059089000000313</v>
+        <v>0.85989199999994526</v>
       </c>
       <c r="D416" s="5">
-        <v>1.1188937324385861</v>
+        <v>0.86914623413589798</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>1192.6656396999999</v>
+        <v>1191.3798717</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.58447260000002643</v>
+        <v>-1.4250371000000541</v>
       </c>
       <c r="D417" s="5">
-        <v>-0.58619791529858079</v>
+        <v>-1.4242503051574484</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>1194.8221047</v>
+        <v>1194.000665</v>
       </c>
       <c r="C418" s="5">
-        <v>2.1564650000000256</v>
+        <v>2.6207933000000594</v>
       </c>
       <c r="D418" s="5">
-        <v>2.1914338851999338</v>
+        <v>2.6719292738203837</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>1195.5452748</v>
+        <v>1196.5280901000001</v>
       </c>
       <c r="C419" s="5">
-        <v>0.72317010000006121</v>
+        <v>2.5274251000000731</v>
       </c>
       <c r="D419" s="5">
-        <v>0.72872671192201199</v>
+        <v>2.5699067011768717</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>1194.8111953</v>
+        <v>1195.5520039999999</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.7340795000000071</v>
+        <v>-0.97608610000020235</v>
       </c>
       <c r="D420" s="5">
-        <v>-0.73433156852699133</v>
+        <v>-0.97453816287937922</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>1197.2464053000001</v>
+        <v>1197.3399933999999</v>
       </c>
       <c r="C421" s="5">
-        <v>2.4352100000000974</v>
+        <v>1.7879894000000149</v>
       </c>
       <c r="D421" s="5">
-        <v>2.4733896006846612</v>
+        <v>1.8094770859207854</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>1197.7983899999999</v>
+        <v>1198.1016497000001</v>
       </c>
       <c r="C422" s="5">
-        <v>0.5519846999998208</v>
+        <v>0.76165630000014062</v>
       </c>
       <c r="D422" s="5">
-        <v>0.55465930348186365</v>
+        <v>0.76602477611973363</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>1197.8316804999999</v>
+        <v>1198.1161089</v>
       </c>
       <c r="C423" s="5">
-        <v>3.3290500000020984E-2</v>
+        <v>1.4459199999919292E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>3.3356788186233999E-2</v>
+        <v>1.4483071406434789E-2</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>1199.7484228000001</v>
+        <v>1199.8683819</v>
       </c>
       <c r="C424" s="5">
-        <v>1.9167423000001236</v>
+        <v>1.7522730000000593</v>
       </c>
       <c r="D424" s="5">
-        <v>1.9372021927955618</v>
+        <v>1.7692145201797072</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>1201.4595972</v>
+        <v>1201.8571666</v>
       </c>
       <c r="C425" s="5">
-        <v>1.7111743999998907</v>
+        <v>1.9887846999999965</v>
       </c>
       <c r="D425" s="5">
-        <v>1.7250234247223384</v>
+        <v>2.0072356862200325</v>
       </c>
       <c r="E425" s="5">
-        <v>1.4438211442233007</v>
+        <v>1.4468355099891195</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>1198.0626463000001</v>
+        <v>1200.3300509999999</v>
       </c>
       <c r="C426" s="5">
-        <v>-3.3969508999998652</v>
+        <v>-1.5271156000001156</v>
       </c>
       <c r="D426" s="5">
-        <v>-3.340558269857552</v>
+        <v>-1.5141451298665842</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>1199.5113741</v>
+        <v>1201.7458148999999</v>
       </c>
       <c r="C427" s="5">
-        <v>1.4487277999999151</v>
+        <v>1.4157639000000017</v>
       </c>
       <c r="D427" s="5">
-        <v>1.4607601951925453</v>
+        <v>1.4245925308951968</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>1199.4752668000001</v>
+        <v>1201.4272403</v>
       </c>
       <c r="C428" s="5">
-        <v>-3.6107299999912357E-2</v>
+        <v>-0.31857459999991988</v>
       </c>
       <c r="D428" s="5">
-        <v>-3.611602872630737E-2</v>
+        <v>-0.31764839506043252</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>1200.325885</v>
+        <v>1204.3046806</v>
       </c>
       <c r="C429" s="5">
-        <v>0.85061819999987165</v>
+        <v>2.8774402999999893</v>
       </c>
       <c r="D429" s="5">
-        <v>0.85431735673995313</v>
+        <v>2.9121842518099683</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>1205.3742812999999</v>
+        <v>1208.2735963</v>
       </c>
       <c r="C430" s="5">
-        <v>5.0483962999999221</v>
+        <v>3.968915700000025</v>
       </c>
       <c r="D430" s="5">
-        <v>5.1654268429726979</v>
+        <v>4.0272052889109844</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>1203.6852980000001</v>
+        <v>1201.3599535000001</v>
       </c>
       <c r="C431" s="5">
-        <v>-1.6889832999997907</v>
+        <v>-6.9136427999999341</v>
       </c>
       <c r="D431" s="5">
-        <v>-1.6685547512850119</v>
+        <v>-6.6542845036927094</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>1204.4230633</v>
+        <v>1201.9405796999999</v>
       </c>
       <c r="C432" s="5">
-        <v>0.73776529999986451</v>
+        <v>0.58062619999986964</v>
       </c>
       <c r="D432" s="5">
-        <v>0.73799101712113124</v>
+        <v>0.58151307884677372</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1205.3006011</v>
+        <v>1202.8124648</v>
       </c>
       <c r="C433" s="5">
-        <v>0.87753780000002735</v>
+        <v>0.87188510000009956</v>
       </c>
       <c r="D433" s="5">
-        <v>0.87782732077785752</v>
+        <v>0.87395875229840936</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>1205.0363391999999</v>
+        <v>1202.4975208999999</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.264261900000065</v>
+        <v>-0.31494390000011663</v>
       </c>
       <c r="D434" s="5">
-        <v>-0.26278271099567929</v>
+        <v>-0.31375538438510597</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>1204.2386265</v>
+      </c>
+      <c r="C435" s="5">
+        <v>1.7411056000000826</v>
+      </c>
+      <c r="D435" s="5">
+        <v>1.751392902930804</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>1203.4122324</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.8263941000000159</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-0.82038440525604717</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">