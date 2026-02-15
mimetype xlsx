--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D1ACAF84-4969-4F88-B38F-518DFABB47C1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{86A4C52A-5987-46EA-8011-9153E4CF725E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{E710D609-26EE-41CE-9330-D1D0D37541E1}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B20CC78D-DA95-49D8-BD2E-CEF131BA380A}"/>
   </bookViews>
   <sheets>
     <sheet name="fwanaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Total Nonfarm Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{517A9400-F8CD-4C7F-BE12-9A8E6AF72641}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D8D7621-3528-4528-8EEE-710D2D17E8E3}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>1201.3599535000001</v>
       </c>
       <c r="C431" s="5">
         <v>-6.9136427999999341</v>
       </c>
       <c r="D431" s="5">
         <v>-6.6542845036927094</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>1201.9405796999999</v>
       </c>
       <c r="C432" s="5">
         <v>0.58062619999986964</v>
       </c>
       <c r="D432" s="5">
         <v>0.58151307884677372</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>1202.8124648</v>
       </c>
       <c r="C433" s="5">
         <v>0.87188510000009956</v>
       </c>
       <c r="D433" s="5">
         <v>0.87395875229840936</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>1202.4975208999999</v>
       </c>
       <c r="C434" s="5">
         <v>-0.31494390000011663</v>
       </c>
       <c r="D434" s="5">
         <v>-0.31375538438510597</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>1204.2386265</v>
       </c>
       <c r="C435" s="5">
         <v>1.7411056000000826</v>
       </c>
       <c r="D435" s="5">
         <v>1.751392902930804</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>1203.4122324</v>
+        <v>1203.4548247</v>
       </c>
       <c r="C436" s="5">
-        <v>-0.8263941000000159</v>
+        <v>-0.783801799999992</v>
       </c>
       <c r="D436" s="5">
-        <v>-0.82038440525604717</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.77825310331858244</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>1205.0264199000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>1.571595200000047</v>
+      </c>
+      <c r="D437" s="5">
+        <v>1.5783881984366088</v>
+      </c>
+      <c r="E437" s="5">
+        <v>0.26369633497844713</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>