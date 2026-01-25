--- v0 (2025-10-10)
+++ v1 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C655E8BD-4DC5-41D4-961C-E566ED965050}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9CC50932-222C-41DF-9836-2A723036A7E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{2F4527C2-0EB2-4A1D-8C29-7B14A841844C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CE9348E4-368F-443D-AC53-432E55A6BA83}"/>
   </bookViews>
   <sheets>
     <sheet name="fwaserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Services Providing Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ECFDC11A-1DB7-4240-B1C6-5A8864BAEF9C}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB564D12-436F-42B0-A0E7-5CE04AF13ED0}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -975,6146 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>454.91276813000002</v>
+        <v>454.90320801000001</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>457.27016385000002</v>
+        <v>457.24071350999998</v>
       </c>
       <c r="C7" s="5">
-        <v>2.3573957199999995</v>
+        <v>2.3375054999999634</v>
       </c>
       <c r="D7" s="5">
-        <v>6.3988333943499009</v>
+        <v>6.3434464690269365</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>457.55530664000003</v>
+        <v>457.5614736</v>
       </c>
       <c r="C8" s="5">
-        <v>0.28514279000000897</v>
+        <v>0.32076009000002159</v>
       </c>
       <c r="D8" s="5">
-        <v>0.75086317096091371</v>
+        <v>0.84507063455108167</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>456.29756619</v>
+        <v>456.30007615</v>
       </c>
       <c r="C9" s="5">
-        <v>-1.2577404500000284</v>
+        <v>-1.261397450000004</v>
       </c>
       <c r="D9" s="5">
-        <v>-3.2491767789438519</v>
+        <v>-3.2584380368046562</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>458.04055166000001</v>
+        <v>458.04227615999997</v>
       </c>
       <c r="C10" s="5">
-        <v>1.7429854700000078</v>
+        <v>1.7422000099999764</v>
       </c>
       <c r="D10" s="5">
-        <v>4.6813514341975671</v>
+        <v>4.6791710488044425</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>460.12143294999998</v>
+        <v>460.12533343000001</v>
       </c>
       <c r="C11" s="5">
-        <v>2.0808812899999793</v>
+        <v>2.0830572700000403</v>
       </c>
       <c r="D11" s="5">
-        <v>5.5899088500971805</v>
+        <v>5.5958796051970516</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>462.06195997999998</v>
+        <v>462.06752702</v>
       </c>
       <c r="C12" s="5">
-        <v>1.9405270299999984</v>
+        <v>1.942193589999988</v>
       </c>
       <c r="D12" s="5">
-        <v>5.1799664685703739</v>
+        <v>5.1844739278196217</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>463.92530115</v>
+        <v>463.91752405</v>
       </c>
       <c r="C13" s="5">
-        <v>1.8633411700000124</v>
+        <v>1.8499970299999973</v>
       </c>
       <c r="D13" s="5">
-        <v>4.9479859135416193</v>
+        <v>4.9117070334653956</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>463.43699914000001</v>
+        <v>463.43184831000002</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.48830200999998397</v>
+        <v>-0.48567573999997649</v>
       </c>
       <c r="D14" s="5">
-        <v>-1.2557671470531773</v>
+        <v>-1.2490728238459536</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>463.75318973999998</v>
+        <v>463.78420201</v>
       </c>
       <c r="C15" s="5">
-        <v>0.31619059999997035</v>
+        <v>0.35235369999998056</v>
       </c>
       <c r="D15" s="5">
-        <v>0.82180700035934251</v>
+        <v>0.91620173843787178</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>466.05430593</v>
+        <v>466.05215394999999</v>
       </c>
       <c r="C16" s="5">
-        <v>2.3011161900000161</v>
+        <v>2.267951939999989</v>
       </c>
       <c r="D16" s="5">
-        <v>6.1195454032138441</v>
+        <v>6.0285496865679189</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>466.63498612000001</v>
+        <v>466.63920400000001</v>
       </c>
       <c r="C17" s="5">
-        <v>0.58068019000000959</v>
+        <v>0.5870500500000162</v>
       </c>
       <c r="D17" s="5">
-        <v>1.5054280050207813</v>
+        <v>1.522063682706043</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>469.79430142000001</v>
+        <v>469.77968838999999</v>
       </c>
       <c r="C18" s="5">
-        <v>3.1593153000000029</v>
+        <v>3.1404843899999833</v>
       </c>
       <c r="D18" s="5">
-        <v>8.4339727071182082</v>
+        <v>8.3817489070477702</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>467.74852228999998</v>
+        <v>467.72723473000002</v>
       </c>
       <c r="C19" s="5">
-        <v>-2.0457791300000281</v>
+        <v>-2.0524536599999692</v>
       </c>
       <c r="D19" s="5">
-        <v>-5.1021975078501374</v>
+        <v>-5.1186013534549772</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>468.09732724000003</v>
+        <v>468.09755140999999</v>
       </c>
       <c r="C20" s="5">
-        <v>0.3488049500000443</v>
+        <v>0.37031667999997353</v>
       </c>
       <c r="D20" s="5">
-        <v>0.89853180456562765</v>
+        <v>0.95423181283809111</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>467.02867799000001</v>
+        <v>467.02922017999998</v>
       </c>
       <c r="C21" s="5">
-        <v>-1.0686492500000213</v>
+        <v>-1.0683312300000125</v>
       </c>
       <c r="D21" s="5">
-        <v>-2.7054182862888965</v>
+        <v>-2.704621979293742</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>469.64534412</v>
+        <v>469.64785009000002</v>
       </c>
       <c r="C22" s="5">
-        <v>2.6166661299999987</v>
+        <v>2.6186299100000383</v>
       </c>
       <c r="D22" s="5">
-        <v>6.9344557299320986</v>
+        <v>6.9398131889407466</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>470.53752713</v>
+        <v>470.54377034999999</v>
       </c>
       <c r="C23" s="5">
-        <v>0.89218300999999656</v>
+        <v>0.89592025999996849</v>
       </c>
       <c r="D23" s="5">
-        <v>2.3036040788843914</v>
+        <v>2.3133426026785919</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>471.31734999000003</v>
+        <v>471.32352768999999</v>
       </c>
       <c r="C24" s="5">
-        <v>0.77982286000002432</v>
+        <v>0.7797573400000033</v>
       </c>
       <c r="D24" s="5">
-        <v>2.006991003854286</v>
+        <v>2.006793968590781</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>474.19004411999998</v>
+        <v>474.18641372000002</v>
       </c>
       <c r="C25" s="5">
-        <v>2.8726941299999567</v>
+        <v>2.8628860300000269</v>
       </c>
       <c r="D25" s="5">
-        <v>7.5642743702835524</v>
+        <v>7.5374771017549191</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>475.39136743</v>
+        <v>475.38934296000002</v>
       </c>
       <c r="C26" s="5">
-        <v>1.2013233100000207</v>
+        <v>1.2029292400000031</v>
       </c>
       <c r="D26" s="5">
-        <v>3.082825999228489</v>
+        <v>3.0870287581463707</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>476.97396474999999</v>
+        <v>476.99355133</v>
       </c>
       <c r="C27" s="5">
-        <v>1.5825973199999908</v>
+        <v>1.6042083699999807</v>
       </c>
       <c r="D27" s="5">
-        <v>4.0688114886465065</v>
+        <v>4.1254261042523721</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>477.89528746000002</v>
+        <v>477.89179422000001</v>
       </c>
       <c r="C28" s="5">
-        <v>0.92132271000002675</v>
+        <v>0.8982428900000059</v>
       </c>
       <c r="D28" s="5">
-        <v>2.342703847880423</v>
+        <v>2.2833135147928063</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>477.91099065999998</v>
+        <v>477.91711191000002</v>
       </c>
       <c r="C29" s="5">
-        <v>1.5703199999961726E-2</v>
+        <v>2.5317690000008497E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>3.9438024227189672E-2</v>
+        <v>6.3591972830212562E-2</v>
       </c>
       <c r="E29" s="5">
-        <v>2.4164507324575535</v>
+        <v>2.4168367795347034</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>478.55088929999999</v>
+        <v>478.53921267999999</v>
       </c>
       <c r="C30" s="5">
-        <v>0.63989864000001262</v>
+        <v>0.62210076999997455</v>
       </c>
       <c r="D30" s="5">
-        <v>1.6186246483751887</v>
+        <v>1.5732618356687933</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>479.393753</v>
+        <v>479.38356114999999</v>
       </c>
       <c r="C31" s="5">
-        <v>0.84286370000000943</v>
+        <v>0.84434846999999991</v>
       </c>
       <c r="D31" s="5">
-        <v>2.1341346505908021</v>
+        <v>2.1379833260212422</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>480.47053507999999</v>
+        <v>480.44704453999998</v>
       </c>
       <c r="C32" s="5">
-        <v>1.0767820799999868</v>
+        <v>1.0634833899999876</v>
       </c>
       <c r="D32" s="5">
-        <v>2.7289077924622651</v>
+        <v>2.694850429488671</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>483.08457532</v>
+        <v>483.09000800000001</v>
       </c>
       <c r="C33" s="5">
-        <v>2.6140402400000085</v>
+        <v>2.6429634600000327</v>
       </c>
       <c r="D33" s="5">
-        <v>6.7276469766846203</v>
+        <v>6.8046949674238411</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>484.65832590999997</v>
+        <v>484.66530060000002</v>
       </c>
       <c r="C34" s="5">
-        <v>1.5737505899999746</v>
+        <v>1.5752926000000116</v>
       </c>
       <c r="D34" s="5">
-        <v>3.980064792119653</v>
+        <v>3.9839891817363693</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>485.39000236999999</v>
+        <v>485.40180616999999</v>
       </c>
       <c r="C35" s="5">
-        <v>0.73167646000001696</v>
+        <v>0.73650556999996297</v>
       </c>
       <c r="D35" s="5">
-        <v>1.8267278894371186</v>
+        <v>1.8388586711348909</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>484.43421989000001</v>
+        <v>484.43745969000003</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.95578247999998212</v>
+        <v>-0.96434647999996059</v>
       </c>
       <c r="D36" s="5">
-        <v>-2.3374991671216039</v>
+        <v>-2.3581585798906346</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>484.00675032999999</v>
+        <v>484.00680593999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.42746956000002001</v>
+        <v>-0.43065375000003314</v>
       </c>
       <c r="D37" s="5">
-        <v>-1.053767914973891</v>
+        <v>-1.0615719527689027</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>485.61079395000002</v>
+        <v>485.62180282999998</v>
       </c>
       <c r="C38" s="5">
-        <v>1.6040436200000272</v>
+        <v>1.6149968899999863</v>
       </c>
       <c r="D38" s="5">
-        <v>4.0502082002688233</v>
+        <v>4.0783742654994404</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>487.69503752999998</v>
+        <v>487.70828590999997</v>
       </c>
       <c r="C39" s="5">
-        <v>2.0842435799999635</v>
+        <v>2.0864830799999936</v>
       </c>
       <c r="D39" s="5">
-        <v>5.2737419815206188</v>
+        <v>5.2794206159148205</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>488.77865909000002</v>
+        <v>488.74340952</v>
       </c>
       <c r="C40" s="5">
-        <v>1.0836215600000401</v>
+        <v>1.0351236100000278</v>
       </c>
       <c r="D40" s="5">
-        <v>2.6991358194897508</v>
+        <v>2.5768506530271518</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>489.53873986000002</v>
+        <v>489.55607020000002</v>
       </c>
       <c r="C41" s="5">
-        <v>0.76008077000000185</v>
+        <v>0.81266068000002178</v>
       </c>
       <c r="D41" s="5">
-        <v>1.8821167863492638</v>
+        <v>2.0136552237617344</v>
       </c>
       <c r="E41" s="5">
-        <v>2.4330365752714744</v>
+        <v>2.4353508171081728</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>493.37420694000002</v>
+        <v>493.37065640999998</v>
       </c>
       <c r="C42" s="5">
-        <v>3.8354670800000008</v>
+        <v>3.814586209999959</v>
       </c>
       <c r="D42" s="5">
-        <v>9.8177417377687028</v>
+        <v>9.7616209571698587</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>493.61949645999999</v>
+        <v>493.61928392999999</v>
       </c>
       <c r="C43" s="5">
-        <v>0.24528951999997162</v>
+        <v>0.24862752000001365</v>
       </c>
       <c r="D43" s="5">
-        <v>0.59823481793415123</v>
+        <v>0.60640279527672813</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>493.75337698999999</v>
+        <v>493.70409536</v>
       </c>
       <c r="C44" s="5">
-        <v>0.133880529999999</v>
+        <v>8.4811430000002019E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>0.32595249770792645</v>
+        <v>0.20637351307606355</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>495.67677806</v>
+        <v>495.70132824000001</v>
       </c>
       <c r="C45" s="5">
-        <v>1.9234010700000113</v>
+        <v>1.9972328800000128</v>
       </c>
       <c r="D45" s="5">
-        <v>4.7760278684314539</v>
+        <v>4.9639664828236674</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>495.14997813000002</v>
+        <v>495.16467399999999</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.52679992999998149</v>
+        <v>-0.53665424000001849</v>
       </c>
       <c r="D46" s="5">
-        <v>-1.2679185574423157</v>
+        <v>-1.2914315903771123</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>497.54834867</v>
+        <v>497.54359122</v>
       </c>
       <c r="C47" s="5">
-        <v>2.3983705399999735</v>
+        <v>2.3789172200000053</v>
       </c>
       <c r="D47" s="5">
-        <v>5.9698451578225065</v>
+        <v>5.9199565228115647</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>501.48213211000001</v>
+        <v>501.48822761999998</v>
       </c>
       <c r="C48" s="5">
-        <v>3.9337834400000133</v>
+        <v>3.9446363999999789</v>
       </c>
       <c r="D48" s="5">
-        <v>9.9112364723992421</v>
+        <v>9.9398831772030682</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>501.43664009999998</v>
+        <v>501.44297891000002</v>
       </c>
       <c r="C49" s="5">
-        <v>-4.5492010000032224E-2</v>
+        <v>-4.5248709999953007E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>-0.10880384319795766</v>
+        <v>-0.10822091334036221</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>503.60494444</v>
+        <v>503.63004568999997</v>
       </c>
       <c r="C50" s="5">
-        <v>2.1683043400000201</v>
+        <v>2.1870667799999524</v>
       </c>
       <c r="D50" s="5">
-        <v>5.3142277143833017</v>
+        <v>5.3612513353901381</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>502.93134637999998</v>
+        <v>502.94139438000002</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.67359806000001754</v>
+        <v>-0.68865130999995472</v>
       </c>
       <c r="D51" s="5">
-        <v>-1.5933077962459463</v>
+        <v>-1.6285663713071941</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>503.77377897999997</v>
+        <v>503.70731336</v>
       </c>
       <c r="C52" s="5">
-        <v>0.84243259999999509</v>
+        <v>0.76591897999998082</v>
       </c>
       <c r="D52" s="5">
-        <v>2.0286758161478069</v>
+        <v>1.8428394493274158</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>504.18735029999999</v>
+        <v>504.20926324999999</v>
       </c>
       <c r="C53" s="5">
-        <v>0.41357132000001684</v>
+        <v>0.50194988999999168</v>
       </c>
       <c r="D53" s="5">
-        <v>0.98959608393931475</v>
+        <v>1.2023890725551434</v>
       </c>
       <c r="E53" s="5">
-        <v>2.9923291554390996</v>
+        <v>2.993159301244841</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>507.06512531999999</v>
+        <v>507.07495195000001</v>
       </c>
       <c r="C54" s="5">
-        <v>2.8777750200000014</v>
+        <v>2.8656887000000211</v>
       </c>
       <c r="D54" s="5">
-        <v>7.0684605808069012</v>
+        <v>7.0375243144831678</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>507.44204424999998</v>
+        <v>507.44938947999998</v>
       </c>
       <c r="C55" s="5">
-        <v>0.37691892999998799</v>
+        <v>0.37443752999996605</v>
       </c>
       <c r="D55" s="5">
-        <v>0.89565708554486534</v>
+        <v>0.88971935523136647</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>510.36189453999998</v>
+        <v>510.29322102999998</v>
       </c>
       <c r="C56" s="5">
-        <v>2.9198502899999994</v>
+        <v>2.8438315500000044</v>
       </c>
       <c r="D56" s="5">
-        <v>7.1276345710190814</v>
+        <v>6.9362070633904427</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>513.51401580000004</v>
+        <v>513.56298764999997</v>
       </c>
       <c r="C57" s="5">
-        <v>3.1521212600000581</v>
+        <v>3.2697666199999844</v>
       </c>
       <c r="D57" s="5">
-        <v>7.6685164599266775</v>
+        <v>7.9660001817155157</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>514.10217031000002</v>
+        <v>514.11269857000002</v>
       </c>
       <c r="C58" s="5">
-        <v>0.5881545099999812</v>
+        <v>0.54971092000005228</v>
       </c>
       <c r="D58" s="5">
-        <v>1.3831141115377088</v>
+        <v>1.2920527187391784</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>515.09001993000004</v>
+        <v>515.06839103000004</v>
       </c>
       <c r="C59" s="5">
-        <v>0.98784962000001997</v>
+        <v>0.95569246000002295</v>
       </c>
       <c r="D59" s="5">
-        <v>2.3303305090459636</v>
+        <v>2.2536481964110067</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>516.87657178999996</v>
+        <v>516.88468634000003</v>
       </c>
       <c r="C60" s="5">
-        <v>1.7865518599999177</v>
+        <v>1.8162953099999868</v>
       </c>
       <c r="D60" s="5">
-        <v>4.2424348034116433</v>
+        <v>4.3146253485565333</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>518.31597208000005</v>
+        <v>518.32613243000003</v>
       </c>
       <c r="C61" s="5">
-        <v>1.4394002900000942</v>
+        <v>1.4414460899999995</v>
       </c>
       <c r="D61" s="5">
-        <v>3.3934276205594971</v>
+        <v>3.3982706985103528</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>519.39971615000002</v>
+        <v>519.43714537000005</v>
       </c>
       <c r="C62" s="5">
-        <v>1.0837440699999661</v>
+        <v>1.1110129400000233</v>
       </c>
       <c r="D62" s="5">
-        <v>2.538129724861804</v>
+        <v>2.6026966925282391</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>520.48717067999996</v>
+        <v>520.50419930999999</v>
       </c>
       <c r="C63" s="5">
-        <v>1.0874545299999454</v>
+        <v>1.067053939999937</v>
       </c>
       <c r="D63" s="5">
-        <v>2.5415445744339848</v>
+        <v>2.4931436576777877</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>523.17040142999997</v>
+        <v>523.07103517999997</v>
       </c>
       <c r="C64" s="5">
-        <v>2.683230750000007</v>
+        <v>2.5668358699999771</v>
       </c>
       <c r="D64" s="5">
-        <v>6.3647288341802444</v>
+        <v>6.0809035515719811</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>523.32928981999999</v>
+        <v>523.35713826999995</v>
       </c>
       <c r="C65" s="5">
-        <v>0.15888839000001553</v>
+        <v>0.28610308999998324</v>
       </c>
       <c r="D65" s="5">
-        <v>0.36505290104964505</v>
+        <v>0.65833968828239442</v>
       </c>
       <c r="E65" s="5">
-        <v>3.7965925778602472</v>
+        <v>3.7976047676272051</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>514.28432908000002</v>
+        <v>514.29593849000003</v>
       </c>
       <c r="C66" s="5">
-        <v>-9.044960739999965</v>
+        <v>-9.0611997799999244</v>
       </c>
       <c r="D66" s="5">
-        <v>-18.877937005197033</v>
+        <v>-18.907757446510388</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>516.81263965000005</v>
+        <v>516.82071618999998</v>
       </c>
       <c r="C67" s="5">
-        <v>2.5283105700000306</v>
+        <v>2.5247776999999587</v>
       </c>
       <c r="D67" s="5">
-        <v>6.0615641292052214</v>
+        <v>6.0527238209407752</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>519.16356607</v>
+        <v>519.11630138999999</v>
       </c>
       <c r="C68" s="5">
-        <v>2.3509264199999507</v>
+        <v>2.295585200000005</v>
       </c>
       <c r="D68" s="5">
-        <v>5.5973362720362019</v>
+        <v>5.4622518108754736</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>519.00108048000004</v>
+        <v>519.06107611000004</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.16248558999996021</v>
+        <v>-5.5225279999945087E-2</v>
       </c>
       <c r="D69" s="5">
-        <v>-0.37492504084742917</v>
+        <v>-0.12758523335418825</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>521.96032775000003</v>
+        <v>521.95573886</v>
       </c>
       <c r="C70" s="5">
-        <v>2.9592472699999917</v>
+        <v>2.8946627499999522</v>
       </c>
       <c r="D70" s="5">
-        <v>7.0608773654351475</v>
+        <v>6.9011975688462179</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>523.21289150999996</v>
+        <v>523.16396369999995</v>
       </c>
       <c r="C71" s="5">
-        <v>1.25256375999993</v>
+        <v>1.2082248399999571</v>
       </c>
       <c r="D71" s="5">
-        <v>2.9179888904235618</v>
+        <v>2.813403073632248</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>525.12959694999995</v>
+        <v>525.14501514000005</v>
       </c>
       <c r="C72" s="5">
-        <v>1.916705439999987</v>
+        <v>1.9810514400001011</v>
       </c>
       <c r="D72" s="5">
-        <v>4.4856678905348168</v>
+        <v>4.6398504531602436</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>526.89314304000004</v>
+        <v>526.91159347999996</v>
       </c>
       <c r="C73" s="5">
-        <v>1.7635460900000908</v>
+        <v>1.76657833999991</v>
       </c>
       <c r="D73" s="5">
-        <v>4.105243549459292</v>
+        <v>4.1123102544861512</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>529.53779773999997</v>
+        <v>529.56267527</v>
       </c>
       <c r="C74" s="5">
-        <v>2.6446546999999327</v>
+        <v>2.6510817900000347</v>
       </c>
       <c r="D74" s="5">
-        <v>6.1922979000932798</v>
+        <v>6.2075419970749168</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>531.53657841999996</v>
+        <v>531.55678831</v>
       </c>
       <c r="C75" s="5">
-        <v>1.9987806799999817</v>
+        <v>1.994113040000002</v>
       </c>
       <c r="D75" s="5">
-        <v>4.624717464310546</v>
+        <v>4.6134717196069097</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>532.90947496000001</v>
+        <v>532.84376024000005</v>
       </c>
       <c r="C76" s="5">
-        <v>1.3728965400000561</v>
+        <v>1.2869719300000497</v>
       </c>
       <c r="D76" s="5">
-        <v>3.1438707897931017</v>
+        <v>2.9443671941570493</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>535.66804002000003</v>
+        <v>535.68012633000001</v>
       </c>
       <c r="C77" s="5">
-        <v>2.7585650600000235</v>
+        <v>2.8363660899999559</v>
       </c>
       <c r="D77" s="5">
-        <v>6.391644739509883</v>
+        <v>6.5780572979412755</v>
       </c>
       <c r="E77" s="5">
-        <v>2.3577411851425367</v>
+        <v>2.3546039900658844</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>538.65137783</v>
+        <v>538.65196753999999</v>
       </c>
       <c r="C78" s="5">
-        <v>2.9833378099999663</v>
+        <v>2.9718412099999796</v>
       </c>
       <c r="D78" s="5">
-        <v>6.8918208102309642</v>
+        <v>6.8642872929827847</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>538.72983982999995</v>
+        <v>538.74025401999995</v>
       </c>
       <c r="C79" s="5">
-        <v>7.8461999999944965E-2</v>
+        <v>8.8286479999965195E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>0.17493665177861217</v>
+        <v>0.19686056887047165</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>540.10183302999997</v>
+        <v>540.08282128999997</v>
       </c>
       <c r="C80" s="5">
-        <v>1.3719932000000199</v>
+        <v>1.3425672700000177</v>
       </c>
       <c r="D80" s="5">
-        <v>3.0992336766680451</v>
+        <v>3.0317895949460105</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>540.92715697000006</v>
+        <v>540.97193732999995</v>
       </c>
       <c r="C81" s="5">
-        <v>0.82532394000008935</v>
+        <v>0.88911603999997624</v>
       </c>
       <c r="D81" s="5">
-        <v>1.8491975501195412</v>
+        <v>1.9934960600269447</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>543.02575845000001</v>
+        <v>542.99794472999997</v>
       </c>
       <c r="C82" s="5">
-        <v>2.0986014799999566</v>
+        <v>2.0260074000000259</v>
       </c>
       <c r="D82" s="5">
-        <v>4.7562018988362098</v>
+        <v>4.5878864854345558</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>543.53983221999999</v>
+        <v>543.50610338000001</v>
       </c>
       <c r="C83" s="5">
-        <v>0.51407376999998178</v>
+        <v>0.50815865000004123</v>
       </c>
       <c r="D83" s="5">
-        <v>1.1419544346308541</v>
+        <v>1.1288051058351734</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>545.00083099000005</v>
+        <v>545.01092232999997</v>
       </c>
       <c r="C84" s="5">
-        <v>1.4609987700000602</v>
+        <v>1.504818949999958</v>
       </c>
       <c r="D84" s="5">
-        <v>3.2736346029110353</v>
+        <v>3.3735344262576961</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>547.75755635999997</v>
+        <v>547.77748144999998</v>
       </c>
       <c r="C85" s="5">
-        <v>2.7567253699999128</v>
+        <v>2.7665591200000108</v>
       </c>
       <c r="D85" s="5">
-        <v>6.2415884179401804</v>
+        <v>6.2643593622497828</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>548.62222722000001</v>
+        <v>548.63443083000004</v>
       </c>
       <c r="C86" s="5">
-        <v>0.86467086000004656</v>
+        <v>0.85694938000006005</v>
       </c>
       <c r="D86" s="5">
-        <v>1.9108110673507372</v>
+        <v>1.8935310335533639</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>550.81889368999998</v>
+        <v>550.84588002999999</v>
       </c>
       <c r="C87" s="5">
-        <v>2.1966664699999683</v>
+        <v>2.2114491999999473</v>
       </c>
       <c r="D87" s="5">
-        <v>4.9119976485542338</v>
+        <v>4.9456773749910088</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>553.26025547999996</v>
+        <v>553.22349008000003</v>
       </c>
       <c r="C88" s="5">
-        <v>2.4413617899999736</v>
+        <v>2.3776100500000439</v>
       </c>
       <c r="D88" s="5">
-        <v>5.4502787309113288</v>
+        <v>5.3042936078189884</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>553.21234164999998</v>
+        <v>553.21464693999997</v>
       </c>
       <c r="C89" s="5">
-        <v>-4.7913829999970403E-2</v>
+        <v>-8.8431400000672511E-3</v>
       </c>
       <c r="D89" s="5">
-        <v>-0.10387374992802956</v>
+        <v>-1.918001548095738E-2</v>
       </c>
       <c r="E89" s="5">
-        <v>3.2752190385196167</v>
+        <v>3.2733192343966211</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>564.79660304000004</v>
+        <v>564.78929023000001</v>
       </c>
       <c r="C90" s="5">
-        <v>11.584261390000052</v>
+        <v>11.57464329000004</v>
       </c>
       <c r="D90" s="5">
-        <v>28.233822699168964</v>
+        <v>28.207488955286752</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>565.96238728000003</v>
+        <v>565.96855875000006</v>
       </c>
       <c r="C91" s="5">
-        <v>1.1657842399999936</v>
+        <v>1.1792685200000506</v>
       </c>
       <c r="D91" s="5">
-        <v>2.5052067184559546</v>
+        <v>2.5345504835018628</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>570.67851973999996</v>
+        <v>570.67997031000004</v>
       </c>
       <c r="C92" s="5">
-        <v>4.7161324599999261</v>
+        <v>4.7114115599999877</v>
       </c>
       <c r="D92" s="5">
-        <v>10.470793914710574</v>
+        <v>10.459708737658779</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>573.44084210999995</v>
+        <v>573.46064366999997</v>
       </c>
       <c r="C93" s="5">
-        <v>2.7623223699999926</v>
+        <v>2.7806733599999234</v>
       </c>
       <c r="D93" s="5">
-        <v>5.9656591913153312</v>
+        <v>6.0063434470462473</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>576.41097378999996</v>
+        <v>576.38213446999998</v>
       </c>
       <c r="C94" s="5">
-        <v>2.9701316800000086</v>
+        <v>2.921490800000015</v>
       </c>
       <c r="D94" s="5">
-        <v>6.3955410775810462</v>
+        <v>6.2876286017375715</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>578.31058637000001</v>
+        <v>578.28817657000002</v>
       </c>
       <c r="C95" s="5">
-        <v>1.8996125800000527</v>
+        <v>1.906042100000036</v>
       </c>
       <c r="D95" s="5">
-        <v>4.027179761613553</v>
+        <v>4.0412650908551617</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>582.41714753999997</v>
+        <v>582.42079034999995</v>
       </c>
       <c r="C96" s="5">
-        <v>4.1065611699999636</v>
+        <v>4.1326137799999287</v>
       </c>
       <c r="D96" s="5">
-        <v>8.8619543699393724</v>
+        <v>8.920763320082493</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>583.44814700999996</v>
+        <v>583.47105323999995</v>
       </c>
       <c r="C97" s="5">
-        <v>1.0309994699999834</v>
+        <v>1.0502628899999991</v>
       </c>
       <c r="D97" s="5">
-        <v>2.1450540753537695</v>
+        <v>2.1855172946694479</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>587.41777056000001</v>
+        <v>587.41597187000002</v>
       </c>
       <c r="C98" s="5">
-        <v>3.9696235500000512</v>
+        <v>3.9449186300000747</v>
       </c>
       <c r="D98" s="5">
-        <v>8.4770307778075029</v>
+        <v>8.4219540212734589</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>589.99612251999997</v>
+        <v>590.02756615999999</v>
       </c>
       <c r="C99" s="5">
-        <v>2.5783519599999636</v>
+        <v>2.6115942899999709</v>
       </c>
       <c r="D99" s="5">
-        <v>5.3961923675447609</v>
+        <v>5.4674920421285966</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>592.23994225000001</v>
+        <v>592.23345541000003</v>
       </c>
       <c r="C100" s="5">
-        <v>2.2438197300000411</v>
+        <v>2.2058892500000411</v>
       </c>
       <c r="D100" s="5">
-        <v>4.6604117322371907</v>
+        <v>4.5797542272688396</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>593.98299775999999</v>
+        <v>593.97486996999999</v>
       </c>
       <c r="C101" s="5">
-        <v>1.7430555099999765</v>
+        <v>1.7414145599999529</v>
       </c>
       <c r="D101" s="5">
-        <v>3.5895241369833686</v>
+        <v>3.5861299623150877</v>
       </c>
       <c r="E101" s="5">
-        <v>7.3698023417912761</v>
+        <v>7.3678857303322243</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>596.33150155999999</v>
+        <v>596.32001450999996</v>
       </c>
       <c r="C102" s="5">
-        <v>2.3485038000000031</v>
+        <v>2.3451445399999784</v>
       </c>
       <c r="D102" s="5">
-        <v>4.8491358407943608</v>
+        <v>4.8421161178342498</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>597.67996702000005</v>
+        <v>597.68379001999995</v>
       </c>
       <c r="C103" s="5">
-        <v>1.3484654600000567</v>
+        <v>1.3637755099999822</v>
       </c>
       <c r="D103" s="5">
-        <v>2.7475255177695335</v>
+        <v>2.7791676974686652</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>598.69885266000006</v>
+        <v>598.69805396000004</v>
       </c>
       <c r="C104" s="5">
-        <v>1.0188856400000077</v>
+        <v>1.0142639400000917</v>
       </c>
       <c r="D104" s="5">
-        <v>2.0649711605159826</v>
+        <v>2.0555035141798239</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>602.05846880000001</v>
+        <v>602.05860988999996</v>
       </c>
       <c r="C105" s="5">
-        <v>3.3596161399999573</v>
+        <v>3.3605559299999186</v>
       </c>
       <c r="D105" s="5">
-        <v>6.9456012447418836</v>
+        <v>6.9476140738646386</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>603.86922828000002</v>
+        <v>603.84779486000002</v>
       </c>
       <c r="C106" s="5">
-        <v>1.8107594800000015</v>
+        <v>1.7891849700000648</v>
       </c>
       <c r="D106" s="5">
-        <v>3.6694413020076588</v>
+        <v>3.625003440911434</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>604.93916421999995</v>
+        <v>604.93695954999998</v>
       </c>
       <c r="C107" s="5">
-        <v>1.0699359399999366</v>
+        <v>1.0891646899999614</v>
       </c>
       <c r="D107" s="5">
-        <v>2.1470029677441271</v>
+        <v>2.1860505890338944</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>605.79960530000005</v>
+        <v>605.79742651000004</v>
       </c>
       <c r="C108" s="5">
-        <v>0.86044108000010056</v>
+        <v>0.8604669600000534</v>
       </c>
       <c r="D108" s="5">
-        <v>1.7202476405252964</v>
+        <v>1.7203061055877988</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>607.97801648999996</v>
+        <v>607.99797228</v>
       </c>
       <c r="C109" s="5">
-        <v>2.1784111899999061</v>
+        <v>2.2005457699999624</v>
       </c>
       <c r="D109" s="5">
-        <v>4.4014863043526864</v>
+        <v>4.4471229368066911</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>610.57573854999998</v>
+        <v>610.57814621</v>
       </c>
       <c r="C110" s="5">
-        <v>2.5977220600000237</v>
+        <v>2.5801739300000008</v>
       </c>
       <c r="D110" s="5">
-        <v>5.2494917953655351</v>
+        <v>5.2130235871369335</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>613.26701794999997</v>
+        <v>613.29081610000003</v>
       </c>
       <c r="C111" s="5">
-        <v>2.6912793999999849</v>
+        <v>2.7126698900000292</v>
       </c>
       <c r="D111" s="5">
-        <v>5.4194585686123675</v>
+        <v>5.4635687856346538</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>614.78447133999998</v>
+        <v>614.77995806000001</v>
       </c>
       <c r="C112" s="5">
-        <v>1.5174533900000142</v>
+        <v>1.4891419599999836</v>
       </c>
       <c r="D112" s="5">
-        <v>3.0099954929628137</v>
+        <v>2.9529692422415099</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>617.54873897000004</v>
+        <v>617.54165161000003</v>
       </c>
       <c r="C113" s="5">
-        <v>2.764267630000063</v>
+        <v>2.7616935500000181</v>
       </c>
       <c r="D113" s="5">
-        <v>5.5310355385610022</v>
+        <v>5.5257987123308983</v>
       </c>
       <c r="E113" s="5">
-        <v>3.9674100603670492</v>
+        <v>3.9676395132996589</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>619.86756561000004</v>
+        <v>619.85937736000005</v>
       </c>
       <c r="C114" s="5">
-        <v>2.3188266399999975</v>
+        <v>2.3177257500000223</v>
       </c>
       <c r="D114" s="5">
-        <v>4.6000954003681649</v>
+        <v>4.5979200368500006</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>622.52611477999994</v>
+        <v>622.52531850000003</v>
       </c>
       <c r="C115" s="5">
-        <v>2.6585491699999011</v>
+        <v>2.6659411399999726</v>
       </c>
       <c r="D115" s="5">
-        <v>5.2698355962627508</v>
+        <v>5.2849079283537437</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>623.85119089</v>
+        <v>623.84440666</v>
       </c>
       <c r="C116" s="5">
-        <v>1.3250761100000545</v>
+        <v>1.3190881599999784</v>
       </c>
       <c r="D116" s="5">
-        <v>2.5843723168099242</v>
+        <v>2.5725605654341566</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>626.90551634999997</v>
+        <v>626.90166493000004</v>
       </c>
       <c r="C117" s="5">
-        <v>3.0543254599999727</v>
+        <v>3.0572582700000339</v>
       </c>
       <c r="D117" s="5">
-        <v>6.0359165714851892</v>
+        <v>6.0419369387781696</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>626.91712039000004</v>
+        <v>626.90954131000001</v>
       </c>
       <c r="C118" s="5">
-        <v>1.1604040000065652E-2</v>
+        <v>7.8763799999705952E-3</v>
       </c>
       <c r="D118" s="5">
-        <v>2.2214297602718425E-2</v>
+        <v>1.5077817915387648E-2</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>629.09324634999996</v>
+        <v>629.08982041000002</v>
       </c>
       <c r="C119" s="5">
-        <v>2.1761259599999221</v>
+        <v>2.180279100000007</v>
       </c>
       <c r="D119" s="5">
-        <v>4.2458351313416243</v>
+        <v>4.2541463555475723</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>631.12434928000005</v>
+        <v>631.12335876999998</v>
       </c>
       <c r="C120" s="5">
-        <v>2.0311029300000882</v>
+        <v>2.0335383599999659</v>
       </c>
       <c r="D120" s="5">
-        <v>3.9438879219455325</v>
+        <v>3.9487231896567998</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>633.70934823000005</v>
+        <v>633.73259012999995</v>
       </c>
       <c r="C121" s="5">
-        <v>2.5849989499999992</v>
+        <v>2.609231359999967</v>
       </c>
       <c r="D121" s="5">
-        <v>5.0272836760741235</v>
+        <v>5.0754956169463794</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>635.30406135999999</v>
+        <v>635.30974128000003</v>
       </c>
       <c r="C122" s="5">
-        <v>1.5947131299999455</v>
+        <v>1.577151150000077</v>
       </c>
       <c r="D122" s="5">
-        <v>3.061916878235893</v>
+        <v>3.0276216982530801</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>639.23311411999998</v>
+        <v>639.24358146999998</v>
       </c>
       <c r="C123" s="5">
-        <v>3.9290527599999905</v>
+        <v>3.9338401899999553</v>
       </c>
       <c r="D123" s="5">
-        <v>7.6791440933664967</v>
+        <v>7.6887507334404637</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>640.27964575999999</v>
+        <v>640.27565530000004</v>
       </c>
       <c r="C124" s="5">
-        <v>1.046531640000012</v>
+        <v>1.0320738300000585</v>
       </c>
       <c r="D124" s="5">
-        <v>1.9823879151349866</v>
+        <v>1.9547253408460641</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>643.07436531999997</v>
+        <v>643.06804203000002</v>
       </c>
       <c r="C125" s="5">
-        <v>2.7947195599999759</v>
+        <v>2.7923867299999756</v>
       </c>
       <c r="D125" s="5">
-        <v>5.3654002958110292</v>
+        <v>5.3608478948448335</v>
       </c>
       <c r="E125" s="5">
-        <v>4.1333784265471518</v>
+        <v>4.1335495919100795</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>644.88051071999996</v>
+        <v>644.8723536</v>
       </c>
       <c r="C126" s="5">
-        <v>1.8061453999999912</v>
+        <v>1.8043115699999817</v>
       </c>
       <c r="D126" s="5">
-        <v>3.422885812247678</v>
+        <v>3.4193907987660754</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>645.52628218999996</v>
+        <v>645.52418638999995</v>
       </c>
       <c r="C127" s="5">
-        <v>0.64577146999999968</v>
+        <v>0.65183278999995764</v>
       </c>
       <c r="D127" s="5">
-        <v>1.208298296521737</v>
+        <v>1.21971822745639</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>648.27558495000005</v>
+        <v>648.26722825000002</v>
       </c>
       <c r="C128" s="5">
-        <v>2.7493027600000914</v>
+        <v>2.7430418600000621</v>
       </c>
       <c r="D128" s="5">
-        <v>5.2322462474730269</v>
+        <v>5.2200685282552506</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>649.17479312</v>
+        <v>649.17189474999998</v>
       </c>
       <c r="C129" s="5">
-        <v>0.89920816999995168</v>
+        <v>0.90466649999996207</v>
       </c>
       <c r="D129" s="5">
-        <v>1.6772496114181967</v>
+        <v>1.6875309626944279</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>654.41959139000005</v>
+        <v>654.41306818999999</v>
       </c>
       <c r="C130" s="5">
-        <v>5.2447982700000466</v>
+        <v>5.2411734400000114</v>
       </c>
       <c r="D130" s="5">
-        <v>10.137630710922064</v>
+        <v>10.130357562134629</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>655.33540439000001</v>
+        <v>655.33408829999996</v>
       </c>
       <c r="C131" s="5">
-        <v>0.91581299999995736</v>
+        <v>0.92102010999997219</v>
       </c>
       <c r="D131" s="5">
-        <v>1.69229932981112</v>
+        <v>1.7020130700297953</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>656.71603813000002</v>
+        <v>656.71873060999997</v>
       </c>
       <c r="C132" s="5">
-        <v>1.3806337400000075</v>
+        <v>1.3846423100000038</v>
       </c>
       <c r="D132" s="5">
-        <v>2.5576111152765701</v>
+        <v>2.5651286725738576</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>659.27734897000005</v>
+        <v>659.30378411000004</v>
       </c>
       <c r="C133" s="5">
-        <v>2.5613108400000328</v>
+        <v>2.5850535000000718</v>
       </c>
       <c r="D133" s="5">
-        <v>4.7819281479306808</v>
+        <v>4.827199235530899</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>660.85508218999996</v>
+        <v>660.86340686000005</v>
       </c>
       <c r="C134" s="5">
-        <v>1.5777332199999137</v>
+        <v>1.5596227500000168</v>
       </c>
       <c r="D134" s="5">
-        <v>2.9098518771086823</v>
+        <v>2.8758977163207078</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>661.02641688999995</v>
+        <v>661.02537602999996</v>
       </c>
       <c r="C135" s="5">
-        <v>0.17133469999998852</v>
+        <v>0.16196916999990663</v>
       </c>
       <c r="D135" s="5">
-        <v>0.31155857770199802</v>
+        <v>0.29450142573441696</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>663.34847215000002</v>
+        <v>663.34485070999995</v>
       </c>
       <c r="C136" s="5">
-        <v>2.3220552600000701</v>
+        <v>2.3194746799999848</v>
       </c>
       <c r="D136" s="5">
-        <v>4.297766795121083</v>
+        <v>4.2929048787894608</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>664.52851190000001</v>
+        <v>664.52143820000003</v>
       </c>
       <c r="C137" s="5">
-        <v>1.1800397499999917</v>
+        <v>1.1765874900000881</v>
       </c>
       <c r="D137" s="5">
-        <v>2.1557068286661263</v>
+        <v>2.1493504091662397</v>
       </c>
       <c r="E137" s="5">
-        <v>3.336184388149932</v>
+        <v>3.3361005006993016</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>662.47723751000001</v>
+        <v>662.46853495000005</v>
       </c>
       <c r="C138" s="5">
-        <v>-2.0512743900000032</v>
+        <v>-2.0529032499999857</v>
       </c>
       <c r="D138" s="5">
-        <v>-3.6419291658250419</v>
+        <v>-3.6448103030004564</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>663.72312136000005</v>
+        <v>663.72055575000002</v>
       </c>
       <c r="C139" s="5">
-        <v>1.2458838500000411</v>
+        <v>1.2520207999999684</v>
       </c>
       <c r="D139" s="5">
-        <v>2.2802627934240816</v>
+        <v>2.2916422947974135</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>663.74599078999995</v>
+        <v>663.73695901999997</v>
       </c>
       <c r="C140" s="5">
-        <v>2.2869429999900603E-2</v>
+        <v>1.6403269999955228E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>4.1355373173268539E-2</v>
+        <v>2.966097650531907E-2</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>663.13001596000004</v>
+        <v>663.12794150000002</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.61597482999991371</v>
+        <v>-0.60901751999995213</v>
       </c>
       <c r="D141" s="5">
-        <v>-1.107966928014259</v>
+        <v>-1.095530586663318</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>663.27993781999999</v>
+        <v>663.27545095999994</v>
       </c>
       <c r="C142" s="5">
-        <v>0.14992185999994945</v>
+        <v>0.14750945999992382</v>
       </c>
       <c r="D142" s="5">
-        <v>0.27163618154639746</v>
+        <v>0.26726075861425169</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>664.63293064000004</v>
+        <v>664.63177142999996</v>
       </c>
       <c r="C143" s="5">
-        <v>1.3529928200000541</v>
+        <v>1.3563204700000142</v>
       </c>
       <c r="D143" s="5">
-        <v>2.475472404298884</v>
+        <v>2.4816463777237008</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>665.47126946000003</v>
+        <v>665.47571125000002</v>
       </c>
       <c r="C144" s="5">
-        <v>0.83833881999998994</v>
+        <v>0.84393982000005963</v>
       </c>
       <c r="D144" s="5">
-        <v>1.5241723570578403</v>
+        <v>1.5344293768503547</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>665.90602579999995</v>
+        <v>665.93889990000002</v>
       </c>
       <c r="C145" s="5">
-        <v>0.43475633999992169</v>
+        <v>0.46318865000000642</v>
       </c>
       <c r="D145" s="5">
-        <v>0.78679022081251659</v>
+        <v>0.83843647330701376</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>662.46752063999998</v>
+        <v>662.47693224</v>
       </c>
       <c r="C146" s="5">
-        <v>-3.438505159999977</v>
+        <v>-3.4619676600000275</v>
       </c>
       <c r="D146" s="5">
-        <v>-6.0233955636290304</v>
+        <v>-6.0630372156587846</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>659.41496910000001</v>
+        <v>659.41364911999995</v>
       </c>
       <c r="C147" s="5">
-        <v>-3.0525515399999676</v>
+        <v>-3.063283120000051</v>
       </c>
       <c r="D147" s="5">
-        <v>-5.3914181535606565</v>
+        <v>-5.4098179569187499</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>656.46284957</v>
+        <v>656.45747094000001</v>
       </c>
       <c r="C148" s="5">
-        <v>-2.9521195300000045</v>
+        <v>-2.956178179999938</v>
       </c>
       <c r="D148" s="5">
-        <v>-5.2419263301896502</v>
+        <v>-5.2489665605425113</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>656.61178934999998</v>
+        <v>656.60231304000001</v>
       </c>
       <c r="C149" s="5">
-        <v>0.14893977999997787</v>
+        <v>0.1448421000000053</v>
       </c>
       <c r="D149" s="5">
-        <v>0.27259871707796535</v>
+        <v>0.26509196311983452</v>
       </c>
       <c r="E149" s="5">
-        <v>-1.1913292519781793</v>
+        <v>-1.1917034883706212</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>659.60096123999995</v>
+        <v>659.58930811000005</v>
       </c>
       <c r="C150" s="5">
-        <v>2.989171889999966</v>
+        <v>2.9869950700000345</v>
       </c>
       <c r="D150" s="5">
-        <v>5.6017814838213553</v>
+        <v>5.5976822847340735</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>659.94962223000005</v>
+        <v>659.94440574999999</v>
       </c>
       <c r="C151" s="5">
-        <v>0.34866099000009854</v>
+        <v>0.35509763999993993</v>
       </c>
       <c r="D151" s="5">
-        <v>0.63615994932395559</v>
+        <v>0.64795041122447383</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>661.27738294999995</v>
+        <v>661.26627188999998</v>
       </c>
       <c r="C152" s="5">
-        <v>1.3277607199999011</v>
+        <v>1.3218661399999974</v>
       </c>
       <c r="D152" s="5">
-        <v>2.4411900798317898</v>
+        <v>2.4302521961373724</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>659.76153512999997</v>
+        <v>659.75825053999995</v>
       </c>
       <c r="C153" s="5">
-        <v>-1.5158478199999763</v>
+        <v>-1.5080213500000355</v>
       </c>
       <c r="D153" s="5">
-        <v>-2.7163459774545373</v>
+        <v>-2.7025415006203812</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>660.32562118999999</v>
+        <v>660.32212269000001</v>
       </c>
       <c r="C154" s="5">
-        <v>0.56408606000002237</v>
+        <v>0.56387215000006563</v>
       </c>
       <c r="D154" s="5">
-        <v>1.0308200854284744</v>
+        <v>1.0304324975759949</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>659.31948971999998</v>
+        <v>659.31885086</v>
       </c>
       <c r="C155" s="5">
-        <v>-1.0061314700000139</v>
+        <v>-1.003271830000017</v>
       </c>
       <c r="D155" s="5">
-        <v>-1.8131826562659881</v>
+        <v>-1.8080816929501919</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>658.63977186</v>
+        <v>658.64803113999994</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.67971785999998247</v>
+        <v>-0.67081972000005408</v>
       </c>
       <c r="D156" s="5">
-        <v>-1.2301355699223748</v>
+        <v>-1.2141231294601429</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>658.01248808000003</v>
+        <v>658.04767204999996</v>
       </c>
       <c r="C157" s="5">
-        <v>-0.62728377999997065</v>
+        <v>-0.60035908999998355</v>
       </c>
       <c r="D157" s="5">
-        <v>-1.1369037872589582</v>
+        <v>-1.0883356762756757</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>657.07861680999997</v>
+        <v>657.09638353000003</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.93387127000005421</v>
+        <v>-0.95128851999993458</v>
       </c>
       <c r="D158" s="5">
-        <v>-1.6898452493428917</v>
+        <v>-1.7210204059157186</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>656.91105564999998</v>
+        <v>656.91495837000002</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.1675611599999911</v>
+        <v>-0.18142516000000342</v>
       </c>
       <c r="D159" s="5">
-        <v>-0.30558233174456939</v>
+        <v>-0.33081888162822537</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>656.90795489000004</v>
+        <v>656.90137642000002</v>
       </c>
       <c r="C160" s="5">
-        <v>-3.1007599999384183E-3</v>
+        <v>-1.3581950000002507E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>-5.66410836019271E-3</v>
+        <v>-2.480760494683043E-2</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>656.76938568000003</v>
+        <v>656.74945919000004</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.13856921000001421</v>
+        <v>-0.15191722999998092</v>
       </c>
       <c r="D161" s="5">
-        <v>-0.25283644121334437</v>
+        <v>-0.27716333700568141</v>
       </c>
       <c r="E161" s="5">
-        <v>2.4001446906107837E-2</v>
+        <v>2.2410239360670658E-2</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>656.02191873000004</v>
+        <v>656.00194189000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.74746694999998908</v>
+        <v>-0.74751730000002681</v>
       </c>
       <c r="D162" s="5">
-        <v>-1.357199427607414</v>
+        <v>-1.3573312023591133</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>655.65408248999995</v>
+        <v>655.64314091999995</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.36783624000008786</v>
+        <v>-0.35880097000006117</v>
       </c>
       <c r="D163" s="5">
-        <v>-0.6707775711363273</v>
+        <v>-0.65437046400643739</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>654.87475146999998</v>
+        <v>654.86183417999996</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.77933101999997234</v>
+        <v>-0.7813067399999909</v>
       </c>
       <c r="D164" s="5">
-        <v>-1.4170697346790662</v>
+        <v>-1.4206622576773187</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>655.14971217000004</v>
+        <v>655.14438311000004</v>
       </c>
       <c r="C165" s="5">
-        <v>0.27496070000006512</v>
+        <v>0.28254893000007542</v>
       </c>
       <c r="D165" s="5">
-        <v>0.50500627406473431</v>
+        <v>0.51898653955169127</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>655.44980549000002</v>
+        <v>655.44814140999995</v>
       </c>
       <c r="C166" s="5">
-        <v>0.30009331999997357</v>
+        <v>0.30375829999991311</v>
       </c>
       <c r="D166" s="5">
-        <v>0.55105053251789382</v>
+        <v>0.55780212286764552</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>654.99946595999995</v>
+        <v>655.00113466000005</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.45033953000006477</v>
+        <v>-0.44700674999990042</v>
       </c>
       <c r="D167" s="5">
-        <v>-0.82137482587784083</v>
+        <v>-0.81532100915550076</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>656.29368705000002</v>
+        <v>656.30548851000003</v>
       </c>
       <c r="C168" s="5">
-        <v>1.2942210900000646</v>
+        <v>1.304353849999984</v>
       </c>
       <c r="D168" s="5">
-        <v>2.3970323781647984</v>
+        <v>2.4159991126198488</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>656.60906666000005</v>
+        <v>656.64735981000001</v>
       </c>
       <c r="C169" s="5">
-        <v>0.31537961000003634</v>
+        <v>0.34187129999997978</v>
       </c>
       <c r="D169" s="5">
-        <v>0.57818230394348635</v>
+        <v>0.62687719285237087</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>657.62162748000003</v>
+        <v>657.65289642000005</v>
       </c>
       <c r="C170" s="5">
-        <v>1.012560819999976</v>
+        <v>1.0055366100000356</v>
       </c>
       <c r="D170" s="5">
-        <v>1.8663036324142679</v>
+        <v>1.8531387202874061</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>658.28173534999996</v>
+        <v>658.29009471999996</v>
       </c>
       <c r="C171" s="5">
-        <v>0.66010786999993343</v>
+        <v>0.63719829999990907</v>
       </c>
       <c r="D171" s="5">
-        <v>1.2112090895214145</v>
+        <v>1.1688929830797834</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>658.71834905000003</v>
+        <v>658.71125125000003</v>
       </c>
       <c r="C172" s="5">
-        <v>0.43661370000006627</v>
+        <v>0.42115653000007569</v>
       </c>
       <c r="D172" s="5">
-        <v>0.79882508483333226</v>
+        <v>0.77043536497083398</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>659.08585679999999</v>
+        <v>659.05861545000005</v>
       </c>
       <c r="C173" s="5">
-        <v>0.36750774999995883</v>
+        <v>0.34736420000001544</v>
       </c>
       <c r="D173" s="5">
-        <v>0.67155418970301639</v>
+        <v>0.63464552405780861</v>
       </c>
       <c r="E173" s="5">
-        <v>0.3527069273488781</v>
+        <v>0.35160383121564109</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>659.29653686999995</v>
+        <v>659.26976565999996</v>
       </c>
       <c r="C174" s="5">
-        <v>0.21068006999996669</v>
+        <v>0.2111502099999143</v>
       </c>
       <c r="D174" s="5">
-        <v>0.38426106685949257</v>
+        <v>0.3851360169689233</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>660.84907630999999</v>
+        <v>660.83220552</v>
       </c>
       <c r="C175" s="5">
-        <v>1.5525394400000323</v>
+        <v>1.5624398600000404</v>
       </c>
       <c r="D175" s="5">
-        <v>2.8626985572700381</v>
+        <v>2.8813108892365769</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>661.80092592999995</v>
+        <v>661.78768557000001</v>
       </c>
       <c r="C176" s="5">
-        <v>0.95184961999996176</v>
+        <v>0.95548005000000558</v>
       </c>
       <c r="D176" s="5">
-        <v>1.7421703471425909</v>
+        <v>1.7489130561603172</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>664.47662939999998</v>
+        <v>664.47069585999998</v>
       </c>
       <c r="C177" s="5">
-        <v>2.6757034700000304</v>
+        <v>2.6830102899999702</v>
       </c>
       <c r="D177" s="5">
-        <v>4.9610300438537536</v>
+        <v>4.9749829068380214</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>665.32555365999997</v>
+        <v>665.32614779999994</v>
       </c>
       <c r="C178" s="5">
-        <v>0.84892425999998977</v>
+        <v>0.85545193999996627</v>
       </c>
       <c r="D178" s="5">
-        <v>1.5439186421794204</v>
+        <v>1.5558885611848039</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>666.02206202000002</v>
+        <v>666.02740165</v>
       </c>
       <c r="C179" s="5">
-        <v>0.69650836000005256</v>
+        <v>0.70125385000005735</v>
       </c>
       <c r="D179" s="5">
-        <v>1.2635006542733862</v>
+        <v>1.272158031330739</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>668.95784293999998</v>
+        <v>668.97262266999996</v>
       </c>
       <c r="C180" s="5">
-        <v>2.9357809199999565</v>
+        <v>2.9452210199999627</v>
       </c>
       <c r="D180" s="5">
-        <v>5.4196603426134304</v>
+        <v>5.4374688154816608</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>671.52144498999996</v>
+        <v>671.55629094000005</v>
       </c>
       <c r="C181" s="5">
-        <v>2.5636020499999859</v>
+        <v>2.5836682700000893</v>
       </c>
       <c r="D181" s="5">
-        <v>4.6968556633406822</v>
+        <v>4.7342972775804126</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>674.05831737999995</v>
+        <v>674.10291955000002</v>
       </c>
       <c r="C182" s="5">
-        <v>2.536872389999985</v>
+        <v>2.5466286099999706</v>
       </c>
       <c r="D182" s="5">
-        <v>4.6287475263508737</v>
+        <v>4.6466753723600318</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>679.77445566999995</v>
+        <v>679.78886703000001</v>
       </c>
       <c r="C183" s="5">
-        <v>5.7161382900000035</v>
+        <v>5.6859474799999816</v>
       </c>
       <c r="D183" s="5">
-        <v>10.664525490132991</v>
+        <v>10.604826009091827</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>680.31571440000005</v>
+        <v>680.30814324000005</v>
       </c>
       <c r="C184" s="5">
-        <v>0.54125873000009506</v>
+        <v>0.51927621000004365</v>
       </c>
       <c r="D184" s="5">
-        <v>0.95967481857894832</v>
+        <v>0.92051538705393288</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>682.90049337000005</v>
+        <v>682.86369148999995</v>
       </c>
       <c r="C185" s="5">
-        <v>2.5847789700000021</v>
+        <v>2.5555482499999016</v>
       </c>
       <c r="D185" s="5">
-        <v>4.6557478070734959</v>
+        <v>4.6020568043624532</v>
       </c>
       <c r="E185" s="5">
-        <v>3.6132829015061985</v>
+        <v>3.6119816177117903</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>681.22002063000002</v>
+        <v>681.18659429000002</v>
       </c>
       <c r="C186" s="5">
-        <v>-1.6804727400000274</v>
+        <v>-1.6770971999999347</v>
       </c>
       <c r="D186" s="5">
-        <v>-2.9133044425076915</v>
+        <v>-2.9076859344771111</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>682.32072243000005</v>
+        <v>682.29853492999996</v>
       </c>
       <c r="C187" s="5">
-        <v>1.1007018000000244</v>
+        <v>1.1119406399999434</v>
       </c>
       <c r="D187" s="5">
-        <v>1.9562602662179351</v>
+        <v>1.9765124086493557</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>684.82281313999999</v>
+        <v>684.80886733</v>
       </c>
       <c r="C188" s="5">
-        <v>2.5020907099999476</v>
+        <v>2.5103324000000384</v>
       </c>
       <c r="D188" s="5">
-        <v>4.4902810409443328</v>
+        <v>4.5055217333509479</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>686.67256677</v>
+        <v>686.66743698000005</v>
       </c>
       <c r="C189" s="5">
-        <v>1.8497536300000093</v>
+        <v>1.8585696500000495</v>
       </c>
       <c r="D189" s="5">
-        <v>3.2898710193441927</v>
+        <v>3.3058538305523744</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>687.94556336000005</v>
+        <v>687.94840324999996</v>
       </c>
       <c r="C190" s="5">
-        <v>1.2729965900000479</v>
+        <v>1.280966269999908</v>
       </c>
       <c r="D190" s="5">
-        <v>2.2474587996866413</v>
+        <v>2.2616909147712416</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>690.35981473000004</v>
+        <v>690.36811527999998</v>
       </c>
       <c r="C191" s="5">
-        <v>2.4142513699999881</v>
+        <v>2.4197120300000279</v>
       </c>
       <c r="D191" s="5">
-        <v>4.2934783432850399</v>
+        <v>4.3033600451304999</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>690.43622182000001</v>
+        <v>690.45099589999995</v>
       </c>
       <c r="C192" s="5">
-        <v>7.6407089999975142E-2</v>
+        <v>8.2880619999968985E-2</v>
       </c>
       <c r="D192" s="5">
-        <v>0.1328935139152998</v>
+        <v>0.14415851255735745</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>691.3822242</v>
+        <v>691.41151308999997</v>
       </c>
       <c r="C193" s="5">
-        <v>0.94600237999998171</v>
+        <v>0.96051719000001867</v>
       </c>
       <c r="D193" s="5">
-        <v>1.6566291167657621</v>
+        <v>1.6822058326050326</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>695.06769642999996</v>
+        <v>695.11633305999999</v>
       </c>
       <c r="C194" s="5">
-        <v>3.6854722299999594</v>
+        <v>3.7048199700000168</v>
       </c>
       <c r="D194" s="5">
-        <v>6.5876154857116065</v>
+        <v>6.6229354226678305</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>695.78578834999996</v>
+        <v>695.80265173999999</v>
       </c>
       <c r="C195" s="5">
-        <v>0.71809192000000621</v>
+        <v>0.6863186799999994</v>
       </c>
       <c r="D195" s="5">
-        <v>1.2468189932213658</v>
+        <v>1.1912675652456794</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>698.10942425999997</v>
+        <v>698.10193092999998</v>
       </c>
       <c r="C196" s="5">
-        <v>2.3236359100000072</v>
+        <v>2.2992791899999929</v>
       </c>
       <c r="D196" s="5">
-        <v>4.0819364917321854</v>
+        <v>4.038268737128381</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>698.55640562999997</v>
+        <v>698.5180345</v>
       </c>
       <c r="C197" s="5">
-        <v>0.44698137000000315</v>
+        <v>0.41610357000001841</v>
       </c>
       <c r="D197" s="5">
-        <v>0.77104035594417475</v>
+        <v>0.71760933531310744</v>
       </c>
       <c r="E197" s="5">
-        <v>2.2925612753244007</v>
+        <v>2.2924550250786435</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>701.44839583999999</v>
+        <v>701.41279316999999</v>
       </c>
       <c r="C198" s="5">
-        <v>2.8919902100000172</v>
+        <v>2.8947586699999874</v>
       </c>
       <c r="D198" s="5">
-        <v>5.0826371929110881</v>
+        <v>5.0879000274242747</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>702.29330898000001</v>
+        <v>702.26793178000003</v>
       </c>
       <c r="C199" s="5">
-        <v>0.84491314000001694</v>
+        <v>0.85513861000003999</v>
       </c>
       <c r="D199" s="5">
-        <v>1.455046115840708</v>
+        <v>1.4728491565780821</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>703.65005658999996</v>
+        <v>703.63537326999995</v>
       </c>
       <c r="C200" s="5">
-        <v>1.3567476099999567</v>
+        <v>1.3674414899999192</v>
       </c>
       <c r="D200" s="5">
-        <v>2.3430496875176843</v>
+        <v>2.3618020850887156</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>703.22945487000004</v>
+        <v>703.22491648000005</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.42060171999992235</v>
+        <v>-0.41045678999989832</v>
       </c>
       <c r="D201" s="5">
-        <v>-0.7149378362786285</v>
+        <v>-0.69776331020575677</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>705.46888916</v>
+        <v>705.47254995000003</v>
       </c>
       <c r="C202" s="5">
-        <v>2.2394342899999629</v>
+        <v>2.2476334699999825</v>
       </c>
       <c r="D202" s="5">
-        <v>3.8890466141890512</v>
+        <v>3.9035623488684834</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>707.05343306999998</v>
+        <v>707.06374244999995</v>
       </c>
       <c r="C203" s="5">
-        <v>1.5845439099999794</v>
+        <v>1.5911924999999201</v>
       </c>
       <c r="D203" s="5">
-        <v>2.7288503077755655</v>
+        <v>2.7404283128733331</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>707.83019969999998</v>
+        <v>707.84453857000005</v>
       </c>
       <c r="C204" s="5">
-        <v>0.77676662999999735</v>
+        <v>0.78079612000010457</v>
       </c>
       <c r="D204" s="5">
-        <v>1.3263110253854071</v>
+        <v>1.3332135710943271</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>712.16538775000004</v>
+        <v>712.19023176999997</v>
       </c>
       <c r="C205" s="5">
-        <v>4.3351880500000561</v>
+        <v>4.3456931999999142</v>
       </c>
       <c r="D205" s="5">
-        <v>7.6022356856775275</v>
+        <v>7.6211244800746147</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>713.54998999999998</v>
+        <v>713.60179129999995</v>
       </c>
       <c r="C206" s="5">
-        <v>1.3846022499999435</v>
+        <v>1.4115595299999768</v>
       </c>
       <c r="D206" s="5">
-        <v>2.3581675511681555</v>
+        <v>2.4044963961393995</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>715.61256505999995</v>
+        <v>715.63086681000004</v>
       </c>
       <c r="C207" s="5">
-        <v>2.0625750599999719</v>
+        <v>2.0290755100000979</v>
       </c>
       <c r="D207" s="5">
-        <v>3.5243798092604361</v>
+        <v>3.4659845023021552</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>719.05774649</v>
+        <v>719.05175616999998</v>
       </c>
       <c r="C208" s="5">
-        <v>3.4451814300000478</v>
+        <v>3.4208893599999328</v>
       </c>
       <c r="D208" s="5">
-        <v>5.9326269206865456</v>
+        <v>5.8895353781228232</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>722.62723461999997</v>
+        <v>722.59048589999998</v>
       </c>
       <c r="C209" s="5">
-        <v>3.5694881299999679</v>
+        <v>3.53872973</v>
       </c>
       <c r="D209" s="5">
-        <v>6.1223045092722916</v>
+        <v>6.068164377362395</v>
       </c>
       <c r="E209" s="5">
-        <v>3.4457960439560287</v>
+        <v>3.4462175936847528</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>722.08570900999996</v>
+        <v>722.05555045999995</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.54152561000000787</v>
+        <v>-0.53493544000002657</v>
       </c>
       <c r="D210" s="5">
-        <v>-0.89556416970538733</v>
+        <v>-0.88475462561818929</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>724.70918240000003</v>
+        <v>724.68777336000005</v>
       </c>
       <c r="C211" s="5">
-        <v>2.623473390000072</v>
+        <v>2.6322229000001016</v>
       </c>
       <c r="D211" s="5">
-        <v>4.4480101653546988</v>
+        <v>4.463333514561052</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>727.74876840000002</v>
+        <v>727.73676845</v>
       </c>
       <c r="C212" s="5">
-        <v>3.0395859999999857</v>
+        <v>3.0489950899999485</v>
       </c>
       <c r="D212" s="5">
-        <v>5.1507999180692821</v>
+        <v>5.167271258579742</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>722.38326925000001</v>
+        <v>722.38067677000004</v>
       </c>
       <c r="C213" s="5">
-        <v>-5.3654991500000051</v>
+        <v>-5.3560916799999632</v>
       </c>
       <c r="D213" s="5">
-        <v>-8.4971970496856351</v>
+        <v>-8.4830307919783632</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>723.41094658999998</v>
+        <v>723.41466620000006</v>
       </c>
       <c r="C214" s="5">
-        <v>1.0276773399999684</v>
+        <v>1.0339894300000196</v>
       </c>
       <c r="D214" s="5">
-        <v>1.7205657046650336</v>
+        <v>1.7312231769877728</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>725.65567385999998</v>
+        <v>725.66379398000004</v>
       </c>
       <c r="C215" s="5">
-        <v>2.2447272699999985</v>
+        <v>2.2491277799999807</v>
       </c>
       <c r="D215" s="5">
-        <v>3.7877817370076228</v>
+        <v>3.7953147986719893</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>727.58320262999996</v>
+        <v>727.59143932999996</v>
       </c>
       <c r="C216" s="5">
-        <v>1.9275287699999808</v>
+        <v>1.9276453499999207</v>
       </c>
       <c r="D216" s="5">
-        <v>3.2344921951938055</v>
+        <v>3.2346539630139892</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>729.91469944999994</v>
+        <v>729.93144724000001</v>
       </c>
       <c r="C217" s="5">
-        <v>2.3314968199999839</v>
+        <v>2.3400079100000539</v>
       </c>
       <c r="D217" s="5">
-        <v>3.9138289973178475</v>
+        <v>3.9283247783241437</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>730.99678641000003</v>
+        <v>731.03428694000002</v>
       </c>
       <c r="C218" s="5">
-        <v>1.0820869600000833</v>
+        <v>1.1028397000000041</v>
       </c>
       <c r="D218" s="5">
-        <v>1.7935580885282132</v>
+        <v>1.828199803836883</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>732.64367032999996</v>
+        <v>732.65549740999995</v>
       </c>
       <c r="C219" s="5">
-        <v>1.6468839199999366</v>
+        <v>1.6212104699999372</v>
       </c>
       <c r="D219" s="5">
-        <v>2.7372673040872764</v>
+        <v>2.6939340539829493</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>734.55314479000003</v>
+        <v>734.54990766000003</v>
       </c>
       <c r="C220" s="5">
-        <v>1.9094744600000695</v>
+        <v>1.8944102500000781</v>
       </c>
       <c r="D220" s="5">
-        <v>3.1727594206227616</v>
+        <v>3.1473203588697318</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>736.99002081000003</v>
+        <v>736.96473978999995</v>
       </c>
       <c r="C221" s="5">
-        <v>2.4368760199999997</v>
+        <v>2.4148321299999225</v>
       </c>
       <c r="D221" s="5">
-        <v>4.0544407666376125</v>
+        <v>4.0171168363001719</v>
       </c>
       <c r="E221" s="5">
-        <v>1.9875788652711002</v>
+        <v>1.9892669735467994</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>735.96407513999998</v>
+        <v>735.94553437000002</v>
       </c>
       <c r="C222" s="5">
-        <v>-1.0259456700000555</v>
+        <v>-1.0192054199999347</v>
       </c>
       <c r="D222" s="5">
-        <v>-1.6577596624695046</v>
+        <v>-1.6470073009645092</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>738.13461590999998</v>
+        <v>738.12148711999998</v>
       </c>
       <c r="C223" s="5">
-        <v>2.1705407700000023</v>
+        <v>2.1759527499999649</v>
       </c>
       <c r="D223" s="5">
-        <v>3.5970732696018581</v>
+        <v>3.60628081695753</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>737.80674204000002</v>
+        <v>737.80097696999997</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.32787386999996215</v>
+        <v>-0.32051015000001826</v>
       </c>
       <c r="D224" s="5">
-        <v>-0.5317307157229223</v>
+        <v>-0.51982630440798872</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>740.14185491000001</v>
+        <v>740.13759167000001</v>
       </c>
       <c r="C225" s="5">
-        <v>2.335112869999989</v>
+        <v>2.336614700000041</v>
       </c>
       <c r="D225" s="5">
-        <v>3.8647396089672936</v>
+        <v>3.8672994208218014</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>741.41193157999999</v>
+        <v>741.41280711000002</v>
       </c>
       <c r="C226" s="5">
-        <v>1.2700766699999804</v>
+        <v>1.2752154400000109</v>
       </c>
       <c r="D226" s="5">
-        <v>2.0787351694445011</v>
+        <v>2.0872377949101129</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>740.51124186000004</v>
+        <v>740.51582060999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.90068971999994574</v>
+        <v>-0.89698650000002544</v>
       </c>
       <c r="D227" s="5">
-        <v>-1.4480953968735055</v>
+        <v>-1.4421793680815642</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>740.40056765999998</v>
+        <v>740.40473514999996</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.11067420000006223</v>
+        <v>-0.11108546000002661</v>
       </c>
       <c r="D228" s="5">
-        <v>-0.1792004178025608</v>
+        <v>-0.17986465738848434</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>740.06778107000002</v>
+        <v>740.07802182</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.33278658999995514</v>
+        <v>-0.32671332999996139</v>
       </c>
       <c r="D229" s="5">
-        <v>-0.53803062099180288</v>
+        <v>-0.52823256837692956</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>738.91589438000005</v>
+        <v>738.94202132999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-1.1518866899999693</v>
+        <v>-1.1360004900000149</v>
       </c>
       <c r="D230" s="5">
-        <v>-1.8518469785956282</v>
+        <v>-1.8264974831966541</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>738.52108181999995</v>
+        <v>738.52965304999998</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.3948125600001049</v>
+        <v>-0.41236828000000969</v>
       </c>
       <c r="D231" s="5">
-        <v>-0.63929502489326051</v>
+        <v>-0.66761116742820592</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>735.85457172999998</v>
+        <v>735.85005210999998</v>
       </c>
       <c r="C232" s="5">
-        <v>-2.6665100899999743</v>
+        <v>-2.6796009400000003</v>
       </c>
       <c r="D232" s="5">
-        <v>-4.2477158769255503</v>
+        <v>-4.2681065190957934</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>734.88608266000006</v>
+        <v>734.87052449999999</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.96848906999991868</v>
+        <v>-0.979527609999991</v>
       </c>
       <c r="D233" s="5">
-        <v>-1.5679876315966568</v>
+        <v>-1.5857381059132369</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.28547715580837796</v>
+        <v>-0.28416763746346163</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>737.80492435999997</v>
+        <v>737.79549811000004</v>
       </c>
       <c r="C234" s="5">
-        <v>2.9188416999999163</v>
+        <v>2.9249736100000518</v>
       </c>
       <c r="D234" s="5">
-        <v>4.8717032028092744</v>
+        <v>4.8822684031225805</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>734.90109990999997</v>
+        <v>734.89517509999996</v>
       </c>
       <c r="C235" s="5">
-        <v>-2.9038244500000019</v>
+        <v>-2.9003230100000792</v>
       </c>
       <c r="D235" s="5">
-        <v>-4.6220081668855268</v>
+        <v>-4.6166125897477368</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>731.86115421</v>
+        <v>731.85949929000003</v>
       </c>
       <c r="C236" s="5">
-        <v>-3.0399456999999757</v>
+        <v>-3.0356758099999297</v>
       </c>
       <c r="D236" s="5">
-        <v>-4.8524551400311422</v>
+        <v>-4.8458316902519227</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>729.73926198000004</v>
+        <v>729.73349087999998</v>
       </c>
       <c r="C237" s="5">
-        <v>-2.1218922299999576</v>
+        <v>-2.126008410000054</v>
       </c>
       <c r="D237" s="5">
-        <v>-3.4242248923788354</v>
+        <v>-3.4307692878847496</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>729.86593917000005</v>
+        <v>729.86460789</v>
       </c>
       <c r="C238" s="5">
-        <v>0.12667719000000943</v>
+        <v>0.1311170100000254</v>
       </c>
       <c r="D238" s="5">
-        <v>0.20850988187817165</v>
+        <v>0.21582673049507228</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>729.17665261000002</v>
+        <v>729.17593005000003</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.68928656000002775</v>
+        <v>-0.68867783999996846</v>
       </c>
       <c r="D239" s="5">
-        <v>-1.1274139073039868</v>
+        <v>-1.126425475274917</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>728.13997328999994</v>
+        <v>728.14047890999996</v>
       </c>
       <c r="C240" s="5">
-        <v>-1.0366793200000757</v>
+        <v>-1.0354511400000774</v>
       </c>
       <c r="D240" s="5">
-        <v>-1.6927772686595843</v>
+        <v>-1.6907890924506619</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>725.25689867999995</v>
+        <v>725.26755595999998</v>
       </c>
       <c r="C241" s="5">
-        <v>-2.8830746099999942</v>
+        <v>-2.8729229499999747</v>
       </c>
       <c r="D241" s="5">
-        <v>-4.6492880673451591</v>
+        <v>-4.6332678221187029</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>723.68766998000001</v>
+        <v>723.70283132999998</v>
       </c>
       <c r="C242" s="5">
-        <v>-1.5692286999999396</v>
+        <v>-1.5647246300000006</v>
       </c>
       <c r="D242" s="5">
-        <v>-2.5657476311610417</v>
+        <v>-2.558433324552134</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>724.40085403</v>
+        <v>724.40543210999999</v>
       </c>
       <c r="C243" s="5">
-        <v>0.7131840499999953</v>
+        <v>0.70260078000001158</v>
       </c>
       <c r="D243" s="5">
-        <v>1.1890140794774906</v>
+        <v>1.171250757535014</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>724.42681059999995</v>
+        <v>724.42175064000003</v>
       </c>
       <c r="C244" s="5">
-        <v>2.5956569999948442E-2</v>
+        <v>1.6318530000035025E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>4.3006607490969628E-2</v>
+        <v>2.7035499046834666E-2</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>725.14535854999997</v>
+        <v>725.13941577000003</v>
       </c>
       <c r="C245" s="5">
-        <v>0.71854795000001559</v>
+        <v>0.71766513000000032</v>
       </c>
       <c r="D245" s="5">
-        <v>1.1967766038846195</v>
+        <v>1.1953065978494548</v>
       </c>
       <c r="E245" s="5">
-        <v>-1.3254740210540517</v>
+        <v>-1.3241936375963492</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>727.41999275000001</v>
+        <v>727.41707278000001</v>
       </c>
       <c r="C246" s="5">
-        <v>2.2746342000000368</v>
+        <v>2.2776570099999844</v>
       </c>
       <c r="D246" s="5">
-        <v>3.8297816156558362</v>
+        <v>3.8349913114718692</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>727.61803752000003</v>
+        <v>727.61724913</v>
       </c>
       <c r="C247" s="5">
-        <v>0.19804477000002407</v>
+        <v>0.20017634999999245</v>
       </c>
       <c r="D247" s="5">
-        <v>0.32719737520889858</v>
+        <v>0.33072570191305939</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>729.9598866</v>
+        <v>729.96193690999996</v>
       </c>
       <c r="C248" s="5">
-        <v>2.3418490799999745</v>
+        <v>2.3446877799999584</v>
       </c>
       <c r="D248" s="5">
-        <v>3.9313243230888029</v>
+        <v>3.9361788399034925</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>728.73954547000005</v>
+        <v>728.73135664999995</v>
       </c>
       <c r="C249" s="5">
-        <v>-1.2203411299999516</v>
+        <v>-1.2305802600000106</v>
       </c>
       <c r="D249" s="5">
-        <v>-1.9878065951682178</v>
+        <v>-2.0043251440954424</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>731.01102395999999</v>
+        <v>731.00727274999997</v>
       </c>
       <c r="C250" s="5">
-        <v>2.2714784899999358</v>
+        <v>2.2759161000000177</v>
       </c>
       <c r="D250" s="5">
-        <v>3.8051899317233628</v>
+        <v>3.8127955728273877</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>731.14569208</v>
+        <v>731.14073590999999</v>
       </c>
       <c r="C251" s="5">
-        <v>0.13466812000001482</v>
+        <v>0.13346316000001934</v>
       </c>
       <c r="D251" s="5">
-        <v>0.22129020949450684</v>
+        <v>0.21930932527793878</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>729.70354053000005</v>
+        <v>729.70263505000003</v>
       </c>
       <c r="C252" s="5">
-        <v>-1.4421515499999487</v>
+        <v>-1.4381008599999632</v>
       </c>
       <c r="D252" s="5">
-        <v>-2.3414355770406292</v>
+        <v>-2.3349456333715213</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>729.51108426999997</v>
+        <v>729.52401838000003</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.19245626000008542</v>
+        <v>-0.1786166699999967</v>
       </c>
       <c r="D253" s="5">
-        <v>-0.3160362813341866</v>
+        <v>-0.29334096539939125</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>730.96492396999997</v>
+        <v>730.97629143999995</v>
       </c>
       <c r="C254" s="5">
-        <v>1.4538397000000032</v>
+        <v>1.452273059999925</v>
       </c>
       <c r="D254" s="5">
-        <v>2.4178628653320544</v>
+        <v>2.4151855215589046</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>735.19619522000005</v>
+        <v>735.20004424000001</v>
       </c>
       <c r="C255" s="5">
-        <v>4.2312712500000771</v>
+        <v>4.2237528000000566</v>
       </c>
       <c r="D255" s="5">
-        <v>7.1718088263762914</v>
+        <v>7.1585428289618003</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>734.65882669999996</v>
+        <v>734.65115752999998</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.53736852000008639</v>
+        <v>-0.54888671000003342</v>
       </c>
       <c r="D256" s="5">
-        <v>-0.87358481240747965</v>
+        <v>-0.89222813786250521</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>736.66368522000005</v>
+        <v>736.66070093999997</v>
       </c>
       <c r="C257" s="5">
-        <v>2.0048585200000844</v>
+        <v>2.009543409999992</v>
       </c>
       <c r="D257" s="5">
-        <v>3.3243602159516827</v>
+        <v>3.3322810280638659</v>
       </c>
       <c r="E257" s="5">
-        <v>1.5884162443006167</v>
+        <v>1.5888372524565986</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>726.8193387</v>
+        <v>726.81877757999996</v>
       </c>
       <c r="C258" s="5">
-        <v>-9.8443465200000446</v>
+        <v>-9.8419233600000098</v>
       </c>
       <c r="D258" s="5">
-        <v>-14.908426436375333</v>
+        <v>-14.905078124116955</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>726.95093501999997</v>
+        <v>726.95178696000005</v>
       </c>
       <c r="C259" s="5">
-        <v>0.13159631999997146</v>
+        <v>0.13300938000008955</v>
       </c>
       <c r="D259" s="5">
-        <v>0.21748586712846407</v>
+        <v>0.21982371611828366</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>730.39157868999996</v>
+        <v>730.39216001</v>
       </c>
       <c r="C260" s="5">
-        <v>3.4406436699999858</v>
+        <v>3.4403730499999483</v>
       </c>
       <c r="D260" s="5">
-        <v>5.8297798287719305</v>
+        <v>5.829302282917781</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>734.93601570999999</v>
+        <v>734.92984252999997</v>
       </c>
       <c r="C261" s="5">
-        <v>4.5444370200000321</v>
+        <v>4.5376825199999757</v>
       </c>
       <c r="D261" s="5">
-        <v>7.7271773821284917</v>
+        <v>7.7152907071552868</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>735.65394690000005</v>
+        <v>735.65026336000005</v>
       </c>
       <c r="C262" s="5">
-        <v>0.71793119000005845</v>
+        <v>0.72042083000008006</v>
       </c>
       <c r="D262" s="5">
-        <v>1.1785532692803136</v>
+        <v>1.1826723007678286</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>738.92843600000003</v>
+        <v>738.92284824000001</v>
       </c>
       <c r="C263" s="5">
-        <v>3.2744890999999825</v>
+        <v>3.272584879999954</v>
       </c>
       <c r="D263" s="5">
-        <v>5.4740747378060561</v>
+        <v>5.470841168395868</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>741.79091396000001</v>
+        <v>741.78806815999997</v>
       </c>
       <c r="C264" s="5">
-        <v>2.8624779599999783</v>
+        <v>2.8652199199999586</v>
       </c>
       <c r="D264" s="5">
-        <v>4.7489206449172761</v>
+        <v>4.7536037898914474</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>742.73722170999997</v>
+        <v>742.75627312999995</v>
       </c>
       <c r="C265" s="5">
-        <v>0.94630774999995992</v>
+        <v>0.96820496999998795</v>
       </c>
       <c r="D265" s="5">
-        <v>1.5416350502762022</v>
+        <v>1.5775705168788345</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>743.01006068000004</v>
+        <v>743.01746829000001</v>
       </c>
       <c r="C266" s="5">
-        <v>0.27283897000006618</v>
+        <v>0.2611951600000566</v>
       </c>
       <c r="D266" s="5">
-        <v>0.44170273471524357</v>
+        <v>0.42280507236296394</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>739.34094838999999</v>
+        <v>739.34197640000002</v>
       </c>
       <c r="C267" s="5">
-        <v>-3.6691122900000437</v>
+        <v>-3.6754918899999893</v>
       </c>
       <c r="D267" s="5">
-        <v>-5.7674830969765889</v>
+        <v>-5.7771839188769043</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>742.59365750999996</v>
+        <v>742.58394420000002</v>
       </c>
       <c r="C268" s="5">
-        <v>3.2527091199999631</v>
+        <v>3.2419677999999976</v>
       </c>
       <c r="D268" s="5">
-        <v>5.4090026245894762</v>
+        <v>5.3907000146171891</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>743.82107652000002</v>
+        <v>743.82312866999996</v>
       </c>
       <c r="C269" s="5">
-        <v>1.2274190100000624</v>
+        <v>1.239184469999941</v>
       </c>
       <c r="D269" s="5">
-        <v>2.0015883220423136</v>
+        <v>2.0209777213314739</v>
       </c>
       <c r="E269" s="5">
-        <v>0.97159551143917167</v>
+        <v>0.97228313127881716</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>746.54849819000003</v>
+        <v>746.54632018999996</v>
       </c>
       <c r="C270" s="5">
-        <v>2.7274216700000125</v>
+        <v>2.7231915200000003</v>
       </c>
       <c r="D270" s="5">
-        <v>4.4899573924855662</v>
+        <v>4.4828401684392505</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>747.67869201999997</v>
+        <v>747.67810470999996</v>
       </c>
       <c r="C271" s="5">
-        <v>1.1301938299999392</v>
+        <v>1.1317845199999965</v>
       </c>
       <c r="D271" s="5">
-        <v>1.8318733787126007</v>
+        <v>1.8344785793761309</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>749.57032680999998</v>
+        <v>749.56817258000001</v>
       </c>
       <c r="C272" s="5">
-        <v>1.8916347900000119</v>
+        <v>1.8900678700000526</v>
       </c>
       <c r="D272" s="5">
-        <v>3.0786169556450194</v>
+        <v>3.0760336988201908</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>750.24576367999998</v>
+        <v>750.24099344000001</v>
       </c>
       <c r="C273" s="5">
-        <v>0.67543686999999863</v>
+        <v>0.67282086000000163</v>
       </c>
       <c r="D273" s="5">
-        <v>1.0866936671259708</v>
+        <v>1.0824671597656765</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>751.94266818999995</v>
+        <v>751.93948243</v>
       </c>
       <c r="C274" s="5">
-        <v>1.6969045099999676</v>
+        <v>1.6984889899999871</v>
       </c>
       <c r="D274" s="5">
-        <v>2.7481775090543392</v>
+        <v>2.7507933569431708</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>755.88324569999997</v>
+        <v>755.88074271999994</v>
       </c>
       <c r="C275" s="5">
-        <v>3.9405775100000255</v>
+        <v>3.9412602899999456</v>
       </c>
       <c r="D275" s="5">
-        <v>6.473095726922673</v>
+        <v>6.4742780677812251</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>755.07822734000001</v>
+        <v>755.07769310000003</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.80501835999996274</v>
+        <v>-0.80304961999991065</v>
       </c>
       <c r="D276" s="5">
-        <v>-1.2705448679719455</v>
+        <v>-1.2674599499588157</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>759.05693096000005</v>
+        <v>759.07802480999999</v>
       </c>
       <c r="C277" s="5">
-        <v>3.978703620000033</v>
+        <v>4.0003317099999549</v>
       </c>
       <c r="D277" s="5">
-        <v>6.5096189850691211</v>
+        <v>6.5460472758900989</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>760.15098192000005</v>
+        <v>760.15595632999998</v>
       </c>
       <c r="C278" s="5">
-        <v>1.0940509600000041</v>
+        <v>1.0779315199999928</v>
       </c>
       <c r="D278" s="5">
-        <v>1.7433722307067523</v>
+        <v>1.7174368272351304</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>761.06154342000002</v>
+        <v>761.06214568999997</v>
       </c>
       <c r="C279" s="5">
-        <v>0.9105614999999716</v>
+        <v>0.90618935999998484</v>
       </c>
       <c r="D279" s="5">
-        <v>1.4469513162845837</v>
+        <v>1.4399485532047951</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>765.65407454000001</v>
+        <v>765.64159652000001</v>
       </c>
       <c r="C280" s="5">
-        <v>4.5925311199999896</v>
+        <v>4.5794508300000416</v>
       </c>
       <c r="D280" s="5">
-        <v>7.486481337171802</v>
+        <v>7.4644419580171428</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>767.91762071000005</v>
+        <v>767.92376452999997</v>
       </c>
       <c r="C281" s="5">
-        <v>2.2635461700000405</v>
+        <v>2.2821680099999639</v>
       </c>
       <c r="D281" s="5">
-        <v>3.6058839666265996</v>
+        <v>3.6360972705479</v>
       </c>
       <c r="E281" s="5">
-        <v>3.2395618987750119</v>
+        <v>3.2401030474937587</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>765.85992724000005</v>
+        <v>765.85436345000005</v>
       </c>
       <c r="C282" s="5">
-        <v>-2.0576934700000038</v>
+        <v>-2.0694010799999205</v>
       </c>
       <c r="D282" s="5">
-        <v>-3.1685228532122967</v>
+        <v>-3.1862592602576068</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>770.88049329</v>
+        <v>770.87512894999998</v>
       </c>
       <c r="C283" s="5">
-        <v>5.0205660499999567</v>
+        <v>5.0207654999999249</v>
       </c>
       <c r="D283" s="5">
-        <v>8.156474124856361</v>
+        <v>8.1568713358664002</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>770.95982622999998</v>
+        <v>770.95184443999995</v>
       </c>
       <c r="C284" s="5">
-        <v>7.9332939999972041E-2</v>
+        <v>7.6715489999969577E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>0.12356445886585465</v>
+        <v>0.11948626844040522</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>772.34222163000004</v>
+        <v>772.33882168000002</v>
       </c>
       <c r="C285" s="5">
-        <v>1.382395400000064</v>
+        <v>1.3869772400000784</v>
       </c>
       <c r="D285" s="5">
-        <v>2.1730476130758181</v>
+        <v>2.1803442193466971</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>774.29961170000001</v>
+        <v>774.29508960999999</v>
       </c>
       <c r="C286" s="5">
-        <v>1.957390069999974</v>
+        <v>1.9562679299999672</v>
       </c>
       <c r="D286" s="5">
-        <v>3.0839787887769754</v>
+        <v>3.0821998493129055</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>775.10653778999995</v>
+        <v>775.10900442000002</v>
       </c>
       <c r="C287" s="5">
-        <v>0.80692608999993354</v>
+        <v>0.81391481000002841</v>
       </c>
       <c r="D287" s="5">
-        <v>1.2577569960982693</v>
+        <v>1.2687208346802814</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>776.63599884999996</v>
+        <v>776.64591332999998</v>
       </c>
       <c r="C288" s="5">
-        <v>1.5294610600000169</v>
+        <v>1.5369089099999655</v>
       </c>
       <c r="D288" s="5">
-        <v>2.3937399629586409</v>
+        <v>2.4055161761311616</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>778.29164201000003</v>
+        <v>778.31566482999995</v>
       </c>
       <c r="C289" s="5">
-        <v>1.6556431600000678</v>
+        <v>1.6697514999999612</v>
       </c>
       <c r="D289" s="5">
-        <v>2.5883850024824184</v>
+        <v>2.6106693320032459</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>781.56560709999997</v>
+        <v>781.56950774999996</v>
       </c>
       <c r="C290" s="5">
-        <v>3.2739650899999333</v>
+        <v>3.253842920000011</v>
       </c>
       <c r="D290" s="5">
-        <v>5.1663690292941267</v>
+        <v>5.133720179880763</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>779.27551340000002</v>
+        <v>779.27366562999998</v>
       </c>
       <c r="C291" s="5">
-        <v>-2.2900936999999431</v>
+        <v>-2.2958421199999748</v>
       </c>
       <c r="D291" s="5">
-        <v>-3.4600476928778878</v>
+        <v>-3.4685759773700253</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>781.59974782999996</v>
+        <v>781.58699776000003</v>
       </c>
       <c r="C292" s="5">
-        <v>2.3242344299999331</v>
+        <v>2.3133321300000489</v>
       </c>
       <c r="D292" s="5">
-        <v>3.6383685612385142</v>
+        <v>3.6210311731699862</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>782.39261897999995</v>
+        <v>782.40138243000001</v>
       </c>
       <c r="C293" s="5">
-        <v>0.79287114999999631</v>
+        <v>0.81438466999998127</v>
       </c>
       <c r="D293" s="5">
-        <v>1.2241198736504311</v>
+        <v>1.2575459815841183</v>
       </c>
       <c r="E293" s="5">
-        <v>1.8849675902236296</v>
+        <v>1.8852936409463616</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>783.03180724000003</v>
+        <v>783.02064747999998</v>
       </c>
       <c r="C294" s="5">
-        <v>0.63918826000008266</v>
+        <v>0.61926504999996723</v>
       </c>
       <c r="D294" s="5">
-        <v>0.98477642059267012</v>
+        <v>0.95393691267164904</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>784.60789756999998</v>
+        <v>784.59553777999997</v>
       </c>
       <c r="C295" s="5">
-        <v>1.5760903299999427</v>
+        <v>1.5748902999999927</v>
       </c>
       <c r="D295" s="5">
-        <v>2.4422853408906375</v>
+        <v>2.4404403413005538</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>787.49974594000003</v>
+        <v>787.48449214000004</v>
       </c>
       <c r="C296" s="5">
-        <v>2.8918483700000479</v>
+        <v>2.8889543600000707</v>
       </c>
       <c r="D296" s="5">
-        <v>4.5136379474548072</v>
+        <v>4.5091015469832962</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>789.00423262000004</v>
+        <v>788.99781597000003</v>
       </c>
       <c r="C297" s="5">
-        <v>1.5044866800000136</v>
+        <v>1.5133238299999903</v>
       </c>
       <c r="D297" s="5">
-        <v>2.3167949926001352</v>
+        <v>2.3305933094835973</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>791.40495047000002</v>
+        <v>791.39733890000002</v>
       </c>
       <c r="C298" s="5">
-        <v>2.4007178499999782</v>
+        <v>2.3995229299999892</v>
       </c>
       <c r="D298" s="5">
-        <v>3.7129900157734763</v>
+        <v>3.7111415993909436</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>794.28656394999996</v>
+        <v>794.30077216999996</v>
       </c>
       <c r="C299" s="5">
-        <v>2.8816134799999418</v>
+        <v>2.9034332699999368</v>
       </c>
       <c r="D299" s="5">
-        <v>4.4579365938519633</v>
+        <v>4.4924205588046551</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>793.51145745999997</v>
+        <v>793.53907400000003</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.77510648999998466</v>
+        <v>-0.76169816999993145</v>
       </c>
       <c r="D300" s="5">
-        <v>-1.164758239637953</v>
+        <v>-1.1446952461569571</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>795.6988351</v>
+        <v>795.72287998000002</v>
       </c>
       <c r="C301" s="5">
-        <v>2.1873776400000224</v>
+        <v>2.1838059799999883</v>
       </c>
       <c r="D301" s="5">
-        <v>3.3585110636304094</v>
+        <v>3.3528253864421931</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>797.49658298999998</v>
+        <v>797.50793582999995</v>
       </c>
       <c r="C302" s="5">
-        <v>1.7977478899999824</v>
+        <v>1.7850558499999352</v>
       </c>
       <c r="D302" s="5">
-        <v>2.7451437309289339</v>
+        <v>2.7254399857176814</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>800.01029114999994</v>
+        <v>799.99985598000001</v>
       </c>
       <c r="C303" s="5">
-        <v>2.5137081599999647</v>
+        <v>2.4919201500000554</v>
       </c>
       <c r="D303" s="5">
-        <v>3.8486638708425058</v>
+        <v>3.8146743140716532</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>801.53533256000003</v>
+        <v>801.53678291000006</v>
       </c>
       <c r="C304" s="5">
-        <v>1.5250414100000853</v>
+        <v>1.5369269300000497</v>
       </c>
       <c r="D304" s="5">
-        <v>2.3116694357897316</v>
+        <v>2.3299071048830555</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>804.81716038000002</v>
+        <v>804.81211762999999</v>
       </c>
       <c r="C305" s="5">
-        <v>3.2818278199999895</v>
+        <v>3.2753347199999325</v>
       </c>
       <c r="D305" s="5">
-        <v>5.0254809484236107</v>
+        <v>5.0153042308330509</v>
       </c>
       <c r="E305" s="5">
-        <v>2.8661494058104475</v>
+        <v>2.8643527099091015</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>806.19151370999998</v>
+        <v>806.16839009</v>
       </c>
       <c r="C306" s="5">
-        <v>1.3743533299999626</v>
+        <v>1.3562724600000138</v>
       </c>
       <c r="D306" s="5">
-        <v>2.0685471259618726</v>
+        <v>2.0410936987842243</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>806.85700054999995</v>
+        <v>806.83463766</v>
       </c>
       <c r="C307" s="5">
-        <v>0.66548683999997138</v>
+        <v>0.6662475699999959</v>
       </c>
       <c r="D307" s="5">
-        <v>0.99507353886565397</v>
+        <v>0.99624490537604249</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>806.27070161999995</v>
+        <v>806.25201120999998</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.58629892999999811</v>
+        <v>-0.58262645000002067</v>
       </c>
       <c r="D308" s="5">
-        <v>-0.86849802088583283</v>
+        <v>-0.86310330666035107</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>809.17187808999995</v>
+        <v>809.16122675999998</v>
       </c>
       <c r="C309" s="5">
-        <v>2.9011764699999958</v>
+        <v>2.909215549999999</v>
       </c>
       <c r="D309" s="5">
-        <v>4.4044061429476589</v>
+        <v>4.4169582817765729</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>813.24407812000004</v>
+        <v>813.23111591999998</v>
       </c>
       <c r="C310" s="5">
-        <v>4.07220003000009</v>
+        <v>4.0698891600000024</v>
       </c>
       <c r="D310" s="5">
-        <v>6.2090546419302894</v>
+        <v>6.2055170818357208</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>814.11709503999998</v>
+        <v>814.13543100000004</v>
       </c>
       <c r="C311" s="5">
-        <v>0.87301691999994091</v>
+        <v>0.90431508000006033</v>
       </c>
       <c r="D311" s="5">
-        <v>1.2958322443231252</v>
+        <v>1.342594622676474</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>817.02962118999994</v>
+        <v>817.09942251999996</v>
       </c>
       <c r="C312" s="5">
-        <v>2.9125261499999624</v>
+        <v>2.9639915199999223</v>
       </c>
       <c r="D312" s="5">
-        <v>4.3785197011912746</v>
+        <v>4.4573433010643759</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>818.32041002000005</v>
+        <v>818.33999613000003</v>
       </c>
       <c r="C313" s="5">
-        <v>1.2907888300001105</v>
+        <v>1.2405736100000695</v>
       </c>
       <c r="D313" s="5">
-        <v>1.9123870201121829</v>
+        <v>1.8372093398704825</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>818.90772260999995</v>
+        <v>818.92528247999996</v>
       </c>
       <c r="C314" s="5">
-        <v>0.58731258999989677</v>
+        <v>0.58528634999993301</v>
       </c>
       <c r="D314" s="5">
-        <v>0.86465372091992787</v>
+        <v>0.86163820006188718</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>821.67066075000002</v>
+        <v>821.64687841</v>
       </c>
       <c r="C315" s="5">
-        <v>2.7629381400000739</v>
+        <v>2.721595930000035</v>
       </c>
       <c r="D315" s="5">
-        <v>4.1246990907559011</v>
+        <v>4.0617596070240847</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>821.27627296000003</v>
+        <v>821.29478983000001</v>
       </c>
       <c r="C316" s="5">
-        <v>-0.39438778999999613</v>
+        <v>-0.352088579999986</v>
       </c>
       <c r="D316" s="5">
-        <v>-0.57446126721403257</v>
+        <v>-0.51300862923553403</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>824.49710659000004</v>
+        <v>824.47488279000004</v>
       </c>
       <c r="C317" s="5">
-        <v>3.2208336300000155</v>
+        <v>3.1800929600000245</v>
       </c>
       <c r="D317" s="5">
-        <v>4.8089375112541743</v>
+        <v>4.7466983126240869</v>
       </c>
       <c r="E317" s="5">
-        <v>2.4452692088110961</v>
+        <v>2.4431497400787983</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>824.10315154</v>
+        <v>824.07080189999999</v>
       </c>
       <c r="C318" s="5">
-        <v>-0.39395505000004505</v>
+        <v>-0.40408089000004566</v>
       </c>
       <c r="D318" s="5">
-        <v>-0.57187062376680142</v>
+        <v>-0.58654560401861788</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>825.96743633000006</v>
+        <v>825.93799095999998</v>
       </c>
       <c r="C319" s="5">
-        <v>1.8642847900000561</v>
+        <v>1.867189059999987</v>
       </c>
       <c r="D319" s="5">
-        <v>2.7486697863372545</v>
+        <v>2.7531147156081515</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>827.25561747999996</v>
+        <v>827.23040266999999</v>
       </c>
       <c r="C320" s="5">
-        <v>1.2881811499999003</v>
+        <v>1.2924117100000103</v>
       </c>
       <c r="D320" s="5">
-        <v>1.8876607277289681</v>
+        <v>1.8939816100042028</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>830.43745467999997</v>
+        <v>830.41903282999999</v>
       </c>
       <c r="C321" s="5">
-        <v>3.1818372000000181</v>
+        <v>3.1886301600000024</v>
       </c>
       <c r="D321" s="5">
-        <v>4.7144087100224441</v>
+        <v>4.7248349909753573</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>831.76091460999999</v>
+        <v>831.74629686000003</v>
       </c>
       <c r="C322" s="5">
-        <v>1.3234599300000127</v>
+        <v>1.3272640300000376</v>
       </c>
       <c r="D322" s="5">
-        <v>1.9292804582054845</v>
+        <v>1.93491804355852</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>831.22048279000001</v>
+        <v>831.24276597000005</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.54043181999998069</v>
+        <v>-0.50353088999997908</v>
       </c>
       <c r="D323" s="5">
-        <v>-0.77691274573640223</v>
+        <v>-0.72405399309379836</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>834.50373875000002</v>
+        <v>834.60633067000003</v>
       </c>
       <c r="C324" s="5">
-        <v>3.2832559600000195</v>
+        <v>3.3635646999999835</v>
       </c>
       <c r="D324" s="5">
-        <v>4.8442465671927559</v>
+        <v>4.9652512331918697</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>835.67705658</v>
+        <v>835.69336375</v>
       </c>
       <c r="C325" s="5">
-        <v>1.1733178299999736</v>
+        <v>1.0870330799999692</v>
       </c>
       <c r="D325" s="5">
-        <v>1.7003165981131829</v>
+        <v>1.5741849263968932</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>839.38278703000003</v>
+        <v>839.41118831999995</v>
       </c>
       <c r="C326" s="5">
-        <v>3.7057304500000328</v>
+        <v>3.7178245699999479</v>
       </c>
       <c r="D326" s="5">
-        <v>5.4530055828939439</v>
+        <v>5.4711304842138597</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>836.43176192999999</v>
+        <v>836.40059377</v>
       </c>
       <c r="C327" s="5">
-        <v>-2.951025100000038</v>
+        <v>-3.0105945499999507</v>
       </c>
       <c r="D327" s="5">
-        <v>-4.1382211898175481</v>
+        <v>-4.2199747577781554</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>840.66262406999999</v>
+        <v>840.69765276999999</v>
       </c>
       <c r="C328" s="5">
-        <v>4.2308621399999993</v>
+        <v>4.2970589999999902</v>
       </c>
       <c r="D328" s="5">
-        <v>6.2416182581825908</v>
+        <v>6.3422950582531445</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>841.27961931000004</v>
+        <v>841.24676720000002</v>
       </c>
       <c r="C329" s="5">
-        <v>0.61699524000005113</v>
+        <v>0.54911443000003146</v>
       </c>
       <c r="D329" s="5">
-        <v>0.88429093276625181</v>
+        <v>0.78662007351073537</v>
       </c>
       <c r="E329" s="5">
-        <v>2.0354847319489222</v>
+        <v>2.0342504981163856</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>845.81445403999999</v>
+        <v>845.77877107999996</v>
       </c>
       <c r="C330" s="5">
-        <v>4.5348347299999432</v>
+        <v>4.5320038799999338</v>
       </c>
       <c r="D330" s="5">
-        <v>6.6637418589692521</v>
+        <v>6.6597258496419176</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>845.45604863999995</v>
+        <v>845.41965395</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.35840540000003784</v>
+        <v>-0.35911712999995871</v>
       </c>
       <c r="D331" s="5">
-        <v>-0.50730458173408044</v>
+        <v>-0.50833104319446543</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>848.11485887000003</v>
+        <v>848.07707169000003</v>
       </c>
       <c r="C332" s="5">
-        <v>2.6588102300000855</v>
+        <v>2.6574177400000281</v>
       </c>
       <c r="D332" s="5">
-        <v>3.8397510133479695</v>
+        <v>3.8378732187082321</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>848.00877044000003</v>
+        <v>847.95514563999996</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.10608842999999979</v>
+        <v>-0.12192605000007006</v>
       </c>
       <c r="D333" s="5">
-        <v>-0.15000157946848391</v>
+        <v>-0.17238483241598379</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>848.79906489999996</v>
+        <v>848.77219704000004</v>
       </c>
       <c r="C334" s="5">
-        <v>0.79029445999992731</v>
+        <v>0.81705140000008214</v>
       </c>
       <c r="D334" s="5">
-        <v>1.1240796921579976</v>
+        <v>1.1624133872189413</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>852.32766020999998</v>
+        <v>852.35021371000005</v>
       </c>
       <c r="C335" s="5">
-        <v>3.5285953100000143</v>
+        <v>3.5780166700000109</v>
       </c>
       <c r="D335" s="5">
-        <v>5.1042511607841456</v>
+        <v>5.1775745655086691</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>853.15932652000004</v>
+        <v>853.30645367</v>
       </c>
       <c r="C336" s="5">
-        <v>0.83166631000005964</v>
+        <v>0.95623995999994804</v>
       </c>
       <c r="D336" s="5">
-        <v>1.1772150733385889</v>
+        <v>1.3546015576448189</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>855.58189586000003</v>
+        <v>855.59367880000002</v>
       </c>
       <c r="C337" s="5">
-        <v>2.4225693399999955</v>
+        <v>2.2872251300000244</v>
       </c>
       <c r="D337" s="5">
-        <v>3.4611551254339901</v>
+        <v>3.2643568254113964</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>858.01580632000002</v>
+        <v>858.06796277000001</v>
       </c>
       <c r="C338" s="5">
-        <v>2.4339104599999928</v>
+        <v>2.4742839699999877</v>
       </c>
       <c r="D338" s="5">
-        <v>3.467612022475719</v>
+        <v>3.5260012188988332</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>859.61314641000001</v>
+        <v>859.59846803000005</v>
       </c>
       <c r="C339" s="5">
-        <v>1.5973400899999888</v>
+        <v>1.5305052600000408</v>
       </c>
       <c r="D339" s="5">
-        <v>2.2570177901289901</v>
+        <v>2.1615202265901967</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>862.87102758000003</v>
+        <v>862.93071129999998</v>
       </c>
       <c r="C340" s="5">
-        <v>3.2578811700000188</v>
+        <v>3.3322432699999354</v>
       </c>
       <c r="D340" s="5">
-        <v>4.6439343859265181</v>
+        <v>4.7522869699184733</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>862.06585847999997</v>
+        <v>862.03195416000005</v>
       </c>
       <c r="C341" s="5">
-        <v>-0.80516910000005737</v>
+        <v>-0.89875713999992968</v>
       </c>
       <c r="D341" s="5">
-        <v>-1.1140246113021779</v>
+        <v>-1.2426859814551605</v>
       </c>
       <c r="E341" s="5">
-        <v>2.4707883910284556</v>
+        <v>2.4707598020472954</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>865.24105010000005</v>
+        <v>865.21073892000004</v>
       </c>
       <c r="C342" s="5">
-        <v>3.1751916200000778</v>
+        <v>3.178784759999985</v>
       </c>
       <c r="D342" s="5">
-        <v>4.5105281955926335</v>
+        <v>4.5159176271276191</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>867.51336123999999</v>
+        <v>867.45158319999996</v>
       </c>
       <c r="C343" s="5">
-        <v>2.2723111399999425</v>
+        <v>2.2408442799999193</v>
       </c>
       <c r="D343" s="5">
-        <v>3.197382105495139</v>
+        <v>3.1525843867973302</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>869.19898123999997</v>
+        <v>869.11283704000004</v>
       </c>
       <c r="C344" s="5">
-        <v>1.6856199999999717</v>
+        <v>1.6612538400000858</v>
       </c>
       <c r="D344" s="5">
-        <v>2.3567374275464958</v>
+        <v>2.3224776090123633</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>871.62601114999995</v>
+        <v>871.49104391000003</v>
       </c>
       <c r="C345" s="5">
-        <v>2.4270299099999875</v>
+        <v>2.3782068699999854</v>
       </c>
       <c r="D345" s="5">
-        <v>3.4026528138491718</v>
+        <v>3.3335059433283298</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>874.91160002000004</v>
+        <v>874.82306777999997</v>
       </c>
       <c r="C346" s="5">
-        <v>3.2855888700000833</v>
+        <v>3.3320238699999436</v>
       </c>
       <c r="D346" s="5">
-        <v>4.6183609447439933</v>
+        <v>4.6857513825791175</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>878.21870392000005</v>
+        <v>878.29350955999996</v>
       </c>
       <c r="C347" s="5">
-        <v>3.3071039000000155</v>
+        <v>3.4704417799999874</v>
       </c>
       <c r="D347" s="5">
-        <v>4.6314132642451877</v>
+        <v>4.8656773131324549</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>878.74571557000002</v>
+        <v>878.91782291000004</v>
       </c>
       <c r="C348" s="5">
-        <v>0.52701164999996308</v>
+        <v>0.62431335000007948</v>
       </c>
       <c r="D348" s="5">
-        <v>0.72249138249187439</v>
+        <v>0.85633321464295697</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>880.86048672000004</v>
+        <v>880.91408236999996</v>
       </c>
       <c r="C349" s="5">
-        <v>2.1147711500000241</v>
+        <v>1.9962594599999193</v>
       </c>
       <c r="D349" s="5">
-        <v>2.9264280418629385</v>
+        <v>2.7598299819391547</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>882.16295204000005</v>
+        <v>882.24635937999994</v>
       </c>
       <c r="C350" s="5">
-        <v>1.3024653200000103</v>
+        <v>1.3322770099999843</v>
       </c>
       <c r="D350" s="5">
-        <v>1.7888552785777723</v>
+        <v>1.8300287343925081</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>882.98386716000005</v>
+        <v>883.03455418999999</v>
       </c>
       <c r="C351" s="5">
-        <v>0.82091511999999511</v>
+        <v>0.78819481000004998</v>
       </c>
       <c r="D351" s="5">
-        <v>1.1224181243833398</v>
+        <v>1.0773579843088577</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>883.37338101</v>
+        <v>883.49350393999998</v>
       </c>
       <c r="C352" s="5">
-        <v>0.38951384999995753</v>
+        <v>0.45894974999998794</v>
       </c>
       <c r="D352" s="5">
-        <v>0.53064656005963329</v>
+        <v>0.62547582169349969</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>885.51875090999999</v>
+        <v>885.51383046000001</v>
       </c>
       <c r="C353" s="5">
-        <v>2.1453698999999915</v>
+        <v>2.020326520000026</v>
       </c>
       <c r="D353" s="5">
-        <v>2.9535772904978774</v>
+        <v>2.7788741877450063</v>
       </c>
       <c r="E353" s="5">
-        <v>2.7205453271693436</v>
+        <v>2.7240146013939537</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>888.55015002000005</v>
+        <v>888.50561190999997</v>
       </c>
       <c r="C354" s="5">
-        <v>3.0313991100000521</v>
+        <v>2.9917814499999622</v>
       </c>
       <c r="D354" s="5">
-        <v>4.1861986071314528</v>
+        <v>4.1304916308069428</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>890.95286026999997</v>
+        <v>890.84281436000003</v>
       </c>
       <c r="C355" s="5">
-        <v>2.4027102499999273</v>
+        <v>2.3372024500000634</v>
       </c>
       <c r="D355" s="5">
-        <v>3.2935925594635096</v>
+        <v>3.2026556464037848</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>892.39610315000004</v>
+        <v>892.20441934999997</v>
       </c>
       <c r="C356" s="5">
-        <v>1.4432428800000707</v>
+        <v>1.3616049899999325</v>
       </c>
       <c r="D356" s="5">
-        <v>1.9612767753049098</v>
+        <v>1.8496323966875394</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>892.47780454999997</v>
+        <v>892.21224290999999</v>
       </c>
       <c r="C357" s="5">
-        <v>8.1701399999928981E-2</v>
+        <v>7.8235600000198247E-3</v>
       </c>
       <c r="D357" s="5">
-        <v>0.10991874873986784</v>
+        <v>1.0523064659739845E-2</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>896.07373124000003</v>
+        <v>895.79771001999995</v>
       </c>
       <c r="C358" s="5">
-        <v>3.5959266900000557</v>
+        <v>3.5854671099999678</v>
       </c>
       <c r="D358" s="5">
-        <v>4.9435765053209346</v>
+        <v>4.9303774055980076</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>896.88014344999999</v>
+        <v>897.15731224000001</v>
       </c>
       <c r="C359" s="5">
-        <v>0.80641220999996222</v>
+        <v>1.3596022200000561</v>
       </c>
       <c r="D359" s="5">
-        <v>1.0852888355908696</v>
+        <v>1.8365878550862469</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>900.25475946999995</v>
+        <v>900.43799184</v>
       </c>
       <c r="C360" s="5">
-        <v>3.3746160199999622</v>
+        <v>3.2806795999999849</v>
       </c>
       <c r="D360" s="5">
-        <v>4.6097597451614236</v>
+        <v>4.4774381024243581</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>903.37839107000002</v>
+        <v>903.51945713999999</v>
       </c>
       <c r="C361" s="5">
-        <v>3.123631600000067</v>
+        <v>3.0814652999999907</v>
       </c>
       <c r="D361" s="5">
-        <v>4.2440468331682801</v>
+        <v>4.1848053393368501</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>906.56750922000003</v>
+        <v>906.71084005</v>
       </c>
       <c r="C362" s="5">
-        <v>3.189118150000013</v>
+        <v>3.1913829100000157</v>
       </c>
       <c r="D362" s="5">
-        <v>4.3194830991563293</v>
+        <v>4.3219223843308452</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>910.99456996000004</v>
+        <v>911.13746003999995</v>
       </c>
       <c r="C363" s="5">
-        <v>4.4270607400000017</v>
+        <v>4.4266199899999492</v>
       </c>
       <c r="D363" s="5">
-        <v>6.0199653620692573</v>
+        <v>6.0183726198145493</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>914.44219706000001</v>
+        <v>914.63565644000005</v>
       </c>
       <c r="C364" s="5">
-        <v>3.447627099999977</v>
+        <v>3.4981964000000971</v>
       </c>
       <c r="D364" s="5">
-        <v>4.6370870593943403</v>
+        <v>4.7057924772438087</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>914.01282798</v>
+        <v>914.03676370999995</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.42936908000001495</v>
+        <v>-0.59889273000010235</v>
       </c>
       <c r="D365" s="5">
-        <v>-0.56199765590024819</v>
+        <v>-0.78292239665956886</v>
       </c>
       <c r="E365" s="5">
-        <v>3.217783591902279</v>
+        <v>3.2210601651679438</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>915.23599352999997</v>
+        <v>915.14832639999997</v>
       </c>
       <c r="C366" s="5">
-        <v>1.2231655499999761</v>
+        <v>1.1115626900000279</v>
       </c>
       <c r="D366" s="5">
-        <v>1.6177567683608451</v>
+        <v>1.4691238449836108</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>917.61845149999999</v>
+        <v>917.42801259999999</v>
       </c>
       <c r="C367" s="5">
-        <v>2.3824579700000186</v>
+        <v>2.2796862000000147</v>
       </c>
       <c r="D367" s="5">
-        <v>3.1688424481649768</v>
+        <v>3.0305651976854753</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>912.95818000999998</v>
+        <v>912.58524841999997</v>
       </c>
       <c r="C368" s="5">
-        <v>-4.6602714900000137</v>
+        <v>-4.8427641800000174</v>
       </c>
       <c r="D368" s="5">
-        <v>-5.9270079949390375</v>
+        <v>-6.153653175766105</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>797.81469192999998</v>
+        <v>797.59491076999996</v>
       </c>
       <c r="C369" s="5">
-        <v>-115.14348808</v>
+        <v>-114.99033765000001</v>
       </c>
       <c r="D369" s="5">
-        <v>-80.165843047257738</v>
+        <v>-80.134149683002846</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>820.53040853000005</v>
+        <v>820.20940983000003</v>
       </c>
       <c r="C370" s="5">
-        <v>22.715716600000064</v>
+        <v>22.614499060000071</v>
       </c>
       <c r="D370" s="5">
-        <v>40.059254224157684</v>
+        <v>39.864816063595534</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>844.51895946000002</v>
+        <v>844.93198544999996</v>
       </c>
       <c r="C371" s="5">
-        <v>23.988550929999974</v>
+        <v>24.72257561999993</v>
       </c>
       <c r="D371" s="5">
-        <v>41.311231621459775</v>
+        <v>42.811783262115235</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>851.95630879999999</v>
+        <v>852.10686008000005</v>
       </c>
       <c r="C372" s="5">
-        <v>7.4373493399999688</v>
+        <v>7.1748746300000903</v>
       </c>
       <c r="D372" s="5">
-        <v>11.095132634537762</v>
+        <v>10.679637842609079</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>854.50717675999999</v>
+        <v>854.69227777000003</v>
       </c>
       <c r="C373" s="5">
-        <v>2.550867960000005</v>
+        <v>2.5854176899999857</v>
       </c>
       <c r="D373" s="5">
-        <v>3.6527183177277767</v>
+        <v>3.7023553632832273</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>858.78899558000001</v>
+        <v>858.94989866000003</v>
       </c>
       <c r="C374" s="5">
-        <v>4.2818188200000122</v>
+        <v>4.2576208899999983</v>
       </c>
       <c r="D374" s="5">
-        <v>6.1815533888390783</v>
+        <v>6.1442890264179484</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>875.50578366000002</v>
+        <v>875.72396909999998</v>
       </c>
       <c r="C375" s="5">
-        <v>16.716788080000015</v>
+        <v>16.774070439999946</v>
       </c>
       <c r="D375" s="5">
-        <v>26.029026999945604</v>
+        <v>26.122580489608872</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>877.50562100000002</v>
+        <v>877.74233743000002</v>
       </c>
       <c r="C376" s="5">
-        <v>1.9998373399999991</v>
+        <v>2.0183683300000439</v>
       </c>
       <c r="D376" s="5">
-        <v>2.7757493865055771</v>
+        <v>2.8010902503491586</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>881.03803477999998</v>
+        <v>881.13536197999997</v>
       </c>
       <c r="C377" s="5">
-        <v>3.5324137799999562</v>
+        <v>3.3930245499999501</v>
       </c>
       <c r="D377" s="5">
-        <v>4.9390201744196283</v>
+        <v>4.7386587150496595</v>
       </c>
       <c r="E377" s="5">
-        <v>-3.6076947927389025</v>
+        <v>-3.5995709402820819</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>883.13636498000005</v>
+        <v>882.96109764000005</v>
       </c>
       <c r="C378" s="5">
-        <v>2.0983302000000776</v>
+        <v>1.8257356600000776</v>
       </c>
       <c r="D378" s="5">
-        <v>2.8957240375180993</v>
+        <v>2.5149639395616763</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>878.97014496999998</v>
+        <v>878.71676433000005</v>
       </c>
       <c r="C379" s="5">
-        <v>-4.1662200100000746</v>
+        <v>-4.2443333100000018</v>
       </c>
       <c r="D379" s="5">
-        <v>-5.5164348883679377</v>
+        <v>-5.6182313936466555</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>891.07178441999997</v>
+        <v>890.55355984000005</v>
       </c>
       <c r="C380" s="5">
-        <v>12.101639449999993</v>
+        <v>11.836795510000002</v>
       </c>
       <c r="D380" s="5">
-        <v>17.831882279248724</v>
+        <v>17.417703935955341</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>893.25592281000002</v>
+        <v>892.87910055999998</v>
       </c>
       <c r="C381" s="5">
-        <v>2.1841383900000437</v>
+        <v>2.3255407199999354</v>
       </c>
       <c r="D381" s="5">
-        <v>2.9813425861430209</v>
+        <v>3.1790116899220067</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>896.09080383000003</v>
+        <v>895.59286889999998</v>
       </c>
       <c r="C382" s="5">
-        <v>2.8348810200000116</v>
+        <v>2.7137683400000014</v>
       </c>
       <c r="D382" s="5">
-        <v>3.8755629500941025</v>
+        <v>3.7088051891567053</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>901.29982242999995</v>
+        <v>901.94870023999999</v>
       </c>
       <c r="C383" s="5">
-        <v>5.2090185999999221</v>
+        <v>6.3558313400000088</v>
       </c>
       <c r="D383" s="5">
-        <v>7.2030598651699584</v>
+        <v>8.8565389919959649</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>909.94065249000005</v>
+        <v>910.11749861999999</v>
       </c>
       <c r="C384" s="5">
-        <v>8.6408300600000985</v>
+        <v>8.1687983799999984</v>
       </c>
       <c r="D384" s="5">
-        <v>12.13092115563823</v>
+        <v>11.426253811264321</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>911.68157771000006</v>
+        <v>911.95575455000005</v>
       </c>
       <c r="C385" s="5">
-        <v>1.7409252200000083</v>
+        <v>1.8382559300000594</v>
       </c>
       <c r="D385" s="5">
-        <v>2.3201889811327536</v>
+        <v>2.450868230422576</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>917.06016080999996</v>
+        <v>917.27293460999999</v>
       </c>
       <c r="C386" s="5">
-        <v>5.3785830999999007</v>
+        <v>5.3171800599999415</v>
       </c>
       <c r="D386" s="5">
-        <v>7.3138499645680533</v>
+        <v>7.2254144061828729</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>925.72052289999999</v>
+        <v>926.00418291999995</v>
       </c>
       <c r="C387" s="5">
-        <v>8.6603620900000351</v>
+        <v>8.7312483099999554</v>
       </c>
       <c r="D387" s="5">
-        <v>11.939864942787404</v>
+        <v>12.039827290860728</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>930.84817251000004</v>
+        <v>931.09396901000002</v>
       </c>
       <c r="C388" s="5">
-        <v>5.1276496100000486</v>
+        <v>5.0897860900000751</v>
       </c>
       <c r="D388" s="5">
-        <v>6.8531923200675138</v>
+        <v>6.7989004692599497</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>935.00476146000005</v>
+        <v>935.17666615999997</v>
       </c>
       <c r="C389" s="5">
-        <v>4.1565889500000139</v>
+        <v>4.0826971499999445</v>
       </c>
       <c r="D389" s="5">
-        <v>5.4920336180622309</v>
+        <v>5.3905769391751068</v>
       </c>
       <c r="E389" s="5">
-        <v>6.1253571979416055</v>
+        <v>6.1331444079787856</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>935.81313137999996</v>
+        <v>935.56271933999994</v>
       </c>
       <c r="C390" s="5">
-        <v>0.8083699199999046</v>
+        <v>0.38605317999997624</v>
       </c>
       <c r="D390" s="5">
-        <v>1.0424223619863948</v>
+        <v>0.49650200764985719</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>943.02102269</v>
+        <v>942.70292075999998</v>
       </c>
       <c r="C391" s="5">
-        <v>7.2078913100000364</v>
+        <v>7.1402014200000394</v>
       </c>
       <c r="D391" s="5">
-        <v>9.644505982902519</v>
+        <v>9.552764501582601</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>944.08648445999995</v>
+        <v>943.45891019999999</v>
       </c>
       <c r="C392" s="5">
-        <v>1.0654617699999562</v>
+        <v>0.75598944000000756</v>
       </c>
       <c r="D392" s="5">
-        <v>1.3642635444852447</v>
+        <v>0.96658164300615912</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>949.87627301999999</v>
+        <v>949.37390154000002</v>
       </c>
       <c r="C393" s="5">
-        <v>5.7897885600000336</v>
+        <v>5.9149913400000287</v>
       </c>
       <c r="D393" s="5">
-        <v>7.6125966493259201</v>
+        <v>7.7882894309675432</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>952.84936927000001</v>
+        <v>952.39207374</v>
       </c>
       <c r="C394" s="5">
-        <v>2.973096250000026</v>
+        <v>3.0181721999999809</v>
       </c>
       <c r="D394" s="5">
-        <v>3.8213173757412067</v>
+        <v>3.8823590873735769</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>954.71653325</v>
+        <v>955.41989292999995</v>
       </c>
       <c r="C395" s="5">
-        <v>1.8671639799999866</v>
+        <v>3.0278191899999456</v>
       </c>
       <c r="D395" s="5">
-        <v>2.3769794791527188</v>
+        <v>3.882426755499635</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>964.00358464999999</v>
+        <v>964.29151784999999</v>
       </c>
       <c r="C396" s="5">
-        <v>9.2870513999999957</v>
+        <v>8.8716249200000448</v>
       </c>
       <c r="D396" s="5">
-        <v>12.318285109014738</v>
+        <v>11.72974428891964</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>965.83337225000002</v>
+        <v>966.04779899000005</v>
       </c>
       <c r="C397" s="5">
-        <v>1.8297876000000315</v>
+        <v>1.7562811400000555</v>
       </c>
       <c r="D397" s="5">
-        <v>2.3016652179241204</v>
+        <v>2.2076081228061817</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>967.83359337000002</v>
+        <v>968.05642048000004</v>
       </c>
       <c r="C398" s="5">
-        <v>2.000221119999992</v>
+        <v>2.0086214899999959</v>
       </c>
       <c r="D398" s="5">
-        <v>2.5136788424444001</v>
+        <v>2.523789899527884</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>971.05941290999999</v>
+        <v>971.38149049000003</v>
       </c>
       <c r="C399" s="5">
-        <v>3.2258195399999749</v>
+        <v>3.3250700099999904</v>
       </c>
       <c r="D399" s="5">
-        <v>4.073778185217769</v>
+        <v>4.2005111483413904</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>972.19204882999998</v>
+        <v>972.4279646</v>
       </c>
       <c r="C400" s="5">
-        <v>1.1326359199999843</v>
+        <v>1.0464741099999628</v>
       </c>
       <c r="D400" s="5">
-        <v>1.4086844928240083</v>
+        <v>1.3004534082519115</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>971.25156106999998</v>
+        <v>971.51263503999996</v>
       </c>
       <c r="C401" s="5">
-        <v>-0.94048775999999634</v>
+        <v>-0.91532956000003196</v>
       </c>
       <c r="D401" s="5">
-        <v>-1.154709956508182</v>
+        <v>-1.1237097889843395</v>
       </c>
       <c r="E401" s="5">
-        <v>3.8766433182009674</v>
+        <v>3.88546573014934</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>978.42915415000004</v>
+        <v>978.08722469999998</v>
       </c>
       <c r="C402" s="5">
-        <v>7.1775930800000651</v>
+        <v>6.5745896600000151</v>
       </c>
       <c r="D402" s="5">
-        <v>9.2375270963237952</v>
+        <v>8.4300350978639305</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>979.42338032999999</v>
+        <v>979.09926241000005</v>
       </c>
       <c r="C403" s="5">
-        <v>0.99422617999994145</v>
+        <v>1.0120377100000724</v>
       </c>
       <c r="D403" s="5">
-        <v>1.2262123262307911</v>
+        <v>1.2487438890822933</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>982.30158448999998</v>
+        <v>981.68723442999999</v>
       </c>
       <c r="C404" s="5">
-        <v>2.8782041599999957</v>
+        <v>2.5879720199999383</v>
       </c>
       <c r="D404" s="5">
-        <v>3.583964775964521</v>
+        <v>3.2183808953021975</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>984.38689319000002</v>
+        <v>983.58638295000003</v>
       </c>
       <c r="C405" s="5">
-        <v>2.0853087000000414</v>
+        <v>1.8991485200000398</v>
       </c>
       <c r="D405" s="5">
-        <v>2.5774115622235527</v>
+        <v>2.3463521847906676</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>985.96412873999998</v>
+        <v>985.49258297999995</v>
       </c>
       <c r="C406" s="5">
-        <v>1.5772355499999549</v>
+        <v>1.9062000299999227</v>
       </c>
       <c r="D406" s="5">
-        <v>1.9397364207964118</v>
+        <v>2.3505613940856041</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>987.62137897000002</v>
+        <v>988.47310224</v>
       </c>
       <c r="C407" s="5">
-        <v>1.6572502300000451</v>
+        <v>2.980519260000051</v>
       </c>
       <c r="D407" s="5">
-        <v>2.0357621725814345</v>
+        <v>3.6902572682364854</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>988.31362721000005</v>
+        <v>988.81006475000004</v>
       </c>
       <c r="C408" s="5">
-        <v>0.69224824000002627</v>
+        <v>0.33696251000003485</v>
       </c>
       <c r="D408" s="5">
-        <v>0.84435980377421949</v>
+        <v>0.40983816424065012</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>988.92155014000002</v>
+        <v>989.08093348</v>
       </c>
       <c r="C409" s="5">
-        <v>0.60792292999997244</v>
+        <v>0.27086872999996103</v>
       </c>
       <c r="D409" s="5">
-        <v>0.7406359369431792</v>
+        <v>0.32921655647857317</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>990.66030621000004</v>
+        <v>990.92102294999995</v>
       </c>
       <c r="C410" s="5">
-        <v>1.7387560700000222</v>
+        <v>1.8400894699999526</v>
       </c>
       <c r="D410" s="5">
-        <v>2.1304047197300058</v>
+        <v>2.2554695228702792</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>990.92206813999996</v>
+        <v>991.21611694000001</v>
       </c>
       <c r="C411" s="5">
-        <v>0.26176192999992054</v>
+        <v>0.29509399000005487</v>
       </c>
       <c r="D411" s="5">
-        <v>0.31753690669451551</v>
+        <v>0.35794311831485182</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>992.33737227999995</v>
+        <v>992.48445216000005</v>
       </c>
       <c r="C412" s="5">
-        <v>1.4153041399999893</v>
+        <v>1.26833522000004</v>
       </c>
       <c r="D412" s="5">
-        <v>1.7274518596829047</v>
+        <v>1.5463423093968087</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>992.04543882999997</v>
+        <v>992.33557812000004</v>
       </c>
       <c r="C413" s="5">
-        <v>-0.29193344999998772</v>
+        <v>-0.1488740400000097</v>
       </c>
       <c r="D413" s="5">
-        <v>-0.35245459450449212</v>
+        <v>-0.17985323056955993</v>
       </c>
       <c r="E413" s="5">
-        <v>2.1409363540267456</v>
+        <v>2.143352780907759</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>999.18571649</v>
+        <v>998.91498176000005</v>
       </c>
       <c r="C414" s="5">
-        <v>7.1402776600000379</v>
+        <v>6.5794036400000095</v>
       </c>
       <c r="D414" s="5">
-        <v>8.9872838013574921</v>
+        <v>8.2529082416565416</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>999.46807410999998</v>
+        <v>999.24722551000002</v>
       </c>
       <c r="C415" s="5">
-        <v>0.28235761999997067</v>
+        <v>0.33224374999997508</v>
       </c>
       <c r="D415" s="5">
-        <v>0.339632817037816</v>
+        <v>0.39985649915244004</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>1000.3275801</v>
+        <v>999.80118034999998</v>
       </c>
       <c r="C416" s="5">
-        <v>0.85950599000000238</v>
+        <v>0.55395483999996031</v>
       </c>
       <c r="D416" s="5">
-        <v>1.0368510755597748</v>
+        <v>0.6672787096021926</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>1000.0727227</v>
+        <v>998.89741205999997</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.25485739999999169</v>
+        <v>-0.90376829000001635</v>
       </c>
       <c r="D417" s="5">
-        <v>-0.30530068854155434</v>
+        <v>-1.0793608268752197</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>1001.793823</v>
+        <v>1001.1582822</v>
       </c>
       <c r="C418" s="5">
-        <v>1.7211002999999891</v>
+        <v>2.2608701400000655</v>
       </c>
       <c r="D418" s="5">
-        <v>2.0848303330179396</v>
+        <v>2.750105869894659</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>1002.3848872999999</v>
+        <v>1003.4653459</v>
       </c>
       <c r="C419" s="5">
-        <v>0.5910642999999709</v>
+        <v>2.3070636999999579</v>
       </c>
       <c r="D419" s="5">
-        <v>0.71030915123382332</v>
+        <v>2.8005916315249957</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>1001.3965969</v>
+        <v>1002.1196523999999</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.98829039999998258</v>
+        <v>-1.3456935000000385</v>
       </c>
       <c r="D420" s="5">
-        <v>-1.1767321937493636</v>
+        <v>-1.5974389970600411</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>1003.5412229</v>
+        <v>1003.6206054</v>
       </c>
       <c r="C421" s="5">
-        <v>2.1446260000000166</v>
+        <v>1.500953000000095</v>
       </c>
       <c r="D421" s="5">
-        <v>2.6004507091736073</v>
+        <v>1.8122140887490978</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>1003.6935846</v>
+        <v>1003.9840104</v>
       </c>
       <c r="C422" s="5">
-        <v>0.15236170000002858</v>
+        <v>0.36340499999994336</v>
       </c>
       <c r="D422" s="5">
-        <v>0.18234107921719644</v>
+        <v>0.43537918553713251</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>1003.7844707</v>
+        <v>1004.0185718</v>
       </c>
       <c r="C423" s="5">
-        <v>9.0886100000034276E-2</v>
+        <v>3.4561400000029607E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>0.10871610152360933</v>
+        <v>4.1316926190182457E-2</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>1005.3120426</v>
+        <v>1005.3643845</v>
       </c>
       <c r="C424" s="5">
-        <v>1.5275718999999981</v>
+        <v>1.3458127000000104</v>
       </c>
       <c r="D424" s="5">
-        <v>1.8415380067981157</v>
+        <v>1.6204229647879043</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>1006.8065384</v>
+        <v>1007.1244487</v>
       </c>
       <c r="C425" s="5">
-        <v>1.4944957999999815</v>
+        <v>1.760064199999988</v>
       </c>
       <c r="D425" s="5">
-        <v>1.7985770717950045</v>
+        <v>2.1211540567753095</v>
       </c>
       <c r="E425" s="5">
-        <v>1.4879459137888906</v>
+        <v>1.4903094181121457</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>1002.4947748</v>
+        <v>1004.4775375</v>
       </c>
       <c r="C426" s="5">
-        <v>-4.311763600000063</v>
+        <v>-2.6469111999999768</v>
       </c>
       <c r="D426" s="5">
-        <v>-5.0197989188706105</v>
+        <v>-3.1086325989746699</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>1003.309515</v>
+        <v>1005.4361720000001</v>
       </c>
       <c r="C427" s="5">
-        <v>0.81474020000007386</v>
+        <v>0.95863450000001649</v>
       </c>
       <c r="D427" s="5">
-        <v>0.97962634147299443</v>
+        <v>1.1512640544640407</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>1002.8621646</v>
+        <v>1004.6669777</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.44735040000000481</v>
+        <v>-0.7691943000000947</v>
       </c>
       <c r="D428" s="5">
-        <v>-0.53373956462097194</v>
+        <v>-0.91418951387320924</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>1002.9383143</v>
+        <v>1006.7839623</v>
       </c>
       <c r="C429" s="5">
-        <v>7.6149699999973564E-2</v>
+        <v>2.1169846000000234</v>
       </c>
       <c r="D429" s="5">
-        <v>9.1156906289802109E-2</v>
+        <v>2.5580920512138894</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>1006.3928956</v>
+        <v>1009.5257049000001</v>
       </c>
       <c r="C430" s="5">
-        <v>3.4545812999999725</v>
+        <v>2.741742600000066</v>
       </c>
       <c r="D430" s="5">
-        <v>4.2125629614248039</v>
+        <v>3.3173155616155858</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>1006.4416753</v>
+        <v>1003.3012055</v>
       </c>
       <c r="C431" s="5">
-        <v>4.877970000006826E-2</v>
+        <v>-6.2244994000000133</v>
       </c>
       <c r="D431" s="5">
-        <v>5.817931291927092E-2</v>
+        <v>-7.1530953244793967</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>1006.7740027</v>
+        <v>1003.5137151</v>
       </c>
       <c r="C432" s="5">
-        <v>0.3323273999999401</v>
+        <v>0.21250959999997576</v>
       </c>
       <c r="D432" s="5">
-        <v>0.39696083348481626</v>
+        <v>0.25446875366250676</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1009.0765391</v>
+        <v>1003.9578182</v>
       </c>
       <c r="C433" s="5">
-        <v>2.3025364000000081</v>
+        <v>0.44410310000000663</v>
       </c>
       <c r="D433" s="5">
-        <v>2.7792390472930695</v>
+        <v>0.53235224540277848</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>1004.2587451000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.30092690000003586</v>
+      </c>
+      <c r="D434" s="5">
+        <v>0.36028226353270743</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>1005.3520367</v>
+      </c>
+      <c r="C435" s="5">
+        <v>1.0932915999999295</v>
+      </c>
+      <c r="D435" s="5">
+        <v>1.3142369328051684</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>1004.3567574</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.99527929999999287</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-1.1815299508100119</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">