--- v1 (2026-01-25)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9CC50932-222C-41DF-9836-2A723036A7E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{54F467B2-73C5-4C5D-897C-422B83E9C5EB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CE9348E4-368F-443D-AC53-432E55A6BA83}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CE2B8BD1-50D2-483F-9688-1532AD6C0E68}"/>
   </bookViews>
   <sheets>
     <sheet name="fwaserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Services Providing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB564D12-436F-42B0-A0E7-5CE04AF13ED0}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{631FFB68-5D22-4234-BA4E-3D56C4B27C06}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>1003.3012055</v>
       </c>
       <c r="C431" s="5">
         <v>-6.2244994000000133</v>
       </c>
       <c r="D431" s="5">
         <v>-7.1530953244793967</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>1003.5137151</v>
       </c>
       <c r="C432" s="5">
         <v>0.21250959999997576</v>
       </c>
       <c r="D432" s="5">
         <v>0.25446875366250676</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>1003.9578182</v>
       </c>
       <c r="C433" s="5">
         <v>0.44410310000000663</v>
       </c>
       <c r="D433" s="5">
         <v>0.53235224540277848</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>1004.2587451000001</v>
       </c>
       <c r="C434" s="5">
         <v>0.30092690000003586</v>
       </c>
       <c r="D434" s="5">
         <v>0.36028226353270743</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>1005.3520367</v>
       </c>
       <c r="C435" s="5">
         <v>1.0932915999999295</v>
       </c>
       <c r="D435" s="5">
         <v>1.3142369328051684</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>1004.3567574</v>
+        <v>1004.3551379</v>
       </c>
       <c r="C436" s="5">
-        <v>-0.99527929999999287</v>
+        <v>-0.99689879999993991</v>
       </c>
       <c r="D436" s="5">
-        <v>-1.1815299508100119</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.1834420414105096</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>1004.8671692</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.51203129999998964</v>
+      </c>
+      <c r="D437" s="5">
+        <v>0.61349150966767407</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.2241311391967149</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>