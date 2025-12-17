--- v0 (2025-10-10)
+++ v1 (2025-12-17)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4F57BC47-7B97-4F53-815F-3214594FC589}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{3D717437-4E47-4DE0-B109-B3D74BC31247}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{8CAAA6C6-D09D-4596-90F5-A269265BCBBE}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1AE1B471-1498-441D-9EC3-E055690CF2B6}"/>
   </bookViews>
   <sheets>
     <sheet name="fwasrvoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Other Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B311694E-B41A-4558-995F-68928770F528}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A55089A3-2FD4-48A8-97C7-9B8C3D8B85CB}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.2202225600000034</v>
       </c>
       <c r="D431" s="5">
         <v>-5.9264919201186377</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>43.594049505999998</v>
       </c>
       <c r="C432" s="5">
         <v>0.448046626</v>
       </c>
       <c r="D432" s="5">
         <v>13.198256833588617</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>43.749020958000003</v>
+        <v>43.731310356999998</v>
       </c>
       <c r="C433" s="5">
-        <v>0.15497145200000517</v>
+        <v>0.13726085100000063</v>
       </c>
       <c r="D433" s="5">
-        <v>4.3502529469324536</v>
+        <v>3.8444597619469834</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>43.545743702000003</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.18556665499999525</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-4.9748295285250155</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>