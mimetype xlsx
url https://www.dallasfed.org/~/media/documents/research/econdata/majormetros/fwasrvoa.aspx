--- v1 (2025-12-17)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{3D717437-4E47-4DE0-B109-B3D74BC31247}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9123BAC4-B1CD-4806-9FB1-75B69AECD3B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1AE1B471-1498-441D-9EC3-E055690CF2B6}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0FC3558D-B17E-4084-9D32-E26D47CD0B67}"/>
   </bookViews>
   <sheets>
     <sheet name="fwasrvoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Other Services Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A55089A3-2FD4-48A8-97C7-9B8C3D8B85CB}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F2E16C2-5576-4220-A762-760CDB35E636}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>24.314399815000002</v>
+        <v>24.314400097</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>24.277583977999999</v>
+        <v>24.277586681999999</v>
       </c>
       <c r="C7" s="5">
-        <v>-3.681583700000246E-2</v>
+        <v>-3.6813415000001015E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>-1.8019337704593852</v>
+        <v>-1.801816191490524</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>24.336109753999999</v>
+        <v>24.336112945</v>
       </c>
       <c r="C8" s="5">
-        <v>5.8525775999999752E-2</v>
+        <v>5.8526263000000966E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>2.9314956912213086</v>
+        <v>2.9315200780335671</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>24.232670256999999</v>
+        <v>24.232672698999998</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.1034394970000001</v>
+        <v>-0.10344024600000168</v>
       </c>
       <c r="D9" s="5">
-        <v>-4.9829793179185682</v>
+        <v>-4.9830139219432468</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>24.455543276</v>
+        <v>24.455544179</v>
       </c>
       <c r="C10" s="5">
-        <v>0.22287301900000145</v>
+        <v>0.22287148000000201</v>
       </c>
       <c r="D10" s="5">
-        <v>11.612415625617079</v>
+        <v>11.612330109693026</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>24.846717406</v>
+        <v>24.846709268000001</v>
       </c>
       <c r="C11" s="5">
-        <v>0.39117412999999956</v>
+        <v>0.39116508900000113</v>
       </c>
       <c r="D11" s="5">
-        <v>20.976346956689952</v>
+        <v>20.975817876448289</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>24.562989464000001</v>
+        <v>24.562988219000001</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.28372794199999873</v>
+        <v>-0.28372104900000039</v>
       </c>
       <c r="D12" s="5">
-        <v>-12.874272696670319</v>
+        <v>-12.87398325523853</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>24.764599702000002</v>
+        <v>24.764598592999999</v>
       </c>
       <c r="C13" s="5">
-        <v>0.20161023800000066</v>
+        <v>0.20161037399999771</v>
       </c>
       <c r="D13" s="5">
-        <v>10.306495063155662</v>
+        <v>10.306502878611457</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>24.809377565999998</v>
+        <v>24.809375426999999</v>
       </c>
       <c r="C14" s="5">
-        <v>4.4777863999996725E-2</v>
+        <v>4.4776834000000321E-2</v>
       </c>
       <c r="D14" s="5">
-        <v>2.1914764612274373</v>
+        <v>2.1914256486905925</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>24.757020307000001</v>
+        <v>24.757020866000001</v>
       </c>
       <c r="C15" s="5">
-        <v>-5.2357258999997214E-2</v>
+        <v>-5.2354560999997801E-2</v>
       </c>
       <c r="D15" s="5">
-        <v>-2.5032694707346148</v>
+        <v>-2.5031421825982836</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>24.808256081</v>
+        <v>24.808252771999999</v>
       </c>
       <c r="C16" s="5">
-        <v>5.1235773999998457E-2</v>
+        <v>5.1231905999998162E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>2.511918143482994</v>
+        <v>2.5117262875092194</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>24.907029058999999</v>
+        <v>24.907036079000001</v>
       </c>
       <c r="C17" s="5">
-        <v>9.8772977999999512E-2</v>
+        <v>9.8783307000001486E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>4.88377127059616</v>
+        <v>4.8842938839833039</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>25.450957368000001</v>
+        <v>25.450955491999999</v>
       </c>
       <c r="C18" s="5">
-        <v>0.54392830900000178</v>
+        <v>0.54391941299999758</v>
       </c>
       <c r="D18" s="5">
-        <v>29.594434947171912</v>
+        <v>29.593882007515383</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>25.201994447000001</v>
+        <v>25.201994209999999</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.24896292100000039</v>
+        <v>-0.24896128199999978</v>
       </c>
       <c r="D19" s="5">
-        <v>-11.127078543957115</v>
+        <v>-11.127009962785362</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>25.360802135</v>
+        <v>25.360815091999999</v>
       </c>
       <c r="C20" s="5">
-        <v>0.15880768799999956</v>
+        <v>0.15882088200000055</v>
       </c>
       <c r="D20" s="5">
-        <v>7.8293258246028063</v>
+        <v>7.8299990833924138</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>25.536169499</v>
+        <v>25.53616937</v>
       </c>
       <c r="C21" s="5">
-        <v>0.17536736399999953</v>
+        <v>0.17535427800000036</v>
       </c>
       <c r="D21" s="5">
-        <v>8.6208507301128279</v>
+        <v>8.6201782065268517</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>25.651922732999999</v>
+        <v>25.651922075000002</v>
       </c>
       <c r="C22" s="5">
-        <v>0.11575323399999959</v>
+        <v>0.11575270500000201</v>
       </c>
       <c r="D22" s="5">
-        <v>5.5771778591593213</v>
+        <v>5.5771517611928445</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>25.710746073999999</v>
+        <v>25.710737937000001</v>
       </c>
       <c r="C23" s="5">
-        <v>5.8823341000000084E-2</v>
+        <v>5.8815861999999441E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>2.786735467083723</v>
+        <v>2.7863767443818022</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>26.076696539</v>
+        <v>26.076694932999999</v>
       </c>
       <c r="C24" s="5">
-        <v>0.36595046500000095</v>
+        <v>0.36595699599999776</v>
       </c>
       <c r="D24" s="5">
-        <v>18.482641052593806</v>
+        <v>18.483003460664538</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>26.316957852000002</v>
+        <v>26.316956213000001</v>
       </c>
       <c r="C25" s="5">
-        <v>0.24026131300000131</v>
+        <v>0.24026128000000213</v>
       </c>
       <c r="D25" s="5">
-        <v>11.634220104699544</v>
+        <v>11.634219178118755</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>26.214398808999999</v>
+        <v>26.214396204</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.10255904300000296</v>
+        <v>-0.10256000900000117</v>
       </c>
       <c r="D26" s="5">
-        <v>-4.5775402140255661</v>
+        <v>-4.5775826888082456</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>26.170058352000002</v>
+        <v>26.170058106999999</v>
       </c>
       <c r="C27" s="5">
-        <v>-4.4340456999997002E-2</v>
+        <v>-4.4338097000000687E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>-2.0109684772129821</v>
+        <v>-2.0108626360329729</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>26.218120596999999</v>
+        <v>26.218116731999999</v>
       </c>
       <c r="C28" s="5">
-        <v>4.8062244999997006E-2</v>
+        <v>4.8058624999999466E-2</v>
       </c>
       <c r="D28" s="5">
-        <v>2.2262405123991469</v>
+        <v>2.2260711580559533</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>26.327069934000001</v>
+        <v>26.327078225000001</v>
       </c>
       <c r="C29" s="5">
-        <v>0.10894933700000209</v>
+        <v>0.10896149300000246</v>
       </c>
       <c r="D29" s="5">
-        <v>5.1021604981526192</v>
+        <v>5.1027436150830052</v>
       </c>
       <c r="E29" s="5">
-        <v>5.7013659543103001</v>
+        <v>5.7013694503670331</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>26.281601466000001</v>
+        <v>26.281597596000001</v>
       </c>
       <c r="C30" s="5">
-        <v>-4.5468467999999262E-2</v>
+        <v>-4.548062900000005E-2</v>
       </c>
       <c r="D30" s="5">
-        <v>-2.0529005578960313</v>
+        <v>-2.0534437799373473</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>26.541757109999999</v>
+        <v>26.541754220000001</v>
       </c>
       <c r="C31" s="5">
-        <v>0.26015564399999747</v>
+        <v>0.26015662400000039</v>
       </c>
       <c r="D31" s="5">
-        <v>12.547056665015344</v>
+        <v>12.547108481165225</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>26.587909864</v>
+        <v>26.587934185000002</v>
       </c>
       <c r="C32" s="5">
-        <v>4.6152754000001295E-2</v>
+        <v>4.6179965000000323E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>2.1067204322046784</v>
+        <v>2.1079746662019838</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>26.640368724999998</v>
+        <v>26.640366165</v>
       </c>
       <c r="C33" s="5">
-        <v>5.245886099999808E-2</v>
+        <v>5.2431979999997935E-2</v>
       </c>
       <c r="D33" s="5">
-        <v>2.393503926337659</v>
+        <v>2.3922619005558365</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>26.763271919000001</v>
+        <v>26.763269533999999</v>
       </c>
       <c r="C34" s="5">
-        <v>0.12290319400000271</v>
+        <v>0.12290336899999943</v>
       </c>
       <c r="D34" s="5">
-        <v>5.67875807658067</v>
+        <v>5.6787669283630438</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>27.052145314000001</v>
+        <v>27.052137131999999</v>
       </c>
       <c r="C35" s="5">
-        <v>0.28887339499999953</v>
+        <v>0.2888675979999995</v>
       </c>
       <c r="D35" s="5">
-        <v>13.749647683903232</v>
+        <v>13.74935647841944</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>26.649940226999998</v>
+        <v>26.649937855000001</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.40220508700000224</v>
+        <v>-0.40219927699999758</v>
       </c>
       <c r="D36" s="5">
-        <v>-16.452332069127252</v>
+        <v>-16.452118072742785</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>26.634886624</v>
+        <v>26.634884210999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-1.5053602999998361E-2</v>
+        <v>-1.5053644000001754E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>-0.67573538879643902</v>
+        <v>-0.67573728347359863</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>26.814349722999999</v>
+        <v>26.814346522000001</v>
       </c>
       <c r="C38" s="5">
-        <v>0.17946309899999946</v>
+        <v>0.17946231100000176</v>
       </c>
       <c r="D38" s="5">
-        <v>8.3919431747528694</v>
+        <v>8.3919057393270879</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>27.177702104000002</v>
+        <v>27.177700915999999</v>
       </c>
       <c r="C39" s="5">
-        <v>0.36335238100000211</v>
+        <v>0.36335439399999814</v>
       </c>
       <c r="D39" s="5">
-        <v>17.529144884242488</v>
+        <v>17.529251597107809</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>27.108428777</v>
+        <v>27.108424328000002</v>
       </c>
       <c r="C40" s="5">
-        <v>-6.9273327000001217E-2</v>
+        <v>-6.9276587999997474E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>-3.0161662804900846</v>
+        <v>-3.0163064100850123</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>27.095831520000001</v>
+        <v>27.095840888000001</v>
       </c>
       <c r="C41" s="5">
-        <v>-1.2597256999999473E-2</v>
+        <v>-1.2583440000000223E-2</v>
       </c>
       <c r="D41" s="5">
-        <v>-0.55621564646343158</v>
+        <v>-0.55560722228542581</v>
       </c>
       <c r="E41" s="5">
-        <v>2.9200423287788047</v>
+        <v>2.9200455000357284</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>27.538423784999999</v>
+        <v>27.538417966000001</v>
       </c>
       <c r="C42" s="5">
-        <v>0.44259226499999826</v>
+        <v>0.44257707799999935</v>
       </c>
       <c r="D42" s="5">
-        <v>21.461642186484386</v>
+        <v>21.460830280465526</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>27.568147365000002</v>
+        <v>27.568141567000001</v>
       </c>
       <c r="C43" s="5">
-        <v>2.9723580000002414E-2</v>
+        <v>2.9723601000000599E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>1.3029359263055929</v>
+        <v>1.3029371292673231</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>27.504251436000001</v>
+        <v>27.504287616999999</v>
       </c>
       <c r="C44" s="5">
-        <v>-6.3895929000000962E-2</v>
+        <v>-6.3853950000002158E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>-2.7461113928885061</v>
+        <v>-2.744330715810861</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>27.766163940999999</v>
+        <v>27.766158648000001</v>
       </c>
       <c r="C45" s="5">
-        <v>0.26191250499999796</v>
+        <v>0.26187103100000186</v>
       </c>
       <c r="D45" s="5">
-        <v>12.045043094022013</v>
+        <v>12.043018104940328</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>27.670054686</v>
+        <v>27.670050356000001</v>
       </c>
       <c r="C46" s="5">
-        <v>-9.6109254999998228E-2</v>
+        <v>-9.6108292000000262E-2</v>
       </c>
       <c r="D46" s="5">
-        <v>-4.0754861376958385</v>
+        <v>-4.0754468383591202</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>27.700206297000001</v>
+        <v>27.700198440000001</v>
       </c>
       <c r="C47" s="5">
-        <v>3.0151611000000855E-2</v>
+        <v>3.0148084000000352E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>1.3154860360627518</v>
+        <v>1.3153314401805227</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>28.009702950000001</v>
+        <v>28.009699704999999</v>
       </c>
       <c r="C48" s="5">
-        <v>0.30949665300000007</v>
+        <v>0.30950126499999797</v>
       </c>
       <c r="D48" s="5">
-        <v>14.263097980310224</v>
+        <v>14.263328048951628</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>27.933795881000002</v>
+        <v>27.933792362999998</v>
       </c>
       <c r="C49" s="5">
-        <v>-7.5907068999999439E-2</v>
+        <v>-7.590734200000071E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>-3.2039963219088863</v>
+        <v>-3.2040080395596027</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>27.802810230999999</v>
+        <v>27.802806526000001</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.13098565000000306</v>
+        <v>-0.13098583699999722</v>
       </c>
       <c r="D50" s="5">
-        <v>-5.4840984825609844</v>
+        <v>-5.4841067840160518</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>27.985238276</v>
+        <v>27.985237135999999</v>
       </c>
       <c r="C51" s="5">
-        <v>0.18242804500000176</v>
+        <v>0.18243060999999727</v>
       </c>
       <c r="D51" s="5">
-        <v>8.1642548813240179</v>
+        <v>8.1643749750681227</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>28.007934697</v>
+        <v>28.007930429999998</v>
       </c>
       <c r="C52" s="5">
-        <v>2.2696420999999134E-2</v>
+        <v>2.2693293999999753E-2</v>
       </c>
       <c r="D52" s="5">
-        <v>0.97756970732498782</v>
+        <v>0.97743446137112944</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>28.063030560000001</v>
+        <v>28.063039632999999</v>
       </c>
       <c r="C53" s="5">
-        <v>5.5095863000001799E-2</v>
+        <v>5.5109203000000662E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>2.386290470651975</v>
+        <v>2.3868748820796259</v>
       </c>
       <c r="E53" s="5">
-        <v>3.5695492101288417</v>
+        <v>3.569546887280195</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>27.642649404</v>
+        <v>27.642643013000001</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.42038115600000125</v>
+        <v>-0.42039661999999822</v>
       </c>
       <c r="D54" s="5">
-        <v>-16.566366696339998</v>
+        <v>-16.566921870496131</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>27.557996869</v>
+        <v>27.557991830999999</v>
       </c>
       <c r="C55" s="5">
-        <v>-8.4652535000000029E-2</v>
+        <v>-8.4651182000001768E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>-3.6135975693652456</v>
+        <v>-3.6135416040124713</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>28.519973705000002</v>
+        <v>28.520011904</v>
       </c>
       <c r="C56" s="5">
-        <v>0.96197683600000161</v>
+        <v>0.96202007300000147</v>
       </c>
       <c r="D56" s="5">
-        <v>50.944638515302685</v>
+        <v>50.947395738747488</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>27.690994468</v>
+        <v>27.690989473999998</v>
       </c>
       <c r="C57" s="5">
-        <v>-0.8289792370000022</v>
+        <v>-0.82902243000000198</v>
       </c>
       <c r="D57" s="5">
-        <v>-29.810332488130008</v>
+        <v>-29.811612503249453</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>27.580477814000002</v>
+        <v>27.580473279</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.11051665399999777</v>
+        <v>-0.11051619499999887</v>
       </c>
       <c r="D58" s="5">
-        <v>-4.6855392939387341</v>
+        <v>-4.6855210855819003</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>27.685607022999999</v>
+        <v>27.685600033</v>
       </c>
       <c r="C59" s="5">
-        <v>0.10512920899999756</v>
+        <v>0.10512675400000049</v>
       </c>
       <c r="D59" s="5">
-        <v>4.6711924933589444</v>
+        <v>4.6710818979881275</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>27.772249755000001</v>
+        <v>27.772245851000001</v>
       </c>
       <c r="C60" s="5">
-        <v>8.6642732000001388E-2</v>
+        <v>8.6645818000000929E-2</v>
       </c>
       <c r="D60" s="5">
-        <v>3.82074597590778</v>
+        <v>3.8208853937316656</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>27.886307054</v>
+        <v>27.886303428000002</v>
       </c>
       <c r="C61" s="5">
-        <v>0.11405729899999884</v>
+        <v>0.11405757700000052</v>
       </c>
       <c r="D61" s="5">
-        <v>5.0411128275894335</v>
+        <v>5.0411261182358613</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>27.978074385999999</v>
+        <v>27.978070954</v>
       </c>
       <c r="C62" s="5">
-        <v>9.1767331999999868E-2</v>
+        <v>9.1767525999998156E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>4.0211822926115248</v>
+        <v>4.0211914803747195</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>28.084895455000002</v>
+        <v>28.084893904000001</v>
       </c>
       <c r="C63" s="5">
-        <v>0.10682106900000221</v>
+        <v>0.10682295000000153</v>
       </c>
       <c r="D63" s="5">
-        <v>4.6790789528388999</v>
+        <v>4.6791636701653205</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>28.307860248000001</v>
+        <v>28.307856727000001</v>
       </c>
       <c r="C64" s="5">
-        <v>0.22296479299999916</v>
+        <v>0.22296282299999959</v>
       </c>
       <c r="D64" s="5">
-        <v>9.9539348531129122</v>
+        <v>9.9538436041319844</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>28.399123223</v>
+        <v>28.399132333000001</v>
       </c>
       <c r="C65" s="5">
-        <v>9.1262974999999358E-2</v>
+        <v>9.1275605999999954E-2</v>
       </c>
       <c r="D65" s="5">
-        <v>3.9380753790828393</v>
+        <v>3.9386306180828168</v>
       </c>
       <c r="E65" s="5">
-        <v>1.1976349535073094</v>
+        <v>1.1976346981485975</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>28.375880591000001</v>
+        <v>28.375873113000001</v>
       </c>
       <c r="C66" s="5">
-        <v>-2.3242631999998764E-2</v>
+        <v>-2.3259219999999914E-2</v>
       </c>
       <c r="D66" s="5">
-        <v>-0.97770456191379473</v>
+        <v>-0.97839888584023704</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>28.362655919000002</v>
+        <v>28.362650415000001</v>
       </c>
       <c r="C67" s="5">
-        <v>-1.3224671999999771E-2</v>
+        <v>-1.3222697999999866E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>-0.55783259400482565</v>
+        <v>-0.55774968820296866</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>28.613444125000001</v>
+        <v>28.613481857</v>
       </c>
       <c r="C68" s="5">
-        <v>0.25078820599999929</v>
+        <v>0.25083144199999907</v>
       </c>
       <c r="D68" s="5">
-        <v>11.142170450548639</v>
+        <v>11.14418801662409</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>28.533929302000001</v>
+        <v>28.533923616999999</v>
       </c>
       <c r="C69" s="5">
-        <v>-7.9514823000000234E-2</v>
+        <v>-7.9558240000000779E-2</v>
       </c>
       <c r="D69" s="5">
-        <v>-3.2842196339550656</v>
+        <v>-3.2859812956154366</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>28.656836566999999</v>
+        <v>28.656831616000002</v>
       </c>
       <c r="C70" s="5">
-        <v>0.12290726499999849</v>
+        <v>0.12290799900000238</v>
       </c>
       <c r="D70" s="5">
-        <v>5.2931193519487385</v>
+        <v>5.2931527946719958</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>28.904228218</v>
+        <v>28.904221805999999</v>
       </c>
       <c r="C71" s="5">
-        <v>0.24739165100000093</v>
+        <v>0.24739018999999729</v>
       </c>
       <c r="D71" s="5">
-        <v>10.865793313126272</v>
+        <v>10.865728034231692</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>28.982597514999998</v>
+        <v>28.982593784999999</v>
       </c>
       <c r="C72" s="5">
-        <v>7.8369296999998284E-2</v>
+        <v>7.8371978999999925E-2</v>
       </c>
       <c r="D72" s="5">
-        <v>3.3025727688694051</v>
+        <v>3.3026882258642143</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>28.999660765000002</v>
+        <v>28.999657246999998</v>
       </c>
       <c r="C73" s="5">
-        <v>1.7063250000003194E-2</v>
+        <v>1.7063461999999419E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>0.70878163402325889</v>
+        <v>0.70879056023329667</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>29.135166792</v>
+        <v>29.135164134</v>
       </c>
       <c r="C74" s="5">
-        <v>0.13550602699999814</v>
+        <v>0.1355068870000018</v>
       </c>
       <c r="D74" s="5">
-        <v>5.7535835763381726</v>
+        <v>5.7536217514564614</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>28.986492602999999</v>
+        <v>28.986491921999999</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.14867418900000118</v>
+        <v>-0.14867221200000102</v>
       </c>
       <c r="D75" s="5">
-        <v>-5.9545222137500131</v>
+        <v>-5.9544457702527591</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>29.034254664999999</v>
+        <v>29.034252834</v>
       </c>
       <c r="C76" s="5">
-        <v>4.7762062000000327E-2</v>
+        <v>4.7760912000001099E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>1.9953001405428328</v>
+        <v>1.9952517094227407</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>29.166358110000001</v>
+        <v>29.166364816000002</v>
       </c>
       <c r="C77" s="5">
-        <v>0.13210344500000204</v>
+        <v>0.1321119820000014</v>
       </c>
       <c r="D77" s="5">
-        <v>5.5986253223098359</v>
+        <v>5.5989965897967231</v>
       </c>
       <c r="E77" s="5">
-        <v>2.7016146976630129</v>
+        <v>2.7016053659796979</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>29.202546663</v>
+        <v>29.202540172999999</v>
       </c>
       <c r="C78" s="5">
-        <v>3.6188552999998791E-2</v>
+        <v>3.6175356999997632E-2</v>
       </c>
       <c r="D78" s="5">
-        <v>1.4991190195229986</v>
+        <v>1.4985682908710496</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>29.262547069</v>
+        <v>29.262544392999999</v>
       </c>
       <c r="C79" s="5">
-        <v>6.0000406000000339E-2</v>
+        <v>6.0004219999999719E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>2.4936086905914978</v>
+        <v>2.4937695560268702</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>29.218923448000002</v>
+        <v>29.218950091</v>
       </c>
       <c r="C80" s="5">
-        <v>-4.362362099999828E-2</v>
+        <v>-4.3594301999998919E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>-1.7743245476253389</v>
+        <v>-1.7731419566710094</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>29.267834350000001</v>
+        <v>29.267831032</v>
       </c>
       <c r="C81" s="5">
-        <v>4.8910901999999368E-2</v>
+        <v>4.8880941000000178E-2</v>
       </c>
       <c r="D81" s="5">
-        <v>2.0273326927347401</v>
+        <v>2.0260775108980944</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>29.533037681</v>
+        <v>29.53303438</v>
       </c>
       <c r="C82" s="5">
-        <v>0.2652033309999986</v>
+        <v>0.26520334800000001</v>
       </c>
       <c r="D82" s="5">
-        <v>11.432115088130113</v>
+        <v>11.432117219132465</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>29.664343728999999</v>
+        <v>29.664337606</v>
       </c>
       <c r="C83" s="5">
-        <v>0.13130604799999901</v>
+        <v>0.131303226</v>
       </c>
       <c r="D83" s="5">
-        <v>5.4677068272092511</v>
+        <v>5.4675870543850591</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>29.521292784</v>
+        <v>29.521289857999999</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.14305094499999882</v>
+        <v>-0.14304774800000075</v>
       </c>
       <c r="D84" s="5">
-        <v>-5.6357425754921646</v>
+        <v>-5.6356210781831724</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>29.711654805999999</v>
+        <v>29.711652349000001</v>
       </c>
       <c r="C85" s="5">
-        <v>0.19036202199999863</v>
+        <v>0.19036249100000191</v>
       </c>
       <c r="D85" s="5">
-        <v>8.0183712988750599</v>
+        <v>8.0183925829213631</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>29.692132900000001</v>
+        <v>29.692131503999999</v>
       </c>
       <c r="C86" s="5">
-        <v>-1.9521905999997813E-2</v>
+        <v>-1.9520845000002396E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>-0.78561142931353745</v>
+        <v>-0.78556895085866163</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>29.776999357000001</v>
+        <v>29.776999414999999</v>
       </c>
       <c r="C87" s="5">
-        <v>8.4866457000000395E-2</v>
+        <v>8.4867910999999907E-2</v>
       </c>
       <c r="D87" s="5">
-        <v>3.4842912317297081</v>
+        <v>3.4843520353509794</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>29.972269281999999</v>
+        <v>29.972269065999999</v>
       </c>
       <c r="C88" s="5">
-        <v>0.19526992499999807</v>
+        <v>0.19526965100000027</v>
       </c>
       <c r="D88" s="5">
-        <v>8.1594153556264324</v>
+        <v>8.1594034739169032</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>29.95286754</v>
+        <v>29.952871432999999</v>
       </c>
       <c r="C89" s="5">
-        <v>-1.9401741999999444E-2</v>
+        <v>-1.9397633000000525E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>-0.7740280886762374</v>
+        <v>-0.7738647496752904</v>
       </c>
       <c r="E89" s="5">
-        <v>2.6966322879041105</v>
+        <v>2.6966220232167437</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>30.660494059000001</v>
+        <v>30.660489471999998</v>
       </c>
       <c r="C90" s="5">
-        <v>0.70762651900000151</v>
+        <v>0.70761803899999975</v>
       </c>
       <c r="D90" s="5">
-        <v>32.339324540717548</v>
+        <v>32.338880552984264</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>30.762585786999999</v>
+        <v>30.762585523999999</v>
       </c>
       <c r="C91" s="5">
-        <v>0.10209172799999777</v>
+        <v>0.10209605200000027</v>
       </c>
       <c r="D91" s="5">
-        <v>4.0696919439302093</v>
+        <v>4.0698681010126858</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>30.853587811000001</v>
+        <v>30.853602965</v>
       </c>
       <c r="C92" s="5">
-        <v>9.1002024000001569E-2</v>
+        <v>9.1017441000001753E-2</v>
       </c>
       <c r="D92" s="5">
-        <v>3.6081753269425532</v>
+        <v>3.6087966143963923</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>30.806912207</v>
+        <v>30.806911253999999</v>
       </c>
       <c r="C93" s="5">
-        <v>-4.6675604000000703E-2</v>
+        <v>-4.6691711000001135E-2</v>
       </c>
       <c r="D93" s="5">
-        <v>-1.8003427231465419</v>
+        <v>-1.8009579533854847</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>30.895071997999999</v>
+        <v>30.895070603000001</v>
       </c>
       <c r="C94" s="5">
-        <v>8.8159790999998933E-2</v>
+        <v>8.8159349000001441E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>3.4885944160746751</v>
+        <v>3.4885767589972971</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>30.805420928</v>
+        <v>30.805414365000001</v>
       </c>
       <c r="C95" s="5">
-        <v>-8.9651069999998612E-2</v>
+        <v>-8.9656237999999888E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>-3.4271097369152459</v>
+        <v>-3.4273043049505181</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>30.638857564999999</v>
+        <v>30.638855751000001</v>
       </c>
       <c r="C96" s="5">
-        <v>-0.16656336300000163</v>
+        <v>-0.16655861399999949</v>
       </c>
       <c r="D96" s="5">
-        <v>-6.2988236605006183</v>
+        <v>-6.2986506792628294</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>30.78556597</v>
+        <v>30.785564619999999</v>
       </c>
       <c r="C97" s="5">
-        <v>0.14670840500000182</v>
+        <v>0.14670886899999758</v>
       </c>
       <c r="D97" s="5">
-        <v>5.8997400867319527</v>
+        <v>5.8997595987322571</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>31.059158409999998</v>
+        <v>31.059158039</v>
       </c>
       <c r="C98" s="5">
-        <v>0.27359243999999805</v>
+        <v>0.27359341900000089</v>
       </c>
       <c r="D98" s="5">
-        <v>11.201462444363774</v>
+        <v>11.201505021330371</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>31.067858178000002</v>
+        <v>31.067859574</v>
       </c>
       <c r="C99" s="5">
-        <v>8.6997680000031608E-3</v>
+        <v>8.701535000000149E-3</v>
       </c>
       <c r="D99" s="5">
-        <v>0.33664208094907888</v>
+        <v>0.33671056536006549</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>31.015167484999999</v>
+        <v>31.015168434</v>
       </c>
       <c r="C100" s="5">
-        <v>-5.2690693000002398E-2</v>
+        <v>-5.2691140000000303E-2</v>
       </c>
       <c r="D100" s="5">
-        <v>-2.0163076161935245</v>
+        <v>-2.0163244724824336</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>31.088474367</v>
+        <v>31.088475730999999</v>
       </c>
       <c r="C101" s="5">
-        <v>7.3306882000000684E-2</v>
+        <v>7.3307296999999494E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>2.8734610932267257</v>
+        <v>2.8734774832513743</v>
       </c>
       <c r="E101" s="5">
-        <v>3.7913125529082548</v>
+        <v>3.7913036168842007</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>30.962059903</v>
+        <v>30.962057624</v>
       </c>
       <c r="C102" s="5">
-        <v>-0.12641446399999978</v>
+        <v>-0.12641810699999922</v>
       </c>
       <c r="D102" s="5">
-        <v>-4.7718739630296376</v>
+        <v>-4.7720082128765</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>30.928339953999998</v>
+        <v>30.928342743000002</v>
       </c>
       <c r="C103" s="5">
-        <v>-3.3719949000001748E-2</v>
+        <v>-3.3714880999998087E-2</v>
       </c>
       <c r="D103" s="5">
-        <v>-1.2990880324738274</v>
+        <v>-1.2988940466079124</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>31.055467411999999</v>
+        <v>31.055470188000001</v>
       </c>
       <c r="C104" s="5">
-        <v>0.12712745800000036</v>
+        <v>0.12712744499999928</v>
       </c>
       <c r="D104" s="5">
-        <v>5.0455157625272307</v>
+        <v>5.0455147695350533</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>31.319202708999999</v>
+        <v>31.319204209999999</v>
       </c>
       <c r="C105" s="5">
-        <v>0.2637352970000002</v>
+        <v>0.26373402199999774</v>
       </c>
       <c r="D105" s="5">
-        <v>10.680606656770886</v>
+        <v>10.680551587548681</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>31.378727606999998</v>
+        <v>31.378728398</v>
       </c>
       <c r="C106" s="5">
-        <v>5.9524897999999382E-2</v>
+        <v>5.9524188000001033E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>2.3046979242734356</v>
+        <v>2.3046700347389981</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>31.010965548000001</v>
+        <v>31.010958275</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.36776205899999681</v>
+        <v>-0.36777012299999967</v>
       </c>
       <c r="D107" s="5">
-        <v>-13.192047644022932</v>
+        <v>-13.192318211625132</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>31.445848921</v>
+        <v>31.445847656000002</v>
       </c>
       <c r="C108" s="5">
-        <v>0.43488337299999813</v>
+        <v>0.43488938100000141</v>
       </c>
       <c r="D108" s="5">
-        <v>18.188826514556176</v>
+        <v>18.189102086902498</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>31.438635834999999</v>
+        <v>31.438635456</v>
       </c>
       <c r="C109" s="5">
-        <v>-7.2130860000001462E-3</v>
+        <v>-7.2122000000014452E-3</v>
       </c>
       <c r="D109" s="5">
-        <v>-0.27491042019605061</v>
+        <v>-0.27487670594326108</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>31.746104119000002</v>
+        <v>31.746104577000001</v>
       </c>
       <c r="C110" s="5">
-        <v>0.30746828400000226</v>
+        <v>0.30746912100000046</v>
       </c>
       <c r="D110" s="5">
-        <v>12.388252286553669</v>
+        <v>12.388288002014015</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>31.970837476</v>
+        <v>31.970839336000001</v>
       </c>
       <c r="C111" s="5">
-        <v>0.22473335699999808</v>
+        <v>0.22473475900000039</v>
       </c>
       <c r="D111" s="5">
-        <v>8.8335806168272626</v>
+        <v>8.8336377558442933</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>31.95030925</v>
+        <v>31.950310901000002</v>
       </c>
       <c r="C112" s="5">
-        <v>-2.0528225999999705E-2</v>
+        <v>-2.0528434999999234E-2</v>
       </c>
       <c r="D112" s="5">
-        <v>-0.76779541516170946</v>
+        <v>-0.76780316006955784</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>32.047161866000003</v>
+        <v>32.047163607999998</v>
       </c>
       <c r="C113" s="5">
-        <v>9.6852616000003167E-2</v>
+        <v>9.6852706999996485E-2</v>
       </c>
       <c r="D113" s="5">
-        <v>3.6988867522014912</v>
+        <v>3.6988900913839773</v>
       </c>
       <c r="E113" s="5">
-        <v>3.0837392909111028</v>
+        <v>3.0837403714973455</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>32.086517598</v>
+        <v>32.086516295000003</v>
       </c>
       <c r="C114" s="5">
-        <v>3.935573199999709E-2</v>
+        <v>3.9352687000004494E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>1.483662517513662</v>
+        <v>1.4835468671915431</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>32.235265546000001</v>
+        <v>32.235267317000002</v>
       </c>
       <c r="C115" s="5">
-        <v>0.14874794800000046</v>
+        <v>0.14875102199999901</v>
       </c>
       <c r="D115" s="5">
-        <v>5.7070630102431297</v>
+        <v>5.7071842124905681</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>32.263603652</v>
+        <v>32.263605378000001</v>
       </c>
       <c r="C116" s="5">
-        <v>2.8338105999999641E-2</v>
+        <v>2.833806099999947E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>1.0600387265641942</v>
+        <v>1.0600369765895623</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>32.528777941000001</v>
+        <v>32.528778277999997</v>
       </c>
       <c r="C117" s="5">
-        <v>0.26517428900000084</v>
+        <v>0.26517289999999605</v>
       </c>
       <c r="D117" s="5">
-        <v>10.321075469285223</v>
+        <v>10.321018362580858</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>32.549821025999996</v>
+        <v>32.549821696000002</v>
       </c>
       <c r="C118" s="5">
-        <v>2.1043084999995187E-2</v>
+        <v>2.1043418000004976E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>0.77905604977719367</v>
+        <v>0.77906841388490911</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>32.459320095999999</v>
+        <v>32.459311423000003</v>
       </c>
       <c r="C119" s="5">
-        <v>-9.0500929999997481E-2</v>
+        <v>-9.0510272999999586E-2</v>
       </c>
       <c r="D119" s="5">
-        <v>-3.2859066281020644</v>
+        <v>-3.2862406159338886</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>33.003613575000003</v>
+        <v>33.003612072999999</v>
       </c>
       <c r="C120" s="5">
-        <v>0.5442934790000038</v>
+        <v>0.54430064999999672</v>
       </c>
       <c r="D120" s="5">
-        <v>22.085728104793702</v>
+        <v>22.0860528813682</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>33.137332717</v>
+        <v>33.137332026999999</v>
       </c>
       <c r="C121" s="5">
-        <v>0.13371914199999679</v>
+        <v>0.13371995400000003</v>
       </c>
       <c r="D121" s="5">
-        <v>4.9718033437765818</v>
+        <v>4.9718344419711569</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>33.230780713999998</v>
+        <v>33.230781886999999</v>
       </c>
       <c r="C122" s="5">
-        <v>9.3447996999998395E-2</v>
+        <v>9.3449859999999774E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>3.4370091979534889</v>
+        <v>3.4370788578809597</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>33.612161419000003</v>
+        <v>33.612164903</v>
       </c>
       <c r="C123" s="5">
-        <v>0.38138070500000509</v>
+        <v>0.38138301600000091</v>
       </c>
       <c r="D123" s="5">
-        <v>14.675528779891645</v>
+        <v>14.675622842792336</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>33.706351832999999</v>
+        <v>33.706355328000001</v>
       </c>
       <c r="C124" s="5">
-        <v>9.4190413999996281E-2</v>
+        <v>9.4190425000000744E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>3.4150414170633248</v>
+        <v>3.4150414626025638</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>33.762483711000002</v>
+        <v>33.762486449999997</v>
       </c>
       <c r="C125" s="5">
-        <v>5.6131878000002189E-2</v>
+        <v>5.6131121999996481E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>2.0167902916734759</v>
+        <v>2.0167626686664386</v>
       </c>
       <c r="E125" s="5">
-        <v>5.3524922181013679</v>
+        <v>5.3524950381936387</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>33.608232802000003</v>
+        <v>33.608232342999997</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.15425090899999816</v>
+        <v>-0.15425410699999986</v>
       </c>
       <c r="D126" s="5">
-        <v>-5.3467630749262307</v>
+        <v>-5.3468707329791361</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>33.751544678999998</v>
+        <v>33.751544733999999</v>
       </c>
       <c r="C127" s="5">
-        <v>0.14331187699999504</v>
+        <v>0.14331239100000204</v>
       </c>
       <c r="D127" s="5">
-        <v>5.2387596879567289</v>
+        <v>5.2387789932804463</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>33.660656082000003</v>
+        <v>33.660656611999997</v>
       </c>
       <c r="C128" s="5">
-        <v>-9.0888596999995741E-2</v>
+        <v>-9.0888122000002625E-2</v>
       </c>
       <c r="D128" s="5">
-        <v>-3.184013374903194</v>
+        <v>-3.1839969752457731</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>33.527358745999997</v>
+        <v>33.527358771999999</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.13329733600000537</v>
+        <v>-0.13329783999999734</v>
       </c>
       <c r="D129" s="5">
-        <v>-4.6498943591769093</v>
+        <v>-4.6499114877527115</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>33.515108114999997</v>
+        <v>33.515109199999998</v>
       </c>
       <c r="C130" s="5">
-        <v>-1.2250631000000567E-2</v>
+        <v>-1.2249572000001763E-2</v>
       </c>
       <c r="D130" s="5">
-        <v>-0.43759038086510493</v>
+        <v>-0.43755262921403304</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>33.909169972999997</v>
+        <v>33.909160456999999</v>
       </c>
       <c r="C131" s="5">
-        <v>0.3940618580000006</v>
+        <v>0.39405125700000099</v>
       </c>
       <c r="D131" s="5">
-        <v>15.058422342851664</v>
+        <v>15.057990176563397</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>33.578752725000001</v>
+        <v>33.578750751999998</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.33041724799999628</v>
+        <v>-0.330409705000001</v>
       </c>
       <c r="D132" s="5">
-        <v>-11.086273448738071</v>
+        <v>-11.086036715949167</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>33.865390456</v>
+        <v>33.865388271999997</v>
       </c>
       <c r="C133" s="5">
-        <v>0.28663773099999901</v>
+        <v>0.28663751999999931</v>
       </c>
       <c r="D133" s="5">
-        <v>10.738420007335069</v>
+        <v>10.738412388675123</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>33.711951556000002</v>
+        <v>33.711950248000001</v>
       </c>
       <c r="C134" s="5">
-        <v>-0.1534388999999976</v>
+        <v>-0.15343802399999618</v>
       </c>
       <c r="D134" s="5">
-        <v>-5.3035532655979818</v>
+        <v>-5.3035240710681215</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>33.678182792000001</v>
+        <v>33.678182749999998</v>
       </c>
       <c r="C135" s="5">
-        <v>-3.3768764000001283E-2</v>
+        <v>-3.3767498000003116E-2</v>
       </c>
       <c r="D135" s="5">
-        <v>-1.1954220757045109</v>
+        <v>-1.1953775517444254</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>33.641719207999998</v>
+        <v>33.641740192</v>
       </c>
       <c r="C136" s="5">
-        <v>-3.646358400000338E-2</v>
+        <v>-3.6442557999997405E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>-1.2915386621122016</v>
+        <v>-1.2907983503306575</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>33.639235343000003</v>
+        <v>33.639234096999999</v>
       </c>
       <c r="C137" s="5">
-        <v>-2.483864999994978E-3</v>
+        <v>-2.5060950000010962E-3</v>
       </c>
       <c r="D137" s="5">
-        <v>-8.8563485695691835E-2</v>
+        <v>-8.9355727360340698E-2</v>
       </c>
       <c r="E137" s="5">
-        <v>-0.36504532384222799</v>
+        <v>-0.3650570972683731</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>33.677439214000003</v>
+        <v>33.677436559</v>
       </c>
       <c r="C138" s="5">
-        <v>3.8203871000000333E-2</v>
+        <v>3.8202462000000992E-2</v>
       </c>
       <c r="D138" s="5">
-        <v>1.3713775506189352</v>
+        <v>1.3713267075148527</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>33.637006118999999</v>
+        <v>33.637003192000002</v>
       </c>
       <c r="C139" s="5">
-        <v>-4.0433095000004471E-2</v>
+        <v>-4.0433366999998555E-2</v>
       </c>
       <c r="D139" s="5">
-        <v>-1.4312431094811506</v>
+        <v>-1.4312527862872959</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>33.614163840000003</v>
+        <v>33.614163431999998</v>
       </c>
       <c r="C140" s="5">
-        <v>-2.2842278999995358E-2</v>
+        <v>-2.283976000000365E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>-0.81186144717505515</v>
+        <v>-0.8117723212128225</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>33.309223136</v>
+        <v>33.309224360000002</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.30494070400000339</v>
+        <v>-0.30493907199999626</v>
       </c>
       <c r="D141" s="5">
-        <v>-10.35908196632549</v>
+        <v>-10.359029381887064</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>33.473311864000003</v>
+        <v>33.473314797999997</v>
       </c>
       <c r="C142" s="5">
-        <v>0.16408872800000296</v>
+        <v>0.16409043799999523</v>
       </c>
       <c r="D142" s="5">
-        <v>6.0742962231284503</v>
+        <v>6.0743610201205556</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>33.721506083000001</v>
+        <v>33.721497257000003</v>
       </c>
       <c r="C143" s="5">
-        <v>0.24819421899999838</v>
+        <v>0.24818245900000591</v>
       </c>
       <c r="D143" s="5">
-        <v>9.2695994183653596</v>
+        <v>9.2691412946886089</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>33.389810537999999</v>
+        <v>33.389804460999997</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.33169554500000231</v>
+        <v>-0.33169279600000579</v>
       </c>
       <c r="D144" s="5">
-        <v>-11.185494714945266</v>
+        <v>-11.185409740239782</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>33.439400120999998</v>
+        <v>33.439391499000003</v>
       </c>
       <c r="C145" s="5">
-        <v>4.9589582999999493E-2</v>
+        <v>4.9587038000005634E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>1.7968355195856267</v>
+        <v>1.7967428788820738</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>33.196586947999997</v>
+        <v>33.196578653000003</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.24281317300000183</v>
+        <v>-0.24281284599999964</v>
       </c>
       <c r="D146" s="5">
-        <v>-8.3738408356891281</v>
+        <v>-8.3738320786429519</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>33.151880638999998</v>
+        <v>33.151877763000002</v>
       </c>
       <c r="C147" s="5">
-        <v>-4.4706308999998612E-2</v>
+        <v>-4.4700890000001436E-2</v>
       </c>
       <c r="D147" s="5">
-        <v>-1.6041403782847352</v>
+        <v>-1.6039477707160854</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>33.285710504999997</v>
+        <v>33.285755004000002</v>
       </c>
       <c r="C148" s="5">
-        <v>0.13382986599999924</v>
+        <v>0.13387724100000042</v>
       </c>
       <c r="D148" s="5">
-        <v>4.9532615052626738</v>
+        <v>4.9550544975971222</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>33.320373586999999</v>
+        <v>33.320383366999998</v>
       </c>
       <c r="C149" s="5">
-        <v>3.4663082000001566E-2</v>
+        <v>3.4628362999995943E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>1.256838741871813</v>
+        <v>1.2555709756929767</v>
       </c>
       <c r="E149" s="5">
-        <v>-0.94788645683754336</v>
+        <v>-0.94785371474446212</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>33.535647416000003</v>
+        <v>33.535647683000001</v>
       </c>
       <c r="C150" s="5">
-        <v>0.21527382900000447</v>
+        <v>0.21526431600000251</v>
       </c>
       <c r="D150" s="5">
-        <v>8.0343826762399484</v>
+        <v>8.0340124831524093</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>33.522770774000001</v>
+        <v>33.522765663000001</v>
       </c>
       <c r="C151" s="5">
-        <v>-1.2876642000001937E-2</v>
+        <v>-1.2882019999999272E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>-0.45979074233872819</v>
+        <v>-0.45998236727361475</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>33.766598279</v>
+        <v>33.766587624000003</v>
       </c>
       <c r="C152" s="5">
-        <v>0.24382750499999872</v>
+        <v>0.24382196100000186</v>
       </c>
       <c r="D152" s="5">
-        <v>9.0859564948507554</v>
+        <v>9.0857430116299209</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>33.685609114000002</v>
+        <v>33.685593802</v>
       </c>
       <c r="C153" s="5">
-        <v>-8.0989164999998309E-2</v>
+        <v>-8.099382200000349E-2</v>
       </c>
       <c r="D153" s="5">
-        <v>-2.8405327054648932</v>
+        <v>-2.8406947762561696</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>33.716203028000002</v>
+        <v>33.716217946</v>
       </c>
       <c r="C154" s="5">
-        <v>3.0593914000000666E-2</v>
+        <v>3.0624144000000797E-2</v>
       </c>
       <c r="D154" s="5">
-        <v>1.0953235385719129</v>
+        <v>1.0964117515001259</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>33.620817637999998</v>
+        <v>33.620815293</v>
       </c>
       <c r="C155" s="5">
-        <v>-9.5385390000004122E-2</v>
+        <v>-9.5402653000000726E-2</v>
       </c>
       <c r="D155" s="5">
-        <v>-3.3425512383140066</v>
+        <v>-3.3431453390753152</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>33.673011957</v>
+        <v>33.672983338000002</v>
       </c>
       <c r="C156" s="5">
-        <v>5.2194319000001599E-2</v>
+        <v>5.2168045000001939E-2</v>
       </c>
       <c r="D156" s="5">
-        <v>1.8789176750314773</v>
+        <v>1.8779638959629308</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>33.622587918000001</v>
+        <v>33.622566110000001</v>
       </c>
       <c r="C157" s="5">
-        <v>-5.0424038999999254E-2</v>
+        <v>-5.0417228000000591E-2</v>
       </c>
       <c r="D157" s="5">
-        <v>-1.7822276453212993</v>
+        <v>-1.7819903929086167</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>33.768216088000003</v>
+        <v>33.768197227999998</v>
       </c>
       <c r="C158" s="5">
-        <v>0.14562817000000194</v>
+        <v>0.14563111799999717</v>
       </c>
       <c r="D158" s="5">
-        <v>5.3231318833119934</v>
+        <v>5.3232457565608904</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>33.740387267999999</v>
+        <v>33.740385140000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-2.7828820000003418E-2</v>
+        <v>-2.7812087999997459E-2</v>
       </c>
       <c r="D159" s="5">
-        <v>-0.98446521343972249</v>
+        <v>-0.98387653221045923</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>33.753716707000002</v>
+        <v>33.753800904000002</v>
       </c>
       <c r="C160" s="5">
-        <v>1.3329439000003163E-2</v>
+        <v>1.3415764000001218E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>0.47510206408747369</v>
+        <v>0.47818571390869646</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>33.601193402</v>
+        <v>33.601236782000001</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.15252330500000255</v>
+        <v>-0.15256412200000113</v>
       </c>
       <c r="D161" s="5">
-        <v>-5.2896993023160421</v>
+        <v>-5.2910670115153042</v>
       </c>
       <c r="E161" s="5">
-        <v>0.8427871142163923</v>
+        <v>0.84288770602247709</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>33.716324010000001</v>
+        <v>33.716344374000002</v>
       </c>
       <c r="C162" s="5">
-        <v>0.11513060800000119</v>
+        <v>0.11510759200000109</v>
       </c>
       <c r="D162" s="5">
-        <v>4.1900379565572576</v>
+        <v>4.189178961801221</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>33.729051318000003</v>
+        <v>33.729046312999998</v>
       </c>
       <c r="C163" s="5">
-        <v>1.2727308000002324E-2</v>
+        <v>1.2701938999995832E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>0.45392012811800164</v>
+        <v>0.45301319163209008</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>33.612485343000003</v>
+        <v>33.612452073999997</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.11656597500000032</v>
+        <v>-0.11659423900000121</v>
       </c>
       <c r="D164" s="5">
-        <v>-4.0692154212532579</v>
+        <v>-4.070184002362442</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>33.848302187999998</v>
+        <v>33.848251470000001</v>
       </c>
       <c r="C165" s="5">
-        <v>0.23581684499999511</v>
+        <v>0.23579939600000444</v>
       </c>
       <c r="D165" s="5">
-        <v>8.7514772319648095</v>
+        <v>8.7508134877910315</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>33.968415092999997</v>
+        <v>33.968427832000003</v>
       </c>
       <c r="C166" s="5">
-        <v>0.12011290499999916</v>
+        <v>0.12017636200000226</v>
       </c>
       <c r="D166" s="5">
-        <v>4.3423783930036208</v>
+        <v>4.3447241410026427</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>33.895239426000003</v>
+        <v>33.895239084000004</v>
       </c>
       <c r="C167" s="5">
-        <v>-7.3175666999993894E-2</v>
+        <v>-7.3188747999999748E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>-2.5546623508898914</v>
+        <v>-2.5551126814319369</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>34.146265794000001</v>
+        <v>34.146203300000003</v>
       </c>
       <c r="C168" s="5">
-        <v>0.251026367999998</v>
+        <v>0.25096421599999985</v>
       </c>
       <c r="D168" s="5">
-        <v>9.2582214824801454</v>
+        <v>9.2558351814832527</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>34.122420994000002</v>
+        <v>34.122375087000002</v>
       </c>
       <c r="C169" s="5">
-        <v>-2.3844799999999111E-2</v>
+        <v>-2.3828213000001597E-2</v>
       </c>
       <c r="D169" s="5">
-        <v>-0.83476530086663558</v>
+        <v>-0.83418836635883453</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>34.339840868000003</v>
+        <v>34.339819106</v>
       </c>
       <c r="C170" s="5">
-        <v>0.21741987400000085</v>
+        <v>0.21744401899999843</v>
       </c>
       <c r="D170" s="5">
-        <v>7.9198410184922574</v>
+        <v>7.920762620627908</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>34.196997897000003</v>
+        <v>34.197005861999997</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.14284297100000032</v>
+        <v>-0.14281324400000273</v>
       </c>
       <c r="D171" s="5">
-        <v>-4.8789927338177446</v>
+        <v>-4.8780035007511486</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>34.209474759999999</v>
+        <v>34.209577045000003</v>
       </c>
       <c r="C172" s="5">
-        <v>1.2476862999996285E-2</v>
+        <v>1.2571183000005703E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>0.43870274338899673</v>
+        <v>0.44202576243190794</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>34.487479131999997</v>
+        <v>34.487560334000001</v>
       </c>
       <c r="C173" s="5">
-        <v>0.27800437199999806</v>
+        <v>0.27798328899999802</v>
       </c>
       <c r="D173" s="5">
-        <v>10.199730795811291</v>
+        <v>10.198890516685676</v>
       </c>
       <c r="E173" s="5">
-        <v>2.6376614645694296</v>
+        <v>2.6377706206183404</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>34.432158063999999</v>
+        <v>34.432424181999998</v>
       </c>
       <c r="C174" s="5">
-        <v>-5.5321067999997808E-2</v>
+        <v>-5.513615200000288E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>-1.9080176139483651</v>
+        <v>-1.9016914181435252</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>34.436966771000002</v>
+        <v>34.436843943</v>
       </c>
       <c r="C175" s="5">
-        <v>4.8087070000022436E-3</v>
+        <v>4.4197610000011878E-3</v>
       </c>
       <c r="D175" s="5">
-        <v>0.16771771396193458</v>
+        <v>0.15414131467088588</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>34.391255733999998</v>
+        <v>34.391141239</v>
       </c>
       <c r="C176" s="5">
-        <v>-4.5711037000003785E-2</v>
+        <v>-4.5702703999999983E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>-1.581281809162205</v>
+        <v>-1.5810012444959609</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>34.216340508000002</v>
+        <v>34.216232501999997</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.17491522599999598</v>
+        <v>-0.17490873700000265</v>
       </c>
       <c r="D177" s="5">
-        <v>-5.9353795517740782</v>
+        <v>-5.9351846934955654</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>34.150337759000003</v>
+        <v>34.150338904000002</v>
       </c>
       <c r="C178" s="5">
-        <v>-6.6002748999999028E-2</v>
+        <v>-6.5893597999995279E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-2.2903787261514208</v>
+        <v>-2.286638218637882</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>34.063291618000001</v>
+        <v>34.063279115</v>
       </c>
       <c r="C179" s="5">
-        <v>-8.7046141000001853E-2</v>
+        <v>-8.7059789000001331E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-3.0161745457134459</v>
+        <v>-3.0166407423184993</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>33.953076121000002</v>
+        <v>33.952983502000002</v>
       </c>
       <c r="C180" s="5">
-        <v>-0.11021549699999866</v>
+        <v>-0.11029561299999813</v>
       </c>
       <c r="D180" s="5">
-        <v>-3.814374278826127</v>
+        <v>-3.8170991458598258</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>34.045616418000002</v>
+        <v>34.045559973000003</v>
       </c>
       <c r="C181" s="5">
-        <v>9.2540296999999327E-2</v>
+        <v>9.2576471000000993E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>3.3201185309756465</v>
+        <v>3.3214450862960376</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>33.940122697</v>
+        <v>33.940107251999997</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.10549372100000198</v>
+        <v>-0.10545272100000602</v>
       </c>
       <c r="D182" s="5">
-        <v>-3.6556003620870414</v>
+        <v>-3.6542096886524766</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>34.107531152999996</v>
+        <v>34.107557256</v>
       </c>
       <c r="C183" s="5">
-        <v>0.16740845599999687</v>
+        <v>0.16745000400000265</v>
       </c>
       <c r="D183" s="5">
-        <v>6.0821999684785188</v>
+        <v>6.0837535079892424</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>34.128687507999999</v>
+        <v>34.128819897</v>
       </c>
       <c r="C184" s="5">
-        <v>2.1156355000002236E-2</v>
+        <v>2.126264099999986E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>0.74688539230653994</v>
+        <v>0.75064991822955118</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>34.09179426</v>
+        <v>34.091921859000003</v>
       </c>
       <c r="C185" s="5">
-        <v>-3.689324799999838E-2</v>
+        <v>-3.6898037999996802E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>-1.2895199739159313</v>
+        <v>-1.2896814301240123</v>
       </c>
       <c r="E185" s="5">
-        <v>-1.1473290653849277</v>
+        <v>-1.147191831397687</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>34.347392434</v>
+        <v>34.347919785000002</v>
       </c>
       <c r="C186" s="5">
-        <v>0.25559817399999929</v>
+        <v>0.25599792599999915</v>
       </c>
       <c r="D186" s="5">
-        <v>9.3772397086482773</v>
+        <v>9.3924799070851392</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>34.315087978999998</v>
+        <v>34.314828319999997</v>
       </c>
       <c r="C187" s="5">
-        <v>-3.2304455000002008E-2</v>
+        <v>-3.3091465000005371E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>-1.122805622734957</v>
+        <v>-1.1499973825705334</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>34.467313509</v>
+        <v>34.467124052999999</v>
       </c>
       <c r="C188" s="5">
-        <v>0.15222553000000261</v>
+        <v>0.15229573300000254</v>
       </c>
       <c r="D188" s="5">
-        <v>5.455154669067741</v>
+        <v>5.4577745014875667</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>34.508074723999997</v>
+        <v>34.507890261</v>
       </c>
       <c r="C189" s="5">
-        <v>4.0761214999996298E-2</v>
+        <v>4.0766208000000859E-2</v>
       </c>
       <c r="D189" s="5">
-        <v>1.4283928630465459</v>
+        <v>1.4285768758073303</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>34.663013227</v>
+        <v>34.662978985000002</v>
       </c>
       <c r="C190" s="5">
-        <v>0.15493850300000389</v>
+        <v>0.15508872400000229</v>
       </c>
       <c r="D190" s="5">
-        <v>5.5229677861346804</v>
+        <v>5.5284859317860313</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>34.609505937000002</v>
+        <v>34.609469517999997</v>
       </c>
       <c r="C191" s="5">
-        <v>-5.3507289999998875E-2</v>
+        <v>-5.3509467000004918E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>-1.8367245948219146</v>
+        <v>-1.8368004896625378</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>34.062546027000003</v>
+        <v>34.062440076000001</v>
       </c>
       <c r="C192" s="5">
-        <v>-0.54695990999999822</v>
+        <v>-0.54702944199999592</v>
       </c>
       <c r="D192" s="5">
-        <v>-17.399917331878743</v>
+        <v>-17.401957401525191</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>34.151226989999998</v>
+        <v>34.151170129</v>
       </c>
       <c r="C193" s="5">
-        <v>8.8680962999994506E-2</v>
+        <v>8.8730052999999032E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>3.1692949791542357</v>
+        <v>3.1710845823155642</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>34.162076865000003</v>
+        <v>34.162080783999997</v>
       </c>
       <c r="C194" s="5">
-        <v>1.0849875000005227E-2</v>
+        <v>1.0910654999996439E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>0.38190793003949342</v>
+        <v>0.38405174430429234</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>33.870659607</v>
+        <v>33.870716950000002</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.29141725800000273</v>
+        <v>-0.29136383399999488</v>
       </c>
       <c r="D195" s="5">
-        <v>-9.7696451300551939</v>
+        <v>-9.767936208768635</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>33.806517534999998</v>
+        <v>33.806662265</v>
       </c>
       <c r="C196" s="5">
-        <v>-6.414207200000277E-2</v>
+        <v>-6.405468500000211E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>-2.2489622821193822</v>
+        <v>-2.2459263377448191</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>33.782246778000001</v>
+        <v>33.782416419999997</v>
       </c>
       <c r="C197" s="5">
-        <v>-2.4270756999996479E-2</v>
+        <v>-2.424584500000293E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>-0.85812387752348673</v>
+        <v>-0.85724289762696415</v>
       </c>
       <c r="E197" s="5">
-        <v>-0.90798237147403649</v>
+        <v>-0.90785565061448636</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>33.748478614</v>
+        <v>33.749248981000001</v>
       </c>
       <c r="C198" s="5">
-        <v>-3.3768164000001377E-2</v>
+        <v>-3.3167438999996079E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>-1.1929271816526921</v>
+        <v>-1.1718139987837883</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>33.675294901000001</v>
+        <v>33.674904814000001</v>
       </c>
       <c r="C199" s="5">
-        <v>-7.3183712999998818E-2</v>
+        <v>-7.4344166999999572E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>-2.5713922181393789</v>
+        <v>-2.6116144826610177</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>33.858296942999999</v>
+        <v>33.858020017999998</v>
       </c>
       <c r="C200" s="5">
-        <v>0.18300204199999826</v>
+        <v>0.18311520399999637</v>
       </c>
       <c r="D200" s="5">
-        <v>6.7196574915475704</v>
+        <v>6.7240179753377705</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>34.113499484000002</v>
+        <v>34.113250014000002</v>
       </c>
       <c r="C201" s="5">
-        <v>0.25520254100000273</v>
+        <v>0.25522999600000418</v>
       </c>
       <c r="D201" s="5">
-        <v>9.4293863660103394</v>
+        <v>9.4305235707524471</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>34.214029093000001</v>
+        <v>34.213964068000003</v>
       </c>
       <c r="C202" s="5">
-        <v>0.10052960899999874</v>
+        <v>0.10071405400000089</v>
       </c>
       <c r="D202" s="5">
-        <v>3.5941821385375494</v>
+        <v>3.6009107115240191</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>34.401769700000003</v>
+        <v>34.401709488999998</v>
       </c>
       <c r="C203" s="5">
-        <v>0.18774060700000206</v>
+        <v>0.18774542099999536</v>
       </c>
       <c r="D203" s="5">
-        <v>6.7870934760363433</v>
+        <v>6.7872860860261897</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>34.747638039000002</v>
+        <v>34.747532628000002</v>
       </c>
       <c r="C204" s="5">
-        <v>0.34586833899999903</v>
+        <v>0.34582313900000372</v>
       </c>
       <c r="D204" s="5">
-        <v>12.754544922637322</v>
+        <v>12.75280843987221</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>34.831557951999997</v>
+        <v>34.831521948999999</v>
       </c>
       <c r="C205" s="5">
-        <v>8.3919912999995461E-2</v>
+        <v>8.3989320999997119E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>2.936959114504667</v>
+        <v>2.9394296172171375</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>35.098310238000003</v>
+        <v>35.098336537999998</v>
       </c>
       <c r="C206" s="5">
-        <v>0.26675228600000622</v>
+        <v>0.2668145889999991</v>
       </c>
       <c r="D206" s="5">
-        <v>9.5871670503166584</v>
+        <v>9.5895117441762601</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>35.036335213000001</v>
+        <v>35.036418328000003</v>
       </c>
       <c r="C207" s="5">
-        <v>-6.1975025000002404E-2</v>
+        <v>-6.1918209999994644E-2</v>
       </c>
       <c r="D207" s="5">
-        <v>-2.0984488360368481</v>
+        <v>-2.0965421747604629</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>35.199273443999999</v>
+        <v>35.199486082999996</v>
       </c>
       <c r="C208" s="5">
-        <v>0.16293823099999827</v>
+        <v>0.16306775499999304</v>
       </c>
       <c r="D208" s="5">
-        <v>5.7256384367754043</v>
+        <v>5.7302930957557008</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>35.423361366999998</v>
+        <v>35.423564914000004</v>
       </c>
       <c r="C209" s="5">
-        <v>0.22408792299999902</v>
+        <v>0.22407883100000703</v>
       </c>
       <c r="D209" s="5">
-        <v>7.9127709202850838</v>
+        <v>7.9123890646349837</v>
       </c>
       <c r="E209" s="5">
-        <v>4.8579201963225849</v>
+        <v>4.8579961646213254</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>34.076099120000002</v>
+        <v>34.076901526999997</v>
       </c>
       <c r="C210" s="5">
-        <v>-1.3472622469999962</v>
+        <v>-1.3466633870000067</v>
       </c>
       <c r="D210" s="5">
-        <v>-37.205553104259323</v>
+        <v>-37.192137935419701</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>34.462784478000003</v>
+        <v>34.462344696999999</v>
       </c>
       <c r="C211" s="5">
-        <v>0.38668535800000114</v>
+        <v>0.38544317000000206</v>
       </c>
       <c r="D211" s="5">
-        <v>14.500107595924284</v>
+        <v>14.450230747195846</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>34.582478408999997</v>
+        <v>34.582165633999999</v>
       </c>
       <c r="C212" s="5">
-        <v>0.11969393099999337</v>
+        <v>0.11982093700000007</v>
       </c>
       <c r="D212" s="5">
-        <v>4.2483055532005709</v>
+        <v>4.2529552498153045</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>34.224400481000004</v>
+        <v>34.224114985999996</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.35807792799999305</v>
+        <v>-0.35805064800000252</v>
       </c>
       <c r="D213" s="5">
-        <v>-11.741444159076975</v>
+        <v>-11.740700167375973</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>34.465570034999999</v>
+        <v>34.465467089000001</v>
       </c>
       <c r="C214" s="5">
-        <v>0.2411695539999954</v>
+        <v>0.24135210300000409</v>
       </c>
       <c r="D214" s="5">
-        <v>8.7916087975955293</v>
+        <v>8.798599922492345</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>34.600913044999999</v>
+        <v>34.600835558</v>
       </c>
       <c r="C215" s="5">
-        <v>0.13534300999999971</v>
+        <v>0.13536846899999944</v>
       </c>
       <c r="D215" s="5">
-        <v>4.8154055677239294</v>
+        <v>4.8163457350197003</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>34.379180476999998</v>
+        <v>34.379099103000001</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.22173256800000019</v>
+        <v>-0.2217364549999985</v>
       </c>
       <c r="D216" s="5">
-        <v>-7.4246144038318418</v>
+        <v>-7.4247560512850974</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>34.452260811000002</v>
+        <v>34.452248087999997</v>
       </c>
       <c r="C217" s="5">
-        <v>7.3080334000003688E-2</v>
+        <v>7.3148984999996003E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>2.5808933158351754</v>
+        <v>2.5833524123069163</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>34.249871153000001</v>
+        <v>34.249920082999999</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.2023896580000013</v>
+        <v>-0.20232800499999826</v>
       </c>
       <c r="D218" s="5">
-        <v>-6.8260324177477631</v>
+        <v>-6.824022173849043</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>34.353431948999997</v>
+        <v>34.353529768000001</v>
       </c>
       <c r="C219" s="5">
-        <v>0.10356079599999646</v>
+        <v>0.10360968500000212</v>
       </c>
       <c r="D219" s="5">
-        <v>3.6893750371351341</v>
+        <v>3.6911404367690803</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>34.211059300000002</v>
+        <v>34.211304742999999</v>
       </c>
       <c r="C220" s="5">
-        <v>-0.14237264899999502</v>
+        <v>-0.14222502500000189</v>
       </c>
       <c r="D220" s="5">
-        <v>-4.8614124009666142</v>
+        <v>-4.8564723834322754</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>34.145722394000003</v>
+        <v>34.145921018000003</v>
       </c>
       <c r="C221" s="5">
-        <v>-6.5336905999998862E-2</v>
+        <v>-6.5383724999996673E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>-2.2678616354552927</v>
+        <v>-2.2694535804234195</v>
       </c>
       <c r="E221" s="5">
-        <v>-3.6067694416776264</v>
+        <v>-3.6067626143834408</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>34.187754513000002</v>
+        <v>34.188515443</v>
       </c>
       <c r="C222" s="5">
-        <v>4.2032118999998147E-2</v>
+        <v>4.2594424999997216E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>1.4871974637711949</v>
+        <v>1.5072210799453201</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>34.337025582000003</v>
+        <v>34.336558676999999</v>
       </c>
       <c r="C223" s="5">
-        <v>0.14927106900000098</v>
+        <v>0.1480432339999993</v>
       </c>
       <c r="D223" s="5">
-        <v>5.3671279791809967</v>
+        <v>5.3218025438583449</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>34.209973611999999</v>
+        <v>34.209641624</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.12705197000000368</v>
+        <v>-0.12691705299999967</v>
       </c>
       <c r="D224" s="5">
-        <v>-4.3509180730519681</v>
+        <v>-4.3464492400278498</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>33.934926832000002</v>
+        <v>33.934657526000002</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.27504677999999672</v>
+        <v>-0.27498409799999735</v>
       </c>
       <c r="D225" s="5">
-        <v>-9.2325498571772631</v>
+        <v>-9.230623587841368</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>34.113803871000002</v>
+        <v>34.113688967000002</v>
       </c>
       <c r="C226" s="5">
-        <v>0.17887703899999963</v>
+        <v>0.17903144099999935</v>
       </c>
       <c r="D226" s="5">
-        <v>6.5120573567797102</v>
+        <v>6.5178957289512063</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>34.155593607</v>
+        <v>34.155512127999998</v>
       </c>
       <c r="C227" s="5">
-        <v>4.1789735999998356E-2</v>
+        <v>4.1823160999996389E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>1.4799563107034563</v>
+        <v>1.4811530511130488</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>34.102624536999997</v>
+        <v>34.102580129000003</v>
       </c>
       <c r="C228" s="5">
-        <v>-5.2969070000003171E-2</v>
+        <v>-5.2931998999994789E-2</v>
       </c>
       <c r="D228" s="5">
-        <v>-1.8451887690577484</v>
+        <v>-1.8439127413371614</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>34.169206424000002</v>
+        <v>34.169227351000004</v>
       </c>
       <c r="C229" s="5">
-        <v>6.6581887000005224E-2</v>
+        <v>6.6647222000000284E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>2.368199992346498</v>
+        <v>2.37055199820011</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>34.191896829999997</v>
+        <v>34.191957934999998</v>
       </c>
       <c r="C230" s="5">
-        <v>2.2690405999995278E-2</v>
+        <v>2.273058399999428E-2</v>
       </c>
       <c r="D230" s="5">
-        <v>0.79978898992330016</v>
+        <v>0.80120987282759071</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>34.285731839999997</v>
+        <v>34.285827013000002</v>
       </c>
       <c r="C231" s="5">
-        <v>9.3835009999999386E-2</v>
+        <v>9.3869078000004436E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>3.3434024397963835</v>
+        <v>3.3446286241706868</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>34.256289946000003</v>
+        <v>34.256581646999997</v>
       </c>
       <c r="C232" s="5">
-        <v>-2.9441893999994306E-2</v>
+        <v>-2.9245366000004935E-2</v>
       </c>
       <c r="D232" s="5">
-        <v>-1.0256128095360251</v>
+        <v>-1.0187959986529327</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>34.108583144000001</v>
+        <v>34.108785648000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.14770680200000186</v>
+        <v>-0.14779599899999596</v>
       </c>
       <c r="D233" s="5">
-        <v>-5.0532196522951374</v>
+        <v>-5.0561571034664521</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.10876691836084751</v>
+        <v>-0.10875492267561349</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>33.967788380999998</v>
+        <v>33.968262008000004</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.14079476300000238</v>
+        <v>-0.14052363999999784</v>
       </c>
       <c r="D234" s="5">
-        <v>-4.8424829019036881</v>
+        <v>-4.8333401506384321</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>33.818872251000002</v>
+        <v>33.818491844</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.14891612999999637</v>
+        <v>-0.14977016400000309</v>
       </c>
       <c r="D235" s="5">
-        <v>-5.1358324100200807</v>
+        <v>-5.1645056044363642</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>33.530824346999999</v>
+        <v>33.530556394999998</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.28804790400000257</v>
+        <v>-0.28793544900000256</v>
       </c>
       <c r="D236" s="5">
-        <v>-9.7553816567655041</v>
+        <v>-9.7518542705463336</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>33.538513975999997</v>
+        <v>33.538287998000001</v>
       </c>
       <c r="C237" s="5">
-        <v>7.6896289999979217E-3</v>
+        <v>7.7316030000034175E-3</v>
       </c>
       <c r="D237" s="5">
-        <v>0.27554355559653576</v>
+        <v>0.27705174058894055</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>33.553385820999999</v>
+        <v>33.553275745999997</v>
       </c>
       <c r="C238" s="5">
-        <v>1.4871845000001827E-2</v>
+        <v>1.4987747999995804E-2</v>
       </c>
       <c r="D238" s="5">
-        <v>0.53341070840249305</v>
+        <v>0.53758167280066882</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>33.520040303999998</v>
+        <v>33.519973557</v>
       </c>
       <c r="C239" s="5">
-        <v>-3.3345517000000768E-2</v>
+        <v>-3.3302188999996929E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>-1.1860688682026832</v>
+        <v>-1.1845399996074701</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>33.642391545999999</v>
+        <v>33.642381567000001</v>
       </c>
       <c r="C240" s="5">
-        <v>0.12235124200000058</v>
+        <v>0.1224080100000009</v>
       </c>
       <c r="D240" s="5">
-        <v>4.4691224600250656</v>
+        <v>4.4712469306131153</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>33.507809981999998</v>
+        <v>33.507847789000003</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.13458156400000121</v>
+        <v>-0.13453377799999799</v>
       </c>
       <c r="D241" s="5">
-        <v>-4.6962049035787601</v>
+        <v>-4.6945752824195441</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>33.435346265</v>
+        <v>33.435409464000003</v>
       </c>
       <c r="C242" s="5">
-        <v>-7.2463716999997985E-2</v>
+        <v>-7.2438325000000248E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>-2.5644647540104981</v>
+        <v>-2.5635739396744905</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>33.411761570000003</v>
+        <v>33.411849461000003</v>
       </c>
       <c r="C243" s="5">
-        <v>-2.3584694999996714E-2</v>
+        <v>-2.3560003000000052E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>-0.84318231582483083</v>
+        <v>-0.84230137843014363</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>33.599705974000003</v>
+        <v>33.599980080999998</v>
       </c>
       <c r="C244" s="5">
-        <v>0.18794440399999957</v>
+        <v>0.18813061999999547</v>
       </c>
       <c r="D244" s="5">
-        <v>6.9629176270274762</v>
+        <v>6.9700126449615762</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>33.448620245000001</v>
+        <v>33.448819698999998</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.15108572900000183</v>
+        <v>-0.15116038200000048</v>
       </c>
       <c r="D245" s="5">
-        <v>-5.2644958825669548</v>
+        <v>-5.26699118968319</v>
       </c>
       <c r="E245" s="5">
-        <v>-1.9348880491862119</v>
+        <v>-1.9348855037256363</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>33.324228933000001</v>
+        <v>33.324405708999997</v>
       </c>
       <c r="C246" s="5">
-        <v>-0.1243913120000002</v>
+        <v>-0.12441399000000075</v>
       </c>
       <c r="D246" s="5">
-        <v>-4.3724964508686348</v>
+        <v>-4.3732518252997394</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>33.099973679999998</v>
+        <v>33.099711616</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.2242552530000026</v>
+        <v>-0.22469409299999654</v>
       </c>
       <c r="D247" s="5">
-        <v>-7.7831105487699226</v>
+        <v>-7.7977409924698371</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>33.354131488</v>
+        <v>33.353919939000001</v>
       </c>
       <c r="C248" s="5">
-        <v>0.25415780800000221</v>
+        <v>0.25420832300000029</v>
       </c>
       <c r="D248" s="5">
-        <v>9.6134524198752125</v>
+        <v>9.6155239315162575</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>33.451810428999998</v>
+        <v>33.451646758000003</v>
       </c>
       <c r="C249" s="5">
-        <v>9.7678940999998076E-2</v>
+        <v>9.7726819000001797E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>3.5714093185656104</v>
+        <v>3.5732112046946485</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>33.262429130999998</v>
+        <v>33.262347628999997</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.1893812980000007</v>
+        <v>-0.18929912900000545</v>
       </c>
       <c r="D250" s="5">
-        <v>-6.5859883298156952</v>
+        <v>-6.5832503512372025</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>33.265837535000003</v>
+        <v>33.265796074000001</v>
       </c>
       <c r="C251" s="5">
-        <v>3.4084040000053051E-3</v>
+        <v>3.4484450000036304E-3</v>
       </c>
       <c r="D251" s="5">
-        <v>0.12303342861137434</v>
+        <v>0.12447992119408724</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>33.182005760999999</v>
+        <v>33.182012256</v>
       </c>
       <c r="C252" s="5">
-        <v>-8.3831774000003634E-2</v>
+        <v>-8.3783818000000565E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>-2.9825028168927181</v>
+        <v>-2.9808239032226069</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>33.234069140999999</v>
+        <v>33.234111916000003</v>
       </c>
       <c r="C253" s="5">
-        <v>5.2063379999999881E-2</v>
+        <v>5.2099660000003212E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>1.899162809889976</v>
+        <v>1.9004973023844407</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>33.268687346</v>
+        <v>33.268741593999998</v>
       </c>
       <c r="C254" s="5">
-        <v>3.4618205000001012E-2</v>
+        <v>3.4629677999994612E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>1.2571638471392532</v>
+        <v>1.2575812531379515</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>33.372103086999999</v>
+        <v>33.372176748000001</v>
       </c>
       <c r="C255" s="5">
-        <v>0.10341574099999917</v>
+        <v>0.10343515400000314</v>
       </c>
       <c r="D255" s="5">
-        <v>3.7946407344569888</v>
+        <v>3.7953589866624338</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>33.377966493999999</v>
+        <v>33.378215081</v>
       </c>
       <c r="C256" s="5">
-        <v>5.8634069999996541E-3</v>
+        <v>6.0383329999993407E-3</v>
       </c>
       <c r="D256" s="5">
-        <v>0.21104128817874823</v>
+        <v>0.21734317700918826</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>33.403417531999999</v>
+        <v>33.403601367999997</v>
       </c>
       <c r="C257" s="5">
-        <v>2.5451037999999926E-2</v>
+        <v>2.5386286999996344E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>0.91885932501392098</v>
+        <v>0.91650497644455431</v>
       </c>
       <c r="E257" s="5">
-        <v>-0.13514074024252309</v>
+        <v>-0.13518662663409842</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>32.369450039999997</v>
+        <v>32.369375140999999</v>
       </c>
       <c r="C258" s="5">
-        <v>-1.0339674920000022</v>
+        <v>-1.0342262269999978</v>
       </c>
       <c r="D258" s="5">
-        <v>-31.430177749214117</v>
+        <v>-31.436609880138544</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>32.184638861000003</v>
+        <v>32.184501386000001</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.18481117899999333</v>
+        <v>-0.18487375499999814</v>
       </c>
       <c r="D259" s="5">
-        <v>-6.6402167106548671</v>
+        <v>-6.642409790013426</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>32.654349699999997</v>
+        <v>32.654218338</v>
       </c>
       <c r="C260" s="5">
-        <v>0.469710838999994</v>
+        <v>0.46971695199999886</v>
       </c>
       <c r="D260" s="5">
-        <v>18.989540726097644</v>
+        <v>18.989895762147736</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>32.844700635000002</v>
+        <v>32.844589966999997</v>
       </c>
       <c r="C261" s="5">
-        <v>0.19035093500000499</v>
+        <v>0.19037162899999771</v>
       </c>
       <c r="D261" s="5">
-        <v>7.2238066653046662</v>
+        <v>7.2246473536148992</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>33.057753124999998</v>
+        <v>33.057691075000001</v>
       </c>
       <c r="C262" s="5">
-        <v>0.21305248999999549</v>
+        <v>0.21310110800000359</v>
       </c>
       <c r="D262" s="5">
-        <v>8.0677950863733194</v>
+        <v>8.0697304919514323</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>33.099546756000002</v>
+        <v>33.099527180999999</v>
       </c>
       <c r="C263" s="5">
-        <v>4.1793631000004439E-2</v>
+        <v>4.1836105999998097E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>1.5277070413133753</v>
+        <v>1.5292733682354065</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>33.499934641999999</v>
+        <v>33.499947753000001</v>
       </c>
       <c r="C264" s="5">
-        <v>0.4003878859999972</v>
+        <v>0.40042057200000158</v>
       </c>
       <c r="D264" s="5">
-        <v>15.521535914153839</v>
+        <v>15.522898297911913</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>33.651857876000001</v>
+        <v>33.651895314999997</v>
       </c>
       <c r="C265" s="5">
-        <v>0.15192323400000163</v>
+        <v>0.15194756199999659</v>
       </c>
       <c r="D265" s="5">
-        <v>5.5798488604386964</v>
+        <v>5.5807625495726709</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>33.805590795000001</v>
+        <v>33.805645191000004</v>
       </c>
       <c r="C266" s="5">
-        <v>0.15373291899999941</v>
+        <v>0.15374987600000622</v>
       </c>
       <c r="D266" s="5">
-        <v>5.6218595674980776</v>
+        <v>5.6224889194322447</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>33.750251122000002</v>
+        <v>33.750324053999996</v>
       </c>
       <c r="C267" s="5">
-        <v>-5.5339672999998868E-2</v>
+        <v>-5.532113700000707E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>-1.9468069204961802</v>
+        <v>-1.9461575927597341</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>33.873388964</v>
+        <v>33.873569947</v>
       </c>
       <c r="C268" s="5">
-        <v>0.12313784199999844</v>
+        <v>0.12324589300000355</v>
       </c>
       <c r="D268" s="5">
-        <v>4.4671354252549644</v>
+        <v>4.4711244515444282</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>33.858945900999998</v>
+        <v>33.859098400999997</v>
       </c>
       <c r="C269" s="5">
-        <v>-1.4443063000001644E-2</v>
+        <v>-1.4471546000002888E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>-0.51046231697601252</v>
+        <v>-0.51146390336004321</v>
       </c>
       <c r="E269" s="5">
-        <v>1.3637178548081552</v>
+        <v>1.3636165393721811</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>34.418191161000003</v>
+        <v>34.418073896000003</v>
       </c>
       <c r="C270" s="5">
-        <v>0.55924526000000441</v>
+        <v>0.55897549500000565</v>
       </c>
       <c r="D270" s="5">
-        <v>21.723745214149858</v>
+        <v>21.712190225924832</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>34.302124483999997</v>
+        <v>34.301994294000004</v>
       </c>
       <c r="C271" s="5">
-        <v>-0.11606667700000628</v>
+        <v>-0.11607960199999923</v>
       </c>
       <c r="D271" s="5">
-        <v>-3.9724793694925653</v>
+        <v>-3.9729268511963123</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>34.573158421999999</v>
+        <v>34.573030181999997</v>
       </c>
       <c r="C272" s="5">
-        <v>0.27103393800000219</v>
+        <v>0.27103588799999301</v>
       </c>
       <c r="D272" s="5">
-        <v>9.9047469054317503</v>
+        <v>9.9048605331638395</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>34.764449696</v>
+        <v>34.764350344</v>
       </c>
       <c r="C273" s="5">
-        <v>0.19129127400000101</v>
+        <v>0.19132016200000379</v>
       </c>
       <c r="D273" s="5">
-        <v>6.8453521361157676</v>
+        <v>6.8464437293817904</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>34.929588815000002</v>
+        <v>34.929552342999997</v>
       </c>
       <c r="C274" s="5">
-        <v>0.16513911900000267</v>
+        <v>0.1652019989999971</v>
       </c>
       <c r="D274" s="5">
-        <v>5.8515859730434938</v>
+        <v>5.8538898043061449</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>35.331828250999997</v>
+        <v>35.331846423999998</v>
       </c>
       <c r="C275" s="5">
-        <v>0.40223943599999501</v>
+        <v>0.40229408100000086</v>
       </c>
       <c r="D275" s="5">
-        <v>14.728588120763387</v>
+        <v>14.730733808975893</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>35.368104877</v>
+        <v>35.368154162000003</v>
       </c>
       <c r="C276" s="5">
-        <v>3.6276626000002921E-2</v>
+        <v>3.6307738000004974E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>1.2390704018428789</v>
+        <v>1.2401384402538573</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>35.529987210999998</v>
+        <v>35.530046007000003</v>
       </c>
       <c r="C277" s="5">
-        <v>0.16188233399999774</v>
+        <v>0.16189184499999953</v>
       </c>
       <c r="D277" s="5">
-        <v>5.6328840794924062</v>
+        <v>5.6332153531169382</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>35.852100370999999</v>
+        <v>35.852161531999997</v>
       </c>
       <c r="C278" s="5">
-        <v>0.32211316000000068</v>
+        <v>0.32211552499999385</v>
       </c>
       <c r="D278" s="5">
-        <v>11.438338723006947</v>
+        <v>11.438407053767307</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>36.252531433000001</v>
+        <v>36.252598720000002</v>
       </c>
       <c r="C279" s="5">
-        <v>0.40043106200000267</v>
+        <v>0.40043718800000505</v>
       </c>
       <c r="D279" s="5">
-        <v>14.257524429433666</v>
+        <v>14.257730282461289</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>36.397474093</v>
+        <v>36.397590872999999</v>
       </c>
       <c r="C280" s="5">
-        <v>0.14494265999999811</v>
+        <v>0.1449921529999969</v>
       </c>
       <c r="D280" s="5">
-        <v>4.9046873354010367</v>
+        <v>4.9063898232447389</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>36.673836766999997</v>
+        <v>36.673951291000002</v>
       </c>
       <c r="C281" s="5">
-        <v>0.27636267399999781</v>
+        <v>0.27636041800000299</v>
       </c>
       <c r="D281" s="5">
-        <v>9.5017915314792525</v>
+        <v>9.5016789291375368</v>
       </c>
       <c r="E281" s="5">
-        <v>8.3135809195904908</v>
+        <v>8.3134313166379759</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>36.768989212999998</v>
+        <v>36.768844012999999</v>
       </c>
       <c r="C282" s="5">
-        <v>9.5152446000000168E-2</v>
+        <v>9.489272199999732E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>3.1582871915946331</v>
+        <v>3.1495334426585808</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>37.124114618999997</v>
+        <v>37.123954038000001</v>
       </c>
       <c r="C283" s="5">
-        <v>0.35512540599999909</v>
+        <v>0.35511002500000188</v>
       </c>
       <c r="D283" s="5">
-        <v>12.225865681766269</v>
+        <v>12.225358594011171</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>36.983358916999997</v>
+        <v>36.983220996</v>
       </c>
       <c r="C284" s="5">
-        <v>-0.14075570199999987</v>
+        <v>-0.14073304200000081</v>
       </c>
       <c r="D284" s="5">
-        <v>-4.4560990804632716</v>
+        <v>-4.455415463891943</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>36.860919991999999</v>
+        <v>36.860844692999997</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.12243892499999731</v>
+        <v>-0.12237630300000291</v>
       </c>
       <c r="D285" s="5">
-        <v>-3.9012327083182252</v>
+        <v>-3.899287853367539</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>37.107853957000003</v>
+        <v>37.107616931000003</v>
       </c>
       <c r="C286" s="5">
-        <v>0.24693396500000375</v>
+        <v>0.24677223800000547</v>
       </c>
       <c r="D286" s="5">
-        <v>8.3417934199203625</v>
+        <v>8.3361449897045858</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>37.103117509999997</v>
+        <v>37.103428968999999</v>
       </c>
       <c r="C287" s="5">
-        <v>-4.7364470000061942E-3</v>
+        <v>-4.1879620000031537E-3</v>
       </c>
       <c r="D287" s="5">
-        <v>-0.15306053555912413</v>
+        <v>-0.13534784712635473</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>37.180533590000003</v>
+        <v>37.180668679999997</v>
       </c>
       <c r="C288" s="5">
-        <v>7.7416080000006104E-2</v>
+        <v>7.7239710999997158E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>2.5327478367541678</v>
+        <v>2.5268900608553801</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>37.350384335999998</v>
+        <v>37.350469779000001</v>
       </c>
       <c r="C289" s="5">
-        <v>0.1698507459999945</v>
+        <v>0.16980109900000429</v>
       </c>
       <c r="D289" s="5">
-        <v>5.6217801117631305</v>
+        <v>5.6200744496167632</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>37.697197883000001</v>
+        <v>37.697245143000004</v>
       </c>
       <c r="C290" s="5">
-        <v>0.34681354700000355</v>
+        <v>0.34677536400000264</v>
       </c>
       <c r="D290" s="5">
-        <v>11.729519499591312</v>
+        <v>11.728133260733586</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>36.831128935000002</v>
+        <v>36.831225455000002</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.86606894799999878</v>
+        <v>-0.86601968800000151</v>
       </c>
       <c r="D291" s="5">
-        <v>-24.339093740848828</v>
+        <v>-24.337852650362425</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>37.049518247999998</v>
+        <v>37.049578097000001</v>
       </c>
       <c r="C292" s="5">
-        <v>0.21838931299999587</v>
+        <v>0.21835264199999926</v>
       </c>
       <c r="D292" s="5">
-        <v>7.3520673184696905</v>
+        <v>7.3507723659006707</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>36.876406611</v>
+        <v>36.876356244</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.1731116369999981</v>
+        <v>-0.17322185300000115</v>
       </c>
       <c r="D293" s="5">
-        <v>-5.4650591202663907</v>
+        <v>-5.468441002930879</v>
       </c>
       <c r="E293" s="5">
-        <v>0.55235519884921924</v>
+        <v>0.55190386057384355</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>37.789403827000001</v>
+        <v>37.789223456000002</v>
       </c>
       <c r="C294" s="5">
-        <v>0.91299721600000083</v>
+        <v>0.91286721200000187</v>
       </c>
       <c r="D294" s="5">
-        <v>34.108821308405247</v>
+        <v>34.103338136647452</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>37.507708239999999</v>
+        <v>37.507513479000004</v>
       </c>
       <c r="C295" s="5">
-        <v>-0.28169558700000152</v>
+        <v>-0.28170997699999845</v>
       </c>
       <c r="D295" s="5">
-        <v>-8.5874415930161661</v>
+        <v>-8.5879017668897166</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>37.642497241999997</v>
+        <v>37.642286708999997</v>
       </c>
       <c r="C296" s="5">
-        <v>0.13478900199999799</v>
+        <v>0.1347732299999933</v>
       </c>
       <c r="D296" s="5">
-        <v>4.3986247335085604</v>
+        <v>4.3981231160247436</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>37.936193451999998</v>
+        <v>37.936012570999999</v>
       </c>
       <c r="C297" s="5">
-        <v>0.29369621000000024</v>
+        <v>0.29372586200000228</v>
       </c>
       <c r="D297" s="5">
-        <v>9.7751118680913009</v>
+        <v>9.7761985579694954</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>38.320473827000001</v>
+        <v>38.319788197000001</v>
       </c>
       <c r="C298" s="5">
-        <v>0.384280375000003</v>
+        <v>0.38377562600000203</v>
       </c>
       <c r="D298" s="5">
-        <v>12.856201753424457</v>
+        <v>12.838429495042236</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>38.429001186999997</v>
+        <v>38.430333269999998</v>
       </c>
       <c r="C299" s="5">
-        <v>0.10852735999999652</v>
+        <v>0.11054507299999727</v>
       </c>
       <c r="D299" s="5">
-        <v>3.4519584186165631</v>
+        <v>3.517222062380343</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>38.550971160000003</v>
+        <v>38.551179191999999</v>
       </c>
       <c r="C300" s="5">
-        <v>0.12196997300000589</v>
+        <v>0.12084592200000088</v>
       </c>
       <c r="D300" s="5">
-        <v>3.8758798525651006</v>
+        <v>3.8394051173508137</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>38.512891660000001</v>
+        <v>38.512876976000001</v>
       </c>
       <c r="C301" s="5">
-        <v>-3.8079500000002042E-2</v>
+        <v>-3.8302215999998168E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>-1.1789058266503338</v>
+        <v>-1.1857569086551778</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>38.413519555000001</v>
+        <v>38.413529115000003</v>
       </c>
       <c r="C302" s="5">
-        <v>-9.9372105000000488E-2</v>
+        <v>-9.9347860999998261E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>-3.0527112528330735</v>
+        <v>-3.05197815907573</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>38.514050834999999</v>
+        <v>38.514188138999998</v>
       </c>
       <c r="C303" s="5">
-        <v>0.10053127999999845</v>
+        <v>0.10065902399999516</v>
       </c>
       <c r="D303" s="5">
-        <v>3.1860976291053777</v>
+        <v>3.1902038895531115</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>38.688080053999997</v>
+        <v>38.688100370000001</v>
       </c>
       <c r="C304" s="5">
-        <v>0.17402921899999768</v>
+        <v>0.17391223100000275</v>
       </c>
       <c r="D304" s="5">
-        <v>5.5591154703789281</v>
+        <v>5.5552648614046962</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>38.598382260000001</v>
+        <v>38.598110454999997</v>
       </c>
       <c r="C305" s="5">
-        <v>-8.9697793999995667E-2</v>
+        <v>-8.9989915000003862E-2</v>
       </c>
       <c r="D305" s="5">
-        <v>-2.7469791308503022</v>
+        <v>-2.7558097201562659</v>
       </c>
       <c r="E305" s="5">
-        <v>4.6695863487044464</v>
+        <v>4.6689922388417626</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>38.486219794</v>
+        <v>38.485957775999999</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.1121624660000009</v>
+        <v>-0.11215267899999759</v>
       </c>
       <c r="D306" s="5">
-        <v>-3.4318669912385191</v>
+        <v>-3.4315960848977589</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>38.527259072</v>
+        <v>38.526914767000001</v>
       </c>
       <c r="C307" s="5">
-        <v>4.1039277999999513E-2</v>
+        <v>4.0956991000001608E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>1.2871357635257263</v>
+        <v>1.2845486266852779</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>38.495084110000001</v>
+        <v>38.494684227999997</v>
       </c>
       <c r="C308" s="5">
-        <v>-3.2174961999999141E-2</v>
+        <v>-3.2230539000003944E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>-0.99755617059003043</v>
+        <v>-0.99928025491877737</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>37.862968940999998</v>
+        <v>37.862649222999998</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.6321151690000022</v>
+        <v>-0.63203500499999876</v>
       </c>
       <c r="D309" s="5">
-        <v>-18.019095066272307</v>
+        <v>-18.01718278179122</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>38.267634925000003</v>
+        <v>38.266556395999999</v>
       </c>
       <c r="C310" s="5">
-        <v>0.40466598400000464</v>
+        <v>0.40390717300000034</v>
       </c>
       <c r="D310" s="5">
-        <v>13.606579192305102</v>
+        <v>13.579671085939671</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>38.534046212</v>
+        <v>38.536512127000002</v>
       </c>
       <c r="C311" s="5">
-        <v>0.26641128699999683</v>
+        <v>0.26995573100000314</v>
       </c>
       <c r="D311" s="5">
-        <v>8.6815693691256293</v>
+        <v>8.8018490081029235</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>38.602954408999999</v>
+        <v>38.603337412000002</v>
       </c>
       <c r="C312" s="5">
-        <v>6.890819699999895E-2</v>
+        <v>6.6825285000000179E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>2.1671221650388928</v>
+        <v>2.1008540975690382</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>38.541877603000003</v>
+        <v>38.541777062999998</v>
       </c>
       <c r="C313" s="5">
-        <v>-6.1076805999995543E-2</v>
+        <v>-6.1560349000004067E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>-1.8821805864775221</v>
+        <v>-1.8969326415874344</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>38.312870003</v>
+        <v>38.312799157999997</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.22900760000000275</v>
+        <v>-0.2289779050000007</v>
       </c>
       <c r="D314" s="5">
-        <v>-6.9016856155464819</v>
+        <v>-6.9008371412599185</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>38.355949744</v>
+        <v>38.356124059999999</v>
       </c>
       <c r="C315" s="5">
-        <v>4.3079740999999672E-2</v>
+        <v>4.3324902000001941E-2</v>
       </c>
       <c r="D315" s="5">
-        <v>1.3576793527568354</v>
+        <v>1.3654563816881016</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>38.361653998999998</v>
+        <v>38.361739671000002</v>
       </c>
       <c r="C316" s="5">
-        <v>5.7042549999977155E-3</v>
+        <v>5.6156110000031845E-3</v>
       </c>
       <c r="D316" s="5">
-        <v>0.17860873747268524</v>
+        <v>0.17583012641340101</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>38.269429852999998</v>
+        <v>38.269077254999999</v>
       </c>
       <c r="C317" s="5">
-        <v>-9.2224145999999507E-2</v>
+        <v>-9.2662416000003134E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>-2.8470443385786415</v>
+        <v>-2.8603886006403512</v>
       </c>
       <c r="E317" s="5">
-        <v>-0.85224402614639816</v>
+        <v>-0.85245934612162566</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>38.243404345000002</v>
+        <v>38.243065731999998</v>
       </c>
       <c r="C318" s="5">
-        <v>-2.6025507999996478E-2</v>
+        <v>-2.6011523000001091E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>-0.81302651567739526</v>
+        <v>-0.812598720732427</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>38.237974113</v>
+        <v>38.237409649</v>
       </c>
       <c r="C319" s="5">
-        <v>-5.4302320000019222E-3</v>
+        <v>-5.6560829999980911E-3</v>
       </c>
       <c r="D319" s="5">
-        <v>-0.17025659761484846</v>
+        <v>-0.17733361923562008</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>38.022628986999997</v>
+        <v>38.021884243000002</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.21534512600000255</v>
+        <v>-0.21552540599999759</v>
       </c>
       <c r="D320" s="5">
-        <v>-6.5526039420065967</v>
+        <v>-6.5580144740270407</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>38.189157006999999</v>
+        <v>38.188446859999999</v>
       </c>
       <c r="C321" s="5">
-        <v>0.16652802000000122</v>
+        <v>0.16656261699999675</v>
       </c>
       <c r="D321" s="5">
-        <v>5.3841165919898737</v>
+        <v>5.3853702919422375</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>38.332624600000003</v>
+        <v>38.330948124999999</v>
       </c>
       <c r="C322" s="5">
-        <v>0.143467593000004</v>
+        <v>0.14250126499999993</v>
       </c>
       <c r="D322" s="5">
-        <v>4.6024389103631602</v>
+        <v>4.5708869442825595</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>37.898260645999997</v>
+        <v>37.902129430999999</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.43436395400000549</v>
+        <v>-0.42881869400000028</v>
       </c>
       <c r="D323" s="5">
-        <v>-12.781489084834718</v>
+        <v>-12.628743193165414</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>37.975961556999998</v>
+        <v>37.976424375999997</v>
       </c>
       <c r="C324" s="5">
-        <v>7.7700911000000872E-2</v>
+        <v>7.4294944999998336E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>2.4882338133848103</v>
+        <v>2.3777399936437016</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>37.992813052000002</v>
+        <v>37.992586150000001</v>
       </c>
       <c r="C325" s="5">
-        <v>1.6851495000004491E-2</v>
+        <v>1.6161774000003959E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>0.5337908262933011</v>
+        <v>0.51188569138114204</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>38.202822466000001</v>
+        <v>38.202697583999999</v>
       </c>
       <c r="C326" s="5">
-        <v>0.21000941399999817</v>
+        <v>0.2101114339999981</v>
       </c>
       <c r="D326" s="5">
-        <v>6.8385524704558831</v>
+        <v>6.842018360565949</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>37.767779157</v>
+        <v>37.768083889000003</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.43504330900000099</v>
+        <v>-0.43461369499999591</v>
       </c>
       <c r="D327" s="5">
-        <v>-12.8410534779829</v>
+        <v>-12.829194733909832</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>38.130250298999997</v>
+        <v>38.130729492999997</v>
       </c>
       <c r="C328" s="5">
-        <v>0.36247114199999686</v>
+        <v>0.36264560399999368</v>
       </c>
       <c r="D328" s="5">
-        <v>12.144634095196061</v>
+        <v>12.150688285830968</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>38.256610524999999</v>
+        <v>38.256634566999999</v>
       </c>
       <c r="C329" s="5">
-        <v>0.12636022600000274</v>
+        <v>0.12590507400000206</v>
       </c>
       <c r="D329" s="5">
-        <v>4.0499801208463193</v>
+        <v>4.0350744393675475</v>
       </c>
       <c r="E329" s="5">
-        <v>-3.3497567246865145E-2</v>
+        <v>-3.2513687009205761E-2</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>37.968901142</v>
+        <v>37.968448922</v>
       </c>
       <c r="C330" s="5">
-        <v>-0.28770938299999926</v>
+        <v>-0.28818564499999866</v>
       </c>
       <c r="D330" s="5">
-        <v>-8.6605345298929279</v>
+        <v>-8.6742769267132971</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>37.843992512</v>
+        <v>37.843132312999998</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.12490863000000019</v>
+        <v>-0.12531660900000219</v>
       </c>
       <c r="D331" s="5">
-        <v>-3.8770626329648006</v>
+        <v>-3.8895424794726297</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>37.976921071</v>
+        <v>37.975687426999997</v>
       </c>
       <c r="C332" s="5">
-        <v>0.13292855899999978</v>
+        <v>0.13255511399999875</v>
       </c>
       <c r="D332" s="5">
-        <v>4.2974400983994299</v>
+        <v>4.2852327801786716</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>37.730576237000001</v>
+        <v>37.728487332999997</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.24634483399999851</v>
+        <v>-0.24720009400000009</v>
       </c>
       <c r="D333" s="5">
-        <v>-7.5122462121361639</v>
+        <v>-7.5376368878869666</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>37.706468977</v>
+        <v>37.703992358999997</v>
       </c>
       <c r="C334" s="5">
-        <v>-2.4107260000000963E-2</v>
+        <v>-2.4494973999999559E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>-0.76402938912375484</v>
+        <v>-0.77631616207129994</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>37.951039823000002</v>
+        <v>37.956672562999998</v>
       </c>
       <c r="C335" s="5">
-        <v>0.24457084600000201</v>
+        <v>0.25268020400000069</v>
       </c>
       <c r="D335" s="5">
-        <v>8.0671699458676684</v>
+        <v>8.3451651427424842</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>37.532194265000001</v>
+        <v>37.532983076000001</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.41884555800000101</v>
+        <v>-0.4236894869999972</v>
       </c>
       <c r="D336" s="5">
-        <v>-12.468713681812959</v>
+        <v>-12.602422478636433</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>37.736036466000002</v>
+        <v>37.736152463000003</v>
       </c>
       <c r="C337" s="5">
-        <v>0.2038422010000005</v>
+        <v>0.20316938700000264</v>
       </c>
       <c r="D337" s="5">
-        <v>6.7156043971899892</v>
+        <v>6.6926295557016902</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>37.900537125</v>
+        <v>37.899839749999998</v>
       </c>
       <c r="C338" s="5">
-        <v>0.164500658999998</v>
+        <v>0.1636872869999948</v>
       </c>
       <c r="D338" s="5">
-        <v>5.3583553908653769</v>
+        <v>5.3312090458763617</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>37.656742420999997</v>
+        <v>37.657229522000002</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.24379470400000258</v>
+        <v>-0.24261022799999665</v>
       </c>
       <c r="D339" s="5">
-        <v>-7.4516682443063971</v>
+        <v>-7.4168611062827132</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>37.793220482999999</v>
+        <v>37.792914682000003</v>
       </c>
       <c r="C340" s="5">
-        <v>0.1364780620000019</v>
+        <v>0.1356851600000013</v>
       </c>
       <c r="D340" s="5">
-        <v>4.4368684825536242</v>
+        <v>4.4105202958008682</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>37.833956716000003</v>
+        <v>37.837951115999999</v>
       </c>
       <c r="C341" s="5">
-        <v>4.0736233000004063E-2</v>
+        <v>4.5036433999996461E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>1.3011412707133019</v>
+        <v>1.4394058416886901</v>
       </c>
       <c r="E341" s="5">
-        <v>-1.1047863446339568</v>
+        <v>-1.0944074295577311</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>37.896956897999999</v>
+        <v>37.895286321</v>
       </c>
       <c r="C342" s="5">
-        <v>6.300018199999613E-2</v>
+        <v>5.733520500000111E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>2.0166132386004731</v>
+        <v>1.8335705789256362</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>37.842108691</v>
+        <v>37.840116184999999</v>
       </c>
       <c r="C343" s="5">
-        <v>-5.484820699999915E-2</v>
+        <v>-5.517013600000098E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>-1.7229997790580098</v>
+        <v>-1.7331077999123923</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>38.143935845000001</v>
+        <v>38.142015063999999</v>
       </c>
       <c r="C344" s="5">
-        <v>0.30182715400000149</v>
+        <v>0.30189887899999945</v>
       </c>
       <c r="D344" s="5">
-        <v>10.002383159785456</v>
+        <v>10.005415481716518</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>38.421134025999997</v>
+        <v>38.417812302999998</v>
       </c>
       <c r="C345" s="5">
-        <v>0.27719818099999571</v>
+        <v>0.27579723899999919</v>
       </c>
       <c r="D345" s="5">
-        <v>9.0777350000089463</v>
+        <v>9.030490193775865</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>38.372713820000001</v>
+        <v>38.369685959999998</v>
       </c>
       <c r="C346" s="5">
-        <v>-4.8420205999995858E-2</v>
+        <v>-4.8126342999999849E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>-1.5018607241638393</v>
+        <v>-1.4929367962047135</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>38.593036711000003</v>
+        <v>38.598179234</v>
       </c>
       <c r="C347" s="5">
-        <v>0.22032289100000213</v>
+        <v>0.22849327400000163</v>
       </c>
       <c r="D347" s="5">
-        <v>7.1117843184640206</v>
+        <v>7.3848179882336051</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>38.640379086000003</v>
+        <v>38.642644003999997</v>
       </c>
       <c r="C348" s="5">
-        <v>4.7342374999999493E-2</v>
+        <v>4.44647699999976E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>1.4820217118320711</v>
+        <v>1.3911821395446777</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>38.720900767000003</v>
+        <v>38.721996038999997</v>
       </c>
       <c r="C349" s="5">
-        <v>8.0521681000000456E-2</v>
+        <v>7.9352034999999432E-2</v>
       </c>
       <c r="D349" s="5">
-        <v>2.529509514077577</v>
+        <v>2.4922025270482706</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>38.893559553000003</v>
+        <v>38.892305743000001</v>
       </c>
       <c r="C350" s="5">
-        <v>0.17265878599999951</v>
+        <v>0.17030970400000456</v>
       </c>
       <c r="D350" s="5">
-        <v>5.4840703667255131</v>
+        <v>5.4074871232413946</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>39.141812338999998</v>
+        <v>39.142329234000002</v>
       </c>
       <c r="C351" s="5">
-        <v>0.24825278599999479</v>
+        <v>0.25002349100000032</v>
       </c>
       <c r="D351" s="5">
-        <v>7.9341471079584114</v>
+        <v>7.9930214910322261</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>39.182898332999997</v>
+        <v>39.181853101000002</v>
       </c>
       <c r="C352" s="5">
-        <v>4.1085993999999459E-2</v>
+        <v>3.9523866999999768E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>1.2669016740692651</v>
+        <v>1.2184489305250512</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>39.146279722999999</v>
+        <v>39.156056460999999</v>
       </c>
       <c r="C353" s="5">
-        <v>-3.6618609999997886E-2</v>
+        <v>-2.5796640000002924E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>-1.1157206301571687</v>
+        <v>-0.78720418905289247</v>
       </c>
       <c r="E353" s="5">
-        <v>3.4686380196788047</v>
+        <v>3.4835536970780456</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>39.557953601000001</v>
+        <v>39.553877682</v>
       </c>
       <c r="C354" s="5">
-        <v>0.41167387800000199</v>
+        <v>0.39782122100000095</v>
       </c>
       <c r="D354" s="5">
-        <v>13.37566827443486</v>
+        <v>12.896750358726127</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>39.861619185000002</v>
+        <v>39.858178072000001</v>
       </c>
       <c r="C355" s="5">
-        <v>0.30366558400000088</v>
+        <v>0.30430039000000164</v>
       </c>
       <c r="D355" s="5">
-        <v>9.6108206334485367</v>
+        <v>9.6328043125825111</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>40.152264485000003</v>
+        <v>40.149474159999997</v>
       </c>
       <c r="C356" s="5">
-        <v>0.29064530000000133</v>
+        <v>0.29129608799999573</v>
       </c>
       <c r="D356" s="5">
-        <v>9.109179745736995</v>
+        <v>9.1312231545106251</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>40.652802448999999</v>
+        <v>40.647790380000004</v>
       </c>
       <c r="C357" s="5">
-        <v>0.50053796399999584</v>
+        <v>0.49831622000000664</v>
       </c>
       <c r="D357" s="5">
-        <v>16.028680648543169</v>
+        <v>15.953795000400017</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>41.219657840000004</v>
+        <v>41.21539009</v>
       </c>
       <c r="C358" s="5">
-        <v>0.56685539100000426</v>
+        <v>0.56759970999999609</v>
       </c>
       <c r="D358" s="5">
-        <v>18.077381692929517</v>
+        <v>18.105376586523182</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>40.790577759000001</v>
+        <v>40.792298590999998</v>
       </c>
       <c r="C359" s="5">
-        <v>-0.42908008100000217</v>
+        <v>-0.42309149900000165</v>
       </c>
       <c r="D359" s="5">
-        <v>-11.800587651169037</v>
+        <v>-11.646214978406476</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>41.176628547999996</v>
+        <v>41.185690831999999</v>
       </c>
       <c r="C360" s="5">
-        <v>0.38605078899999512</v>
+        <v>0.39339224100000081</v>
       </c>
       <c r="D360" s="5">
-        <v>11.967281842052092</v>
+        <v>12.206528389772719</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>41.157763652</v>
+        <v>41.158795320000003</v>
       </c>
       <c r="C361" s="5">
-        <v>-1.8864895999996634E-2</v>
+        <v>-2.6895511999995847E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>-0.54839165005071688</v>
+        <v>-0.7808281473442813</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>41.397638239999999</v>
+        <v>41.395518834000001</v>
       </c>
       <c r="C362" s="5">
-        <v>0.23987458799999928</v>
+        <v>0.23672351399999769</v>
       </c>
       <c r="D362" s="5">
-        <v>7.2224073889256335</v>
+        <v>7.124326427637917</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>41.841761992000002</v>
+        <v>41.843104275000002</v>
       </c>
       <c r="C363" s="5">
-        <v>0.44412375200000298</v>
+        <v>0.44758544100000108</v>
       </c>
       <c r="D363" s="5">
-        <v>13.661346385744388</v>
+        <v>13.774987780367741</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>41.778912449000003</v>
+        <v>41.778031435000003</v>
       </c>
       <c r="C364" s="5">
-        <v>-6.2849542999998675E-2</v>
+        <v>-6.5072839999999132E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>-1.787675404121003</v>
+        <v>-1.8503155334029131</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>41.905652961000001</v>
+        <v>41.922363666000003</v>
       </c>
       <c r="C365" s="5">
-        <v>0.12674051199999781</v>
+        <v>0.14433223099999992</v>
       </c>
       <c r="D365" s="5">
-        <v>3.7016765013597963</v>
+        <v>4.2253745680170374</v>
       </c>
       <c r="E365" s="5">
-        <v>7.0488773327258558</v>
+        <v>7.0648258660963137</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>40.809139424000001</v>
+        <v>40.802171463999997</v>
       </c>
       <c r="C366" s="5">
-        <v>-1.0965135369999999</v>
+        <v>-1.1201922020000055</v>
       </c>
       <c r="D366" s="5">
-        <v>-27.252530103750562</v>
+        <v>-27.747947942304329</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>41.769529554999998</v>
+        <v>41.763222220000003</v>
       </c>
       <c r="C367" s="5">
-        <v>0.96039013099999693</v>
+        <v>0.96105075600000589</v>
       </c>
       <c r="D367" s="5">
-        <v>32.198268873468109</v>
+        <v>32.229595650533518</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>40.958535824000002</v>
+        <v>40.952739358999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.81099373099999639</v>
+        <v>-0.81048286100000411</v>
       </c>
       <c r="D368" s="5">
-        <v>-20.965252232930666</v>
+        <v>-20.956256624895698</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>30.341847648000002</v>
+        <v>30.336074576000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-10.616688176</v>
+        <v>-10.616664782999997</v>
       </c>
       <c r="D369" s="5">
-        <v>-97.268688697266384</v>
+        <v>-97.270286224615745</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>31.904868349000001</v>
+        <v>31.899990674000001</v>
       </c>
       <c r="C370" s="5">
-        <v>1.5630207009999992</v>
+        <v>1.563916098</v>
       </c>
       <c r="D370" s="5">
-        <v>82.717103779750971</v>
+        <v>82.799108561315649</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>34.621503816000001</v>
+        <v>34.620840117999997</v>
       </c>
       <c r="C371" s="5">
-        <v>2.7166354669999997</v>
+        <v>2.7208494439999953</v>
       </c>
       <c r="D371" s="5">
-        <v>166.60460839772165</v>
+        <v>167.03276660441313</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>35.030360424000001</v>
+        <v>35.044321228000001</v>
       </c>
       <c r="C372" s="5">
-        <v>0.40885660800000068</v>
+        <v>0.42348111000000443</v>
       </c>
       <c r="D372" s="5">
-        <v>15.128841367160728</v>
+        <v>15.707258139879897</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>35.740576400000002</v>
+        <v>35.742898195999999</v>
       </c>
       <c r="C373" s="5">
-        <v>0.71021597600000064</v>
+        <v>0.69857696799999758</v>
       </c>
       <c r="D373" s="5">
-        <v>27.234051845768814</v>
+        <v>26.72588682514645</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>36.372687538999998</v>
+        <v>36.372736697999997</v>
       </c>
       <c r="C374" s="5">
-        <v>0.6321111389999956</v>
+        <v>0.62983850199999836</v>
       </c>
       <c r="D374" s="5">
-        <v>23.414467790477399</v>
+        <v>23.32030074805056</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>37.134698288999999</v>
+        <v>37.137745590000002</v>
       </c>
       <c r="C375" s="5">
-        <v>0.76201075000000174</v>
+        <v>0.76500889200000444</v>
       </c>
       <c r="D375" s="5">
-        <v>28.249031792154366</v>
+        <v>28.373297310604496</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>36.932759433000001</v>
+        <v>36.933123768000002</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.20193885599999817</v>
+        <v>-0.20462182200000001</v>
       </c>
       <c r="D376" s="5">
-        <v>-6.3339319336312201</v>
+        <v>-6.4150407678613135</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>37.123731272000001</v>
+        <v>37.144924299000003</v>
       </c>
       <c r="C377" s="5">
-        <v>0.19097183899999948</v>
+        <v>0.21180053100000151</v>
       </c>
       <c r="D377" s="5">
-        <v>6.3845000502272375</v>
+        <v>7.102900970370829</v>
       </c>
       <c r="E377" s="5">
-        <v>-11.411161385434932</v>
+        <v>-11.395920814633387</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>36.867482557000002</v>
+        <v>36.856768258000002</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.25624871499999813</v>
+        <v>-0.28815604100000058</v>
       </c>
       <c r="D378" s="5">
-        <v>-7.9757348766470226</v>
+        <v>-8.9220404722839106</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>36.770635718000001</v>
+        <v>36.759484596999997</v>
       </c>
       <c r="C379" s="5">
-        <v>-9.6846839000001239E-2</v>
+        <v>-9.728366100000585E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>-3.1071213706151846</v>
+        <v>-3.1218272292526938</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>38.141692716000001</v>
+        <v>38.129290525000002</v>
       </c>
       <c r="C380" s="5">
-        <v>1.3710569980000002</v>
+        <v>1.3698059280000052</v>
       </c>
       <c r="D380" s="5">
-        <v>55.162188233789891</v>
+        <v>55.121405228148987</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>38.119013584999998</v>
+        <v>38.105533788000002</v>
       </c>
       <c r="C381" s="5">
-        <v>-2.2679131000003849E-2</v>
+        <v>-2.3756736999999362E-2</v>
       </c>
       <c r="D381" s="5">
-        <v>-0.7111937107014743</v>
+        <v>-0.74511208218716041</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>37.421537108999999</v>
+        <v>37.412596444999998</v>
       </c>
       <c r="C382" s="5">
-        <v>-0.69747647599999851</v>
+        <v>-0.69293734300000409</v>
       </c>
       <c r="D382" s="5">
-        <v>-19.876553231736061</v>
+        <v>-19.766156527881463</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>37.614194679999997</v>
+        <v>37.614420678999998</v>
       </c>
       <c r="C383" s="5">
-        <v>0.19265757099999803</v>
+        <v>0.20182423400000005</v>
       </c>
       <c r="D383" s="5">
-        <v>6.3559392523417912</v>
+        <v>6.6690275405500321</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>37.812354646000003</v>
+        <v>37.836970188000002</v>
       </c>
       <c r="C384" s="5">
-        <v>0.19815996600000574</v>
+        <v>0.22254950900000381</v>
       </c>
       <c r="D384" s="5">
-        <v>6.5083003479811552</v>
+        <v>7.3355793868882024</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>38.114759003000003</v>
+        <v>38.122678217999997</v>
       </c>
       <c r="C385" s="5">
-        <v>0.30240435700000035</v>
+        <v>0.28570802999999501</v>
       </c>
       <c r="D385" s="5">
-        <v>10.030596355733202</v>
+        <v>9.4471877283378358</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>38.261726187000001</v>
+        <v>38.267447781000001</v>
       </c>
       <c r="C386" s="5">
-        <v>0.14696718399999753</v>
+        <v>0.1447695630000041</v>
       </c>
       <c r="D386" s="5">
-        <v>4.7264967464288876</v>
+        <v>4.6533508914243349</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>38.245029010000003</v>
+        <v>38.252559771000001</v>
       </c>
       <c r="C387" s="5">
-        <v>-1.6697176999997509E-2</v>
+        <v>-1.4888009999999952E-2</v>
       </c>
       <c r="D387" s="5">
-        <v>-0.52241738923000103</v>
+        <v>-0.46586417501254251</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>38.118454591999999</v>
+        <v>38.121542505999997</v>
       </c>
       <c r="C388" s="5">
-        <v>-0.12657441800000413</v>
+        <v>-0.1310172650000041</v>
       </c>
       <c r="D388" s="5">
-        <v>-3.8999786052284713</v>
+        <v>-4.0335229055962536</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>38.618380119999998</v>
+        <v>38.647778639999999</v>
       </c>
       <c r="C389" s="5">
-        <v>0.49992552799999856</v>
+        <v>0.52623613400000124</v>
       </c>
       <c r="D389" s="5">
-        <v>16.924417564354457</v>
+        <v>17.882371116435579</v>
       </c>
       <c r="E389" s="5">
-        <v>4.0261277538319984</v>
+        <v>4.0459211301729692</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>37.730457090000002</v>
+        <v>37.711978315000003</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.88792302999999606</v>
+        <v>-0.93580032499999533</v>
       </c>
       <c r="D390" s="5">
-        <v>-24.355707944955363</v>
+        <v>-25.4826604156031</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>38.265934522000002</v>
+        <v>38.243216803000003</v>
       </c>
       <c r="C391" s="5">
-        <v>0.53547743200000042</v>
+        <v>0.53123848799999962</v>
       </c>
       <c r="D391" s="5">
-        <v>18.424917244460381</v>
+        <v>18.277245246181085</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>38.440562317000001</v>
+        <v>38.411367097000003</v>
       </c>
       <c r="C392" s="5">
-        <v>0.17462779499999925</v>
+        <v>0.16815029400000014</v>
       </c>
       <c r="D392" s="5">
-        <v>5.6158006164248153</v>
+        <v>5.4057217321218376</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>38.537510216000001</v>
+        <v>38.515206685000003</v>
       </c>
       <c r="C393" s="5">
-        <v>9.6947898999999893E-2</v>
+        <v>0.10383958799999959</v>
       </c>
       <c r="D393" s="5">
-        <v>3.0687598122503212</v>
+        <v>3.2926978032433052</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>38.938580874000003</v>
+        <v>38.920323986</v>
       </c>
       <c r="C394" s="5">
-        <v>0.40107065800000186</v>
+        <v>0.4051173009999971</v>
       </c>
       <c r="D394" s="5">
-        <v>13.228981206445024</v>
+        <v>13.378463904459114</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>39.092270477</v>
+        <v>39.099094477999998</v>
       </c>
       <c r="C395" s="5">
-        <v>0.15368960299999657</v>
+        <v>0.17877049199999817</v>
       </c>
       <c r="D395" s="5">
-        <v>4.8405535987622317</v>
+        <v>5.6532913374150562</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>39.618963581999999</v>
+        <v>39.662553553999999</v>
       </c>
       <c r="C396" s="5">
-        <v>0.52669310499999966</v>
+        <v>0.56345907600000089</v>
       </c>
       <c r="D396" s="5">
-        <v>17.42121902624816</v>
+        <v>18.731967729876352</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>39.583383656999999</v>
+        <v>39.604999358999997</v>
       </c>
       <c r="C397" s="5">
-        <v>-3.5579925000000401E-2</v>
+        <v>-5.7554195000001585E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>-1.0723564843155953</v>
+        <v>-1.7274853782802135</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>39.836735376</v>
+        <v>39.852873922999997</v>
       </c>
       <c r="C398" s="5">
-        <v>0.2533517190000012</v>
+        <v>0.24787456399999996</v>
       </c>
       <c r="D398" s="5">
-        <v>7.9567744944228469</v>
+        <v>7.7744006046410963</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>39.985065513999999</v>
+        <v>39.998632510999997</v>
       </c>
       <c r="C399" s="5">
-        <v>0.14833013799999861</v>
+        <v>0.14575858799999963</v>
       </c>
       <c r="D399" s="5">
-        <v>4.5607896203400333</v>
+        <v>4.4782721503104472</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>40.344468804000002</v>
+        <v>40.351425468000002</v>
       </c>
       <c r="C400" s="5">
-        <v>0.35940329000000304</v>
+        <v>0.35279295700000546</v>
       </c>
       <c r="D400" s="5">
-        <v>11.335657240299589</v>
+        <v>11.112994326498548</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>40.331350010999998</v>
+        <v>40.364712769</v>
       </c>
       <c r="C401" s="5">
-        <v>-1.3118793000003848E-2</v>
+        <v>1.3287300999998308E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>-0.38950637022476808</v>
+        <v>0.3958638429515382</v>
       </c>
       <c r="E401" s="5">
-        <v>4.4356337207237528</v>
+        <v>4.4425169813589127</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>40.739542116999999</v>
+        <v>40.708558109999998</v>
       </c>
       <c r="C402" s="5">
-        <v>0.40819210600000133</v>
+        <v>0.34384534099999797</v>
       </c>
       <c r="D402" s="5">
-        <v>12.844555398586156</v>
+        <v>10.714943553116662</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>40.873032643999998</v>
+        <v>40.834545947999999</v>
       </c>
       <c r="C403" s="5">
-        <v>0.1334905269999993</v>
+        <v>0.12598783800000035</v>
       </c>
       <c r="D403" s="5">
-        <v>4.0036600463979166</v>
+        <v>3.7777213253529895</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>41.049692479999997</v>
+        <v>40.998853081</v>
       </c>
       <c r="C404" s="5">
-        <v>0.1766598359999989</v>
+        <v>0.16430713300000122</v>
       </c>
       <c r="D404" s="5">
-        <v>5.3116822891560833</v>
+        <v>4.9367772517178832</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>41.256159197000002</v>
+        <v>41.216845415999998</v>
       </c>
       <c r="C405" s="5">
-        <v>0.20646671700000496</v>
+        <v>0.21799233499999815</v>
       </c>
       <c r="D405" s="5">
-        <v>6.2054087947333691</v>
+        <v>6.5703765068853448</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>41.243253436000003</v>
+        <v>41.210078467000002</v>
       </c>
       <c r="C406" s="5">
-        <v>-1.2905760999998961E-2</v>
+        <v>-6.7669489999957477E-3</v>
       </c>
       <c r="D406" s="5">
-        <v>-0.3747390900475045</v>
+        <v>-0.19683724409640391</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>41.523325814000003</v>
+        <v>41.543222808000003</v>
       </c>
       <c r="C407" s="5">
-        <v>0.28007237799999984</v>
+        <v>0.33314434100000057</v>
       </c>
       <c r="D407" s="5">
-        <v>8.4602423256446393</v>
+        <v>10.144019439886588</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>41.304638343999997</v>
+        <v>41.373451052</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.2186874700000061</v>
+        <v>-0.16977175600000294</v>
       </c>
       <c r="D408" s="5">
-        <v>-6.1400509946923147</v>
+        <v>-4.7952194853846937</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>41.452435616000002</v>
+        <v>41.490405105000001</v>
       </c>
       <c r="C409" s="5">
-        <v>0.14779727200000536</v>
+        <v>0.11695405300000061</v>
       </c>
       <c r="D409" s="5">
-        <v>4.3793899318229412</v>
+        <v>3.4453868689364064</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>41.632439355000002</v>
+        <v>41.660794355999997</v>
       </c>
       <c r="C410" s="5">
-        <v>0.180003739</v>
+        <v>0.17038925099999602</v>
       </c>
       <c r="D410" s="5">
-        <v>5.3371723454567421</v>
+        <v>5.0409050653360765</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>41.536686257</v>
+        <v>41.557791465999998</v>
       </c>
       <c r="C411" s="5">
-        <v>-9.5753098000002979E-2</v>
+        <v>-0.10300288999999907</v>
       </c>
       <c r="D411" s="5">
-        <v>-2.72530978796377</v>
+        <v>-2.9268872197415252</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>41.577671398</v>
+        <v>41.589924367999998</v>
       </c>
       <c r="C412" s="5">
-        <v>4.0985141000000169E-2</v>
+        <v>3.213290200000074E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>1.1905128589407399</v>
+        <v>0.93180808203201515</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>41.561689194000003</v>
+        <v>41.594418781999998</v>
       </c>
       <c r="C413" s="5">
-        <v>-1.5982203999996614E-2</v>
+        <v>4.4944139999998356E-3</v>
       </c>
       <c r="D413" s="5">
-        <v>-0.46029874246283908</v>
+        <v>0.12975506886681032</v>
       </c>
       <c r="E413" s="5">
-        <v>3.0505777333623696</v>
+        <v>3.0464877083044906</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>42.131371340000001</v>
+        <v>42.089665836000002</v>
       </c>
       <c r="C414" s="5">
-        <v>0.56968214599999811</v>
+        <v>0.49524705400000357</v>
       </c>
       <c r="D414" s="5">
-        <v>17.746731271078175</v>
+        <v>15.261697705721055</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>42.265095193000001</v>
+        <v>42.211747762999998</v>
       </c>
       <c r="C415" s="5">
-        <v>0.13372385299999934</v>
+        <v>0.12208192699999643</v>
       </c>
       <c r="D415" s="5">
-        <v>3.8759657165537753</v>
+        <v>3.5366905520629599</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>42.346615335000003</v>
+        <v>42.273937744999998</v>
       </c>
       <c r="C416" s="5">
-        <v>8.1520142000002238E-2</v>
+        <v>6.2189981999999588E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>2.3392498949567297</v>
+        <v>1.7823397038099875</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>42.442437667</v>
+        <v>42.383909373000002</v>
       </c>
       <c r="C417" s="5">
-        <v>9.5822331999997346E-2</v>
+        <v>0.10997162800000382</v>
       </c>
       <c r="D417" s="5">
-        <v>2.7494218734364528</v>
+        <v>3.1667396615945753</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>42.540179254999998</v>
+        <v>42.490832826999998</v>
       </c>
       <c r="C418" s="5">
-        <v>9.7741587999998103E-2</v>
+        <v>0.10692345399999681</v>
       </c>
       <c r="D418" s="5">
-        <v>2.7987782335591849</v>
+        <v>3.0696432913238869</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>42.670660869999999</v>
+        <v>42.706199466999998</v>
       </c>
       <c r="C419" s="5">
-        <v>0.13048161500000077</v>
+        <v>0.21536663999999917</v>
       </c>
       <c r="D419" s="5">
-        <v>3.743439499470802</v>
+        <v>6.2547048322992183</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>42.695659626000001</v>
+        <v>42.788268365999997</v>
       </c>
       <c r="C420" s="5">
-        <v>2.4998756000002231E-2</v>
+        <v>8.2068898999999362E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>0.70529390960387683</v>
+        <v>2.3305814984160511</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>42.937127683</v>
+        <v>42.992785005000002</v>
       </c>
       <c r="C421" s="5">
-        <v>0.24146805699999874</v>
+        <v>0.20451663900000483</v>
       </c>
       <c r="D421" s="5">
-        <v>7.0018119133540724</v>
+        <v>5.8888947211207299</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>42.935435458999997</v>
+        <v>42.975846685999997</v>
       </c>
       <c r="C422" s="5">
-        <v>-1.6922240000027955E-3</v>
+        <v>-1.6938319000004753E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>-4.7283756298810431E-2</v>
+        <v>-0.47175348987859023</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>43.085423683999998</v>
+        <v>43.113235457000002</v>
       </c>
       <c r="C423" s="5">
-        <v>0.14998822500000131</v>
+        <v>0.13738877100000479</v>
       </c>
       <c r="D423" s="5">
-        <v>4.2735002717010806</v>
+        <v>3.9044364911745566</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>43.262579488999997</v>
+        <v>43.278617468999997</v>
       </c>
       <c r="C424" s="5">
-        <v>0.17715580499999817</v>
+        <v>0.16538201199999492</v>
       </c>
       <c r="D424" s="5">
-        <v>5.0472064153433527</v>
+        <v>4.701560489035117</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>43.463719122999997</v>
+        <v>43.495022693999999</v>
       </c>
       <c r="C425" s="5">
-        <v>0.20113963400000046</v>
+        <v>0.21640522500000259</v>
       </c>
       <c r="D425" s="5">
-        <v>5.7240283902007194</v>
+        <v>6.16813671133285</v>
       </c>
       <c r="E425" s="5">
-        <v>4.5764018880988466</v>
+        <v>4.5693724486480569</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>43.471190141000001</v>
+        <v>43.534194745000001</v>
       </c>
       <c r="C426" s="5">
-        <v>7.4710180000039372E-3</v>
+        <v>3.9172051000001318E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>0.20646420415852962</v>
+        <v>1.0861013138132369</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>43.558332274999998</v>
+        <v>43.612490158999996</v>
       </c>
       <c r="C427" s="5">
-        <v>8.7142133999996929E-2</v>
+        <v>7.8295413999995844E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>2.4322135666648315</v>
+        <v>2.1796533949053787</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>43.636582302999997</v>
+        <v>43.687714790999998</v>
       </c>
       <c r="C428" s="5">
-        <v>7.8250027999999361E-2</v>
+        <v>7.5224632000001179E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>2.1771583008166617</v>
+        <v>2.0895586228173446</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>43.283766178</v>
+        <v>43.658857099000002</v>
       </c>
       <c r="C429" s="5">
-        <v>-0.35281612499999682</v>
+        <v>-2.8857691999995438E-2</v>
       </c>
       <c r="D429" s="5">
-        <v>-9.2823554759948301</v>
+        <v>-0.78978036030953325</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>43.366225440000001</v>
+        <v>43.664008467999999</v>
       </c>
       <c r="C430" s="5">
-        <v>8.2459262000000422E-2</v>
+        <v>5.151368999996464E-3</v>
       </c>
       <c r="D430" s="5">
-        <v>2.3102087045527631</v>
+        <v>0.14168158267233721</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>43.146002879999998</v>
+        <v>43.164538069999999</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.2202225600000034</v>
+        <v>-0.4994703979999997</v>
       </c>
       <c r="D431" s="5">
-        <v>-5.9264919201186377</v>
+        <v>-12.895229494386395</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>43.594049505999998</v>
+        <v>43.595900993999997</v>
       </c>
       <c r="C432" s="5">
-        <v>0.448046626</v>
+        <v>0.43136292399999832</v>
       </c>
       <c r="D432" s="5">
-        <v>13.198256833588617</v>
+        <v>12.673742578325676</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>43.731310356999998</v>
+        <v>43.733167674000001</v>
       </c>
       <c r="C433" s="5">
-        <v>0.13726085100000063</v>
+        <v>0.1372666800000033</v>
       </c>
       <c r="D433" s="5">
-        <v>3.8444597619469834</v>
+        <v>3.8444597442313322</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>43.545743702000003</v>
+        <v>43.547593138000003</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.18556665499999525</v>
+        <v>-0.18557453599999718</v>
       </c>
       <c r="D434" s="5">
-        <v>-4.9748295285250155</v>
+        <v>-4.9748295227492356</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>44.110327478999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.5627343409999952</v>
+      </c>
+      <c r="D435" s="5">
+        <v>16.657725367044463</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>44.279954500999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.16962702200000024</v>
+      </c>
+      <c r="D436" s="5">
+        <v>4.7134834050526431</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">