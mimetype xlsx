--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9123BAC4-B1CD-4806-9FB1-75B69AECD3B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4F199E22-3970-4E9C-B934-9082C1EEA453}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0FC3558D-B17E-4084-9D32-E26D47CD0B67}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1AC0ED1F-6BAF-4A33-9B58-4788C6250F2E}"/>
   </bookViews>
   <sheets>
     <sheet name="fwasrvoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Other Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F2E16C2-5576-4220-A762-760CDB35E636}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E26EB00F-7B22-4800-B89A-07692D973C2C}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>43.164538069999999</v>
       </c>
       <c r="C431" s="5">
         <v>-0.4994703979999997</v>
       </c>
       <c r="D431" s="5">
         <v>-12.895229494386395</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>43.595900993999997</v>
       </c>
       <c r="C432" s="5">
         <v>0.43136292399999832</v>
       </c>
       <c r="D432" s="5">
         <v>12.673742578325676</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>43.733167674000001</v>
       </c>
       <c r="C433" s="5">
         <v>0.1372666800000033</v>
       </c>
       <c r="D433" s="5">
         <v>3.8444597442313322</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>43.547593138000003</v>
       </c>
       <c r="C434" s="5">
         <v>-0.18557453599999718</v>
       </c>
       <c r="D434" s="5">
         <v>-4.9748295227492356</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>44.110327478999999</v>
       </c>
       <c r="C435" s="5">
         <v>0.5627343409999952</v>
       </c>
       <c r="D435" s="5">
         <v>16.657725367044463</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>44.279954500999999</v>
+        <v>44.269884636999997</v>
       </c>
       <c r="C436" s="5">
-        <v>0.16962702200000024</v>
+        <v>0.15955715799999837</v>
       </c>
       <c r="D436" s="5">
-        <v>4.7134834050526431</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>4.4280813080164405</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>44.148227951000003</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.12165668599999435</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-3.2482938229693281</v>
+      </c>
+      <c r="E437" s="5">
+        <v>1.5017931168710641</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>