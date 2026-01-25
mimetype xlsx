--- v0 (2025-10-10)
+++ v1 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{04895109-9E70-41DF-8219-3F1A34AC1397}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{58C2E2F2-7C17-4056-8D04-5F628EF4CB22}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{0FBD920E-F264-4479-A799-345EEB060AEF}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{A6BBDFD9-2927-4B27-ABCD-3B861A3E1971}"/>
   </bookViews>
   <sheets>
     <sheet name="fwattula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Trade, Transportation and Utilities Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A26EB44D-45E1-4E52-942C-949F44E32D3B}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{72DD9723-40EC-4352-A8CC-C7B5CF3C73A0}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -975,6146 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>156.04680690999999</v>
+        <v>156.04678645999999</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>157.26569341000001</v>
+        <v>157.26557195999999</v>
       </c>
       <c r="C7" s="5">
-        <v>1.2188865000000249</v>
+        <v>1.2187854999999956</v>
       </c>
       <c r="D7" s="5">
-        <v>9.78658929353875</v>
+        <v>9.7857445418933153</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>157.72260175</v>
+        <v>157.72257178999999</v>
       </c>
       <c r="C8" s="5">
-        <v>0.45690833999998404</v>
+        <v>0.45699983000000088</v>
       </c>
       <c r="D8" s="5">
-        <v>3.5426461573372814</v>
+        <v>3.5433696825358352</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>155.90746616999999</v>
+        <v>155.90734436</v>
       </c>
       <c r="C9" s="5">
-        <v>-1.8151355800000033</v>
+        <v>-1.8152274299999931</v>
       </c>
       <c r="D9" s="5">
-        <v>-12.968639814640269</v>
+        <v>-12.969257397396838</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>157.31712608999999</v>
+        <v>157.31712701999999</v>
       </c>
       <c r="C10" s="5">
-        <v>1.4096599199999957</v>
+        <v>1.4097826599999905</v>
       </c>
       <c r="D10" s="5">
-        <v>11.406129841032154</v>
+        <v>11.40718224450239</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>157.65658507000001</v>
+        <v>157.65657886</v>
       </c>
       <c r="C11" s="5">
-        <v>0.33945898000001762</v>
+        <v>0.3394518400000095</v>
       </c>
       <c r="D11" s="5">
-        <v>2.6203130413908093</v>
+        <v>2.6202572557260551</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>159.31530997999999</v>
+        <v>159.31529119999999</v>
       </c>
       <c r="C12" s="5">
-        <v>1.6587249099999894</v>
+        <v>1.6587123399999939</v>
       </c>
       <c r="D12" s="5">
-        <v>13.382171832733714</v>
+        <v>13.382065040331948</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>160.15820198</v>
+        <v>160.15816968999999</v>
       </c>
       <c r="C13" s="5">
-        <v>0.84289200000000619</v>
+        <v>0.84287849000000392</v>
       </c>
       <c r="D13" s="5">
-        <v>6.536901012270202</v>
+        <v>6.5367939635478045</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>160.79668423999999</v>
+        <v>160.79670938999999</v>
       </c>
       <c r="C14" s="5">
-        <v>0.63848225999998931</v>
+        <v>0.63853969999999549</v>
       </c>
       <c r="D14" s="5">
-        <v>4.8901854836645775</v>
+        <v>4.8906361203822968</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>160.06591205000001</v>
+        <v>160.06604066</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.73077218999998195</v>
+        <v>-0.73066872999999077</v>
       </c>
       <c r="D15" s="5">
-        <v>-5.3193622003861467</v>
+        <v>-5.3186270146911463</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>160.39725774999999</v>
+        <v>160.39729195999999</v>
       </c>
       <c r="C16" s="5">
-        <v>0.33134569999998575</v>
+        <v>0.33125129999999103</v>
       </c>
       <c r="D16" s="5">
-        <v>2.5125474205859311</v>
+        <v>2.5118213904345765</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>160.16815308</v>
+        <v>160.16832549</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.22910466999999812</v>
+        <v>-0.22896646999998893</v>
       </c>
       <c r="D17" s="5">
-        <v>-1.7006278749943093</v>
+        <v>-1.6996097071829031</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>160.20646626000001</v>
+        <v>160.20645783000001</v>
       </c>
       <c r="C18" s="5">
-        <v>3.8313180000017155E-2</v>
+        <v>3.8132340000004206E-2</v>
       </c>
       <c r="D18" s="5">
-        <v>0.28742512581982904</v>
+        <v>0.28606638052970368</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>158.739813</v>
+        <v>158.73969026</v>
       </c>
       <c r="C19" s="5">
-        <v>-1.4666532600000153</v>
+        <v>-1.4667675700000018</v>
       </c>
       <c r="D19" s="5">
-        <v>-10.449115669566932</v>
+        <v>-10.449890025972962</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>159.22216018</v>
+        <v>159.22210029999999</v>
       </c>
       <c r="C20" s="5">
-        <v>0.48234718000000498</v>
+        <v>0.48241003999999066</v>
       </c>
       <c r="D20" s="5">
-        <v>3.7078828619584447</v>
+        <v>3.7083770978558528</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>157.5295667</v>
+        <v>157.52945439000001</v>
       </c>
       <c r="C21" s="5">
-        <v>-1.6925934799999993</v>
+        <v>-1.6926459099999818</v>
       </c>
       <c r="D21" s="5">
-        <v>-12.036439393460208</v>
+        <v>-12.036794977419641</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>158.70639965999999</v>
+        <v>158.70639338000001</v>
       </c>
       <c r="C22" s="5">
-        <v>1.1768329599999845</v>
+        <v>1.1769389899999965</v>
       </c>
       <c r="D22" s="5">
-        <v>9.3423323201467401</v>
+        <v>9.3432158655584185</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>158.85248637000001</v>
+        <v>158.85246258000001</v>
       </c>
       <c r="C23" s="5">
-        <v>0.14608671000002005</v>
+        <v>0.14606919999999946</v>
       </c>
       <c r="D23" s="5">
-        <v>1.110190177295256</v>
+        <v>1.1100564793730339</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>159.04522043</v>
+        <v>159.04518716000001</v>
       </c>
       <c r="C24" s="5">
-        <v>0.19273405999999227</v>
+        <v>0.1927245800000037</v>
       </c>
       <c r="D24" s="5">
-        <v>1.4657025196180617</v>
+        <v>1.4656301654059956</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>159.69939454999999</v>
+        <v>159.69936634999999</v>
       </c>
       <c r="C25" s="5">
-        <v>0.65417411999999331</v>
+        <v>0.65417918999997937</v>
       </c>
       <c r="D25" s="5">
-        <v>5.0489624423242452</v>
+        <v>5.0490035425750257</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>160.08137281</v>
+        <v>160.08139789000001</v>
       </c>
       <c r="C26" s="5">
-        <v>0.38197826000001101</v>
+        <v>0.38203154000001405</v>
       </c>
       <c r="D26" s="5">
-        <v>2.9082906570636391</v>
+        <v>2.9087021907128641</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>161.03460372999999</v>
+        <v>161.03473457000001</v>
       </c>
       <c r="C27" s="5">
-        <v>0.95323091999998155</v>
+        <v>0.95333668000000671</v>
       </c>
       <c r="D27" s="5">
-        <v>7.3843287380161993</v>
+        <v>7.3851738459656868</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>160.72602069000001</v>
+        <v>160.72604598999999</v>
       </c>
       <c r="C28" s="5">
-        <v>-0.30858303999997361</v>
+        <v>-0.30868858000002319</v>
       </c>
       <c r="D28" s="5">
-        <v>-2.2754223513078209</v>
+        <v>-2.2761905633022828</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>160.67440406</v>
+        <v>160.6747416</v>
       </c>
       <c r="C29" s="5">
-        <v>-5.1616630000012265E-2</v>
+        <v>-5.1304389999984323E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>-0.38469606726196925</v>
+        <v>-0.38237298266408093</v>
       </c>
       <c r="E29" s="5">
-        <v>0.31607468167977881</v>
+        <v>0.31617743923508801</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>159.41295217999999</v>
+        <v>159.41290776</v>
       </c>
       <c r="C30" s="5">
-        <v>-1.2614518800000099</v>
+        <v>-1.2618338400000084</v>
       </c>
       <c r="D30" s="5">
-        <v>-9.024828794876683</v>
+        <v>-9.0274263704763769</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>159.43261652999999</v>
+        <v>159.43248162</v>
       </c>
       <c r="C31" s="5">
-        <v>1.9664349999999331E-2</v>
+        <v>1.9573860000008381E-2</v>
       </c>
       <c r="D31" s="5">
-        <v>0.14812620823101419</v>
+        <v>0.14744415235385944</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>159.73391774999999</v>
+        <v>159.73378593000001</v>
       </c>
       <c r="C32" s="5">
-        <v>0.30130121999999915</v>
+        <v>0.30130431000000613</v>
       </c>
       <c r="D32" s="5">
-        <v>2.2915219526922659</v>
+        <v>2.2915476575242177</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>160.99898008</v>
+        <v>160.99886581000001</v>
       </c>
       <c r="C33" s="5">
-        <v>1.2650623300000063</v>
+        <v>1.2650798800000018</v>
       </c>
       <c r="D33" s="5">
-        <v>9.9288726897699178</v>
+        <v>9.9290250399978639</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>161.74636505999999</v>
+        <v>161.74632357999999</v>
       </c>
       <c r="C34" s="5">
-        <v>0.74738497999999254</v>
+        <v>0.7474577699999827</v>
       </c>
       <c r="D34" s="5">
-        <v>5.7150589877946745</v>
+        <v>5.7156340438100806</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>162.15168102999999</v>
+        <v>162.15161714000001</v>
       </c>
       <c r="C35" s="5">
-        <v>0.40531597000000374</v>
+        <v>0.40529356000001826</v>
       </c>
       <c r="D35" s="5">
-        <v>3.0488406969948256</v>
+        <v>3.0486705887049048</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>161.47042087</v>
+        <v>161.47036598</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.68126015999999368</v>
+        <v>-0.6812511600000164</v>
       </c>
       <c r="D36" s="5">
-        <v>-4.9267669720103662</v>
+        <v>-4.9267052785152865</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>160.76502905999999</v>
+        <v>160.76501880000001</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.70539181000000895</v>
+        <v>-0.70534717999998975</v>
       </c>
       <c r="D37" s="5">
-        <v>-5.1181217710618565</v>
+        <v>-5.1178073866929079</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>161.06529555</v>
+        <v>161.06534153000001</v>
       </c>
       <c r="C38" s="5">
-        <v>0.30026649000001271</v>
+        <v>0.30032273000000487</v>
       </c>
       <c r="D38" s="5">
-        <v>2.2644497496870697</v>
+        <v>2.2648783950069307</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>161.08048825</v>
+        <v>161.08061995</v>
       </c>
       <c r="C39" s="5">
-        <v>1.5192700000000059E-2</v>
+        <v>1.5278419999987136E-2</v>
       </c>
       <c r="D39" s="5">
-        <v>0.11325035095941516</v>
+        <v>0.11388963108860395</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>160.75364515999999</v>
+        <v>160.75373039999999</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.32684309000001122</v>
+        <v>-0.32688955000000419</v>
       </c>
       <c r="D40" s="5">
-        <v>-2.4078903092539128</v>
+        <v>-2.4082268271035545</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>161.02640869000001</v>
+        <v>161.02704538</v>
       </c>
       <c r="C41" s="5">
-        <v>0.27276353000002018</v>
+        <v>0.2733149800000092</v>
       </c>
       <c r="D41" s="5">
-        <v>2.0552453915558377</v>
+        <v>2.0594383411142392</v>
       </c>
       <c r="E41" s="5">
-        <v>0.21907946823227498</v>
+        <v>0.21926519158628199</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>162.56023757</v>
+        <v>162.56002387000001</v>
       </c>
       <c r="C42" s="5">
-        <v>1.5338288799999873</v>
+        <v>1.532978490000005</v>
       </c>
       <c r="D42" s="5">
-        <v>12.04864729598787</v>
+        <v>12.041563539499078</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>162.93660826000001</v>
+        <v>162.93638770999999</v>
       </c>
       <c r="C43" s="5">
-        <v>0.37637069000001588</v>
+        <v>0.37636383999998202</v>
       </c>
       <c r="D43" s="5">
-        <v>2.8139764594434125</v>
+        <v>2.8139283371544144</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>162.81576229999999</v>
+        <v>162.81557051999999</v>
       </c>
       <c r="C44" s="5">
-        <v>-0.12084596000002534</v>
+        <v>-0.1208171899999968</v>
       </c>
       <c r="D44" s="5">
-        <v>-0.88638806328403819</v>
+        <v>-0.88617909389336891</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>162.35670961</v>
+        <v>162.35656811999999</v>
       </c>
       <c r="C45" s="5">
-        <v>-0.45905268999999294</v>
+        <v>-0.45900240000000281</v>
       </c>
       <c r="D45" s="5">
-        <v>-3.3313773776950328</v>
+        <v>-3.3310219227080884</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>160.76197802999999</v>
+        <v>160.76189604000001</v>
       </c>
       <c r="C46" s="5">
-        <v>-1.5947315800000013</v>
+        <v>-1.594672079999981</v>
       </c>
       <c r="D46" s="5">
-        <v>-11.170503561646839</v>
+        <v>-11.170118252838401</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>161.50806388999999</v>
+        <v>161.50797460999999</v>
       </c>
       <c r="C47" s="5">
-        <v>0.74608585999999377</v>
+        <v>0.74607856999998035</v>
       </c>
       <c r="D47" s="5">
-        <v>5.7134965978069552</v>
+        <v>5.7134423273386581</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>163.90950015999999</v>
+        <v>163.90942304999999</v>
       </c>
       <c r="C48" s="5">
-        <v>2.4014362700000049</v>
+        <v>2.4014484399999958</v>
       </c>
       <c r="D48" s="5">
-        <v>19.376537837179431</v>
+        <v>19.376655801189948</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>162.95937032</v>
+        <v>162.95940049000001</v>
       </c>
       <c r="C49" s="5">
-        <v>-0.95012983999998823</v>
+        <v>-0.95002255999997942</v>
       </c>
       <c r="D49" s="5">
-        <v>-6.7384684033006241</v>
+        <v>-6.737734714784871</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>162.82396463000001</v>
+        <v>162.82405262</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.13540568999999891</v>
+        <v>-0.13534787000000392</v>
       </c>
       <c r="D50" s="5">
-        <v>-0.99255605126570279</v>
+        <v>-0.99213396824768818</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>162.85133586000001</v>
+        <v>162.85149978999999</v>
       </c>
       <c r="C51" s="5">
-        <v>2.7371229999999969E-2</v>
+        <v>2.7447169999987864E-2</v>
       </c>
       <c r="D51" s="5">
-        <v>0.2019104556328033</v>
+        <v>0.20247105524762166</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>163.60802906999999</v>
+        <v>163.60820131</v>
       </c>
       <c r="C52" s="5">
-        <v>0.75669320999998035</v>
+        <v>0.75670152000000712</v>
       </c>
       <c r="D52" s="5">
-        <v>5.7205587099498301</v>
+        <v>5.7206172407697542</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>163.07199041999999</v>
+        <v>163.07282551</v>
       </c>
       <c r="C53" s="5">
-        <v>-0.53603864999999473</v>
+        <v>-0.53537579999999707</v>
       </c>
       <c r="D53" s="5">
-        <v>-3.8615510640881534</v>
+        <v>-3.8568576044551328</v>
       </c>
       <c r="E53" s="5">
-        <v>1.2703392857366769</v>
+        <v>1.2704574720179718</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>164.99369433000001</v>
+        <v>164.99331491999999</v>
       </c>
       <c r="C54" s="5">
-        <v>1.9217039100000193</v>
+        <v>1.9204894099999876</v>
       </c>
       <c r="D54" s="5">
-        <v>15.094798317142732</v>
+        <v>15.084550011972308</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>165.18368766</v>
+        <v>165.18339005999999</v>
       </c>
       <c r="C55" s="5">
-        <v>0.18999332999999297</v>
+        <v>0.19007514000000469</v>
       </c>
       <c r="D55" s="5">
-        <v>1.3906077294929764</v>
+        <v>1.3912135354349653</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>165.40656089999999</v>
+        <v>165.40631274</v>
       </c>
       <c r="C56" s="5">
-        <v>0.22287323999998421</v>
+        <v>0.22292268000001059</v>
       </c>
       <c r="D56" s="5">
-        <v>1.6311630697500634</v>
+        <v>1.6315305621174891</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>166.59012526999999</v>
+        <v>166.58995225999999</v>
       </c>
       <c r="C57" s="5">
-        <v>1.1835643699999991</v>
+        <v>1.1836395199999856</v>
       </c>
       <c r="D57" s="5">
-        <v>8.9327013327643598</v>
+        <v>8.9333049526058481</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>167.20649394</v>
+        <v>167.20637676999999</v>
       </c>
       <c r="C58" s="5">
-        <v>0.61636867000001416</v>
+        <v>0.61642451000000165</v>
       </c>
       <c r="D58" s="5">
-        <v>4.5313667179661898</v>
+        <v>4.5317904307969226</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>168.15556602000001</v>
+        <v>168.15547547</v>
       </c>
       <c r="C59" s="5">
-        <v>0.94907208000000765</v>
+        <v>0.94909870000000751</v>
       </c>
       <c r="D59" s="5">
-        <v>7.0279681452614762</v>
+        <v>7.0281765429630827</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>168.47935132000001</v>
+        <v>168.47927572</v>
       </c>
       <c r="C60" s="5">
-        <v>0.32378529999999728</v>
+        <v>0.32380025000000501</v>
       </c>
       <c r="D60" s="5">
-        <v>2.335240380822956</v>
+        <v>2.3353506202858254</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>168.63469072999999</v>
+        <v>168.63475925</v>
       </c>
       <c r="C61" s="5">
-        <v>0.15533940999998208</v>
+        <v>0.15548352999999793</v>
       </c>
       <c r="D61" s="5">
-        <v>1.112038252437042</v>
+        <v>1.1130757179711903</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>169.46791404000001</v>
+        <v>169.46805068</v>
       </c>
       <c r="C62" s="5">
-        <v>0.83322331000002237</v>
+        <v>0.83329143000000272</v>
       </c>
       <c r="D62" s="5">
-        <v>6.0930072709032945</v>
+        <v>6.0935164752601967</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>169.65746723999999</v>
+        <v>169.65766626000001</v>
       </c>
       <c r="C63" s="5">
-        <v>0.18955319999997755</v>
+        <v>0.18961558000000878</v>
       </c>
       <c r="D63" s="5">
-        <v>1.3505116706831855</v>
+        <v>1.3509577527428318</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>170.37863257000001</v>
+        <v>170.37892816999999</v>
       </c>
       <c r="C64" s="5">
-        <v>0.72116533000001937</v>
+        <v>0.7212619099999813</v>
       </c>
       <c r="D64" s="5">
-        <v>5.2218150193733326</v>
+        <v>5.2225244975617313</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>170.83725376000001</v>
+        <v>170.83806798000001</v>
       </c>
       <c r="C65" s="5">
-        <v>0.45862119000000234</v>
+        <v>0.45913981000001058</v>
       </c>
       <c r="D65" s="5">
-        <v>3.278384784999222</v>
+        <v>3.2821414029061913</v>
       </c>
       <c r="E65" s="5">
-        <v>4.761862119914162</v>
+        <v>4.7618249366285781</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>166.94053561000001</v>
+        <v>166.94004161999999</v>
       </c>
       <c r="C66" s="5">
-        <v>-3.8967181499999981</v>
+        <v>-3.8980263600000171</v>
       </c>
       <c r="D66" s="5">
-        <v>-24.185783128411977</v>
+        <v>-24.192810896202221</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>167.73786088</v>
+        <v>167.73751064999999</v>
       </c>
       <c r="C67" s="5">
-        <v>0.79732526999998754</v>
+        <v>0.79746903000000202</v>
       </c>
       <c r="D67" s="5">
-        <v>5.884300659871311</v>
+        <v>5.8854075201641765</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>168.66929141</v>
+        <v>168.66902518000001</v>
       </c>
       <c r="C68" s="5">
-        <v>0.93143053000000009</v>
+        <v>0.93151453000001538</v>
       </c>
       <c r="D68" s="5">
-        <v>6.8707954880064648</v>
+        <v>6.8714489584456917</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>169.07849350000001</v>
+        <v>169.07831489</v>
       </c>
       <c r="C69" s="5">
-        <v>0.40920209000000796</v>
+        <v>0.40928970999999592</v>
       </c>
       <c r="D69" s="5">
-        <v>2.9504358920528828</v>
+        <v>2.9510808269915811</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>169.92074217000001</v>
+        <v>169.92063282999999</v>
       </c>
       <c r="C70" s="5">
-        <v>0.84224867000000359</v>
+        <v>0.84231793999998672</v>
       </c>
       <c r="D70" s="5">
-        <v>6.1442127957943793</v>
+        <v>6.1447387168010348</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>170.44970329</v>
+        <v>170.4496527</v>
       </c>
       <c r="C71" s="5">
-        <v>0.52896111999999107</v>
+        <v>0.52901987000001327</v>
       </c>
       <c r="D71" s="5">
-        <v>3.8002117148490111</v>
+        <v>3.8006435331879418</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>171.29127731</v>
+        <v>171.29122128</v>
       </c>
       <c r="C72" s="5">
-        <v>0.84157401999999593</v>
+        <v>0.84156858000000057</v>
       </c>
       <c r="D72" s="5">
-        <v>6.0884196195096996</v>
+        <v>6.0883810450678144</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>173.8280589</v>
+        <v>173.82816260000001</v>
       </c>
       <c r="C73" s="5">
-        <v>2.5367815900000039</v>
+        <v>2.536941320000011</v>
       </c>
       <c r="D73" s="5">
-        <v>19.293173376238791</v>
+        <v>19.294495633919361</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>174.91367142999999</v>
+        <v>174.91382658000001</v>
       </c>
       <c r="C74" s="5">
-        <v>1.0856125299999917</v>
+        <v>1.0856639799999925</v>
       </c>
       <c r="D74" s="5">
-        <v>7.7572506510188877</v>
+        <v>7.7576262187879053</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>175.7833364</v>
+        <v>175.78355857</v>
       </c>
       <c r="C75" s="5">
-        <v>0.86966497000000231</v>
+        <v>0.86973198999999113</v>
       </c>
       <c r="D75" s="5">
-        <v>6.132249671249923</v>
+        <v>6.1327296567617706</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>176.62162151999999</v>
+        <v>176.62190586</v>
       </c>
       <c r="C76" s="5">
-        <v>0.83828511999999478</v>
+        <v>0.83834729000000152</v>
       </c>
       <c r="D76" s="5">
-        <v>5.875133940206867</v>
+        <v>5.8755735298905432</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>177.50122024000001</v>
+        <v>177.50174053999999</v>
       </c>
       <c r="C77" s="5">
-        <v>0.87959872000001837</v>
+        <v>0.87983467999998766</v>
       </c>
       <c r="D77" s="5">
-        <v>6.1425958259935243</v>
+        <v>6.1442788732063436</v>
       </c>
       <c r="E77" s="5">
-        <v>3.9007689091993036</v>
+        <v>3.9005782720395121</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>177.33107179999999</v>
+        <v>177.33070631999999</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.17014844000001972</v>
+        <v>-0.17103421999999568</v>
       </c>
       <c r="D78" s="5">
-        <v>-1.1442462102621342</v>
+        <v>-1.1501681833442134</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>177.9383823</v>
+        <v>177.93809156</v>
       </c>
       <c r="C79" s="5">
-        <v>0.60731050000001119</v>
+        <v>0.60738524000001348</v>
       </c>
       <c r="D79" s="5">
-        <v>4.1879726542972895</v>
+        <v>4.1885065999990756</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>178.05808895000001</v>
+        <v>178.05783177999999</v>
       </c>
       <c r="C80" s="5">
-        <v>0.1197066500000119</v>
+        <v>0.11974021999998286</v>
       </c>
       <c r="D80" s="5">
-        <v>0.81028433055680971</v>
+        <v>0.81051373399456672</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>177.6033664</v>
+        <v>177.60321572000001</v>
       </c>
       <c r="C81" s="5">
-        <v>-0.45472255000001383</v>
+        <v>-0.45461605999997801</v>
       </c>
       <c r="D81" s="5">
-        <v>-3.021865423884551</v>
+        <v>-3.0211719533204007</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>177.98605986999999</v>
+        <v>177.98597660999999</v>
       </c>
       <c r="C82" s="5">
-        <v>0.38269346999999243</v>
+        <v>0.38276088999998592</v>
       </c>
       <c r="D82" s="5">
-        <v>2.6165827218352256</v>
+        <v>2.6170514157098479</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>177.98228236</v>
+        <v>177.98226238999999</v>
       </c>
       <c r="C83" s="5">
-        <v>-3.7775099999919348E-3</v>
+        <v>-3.7142200000062076E-3</v>
       </c>
       <c r="D83" s="5">
-        <v>-2.5465381403699805E-2</v>
+        <v>-2.5038784314423967E-2</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>177.15850804999999</v>
+        <v>177.15849588</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.82377431000000456</v>
+        <v>-0.82376650999998446</v>
       </c>
       <c r="D84" s="5">
-        <v>-5.414860119136411</v>
+        <v>-5.4148107381438937</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>176.54400128</v>
+        <v>176.54409921999999</v>
       </c>
       <c r="C85" s="5">
-        <v>-0.61450676999999132</v>
+        <v>-0.61439666000001125</v>
       </c>
       <c r="D85" s="5">
-        <v>-4.0839214249400291</v>
+        <v>-4.0832038265665949</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>176.84863680999999</v>
+        <v>176.84876500999999</v>
       </c>
       <c r="C86" s="5">
-        <v>0.30463552999998456</v>
+        <v>0.30466579000000138</v>
       </c>
       <c r="D86" s="5">
-        <v>2.0904253216389446</v>
+        <v>2.090633771362449</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>177.35696492</v>
+        <v>177.35715447999999</v>
       </c>
       <c r="C87" s="5">
-        <v>0.50832811000000788</v>
+        <v>0.50838946999999735</v>
       </c>
       <c r="D87" s="5">
-        <v>3.5042969265202562</v>
+        <v>3.5047240576663308</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>177.66256745999999</v>
+        <v>177.66278351</v>
       </c>
       <c r="C88" s="5">
-        <v>0.30560253999999532</v>
+        <v>0.30562903000000574</v>
       </c>
       <c r="D88" s="5">
-        <v>2.0874202822500854</v>
+        <v>2.0876006883096432</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>178.17697942999999</v>
+        <v>178.17724547</v>
       </c>
       <c r="C89" s="5">
-        <v>0.51441196999999761</v>
+        <v>0.51446196000000555</v>
       </c>
       <c r="D89" s="5">
-        <v>3.5304017480922489</v>
+        <v>3.5307459489086757</v>
       </c>
       <c r="E89" s="5">
-        <v>0.38070678561323845</v>
+        <v>0.38056242600494894</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>182.62009581000001</v>
+        <v>182.61986001</v>
       </c>
       <c r="C90" s="5">
-        <v>4.4431163800000206</v>
+        <v>4.4426145399999939</v>
       </c>
       <c r="D90" s="5">
-        <v>34.388989634885483</v>
+        <v>34.38449951518259</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>182.60346892999999</v>
+        <v>182.6032721</v>
       </c>
       <c r="C91" s="5">
-        <v>-1.6626880000018218E-2</v>
+        <v>-1.6587909999998374E-2</v>
       </c>
       <c r="D91" s="5">
-        <v>-0.10920083992179697</v>
+        <v>-0.10894516397901288</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>182.99512910000001</v>
+        <v>182.99492357</v>
       </c>
       <c r="C92" s="5">
-        <v>0.39166017000002284</v>
+        <v>0.39165146999999934</v>
       </c>
       <c r="D92" s="5">
-        <v>2.6044216362308248</v>
+        <v>2.6043659401753905</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>181.57084394</v>
+        <v>181.57074441</v>
       </c>
       <c r="C93" s="5">
-        <v>-1.4242851600000108</v>
+        <v>-1.4241791599999942</v>
       </c>
       <c r="D93" s="5">
-        <v>-8.9502020686144554</v>
+        <v>-8.949573839848334</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>182.39997597000001</v>
+        <v>182.39993239</v>
       </c>
       <c r="C94" s="5">
-        <v>0.8291320300000109</v>
+        <v>0.82918798000000038</v>
       </c>
       <c r="D94" s="5">
-        <v>5.61946789149399</v>
+        <v>5.6198598274942002</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>182.83560491</v>
+        <v>182.83560897999999</v>
       </c>
       <c r="C95" s="5">
-        <v>0.43562893999998664</v>
+        <v>0.43567658999998571</v>
       </c>
       <c r="D95" s="5">
-        <v>2.9039283502042768</v>
+        <v>2.9042508754120178</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>183.49823321</v>
+        <v>183.49824581999999</v>
       </c>
       <c r="C96" s="5">
-        <v>0.6626282999999944</v>
+        <v>0.66263684000000467</v>
       </c>
       <c r="D96" s="5">
-        <v>4.4367549809942952</v>
+        <v>4.4368132060528032</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>183.57731816</v>
+        <v>183.57740527999999</v>
       </c>
       <c r="C97" s="5">
-        <v>7.9084950000009258E-2</v>
+        <v>7.9159459999999626E-2</v>
       </c>
       <c r="D97" s="5">
-        <v>0.51840946336847438</v>
+        <v>0.51889900728450122</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>184.39398363000001</v>
+        <v>184.39406176</v>
       </c>
       <c r="C98" s="5">
-        <v>0.81666547000000378</v>
+        <v>0.81665648000000601</v>
       </c>
       <c r="D98" s="5">
-        <v>5.4709140600805783</v>
+        <v>5.4708496940242934</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>185.76961735</v>
+        <v>185.76974306</v>
       </c>
       <c r="C99" s="5">
-        <v>1.3756337199999962</v>
+        <v>1.3756812999999966</v>
       </c>
       <c r="D99" s="5">
-        <v>9.3289748650535067</v>
+        <v>9.3293067698786647</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>186.07607783</v>
+        <v>186.07617605999999</v>
       </c>
       <c r="C100" s="5">
-        <v>0.30646047999999837</v>
+        <v>0.3064329999999984</v>
       </c>
       <c r="D100" s="5">
-        <v>1.9976770471279659</v>
+        <v>1.9974949252094865</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>186.41581513</v>
+        <v>186.41589802999999</v>
       </c>
       <c r="C101" s="5">
-        <v>0.33973729999999591</v>
+        <v>0.33972196999999937</v>
       </c>
       <c r="D101" s="5">
-        <v>2.213093202464389</v>
+        <v>2.2129911559583215</v>
       </c>
       <c r="E101" s="5">
-        <v>4.6239619317582914</v>
+        <v>4.6238522423376116</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>187.35283401000001</v>
+        <v>187.35273982999999</v>
       </c>
       <c r="C102" s="5">
-        <v>0.93701888000001077</v>
+        <v>0.93684179999999628</v>
       </c>
       <c r="D102" s="5">
-        <v>6.2013779854502626</v>
+        <v>6.2001706194270367</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>187.93767589999999</v>
+        <v>187.93758111</v>
       </c>
       <c r="C103" s="5">
-        <v>0.58484188999997855</v>
+        <v>0.58484128000000624</v>
       </c>
       <c r="D103" s="5">
-        <v>3.8109153793488781</v>
+        <v>3.8109132847187199</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>189.03333162000001</v>
+        <v>189.03321285999999</v>
       </c>
       <c r="C104" s="5">
-        <v>1.0956557200000248</v>
+        <v>1.0956317499999955</v>
       </c>
       <c r="D104" s="5">
-        <v>7.2246014100959988</v>
+        <v>7.2244420147579591</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>190.35026048</v>
+        <v>190.35018848000001</v>
       </c>
       <c r="C105" s="5">
-        <v>1.3169288599999902</v>
+        <v>1.3169756200000222</v>
       </c>
       <c r="D105" s="5">
-        <v>8.6878610023088942</v>
+        <v>8.6881870651345459</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>190.86762952999999</v>
+        <v>190.86761224</v>
       </c>
       <c r="C106" s="5">
-        <v>0.51736904999998501</v>
+        <v>0.51742375999998558</v>
       </c>
       <c r="D106" s="5">
-        <v>3.3107829032623215</v>
+        <v>3.3111395291474777</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>191.18176840000001</v>
+        <v>191.18177698</v>
       </c>
       <c r="C107" s="5">
-        <v>0.31413887000002205</v>
+        <v>0.31416473999999539</v>
       </c>
       <c r="D107" s="5">
-        <v>1.9929927170386996</v>
+        <v>1.9931585150642972</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>191.53800878000001</v>
+        <v>191.53803309</v>
       </c>
       <c r="C108" s="5">
-        <v>0.35624038000000269</v>
+        <v>0.3562561100000039</v>
       </c>
       <c r="D108" s="5">
-        <v>2.2590903508740157</v>
+        <v>2.2591910244442959</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>192.06553897000001</v>
+        <v>192.06559009</v>
       </c>
       <c r="C109" s="5">
-        <v>0.52753018999999313</v>
+        <v>0.52755700000000161</v>
       </c>
       <c r="D109" s="5">
-        <v>3.3555430696889266</v>
+        <v>3.3557157634775292</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>192.57120434999999</v>
+        <v>192.57124168999999</v>
       </c>
       <c r="C110" s="5">
-        <v>0.50566537999998218</v>
+        <v>0.5056515999999931</v>
       </c>
       <c r="D110" s="5">
-        <v>3.2054819930801504</v>
+        <v>3.2053925055107957</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>192.58352976</v>
+        <v>192.58359286000001</v>
       </c>
       <c r="C111" s="5">
-        <v>1.2325410000016745E-2</v>
+        <v>1.2351170000016509E-2</v>
       </c>
       <c r="D111" s="5">
-        <v>7.6832358059064632E-2</v>
+        <v>7.6992978736711848E-2</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>193.52382666</v>
+        <v>193.52387010000001</v>
       </c>
       <c r="C112" s="5">
-        <v>0.94029689999999277</v>
+        <v>0.94027724000000035</v>
       </c>
       <c r="D112" s="5">
-        <v>6.0189765000308038</v>
+        <v>6.0188452297210038</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>194.28894729999999</v>
+        <v>194.28898530000001</v>
       </c>
       <c r="C113" s="5">
-        <v>0.76512063999999214</v>
+        <v>0.76511519999999678</v>
       </c>
       <c r="D113" s="5">
-        <v>4.8488873644604746</v>
+        <v>4.8488510236361693</v>
       </c>
       <c r="E113" s="5">
-        <v>4.2234250160103404</v>
+        <v>4.2233990519054299</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>194.87729564</v>
+        <v>194.87722998000001</v>
       </c>
       <c r="C114" s="5">
-        <v>0.58834834000001024</v>
+        <v>0.58824468000000252</v>
       </c>
       <c r="D114" s="5">
-        <v>3.6949933409864189</v>
+        <v>3.6943307134543968</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>195.89650498</v>
+        <v>195.89646708999999</v>
       </c>
       <c r="C115" s="5">
-        <v>1.0192093400000033</v>
+        <v>1.0192371099999775</v>
       </c>
       <c r="D115" s="5">
-        <v>6.4597207793442468</v>
+        <v>6.4599041178869054</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>196.75651823999999</v>
+        <v>196.75647121</v>
       </c>
       <c r="C116" s="5">
-        <v>0.86001325999998812</v>
+        <v>0.86000412000001347</v>
       </c>
       <c r="D116" s="5">
-        <v>5.3972531092999043</v>
+        <v>5.3971954258963617</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>199.00527736999999</v>
+        <v>199.00522175</v>
       </c>
       <c r="C117" s="5">
-        <v>2.2487591299999963</v>
+        <v>2.2487505400000032</v>
       </c>
       <c r="D117" s="5">
-        <v>14.610808653471462</v>
+        <v>14.61075300256014</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>198.68142298999999</v>
+        <v>198.68142395999999</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.32385438000000022</v>
+        <v>-0.32379779000001463</v>
       </c>
       <c r="D118" s="5">
-        <v>-1.9354545063550499</v>
+        <v>-1.9351198636972211</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>199.7346675</v>
+        <v>199.73468116000001</v>
       </c>
       <c r="C119" s="5">
-        <v>1.0532445100000132</v>
+        <v>1.0532572000000187</v>
       </c>
       <c r="D119" s="5">
-        <v>6.5502000222937395</v>
+        <v>6.5502812244983888</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>200.69247712000001</v>
+        <v>200.69249386000001</v>
       </c>
       <c r="C120" s="5">
-        <v>0.95780962000000613</v>
+        <v>0.95781270000000518</v>
       </c>
       <c r="D120" s="5">
-        <v>5.9087177339681052</v>
+        <v>5.9087368235488658</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>201.37738345</v>
+        <v>201.37741285000001</v>
       </c>
       <c r="C121" s="5">
-        <v>0.68490632999998979</v>
+        <v>0.68491898999999989</v>
       </c>
       <c r="D121" s="5">
-        <v>4.17300753181713</v>
+        <v>4.173085765786122</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>202.47663962999999</v>
+        <v>202.47665542999999</v>
       </c>
       <c r="C122" s="5">
-        <v>1.0992561799999976</v>
+        <v>1.0992425799999808</v>
       </c>
       <c r="D122" s="5">
-        <v>6.7507095373237291</v>
+        <v>6.750622478935786</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>203.50385022</v>
+        <v>203.50387637</v>
       </c>
       <c r="C123" s="5">
-        <v>1.0272105900000099</v>
+        <v>1.0272209400000065</v>
       </c>
       <c r="D123" s="5">
-        <v>6.2606504115797046</v>
+        <v>6.2607147610500569</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>203.83397123</v>
+        <v>203.83398639000001</v>
       </c>
       <c r="C124" s="5">
-        <v>0.33012100999999916</v>
+        <v>0.33011002000000644</v>
       </c>
       <c r="D124" s="5">
-        <v>1.9640847525145722</v>
+        <v>1.9640185274312438</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>204.88517959000001</v>
+        <v>204.88518869999999</v>
       </c>
       <c r="C125" s="5">
-        <v>1.0512083600000039</v>
+        <v>1.0512023099999794</v>
       </c>
       <c r="D125" s="5">
-        <v>6.3672050815863024</v>
+        <v>6.3671669038598999</v>
       </c>
       <c r="E125" s="5">
-        <v>5.4538523355311952</v>
+        <v>5.4538363992371774</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>205.13433812</v>
+        <v>205.13429579000001</v>
       </c>
       <c r="C126" s="5">
-        <v>0.24915852999998833</v>
+        <v>0.24910709000002385</v>
       </c>
       <c r="D126" s="5">
-        <v>1.4691065387384628</v>
+        <v>1.4688011376487342</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>206.25484922000001</v>
+        <v>206.25484555</v>
       </c>
       <c r="C127" s="5">
-        <v>1.1205111000000159</v>
+        <v>1.1205497599999887</v>
       </c>
       <c r="D127" s="5">
-        <v>6.7553483657665225</v>
+        <v>6.7555899223237459</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>206.92883879999999</v>
+        <v>206.92883574999999</v>
       </c>
       <c r="C128" s="5">
-        <v>0.67398957999998288</v>
+        <v>0.67399019999999155</v>
       </c>
       <c r="D128" s="5">
-        <v>3.9925511764809407</v>
+        <v>3.992554987792829</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>206.86581706999999</v>
+        <v>206.86576711000001</v>
       </c>
       <c r="C129" s="5">
-        <v>-6.3021730000002663E-2</v>
+        <v>-6.3068639999983134E-2</v>
       </c>
       <c r="D129" s="5">
-        <v>-0.36485743729594011</v>
+        <v>-0.36512856790945625</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>207.84549172999999</v>
+        <v>207.84549906000001</v>
       </c>
       <c r="C130" s="5">
-        <v>0.97967466000000059</v>
+        <v>0.97973195000000146</v>
       </c>
       <c r="D130" s="5">
-        <v>5.8333423667326523</v>
+        <v>5.8336938726376131</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>208.80733022999999</v>
+        <v>208.80734373999999</v>
       </c>
       <c r="C131" s="5">
-        <v>0.96183849999999893</v>
+        <v>0.96184467999998446</v>
       </c>
       <c r="D131" s="5">
-        <v>5.6967370962669017</v>
+        <v>5.6967744294736722</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>209.13265478</v>
+        <v>209.13266554</v>
       </c>
       <c r="C132" s="5">
-        <v>0.32532455000000482</v>
+        <v>0.32532180000001176</v>
       </c>
       <c r="D132" s="5">
-        <v>1.8857200522920392</v>
+        <v>1.8857038522246405</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>209.71906958</v>
+        <v>209.71907773000001</v>
       </c>
       <c r="C133" s="5">
-        <v>0.58641480000000001</v>
+        <v>0.58641219000000433</v>
       </c>
       <c r="D133" s="5">
-        <v>3.4172204878722967</v>
+        <v>3.4172048647348241</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>210.47671041000001</v>
+        <v>210.47672051999999</v>
       </c>
       <c r="C134" s="5">
-        <v>0.75764083000001392</v>
+        <v>0.75764278999997714</v>
       </c>
       <c r="D134" s="5">
-        <v>4.4223593903974123</v>
+        <v>4.4223708839244091</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>211.48941368000001</v>
+        <v>211.48942235999999</v>
       </c>
       <c r="C135" s="5">
-        <v>1.0127032700000029</v>
+        <v>1.0127018400000054</v>
       </c>
       <c r="D135" s="5">
-        <v>5.9290382113676987</v>
+        <v>5.9290293240392922</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>212.59578708999999</v>
+        <v>212.59579442</v>
       </c>
       <c r="C136" s="5">
-        <v>1.1063734099999749</v>
+        <v>1.1063720600000124</v>
       </c>
       <c r="D136" s="5">
-        <v>6.4614189769688801</v>
+        <v>6.4614105916413811</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>213.06475372</v>
+        <v>213.06475889000001</v>
       </c>
       <c r="C137" s="5">
-        <v>0.46896663000001126</v>
+        <v>0.46896447000000308</v>
       </c>
       <c r="D137" s="5">
-        <v>2.6794420436850652</v>
+        <v>2.6794294589007395</v>
       </c>
       <c r="E137" s="5">
-        <v>3.9922722308994185</v>
+        <v>3.9922701303591213</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>212.94333535000001</v>
+        <v>212.94330851000001</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.12141836999998645</v>
+        <v>-0.12145037999999886</v>
       </c>
       <c r="D138" s="5">
-        <v>-0.68169999613758581</v>
+        <v>-0.68187913582072879</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>212.74013812999999</v>
+        <v>212.74013955999999</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.20319722000002116</v>
+        <v>-0.20316895000001978</v>
       </c>
       <c r="D139" s="5">
-        <v>-1.1390870911758499</v>
+        <v>-1.1389295881240491</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>212.56672563999999</v>
+        <v>212.56672789000001</v>
       </c>
       <c r="C140" s="5">
-        <v>-0.17341249000000403</v>
+        <v>-0.17341166999997881</v>
       </c>
       <c r="D140" s="5">
-        <v>-0.97379167282768408</v>
+        <v>-0.97378708225460686</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>212.25246337999999</v>
+        <v>212.25243477999999</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.31426225999999247</v>
+        <v>-0.31429311000002258</v>
       </c>
       <c r="D141" s="5">
-        <v>-1.7597455192911005</v>
+        <v>-1.7599168463547477</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>212.13733062</v>
+        <v>212.13733630999999</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.11513275999999451</v>
+        <v>-0.1150984699999924</v>
       </c>
       <c r="D142" s="5">
-        <v>-0.64898127523600468</v>
+        <v>-0.64878865235629135</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>212.09706259000001</v>
+        <v>212.09707189</v>
       </c>
       <c r="C143" s="5">
-        <v>-4.0268029999992905E-2</v>
+        <v>-4.0264419999999745E-2</v>
       </c>
       <c r="D143" s="5">
-        <v>-0.22754702975594787</v>
+        <v>-0.22752664552221358</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>211.39505403000001</v>
+        <v>211.39506061</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.7020085599999959</v>
+        <v>-0.70201127999999358</v>
       </c>
       <c r="D144" s="5">
-        <v>-3.9003031751093209</v>
+        <v>-3.9003178452565845</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>210.80765410000001</v>
+        <v>210.80765643000001</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.58739993000000368</v>
+        <v>-0.58740417999999295</v>
       </c>
       <c r="D145" s="5">
-        <v>-3.2839300162405771</v>
+        <v>-3.2839533137765109</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>209.76346691000001</v>
+        <v>209.76347081</v>
       </c>
       <c r="C146" s="5">
-        <v>-1.0441871900000024</v>
+        <v>-1.0441856200000075</v>
       </c>
       <c r="D146" s="5">
-        <v>-5.784637609991206</v>
+        <v>-5.784629085791515</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>207.62172839999999</v>
+        <v>207.62173159</v>
       </c>
       <c r="C147" s="5">
-        <v>-2.1417385100000104</v>
+        <v>-2.1417392200000052</v>
       </c>
       <c r="D147" s="5">
-        <v>-11.587148477944265</v>
+        <v>-11.587151902587134</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>204.93398343999999</v>
+        <v>204.93398643</v>
       </c>
       <c r="C148" s="5">
-        <v>-2.6877449600000034</v>
+        <v>-2.6877451599999915</v>
       </c>
       <c r="D148" s="5">
-        <v>-14.47478860175535</v>
+        <v>-14.474789396540565</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>204.04419295</v>
+        <v>204.04419559999999</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.88979048999999577</v>
+        <v>-0.88979083000000969</v>
       </c>
       <c r="D149" s="5">
-        <v>-5.0875704214740409</v>
+        <v>-5.0875722468469942</v>
       </c>
       <c r="E149" s="5">
-        <v>-4.2337179718868079</v>
+        <v>-4.233719051894969</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>205.32257695999999</v>
+        <v>205.32256317</v>
       </c>
       <c r="C150" s="5">
-        <v>1.2783840099999964</v>
+        <v>1.2783675700000003</v>
       </c>
       <c r="D150" s="5">
-        <v>7.7828353295169572</v>
+        <v>7.7827316640435962</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>205.20354358</v>
+        <v>205.20354506999999</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.11903337999999053</v>
+        <v>-0.11901810000000523</v>
       </c>
       <c r="D151" s="5">
-        <v>-0.69347211035968304</v>
+        <v>-0.69338342121569863</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>205.52776391</v>
+        <v>205.52776556000001</v>
       </c>
       <c r="C152" s="5">
-        <v>0.32422033000000283</v>
+        <v>0.32422049000001607</v>
       </c>
       <c r="D152" s="5">
-        <v>1.9125557740608201</v>
+        <v>1.9125567120998888</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>205.37413040999999</v>
+        <v>205.37411882000001</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.15363350000001219</v>
+        <v>-0.15364673999999923</v>
       </c>
       <c r="D153" s="5">
-        <v>-0.89333004785829839</v>
+        <v>-0.89340671084938705</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>204.79473385</v>
+        <v>204.79473601000001</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.57939655999999218</v>
+        <v>-0.57938280999999847</v>
       </c>
       <c r="D154" s="5">
-        <v>-3.3333723945001448</v>
+        <v>-3.3332946968415378</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>204.19703551000001</v>
+        <v>204.19703924000001</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.59769833999999378</v>
+        <v>-0.59769676999999888</v>
       </c>
       <c r="D155" s="5">
-        <v>-3.4465547346781311</v>
+        <v>-3.4465457905175856</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>205.00024776999999</v>
+        <v>205.00025005000001</v>
       </c>
       <c r="C156" s="5">
-        <v>0.80321225999998092</v>
+        <v>0.80321080999999594</v>
       </c>
       <c r="D156" s="5">
-        <v>4.8236886118734335</v>
+        <v>4.8236796246270419</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
         <v>202.88736600999999</v>
       </c>
       <c r="C157" s="5">
-        <v>-2.1128817599999934</v>
+        <v>-2.1128840400000115</v>
       </c>
       <c r="D157" s="5">
-        <v>-11.690502037912953</v>
+        <v>-11.690513823985093</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>202.13819755</v>
+        <v>202.13819910999999</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.74916845999999282</v>
+        <v>-0.74916690000000585</v>
       </c>
       <c r="D158" s="5">
-        <v>-4.3421493459758098</v>
+        <v>-4.3421404871107017</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>200.95300033999999</v>
+        <v>200.95300273000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-1.1851972100000125</v>
+        <v>-1.1851963799999794</v>
       </c>
       <c r="D159" s="5">
-        <v>-6.813441653966235</v>
+        <v>-6.813436984384702</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>200.09681942</v>
+        <v>200.09682147999999</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.85618091999998569</v>
+        <v>-0.8561812500000201</v>
       </c>
       <c r="D160" s="5">
-        <v>-4.9946006387003417</v>
+        <v>-4.99460246087986</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>199.24095224000001</v>
+        <v>199.24095335000001</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.85586717999998996</v>
+        <v>-0.85586812999997619</v>
       </c>
       <c r="D161" s="5">
-        <v>-5.0136764580248734</v>
+        <v>-5.0136818424638463</v>
       </c>
       <c r="E161" s="5">
-        <v>-2.3540198035319704</v>
+        <v>-2.3540205276978643</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>197.53500867</v>
+        <v>197.53500697999999</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.7059435700000165</v>
+        <v>-1.7059463700000208</v>
       </c>
       <c r="D162" s="5">
-        <v>-9.80434745299541</v>
+        <v>-9.8043627428773927</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>197.55921017</v>
+        <v>197.55920843000001</v>
       </c>
       <c r="C163" s="5">
-        <v>2.4201500000003762E-2</v>
+        <v>2.4201450000020941E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>0.14712013785154188</v>
+        <v>0.14711983495785397</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>196.66694351000001</v>
+        <v>196.66694217</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.89226665999999</v>
+        <v>-0.89226626000001374</v>
       </c>
       <c r="D164" s="5">
-        <v>-5.2871195621239098</v>
+        <v>-5.2871172959066186</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>196.31339892</v>
+        <v>196.31339725999999</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.3535445900000127</v>
+        <v>-0.35354491000001076</v>
       </c>
       <c r="D165" s="5">
-        <v>-2.13601652825538</v>
+        <v>-2.1360184569398477</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>195.44196463</v>
+        <v>195.44196281999999</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.87143428999999628</v>
+        <v>-0.87143444000000159</v>
       </c>
       <c r="D166" s="5">
-        <v>-5.1986489134972285</v>
+        <v>-5.1986498294992582</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>194.82453820999999</v>
+        <v>194.82453588999999</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.61742642000001524</v>
+        <v>-0.61742692999999349</v>
       </c>
       <c r="D167" s="5">
-        <v>-3.7257751330954325</v>
+        <v>-3.7257781912534038</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>194.23292973</v>
+        <v>194.23292824000001</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.59160847999999078</v>
+        <v>-0.59160764999998605</v>
       </c>
       <c r="D168" s="5">
-        <v>-3.5836991553952813</v>
+        <v>-3.5836942532635252</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>194.47091134999999</v>
+        <v>194.47091103</v>
       </c>
       <c r="C169" s="5">
-        <v>0.23798161999999934</v>
+        <v>0.23798278999998956</v>
       </c>
       <c r="D169" s="5">
-        <v>1.4802344869389028</v>
+        <v>1.4802418248266003</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>194.80785445000001</v>
+        <v>194.80785650999999</v>
       </c>
       <c r="C170" s="5">
-        <v>0.33694310000001337</v>
+        <v>0.33694547999999713</v>
       </c>
       <c r="D170" s="5">
-        <v>2.0990650331326188</v>
+        <v>2.099080004955689</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>194.64096154000001</v>
+        <v>194.6409668</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.16689291000000139</v>
+        <v>-0.16688970999999242</v>
       </c>
       <c r="D171" s="5">
-        <v>-1.0232160666878154</v>
+        <v>-1.0231965291511491</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>194.33487192000001</v>
+        <v>194.33487681</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.30608961999999451</v>
+        <v>-0.30608999000000381</v>
       </c>
       <c r="D172" s="5">
-        <v>-1.8708662919473928</v>
+        <v>-1.8708684837973943</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>194.19263674000001</v>
+        <v>194.19264002</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.14223518000000013</v>
+        <v>-0.14223678999999834</v>
       </c>
       <c r="D173" s="5">
-        <v>-0.87476224887518272</v>
+        <v>-0.8747720888063526</v>
       </c>
       <c r="E173" s="5">
-        <v>-2.5337740274996023</v>
+        <v>-2.5337729242500662</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>194.70969414999999</v>
+        <v>194.70969410000001</v>
       </c>
       <c r="C174" s="5">
-        <v>0.51705740999997829</v>
+        <v>0.5170540800000083</v>
       </c>
       <c r="D174" s="5">
-        <v>3.2423286809146967</v>
+        <v>3.2423074370687255</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>195.56717479</v>
+        <v>195.56717322</v>
       </c>
       <c r="C175" s="5">
-        <v>0.85748064000000568</v>
+        <v>0.8574791199999936</v>
       </c>
       <c r="D175" s="5">
-        <v>5.4145714593417216</v>
+        <v>5.4145616290457443</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>195.83297784999999</v>
+        <v>195.83297736</v>
       </c>
       <c r="C176" s="5">
-        <v>0.26580305999999609</v>
+        <v>0.26580414000000019</v>
       </c>
       <c r="D176" s="5">
-        <v>1.6432146457854957</v>
+        <v>1.643221385706517</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>196.34114070000001</v>
+        <v>196.34113740999999</v>
       </c>
       <c r="C177" s="5">
-        <v>0.50816285000001926</v>
+        <v>0.50816004999998654</v>
       </c>
       <c r="D177" s="5">
-        <v>3.1586816656271166</v>
+        <v>3.1586640200256699</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>197.29307599000001</v>
+        <v>197.29307009999999</v>
       </c>
       <c r="C178" s="5">
-        <v>0.95193528999999444</v>
+        <v>0.95193269000000669</v>
       </c>
       <c r="D178" s="5">
-        <v>5.9757281671052098</v>
+        <v>5.9757115108828973</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>197.52074486999999</v>
+        <v>197.52073777999999</v>
       </c>
       <c r="C179" s="5">
-        <v>0.22766887999998175</v>
+        <v>0.22766767999999615</v>
       </c>
       <c r="D179" s="5">
-        <v>1.3935780724198432</v>
+        <v>1.3935707223178051</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>199.01897930999999</v>
+        <v>199.01897216</v>
       </c>
       <c r="C180" s="5">
-        <v>1.4982344400000045</v>
+        <v>1.4982343800000137</v>
       </c>
       <c r="D180" s="5">
-        <v>9.4917403058583538</v>
+        <v>9.4917402647885396</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>199.96132484</v>
+        <v>199.96131948999999</v>
       </c>
       <c r="C181" s="5">
-        <v>0.94234553000001142</v>
+        <v>0.94234732999998982</v>
       </c>
       <c r="D181" s="5">
-        <v>5.8322747703327904</v>
+        <v>5.8322864174481737</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>200.57500171999999</v>
+        <v>200.57499831999999</v>
       </c>
       <c r="C182" s="5">
-        <v>0.61367687999998566</v>
+        <v>0.61367882999999779</v>
       </c>
       <c r="D182" s="5">
-        <v>3.7455767001545626</v>
+        <v>3.7455889055017622</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>201.75917469999999</v>
+        <v>201.75921566</v>
       </c>
       <c r="C183" s="5">
-        <v>1.1841729799999996</v>
+        <v>1.1842173400000036</v>
       </c>
       <c r="D183" s="5">
-        <v>7.319306533238068</v>
+        <v>7.319589812223537</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>202.01076660000001</v>
+        <v>202.01076510999999</v>
       </c>
       <c r="C184" s="5">
-        <v>0.25159190000002241</v>
+        <v>0.25154944999999884</v>
       </c>
       <c r="D184" s="5">
-        <v>1.5066950410135282</v>
+        <v>1.5064387692489412</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>202.57684305000001</v>
+        <v>202.57685237999999</v>
       </c>
       <c r="C185" s="5">
-        <v>0.56607644999999707</v>
+        <v>0.56608726999999703</v>
       </c>
       <c r="D185" s="5">
-        <v>3.4149640088585898</v>
+        <v>3.4150303174466323</v>
       </c>
       <c r="E185" s="5">
-        <v>4.3174687005385293</v>
+        <v>4.3174717430776388</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>202.5616599</v>
+        <v>202.56165611</v>
       </c>
       <c r="C186" s="5">
-        <v>-1.5183150000012802E-2</v>
+        <v>-1.5196269999989909E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>-8.9903026157256427E-2</v>
+        <v>-8.9980676591827624E-2</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>201.12092917000001</v>
+        <v>201.12092326000001</v>
       </c>
       <c r="C187" s="5">
-        <v>-1.4407307299999843</v>
+        <v>-1.4407328499999892</v>
       </c>
       <c r="D187" s="5">
-        <v>-8.2089717539535414</v>
+        <v>-8.2089835123327344</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>201.95961484</v>
+        <v>201.95961070999999</v>
       </c>
       <c r="C188" s="5">
-        <v>0.83868566999998961</v>
+        <v>0.83868744999998057</v>
       </c>
       <c r="D188" s="5">
-        <v>5.1204482412626318</v>
+        <v>5.1204595131266295</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>201.86767304</v>
+        <v>201.86766649</v>
       </c>
       <c r="C189" s="5">
-        <v>-9.194180000000074E-2</v>
+        <v>-9.1944219999987808E-2</v>
       </c>
       <c r="D189" s="5">
-        <v>-0.54493234642531974</v>
+        <v>-0.5449466648097756</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>202.23447984000001</v>
+        <v>202.23447028999999</v>
       </c>
       <c r="C190" s="5">
-        <v>0.36680680000000621</v>
+        <v>0.36680379999998536</v>
       </c>
       <c r="D190" s="5">
-        <v>2.2024026231289184</v>
+        <v>2.2023845021356125</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>203.15233641</v>
+        <v>203.15232574000001</v>
       </c>
       <c r="C191" s="5">
-        <v>0.91785656999999787</v>
+        <v>0.91785545000001889</v>
       </c>
       <c r="D191" s="5">
-        <v>5.5843204261404766</v>
+        <v>5.5843137112945529</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>203.53390107000001</v>
+        <v>203.53388871000001</v>
       </c>
       <c r="C192" s="5">
-        <v>0.38156466000000933</v>
+        <v>0.3815629700000045</v>
       </c>
       <c r="D192" s="5">
-        <v>2.2772925428555579</v>
+        <v>2.277282472851927</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>203.59864168999999</v>
+        <v>203.5986312</v>
       </c>
       <c r="C193" s="5">
-        <v>6.4740619999980709E-2</v>
+        <v>6.4742489999986219E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>0.3823677567441397</v>
+        <v>0.3823788438339859</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>204.45520464000001</v>
+        <v>204.45520038999999</v>
       </c>
       <c r="C194" s="5">
-        <v>0.85656295000001137</v>
+        <v>0.85656918999998766</v>
       </c>
       <c r="D194" s="5">
-        <v>5.1670109478787918</v>
+        <v>5.1670497368306201</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>204.43220360999999</v>
+        <v>204.43228164999999</v>
       </c>
       <c r="C195" s="5">
-        <v>-2.3001030000017408E-2</v>
+        <v>-2.2918739999994386E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>-0.13491544184687232</v>
+        <v>-0.13443305981819531</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>205.57745899</v>
+        <v>205.57745176</v>
       </c>
       <c r="C196" s="5">
-        <v>1.1452553800000089</v>
+        <v>1.1451701100000093</v>
       </c>
       <c r="D196" s="5">
-        <v>6.9336041347187738</v>
+        <v>6.9330691565591129</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>205.71583810000001</v>
+        <v>205.71585225999999</v>
       </c>
       <c r="C197" s="5">
-        <v>0.13837911000001668</v>
+        <v>0.13840049999998882</v>
       </c>
       <c r="D197" s="5">
-        <v>0.81074588535821057</v>
+        <v>0.81087169971219009</v>
       </c>
       <c r="E197" s="5">
-        <v>1.5495330081855663</v>
+        <v>1.5495353210996488</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>206.25254960000001</v>
+        <v>206.25253957999999</v>
       </c>
       <c r="C198" s="5">
-        <v>0.53671149999999557</v>
+        <v>0.53668731999999864</v>
       </c>
       <c r="D198" s="5">
-        <v>3.176111686203642</v>
+        <v>3.1759663144288686</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>206.67264453999999</v>
+        <v>206.67263399999999</v>
       </c>
       <c r="C199" s="5">
-        <v>0.42009493999998426</v>
+        <v>0.42009441999999808</v>
       </c>
       <c r="D199" s="5">
-        <v>2.4717257022932593</v>
+        <v>2.4717227298255207</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>207.22792544999999</v>
+        <v>207.2279182</v>
       </c>
       <c r="C200" s="5">
-        <v>0.55528090999999336</v>
+        <v>0.55528420000001688</v>
       </c>
       <c r="D200" s="5">
-        <v>3.2721912320487156</v>
+        <v>3.2722110762896328</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>208.32192669</v>
+        <v>208.32191811000001</v>
       </c>
       <c r="C201" s="5">
-        <v>1.0940012400000114</v>
+        <v>1.093999910000008</v>
       </c>
       <c r="D201" s="5">
-        <v>6.5222792879131353</v>
+        <v>6.5222713618595218</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>209.03245999999999</v>
+        <v>209.03244330999999</v>
       </c>
       <c r="C202" s="5">
-        <v>0.71053330999998821</v>
+        <v>0.71052519999997799</v>
       </c>
       <c r="D202" s="5">
-        <v>4.170554679286842</v>
+        <v>4.1705063552368804</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>209.22395442000001</v>
+        <v>209.22393274999999</v>
       </c>
       <c r="C203" s="5">
-        <v>0.19149442000002637</v>
+        <v>0.19148943999999801</v>
       </c>
       <c r="D203" s="5">
-        <v>1.1048746718301805</v>
+        <v>1.1048458822172869</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>209.13155026999999</v>
+        <v>209.13152916000001</v>
       </c>
       <c r="C204" s="5">
-        <v>-9.2404150000021446E-2</v>
+        <v>-9.2403589999975111E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>-0.52869676118186826</v>
+        <v>-0.52869361950712568</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>209.80382033999999</v>
+        <v>209.80380496000001</v>
       </c>
       <c r="C205" s="5">
-        <v>0.67227006999999617</v>
+        <v>0.67227579999999421</v>
       </c>
       <c r="D205" s="5">
-        <v>3.9264331983087208</v>
+        <v>3.9264676619920946</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>209.78304513</v>
+        <v>209.78303991000001</v>
       </c>
       <c r="C206" s="5">
-        <v>-2.077520999998228E-2</v>
+        <v>-2.0765049999994289E-2</v>
       </c>
       <c r="D206" s="5">
-        <v>-0.11876179800198727</v>
+        <v>-0.11870375851988912</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>210.05808321999999</v>
+        <v>210.05819713</v>
       </c>
       <c r="C207" s="5">
-        <v>0.27503808999998114</v>
+        <v>0.27515721999998277</v>
       </c>
       <c r="D207" s="5">
-        <v>1.5846659203674784</v>
+        <v>1.5853573013991262</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>211.25871477000001</v>
+        <v>211.25876227000001</v>
       </c>
       <c r="C208" s="5">
-        <v>1.2006315500000255</v>
+        <v>1.200565140000009</v>
       </c>
       <c r="D208" s="5">
-        <v>7.0786338099310564</v>
+        <v>7.0782259237772704</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>212.54650366999999</v>
+        <v>212.54652178000001</v>
       </c>
       <c r="C209" s="5">
-        <v>1.2877888999999811</v>
+        <v>1.2877595100000008</v>
       </c>
       <c r="D209" s="5">
-        <v>7.5652482417242872</v>
+        <v>7.5650679996626113</v>
       </c>
       <c r="E209" s="5">
-        <v>3.320437372779983</v>
+        <v>3.3204390643492454</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>212.62975535999999</v>
+        <v>212.62970694000001</v>
       </c>
       <c r="C210" s="5">
-        <v>8.3251689999997325E-2</v>
+        <v>8.3185159999999314E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>0.47103821643759147</v>
+        <v>0.4706609387361782</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>213.06224927</v>
+        <v>213.06221597999999</v>
       </c>
       <c r="C211" s="5">
-        <v>0.43249391000000514</v>
+        <v>0.43250903999998513</v>
       </c>
       <c r="D211" s="5">
-        <v>2.4683199933686506</v>
+        <v>2.4684078797112541</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>213.7308486</v>
+        <v>213.73083657999999</v>
       </c>
       <c r="C212" s="5">
-        <v>0.66859933000000638</v>
+        <v>0.66862059999999701</v>
       </c>
       <c r="D212" s="5">
-        <v>3.8313333634743207</v>
+        <v>3.831457969211205</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>213.56217692000001</v>
+        <v>213.56216058000001</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.16867167999998856</v>
+        <v>-0.16867599999997651</v>
       </c>
       <c r="D213" s="5">
-        <v>-0.94291388097462736</v>
+        <v>-0.94293797885035557</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>213.72098714000001</v>
+        <v>213.72095664</v>
       </c>
       <c r="C214" s="5">
-        <v>0.15881021999999234</v>
+        <v>0.15879605999998603</v>
       </c>
       <c r="D214" s="5">
-        <v>0.89600897912576194</v>
+        <v>0.89592883007960644</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>214.29657359000001</v>
+        <v>214.29653223</v>
       </c>
       <c r="C215" s="5">
-        <v>0.57558645000000297</v>
+        <v>0.57557558999999969</v>
       </c>
       <c r="D215" s="5">
-        <v>3.2801043530659602</v>
+        <v>3.2800420204861735</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>214.78492358</v>
+        <v>214.78489202</v>
       </c>
       <c r="C216" s="5">
-        <v>0.48834998999998902</v>
+        <v>0.48835979000000407</v>
       </c>
       <c r="D216" s="5">
-        <v>2.7691579323611215</v>
+        <v>2.7692147421883195</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>214.67945734</v>
+        <v>214.67945258</v>
       </c>
       <c r="C217" s="5">
-        <v>-0.10546623999999838</v>
+        <v>-0.10543943999999783</v>
       </c>
       <c r="D217" s="5">
-        <v>-0.58764948977092502</v>
+        <v>-0.58750065134985929</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>214.57362341000001</v>
+        <v>214.57364035000001</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.10583392999998864</v>
+        <v>-0.10581222999999795</v>
       </c>
       <c r="D218" s="5">
-        <v>-0.58998159521073124</v>
+        <v>-0.58986096722293269</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>216.07209183000001</v>
+        <v>216.07221364</v>
       </c>
       <c r="C219" s="5">
-        <v>1.4984684199999947</v>
+        <v>1.4985732899999959</v>
       </c>
       <c r="D219" s="5">
-        <v>8.7096499037968798</v>
+        <v>8.7102823343901079</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>216.79407372</v>
+        <v>216.79423739999999</v>
       </c>
       <c r="C220" s="5">
-        <v>0.72198188999999502</v>
+        <v>0.7220237599999848</v>
       </c>
       <c r="D220" s="5">
-        <v>4.0841875922402515</v>
+        <v>4.0844264720098167</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>217.19477778000001</v>
+        <v>217.19481019</v>
       </c>
       <c r="C221" s="5">
-        <v>0.40070406000000958</v>
+        <v>0.40057279000001245</v>
       </c>
       <c r="D221" s="5">
-        <v>2.2406666827738064</v>
+        <v>2.2399234600170459</v>
       </c>
       <c r="E221" s="5">
-        <v>2.1869445179003799</v>
+        <v>2.1869510595008856</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>216.90986798</v>
+        <v>216.90976226000001</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.28490980000000832</v>
+        <v>-0.2850479299999904</v>
       </c>
       <c r="D222" s="5">
-        <v>-1.5628177487185813</v>
+        <v>-1.563569741801063</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>217.0481929</v>
+        <v>217.04807332999999</v>
       </c>
       <c r="C223" s="5">
-        <v>0.13832492000000229</v>
+        <v>0.1383110699999861</v>
       </c>
       <c r="D223" s="5">
-        <v>0.76793801903716208</v>
+        <v>0.76786123373846493</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>217.25217128</v>
+        <v>217.25224778</v>
       </c>
       <c r="C224" s="5">
-        <v>0.20397837999999524</v>
+        <v>0.20417445000001067</v>
       </c>
       <c r="D224" s="5">
-        <v>1.1335879617115241</v>
+        <v>1.1346838717586571</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>217.35247140999999</v>
+        <v>217.35238299</v>
       </c>
       <c r="C225" s="5">
-        <v>0.10030012999999371</v>
+        <v>0.10013520999999059</v>
       </c>
       <c r="D225" s="5">
-        <v>0.55542021434806799</v>
+        <v>0.55450444415308109</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>216.79426527999999</v>
+        <v>216.79418326999999</v>
       </c>
       <c r="C226" s="5">
-        <v>-0.55820613000000208</v>
+        <v>-0.55819972000000462</v>
       </c>
       <c r="D226" s="5">
-        <v>-3.03868733406637</v>
+        <v>-3.0386541502940179</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>216.59164802999999</v>
+        <v>216.59156467</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.20261725000000297</v>
+        <v>-0.20261859999999388</v>
       </c>
       <c r="D227" s="5">
-        <v>-1.1157802574475739</v>
+        <v>-1.1157880734235737</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>216.6417399</v>
+        <v>216.64169118000001</v>
       </c>
       <c r="C228" s="5">
-        <v>5.0091870000017025E-2</v>
+        <v>5.0126510000012559E-2</v>
       </c>
       <c r="D228" s="5">
-        <v>0.27788127542944796</v>
+        <v>0.27807379032283031</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>216.62460633000001</v>
+        <v>216.62461736</v>
       </c>
       <c r="C229" s="5">
-        <v>-1.7133569999998599E-2</v>
+        <v>-1.7073820000007345E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>-9.4863266295508453E-2</v>
+        <v>-9.4532613699571666E-2</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>215.7645617</v>
+        <v>215.76460596000001</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.86004463000000442</v>
+        <v>-0.86001139999999054</v>
       </c>
       <c r="D230" s="5">
-        <v>-4.6615807021306743</v>
+        <v>-4.6614042724233524</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>214.84808158999999</v>
+        <v>214.8482425</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.91648011000000906</v>
+        <v>-0.91636346000001367</v>
       </c>
       <c r="D231" s="5">
-        <v>-4.9797044276319475</v>
+        <v>-4.9790843422955362</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>213.20746603000001</v>
+        <v>213.20783226</v>
       </c>
       <c r="C232" s="5">
-        <v>-1.6406155599999863</v>
+        <v>-1.6404102399999942</v>
       </c>
       <c r="D232" s="5">
-        <v>-8.788175836885415</v>
+        <v>-8.7871154740251196</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>212.61656547000001</v>
+        <v>212.61680397000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.59090055999999436</v>
+        <v>-0.59102828999999701</v>
       </c>
       <c r="D233" s="5">
-        <v>-3.2755479723571956</v>
+        <v>-3.2762397177654945</v>
       </c>
       <c r="E233" s="5">
-        <v>-2.1078832358655264</v>
+        <v>-2.1077880341593747</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>212.78438446000001</v>
+        <v>212.78404019999999</v>
       </c>
       <c r="C234" s="5">
-        <v>0.16781899000000067</v>
+        <v>0.16723622999998611</v>
       </c>
       <c r="D234" s="5">
-        <v>0.95128678467824024</v>
+        <v>0.94796802104257782</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>211.07539679000001</v>
+        <v>211.07511047</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.7089876699999991</v>
+        <v>-1.7089297299999942</v>
       </c>
       <c r="D235" s="5">
-        <v>-9.2233123104572208</v>
+        <v>-9.2230275615255977</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>209.47644622000001</v>
+        <v>209.4765822</v>
       </c>
       <c r="C236" s="5">
-        <v>-1.5989505699999995</v>
+        <v>-1.5985282700000027</v>
       </c>
       <c r="D236" s="5">
-        <v>-8.7209739961408346</v>
+        <v>-8.7187771117286701</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>208.13517909000001</v>
+        <v>208.13499852999999</v>
       </c>
       <c r="C237" s="5">
-        <v>-1.3412671300000056</v>
+        <v>-1.3415836700000057</v>
       </c>
       <c r="D237" s="5">
-        <v>-7.4186470846513419</v>
+        <v>-7.4203320375208381</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>207.39684973000001</v>
+        <v>207.39671412000001</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.73832935999999449</v>
+        <v>-0.73828440999997724</v>
       </c>
       <c r="D238" s="5">
-        <v>-4.1747476157868224</v>
+        <v>-4.1745019432010366</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>205.95646066</v>
+        <v>205.956356</v>
       </c>
       <c r="C239" s="5">
-        <v>-1.440389070000009</v>
+        <v>-1.4403581200000133</v>
       </c>
       <c r="D239" s="5">
-        <v>-8.0230138572000236</v>
+        <v>-8.0228530426858509</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>204.79383741000001</v>
+        <v>204.79379127999999</v>
       </c>
       <c r="C240" s="5">
-        <v>-1.1626232499999958</v>
+        <v>-1.162564720000006</v>
       </c>
       <c r="D240" s="5">
-        <v>-6.5675865503930453</v>
+        <v>-6.5672693488574074</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>203.93164945000001</v>
+        <v>203.9316949</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.86218795999999998</v>
+        <v>-0.862096379999997</v>
       </c>
       <c r="D241" s="5">
-        <v>-4.9366801290820161</v>
+        <v>-4.9361689307402372</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>204.17197572000001</v>
+        <v>204.17206985999999</v>
       </c>
       <c r="C242" s="5">
-        <v>0.24032626999999707</v>
+        <v>0.24037495999999692</v>
       </c>
       <c r="D242" s="5">
-        <v>1.4233598018585258</v>
+        <v>1.4236497266460812</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>202.68927951000001</v>
+        <v>202.68948979000001</v>
       </c>
       <c r="C243" s="5">
-        <v>-1.4826962100000003</v>
+        <v>-1.4825800699999832</v>
       </c>
       <c r="D243" s="5">
-        <v>-8.3746238096783276</v>
+        <v>-8.373990088582417</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>202.13516883</v>
+        <v>202.13560812</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.55411068000000796</v>
+        <v>-0.55388167000000976</v>
       </c>
       <c r="D244" s="5">
-        <v>-3.2316732588517416</v>
+        <v>-3.2303543399033963</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>202.00329972</v>
+        <v>202.00389003999999</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.13186910999999668</v>
+        <v>-0.13171808000001306</v>
       </c>
       <c r="D245" s="5">
-        <v>-0.78005413512927113</v>
+        <v>-0.77916224954771574</v>
       </c>
       <c r="E245" s="5">
-        <v>-4.9917398141291702</v>
+        <v>-4.9915687433141454</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>202.1360966</v>
+        <v>202.13550782999999</v>
       </c>
       <c r="C246" s="5">
-        <v>0.13279688000000078</v>
+        <v>0.13161779000000706</v>
       </c>
       <c r="D246" s="5">
-        <v>0.79173807917651828</v>
+        <v>0.78468080530500472</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>202.19664781</v>
+        <v>202.19617058</v>
       </c>
       <c r="C247" s="5">
-        <v>6.0551209999999855E-2</v>
+        <v>6.0662750000005872E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>0.36006080583608213</v>
+        <v>0.36072621321250331</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>203.05116003000001</v>
+        <v>203.05132069999999</v>
       </c>
       <c r="C248" s="5">
-        <v>0.85451222000000371</v>
+        <v>0.85515011999999047</v>
       </c>
       <c r="D248" s="5">
-        <v>5.1909276309732855</v>
+        <v>5.1949058267316772</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>202.85489013</v>
+        <v>202.85461470000001</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.19626990000000433</v>
+        <v>-0.19670599999997762</v>
       </c>
       <c r="D249" s="5">
-        <v>-1.1537771358025362</v>
+        <v>-1.1563262058167045</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>203.01769775</v>
+        <v>203.01751899999999</v>
       </c>
       <c r="C250" s="5">
-        <v>0.16280761999999527</v>
+        <v>0.16290429999997968</v>
       </c>
       <c r="D250" s="5">
-        <v>0.96736072534930884</v>
+        <v>0.96793903253289404</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>203.45195658</v>
+        <v>203.45185033000001</v>
       </c>
       <c r="C251" s="5">
-        <v>0.43425883000000454</v>
+        <v>0.43433133000002044</v>
       </c>
       <c r="D251" s="5">
-        <v>2.5972375151406935</v>
+        <v>2.5976785558183613</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>203.97992696</v>
+        <v>203.97990619000001</v>
       </c>
       <c r="C252" s="5">
-        <v>0.5279703799999993</v>
+        <v>0.52805585999999494</v>
       </c>
       <c r="D252" s="5">
-        <v>3.1589074437646802</v>
+        <v>3.1594278768564354</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>204.11268361</v>
+        <v>204.11276558</v>
       </c>
       <c r="C253" s="5">
-        <v>0.13275665000000458</v>
+        <v>0.13285938999999303</v>
       </c>
       <c r="D253" s="5">
-        <v>0.78380003509423979</v>
+        <v>0.78440887053941033</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>204.57691295000001</v>
+        <v>204.57705224</v>
       </c>
       <c r="C254" s="5">
-        <v>0.46422934000000282</v>
+        <v>0.46428665999999907</v>
       </c>
       <c r="D254" s="5">
-        <v>2.7636538615239292</v>
+        <v>2.7639982558689491</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>205.46308984000001</v>
+        <v>205.46334338</v>
       </c>
       <c r="C255" s="5">
-        <v>0.88617689000000155</v>
+        <v>0.88629113999999731</v>
       </c>
       <c r="D255" s="5">
-        <v>5.3237537319103412</v>
+        <v>5.3244528191055185</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>205.56349015000001</v>
+        <v>205.56392213999999</v>
       </c>
       <c r="C256" s="5">
-        <v>0.10040030999999772</v>
+        <v>0.10057875999999055</v>
       </c>
       <c r="D256" s="5">
-        <v>0.58796303813810624</v>
+        <v>0.58901016123951155</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>206.02677342000001</v>
+        <v>206.02775284000001</v>
       </c>
       <c r="C257" s="5">
-        <v>0.46328327000000513</v>
+        <v>0.4638307000000168</v>
       </c>
       <c r="D257" s="5">
-        <v>2.7382445100639252</v>
+        <v>2.7415145320768053</v>
       </c>
       <c r="E257" s="5">
-        <v>1.991786127046935</v>
+        <v>1.9919729264635588</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>201.76194760000001</v>
+        <v>201.76100059999999</v>
       </c>
       <c r="C258" s="5">
-        <v>-4.2648258199999987</v>
+        <v>-4.2667522400000166</v>
       </c>
       <c r="D258" s="5">
-        <v>-22.198637192775283</v>
+        <v>-22.207457031502209</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>201.99075887000001</v>
+        <v>201.99025632999999</v>
       </c>
       <c r="C259" s="5">
-        <v>0.22881126999999424</v>
+        <v>0.22925573000000554</v>
       </c>
       <c r="D259" s="5">
-        <v>1.3693990959172897</v>
+        <v>1.3720822445891789</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>202.82614978000001</v>
+        <v>202.82615967999999</v>
       </c>
       <c r="C260" s="5">
-        <v>0.83539091000000099</v>
+        <v>0.83590334999999527</v>
       </c>
       <c r="D260" s="5">
-        <v>5.0774075032932409</v>
+        <v>5.0806062120400064</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>203.94669340999999</v>
+        <v>203.94644721</v>
       </c>
       <c r="C261" s="5">
-        <v>1.120543629999986</v>
+        <v>1.120287530000013</v>
       </c>
       <c r="D261" s="5">
-        <v>6.8347806984953241</v>
+        <v>6.8331705106728702</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>203.16673427000001</v>
+        <v>203.16658849999999</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.77995913999998834</v>
+        <v>-0.77985871000001339</v>
       </c>
       <c r="D262" s="5">
-        <v>-4.4938859028669009</v>
+        <v>-4.4933246815204271</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>203.42701975</v>
+        <v>203.42697433000001</v>
       </c>
       <c r="C263" s="5">
-        <v>0.26028547999999319</v>
+        <v>0.26038583000001836</v>
       </c>
       <c r="D263" s="5">
-        <v>1.5482498003242195</v>
+        <v>1.5488520428172503</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>203.78025299999999</v>
+        <v>203.78029090999999</v>
       </c>
       <c r="C264" s="5">
-        <v>0.35323324999998817</v>
+        <v>0.35331657999998356</v>
       </c>
       <c r="D264" s="5">
-        <v>2.1037106604334888</v>
+        <v>2.1042121639418987</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>204.00609245000001</v>
+        <v>204.00620774000001</v>
       </c>
       <c r="C265" s="5">
-        <v>0.22583945000002359</v>
+        <v>0.22591683000001694</v>
       </c>
       <c r="D265" s="5">
-        <v>1.3380361680939146</v>
+        <v>1.3384971716514649</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>204.25311909999999</v>
+        <v>204.25328152</v>
       </c>
       <c r="C266" s="5">
-        <v>0.24702664999998092</v>
+        <v>0.2470737799999938</v>
       </c>
       <c r="D266" s="5">
-        <v>1.4627708128189809</v>
+        <v>1.4630509228698685</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>203.61342789</v>
+        <v>203.61365162999999</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.63969120999999518</v>
+        <v>-0.63962989000000903</v>
       </c>
       <c r="D267" s="5">
-        <v>-3.6941611997060697</v>
+        <v>-3.6938102719052845</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>203.77815283000001</v>
+        <v>203.77839127999999</v>
       </c>
       <c r="C268" s="5">
-        <v>0.16472494000001348</v>
+        <v>0.16473965000000135</v>
       </c>
       <c r="D268" s="5">
-        <v>0.97514121505870577</v>
+        <v>0.97522760701052036</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>203.94345249</v>
+        <v>203.94442932000001</v>
       </c>
       <c r="C269" s="5">
-        <v>0.16529965999998808</v>
+        <v>0.16603804000001787</v>
       </c>
       <c r="D269" s="5">
-        <v>0.97776410245848933</v>
+        <v>0.98215013156699449</v>
       </c>
       <c r="E269" s="5">
-        <v>-1.0111894174807179</v>
+        <v>-1.0111858675747931</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>205.24535926999999</v>
+        <v>205.24441354000001</v>
       </c>
       <c r="C270" s="5">
-        <v>1.3019067799999959</v>
+        <v>1.2999842199999989</v>
       </c>
       <c r="D270" s="5">
-        <v>7.9351625833489647</v>
+        <v>7.9229914067295848</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>205.86921529</v>
+        <v>205.86884393</v>
       </c>
       <c r="C271" s="5">
-        <v>0.62385602000000517</v>
+        <v>0.62443038999998635</v>
       </c>
       <c r="D271" s="5">
-        <v>3.7090735949938614</v>
+        <v>3.7125631911769874</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>206.09325408999999</v>
+        <v>206.09316457</v>
       </c>
       <c r="C272" s="5">
-        <v>0.22403879999998821</v>
+        <v>0.22432064000000196</v>
       </c>
       <c r="D272" s="5">
-        <v>1.3137543190480772</v>
+        <v>1.3154193214332643</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>207.01148861999999</v>
+        <v>207.01133189000001</v>
       </c>
       <c r="C273" s="5">
-        <v>0.91823453000000654</v>
+        <v>0.91816732000000911</v>
       </c>
       <c r="D273" s="5">
-        <v>5.4794998991511967</v>
+        <v>5.4790913886522352</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>207.61344685</v>
+        <v>207.6133567</v>
       </c>
       <c r="C274" s="5">
-        <v>0.60195823000000814</v>
+        <v>0.60202480999998897</v>
       </c>
       <c r="D274" s="5">
-        <v>3.5457706261758926</v>
+        <v>3.5461718305752843</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>208.3412352</v>
+        <v>208.34124510999999</v>
       </c>
       <c r="C275" s="5">
-        <v>0.72778834999999731</v>
+        <v>0.72788840999999138</v>
       </c>
       <c r="D275" s="5">
-        <v>4.2886559887901576</v>
+        <v>4.2892589292047534</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>208.90189950000001</v>
+        <v>208.90198144999999</v>
       </c>
       <c r="C276" s="5">
-        <v>0.56066430000001333</v>
+        <v>0.56073634000000538</v>
       </c>
       <c r="D276" s="5">
-        <v>3.2775320923925211</v>
+        <v>3.2779593191186285</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>209.32226656</v>
+        <v>209.32238262000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.42036705999998958</v>
+        <v>0.42040117000001942</v>
       </c>
       <c r="D277" s="5">
-        <v>2.4416291988218042</v>
+        <v>2.4418285503333914</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>209.46789154999999</v>
+        <v>209.46802301</v>
       </c>
       <c r="C278" s="5">
-        <v>0.14562498999998752</v>
+        <v>0.14564038999998274</v>
       </c>
       <c r="D278" s="5">
-        <v>0.83803885837310244</v>
+        <v>0.83812735481751943</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>209.45376949000001</v>
+        <v>209.45392813000001</v>
       </c>
       <c r="C279" s="5">
-        <v>-1.4122059999976955E-2</v>
+        <v>-1.4094879999987597E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>-8.0872488300309797E-2</v>
+        <v>-8.0716844158090773E-2</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>211.05990825000001</v>
+        <v>211.05999881</v>
       </c>
       <c r="C280" s="5">
-        <v>1.6061387599999932</v>
+        <v>1.6060706799999878</v>
       </c>
       <c r="D280" s="5">
-        <v>9.6000550233523505</v>
+        <v>9.5996232096885912</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>210.86178792999999</v>
+        <v>210.86246532999999</v>
       </c>
       <c r="C281" s="5">
-        <v>-0.19812032000001523</v>
+        <v>-0.19753348000000415</v>
       </c>
       <c r="D281" s="5">
-        <v>-1.1206334252320094</v>
+        <v>-1.1173306568841412</v>
       </c>
       <c r="E281" s="5">
-        <v>3.392281220864013</v>
+        <v>3.3921181534922962</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>210.60785587000001</v>
+        <v>210.60702279</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.25393205999998258</v>
+        <v>-0.25544253999999</v>
       </c>
       <c r="D282" s="5">
-        <v>-1.4355767168178879</v>
+        <v>-1.4440546251025976</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>211.56454721</v>
+        <v>211.56441941</v>
       </c>
       <c r="C283" s="5">
-        <v>0.9566913399999919</v>
+        <v>0.95739661999999726</v>
       </c>
       <c r="D283" s="5">
-        <v>5.5893006123197475</v>
+        <v>5.5935473320666729</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>211.57828341000001</v>
+        <v>211.57817474999999</v>
       </c>
       <c r="C284" s="5">
-        <v>1.3736200000010967E-2</v>
+        <v>1.3755339999988792E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>7.7939936918691721E-2</v>
+        <v>7.8048624309245973E-2</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>212.09802515000001</v>
+        <v>212.09798708</v>
       </c>
       <c r="C285" s="5">
-        <v>0.51974174000000062</v>
+        <v>0.51981233000000771</v>
       </c>
       <c r="D285" s="5">
-        <v>2.9879530901645079</v>
+        <v>2.9883659611448454</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>212.29795213</v>
+        <v>212.29792334999999</v>
       </c>
       <c r="C286" s="5">
-        <v>0.19992697999998654</v>
+        <v>0.19993626999999492</v>
       </c>
       <c r="D286" s="5">
-        <v>1.1370218604365823</v>
+        <v>1.1370751737726836</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>212.46697401</v>
+        <v>212.46701806999999</v>
       </c>
       <c r="C287" s="5">
-        <v>0.16902188000000251</v>
+        <v>0.16909472000000392</v>
       </c>
       <c r="D287" s="5">
-        <v>0.95957949859162284</v>
+        <v>0.95999497345737872</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>212.36036304000001</v>
+        <v>212.36043728000001</v>
       </c>
       <c r="C288" s="5">
-        <v>-0.10661096999999131</v>
+        <v>-0.10658078999998111</v>
       </c>
       <c r="D288" s="5">
-        <v>-0.60047302947591197</v>
+        <v>-0.60030338894830892</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>213.22005406</v>
+        <v>213.22013647</v>
       </c>
       <c r="C289" s="5">
-        <v>0.85969101999998543</v>
+        <v>0.8596991899999864</v>
       </c>
       <c r="D289" s="5">
-        <v>4.9675547033431577</v>
+        <v>4.9676011926392816</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>213.65632600999999</v>
+        <v>213.65644054000001</v>
       </c>
       <c r="C290" s="5">
-        <v>0.43627194999999119</v>
+        <v>0.43630407000000559</v>
       </c>
       <c r="D290" s="5">
-        <v>2.4831541891764175</v>
+        <v>2.4833381002090427</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>214.30727558999999</v>
+        <v>214.30735367</v>
       </c>
       <c r="C291" s="5">
-        <v>0.65094958000000247</v>
+        <v>0.65091312999999218</v>
       </c>
       <c r="D291" s="5">
-        <v>3.7179467343366079</v>
+        <v>3.7177330203683523</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>215.30742122999999</v>
+        <v>215.30736002</v>
       </c>
       <c r="C292" s="5">
-        <v>1.0001456399999995</v>
+        <v>1.0000063500000067</v>
       </c>
       <c r="D292" s="5">
-        <v>5.7462581748951358</v>
+        <v>5.7454350985144398</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>215.67394981000001</v>
+        <v>215.67425588</v>
       </c>
       <c r="C293" s="5">
-        <v>0.36652858000002198</v>
+        <v>0.36689585999999963</v>
       </c>
       <c r="D293" s="5">
-        <v>2.0620556737174667</v>
+        <v>2.0641419534234373</v>
       </c>
       <c r="E293" s="5">
-        <v>2.2821403191352507</v>
+        <v>2.2819568871442097</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>216.46140564000001</v>
+        <v>216.46109960000001</v>
       </c>
       <c r="C294" s="5">
-        <v>0.78745582999999897</v>
+        <v>0.78684372000000735</v>
       </c>
       <c r="D294" s="5">
-        <v>4.4704313415071972</v>
+        <v>4.4668798694501577</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>217.13688618</v>
+        <v>217.13678209</v>
       </c>
       <c r="C295" s="5">
-        <v>0.67548053999999524</v>
+        <v>0.67568248999998559</v>
       </c>
       <c r="D295" s="5">
-        <v>3.8096138371345178</v>
+        <v>3.8107779118199847</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>218.31969197999999</v>
+        <v>218.31956385000001</v>
       </c>
       <c r="C296" s="5">
-        <v>1.1828057999999828</v>
+        <v>1.1827817600000117</v>
       </c>
       <c r="D296" s="5">
-        <v>6.7361790831434565</v>
+        <v>6.736041372217727</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>218.60862814999999</v>
+        <v>218.60865611</v>
       </c>
       <c r="C297" s="5">
-        <v>0.28893616999999949</v>
+        <v>0.28909225999998966</v>
       </c>
       <c r="D297" s="5">
-        <v>1.5997566107294414</v>
+        <v>1.6006280862922884</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>220.21391066999999</v>
+        <v>220.21396867999999</v>
       </c>
       <c r="C298" s="5">
-        <v>1.6052825200000029</v>
+        <v>1.6053125699999953</v>
       </c>
       <c r="D298" s="5">
-        <v>9.1765599901852291</v>
+        <v>9.1767375452911573</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>221.58125376999999</v>
+        <v>221.58132067</v>
       </c>
       <c r="C299" s="5">
-        <v>1.3673430999999994</v>
+        <v>1.3673519900000031</v>
       </c>
       <c r="D299" s="5">
-        <v>7.7107852276769862</v>
+        <v>7.710834983806425</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>222.68045088</v>
+        <v>222.68042535999999</v>
       </c>
       <c r="C300" s="5">
-        <v>1.0991971100000058</v>
+        <v>1.0991046899999901</v>
       </c>
       <c r="D300" s="5">
-        <v>6.1179664648651988</v>
+        <v>6.1174360574048015</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>223.27893209999999</v>
+        <v>223.27878985999999</v>
       </c>
       <c r="C301" s="5">
-        <v>0.59848121999999648</v>
+        <v>0.59836450000000241</v>
       </c>
       <c r="D301" s="5">
-        <v>3.2732518449066328</v>
+        <v>3.2726043890655809</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>224.58133247000001</v>
+        <v>224.58113796999999</v>
       </c>
       <c r="C302" s="5">
-        <v>1.3024003700000151</v>
+        <v>1.302348109999997</v>
       </c>
       <c r="D302" s="5">
-        <v>7.2286639284116827</v>
+        <v>7.2283692574667935</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>225.49576144</v>
+        <v>225.49560534</v>
       </c>
       <c r="C303" s="5">
-        <v>0.91442896999998879</v>
+        <v>0.91446737000001121</v>
       </c>
       <c r="D303" s="5">
-        <v>4.9969649383476256</v>
+        <v>4.9971839247935135</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>225.84229522000001</v>
+        <v>225.84237113</v>
       </c>
       <c r="C304" s="5">
-        <v>0.34653378000001567</v>
+        <v>0.34676579000000629</v>
       </c>
       <c r="D304" s="5">
-        <v>1.8597838319610371</v>
+        <v>1.86104083691494</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>227.89658975</v>
+        <v>227.89723663999999</v>
       </c>
       <c r="C305" s="5">
-        <v>2.0542945299999928</v>
+        <v>2.0548655099999849</v>
       </c>
       <c r="D305" s="5">
-        <v>11.478359951651651</v>
+        <v>11.4817075643465</v>
       </c>
       <c r="E305" s="5">
-        <v>5.6671841688658464</v>
+        <v>5.667334151740766</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>229.1862759</v>
+        <v>229.18686274000001</v>
       </c>
       <c r="C306" s="5">
-        <v>1.2896861499999943</v>
+        <v>1.2896261000000209</v>
       </c>
       <c r="D306" s="5">
-        <v>7.0063068467200118</v>
+        <v>7.0059498919314178</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>230.13555514000001</v>
+        <v>230.13568946999999</v>
       </c>
       <c r="C307" s="5">
-        <v>0.94927924000000985</v>
+        <v>0.94882672999997908</v>
       </c>
       <c r="D307" s="5">
-        <v>5.0851521676708256</v>
+        <v>5.0826593655425745</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>231.02128551000001</v>
+        <v>231.02104883000001</v>
       </c>
       <c r="C308" s="5">
-        <v>0.88573037000000454</v>
+        <v>0.8853593600000238</v>
       </c>
       <c r="D308" s="5">
-        <v>4.7175092272909724</v>
+        <v>4.7154883737491549</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>232.40615242000001</v>
+        <v>232.40588599</v>
       </c>
       <c r="C309" s="5">
-        <v>1.3848669099999995</v>
+        <v>1.3848371599999894</v>
       </c>
       <c r="D309" s="5">
-        <v>7.4354225192557077</v>
+        <v>7.4352653576620353</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>233.62922653000001</v>
+        <v>233.62904691</v>
       </c>
       <c r="C310" s="5">
-        <v>1.2230741099999989</v>
+        <v>1.223160919999998</v>
       </c>
       <c r="D310" s="5">
-        <v>6.5012252676339699</v>
+        <v>6.5017078132646899</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>234.27067581</v>
+        <v>234.27050559</v>
       </c>
       <c r="C311" s="5">
-        <v>0.64144927999998913</v>
+        <v>0.6414586799999995</v>
       </c>
       <c r="D311" s="5">
-        <v>3.3449145325173513</v>
+        <v>3.3449669031707652</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>235.34355482000001</v>
+        <v>235.34296157</v>
       </c>
       <c r="C312" s="5">
-        <v>1.0728790100000083</v>
+        <v>1.0724559800000009</v>
       </c>
       <c r="D312" s="5">
-        <v>5.6361451664817652</v>
+        <v>5.6338708147294803</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>236.35892827999999</v>
+        <v>236.3579977</v>
       </c>
       <c r="C313" s="5">
-        <v>1.015373459999978</v>
+        <v>1.0150361299999986</v>
       </c>
       <c r="D313" s="5">
-        <v>5.301955405749248</v>
+        <v>5.3001656633954841</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>236.55330487000001</v>
+        <v>236.55252815</v>
       </c>
       <c r="C314" s="5">
-        <v>0.19437659000001872</v>
+        <v>0.19453045000000202</v>
       </c>
       <c r="D314" s="5">
-        <v>0.99133053731847998</v>
+        <v>0.99212271046522638</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>237.30428316000001</v>
+        <v>237.30424787999999</v>
       </c>
       <c r="C315" s="5">
-        <v>0.75097829000000615</v>
+        <v>0.7517197299999907</v>
       </c>
       <c r="D315" s="5">
-        <v>3.8768292106655222</v>
+        <v>3.8807369107915601</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>236.74401334999999</v>
+        <v>236.74467726</v>
       </c>
       <c r="C316" s="5">
-        <v>-0.56026981000002252</v>
+        <v>-0.55957061999998814</v>
       </c>
       <c r="D316" s="5">
-        <v>-2.7966698866926709</v>
+        <v>-2.7932253249824845</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>238.03578548999999</v>
+        <v>238.03815688</v>
       </c>
       <c r="C317" s="5">
-        <v>1.2917721400000062</v>
+        <v>1.2934796199999994</v>
       </c>
       <c r="D317" s="5">
-        <v>6.7478066698760442</v>
+        <v>6.7569762001310707</v>
       </c>
       <c r="E317" s="5">
-        <v>4.4490335511920387</v>
+        <v>4.4497776232448105</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>237.33584708000001</v>
+        <v>237.33873194</v>
       </c>
       <c r="C318" s="5">
-        <v>-0.69993840999998724</v>
+        <v>-0.69942494000000011</v>
       </c>
       <c r="D318" s="5">
-        <v>-3.4720601128485518</v>
+        <v>-3.4695200466243303</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>238.30791586000001</v>
+        <v>238.30958566000001</v>
       </c>
       <c r="C319" s="5">
-        <v>0.97206878000000074</v>
+        <v>0.97085372000000802</v>
       </c>
       <c r="D319" s="5">
-        <v>5.0271442436317981</v>
+        <v>5.0206559975526366</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>238.98653891999999</v>
+        <v>238.9819651</v>
       </c>
       <c r="C320" s="5">
-        <v>0.6786230599999783</v>
+        <v>0.67237943999998606</v>
       </c>
       <c r="D320" s="5">
-        <v>3.4712401181569597</v>
+        <v>3.4387815724959525</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>240.13604093999999</v>
+        <v>240.13588774999999</v>
       </c>
       <c r="C321" s="5">
-        <v>1.1495020199999999</v>
+        <v>1.1539226499999984</v>
       </c>
       <c r="D321" s="5">
-        <v>5.9270502471769015</v>
+        <v>5.9505694929729902</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>240.35575725000001</v>
+        <v>240.35543777000001</v>
       </c>
       <c r="C322" s="5">
-        <v>0.2197163100000239</v>
+        <v>0.219550020000014</v>
       </c>
       <c r="D322" s="5">
-        <v>1.103501346250102</v>
+        <v>1.1026626755771263</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>241.04317793000001</v>
+        <v>241.04289968</v>
       </c>
       <c r="C323" s="5">
-        <v>0.68742068000000245</v>
+        <v>0.68746190999999612</v>
       </c>
       <c r="D323" s="5">
-        <v>3.486519907153296</v>
+        <v>3.4867370292464228</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>241.8858012</v>
+        <v>241.88415921999999</v>
       </c>
       <c r="C324" s="5">
-        <v>0.84262326999999004</v>
+        <v>0.8412595399999816</v>
       </c>
       <c r="D324" s="5">
-        <v>4.276483332476011</v>
+        <v>4.2694337594850751</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>242.26594897000001</v>
+        <v>242.26352355</v>
       </c>
       <c r="C325" s="5">
-        <v>0.38014777000000777</v>
+        <v>0.37936433000001557</v>
       </c>
       <c r="D325" s="5">
-        <v>1.9023074425363884</v>
+        <v>1.8983661287333087</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>243.34345690999999</v>
+        <v>243.34263214000001</v>
       </c>
       <c r="C326" s="5">
-        <v>1.0775079399999754</v>
+        <v>1.0791085900000041</v>
       </c>
       <c r="D326" s="5">
-        <v>5.4696613132711791</v>
+        <v>5.4780428319523677</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>243.92117862999999</v>
+        <v>243.92135984999999</v>
       </c>
       <c r="C327" s="5">
-        <v>0.57772171999999955</v>
+        <v>0.57872770999998124</v>
       </c>
       <c r="D327" s="5">
-        <v>2.8864159775220166</v>
+        <v>2.8915179637535759</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>244.87095302</v>
+        <v>244.87111379999999</v>
       </c>
       <c r="C328" s="5">
-        <v>0.94977439000001596</v>
+        <v>0.94975395000000162</v>
       </c>
       <c r="D328" s="5">
-        <v>4.7739070621589885</v>
+        <v>4.7737984903147401</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>245.94202181</v>
+        <v>245.94475709</v>
       </c>
       <c r="C329" s="5">
-        <v>1.0710687899999982</v>
+        <v>1.0736432900000068</v>
       </c>
       <c r="D329" s="5">
-        <v>5.3769463159191844</v>
+        <v>5.3901803752031574</v>
       </c>
       <c r="E329" s="5">
-        <v>3.321448623250034</v>
+        <v>3.321568404676345</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>246.60324133</v>
+        <v>246.61981742</v>
       </c>
       <c r="C330" s="5">
-        <v>0.66121952000000306</v>
+        <v>0.67506033000000798</v>
       </c>
       <c r="D330" s="5">
-        <v>3.2743572101871843</v>
+        <v>3.3438972329745242</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>246.72119074</v>
+        <v>246.71961922</v>
       </c>
       <c r="C331" s="5">
-        <v>0.11794940999999426</v>
+        <v>9.98017999999945E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>0.57546779568893314</v>
+        <v>0.48669681033792767</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>247.29437048</v>
+        <v>247.28222389999999</v>
       </c>
       <c r="C332" s="5">
-        <v>0.57317974000000049</v>
+        <v>0.56260467999999264</v>
       </c>
       <c r="D332" s="5">
-        <v>2.8237245867605454</v>
+        <v>2.7709902018952626</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>246.99334816000001</v>
+        <v>246.99211109000001</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.30102231999998708</v>
+        <v>-0.29011280999998235</v>
       </c>
       <c r="D333" s="5">
-        <v>-1.4509759157265933</v>
+        <v>-1.3987974546196158</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>247.23183945</v>
+        <v>247.23067325</v>
       </c>
       <c r="C334" s="5">
-        <v>0.2384912899999847</v>
+        <v>0.23856215999998653</v>
       </c>
       <c r="D334" s="5">
-        <v>1.1648666374346917</v>
+        <v>1.1652204968306323</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>248.36391294000001</v>
+        <v>248.3624543</v>
       </c>
       <c r="C335" s="5">
-        <v>1.1320734900000105</v>
+        <v>1.1317810500000007</v>
       </c>
       <c r="D335" s="5">
-        <v>5.635312281469762</v>
+        <v>5.6338469552664527</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>248.49445170999999</v>
+        <v>248.49195363999999</v>
       </c>
       <c r="C336" s="5">
-        <v>0.13053876999998693</v>
+        <v>0.1294993399999953</v>
       </c>
       <c r="D336" s="5">
-        <v>0.63254015320135526</v>
+        <v>0.6274927225879523</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>249.41993178000001</v>
+        <v>249.41637523</v>
       </c>
       <c r="C337" s="5">
-        <v>0.92548007000002031</v>
+        <v>0.92442159000000856</v>
       </c>
       <c r="D337" s="5">
-        <v>4.5619120468046725</v>
+        <v>4.5566340830619279</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>250.01701095000001</v>
+        <v>250.01650634999999</v>
       </c>
       <c r="C338" s="5">
-        <v>0.59707917000000066</v>
+        <v>0.60013111999998614</v>
       </c>
       <c r="D338" s="5">
-        <v>2.9107708576966873</v>
+        <v>2.9258888881367628</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>250.58478543000001</v>
+        <v>250.58292141999999</v>
       </c>
       <c r="C339" s="5">
-        <v>0.56777447999999708</v>
+        <v>0.56641507000000502</v>
       </c>
       <c r="D339" s="5">
-        <v>2.7594284675868552</v>
+        <v>2.7527447148786077</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>251.77623037999999</v>
+        <v>251.78983787000001</v>
       </c>
       <c r="C340" s="5">
-        <v>1.1914449499999762</v>
+        <v>1.2069164500000227</v>
       </c>
       <c r="D340" s="5">
-        <v>5.8571844916683435</v>
+        <v>5.9353145396163987</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>251.48414756</v>
+        <v>251.48496646999999</v>
       </c>
       <c r="C341" s="5">
-        <v>-0.29208281999999031</v>
+        <v>-0.30487140000002455</v>
       </c>
       <c r="D341" s="5">
-        <v>-1.383258663192577</v>
+        <v>-1.4433431578144473</v>
       </c>
       <c r="E341" s="5">
-        <v>2.2534277425276805</v>
+        <v>2.2526234938086587</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>251.98238512</v>
+        <v>252.01062758</v>
       </c>
       <c r="C342" s="5">
-        <v>0.49823756000000685</v>
+        <v>0.5256611100000157</v>
       </c>
       <c r="D342" s="5">
-        <v>2.4035040446748424</v>
+        <v>2.5373121444676183</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>252.52942300000001</v>
+        <v>252.52056553</v>
       </c>
       <c r="C343" s="5">
-        <v>0.54703788000000486</v>
+        <v>0.50993794999999409</v>
       </c>
       <c r="D343" s="5">
-        <v>2.6364561671352593</v>
+        <v>2.4553801090374305</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>252.74381369</v>
+        <v>252.71872568000001</v>
       </c>
       <c r="C344" s="5">
-        <v>0.21439068999998767</v>
+        <v>0.19816015000000675</v>
       </c>
       <c r="D344" s="5">
-        <v>1.0235382067120824</v>
+        <v>0.94574943560916669</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>253.76918280999999</v>
+        <v>253.76427430999999</v>
       </c>
       <c r="C345" s="5">
-        <v>1.0253691199999935</v>
+        <v>1.0455486299999848</v>
       </c>
       <c r="D345" s="5">
-        <v>4.9784513834583599</v>
+        <v>5.0791844737389624</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>255.26553487000001</v>
+        <v>255.26053825</v>
       </c>
       <c r="C346" s="5">
-        <v>1.4963520600000209</v>
+        <v>1.4962639400000057</v>
       </c>
       <c r="D346" s="5">
-        <v>7.3098546700222533</v>
+        <v>7.3095561390562391</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>255.74839768999999</v>
+        <v>255.75027093</v>
       </c>
       <c r="C347" s="5">
-        <v>0.48286281999997982</v>
+        <v>0.48973268000000303</v>
       </c>
       <c r="D347" s="5">
-        <v>2.2936974985036107</v>
+        <v>2.3267218988545446</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>256.30169217000002</v>
+        <v>256.30207630000001</v>
       </c>
       <c r="C348" s="5">
-        <v>0.55329448000003367</v>
+        <v>0.55180537000001095</v>
       </c>
       <c r="D348" s="5">
-        <v>2.6272341678703626</v>
+        <v>2.6200598203035108</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>256.91087386999999</v>
+        <v>256.90820921</v>
       </c>
       <c r="C349" s="5">
-        <v>0.60918169999996508</v>
+        <v>0.60613290999998526</v>
       </c>
       <c r="D349" s="5">
-        <v>2.8897600005051371</v>
+        <v>2.8751045404353137</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>257.13354020999998</v>
+        <v>257.13522666</v>
       </c>
       <c r="C350" s="5">
-        <v>0.2226663399999893</v>
+        <v>0.22701745000000528</v>
       </c>
       <c r="D350" s="5">
-        <v>1.0450200141843835</v>
+        <v>1.0655511460888167</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>255.72767654</v>
+        <v>255.72513466000001</v>
       </c>
       <c r="C351" s="5">
-        <v>-1.4058636699999738</v>
+        <v>-1.4100919999999917</v>
       </c>
       <c r="D351" s="5">
-        <v>-6.3671930842245761</v>
+        <v>-6.3857288310599785</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>255.58730370000001</v>
+        <v>255.61710901999999</v>
       </c>
       <c r="C352" s="5">
-        <v>-0.14037283999999772</v>
+        <v>-0.10802564000002235</v>
       </c>
       <c r="D352" s="5">
-        <v>-0.65671338795345591</v>
+        <v>-0.50573837094471941</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>255.28770374000001</v>
+        <v>255.28747061000001</v>
       </c>
       <c r="C353" s="5">
-        <v>-0.29959995999999478</v>
+        <v>-0.32963840999997274</v>
       </c>
       <c r="D353" s="5">
-        <v>-1.397609014801493</v>
+        <v>-1.536565739805551</v>
       </c>
       <c r="E353" s="5">
-        <v>1.5124437134124147</v>
+        <v>1.5120204572759643</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>257.33436628999999</v>
+        <v>257.37288437000001</v>
       </c>
       <c r="C354" s="5">
-        <v>2.0466625499999793</v>
+        <v>2.0854137599999945</v>
       </c>
       <c r="D354" s="5">
-        <v>10.056248120850398</v>
+        <v>10.255299190349154</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>257.23948861000002</v>
+        <v>257.21994274000002</v>
       </c>
       <c r="C355" s="5">
-        <v>-9.4877679999967768E-2</v>
+        <v>-0.15294162999998662</v>
       </c>
       <c r="D355" s="5">
-        <v>-0.44153692936567124</v>
+        <v>-0.71076371138660832</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>257.40065369000001</v>
+        <v>257.35208249999999</v>
       </c>
       <c r="C356" s="5">
-        <v>0.1611650799999893</v>
+        <v>0.13213975999997274</v>
       </c>
       <c r="D356" s="5">
-        <v>0.75441725927551939</v>
+        <v>0.61821221017772654</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>257.97909938999999</v>
+        <v>257.96921147</v>
       </c>
       <c r="C357" s="5">
-        <v>0.57844569999997475</v>
+        <v>0.61712897000001021</v>
       </c>
       <c r="D357" s="5">
-        <v>2.7302917620508627</v>
+        <v>2.915851340166542</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>258.39322632</v>
+        <v>258.38546359999998</v>
       </c>
       <c r="C358" s="5">
-        <v>0.414126930000009</v>
+        <v>0.4162521299999753</v>
       </c>
       <c r="D358" s="5">
-        <v>1.9434267080714829</v>
+        <v>1.9535641230633116</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>259.29574941999999</v>
+        <v>259.30175692</v>
       </c>
       <c r="C359" s="5">
-        <v>0.90252309999999625</v>
+        <v>0.9162933200000225</v>
       </c>
       <c r="D359" s="5">
-        <v>4.2728574849182133</v>
+        <v>4.3394602794704085</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>260.7684165</v>
+        <v>260.77588050000003</v>
       </c>
       <c r="C360" s="5">
-        <v>1.4726670800000079</v>
+        <v>1.4741235800000254</v>
       </c>
       <c r="D360" s="5">
-        <v>7.0323613635494553</v>
+        <v>7.0393672019029241</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>261.28175979000002</v>
+        <v>261.28358981000002</v>
       </c>
       <c r="C361" s="5">
-        <v>0.51334329000002299</v>
+        <v>0.50770930999999564</v>
       </c>
       <c r="D361" s="5">
-        <v>2.388040670672642</v>
+        <v>2.3614821556567911</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>261.82623610000002</v>
+        <v>261.83076323</v>
       </c>
       <c r="C362" s="5">
-        <v>0.54447630999999319</v>
+        <v>0.54717341999997871</v>
       </c>
       <c r="D362" s="5">
-        <v>2.5295003334622868</v>
+        <v>2.542157095566755</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>264.28843075999998</v>
+        <v>264.28726610000001</v>
       </c>
       <c r="C363" s="5">
-        <v>2.462194659999966</v>
+        <v>2.4565028700000084</v>
       </c>
       <c r="D363" s="5">
-        <v>11.88706376192432</v>
+        <v>11.857935886911374</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>265.70688175999999</v>
+        <v>265.76143356</v>
       </c>
       <c r="C364" s="5">
-        <v>1.4184510000000046</v>
+        <v>1.4741674599999897</v>
       </c>
       <c r="D364" s="5">
-        <v>6.6340256577511525</v>
+        <v>6.9026896047712505</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>265.92269120999998</v>
+        <v>265.92379663000003</v>
       </c>
       <c r="C365" s="5">
-        <v>0.21580944999999474</v>
+        <v>0.16236307000002626</v>
       </c>
       <c r="D365" s="5">
-        <v>0.97901619773339554</v>
+        <v>0.7355909114876269</v>
       </c>
       <c r="E365" s="5">
-        <v>4.165883164052131</v>
+        <v>4.1664112988329949</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>265.54694375000003</v>
+        <v>265.57904867000002</v>
       </c>
       <c r="C366" s="5">
-        <v>-0.37574745999995685</v>
+        <v>-0.34474796000000651</v>
       </c>
       <c r="D366" s="5">
-        <v>-1.6824787253346796</v>
+        <v>-1.5446548362827439</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>266.11184493000002</v>
+        <v>266.10795524000002</v>
       </c>
       <c r="C367" s="5">
-        <v>0.56490117999999256</v>
+        <v>0.52890657000000374</v>
       </c>
       <c r="D367" s="5">
-        <v>2.5828551318237025</v>
+        <v>2.4161778470032091</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>266.94781762999997</v>
+        <v>266.81606307999999</v>
       </c>
       <c r="C368" s="5">
-        <v>0.8359726999999566</v>
+        <v>0.70810783999996829</v>
       </c>
       <c r="D368" s="5">
-        <v>3.835540034906626</v>
+        <v>3.2403258948648928</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>247.80685696</v>
+        <v>247.81199968999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-19.14096066999997</v>
+        <v>-19.004063389999999</v>
       </c>
       <c r="D369" s="5">
-        <v>-59.050996666949608</v>
+        <v>-58.797428191748445</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>253.32390426000001</v>
+        <v>253.32417833</v>
       </c>
       <c r="C370" s="5">
-        <v>5.5170473000000015</v>
+        <v>5.5121786400000019</v>
       </c>
       <c r="D370" s="5">
-        <v>30.242954987980085</v>
+        <v>30.212214714572184</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>259.71333152</v>
+        <v>259.72804909000001</v>
       </c>
       <c r="C371" s="5">
-        <v>6.3894272599999908</v>
+        <v>6.403870760000018</v>
       </c>
       <c r="D371" s="5">
-        <v>34.839410591717645</v>
+        <v>34.929381208866417</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>260.12622913000001</v>
+        <v>260.14204612999998</v>
       </c>
       <c r="C372" s="5">
-        <v>0.4128976100000159</v>
+        <v>0.41399703999996973</v>
       </c>
       <c r="D372" s="5">
-        <v>1.9245551606532407</v>
+        <v>1.929614412079883</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>257.78294582000001</v>
+        <v>257.79478619000002</v>
       </c>
       <c r="C373" s="5">
-        <v>-2.3432833100000039</v>
+        <v>-2.3472599399999581</v>
       </c>
       <c r="D373" s="5">
-        <v>-10.290085321100884</v>
+        <v>-10.306094692203427</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>259.34248034000001</v>
+        <v>259.35491279000001</v>
       </c>
       <c r="C374" s="5">
-        <v>1.5595345199999997</v>
+        <v>1.5601265999999896</v>
       </c>
       <c r="D374" s="5">
-        <v>7.50625508375935</v>
+        <v>7.5088439144362251</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>265.20091177</v>
+        <v>265.20917270000001</v>
       </c>
       <c r="C375" s="5">
-        <v>5.858431429999996</v>
+        <v>5.8542599099999961</v>
       </c>
       <c r="D375" s="5">
-        <v>30.742333804059353</v>
+        <v>30.715997661522799</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>265.03387821000001</v>
+        <v>265.09178158999998</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.16703355999999303</v>
+        <v>-0.11739111000002822</v>
       </c>
       <c r="D376" s="5">
-        <v>-0.75319266295599263</v>
+        <v>-0.52987191208493378</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>265.15847945000002</v>
+        <v>265.16380944999997</v>
       </c>
       <c r="C377" s="5">
-        <v>0.12460124000000405</v>
+        <v>7.2027859999991506E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>0.56562096199170853</v>
+        <v>0.32653866024017209</v>
       </c>
       <c r="E377" s="5">
-        <v>-0.28738117703406285</v>
+        <v>-0.2857913393352618</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>265.43961537000001</v>
+        <v>265.46107280000001</v>
       </c>
       <c r="C378" s="5">
-        <v>0.28113591999999699</v>
+        <v>0.29726335000003701</v>
       </c>
       <c r="D378" s="5">
-        <v>1.2797530608681162</v>
+        <v>1.3535923398866334</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>265.895082</v>
+        <v>265.90185474999998</v>
       </c>
       <c r="C379" s="5">
-        <v>0.45546662999998944</v>
+        <v>0.44078194999997322</v>
       </c>
       <c r="D379" s="5">
-        <v>2.0786184861164347</v>
+        <v>2.0108246184088685</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>268.22184941</v>
+        <v>268.00466927000002</v>
       </c>
       <c r="C380" s="5">
-        <v>2.3267674100000022</v>
+        <v>2.1028145200000381</v>
       </c>
       <c r="D380" s="5">
-        <v>11.0212661326883</v>
+        <v>9.9137249032832173</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>266.82628840000001</v>
+        <v>266.84415397999999</v>
       </c>
       <c r="C381" s="5">
-        <v>-1.3955610099999944</v>
+        <v>-1.1605152900000348</v>
       </c>
       <c r="D381" s="5">
-        <v>-6.0680042998485391</v>
+        <v>-5.0742610926726606</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>267.30045871999999</v>
+        <v>267.31560080000003</v>
       </c>
       <c r="C382" s="5">
-        <v>0.47417031999998471</v>
+        <v>0.47144682000003968</v>
       </c>
       <c r="D382" s="5">
-        <v>2.1534567000044191</v>
+        <v>2.1408226764344063</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>267.69194283000002</v>
+        <v>267.71443040999998</v>
       </c>
       <c r="C383" s="5">
-        <v>0.3914841100000217</v>
+        <v>0.39882960999995021</v>
       </c>
       <c r="D383" s="5">
-        <v>1.7717277994829139</v>
+        <v>1.8051413044563924</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>269.03278490999998</v>
+        <v>269.06194025999997</v>
       </c>
       <c r="C384" s="5">
-        <v>1.340842079999959</v>
+        <v>1.3475098499999945</v>
       </c>
       <c r="D384" s="5">
-        <v>6.1790636056758608</v>
+        <v>6.2101104942856145</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>269.88160010000001</v>
+        <v>269.91288924000003</v>
       </c>
       <c r="C385" s="5">
-        <v>0.84881519000003891</v>
+        <v>0.85094898000005514</v>
       </c>
       <c r="D385" s="5">
-        <v>3.8524697662650764</v>
+        <v>3.8618975509440379</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>271.50938514000001</v>
+        <v>271.53963519000001</v>
       </c>
       <c r="C386" s="5">
-        <v>1.627785039999992</v>
+        <v>1.6267459499999859</v>
       </c>
       <c r="D386" s="5">
-        <v>7.4827670330515073</v>
+        <v>7.4769351987556076</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>273.74118601999999</v>
+        <v>273.76420494000001</v>
       </c>
       <c r="C387" s="5">
-        <v>2.2318008799999802</v>
+        <v>2.2245697500000006</v>
       </c>
       <c r="D387" s="5">
-        <v>10.322369199152593</v>
+        <v>10.286204893071416</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>276.17564077999998</v>
+        <v>276.23393754</v>
       </c>
       <c r="C388" s="5">
-        <v>2.4344547599999942</v>
+        <v>2.4697325999999862</v>
       </c>
       <c r="D388" s="5">
-        <v>11.209710239339564</v>
+        <v>11.379292292683862</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>276.54524650000002</v>
+        <v>276.54676188000002</v>
       </c>
       <c r="C389" s="5">
-        <v>0.36960572000003822</v>
+        <v>0.31282434000002013</v>
       </c>
       <c r="D389" s="5">
-        <v>1.6178331841103288</v>
+        <v>1.3674503081240408</v>
       </c>
       <c r="E389" s="5">
-        <v>4.2943250668878497</v>
+        <v>4.2928001576121755</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>274.75596035000001</v>
+        <v>274.75172090000001</v>
       </c>
       <c r="C390" s="5">
-        <v>-1.7892861500000095</v>
+        <v>-1.7950409800000102</v>
       </c>
       <c r="D390" s="5">
-        <v>-7.4937458565514365</v>
+        <v>-7.5169542372216185</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>277.79772435000001</v>
+        <v>277.78945672999998</v>
       </c>
       <c r="C391" s="5">
-        <v>3.0417640000000006</v>
+        <v>3.0377358299999742</v>
       </c>
       <c r="D391" s="5">
-        <v>14.124460082451385</v>
+        <v>14.104834539288946</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>278.00484286</v>
+        <v>277.70005802999998</v>
       </c>
       <c r="C392" s="5">
-        <v>0.2071185099999866</v>
+        <v>-8.9398700000003828E-2</v>
       </c>
       <c r="D392" s="5">
-        <v>0.89836565396670398</v>
+        <v>-0.38550332270687049</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>279.14050132</v>
+        <v>279.19448245000001</v>
       </c>
       <c r="C393" s="5">
-        <v>1.1356584600000019</v>
+        <v>1.4944244200000298</v>
       </c>
       <c r="D393" s="5">
-        <v>5.0136884118274772</v>
+        <v>6.652325640841994</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>279.80504306</v>
+        <v>279.82019733999999</v>
       </c>
       <c r="C394" s="5">
-        <v>0.66454174000000421</v>
+        <v>0.62571488999998337</v>
       </c>
       <c r="D394" s="5">
-        <v>2.8945099504302352</v>
+        <v>2.7227710369100544</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>280.64732514000002</v>
+        <v>280.68293309000001</v>
       </c>
       <c r="C395" s="5">
-        <v>0.84228208000001814</v>
+        <v>0.86273575000001301</v>
       </c>
       <c r="D395" s="5">
-        <v>3.6727061285881879</v>
+        <v>3.7632036106119982</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>280.92450104</v>
+        <v>280.98172405000003</v>
       </c>
       <c r="C396" s="5">
-        <v>0.27717589999997472</v>
+        <v>0.29879096000001937</v>
       </c>
       <c r="D396" s="5">
-        <v>1.1916157545920125</v>
+        <v>1.2849226649120249</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>281.70733749999999</v>
+        <v>281.77688182999998</v>
       </c>
       <c r="C397" s="5">
-        <v>0.78283645999999862</v>
+        <v>0.79515777999995407</v>
       </c>
       <c r="D397" s="5">
-        <v>3.3957028960907465</v>
+        <v>3.4492702532521902</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>282.48615045000003</v>
+        <v>282.54906704000001</v>
       </c>
       <c r="C398" s="5">
-        <v>0.77881295000003092</v>
+        <v>0.77218521000003193</v>
       </c>
       <c r="D398" s="5">
-        <v>3.3684529222032467</v>
+        <v>3.3385170549937504</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>282.71041271000001</v>
+        <v>282.75652738999997</v>
       </c>
       <c r="C399" s="5">
-        <v>0.22426225999998906</v>
+        <v>0.20746034999996255</v>
       </c>
       <c r="D399" s="5">
-        <v>0.95683588133097519</v>
+        <v>0.88466135882605546</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>284.32840728000002</v>
+        <v>284.38124612000001</v>
       </c>
       <c r="C400" s="5">
-        <v>1.6179945700000076</v>
+        <v>1.6247187300000405</v>
       </c>
       <c r="D400" s="5">
-        <v>7.0881391592626297</v>
+        <v>7.1173358990602731</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>283.30950457</v>
+        <v>283.30865903</v>
       </c>
       <c r="C401" s="5">
-        <v>-1.0189027100000203</v>
+        <v>-1.0725870900000132</v>
       </c>
       <c r="D401" s="5">
-        <v>-4.2164986770515505</v>
+        <v>-4.4332654204113471</v>
       </c>
       <c r="E401" s="5">
-        <v>2.4459860205913841</v>
+        <v>2.4451189028690035</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>283.64212228999997</v>
+        <v>283.57580134</v>
       </c>
       <c r="C402" s="5">
-        <v>0.33261771999997336</v>
+        <v>0.267142309999997</v>
       </c>
       <c r="D402" s="5">
-        <v>1.4179853536516296</v>
+        <v>1.1374115410186292</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>284.12115191999999</v>
+        <v>284.04358402000003</v>
       </c>
       <c r="C403" s="5">
-        <v>0.47902963000001364</v>
+        <v>0.46778268000002754</v>
       </c>
       <c r="D403" s="5">
-        <v>2.0455537143716729</v>
+        <v>1.9975618392945371</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>284.87183262999997</v>
+        <v>284.54358891999999</v>
       </c>
       <c r="C404" s="5">
-        <v>0.75068070999998326</v>
+        <v>0.50000489999996489</v>
       </c>
       <c r="D404" s="5">
-        <v>3.2170190778195273</v>
+        <v>2.1329444386905871</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>285.71716351999999</v>
+        <v>285.76603209000001</v>
       </c>
       <c r="C405" s="5">
-        <v>0.84533089000001382</v>
+        <v>1.2224431700000196</v>
       </c>
       <c r="D405" s="5">
-        <v>3.6195843904505809</v>
+        <v>5.2789624505222621</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>286.21886883000002</v>
+        <v>286.18518934000002</v>
       </c>
       <c r="C406" s="5">
-        <v>0.50170531000003393</v>
+        <v>0.41915725000001203</v>
       </c>
       <c r="D406" s="5">
-        <v>2.1276108627814594</v>
+        <v>1.7744109412589415</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>286.18738619999999</v>
+        <v>286.28792994999998</v>
       </c>
       <c r="C407" s="5">
-        <v>-3.1482630000027712E-2</v>
+        <v>0.10274060999995527</v>
       </c>
       <c r="D407" s="5">
-        <v>-0.13191411590811608</v>
+        <v>0.43165216806697604</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>286.32293198000002</v>
+        <v>286.44916782000001</v>
       </c>
       <c r="C408" s="5">
-        <v>0.13554578000002948</v>
+        <v>0.16123787000003631</v>
       </c>
       <c r="D408" s="5">
-        <v>0.56983403294770252</v>
+        <v>0.67793955906247927</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>286.57101182000002</v>
+        <v>286.69239147000002</v>
       </c>
       <c r="C409" s="5">
-        <v>0.2480798400000026</v>
+        <v>0.24322365000000445</v>
       </c>
       <c r="D409" s="5">
-        <v>1.04468945733871</v>
+        <v>1.0236904700761551</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>286.72624575999998</v>
+        <v>286.82925010999998</v>
       </c>
       <c r="C410" s="5">
-        <v>0.1552339399999596</v>
+        <v>0.13685863999995718</v>
       </c>
       <c r="D410" s="5">
-        <v>0.65197355448085581</v>
+        <v>0.57435165100399033</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>286.76036891000001</v>
+        <v>286.82981525000002</v>
       </c>
       <c r="C411" s="5">
-        <v>3.4123150000027636E-2</v>
+        <v>5.6514000004881382E-4</v>
       </c>
       <c r="D411" s="5">
-        <v>0.14290492658091125</v>
+        <v>2.3643869966338826E-3</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>286.50427173999998</v>
+        <v>286.54882773999998</v>
       </c>
       <c r="C412" s="5">
-        <v>-0.25609717000003229</v>
+        <v>-0.2809875100000454</v>
       </c>
       <c r="D412" s="5">
-        <v>-1.0664360122653149</v>
+        <v>-1.1692445130577434</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>286.81761333999998</v>
+        <v>286.80159621000001</v>
       </c>
       <c r="C413" s="5">
-        <v>0.31334160000000111</v>
+        <v>0.25276847000003499</v>
       </c>
       <c r="D413" s="5">
-        <v>1.3203292088088459</v>
+        <v>1.0636864458586359</v>
       </c>
       <c r="E413" s="5">
-        <v>1.2382601760306367</v>
+        <v>1.2329087264608241</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>288.28368291999999</v>
+        <v>288.14296839999997</v>
       </c>
       <c r="C414" s="5">
-        <v>1.4660695800000099</v>
+        <v>1.3413721899999587</v>
       </c>
       <c r="D414" s="5">
-        <v>6.3092192012228265</v>
+        <v>5.7590501247966719</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>287.70272755000002</v>
+        <v>287.53852716</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.58095536999996966</v>
+        <v>-0.60444123999997146</v>
       </c>
       <c r="D415" s="5">
-        <v>-2.3916412273733867</v>
+        <v>-2.4884150394780868</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>288.09210118999999</v>
+        <v>287.72141837999999</v>
       </c>
       <c r="C416" s="5">
-        <v>0.38937363999997388</v>
+        <v>0.1828912199999877</v>
       </c>
       <c r="D416" s="5">
-        <v>1.6362101886082669</v>
+        <v>0.76594559588012423</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>287.24069169000001</v>
+        <v>287.30962900999998</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.85140949999998838</v>
+        <v>-0.41178937000000815</v>
       </c>
       <c r="D417" s="5">
-        <v>-3.4893250180808688</v>
+        <v>-1.7039954520297718</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>288.20272427999998</v>
+        <v>288.11631843999999</v>
       </c>
       <c r="C418" s="5">
-        <v>0.96203258999997843</v>
+        <v>0.80668943000000581</v>
       </c>
       <c r="D418" s="5">
-        <v>4.0939321844700949</v>
+        <v>3.421802882887004</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>288.61952581999998</v>
+        <v>288.79453999999998</v>
       </c>
       <c r="C419" s="5">
-        <v>0.41680153999999447</v>
+        <v>0.67822155999999723</v>
       </c>
       <c r="D419" s="5">
-        <v>1.7493223008332226</v>
+        <v>2.8616430045793839</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>288.68439196999998</v>
+        <v>288.88721118000001</v>
       </c>
       <c r="C420" s="5">
-        <v>6.4866150000000289E-2</v>
+        <v>9.2671180000024833E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>0.27002909621578475</v>
+        <v>0.38574791529912833</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>288.62062460999999</v>
+        <v>288.79166128000003</v>
       </c>
       <c r="C421" s="5">
-        <v>-6.3767359999985729E-2</v>
+        <v>-9.5549899999980425E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>-0.26474564598119033</v>
+        <v>-0.39618066745338298</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>288.40919810000003</v>
+        <v>288.5433377</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.21142650999996704</v>
+        <v>-0.24832358000003296</v>
       </c>
       <c r="D422" s="5">
-        <v>-0.87551645082081242</v>
+        <v>-1.026979286534635</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>288.36139861999999</v>
+        <v>288.44717264000002</v>
       </c>
       <c r="C423" s="5">
-        <v>-4.779948000003742E-2</v>
+        <v>-9.6165059999975711E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>-0.19870073410658273</v>
+        <v>-0.39920096548219375</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>288.35416455000001</v>
+        <v>288.38895742</v>
       </c>
       <c r="C424" s="5">
-        <v>-7.2340699999813296E-3</v>
+        <v>-5.8215220000022327E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>-3.0100028557911163E-2</v>
+        <v>-0.24191872311464246</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>288.78004663000002</v>
+        <v>288.75328747999998</v>
       </c>
       <c r="C425" s="5">
-        <v>0.42588208000000805</v>
+        <v>0.36433005999998613</v>
       </c>
       <c r="D425" s="5">
-        <v>1.7867972208889693</v>
+        <v>1.5265725766259397</v>
       </c>
       <c r="E425" s="5">
-        <v>0.68420947624081574</v>
+        <v>0.68050223422428946</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>288.58892872000001</v>
+        <v>288.65658816000001</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.19111791000000267</v>
+        <v>-9.6699319999970612E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>-0.79128921514104444</v>
+        <v>-0.401123374991319</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>288.81223623</v>
+        <v>289.0984641</v>
       </c>
       <c r="C427" s="5">
-        <v>0.22330750999998372</v>
+        <v>0.44187593999998853</v>
       </c>
       <c r="D427" s="5">
-        <v>0.93251115306463017</v>
+        <v>1.8525071302730733</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>288.39548323999998</v>
+        <v>288.32039749</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.41675299000002042</v>
+        <v>-0.77806660999999622</v>
       </c>
       <c r="D428" s="5">
-        <v>-1.7179105036345788</v>
+        <v>-3.1822459614341492</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>287.15586019</v>
+        <v>287.67455471</v>
       </c>
       <c r="C429" s="5">
-        <v>-1.2396230499999774</v>
+        <v>-0.6458427800000095</v>
       </c>
       <c r="D429" s="5">
-        <v>-5.0378033471859096</v>
+        <v>-2.6551505326002478</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>288.30684667999998</v>
+        <v>287.56319363</v>
       </c>
       <c r="C430" s="5">
-        <v>1.1509864899999798</v>
+        <v>-0.11136107999999467</v>
       </c>
       <c r="D430" s="5">
-        <v>4.9173394954521443</v>
+        <v>-0.46354167542700386</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>287.92347813999999</v>
+        <v>286.97098749999998</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.38336853999999221</v>
+        <v>-0.59220613000002231</v>
       </c>
       <c r="D431" s="5">
-        <v>-1.5840505034162344</v>
+        <v>-2.4434736534769574</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>288.55469678999998</v>
+        <v>287.61988043000002</v>
       </c>
       <c r="C432" s="5">
-        <v>0.63121864999999389</v>
+        <v>0.648892930000045</v>
       </c>
       <c r="D432" s="5">
-        <v>2.6627308511112613</v>
+        <v>2.7474164709055282</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>288.06147886000002</v>
+        <v>287.06220281999998</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.49321792999995751</v>
+        <v>-0.55767761000004157</v>
       </c>
       <c r="D433" s="5">
-        <v>-2.0319510336878954</v>
+        <v>-2.3020747162513899</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>287.53701262999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.47480981000001066</v>
+      </c>
+      <c r="D434" s="5">
+        <v>2.0029936442535368</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>288.91037714999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>1.3733645199999955</v>
+      </c>
+      <c r="D435" s="5">
+        <v>5.8845557350260869</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>288.13692550000002</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.77345164999996996</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-3.1656772995770743</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">