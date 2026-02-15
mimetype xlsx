--- v1 (2026-01-25)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{58C2E2F2-7C17-4056-8D04-5F628EF4CB22}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B43808F2-E1E4-4551-959E-3C74EC334D3E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{A6BBDFD9-2927-4B27-ABCD-3B861A3E1971}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{D16F25AC-3C66-42C1-AB92-1A10B3EECCA7}"/>
   </bookViews>
   <sheets>
     <sheet name="fwattula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Trade, Transportation and Utilities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{72DD9723-40EC-4352-A8CC-C7B5CF3C73A0}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1EE6026A-A03E-4483-A787-F00A3B0DDDA3}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>286.97098749999998</v>
       </c>
       <c r="C431" s="5">
         <v>-0.59220613000002231</v>
       </c>
       <c r="D431" s="5">
         <v>-2.4434736534769574</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>287.61988043000002</v>
       </c>
       <c r="C432" s="5">
         <v>0.648892930000045</v>
       </c>
       <c r="D432" s="5">
         <v>2.7474164709055282</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>287.06220281999998</v>
       </c>
       <c r="C433" s="5">
         <v>-0.55767761000004157</v>
       </c>
       <c r="D433" s="5">
         <v>-2.3020747162513899</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>287.53701262999999</v>
       </c>
       <c r="C434" s="5">
         <v>0.47480981000001066</v>
       </c>
       <c r="D434" s="5">
         <v>2.0029936442535368</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>288.91037714999999</v>
       </c>
       <c r="C435" s="5">
         <v>1.3733645199999955</v>
       </c>
       <c r="D435" s="5">
         <v>5.8845557350260869</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>288.13692550000002</v>
+        <v>288.18584281</v>
       </c>
       <c r="C436" s="5">
-        <v>-0.77345164999996996</v>
+        <v>-0.72453433999999106</v>
       </c>
       <c r="D436" s="5">
-        <v>-3.1656772995770743</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-2.9682170084606274</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>288.49632402999998</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.31048121999998557</v>
+      </c>
+      <c r="D437" s="5">
+        <v>1.3005257914772361</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-8.8990657818155405E-2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>