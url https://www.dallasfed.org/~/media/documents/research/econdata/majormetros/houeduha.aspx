--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{ACBF2D51-72BD-49D0-B174-5A68486CE968}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6564B51F-4889-40AE-8AC0-77A058CDD72B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{A1A7AA1C-494B-4679-806C-707AFFD8722A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{983E102E-7570-44C1-AC16-1779E63C97B3}"/>
   </bookViews>
   <sheets>
     <sheet name="houeduha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Education and Health Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B5163088-312D-4AB5-A853-29D08B87CC25}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D2A3ACF0-D072-493D-A0BF-C3A9087C7DF7}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>2.0792770199999495</v>
       </c>
       <c r="D431" s="5">
         <v>5.4888627357349007</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>469.99673579</v>
       </c>
       <c r="C432" s="5">
         <v>2.0108172100000274</v>
       </c>
       <c r="D432" s="5">
         <v>5.2797083232746234</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>471.7954153</v>
+        <v>470.84216956</v>
       </c>
       <c r="C433" s="5">
-        <v>1.7986795099999995</v>
+        <v>0.84543376999999964</v>
       </c>
       <c r="D433" s="5">
-        <v>4.6903122451838586</v>
+        <v>2.1800535483712302</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>472.93446864999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>2.0922990899999832</v>
+      </c>
+      <c r="D434" s="5">
+        <v>5.4647640570257394</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>