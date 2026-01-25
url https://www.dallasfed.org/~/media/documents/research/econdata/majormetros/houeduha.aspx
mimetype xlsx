--- v1 (2025-12-16)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6564B51F-4889-40AE-8AC0-77A058CDD72B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E68E94C4-C309-4B6B-9B63-414762759FE5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{983E102E-7570-44C1-AC16-1779E63C97B3}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C7C1E60A-01C5-4A2F-A73B-3E16EB932045}"/>
   </bookViews>
   <sheets>
     <sheet name="houeduha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Education and Health Services Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D2A3ACF0-D072-493D-A0BF-C3A9087C7DF7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A69F4A88-D265-403A-B782-EBDDE64FACD8}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>167.01990383</v>
+        <v>167.02115047999999</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>158.52434994000001</v>
+        <v>158.52323365999999</v>
       </c>
       <c r="C7" s="5">
-        <v>-8.4955538899999965</v>
+        <v>-8.4979168200000004</v>
       </c>
       <c r="D7" s="5">
-        <v>-46.551807851299152</v>
+        <v>-46.561110728829725</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>159.62535037000001</v>
+        <v>159.6251905</v>
       </c>
       <c r="C8" s="5">
-        <v>1.1010004299999991</v>
+        <v>1.1019568400000139</v>
       </c>
       <c r="D8" s="5">
-        <v>8.660222726788902</v>
+        <v>8.6680989475327319</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>159.33329239</v>
+        <v>159.33331727000001</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.29205798000000982</v>
+        <v>-0.2918732299999931</v>
       </c>
       <c r="D9" s="5">
-        <v>-2.1736159145313905</v>
+        <v>-2.1722568808434484</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>159.66367819999999</v>
+        <v>159.66393757</v>
       </c>
       <c r="C10" s="5">
-        <v>0.33038580999999567</v>
+        <v>0.33062029999999254</v>
       </c>
       <c r="D10" s="5">
-        <v>2.5168364968746859</v>
+        <v>2.5186428494349711</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>160.90153402999999</v>
+        <v>160.90170212999999</v>
       </c>
       <c r="C11" s="5">
-        <v>1.2378558300000009</v>
+        <v>1.237764559999988</v>
       </c>
       <c r="D11" s="5">
-        <v>9.7106167261270535</v>
+        <v>9.7098534877335432</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>161.70039402</v>
+        <v>161.70041756000001</v>
       </c>
       <c r="C12" s="5">
-        <v>0.79885999000001107</v>
+        <v>0.79871543000001566</v>
       </c>
       <c r="D12" s="5">
-        <v>6.1232940541557035</v>
+        <v>6.1221489985840094</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>162.23889278999999</v>
+        <v>162.23884766</v>
       </c>
       <c r="C13" s="5">
-        <v>0.53849876999998969</v>
+        <v>0.53843009999999936</v>
       </c>
       <c r="D13" s="5">
-        <v>4.0702858686617605</v>
+        <v>4.069756675165026</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>163.53766909999999</v>
+        <v>163.5378326</v>
       </c>
       <c r="C14" s="5">
-        <v>1.2987763099999938</v>
+        <v>1.2989849399999969</v>
       </c>
       <c r="D14" s="5">
-        <v>10.040854993092507</v>
+        <v>10.042542512356523</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>163.32049616</v>
+        <v>163.32020130999999</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.21717293999998333</v>
+        <v>-0.21763129000001413</v>
       </c>
       <c r="D15" s="5">
-        <v>-1.5819749489329404</v>
+        <v>-1.5852877817984501</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>163.90492087000001</v>
+        <v>163.90482324000001</v>
       </c>
       <c r="C16" s="5">
-        <v>0.58442471000000751</v>
+        <v>0.58462193000002571</v>
       </c>
       <c r="D16" s="5">
-        <v>4.3795985340843613</v>
+        <v>4.3811137576021064</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>164.22264036999999</v>
+        <v>164.22253914999999</v>
       </c>
       <c r="C17" s="5">
-        <v>0.31771949999998128</v>
+        <v>0.31771590999997557</v>
       </c>
       <c r="D17" s="5">
-        <v>2.3510861182968634</v>
+        <v>2.3510606842407578</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>163.69763524999999</v>
+        <v>163.69870571000001</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.52500512000000299</v>
+        <v>-0.52383343999997578</v>
       </c>
       <c r="D18" s="5">
-        <v>-3.7695529620370816</v>
+        <v>-3.76128958133779</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>164.97350657000001</v>
+        <v>164.97249686999999</v>
       </c>
       <c r="C19" s="5">
-        <v>1.2758713200000216</v>
+        <v>1.2737911599999734</v>
       </c>
       <c r="D19" s="5">
-        <v>9.7644229250323242</v>
+        <v>9.7477492737444429</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>165.16815919000001</v>
+        <v>165.16798398</v>
       </c>
       <c r="C20" s="5">
-        <v>0.19465261999999939</v>
+        <v>0.19548711000001617</v>
       </c>
       <c r="D20" s="5">
-        <v>1.4251073133047631</v>
+        <v>1.4312655424621124</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>165.50379204999999</v>
+        <v>165.50377581999999</v>
       </c>
       <c r="C21" s="5">
-        <v>0.33563285999997561</v>
+        <v>0.33579183999998463</v>
       </c>
       <c r="D21" s="5">
-        <v>2.4659199047458946</v>
+        <v>2.4671036807066171</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>166.47545633999999</v>
+        <v>166.47568939000001</v>
       </c>
       <c r="C22" s="5">
-        <v>0.97166429000000676</v>
+        <v>0.97191357000002654</v>
       </c>
       <c r="D22" s="5">
-        <v>7.2771389145491971</v>
+        <v>7.2790673062123723</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>166.6320115</v>
+        <v>166.63235524999999</v>
       </c>
       <c r="C23" s="5">
-        <v>0.15655516000001057</v>
+        <v>0.15666585999997551</v>
       </c>
       <c r="D23" s="5">
-        <v>1.1343470098868824</v>
+        <v>1.1351516643362869</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>166.24273589000001</v>
+        <v>166.24276957999999</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.38927560999999855</v>
+        <v>-0.38958567000000244</v>
       </c>
       <c r="D24" s="5">
-        <v>-2.7676265084840335</v>
+        <v>-2.7697970274630168</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>166.73072310000001</v>
+        <v>166.73072418000001</v>
       </c>
       <c r="C25" s="5">
-        <v>0.48798721</v>
+        <v>0.48795460000002322</v>
       </c>
       <c r="D25" s="5">
-        <v>3.5798967237430812</v>
+        <v>3.5796528829405316</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>166.79348927000001</v>
+        <v>166.79370485999999</v>
       </c>
       <c r="C26" s="5">
-        <v>6.2766170000003285E-2</v>
+        <v>6.2980679999981248E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>0.4526793044653532</v>
+        <v>0.45422959632166471</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>168.66912832</v>
+        <v>168.66866021000001</v>
       </c>
       <c r="C27" s="5">
-        <v>1.8756390499999895</v>
+        <v>1.8749553500000218</v>
       </c>
       <c r="D27" s="5">
-        <v>14.36103495893799</v>
+        <v>14.355452618873766</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>169.28781968999999</v>
+        <v>169.28773669</v>
       </c>
       <c r="C28" s="5">
-        <v>0.61869136999999341</v>
+        <v>0.61907647999998971</v>
       </c>
       <c r="D28" s="5">
-        <v>4.4915889375510831</v>
+        <v>4.4944541734382337</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>169.04421765000001</v>
+        <v>169.04411019</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.24360203999998475</v>
+        <v>-0.24362650000000485</v>
       </c>
       <c r="D29" s="5">
-        <v>-1.7131767284584876</v>
+        <v>-1.7133482220890506</v>
       </c>
       <c r="E29" s="5">
-        <v>2.9360003402312929</v>
+        <v>2.9359983501387799</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>170.1680375</v>
+        <v>170.16861972000001</v>
       </c>
       <c r="C30" s="5">
-        <v>1.1238198499999896</v>
+        <v>1.1245095300000116</v>
       </c>
       <c r="D30" s="5">
-        <v>8.2759606708880717</v>
+        <v>8.2812322718717191</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>170.33174767</v>
+        <v>170.33108645999999</v>
       </c>
       <c r="C31" s="5">
-        <v>0.16371017000000165</v>
+        <v>0.16246673999998507</v>
       </c>
       <c r="D31" s="5">
-        <v>1.1605882648254795</v>
+        <v>1.1517229330778811</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>170.25887635000001</v>
+        <v>170.2587225</v>
       </c>
       <c r="C32" s="5">
-        <v>-7.2871319999990192E-2</v>
+        <v>-7.2363959999989902E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>-0.51217766522555497</v>
+        <v>-0.50862197249450514</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>171.24909106000001</v>
+        <v>171.24904551</v>
       </c>
       <c r="C33" s="5">
-        <v>0.99021471000000361</v>
+        <v>0.99032300999999734</v>
       </c>
       <c r="D33" s="5">
-        <v>7.2067539074151643</v>
+        <v>7.2075742191367587</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>171.94166282</v>
+        <v>171.9418785</v>
       </c>
       <c r="C34" s="5">
-        <v>0.69257175999999276</v>
+        <v>0.69283298999999943</v>
       </c>
       <c r="D34" s="5">
-        <v>4.9625004891745705</v>
+        <v>4.9644154823852205</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>172.34732636000001</v>
+        <v>172.34791988999999</v>
       </c>
       <c r="C35" s="5">
-        <v>0.40566354000000615</v>
+        <v>0.4060413899999844</v>
       </c>
       <c r="D35" s="5">
-        <v>2.868199292830198</v>
+        <v>2.8709019856009377</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>172.79163553000001</v>
+        <v>172.79173051999999</v>
       </c>
       <c r="C36" s="5">
-        <v>0.44430916999999681</v>
+        <v>0.44381063000000154</v>
       </c>
       <c r="D36" s="5">
-        <v>3.1378272636801707</v>
+        <v>3.1342454829177635</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>173.03900630000001</v>
+        <v>173.03908436</v>
       </c>
       <c r="C37" s="5">
-        <v>0.2473707700000034</v>
+        <v>0.24735384000001659</v>
       </c>
       <c r="D37" s="5">
-        <v>1.7315272920500613</v>
+        <v>1.7314068927998472</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>173.2680708</v>
+        <v>173.26833961</v>
       </c>
       <c r="C38" s="5">
-        <v>0.22906449999999268</v>
+        <v>0.22925524999999425</v>
       </c>
       <c r="D38" s="5">
-        <v>1.6001454150003314</v>
+        <v>1.6014869088418759</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>174.74193471000001</v>
+        <v>174.74124667000001</v>
       </c>
       <c r="C39" s="5">
-        <v>1.4738639100000057</v>
+        <v>1.4729070600000114</v>
       </c>
       <c r="D39" s="5">
-        <v>10.698872912810664</v>
+        <v>10.691581797440186</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>175.52230688</v>
+        <v>175.52216784000001</v>
       </c>
       <c r="C40" s="5">
-        <v>0.78037216999999259</v>
+        <v>0.78092116999999917</v>
       </c>
       <c r="D40" s="5">
-        <v>5.4926349687604681</v>
+        <v>5.4966167422671353</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>176.70106758</v>
+        <v>176.70089576999999</v>
       </c>
       <c r="C41" s="5">
-        <v>1.178760699999998</v>
+        <v>1.1787279299999796</v>
       </c>
       <c r="D41" s="5">
-        <v>8.3633101181369796</v>
+        <v>8.3630758322743137</v>
       </c>
       <c r="E41" s="5">
-        <v>4.5294953216638456</v>
+        <v>4.5294601340407636</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>177.91499099999999</v>
+        <v>177.91513051999999</v>
       </c>
       <c r="C42" s="5">
-        <v>1.2139234199999862</v>
+        <v>1.2142347500000028</v>
       </c>
       <c r="D42" s="5">
-        <v>8.5626498022666198</v>
+        <v>8.5649381294654159</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>178.29000475999999</v>
+        <v>178.28960835999999</v>
       </c>
       <c r="C43" s="5">
-        <v>0.37501376000000164</v>
+        <v>0.37447783999999729</v>
       </c>
       <c r="D43" s="5">
-        <v>2.5589209711026628</v>
+        <v>2.5552196361813717</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>179.26205935999999</v>
+        <v>179.26189417000001</v>
       </c>
       <c r="C44" s="5">
-        <v>0.97205460000000699</v>
+        <v>0.97228581000001668</v>
       </c>
       <c r="D44" s="5">
-        <v>6.7423147799630323</v>
+        <v>6.7439823375383012</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>179.39526745000001</v>
+        <v>179.39524785</v>
       </c>
       <c r="C45" s="5">
-        <v>0.13320809000001077</v>
+        <v>0.13335367999999903</v>
       </c>
       <c r="D45" s="5">
-        <v>0.89536311067601737</v>
+        <v>0.89634653596131209</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>178.58510274</v>
+        <v>178.58530952999999</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.81016471000000934</v>
+        <v>-0.80993832000001476</v>
       </c>
       <c r="D46" s="5">
-        <v>-5.2867034855862416</v>
+        <v>-5.2852632370312786</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>179.0095106</v>
+        <v>179.01039080000001</v>
       </c>
       <c r="C47" s="5">
-        <v>0.4244078600000023</v>
+        <v>0.42508127000002105</v>
       </c>
       <c r="D47" s="5">
-        <v>2.8893745372418955</v>
+        <v>2.8940159121830122</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>180.37034815000001</v>
+        <v>180.37061352000001</v>
       </c>
       <c r="C48" s="5">
-        <v>1.3608375500000136</v>
+        <v>1.3602227199999959</v>
       </c>
       <c r="D48" s="5">
-        <v>9.5137019361108077</v>
+        <v>9.5091736878988762</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>180.73277838000001</v>
+        <v>180.73309234999999</v>
       </c>
       <c r="C49" s="5">
-        <v>0.36243023000000107</v>
+        <v>0.36247882999998637</v>
       </c>
       <c r="D49" s="5">
-        <v>2.4380675935381957</v>
+        <v>2.4383945204502044</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>181.26283175</v>
+        <v>181.26336380999999</v>
       </c>
       <c r="C50" s="5">
-        <v>0.53005336999999031</v>
+        <v>0.53027145999999448</v>
       </c>
       <c r="D50" s="5">
-        <v>3.5766892378673587</v>
+        <v>3.5781783754555985</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>180.64101055</v>
+        <v>180.63979219000001</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.62182119999999941</v>
+        <v>-0.62357161999997857</v>
       </c>
       <c r="D51" s="5">
-        <v>-4.0398043503527941</v>
+        <v>-4.0509503954453407</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>180.66365479999999</v>
+        <v>180.66322041999999</v>
       </c>
       <c r="C52" s="5">
-        <v>2.2644249999984822E-2</v>
+        <v>2.3428229999979067E-2</v>
       </c>
       <c r="D52" s="5">
-        <v>0.15052972913600637</v>
+        <v>0.15574607743888969</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>180.96174644000001</v>
+        <v>180.96134663000001</v>
       </c>
       <c r="C53" s="5">
-        <v>0.29809164000002397</v>
+        <v>0.29812621000002082</v>
       </c>
       <c r="D53" s="5">
-        <v>1.9980447627243825</v>
+        <v>1.9982834334210331</v>
       </c>
       <c r="E53" s="5">
-        <v>2.4112354941324909</v>
+        <v>2.4111088070235764</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>180.59102326999999</v>
+        <v>180.59070356999999</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.37072317000001931</v>
+        <v>-0.37064306000002034</v>
       </c>
       <c r="D54" s="5">
-        <v>-2.4308416500467556</v>
+        <v>-2.4303275789205214</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>180.61919782000001</v>
+        <v>180.61916758000001</v>
       </c>
       <c r="C55" s="5">
-        <v>2.8174550000017007E-2</v>
+        <v>2.8464010000021744E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>0.1873763458248856</v>
+        <v>0.18930341952094754</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>180.87703773999999</v>
+        <v>180.87692282</v>
       </c>
       <c r="C56" s="5">
-        <v>0.25783991999998079</v>
+        <v>0.2577552399999945</v>
       </c>
       <c r="D56" s="5">
-        <v>1.7265539883036141</v>
+        <v>1.7259827852860399</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>181.84867242000001</v>
+        <v>181.84879821000001</v>
       </c>
       <c r="C57" s="5">
-        <v>0.9716346800000224</v>
+        <v>0.97187539000000811</v>
       </c>
       <c r="D57" s="5">
-        <v>6.640058783949776</v>
+        <v>6.6417570332143239</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>182.40897894</v>
+        <v>182.40932125</v>
       </c>
       <c r="C58" s="5">
-        <v>0.56030651999998327</v>
+        <v>0.56052303999999253</v>
       </c>
       <c r="D58" s="5">
-        <v>3.7607087800654471</v>
+        <v>3.7621841142618351</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>182.56477895</v>
+        <v>182.56589345</v>
       </c>
       <c r="C59" s="5">
-        <v>0.15580001000000721</v>
+        <v>0.15657219999999938</v>
       </c>
       <c r="D59" s="5">
-        <v>1.0297782368788866</v>
+        <v>1.034904284527749</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>184.44451913</v>
+        <v>184.44504426</v>
       </c>
       <c r="C60" s="5">
-        <v>1.8797401799999989</v>
+        <v>1.8791508099999987</v>
       </c>
       <c r="D60" s="5">
-        <v>13.079819308167062</v>
+        <v>13.075398997703669</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>185.09097535999999</v>
+        <v>185.09156497999999</v>
       </c>
       <c r="C61" s="5">
-        <v>0.64645622999998409</v>
+        <v>0.64652071999998384</v>
       </c>
       <c r="D61" s="5">
-        <v>4.287888515077376</v>
+        <v>4.2883121062773144</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>185.64847161</v>
+        <v>185.64920817999999</v>
       </c>
       <c r="C62" s="5">
-        <v>0.55749625000001402</v>
+        <v>0.55764320000000112</v>
       </c>
       <c r="D62" s="5">
-        <v>3.6748963595888195</v>
+        <v>3.675869225480044</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>184.22754806</v>
+        <v>184.22575004999999</v>
       </c>
       <c r="C63" s="5">
-        <v>-1.4209235499999977</v>
+        <v>-1.4234581300000002</v>
       </c>
       <c r="D63" s="5">
-        <v>-8.8076671262811495</v>
+        <v>-8.8226878005352773</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>184.56059206</v>
+        <v>184.55959184</v>
       </c>
       <c r="C64" s="5">
-        <v>0.33304400000000101</v>
+        <v>0.33384179000000813</v>
       </c>
       <c r="D64" s="5">
-        <v>2.1910432201359242</v>
+        <v>2.1963658239336104</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>185.18370371</v>
+        <v>185.18292097</v>
       </c>
       <c r="C65" s="5">
-        <v>0.62311164999999846</v>
+        <v>0.6233291300000019</v>
       </c>
       <c r="D65" s="5">
-        <v>4.1275124306899391</v>
+        <v>4.1290026844036154</v>
       </c>
       <c r="E65" s="5">
-        <v>2.3330661606981273</v>
+        <v>2.3328597065712442</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>185.92165252999999</v>
+        <v>185.92107200000001</v>
       </c>
       <c r="C66" s="5">
-        <v>0.73794881999998552</v>
+        <v>0.73815103000001159</v>
       </c>
       <c r="D66" s="5">
-        <v>4.8881584887104701</v>
+        <v>4.8895485466124988</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>186.50886745</v>
+        <v>186.50902314999999</v>
       </c>
       <c r="C67" s="5">
-        <v>0.58721492000000808</v>
+        <v>0.58795114999998077</v>
       </c>
       <c r="D67" s="5">
-        <v>3.8566161506502272</v>
+        <v>3.8615481214121505</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>187.09627963</v>
+        <v>187.09636144000001</v>
       </c>
       <c r="C68" s="5">
-        <v>0.58741218000000117</v>
+        <v>0.58733829000001947</v>
       </c>
       <c r="D68" s="5">
-        <v>3.8455765728616198</v>
+        <v>3.8450811669642038</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>187.55057703</v>
+        <v>187.55104731</v>
       </c>
       <c r="C69" s="5">
-        <v>0.45429740000000152</v>
+        <v>0.45468586999999161</v>
       </c>
       <c r="D69" s="5">
-        <v>2.9530068632986239</v>
+        <v>2.9555645184079937</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>187.92886486</v>
+        <v>187.92945064</v>
       </c>
       <c r="C70" s="5">
-        <v>0.37828783000000499</v>
+        <v>0.3784033299999976</v>
       </c>
       <c r="D70" s="5">
-        <v>2.4474210402564589</v>
+        <v>2.4481703989353232</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>188.79927769</v>
+        <v>188.80061928999999</v>
       </c>
       <c r="C71" s="5">
-        <v>0.87041282999999225</v>
+        <v>0.87116864999998711</v>
       </c>
       <c r="D71" s="5">
-        <v>5.7017201923616145</v>
+        <v>5.7067799273634368</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>188.10167733</v>
+        <v>188.10253879999999</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.69760035999999559</v>
+        <v>-0.69808048999999528</v>
       </c>
       <c r="D72" s="5">
-        <v>-4.3449115628038211</v>
+        <v>-4.3478111700826494</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>188.57938295</v>
+        <v>188.58033574999999</v>
       </c>
       <c r="C73" s="5">
-        <v>0.47770561999999472</v>
+        <v>0.47779694999999833</v>
       </c>
       <c r="D73" s="5">
-        <v>3.0904666201313935</v>
+        <v>3.0910513940896056</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>188.63973458000001</v>
+        <v>188.64076030999999</v>
       </c>
       <c r="C74" s="5">
-        <v>6.0351630000013756E-2</v>
+        <v>6.0424560000001293E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>0.38471632872891792</v>
+        <v>0.38518009693293553</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>188.8478331</v>
+        <v>188.84523114999999</v>
       </c>
       <c r="C75" s="5">
-        <v>0.20809851999999296</v>
+        <v>0.20447083999999904</v>
       </c>
       <c r="D75" s="5">
-        <v>1.3318452539588632</v>
+        <v>1.3084821067374186</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>189.39346348000001</v>
+        <v>189.39169927</v>
       </c>
       <c r="C76" s="5">
-        <v>0.54563038000000574</v>
+        <v>0.54646812000001432</v>
       </c>
       <c r="D76" s="5">
-        <v>3.5227409950291833</v>
+        <v>3.5282854365436211</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>189.78465946</v>
+        <v>189.78320052000001</v>
       </c>
       <c r="C77" s="5">
-        <v>0.39119597999999201</v>
+        <v>0.39150125000000457</v>
       </c>
       <c r="D77" s="5">
-        <v>2.5069767917093033</v>
+        <v>2.5089790454156269</v>
       </c>
       <c r="E77" s="5">
-        <v>2.4845359812033729</v>
+        <v>2.4841813304939064</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>190.18888276999999</v>
+        <v>190.18702468000001</v>
       </c>
       <c r="C78" s="5">
-        <v>0.4042233099999919</v>
+        <v>0.40382415999999921</v>
       </c>
       <c r="D78" s="5">
-        <v>2.5860405583048029</v>
+        <v>2.583477109489829</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>190.15146874999999</v>
+        <v>190.15294177999999</v>
       </c>
       <c r="C79" s="5">
-        <v>-3.7414019999999937E-2</v>
+        <v>-3.408290000001557E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>-0.23580915212613185</v>
+        <v>-0.21483690579839898</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>189.92469045000001</v>
+        <v>189.92540503000001</v>
       </c>
       <c r="C80" s="5">
-        <v>-0.22677829999997812</v>
+        <v>-0.22753674999998452</v>
       </c>
       <c r="D80" s="5">
-        <v>-1.4217928576807592</v>
+        <v>-1.4265057520412516</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>189.38920974999999</v>
+        <v>189.39016258000001</v>
       </c>
       <c r="C81" s="5">
-        <v>-0.53548070000002213</v>
+        <v>-0.53524244999999837</v>
       </c>
       <c r="D81" s="5">
-        <v>-3.33134947588688</v>
+        <v>-3.3298778308883392</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>190.95481100000001</v>
+        <v>190.95565966999999</v>
       </c>
       <c r="C82" s="5">
-        <v>1.5656012500000145</v>
+        <v>1.5654970899999796</v>
       </c>
       <c r="D82" s="5">
-        <v>10.383579457091297</v>
+        <v>10.382802294963467</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>191.83074162</v>
+        <v>191.83220005000001</v>
       </c>
       <c r="C83" s="5">
-        <v>0.87593061999999122</v>
+        <v>0.87654038000002288</v>
       </c>
       <c r="D83" s="5">
-        <v>5.6455512530198648</v>
+        <v>5.6495552819568973</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>191.91510554000001</v>
+        <v>191.91620370000001</v>
       </c>
       <c r="C84" s="5">
-        <v>8.4363920000015469E-2</v>
+        <v>8.4003649999999652E-2</v>
       </c>
       <c r="D84" s="5">
-        <v>0.52901810484395906</v>
+        <v>0.52674951321360908</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>192.61397564000001</v>
+        <v>192.61501582</v>
       </c>
       <c r="C85" s="5">
-        <v>0.6988700999999935</v>
+        <v>0.69881211999998527</v>
       </c>
       <c r="D85" s="5">
-        <v>4.4584637109551739</v>
+        <v>4.4580603642679906</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>192.97090111</v>
+        <v>192.97179749</v>
       </c>
       <c r="C86" s="5">
-        <v>0.35692546999999308</v>
+        <v>0.35678167000000371</v>
       </c>
       <c r="D86" s="5">
-        <v>2.2464772357938534</v>
+        <v>2.2455506722867558</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>196.56700230999999</v>
+        <v>196.56408182999999</v>
       </c>
       <c r="C87" s="5">
-        <v>3.5961011999999926</v>
+        <v>3.592284339999992</v>
       </c>
       <c r="D87" s="5">
-        <v>24.803129948752201</v>
+        <v>24.773925415009224</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>197.6618129</v>
+        <v>197.65939734</v>
       </c>
       <c r="C88" s="5">
-        <v>1.0948105900000087</v>
+        <v>1.095315510000006</v>
       </c>
       <c r="D88" s="5">
-        <v>6.8921754369840604</v>
+        <v>6.8955577199407259</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>197.89124182</v>
+        <v>197.88903798000001</v>
       </c>
       <c r="C89" s="5">
-        <v>0.2294289200000037</v>
+        <v>0.22964064000001372</v>
       </c>
       <c r="D89" s="5">
-        <v>1.4017837212014994</v>
+        <v>1.4031028390452782</v>
       </c>
       <c r="E89" s="5">
-        <v>4.2714634486611835</v>
+        <v>4.2711037846291156</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>198.61175609</v>
+        <v>198.60865207000001</v>
       </c>
       <c r="C90" s="5">
-        <v>0.72051426999999535</v>
+        <v>0.71961408999999321</v>
       </c>
       <c r="D90" s="5">
-        <v>4.4577172090453532</v>
+        <v>4.45208664780401</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>196.5807288</v>
+        <v>196.58344986</v>
       </c>
       <c r="C91" s="5">
-        <v>-2.0310272899999973</v>
+        <v>-2.0252022100000033</v>
       </c>
       <c r="D91" s="5">
-        <v>-11.604150582437311</v>
+        <v>-11.572884157655515</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>200.15562331000001</v>
+        <v>200.15708591999999</v>
       </c>
       <c r="C92" s="5">
-        <v>3.5748945100000071</v>
+        <v>3.5736360599999841</v>
       </c>
       <c r="D92" s="5">
-        <v>24.143007319625308</v>
+        <v>24.133273131046806</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>201.12329591</v>
+        <v>201.12478877999999</v>
       </c>
       <c r="C93" s="5">
-        <v>0.96767259999998601</v>
+        <v>0.96770286000000283</v>
       </c>
       <c r="D93" s="5">
-        <v>5.9582988417267613</v>
+        <v>5.9584454405292586</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>202.00900625</v>
+        <v>202.01007303</v>
       </c>
       <c r="C94" s="5">
-        <v>0.88571034000000282</v>
+        <v>0.88528425000001221</v>
       </c>
       <c r="D94" s="5">
-        <v>5.4144768080030437</v>
+        <v>5.4117675303077206</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>202.38547749</v>
+        <v>202.38686007000001</v>
       </c>
       <c r="C95" s="5">
-        <v>0.37647124000000076</v>
+        <v>0.37678704000001062</v>
       </c>
       <c r="D95" s="5">
-        <v>2.2594288166261522</v>
+        <v>2.2613315419398594</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>202.88791051999999</v>
+        <v>202.88930988000001</v>
       </c>
       <c r="C96" s="5">
-        <v>0.50243302999999173</v>
+        <v>0.50244981000000166</v>
       </c>
       <c r="D96" s="5">
-        <v>3.0200805162796884</v>
+        <v>3.0201618460592661</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>203.81751546999999</v>
+        <v>203.81841305</v>
       </c>
       <c r="C97" s="5">
-        <v>0.9296049499999981</v>
+        <v>0.92910316999999054</v>
       </c>
       <c r="D97" s="5">
-        <v>5.6389327439162251</v>
+        <v>5.6357720506899689</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>204.62802375000001</v>
+        <v>204.62869406999999</v>
       </c>
       <c r="C98" s="5">
-        <v>0.81050828000002184</v>
+        <v>0.8102810199999908</v>
       </c>
       <c r="D98" s="5">
-        <v>4.8777304076374595</v>
+        <v>4.8763107427600261</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>206.26200005000001</v>
+        <v>206.25895471999999</v>
       </c>
       <c r="C99" s="5">
-        <v>1.6339763000000005</v>
+        <v>1.6302606499999968</v>
       </c>
       <c r="D99" s="5">
-        <v>10.014359878630685</v>
+        <v>9.9905461798999173</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>206.22483736999999</v>
+        <v>206.22200079000001</v>
       </c>
       <c r="C100" s="5">
-        <v>-3.7162680000022874E-2</v>
+        <v>-3.6953929999981483E-2</v>
       </c>
       <c r="D100" s="5">
-        <v>-0.21599252900084132</v>
+        <v>-0.2147836202744946</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>207.4185646</v>
+        <v>207.41573958000001</v>
       </c>
       <c r="C101" s="5">
-        <v>1.1937272300000075</v>
+        <v>1.1937387899999976</v>
       </c>
       <c r="D101" s="5">
-        <v>7.1716350100256232</v>
+        <v>7.1718084939655258</v>
       </c>
       <c r="E101" s="5">
-        <v>4.8144236664429796</v>
+        <v>4.8141633802691208</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>207.58432131000001</v>
+        <v>207.58009591000001</v>
       </c>
       <c r="C102" s="5">
-        <v>0.1657567100000108</v>
+        <v>0.16435633000000394</v>
       </c>
       <c r="D102" s="5">
-        <v>0.96319556195307854</v>
+        <v>0.9550356624592915</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>208.79872295999999</v>
+        <v>208.80270564</v>
       </c>
       <c r="C103" s="5">
-        <v>1.214401649999985</v>
+        <v>1.2226097299999878</v>
       </c>
       <c r="D103" s="5">
-        <v>7.2505371454457013</v>
+        <v>7.3012950209884853</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>209.77652696999999</v>
+        <v>209.77868022999999</v>
       </c>
       <c r="C104" s="5">
-        <v>0.97780400999999983</v>
+        <v>0.97597458999999276</v>
       </c>
       <c r="D104" s="5">
-        <v>5.7666221458506861</v>
+        <v>5.755441618513446</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>209.84824234000001</v>
+        <v>209.85011327999999</v>
       </c>
       <c r="C105" s="5">
-        <v>7.1715370000021039E-2</v>
+        <v>7.1433049999996001E-2</v>
       </c>
       <c r="D105" s="5">
-        <v>0.41101090804080975</v>
+        <v>0.40938565073287414</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>210.48769881000001</v>
+        <v>210.48888785</v>
       </c>
       <c r="C106" s="5">
-        <v>0.63945646999999894</v>
+        <v>0.63877457000000959</v>
       </c>
       <c r="D106" s="5">
-        <v>3.7185914278319743</v>
+        <v>3.7145257208015314</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>210.60619729999999</v>
+        <v>210.60738305000001</v>
       </c>
       <c r="C107" s="5">
-        <v>0.11849848999997903</v>
+        <v>0.11849520000001235</v>
       </c>
       <c r="D107" s="5">
-        <v>0.67766102332116329</v>
+        <v>0.67763831057949808</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>211.00303832</v>
+        <v>211.00449259999999</v>
       </c>
       <c r="C108" s="5">
-        <v>0.39684102000001076</v>
+        <v>0.39710954999998194</v>
       </c>
       <c r="D108" s="5">
-        <v>2.2847170346913304</v>
+        <v>2.2862660939538593</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>211.79709897999999</v>
+        <v>211.79755545</v>
       </c>
       <c r="C109" s="5">
-        <v>0.79406065999998532</v>
+        <v>0.79306285000001253</v>
       </c>
       <c r="D109" s="5">
-        <v>4.6105726216550735</v>
+        <v>4.6046263342584437</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>212.77260562999999</v>
+        <v>212.77269183000001</v>
       </c>
       <c r="C110" s="5">
-        <v>0.97550664999999981</v>
+        <v>0.97513638000000924</v>
       </c>
       <c r="D110" s="5">
-        <v>5.6692093018302359</v>
+        <v>5.6669901531546829</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>210.57962031</v>
+        <v>210.57705670000001</v>
       </c>
       <c r="C111" s="5">
-        <v>-2.1929853199999911</v>
+        <v>-2.1956351299999994</v>
       </c>
       <c r="D111" s="5">
-        <v>-11.690481822367694</v>
+        <v>-11.703811243789442</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>210.82571522000001</v>
+        <v>210.82296337</v>
       </c>
       <c r="C112" s="5">
-        <v>0.24609491000001071</v>
+        <v>0.24590666999998234</v>
       </c>
       <c r="D112" s="5">
-        <v>1.411435093015867</v>
+        <v>1.410365811674863</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>212.06321543000001</v>
+        <v>212.06029009</v>
       </c>
       <c r="C113" s="5">
-        <v>1.2375002100000074</v>
+        <v>1.2373267199999987</v>
       </c>
       <c r="D113" s="5">
-        <v>7.2756409095107388</v>
+        <v>7.2746858015275917</v>
       </c>
       <c r="E113" s="5">
-        <v>2.239264763478177</v>
+        <v>2.2392468958261524</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>211.22609410000001</v>
+        <v>211.22190418</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.83712133000000222</v>
+        <v>-0.83838590999999951</v>
       </c>
       <c r="D114" s="5">
-        <v>-4.635504831120663</v>
+        <v>-4.6424184609526353</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>211.0854918</v>
+        <v>211.08947681999999</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.14060230000001184</v>
+        <v>-0.13242736000000832</v>
       </c>
       <c r="D115" s="5">
-        <v>-0.79586011427307257</v>
+        <v>-0.74976125983085007</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>214.94713887</v>
+        <v>214.94952286</v>
       </c>
       <c r="C116" s="5">
-        <v>3.8616470700000036</v>
+        <v>3.8600460400000145</v>
       </c>
       <c r="D116" s="5">
-        <v>24.302369643115519</v>
+        <v>24.290754081154308</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>215.151015</v>
+        <v>215.15297684000001</v>
       </c>
       <c r="C117" s="5">
-        <v>0.2038761299999976</v>
+        <v>0.20345398000000614</v>
       </c>
       <c r="D117" s="5">
-        <v>1.1441495723563788</v>
+        <v>1.141755397185884</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>215.59304688</v>
+        <v>215.59419853</v>
       </c>
       <c r="C118" s="5">
-        <v>0.44203188000000182</v>
+        <v>0.4412216899999919</v>
       </c>
       <c r="D118" s="5">
-        <v>2.4934735741975578</v>
+        <v>2.4888287227067485</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>216.85514255000001</v>
+        <v>216.85607059</v>
       </c>
       <c r="C119" s="5">
-        <v>1.2620956700000079</v>
+        <v>1.2618720600000017</v>
       </c>
       <c r="D119" s="5">
-        <v>7.2555325776840762</v>
+        <v>7.2541654217845197</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>217.76843822999999</v>
+        <v>217.76984504999999</v>
       </c>
       <c r="C120" s="5">
-        <v>0.91329567999997607</v>
+        <v>0.91377445999998486</v>
       </c>
       <c r="D120" s="5">
-        <v>5.1725808591039701</v>
+        <v>5.175332985089498</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>217.89347956</v>
+        <v>217.89352524</v>
       </c>
       <c r="C121" s="5">
-        <v>0.12504133000001616</v>
+        <v>0.12368019000001595</v>
       </c>
       <c r="D121" s="5">
-        <v>0.69121297853238506</v>
+        <v>0.68366081635755638</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>218.70175033000001</v>
+        <v>218.70148523</v>
       </c>
       <c r="C122" s="5">
-        <v>0.80827077000000713</v>
+        <v>0.80795999000000052</v>
       </c>
       <c r="D122" s="5">
-        <v>4.5433217646962065</v>
+        <v>4.5415381066932436</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>219.94555210999999</v>
+        <v>219.94350120999999</v>
       </c>
       <c r="C123" s="5">
-        <v>1.2438017799999841</v>
+        <v>1.2420159799999908</v>
       </c>
       <c r="D123" s="5">
-        <v>7.0422180517561994</v>
+        <v>7.031798037394732</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>220.76520844000001</v>
+        <v>220.76293486</v>
       </c>
       <c r="C124" s="5">
-        <v>0.81965633000001503</v>
+        <v>0.81943365000000767</v>
       </c>
       <c r="D124" s="5">
-        <v>4.5647671161001213</v>
+        <v>4.5635448915510635</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>220.46695879999999</v>
+        <v>220.46433619999999</v>
       </c>
       <c r="C125" s="5">
-        <v>-0.29824964000002296</v>
+        <v>-0.29859866000001034</v>
       </c>
       <c r="D125" s="5">
-        <v>-1.6091854971922559</v>
+        <v>-1.6110710928428973</v>
       </c>
       <c r="E125" s="5">
-        <v>3.9628482256857778</v>
+        <v>3.963045653871955</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>221.14645823999999</v>
+        <v>221.14250566000001</v>
       </c>
       <c r="C126" s="5">
-        <v>0.67949944000000073</v>
+        <v>0.67816946000002076</v>
       </c>
       <c r="D126" s="5">
-        <v>3.7618542630098784</v>
+        <v>3.754411615412212</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>221.42349086999999</v>
+        <v>221.42734482</v>
       </c>
       <c r="C127" s="5">
-        <v>0.27703263000000788</v>
+        <v>0.28483915999998999</v>
       </c>
       <c r="D127" s="5">
-        <v>1.5136540114600194</v>
+        <v>1.5566380731536711</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>222.33204608</v>
+        <v>222.33432998999999</v>
       </c>
       <c r="C128" s="5">
-        <v>0.90855521000000294</v>
+        <v>0.90698516999998446</v>
       </c>
       <c r="D128" s="5">
-        <v>5.0365518224723571</v>
+        <v>5.0275618541141709</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>223.26624021999999</v>
+        <v>223.26794946000001</v>
       </c>
       <c r="C129" s="5">
-        <v>0.93419413999998824</v>
+        <v>0.93361947000002488</v>
       </c>
       <c r="D129" s="5">
-        <v>5.1603276987140623</v>
+        <v>5.1570254451973385</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>223.1829941</v>
+        <v>223.18389912000001</v>
       </c>
       <c r="C130" s="5">
-        <v>-8.3246119999984103E-2</v>
+        <v>-8.4050340000004553E-2</v>
       </c>
       <c r="D130" s="5">
-        <v>-0.44651059741425136</v>
+        <v>-0.4508118533675276</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>223.43550465999999</v>
+        <v>223.43616305</v>
       </c>
       <c r="C131" s="5">
-        <v>0.25251055999999039</v>
+        <v>0.25226392999999803</v>
       </c>
       <c r="D131" s="5">
-        <v>1.3661675671907902</v>
+        <v>1.3648193404713238</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>224.13943673</v>
+        <v>224.14050316000001</v>
       </c>
       <c r="C132" s="5">
-        <v>0.70393207000000757</v>
+        <v>0.70434011000000396</v>
       </c>
       <c r="D132" s="5">
-        <v>3.8467938799728429</v>
+        <v>3.8490509680199514</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>223.54169547999999</v>
+        <v>223.54135796</v>
       </c>
       <c r="C133" s="5">
-        <v>-0.59774125000001277</v>
+        <v>-0.59914520000000948</v>
       </c>
       <c r="D133" s="5">
-        <v>-3.1536689614578894</v>
+        <v>-3.1609527920753</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>224.03379977</v>
+        <v>224.03319045000001</v>
       </c>
       <c r="C134" s="5">
-        <v>0.49210429000001454</v>
+        <v>0.49183249000000728</v>
       </c>
       <c r="D134" s="5">
-        <v>2.6738983478765688</v>
+        <v>2.6724076620559201</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>223.91692648</v>
+        <v>223.91570580999999</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.11687329000000091</v>
+        <v>-0.11748464000001491</v>
       </c>
       <c r="D135" s="5">
-        <v>-0.62421940050899627</v>
+        <v>-0.62747690631232977</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>224.61115555999999</v>
+        <v>224.60966191</v>
       </c>
       <c r="C136" s="5">
-        <v>0.69422907999998529</v>
+        <v>0.69395610000000829</v>
       </c>
       <c r="D136" s="5">
-        <v>3.7845662151928527</v>
+        <v>3.7830735929141879</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>225.47802834999999</v>
+        <v>225.47610527000001</v>
       </c>
       <c r="C137" s="5">
-        <v>0.86687279000000217</v>
+        <v>0.86644336000000521</v>
       </c>
       <c r="D137" s="5">
-        <v>4.7309098818132833</v>
+        <v>4.7285484617935136</v>
       </c>
       <c r="E137" s="5">
-        <v>2.272934491987022</v>
+        <v>2.2732788243144508</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>226.04218784</v>
+        <v>226.03953780000001</v>
       </c>
       <c r="C138" s="5">
-        <v>0.56415949000000865</v>
+        <v>0.56343253000000004</v>
       </c>
       <c r="D138" s="5">
-        <v>3.0441361972936676</v>
+        <v>3.0401858296398965</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>226.8321981</v>
+        <v>226.83475920000001</v>
       </c>
       <c r="C139" s="5">
-        <v>0.79001026000000252</v>
+        <v>0.79522140000000263</v>
       </c>
       <c r="D139" s="5">
-        <v>4.2755261615699203</v>
+        <v>4.3043281804939104</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>227.43927705999999</v>
+        <v>227.44095869</v>
       </c>
       <c r="C140" s="5">
-        <v>0.6070789599999955</v>
+        <v>0.60619948999999451</v>
       </c>
       <c r="D140" s="5">
-        <v>3.2593006150271275</v>
+        <v>3.2544719905245101</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>228.18217745000001</v>
+        <v>228.18343397999999</v>
       </c>
       <c r="C141" s="5">
-        <v>0.74290039000001684</v>
+        <v>0.74247528999998735</v>
       </c>
       <c r="D141" s="5">
-        <v>3.9908304801189676</v>
+        <v>3.9884756822158973</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>229.78929238000001</v>
+        <v>229.78990863999999</v>
       </c>
       <c r="C142" s="5">
-        <v>1.6071149299999945</v>
+        <v>1.6064746600000035</v>
       </c>
       <c r="D142" s="5">
-        <v>8.7869527430425762</v>
+        <v>8.7832651409675009</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>230.65348355</v>
+        <v>230.65380933</v>
       </c>
       <c r="C143" s="5">
-        <v>0.86419116999999801</v>
+        <v>0.86390069000000835</v>
       </c>
       <c r="D143" s="5">
-        <v>4.6074858594522983</v>
+        <v>4.6058923767559712</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>231.63160117999999</v>
+        <v>231.63243524999999</v>
       </c>
       <c r="C144" s="5">
-        <v>0.97811762999998564</v>
+        <v>0.97862591999998472</v>
       </c>
       <c r="D144" s="5">
-        <v>5.2091456750526177</v>
+        <v>5.2119086128385561</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>233.27782500999999</v>
+        <v>233.27737033</v>
       </c>
       <c r="C145" s="5">
-        <v>1.6462238299999967</v>
+        <v>1.6449350800000104</v>
       </c>
       <c r="D145" s="5">
-        <v>8.8698884830764158</v>
+        <v>8.862638075053674</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>234.14596761000001</v>
+        <v>234.14543709</v>
       </c>
       <c r="C146" s="5">
-        <v>0.86814260000002719</v>
+        <v>0.86806676000000493</v>
       </c>
       <c r="D146" s="5">
-        <v>4.5583461424386629</v>
+        <v>4.5579488116012978</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>235.51153855000001</v>
+        <v>235.51083154</v>
       </c>
       <c r="C147" s="5">
-        <v>1.3655709399999978</v>
+        <v>1.3653944499999966</v>
       </c>
       <c r="D147" s="5">
-        <v>7.2274753429347971</v>
+        <v>7.226527986790976</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>236.78926082999999</v>
+        <v>236.78843347</v>
       </c>
       <c r="C148" s="5">
-        <v>1.2777222799999777</v>
+        <v>1.277601930000003</v>
       </c>
       <c r="D148" s="5">
-        <v>6.7081882689085548</v>
+        <v>6.7075581882072299</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>237.72780263000001</v>
+        <v>237.72665999</v>
       </c>
       <c r="C149" s="5">
-        <v>0.9385418000000243</v>
+        <v>0.93822652000000062</v>
       </c>
       <c r="D149" s="5">
-        <v>4.8614095980133332</v>
+        <v>4.8597581273626789</v>
       </c>
       <c r="E149" s="5">
-        <v>5.4328017544065244</v>
+        <v>5.4331942204387307</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>239.16561265000001</v>
+        <v>239.16425090999999</v>
       </c>
       <c r="C150" s="5">
-        <v>1.4378100200000006</v>
+        <v>1.437590919999991</v>
       </c>
       <c r="D150" s="5">
-        <v>7.5041247055578353</v>
+        <v>7.5029801660329909</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>239.97820761</v>
+        <v>239.9795589</v>
       </c>
       <c r="C151" s="5">
-        <v>0.81259495999998421</v>
+        <v>0.81530799000000798</v>
       </c>
       <c r="D151" s="5">
-        <v>4.1542084116728217</v>
+        <v>4.1683634281248994</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>240.26234203999999</v>
+        <v>240.26330897</v>
       </c>
       <c r="C152" s="5">
-        <v>0.28413442999999461</v>
+        <v>0.28375006999999641</v>
       </c>
       <c r="D152" s="5">
-        <v>1.4300900388727333</v>
+        <v>1.4281348069205668</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>241.41199248999999</v>
+        <v>241.41273742999999</v>
       </c>
       <c r="C153" s="5">
-        <v>1.1496504499999958</v>
+        <v>1.1494284599999958</v>
       </c>
       <c r="D153" s="5">
-        <v>5.8955259555934614</v>
+        <v>5.8943330996028998</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>241.76822057999999</v>
+        <v>241.76857737</v>
       </c>
       <c r="C154" s="5">
-        <v>0.35622809000000188</v>
+        <v>0.35583994000000985</v>
       </c>
       <c r="D154" s="5">
-        <v>1.7851645280650752</v>
+        <v>1.7831980500428113</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>243.12466494</v>
+        <v>243.12479175999999</v>
       </c>
       <c r="C155" s="5">
-        <v>1.3564443600000118</v>
+        <v>1.356214389999991</v>
       </c>
       <c r="D155" s="5">
-        <v>6.9443075418465838</v>
+        <v>6.9430830888284056</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>243.55700053999999</v>
+        <v>243.55747012</v>
       </c>
       <c r="C156" s="5">
-        <v>0.43233559999998761</v>
+        <v>0.43267836000001125</v>
       </c>
       <c r="D156" s="5">
-        <v>2.1548903427026866</v>
+        <v>2.1566143822431494</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>244.49097225</v>
+        <v>244.49059015</v>
       </c>
       <c r="C157" s="5">
-        <v>0.93397171000000867</v>
+        <v>0.93312002999999777</v>
       </c>
       <c r="D157" s="5">
-        <v>4.6999627370496455</v>
+        <v>4.6955769304420469</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>244.15917833</v>
+        <v>244.15880514</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.33179391999999552</v>
+        <v>-0.33178501000000438</v>
       </c>
       <c r="D158" s="5">
-        <v>-1.6163963589407415</v>
+        <v>-1.6163557829453001</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>243.09388537000001</v>
+        <v>243.09356310999999</v>
       </c>
       <c r="C159" s="5">
-        <v>-1.0652929599999936</v>
+        <v>-1.0652420300000074</v>
       </c>
       <c r="D159" s="5">
-        <v>-5.1118972421351554</v>
+        <v>-5.1116663111038019</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>244.50722762999999</v>
+        <v>244.50689868000001</v>
       </c>
       <c r="C160" s="5">
-        <v>1.413342259999979</v>
+        <v>1.4133355700000152</v>
       </c>
       <c r="D160" s="5">
-        <v>7.2042484364109649</v>
+        <v>7.2042230954247222</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>244.77065185000001</v>
+        <v>244.77021933</v>
       </c>
       <c r="C161" s="5">
-        <v>0.26342422000001875</v>
+        <v>0.26332064999999716</v>
       </c>
       <c r="D161" s="5">
-        <v>1.3005297296302176</v>
+        <v>1.3000171297079754</v>
       </c>
       <c r="E161" s="5">
-        <v>2.9625685940325219</v>
+        <v>2.962881546519136</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>245.63210463999999</v>
+        <v>245.6319388</v>
       </c>
       <c r="C162" s="5">
-        <v>0.86145278999998709</v>
+        <v>0.86171946999999705</v>
       </c>
       <c r="D162" s="5">
-        <v>4.30603087847099</v>
+        <v>4.3073975724633229</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>247.00643987999999</v>
+        <v>247.00658659999999</v>
       </c>
       <c r="C163" s="5">
-        <v>1.3743352399999935</v>
+        <v>1.3746477999999911</v>
       </c>
       <c r="D163" s="5">
-        <v>6.9246313892803668</v>
+        <v>6.9262598407712428</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>247.95055109</v>
+        <v>247.95087960000001</v>
       </c>
       <c r="C164" s="5">
-        <v>0.94411121000001685</v>
+        <v>0.94429300000001604</v>
       </c>
       <c r="D164" s="5">
-        <v>4.6843160892852564</v>
+        <v>4.68523426850882</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>248.21372632999999</v>
+        <v>248.21405763999999</v>
       </c>
       <c r="C165" s="5">
-        <v>0.26317523999998116</v>
+        <v>0.26317803999998546</v>
       </c>
       <c r="D165" s="5">
-        <v>1.2811443019860924</v>
+        <v>1.2811563048062302</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>249.07727181000001</v>
+        <v>249.07746404</v>
       </c>
       <c r="C166" s="5">
-        <v>0.86354548000002751</v>
+        <v>0.86340640000000235</v>
       </c>
       <c r="D166" s="5">
-        <v>4.2556662326137973</v>
+        <v>4.2549618737216965</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>248.86960335000001</v>
+        <v>248.86962421999999</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.20766846000000783</v>
+        <v>-0.20783982000000378</v>
       </c>
       <c r="D167" s="5">
-        <v>-0.99592616764200281</v>
+        <v>-0.9967434338604475</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>249.35215468999999</v>
+        <v>249.35240377</v>
       </c>
       <c r="C168" s="5">
-        <v>0.48255133999998634</v>
+        <v>0.48277955000000361</v>
       </c>
       <c r="D168" s="5">
-        <v>2.3517416453264106</v>
+        <v>2.352865533656967</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>249.89980582000001</v>
+        <v>249.89964961999999</v>
       </c>
       <c r="C169" s="5">
-        <v>0.54765113000001975</v>
+        <v>0.54724584999999593</v>
       </c>
       <c r="D169" s="5">
-        <v>2.6676259080205655</v>
+        <v>2.6656251916355567</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>250.75608165</v>
+        <v>250.75598070999999</v>
       </c>
       <c r="C170" s="5">
-        <v>0.85627582999998708</v>
+        <v>0.85633108999999763</v>
       </c>
       <c r="D170" s="5">
-        <v>4.1901526888279195</v>
+        <v>4.1904308869598506</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>251.26117461000001</v>
+        <v>251.26097992999999</v>
       </c>
       <c r="C171" s="5">
-        <v>0.50509296000001314</v>
+        <v>0.50499922000000197</v>
       </c>
       <c r="D171" s="5">
-        <v>2.4440949515440513</v>
+        <v>2.4436373114981924</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>251.20457388</v>
+        <v>251.20445061000001</v>
       </c>
       <c r="C172" s="5">
-        <v>-5.6600730000013755E-2</v>
+        <v>-5.6529319999981453E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>-0.26998515634529818</v>
+        <v>-0.26964516110198344</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>251.75345691000001</v>
+        <v>251.75337365999999</v>
       </c>
       <c r="C173" s="5">
-        <v>0.54888303000001315</v>
+        <v>0.54892304999998487</v>
       </c>
       <c r="D173" s="5">
-        <v>2.6537455837790214</v>
+        <v>2.653942722262137</v>
       </c>
       <c r="E173" s="5">
-        <v>2.8527950582405648</v>
+        <v>2.8529427922705297</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>252.44754395999999</v>
+        <v>252.44751196999999</v>
       </c>
       <c r="C174" s="5">
-        <v>0.69408704999997894</v>
+        <v>0.69413830999999959</v>
       </c>
       <c r="D174" s="5">
-        <v>3.3590444359277161</v>
+        <v>3.3592974111963381</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>252.85311114999999</v>
+        <v>252.85315352999999</v>
       </c>
       <c r="C175" s="5">
-        <v>0.4055671899999993</v>
+        <v>0.4056415599999923</v>
       </c>
       <c r="D175" s="5">
-        <v>1.9449745045898581</v>
+        <v>1.9453345666152755</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>253.0066903</v>
+        <v>253.00676813999999</v>
       </c>
       <c r="C176" s="5">
-        <v>0.15357915000001299</v>
+        <v>0.15361461000000531</v>
       </c>
       <c r="D176" s="5">
-        <v>0.7313016091613278</v>
+        <v>0.73147090149958682</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>252.40815756000001</v>
+        <v>252.40823122</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.59853273999999601</v>
+        <v>-0.59853691999998659</v>
       </c>
       <c r="D177" s="5">
-        <v>-2.8021686184369399</v>
+        <v>-2.8021870832126927</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>252.76098988999999</v>
+        <v>252.76103115000001</v>
       </c>
       <c r="C178" s="5">
-        <v>0.35283232999998404</v>
+        <v>0.35279993000000331</v>
       </c>
       <c r="D178" s="5">
-        <v>1.6903938954012654</v>
+        <v>1.6902369770645409</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>253.24183557000001</v>
+        <v>253.24185388000001</v>
       </c>
       <c r="C179" s="5">
-        <v>0.48084568000001582</v>
+        <v>0.48082272999999986</v>
       </c>
       <c r="D179" s="5">
-        <v>2.3068852536970441</v>
+        <v>2.3067736147154516</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>254.06965263000001</v>
+        <v>254.06967311</v>
       </c>
       <c r="C180" s="5">
-        <v>0.82781706000000099</v>
+        <v>0.82781922999998869</v>
       </c>
       <c r="D180" s="5">
-        <v>3.9939543958825929</v>
+        <v>3.993964760402835</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>254.59656527000001</v>
+        <v>254.5965582</v>
       </c>
       <c r="C181" s="5">
-        <v>0.52691264000000615</v>
+        <v>0.52688509000000749</v>
       </c>
       <c r="D181" s="5">
-        <v>2.5172525044989236</v>
+        <v>2.5171191781454105</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>255.10063511000001</v>
+        <v>255.1006611</v>
       </c>
       <c r="C182" s="5">
-        <v>0.50406983999999966</v>
+        <v>0.50410289999999236</v>
       </c>
       <c r="D182" s="5">
-        <v>2.4018951179301196</v>
+        <v>2.402054435881773</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>257.89520388</v>
+        <v>257.89515596000001</v>
       </c>
       <c r="C183" s="5">
-        <v>2.7945687699999837</v>
+        <v>2.7944948600000146</v>
       </c>
       <c r="D183" s="5">
-        <v>13.967417844910823</v>
+        <v>13.967024393664683</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>258.10252208000003</v>
+        <v>258.10248058000002</v>
       </c>
       <c r="C184" s="5">
-        <v>0.20731820000003154</v>
+        <v>0.20732462000000851</v>
       </c>
       <c r="D184" s="5">
-        <v>0.96893911010800249</v>
+        <v>0.96896942877364722</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>259.19608189000002</v>
+        <v>259.19608952999999</v>
       </c>
       <c r="C185" s="5">
-        <v>1.0935598099999879</v>
+        <v>1.0936089499999753</v>
       </c>
       <c r="D185" s="5">
-        <v>5.2044735516249219</v>
+        <v>5.204713752127299</v>
       </c>
       <c r="E185" s="5">
-        <v>2.9563149087802554</v>
+        <v>2.9563519891700141</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>258.82582796999998</v>
+        <v>258.82584402999998</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.37025392000003876</v>
+        <v>-0.37024550000001</v>
       </c>
       <c r="D186" s="5">
-        <v>-1.7007608688765941</v>
+        <v>-1.7007224452377234</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>258.78205561999999</v>
+        <v>258.78205837000002</v>
       </c>
       <c r="C187" s="5">
-        <v>-4.3772349999983362E-2</v>
+        <v>-4.3785659999969084E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>-0.20275406787175765</v>
+        <v>-0.20281565003179569</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>259.96864251</v>
+        <v>259.96863091</v>
       </c>
       <c r="C188" s="5">
-        <v>1.1865868900000009</v>
+        <v>1.186572539999986</v>
       </c>
       <c r="D188" s="5">
-        <v>5.6432362644260436</v>
+        <v>5.6431662261909654</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>260.6796698</v>
+        <v>260.67963756</v>
       </c>
       <c r="C189" s="5">
-        <v>0.71102729000000409</v>
+        <v>0.71100665000000163</v>
       </c>
       <c r="D189" s="5">
-        <v>3.3318844403188219</v>
+        <v>3.3317864123800112</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>261.16486678000001</v>
+        <v>261.16482676999999</v>
       </c>
       <c r="C190" s="5">
-        <v>0.48519698000001199</v>
+        <v>0.48518920999998727</v>
       </c>
       <c r="D190" s="5">
-        <v>2.256539137580571</v>
+        <v>2.256502912320002</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>261.67053021999999</v>
+        <v>261.67050118999998</v>
       </c>
       <c r="C191" s="5">
-        <v>0.50566343999997798</v>
+        <v>0.50567441999999119</v>
       </c>
       <c r="D191" s="5">
-        <v>2.3483242737355914</v>
+        <v>2.3483761732123076</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>262.67296023</v>
+        <v>262.67293064</v>
       </c>
       <c r="C192" s="5">
-        <v>1.0024300100000119</v>
+        <v>1.0024294500000224</v>
       </c>
       <c r="D192" s="5">
-        <v>4.6951705113650766</v>
+        <v>4.6951683648442044</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>263.77768134000002</v>
+        <v>263.77771287000002</v>
       </c>
       <c r="C193" s="5">
-        <v>1.1047211100000141</v>
+        <v>1.1047822300000121</v>
       </c>
       <c r="D193" s="5">
-        <v>5.1652201528496144</v>
+        <v>5.1655131629906315</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>264.37818666999999</v>
+        <v>264.37840470999998</v>
       </c>
       <c r="C194" s="5">
-        <v>0.60050532999997586</v>
+        <v>0.60069183999996767</v>
       </c>
       <c r="D194" s="5">
-        <v>2.7663370846872537</v>
+        <v>2.7672067318502025</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>264.73470330999999</v>
+        <v>264.73472289</v>
       </c>
       <c r="C195" s="5">
-        <v>0.35651663999999528</v>
+        <v>0.35631818000001658</v>
       </c>
       <c r="D195" s="5">
-        <v>1.6302681290675691</v>
+        <v>1.6293525260149488</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>266.03499404000002</v>
+        <v>266.03490190999997</v>
       </c>
       <c r="C196" s="5">
-        <v>1.3002907300000288</v>
+        <v>1.3001790199999732</v>
       </c>
       <c r="D196" s="5">
-        <v>6.0558674489337605</v>
+        <v>6.0553325867213736</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>266.85754575999999</v>
+        <v>266.85753589000001</v>
       </c>
       <c r="C197" s="5">
-        <v>0.82255171999997856</v>
+        <v>0.82263398000003463</v>
       </c>
       <c r="D197" s="5">
-        <v>3.774021041222575</v>
+        <v>3.7744062368138875</v>
       </c>
       <c r="E197" s="5">
-        <v>2.9558563594535459</v>
+        <v>2.9558495168243049</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>267.26092174000001</v>
+        <v>267.26094344000001</v>
       </c>
       <c r="C198" s="5">
-        <v>0.40337598000002117</v>
+        <v>0.40340754999999717</v>
       </c>
       <c r="D198" s="5">
-        <v>1.8290499008401184</v>
+        <v>1.8291943109322917</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>267.95432228999999</v>
+        <v>267.95431378000001</v>
       </c>
       <c r="C199" s="5">
-        <v>0.69340054999997847</v>
+        <v>0.69337034000000131</v>
       </c>
       <c r="D199" s="5">
-        <v>3.1581773658235779</v>
+        <v>3.1580375413586159</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>268.59823757999999</v>
+        <v>268.59821039000002</v>
       </c>
       <c r="C200" s="5">
-        <v>0.64391528999999537</v>
+        <v>0.64389661000001297</v>
       </c>
       <c r="D200" s="5">
-        <v>2.9221148342825742</v>
+        <v>2.9220290341819499</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>269.85558043999998</v>
+        <v>269.85552818000002</v>
       </c>
       <c r="C201" s="5">
-        <v>1.2573428599999943</v>
+        <v>1.2573177900000019</v>
       </c>
       <c r="D201" s="5">
-        <v>5.7642603897941624</v>
+        <v>5.7641430805014382</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>270.52405921000002</v>
+        <v>270.52399588999998</v>
       </c>
       <c r="C202" s="5">
-        <v>0.66847877000003564</v>
+        <v>0.66846770999995897</v>
       </c>
       <c r="D202" s="5">
-        <v>3.0134431810011186</v>
+        <v>3.0133932338201941</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>271.08248847999999</v>
+        <v>271.08242001999997</v>
       </c>
       <c r="C203" s="5">
-        <v>0.55842926999997644</v>
+        <v>0.55842412999999169</v>
       </c>
       <c r="D203" s="5">
-        <v>2.5054177724773252</v>
+        <v>2.5053950422918581</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>271.7270292</v>
+        <v>271.72689150999997</v>
       </c>
       <c r="C204" s="5">
-        <v>0.64454072000000906</v>
+        <v>0.64447149000000081</v>
       </c>
       <c r="D204" s="5">
-        <v>2.8907950960597617</v>
+        <v>2.8904812646244116</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>272.37634174999999</v>
+        <v>272.37641236000002</v>
       </c>
       <c r="C205" s="5">
-        <v>0.64931254999999055</v>
+        <v>0.64952085000004445</v>
       </c>
       <c r="D205" s="5">
-        <v>2.9054802239626865</v>
+        <v>2.9064260845656609</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>273.24263030999998</v>
+        <v>273.24303474999999</v>
       </c>
       <c r="C206" s="5">
-        <v>0.86628855999998677</v>
+        <v>0.86662238999997498</v>
       </c>
       <c r="D206" s="5">
-        <v>3.8840556669541115</v>
+        <v>3.8855776772646067</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>273.57406159999999</v>
+        <v>273.57414074000002</v>
       </c>
       <c r="C207" s="5">
-        <v>0.33143129000001181</v>
+        <v>0.33110599000002594</v>
       </c>
       <c r="D207" s="5">
-        <v>1.465296908328928</v>
+        <v>1.4638469387930897</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>273.91934068</v>
+        <v>273.91921488999998</v>
       </c>
       <c r="C208" s="5">
-        <v>0.34527908000001162</v>
+        <v>0.34507414999995945</v>
       </c>
       <c r="D208" s="5">
-        <v>1.5250830609036869</v>
+        <v>1.5241711610369357</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>275.46402483000003</v>
+        <v>275.46399222000002</v>
       </c>
       <c r="C209" s="5">
-        <v>1.5446841500000232</v>
+        <v>1.5447773300000449</v>
       </c>
       <c r="D209" s="5">
-        <v>6.9809112046318011</v>
+        <v>6.9813487670513874</v>
       </c>
       <c r="E209" s="5">
-        <v>3.2251211205173602</v>
+        <v>3.2251127184010464</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>277.30810241</v>
+        <v>277.30811531000001</v>
       </c>
       <c r="C210" s="5">
-        <v>1.8440775799999756</v>
+        <v>1.8441230899999823</v>
       </c>
       <c r="D210" s="5">
-        <v>8.3358122027360704</v>
+        <v>8.3360265787968615</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>278.31908026999997</v>
+        <v>278.31904754999999</v>
       </c>
       <c r="C211" s="5">
-        <v>1.0109778599999686</v>
+        <v>1.0109322399999883</v>
       </c>
       <c r="D211" s="5">
-        <v>4.4636169462334507</v>
+        <v>4.4634112597877529</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>279.34975754999999</v>
+        <v>279.34970772999998</v>
       </c>
       <c r="C212" s="5">
-        <v>1.0306772800000203</v>
+        <v>1.0306601799999839</v>
       </c>
       <c r="D212" s="5">
-        <v>4.5355042013295321</v>
+        <v>4.535427957544691</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>280.11205799999999</v>
+        <v>280.11198442</v>
       </c>
       <c r="C213" s="5">
-        <v>0.76230044999999791</v>
+        <v>0.76227669000002152</v>
       </c>
       <c r="D213" s="5">
-        <v>3.3242036392384877</v>
+        <v>3.3240990695718953</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>280.97505266000002</v>
+        <v>280.97497239</v>
       </c>
       <c r="C214" s="5">
-        <v>0.86299466000002667</v>
+        <v>0.86298797000000604</v>
       </c>
       <c r="D214" s="5">
-        <v>3.7603632488649064</v>
+        <v>3.7603346070926635</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>281.45232440000001</v>
+        <v>281.4522273</v>
       </c>
       <c r="C215" s="5">
-        <v>0.47727173999999195</v>
+        <v>0.4772549099999992</v>
       </c>
       <c r="D215" s="5">
-        <v>2.0575035319007284</v>
+        <v>2.0574308924310447</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>281.8456888</v>
+        <v>281.84545489999999</v>
       </c>
       <c r="C216" s="5">
-        <v>0.39336439999999584</v>
+        <v>0.3932275999999888</v>
       </c>
       <c r="D216" s="5">
-        <v>1.6901006448011957</v>
+        <v>1.6895089434371124</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>282.18530336999999</v>
+        <v>282.18540797999998</v>
       </c>
       <c r="C217" s="5">
-        <v>0.33961456999998063</v>
+        <v>0.33995307999998658</v>
       </c>
       <c r="D217" s="5">
-        <v>1.4555810404146774</v>
+        <v>1.4570427428450383</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>282.41905671000001</v>
+        <v>282.41965714000003</v>
       </c>
       <c r="C218" s="5">
-        <v>0.23375334000002113</v>
+        <v>0.23424916000004714</v>
       </c>
       <c r="D218" s="5">
-        <v>0.99858328328608081</v>
+        <v>1.0007107104167856</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>283.18819524999998</v>
+        <v>283.18830897999999</v>
       </c>
       <c r="C219" s="5">
-        <v>0.76913853999997173</v>
+        <v>0.76865183999996134</v>
       </c>
       <c r="D219" s="5">
-        <v>3.3174720569149496</v>
+        <v>3.315334129942249</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>283.74481983999999</v>
+        <v>283.74466501000001</v>
       </c>
       <c r="C220" s="5">
-        <v>0.55662459000001263</v>
+        <v>0.55635603000001765</v>
       </c>
       <c r="D220" s="5">
-        <v>2.3843436171036458</v>
+        <v>2.3831797936820776</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>283.95539846999998</v>
+        <v>283.95534722000002</v>
       </c>
       <c r="C221" s="5">
-        <v>0.21057862999998633</v>
+        <v>0.21068221000001586</v>
       </c>
       <c r="D221" s="5">
-        <v>0.8942131646838547</v>
+        <v>0.89465530071071164</v>
       </c>
       <c r="E221" s="5">
-        <v>3.0825708167301791</v>
+        <v>3.0825644148867015</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>283.33356988000003</v>
+        <v>283.33356149999997</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.62182858999995005</v>
+        <v>-0.62178572000004806</v>
       </c>
       <c r="D222" s="5">
-        <v>-2.596436523434964</v>
+        <v>-2.5962601336103397</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>283.95626012000002</v>
+        <v>283.95619770000002</v>
       </c>
       <c r="C223" s="5">
-        <v>0.62269023999999717</v>
+        <v>0.62263620000004494</v>
       </c>
       <c r="D223" s="5">
-        <v>2.6693868662683418</v>
+        <v>2.6691524770495745</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>282.93178855000002</v>
+        <v>282.93172702999999</v>
       </c>
       <c r="C224" s="5">
-        <v>-1.0244715700000029</v>
+        <v>-1.0244706700000279</v>
       </c>
       <c r="D224" s="5">
-        <v>-4.2445352901661622</v>
+        <v>-4.2445325496211384</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>284.45666924</v>
+        <v>284.45659116000002</v>
       </c>
       <c r="C225" s="5">
-        <v>1.5248806899999749</v>
+        <v>1.5248641300000259</v>
       </c>
       <c r="D225" s="5">
-        <v>6.662683616210674</v>
+        <v>6.6626105941315128</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>284.89622542000001</v>
+        <v>284.89614039999998</v>
       </c>
       <c r="C226" s="5">
-        <v>0.43955618000001095</v>
+        <v>0.43954923999996254</v>
       </c>
       <c r="D226" s="5">
-        <v>1.8701388266719965</v>
+        <v>1.8701095659992673</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>286.29163347000002</v>
+        <v>286.29151789999997</v>
       </c>
       <c r="C227" s="5">
-        <v>1.3954080500000146</v>
+        <v>1.3953774999999951</v>
       </c>
       <c r="D227" s="5">
-        <v>6.0384897670248572</v>
+        <v>6.0383558343083843</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>286.91856503000002</v>
+        <v>286.9182692</v>
       </c>
       <c r="C228" s="5">
-        <v>0.62693156000000272</v>
+        <v>0.62675130000002355</v>
       </c>
       <c r="D228" s="5">
-        <v>2.6596841752697387</v>
+        <v>2.6589112982415175</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>288.33355075999998</v>
+        <v>288.33366859</v>
       </c>
       <c r="C229" s="5">
-        <v>1.4149857299999553</v>
+        <v>1.4153993900000046</v>
       </c>
       <c r="D229" s="5">
-        <v>6.081184730271838</v>
+        <v>6.0830174702624307</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>285.20135435999998</v>
+        <v>285.20204144000002</v>
       </c>
       <c r="C230" s="5">
-        <v>-3.132196399999998</v>
+        <v>-3.1316271499999857</v>
       </c>
       <c r="D230" s="5">
-        <v>-12.284399719058092</v>
+        <v>-12.28229405255602</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>288.06550197000001</v>
+        <v>288.06564988000002</v>
       </c>
       <c r="C231" s="5">
-        <v>2.8641476100000318</v>
+        <v>2.8636084400000072</v>
       </c>
       <c r="D231" s="5">
-        <v>12.73947636403101</v>
+        <v>12.736911828164033</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>289.73205454999999</v>
+        <v>289.73191611999999</v>
       </c>
       <c r="C232" s="5">
-        <v>1.6665525799999727</v>
+        <v>1.6662662399999704</v>
       </c>
       <c r="D232" s="5">
-        <v>7.1676079686820549</v>
+        <v>7.166333222878718</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>290.64649806</v>
+        <v>290.64643410000002</v>
       </c>
       <c r="C233" s="5">
-        <v>0.91444351000001234</v>
+        <v>0.91451798000002782</v>
       </c>
       <c r="D233" s="5">
-        <v>3.8538454487310192</v>
+        <v>3.8541666382984729</v>
       </c>
       <c r="E233" s="5">
-        <v>2.3563910480493888</v>
+        <v>2.3563869972893725</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>291.45084838000002</v>
+        <v>291.45082330000002</v>
       </c>
       <c r="C234" s="5">
-        <v>0.80435032000002593</v>
+        <v>0.8043892000000028</v>
       </c>
       <c r="D234" s="5">
-        <v>3.3719600046336673</v>
+        <v>3.3721262379385886</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>292.64157785999998</v>
+        <v>292.64149488999999</v>
       </c>
       <c r="C235" s="5">
-        <v>1.190729479999959</v>
+        <v>1.1906715899999654</v>
       </c>
       <c r="D235" s="5">
-        <v>5.0143070716356153</v>
+        <v>5.0140582274927459</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>293.29752543000001</v>
+        <v>293.29746201</v>
       </c>
       <c r="C236" s="5">
-        <v>0.65594757000002346</v>
+        <v>0.65596712000001389</v>
       </c>
       <c r="D236" s="5">
-        <v>2.7231737087766161</v>
+        <v>2.7232566556731896</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>294.53712968999997</v>
+        <v>294.53705697999999</v>
       </c>
       <c r="C237" s="5">
-        <v>1.2396042599999646</v>
+        <v>1.2395949699999846</v>
       </c>
       <c r="D237" s="5">
-        <v>5.1912986903303482</v>
+        <v>5.1912600249852447</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>295.95545385000003</v>
+        <v>295.95537916000001</v>
       </c>
       <c r="C238" s="5">
-        <v>1.4183241600000542</v>
+        <v>1.4183221800000183</v>
       </c>
       <c r="D238" s="5">
-        <v>5.9340478828984855</v>
+        <v>5.9340408821660695</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>297.73527481999997</v>
+        <v>297.73511514</v>
       </c>
       <c r="C239" s="5">
-        <v>1.7798209699999461</v>
+        <v>1.7797359799999981</v>
       </c>
       <c r="D239" s="5">
-        <v>7.4601220441381955</v>
+        <v>7.4597558897755212</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>299.20388559999998</v>
+        <v>299.20356893000002</v>
       </c>
       <c r="C240" s="5">
-        <v>1.4686107800000059</v>
+        <v>1.4684537900000123</v>
       </c>
       <c r="D240" s="5">
-        <v>6.0823789026007491</v>
+        <v>6.0817143278328434</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>299.85894162</v>
+        <v>299.85903050000002</v>
       </c>
       <c r="C241" s="5">
-        <v>0.65505602000001772</v>
+        <v>0.65546156999999994</v>
       </c>
       <c r="D241" s="5">
-        <v>2.659062805992396</v>
+        <v>2.6607317871720548</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>299.88710215999998</v>
+        <v>299.88786453</v>
       </c>
       <c r="C242" s="5">
-        <v>2.8160539999987577E-2</v>
+        <v>2.8834029999984523E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>0.11275337611018621</v>
+        <v>0.11545138806114963</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>301.21544755000002</v>
+        <v>301.21559969999998</v>
       </c>
       <c r="C243" s="5">
-        <v>1.3283453900000382</v>
+        <v>1.3277351699999826</v>
       </c>
       <c r="D243" s="5">
-        <v>5.4468072645313503</v>
+        <v>5.4442296698213655</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>301.94964971000002</v>
+        <v>301.94952584999999</v>
       </c>
       <c r="C244" s="5">
-        <v>0.73420215999999527</v>
+        <v>0.73392615000000205</v>
       </c>
       <c r="D244" s="5">
-        <v>2.9644907044875435</v>
+        <v>2.9633597640045917</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>302.11519285999998</v>
+        <v>302.11512742999997</v>
       </c>
       <c r="C245" s="5">
-        <v>0.16554314999996222</v>
+        <v>0.16560157999998637</v>
       </c>
       <c r="D245" s="5">
-        <v>0.65988446463434158</v>
+        <v>0.66011835162644861</v>
       </c>
       <c r="E245" s="5">
-        <v>3.9459256782899299</v>
+        <v>3.9459260408658769</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>305.06495856999999</v>
+        <v>305.06491865999999</v>
       </c>
       <c r="C246" s="5">
-        <v>2.9497657100000083</v>
+        <v>2.9497912300000166</v>
       </c>
       <c r="D246" s="5">
-        <v>12.366566783173472</v>
+        <v>12.366682406326191</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>305.65639999000001</v>
+        <v>305.65630547000001</v>
       </c>
       <c r="C247" s="5">
-        <v>0.59144142000002375</v>
+        <v>0.59138681000001725</v>
       </c>
       <c r="D247" s="5">
-        <v>2.3514556484786731</v>
+        <v>2.351236520511768</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>306.99139245999999</v>
+        <v>306.99133458</v>
       </c>
       <c r="C248" s="5">
-        <v>1.3349924699999747</v>
+        <v>1.3350291099999936</v>
       </c>
       <c r="D248" s="5">
-        <v>5.3689034377982336</v>
+        <v>5.3690560500111006</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>308.02572422999998</v>
+        <v>308.02567171999999</v>
       </c>
       <c r="C249" s="5">
-        <v>1.0343317699999943</v>
+        <v>1.034337139999991</v>
       </c>
       <c r="D249" s="5">
-        <v>4.1188741737828494</v>
+        <v>4.1188967468190452</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>308.93823827</v>
+        <v>308.93818828000002</v>
       </c>
       <c r="C250" s="5">
-        <v>0.91251404000001912</v>
+        <v>0.91251656000002868</v>
       </c>
       <c r="D250" s="5">
-        <v>3.61345114260756</v>
+        <v>3.6134619107383026</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>309.02195640999997</v>
+        <v>309.02177158000001</v>
       </c>
       <c r="C251" s="5">
-        <v>8.3718139999973573E-2</v>
+        <v>8.3583299999986593E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>0.32566908773765668</v>
+        <v>0.32514382316302104</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>310.15052481999999</v>
+        <v>310.15021690999998</v>
       </c>
       <c r="C252" s="5">
-        <v>1.128568410000014</v>
+        <v>1.1284453299999768</v>
       </c>
       <c r="D252" s="5">
-        <v>4.4715870515194212</v>
+        <v>4.4710922792468688</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>310.15678874000002</v>
+        <v>310.15685704999999</v>
       </c>
       <c r="C253" s="5">
-        <v>6.263920000037615E-3</v>
+        <v>6.6401400000017929E-3</v>
       </c>
       <c r="D253" s="5">
-        <v>2.4238356575501108E-2</v>
+        <v>2.5694343899074212E-2</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>310.95707835000002</v>
+        <v>310.95776347999998</v>
       </c>
       <c r="C254" s="5">
-        <v>0.80028960999999299</v>
+        <v>0.80090642999999773</v>
       </c>
       <c r="D254" s="5">
-        <v>3.1406509588867593</v>
+        <v>3.1431053831534994</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>311.53991636000001</v>
+        <v>311.54006698000001</v>
       </c>
       <c r="C255" s="5">
-        <v>0.58283800999998903</v>
+        <v>0.58230350000002318</v>
       </c>
       <c r="D255" s="5">
-        <v>2.2725352287806366</v>
+        <v>2.2704245629345809</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>312.08717005</v>
+        <v>312.08713016000002</v>
       </c>
       <c r="C256" s="5">
-        <v>0.54725368999999091</v>
+        <v>0.5470631800000092</v>
       </c>
       <c r="D256" s="5">
-        <v>2.1284154617823514</v>
+        <v>2.1276663083707348</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>312.23085116999999</v>
+        <v>312.23079597999998</v>
       </c>
       <c r="C257" s="5">
-        <v>0.14368111999999655</v>
+        <v>0.14366581999996697</v>
       </c>
       <c r="D257" s="5">
-        <v>0.55386640300381096</v>
+        <v>0.55380734565138034</v>
       </c>
       <c r="E257" s="5">
-        <v>3.3482785867997134</v>
+        <v>3.3482827013830319</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>312.65655623999999</v>
+        <v>312.65650152000001</v>
       </c>
       <c r="C258" s="5">
-        <v>0.42570506999999225</v>
+        <v>0.42570554000002403</v>
       </c>
       <c r="D258" s="5">
-        <v>1.6484415707529898</v>
+        <v>1.648443697953561</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>312.11917079</v>
+        <v>312.11906340000002</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.53738544999998794</v>
+        <v>-0.53743811999999025</v>
       </c>
       <c r="D259" s="5">
-        <v>-2.0431405410621606</v>
+        <v>-2.0433392573475651</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>313.16715228999999</v>
+        <v>313.16708568000001</v>
       </c>
       <c r="C260" s="5">
-        <v>1.0479814999999917</v>
+        <v>1.0480222799999979</v>
       </c>
       <c r="D260" s="5">
-        <v>4.1044045960665576</v>
+        <v>4.1045687098208994</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>314.30053255000001</v>
+        <v>314.30048973999999</v>
       </c>
       <c r="C261" s="5">
-        <v>1.133380260000024</v>
+        <v>1.1334040599999753</v>
       </c>
       <c r="D261" s="5">
-        <v>4.4304055521658725</v>
+        <v>4.4305014076837734</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>314.63687146000001</v>
+        <v>314.63684423000001</v>
       </c>
       <c r="C262" s="5">
-        <v>0.33633890999999494</v>
+        <v>0.33635449000001927</v>
       </c>
       <c r="D262" s="5">
-        <v>1.2917276078723061</v>
+        <v>1.2917879733130633</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>315.34802523000002</v>
+        <v>315.34778595</v>
       </c>
       <c r="C263" s="5">
-        <v>0.7111537700000099</v>
+        <v>0.71094171999999389</v>
       </c>
       <c r="D263" s="5">
-        <v>2.7462564547190205</v>
+        <v>2.7454276203016326</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>316.09207213000002</v>
+        <v>316.09185746999998</v>
       </c>
       <c r="C264" s="5">
-        <v>0.74404690000000073</v>
+        <v>0.74407151999997723</v>
       </c>
       <c r="D264" s="5">
-        <v>2.8683688418386533</v>
+        <v>2.8684671941404671</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>316.17017025000001</v>
+        <v>316.17023585999999</v>
       </c>
       <c r="C265" s="5">
-        <v>7.8098119999992832E-2</v>
+        <v>7.8378390000011677E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>0.29689198463487276</v>
+        <v>0.29795909424337186</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>317.97636563999998</v>
+        <v>317.97692004999999</v>
       </c>
       <c r="C266" s="5">
-        <v>1.8061953899999708</v>
+        <v>1.8066841899999986</v>
       </c>
       <c r="D266" s="5">
-        <v>7.0748260015331299</v>
+        <v>7.0767996755020102</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>316.86371173999999</v>
+        <v>316.86391931000003</v>
       </c>
       <c r="C267" s="5">
-        <v>-1.112653899999998</v>
+        <v>-1.1130007399999613</v>
       </c>
       <c r="D267" s="5">
-        <v>-4.1191295040280407</v>
+        <v>-4.1203818680328963</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>318.96238746</v>
+        <v>318.96243600000003</v>
       </c>
       <c r="C268" s="5">
-        <v>2.098675720000017</v>
+        <v>2.0985166899999967</v>
       </c>
       <c r="D268" s="5">
-        <v>8.2439465249115607</v>
+        <v>8.243293302243714</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>319.95545371999998</v>
+        <v>319.95541899</v>
       </c>
       <c r="C269" s="5">
-        <v>0.99306625999997777</v>
+        <v>0.99298298999997314</v>
       </c>
       <c r="D269" s="5">
-        <v>3.8007582397195261</v>
+        <v>3.8004334759211389</v>
       </c>
       <c r="E269" s="5">
-        <v>2.4740036165722179</v>
+        <v>2.474010606722743</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>320.90585643999998</v>
+        <v>320.90578704000001</v>
       </c>
       <c r="C270" s="5">
-        <v>0.95040271999999959</v>
+        <v>0.95036805000000868</v>
       </c>
       <c r="D270" s="5">
-        <v>3.6233213655064045</v>
+        <v>3.6231874223446869</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>321.90877819999997</v>
+        <v>321.90863999999999</v>
       </c>
       <c r="C271" s="5">
-        <v>1.0029217599999924</v>
+        <v>1.0028529599999843</v>
       </c>
       <c r="D271" s="5">
-        <v>3.8154812650899039</v>
+        <v>3.8152158489807242</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>323.43285347</v>
+        <v>323.43271693000003</v>
       </c>
       <c r="C272" s="5">
-        <v>1.5240752700000257</v>
+        <v>1.5240769300000352</v>
       </c>
       <c r="D272" s="5">
-        <v>5.831694845229185</v>
+        <v>5.8317039325124886</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>323.78212982999997</v>
+        <v>323.78200251999999</v>
       </c>
       <c r="C273" s="5">
-        <v>0.34927635999997619</v>
+        <v>0.3492855899999654</v>
       </c>
       <c r="D273" s="5">
-        <v>1.3036091741439382</v>
+        <v>1.3036443818964294</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>325.18649284999998</v>
+        <v>325.18637317000002</v>
       </c>
       <c r="C274" s="5">
-        <v>1.4043630200000052</v>
+        <v>1.4043706500000326</v>
       </c>
       <c r="D274" s="5">
-        <v>5.3308216152503363</v>
+        <v>5.3308534186865097</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>326.95167729000002</v>
+        <v>326.95146231000001</v>
       </c>
       <c r="C275" s="5">
-        <v>1.7651844400000414</v>
+        <v>1.7650891399999864</v>
       </c>
       <c r="D275" s="5">
-        <v>6.7119013453364129</v>
+        <v>6.7115306371053673</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>327.13990788000001</v>
+        <v>327.13978040000001</v>
       </c>
       <c r="C276" s="5">
-        <v>0.18823058999998921</v>
+        <v>0.18831808999999566</v>
       </c>
       <c r="D276" s="5">
-        <v>0.69304830013441343</v>
+        <v>0.69337194599174978</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>328.77028911999997</v>
+        <v>328.77042639000001</v>
       </c>
       <c r="C277" s="5">
-        <v>1.6303812399999629</v>
+        <v>1.630645990000005</v>
       </c>
       <c r="D277" s="5">
-        <v>6.1471744819669105</v>
+        <v>6.148202678479131</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>330.41117355</v>
+        <v>330.41169908000001</v>
       </c>
       <c r="C278" s="5">
-        <v>1.6408844300000283</v>
+        <v>1.6412726899999939</v>
       </c>
       <c r="D278" s="5">
-        <v>6.1563415099685104</v>
+        <v>6.1578357856034271</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>330.88447101999998</v>
+        <v>330.88487968999999</v>
       </c>
       <c r="C279" s="5">
-        <v>0.47329746999997724</v>
+        <v>0.47318060999998579</v>
       </c>
       <c r="D279" s="5">
-        <v>1.732547441110488</v>
+        <v>1.7321135129724663</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>331.70419014999999</v>
+        <v>331.70444355000001</v>
       </c>
       <c r="C280" s="5">
-        <v>0.81971913000000995</v>
+        <v>0.81956386000001658</v>
       </c>
       <c r="D280" s="5">
-        <v>3.0136715626377875</v>
+        <v>3.0130891461980669</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>332.98180406</v>
+        <v>332.98181706000003</v>
       </c>
       <c r="C281" s="5">
-        <v>1.2776139100000137</v>
+        <v>1.2773735100000181</v>
       </c>
       <c r="D281" s="5">
-        <v>4.721181041548439</v>
+        <v>4.7202701066917818</v>
       </c>
       <c r="E281" s="5">
-        <v>4.0713012353899902</v>
+        <v>4.0713165950182484</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>333.32221786000002</v>
+        <v>333.32207862000001</v>
       </c>
       <c r="C282" s="5">
-        <v>0.34041380000002164</v>
+        <v>0.34026155999998764</v>
       </c>
       <c r="D282" s="5">
-        <v>1.2337048968374953</v>
+        <v>1.2331500058221367</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>335.15451433999999</v>
+        <v>335.15425484000002</v>
       </c>
       <c r="C283" s="5">
-        <v>1.8322964799999681</v>
+        <v>1.832176220000008</v>
       </c>
       <c r="D283" s="5">
-        <v>6.7996248434671669</v>
+        <v>6.7991679094782764</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>335.92970895000002</v>
+        <v>335.92930202999997</v>
       </c>
       <c r="C284" s="5">
-        <v>0.77519461000002821</v>
+        <v>0.77504718999995248</v>
       </c>
       <c r="D284" s="5">
-        <v>2.8111181511106365</v>
+        <v>2.8105789425150629</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>336.59734312000001</v>
+        <v>336.59682656000001</v>
       </c>
       <c r="C285" s="5">
-        <v>0.66763416999998526</v>
+        <v>0.66752453000003698</v>
       </c>
       <c r="D285" s="5">
-        <v>2.4111491373363103</v>
+        <v>2.4107517891043706</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>337.78167678</v>
+        <v>337.78117293999998</v>
       </c>
       <c r="C286" s="5">
-        <v>1.184333659999993</v>
+        <v>1.1843463799999654</v>
       </c>
       <c r="D286" s="5">
-        <v>4.304931822949376</v>
+        <v>4.304985692297203</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>338.47849317999999</v>
+        <v>338.47880345999999</v>
       </c>
       <c r="C287" s="5">
-        <v>0.69681639999998879</v>
+        <v>0.69763052000001835</v>
       </c>
       <c r="D287" s="5">
-        <v>2.5037846132856423</v>
+        <v>2.5067469812265264</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>339.24112667999998</v>
+        <v>339.24083091</v>
       </c>
       <c r="C288" s="5">
-        <v>0.76263349999999264</v>
+        <v>0.76202745000000505</v>
       </c>
       <c r="D288" s="5">
-        <v>2.7375051896040725</v>
+        <v>2.7353002015840788</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>341.11636493999998</v>
+        <v>341.11637694000001</v>
       </c>
       <c r="C289" s="5">
-        <v>1.8752382600000033</v>
+        <v>1.8755460300000095</v>
       </c>
       <c r="D289" s="5">
-        <v>6.8387252350138983</v>
+        <v>6.8398881211115148</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>341.66834634000003</v>
+        <v>341.66990364999998</v>
       </c>
       <c r="C290" s="5">
-        <v>0.55198140000004514</v>
+        <v>0.55352670999997144</v>
       </c>
       <c r="D290" s="5">
-        <v>1.9591692154691698</v>
+        <v>1.964703018974312</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>343.28384964000003</v>
+        <v>343.28439882999999</v>
       </c>
       <c r="C291" s="5">
-        <v>1.6155033000000003</v>
+        <v>1.6144951800000058</v>
       </c>
       <c r="D291" s="5">
-        <v>5.823839142277043</v>
+        <v>5.8200827134139432</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>344.59344006999999</v>
+        <v>344.59385766999998</v>
       </c>
       <c r="C292" s="5">
-        <v>1.3095904299999575</v>
+        <v>1.3094588399999907</v>
       </c>
       <c r="D292" s="5">
-        <v>4.6751534357925228</v>
+        <v>4.6746661326297678</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>344.30048993000003</v>
+        <v>344.30061038999997</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.29295013999995945</v>
+        <v>-0.29324728000000277</v>
       </c>
       <c r="D293" s="5">
-        <v>-1.0154027021978429</v>
+        <v>-1.0164265857473542</v>
       </c>
       <c r="E293" s="5">
-        <v>3.3991905059054028</v>
+        <v>3.3992226452294272</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>344.66068673000001</v>
+        <v>344.66043216999998</v>
       </c>
       <c r="C294" s="5">
-        <v>0.36019679999998289</v>
+        <v>0.35982178000000431</v>
       </c>
       <c r="D294" s="5">
-        <v>1.2626526089416945</v>
+        <v>1.2613299849691284</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>345.17992177999997</v>
+        <v>345.17928905999997</v>
       </c>
       <c r="C295" s="5">
-        <v>0.51923504999996339</v>
+        <v>0.51885688999999502</v>
       </c>
       <c r="D295" s="5">
-        <v>1.8228676412564759</v>
+        <v>1.8215303879139721</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>345.96244034</v>
+        <v>345.96150423</v>
       </c>
       <c r="C296" s="5">
-        <v>0.78251856000002817</v>
+        <v>0.78221517000002905</v>
       </c>
       <c r="D296" s="5">
-        <v>2.7545615298898207</v>
+        <v>2.7534853242843882</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>348.04323574</v>
+        <v>348.04214132999999</v>
       </c>
       <c r="C297" s="5">
-        <v>2.0807953999999995</v>
+        <v>2.0806370999999899</v>
       </c>
       <c r="D297" s="5">
-        <v>7.4610176665324879</v>
+        <v>7.4604520108780159</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>349.07584357000002</v>
+        <v>349.07474802000002</v>
       </c>
       <c r="C298" s="5">
-        <v>1.0326078300000177</v>
+        <v>1.0326066900000228</v>
       </c>
       <c r="D298" s="5">
-        <v>3.6189490159240334</v>
+        <v>3.6189565211975916</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>348.95559784</v>
+        <v>348.95614289000002</v>
       </c>
       <c r="C299" s="5">
-        <v>-0.12024573000002192</v>
+        <v>-0.11860512999999173</v>
       </c>
       <c r="D299" s="5">
-        <v>-0.41258028698004656</v>
+        <v>-0.40696294397882804</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>351.14156844000001</v>
+        <v>351.14162825</v>
       </c>
       <c r="C300" s="5">
-        <v>2.1859706000000187</v>
+        <v>2.1854853599999728</v>
       </c>
       <c r="D300" s="5">
-        <v>7.7816682845540663</v>
+        <v>7.7798684122801776</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>352.41922815999999</v>
+        <v>352.41932236000002</v>
       </c>
       <c r="C301" s="5">
-        <v>1.2776597199999742</v>
+        <v>1.2776941100000272</v>
       </c>
       <c r="D301" s="5">
-        <v>4.4547544424842656</v>
+        <v>4.4548759841537722</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>353.54121766999998</v>
+        <v>353.54425325</v>
       </c>
       <c r="C302" s="5">
-        <v>1.1219895099999917</v>
+        <v>1.1249308899999733</v>
       </c>
       <c r="D302" s="5">
-        <v>3.8880255366988914</v>
+        <v>3.8983968389698642</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>356.51114224999998</v>
+        <v>356.51209999000002</v>
       </c>
       <c r="C303" s="5">
-        <v>2.9699245799999971</v>
+        <v>2.9678467400000272</v>
       </c>
       <c r="D303" s="5">
-        <v>10.559648992580662</v>
+        <v>10.551821970971865</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>357.56645250999998</v>
+        <v>357.56717573999998</v>
       </c>
       <c r="C304" s="5">
-        <v>1.0553102599999988</v>
+        <v>1.0550757499999577</v>
       </c>
       <c r="D304" s="5">
-        <v>3.6105305592192716</v>
+        <v>3.6097052708359278</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>358.63453247000001</v>
+        <v>358.63487868999999</v>
       </c>
       <c r="C305" s="5">
-        <v>1.0680799600000341</v>
+        <v>1.0677029500000117</v>
       </c>
       <c r="D305" s="5">
-        <v>3.6439770400709115</v>
+        <v>3.6426621054127306</v>
       </c>
       <c r="E305" s="5">
-        <v>4.1632361728309641</v>
+        <v>4.1633002868519897</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>360.89163127</v>
+        <v>360.89051814999999</v>
       </c>
       <c r="C306" s="5">
-        <v>2.2570987999999943</v>
+        <v>2.2556394599999976</v>
       </c>
       <c r="D306" s="5">
-        <v>7.8192922561561184</v>
+        <v>7.8140526906457675</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>362.17357470000002</v>
+        <v>362.17300691000003</v>
       </c>
       <c r="C307" s="5">
-        <v>1.2819434300000125</v>
+        <v>1.2824887600000352</v>
       </c>
       <c r="D307" s="5">
-        <v>4.3468589321005391</v>
+        <v>4.3487580230267442</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>363.71650791000002</v>
+        <v>363.71247941000001</v>
       </c>
       <c r="C308" s="5">
-        <v>1.5429332100000011</v>
+        <v>1.539472499999988</v>
       </c>
       <c r="D308" s="5">
-        <v>5.2337475330878735</v>
+        <v>5.221741133690494</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>364.18716083999999</v>
+        <v>364.18587596999998</v>
       </c>
       <c r="C309" s="5">
-        <v>0.47065292999997155</v>
+        <v>0.47339655999996921</v>
       </c>
       <c r="D309" s="5">
-        <v>1.5639116968372946</v>
+        <v>1.5731112937147129</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>364.71608187999999</v>
+        <v>364.71476755999998</v>
       </c>
       <c r="C310" s="5">
-        <v>0.52892104000000018</v>
+        <v>0.52889159000000063</v>
       </c>
       <c r="D310" s="5">
-        <v>1.7567884315310867</v>
+        <v>1.7566960793007347</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>364.67716422000001</v>
+        <v>364.67851207000001</v>
       </c>
       <c r="C311" s="5">
-        <v>-3.8917659999981424E-2</v>
+        <v>-3.6255489999973634E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-0.12797295140660747</v>
+        <v>-0.11922415221844451</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>366.76692379000002</v>
+        <v>366.76808304000002</v>
       </c>
       <c r="C312" s="5">
-        <v>2.0897595700000124</v>
+        <v>2.0895709700000111</v>
       </c>
       <c r="D312" s="5">
-        <v>7.0974485196081849</v>
+        <v>7.0967605960084335</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>367.08533224000001</v>
+        <v>367.08638739999998</v>
       </c>
       <c r="C313" s="5">
-        <v>0.31840844999999263</v>
+        <v>0.31830435999995643</v>
       </c>
       <c r="D313" s="5">
-        <v>1.0467678982401196</v>
+        <v>1.0464207440325168</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>368.28160602000003</v>
+        <v>368.28685289999999</v>
       </c>
       <c r="C314" s="5">
-        <v>1.1962737800000127</v>
+        <v>1.2004655000000071</v>
       </c>
       <c r="D314" s="5">
-        <v>3.9814720591259345</v>
+        <v>3.9956632534944747</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>369.44183025000001</v>
+        <v>369.44352844999997</v>
       </c>
       <c r="C315" s="5">
-        <v>1.160224229999983</v>
+        <v>1.1566755499999886</v>
       </c>
       <c r="D315" s="5">
-        <v>3.8466437164798917</v>
+        <v>3.834618761015185</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>370.18900036999997</v>
+        <v>370.18989664999998</v>
       </c>
       <c r="C316" s="5">
-        <v>0.7471701199999643</v>
+        <v>0.74636820000000625</v>
       </c>
       <c r="D316" s="5">
-        <v>2.4540938904519694</v>
+        <v>2.4514192405434621</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>370.85597653000002</v>
+        <v>370.85588433999999</v>
       </c>
       <c r="C317" s="5">
-        <v>0.666976160000047</v>
+        <v>0.66598769000000857</v>
       </c>
       <c r="D317" s="5">
-        <v>2.1836155501337107</v>
+        <v>2.1803419757550735</v>
       </c>
       <c r="E317" s="5">
-        <v>3.4077711300771973</v>
+        <v>3.4076455961673746</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>372.39934395</v>
+        <v>372.39614434999999</v>
       </c>
       <c r="C318" s="5">
-        <v>1.5433674199999814</v>
+        <v>1.5402600099999972</v>
       </c>
       <c r="D318" s="5">
-        <v>5.109870087452828</v>
+        <v>5.0993470539724139</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>373.11045912999998</v>
+        <v>373.10839866999999</v>
       </c>
       <c r="C319" s="5">
-        <v>0.71111517999997886</v>
+        <v>0.71225431999999955</v>
       </c>
       <c r="D319" s="5">
-        <v>2.3156800029374702</v>
+        <v>2.3194487527164798</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>373.45797754</v>
+        <v>373.44948683000001</v>
       </c>
       <c r="C320" s="5">
-        <v>0.34751841000002059</v>
+        <v>0.34108816000002662</v>
       </c>
       <c r="D320" s="5">
-        <v>1.1234341674325243</v>
+        <v>1.1025483816056392</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>374.50085746000002</v>
+        <v>374.49873580000002</v>
       </c>
       <c r="C321" s="5">
-        <v>1.0428799200000185</v>
+        <v>1.0492489700000078</v>
       </c>
       <c r="D321" s="5">
-        <v>3.4029443571615303</v>
+        <v>3.4241279881729536</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>375.33399754999999</v>
+        <v>375.33249592999999</v>
       </c>
       <c r="C322" s="5">
-        <v>0.83314008999997213</v>
+        <v>0.83376012999997329</v>
       </c>
       <c r="D322" s="5">
-        <v>2.7025094702714636</v>
+        <v>2.7045609349425348</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>376.00650447999999</v>
+        <v>376.00997224000002</v>
       </c>
       <c r="C323" s="5">
-        <v>0.67250692999999728</v>
+        <v>0.67747631000003139</v>
       </c>
       <c r="D323" s="5">
-        <v>2.171422792425437</v>
+        <v>2.1876366343315468</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>378.05644758</v>
+        <v>378.06146924000001</v>
       </c>
       <c r="C324" s="5">
-        <v>2.0499431000000072</v>
+        <v>2.0514969999999835</v>
       </c>
       <c r="D324" s="5">
-        <v>6.742039471441541</v>
+        <v>6.7472402997852621</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>379.67522733999999</v>
+        <v>379.68001573999999</v>
       </c>
       <c r="C325" s="5">
-        <v>1.6187797599999953</v>
+        <v>1.6185464999999795</v>
       </c>
       <c r="D325" s="5">
-        <v>5.26096570652832</v>
+        <v>5.2601181599480684</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>380.79260936999998</v>
+        <v>380.80138724</v>
       </c>
       <c r="C326" s="5">
-        <v>1.1173820299999875</v>
+        <v>1.1213715000000093</v>
       </c>
       <c r="D326" s="5">
-        <v>3.5893216910924952</v>
+        <v>3.6022996258993745</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>380.53000641</v>
+        <v>380.53344484000002</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.26260295999998107</v>
+        <v>-0.26794239999998126</v>
       </c>
       <c r="D327" s="5">
-        <v>-0.82441478333797891</v>
+        <v>-0.84109327168151449</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>381.11189883999998</v>
+        <v>381.11166916000002</v>
       </c>
       <c r="C328" s="5">
-        <v>0.58189242999998214</v>
+        <v>0.5782243200000039</v>
       </c>
       <c r="D328" s="5">
-        <v>1.85050765369279</v>
+        <v>1.8387280842165232</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>382.31640219000002</v>
+        <v>382.31211956999999</v>
       </c>
       <c r="C329" s="5">
-        <v>1.2045033500000386</v>
+        <v>1.2004504099999735</v>
       </c>
       <c r="D329" s="5">
-        <v>3.8592226816859032</v>
+        <v>3.8460136582413318</v>
       </c>
       <c r="E329" s="5">
-        <v>3.0902631709571304</v>
+        <v>3.0891340042745519</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>382.51503193999997</v>
+        <v>382.50945526999999</v>
       </c>
       <c r="C330" s="5">
-        <v>0.19862974999995231</v>
+        <v>0.19733569999999645</v>
       </c>
       <c r="D330" s="5">
-        <v>0.62523600224835274</v>
+        <v>0.62115806880926883</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>383.49108393</v>
+        <v>383.48556208000002</v>
       </c>
       <c r="C331" s="5">
-        <v>0.9760519900000304</v>
+        <v>0.97610681000003297</v>
       </c>
       <c r="D331" s="5">
-        <v>3.1053438884106166</v>
+        <v>3.1055666685437355</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>384.40181895000001</v>
+        <v>384.38326224999997</v>
       </c>
       <c r="C332" s="5">
-        <v>0.91073502000000417</v>
+        <v>0.8977001699999505</v>
       </c>
       <c r="D332" s="5">
-        <v>2.8873435863157271</v>
+        <v>2.8455266698496073</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>385.49782735999997</v>
+        <v>385.49407535</v>
       </c>
       <c r="C333" s="5">
-        <v>1.0960084099999676</v>
+        <v>1.1108131000000299</v>
       </c>
       <c r="D333" s="5">
-        <v>3.4756131251724387</v>
+        <v>3.5234826353979676</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>386.91854465</v>
+        <v>386.91719387000001</v>
       </c>
       <c r="C334" s="5">
-        <v>1.4207172900000273</v>
+        <v>1.4231185200000027</v>
       </c>
       <c r="D334" s="5">
-        <v>4.513244414248474</v>
+        <v>4.5210729344499656</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>388.06900231999998</v>
+        <v>388.07941318000002</v>
       </c>
       <c r="C335" s="5">
-        <v>1.1504576699999802</v>
+        <v>1.1622193100000118</v>
       </c>
       <c r="D335" s="5">
-        <v>3.6269945326777409</v>
+        <v>3.6647026884405909</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>385.91227822000002</v>
+        <v>385.92485131000001</v>
       </c>
       <c r="C336" s="5">
-        <v>-2.1567240999999626</v>
+        <v>-2.1545618700000091</v>
       </c>
       <c r="D336" s="5">
-        <v>-6.4689721822517647</v>
+        <v>-6.4625153297420912</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>385.94604421000003</v>
+        <v>385.95983712999998</v>
       </c>
       <c r="C337" s="5">
-        <v>3.3765990000006241E-2</v>
+        <v>3.498581999997441E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>0.1050463928325529</v>
+        <v>0.10883964296899418</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>383.96792020999999</v>
+        <v>383.98380400999997</v>
       </c>
       <c r="C338" s="5">
-        <v>-1.9781240000000366</v>
+        <v>-1.976033120000011</v>
       </c>
       <c r="D338" s="5">
-        <v>-5.9800167478230577</v>
+        <v>-5.9736652737891305</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>385.68152103</v>
+        <v>385.68528858000002</v>
       </c>
       <c r="C339" s="5">
-        <v>1.7136008200000106</v>
+        <v>1.7014845700000478</v>
       </c>
       <c r="D339" s="5">
-        <v>5.4888791505780965</v>
+        <v>5.4488876811529696</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>386.41253548999998</v>
+        <v>386.40956194</v>
       </c>
       <c r="C340" s="5">
-        <v>0.73101445999998305</v>
+        <v>0.72427335999998377</v>
       </c>
       <c r="D340" s="5">
-        <v>2.2983212188866009</v>
+        <v>2.2768852473801005</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>387.85430136999997</v>
+        <v>387.84616756000003</v>
       </c>
       <c r="C341" s="5">
-        <v>1.4417658799999913</v>
+        <v>1.436605620000023</v>
       </c>
       <c r="D341" s="5">
-        <v>4.5704230614298513</v>
+        <v>4.5537647891447985</v>
       </c>
       <c r="E341" s="5">
-        <v>1.4485120565786769</v>
+        <v>1.4475209408020717</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>387.94561826</v>
+        <v>387.92400491000001</v>
       </c>
       <c r="C342" s="5">
-        <v>9.1316890000030071E-2</v>
+        <v>7.7837349999981598E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>0.28289560654604085</v>
+        <v>0.24109556123668163</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>390.09750742</v>
+        <v>390.08636776999998</v>
       </c>
       <c r="C343" s="5">
-        <v>2.1518891599999961</v>
+        <v>2.1623628599999734</v>
       </c>
       <c r="D343" s="5">
-        <v>6.8631304176126173</v>
+        <v>6.8979615870900179</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>391.64596139999998</v>
+        <v>391.62087002999999</v>
       </c>
       <c r="C344" s="5">
-        <v>1.5484539799999766</v>
+        <v>1.5345022600000107</v>
       </c>
       <c r="D344" s="5">
-        <v>4.8686618012660166</v>
+        <v>4.8239821228230673</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>391.65200555000001</v>
+        <v>391.646818</v>
       </c>
       <c r="C345" s="5">
-        <v>6.0441500000365522E-3</v>
+        <v>2.5947970000004261E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>1.8520797807219935E-2</v>
+        <v>7.953844136066035E-2</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>392.92015506000001</v>
+        <v>392.91731016</v>
       </c>
       <c r="C346" s="5">
-        <v>1.2681495100000006</v>
+        <v>1.2704921600000034</v>
       </c>
       <c r="D346" s="5">
-        <v>3.9554885103838089</v>
+        <v>3.9629797672724232</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>394.70212113999997</v>
+        <v>394.71515045000001</v>
       </c>
       <c r="C347" s="5">
-        <v>1.781966079999961</v>
+        <v>1.7978402900000106</v>
       </c>
       <c r="D347" s="5">
-        <v>5.5800449581193234</v>
+        <v>5.6310529094722561</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>394.46684300999999</v>
+        <v>394.49767457000002</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.23527812999998332</v>
+        <v>-0.21747587999999496</v>
       </c>
       <c r="D348" s="5">
-        <v>-0.7129679504944253</v>
+        <v>-0.65916314023841682</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>395.91473350000001</v>
+        <v>395.95333958999998</v>
       </c>
       <c r="C349" s="5">
-        <v>1.4478904900000202</v>
+        <v>1.4556650199999694</v>
       </c>
       <c r="D349" s="5">
-        <v>4.4946157435360901</v>
+        <v>4.5188813862119481</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>396.41298717000001</v>
+        <v>396.43092098</v>
       </c>
       <c r="C350" s="5">
-        <v>0.49825366999999687</v>
+        <v>0.47758139000001165</v>
       </c>
       <c r="D350" s="5">
-        <v>1.5206817687126062</v>
+        <v>1.4570273438401449</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>397.31805026000001</v>
+        <v>397.32034944999998</v>
       </c>
       <c r="C351" s="5">
-        <v>0.90506308999999874</v>
+        <v>0.88942846999998437</v>
       </c>
       <c r="D351" s="5">
-        <v>2.7744250755134869</v>
+        <v>2.7257801730823594</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>398.15657104000002</v>
+        <v>398.15126105000002</v>
       </c>
       <c r="C352" s="5">
-        <v>0.83852078000001029</v>
+        <v>0.83091160000003583</v>
       </c>
       <c r="D352" s="5">
-        <v>2.5621469633453131</v>
+        <v>2.5386137632180006</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>399.54398291000001</v>
+        <v>399.51902977999998</v>
       </c>
       <c r="C353" s="5">
-        <v>1.387411869999994</v>
+        <v>1.3677687299999661</v>
       </c>
       <c r="D353" s="5">
-        <v>4.2625841319894997</v>
+        <v>4.2011463913830038</v>
       </c>
       <c r="E353" s="5">
-        <v>3.0139362896606015</v>
+        <v>3.0096629015147203</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>399.41055826000002</v>
+        <v>399.36807189000001</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.13342464999999493</v>
+        <v>-0.15095788999997239</v>
       </c>
       <c r="D354" s="5">
-        <v>-0.39999560352519392</v>
+        <v>-0.45247777680721413</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>401.06060615000001</v>
+        <v>401.04689094000003</v>
       </c>
       <c r="C355" s="5">
-        <v>1.6500478899999962</v>
+        <v>1.6788190500000155</v>
       </c>
       <c r="D355" s="5">
-        <v>5.0716560292676238</v>
+        <v>5.1627048242152584</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>401.62403800999999</v>
+        <v>401.59709789999999</v>
       </c>
       <c r="C356" s="5">
-        <v>0.56343185999998013</v>
+        <v>0.5502069599999686</v>
       </c>
       <c r="D356" s="5">
-        <v>1.6989126485530415</v>
+        <v>1.6587914994045994</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>403.03237151000002</v>
+        <v>403.01744582999999</v>
       </c>
       <c r="C357" s="5">
-        <v>1.4083335000000261</v>
+        <v>1.4203479299999913</v>
       </c>
       <c r="D357" s="5">
-        <v>4.2900271329075146</v>
+        <v>4.3276359457209868</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>404.90668876000001</v>
+        <v>404.90582924</v>
       </c>
       <c r="C358" s="5">
-        <v>1.8743172499999901</v>
+        <v>1.8883834100000172</v>
       </c>
       <c r="D358" s="5">
-        <v>5.7256228594162017</v>
+        <v>5.769924460764031</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>404.53466839999999</v>
+        <v>404.55302336</v>
       </c>
       <c r="C359" s="5">
-        <v>-0.37202036000002181</v>
+        <v>-0.35280588000000535</v>
       </c>
       <c r="D359" s="5">
-        <v>-1.0969821584745132</v>
+        <v>-1.0405975974334236</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>404.26092677999998</v>
+        <v>404.31278850000001</v>
       </c>
       <c r="C360" s="5">
-        <v>-0.27374162000000979</v>
+        <v>-0.24023485999998684</v>
       </c>
       <c r="D360" s="5">
-        <v>-0.80900393441241114</v>
+        <v>-0.71027067606234118</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>406.54026556000002</v>
+        <v>406.60681555999997</v>
       </c>
       <c r="C361" s="5">
-        <v>2.279338780000046</v>
+        <v>2.2940270599999621</v>
       </c>
       <c r="D361" s="5">
-        <v>6.9797529708100381</v>
+        <v>7.0252147064438164</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>407.19832293000002</v>
+        <v>407.22428760999998</v>
       </c>
       <c r="C362" s="5">
-        <v>0.65805736999999453</v>
+        <v>0.61747205000000349</v>
       </c>
       <c r="D362" s="5">
-        <v>1.959798783522726</v>
+        <v>1.8376146924109937</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>406.69112318999998</v>
+        <v>406.69948843999998</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.50719974000003276</v>
+        <v>-0.52479916999999432</v>
       </c>
       <c r="D363" s="5">
-        <v>-1.4845035014828145</v>
+        <v>-1.5355528308227062</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>408.00006311999999</v>
+        <v>408.00350359999999</v>
       </c>
       <c r="C364" s="5">
-        <v>1.3089399300000082</v>
+        <v>1.3040151600000058</v>
       </c>
       <c r="D364" s="5">
-        <v>3.9313204177858552</v>
+        <v>3.9161853870532726</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>407.97970751999998</v>
+        <v>407.90348318000002</v>
       </c>
       <c r="C365" s="5">
-        <v>-2.0355600000016238E-2</v>
+        <v>-0.10002041999996436</v>
       </c>
       <c r="D365" s="5">
-        <v>-5.9852976984875461E-2</v>
+        <v>-0.29377886640976625</v>
       </c>
       <c r="E365" s="5">
-        <v>2.1113381682186905</v>
+        <v>2.0986368045139203</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>414.31642333000002</v>
+        <v>414.25459931</v>
       </c>
       <c r="C366" s="5">
-        <v>6.3367158100000438</v>
+        <v>6.3511161299999799</v>
       </c>
       <c r="D366" s="5">
-        <v>20.315904237763462</v>
+        <v>20.370232842121382</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>415.09295666000003</v>
+        <v>415.07166738000001</v>
       </c>
       <c r="C367" s="5">
-        <v>0.77653333000000657</v>
+        <v>0.81706807000000481</v>
       </c>
       <c r="D367" s="5">
-        <v>2.272432311606698</v>
+        <v>2.392703154020337</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>412.81657997999997</v>
+        <v>412.78709543000002</v>
       </c>
       <c r="C368" s="5">
-        <v>-2.2763766800000553</v>
+        <v>-2.2845719499999859</v>
       </c>
       <c r="D368" s="5">
-        <v>-6.3859127206992161</v>
+        <v>-6.4085302998863618</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>369.39765561000002</v>
+        <v>369.36891697999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-43.418924369999957</v>
+        <v>-43.418178450000028</v>
       </c>
       <c r="D369" s="5">
-        <v>-73.646151836984373</v>
+        <v>-73.648168214824523</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>384.09743348000001</v>
+        <v>384.10249342999998</v>
       </c>
       <c r="C370" s="5">
-        <v>14.699777869999991</v>
+        <v>14.733576449999987</v>
       </c>
       <c r="D370" s="5">
-        <v>59.722921258843556</v>
+        <v>59.897386324115985</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>391.95520492000003</v>
+        <v>391.98363417000002</v>
       </c>
       <c r="C371" s="5">
-        <v>7.8577714400000218</v>
+        <v>7.8811407400000348</v>
       </c>
       <c r="D371" s="5">
-        <v>27.508861745947044</v>
+        <v>27.599714678798136</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>391.24377700999997</v>
+        <v>391.32068082000001</v>
       </c>
       <c r="C372" s="5">
-        <v>-0.71142791000005445</v>
+        <v>-0.66295335000000932</v>
       </c>
       <c r="D372" s="5">
-        <v>-2.1564767862287004</v>
+        <v>-2.0107610063313075</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>392.22323041999999</v>
+        <v>392.32599269000002</v>
       </c>
       <c r="C373" s="5">
-        <v>0.97945341000001918</v>
+        <v>1.0053118700000141</v>
       </c>
       <c r="D373" s="5">
-        <v>3.0458326960018267</v>
+        <v>3.1267621109513977</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>392.71951648999999</v>
+        <v>392.76240932000002</v>
       </c>
       <c r="C374" s="5">
-        <v>0.49628606999999647</v>
+        <v>0.43641662999999653</v>
       </c>
       <c r="D374" s="5">
-        <v>1.5289898534374347</v>
+        <v>1.3430563540469453</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>398.27311501999998</v>
+        <v>398.29667535999999</v>
       </c>
       <c r="C375" s="5">
-        <v>5.5535985299999879</v>
+        <v>5.5342660399999772</v>
       </c>
       <c r="D375" s="5">
-        <v>18.353764806217466</v>
+        <v>18.282689312314847</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>400.32420169</v>
+        <v>400.33802506000001</v>
       </c>
       <c r="C376" s="5">
-        <v>2.0510866700000179</v>
+        <v>2.041349700000012</v>
       </c>
       <c r="D376" s="5">
-        <v>6.3580252521372671</v>
+        <v>6.3266015471520332</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>401.55320449999999</v>
+        <v>401.41534733999998</v>
       </c>
       <c r="C377" s="5">
-        <v>1.2290028099999972</v>
+        <v>1.0773222799999758</v>
       </c>
       <c r="D377" s="5">
-        <v>3.7468686027168907</v>
+        <v>3.2774641613895206</v>
       </c>
       <c r="E377" s="5">
-        <v>-1.5752016341854302</v>
+        <v>-1.5906056475465169</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>403.43701587999999</v>
+        <v>403.35122202000002</v>
       </c>
       <c r="C378" s="5">
-        <v>1.8838113799999974</v>
+        <v>1.9358746800000404</v>
       </c>
       <c r="D378" s="5">
-        <v>5.777125555935414</v>
+        <v>5.9431422910286358</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>402.22398234000002</v>
+        <v>402.17355750000002</v>
       </c>
       <c r="C379" s="5">
-        <v>-1.2130335399999694</v>
+        <v>-1.1776645200000075</v>
       </c>
       <c r="D379" s="5">
-        <v>-3.5490243556585366</v>
+        <v>-3.4479211856546454</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>404.54725726999999</v>
+        <v>404.49714256999999</v>
       </c>
       <c r="C380" s="5">
-        <v>2.3232749299999682</v>
+        <v>2.3235850699999787</v>
       </c>
       <c r="D380" s="5">
-        <v>7.1557782066175912</v>
+        <v>7.1576900276068223</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>405.16740041999998</v>
+        <v>405.11884649000001</v>
       </c>
       <c r="C381" s="5">
-        <v>0.62014314999998987</v>
+        <v>0.62170392000001584</v>
       </c>
       <c r="D381" s="5">
-        <v>1.855106270653839</v>
+        <v>1.8600470883273879</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>405.85879992000002</v>
+        <v>405.87503347000001</v>
       </c>
       <c r="C382" s="5">
-        <v>0.69139950000004546</v>
+        <v>0.7561869799999954</v>
       </c>
       <c r="D382" s="5">
-        <v>2.067073551381049</v>
+        <v>2.2630356114631045</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>407.43937027999999</v>
+        <v>407.49557658999998</v>
       </c>
       <c r="C383" s="5">
-        <v>1.5805703599999674</v>
+        <v>1.6205431199999794</v>
       </c>
       <c r="D383" s="5">
-        <v>4.7746698013708011</v>
+        <v>4.8978860221255971</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>409.83474894</v>
+        <v>409.94790798999998</v>
       </c>
       <c r="C384" s="5">
-        <v>2.3953786600000058</v>
+        <v>2.4523313999999914</v>
       </c>
       <c r="D384" s="5">
-        <v>7.2875772148547346</v>
+        <v>7.4655606047028478</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>410.14709300999999</v>
+        <v>410.29746898000002</v>
       </c>
       <c r="C385" s="5">
-        <v>0.31234406999999464</v>
+        <v>0.34956099000004315</v>
       </c>
       <c r="D385" s="5">
-        <v>0.91838960774401901</v>
+        <v>1.0280478067584697</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>408.59992534999998</v>
+        <v>408.64721835</v>
       </c>
       <c r="C386" s="5">
-        <v>-1.5471676600000137</v>
+        <v>-1.6502506300000164</v>
       </c>
       <c r="D386" s="5">
-        <v>-4.4339265674235628</v>
+        <v>-4.7211494103655438</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>414.64219580000002</v>
+        <v>414.71424954000003</v>
       </c>
       <c r="C387" s="5">
-        <v>6.0422704500000464</v>
+        <v>6.0670311900000229</v>
       </c>
       <c r="D387" s="5">
-        <v>19.262127689237964</v>
+        <v>19.34519291108623</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>415.67676535999999</v>
+        <v>415.73749874999999</v>
       </c>
       <c r="C388" s="5">
-        <v>1.0345695599999658</v>
+        <v>1.0232492099999604</v>
       </c>
       <c r="D388" s="5">
-        <v>3.0355396758134034</v>
+        <v>3.0013437958530398</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>418.00798422999998</v>
+        <v>417.78993730000002</v>
       </c>
       <c r="C389" s="5">
-        <v>2.3312188699999865</v>
+        <v>2.0524385500000335</v>
       </c>
       <c r="D389" s="5">
-        <v>6.9414152799956996</v>
+        <v>6.0877700385322253</v>
       </c>
       <c r="E389" s="5">
-        <v>4.0977831942566434</v>
+        <v>4.079213729247555</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>416.70541584</v>
+        <v>416.56835597999998</v>
       </c>
       <c r="C390" s="5">
-        <v>-1.3025683899999763</v>
+        <v>-1.2215813200000412</v>
       </c>
       <c r="D390" s="5">
-        <v>-3.6759325307530788</v>
+        <v>-3.452816473098208</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>417.60171897999999</v>
+        <v>417.49595746</v>
       </c>
       <c r="C391" s="5">
-        <v>0.89630313999998634</v>
+        <v>0.92760148000002118</v>
       </c>
       <c r="D391" s="5">
-        <v>2.6118678235659054</v>
+        <v>2.7050929707313376</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>419.01071709000001</v>
+        <v>418.87294509999998</v>
       </c>
       <c r="C392" s="5">
-        <v>1.4089981100000273</v>
+        <v>1.3769876399999816</v>
       </c>
       <c r="D392" s="5">
-        <v>4.1248145858322038</v>
+        <v>4.0304381934842759</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>421.00146093000001</v>
+        <v>420.94254727999999</v>
       </c>
       <c r="C393" s="5">
-        <v>1.9907438399999933</v>
+        <v>2.069602180000004</v>
       </c>
       <c r="D393" s="5">
-        <v>5.8526320700559964</v>
+        <v>6.0928641825301888</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>421.51231071000001</v>
+        <v>421.54164064999998</v>
       </c>
       <c r="C394" s="5">
-        <v>0.51084978000000092</v>
+        <v>0.59909336999999141</v>
       </c>
       <c r="D394" s="5">
-        <v>1.4658559384406633</v>
+        <v>1.7212948933712946</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>422.1727942</v>
+        <v>422.30931693000002</v>
       </c>
       <c r="C395" s="5">
-        <v>0.66048348999999007</v>
+        <v>0.76767628000004606</v>
       </c>
       <c r="D395" s="5">
-        <v>1.8966150005961468</v>
+        <v>2.2073614331754809</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>426.96497815999999</v>
+        <v>427.13410757999998</v>
       </c>
       <c r="C396" s="5">
-        <v>4.7921839599999885</v>
+        <v>4.8247906499999544</v>
       </c>
       <c r="D396" s="5">
-        <v>14.504914349362853</v>
+        <v>14.604869626952777</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>427.95246080999999</v>
+        <v>428.16055675000001</v>
       </c>
       <c r="C397" s="5">
-        <v>0.98748265000000401</v>
+        <v>1.0264491700000349</v>
       </c>
       <c r="D397" s="5">
-        <v>2.8109316529286721</v>
+        <v>2.9221504559532763</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>430.03086513</v>
+        <v>430.08711608999999</v>
       </c>
       <c r="C398" s="5">
-        <v>2.0784043200000042</v>
+        <v>1.926559339999983</v>
       </c>
       <c r="D398" s="5">
-        <v>5.9861699389026413</v>
+        <v>5.5351947418673442</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>434.68724644000002</v>
+        <v>434.81250884999997</v>
       </c>
       <c r="C399" s="5">
-        <v>4.6563813100000289</v>
+        <v>4.725392759999977</v>
       </c>
       <c r="D399" s="5">
-        <v>13.796065332370855</v>
+        <v>14.01110657269431</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>436.01341876999999</v>
+        <v>436.11867597999998</v>
       </c>
       <c r="C400" s="5">
-        <v>1.326172329999963</v>
+        <v>1.3061671300000057</v>
       </c>
       <c r="D400" s="5">
-        <v>3.723099007378039</v>
+        <v>3.6649314193418769</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>436.84676866000001</v>
+        <v>436.54563008999997</v>
       </c>
       <c r="C401" s="5">
-        <v>0.83334989000002224</v>
+        <v>0.42695410999999694</v>
       </c>
       <c r="D401" s="5">
-        <v>2.317817328127858</v>
+        <v>1.1811295058989923</v>
       </c>
       <c r="E401" s="5">
-        <v>4.5068001427538196</v>
+        <v>4.4892638896977921</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>439.3878977</v>
+        <v>439.18744730999998</v>
       </c>
       <c r="C402" s="5">
-        <v>2.5411290399999871</v>
+        <v>2.6418172200000072</v>
       </c>
       <c r="D402" s="5">
-        <v>7.2080897344782846</v>
+        <v>7.5086189358460009</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>441.79222377999997</v>
+        <v>441.60740391000002</v>
       </c>
       <c r="C403" s="5">
-        <v>2.4043260799999757</v>
+        <v>2.4199566000000345</v>
       </c>
       <c r="D403" s="5">
-        <v>6.7676587386198861</v>
+        <v>6.8162009480908559</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>443.44576762000003</v>
+        <v>443.19094959</v>
       </c>
       <c r="C404" s="5">
-        <v>1.6535438400000544</v>
+        <v>1.5835456799999861</v>
       </c>
       <c r="D404" s="5">
-        <v>4.5849907522867328</v>
+        <v>4.3889294845790294</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>444.75786477999998</v>
+        <v>444.70024431000002</v>
       </c>
       <c r="C405" s="5">
-        <v>1.3120971599999507</v>
+        <v>1.509294720000014</v>
       </c>
       <c r="D405" s="5">
-        <v>3.6089967252843413</v>
+        <v>4.1640409460445005</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>446.83682520999997</v>
+        <v>446.89137524</v>
       </c>
       <c r="C406" s="5">
-        <v>2.0789604299999951</v>
+        <v>2.1911309299999857</v>
       </c>
       <c r="D406" s="5">
-        <v>5.7557162132758632</v>
+        <v>6.0755422747896137</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>448.07338313000002</v>
+        <v>448.31451019999997</v>
       </c>
       <c r="C407" s="5">
-        <v>1.2365579200000525</v>
+        <v>1.4231349599999703</v>
       </c>
       <c r="D407" s="5">
-        <v>3.3718446152131154</v>
+        <v>3.8890725248730273</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>448.10806517999998</v>
+        <v>448.33250905</v>
       </c>
       <c r="C408" s="5">
-        <v>3.4682049999958053E-2</v>
+        <v>1.7998850000026323E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>9.29226856936749E-2</v>
+        <v>4.8188022923678631E-2</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>450.90262551000001</v>
+        <v>451.15653954999999</v>
       </c>
       <c r="C409" s="5">
-        <v>2.7945603300000244</v>
+        <v>2.8240304999999921</v>
       </c>
       <c r="D409" s="5">
-        <v>7.7457237911578991</v>
+        <v>7.8262021655217007</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>451.85217066000001</v>
+        <v>451.91273181000003</v>
       </c>
       <c r="C410" s="5">
-        <v>0.94954515000000583</v>
+        <v>0.75619226000003437</v>
       </c>
       <c r="D410" s="5">
-        <v>2.5565271056059213</v>
+        <v>2.0299892353146332</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>453.10406954000001</v>
+        <v>453.28986027000002</v>
       </c>
       <c r="C411" s="5">
-        <v>1.2518988799999988</v>
+        <v>1.3771284599999944</v>
       </c>
       <c r="D411" s="5">
-        <v>3.3758463883268197</v>
+        <v>3.7187152931517975</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>453.68015064000002</v>
+        <v>453.84116182000002</v>
       </c>
       <c r="C412" s="5">
-        <v>0.57608110000001034</v>
+        <v>0.55130155000000514</v>
       </c>
       <c r="D412" s="5">
-        <v>1.5364062822260216</v>
+        <v>1.4692699866367231</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>455.48909657000002</v>
+        <v>455.09670166000001</v>
       </c>
       <c r="C413" s="5">
-        <v>1.808945929999993</v>
+        <v>1.2555398399999831</v>
       </c>
       <c r="D413" s="5">
-        <v>4.8910619844307446</v>
+        <v>3.3707499919456207</v>
       </c>
       <c r="E413" s="5">
-        <v>4.2674752905198732</v>
+        <v>4.2495148940502547</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>455.89330158000001</v>
+        <v>455.63510807</v>
       </c>
       <c r="C414" s="5">
-        <v>0.40420500999999831</v>
+        <v>0.53840640999999323</v>
       </c>
       <c r="D414" s="5">
-        <v>1.0701033677607441</v>
+        <v>1.4289453051454126</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>456.42211649000001</v>
+        <v>456.15795503999999</v>
       </c>
       <c r="C415" s="5">
-        <v>0.52881490999999414</v>
+        <v>0.52284696999998914</v>
       </c>
       <c r="D415" s="5">
-        <v>1.4008585513331173</v>
+        <v>1.3857390773035494</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>457.25810458000001</v>
+        <v>456.8678688</v>
       </c>
       <c r="C416" s="5">
-        <v>0.83598809000000074</v>
+        <v>0.70991376000000628</v>
       </c>
       <c r="D416" s="5">
-        <v>2.2202114748528734</v>
+        <v>1.8836158591874597</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>458.15744268999998</v>
+        <v>458.12150008999998</v>
       </c>
       <c r="C417" s="5">
-        <v>0.89933810999997377</v>
+        <v>1.2536312899999871</v>
       </c>
       <c r="D417" s="5">
-        <v>2.3858666138946827</v>
+        <v>3.3429140175878835</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>458.56104798000001</v>
+        <v>458.64009886999997</v>
       </c>
       <c r="C418" s="5">
-        <v>0.40360529000002998</v>
+        <v>0.51859877999999071</v>
       </c>
       <c r="D418" s="5">
-        <v>1.0622546480577588</v>
+        <v>1.3669032949455096</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>459.48980194000001</v>
+        <v>459.84195101</v>
       </c>
       <c r="C419" s="5">
-        <v>0.92875395999999455</v>
+        <v>1.2018521400000282</v>
       </c>
       <c r="D419" s="5">
-        <v>2.4576967386695348</v>
+        <v>3.1902822245971185</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>455.84937172000002</v>
+        <v>456.11882551000002</v>
       </c>
       <c r="C420" s="5">
-        <v>-3.6404302199999847</v>
+        <v>-3.7231254999999805</v>
       </c>
       <c r="D420" s="5">
-        <v>-9.1037841538194719</v>
+        <v>-9.2946508465087003</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>460.52308192999999</v>
+        <v>460.80724581999999</v>
       </c>
       <c r="C421" s="5">
-        <v>4.6737102099999674</v>
+        <v>4.6884203099999695</v>
       </c>
       <c r="D421" s="5">
-        <v>13.021353008951376</v>
+        <v>13.056522908633529</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>459.92125955</v>
+        <v>459.99994057999999</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.60182237999998733</v>
+        <v>-0.80730524000000514</v>
       </c>
       <c r="D422" s="5">
-        <v>-1.5569657416797389</v>
+        <v>-2.0821849028806905</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>461.07340667</v>
+        <v>461.29470043999999</v>
       </c>
       <c r="C423" s="5">
-        <v>1.1521471199999951</v>
+        <v>1.2947598599999992</v>
       </c>
       <c r="D423" s="5">
-        <v>3.0478819226378739</v>
+        <v>3.4304171416429163</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>461.37427136000002</v>
+        <v>461.55778827</v>
       </c>
       <c r="C424" s="5">
-        <v>0.3008646900000258</v>
+        <v>0.26308783000001768</v>
       </c>
       <c r="D424" s="5">
-        <v>0.78585357688900626</v>
+        <v>0.68654068914197897</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>461.06706356000001</v>
+        <v>460.62290791999999</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.30720780000001469</v>
+        <v>-0.93488035000001446</v>
       </c>
       <c r="D425" s="5">
-        <v>-0.79610483003033083</v>
+        <v>-2.403691910102157</v>
       </c>
       <c r="E425" s="5">
-        <v>1.2246104312933381</v>
+        <v>1.214292751374102</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>463.40264529000001</v>
+        <v>464.16079898999999</v>
       </c>
       <c r="C426" s="5">
-        <v>2.3355817300000012</v>
+        <v>3.5378910700000006</v>
       </c>
       <c r="D426" s="5">
-        <v>6.2509716634305601</v>
+        <v>9.6162942478277493</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>463.59363331999998</v>
+        <v>464.45130933000002</v>
       </c>
       <c r="C427" s="5">
-        <v>0.19098802999997133</v>
+        <v>0.29051034000002574</v>
       </c>
       <c r="D427" s="5">
-        <v>0.49569390091432908</v>
+        <v>0.75365038162698017</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>463.40298367000003</v>
+        <v>464.41741568999998</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.19064964999995482</v>
+        <v>-3.38936400000307E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>-0.49237696603060543</v>
+        <v>-8.7535650439818369E-2</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>464.62056311999999</v>
+        <v>464.12039091999998</v>
       </c>
       <c r="C429" s="5">
-        <v>1.2175794499999597</v>
+        <v>-0.29702477000000727</v>
       </c>
       <c r="D429" s="5">
-        <v>3.1989345418831361</v>
+        <v>-0.76478315129894225</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>465.90664156000003</v>
+        <v>464.50540536</v>
       </c>
       <c r="C430" s="5">
-        <v>1.2860784400000398</v>
+        <v>0.38501444000002039</v>
       </c>
       <c r="D430" s="5">
-        <v>3.3726607519023677</v>
+        <v>1.0000231858191988</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>467.98591857999998</v>
+        <v>464.42071582</v>
       </c>
       <c r="C431" s="5">
-        <v>2.0792770199999495</v>
+        <v>-8.4689539999999397E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>5.4888627357349007</v>
+        <v>-0.21856710319638761</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>469.99673579</v>
+        <v>466.31041754</v>
       </c>
       <c r="C432" s="5">
-        <v>2.0108172100000274</v>
+        <v>1.889701720000005</v>
       </c>
       <c r="D432" s="5">
-        <v>5.2797083232746234</v>
+        <v>4.993499692902903</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>470.84216956</v>
+        <v>467.14922031999998</v>
       </c>
       <c r="C433" s="5">
-        <v>0.84543376999999964</v>
+        <v>0.83880277999998043</v>
       </c>
       <c r="D433" s="5">
-        <v>2.1800535483712302</v>
+        <v>2.1800535164294033</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>472.93446864999999</v>
+        <v>469.22510892000003</v>
       </c>
       <c r="C434" s="5">
-        <v>2.0922990899999832</v>
+        <v>2.0758886000000416</v>
       </c>
       <c r="D434" s="5">
-        <v>5.4647640570257394</v>
+        <v>5.4647640777576223</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>468.68222932999998</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.54287959000004093</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-1.3795639022932793</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>468.79729623999998</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.11506690999999591</v>
+      </c>
+      <c r="D436" s="5">
+        <v>0.29501203100850137</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">