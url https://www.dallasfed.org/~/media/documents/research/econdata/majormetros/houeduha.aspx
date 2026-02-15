--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E68E94C4-C309-4B6B-9B63-414762759FE5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{1D44C2B4-B097-4142-A2F9-3441DBF46F9F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C7C1E60A-01C5-4A2F-A73B-3E16EB932045}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B4505F44-5297-4210-8EE8-4B627191B9F4}"/>
   </bookViews>
   <sheets>
     <sheet name="houeduha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Education and Health Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A69F4A88-D265-403A-B782-EBDDE64FACD8}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3BB2831-825B-4118-8CA6-49023F2445AD}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>464.42071582</v>
       </c>
       <c r="C431" s="5">
         <v>-8.4689539999999397E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-0.21856710319638761</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>466.31041754</v>
       </c>
       <c r="C432" s="5">
         <v>1.889701720000005</v>
       </c>
       <c r="D432" s="5">
         <v>4.993499692902903</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>467.14922031999998</v>
       </c>
       <c r="C433" s="5">
         <v>0.83880277999998043</v>
       </c>
       <c r="D433" s="5">
         <v>2.1800535164294033</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>469.22510892000003</v>
       </c>
       <c r="C434" s="5">
         <v>2.0758886000000416</v>
       </c>
       <c r="D434" s="5">
         <v>5.4647640777576223</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>468.68222932999998</v>
       </c>
       <c r="C435" s="5">
         <v>-0.54287959000004093</v>
       </c>
       <c r="D435" s="5">
         <v>-1.3795639022932793</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>468.79729623999998</v>
+        <v>469.16682764000001</v>
       </c>
       <c r="C436" s="5">
-        <v>0.11506690999999591</v>
+        <v>0.48459831000002396</v>
       </c>
       <c r="D436" s="5">
-        <v>0.29501203100850137</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>1.2478313060961588</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>469.24475089999999</v>
+      </c>
+      <c r="C437" s="5">
+        <v>7.792325999997729E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>0.19948848060475921</v>
+      </c>
+      <c r="E437" s="5">
+        <v>1.8717790261307155</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>