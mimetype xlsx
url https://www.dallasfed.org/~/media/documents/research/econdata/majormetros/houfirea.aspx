--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{3976E588-B9DB-4D2F-82E6-CE6086A6C258}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A1E525F4-E15F-484D-BA32-C9ADA77EEEF8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{F9ADB9AC-0C87-4B99-8267-CB1190D49E72}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1722984B-C0EB-45A0-AC9B-83A96F9968C0}"/>
   </bookViews>
   <sheets>
     <sheet name="houfirea" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Financial Activities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FD79F9DA-6B07-4C3C-A59D-88DB4F1F939D}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{10849BF4-AE79-4FA2-A9F6-8011E3460697}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>0.20911175000000526</v>
       </c>
       <c r="D431" s="5">
         <v>1.4058422787410318</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>179.49825580000001</v>
       </c>
       <c r="C432" s="5">
         <v>-0.35184982999999193</v>
       </c>
       <c r="D432" s="5">
         <v>-2.3225242834276516</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>178.43692062</v>
+        <v>178.40424128999999</v>
       </c>
       <c r="C433" s="5">
-        <v>-1.0613351800000146</v>
+        <v>-1.0940145100000223</v>
       </c>
       <c r="D433" s="5">
-        <v>-6.8690907335844269</v>
+        <v>-7.0735590885963813</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>178.2729372</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.13130408999998622</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-0.87962401140920798</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>