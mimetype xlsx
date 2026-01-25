--- v1 (2025-12-16)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A1E525F4-E15F-484D-BA32-C9ADA77EEEF8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6F013AFF-314F-4C6D-B753-715174F31F28}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1722984B-C0EB-45A0-AC9B-83A96F9968C0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{5AF6882D-222D-4E0B-80DA-62673CA51C6E}"/>
   </bookViews>
   <sheets>
     <sheet name="houfirea" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Financial Activities Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{10849BF4-AE79-4FA2-A9F6-8011E3460697}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2CB6210E-6277-4FB9-B6F7-ABCC36655ED8}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>112.82065314</v>
+        <v>112.82092623</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>113.49273669999999</v>
+        <v>113.49288300000001</v>
       </c>
       <c r="C7" s="5">
-        <v>0.67208355999999014</v>
+        <v>0.67195677000000842</v>
       </c>
       <c r="D7" s="5">
-        <v>7.3874441924275169</v>
+        <v>7.3859861006755789</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>113.65442985</v>
+        <v>113.65465634</v>
       </c>
       <c r="C8" s="5">
-        <v>0.16169315000000495</v>
+        <v>0.16177333999999632</v>
       </c>
       <c r="D8" s="5">
-        <v>1.7231008226785471</v>
+        <v>1.7239598470681461</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>114.42026393</v>
+        <v>114.42078056</v>
       </c>
       <c r="C9" s="5">
-        <v>0.76583408000000475</v>
+        <v>0.76612421999999469</v>
       </c>
       <c r="D9" s="5">
-        <v>8.3924244773059709</v>
+        <v>8.3957054269009781</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>114.61390664</v>
+        <v>114.61535627000001</v>
       </c>
       <c r="C10" s="5">
-        <v>0.19364270999999178</v>
+        <v>0.19457571000000939</v>
       </c>
       <c r="D10" s="5">
-        <v>2.049867972351449</v>
+        <v>2.0598277193976333</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>116.11035836000001</v>
+        <v>116.10525056</v>
       </c>
       <c r="C11" s="5">
-        <v>1.4964517200000103</v>
+        <v>1.4898942899999952</v>
       </c>
       <c r="D11" s="5">
-        <v>16.843295050211204</v>
+        <v>16.76390635132179</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>114.73148223</v>
+        <v>114.73246009</v>
       </c>
       <c r="C12" s="5">
-        <v>-1.378876130000009</v>
+        <v>-1.3727904699999982</v>
       </c>
       <c r="D12" s="5">
-        <v>-13.355766035525662</v>
+        <v>-13.301147499751087</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>114.57734232</v>
+        <v>114.57806375</v>
       </c>
       <c r="C13" s="5">
-        <v>-0.15413990999999783</v>
+        <v>-0.15439634000000524</v>
       </c>
       <c r="D13" s="5">
-        <v>-1.6003213152999129</v>
+        <v>-1.6029504043893805</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>115.25618858</v>
+        <v>115.25620583</v>
       </c>
       <c r="C14" s="5">
-        <v>0.67884626000000026</v>
+        <v>0.67814208000000065</v>
       </c>
       <c r="D14" s="5">
-        <v>7.3460609822270317</v>
+        <v>7.3381433096098458</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>113.81897956</v>
+        <v>113.81925717</v>
       </c>
       <c r="C15" s="5">
-        <v>-1.4372090199999974</v>
+        <v>-1.4369486599999988</v>
       </c>
       <c r="D15" s="5">
-        <v>-13.978857445259029</v>
+        <v>-13.976494192980704</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>114.47681177</v>
+        <v>114.47728854</v>
       </c>
       <c r="C16" s="5">
-        <v>0.65783220999999514</v>
+        <v>0.65803137000000334</v>
       </c>
       <c r="D16" s="5">
-        <v>7.1603333334173014</v>
+        <v>7.1625525004808788</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>115.80738476000001</v>
+        <v>115.80745079</v>
       </c>
       <c r="C17" s="5">
-        <v>1.3305729900000074</v>
+        <v>1.3301622500000008</v>
       </c>
       <c r="D17" s="5">
-        <v>14.874793268243568</v>
+        <v>14.869838235971166</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>113.78689051000001</v>
+        <v>113.78711873</v>
       </c>
       <c r="C18" s="5">
-        <v>-2.0204942499999987</v>
+        <v>-2.0203320600000012</v>
       </c>
       <c r="D18" s="5">
-        <v>-19.039775560175944</v>
+        <v>-19.038380921059627</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>113.83867499999999</v>
+        <v>113.83880044999999</v>
       </c>
       <c r="C19" s="5">
-        <v>5.1784489999988637E-2</v>
+        <v>5.1681719999990605E-2</v>
       </c>
       <c r="D19" s="5">
-        <v>0.5474898483636359</v>
+        <v>0.54639950153267947</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>113.78159599</v>
+        <v>113.78178805</v>
       </c>
       <c r="C20" s="5">
-        <v>-5.7079009999995378E-2</v>
+        <v>-5.7012399999990748E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>-0.60002664482953216</v>
+        <v>-0.59932769538235675</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>113.01808041</v>
+        <v>113.01851059000001</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.76351558000000352</v>
+        <v>-0.76327745999999763</v>
       </c>
       <c r="D21" s="5">
-        <v>-7.7617903561925328</v>
+        <v>-7.759445649051866</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>112.95933153</v>
+        <v>112.96063081</v>
       </c>
       <c r="C22" s="5">
-        <v>-5.8748879999996007E-2</v>
+        <v>-5.7879780000007486E-2</v>
       </c>
       <c r="D22" s="5">
-        <v>-0.62200179677680545</v>
+        <v>-0.61282380669842595</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>113.51678662</v>
+        <v>113.51226183</v>
       </c>
       <c r="C23" s="5">
-        <v>0.55745509000000482</v>
+        <v>0.55163102000000208</v>
       </c>
       <c r="D23" s="5">
-        <v>6.0854204632740938</v>
+        <v>6.0200542028769233</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>112.47431502000001</v>
+        <v>112.47515917</v>
       </c>
       <c r="C24" s="5">
-        <v>-1.0424715999999989</v>
+        <v>-1.0371026600000022</v>
       </c>
       <c r="D24" s="5">
-        <v>-10.480176438143706</v>
+        <v>-10.429279482212028</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>112.47757833</v>
+        <v>112.478207</v>
       </c>
       <c r="C25" s="5">
-        <v>3.2633099999941351E-3</v>
+        <v>3.0478299999998626E-3</v>
       </c>
       <c r="D25" s="5">
-        <v>3.4822145438351271E-2</v>
+        <v>3.2522213499963648E-2</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>112.16174226</v>
+        <v>112.16176182</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.31583607000000313</v>
+        <v>-0.31644518000000232</v>
       </c>
       <c r="D26" s="5">
-        <v>-3.3180338962534472</v>
+        <v>-3.3243159530331856</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>112.01040242000001</v>
+        <v>112.01065694</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.15133983999999145</v>
+        <v>-0.15110487999999123</v>
       </c>
       <c r="D27" s="5">
-        <v>-1.6071978634580764</v>
+        <v>-1.6047208186278916</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>111.72166372</v>
+        <v>111.72209543</v>
       </c>
       <c r="C28" s="5">
-        <v>-0.28873870000001034</v>
+        <v>-0.28856151000000807</v>
       </c>
       <c r="D28" s="5">
-        <v>-3.0498594633649789</v>
+        <v>-3.0480074698970738</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>112.07369926</v>
+        <v>112.07382006</v>
       </c>
       <c r="C29" s="5">
-        <v>0.35203554000000281</v>
+        <v>0.35172463000000675</v>
       </c>
       <c r="D29" s="5">
-        <v>3.8474296980486322</v>
+        <v>3.8439575705351281</v>
       </c>
       <c r="E29" s="5">
-        <v>-3.2240478512987059</v>
+        <v>-3.2239987190205932</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>112.12993622</v>
+        <v>112.13010326</v>
       </c>
       <c r="C30" s="5">
-        <v>5.6236960000006775E-2</v>
+        <v>5.6283199999995759E-2</v>
       </c>
       <c r="D30" s="5">
-        <v>0.6038072179781695</v>
+        <v>0.60430440838590282</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>112.21863141999999</v>
+        <v>112.21871249</v>
       </c>
       <c r="C31" s="5">
-        <v>8.8695199999989427E-2</v>
+        <v>8.8609230000002981E-2</v>
       </c>
       <c r="D31" s="5">
-        <v>0.9533449410106698</v>
+        <v>0.95241544313149351</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>112.35038477000001</v>
+        <v>112.3505059</v>
       </c>
       <c r="C32" s="5">
-        <v>0.13175335000001098</v>
+        <v>0.13179341000000022</v>
       </c>
       <c r="D32" s="5">
-        <v>1.4180263028898299</v>
+        <v>1.4184592154704578</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>112.64969906</v>
+        <v>112.64998129999999</v>
       </c>
       <c r="C33" s="5">
-        <v>0.2993142899999981</v>
+        <v>0.29947539999999151</v>
       </c>
       <c r="D33" s="5">
-        <v>3.2441994421635423</v>
+        <v>3.2459678056685259</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>112.73245986000001</v>
+        <v>112.73349822</v>
       </c>
       <c r="C34" s="5">
-        <v>8.2760800000002632E-2</v>
+        <v>8.3516920000008099E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>0.88517980733513468</v>
+        <v>0.89329775363344854</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>112.01029775000001</v>
+        <v>112.0068406</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.7221621099999993</v>
+        <v>-0.72665761999999745</v>
       </c>
       <c r="D35" s="5">
-        <v>-7.4220376620732669</v>
+        <v>-7.4665486347416881</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>111.80664245</v>
+        <v>111.80722745</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.20365530000000831</v>
+        <v>-0.19961315000000468</v>
       </c>
       <c r="D36" s="5">
-        <v>-2.1601339306449474</v>
+        <v>-2.117743710500597</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>112.15270088</v>
+        <v>112.15313510999999</v>
       </c>
       <c r="C37" s="5">
-        <v>0.34605842999999936</v>
+        <v>0.34590765999999462</v>
       </c>
       <c r="D37" s="5">
-        <v>3.7780657066524448</v>
+        <v>3.7763714817632188</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>111.84535923</v>
+        <v>111.84541704999999</v>
       </c>
       <c r="C38" s="5">
-        <v>-0.30734164999999791</v>
+        <v>-0.30771805999999913</v>
       </c>
       <c r="D38" s="5">
-        <v>-3.2393486188790344</v>
+        <v>-3.2432438963042043</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>111.92671489999999</v>
+        <v>111.92692292</v>
       </c>
       <c r="C39" s="5">
-        <v>8.1355669999993552E-2</v>
+        <v>8.1505870000000868E-2</v>
       </c>
       <c r="D39" s="5">
-        <v>0.87637364382946448</v>
+        <v>0.87799765210543335</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>111.96258435</v>
+        <v>111.96291762</v>
       </c>
       <c r="C40" s="5">
-        <v>3.5869450000006964E-2</v>
+        <v>3.5994700000003377E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>0.3852457325616232</v>
+        <v>0.38659260541602514</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>111.21961399</v>
+        <v>111.21980708</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.74297036000000105</v>
+        <v>-0.74311054000000354</v>
       </c>
       <c r="D41" s="5">
-        <v>-7.6787601465357351</v>
+        <v>-7.6801344323130465</v>
       </c>
       <c r="E41" s="5">
-        <v>-0.76207466661611933</v>
+        <v>-0.76200934307655288</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>112.24491848</v>
+        <v>112.24501948</v>
       </c>
       <c r="C42" s="5">
-        <v>1.0253044899999963</v>
+        <v>1.0252124000000009</v>
       </c>
       <c r="D42" s="5">
-        <v>11.640986424671617</v>
+        <v>11.639866052012614</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>112.30486246</v>
+        <v>112.30490313999999</v>
       </c>
       <c r="C43" s="5">
-        <v>5.9943979999999897E-2</v>
+        <v>5.9883659999997008E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>0.64274123423799789</v>
+        <v>0.64209198271441004</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>112.35190384000001</v>
+        <v>112.35192866</v>
       </c>
       <c r="C44" s="5">
-        <v>4.7041380000010236E-2</v>
+        <v>4.7025520000005372E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>0.5038062026115897</v>
+        <v>0.50363577013470273</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>111.87881968000001</v>
+        <v>111.87890297</v>
       </c>
       <c r="C45" s="5">
-        <v>-0.47308415999999909</v>
+        <v>-0.47302569000000005</v>
       </c>
       <c r="D45" s="5">
-        <v>-4.9374897752851421</v>
+        <v>-4.9368925303568512</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>111.32804917</v>
+        <v>111.32872614999999</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.55077051000000665</v>
+        <v>-0.55017682000000434</v>
       </c>
       <c r="D46" s="5">
-        <v>-5.7501483052142426</v>
+        <v>-5.7441125819329475</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>112.32779789</v>
+        <v>112.32575962</v>
       </c>
       <c r="C47" s="5">
-        <v>0.99974871999999948</v>
+        <v>0.9970334700000052</v>
       </c>
       <c r="D47" s="5">
-        <v>11.324756137349045</v>
+        <v>11.29239629760348</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>112.63418651000001</v>
+        <v>112.63441856</v>
       </c>
       <c r="C48" s="5">
-        <v>0.30638862000000699</v>
+        <v>0.30865894000000083</v>
       </c>
       <c r="D48" s="5">
-        <v>3.3227084147740893</v>
+        <v>3.347764443557999</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>112.19606089</v>
+        <v>112.19626031999999</v>
       </c>
       <c r="C49" s="5">
-        <v>-0.4381256200000081</v>
+        <v>-0.43815824000000703</v>
       </c>
       <c r="D49" s="5">
-        <v>-4.569193806094118</v>
+        <v>-4.5695175397272081</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>112.41564154</v>
+        <v>112.41570521</v>
       </c>
       <c r="C50" s="5">
-        <v>0.21958064999999749</v>
+        <v>0.21944489000000544</v>
       </c>
       <c r="D50" s="5">
-        <v>2.3739842372615616</v>
+        <v>2.3724963875324745</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>112.86598315000001</v>
+        <v>112.86612345</v>
       </c>
       <c r="C51" s="5">
-        <v>0.4503416100000095</v>
+        <v>0.45041824000000474</v>
       </c>
       <c r="D51" s="5">
-        <v>4.9145949667316335</v>
+        <v>4.9154469014393687</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>112.56843806000001</v>
+        <v>112.56863083</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.29754508999999985</v>
+        <v>-0.29749261999999987</v>
       </c>
       <c r="D52" s="5">
-        <v>-3.1180540395501888</v>
+        <v>-3.1175083196774311</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>112.60461191</v>
+        <v>112.60495589999999</v>
       </c>
       <c r="C53" s="5">
-        <v>3.6173849999997287E-2</v>
+        <v>3.6325069999989523E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>0.38630209704635377</v>
+        <v>0.38791918364338152</v>
       </c>
       <c r="E53" s="5">
-        <v>1.2452820777857809</v>
+        <v>1.2454155931089339</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>112.25014573</v>
+        <v>112.25018029</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.35446618000000285</v>
+        <v>-0.35477560999999014</v>
       </c>
       <c r="D54" s="5">
-        <v>-3.7127408781439164</v>
+        <v>-3.7159147926265068</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>111.85597159</v>
+        <v>111.85595203</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.39417414000000406</v>
+        <v>-0.39422826000000555</v>
       </c>
       <c r="D55" s="5">
-        <v>-4.1334426610254109</v>
+        <v>-4.1339980160937317</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>112.13878146</v>
+        <v>112.13871197</v>
       </c>
       <c r="C56" s="5">
-        <v>0.28280987000000835</v>
+        <v>0.28275994000000537</v>
       </c>
       <c r="D56" s="5">
-        <v>3.0765554940392681</v>
+        <v>3.0760053004570187</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>113.05998148</v>
+        <v>113.05993202000001</v>
       </c>
       <c r="C57" s="5">
-        <v>0.92120002000000056</v>
+        <v>0.92122005000000229</v>
       </c>
       <c r="D57" s="5">
-        <v>10.315599314020552</v>
+        <v>10.315840523885234</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>112.43443231000001</v>
+        <v>112.43477451</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.62554916999999932</v>
+        <v>-0.62515751000000819</v>
       </c>
       <c r="D58" s="5">
-        <v>-6.4411106540547607</v>
+        <v>-6.4372024147840605</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>112.5290399</v>
+        <v>112.52818311999999</v>
       </c>
       <c r="C59" s="5">
-        <v>9.4607589999995412E-2</v>
+        <v>9.3408609999997338E-2</v>
       </c>
       <c r="D59" s="5">
-        <v>1.0144222724621565</v>
+        <v>1.0015044454680044</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>112.96786686</v>
+        <v>112.96785124</v>
       </c>
       <c r="C60" s="5">
-        <v>0.4388269600000001</v>
+        <v>0.43966812000000743</v>
       </c>
       <c r="D60" s="5">
-        <v>4.7812985565759858</v>
+        <v>4.7906986357341808</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>112.74393927</v>
+        <v>112.74396382</v>
       </c>
       <c r="C61" s="5">
-        <v>-0.2239275900000024</v>
+        <v>-0.22388741999999695</v>
       </c>
       <c r="D61" s="5">
-        <v>-2.3529063080459323</v>
+        <v>-2.3524891359711031</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>112.55387605</v>
+        <v>112.55393946</v>
       </c>
       <c r="C62" s="5">
-        <v>-0.19006321999999898</v>
+        <v>-0.19002436000000955</v>
       </c>
       <c r="D62" s="5">
-        <v>-2.0043029606262142</v>
+        <v>-2.0038965232812123</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>112.59540703</v>
+        <v>112.59544286000001</v>
       </c>
       <c r="C63" s="5">
-        <v>4.1530980000004547E-2</v>
+        <v>4.1503400000010515E-2</v>
       </c>
       <c r="D63" s="5">
-        <v>0.44368477918230731</v>
+        <v>0.44338928773430819</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>112.81350743</v>
+        <v>112.81354205</v>
       </c>
       <c r="C64" s="5">
-        <v>0.21810039999999731</v>
+        <v>0.21809918999998956</v>
       </c>
       <c r="D64" s="5">
-        <v>2.3493572930595619</v>
+        <v>2.3493433642916672</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>113.00259815</v>
+        <v>113.00314625999999</v>
       </c>
       <c r="C65" s="5">
-        <v>0.18909071999999583</v>
+        <v>0.18960420999999883</v>
       </c>
       <c r="D65" s="5">
-        <v>2.0300087781101483</v>
+        <v>2.0355718461298578</v>
       </c>
       <c r="E65" s="5">
-        <v>0.35343689148192858</v>
+        <v>0.35361708267407366</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>111.98080456</v>
+        <v>111.98076361</v>
       </c>
       <c r="C66" s="5">
-        <v>-1.0217935900000015</v>
+        <v>-1.0223826499999973</v>
       </c>
       <c r="D66" s="5">
-        <v>-10.326967766120454</v>
+        <v>-10.332580507580724</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>111.17408052</v>
+        <v>111.17400837</v>
       </c>
       <c r="C67" s="5">
-        <v>-0.80672403999999176</v>
+        <v>-0.80675524000000109</v>
       </c>
       <c r="D67" s="5">
-        <v>-8.3105108483676808</v>
+        <v>-8.3108225495664545</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>111.29565599999999</v>
+        <v>111.29552729</v>
       </c>
       <c r="C68" s="5">
-        <v>0.12157547999998997</v>
+        <v>0.12151891999999975</v>
       </c>
       <c r="D68" s="5">
-        <v>1.3201930877078549</v>
+        <v>1.3195760648476496</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>111.70977384</v>
+        <v>111.70966539</v>
       </c>
       <c r="C69" s="5">
-        <v>0.41411784000000296</v>
+        <v>0.4141381000000024</v>
       </c>
       <c r="D69" s="5">
-        <v>4.5575762085498406</v>
+        <v>4.5578091423694067</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>111.93209996</v>
+        <v>111.93219526999999</v>
       </c>
       <c r="C70" s="5">
-        <v>0.22232612000000529</v>
+        <v>0.22252987999999618</v>
       </c>
       <c r="D70" s="5">
-        <v>2.4145707004968209</v>
+        <v>2.4168103076437575</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>112.18111129</v>
+        <v>112.18097854</v>
       </c>
       <c r="C71" s="5">
-        <v>0.24901133000000186</v>
+        <v>0.24878327000000411</v>
       </c>
       <c r="D71" s="5">
-        <v>2.7025046818115905</v>
+        <v>2.6999968984349643</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>111.61123182999999</v>
+        <v>111.61111764</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.56987946000000989</v>
+        <v>-0.56986089999999479</v>
       </c>
       <c r="D72" s="5">
-        <v>-5.9285232637219076</v>
+        <v>-5.9283423645984934</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>111.68742597000001</v>
+        <v>111.68738329999999</v>
       </c>
       <c r="C73" s="5">
-        <v>7.6194140000012567E-2</v>
+        <v>7.6265659999990021E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>0.82229228332368898</v>
+        <v>0.82306788032699973</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>111.89191176</v>
+        <v>111.89193087</v>
       </c>
       <c r="C74" s="5">
-        <v>0.20448578999999256</v>
+        <v>0.20454757000000257</v>
       </c>
       <c r="D74" s="5">
-        <v>2.2193102705887702</v>
+        <v>2.2199884017878313</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>111.21845528999999</v>
+        <v>111.21838105</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.67345647000000497</v>
+        <v>-0.67354981999999097</v>
       </c>
       <c r="D75" s="5">
-        <v>-6.9882155434964783</v>
+        <v>-6.9891512058831706</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>111.47226246</v>
+        <v>111.47218166</v>
       </c>
       <c r="C76" s="5">
-        <v>0.25380717000000175</v>
+        <v>0.25380060999999898</v>
       </c>
       <c r="D76" s="5">
-        <v>2.7731060723184653</v>
+        <v>2.7730353698895982</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>111.92376379</v>
+        <v>111.9245023</v>
       </c>
       <c r="C77" s="5">
-        <v>0.45150132999999926</v>
+        <v>0.45232063999999639</v>
       </c>
       <c r="D77" s="5">
-        <v>4.9701665429951358</v>
+        <v>4.9793914995662103</v>
       </c>
       <c r="E77" s="5">
-        <v>-0.95469872167713854</v>
+        <v>-0.95452560012641019</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>112.35754023</v>
+        <v>112.35745187000001</v>
       </c>
       <c r="C78" s="5">
-        <v>0.43377644000000259</v>
+        <v>0.43294957000000522</v>
       </c>
       <c r="D78" s="5">
-        <v>4.7511983249600931</v>
+        <v>4.7419160279029926</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>112.52771928999999</v>
+        <v>112.52759639</v>
       </c>
       <c r="C79" s="5">
-        <v>0.17017905999999527</v>
+        <v>0.1701445199999938</v>
       </c>
       <c r="D79" s="5">
-        <v>1.8327624851567803</v>
+        <v>1.8323888522032261</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>112.98899647</v>
+        <v>112.98884631999999</v>
       </c>
       <c r="C80" s="5">
-        <v>0.46127718000001039</v>
+        <v>0.46124992999999392</v>
       </c>
       <c r="D80" s="5">
-        <v>5.031511785769327</v>
+        <v>5.0312134352624049</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>111.69480901999999</v>
+        <v>111.69474765</v>
       </c>
       <c r="C81" s="5">
-        <v>-1.2941874500000097</v>
+        <v>-1.2940986699999968</v>
       </c>
       <c r="D81" s="5">
-        <v>-12.911249049107754</v>
+        <v>-12.910434471905708</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>111.89915877999999</v>
+        <v>111.89916396</v>
       </c>
       <c r="C82" s="5">
-        <v>0.20434975999999949</v>
+        <v>0.20441630999999916</v>
       </c>
       <c r="D82" s="5">
-        <v>2.2176709548818563</v>
+        <v>2.2184016937734974</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>112.11845382</v>
+        <v>112.11841286000001</v>
       </c>
       <c r="C83" s="5">
-        <v>0.21929504000000577</v>
+        <v>0.21924890000001085</v>
       </c>
       <c r="D83" s="5">
-        <v>2.3772216823843229</v>
+        <v>2.3767159979174446</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>112.40120994999999</v>
+        <v>112.40117082</v>
       </c>
       <c r="C84" s="5">
-        <v>0.28275612999999566</v>
+        <v>0.28275795999999787</v>
       </c>
       <c r="D84" s="5">
-        <v>3.06866137011097</v>
+        <v>3.0686826434693559</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>112.84453744</v>
+        <v>112.84452009</v>
       </c>
       <c r="C85" s="5">
-        <v>0.44332749000000149</v>
+        <v>0.4433492699999988</v>
       </c>
       <c r="D85" s="5">
-        <v>4.8370164776136093</v>
+        <v>4.8372610122825233</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>113.03096240000001</v>
+        <v>113.03096639</v>
       </c>
       <c r="C86" s="5">
-        <v>0.18642496000001074</v>
+        <v>0.18644630000000006</v>
       </c>
       <c r="D86" s="5">
-        <v>2.0005742788654413</v>
+        <v>2.0008056793733298</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>113.52469929999999</v>
+        <v>113.52454717000001</v>
       </c>
       <c r="C87" s="5">
-        <v>0.4937368999999876</v>
+        <v>0.49358078000000205</v>
       </c>
       <c r="D87" s="5">
-        <v>5.3695724550089752</v>
+        <v>5.3678334139859896</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>114.20404822</v>
+        <v>114.20392466</v>
       </c>
       <c r="C88" s="5">
-        <v>0.67934892000000957</v>
+        <v>0.67937748999999314</v>
       </c>
       <c r="D88" s="5">
-        <v>7.4221058902905979</v>
+        <v>7.4224386475361781</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>113.83185736</v>
+        <v>113.83264794</v>
       </c>
       <c r="C89" s="5">
-        <v>-0.37219086000000345</v>
+        <v>-0.37127671999999734</v>
       </c>
       <c r="D89" s="5">
-        <v>-3.8414554709894189</v>
+        <v>-3.8321925851622418</v>
       </c>
       <c r="E89" s="5">
-        <v>1.7048154077271116</v>
+        <v>1.7048506812971542</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>114.95291705</v>
+        <v>114.95280922000001</v>
       </c>
       <c r="C90" s="5">
-        <v>1.1210596899999956</v>
+        <v>1.1201612800000049</v>
       </c>
       <c r="D90" s="5">
-        <v>12.479684919624479</v>
+        <v>12.469045067203211</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>115.15678407</v>
+        <v>115.15666097</v>
       </c>
       <c r="C91" s="5">
-        <v>0.20386702000000412</v>
+        <v>0.20385174999999833</v>
       </c>
       <c r="D91" s="5">
-        <v>2.1490611472049892</v>
+        <v>2.1489006409449507</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>115.61908395</v>
+        <v>115.61893798</v>
       </c>
       <c r="C92" s="5">
-        <v>0.46229988000000333</v>
+        <v>0.46227700999999399</v>
       </c>
       <c r="D92" s="5">
-        <v>4.9252356423384214</v>
+        <v>4.9249919676166209</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>116.24693895</v>
+        <v>116.24689367000001</v>
       </c>
       <c r="C93" s="5">
-        <v>0.62785499999999672</v>
+        <v>0.62795569000000739</v>
       </c>
       <c r="D93" s="5">
-        <v>6.7146438241593609</v>
+        <v>6.715761763568584</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>116.95652382</v>
+        <v>116.95649181</v>
       </c>
       <c r="C94" s="5">
-        <v>0.70958487000000048</v>
+        <v>0.7095981399999971</v>
       </c>
       <c r="D94" s="5">
-        <v>7.5759306000175552</v>
+        <v>7.5760801189085125</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>117.30055159</v>
+        <v>117.30053273999999</v>
       </c>
       <c r="C95" s="5">
-        <v>0.34402776999999674</v>
+        <v>0.34404092999999136</v>
       </c>
       <c r="D95" s="5">
-        <v>3.5874712788402707</v>
+        <v>3.5876117350475578</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>117.58296279</v>
+        <v>117.58295246</v>
       </c>
       <c r="C96" s="5">
-        <v>0.28241119999999853</v>
+        <v>0.28241972000000715</v>
       </c>
       <c r="D96" s="5">
-        <v>2.9276689541350098</v>
+        <v>2.9277589279253169</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>118.1183391</v>
+        <v>118.11833923</v>
       </c>
       <c r="C97" s="5">
-        <v>0.53537631000000374</v>
+        <v>0.53538677000000234</v>
       </c>
       <c r="D97" s="5">
-        <v>5.6027407497036608</v>
+        <v>5.6028534745122816</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>118.50842889</v>
+        <v>118.50843526</v>
       </c>
       <c r="C98" s="5">
-        <v>0.39008979000000465</v>
+        <v>0.39009602999999515</v>
       </c>
       <c r="D98" s="5">
-        <v>4.0358231488252461</v>
+        <v>4.0358888797507486</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>120.62677014</v>
+        <v>120.62659772000001</v>
       </c>
       <c r="C99" s="5">
-        <v>2.1183412500000003</v>
+        <v>2.1181624600000077</v>
       </c>
       <c r="D99" s="5">
-        <v>23.689691643686196</v>
+        <v>23.687490303266713</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>120.63113325</v>
+        <v>120.63101032</v>
       </c>
       <c r="C100" s="5">
-        <v>4.3631099999998924E-3</v>
+        <v>4.4125999999948817E-3</v>
       </c>
       <c r="D100" s="5">
-        <v>4.3413030949546183E-2</v>
+        <v>4.3905619277073704E-2</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>122.24402603999999</v>
+        <v>122.24474821</v>
       </c>
       <c r="C101" s="5">
-        <v>1.6128927899999894</v>
+        <v>1.6137378899999959</v>
       </c>
       <c r="D101" s="5">
-        <v>17.278619065540802</v>
+        <v>17.288367645781811</v>
       </c>
       <c r="E101" s="5">
-        <v>7.389995098995894</v>
+        <v>7.3898836776896681</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>121.27261900000001</v>
+        <v>121.27251674999999</v>
       </c>
       <c r="C102" s="5">
-        <v>-0.97140703999998834</v>
+        <v>-0.97223146000000327</v>
       </c>
       <c r="D102" s="5">
-        <v>-9.1298293633089163</v>
+        <v>-9.1371903497261204</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>121.97910989</v>
+        <v>121.97900446</v>
       </c>
       <c r="C103" s="5">
-        <v>0.70649088999999776</v>
+        <v>0.70648771000000465</v>
       </c>
       <c r="D103" s="5">
-        <v>7.2191693754658504</v>
+        <v>7.2191421160725522</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>122.81698167</v>
+        <v>122.81686435</v>
       </c>
       <c r="C104" s="5">
-        <v>0.8378717800000004</v>
+        <v>0.83785989000000427</v>
       </c>
       <c r="D104" s="5">
-        <v>8.5614215945178493</v>
+        <v>8.5613031572190366</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>123.70574904</v>
+        <v>123.70571554</v>
       </c>
       <c r="C105" s="5">
-        <v>0.8887673699999965</v>
+        <v>0.8888511899999969</v>
       </c>
       <c r="D105" s="5">
-        <v>9.0379201928451067</v>
+        <v>9.0388157541952054</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>124.3831771</v>
+        <v>124.38313196999999</v>
       </c>
       <c r="C106" s="5">
-        <v>0.67742805999999689</v>
+        <v>0.67741642999999385</v>
       </c>
       <c r="D106" s="5">
-        <v>6.7729272588207934</v>
+        <v>6.7728093475687645</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>124.93966173</v>
+        <v>124.93964047</v>
       </c>
       <c r="C107" s="5">
-        <v>0.55648462999999992</v>
+        <v>0.55650850000000673</v>
       </c>
       <c r="D107" s="5">
-        <v>5.5028424356511119</v>
+        <v>5.5030863606104541</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>126.07263261</v>
+        <v>126.07263087</v>
       </c>
       <c r="C108" s="5">
-        <v>1.132970880000002</v>
+        <v>1.1329903999999971</v>
       </c>
       <c r="D108" s="5">
-        <v>11.44124402725495</v>
+        <v>11.441453127668332</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>126.72839562</v>
+        <v>126.72840748</v>
       </c>
       <c r="C109" s="5">
-        <v>0.65576301000000115</v>
+        <v>0.65577661000000376</v>
       </c>
       <c r="D109" s="5">
-        <v>6.4234613881423819</v>
+        <v>6.4235985308686683</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>127.4843929</v>
+        <v>127.48441321</v>
       </c>
       <c r="C110" s="5">
-        <v>0.75599728000000255</v>
+        <v>0.75600572999999827</v>
       </c>
       <c r="D110" s="5">
-        <v>7.3981994997207812</v>
+        <v>7.3982842081156575</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>129.22648361</v>
+        <v>129.22632924000001</v>
       </c>
       <c r="C111" s="5">
-        <v>1.7420907099999994</v>
+        <v>1.7419160300000129</v>
       </c>
       <c r="D111" s="5">
-        <v>17.688514465853178</v>
+        <v>17.686602442653033</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>128.69042769000001</v>
+        <v>128.69032734000001</v>
       </c>
       <c r="C112" s="5">
-        <v>-0.53605591999999547</v>
+        <v>-0.53600190000000225</v>
       </c>
       <c r="D112" s="5">
-        <v>-4.8658136557298226</v>
+        <v>-4.8653401243186174</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>129.6653274</v>
+        <v>129.66588128000001</v>
       </c>
       <c r="C113" s="5">
-        <v>0.97489970999998832</v>
+        <v>0.97555393999999751</v>
       </c>
       <c r="D113" s="5">
-        <v>9.4791459726534697</v>
+        <v>9.4857824252462031</v>
       </c>
       <c r="E113" s="5">
-        <v>6.0708908242040671</v>
+        <v>6.0707172935163589</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>129.79369881</v>
+        <v>129.79361782000001</v>
       </c>
       <c r="C114" s="5">
-        <v>0.12837140999999974</v>
+        <v>0.12773654000000079</v>
       </c>
       <c r="D114" s="5">
-        <v>1.1945156507070731</v>
+        <v>1.1885709387155607</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>130.42977783000001</v>
+        <v>130.42970394</v>
       </c>
       <c r="C115" s="5">
-        <v>0.63607902000001104</v>
+        <v>0.63608611999998743</v>
       </c>
       <c r="D115" s="5">
-        <v>6.0419600802685602</v>
+        <v>6.042033221922094</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>131.51948618</v>
+        <v>131.51940901</v>
       </c>
       <c r="C116" s="5">
-        <v>1.0897083499999951</v>
+        <v>1.0897050700000079</v>
       </c>
       <c r="D116" s="5">
-        <v>10.49946817216898</v>
+        <v>10.499441326857117</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>130.32505226000001</v>
+        <v>130.32502388</v>
       </c>
       <c r="C117" s="5">
-        <v>-1.1944339199999945</v>
+        <v>-1.1943851300000006</v>
       </c>
       <c r="D117" s="5">
-        <v>-10.369947456909545</v>
+        <v>-10.369550580493126</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>130.58889998000001</v>
+        <v>130.58885948</v>
       </c>
       <c r="C118" s="5">
-        <v>0.26384772000000112</v>
+        <v>0.26383559999999306</v>
       </c>
       <c r="D118" s="5">
-        <v>2.4566779386654192</v>
+        <v>2.4565643711758733</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>130.15481371000001</v>
+        <v>130.15479798000001</v>
       </c>
       <c r="C119" s="5">
-        <v>-0.43408626999999456</v>
+        <v>-0.43406149999998433</v>
       </c>
       <c r="D119" s="5">
-        <v>-3.9167563962658192</v>
+        <v>-3.9165381592390025</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>130.75250546999999</v>
+        <v>130.75250987000001</v>
       </c>
       <c r="C120" s="5">
-        <v>0.59769175999997515</v>
+        <v>0.59771188999999936</v>
       </c>
       <c r="D120" s="5">
-        <v>5.6519252952175192</v>
+        <v>5.6521211835078411</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>131.05142241999999</v>
+        <v>131.05143586</v>
       </c>
       <c r="C121" s="5">
-        <v>0.29891695000000595</v>
+        <v>0.29892598999998654</v>
       </c>
       <c r="D121" s="5">
-        <v>2.7781118029610807</v>
+        <v>2.7781967846200351</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>131.07868762000001</v>
+        <v>131.07870753</v>
       </c>
       <c r="C122" s="5">
-        <v>2.7265200000016421E-2</v>
+        <v>2.7271670000004633E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>0.2499454333918294</v>
+        <v>0.25000478738281817</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>131.74399837999999</v>
+        <v>131.74388474</v>
       </c>
       <c r="C123" s="5">
-        <v>0.66531075999998279</v>
+        <v>0.66517720999999597</v>
       </c>
       <c r="D123" s="5">
-        <v>6.2637323136160994</v>
+        <v>6.26243869761689</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>131.91524533</v>
+        <v>131.91518489000001</v>
       </c>
       <c r="C124" s="5">
-        <v>0.17124695000001111</v>
+        <v>0.17130015000000753</v>
       </c>
       <c r="D124" s="5">
-        <v>1.5710153918314651</v>
+        <v>1.5715083081653924</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>132.08303556000001</v>
+        <v>132.08337419</v>
       </c>
       <c r="C125" s="5">
-        <v>0.16779023000000848</v>
+        <v>0.16818929999999455</v>
       </c>
       <c r="D125" s="5">
-        <v>1.5370691028539607</v>
+        <v>1.54075123169366</v>
       </c>
       <c r="E125" s="5">
-        <v>1.8645756799284596</v>
+        <v>1.8644017116419942</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>132.33524767</v>
+        <v>132.33520589</v>
       </c>
       <c r="C126" s="5">
-        <v>0.25221210999998789</v>
+        <v>0.25183169999999677</v>
       </c>
       <c r="D126" s="5">
-        <v>2.3156145469070744</v>
+        <v>2.3120792235703291</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>132.31103895000001</v>
+        <v>132.31099230999999</v>
       </c>
       <c r="C127" s="5">
-        <v>-2.420871999999008E-2</v>
+        <v>-2.4213580000008506E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>-0.21930100600451308</v>
+        <v>-0.21934505646771241</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>132.47018277999999</v>
+        <v>132.47014103999999</v>
       </c>
       <c r="C128" s="5">
-        <v>0.15914382999997656</v>
+        <v>0.1591487299999983</v>
       </c>
       <c r="D128" s="5">
-        <v>1.4529478228157977</v>
+        <v>1.452993370674438</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>132.72877915999999</v>
+        <v>132.72876489999999</v>
       </c>
       <c r="C129" s="5">
-        <v>0.25859638000000018</v>
+        <v>0.25862386000000015</v>
       </c>
       <c r="D129" s="5">
-        <v>2.3678473255887011</v>
+        <v>2.3681024094023506</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>132.66128907999999</v>
+        <v>132.66125824</v>
       </c>
       <c r="C130" s="5">
-        <v>-6.7490079999998898E-2</v>
+        <v>-6.750665999999228E-2</v>
       </c>
       <c r="D130" s="5">
-        <v>-0.60847379832540405</v>
+        <v>-0.6086229267929566</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>133.19459347</v>
+        <v>133.19458376</v>
       </c>
       <c r="C131" s="5">
-        <v>0.53330439000001206</v>
+        <v>0.53332552000000533</v>
       </c>
       <c r="D131" s="5">
-        <v>4.9321576737060724</v>
+        <v>4.9323586033271472</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>134.09406032000001</v>
+        <v>134.09406666999999</v>
       </c>
       <c r="C132" s="5">
-        <v>0.89946685000001025</v>
+        <v>0.89948290999998903</v>
       </c>
       <c r="D132" s="5">
-        <v>8.4114954602214631</v>
+        <v>8.4116519055085437</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>134.04671414000001</v>
+        <v>134.04672259</v>
       </c>
       <c r="C133" s="5">
-        <v>-4.7346180000005234E-2</v>
+        <v>-4.7344079999987798E-2</v>
       </c>
       <c r="D133" s="5">
-        <v>-0.42287639666431787</v>
+        <v>-0.42285765675895703</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>134.67785807999999</v>
+        <v>134.6778702</v>
       </c>
       <c r="C134" s="5">
-        <v>0.63114393999998697</v>
+        <v>0.6311476099999993</v>
       </c>
       <c r="D134" s="5">
-        <v>5.7987013217265515</v>
+        <v>5.798735543117628</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>134.74858798</v>
+        <v>134.74852917999999</v>
       </c>
       <c r="C135" s="5">
-        <v>7.0729900000003454E-2</v>
+        <v>7.0658979999990379E-2</v>
       </c>
       <c r="D135" s="5">
-        <v>0.63203761388643809</v>
+        <v>0.63140199075009118</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>135.33769778000001</v>
+        <v>135.33767924</v>
       </c>
       <c r="C136" s="5">
-        <v>0.589109800000017</v>
+        <v>0.58915006000000858</v>
       </c>
       <c r="D136" s="5">
-        <v>5.3743086201749612</v>
+        <v>5.3746871813953989</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>135.62323237999999</v>
+        <v>135.62336013000001</v>
       </c>
       <c r="C137" s="5">
-        <v>0.28553459999997699</v>
+        <v>0.28568089000000896</v>
       </c>
       <c r="D137" s="5">
-        <v>2.5613379433738093</v>
+        <v>2.5626658398464786</v>
       </c>
       <c r="E137" s="5">
-        <v>2.680281237473392</v>
+        <v>2.680114709144088</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>135.64898871</v>
+        <v>135.64899088000001</v>
       </c>
       <c r="C138" s="5">
-        <v>2.575633000000721E-2</v>
+        <v>2.5630750000004809E-2</v>
       </c>
       <c r="D138" s="5">
-        <v>0.22813126625638169</v>
+        <v>0.22701759740988425</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>135.91990820999999</v>
+        <v>135.9198925</v>
       </c>
       <c r="C139" s="5">
-        <v>0.27091949999999088</v>
+        <v>0.27090161999998941</v>
       </c>
       <c r="D139" s="5">
-        <v>2.4231542985668098</v>
+        <v>2.4229925766911853</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>136.16505258000001</v>
+        <v>136.16503198000001</v>
       </c>
       <c r="C140" s="5">
-        <v>0.24514437000001976</v>
+        <v>0.24513948000000596</v>
       </c>
       <c r="D140" s="5">
-        <v>2.1859122299372702</v>
+        <v>2.1858684483343493</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>135.91886252</v>
+        <v>135.91885676000001</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.24619006000000354</v>
+        <v>-0.24617521999999781</v>
       </c>
       <c r="D141" s="5">
-        <v>-2.1481864816334073</v>
+        <v>-2.1480585985025225</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>135.94402110999999</v>
+        <v>135.94400519000001</v>
       </c>
       <c r="C142" s="5">
-        <v>2.5158589999989545E-2</v>
+        <v>2.5148430000001554E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>0.22234634446403057</v>
+        <v>0.22225647054698872</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>135.73875165000001</v>
+        <v>135.73874714999999</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.20526945999998247</v>
+        <v>-0.20525804000001813</v>
       </c>
       <c r="D143" s="5">
-        <v>-1.7969746352089921</v>
+        <v>-1.7968756994052426</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>135.32233581</v>
+        <v>135.32233951000001</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.4164158400000133</v>
+        <v>-0.41640763999998853</v>
       </c>
       <c r="D144" s="5">
-        <v>-3.6198456748309016</v>
+        <v>-3.6197757097043759</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>135.02808156</v>
+        <v>135.02808364000001</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.2942542499999945</v>
+        <v>-0.29425587000000064</v>
       </c>
       <c r="D145" s="5">
-        <v>-2.5783812331218181</v>
+        <v>-2.5783951892587309</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>134.78360352999999</v>
+        <v>134.78360398999999</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.24447803000001045</v>
+        <v>-0.24447965000001659</v>
       </c>
       <c r="D146" s="5">
-        <v>-2.1511802257653478</v>
+        <v>-2.1511943058084126</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>133.8193205</v>
+        <v>133.81930442999999</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.96428302999999005</v>
+        <v>-0.96429956000000061</v>
       </c>
       <c r="D147" s="5">
-        <v>-8.2552791423678222</v>
+        <v>-8.2554151081400295</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>133.53571878</v>
+        <v>133.53572224000001</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.28360172000000716</v>
+        <v>-0.28358218999997575</v>
       </c>
       <c r="D148" s="5">
-        <v>-2.5137112432961017</v>
+        <v>-2.5135404495422731</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>133.43963746</v>
+        <v>133.43964926999999</v>
       </c>
       <c r="C149" s="5">
-        <v>-9.608131999999614E-2</v>
+        <v>-9.6072970000022906E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>-0.86001262418692326</v>
+        <v>-0.85993815762059889</v>
       </c>
       <c r="E149" s="5">
-        <v>-1.6100448880924878</v>
+        <v>-1.610128858263693</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>134.1743846</v>
+        <v>134.17440468999999</v>
       </c>
       <c r="C150" s="5">
-        <v>0.73474713999999608</v>
+        <v>0.73475541999999905</v>
       </c>
       <c r="D150" s="5">
-        <v>6.8112761930481991</v>
+        <v>6.8113546686967119</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>134.06254566000001</v>
+        <v>134.06254622</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.11183893999998418</v>
+        <v>-0.11185846999998716</v>
       </c>
       <c r="D151" s="5">
-        <v>-0.99566822851097081</v>
+        <v>-0.9958411533072975</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>133.89039853</v>
+        <v>133.89039102999999</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.17214713000001325</v>
+        <v>-0.17215519000001223</v>
       </c>
       <c r="D152" s="5">
-        <v>-1.5300608105885849</v>
+        <v>-1.5301319371198607</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>133.61823337999999</v>
+        <v>133.61823136000001</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.27216515000000641</v>
+        <v>-0.27215966999997931</v>
       </c>
       <c r="D153" s="5">
-        <v>-2.4122073800091681</v>
+        <v>-2.4121594859344619</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>133.95073818</v>
+        <v>133.95073302</v>
       </c>
       <c r="C154" s="5">
-        <v>0.33250480000000948</v>
+        <v>0.33250165999999126</v>
       </c>
       <c r="D154" s="5">
-        <v>3.0273737840079251</v>
+        <v>3.0273448490695465</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>133.7875411</v>
+        <v>133.78753981</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.16319708000000333</v>
+        <v>-0.16319321000000286</v>
       </c>
       <c r="D155" s="5">
-        <v>-1.4522468645754683</v>
+        <v>-1.452212712485268</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>133.36129299000001</v>
+        <v>133.36129202999999</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.42624810999998886</v>
+        <v>-0.42624778000001129</v>
       </c>
       <c r="D156" s="5">
-        <v>-3.756921162846083</v>
+        <v>-3.7569183406184647</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>133.2644851</v>
+        <v>133.26448557000001</v>
       </c>
       <c r="C157" s="5">
-        <v>-9.6807890000008001E-2</v>
+        <v>-9.6806459999982053E-2</v>
       </c>
       <c r="D157" s="5">
-        <v>-0.86761893652964606</v>
+        <v>-0.8676061778204347</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>132.88015039999999</v>
+        <v>132.88015010999999</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.3843347000000108</v>
+        <v>-0.38433546000001684</v>
       </c>
       <c r="D158" s="5">
-        <v>-3.4064284532052791</v>
+        <v>-3.4064350709144042</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>133.36303004000001</v>
+        <v>133.36302749000001</v>
       </c>
       <c r="C159" s="5">
-        <v>0.48287964000002148</v>
+        <v>0.48287738000001923</v>
       </c>
       <c r="D159" s="5">
-        <v>4.4489596243364682</v>
+        <v>4.4489383940550908</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>133.62156393000001</v>
+        <v>133.62155851</v>
       </c>
       <c r="C160" s="5">
-        <v>0.25853388999999538</v>
+        <v>0.2585310199999924</v>
       </c>
       <c r="D160" s="5">
-        <v>2.3512510800375308</v>
+        <v>2.3512247451771273</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>133.45180615000001</v>
+        <v>133.45180726000001</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.16975777999999764</v>
+        <v>-0.16975124999999025</v>
       </c>
       <c r="D161" s="5">
-        <v>-1.5139169256439433</v>
+        <v>-1.5138591577182114</v>
       </c>
       <c r="E161" s="5">
-        <v>9.1192468981704522E-3</v>
+        <v>9.1112274848814678E-3</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>133.19266218999999</v>
+        <v>133.19267425999999</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.25914396000001716</v>
+        <v>-0.25913300000001982</v>
       </c>
       <c r="D162" s="5">
-        <v>-2.3054982504098098</v>
+        <v>-2.3054017637619162</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
         <v>133.31579715999999</v>
       </c>
       <c r="C163" s="5">
-        <v>0.12313496999999529</v>
+        <v>0.12312289999999848</v>
       </c>
       <c r="D163" s="5">
-        <v>1.1150434586866709</v>
+        <v>1.1149335014712047</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>133.71348132</v>
+        <v>133.71348025</v>
       </c>
       <c r="C164" s="5">
-        <v>0.39768416000001139</v>
+        <v>0.39768309000001523</v>
       </c>
       <c r="D164" s="5">
-        <v>3.6389457825327209</v>
+        <v>3.6389358304770969</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>134.55411462999999</v>
+        <v>134.55411375</v>
       </c>
       <c r="C165" s="5">
-        <v>0.84063330999998698</v>
+        <v>0.84063349999999559</v>
       </c>
       <c r="D165" s="5">
-        <v>7.8105947244647922</v>
+        <v>7.810596615978449</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>135.18377763000001</v>
+        <v>135.18377791</v>
       </c>
       <c r="C166" s="5">
-        <v>0.62966300000002207</v>
+        <v>0.62966416000000436</v>
       </c>
       <c r="D166" s="5">
-        <v>5.7623630110917645</v>
+        <v>5.762373940203469</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>134.97112848</v>
+        <v>134.97112888999999</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.21264915000000428</v>
+        <v>-0.21264902000001484</v>
       </c>
       <c r="D167" s="5">
-        <v>-1.8713989663968311</v>
+        <v>-1.8713978283811938</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>134.87733542000001</v>
+        <v>134.87733313999999</v>
       </c>
       <c r="C168" s="5">
-        <v>-9.3793059999995876E-2</v>
+        <v>-9.3795749999998179E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>-0.83071464130890504</v>
+        <v>-0.83073837283583751</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>135.70601293000001</v>
+        <v>135.70601257999999</v>
       </c>
       <c r="C169" s="5">
-        <v>0.82867751000000567</v>
+        <v>0.82867944000000193</v>
       </c>
       <c r="D169" s="5">
-        <v>7.6270311932578938</v>
+        <v>7.6270496945321842</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>135.56054709</v>
+        <v>135.56054746000001</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.14546584000001417</v>
+        <v>-0.14546511999998302</v>
       </c>
       <c r="D170" s="5">
-        <v>-1.2787462432170105</v>
+        <v>-1.278739954460606</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>136.59149221000001</v>
+        <v>136.59149185999999</v>
       </c>
       <c r="C171" s="5">
-        <v>1.0309451200000126</v>
+        <v>1.0309443999999814</v>
       </c>
       <c r="D171" s="5">
-        <v>9.5176308046508229</v>
+        <v>9.5176238501155872</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>136.70287501000001</v>
+        <v>136.70287067999999</v>
       </c>
       <c r="C172" s="5">
-        <v>0.11138280000000123</v>
+        <v>0.11137881999999877</v>
       </c>
       <c r="D172" s="5">
-        <v>0.98293418701072</v>
+        <v>0.98289890905227661</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>136.80657006999999</v>
+        <v>136.80656959999999</v>
       </c>
       <c r="C173" s="5">
-        <v>0.10369505999997841</v>
+        <v>0.10369891999999936</v>
       </c>
       <c r="D173" s="5">
-        <v>0.91405922798519779</v>
+        <v>0.91409342457051679</v>
       </c>
       <c r="E173" s="5">
-        <v>2.5138392778507823</v>
+        <v>2.5138380729936571</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>137.23882927</v>
+        <v>137.23883466000001</v>
       </c>
       <c r="C174" s="5">
-        <v>0.43225920000000428</v>
+        <v>0.43226506000002018</v>
       </c>
       <c r="D174" s="5">
-        <v>3.8581540399833303</v>
+        <v>3.85820726951005</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>137.3654396</v>
+        <v>137.36543739000001</v>
       </c>
       <c r="C175" s="5">
-        <v>0.12661033000000543</v>
+        <v>0.12660273000000188</v>
       </c>
       <c r="D175" s="5">
-        <v>1.1127002843093869</v>
+        <v>1.1126331094173603</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>137.30588764999999</v>
+        <v>137.30588645</v>
       </c>
       <c r="C176" s="5">
-        <v>-5.9551950000013676E-2</v>
+        <v>-5.9550940000008268E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>-0.51899655826999069</v>
+        <v>-0.51898778540455659</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>137.81417476999999</v>
+        <v>137.81417857</v>
       </c>
       <c r="C177" s="5">
-        <v>0.50828712000000564</v>
+        <v>0.50829211999999302</v>
       </c>
       <c r="D177" s="5">
-        <v>4.533801778980906</v>
+        <v>4.5338473301862248</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>137.96420108999999</v>
+        <v>137.96420284000001</v>
       </c>
       <c r="C178" s="5">
-        <v>0.15002631999999494</v>
+        <v>0.15002427000001717</v>
       </c>
       <c r="D178" s="5">
-        <v>1.3141857247104038</v>
+        <v>1.3141676232175659</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>137.86528142</v>
+        <v>137.86528336999999</v>
       </c>
       <c r="C179" s="5">
-        <v>-9.8919669999986581E-2</v>
+        <v>-9.8919470000026877E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-0.85700939444147695</v>
+        <v>-0.85700765770319043</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>138.28881967999999</v>
+        <v>138.28881576000001</v>
       </c>
       <c r="C180" s="5">
-        <v>0.42353825999998662</v>
+        <v>0.42353239000001963</v>
       </c>
       <c r="D180" s="5">
-        <v>3.7494727324378641</v>
+        <v>3.7494198317816751</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>138.13363896999999</v>
+        <v>138.13363784000001</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.15518070999999622</v>
+        <v>-0.15517791999999986</v>
       </c>
       <c r="D181" s="5">
-        <v>-1.3382993894498929</v>
+        <v>-1.3382755141197133</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>138.35934359999999</v>
+        <v>138.35934476</v>
       </c>
       <c r="C182" s="5">
-        <v>0.22570462999999563</v>
+        <v>0.22570691999999326</v>
       </c>
       <c r="D182" s="5">
-        <v>1.9784673092986704</v>
+        <v>1.9784875799067736</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>138.62716674000001</v>
+        <v>138.62716798</v>
       </c>
       <c r="C183" s="5">
-        <v>0.26782314000001861</v>
+        <v>0.26782321999999681</v>
       </c>
       <c r="D183" s="5">
-        <v>2.347738522148024</v>
+        <v>2.3477392110177187</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>138.2624892</v>
+        <v>138.26248527000001</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.36467754000000241</v>
+        <v>-0.36468270999998254</v>
       </c>
       <c r="D184" s="5">
-        <v>-3.1114870855229793</v>
+        <v>-3.1115305330948306</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>138.87616177000001</v>
+        <v>138.87616033</v>
       </c>
       <c r="C185" s="5">
-        <v>0.61367257000000563</v>
+        <v>0.61367505999999139</v>
       </c>
       <c r="D185" s="5">
-        <v>5.4581148726407624</v>
+        <v>5.4581377215088489</v>
       </c>
       <c r="E185" s="5">
-        <v>1.5127867754750834</v>
+        <v>1.5127860716420027</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>138.76256877</v>
+        <v>138.76258512999999</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.11359300000000871</v>
+        <v>-0.11357520000001387</v>
       </c>
       <c r="D186" s="5">
-        <v>-0.97712986032877369</v>
+        <v>-0.97697744241963536</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>138.8847628</v>
+        <v>138.88472877999999</v>
       </c>
       <c r="C187" s="5">
-        <v>0.12219403000000284</v>
+        <v>0.12214364999999816</v>
       </c>
       <c r="D187" s="5">
-        <v>1.0618505495242569</v>
+        <v>1.0614105063297297</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>138.98730721000001</v>
+        <v>138.98731372</v>
       </c>
       <c r="C188" s="5">
-        <v>0.10254441000000725</v>
+        <v>0.10258494000001406</v>
       </c>
       <c r="D188" s="5">
-        <v>0.88961687344446538</v>
+        <v>0.88997013717833084</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>139.10187637999999</v>
+        <v>139.10189011</v>
       </c>
       <c r="C189" s="5">
-        <v>0.11456916999998157</v>
+        <v>0.11457638999999631</v>
       </c>
       <c r="D189" s="5">
-        <v>0.99367368838669812</v>
+        <v>0.99373654584553606</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>139.12343552999999</v>
+        <v>139.12344392</v>
       </c>
       <c r="C190" s="5">
-        <v>2.1559150000001637E-2</v>
+        <v>2.155381000000034E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>0.18614446766060944</v>
+        <v>0.18609830373079728</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>138.98556396999999</v>
+        <v>138.98557395</v>
       </c>
       <c r="C191" s="5">
-        <v>-0.13787156000000778</v>
+        <v>-0.13786996999999701</v>
       </c>
       <c r="D191" s="5">
-        <v>-1.182741637379181</v>
+        <v>-1.182728000763722</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>140.26931257999999</v>
+        <v>140.26931837000001</v>
       </c>
       <c r="C192" s="5">
-        <v>1.2837486100000035</v>
+        <v>1.283744420000005</v>
       </c>
       <c r="D192" s="5">
-        <v>11.664647560854524</v>
+        <v>11.664606653708475</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>140.59719039000001</v>
+        <v>140.59715815999999</v>
       </c>
       <c r="C193" s="5">
-        <v>0.32787781000001814</v>
+        <v>0.32783978999998453</v>
       </c>
       <c r="D193" s="5">
-        <v>2.841329252569591</v>
+        <v>2.8409954126220383</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>141.35099715000001</v>
+        <v>141.3510033</v>
       </c>
       <c r="C194" s="5">
-        <v>0.75380676000000335</v>
+        <v>0.75384514000000991</v>
       </c>
       <c r="D194" s="5">
-        <v>6.6269074469970324</v>
+        <v>6.6272564312726878</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>140.6003436</v>
+        <v>140.60034866999999</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.75065355000000977</v>
+        <v>-0.75065463000001387</v>
       </c>
       <c r="D195" s="5">
-        <v>-6.1897991519302415</v>
+        <v>-6.1898075375003465</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>141.24621300999999</v>
+        <v>141.24621474</v>
       </c>
       <c r="C196" s="5">
-        <v>0.64586940999998887</v>
+        <v>0.64586607000001095</v>
       </c>
       <c r="D196" s="5">
-        <v>5.6538111936473179</v>
+        <v>5.6537810042933456</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>140.92854946</v>
+        <v>140.92851712000001</v>
       </c>
       <c r="C197" s="5">
-        <v>-0.3176635499999918</v>
+        <v>-0.31769761999998991</v>
       </c>
       <c r="D197" s="5">
-        <v>-2.6656729621219455</v>
+        <v>-2.6659553007152059</v>
       </c>
       <c r="E197" s="5">
-        <v>1.4778545603809645</v>
+        <v>1.4778323256656511</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>140.99562119999999</v>
+        <v>140.99565357</v>
       </c>
       <c r="C198" s="5">
-        <v>6.7071739999988722E-2</v>
+        <v>6.7136449999992465E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>0.57261004444577601</v>
+        <v>0.57316407182050888</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>140.97511908999999</v>
+        <v>140.97505733</v>
       </c>
       <c r="C199" s="5">
-        <v>-2.0502109999995355E-2</v>
+        <v>-2.0596240000003263E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>-0.17435197907073041</v>
+        <v>-0.17515178673418452</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>141.44673104</v>
+        <v>141.44675333999999</v>
       </c>
       <c r="C200" s="5">
-        <v>0.47161195000001044</v>
+        <v>0.47169600999998806</v>
       </c>
       <c r="D200" s="5">
-        <v>4.0891202882972877</v>
+        <v>4.0898644217022495</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>141.27939946999999</v>
+        <v>141.27943918</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.16733157000001597</v>
+        <v>-0.16731415999998944</v>
       </c>
       <c r="D201" s="5">
-        <v>-1.4104004289784311</v>
+        <v>-1.4102544164627862</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>141.54981369000001</v>
+        <v>141.54985513</v>
       </c>
       <c r="C202" s="5">
-        <v>0.27041422000002058</v>
+        <v>0.27041595000000029</v>
       </c>
       <c r="D202" s="5">
-        <v>2.3211806084084685</v>
+        <v>2.3211949557419009</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>141.79583675000001</v>
+        <v>141.79587541999999</v>
       </c>
       <c r="C203" s="5">
-        <v>0.24602305999999885</v>
+        <v>0.24602028999998993</v>
       </c>
       <c r="D203" s="5">
-        <v>2.1057341509337801</v>
+        <v>2.1057095927811353</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>141.85483331</v>
+        <v>141.85484509</v>
       </c>
       <c r="C204" s="5">
-        <v>5.8996559999997089E-2</v>
+        <v>5.896967000001041E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>0.50042445210720654</v>
+        <v>0.5001957053151207</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>142.18617710000001</v>
+        <v>142.18608366999999</v>
       </c>
       <c r="C205" s="5">
-        <v>0.33134379000000536</v>
+        <v>0.33123857999999018</v>
       </c>
       <c r="D205" s="5">
-        <v>2.839244861828516</v>
+        <v>2.8383314817593597</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>142.74321792000001</v>
+        <v>142.74318571000001</v>
       </c>
       <c r="C206" s="5">
-        <v>0.55704081999999744</v>
+        <v>0.55710204000001795</v>
       </c>
       <c r="D206" s="5">
-        <v>4.8038565433095703</v>
+        <v>4.8043991517537687</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>142.92688838999999</v>
+        <v>142.92688192</v>
       </c>
       <c r="C207" s="5">
-        <v>0.18367046999998138</v>
+        <v>0.1836962099999937</v>
       </c>
       <c r="D207" s="5">
-        <v>1.5550375721788967</v>
+        <v>1.5552573969180417</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>143.03898448999999</v>
+        <v>143.03897569</v>
       </c>
       <c r="C208" s="5">
-        <v>0.11209610000000225</v>
+        <v>0.11209377000000131</v>
       </c>
       <c r="D208" s="5">
-        <v>0.94521811532350952</v>
+        <v>0.94519842641567209</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>143.63426458999999</v>
+        <v>143.63420675</v>
       </c>
       <c r="C209" s="5">
-        <v>0.59528009999999654</v>
+        <v>0.59523106000000325</v>
       </c>
       <c r="D209" s="5">
-        <v>5.1099049982614719</v>
+        <v>5.1094746777382127</v>
       </c>
       <c r="E209" s="5">
-        <v>1.9199198035937837</v>
+        <v>1.9199021498935709</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>144.09631250000001</v>
+        <v>144.09637699000001</v>
       </c>
       <c r="C210" s="5">
-        <v>0.46204791000002388</v>
+        <v>0.46217024000000606</v>
       </c>
       <c r="D210" s="5">
-        <v>3.9292382045537533</v>
+        <v>3.9302985841363602</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>144.63944473999999</v>
+        <v>144.63936563999999</v>
       </c>
       <c r="C211" s="5">
-        <v>0.54313223999997717</v>
+        <v>0.54298864999998386</v>
       </c>
       <c r="D211" s="5">
-        <v>4.6180318066366688</v>
+        <v>4.6167833966069605</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>145.09891121000001</v>
+        <v>145.09896907000001</v>
       </c>
       <c r="C212" s="5">
-        <v>0.45946647000002372</v>
+        <v>0.45960343000001558</v>
       </c>
       <c r="D212" s="5">
-        <v>3.8792707821375672</v>
+        <v>3.8804495770978109</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>144.62635882999999</v>
+        <v>144.62645322</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.47255238000002464</v>
+        <v>-0.47251585000000773</v>
       </c>
       <c r="D213" s="5">
-        <v>-3.8388639941583258</v>
+        <v>-3.8385710276408913</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>145.20094147</v>
+        <v>145.20105096</v>
       </c>
       <c r="C214" s="5">
-        <v>0.57458264000001691</v>
+        <v>0.57459774000000152</v>
       </c>
       <c r="D214" s="5">
-        <v>4.8730163035342056</v>
+        <v>4.8731439270901289</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>145.7003928</v>
+        <v>145.70048886000001</v>
       </c>
       <c r="C215" s="5">
-        <v>0.49945132999999942</v>
+        <v>0.49943790000000376</v>
       </c>
       <c r="D215" s="5">
-        <v>4.206661778546894</v>
+        <v>4.2065432828215732</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>145.87233502000001</v>
+        <v>145.87236540000001</v>
       </c>
       <c r="C216" s="5">
-        <v>0.17194222000000536</v>
+        <v>0.17187653999999952</v>
       </c>
       <c r="D216" s="5">
-        <v>1.4253575490955184</v>
+        <v>1.4248085955825385</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>146.13202333000001</v>
+        <v>146.13186184</v>
       </c>
       <c r="C217" s="5">
-        <v>0.25968831000000137</v>
+        <v>0.25949643999999239</v>
       </c>
       <c r="D217" s="5">
-        <v>2.1573342688798069</v>
+        <v>2.1557242474789851</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>146.14841745999999</v>
+        <v>146.14816060000001</v>
       </c>
       <c r="C218" s="5">
-        <v>1.6394129999980578E-2</v>
+        <v>1.629876000001218E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>0.13470763545753162</v>
+        <v>0.13392366452960047</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>146.46625201000001</v>
+        <v>146.46622382999999</v>
       </c>
       <c r="C219" s="5">
-        <v>0.31783455000001481</v>
+        <v>0.3180632299999786</v>
       </c>
       <c r="D219" s="5">
-        <v>2.6411278698797336</v>
+        <v>2.6430556493397761</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>146.84618180999999</v>
+        <v>146.84616786999999</v>
       </c>
       <c r="C220" s="5">
-        <v>0.37992979999998511</v>
+        <v>0.37994403999999804</v>
       </c>
       <c r="D220" s="5">
-        <v>3.1575657353942521</v>
+        <v>3.1576863927047949</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>146.73856714999999</v>
+        <v>146.73849956999999</v>
       </c>
       <c r="C221" s="5">
-        <v>-0.10761465999999587</v>
+        <v>-0.10766830000000027</v>
       </c>
       <c r="D221" s="5">
-        <v>-0.87587130771480393</v>
+        <v>-0.87630620529969283</v>
       </c>
       <c r="E221" s="5">
-        <v>2.1612548850103108</v>
+        <v>2.1612489742106611</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>146.27795476</v>
+        <v>146.27808238</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.46061238999999432</v>
+        <v>-0.46041718999998693</v>
       </c>
       <c r="D222" s="5">
-        <v>-3.7024439691904054</v>
+        <v>-3.7009035865951279</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>147.10783380999999</v>
+        <v>147.10777666999999</v>
       </c>
       <c r="C223" s="5">
-        <v>0.82987904999998818</v>
+        <v>0.82969428999999195</v>
       </c>
       <c r="D223" s="5">
-        <v>7.0244616801016901</v>
+        <v>7.022842364042936</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>146.45944879000001</v>
+        <v>146.45956064000001</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.64838501999997789</v>
+        <v>-0.64821602999998618</v>
       </c>
       <c r="D224" s="5">
-        <v>-5.1627094044033317</v>
+        <v>-5.1613982338123865</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>146.39924604000001</v>
+        <v>146.39942988999999</v>
       </c>
       <c r="C225" s="5">
-        <v>-6.020275000000197E-2</v>
+        <v>-6.0130750000013222E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>-0.49215121810042284</v>
+        <v>-0.49156357949590168</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>146.63808990000001</v>
+        <v>146.63828111000001</v>
       </c>
       <c r="C226" s="5">
-        <v>0.23884386000000291</v>
+        <v>0.23885122000001502</v>
       </c>
       <c r="D226" s="5">
-        <v>1.9754093944968298</v>
+        <v>1.975468311097428</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>146.31978534999999</v>
+        <v>146.31996271</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.31830455000002189</v>
+        <v>-0.31831840000000966</v>
       </c>
       <c r="D227" s="5">
-        <v>-2.5739431444852023</v>
+        <v>-2.574050491109614</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>146.21770072999999</v>
+        <v>146.21785847000001</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.1020846199999994</v>
+        <v>-0.10210423999998852</v>
       </c>
       <c r="D228" s="5">
-        <v>-0.83401275018909482</v>
+        <v>-0.83417142006436684</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>146.21351658</v>
+        <v>146.21338546999999</v>
       </c>
       <c r="C229" s="5">
-        <v>-4.1841499999861753E-3</v>
+        <v>-4.473000000018601E-3</v>
       </c>
       <c r="D229" s="5">
-        <v>-3.4333666931363194E-2</v>
+        <v>-3.6703430325768505E-2</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>145.48135592</v>
+        <v>145.48030347</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.73216066000000524</v>
+        <v>-0.73308199999999601</v>
       </c>
       <c r="D230" s="5">
-        <v>-5.8462087762757964</v>
+        <v>-5.8533689944589407</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>144.46292424999999</v>
+        <v>144.46294456000001</v>
       </c>
       <c r="C231" s="5">
-        <v>-1.0184316700000124</v>
+        <v>-1.0173589099999845</v>
       </c>
       <c r="D231" s="5">
-        <v>-8.0845032102028433</v>
+        <v>-8.0763684653570866</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>144.62042414999999</v>
+        <v>144.62051195999999</v>
       </c>
       <c r="C232" s="5">
-        <v>0.1574999000000048</v>
+        <v>0.15756739999997649</v>
       </c>
       <c r="D232" s="5">
-        <v>1.3161668856880748</v>
+        <v>1.3167341594564563</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>144.47036091000001</v>
+        <v>144.47035011</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.15006323999998017</v>
+        <v>-0.15016184999998927</v>
       </c>
       <c r="D233" s="5">
-        <v>-1.238080605903813</v>
+        <v>-1.2388887887097688</v>
       </c>
       <c r="E233" s="5">
-        <v>-1.5457464823691258</v>
+        <v>-1.5457084995734172</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>143.43570993</v>
+        <v>143.43591984</v>
       </c>
       <c r="C234" s="5">
-        <v>-1.0346509800000092</v>
+        <v>-1.0344302700000014</v>
       </c>
       <c r="D234" s="5">
-        <v>-8.2634602752302726</v>
+        <v>-8.2617669522242032</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>142.98243101</v>
+        <v>142.98244405</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.45327892000000247</v>
+        <v>-0.45347578999999882</v>
       </c>
       <c r="D235" s="5">
-        <v>-3.7269627039376085</v>
+        <v>-3.728548009768029</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>142.36302777</v>
+        <v>142.36321996000001</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.61940323999999691</v>
+        <v>-0.61922408999998879</v>
       </c>
       <c r="D236" s="5">
-        <v>-5.0763409007067439</v>
+        <v>-5.0749070128035312</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>141.94883288</v>
+        <v>141.94909835999999</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.41419489000000453</v>
+        <v>-0.41412160000001563</v>
       </c>
       <c r="D237" s="5">
-        <v>-3.4359836594765047</v>
+        <v>-3.4353808071049485</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>141.65936257999999</v>
+        <v>141.65963135999999</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.28947030000000495</v>
+        <v>-0.28946700000000192</v>
       </c>
       <c r="D238" s="5">
-        <v>-2.4198487900909837</v>
+        <v>-2.4198170371303562</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>141.15379376000001</v>
+        <v>141.15405250000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.50556881999997927</v>
+        <v>-0.50557885999998575</v>
       </c>
       <c r="D239" s="5">
-        <v>-4.199613434188354</v>
+        <v>-4.1996873907444883</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>140.6646384</v>
+        <v>140.66491564</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.48915536000001225</v>
+        <v>-0.48913686000000212</v>
       </c>
       <c r="D240" s="5">
-        <v>-4.080137279261864</v>
+        <v>-4.0799785595425071</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>140.01769963999999</v>
+        <v>140.01757538999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.64693876000001183</v>
+        <v>-0.64734025000001338</v>
       </c>
       <c r="D241" s="5">
-        <v>-5.3815018417225691</v>
+        <v>-5.384747179911975</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>139.74026627999999</v>
+        <v>139.73839749000001</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.2774333600000034</v>
+        <v>-0.27917789999997922</v>
       </c>
       <c r="D242" s="5">
-        <v>-2.3519583332396343</v>
+        <v>-2.3665880525705618</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>138.31057963999999</v>
+        <v>138.31062077999999</v>
       </c>
       <c r="C243" s="5">
-        <v>-1.4296866399999999</v>
+        <v>-1.4277767100000176</v>
       </c>
       <c r="D243" s="5">
-        <v>-11.609412821518728</v>
+        <v>-11.594911142143715</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>138.47003978000001</v>
+        <v>138.47023347999999</v>
       </c>
       <c r="C244" s="5">
-        <v>0.15946014000002151</v>
+        <v>0.15961269999999672</v>
       </c>
       <c r="D244" s="5">
-        <v>1.3923028334526633</v>
+        <v>1.3936429376102399</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>138.35723368999999</v>
+        <v>138.35723166</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.11280609000002073</v>
+        <v>-0.11300181999999381</v>
       </c>
       <c r="D245" s="5">
-        <v>-0.97322439543678918</v>
+        <v>-0.97490410870180177</v>
       </c>
       <c r="E245" s="5">
-        <v>-4.2314057925059707</v>
+        <v>-4.2314000383784407</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>138.41181900999999</v>
+        <v>138.41221471</v>
       </c>
       <c r="C246" s="5">
-        <v>5.4585320000001047E-2</v>
+        <v>5.4983050000004141E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>0.47445805296537635</v>
+        <v>0.47792270670263814</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>138.2607064</v>
+        <v>138.26081404999999</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.15111260999998422</v>
+        <v>-0.15140066000000729</v>
       </c>
       <c r="D247" s="5">
-        <v>-1.3022748045147692</v>
+        <v>-1.3047385704965553</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>138.30883811999999</v>
+        <v>138.30908958000001</v>
       </c>
       <c r="C248" s="5">
-        <v>4.8131719999986444E-2</v>
+        <v>4.8275530000012168E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>0.41854827676790496</v>
+        <v>0.41980090817161919</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>138.20354857000001</v>
+        <v>138.20387034000001</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.10528954999998064</v>
+        <v>-0.10521923999999672</v>
       </c>
       <c r="D249" s="5">
-        <v>-0.90970172983569908</v>
+        <v>-0.90909514503119127</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>137.93725402000001</v>
+        <v>137.93757658000001</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.2662945499999978</v>
+        <v>-0.26629375999999638</v>
       </c>
       <c r="D250" s="5">
-        <v>-2.2878474088147471</v>
+        <v>-2.2878354230697173</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>137.88427526000001</v>
+        <v>137.88458528000001</v>
       </c>
       <c r="C251" s="5">
-        <v>-5.2978760000002012E-2</v>
+        <v>-5.2991300000002184E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>-0.45992206639864364</v>
+        <v>-0.4600296259192449</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>137.79476259</v>
+        <v>137.79513286</v>
       </c>
       <c r="C252" s="5">
-        <v>-8.9512670000004846E-2</v>
+        <v>-8.9452420000014854E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>-0.77624880370589233</v>
+        <v>-0.77572644406780356</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>137.80352454999999</v>
+        <v>137.80343553</v>
       </c>
       <c r="C253" s="5">
-        <v>8.7619599999868569E-3</v>
+        <v>8.3026700000061737E-3</v>
       </c>
       <c r="D253" s="5">
-        <v>7.633113009664072E-2</v>
+        <v>7.2328435824942083E-2</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>137.39398998999999</v>
+        <v>137.3914671</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.40953455999999733</v>
+        <v>-0.41196843000000172</v>
       </c>
       <c r="D254" s="5">
-        <v>-3.5085296962627521</v>
+        <v>-3.5290415532198693</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>137.82261158</v>
+        <v>137.82266018000001</v>
       </c>
       <c r="C255" s="5">
-        <v>0.42862159000000588</v>
+        <v>0.43119308000001411</v>
       </c>
       <c r="D255" s="5">
-        <v>3.8084891613625382</v>
+        <v>3.8318053936039487</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>138.37212208</v>
+        <v>138.37239609</v>
       </c>
       <c r="C256" s="5">
-        <v>0.54951049999999668</v>
+        <v>0.54973590999998123</v>
       </c>
       <c r="D256" s="5">
-        <v>4.8908284814437764</v>
+        <v>4.8928771588354181</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>138.64756930999999</v>
+        <v>138.64757814999999</v>
       </c>
       <c r="C257" s="5">
-        <v>0.27544722999999749</v>
+        <v>0.27518205999999168</v>
       </c>
       <c r="D257" s="5">
-        <v>2.4150793862419695</v>
+        <v>2.4127240969159747</v>
       </c>
       <c r="E257" s="5">
-        <v>0.20984491540971817</v>
+        <v>0.20985277496263777</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>139.11897318999999</v>
+        <v>139.11949781999999</v>
       </c>
       <c r="C258" s="5">
-        <v>0.47140387999999689</v>
+        <v>0.47191967000000545</v>
       </c>
       <c r="D258" s="5">
-        <v>4.1571866044320283</v>
+        <v>4.1618204393814917</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>138.94837751</v>
+        <v>138.94854796000001</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.17059567999999103</v>
+        <v>-0.17094985999997903</v>
       </c>
       <c r="D259" s="5">
-        <v>-1.4616249492888533</v>
+        <v>-1.4646335178453151</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>139.28294012999999</v>
+        <v>139.28328789</v>
       </c>
       <c r="C260" s="5">
-        <v>0.3345626199999856</v>
+        <v>0.33473992999998359</v>
       </c>
       <c r="D260" s="5">
-        <v>2.9279563691970933</v>
+        <v>2.929525091209273</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>139.28434153000001</v>
+        <v>139.28458297</v>
       </c>
       <c r="C261" s="5">
-        <v>1.4014000000202032E-3</v>
+        <v>1.2950800000055551E-3</v>
       </c>
       <c r="D261" s="5">
-        <v>1.2074508644999149E-2</v>
+        <v>1.115837730725211E-2</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>139.22860574000001</v>
+        <v>139.22905537</v>
       </c>
       <c r="C262" s="5">
-        <v>-5.5735789999999952E-2</v>
+        <v>-5.5527600000004895E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>-0.47913457252977132</v>
+        <v>-0.47734795703197053</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>139.00220981000001</v>
+        <v>139.00244531999999</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.22639592999999536</v>
+        <v>-0.226610050000005</v>
       </c>
       <c r="D263" s="5">
-        <v>-1.9339311477525656</v>
+        <v>-1.9357376770082979</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>139.32837474999999</v>
+        <v>139.32869224999999</v>
       </c>
       <c r="C264" s="5">
-        <v>0.32616493999998397</v>
+        <v>0.32624692999999638</v>
       </c>
       <c r="D264" s="5">
-        <v>2.8523925790285176</v>
+        <v>2.8531139863381627</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>139.44332623</v>
+        <v>139.44326552000001</v>
       </c>
       <c r="C265" s="5">
-        <v>0.11495148000000199</v>
+        <v>0.11457327000002238</v>
       </c>
       <c r="D265" s="5">
-        <v>0.99455291869467999</v>
+        <v>0.99126358685714955</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>140.55470532000001</v>
+        <v>140.55221692999999</v>
       </c>
       <c r="C266" s="5">
-        <v>1.111379090000014</v>
+        <v>1.1089514099999747</v>
       </c>
       <c r="D266" s="5">
-        <v>9.9947261811479606</v>
+        <v>9.9719347533516522</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>140.63292566000001</v>
+        <v>140.63298616</v>
       </c>
       <c r="C267" s="5">
-        <v>7.8220340000001443E-2</v>
+        <v>8.0769230000015568E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>0.66986190852478256</v>
+        <v>0.69177136963940455</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>140.47711935000001</v>
+        <v>140.47738218000001</v>
       </c>
       <c r="C268" s="5">
-        <v>-0.15580631000000267</v>
+        <v>-0.15560397999999509</v>
       </c>
       <c r="D268" s="5">
-        <v>-1.3214010662997322</v>
+        <v>-1.319694960291018</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>140.39497627</v>
+        <v>140.39489913</v>
       </c>
       <c r="C269" s="5">
-        <v>-8.2143080000008695E-2</v>
+        <v>-8.2483050000007552E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>-0.69943986742381226</v>
+        <v>-0.70232402513372705</v>
       </c>
       <c r="E269" s="5">
-        <v>1.2603228233255326</v>
+        <v>1.260260729624596</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>140.84856589</v>
+        <v>140.84910216</v>
       </c>
       <c r="C270" s="5">
-        <v>0.45358962000000247</v>
+        <v>0.45420303000000217</v>
       </c>
       <c r="D270" s="5">
-        <v>3.9466121426963818</v>
+        <v>3.9520468613782223</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>141.04495915999999</v>
+        <v>141.04507566000001</v>
       </c>
       <c r="C271" s="5">
-        <v>0.1963932699999873</v>
+        <v>0.19597350000000802</v>
       </c>
       <c r="D271" s="5">
-        <v>1.6861209018633971</v>
+        <v>1.6824829167622068</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>141.45991178</v>
+        <v>141.46029465000001</v>
       </c>
       <c r="C272" s="5">
-        <v>0.41495262000000821</v>
+        <v>0.41521898999999962</v>
       </c>
       <c r="D272" s="5">
-        <v>3.5880748402149942</v>
+        <v>3.590412535479115</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>141.77876968999999</v>
+        <v>141.77889363</v>
       </c>
       <c r="C273" s="5">
-        <v>0.31885790999999131</v>
+        <v>0.31859897999999021</v>
       </c>
       <c r="D273" s="5">
-        <v>2.7386478281302029</v>
+        <v>2.7363887783794283</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>142.24053393</v>
+        <v>142.24102773999999</v>
       </c>
       <c r="C274" s="5">
-        <v>0.46176424000000793</v>
+        <v>0.46213410999999383</v>
       </c>
       <c r="D274" s="5">
-        <v>3.9790980155510747</v>
+        <v>3.982339057228379</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>142.63642279999999</v>
+        <v>142.63647993000001</v>
       </c>
       <c r="C275" s="5">
-        <v>0.39588886999999318</v>
+        <v>0.39545219000001453</v>
       </c>
       <c r="D275" s="5">
-        <v>3.3914858517854807</v>
+        <v>3.3876755903327949</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>142.63838536</v>
+        <v>142.63864022000001</v>
       </c>
       <c r="C276" s="5">
-        <v>1.9625600000097165E-3</v>
+        <v>2.1602900000061709E-3</v>
       </c>
       <c r="D276" s="5">
-        <v>1.6512263720391829E-2</v>
+        <v>1.8176023092775218E-2</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>142.55243705000001</v>
+        <v>142.55251955</v>
       </c>
       <c r="C277" s="5">
-        <v>-8.5948309999992034E-2</v>
+        <v>-8.6120670000013888E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>-0.72068152874105174</v>
+        <v>-0.72212069541042201</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>142.60793086999999</v>
+        <v>142.60588021000001</v>
       </c>
       <c r="C278" s="5">
-        <v>5.5493819999981042E-2</v>
+        <v>5.336066000000983E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>0.4681459716326497</v>
+        <v>0.45011330540678518</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>143.23636139000001</v>
+        <v>143.23673443000001</v>
       </c>
       <c r="C279" s="5">
-        <v>0.62843052000002331</v>
+        <v>0.63085422000000335</v>
       </c>
       <c r="D279" s="5">
-        <v>5.4181081868318381</v>
+        <v>5.4395956475524088</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>143.70513428000001</v>
+        <v>143.70566393999999</v>
       </c>
       <c r="C280" s="5">
-        <v>0.46877288999999678</v>
+        <v>0.46892950999998106</v>
       </c>
       <c r="D280" s="5">
-        <v>3.9987348182888516</v>
+        <v>4.0000843624170779</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>144.16700782000001</v>
+        <v>144.16642347999999</v>
       </c>
       <c r="C281" s="5">
-        <v>0.46187353999999914</v>
+        <v>0.46075953999999797</v>
       </c>
       <c r="D281" s="5">
-        <v>3.9257576766630553</v>
+        <v>3.9161067987603548</v>
       </c>
       <c r="E281" s="5">
-        <v>2.6867282934297076</v>
+        <v>2.6863685029665518</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>143.48180416</v>
+        <v>143.48194645000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.68520366000001331</v>
+        <v>-0.68447702999998228</v>
       </c>
       <c r="D282" s="5">
-        <v>-5.5566617369277598</v>
+        <v>-5.5509440579350366</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>144.21257399999999</v>
+        <v>144.21260819</v>
       </c>
       <c r="C283" s="5">
-        <v>0.73076983999999356</v>
+        <v>0.73066173999998796</v>
       </c>
       <c r="D283" s="5">
-        <v>6.2858854331087288</v>
+        <v>6.2849229813792595</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>144.04567259999999</v>
+        <v>144.04607189999999</v>
       </c>
       <c r="C284" s="5">
-        <v>-0.16690140000000042</v>
+        <v>-0.16653629000001047</v>
       </c>
       <c r="D284" s="5">
-        <v>-1.3799887545172917</v>
+        <v>-1.3769887436874906</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>144.38731551000001</v>
+        <v>144.38722264</v>
       </c>
       <c r="C285" s="5">
-        <v>0.34164291000001867</v>
+        <v>0.34115074000001755</v>
       </c>
       <c r="D285" s="5">
-        <v>2.8835435059120451</v>
+        <v>2.8793271353494854</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>144.54068071</v>
+        <v>144.54110180999999</v>
       </c>
       <c r="C286" s="5">
-        <v>0.15336519999999609</v>
+        <v>0.15387916999998197</v>
       </c>
       <c r="D286" s="5">
-        <v>1.2820877225451888</v>
+        <v>1.2864104084990391</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>145.36602291</v>
+        <v>145.36604216999999</v>
       </c>
       <c r="C287" s="5">
-        <v>0.82534219999999436</v>
+        <v>0.82494035999999937</v>
       </c>
       <c r="D287" s="5">
-        <v>7.0714677047196695</v>
+        <v>7.0678947432600614</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>145.72777902000001</v>
+        <v>145.72780008999999</v>
       </c>
       <c r="C288" s="5">
-        <v>0.36175611000001595</v>
+        <v>0.36175792000000229</v>
       </c>
       <c r="D288" s="5">
-        <v>3.0275205772643643</v>
+        <v>3.0275355263704506</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>146.12925645000001</v>
+        <v>146.12925996999999</v>
       </c>
       <c r="C289" s="5">
-        <v>0.40147742999999991</v>
+        <v>0.40145988000000443</v>
       </c>
       <c r="D289" s="5">
-        <v>3.3565349828443169</v>
+        <v>3.3563855338962778</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>146.27106427999999</v>
+        <v>146.26974641999999</v>
       </c>
       <c r="C290" s="5">
-        <v>0.14180782999997632</v>
+        <v>0.14048644999999738</v>
       </c>
       <c r="D290" s="5">
-        <v>1.1707484064357621</v>
+        <v>1.1597814769629844</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>146.39069079000001</v>
+        <v>146.39279675</v>
       </c>
       <c r="C291" s="5">
-        <v>0.11962651000001756</v>
+        <v>0.12305033000001231</v>
       </c>
       <c r="D291" s="5">
-        <v>0.98583606075739461</v>
+        <v>1.0141914533829732</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>146.57423086</v>
+        <v>146.57469610999999</v>
       </c>
       <c r="C292" s="5">
-        <v>0.18354006999999228</v>
+        <v>0.18189935999998852</v>
       </c>
       <c r="D292" s="5">
-        <v>1.5149407309667628</v>
+        <v>1.5012838749334234</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>146.43339058000001</v>
+        <v>146.43222499999999</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.14084027999999194</v>
+        <v>-0.14247111000000245</v>
       </c>
       <c r="D293" s="5">
-        <v>-1.1469820269077502</v>
+        <v>-1.1601886782516613</v>
       </c>
       <c r="E293" s="5">
-        <v>1.572053685701591</v>
+        <v>1.5716568846658951</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>146.39311824999999</v>
+        <v>146.39184757999999</v>
       </c>
       <c r="C294" s="5">
-        <v>-4.0272330000021839E-2</v>
+        <v>-4.0377419999998665E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>-0.32952704836466395</v>
+        <v>-0.33038826608876581</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>146.77111776000001</v>
+        <v>146.77117326000001</v>
       </c>
       <c r="C295" s="5">
-        <v>0.37799951000002352</v>
+        <v>0.3793256800000222</v>
       </c>
       <c r="D295" s="5">
-        <v>3.1428865162639541</v>
+        <v>3.1540983760923735</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>146.69620161</v>
+        <v>146.69652277</v>
       </c>
       <c r="C296" s="5">
-        <v>-7.4916150000007065E-2</v>
+        <v>-7.465049000001045E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>-0.61079748310554072</v>
+        <v>-0.60863736139399327</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>147.40283163000001</v>
+        <v>147.40256675000001</v>
       </c>
       <c r="C297" s="5">
-        <v>0.70663002000000574</v>
+        <v>0.70604398000000401</v>
       </c>
       <c r="D297" s="5">
-        <v>5.9359807011315269</v>
+        <v>5.9309133543185233</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>148.16180618999999</v>
+        <v>148.16204525000001</v>
       </c>
       <c r="C298" s="5">
-        <v>0.75897455999998442</v>
+        <v>0.75947850000000017</v>
       </c>
       <c r="D298" s="5">
-        <v>6.3567962879654161</v>
+        <v>6.3611491186455371</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>148.08451604999999</v>
+        <v>148.08465982000001</v>
       </c>
       <c r="C299" s="5">
-        <v>-7.7290140000002339E-2</v>
+        <v>-7.7385429999992539E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>-0.62419948722988172</v>
+        <v>-0.62496583973943309</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>148.29003182</v>
+        <v>148.28988608</v>
       </c>
       <c r="C300" s="5">
-        <v>0.2055157700000052</v>
+        <v>0.20522625999998922</v>
       </c>
       <c r="D300" s="5">
-        <v>1.6781640730270553</v>
+        <v>1.6757803561358697</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>149.0202711</v>
+        <v>149.0200954</v>
       </c>
       <c r="C301" s="5">
-        <v>0.73023928000000637</v>
+        <v>0.73020932000000016</v>
       </c>
       <c r="D301" s="5">
-        <v>6.0719832927723871</v>
+        <v>6.0717335181325494</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>149.20692213000001</v>
+        <v>149.20637342000001</v>
       </c>
       <c r="C302" s="5">
-        <v>0.18665103000000727</v>
+        <v>0.18627802000000315</v>
       </c>
       <c r="D302" s="5">
-        <v>1.5134227797534594</v>
+        <v>1.5103792716345543</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>149.57173763</v>
+        <v>149.57671528</v>
       </c>
       <c r="C303" s="5">
-        <v>0.36481549999999174</v>
+        <v>0.37034185999999636</v>
       </c>
       <c r="D303" s="5">
-        <v>2.9738160984372319</v>
+        <v>3.0194926155868274</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>149.78661313999999</v>
+        <v>149.78678439999999</v>
       </c>
       <c r="C304" s="5">
-        <v>0.21487550999998462</v>
+        <v>0.21006911999998579</v>
       </c>
       <c r="D304" s="5">
-        <v>1.7376127748268688</v>
+        <v>1.6983877482623644</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>150.44910003999999</v>
+        <v>150.44714286999999</v>
       </c>
       <c r="C305" s="5">
-        <v>0.66248690000000465</v>
+        <v>0.66035847000000558</v>
       </c>
       <c r="D305" s="5">
-        <v>5.4384757742075962</v>
+        <v>5.4205709372630251</v>
       </c>
       <c r="E305" s="5">
-        <v>2.7423454746860587</v>
+        <v>2.7418267188113798</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>150.37639637000001</v>
+        <v>150.37324516999999</v>
       </c>
       <c r="C306" s="5">
-        <v>-7.2703669999981457E-2</v>
+        <v>-7.3897700000003397E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>-0.57835437436849491</v>
+        <v>-0.58783481003594762</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>150.4090406</v>
+        <v>150.40873615999999</v>
       </c>
       <c r="C307" s="5">
-        <v>3.2644229999988283E-2</v>
+        <v>3.5490989999999556E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>0.26081141626903559</v>
+        <v>0.28359111861580022</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>151.01121896000001</v>
+        <v>151.01109812999999</v>
       </c>
       <c r="C308" s="5">
-        <v>0.60217836000001057</v>
+        <v>0.60236197000000402</v>
       </c>
       <c r="D308" s="5">
-        <v>4.9115408146593875</v>
+        <v>4.91308169487783</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>151.21181038</v>
+        <v>151.21117323999999</v>
       </c>
       <c r="C309" s="5">
-        <v>0.20059141999999497</v>
+        <v>0.20007511000000022</v>
       </c>
       <c r="D309" s="5">
-        <v>1.605682574667644</v>
+        <v>1.6015207743886428</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>151.38100161</v>
+        <v>151.38102795</v>
       </c>
       <c r="C310" s="5">
-        <v>0.16919122999999558</v>
+        <v>0.16985471000000985</v>
       </c>
       <c r="D310" s="5">
-        <v>1.3509763751107018</v>
+        <v>1.3563127255962204</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>151.08088136999999</v>
+        <v>151.08236292999999</v>
       </c>
       <c r="C311" s="5">
-        <v>-0.30012024000001247</v>
+        <v>-0.2986650200000156</v>
       </c>
       <c r="D311" s="5">
-        <v>-2.3532880635489639</v>
+        <v>-2.3420005955500756</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>151.47647513000001</v>
+        <v>151.47626622999999</v>
       </c>
       <c r="C312" s="5">
-        <v>0.39559376000002544</v>
+        <v>0.39390330000000517</v>
       </c>
       <c r="D312" s="5">
-        <v>3.1877562653139346</v>
+        <v>3.1739067796177078</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>151.50077938000001</v>
+        <v>151.50059103999999</v>
       </c>
       <c r="C313" s="5">
-        <v>2.4304250000000138E-2</v>
+        <v>2.4324809999995978E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>0.19270880879238561</v>
+        <v>0.19287223961272915</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>151.95412504000001</v>
+        <v>151.95436189</v>
       </c>
       <c r="C314" s="5">
-        <v>0.45334565999999654</v>
+        <v>0.45377085000001216</v>
       </c>
       <c r="D314" s="5">
-        <v>3.6505297510891932</v>
+        <v>3.6540147754723806</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>152.39305096999999</v>
+        <v>152.40097043</v>
       </c>
       <c r="C315" s="5">
-        <v>0.43892592999998215</v>
+        <v>0.44660853999999972</v>
       </c>
       <c r="D315" s="5">
-        <v>3.5218528102306967</v>
+        <v>3.5844908217988358</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>152.71576633999999</v>
+        <v>152.71544549000001</v>
       </c>
       <c r="C316" s="5">
-        <v>0.32271536999999739</v>
+        <v>0.31447506000000658</v>
       </c>
       <c r="D316" s="5">
-        <v>2.5709890537810809</v>
+        <v>2.5044622384589044</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>153.06248404999999</v>
+        <v>153.05989486999999</v>
       </c>
       <c r="C317" s="5">
-        <v>0.34671771000000717</v>
+        <v>0.34444937999998615</v>
       </c>
       <c r="D317" s="5">
-        <v>2.7586941323479941</v>
+        <v>2.7404272960009246</v>
       </c>
       <c r="E317" s="5">
-        <v>1.7370552627467895</v>
+        <v>1.7366577723962884</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>154.82806596</v>
+        <v>154.82262605</v>
       </c>
       <c r="C318" s="5">
-        <v>1.7655819100000087</v>
+        <v>1.762731180000003</v>
       </c>
       <c r="D318" s="5">
-        <v>14.754884259315171</v>
+        <v>14.729797262967391</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>154.65740227000001</v>
+        <v>154.65583935000001</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.17066368999999781</v>
+        <v>-0.16678669999998874</v>
       </c>
       <c r="D319" s="5">
-        <v>-1.3147447925743294</v>
+        <v>-1.2850991876673268</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>154.68554992</v>
+        <v>154.6841661</v>
       </c>
       <c r="C320" s="5">
-        <v>2.8147649999993973E-2</v>
+        <v>2.8326749999990852E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>0.21861877274953478</v>
+        <v>0.22001344406659129</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>155.21045434999999</v>
+        <v>155.20936807000001</v>
       </c>
       <c r="C321" s="5">
-        <v>0.52490442999999232</v>
+        <v>0.5252019700000119</v>
       </c>
       <c r="D321" s="5">
-        <v>4.1489019324293386</v>
+        <v>4.1513356457609119</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>155.41061027999999</v>
+        <v>155.41084576</v>
       </c>
       <c r="C322" s="5">
-        <v>0.20015592999999399</v>
+        <v>0.20147768999999016</v>
       </c>
       <c r="D322" s="5">
-        <v>1.5585163440298366</v>
+        <v>1.5688928930999824</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>155.2919038</v>
+        <v>155.29557932</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.11870647999998596</v>
+        <v>-0.11526643999999919</v>
       </c>
       <c r="D323" s="5">
-        <v>-0.91274893314190475</v>
+        <v>-0.8864045114442165</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>156.46074941000001</v>
+        <v>156.46170549000001</v>
       </c>
       <c r="C324" s="5">
-        <v>1.1688456100000053</v>
+        <v>1.1661261700000125</v>
       </c>
       <c r="D324" s="5">
-        <v>9.4155637595362496</v>
+        <v>9.3925133869583011</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>156.81634994999999</v>
+        <v>156.81709864000001</v>
       </c>
       <c r="C325" s="5">
-        <v>0.35560053999998331</v>
+        <v>0.3553931499999976</v>
       </c>
       <c r="D325" s="5">
-        <v>2.7616855665506979</v>
+        <v>2.7600376705591012</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>157.18277925999999</v>
+        <v>157.18391803</v>
       </c>
       <c r="C326" s="5">
-        <v>0.3664293100000009</v>
+        <v>0.3668193899999892</v>
       </c>
       <c r="D326" s="5">
-        <v>2.8403321501872414</v>
+        <v>2.8433810639565404</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>156.91938028000001</v>
+        <v>156.92897930000001</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.26339897999997675</v>
+        <v>-0.25493872999999212</v>
       </c>
       <c r="D327" s="5">
-        <v>-1.9924689584473021</v>
+        <v>-1.9290278265629679</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>157.63993914</v>
+        <v>157.63934201000001</v>
       </c>
       <c r="C328" s="5">
-        <v>0.72055885999998281</v>
+        <v>0.71036270999999829</v>
       </c>
       <c r="D328" s="5">
-        <v>5.651602964810154</v>
+        <v>5.5692803831933091</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>157.89556203999999</v>
+        <v>157.89192395000001</v>
       </c>
       <c r="C329" s="5">
-        <v>0.25562289999999166</v>
+        <v>0.25258193999999889</v>
       </c>
       <c r="D329" s="5">
-        <v>1.9633227343218485</v>
+        <v>1.9397677207209973</v>
       </c>
       <c r="E329" s="5">
-        <v>3.1575849692999869</v>
+        <v>3.1569530895758424</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>158.67013058000001</v>
+        <v>158.66262155999999</v>
       </c>
       <c r="C330" s="5">
-        <v>0.7745685400000184</v>
+        <v>0.77069760999998493</v>
       </c>
       <c r="D330" s="5">
-        <v>6.0481429571446421</v>
+        <v>6.0172435953394832</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>158.55466009</v>
+        <v>158.55044670000001</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.11547049000000698</v>
+        <v>-0.11217485999998189</v>
       </c>
       <c r="D331" s="5">
-        <v>-0.86980023742121437</v>
+        <v>-0.84511165985636794</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>159.17479341999999</v>
+        <v>159.16970533</v>
       </c>
       <c r="C332" s="5">
-        <v>0.62013332999998738</v>
+        <v>0.61925862999999026</v>
       </c>
       <c r="D332" s="5">
-        <v>4.7956866648223961</v>
+        <v>4.7889063786224595</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>159.21410338999999</v>
+        <v>159.21165794000001</v>
       </c>
       <c r="C333" s="5">
-        <v>3.9309970000005023E-2</v>
+        <v>4.1952610000009827E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>0.29675609284920412</v>
+        <v>0.3167447954604663</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>159.64707184</v>
+        <v>159.64908786000001</v>
       </c>
       <c r="C334" s="5">
-        <v>0.43296845000000417</v>
+        <v>0.43742991999999958</v>
       </c>
       <c r="D334" s="5">
-        <v>3.3125456049937441</v>
+        <v>3.3472489806623207</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>160.30096030000001</v>
+        <v>160.30929864999999</v>
       </c>
       <c r="C335" s="5">
-        <v>0.65388846000001877</v>
+        <v>0.6602107899999794</v>
       </c>
       <c r="D335" s="5">
-        <v>5.0272514825827841</v>
+        <v>5.0769044607913205</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>160.66493174999999</v>
+        <v>160.66849307000001</v>
       </c>
       <c r="C336" s="5">
-        <v>0.36397144999997977</v>
+        <v>0.35919442000002277</v>
       </c>
       <c r="D336" s="5">
-        <v>2.7589452682644788</v>
+        <v>2.7221440924400708</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>160.83476739</v>
+        <v>160.83779749999999</v>
       </c>
       <c r="C337" s="5">
-        <v>0.16983564000000229</v>
+        <v>0.16930442999998263</v>
       </c>
       <c r="D337" s="5">
-        <v>1.2758966599550003</v>
+        <v>1.2718544115507546</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>160.93214583</v>
+        <v>160.93460836</v>
       </c>
       <c r="C338" s="5">
-        <v>9.7378439999999955E-2</v>
+        <v>9.681086000000505E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>0.72897198623718129</v>
+        <v>0.72469532539318759</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>162.24919328999999</v>
+        <v>162.25886980000001</v>
       </c>
       <c r="C339" s="5">
-        <v>1.3170474599999977</v>
+        <v>1.324261440000015</v>
       </c>
       <c r="D339" s="5">
-        <v>10.274964991120727</v>
+        <v>10.333651041137504</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>162.32573077000001</v>
+        <v>162.32413946</v>
       </c>
       <c r="C340" s="5">
-        <v>7.6537480000013147E-2</v>
+        <v>6.5269659999984242E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>0.56754453666045812</v>
+        <v>0.48377699503299176</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>162.62372913999999</v>
+        <v>162.61871893</v>
       </c>
       <c r="C341" s="5">
-        <v>0.29799836999998774</v>
+        <v>0.29457947000000217</v>
       </c>
       <c r="D341" s="5">
-        <v>2.2253457286139922</v>
+        <v>2.1995810249537895</v>
       </c>
       <c r="E341" s="5">
-        <v>2.9944901800357249</v>
+        <v>2.9936901532068516</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>162.79369822000001</v>
+        <v>162.78404900000001</v>
       </c>
       <c r="C342" s="5">
-        <v>0.16996908000001554</v>
+        <v>0.16533007000001021</v>
       </c>
       <c r="D342" s="5">
-        <v>1.2614361778246153</v>
+        <v>1.2268527585878264</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>163.1544284</v>
+        <v>163.14482086000001</v>
       </c>
       <c r="C343" s="5">
-        <v>0.36073017999999024</v>
+        <v>0.36077185999999983</v>
       </c>
       <c r="D343" s="5">
-        <v>2.6916949232012932</v>
+        <v>2.6921712536030151</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>163.54871951999999</v>
+        <v>163.53926654</v>
       </c>
       <c r="C344" s="5">
-        <v>0.39429111999999122</v>
+        <v>0.39444567999998981</v>
       </c>
       <c r="D344" s="5">
-        <v>2.9388674878111587</v>
+        <v>2.9402103158243431</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>163.82761192999999</v>
+        <v>163.82539893000001</v>
       </c>
       <c r="C345" s="5">
-        <v>0.27889240999999743</v>
+        <v>0.2861323900000059</v>
       </c>
       <c r="D345" s="5">
-        <v>2.0656086495114412</v>
+        <v>2.119872139890977</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>164.11395317</v>
+        <v>164.1165704</v>
       </c>
       <c r="C346" s="5">
-        <v>0.28634124000001293</v>
+        <v>0.29117146999999477</v>
       </c>
       <c r="D346" s="5">
-        <v>2.1176645755475398</v>
+        <v>2.1537663280241315</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>164.54468643000001</v>
+        <v>164.55469048</v>
       </c>
       <c r="C347" s="5">
-        <v>0.43073326000001089</v>
+        <v>0.43812008000000446</v>
       </c>
       <c r="D347" s="5">
-        <v>3.1953827096137477</v>
+        <v>3.2509361966050365</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>164.16274154000001</v>
+        <v>164.17841149</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.38194488999999976</v>
+        <v>-0.37627899000000298</v>
       </c>
       <c r="D348" s="5">
-        <v>-2.7501798706957237</v>
+        <v>-2.7097318711980733</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>164.65375359999999</v>
+        <v>164.65831552</v>
       </c>
       <c r="C349" s="5">
-        <v>0.49101205999997433</v>
+        <v>0.47990403000000015</v>
       </c>
       <c r="D349" s="5">
-        <v>3.6488466057897018</v>
+        <v>3.5646224881790811</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>164.26451768000001</v>
+        <v>164.26857061000001</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.38923591999997598</v>
+        <v>-0.38974490999999034</v>
       </c>
       <c r="D350" s="5">
-        <v>-2.8001655988109331</v>
+        <v>-2.8037030665578833</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>164.58198608000001</v>
+        <v>164.58971367999999</v>
       </c>
       <c r="C351" s="5">
-        <v>0.31746839999999565</v>
+        <v>0.32114306999997666</v>
       </c>
       <c r="D351" s="5">
-        <v>2.3440106536361416</v>
+        <v>2.371375656057273</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>164.48524626</v>
+        <v>164.48223010999999</v>
       </c>
       <c r="C352" s="5">
-        <v>-9.6739820000010468E-2</v>
+        <v>-0.10748356999999942</v>
       </c>
       <c r="D352" s="5">
-        <v>-0.70307344449819231</v>
+        <v>-0.78083877431960325</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>164.52774643999999</v>
+        <v>164.52016391999999</v>
       </c>
       <c r="C353" s="5">
-        <v>4.2500179999990451E-2</v>
+        <v>3.7933809999998402E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>0.31050052414480778</v>
+        <v>0.277102009904584</v>
       </c>
       <c r="E353" s="5">
-        <v>1.1708114861644026</v>
+        <v>1.169265753974158</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>164.4410948</v>
+        <v>164.42939118999999</v>
       </c>
       <c r="C354" s="5">
-        <v>-8.6651639999985264E-2</v>
+        <v>-9.0772729999997637E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>-0.63017512878070781</v>
+        <v>-0.66008525505732996</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>164.74434353999999</v>
+        <v>164.72862670000001</v>
       </c>
       <c r="C355" s="5">
-        <v>0.30324873999998658</v>
+        <v>0.2992355100000168</v>
       </c>
       <c r="D355" s="5">
-        <v>2.2355249162181012</v>
+        <v>2.2058015670404885</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>165.01188467</v>
+        <v>164.99649429999999</v>
       </c>
       <c r="C356" s="5">
-        <v>0.26754113000001212</v>
+        <v>0.26786759999998822</v>
       </c>
       <c r="D356" s="5">
-        <v>1.9662739380696959</v>
+        <v>1.9688843203386153</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>165.64354548</v>
+        <v>165.64168888</v>
       </c>
       <c r="C357" s="5">
-        <v>0.63166080999999963</v>
+        <v>0.64519458000000895</v>
       </c>
       <c r="D357" s="5">
-        <v>4.6915228860244795</v>
+        <v>4.7946706952268991</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>166.08404836</v>
+        <v>166.08733412999999</v>
       </c>
       <c r="C358" s="5">
-        <v>0.44050287999999682</v>
+        <v>0.44564524999998412</v>
       </c>
       <c r="D358" s="5">
-        <v>3.2383028191991237</v>
+        <v>3.2767047604025157</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>166.42728267000001</v>
+        <v>166.43796617000001</v>
       </c>
       <c r="C359" s="5">
-        <v>0.34323431000001392</v>
+        <v>0.35063204000002202</v>
       </c>
       <c r="D359" s="5">
-        <v>2.5083396667805236</v>
+        <v>2.5629799646145202</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>167.01317166000001</v>
+        <v>167.04303654</v>
       </c>
       <c r="C360" s="5">
-        <v>0.58588899000000083</v>
+        <v>0.60507036999999286</v>
       </c>
       <c r="D360" s="5">
-        <v>4.3072306016579409</v>
+        <v>4.4507856004766699</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>167.26663979</v>
+        <v>167.26972778999999</v>
       </c>
       <c r="C361" s="5">
-        <v>0.25346812999998747</v>
+        <v>0.22669124999998758</v>
       </c>
       <c r="D361" s="5">
-        <v>1.8364630019884975</v>
+        <v>1.6407096926189135</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>167.86162071999999</v>
+        <v>167.88106574</v>
       </c>
       <c r="C362" s="5">
-        <v>0.5949809299999913</v>
+        <v>0.61133795000000646</v>
       </c>
       <c r="D362" s="5">
-        <v>4.3530035530390698</v>
+        <v>4.4750069216822785</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>167.78967245000001</v>
+        <v>167.79149029000001</v>
       </c>
       <c r="C363" s="5">
-        <v>-7.194826999997872E-2</v>
+        <v>-8.9575449999983903E-2</v>
       </c>
       <c r="D363" s="5">
-        <v>-0.51312909937695217</v>
+        <v>-0.63840229616208832</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>168.22435827000001</v>
+        <v>168.21868977</v>
       </c>
       <c r="C364" s="5">
-        <v>0.43468581999999856</v>
+        <v>0.42719947999998453</v>
       </c>
       <c r="D364" s="5">
-        <v>3.1534715140184799</v>
+        <v>3.0983643820935658</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>168.80775113999999</v>
+        <v>168.79639359000001</v>
       </c>
       <c r="C365" s="5">
-        <v>0.58339286999998308</v>
+        <v>0.57770382000001064</v>
       </c>
       <c r="D365" s="5">
-        <v>4.2418349650403586</v>
+        <v>4.199829886226647</v>
       </c>
       <c r="E365" s="5">
-        <v>2.6013877857135936</v>
+        <v>2.599213110484988</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>168.99852910999999</v>
+        <v>168.98218591</v>
       </c>
       <c r="C366" s="5">
-        <v>0.19077796999999919</v>
+        <v>0.18579231999999024</v>
       </c>
       <c r="D366" s="5">
-        <v>1.3646408234458951</v>
+        <v>1.3288521189304348</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>169.364743</v>
+        <v>169.339022</v>
       </c>
       <c r="C367" s="5">
-        <v>0.36621389000001159</v>
+        <v>0.3568360900000016</v>
       </c>
       <c r="D367" s="5">
-        <v>2.6315747669810818</v>
+        <v>2.5636532748086527</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>168.94171774</v>
+        <v>168.91850665000001</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.42302526000000285</v>
+        <v>-0.42051534999998808</v>
       </c>
       <c r="D368" s="5">
-        <v>-2.9564270236631884</v>
+        <v>-2.9395650329236966</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>162.46908393000001</v>
+        <v>162.46680406999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-6.4726338099999907</v>
+        <v>-6.451702580000017</v>
       </c>
       <c r="D369" s="5">
-        <v>-37.424271632287478</v>
+        <v>-37.331565013442884</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>162.67731670000001</v>
+        <v>162.68065786</v>
       </c>
       <c r="C370" s="5">
-        <v>0.20823276999999507</v>
+        <v>0.21385379000000171</v>
       </c>
       <c r="D370" s="5">
-        <v>1.5488997613766431</v>
+        <v>1.5910363118505799</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>162.87637158000001</v>
+        <v>162.88762037999999</v>
       </c>
       <c r="C371" s="5">
-        <v>0.1990548800000056</v>
+        <v>0.20696251999999049</v>
       </c>
       <c r="D371" s="5">
-        <v>1.478263710481964</v>
+        <v>1.5373688810431663</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>163.26096200000001</v>
+        <v>163.30778346</v>
       </c>
       <c r="C372" s="5">
-        <v>0.38459041999999499</v>
+        <v>0.4201630800000089</v>
       </c>
       <c r="D372" s="5">
-        <v>2.8705788089045114</v>
+        <v>3.1396530498557729</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>163.08388306000001</v>
+        <v>163.08905798000001</v>
       </c>
       <c r="C373" s="5">
-        <v>-0.17707894000000124</v>
+        <v>-0.21872547999998915</v>
       </c>
       <c r="D373" s="5">
-        <v>-1.2938283522752614</v>
+        <v>-1.5954274419306413</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>163.00118047999999</v>
+        <v>163.04104878000001</v>
       </c>
       <c r="C374" s="5">
-        <v>-8.2702580000017178E-2</v>
+        <v>-4.8009199999995644E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>-0.60684574329111785</v>
+        <v>-0.3526775896468326</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>163.95129033000001</v>
+        <v>163.95314096000001</v>
       </c>
       <c r="C375" s="5">
-        <v>0.95010985000001824</v>
+        <v>0.91209218000000192</v>
       </c>
       <c r="D375" s="5">
-        <v>7.2232760519996608</v>
+        <v>6.9235501381834652</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>164.67014208000001</v>
+        <v>164.66579332000001</v>
       </c>
       <c r="C376" s="5">
-        <v>0.7188517499999989</v>
+        <v>0.71265235999999277</v>
       </c>
       <c r="D376" s="5">
-        <v>5.3902062795257777</v>
+        <v>5.3425424735109361</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>164.87555825999999</v>
+        <v>164.85585276</v>
       </c>
       <c r="C377" s="5">
-        <v>0.20541617999998607</v>
+        <v>0.19005943999999886</v>
       </c>
       <c r="D377" s="5">
-        <v>1.5072415568772923</v>
+        <v>1.3938823871798123</v>
       </c>
       <c r="E377" s="5">
-        <v>-2.3293911881681617</v>
+        <v>-2.3344934960941366</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>166.06123321999999</v>
+        <v>166.03521280000001</v>
       </c>
       <c r="C378" s="5">
-        <v>1.1856749600000001</v>
+        <v>1.1793600400000059</v>
       </c>
       <c r="D378" s="5">
-        <v>8.9792354907875414</v>
+        <v>8.9306248904814431</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>165.68825498000001</v>
+        <v>165.64761634999999</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.37297823999998059</v>
+        <v>-0.38759645000001797</v>
       </c>
       <c r="D379" s="5">
-        <v>-2.6621874043582738</v>
+        <v>-2.7656193201155199</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>167.21033215</v>
+        <v>167.16509676999999</v>
       </c>
       <c r="C380" s="5">
-        <v>1.5220771699999887</v>
+        <v>1.5174804199999983</v>
       </c>
       <c r="D380" s="5">
-        <v>11.598055334828206</v>
+        <v>11.564226580364156</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>168.30118007999999</v>
+        <v>168.29461309000001</v>
       </c>
       <c r="C381" s="5">
-        <v>1.0908479299999954</v>
+        <v>1.1295163200000218</v>
       </c>
       <c r="D381" s="5">
-        <v>8.1156637246170718</v>
+        <v>8.4164869414860668</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>168.18578804000001</v>
+        <v>168.19303803</v>
       </c>
       <c r="C382" s="5">
-        <v>-0.11539203999998904</v>
+        <v>-0.10157506000001604</v>
       </c>
       <c r="D382" s="5">
-        <v>-0.81965838625520648</v>
+        <v>-0.72186662536927182</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>168.73795912</v>
+        <v>168.75754451</v>
       </c>
       <c r="C383" s="5">
-        <v>0.55217107999999371</v>
+        <v>0.56450648000000569</v>
       </c>
       <c r="D383" s="5">
-        <v>4.0116463934517288</v>
+        <v>4.1027468167212033</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>169.93166504000001</v>
+        <v>169.99257295000001</v>
       </c>
       <c r="C384" s="5">
-        <v>1.1937059200000135</v>
+        <v>1.2350284400000078</v>
       </c>
       <c r="D384" s="5">
-        <v>8.8273988613404519</v>
+        <v>9.1442839927611708</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>169.90832718999999</v>
+        <v>169.92378615000001</v>
       </c>
       <c r="C385" s="5">
-        <v>-2.3337850000018534E-2</v>
+        <v>-6.8786799999998038E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>-0.16467958301006336</v>
+        <v>-0.48449587983948605</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>169.79301415</v>
+        <v>169.86121120000001</v>
       </c>
       <c r="C386" s="5">
-        <v>-0.11531303999998954</v>
+        <v>-6.2574949999998353E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>-0.81138045568220907</v>
+        <v>-0.44100971200281558</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>172.34248282999999</v>
+        <v>172.35535175000001</v>
       </c>
       <c r="C387" s="5">
-        <v>2.5494686799999897</v>
+        <v>2.4941405499999973</v>
       </c>
       <c r="D387" s="5">
-        <v>19.583243204902789</v>
+        <v>19.115061410552634</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>172.89006101000001</v>
+        <v>172.89592041</v>
       </c>
       <c r="C388" s="5">
-        <v>0.54757818000001635</v>
+        <v>0.54056865999999104</v>
       </c>
       <c r="D388" s="5">
-        <v>3.8800589767117533</v>
+        <v>3.82923977595091</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>173.54766377999999</v>
+        <v>173.51559146</v>
       </c>
       <c r="C389" s="5">
-        <v>0.65760276999998268</v>
+        <v>0.61967104999999378</v>
       </c>
       <c r="D389" s="5">
-        <v>4.6610121993429621</v>
+        <v>4.3866855353748901</v>
       </c>
       <c r="E389" s="5">
-        <v>5.2597884195330735</v>
+        <v>5.2529155350080181</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>173.73716028000001</v>
+        <v>173.69245376999999</v>
       </c>
       <c r="C390" s="5">
-        <v>0.18949650000001839</v>
+        <v>0.17686230999998998</v>
       </c>
       <c r="D390" s="5">
-        <v>1.3181761732088626</v>
+        <v>1.230025657213174</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>174.37696020000001</v>
+        <v>174.30548200000001</v>
       </c>
       <c r="C391" s="5">
-        <v>0.63979992000000152</v>
+        <v>0.61302823000002604</v>
       </c>
       <c r="D391" s="5">
-        <v>4.5097013601423486</v>
+        <v>4.3184551666163307</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>175.30677399999999</v>
+        <v>175.21620501999999</v>
       </c>
       <c r="C392" s="5">
-        <v>0.92981379999997671</v>
+        <v>0.91072301999997762</v>
       </c>
       <c r="D392" s="5">
-        <v>6.5896763666239977</v>
+        <v>6.4531909508321661</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>177.85850898999999</v>
+        <v>177.83563702000001</v>
       </c>
       <c r="C393" s="5">
-        <v>2.5517349899999999</v>
+        <v>2.6194320000000175</v>
       </c>
       <c r="D393" s="5">
-        <v>18.935469685525199</v>
+        <v>19.490754067882278</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>178.99800049999999</v>
+        <v>179.02291356999999</v>
       </c>
       <c r="C394" s="5">
-        <v>1.1394915099999992</v>
+        <v>1.1872765499999787</v>
       </c>
       <c r="D394" s="5">
-        <v>7.964850956765912</v>
+        <v>8.3123333499009799</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>178.882037</v>
+        <v>178.92843796</v>
       </c>
       <c r="C395" s="5">
-        <v>-0.11596349999999234</v>
+        <v>-9.4475609999989274E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>-0.77465352926974207</v>
+        <v>-0.63144012231105551</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>181.48201230000001</v>
+        <v>181.56283611000001</v>
       </c>
       <c r="C396" s="5">
-        <v>2.5999753000000112</v>
+        <v>2.6343981500000098</v>
       </c>
       <c r="D396" s="5">
-        <v>18.905584781163398</v>
+        <v>19.171127861583702</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>182.20393733</v>
+        <v>182.23890975</v>
       </c>
       <c r="C397" s="5">
-        <v>0.72192502999999419</v>
+        <v>0.67607363999999848</v>
       </c>
       <c r="D397" s="5">
-        <v>4.8793670247813559</v>
+        <v>4.5610188232979354</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>183.56746175999999</v>
+        <v>183.65766694999999</v>
       </c>
       <c r="C398" s="5">
-        <v>1.363524429999984</v>
+        <v>1.4187571999999875</v>
       </c>
       <c r="D398" s="5">
-        <v>9.35920459116657</v>
+        <v>9.7527609005295659</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>185.70308514000001</v>
+        <v>185.73673724</v>
       </c>
       <c r="C399" s="5">
-        <v>2.1356233800000268</v>
+        <v>2.0790702900000042</v>
       </c>
       <c r="D399" s="5">
-        <v>14.889672702017487</v>
+        <v>14.46296453871394</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>186.41760664</v>
+        <v>186.43760216999999</v>
       </c>
       <c r="C400" s="5">
-        <v>0.71452149999998937</v>
+        <v>0.7008649299999945</v>
       </c>
       <c r="D400" s="5">
-        <v>4.716160099297162</v>
+        <v>4.6232864242950367</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>186.79438472999999</v>
+        <v>186.74802708999999</v>
       </c>
       <c r="C401" s="5">
-        <v>0.37677808999998774</v>
+        <v>0.31042492000000266</v>
       </c>
       <c r="D401" s="5">
-        <v>2.4525247339015621</v>
+        <v>2.0164399928868759</v>
       </c>
       <c r="E401" s="5">
-        <v>7.632900761368</v>
+        <v>7.6260787394719198</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>187.14872260000001</v>
+        <v>187.07518712999999</v>
       </c>
       <c r="C402" s="5">
-        <v>0.35433787000002326</v>
+        <v>0.32716003999999543</v>
       </c>
       <c r="D402" s="5">
-        <v>2.3002289816130395</v>
+        <v>2.1226300917545737</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>187.72096311999999</v>
+        <v>187.60761661999999</v>
       </c>
       <c r="C403" s="5">
-        <v>0.57224051999997982</v>
+        <v>0.5324294899999984</v>
       </c>
       <c r="D403" s="5">
-        <v>3.7315527987161756</v>
+        <v>3.4692579226054621</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>187.85478595000001</v>
+        <v>187.70772536999999</v>
       </c>
       <c r="C404" s="5">
-        <v>0.13382283000001394</v>
+        <v>0.10010875000000397</v>
       </c>
       <c r="D404" s="5">
-        <v>0.85882008519451158</v>
+        <v>0.64221108762139156</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>187.40889615</v>
+        <v>187.36963401</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.44588980000000333</v>
+        <v>-0.33809135999999285</v>
       </c>
       <c r="D405" s="5">
-        <v>-2.811413951424957</v>
+        <v>-2.1401066658533585</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>187.27852922</v>
+        <v>187.32729570999999</v>
       </c>
       <c r="C406" s="5">
-        <v>-0.1303669300000081</v>
+        <v>-4.2338300000011486E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>-0.83156761064094864</v>
+        <v>-0.27081691645000072</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>187.16687110999999</v>
+        <v>187.26020972000001</v>
       </c>
       <c r="C407" s="5">
-        <v>-0.11165811000000758</v>
+        <v>-6.7085989999981166E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>-0.71311553135402495</v>
+        <v>-0.42890072222397935</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>184.94234288000001</v>
+        <v>185.03571624</v>
       </c>
       <c r="C408" s="5">
-        <v>-2.2245282299999758</v>
+        <v>-2.2244934800000067</v>
       </c>
       <c r="D408" s="5">
-        <v>-13.365973948551579</v>
+        <v>-13.359545632075543</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>184.90197673</v>
+        <v>184.95638030000001</v>
       </c>
       <c r="C409" s="5">
-        <v>-4.0366150000011203E-2</v>
+        <v>-7.9335939999992888E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>-0.26160192702893159</v>
+        <v>-0.51330059027634434</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>184.23969296999999</v>
+        <v>184.35411938999999</v>
       </c>
       <c r="C410" s="5">
-        <v>-0.66228376000000821</v>
+        <v>-0.60226091000001247</v>
       </c>
       <c r="D410" s="5">
-        <v>-4.2145011226026092</v>
+        <v>-3.8382524881913072</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>184.05714309000001</v>
+        <v>184.10947643</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.18254987999998207</v>
+        <v>-0.24464295999999308</v>
       </c>
       <c r="D411" s="5">
-        <v>-1.1825356835096446</v>
+        <v>-1.5808614776026464</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>183.14425213000001</v>
+        <v>183.17748724</v>
       </c>
       <c r="C412" s="5">
-        <v>-0.91289095999999859</v>
+        <v>-0.93198918999999592</v>
       </c>
       <c r="D412" s="5">
-        <v>-5.7920838178944889</v>
+        <v>-5.9082705168230891</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>182.14640957</v>
+        <v>182.08686954000001</v>
       </c>
       <c r="C413" s="5">
-        <v>-0.99784256000000937</v>
+        <v>-1.0906176999999957</v>
       </c>
       <c r="D413" s="5">
-        <v>-6.3456699404703993</v>
+        <v>-6.9152819684646483</v>
       </c>
       <c r="E413" s="5">
-        <v>-2.488284199077162</v>
+        <v>-2.4959607994967548</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>182.58712964</v>
+        <v>182.48267917000001</v>
       </c>
       <c r="C414" s="5">
-        <v>0.44072006999999758</v>
+        <v>0.39580963000000224</v>
       </c>
       <c r="D414" s="5">
-        <v>2.9424634527210225</v>
+        <v>2.6399018349936965</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>181.98382258000001</v>
+        <v>181.82446508999999</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.60330705999999168</v>
+        <v>-0.6582140800000218</v>
       </c>
       <c r="D415" s="5">
-        <v>-3.8937875955667667</v>
+        <v>-4.243549172644645</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>181.42707164999999</v>
+        <v>181.22435235</v>
       </c>
       <c r="C416" s="5">
-        <v>-0.55675093000002107</v>
+        <v>-0.60011273999998593</v>
       </c>
       <c r="D416" s="5">
-        <v>-3.6100639874365625</v>
+        <v>-3.889496304556761</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>181.55575644999999</v>
+        <v>181.50059250999999</v>
       </c>
       <c r="C417" s="5">
-        <v>0.12868480000000204</v>
+        <v>0.27624015999998619</v>
       </c>
       <c r="D417" s="5">
-        <v>0.85447888760092905</v>
+        <v>1.84457241248841</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>181.32711212999999</v>
+        <v>181.40478469999999</v>
       </c>
       <c r="C418" s="5">
-        <v>-0.22864432000000079</v>
+        <v>-9.5807809999996607E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>-1.5008100102552047</v>
+        <v>-0.63160219666344997</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>181.21491452999999</v>
+        <v>181.36465082000001</v>
       </c>
       <c r="C419" s="5">
-        <v>-0.11219760000000178</v>
+        <v>-4.0133879999984856E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-0.73998791066872682</v>
+        <v>-0.26516443098941744</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>179.16730939999999</v>
+        <v>179.26936882000001</v>
       </c>
       <c r="C420" s="5">
-        <v>-2.0476051299999938</v>
+        <v>-2.0952819999999974</v>
       </c>
       <c r="D420" s="5">
-        <v>-12.747475895941996</v>
+        <v>-13.015605669226249</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>179.1780602</v>
+        <v>179.25075146</v>
       </c>
       <c r="C421" s="5">
-        <v>1.075080000001094E-2</v>
+        <v>-1.8617360000007466E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>7.2028867951878794E-2</v>
+        <v>-0.12455042306905861</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>179.54836433</v>
+        <v>179.67263964</v>
       </c>
       <c r="C422" s="5">
-        <v>0.37030412999999385</v>
+        <v>0.42188817999999628</v>
       </c>
       <c r="D422" s="5">
-        <v>2.5084036538168819</v>
+        <v>2.8611934193321975</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>179.65205824</v>
+        <v>179.7201469</v>
       </c>
       <c r="C423" s="5">
-        <v>0.10369391000000405</v>
+        <v>4.7507260000003271E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>0.69523719532054162</v>
+        <v>0.317753946636401</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>179.63796775</v>
+        <v>179.68010339</v>
       </c>
       <c r="C424" s="5">
-        <v>-1.4090490000000955E-2</v>
+        <v>-4.0043510000003835E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>-9.4077942122572367E-2</v>
+        <v>-0.26704501761702915</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>179.90810956999999</v>
+        <v>179.83880773999999</v>
       </c>
       <c r="C425" s="5">
-        <v>0.27014181999999209</v>
+        <v>0.15870434999999361</v>
       </c>
       <c r="D425" s="5">
-        <v>1.8195756454377321</v>
+        <v>1.0650768551413448</v>
       </c>
       <c r="E425" s="5">
-        <v>-1.2288466213987159</v>
+        <v>-1.2346095057151674</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>179.23143433000001</v>
+        <v>179.30400359000001</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.67667523999998025</v>
+        <v>-0.53480414999998516</v>
       </c>
       <c r="D426" s="5">
-        <v>-4.421264096825384</v>
+        <v>-3.5107645033978008</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>179.39257853000001</v>
+        <v>179.44013795999999</v>
       </c>
       <c r="C427" s="5">
-        <v>0.16114419999999541</v>
+        <v>0.1361343699999793</v>
       </c>
       <c r="D427" s="5">
-        <v>1.084252520334994</v>
+        <v>0.91489947365253066</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>179.48645139000001</v>
+        <v>179.42769547</v>
       </c>
       <c r="C428" s="5">
-        <v>9.3872860000004721E-2</v>
+        <v>-1.2442489999983763E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>0.62974847669181599</v>
+        <v>-8.317701493097962E-2</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>179.51995826999999</v>
+        <v>179.34328740000001</v>
       </c>
       <c r="C429" s="5">
-        <v>3.3506879999976036E-2</v>
+        <v>-8.440806999999495E-2</v>
       </c>
       <c r="D429" s="5">
-        <v>0.22424848919768703</v>
+        <v>-0.5630570084883324</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>179.64099388</v>
+        <v>179.10319998</v>
       </c>
       <c r="C430" s="5">
-        <v>0.12103561000000695</v>
+        <v>-0.24008742000000893</v>
       </c>
       <c r="D430" s="5">
-        <v>0.81206866757135288</v>
+        <v>-1.5946683448094467</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>179.85010563</v>
+        <v>179.00782261000001</v>
       </c>
       <c r="C431" s="5">
-        <v>0.20911175000000526</v>
+        <v>-9.5377369999994244E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>1.4058422787410318</v>
+        <v>-0.63716459171756501</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>179.49825580000001</v>
+        <v>178.58500771999999</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.35184982999999193</v>
+        <v>-0.42281489000001216</v>
       </c>
       <c r="D432" s="5">
-        <v>-2.3225242834276516</v>
+        <v>-2.7978563186240146</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>178.40424128999999</v>
+        <v>177.49655931999999</v>
       </c>
       <c r="C433" s="5">
-        <v>-1.0940145100000223</v>
+        <v>-1.0884484000000043</v>
       </c>
       <c r="D433" s="5">
-        <v>-7.0735590885963813</v>
+        <v>-7.0735590750917288</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>178.2729372</v>
+        <v>177.36592328</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.13130408999998622</v>
+        <v>-0.13063603999998463</v>
       </c>
       <c r="D434" s="5">
-        <v>-0.87962401140920798</v>
+        <v>-0.87962398891889837</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>177.50018747999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.13426419999998984</v>
+      </c>
+      <c r="D435" s="5">
+        <v>0.91217937646430602</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>178.41103285</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.9108453700000041</v>
+      </c>
+      <c r="D436" s="5">
+        <v>6.334623052583388</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">