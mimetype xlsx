--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6F013AFF-314F-4C6D-B753-715174F31F28}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C240DAD3-98C3-47EE-9C1C-02AF2B554802}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{5AF6882D-222D-4E0B-80DA-62673CA51C6E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B5B96476-45F7-447D-8E83-9D1D3B5ABC2F}"/>
   </bookViews>
   <sheets>
     <sheet name="houfirea" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Financial Activities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2CB6210E-6277-4FB9-B6F7-ABCC36655ED8}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{055802DB-4699-415A-8131-D3C4FEB45F4E}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>179.00782261000001</v>
       </c>
       <c r="C431" s="5">
         <v>-9.5377369999994244E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-0.63716459171756501</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>178.58500771999999</v>
       </c>
       <c r="C432" s="5">
         <v>-0.42281489000001216</v>
       </c>
       <c r="D432" s="5">
         <v>-2.7978563186240146</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>177.49655931999999</v>
       </c>
       <c r="C433" s="5">
         <v>-1.0884484000000043</v>
       </c>
       <c r="D433" s="5">
         <v>-7.0735590750917288</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>177.36592328</v>
       </c>
       <c r="C434" s="5">
         <v>-0.13063603999998463</v>
       </c>
       <c r="D434" s="5">
         <v>-0.87962398891889837</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>177.50018747999999</v>
       </c>
       <c r="C435" s="5">
         <v>0.13426419999998984</v>
       </c>
       <c r="D435" s="5">
         <v>0.91217937646430602</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>178.41103285</v>
+        <v>178.48839864000001</v>
       </c>
       <c r="C436" s="5">
-        <v>0.9108453700000041</v>
+        <v>0.98821116000002007</v>
       </c>
       <c r="D436" s="5">
-        <v>6.334623052583388</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>6.8892733586835897</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>179.11558493999999</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.62718629999997688</v>
+      </c>
+      <c r="D437" s="5">
+        <v>4.2991070401721343</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.40215057533388165</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>