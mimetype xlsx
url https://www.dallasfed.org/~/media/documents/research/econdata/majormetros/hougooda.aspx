--- v0 (2025-10-10)
+++ v1 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{17DE0391-F076-4C8F-8725-5C7DFBACC8E4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{14FD4CA8-327B-47E9-A7CA-1B6B081FADF0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{3FF62C1E-FBB9-4C02-92B0-41031151996B}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{A066F50E-C004-4674-BA95-6008CBFE24BF}"/>
   </bookViews>
   <sheets>
     <sheet name="hougooda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Goods Producing Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{68FF5817-6062-4554-8048-D16C28BB0E84}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{68B3E36B-73D4-4B85-AA3A-1BD466FE12E9}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -975,6146 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>380.22927313999998</v>
+        <v>380.22926881000001</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>384.61226209</v>
+        <v>384.61224956000001</v>
       </c>
       <c r="C7" s="5">
-        <v>4.3829889500000263</v>
+        <v>4.3829807500000015</v>
       </c>
       <c r="D7" s="5">
-        <v>14.744247446934523</v>
+        <v>14.744218269221498</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>386.72095128000001</v>
+        <v>386.72092824999999</v>
       </c>
       <c r="C8" s="5">
-        <v>2.1086891900000069</v>
+        <v>2.1086786899999765</v>
       </c>
       <c r="D8" s="5">
-        <v>6.781225893132703</v>
+        <v>6.7811913296942139</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>388.18325590000001</v>
+        <v>388.18325424</v>
       </c>
       <c r="C9" s="5">
-        <v>1.4623046199999976</v>
+        <v>1.4623259900000107</v>
       </c>
       <c r="D9" s="5">
-        <v>4.6331172306084856</v>
+        <v>4.6331866346009498</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>394.37573494999998</v>
+        <v>394.37572895</v>
       </c>
       <c r="C10" s="5">
-        <v>6.1924790499999744</v>
+        <v>6.192474709999999</v>
       </c>
       <c r="D10" s="5">
-        <v>20.915130998847165</v>
+        <v>20.915115128610751</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>396.00100148000001</v>
+        <v>396.00099936999999</v>
       </c>
       <c r="C11" s="5">
-        <v>1.6252665300000331</v>
+        <v>1.6252704199999926</v>
       </c>
       <c r="D11" s="5">
-        <v>5.0589799618803832</v>
+        <v>5.0589924247948392</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>398.53017405999998</v>
+        <v>398.53015465999999</v>
       </c>
       <c r="C12" s="5">
-        <v>2.5291725799999654</v>
+        <v>2.5291552900000056</v>
       </c>
       <c r="D12" s="5">
-        <v>7.9391752797490334</v>
+        <v>7.9391191290204555</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>402.4638372</v>
+        <v>402.46383005000001</v>
       </c>
       <c r="C13" s="5">
-        <v>3.9336631400000215</v>
+        <v>3.933675390000019</v>
       </c>
       <c r="D13" s="5">
-        <v>12.509153270735229</v>
+        <v>12.50919500709804</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>402.34850290999998</v>
+        <v>402.34851058999999</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.11533429000002116</v>
+        <v>-0.11531946000002335</v>
       </c>
       <c r="D14" s="5">
-        <v>-0.343343187990508</v>
+        <v>-0.34329911562016591</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>400.43697842</v>
+        <v>400.43698719000002</v>
       </c>
       <c r="C15" s="5">
-        <v>-1.9115244899999766</v>
+        <v>-1.9115233999999646</v>
       </c>
       <c r="D15" s="5">
-        <v>-5.5544649357267772</v>
+        <v>-5.5544617474595608</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>402.87828072999997</v>
+        <v>402.87829915999998</v>
       </c>
       <c r="C16" s="5">
-        <v>2.4413023099999691</v>
+        <v>2.4413119699999584</v>
       </c>
       <c r="D16" s="5">
-        <v>7.5662809216830995</v>
+        <v>7.5663117003824665</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>404.25573283</v>
+        <v>404.25578017999999</v>
       </c>
       <c r="C17" s="5">
-        <v>1.3774521000000277</v>
+        <v>1.3774810200000047</v>
       </c>
       <c r="D17" s="5">
-        <v>4.1808719853145382</v>
+        <v>4.1809612262647899</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>402.85306957</v>
+        <v>402.85307220999999</v>
       </c>
       <c r="C18" s="5">
-        <v>-1.4026632599999971</v>
+        <v>-1.4027079699999945</v>
       </c>
       <c r="D18" s="5">
-        <v>-4.0851446109974816</v>
+        <v>-4.0852718809825106</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>405.73695537999998</v>
+        <v>405.73694304999998</v>
       </c>
       <c r="C19" s="5">
-        <v>2.8838858099999811</v>
+        <v>2.8838708399999859</v>
       </c>
       <c r="D19" s="5">
-        <v>8.9368130927525602</v>
+        <v>8.9367648001084987</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>408.11880908000001</v>
+        <v>408.11875472999998</v>
       </c>
       <c r="C20" s="5">
-        <v>2.3818537000000219</v>
+        <v>2.3818116799999984</v>
       </c>
       <c r="D20" s="5">
-        <v>7.2764853697790288</v>
+        <v>7.2763530556449352</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>404.70753015999998</v>
+        <v>404.70753473000002</v>
       </c>
       <c r="C21" s="5">
-        <v>-3.4112789200000293</v>
+        <v>-3.4112199999999575</v>
       </c>
       <c r="D21" s="5">
-        <v>-9.5817507857623223</v>
+        <v>-9.5815940393140231</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>403.63717888000002</v>
+        <v>403.63717752000002</v>
       </c>
       <c r="C22" s="5">
-        <v>-1.0703512799999544</v>
+        <v>-1.0703572099999974</v>
       </c>
       <c r="D22" s="5">
-        <v>-3.1279425287932372</v>
+        <v>-3.1279595722303322</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>404.12022030999998</v>
+        <v>404.12022059999998</v>
       </c>
       <c r="C23" s="5">
-        <v>0.48304142999995747</v>
+        <v>0.48304307999995899</v>
       </c>
       <c r="D23" s="5">
-        <v>1.4455561677130024</v>
+        <v>1.4455611429736726</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>401.65521852000001</v>
+        <v>401.65520171999998</v>
       </c>
       <c r="C24" s="5">
-        <v>-2.4650017899999739</v>
+        <v>-2.4650188800000024</v>
       </c>
       <c r="D24" s="5">
-        <v>-7.0789744975215285</v>
+        <v>-7.0790219368827785</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>400.91944215000001</v>
+        <v>400.91943529000002</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.7357763699999964</v>
+        <v>-0.73576642999995556</v>
       </c>
       <c r="D25" s="5">
-        <v>-2.1762196962912372</v>
+        <v>-2.176190682243051</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>399.79008733000001</v>
+        <v>399.79009517999998</v>
       </c>
       <c r="C26" s="5">
-        <v>-1.1293548200000032</v>
+        <v>-1.1293401100000438</v>
       </c>
       <c r="D26" s="5">
-        <v>-3.3284121839006309</v>
+        <v>-3.3283695563920301</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>398.77519627999999</v>
+        <v>398.77520808999998</v>
       </c>
       <c r="C27" s="5">
-        <v>-1.014891050000017</v>
+        <v>-1.014887090000002</v>
       </c>
       <c r="D27" s="5">
-        <v>-3.0040973456152753</v>
+        <v>-3.0040857289441614</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>397.09291615000001</v>
+        <v>397.09293759000002</v>
       </c>
       <c r="C28" s="5">
-        <v>-1.682280129999981</v>
+        <v>-1.6822704999999587</v>
       </c>
       <c r="D28" s="5">
-        <v>-4.9465190045024592</v>
+        <v>-4.9464911993971068</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>394.55969476000001</v>
+        <v>394.55974652999998</v>
       </c>
       <c r="C29" s="5">
-        <v>-2.5332213899999942</v>
+        <v>-2.5331910600000356</v>
       </c>
       <c r="D29" s="5">
-        <v>-7.3923312596618551</v>
+        <v>-7.3922454488283718</v>
       </c>
       <c r="E29" s="5">
-        <v>-2.3984911734269532</v>
+        <v>-2.3984897991273568</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>393.09588410999999</v>
+        <v>393.09589882</v>
       </c>
       <c r="C30" s="5">
-        <v>-1.4638106500000276</v>
+        <v>-1.4638477099999818</v>
       </c>
       <c r="D30" s="5">
-        <v>-4.362254058966597</v>
+        <v>-4.3623616957228712</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>392.95026202000003</v>
+        <v>392.95025616999999</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.14562208999996074</v>
+        <v>-0.14564265000001342</v>
       </c>
       <c r="D31" s="5">
-        <v>-0.44363452627547151</v>
+        <v>-0.44369701771721504</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>391.27635308999999</v>
+        <v>391.27624206000002</v>
       </c>
       <c r="C32" s="5">
-        <v>-1.6739089300000387</v>
+        <v>-1.6740141099999732</v>
       </c>
       <c r="D32" s="5">
-        <v>-4.9937379888309703</v>
+        <v>-4.994044527516051</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>392.72310255000002</v>
+        <v>392.72311853999997</v>
       </c>
       <c r="C33" s="5">
-        <v>1.446749460000035</v>
+        <v>1.4468764799999576</v>
       </c>
       <c r="D33" s="5">
-        <v>4.5283697880937002</v>
+        <v>4.5287767964982573</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>393.12869155999999</v>
+        <v>393.12869905999997</v>
       </c>
       <c r="C34" s="5">
-        <v>0.40558900999997149</v>
+        <v>0.40558052000000089</v>
       </c>
       <c r="D34" s="5">
-        <v>1.2463767282570037</v>
+        <v>1.2463504390468838</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>391.37040997000003</v>
+        <v>391.37041252</v>
       </c>
       <c r="C35" s="5">
-        <v>-1.7582815899999673</v>
+        <v>-1.7582865399999719</v>
       </c>
       <c r="D35" s="5">
-        <v>-5.2369663383688199</v>
+        <v>-5.2369806235032623</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>390.24209153999999</v>
+        <v>390.24208050999999</v>
       </c>
       <c r="C36" s="5">
-        <v>-1.1283184300000357</v>
+        <v>-1.1283320100000083</v>
       </c>
       <c r="D36" s="5">
-        <v>-3.4052593131256859</v>
+        <v>-3.4052996279830383</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>388.22176494000001</v>
+        <v>388.22176006000001</v>
       </c>
       <c r="C37" s="5">
-        <v>-2.0203265999999758</v>
+        <v>-2.0203204499999856</v>
       </c>
       <c r="D37" s="5">
-        <v>-6.0386542114647668</v>
+        <v>-6.0386365154918797</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>386.62822978999998</v>
+        <v>386.62823551999998</v>
       </c>
       <c r="C38" s="5">
-        <v>-1.5935351500000365</v>
+        <v>-1.5935245400000326</v>
       </c>
       <c r="D38" s="5">
-        <v>-4.8159507689510495</v>
+        <v>-4.8159194831972396</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>389.98685468000002</v>
+        <v>389.98686376000001</v>
       </c>
       <c r="C39" s="5">
-        <v>3.3586248900000442</v>
+        <v>3.35862824000003</v>
       </c>
       <c r="D39" s="5">
-        <v>10.937120626887275</v>
+        <v>10.937131892415586</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>388.70207796</v>
+        <v>388.70209419999998</v>
       </c>
       <c r="C40" s="5">
-        <v>-1.2847767200000249</v>
+        <v>-1.2847695600000293</v>
       </c>
       <c r="D40" s="5">
-        <v>-3.8824424712928907</v>
+        <v>-3.8824211363839622</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>387.44848753000002</v>
+        <v>387.44857717999997</v>
       </c>
       <c r="C41" s="5">
-        <v>-1.2535904299999743</v>
+        <v>-1.2535170200000039</v>
       </c>
       <c r="D41" s="5">
-        <v>-3.8021666184388181</v>
+        <v>-3.8019477425277559</v>
       </c>
       <c r="E41" s="5">
-        <v>-1.8023146622529573</v>
+        <v>-1.8023048251982088</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>385.33316391</v>
+        <v>385.33317966999999</v>
       </c>
       <c r="C42" s="5">
-        <v>-2.1153236200000265</v>
+        <v>-2.1153975099999798</v>
       </c>
       <c r="D42" s="5">
-        <v>-6.3583575987521286</v>
+        <v>-6.358571647457989</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>383.38006626999999</v>
+        <v>383.38005937000003</v>
       </c>
       <c r="C43" s="5">
-        <v>-1.95309764000001</v>
+        <v>-1.9531202999999664</v>
       </c>
       <c r="D43" s="5">
-        <v>-5.9155876918510319</v>
+        <v>-5.9156541878417457</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>383.09273832999997</v>
+        <v>383.09256662000001</v>
       </c>
       <c r="C44" s="5">
-        <v>-0.28732794000001149</v>
+        <v>-0.28749275000001262</v>
       </c>
       <c r="D44" s="5">
-        <v>-0.89565382748014732</v>
+        <v>-0.89616546948643183</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>385.21159410000001</v>
+        <v>385.21161860000001</v>
       </c>
       <c r="C45" s="5">
-        <v>2.1188557700000388</v>
+        <v>2.1190519799999947</v>
       </c>
       <c r="D45" s="5">
-        <v>6.8427757700729508</v>
+        <v>6.8434319858325265</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>385.07167652999999</v>
+        <v>385.07169223</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.13991757000002281</v>
+        <v>-0.13992637000001196</v>
       </c>
       <c r="D46" s="5">
-        <v>-0.4349974721290617</v>
+        <v>-0.43502474868728491</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>386.14055746999998</v>
+        <v>386.1405661</v>
       </c>
       <c r="C47" s="5">
-        <v>1.0688809399999855</v>
+        <v>1.0688738700000044</v>
       </c>
       <c r="D47" s="5">
-        <v>3.382283638784811</v>
+        <v>3.3822607843698504</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>387.32138048000002</v>
+        <v>387.32138185999997</v>
       </c>
       <c r="C48" s="5">
-        <v>1.1808230100000401</v>
+        <v>1.1808157599999731</v>
       </c>
       <c r="D48" s="5">
-        <v>3.7319691392092791</v>
+        <v>3.731945754156607</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>388.086434</v>
+        <v>388.08644242000003</v>
       </c>
       <c r="C49" s="5">
-        <v>0.76505351999998084</v>
+        <v>0.76506056000005174</v>
       </c>
       <c r="D49" s="5">
-        <v>2.3962113302839372</v>
+        <v>2.3962336116181593</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>387.79997752999998</v>
+        <v>387.79997292000002</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.28645647000001873</v>
+        <v>-0.2864695000000097</v>
       </c>
       <c r="D50" s="5">
-        <v>-0.88216348863054961</v>
+        <v>-0.88220343362890308</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>389.77611858</v>
+        <v>389.77612936999998</v>
       </c>
       <c r="C51" s="5">
-        <v>1.9761410500000238</v>
+        <v>1.9761564499999622</v>
       </c>
       <c r="D51" s="5">
-        <v>6.289255171491237</v>
+        <v>6.2893056420578075</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>389.24293818000001</v>
+        <v>389.24294871000001</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.53318039999999201</v>
+        <v>-0.53318065999997089</v>
       </c>
       <c r="D52" s="5">
-        <v>-1.6292036711349156</v>
+        <v>-1.6292044148700668</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>393.77822544000003</v>
+        <v>393.77834190999999</v>
       </c>
       <c r="C53" s="5">
-        <v>4.5352872600000183</v>
+        <v>4.5353931999999872</v>
       </c>
       <c r="D53" s="5">
-        <v>14.91360895364493</v>
+        <v>14.913979513489807</v>
       </c>
       <c r="E53" s="5">
-        <v>1.6336979272657315</v>
+        <v>1.633704471460562</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>392.85679412000002</v>
+        <v>392.85679574</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.9214313200000106</v>
+        <v>-0.92154616999999917</v>
       </c>
       <c r="D54" s="5">
-        <v>-2.7721125557905513</v>
+        <v>-2.7724528356182332</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>392.10958436999999</v>
+        <v>392.10956248000002</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.74720975000002454</v>
+        <v>-0.74723325999997314</v>
       </c>
       <c r="D55" s="5">
-        <v>-2.2586629594323226</v>
+        <v>-2.2587332743745359</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>393.42773645</v>
+        <v>393.42751645999999</v>
       </c>
       <c r="C56" s="5">
-        <v>1.3181520800000044</v>
+        <v>1.3179539799999702</v>
       </c>
       <c r="D56" s="5">
-        <v>4.1094603231967897</v>
+        <v>4.108831500210286</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>395.94039736000002</v>
+        <v>395.94041532</v>
       </c>
       <c r="C57" s="5">
-        <v>2.5126609100000223</v>
+        <v>2.5128988600000071</v>
       </c>
       <c r="D57" s="5">
-        <v>7.9389240910225256</v>
+        <v>7.9397071125115071</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>396.09733689000001</v>
+        <v>396.09738221999999</v>
       </c>
       <c r="C58" s="5">
-        <v>0.15693952999998828</v>
+        <v>0.15696689999998625</v>
       </c>
       <c r="D58" s="5">
-        <v>0.47668422382602937</v>
+        <v>0.47676751645846505</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>396.09241354</v>
+        <v>396.09244927999998</v>
       </c>
       <c r="C59" s="5">
-        <v>-4.9233500000127606E-3</v>
+        <v>-4.9329400000033274E-3</v>
       </c>
       <c r="D59" s="5">
-        <v>-1.4914556540157609E-2</v>
+        <v>-1.4943604318740089E-2</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>397.75292832999997</v>
+        <v>397.75294074999999</v>
       </c>
       <c r="C60" s="5">
-        <v>1.6605147899999793</v>
+        <v>1.6604914700000108</v>
       </c>
       <c r="D60" s="5">
-        <v>5.1483195413269067</v>
+        <v>5.1482450887091025</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>398.99888540000001</v>
+        <v>398.99893054</v>
       </c>
       <c r="C61" s="5">
-        <v>1.2459570700000313</v>
+        <v>1.2459897900000101</v>
       </c>
       <c r="D61" s="5">
-        <v>3.8244314722323036</v>
+        <v>3.8245335205619346</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>400.81079447000002</v>
+        <v>400.81079696</v>
       </c>
       <c r="C62" s="5">
-        <v>1.8119090700000129</v>
+        <v>1.8118664200000012</v>
       </c>
       <c r="D62" s="5">
-        <v>5.5875520259139</v>
+        <v>5.5874165520177321</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>401.56861256000002</v>
+        <v>401.56861777</v>
       </c>
       <c r="C63" s="5">
-        <v>0.75781809000000067</v>
+        <v>0.75782080999999835</v>
       </c>
       <c r="D63" s="5">
-        <v>2.292598307817717</v>
+        <v>2.2926066078976293</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>404.30863356999998</v>
+        <v>404.30861643999998</v>
       </c>
       <c r="C64" s="5">
-        <v>2.740021009999964</v>
+        <v>2.7399986699999772</v>
       </c>
       <c r="D64" s="5">
-        <v>8.5023295475742842</v>
+        <v>8.5022574897969818</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>405.62498152000001</v>
+        <v>405.62510404</v>
       </c>
       <c r="C65" s="5">
-        <v>1.3163479500000221</v>
+        <v>1.3164876000000163</v>
       </c>
       <c r="D65" s="5">
-        <v>3.9776860973927297</v>
+        <v>3.9781158434394781</v>
       </c>
       <c r="E65" s="5">
-        <v>3.0084842976684678</v>
+        <v>3.0084849442297834</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>406.82990130000002</v>
+        <v>406.82985954999998</v>
       </c>
       <c r="C66" s="5">
-        <v>1.2049197800000115</v>
+        <v>1.204755509999984</v>
       </c>
       <c r="D66" s="5">
-        <v>3.6234509908543489</v>
+        <v>3.6229477861066117</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>407.79040155000001</v>
+        <v>407.79034371</v>
       </c>
       <c r="C67" s="5">
-        <v>0.9605002499999955</v>
+        <v>0.96048416000002135</v>
       </c>
       <c r="D67" s="5">
-        <v>2.870205480265442</v>
+        <v>2.8701570718209224</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>408.93580169000001</v>
+        <v>408.9355137</v>
       </c>
       <c r="C68" s="5">
-        <v>1.1454001399999925</v>
+        <v>1.1451699899999994</v>
       </c>
       <c r="D68" s="5">
-        <v>3.4231156924151573</v>
+        <v>3.4224177063476136</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>405.38431545999998</v>
+        <v>405.38433548</v>
       </c>
       <c r="C69" s="5">
-        <v>-3.5514862300000232</v>
+        <v>-3.5511782199999971</v>
       </c>
       <c r="D69" s="5">
-        <v>-9.9379784815759269</v>
+        <v>-9.937163998702303</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>408.73647404000002</v>
+        <v>408.73656634000002</v>
       </c>
       <c r="C70" s="5">
-        <v>3.3521585800000366</v>
+        <v>3.3522308600000201</v>
       </c>
       <c r="D70" s="5">
-        <v>10.386873011549213</v>
+        <v>10.387106721926154</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>410.18558557</v>
+        <v>410.18568356999998</v>
       </c>
       <c r="C71" s="5">
-        <v>1.4491115299999819</v>
+        <v>1.4491172299999562</v>
       </c>
       <c r="D71" s="5">
-        <v>4.3383598947220214</v>
+        <v>4.3383762946751503</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>411.59118144000001</v>
+        <v>411.59125700999999</v>
       </c>
       <c r="C72" s="5">
-        <v>1.4055958700000133</v>
+        <v>1.4055734400000119</v>
       </c>
       <c r="D72" s="5">
-        <v>4.19047034202924</v>
+        <v>4.1904011866068291</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>413.11891148000001</v>
+        <v>413.11900338999999</v>
       </c>
       <c r="C73" s="5">
-        <v>1.5277300399999945</v>
+        <v>1.5277463799999964</v>
       </c>
       <c r="D73" s="5">
-        <v>4.5461829040677637</v>
+        <v>4.5462316733577479</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>415.65460400000001</v>
+        <v>415.65461305000002</v>
       </c>
       <c r="C74" s="5">
-        <v>2.5356925199999978</v>
+        <v>2.5356096600000342</v>
       </c>
       <c r="D74" s="5">
-        <v>7.6193163024906196</v>
+        <v>7.6190571054588263</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>415.77495861</v>
+        <v>415.77502394999999</v>
       </c>
       <c r="C75" s="5">
-        <v>0.12035460999999259</v>
+        <v>0.12041089999996757</v>
       </c>
       <c r="D75" s="5">
-        <v>0.34801914256747946</v>
+        <v>0.34818216338439179</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>416.47707402999998</v>
+        <v>416.47708162999999</v>
       </c>
       <c r="C76" s="5">
-        <v>0.70211541999998417</v>
+        <v>0.7020576799999958</v>
       </c>
       <c r="D76" s="5">
-        <v>2.0453565857480704</v>
+        <v>2.0451864917837348</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>418.71469559000002</v>
+        <v>418.71455944000002</v>
       </c>
       <c r="C77" s="5">
-        <v>2.2376215600000364</v>
+        <v>2.2374778100000299</v>
       </c>
       <c r="D77" s="5">
-        <v>6.6412549169207358</v>
+        <v>6.6408154576199419</v>
       </c>
       <c r="E77" s="5">
-        <v>3.2270482998726813</v>
+        <v>3.2269835544274539</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>421.70722423000001</v>
+        <v>421.70684156999999</v>
       </c>
       <c r="C78" s="5">
-        <v>2.9925286399999891</v>
+        <v>2.9922821299999782</v>
       </c>
       <c r="D78" s="5">
-        <v>8.9216091285360797</v>
+        <v>8.9208481019117603</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>422.77829367999999</v>
+        <v>422.77903988999998</v>
       </c>
       <c r="C79" s="5">
-        <v>1.0710694499999818</v>
+        <v>1.0721983199999841</v>
       </c>
       <c r="D79" s="5">
-        <v>3.0907473896359505</v>
+        <v>3.0940534646614948</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>424.23348346</v>
+        <v>424.23229767999999</v>
       </c>
       <c r="C80" s="5">
-        <v>1.455189780000012</v>
+        <v>1.4532577900000092</v>
       </c>
       <c r="D80" s="5">
-        <v>4.2094580833580864</v>
+        <v>4.2037557364662081</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>423.20416067999997</v>
+        <v>423.20442260999999</v>
       </c>
       <c r="C81" s="5">
-        <v>-1.0293227800000295</v>
+        <v>-1.0278750699999932</v>
       </c>
       <c r="D81" s="5">
-        <v>-2.8730327662107036</v>
+        <v>-2.8690535444313658</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>425.59956998000001</v>
+        <v>425.59986316999999</v>
       </c>
       <c r="C82" s="5">
-        <v>2.3954093000000398</v>
+        <v>2.3954405599999973</v>
       </c>
       <c r="D82" s="5">
-        <v>7.0076978121937916</v>
+        <v>7.0077876547717244</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>427.74204066999999</v>
+        <v>427.74225466000001</v>
       </c>
       <c r="C83" s="5">
-        <v>2.1424706899999819</v>
+        <v>2.1423914900000227</v>
       </c>
       <c r="D83" s="5">
-        <v>6.2108974713683152</v>
+        <v>6.2106570840431585</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>429.68600599000001</v>
+        <v>429.6861212</v>
       </c>
       <c r="C84" s="5">
-        <v>1.943965320000018</v>
+        <v>1.9438665399999877</v>
       </c>
       <c r="D84" s="5">
-        <v>5.5920626187000222</v>
+        <v>5.5917684581500371</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>430.52409246000002</v>
+        <v>430.52425168000002</v>
       </c>
       <c r="C85" s="5">
-        <v>0.83808647000000747</v>
+        <v>0.838130480000018</v>
       </c>
       <c r="D85" s="5">
-        <v>2.3658274495879761</v>
+        <v>2.3659523796962789</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>431.04711064000003</v>
+        <v>431.04715965000003</v>
       </c>
       <c r="C86" s="5">
-        <v>0.52301818000000821</v>
+        <v>0.52290797000000566</v>
       </c>
       <c r="D86" s="5">
-        <v>1.4675888944885251</v>
+        <v>1.4672770302118998</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>432.96499481000001</v>
+        <v>432.96508345000001</v>
       </c>
       <c r="C87" s="5">
-        <v>1.9178841699999793</v>
+        <v>1.9179237999999827</v>
       </c>
       <c r="D87" s="5">
-        <v>5.4718494389329075</v>
+        <v>5.4719646496734109</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>433.94171410000001</v>
+        <v>433.94170922000001</v>
       </c>
       <c r="C88" s="5">
-        <v>0.97671929000000546</v>
+        <v>0.97662576999999828</v>
       </c>
       <c r="D88" s="5">
-        <v>2.7409035145774974</v>
+        <v>2.740637243053401</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>430.87966306999999</v>
+        <v>430.87922495999999</v>
       </c>
       <c r="C89" s="5">
-        <v>-3.0620510300000205</v>
+        <v>-3.0624842600000193</v>
       </c>
       <c r="D89" s="5">
-        <v>-8.1466170731570031</v>
+        <v>-8.1477254081607882</v>
       </c>
       <c r="E89" s="5">
-        <v>2.9053118049412241</v>
+        <v>2.905240633683559</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>432.62639158000002</v>
+        <v>432.62562191000001</v>
       </c>
       <c r="C90" s="5">
-        <v>1.7467285100000254</v>
+        <v>1.7463969500000189</v>
       </c>
       <c r="D90" s="5">
-        <v>4.9745818556595545</v>
+        <v>4.9736216140070733</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>437.80947651999998</v>
+        <v>437.81105021000002</v>
       </c>
       <c r="C91" s="5">
-        <v>5.1830849399999579</v>
+        <v>5.1854283000000123</v>
       </c>
       <c r="D91" s="5">
-        <v>15.362798371871268</v>
+        <v>15.370237466292247</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>437.85202478000002</v>
+        <v>437.84988268000001</v>
       </c>
       <c r="C92" s="5">
-        <v>4.2548260000046412E-2</v>
+        <v>3.8832469999988461E-2</v>
       </c>
       <c r="D92" s="5">
-        <v>0.11668365982731022</v>
+        <v>0.10648818297855911</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>437.01325027000001</v>
+        <v>437.01390908000002</v>
       </c>
       <c r="C93" s="5">
-        <v>-0.83877451000000747</v>
+        <v>-0.83597359999998844</v>
       </c>
       <c r="D93" s="5">
-        <v>-2.2747226728195513</v>
+        <v>-2.2672172808226088</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>440.31287562</v>
+        <v>440.31334922999997</v>
       </c>
       <c r="C94" s="5">
-        <v>3.2996253499999852</v>
+        <v>3.2994401499999526</v>
       </c>
       <c r="D94" s="5">
-        <v>9.4463703264207499</v>
+        <v>9.4458030805830262</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>441.09415378</v>
+        <v>441.09444200000002</v>
       </c>
       <c r="C95" s="5">
-        <v>0.78127815999999939</v>
+        <v>0.7810927700000434</v>
       </c>
       <c r="D95" s="5">
-        <v>2.150147323547591</v>
+        <v>2.1496297906663298</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>441.52005008999998</v>
+        <v>441.52025007999998</v>
       </c>
       <c r="C96" s="5">
-        <v>0.42589630999998462</v>
+        <v>0.4258080799999675</v>
       </c>
       <c r="D96" s="5">
-        <v>1.1648270276990891</v>
+        <v>1.1645836708669144</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>445.21930523999998</v>
+        <v>445.21952766999999</v>
       </c>
       <c r="C97" s="5">
-        <v>3.699255149999999</v>
+        <v>3.6992775900000083</v>
       </c>
       <c r="D97" s="5">
-        <v>10.530640645961808</v>
+        <v>10.530702505846001</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>447.08124762</v>
+        <v>447.08132072000001</v>
       </c>
       <c r="C98" s="5">
-        <v>1.8619423800000163</v>
+        <v>1.861793050000017</v>
       </c>
       <c r="D98" s="5">
-        <v>5.135551989936693</v>
+        <v>5.1351279689118678</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>449.69504000000001</v>
+        <v>449.69515408000001</v>
       </c>
       <c r="C99" s="5">
-        <v>2.6137923800000067</v>
+        <v>2.613833360000001</v>
       </c>
       <c r="D99" s="5">
-        <v>7.2456582371632772</v>
+        <v>7.2457742916829826</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>452.66513459999999</v>
+        <v>452.66513478000002</v>
       </c>
       <c r="C100" s="5">
-        <v>2.9700945999999817</v>
+        <v>2.9699807000000078</v>
       </c>
       <c r="D100" s="5">
-        <v>8.2199613645366867</v>
+        <v>8.2196324386642594</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>454.66347662999999</v>
+        <v>454.66267489000001</v>
       </c>
       <c r="C101" s="5">
-        <v>1.9983420300000034</v>
+        <v>1.9975401099999885</v>
       </c>
       <c r="D101" s="5">
-        <v>5.4280752354761042</v>
+        <v>5.425843849405898</v>
       </c>
       <c r="E101" s="5">
-        <v>5.5198273667736553</v>
+        <v>5.5197485866736562</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>458.75470646999997</v>
+        <v>458.75351719000003</v>
       </c>
       <c r="C102" s="5">
-        <v>4.0912298399999827</v>
+        <v>4.0908423000000198</v>
       </c>
       <c r="D102" s="5">
-        <v>11.348807903110592</v>
+        <v>11.347700155852047</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>459.85555296000001</v>
+        <v>459.85805582</v>
       </c>
       <c r="C103" s="5">
-        <v>1.1008464900000376</v>
+        <v>1.1045386299999791</v>
       </c>
       <c r="D103" s="5">
-        <v>2.91787916452797</v>
+        <v>2.9278031170327345</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>460.41327602000001</v>
+        <v>460.41011507000002</v>
       </c>
       <c r="C104" s="5">
-        <v>0.55772306000000071</v>
+        <v>0.55205925000001344</v>
       </c>
       <c r="D104" s="5">
-        <v>1.4651342804736567</v>
+        <v>1.4501491732882732</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>464.39004288000001</v>
+        <v>464.39116884999999</v>
       </c>
       <c r="C105" s="5">
-        <v>3.9767668599999979</v>
+        <v>3.9810537799999679</v>
       </c>
       <c r="D105" s="5">
-        <v>10.87170742925052</v>
+        <v>10.884068234914279</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>467.32975729999998</v>
+        <v>467.33035854000002</v>
       </c>
       <c r="C106" s="5">
-        <v>2.939714419999973</v>
+        <v>2.9391896900000347</v>
       </c>
       <c r="D106" s="5">
-        <v>7.8664624825760532</v>
+        <v>7.8649893700531104</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>468.96089766</v>
+        <v>468.96124804999999</v>
       </c>
       <c r="C107" s="5">
-        <v>1.6311403600000176</v>
+        <v>1.6308895099999745</v>
       </c>
       <c r="D107" s="5">
-        <v>4.269756813562342</v>
+        <v>4.2690819230980281</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>472.01976366999997</v>
+        <v>472.02000106000003</v>
       </c>
       <c r="C108" s="5">
-        <v>3.0588660099999743</v>
+        <v>3.0587530100000322</v>
       </c>
       <c r="D108" s="5">
-        <v>8.1141675092097252</v>
+        <v>8.1138506419719647</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>472.32821987</v>
+        <v>472.32848331000002</v>
       </c>
       <c r="C109" s="5">
-        <v>0.30845620000002327</v>
+        <v>0.30848224999999729</v>
       </c>
       <c r="D109" s="5">
-        <v>0.78700244269320763</v>
+        <v>0.78706874910545732</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>472.25408947</v>
+        <v>472.25418869999999</v>
       </c>
       <c r="C110" s="5">
-        <v>-7.4130400000001373E-2</v>
+        <v>-7.4294610000038119E-2</v>
       </c>
       <c r="D110" s="5">
-        <v>-0.18817366511209022</v>
+        <v>-0.18859003248065109</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>473.03887841</v>
+        <v>473.03892815</v>
       </c>
       <c r="C111" s="5">
-        <v>0.78478893999999855</v>
+        <v>0.78473945000001777</v>
       </c>
       <c r="D111" s="5">
-        <v>2.0124802437639033</v>
+        <v>2.0123517448418449</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>471.3682154</v>
+        <v>471.36821035000003</v>
       </c>
       <c r="C112" s="5">
-        <v>-1.6706630099999984</v>
+        <v>-1.6707177999999772</v>
       </c>
       <c r="D112" s="5">
-        <v>-4.1567573927921542</v>
+        <v>-4.1568906493948843</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>473.47278742999998</v>
+        <v>473.4718785</v>
       </c>
       <c r="C113" s="5">
-        <v>2.1045720299999857</v>
+        <v>2.1036681499999759</v>
       </c>
       <c r="D113" s="5">
-        <v>5.4913244902681013</v>
+        <v>5.4889079259642592</v>
       </c>
       <c r="E113" s="5">
-        <v>4.1369742164943712</v>
+        <v>4.1369579358038644</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>467.62509958999999</v>
+        <v>467.62388098000002</v>
       </c>
       <c r="C114" s="5">
-        <v>-5.8476878399999919</v>
+        <v>-5.8479975199999785</v>
       </c>
       <c r="D114" s="5">
-        <v>-13.854323563492454</v>
+        <v>-13.855032967698799</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>466.00402098000001</v>
+        <v>466.00644885999998</v>
       </c>
       <c r="C115" s="5">
-        <v>-1.6210786099999837</v>
+        <v>-1.6174321200000463</v>
       </c>
       <c r="D115" s="5">
-        <v>-4.0815384272260165</v>
+        <v>-4.0725416867482878</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>462.68194905000001</v>
+        <v>462.67890404000002</v>
       </c>
       <c r="C116" s="5">
-        <v>-3.3220719299999928</v>
+        <v>-3.3275448199999573</v>
       </c>
       <c r="D116" s="5">
-        <v>-8.2270467168808477</v>
+        <v>-8.2400311818503944</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>458.46780344000001</v>
+        <v>458.46906068999999</v>
       </c>
       <c r="C117" s="5">
-        <v>-4.2141456100000028</v>
+        <v>-4.2098433500000283</v>
       </c>
       <c r="D117" s="5">
-        <v>-10.398469311906833</v>
+        <v>-10.38844393050109</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>455.99171995</v>
+        <v>455.99219992000002</v>
       </c>
       <c r="C118" s="5">
-        <v>-2.4760834900000077</v>
+        <v>-2.4768607699999734</v>
       </c>
       <c r="D118" s="5">
-        <v>-6.2918477290945685</v>
+        <v>-6.2937477718345569</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>455.09606901000001</v>
+        <v>455.09635120000002</v>
       </c>
       <c r="C119" s="5">
-        <v>-0.8956509399999959</v>
+        <v>-0.8958487200000036</v>
       </c>
       <c r="D119" s="5">
-        <v>-2.3317220505369662</v>
+        <v>-2.3322289682815578</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>454.01233210999999</v>
+        <v>454.01258460999998</v>
       </c>
       <c r="C120" s="5">
-        <v>-1.0837369000000194</v>
+        <v>-1.0837665900000388</v>
       </c>
       <c r="D120" s="5">
-        <v>-2.8204723139029997</v>
+        <v>-2.820546848102945</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>453.30623600000001</v>
+        <v>453.30645253</v>
       </c>
       <c r="C121" s="5">
-        <v>-0.70609610999997585</v>
+        <v>-0.70613207999997485</v>
       </c>
       <c r="D121" s="5">
-        <v>-1.8504013056144464</v>
+        <v>-1.8504937436430668</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>454.29325793999999</v>
+        <v>454.29334325000002</v>
       </c>
       <c r="C122" s="5">
-        <v>0.98702193999997689</v>
+        <v>0.98689072000001943</v>
       </c>
       <c r="D122" s="5">
-        <v>2.6443801569232761</v>
+        <v>2.6440231004810411</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>455.31180566</v>
+        <v>455.31185644999999</v>
       </c>
       <c r="C123" s="5">
-        <v>1.018547720000015</v>
+        <v>1.0185131999999726</v>
       </c>
       <c r="D123" s="5">
-        <v>2.7238847075392814</v>
+        <v>2.7237907321789878</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>456.79845069999999</v>
+        <v>456.79852376999997</v>
       </c>
       <c r="C124" s="5">
-        <v>1.4866450399999849</v>
+        <v>1.4866673199999809</v>
       </c>
       <c r="D124" s="5">
-        <v>3.9892709009763605</v>
+        <v>3.9893313119405471</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>457.75887219999998</v>
+        <v>457.75803998999999</v>
       </c>
       <c r="C125" s="5">
-        <v>0.96042149999999538</v>
+        <v>0.9595162200000118</v>
       </c>
       <c r="D125" s="5">
-        <v>2.5523881952424388</v>
+        <v>2.5499540747018878</v>
       </c>
       <c r="E125" s="5">
-        <v>-3.3188634378112369</v>
+        <v>-3.3188536053678219</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>459.74868063999998</v>
+        <v>459.74752157</v>
       </c>
       <c r="C126" s="5">
-        <v>1.9898084399999902</v>
+        <v>1.9894815800000174</v>
       </c>
       <c r="D126" s="5">
-        <v>5.342750478716618</v>
+        <v>5.3418617013478276</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>461.67428519999999</v>
+        <v>461.67663033000002</v>
       </c>
       <c r="C127" s="5">
-        <v>1.9256045600000107</v>
+        <v>1.9291087600000196</v>
       </c>
       <c r="D127" s="5">
-        <v>5.1434749660583812</v>
+        <v>5.1530653781044711</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>463.77276697999997</v>
+        <v>463.76980150999998</v>
       </c>
       <c r="C128" s="5">
-        <v>2.098481779999986</v>
+        <v>2.0931711799999562</v>
       </c>
       <c r="D128" s="5">
-        <v>5.5928934932432117</v>
+        <v>5.5783557993824395</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>464.17186359999999</v>
+        <v>464.17315116999998</v>
       </c>
       <c r="C129" s="5">
-        <v>0.39909662000002299</v>
+        <v>0.4033496600000035</v>
       </c>
       <c r="D129" s="5">
-        <v>1.0375537262163448</v>
+        <v>1.0486702732258379</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>465.01549919000001</v>
+        <v>465.01586306000002</v>
       </c>
       <c r="C130" s="5">
-        <v>0.84363559000001942</v>
+        <v>0.84271189000003233</v>
       </c>
       <c r="D130" s="5">
-        <v>2.2029429589657035</v>
+        <v>2.2005006473068356</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>467.89416619999997</v>
+        <v>467.89438608</v>
       </c>
       <c r="C131" s="5">
-        <v>2.8786670099999583</v>
+        <v>2.8785230199999887</v>
       </c>
       <c r="D131" s="5">
-        <v>7.6867880985220571</v>
+        <v>7.686384203370844</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>468.46277878000001</v>
+        <v>468.46295549000001</v>
       </c>
       <c r="C132" s="5">
-        <v>0.56861258000003545</v>
+        <v>0.56856941000000916</v>
       </c>
       <c r="D132" s="5">
-        <v>1.4680975892499282</v>
+        <v>1.4679846884076531</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>469.40985819999997</v>
+        <v>469.41003527999999</v>
       </c>
       <c r="C133" s="5">
-        <v>0.94707941999996592</v>
+        <v>0.94707978999997522</v>
       </c>
       <c r="D133" s="5">
-        <v>2.4531677558724763</v>
+        <v>2.4531677892656312</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>470.87858713999998</v>
+        <v>470.87870968999999</v>
       </c>
       <c r="C134" s="5">
-        <v>1.4687289400000054</v>
+        <v>1.4686744100000055</v>
       </c>
       <c r="D134" s="5">
-        <v>3.8199527558989699</v>
+        <v>3.8198070159366493</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>469.75720826999998</v>
+        <v>469.75726279999998</v>
       </c>
       <c r="C135" s="5">
-        <v>-1.1213788700000009</v>
+        <v>-1.1214468900000156</v>
       </c>
       <c r="D135" s="5">
-        <v>-2.8206174951687646</v>
+        <v>-2.8207856272917553</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>471.99195859000002</v>
+        <v>471.99212900999999</v>
       </c>
       <c r="C136" s="5">
-        <v>2.234750320000046</v>
+        <v>2.234866210000007</v>
       </c>
       <c r="D136" s="5">
-        <v>5.86045575196672</v>
+        <v>5.860766962059083</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>473.64913200000001</v>
+        <v>473.64860138</v>
       </c>
       <c r="C137" s="5">
-        <v>1.6571734099999844</v>
+        <v>1.6564723700000172</v>
       </c>
       <c r="D137" s="5">
-        <v>4.2955442156304091</v>
+        <v>4.2936902576910629</v>
       </c>
       <c r="E137" s="5">
-        <v>3.4713166177710697</v>
+        <v>3.4713888128206749</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>476.46695387</v>
+        <v>476.46606997999999</v>
       </c>
       <c r="C138" s="5">
-        <v>2.8178218699999888</v>
+        <v>2.8174685999999838</v>
       </c>
       <c r="D138" s="5">
-        <v>7.3772973670956254</v>
+        <v>7.376350545388255</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>479.41143215</v>
+        <v>479.41290569</v>
       </c>
       <c r="C139" s="5">
-        <v>2.9444782799999984</v>
+        <v>2.9468357100000162</v>
       </c>
       <c r="D139" s="5">
-        <v>7.6730995908645738</v>
+        <v>7.6794680824135098</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>480.27252004000002</v>
+        <v>480.27031505999997</v>
       </c>
       <c r="C140" s="5">
-        <v>0.86108789000002162</v>
+        <v>0.85740936999997075</v>
       </c>
       <c r="D140" s="5">
-        <v>2.1767828679990053</v>
+        <v>2.1673853845069369</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>483.22066404999998</v>
+        <v>483.22172755000003</v>
       </c>
       <c r="C141" s="5">
-        <v>2.9481440099999645</v>
+        <v>2.9514124900000525</v>
       </c>
       <c r="D141" s="5">
-        <v>7.62003184874116</v>
+        <v>7.6288036275896864</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>483.25746593999997</v>
+        <v>483.25754639000002</v>
       </c>
       <c r="C142" s="5">
-        <v>3.6801889999992454E-2</v>
+        <v>3.581883999999036E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>9.1429805420650823E-2</v>
+        <v>8.8986345947072998E-2</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>481.1974396</v>
+        <v>481.19748265999999</v>
       </c>
       <c r="C143" s="5">
-        <v>-2.060026339999979</v>
+        <v>-2.0600637300000244</v>
       </c>
       <c r="D143" s="5">
-        <v>-4.9971077581714374</v>
+        <v>-4.9971955286040037</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>479.70051331000002</v>
+        <v>479.70060933000002</v>
       </c>
       <c r="C144" s="5">
-        <v>-1.4969262899999762</v>
+        <v>-1.4968733299999712</v>
       </c>
       <c r="D144" s="5">
-        <v>-3.6697906341235265</v>
+        <v>-3.6696626904398677</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>480.32359843</v>
+        <v>480.32375225999999</v>
       </c>
       <c r="C145" s="5">
-        <v>0.62308511999998473</v>
+        <v>0.62314292999997178</v>
       </c>
       <c r="D145" s="5">
-        <v>1.5698688724406828</v>
+        <v>1.5700152509811494</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>479.27929031999997</v>
+        <v>479.27943735000002</v>
       </c>
       <c r="C146" s="5">
-        <v>-1.0443081100000313</v>
+        <v>-1.0443149099999687</v>
       </c>
       <c r="D146" s="5">
-        <v>-2.5780378994475051</v>
+        <v>-2.5780536702762702</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>477.96862440000001</v>
+        <v>477.96880066</v>
       </c>
       <c r="C147" s="5">
-        <v>-1.3106659199999626</v>
+        <v>-1.3106366900000239</v>
       </c>
       <c r="D147" s="5">
-        <v>-3.2326819886694391</v>
+        <v>-3.2326099985872214</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>478.57536100999999</v>
+        <v>478.57578351000001</v>
       </c>
       <c r="C148" s="5">
-        <v>0.60673660999998447</v>
+        <v>0.60698285000000851</v>
       </c>
       <c r="D148" s="5">
-        <v>1.5339684574678936</v>
+        <v>1.534594793131383</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>474.56551775999998</v>
+        <v>474.56568714000002</v>
       </c>
       <c r="C149" s="5">
-        <v>-4.0098432500000172</v>
+        <v>-4.0100963699999852</v>
       </c>
       <c r="D149" s="5">
-        <v>-9.6038114304506266</v>
+        <v>-9.6043819142554891</v>
       </c>
       <c r="E149" s="5">
-        <v>0.19347354361878288</v>
+        <v>0.19362154925151032</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>472.14491444999999</v>
+        <v>472.14405963000002</v>
       </c>
       <c r="C150" s="5">
-        <v>-2.42060330999999</v>
+        <v>-2.4216275100000075</v>
       </c>
       <c r="D150" s="5">
-        <v>-5.9519820249680944</v>
+        <v>-5.9544280929223152</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>471.24394515</v>
+        <v>471.24432059999998</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.90096929999998565</v>
+        <v>-0.89973903000003475</v>
       </c>
       <c r="D151" s="5">
-        <v>-2.2660157899877742</v>
+        <v>-2.2629579672649003</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>470.65414654</v>
+        <v>470.6527921</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.58979861000000255</v>
+        <v>-0.59152849999998125</v>
       </c>
       <c r="D152" s="5">
-        <v>-1.4915981967225656</v>
+        <v>-1.4959417385488227</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>469.36739044000001</v>
+        <v>469.36803096</v>
       </c>
       <c r="C153" s="5">
-        <v>-1.286756099999991</v>
+        <v>-1.2847611400000005</v>
       </c>
       <c r="D153" s="5">
-        <v>-3.2318829275115091</v>
+        <v>-3.2269564180487431</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>468.70494403999999</v>
+        <v>468.70474200000001</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.66244640000002164</v>
+        <v>-0.66328895999998849</v>
       </c>
       <c r="D154" s="5">
-        <v>-1.6805469692521391</v>
+        <v>-1.6826655787008926</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>467.47184025000001</v>
+        <v>467.47176746000002</v>
       </c>
       <c r="C155" s="5">
-        <v>-1.2331037899999728</v>
+        <v>-1.2329745399999865</v>
       </c>
       <c r="D155" s="5">
-        <v>-3.1117655085272533</v>
+        <v>-3.1114453695837097</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>466.61045243000001</v>
+        <v>466.61046290000002</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.86138782000000447</v>
+        <v>-0.86130456000000777</v>
       </c>
       <c r="D156" s="5">
-        <v>-2.1889098003371021</v>
+        <v>-2.1887007015099047</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>465.64300437999998</v>
+        <v>465.64316686000001</v>
       </c>
       <c r="C157" s="5">
-        <v>-0.96744805000002998</v>
+        <v>-0.96729604000000791</v>
       </c>
       <c r="D157" s="5">
-        <v>-2.459846410594313</v>
+        <v>-2.4594642494371266</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>463.83014928</v>
+        <v>463.83036315999999</v>
       </c>
       <c r="C158" s="5">
-        <v>-1.8128550999999788</v>
+        <v>-1.8128037000000177</v>
       </c>
       <c r="D158" s="5">
-        <v>-4.5731246208655758</v>
+        <v>-4.5729961607273939</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>462.70157870999998</v>
+        <v>462.70190979</v>
       </c>
       <c r="C159" s="5">
-        <v>-1.1285705700000221</v>
+        <v>-1.1284533699999884</v>
       </c>
       <c r="D159" s="5">
-        <v>-2.8810273798281827</v>
+        <v>-2.880730871775472</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>460.1948865</v>
+        <v>460.19556324000001</v>
       </c>
       <c r="C160" s="5">
-        <v>-2.5066922099999829</v>
+        <v>-2.5063465499999893</v>
       </c>
       <c r="D160" s="5">
-        <v>-6.3107659580158737</v>
+        <v>-6.3099171147798288</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>457.79171593000001</v>
+        <v>457.79249431</v>
       </c>
       <c r="C161" s="5">
-        <v>-2.4031705699999861</v>
+        <v>-2.4030689300000176</v>
       </c>
       <c r="D161" s="5">
-        <v>-6.0895999480552021</v>
+        <v>-6.0893410461506985</v>
       </c>
       <c r="E161" s="5">
-        <v>-3.534559760931244</v>
+        <v>-3.5344301715289905</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>457.26801597999997</v>
+        <v>457.26715917000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.52369995000003655</v>
+        <v>-0.52533513999998149</v>
       </c>
       <c r="D162" s="5">
-        <v>-1.3641595448193322</v>
+        <v>-1.3683898096588321</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>454.40285088000002</v>
+        <v>454.40216737999998</v>
       </c>
       <c r="C163" s="5">
-        <v>-2.8651650999999561</v>
+        <v>-2.8649917900000332</v>
       </c>
       <c r="D163" s="5">
-        <v>-7.2652158849742854</v>
+        <v>-7.2648046005565732</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>451.52051991000002</v>
+        <v>451.51993506000002</v>
       </c>
       <c r="C164" s="5">
-        <v>-2.8823309699999982</v>
+        <v>-2.8822323199999573</v>
       </c>
       <c r="D164" s="5">
-        <v>-7.3517252339484145</v>
+        <v>-7.3514930027240748</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>450.90700364000003</v>
+        <v>450.90719839000002</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.61351626999999098</v>
+        <v>-0.61273667000000387</v>
       </c>
       <c r="D165" s="5">
-        <v>-1.618403506914079</v>
+        <v>-1.6163643918747361</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>450.19251502999998</v>
+        <v>450.19212034999998</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.71448861000004626</v>
+        <v>-0.71507804000003716</v>
       </c>
       <c r="D166" s="5">
-        <v>-1.8849861890515629</v>
+        <v>-1.8865268956273273</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>449.36666199000001</v>
+        <v>449.36651081999997</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.82585303999996995</v>
+        <v>-0.82560953000000836</v>
       </c>
       <c r="D167" s="5">
-        <v>-2.1792580469130907</v>
+        <v>-2.1786238317408779</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>446.58637375000001</v>
+        <v>446.58637060000001</v>
       </c>
       <c r="C168" s="5">
-        <v>-2.7802882400000044</v>
+        <v>-2.7801402199999643</v>
       </c>
       <c r="D168" s="5">
-        <v>-7.1770387165698608</v>
+        <v>-7.1766718572078609</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>445.55346227000001</v>
+        <v>445.55364846999998</v>
       </c>
       <c r="C169" s="5">
-        <v>-1.0329114799999957</v>
+        <v>-1.0327221300000247</v>
       </c>
       <c r="D169" s="5">
-        <v>-2.7404489117256126</v>
+        <v>-2.7399529327118533</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>447.17242228999999</v>
+        <v>447.17269420000002</v>
       </c>
       <c r="C170" s="5">
-        <v>1.6189600199999745</v>
+        <v>1.6190457300000389</v>
       </c>
       <c r="D170" s="5">
-        <v>4.4485157213042692</v>
+        <v>4.4487540621364507</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>444.58440837000001</v>
+        <v>444.58493146000001</v>
       </c>
       <c r="C171" s="5">
-        <v>-2.5880139199999803</v>
+        <v>-2.5877627400000165</v>
       </c>
       <c r="D171" s="5">
-        <v>-6.728150591872506</v>
+        <v>-6.7275142709696922</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>440.60223024999999</v>
+        <v>440.60310027000003</v>
       </c>
       <c r="C172" s="5">
-        <v>-3.9821781200000146</v>
+        <v>-3.9818311899999799</v>
       </c>
       <c r="D172" s="5">
-        <v>-10.234478298767192</v>
+        <v>-10.233618665237287</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>441.48587173999999</v>
+        <v>441.48701520999998</v>
       </c>
       <c r="C173" s="5">
-        <v>0.88364149000000225</v>
+        <v>0.88391493999995419</v>
       </c>
       <c r="D173" s="5">
-        <v>2.4333618509633226</v>
+        <v>2.4341183429666291</v>
       </c>
       <c r="E173" s="5">
-        <v>-3.5618478060213121</v>
+        <v>-3.5617619997409866</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>442.16967632000001</v>
+        <v>442.16855056999998</v>
       </c>
       <c r="C174" s="5">
-        <v>0.68380458000001454</v>
+        <v>0.68153535999999804</v>
       </c>
       <c r="D174" s="5">
-        <v>1.8745604097566648</v>
+        <v>1.8682818493763076</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>440.24966740999997</v>
+        <v>440.24882471000001</v>
       </c>
       <c r="C175" s="5">
-        <v>-1.9200089100000355</v>
+        <v>-1.9197258599999714</v>
       </c>
       <c r="D175" s="5">
-        <v>-5.0880337302864671</v>
+        <v>-5.0873141104017749</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>439.72911140000002</v>
+        <v>439.72847832999997</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.52055600999995022</v>
+        <v>-0.52034638000003497</v>
       </c>
       <c r="D176" s="5">
-        <v>-1.409701933796792</v>
+        <v>-1.4091406062092915</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>440.89479089999998</v>
+        <v>440.89476646000003</v>
       </c>
       <c r="C177" s="5">
-        <v>1.1656794999999534</v>
+        <v>1.1662881300000549</v>
       </c>
       <c r="D177" s="5">
-        <v>3.227876762594617</v>
+        <v>3.2295914952364502</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>437.67750475999998</v>
+        <v>437.67713325</v>
       </c>
       <c r="C178" s="5">
-        <v>-3.2172861399999988</v>
+        <v>-3.2176332100000309</v>
       </c>
       <c r="D178" s="5">
-        <v>-8.4135771094156038</v>
+        <v>-8.4144490691455793</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>437.34283627000002</v>
+        <v>437.34270447</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.33466848999995591</v>
+        <v>-0.3344287799999961</v>
       </c>
       <c r="D179" s="5">
-        <v>-0.91372647927678852</v>
+        <v>-0.91307553235605576</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>438.74970697999998</v>
+        <v>438.74971225000002</v>
       </c>
       <c r="C180" s="5">
-        <v>1.4068707099999642</v>
+        <v>1.4070077800000149</v>
       </c>
       <c r="D180" s="5">
-        <v>3.9292678172490492</v>
+        <v>3.9296586463054783</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>438.36981790999999</v>
+        <v>438.37003592999997</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.37988906999999017</v>
+        <v>-0.37967632000004414</v>
       </c>
       <c r="D181" s="5">
-        <v>-1.0340798541295104</v>
+        <v>-1.0335034775766805</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>436.96181503999998</v>
+        <v>436.96215038999998</v>
       </c>
       <c r="C182" s="5">
-        <v>-1.4080028700000184</v>
+        <v>-1.4078855399999952</v>
       </c>
       <c r="D182" s="5">
-        <v>-3.7869236719743071</v>
+        <v>-3.7866118076813504</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>439.53520600000002</v>
+        <v>439.53579100000002</v>
       </c>
       <c r="C183" s="5">
-        <v>2.5733909600000402</v>
+        <v>2.5736406100000409</v>
       </c>
       <c r="D183" s="5">
-        <v>7.3006031617522504</v>
+        <v>7.3013287211612932</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>440.75124183999998</v>
+        <v>440.75211812999999</v>
       </c>
       <c r="C184" s="5">
-        <v>1.2160358399999609</v>
+        <v>1.2163271299999678</v>
       </c>
       <c r="D184" s="5">
-        <v>3.3709556032693211</v>
+        <v>3.3717708574142691</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>442.02076434999998</v>
+        <v>442.02200335999999</v>
       </c>
       <c r="C185" s="5">
-        <v>1.2695225100000016</v>
+        <v>1.2698852299999999</v>
       </c>
       <c r="D185" s="5">
-        <v>3.5117186190301242</v>
+        <v>3.5127308229740972</v>
       </c>
       <c r="E185" s="5">
-        <v>0.12115735615543244</v>
+        <v>0.12117868285335121</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>448.39595180999999</v>
+        <v>448.39473155000002</v>
       </c>
       <c r="C186" s="5">
-        <v>6.3751874600000065</v>
+        <v>6.3727281900000321</v>
       </c>
       <c r="D186" s="5">
-        <v>18.748502610997186</v>
+        <v>18.74063063342566</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>448.75419774</v>
+        <v>448.75326432000003</v>
       </c>
       <c r="C187" s="5">
-        <v>0.35824593000000959</v>
+        <v>0.35853277000001071</v>
       </c>
       <c r="D187" s="5">
-        <v>0.96296411679404059</v>
+        <v>0.96374117015238792</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>451.31176241999998</v>
+        <v>451.31111120000003</v>
       </c>
       <c r="C188" s="5">
-        <v>2.5575646799999845</v>
+        <v>2.5578468799999996</v>
       </c>
       <c r="D188" s="5">
-        <v>7.0576095156497765</v>
+        <v>7.058427965957037</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>453.91092335000002</v>
+        <v>453.91080891000001</v>
       </c>
       <c r="C189" s="5">
-        <v>2.5991609300000391</v>
+        <v>2.5996977099999867</v>
       </c>
       <c r="D189" s="5">
-        <v>7.1341131621217801</v>
+        <v>7.1356441157354178</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>452.17353888000002</v>
+        <v>452.17320118999999</v>
       </c>
       <c r="C190" s="5">
-        <v>-1.737384469999995</v>
+        <v>-1.7376077200000282</v>
       </c>
       <c r="D190" s="5">
-        <v>-4.4976370537139543</v>
+        <v>-4.4982039869142625</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>453.50809923999998</v>
+        <v>453.50794866000001</v>
       </c>
       <c r="C191" s="5">
-        <v>1.3345603599999549</v>
+        <v>1.3347474700000248</v>
       </c>
       <c r="D191" s="5">
-        <v>3.5997825531787209</v>
+        <v>3.6002982097451675</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>456.54088483999999</v>
+        <v>456.54092020000002</v>
       </c>
       <c r="C192" s="5">
-        <v>3.0327856000000111</v>
+        <v>3.0329715400000055</v>
       </c>
       <c r="D192" s="5">
-        <v>8.326707589656678</v>
+        <v>8.3272398899511657</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>457.75304297999998</v>
+        <v>457.75328729</v>
       </c>
       <c r="C193" s="5">
-        <v>1.2121581399999855</v>
+        <v>1.2123670899999865</v>
       </c>
       <c r="D193" s="5">
-        <v>3.2330516768832807</v>
+        <v>3.2336168962385781</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>460.13163698</v>
+        <v>460.13200168999998</v>
       </c>
       <c r="C194" s="5">
-        <v>2.378594000000021</v>
+        <v>2.3787143999999785</v>
       </c>
       <c r="D194" s="5">
-        <v>6.4168152021566893</v>
+        <v>6.4171458249457913</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>459.85576207999998</v>
+        <v>459.85632870000001</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.27587490000001935</v>
+        <v>-0.27567298999997547</v>
       </c>
       <c r="D195" s="5">
-        <v>-0.71710001053082451</v>
+        <v>-0.71657633452035796</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>462.38465359999998</v>
+        <v>462.3854619</v>
       </c>
       <c r="C196" s="5">
-        <v>2.5288915200000019</v>
+        <v>2.5291331999999898</v>
       </c>
       <c r="D196" s="5">
-        <v>6.8024823567417458</v>
+        <v>6.8031436053136662</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>465.83438239999998</v>
+        <v>465.83576827000002</v>
       </c>
       <c r="C197" s="5">
-        <v>3.4497288000000026</v>
+        <v>3.4503063700000212</v>
       </c>
       <c r="D197" s="5">
-        <v>9.3295447934017783</v>
+        <v>9.3311544589895767</v>
       </c>
       <c r="E197" s="5">
-        <v>5.3874432991894317</v>
+        <v>5.3874614225041473</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>470.17239237000001</v>
+        <v>470.17107035999999</v>
       </c>
       <c r="C198" s="5">
-        <v>4.3380099700000301</v>
+        <v>4.3353020899999706</v>
       </c>
       <c r="D198" s="5">
-        <v>11.765307298253337</v>
+        <v>11.75754642913034</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>473.98534962999997</v>
+        <v>473.98441241</v>
       </c>
       <c r="C199" s="5">
-        <v>3.8129572599999619</v>
+        <v>3.813342050000017</v>
       </c>
       <c r="D199" s="5">
-        <v>10.177654993850794</v>
+        <v>10.178758238294193</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>478.32406537000003</v>
+        <v>478.32348781000002</v>
       </c>
       <c r="C200" s="5">
-        <v>4.3387157400000547</v>
+        <v>4.3390754000000129</v>
       </c>
       <c r="D200" s="5">
-        <v>11.554670874905138</v>
+        <v>11.555701449140376</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>479.38556793999999</v>
+        <v>479.38541765999997</v>
       </c>
       <c r="C201" s="5">
-        <v>1.0615025699999592</v>
+        <v>1.0619298499999559</v>
       </c>
       <c r="D201" s="5">
-        <v>2.6958005694027953</v>
+        <v>2.6969022736405224</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>483.87119408000001</v>
+        <v>483.87090853000001</v>
       </c>
       <c r="C202" s="5">
-        <v>4.4856261400000221</v>
+        <v>4.4854908700000351</v>
       </c>
       <c r="D202" s="5">
-        <v>11.824703836684836</v>
+        <v>11.824332599098209</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>487.67540498</v>
+        <v>487.67528441000002</v>
       </c>
       <c r="C203" s="5">
-        <v>3.8042108999999869</v>
+        <v>3.8043758800000091</v>
       </c>
       <c r="D203" s="5">
-        <v>9.8532775898945157</v>
+        <v>9.8537296182724443</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>488.98201196999997</v>
+        <v>488.98210211000003</v>
       </c>
       <c r="C204" s="5">
-        <v>1.3066069899999775</v>
+        <v>1.3068177000000105</v>
       </c>
       <c r="D204" s="5">
-        <v>3.2629097361529968</v>
+        <v>3.2634445274245971</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>492.06572543999999</v>
+        <v>492.06595248999997</v>
       </c>
       <c r="C205" s="5">
-        <v>3.0837134700000206</v>
+        <v>3.0838503799999444</v>
       </c>
       <c r="D205" s="5">
-        <v>7.8357563258936613</v>
+        <v>7.8361148758723242</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>494.89811373999999</v>
+        <v>494.89847053</v>
       </c>
       <c r="C206" s="5">
-        <v>2.832388299999991</v>
+        <v>2.8325180400000249</v>
       </c>
       <c r="D206" s="5">
-        <v>7.1302691120992412</v>
+        <v>7.1306027342965983</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>497.24185356999999</v>
+        <v>497.24230604000002</v>
       </c>
       <c r="C207" s="5">
-        <v>2.3437398300000041</v>
+        <v>2.3438355100000194</v>
       </c>
       <c r="D207" s="5">
-        <v>5.8333487081879465</v>
+        <v>5.8335887679335841</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>500.18720302000003</v>
+        <v>500.18781680000001</v>
       </c>
       <c r="C208" s="5">
-        <v>2.9453494500000375</v>
+        <v>2.9455107599999906</v>
       </c>
       <c r="D208" s="5">
-        <v>7.3442524993264424</v>
+        <v>7.3446610187817951</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>503.51061299999998</v>
+        <v>503.51181751000001</v>
       </c>
       <c r="C209" s="5">
-        <v>3.3234099799999512</v>
+        <v>3.3240007100000071</v>
       </c>
       <c r="D209" s="5">
-        <v>8.2711206691775239</v>
+        <v>8.2726344672138232</v>
       </c>
       <c r="E209" s="5">
-        <v>8.0879024871222107</v>
+        <v>8.08783949328744</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>506.83825381999998</v>
+        <v>506.83712005000001</v>
       </c>
       <c r="C210" s="5">
-        <v>3.3276408199999992</v>
+        <v>3.3253025399999956</v>
       </c>
       <c r="D210" s="5">
-        <v>8.2253710347228726</v>
+        <v>8.2193592784223455</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>510.59375813999998</v>
+        <v>510.59300560000003</v>
       </c>
       <c r="C211" s="5">
-        <v>3.75550432</v>
+        <v>3.7558855500000163</v>
       </c>
       <c r="D211" s="5">
-        <v>9.2630663980792995</v>
+        <v>9.2640669399612907</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>513.49473128</v>
+        <v>513.49434717999998</v>
       </c>
       <c r="C212" s="5">
-        <v>2.9009731400000192</v>
+        <v>2.9013415799999507</v>
       </c>
       <c r="D212" s="5">
-        <v>7.0350178762649485</v>
+        <v>7.0359501664084778</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>514.83922776999998</v>
+        <v>514.83903025999996</v>
       </c>
       <c r="C213" s="5">
-        <v>1.3444964899999832</v>
+        <v>1.3446830799999816</v>
       </c>
       <c r="D213" s="5">
-        <v>3.1876353287840331</v>
+        <v>3.1880865207399411</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>519.10756686000002</v>
+        <v>519.10736100999998</v>
       </c>
       <c r="C214" s="5">
-        <v>4.2683390900000404</v>
+        <v>4.2683307500000183</v>
       </c>
       <c r="D214" s="5">
-        <v>10.415171482306707</v>
+        <v>10.415154374639179</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>523.01810178999995</v>
+        <v>523.01801011999999</v>
       </c>
       <c r="C215" s="5">
-        <v>3.9105349299999261</v>
+        <v>3.9106491100000085</v>
       </c>
       <c r="D215" s="5">
-        <v>9.423934930121991</v>
+        <v>9.4242254836547801</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>523.00827604000006</v>
+        <v>523.00837382999998</v>
       </c>
       <c r="C216" s="5">
-        <v>-9.8257499998908315E-3</v>
+        <v>-9.6362900000031004E-3</v>
       </c>
       <c r="D216" s="5">
-        <v>-2.2541632351735785E-2</v>
+        <v>-2.2107032770879442E-2</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>522.57291898000005</v>
+        <v>522.57307954999999</v>
       </c>
       <c r="C217" s="5">
-        <v>-0.43535706000000118</v>
+        <v>-0.43529427999999371</v>
       </c>
       <c r="D217" s="5">
-        <v>-0.99433089421255838</v>
+        <v>-0.99418797892946165</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>521.66651802000001</v>
+        <v>521.66680719999999</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.90640096000004178</v>
+        <v>-0.90627234999999473</v>
       </c>
       <c r="D218" s="5">
-        <v>-2.0616543354918138</v>
+        <v>-2.0613639628471736</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>526.51016657000002</v>
+        <v>526.51045106000004</v>
       </c>
       <c r="C219" s="5">
-        <v>4.8436485500000117</v>
+        <v>4.8436438600000429</v>
       </c>
       <c r="D219" s="5">
-        <v>11.728914039978889</v>
+        <v>11.728895259652505</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>529.39115919000005</v>
+        <v>529.39150925000001</v>
       </c>
       <c r="C220" s="5">
-        <v>2.8809926200000291</v>
+        <v>2.8810581899999761</v>
       </c>
       <c r="D220" s="5">
-        <v>6.7674999187165907</v>
+        <v>6.7676548410276371</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>531.19158505999997</v>
+        <v>531.19246076000002</v>
       </c>
       <c r="C221" s="5">
-        <v>1.8004258699999127</v>
+        <v>1.8009515100000044</v>
       </c>
       <c r="D221" s="5">
-        <v>4.158334259156371</v>
+        <v>4.1595683007725981</v>
       </c>
       <c r="E221" s="5">
-        <v>5.4975945581508423</v>
+        <v>5.4975161033733233</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>526.63992012000006</v>
+        <v>526.63915028999998</v>
       </c>
       <c r="C222" s="5">
-        <v>-4.5516649399999096</v>
+        <v>-4.5533104700000422</v>
       </c>
       <c r="D222" s="5">
-        <v>-9.8115180943293634</v>
+        <v>-9.8148842273674823</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>530.89304752999999</v>
+        <v>530.89260802000001</v>
       </c>
       <c r="C223" s="5">
-        <v>4.2531274099999337</v>
+        <v>4.2534577300000365</v>
       </c>
       <c r="D223" s="5">
-        <v>10.133423832423304</v>
+        <v>10.134261609504701</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>531.01667694000002</v>
+        <v>531.01648447000002</v>
       </c>
       <c r="C224" s="5">
-        <v>0.12362941000003502</v>
+        <v>0.12387645000001157</v>
       </c>
       <c r="D224" s="5">
-        <v>0.27980296978233898</v>
+        <v>0.28036303061129697</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>535.83986204999997</v>
+        <v>535.83966011999996</v>
       </c>
       <c r="C225" s="5">
-        <v>4.8231851099999403</v>
+        <v>4.8231756499999392</v>
       </c>
       <c r="D225" s="5">
-        <v>11.460835290710314</v>
+        <v>11.460816040967959</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>537.41527067000004</v>
+        <v>537.41517497999996</v>
       </c>
       <c r="C226" s="5">
-        <v>1.5754086200000756</v>
+        <v>1.5755148599999984</v>
       </c>
       <c r="D226" s="5">
-        <v>3.5857017340920727</v>
+        <v>3.5859488381738913</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>536.70638994000001</v>
+        <v>536.70633048000002</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.7088807300000326</v>
+        <v>-0.70884449999994104</v>
       </c>
       <c r="D227" s="5">
-        <v>-1.5714339075857731</v>
+        <v>-1.5713544530770451</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>537.63892358999999</v>
+        <v>537.63899860000004</v>
       </c>
       <c r="C228" s="5">
-        <v>0.93253364999998212</v>
+        <v>0.93266812000001664</v>
       </c>
       <c r="D228" s="5">
-        <v>2.1050549830692544</v>
+        <v>2.1053616714870271</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>538.81265527999994</v>
+        <v>538.81273415999999</v>
       </c>
       <c r="C229" s="5">
-        <v>1.1737316899999541</v>
+        <v>1.1737355599999546</v>
       </c>
       <c r="D229" s="5">
-        <v>2.6514329266087877</v>
+        <v>2.6514413997106745</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>535.58830092000005</v>
+        <v>535.58851548999996</v>
       </c>
       <c r="C230" s="5">
-        <v>-3.2243543599998929</v>
+        <v>-3.2242186700000275</v>
       </c>
       <c r="D230" s="5">
-        <v>-6.9493240247937464</v>
+        <v>-6.9490401503701786</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>540.80051252999999</v>
+        <v>540.80062473999999</v>
       </c>
       <c r="C231" s="5">
-        <v>5.2122116099999403</v>
+        <v>5.2121092500000259</v>
       </c>
       <c r="D231" s="5">
-        <v>12.323893923994177</v>
+        <v>12.323633598690332</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>540.19438357000001</v>
+        <v>540.19446332999996</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.60612895999997818</v>
+        <v>-0.60616141000002699</v>
       </c>
       <c r="D232" s="5">
-        <v>-1.3366994676280219</v>
+        <v>-1.3367703135482634</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>536.86574289999999</v>
+        <v>536.86620502999995</v>
       </c>
       <c r="C233" s="5">
-        <v>-3.3286406700000271</v>
+        <v>-3.3282583000000159</v>
       </c>
       <c r="D233" s="5">
-        <v>-7.1487960779569537</v>
+        <v>-7.1480014819089499</v>
       </c>
       <c r="E233" s="5">
-        <v>1.0681942258853994</v>
+        <v>1.0681146080052217</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>529.29006405999996</v>
+        <v>529.28969866</v>
       </c>
       <c r="C234" s="5">
-        <v>-7.5756788400000232</v>
+        <v>-7.5765063699999473</v>
       </c>
       <c r="D234" s="5">
-        <v>-15.678837817213854</v>
+        <v>-15.680407340924917</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>521.6250331</v>
+        <v>521.62489498000002</v>
       </c>
       <c r="C235" s="5">
-        <v>-7.6650309599999673</v>
+        <v>-7.6648036799999772</v>
       </c>
       <c r="D235" s="5">
-        <v>-16.058600336494912</v>
+        <v>-16.058171659098853</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>511.59081441000001</v>
+        <v>511.59076883</v>
       </c>
       <c r="C236" s="5">
-        <v>-10.034218689999989</v>
+        <v>-10.03412615000002</v>
       </c>
       <c r="D236" s="5">
-        <v>-20.791506319358643</v>
+        <v>-20.791339322367154</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>499.90596591000002</v>
+        <v>499.90584252000002</v>
       </c>
       <c r="C237" s="5">
-        <v>-11.684848499999987</v>
+        <v>-11.68492630999998</v>
       </c>
       <c r="D237" s="5">
-        <v>-24.214350229158711</v>
+        <v>-24.214493674711367</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>495.24218644000001</v>
+        <v>495.24214791999998</v>
       </c>
       <c r="C238" s="5">
-        <v>-4.6637794700000086</v>
+        <v>-4.6636946000000421</v>
       </c>
       <c r="D238" s="5">
-        <v>-10.63823226321421</v>
+        <v>-10.638050987693582</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>488.49755623999999</v>
+        <v>488.49750864999999</v>
       </c>
       <c r="C239" s="5">
-        <v>-6.7446302000000173</v>
+        <v>-6.7446392699999933</v>
       </c>
       <c r="D239" s="5">
-        <v>-15.172404266294492</v>
+        <v>-15.172424259516415</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>483.14659405999998</v>
+        <v>483.14661063</v>
       </c>
       <c r="C240" s="5">
-        <v>-5.3509621800000104</v>
+        <v>-5.3508980199999883</v>
       </c>
       <c r="D240" s="5">
-        <v>-12.380993903081494</v>
+        <v>-12.380855411835267</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>479.37821523999997</v>
+        <v>479.37822471999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-3.7683788200000095</v>
+        <v>-3.7683859100000063</v>
       </c>
       <c r="D241" s="5">
-        <v>-8.9683400738524544</v>
+        <v>-8.9683559356353744</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>475.67486285000001</v>
+        <v>475.67496424000001</v>
       </c>
       <c r="C242" s="5">
-        <v>-3.7033523899999636</v>
+        <v>-3.7032604799999831</v>
       </c>
       <c r="D242" s="5">
-        <v>-8.886466460959852</v>
+        <v>-8.8862550326823673</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>470.63988010000003</v>
+        <v>470.63989320000002</v>
       </c>
       <c r="C243" s="5">
-        <v>-5.0349827499999833</v>
+        <v>-5.0350710399999912</v>
       </c>
       <c r="D243" s="5">
-        <v>-11.987921533852919</v>
+        <v>-11.988117253481933</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>466.84168600999999</v>
+        <v>466.84169465999997</v>
       </c>
       <c r="C244" s="5">
-        <v>-3.7981940900000382</v>
+        <v>-3.798198540000044</v>
       </c>
       <c r="D244" s="5">
-        <v>-9.2658344770565666</v>
+        <v>-9.2658446091731683</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>466.39318078000002</v>
+        <v>466.39344358</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.44850522999996656</v>
+        <v>-0.44825107999997726</v>
       </c>
       <c r="D245" s="5">
-        <v>-1.1467945393346168</v>
+        <v>-1.1461481035065391</v>
       </c>
       <c r="E245" s="5">
-        <v>-13.126663984803111</v>
+        <v>-13.12668981391033</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>469.52245986999998</v>
+        <v>469.52226949999999</v>
       </c>
       <c r="C246" s="5">
-        <v>3.1292790899999545</v>
+        <v>3.128825919999997</v>
       </c>
       <c r="D246" s="5">
-        <v>8.3553000392406531</v>
+        <v>8.3540401853905664</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>466.66907706000001</v>
+        <v>466.66905591</v>
       </c>
       <c r="C247" s="5">
-        <v>-2.853382809999971</v>
+        <v>-2.8532135899999957</v>
       </c>
       <c r="D247" s="5">
-        <v>-7.0537595477654254</v>
+        <v>-7.0533578703515953</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>467.50726708000002</v>
+        <v>467.50727110000003</v>
       </c>
       <c r="C248" s="5">
-        <v>0.83819002000001319</v>
+        <v>0.83821519000002809</v>
       </c>
       <c r="D248" s="5">
-        <v>2.1767543496950204</v>
+        <v>2.1768204621541054</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>469.77316582999998</v>
+        <v>469.77310881</v>
       </c>
       <c r="C249" s="5">
-        <v>2.2658987499999625</v>
+        <v>2.2658377099999711</v>
       </c>
       <c r="D249" s="5">
-        <v>5.9736942360194112</v>
+        <v>5.973528947027873</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>470.72282271</v>
+        <v>470.72279781999998</v>
       </c>
       <c r="C250" s="5">
-        <v>0.94965688000002046</v>
+        <v>0.94968900999998596</v>
       </c>
       <c r="D250" s="5">
-        <v>2.4529804461457916</v>
+        <v>2.453064664506388</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>470.87610121</v>
+        <v>470.87606209</v>
       </c>
       <c r="C251" s="5">
-        <v>0.15327849999999899</v>
+        <v>0.15326427000002241</v>
       </c>
       <c r="D251" s="5">
-        <v>0.3914489849381253</v>
+        <v>0.39141259940496109</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>472.47966826999999</v>
+        <v>472.47965901999999</v>
       </c>
       <c r="C252" s="5">
-        <v>1.6035670599999889</v>
+        <v>1.6035969299999806</v>
       </c>
       <c r="D252" s="5">
-        <v>4.1640146495231622</v>
+        <v>4.1640940245582847</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>473.16844311</v>
+        <v>473.16843137000001</v>
       </c>
       <c r="C253" s="5">
-        <v>0.68877484000000777</v>
+        <v>0.68877235000002202</v>
       </c>
       <c r="D253" s="5">
-        <v>1.763439038014103</v>
+        <v>1.7634326465805206</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>473.47050745000001</v>
+        <v>473.47058296</v>
       </c>
       <c r="C254" s="5">
-        <v>0.30206434000001536</v>
+        <v>0.30215158999999403</v>
       </c>
       <c r="D254" s="5">
-        <v>0.76875926211439349</v>
+        <v>0.76898211456564169</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>473.30126029000002</v>
+        <v>473.30129592999998</v>
       </c>
       <c r="C255" s="5">
-        <v>-0.16924715999999762</v>
+        <v>-0.16928703000002088</v>
       </c>
       <c r="D255" s="5">
-        <v>-0.42811066219307081</v>
+        <v>-0.42821124695286983</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>473.32639226999999</v>
+        <v>473.32643195999998</v>
       </c>
       <c r="C256" s="5">
-        <v>2.513197999996919E-2</v>
+        <v>2.5136029999998755E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>6.3737808733455026E-2</v>
+        <v>6.374807823321671E-2</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>474.36745686</v>
+        <v>474.36759669999998</v>
       </c>
       <c r="C257" s="5">
-        <v>1.0410645900000191</v>
+        <v>1.0411647399999993</v>
       </c>
       <c r="D257" s="5">
-        <v>2.671521081049999</v>
+        <v>2.6717809707412998</v>
       </c>
       <c r="E257" s="5">
-        <v>1.7097754445431157</v>
+        <v>1.7097481171242546</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>474.83254513999998</v>
+        <v>474.83240284999999</v>
       </c>
       <c r="C258" s="5">
-        <v>0.46508827999997493</v>
+        <v>0.46480615000001535</v>
       </c>
       <c r="D258" s="5">
-        <v>1.1828917081743162</v>
+        <v>1.1821699252965834</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>477.64415764</v>
+        <v>477.64403728000002</v>
       </c>
       <c r="C259" s="5">
-        <v>2.8116125000000238</v>
+        <v>2.8116344300000264</v>
       </c>
       <c r="D259" s="5">
-        <v>7.3415604510743027</v>
+        <v>7.3416218635146802</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>480.03820198</v>
+        <v>480.03811623000001</v>
       </c>
       <c r="C260" s="5">
-        <v>2.3940443399999936</v>
+        <v>2.3940789499999937</v>
       </c>
       <c r="D260" s="5">
-        <v>6.183238014518655</v>
+        <v>6.1833314836098996</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>483.30624473</v>
+        <v>483.30618910999999</v>
       </c>
       <c r="C261" s="5">
-        <v>3.2680427500000064</v>
+        <v>3.268072879999977</v>
       </c>
       <c r="D261" s="5">
-        <v>8.4823975377838146</v>
+        <v>8.4824802655987028</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>483.39967344000002</v>
+        <v>483.39974883999997</v>
       </c>
       <c r="C262" s="5">
-        <v>9.3428710000011961E-2</v>
+        <v>9.35597299999813E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>0.23222073314455027</v>
+        <v>0.2325467621031585</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>488.83646234999998</v>
+        <v>488.83661044000002</v>
       </c>
       <c r="C263" s="5">
-        <v>5.4367889099999616</v>
+        <v>5.4368616000000429</v>
       </c>
       <c r="D263" s="5">
-        <v>14.363352454720646</v>
+        <v>14.363554144129242</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>493.38122819</v>
+        <v>493.38126211999997</v>
       </c>
       <c r="C264" s="5">
-        <v>4.544765840000025</v>
+        <v>4.5446516799999586</v>
       </c>
       <c r="D264" s="5">
-        <v>11.745064607858779</v>
+        <v>11.744750595564057</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>496.01826335999999</v>
+        <v>496.01823214000001</v>
       </c>
       <c r="C265" s="5">
-        <v>2.6370351699999901</v>
+        <v>2.6369700200000352</v>
       </c>
       <c r="D265" s="5">
-        <v>6.6057300900613791</v>
+        <v>6.6055615956836622</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>500.49536707999999</v>
+        <v>500.49541065</v>
       </c>
       <c r="C266" s="5">
-        <v>4.4771037200000023</v>
+        <v>4.4771785099999875</v>
       </c>
       <c r="D266" s="5">
-        <v>11.385518495161895</v>
+        <v>11.385718982568394</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>500.98116524</v>
+        <v>500.98127226999998</v>
       </c>
       <c r="C267" s="5">
-        <v>0.48579816000000164</v>
+        <v>0.48586161999998012</v>
       </c>
       <c r="D267" s="5">
-        <v>1.1709998462193116</v>
+        <v>1.1711535295292785</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>503.50781701</v>
+        <v>503.50791196</v>
       </c>
       <c r="C268" s="5">
-        <v>2.5266517700000009</v>
+        <v>2.5266396900000245</v>
       </c>
       <c r="D268" s="5">
-        <v>6.2228198597847006</v>
+        <v>6.2227879116853124</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>506.38077035999999</v>
+        <v>506.38108849000002</v>
       </c>
       <c r="C269" s="5">
-        <v>2.8729533499999889</v>
+        <v>2.8731765300000234</v>
       </c>
       <c r="D269" s="5">
-        <v>7.0660678069767391</v>
+        <v>7.0666326874950558</v>
       </c>
       <c r="E269" s="5">
-        <v>6.7486318964431025</v>
+        <v>6.7486674917734746</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>507.40560964000002</v>
+        <v>507.40532927999999</v>
       </c>
       <c r="C270" s="5">
-        <v>1.0248392800000374</v>
+        <v>1.0242407899999648</v>
       </c>
       <c r="D270" s="5">
-        <v>2.4558379510040362</v>
+        <v>2.4543862290194784</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>509.60115467999998</v>
+        <v>509.60051471000003</v>
       </c>
       <c r="C271" s="5">
-        <v>2.1955450399999563</v>
+        <v>2.1951854300000377</v>
       </c>
       <c r="D271" s="5">
-        <v>5.3177735131557657</v>
+        <v>5.3168846901350264</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>515.27452120999999</v>
+        <v>515.27398217999996</v>
       </c>
       <c r="C272" s="5">
-        <v>5.6733665300000098</v>
+        <v>5.6734674699999346</v>
       </c>
       <c r="D272" s="5">
-        <v>14.208698016096367</v>
+        <v>14.208985442648547</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>517.64016393999998</v>
+        <v>517.64004909000005</v>
       </c>
       <c r="C273" s="5">
-        <v>2.3656427299999905</v>
+        <v>2.366066910000086</v>
       </c>
       <c r="D273" s="5">
-        <v>5.650503678784613</v>
+        <v>5.6515486487647371</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>521.07829880999998</v>
+        <v>521.07870088000004</v>
       </c>
       <c r="C274" s="5">
-        <v>3.438134869999999</v>
+        <v>3.4386517899999944</v>
       </c>
       <c r="D274" s="5">
-        <v>8.268032943620728</v>
+        <v>8.2693237013474974</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>524.17645440000001</v>
+        <v>524.17714362000004</v>
       </c>
       <c r="C275" s="5">
-        <v>3.098155590000033</v>
+        <v>3.0984427399999959</v>
       </c>
       <c r="D275" s="5">
-        <v>7.3727971964030914</v>
+        <v>7.3734971626172152</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>524.74675401000002</v>
+        <v>524.74707125999998</v>
       </c>
       <c r="C276" s="5">
-        <v>0.5702996100000064</v>
+        <v>0.56992763999994622</v>
       </c>
       <c r="D276" s="5">
-        <v>1.313430983799746</v>
+        <v>1.3125674511123897</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>527.85193638999999</v>
+        <v>527.85190205000004</v>
       </c>
       <c r="C277" s="5">
-        <v>3.1051823799999738</v>
+        <v>3.1048307900000509</v>
       </c>
       <c r="D277" s="5">
-        <v>7.3367149076350557</v>
+        <v>7.3358523962531619</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>530.89961865999999</v>
+        <v>530.89956612000003</v>
       </c>
       <c r="C278" s="5">
-        <v>3.0476822699999957</v>
+        <v>3.0476640699999962</v>
       </c>
       <c r="D278" s="5">
-        <v>7.1528019177509394</v>
+        <v>7.1527583177450893</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>534.90096831000005</v>
+        <v>534.90119348999997</v>
       </c>
       <c r="C279" s="5">
-        <v>4.0013496500000656</v>
+        <v>4.0016273699999374</v>
       </c>
       <c r="D279" s="5">
-        <v>9.4288029027189246</v>
+        <v>9.4294856606500499</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>536.63165468</v>
+        <v>536.63209563999999</v>
       </c>
       <c r="C280" s="5">
-        <v>1.730686369999944</v>
+        <v>1.7309021500000199</v>
       </c>
       <c r="D280" s="5">
-        <v>3.9524756569329966</v>
+        <v>3.9529755566522606</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>538.04339331000006</v>
+        <v>538.04410395000002</v>
       </c>
       <c r="C281" s="5">
-        <v>1.4117386300000589</v>
+        <v>1.4120083100000329</v>
       </c>
       <c r="D281" s="5">
-        <v>3.2029687873704527</v>
+        <v>3.2035868514787014</v>
       </c>
       <c r="E281" s="5">
-        <v>6.2527301199629459</v>
+        <v>6.2528037045019413</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>538.96164139999996</v>
+        <v>538.96068793999996</v>
       </c>
       <c r="C282" s="5">
-        <v>0.91824808999990637</v>
+        <v>0.91658398999993551</v>
       </c>
       <c r="D282" s="5">
-        <v>2.0673049645291819</v>
+        <v>2.0635205569373483</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>544.03673748999995</v>
+        <v>544.03519517999996</v>
       </c>
       <c r="C283" s="5">
-        <v>5.0750960899999882</v>
+        <v>5.0745072400000026</v>
       </c>
       <c r="D283" s="5">
-        <v>11.903700110149229</v>
+        <v>11.902268819999474</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>545.44951002000005</v>
+        <v>545.44819703999997</v>
       </c>
       <c r="C284" s="5">
-        <v>1.4127725300000975</v>
+        <v>1.4130018600000085</v>
       </c>
       <c r="D284" s="5">
-        <v>3.1610944434135702</v>
+        <v>3.1616240153925723</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>547.78416499000002</v>
+        <v>547.78310044</v>
       </c>
       <c r="C285" s="5">
-        <v>2.3346549699999741</v>
+        <v>2.3349034000000302</v>
       </c>
       <c r="D285" s="5">
-        <v>5.2589452457919794</v>
+        <v>5.2595310492299818</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>547.79742103000001</v>
+        <v>547.7962857</v>
       </c>
       <c r="C286" s="5">
-        <v>1.3256039999987479E-2</v>
+        <v>1.3185260000000198E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>2.9043127546257708E-2</v>
+        <v>2.8888088754963626E-2</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>550.51651003999996</v>
+        <v>550.52390978000005</v>
       </c>
       <c r="C287" s="5">
-        <v>2.7190890099999478</v>
+        <v>2.7276240800000551</v>
       </c>
       <c r="D287" s="5">
-        <v>6.1217435398278841</v>
+        <v>6.1415017215045831</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>550.58925021000005</v>
+        <v>550.58792921999998</v>
       </c>
       <c r="C288" s="5">
-        <v>7.2740170000088256E-2</v>
+        <v>6.4019439999924543E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>0.15867220032552698</v>
+        <v>0.1396351379938876</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>551.50820705000001</v>
+        <v>551.50763687999995</v>
       </c>
       <c r="C289" s="5">
-        <v>0.91895683999996436</v>
+        <v>0.91970765999997184</v>
       </c>
       <c r="D289" s="5">
-        <v>2.0213392707324029</v>
+        <v>2.0230108765077803</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>550.45314199999996</v>
+        <v>550.45204382999998</v>
       </c>
       <c r="C290" s="5">
-        <v>-1.0550650500000529</v>
+        <v>-1.0555930499999704</v>
       </c>
       <c r="D290" s="5">
-        <v>-2.2716637955580876</v>
+        <v>-2.2727910182715583</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>550.90571206000004</v>
+        <v>550.90475651999998</v>
       </c>
       <c r="C291" s="5">
-        <v>0.4525700600000846</v>
+        <v>0.45271268999999847</v>
       </c>
       <c r="D291" s="5">
-        <v>0.99108640826770511</v>
+        <v>0.99140215577744328</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>553.22174887999995</v>
+        <v>553.22616089999997</v>
       </c>
       <c r="C292" s="5">
-        <v>2.3160368199999084</v>
+        <v>2.3214043799999899</v>
       </c>
       <c r="D292" s="5">
-        <v>5.163162652295239</v>
+        <v>5.1754164696370397</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>554.93810696000003</v>
+        <v>554.93791739000005</v>
       </c>
       <c r="C293" s="5">
-        <v>1.7163580800000773</v>
+        <v>1.7117564900000843</v>
       </c>
       <c r="D293" s="5">
-        <v>3.7871621191357896</v>
+        <v>3.7768046203776828</v>
       </c>
       <c r="E293" s="5">
-        <v>3.1400280832490246</v>
+        <v>3.1398566243874271</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>557.15703993</v>
+        <v>557.15478946999997</v>
       </c>
       <c r="C294" s="5">
-        <v>2.2189329699999689</v>
+        <v>2.2168720799999164</v>
       </c>
       <c r="D294" s="5">
-        <v>4.9051692239628464</v>
+        <v>4.9005145756105373</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>559.62019267000005</v>
+        <v>559.61755031999996</v>
       </c>
       <c r="C295" s="5">
-        <v>2.463152740000055</v>
+        <v>2.4627608499999951</v>
       </c>
       <c r="D295" s="5">
-        <v>5.4360315244943891</v>
+        <v>5.4351680029452121</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>560.79967160000001</v>
+        <v>560.79759052999998</v>
       </c>
       <c r="C296" s="5">
-        <v>1.1794789299999593</v>
+        <v>1.1800402100000156</v>
       </c>
       <c r="D296" s="5">
-        <v>2.5586953739773488</v>
+        <v>2.5599393669601955</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>565.37691533999998</v>
+        <v>565.37488748999999</v>
       </c>
       <c r="C297" s="5">
-        <v>4.5772437399999717</v>
+        <v>4.5772969600000124</v>
       </c>
       <c r="D297" s="5">
-        <v>10.2462577855432</v>
+        <v>10.246422064220862</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>568.61113361000002</v>
+        <v>568.60796895999999</v>
       </c>
       <c r="C298" s="5">
-        <v>3.2342182700000421</v>
+        <v>3.2330814700000019</v>
       </c>
       <c r="D298" s="5">
-        <v>7.0847050091962682</v>
+        <v>7.0821621647587429</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>568.95090228000004</v>
+        <v>568.96594674000005</v>
       </c>
       <c r="C299" s="5">
-        <v>0.33976867000001221</v>
+        <v>0.35797778000005565</v>
       </c>
       <c r="D299" s="5">
-        <v>0.71941089941822689</v>
+        <v>0.75810389243100573</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>572.18162617999997</v>
+        <v>572.17861378999999</v>
       </c>
       <c r="C300" s="5">
-        <v>3.2307238999999299</v>
+        <v>3.2126670499999364</v>
       </c>
       <c r="D300" s="5">
-        <v>7.0309564379571921</v>
+        <v>6.9902407898562391</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>575.51587577999999</v>
+        <v>575.51475227000003</v>
       </c>
       <c r="C301" s="5">
-        <v>3.334249600000021</v>
+        <v>3.3361384800000451</v>
       </c>
       <c r="D301" s="5">
-        <v>7.2212354556477898</v>
+        <v>7.2254976839852825</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>577.82318248000001</v>
+        <v>577.82034637000004</v>
       </c>
       <c r="C302" s="5">
-        <v>2.3073067000000265</v>
+        <v>2.3055941000000075</v>
       </c>
       <c r="D302" s="5">
-        <v>4.9184446068224474</v>
+        <v>4.9147228831898815</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>579.11782399000003</v>
+        <v>579.11578798999994</v>
       </c>
       <c r="C303" s="5">
-        <v>1.2946415100000195</v>
+        <v>1.2954416199999059</v>
       </c>
       <c r="D303" s="5">
-        <v>2.722040654364255</v>
+        <v>2.7237572524974496</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>583.84148740000001</v>
+        <v>583.85099155</v>
       </c>
       <c r="C304" s="5">
-        <v>4.7236634099999719</v>
+        <v>4.735203560000059</v>
       </c>
       <c r="D304" s="5">
-        <v>10.239249478147162</v>
+        <v>10.265437779500154</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>587.58444707000001</v>
+        <v>587.58419827</v>
       </c>
       <c r="C305" s="5">
-        <v>3.7429596700000047</v>
+        <v>3.7332067199999983</v>
       </c>
       <c r="D305" s="5">
-        <v>7.9702414437952562</v>
+        <v>7.9486038571076056</v>
       </c>
       <c r="E305" s="5">
-        <v>5.8828794960287478</v>
+        <v>5.8828708323884094</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>584.81399644999999</v>
+        <v>584.80950587999996</v>
       </c>
       <c r="C306" s="5">
-        <v>-2.7704506200000196</v>
+        <v>-2.7746923900000411</v>
       </c>
       <c r="D306" s="5">
-        <v>-5.5135361983239868</v>
+        <v>-5.5217620929910787</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>579.27807755000003</v>
+        <v>579.27495271999999</v>
       </c>
       <c r="C307" s="5">
-        <v>-5.535918899999956</v>
+        <v>-5.5345531599999731</v>
       </c>
       <c r="D307" s="5">
-        <v>-10.786203583015553</v>
+        <v>-10.783758064974158</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>574.83004582000001</v>
+        <v>574.82683562</v>
       </c>
       <c r="C308" s="5">
-        <v>-4.4480317300000252</v>
+        <v>-4.4481170999999904</v>
       </c>
       <c r="D308" s="5">
-        <v>-8.8349437234934278</v>
+        <v>-8.8351518596148093</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>568.30116258999999</v>
+        <v>568.29715370999998</v>
       </c>
       <c r="C309" s="5">
-        <v>-6.5288832300000195</v>
+        <v>-6.5296819100000221</v>
       </c>
       <c r="D309" s="5">
-        <v>-12.809531482232405</v>
+        <v>-12.811069036887023</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>565.18981199999996</v>
+        <v>565.18372671999998</v>
       </c>
       <c r="C310" s="5">
-        <v>-3.1113505900000291</v>
+        <v>-3.1134269899999936</v>
       </c>
       <c r="D310" s="5">
-        <v>-6.3755319957077061</v>
+        <v>-6.3797030705201703</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>563.31168922999996</v>
+        <v>563.33312523999996</v>
       </c>
       <c r="C311" s="5">
-        <v>-1.8781227700000045</v>
+        <v>-1.850601480000023</v>
       </c>
       <c r="D311" s="5">
-        <v>-3.9155157954457342</v>
+        <v>-3.859209544733333</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>561.36866992</v>
+        <v>561.36422662999996</v>
       </c>
       <c r="C312" s="5">
-        <v>-1.9430193099999542</v>
+        <v>-1.9688986099999966</v>
       </c>
       <c r="D312" s="5">
-        <v>-4.0615072624874742</v>
+        <v>-4.1144138302441347</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>557.26147083000001</v>
+        <v>557.26030892000006</v>
       </c>
       <c r="C313" s="5">
-        <v>-4.1071990899999946</v>
+        <v>-4.1039177099999051</v>
       </c>
       <c r="D313" s="5">
-        <v>-8.4348625817486038</v>
+        <v>-8.4284563561960013</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>553.72247864999997</v>
+        <v>553.71873874000005</v>
       </c>
       <c r="C314" s="5">
-        <v>-3.5389921800000366</v>
+        <v>-3.5415701800000079</v>
       </c>
       <c r="D314" s="5">
-        <v>-7.3601914848919314</v>
+        <v>-7.3653818833305245</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>550.32369506999999</v>
+        <v>550.32163903000003</v>
       </c>
       <c r="C315" s="5">
-        <v>-3.3987835799999857</v>
+        <v>-3.3970997100000204</v>
       </c>
       <c r="D315" s="5">
-        <v>-7.1220335167455744</v>
+        <v>-7.1186696942454049</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>545.31821930000001</v>
+        <v>545.33200800999998</v>
       </c>
       <c r="C316" s="5">
-        <v>-5.0054757699999755</v>
+        <v>-4.9896310200000471</v>
       </c>
       <c r="D316" s="5">
-        <v>-10.384827507350325</v>
+        <v>-10.353613017447094</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>542.82535639000002</v>
+        <v>542.82598407</v>
       </c>
       <c r="C317" s="5">
-        <v>-2.4928629099999853</v>
+        <v>-2.5060239399999773</v>
       </c>
       <c r="D317" s="5">
-        <v>-5.3498253929346262</v>
+        <v>-5.3772271739800921</v>
       </c>
       <c r="E317" s="5">
-        <v>-7.6174736930482041</v>
+        <v>-7.6173277517979194</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>542.60444640000003</v>
+        <v>542.60079303999999</v>
       </c>
       <c r="C318" s="5">
-        <v>-0.22090998999999556</v>
+        <v>-0.22519103000001905</v>
       </c>
       <c r="D318" s="5">
-        <v>-0.48726433682234616</v>
+        <v>-0.49668498072195089</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>537.62987601999998</v>
+        <v>537.62574209000002</v>
       </c>
       <c r="C319" s="5">
-        <v>-4.9745703800000456</v>
+        <v>-4.975050949999968</v>
       </c>
       <c r="D319" s="5">
-        <v>-10.463409360197119</v>
+        <v>-10.464436704662273</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>532.89812913000003</v>
+        <v>532.89259927000001</v>
       </c>
       <c r="C320" s="5">
-        <v>-4.731746889999954</v>
+        <v>-4.7331428200000119</v>
       </c>
       <c r="D320" s="5">
-        <v>-10.064818858305891</v>
+        <v>-10.067719550100074</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>530.77878439999995</v>
+        <v>530.77222825000001</v>
       </c>
       <c r="C321" s="5">
-        <v>-2.1193447300000798</v>
+        <v>-2.1203710199999932</v>
       </c>
       <c r="D321" s="5">
-        <v>-4.6694015735145422</v>
+        <v>-4.6716608951989258</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>526.51630276000003</v>
+        <v>526.5080835</v>
       </c>
       <c r="C322" s="5">
-        <v>-4.262481639999919</v>
+        <v>-4.264144750000014</v>
       </c>
       <c r="D322" s="5">
-        <v>-9.2222926834336416</v>
+        <v>-9.2258424740430556</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>522.11735166000005</v>
+        <v>522.13651392999998</v>
       </c>
       <c r="C323" s="5">
-        <v>-4.3989510999999766</v>
+        <v>-4.3715695700000197</v>
       </c>
       <c r="D323" s="5">
-        <v>-9.5776808044671586</v>
+        <v>-9.5209018134384209</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>519.89683706000005</v>
+        <v>519.89326247999998</v>
       </c>
       <c r="C324" s="5">
-        <v>-2.2205146000000013</v>
+        <v>-2.2432514500000025</v>
       </c>
       <c r="D324" s="5">
-        <v>-4.9857847351123414</v>
+        <v>-5.0354558036362569</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>514.50852858999997</v>
+        <v>514.50862918999997</v>
       </c>
       <c r="C325" s="5">
-        <v>-5.3883084700000836</v>
+        <v>-5.3846332900000107</v>
       </c>
       <c r="D325" s="5">
-        <v>-11.752007675709342</v>
+        <v>-11.744519226717998</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>514.28993894999996</v>
+        <v>514.28541918999997</v>
       </c>
       <c r="C326" s="5">
-        <v>-0.21858964000000469</v>
+        <v>-0.22320999999999458</v>
       </c>
       <c r="D326" s="5">
-        <v>-0.50863200737453207</v>
+        <v>-0.51935729318555168</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>511.87672734</v>
+        <v>511.87828911999998</v>
       </c>
       <c r="C327" s="5">
-        <v>-2.4132116099999621</v>
+        <v>-2.4071300699999938</v>
       </c>
       <c r="D327" s="5">
-        <v>-5.4877121822911263</v>
+        <v>-5.474283523453261</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>508.69248540000001</v>
+        <v>508.71031476000002</v>
       </c>
       <c r="C328" s="5">
-        <v>-3.1842419399999926</v>
+        <v>-3.1679743599999597</v>
       </c>
       <c r="D328" s="5">
-        <v>-7.2146843246883252</v>
+        <v>-7.1790504928216592</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>507.21681561000003</v>
+        <v>507.22085196</v>
       </c>
       <c r="C329" s="5">
-        <v>-1.4756697899999835</v>
+        <v>-1.4894628000000125</v>
       </c>
       <c r="D329" s="5">
-        <v>-3.4260816999737376</v>
+        <v>-3.4574719654823616</v>
       </c>
       <c r="E329" s="5">
-        <v>-6.559852144124334</v>
+        <v>-6.5592166099050502</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>508.08059078000002</v>
+        <v>508.08114247999998</v>
       </c>
       <c r="C330" s="5">
-        <v>0.86377516999999671</v>
+        <v>0.86029051999997819</v>
       </c>
       <c r="D330" s="5">
-        <v>2.0628141363952635</v>
+        <v>2.0543980281131802</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>508.92718024999999</v>
+        <v>508.92243696000003</v>
       </c>
       <c r="C331" s="5">
-        <v>0.84658946999996942</v>
+        <v>0.84129448000004459</v>
       </c>
       <c r="D331" s="5">
-        <v>2.0179267723646088</v>
+        <v>2.0051883013744609</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>511.26449122999998</v>
+        <v>511.25798121000003</v>
       </c>
       <c r="C332" s="5">
-        <v>2.3373109799999838</v>
+        <v>2.3355442499999981</v>
       </c>
       <c r="D332" s="5">
-        <v>5.6525100785376647</v>
+        <v>5.6481830148702894</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>511.12331112999999</v>
+        <v>511.1001607</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.14118009999998549</v>
+        <v>-0.15782051000002184</v>
       </c>
       <c r="D333" s="5">
-        <v>-0.3308640759155268</v>
+        <v>-0.36980039968997902</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>514.02896456999997</v>
+        <v>514.01435485000002</v>
       </c>
       <c r="C334" s="5">
-        <v>2.9056534399999805</v>
+        <v>2.9141941500000144</v>
       </c>
       <c r="D334" s="5">
-        <v>7.0391948653685921</v>
+        <v>7.0608684915056896</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>514.27442200999997</v>
+        <v>514.29620232000002</v>
       </c>
       <c r="C335" s="5">
-        <v>0.24545743999999559</v>
+        <v>0.28184747000000243</v>
       </c>
       <c r="D335" s="5">
-        <v>0.57452744352921581</v>
+        <v>0.6599792785449532</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>509.73720179999998</v>
+        <v>509.73527072000002</v>
       </c>
       <c r="C336" s="5">
-        <v>-4.5372202099999868</v>
+        <v>-4.5609316000000035</v>
       </c>
       <c r="D336" s="5">
-        <v>-10.088163253128767</v>
+        <v>-10.137930809987694</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>510.35988637999998</v>
+        <v>510.3608931</v>
       </c>
       <c r="C337" s="5">
-        <v>0.62268457999999782</v>
+        <v>0.6256223799999816</v>
       </c>
       <c r="D337" s="5">
-        <v>1.4757846596452406</v>
+        <v>1.4828000743809744</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>509.80010463999997</v>
+        <v>509.79758906000001</v>
       </c>
       <c r="C338" s="5">
-        <v>-0.55978174000000536</v>
+        <v>-0.56330403999999135</v>
       </c>
       <c r="D338" s="5">
-        <v>-1.3082935290119835</v>
+        <v>-1.3164731805667906</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>512.47447039999997</v>
+        <v>512.48245702999998</v>
       </c>
       <c r="C339" s="5">
-        <v>2.6743657600000006</v>
+        <v>2.6848679699999707</v>
       </c>
       <c r="D339" s="5">
-        <v>6.4799357427026694</v>
+        <v>6.5061570302570315</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>515.40566933000002</v>
+        <v>515.43020486</v>
       </c>
       <c r="C340" s="5">
-        <v>2.9311989300000505</v>
+        <v>2.9477478300000257</v>
       </c>
       <c r="D340" s="5">
-        <v>7.0837256544387994</v>
+        <v>7.1248779345257418</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>516.57606118000001</v>
+        <v>516.58613062999996</v>
       </c>
       <c r="C341" s="5">
-        <v>1.1703918499999872</v>
+        <v>1.1559257699999534</v>
       </c>
       <c r="D341" s="5">
-        <v>2.7592727072253576</v>
+        <v>2.7246149467234027</v>
       </c>
       <c r="E341" s="5">
-        <v>1.8452159474926288</v>
+        <v>1.8463907061018192</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>514.37697840999999</v>
+        <v>514.39382970999998</v>
       </c>
       <c r="C342" s="5">
-        <v>-2.1990827700000182</v>
+        <v>-2.1923009199999797</v>
       </c>
       <c r="D342" s="5">
-        <v>-4.9905164883380699</v>
+        <v>-4.9753887330487139</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>517.83622050999998</v>
+        <v>517.82007589</v>
       </c>
       <c r="C343" s="5">
-        <v>3.4592420999999831</v>
+        <v>3.426246180000021</v>
       </c>
       <c r="D343" s="5">
-        <v>8.3754255499120625</v>
+        <v>8.2923062264204539</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>521.25487782000005</v>
+        <v>521.23066826000002</v>
       </c>
       <c r="C344" s="5">
-        <v>3.4186573100000714</v>
+        <v>3.4105923700000176</v>
       </c>
       <c r="D344" s="5">
-        <v>8.2162532740723151</v>
+        <v>8.1964277783828763</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>523.30678740999997</v>
+        <v>523.27180121000004</v>
       </c>
       <c r="C345" s="5">
-        <v>2.0519095899999229</v>
+        <v>2.0411329500000193</v>
       </c>
       <c r="D345" s="5">
-        <v>4.8274031705559217</v>
+        <v>4.8017289752041226</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>525.97042713999997</v>
+        <v>525.95680757000002</v>
       </c>
       <c r="C346" s="5">
-        <v>2.6636397299999999</v>
+        <v>2.6850063599999885</v>
       </c>
       <c r="D346" s="5">
-        <v>6.2819479871842443</v>
+        <v>6.3342052877075616</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>529.66535988999999</v>
+        <v>529.69115437000005</v>
       </c>
       <c r="C347" s="5">
-        <v>3.6949327500000209</v>
+        <v>3.7343468000000257</v>
       </c>
       <c r="D347" s="5">
-        <v>8.7634397759831941</v>
+        <v>8.8608391296593823</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>530.95585045999997</v>
+        <v>530.93696940999996</v>
       </c>
       <c r="C348" s="5">
-        <v>1.2904905699999745</v>
+        <v>1.2458150399999113</v>
       </c>
       <c r="D348" s="5">
-        <v>2.9632101405870026</v>
+        <v>2.8591551933328629</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>534.40330842000003</v>
+        <v>534.41310215999999</v>
       </c>
       <c r="C349" s="5">
-        <v>3.4474579600000652</v>
+        <v>3.4761327500000334</v>
       </c>
       <c r="D349" s="5">
-        <v>8.0758677415674995</v>
+        <v>8.1457775374495398</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>536.39043308999999</v>
+        <v>536.39761800999997</v>
       </c>
       <c r="C350" s="5">
-        <v>1.9871246699999574</v>
+        <v>1.9845158499999798</v>
       </c>
       <c r="D350" s="5">
-        <v>4.5544740992112365</v>
+        <v>4.5482869911645185</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>540.21567405999997</v>
+        <v>540.22825621000004</v>
       </c>
       <c r="C351" s="5">
-        <v>3.8252409699999816</v>
+        <v>3.8306382000000667</v>
       </c>
       <c r="D351" s="5">
-        <v>8.9015072559412332</v>
+        <v>8.9144400990315287</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>542.53921605000005</v>
+        <v>542.56305975999999</v>
       </c>
       <c r="C352" s="5">
-        <v>2.3235419900000807</v>
+        <v>2.3348035499999469</v>
       </c>
       <c r="D352" s="5">
-        <v>5.2852313977476806</v>
+        <v>5.311332768204502</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>546.16595433999998</v>
+        <v>546.20630396000001</v>
       </c>
       <c r="C353" s="5">
-        <v>3.6267382899999348</v>
+        <v>3.6432442000000265</v>
       </c>
       <c r="D353" s="5">
-        <v>8.323296692263904</v>
+        <v>8.3622062436756082</v>
       </c>
       <c r="E353" s="5">
-        <v>5.7280806029626374</v>
+        <v>5.7338305412646173</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>547.58644684000001</v>
+        <v>547.61381947999996</v>
       </c>
       <c r="C354" s="5">
-        <v>1.420492500000023</v>
+        <v>1.4075155199999472</v>
       </c>
       <c r="D354" s="5">
-        <v>3.1660472174414478</v>
+        <v>3.136477457799991</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>549.74276978</v>
+        <v>549.71088584999995</v>
       </c>
       <c r="C355" s="5">
-        <v>2.1563229399999955</v>
+        <v>2.0970663699999932</v>
       </c>
       <c r="D355" s="5">
-        <v>4.8291414176355296</v>
+        <v>4.6933882659838444</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>549.85102677999998</v>
+        <v>549.81539148000002</v>
       </c>
       <c r="C356" s="5">
-        <v>0.10825699999998051</v>
+        <v>0.10450563000006241</v>
       </c>
       <c r="D356" s="5">
-        <v>0.23656371722977632</v>
+        <v>0.22837089169980285</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>551.78500980000001</v>
+        <v>551.71720776999996</v>
       </c>
       <c r="C357" s="5">
-        <v>1.9339830200000279</v>
+        <v>1.9018162899999425</v>
       </c>
       <c r="D357" s="5">
-        <v>4.3033580216461864</v>
+        <v>4.2306955055204654</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>553.53260498999998</v>
+        <v>553.52369947</v>
       </c>
       <c r="C358" s="5">
-        <v>1.74759518999997</v>
+        <v>1.8064917000000378</v>
       </c>
       <c r="D358" s="5">
-        <v>3.8675083985320047</v>
+        <v>4.000705996292675</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>553.21371074000001</v>
+        <v>553.24490232999995</v>
       </c>
       <c r="C359" s="5">
-        <v>-0.31889424999997118</v>
+        <v>-0.27879714000005151</v>
       </c>
       <c r="D359" s="5">
-        <v>-0.68914258626101565</v>
+        <v>-0.60274081519046119</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>554.37568824000004</v>
+        <v>554.33699136999996</v>
       </c>
       <c r="C360" s="5">
-        <v>1.1619775000000345</v>
+        <v>1.0920890400000189</v>
       </c>
       <c r="D360" s="5">
-        <v>2.5498183893605475</v>
+        <v>2.3946516946222296</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>555.88976152999999</v>
+        <v>555.90668502000005</v>
       </c>
       <c r="C361" s="5">
-        <v>1.5140732899999421</v>
+        <v>1.5696936500000902</v>
       </c>
       <c r="D361" s="5">
-        <v>3.3270395260923014</v>
+        <v>3.4514149534571992</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>556.22749786999998</v>
+        <v>556.24840347999998</v>
       </c>
       <c r="C362" s="5">
-        <v>0.3377363399999922</v>
+        <v>0.34171845999992456</v>
       </c>
       <c r="D362" s="5">
-        <v>0.73151309849730506</v>
+        <v>0.74014466271306034</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>553.69498739000005</v>
+        <v>553.71646392000002</v>
       </c>
       <c r="C363" s="5">
-        <v>-2.5325104799999281</v>
+        <v>-2.5319395599999552</v>
       </c>
       <c r="D363" s="5">
-        <v>-5.3288522757215295</v>
+        <v>-5.3274856280722149</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>552.42740948000005</v>
+        <v>552.45732926000005</v>
       </c>
       <c r="C364" s="5">
-        <v>-1.26757791</v>
+        <v>-1.2591346599999724</v>
       </c>
       <c r="D364" s="5">
-        <v>-2.7128410984255336</v>
+        <v>-2.6948932372663159</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>549.67562190000001</v>
+        <v>549.75653436000005</v>
       </c>
       <c r="C365" s="5">
-        <v>-2.7517875800000411</v>
+        <v>-2.7007949000000053</v>
       </c>
       <c r="D365" s="5">
-        <v>-5.8164416962503518</v>
+        <v>-5.7112397205622116</v>
       </c>
       <c r="E365" s="5">
-        <v>0.64260094063188777</v>
+        <v>0.64997975568221733</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>550.59672117000002</v>
+        <v>550.62765707000005</v>
       </c>
       <c r="C366" s="5">
-        <v>0.92109927000001335</v>
+        <v>0.87112271000000874</v>
       </c>
       <c r="D366" s="5">
-        <v>2.0294939258360678</v>
+        <v>1.9181324232952157</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>550.23173169999995</v>
+        <v>550.18005558000004</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.36498947000006865</v>
+        <v>-0.44760149000001093</v>
       </c>
       <c r="D367" s="5">
-        <v>-0.7925837464745511</v>
+        <v>-0.97112241207117922</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>547.88961709</v>
+        <v>547.82704641999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-2.3421146099999532</v>
+        <v>-2.353009160000056</v>
       </c>
       <c r="D368" s="5">
-        <v>-4.9900138342140803</v>
+        <v>-5.0131419500379693</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>509.02014602000003</v>
+        <v>508.92341813000002</v>
       </c>
       <c r="C369" s="5">
-        <v>-38.869471069999975</v>
+        <v>-38.903628289999972</v>
       </c>
       <c r="D369" s="5">
-        <v>-58.64740094169899</v>
+        <v>-58.685016063376509</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>503.32828296000002</v>
+        <v>503.31509295000001</v>
       </c>
       <c r="C370" s="5">
-        <v>-5.6918630600000029</v>
+        <v>-5.6083251800000085</v>
       </c>
       <c r="D370" s="5">
-        <v>-12.623153941018895</v>
+        <v>-12.451195337174138</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>498.07183118</v>
+        <v>498.11043833999997</v>
       </c>
       <c r="C371" s="5">
-        <v>-5.2564517800000203</v>
+        <v>-5.2046546100000342</v>
       </c>
       <c r="D371" s="5">
-        <v>-11.836718179913518</v>
+        <v>-11.726922386714556</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>486.39206826999998</v>
+        <v>486.34673477000001</v>
       </c>
       <c r="C372" s="5">
-        <v>-11.679762910000022</v>
+        <v>-11.763703569999961</v>
       </c>
       <c r="D372" s="5">
-        <v>-24.779876356242049</v>
+        <v>-24.933815944475246</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>481.28003561999998</v>
+        <v>481.3139314</v>
       </c>
       <c r="C373" s="5">
-        <v>-5.1120326500000033</v>
+        <v>-5.0328033700000105</v>
       </c>
       <c r="D373" s="5">
-        <v>-11.9080242287818</v>
+        <v>-11.734876311289566</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>477.81439920000003</v>
+        <v>477.84702755000001</v>
       </c>
       <c r="C374" s="5">
-        <v>-3.465636419999953</v>
+        <v>-3.4669038499999942</v>
       </c>
       <c r="D374" s="5">
-        <v>-8.3069035127603552</v>
+        <v>-8.3092599044430457</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>478.35901028000001</v>
+        <v>478.38993183000002</v>
       </c>
       <c r="C375" s="5">
-        <v>0.54461107999998148</v>
+        <v>0.54290428000001612</v>
       </c>
       <c r="D375" s="5">
-        <v>1.3763625042692684</v>
+        <v>1.3719277502389993</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>479.00082766999998</v>
+        <v>479.04310237999999</v>
       </c>
       <c r="C376" s="5">
-        <v>0.64181738999997151</v>
+        <v>0.65317054999997026</v>
       </c>
       <c r="D376" s="5">
-        <v>1.6219822526079009</v>
+        <v>1.6507819413425384</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>478.35887733999999</v>
+        <v>478.48196540999999</v>
       </c>
       <c r="C377" s="5">
-        <v>-0.64195032999998602</v>
+        <v>-0.56113697000000684</v>
       </c>
       <c r="D377" s="5">
-        <v>-1.5964220597249779</v>
+        <v>-1.3966239768287481</v>
       </c>
       <c r="E377" s="5">
-        <v>-12.974332809864785</v>
+        <v>-12.964751575526879</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>478.08063627000001</v>
+        <v>478.09906575999997</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.27824106999997866</v>
+        <v>-0.38289965000001303</v>
       </c>
       <c r="D378" s="5">
-        <v>-0.69576047870898439</v>
+        <v>-0.95607083474267274</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>473.55500004999999</v>
+        <v>473.48393246000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-4.525636220000024</v>
+        <v>-4.6151332999999681</v>
       </c>
       <c r="D379" s="5">
-        <v>-10.786357337089559</v>
+        <v>-10.988071472875326</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>481.57558657999999</v>
+        <v>481.48333434</v>
       </c>
       <c r="C380" s="5">
-        <v>8.0205865300000028</v>
+        <v>7.9994018799999935</v>
       </c>
       <c r="D380" s="5">
-        <v>22.328719506335659</v>
+        <v>22.267817995091811</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>480.12784571999998</v>
+        <v>479.97031233000001</v>
       </c>
       <c r="C381" s="5">
-        <v>-1.4477408600000103</v>
+        <v>-1.513022009999986</v>
       </c>
       <c r="D381" s="5">
-        <v>-3.5484561908929679</v>
+        <v>-3.7064061265399073</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>478.10109655000002</v>
+        <v>478.05005017000002</v>
       </c>
       <c r="C382" s="5">
-        <v>-2.0267491699999596</v>
+        <v>-1.9202621599999929</v>
       </c>
       <c r="D382" s="5">
-        <v>-4.949556776944986</v>
+        <v>-4.6967066656436458</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>478.98051253</v>
+        <v>479.03051001</v>
       </c>
       <c r="C383" s="5">
-        <v>0.87941597999997612</v>
+        <v>0.98045983999998043</v>
       </c>
       <c r="D383" s="5">
-        <v>2.229739736088332</v>
+        <v>2.489100820336887</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>482.23655323000003</v>
+        <v>482.21510713999999</v>
       </c>
       <c r="C384" s="5">
-        <v>3.2560407000000282</v>
+        <v>3.184597129999986</v>
       </c>
       <c r="D384" s="5">
-        <v>8.4694370132979415</v>
+        <v>8.2758608020484736</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>482.54419314</v>
+        <v>482.61421217999998</v>
       </c>
       <c r="C385" s="5">
-        <v>0.30763990999997759</v>
+        <v>0.39910503999999491</v>
       </c>
       <c r="D385" s="5">
-        <v>0.76822452446487777</v>
+        <v>0.99771278900731009</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>483.44432226999999</v>
+        <v>483.50235205000001</v>
       </c>
       <c r="C386" s="5">
-        <v>0.90012912999998207</v>
+        <v>0.88813987000003181</v>
       </c>
       <c r="D386" s="5">
-        <v>2.2615671805601201</v>
+        <v>2.2308117095978242</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>488.49518800999999</v>
+        <v>488.55598961999999</v>
       </c>
       <c r="C387" s="5">
-        <v>5.0508657400000061</v>
+        <v>5.053637569999978</v>
       </c>
       <c r="D387" s="5">
-        <v>13.283304961745145</v>
+        <v>13.28933075700065</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>492.11530906000002</v>
+        <v>492.20558321999999</v>
       </c>
       <c r="C388" s="5">
-        <v>3.6201210500000229</v>
+        <v>3.6495936000000029</v>
       </c>
       <c r="D388" s="5">
-        <v>9.2644859585991668</v>
+        <v>9.3418264620925839</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>495.16624840999998</v>
+        <v>495.36766647000002</v>
       </c>
       <c r="C389" s="5">
-        <v>3.0509393499999646</v>
+        <v>3.1620832500000233</v>
       </c>
       <c r="D389" s="5">
-        <v>7.6985628615233725</v>
+        <v>7.9874891662949254</v>
       </c>
       <c r="E389" s="5">
-        <v>3.5135484813118456</v>
+        <v>3.5290151522285873</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>496.71273743</v>
+        <v>496.71183052999999</v>
       </c>
       <c r="C390" s="5">
-        <v>1.5464890200000241</v>
+        <v>1.3441640599999687</v>
       </c>
       <c r="D390" s="5">
-        <v>3.8128582258453836</v>
+        <v>3.3051984033152904</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>499.21314133999999</v>
+        <v>499.10726634999997</v>
       </c>
       <c r="C391" s="5">
-        <v>2.5004039099999886</v>
+        <v>2.3954358199999888</v>
       </c>
       <c r="D391" s="5">
-        <v>6.2107675832837828</v>
+        <v>5.9430968936200035</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>501.12607434</v>
+        <v>500.97210665</v>
       </c>
       <c r="C392" s="5">
-        <v>1.9129330000000095</v>
+        <v>1.8648403000000258</v>
       </c>
       <c r="D392" s="5">
-        <v>4.6964347965222863</v>
+        <v>4.5769174608635721</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>508.59242999999998</v>
+        <v>508.25274000000002</v>
       </c>
       <c r="C393" s="5">
-        <v>7.4663556599999765</v>
+        <v>7.2806333500000164</v>
       </c>
       <c r="D393" s="5">
-        <v>19.419348404763383</v>
+        <v>18.903378539587678</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>511.38510009999999</v>
+        <v>511.20722111999999</v>
       </c>
       <c r="C394" s="5">
-        <v>2.7926701000000094</v>
+        <v>2.9544811199999685</v>
       </c>
       <c r="D394" s="5">
-        <v>6.7918574454108649</v>
+        <v>7.2030188238328741</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>513.30730316999995</v>
+        <v>513.43381545</v>
       </c>
       <c r="C395" s="5">
-        <v>1.9222030699999664</v>
+        <v>2.2265943300000117</v>
       </c>
       <c r="D395" s="5">
-        <v>4.6050083063576608</v>
+        <v>5.3537172268730782</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>517.85292115000004</v>
+        <v>517.91962580999996</v>
       </c>
       <c r="C396" s="5">
-        <v>4.5456179800000882</v>
+        <v>4.4858103599999595</v>
       </c>
       <c r="D396" s="5">
-        <v>11.159822616575688</v>
+        <v>11.00302072491186</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>520.34103812000001</v>
+        <v>520.48741171999995</v>
       </c>
       <c r="C397" s="5">
-        <v>2.4881169699999646</v>
+        <v>2.5677859099999978</v>
       </c>
       <c r="D397" s="5">
-        <v>5.9204419266877473</v>
+        <v>6.1144052738371757</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>522.29331748000004</v>
+        <v>522.40089545000001</v>
       </c>
       <c r="C398" s="5">
-        <v>1.9522793600000341</v>
+        <v>1.9134837300000527</v>
       </c>
       <c r="D398" s="5">
-        <v>4.5963867654011725</v>
+        <v>4.5019004510287397</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>525.55299118999994</v>
+        <v>525.66258092999999</v>
       </c>
       <c r="C399" s="5">
-        <v>3.2596737099999018</v>
+        <v>3.2616854799999828</v>
       </c>
       <c r="D399" s="5">
-        <v>7.7517954678448575</v>
+        <v>7.7550925499315637</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>527.87787287000003</v>
+        <v>528.03155781999999</v>
       </c>
       <c r="C400" s="5">
-        <v>2.3248816800000895</v>
+        <v>2.368976889999999</v>
       </c>
       <c r="D400" s="5">
-        <v>5.4395028012050206</v>
+        <v>5.5440586067872832</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>531.03709489000005</v>
+        <v>531.33512209000003</v>
       </c>
       <c r="C401" s="5">
-        <v>3.1592220200000156</v>
+        <v>3.3035642700000381</v>
       </c>
       <c r="D401" s="5">
-        <v>7.4228856515011987</v>
+        <v>7.7714548823297314</v>
       </c>
       <c r="E401" s="5">
-        <v>7.2442026481374544</v>
+        <v>7.2607596447109346</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>536.48248393999995</v>
+        <v>536.44902986</v>
       </c>
       <c r="C402" s="5">
-        <v>5.4453890499999034</v>
+        <v>5.1139077699999689</v>
       </c>
       <c r="D402" s="5">
-        <v>13.02336995533242</v>
+        <v>12.180992451028638</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>537.07859257999996</v>
+        <v>536.93024380999998</v>
       </c>
       <c r="C403" s="5">
-        <v>0.59610864000001129</v>
+        <v>0.48121394999998302</v>
       </c>
       <c r="D403" s="5">
-        <v>1.3415502082376518</v>
+        <v>1.0817696371474561</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>538.26826762999997</v>
+        <v>538.07360619999997</v>
       </c>
       <c r="C404" s="5">
-        <v>1.1896750500000053</v>
+        <v>1.143362389999993</v>
       </c>
       <c r="D404" s="5">
-        <v>2.6907265969569938</v>
+        <v>2.5854730285338023</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>539.48591801999999</v>
+        <v>538.89366539000002</v>
       </c>
       <c r="C405" s="5">
-        <v>1.2176503900000171</v>
+        <v>0.82005919000005179</v>
       </c>
       <c r="D405" s="5">
-        <v>2.7486259117157186</v>
+        <v>1.8442865475091441</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>539.60788276000005</v>
+        <v>539.24059480000005</v>
       </c>
       <c r="C406" s="5">
-        <v>0.12196474000006674</v>
+        <v>0.34692941000002975</v>
       </c>
       <c r="D406" s="5">
-        <v>0.27162860786951182</v>
+        <v>0.7752782666298863</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>542.57166868000002</v>
+        <v>542.74939082000003</v>
       </c>
       <c r="C407" s="5">
-        <v>2.9637859199999639</v>
+        <v>3.508796019999977</v>
       </c>
       <c r="D407" s="5">
-        <v>6.7937721076810398</v>
+        <v>8.0939002425839846</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>541.43718808999995</v>
+        <v>541.64789732999998</v>
       </c>
       <c r="C408" s="5">
-        <v>-1.1344805900000665</v>
+        <v>-1.1014934900000526</v>
       </c>
       <c r="D408" s="5">
-        <v>-2.4804636648995793</v>
+        <v>-2.408363067097119</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>542.27798789999997</v>
+        <v>542.50776063000001</v>
       </c>
       <c r="C409" s="5">
-        <v>0.84079981000002135</v>
+        <v>0.85986330000002908</v>
       </c>
       <c r="D409" s="5">
-        <v>1.8794830743730451</v>
+        <v>1.9217151924153741</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>544.72143421999999</v>
+        <v>544.88848073999998</v>
       </c>
       <c r="C410" s="5">
-        <v>2.4434463200000209</v>
+        <v>2.3807201099999702</v>
       </c>
       <c r="D410" s="5">
-        <v>5.5431044350767511</v>
+        <v>5.3950122933928091</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>544.04611420000003</v>
+        <v>544.22141766000004</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.67532001999995828</v>
+        <v>-0.66706307999993442</v>
       </c>
       <c r="D411" s="5">
-        <v>-1.47760125986095</v>
+        <v>-1.4592120943424769</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>544.03443642000002</v>
+        <v>544.26452101999996</v>
       </c>
       <c r="C412" s="5">
-        <v>-1.1677780000013627E-2</v>
+        <v>4.3103359999918212E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>-2.5754584762716082E-2</v>
+        <v>9.5083669612638921E-2</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>545.04239143999996</v>
+        <v>545.40948959000002</v>
       </c>
       <c r="C413" s="5">
-        <v>1.0079550199999403</v>
+        <v>1.14496857000006</v>
       </c>
       <c r="D413" s="5">
-        <v>2.246085442771184</v>
+        <v>2.5538528619943657</v>
       </c>
       <c r="E413" s="5">
-        <v>2.6373480656564974</v>
+        <v>2.648868278204275</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>546.62483655000005</v>
+        <v>546.55599301999996</v>
       </c>
       <c r="C414" s="5">
-        <v>1.5824451100000942</v>
+        <v>1.1465034299999388</v>
       </c>
       <c r="D414" s="5">
-        <v>3.5401878161147593</v>
+        <v>2.5518853811252296</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>547.23013732000004</v>
+        <v>547.04589374</v>
       </c>
       <c r="C415" s="5">
-        <v>0.60530076999998528</v>
+        <v>0.48990072000003693</v>
       </c>
       <c r="D415" s="5">
-        <v>1.3369335978540731</v>
+        <v>1.0809280819011891</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>547.88648918000001</v>
+        <v>547.66162434</v>
       </c>
       <c r="C416" s="5">
-        <v>0.65635185999997248</v>
+        <v>0.61573060000000623</v>
       </c>
       <c r="D416" s="5">
-        <v>1.4488215218720457</v>
+        <v>1.3590596164401392</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>547.79839761999995</v>
+        <v>546.96026713000003</v>
       </c>
       <c r="C417" s="5">
-        <v>-8.8091560000066238E-2</v>
+        <v>-0.7013572099999692</v>
       </c>
       <c r="D417" s="5">
-        <v>-0.1927706623005454</v>
+        <v>-1.5259894446872369</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>549.01799114999994</v>
+        <v>548.45427215999996</v>
       </c>
       <c r="C418" s="5">
-        <v>1.2195935299999974</v>
+        <v>1.4940050299999257</v>
       </c>
       <c r="D418" s="5">
-        <v>2.7045835449830635</v>
+        <v>3.3274560391987729</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>550.73281780000002</v>
+        <v>550.95205881000004</v>
       </c>
       <c r="C419" s="5">
-        <v>1.7148266500000773</v>
+        <v>2.49778665000008</v>
       </c>
       <c r="D419" s="5">
-        <v>3.8131961958395078</v>
+        <v>5.6040656528237864</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>543.11094036999998</v>
+        <v>543.47744256999999</v>
       </c>
       <c r="C420" s="5">
-        <v>-7.6218774300000405</v>
+        <v>-7.4746162400000458</v>
       </c>
       <c r="D420" s="5">
-        <v>-15.399849365341101</v>
+        <v>-15.118596175799082</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>552.73932535999995</v>
+        <v>553.05243583000004</v>
       </c>
       <c r="C421" s="5">
-        <v>9.6283849899999723</v>
+        <v>9.574993260000042</v>
       </c>
       <c r="D421" s="5">
-        <v>23.475773200516393</v>
+        <v>23.315434168657756</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>553.96958080000002</v>
+        <v>554.19231927999999</v>
       </c>
       <c r="C422" s="5">
-        <v>1.2302554400000645</v>
+        <v>1.1398834499999566</v>
       </c>
       <c r="D422" s="5">
-        <v>2.7038308022515167</v>
+        <v>2.5015225157924981</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>554.55987415000004</v>
+        <v>554.79546260999996</v>
       </c>
       <c r="C423" s="5">
-        <v>0.59029335000002447</v>
+        <v>0.60314332999996623</v>
       </c>
       <c r="D423" s="5">
-        <v>1.2862045461795812</v>
+        <v>1.3138401337186245</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>555.59540263999997</v>
+        <v>555.88733948000004</v>
       </c>
       <c r="C424" s="5">
-        <v>1.0355284899999333</v>
+        <v>1.0918768700000783</v>
       </c>
       <c r="D424" s="5">
-        <v>2.2639142163786818</v>
+        <v>2.3874174725320607</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>554.66555049999999</v>
+        <v>555.07076122000001</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.92985213999997995</v>
+        <v>-0.81657826000002842</v>
       </c>
       <c r="D425" s="5">
-        <v>-1.9899528293784607</v>
+        <v>-1.7485839733563657</v>
       </c>
       <c r="E425" s="5">
-        <v>1.7655799275677841</v>
+        <v>1.7713794523932069</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>560.85033270999998</v>
+        <v>561.95013279</v>
       </c>
       <c r="C426" s="5">
-        <v>6.1847822099999803</v>
+        <v>6.8793715699999893</v>
       </c>
       <c r="D426" s="5">
-        <v>14.232442415900138</v>
+        <v>15.929276221921373</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>560.44825447000005</v>
+        <v>561.31533356</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.40207823999992343</v>
+        <v>-0.63479922999999872</v>
       </c>
       <c r="D427" s="5">
-        <v>-0.85690589406185458</v>
+        <v>-1.3471729949017908</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>561.76414122000006</v>
+        <v>562.77757027999996</v>
       </c>
       <c r="C428" s="5">
-        <v>1.3158867500000042</v>
+        <v>1.4622367199999644</v>
       </c>
       <c r="D428" s="5">
-        <v>2.854172260987653</v>
+        <v>3.171201567442683</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>563.15255008999998</v>
+        <v>565.61024560999999</v>
       </c>
       <c r="C429" s="5">
-        <v>1.3884088699999211</v>
+        <v>2.8326753300000291</v>
       </c>
       <c r="D429" s="5">
-        <v>3.0064681466629217</v>
+        <v>6.2101083327632089</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>561.70140117000005</v>
+        <v>565.56359184999997</v>
       </c>
       <c r="C430" s="5">
-        <v>-1.4511489199999232</v>
+        <v>-4.6653760000026523E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>-3.0487470107879777</v>
+        <v>-9.8935833270052953E-2</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>560.55173374000003</v>
+        <v>564.11199838000005</v>
       </c>
       <c r="C431" s="5">
-        <v>-1.1496674300000223</v>
+        <v>-1.4515934699999207</v>
       </c>
       <c r="D431" s="5">
-        <v>-2.4286497680088281</v>
+        <v>-3.0368497819106888</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>560.82605018000004</v>
+        <v>564.15354965999995</v>
       </c>
       <c r="C432" s="5">
-        <v>0.27431644000000688</v>
+        <v>4.155127999990782E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>0.58882552900396679</v>
+        <v>8.8425243425915845E-2</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>560.38617475000001</v>
+        <v>563.71687710000003</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.43987543000002916</v>
+        <v>-0.43667255999991994</v>
       </c>
       <c r="D433" s="5">
-        <v>-0.93715225064822105</v>
+        <v>-0.92489363822816362</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>563.82497527999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.1080981799999563</v>
+      </c>
+      <c r="D434" s="5">
+        <v>0.23035449058756985</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>566.58979236000005</v>
+      </c>
+      <c r="C435" s="5">
+        <v>2.7648170800000571</v>
+      </c>
+      <c r="D435" s="5">
+        <v>6.0457426805920145</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>567.01697646000002</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.42718409999997675</v>
+      </c>
+      <c r="D436" s="5">
+        <v>0.90850910988331535</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">