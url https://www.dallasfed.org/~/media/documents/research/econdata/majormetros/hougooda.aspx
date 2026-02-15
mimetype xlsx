--- v1 (2026-01-25)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{14FD4CA8-327B-47E9-A7CA-1B6B081FADF0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{2D941C6D-E565-4008-802F-026749249F75}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{A066F50E-C004-4674-BA95-6008CBFE24BF}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1351E685-E217-4A9D-B064-FF531476522F}"/>
   </bookViews>
   <sheets>
     <sheet name="hougooda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Goods Producing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{68B3E36B-73D4-4B85-AA3A-1BD466FE12E9}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C2B0C9C2-073E-4108-A3B7-F25B8BED4A08}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>564.11199838000005</v>
       </c>
       <c r="C431" s="5">
         <v>-1.4515934699999207</v>
       </c>
       <c r="D431" s="5">
         <v>-3.0368497819106888</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>564.15354965999995</v>
       </c>
       <c r="C432" s="5">
         <v>4.155127999990782E-2</v>
       </c>
       <c r="D432" s="5">
         <v>8.8425243425915845E-2</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>563.71687710000003</v>
       </c>
       <c r="C433" s="5">
         <v>-0.43667255999991994</v>
       </c>
       <c r="D433" s="5">
         <v>-0.92489363822816362</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>563.82497527999999</v>
       </c>
       <c r="C434" s="5">
         <v>0.1080981799999563</v>
       </c>
       <c r="D434" s="5">
         <v>0.23035449058756985</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>566.58979236000005</v>
       </c>
       <c r="C435" s="5">
         <v>2.7648170800000571</v>
       </c>
       <c r="D435" s="5">
         <v>6.0457426805920145</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>567.01697646000002</v>
+        <v>567.52200008</v>
       </c>
       <c r="C436" s="5">
-        <v>0.42718409999997675</v>
+        <v>0.93220771999995122</v>
       </c>
       <c r="D436" s="5">
-        <v>0.90850910988331535</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>1.9923193113433602</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>565.65650337</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-1.8654967100000022</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-3.8739725518488477</v>
+      </c>
+      <c r="E437" s="5">
+        <v>1.9070977773596676</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>