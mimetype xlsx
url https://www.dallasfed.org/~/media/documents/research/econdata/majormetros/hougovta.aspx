--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B847BA90-8CE7-4570-8546-5ED16E873C83}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{8BAFEF25-0342-4F0D-A6C1-F7F24FD6EE98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{643C4CC3-6605-44FE-B213-249D28E3609A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{93A1AC5C-E765-4B1D-911A-493396AE385E}"/>
   </bookViews>
   <sheets>
     <sheet name="hougovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Government Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5A6CEBDF-C550-4464-9C99-E0911D6D58D8}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07E0AA19-4BA1-499B-9892-21EF8A09D23C}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>0.48230948000002627</v>
       </c>
       <c r="D431" s="5">
         <v>1.2672373426997563</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>457.82845251999998</v>
       </c>
       <c r="C432" s="5">
         <v>-2.0195309100000145</v>
       </c>
       <c r="D432" s="5">
         <v>-5.1446318625082537</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>460.88332563</v>
+        <v>464.69186545000002</v>
       </c>
       <c r="C433" s="5">
-        <v>3.0548731100000168</v>
+        <v>6.8634129300000382</v>
       </c>
       <c r="D433" s="5">
-        <v>8.3075176967944522</v>
+        <v>19.549425006976652</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>466.37007696000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>1.6782115099999828</v>
+      </c>
+      <c r="D434" s="5">
+        <v>4.4208658904207887</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>