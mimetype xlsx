--- v1 (2025-12-16)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{8BAFEF25-0342-4F0D-A6C1-F7F24FD6EE98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{84D214B4-0174-4E94-AFE8-2C4EA1CB594E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{93A1AC5C-E765-4B1D-911A-493396AE385E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{FF68F0C4-FFE8-4279-A85F-050F452C9953}"/>
   </bookViews>
   <sheets>
     <sheet name="hougovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Government Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07E0AA19-4BA1-499B-9892-21EF8A09D23C}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6B0CDE80-030C-4413-A6D3-F8B2DF48669A}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>245.18446116000001</v>
+        <v>245.18446112000001</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>246.506148</v>
+        <v>246.50625062</v>
       </c>
       <c r="C7" s="5">
-        <v>1.3216868399999839</v>
+        <v>1.3217894999999942</v>
       </c>
       <c r="D7" s="5">
-        <v>6.6639714096301539</v>
+        <v>6.6645044675587739</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>247.36155242999999</v>
+        <v>247.3619989</v>
       </c>
       <c r="C8" s="5">
-        <v>0.855404429999993</v>
+        <v>0.85574828000000025</v>
       </c>
       <c r="D8" s="5">
-        <v>4.2445384456699431</v>
+        <v>4.2462755444696798</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>248.16095559999999</v>
+        <v>248.16101397</v>
       </c>
       <c r="C9" s="5">
-        <v>0.79940317000000505</v>
+        <v>0.79901506999999583</v>
       </c>
       <c r="D9" s="5">
-        <v>3.9477419337432984</v>
+        <v>3.9457839297444064</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>252.69134978</v>
+        <v>252.69088486000001</v>
       </c>
       <c r="C10" s="5">
-        <v>4.5303941800000018</v>
+        <v>4.5298708900000122</v>
       </c>
       <c r="D10" s="5">
-        <v>24.24618689614022</v>
+        <v>24.243093077956026</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>252.82123074</v>
+        <v>252.82353553999999</v>
       </c>
       <c r="C11" s="5">
-        <v>0.12988096000000837</v>
+        <v>0.13265067999998337</v>
       </c>
       <c r="D11" s="5">
-        <v>0.61853525234962792</v>
+        <v>0.63176483063087652</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>255.15101161000001</v>
+        <v>255.14866685000001</v>
       </c>
       <c r="C12" s="5">
-        <v>2.3297808700000076</v>
+        <v>2.3251313100000175</v>
       </c>
       <c r="D12" s="5">
-        <v>11.636198866458859</v>
+        <v>11.611678187597875</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>253.19800076000001</v>
+        <v>253.19968287</v>
       </c>
       <c r="C13" s="5">
-        <v>-1.9530108499999983</v>
+        <v>-1.9489839800000084</v>
       </c>
       <c r="D13" s="5">
-        <v>-8.8082118393575932</v>
+        <v>-8.7908839299266184</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>250.32457388</v>
+        <v>250.32282943999999</v>
       </c>
       <c r="C14" s="5">
-        <v>-2.8734268800000109</v>
+        <v>-2.8768534300000113</v>
       </c>
       <c r="D14" s="5">
-        <v>-12.799583285703731</v>
+        <v>-12.813825966907178</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>251.2556295</v>
+        <v>251.25500984999999</v>
       </c>
       <c r="C15" s="5">
-        <v>0.93105561999999509</v>
+        <v>0.93218041000000085</v>
       </c>
       <c r="D15" s="5">
-        <v>4.555717506344803</v>
+        <v>4.5613668299645305</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>251.85880632999999</v>
+        <v>251.85870265</v>
       </c>
       <c r="C16" s="5">
-        <v>0.60317682999999533</v>
+        <v>0.60369280000000458</v>
       </c>
       <c r="D16" s="5">
-        <v>2.9191226352743627</v>
+        <v>2.9216601051663238</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>252.66215056999999</v>
+        <v>252.66277561999999</v>
       </c>
       <c r="C17" s="5">
-        <v>0.80334424000000126</v>
+        <v>0.80407296999999289</v>
       </c>
       <c r="D17" s="5">
-        <v>3.8954604050114527</v>
+        <v>3.8990579678747972</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>256.56297426999998</v>
+        <v>256.56297747000002</v>
       </c>
       <c r="C18" s="5">
-        <v>3.9008236999999895</v>
+        <v>3.9002018500000304</v>
       </c>
       <c r="D18" s="5">
-        <v>20.183685798727158</v>
+        <v>20.18013603670088</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>255.10948793</v>
+        <v>255.10959260000001</v>
       </c>
       <c r="C19" s="5">
-        <v>-1.4534863399999836</v>
+        <v>-1.4533848700000078</v>
       </c>
       <c r="D19" s="5">
-        <v>-6.5903912965624141</v>
+        <v>-6.5899453709910905</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>256.42045152999998</v>
+        <v>256.42088387000001</v>
       </c>
       <c r="C20" s="5">
-        <v>1.3109635999999796</v>
+        <v>1.3112912699999981</v>
       </c>
       <c r="D20" s="5">
-        <v>6.3439028472138448</v>
+        <v>6.3455308953307421</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>256.86415850999998</v>
+        <v>256.86420694999998</v>
       </c>
       <c r="C21" s="5">
-        <v>0.44370698000000175</v>
+        <v>0.44332307999997056</v>
       </c>
       <c r="D21" s="5">
-        <v>2.0963425465963192</v>
+        <v>2.0945079219570673</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>257.17772465000002</v>
+        <v>257.17724016</v>
       </c>
       <c r="C22" s="5">
-        <v>0.31356614000003447</v>
+        <v>0.31303321000001461</v>
       </c>
       <c r="D22" s="5">
-        <v>1.4747719539454751</v>
+        <v>1.4722483610120296</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>260.194052</v>
+        <v>260.19608364999999</v>
       </c>
       <c r="C23" s="5">
-        <v>3.0163273499999832</v>
+        <v>3.0188434899999947</v>
       </c>
       <c r="D23" s="5">
-        <v>15.018626608112729</v>
+        <v>15.032004587486814</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>257.58852385</v>
+        <v>257.58688022000001</v>
       </c>
       <c r="C24" s="5">
-        <v>-2.6055281499999978</v>
+        <v>-2.6092034299999796</v>
       </c>
       <c r="D24" s="5">
-        <v>-11.376325909528507</v>
+        <v>-11.391414439134618</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>258.07093988000003</v>
+        <v>258.07206208999997</v>
       </c>
       <c r="C25" s="5">
-        <v>0.48241603000002442</v>
+        <v>0.4851818699999626</v>
       </c>
       <c r="D25" s="5">
-        <v>2.2706740026002592</v>
+        <v>2.2838423655747508</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>262.05986168999999</v>
+        <v>262.05835991999999</v>
       </c>
       <c r="C26" s="5">
-        <v>3.9889218099999653</v>
+        <v>3.9862978300000123</v>
       </c>
       <c r="D26" s="5">
-        <v>20.208962184000988</v>
+        <v>20.194423885834478</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>261.81047164</v>
+        <v>261.80993603000002</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.24939004999998815</v>
+        <v>-0.24842388999996956</v>
       </c>
       <c r="D27" s="5">
-        <v>-1.1360252575731256</v>
+        <v>-1.1316535636215819</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>262.31906031</v>
+        <v>262.31895901000001</v>
       </c>
       <c r="C28" s="5">
-        <v>0.50858866999999464</v>
+        <v>0.50902297999999746</v>
       </c>
       <c r="D28" s="5">
-        <v>2.3561679910431677</v>
+        <v>2.3582064843224559</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>263.11486481999998</v>
+        <v>263.11543055999999</v>
       </c>
       <c r="C29" s="5">
-        <v>0.7958045099999822</v>
+        <v>0.79647154999997838</v>
       </c>
       <c r="D29" s="5">
-        <v>3.7018344151323657</v>
+        <v>3.7049907309004038</v>
       </c>
       <c r="E29" s="5">
-        <v>4.1370320906470859</v>
+        <v>4.13699838227084</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>262.82086680999998</v>
+        <v>262.82088633000001</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.2939980099999957</v>
+        <v>-0.29454422999998542</v>
       </c>
       <c r="D30" s="5">
-        <v>-1.3326405079358006</v>
+        <v>-1.3350983485221124</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>263.26394334000003</v>
+        <v>263.26402796999997</v>
       </c>
       <c r="C31" s="5">
-        <v>0.44307653000004166</v>
+        <v>0.44314163999996481</v>
       </c>
       <c r="D31" s="5">
-        <v>2.0418834741320557</v>
+        <v>2.0421861634027927</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>263.93331563999999</v>
+        <v>263.93362881000002</v>
       </c>
       <c r="C32" s="5">
-        <v>0.66937229999996362</v>
+        <v>0.66960084000004372</v>
       </c>
       <c r="D32" s="5">
-        <v>3.0941392804052281</v>
+        <v>3.0952095077953157</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>265.37450766000001</v>
+        <v>265.37457492999999</v>
       </c>
       <c r="C33" s="5">
-        <v>1.4411920200000168</v>
+        <v>1.4409461199999782</v>
       </c>
       <c r="D33" s="5">
-        <v>6.7529424336322252</v>
+        <v>6.7517471597889012</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>265.99639135000001</v>
+        <v>265.99604449999998</v>
       </c>
       <c r="C34" s="5">
-        <v>0.62188369000000421</v>
+        <v>0.62146956999998793</v>
       </c>
       <c r="D34" s="5">
-        <v>2.8486321865099029</v>
+        <v>2.8467100169881077</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>268.60108757</v>
+        <v>268.60250881000002</v>
       </c>
       <c r="C35" s="5">
-        <v>2.6046962199999939</v>
+        <v>2.6064643100000353</v>
       </c>
       <c r="D35" s="5">
-        <v>12.404646470207293</v>
+        <v>12.413542820887024</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>268.19827246</v>
+        <v>268.19750601999999</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.40281511000000592</v>
+        <v>-0.40500279000002593</v>
       </c>
       <c r="D36" s="5">
-        <v>-1.7848437875657375</v>
+        <v>-1.7944475738480237</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>269.35257301000001</v>
+        <v>269.35306978</v>
       </c>
       <c r="C37" s="5">
-        <v>1.1543005500000163</v>
+        <v>1.1555637600000068</v>
       </c>
       <c r="D37" s="5">
-        <v>5.2887158898165421</v>
+        <v>5.2946569313981895</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>270.19380423000001</v>
+        <v>270.19266794999999</v>
       </c>
       <c r="C38" s="5">
-        <v>0.84123121999999739</v>
+        <v>0.83959816999998793</v>
       </c>
       <c r="D38" s="5">
-        <v>3.8128443575866422</v>
+        <v>3.8053081372050768</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>272.34458833000002</v>
+        <v>272.34411390000002</v>
       </c>
       <c r="C39" s="5">
-        <v>2.1507841000000099</v>
+        <v>2.1514459500000385</v>
       </c>
       <c r="D39" s="5">
-        <v>9.9816844381225067</v>
+        <v>9.9849356487418319</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>271.81951132</v>
+        <v>271.81944899000001</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.52507701000001816</v>
+        <v>-0.5246649100000127</v>
       </c>
       <c r="D40" s="5">
-        <v>-2.2892090939726328</v>
+        <v>-2.28743537381213</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>269.99123686000001</v>
+        <v>269.99157391</v>
       </c>
       <c r="C41" s="5">
-        <v>-1.8282744599999887</v>
+        <v>-1.8278750800000125</v>
       </c>
       <c r="D41" s="5">
-        <v>-7.7792833222049769</v>
+        <v>-7.777648035570051</v>
       </c>
       <c r="E41" s="5">
-        <v>2.6134487098264936</v>
+        <v>2.6133561742712086</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>272.78820597999999</v>
+        <v>272.78825938</v>
       </c>
       <c r="C42" s="5">
-        <v>2.7969691199999716</v>
+        <v>2.7966854699999999</v>
       </c>
       <c r="D42" s="5">
-        <v>13.164720303800825</v>
+        <v>13.163290883763157</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>273.79210503000002</v>
+        <v>273.79227388999999</v>
       </c>
       <c r="C43" s="5">
-        <v>1.0038990500000295</v>
+        <v>1.0040145099999904</v>
       </c>
       <c r="D43" s="5">
-        <v>4.5066614902558699</v>
+        <v>4.5071894453066808</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>274.21328609</v>
+        <v>274.21348140999999</v>
       </c>
       <c r="C44" s="5">
-        <v>0.42118105999998079</v>
+        <v>0.42120751999999584</v>
       </c>
       <c r="D44" s="5">
-        <v>1.8616880926759061</v>
+        <v>1.8618048835282064</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>275.12246836999998</v>
+        <v>275.12256765000001</v>
       </c>
       <c r="C45" s="5">
-        <v>0.9091822799999818</v>
+        <v>0.90908624000002192</v>
       </c>
       <c r="D45" s="5">
-        <v>4.0520862516812528</v>
+        <v>4.0516474425807525</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>275.25043249999999</v>
+        <v>275.25020718000002</v>
       </c>
       <c r="C46" s="5">
-        <v>0.12796413000000939</v>
+        <v>0.12763953000001038</v>
       </c>
       <c r="D46" s="5">
-        <v>0.5595703879884617</v>
+        <v>0.5581471289054063</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>277.02884590999997</v>
+        <v>277.02963661000001</v>
       </c>
       <c r="C47" s="5">
-        <v>1.7784134099999847</v>
+        <v>1.7794294299999933</v>
       </c>
       <c r="D47" s="5">
-        <v>8.0348299511102894</v>
+        <v>8.0395915550295793</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>276.24549352000003</v>
+        <v>276.24539551999999</v>
       </c>
       <c r="C48" s="5">
-        <v>-0.78335238999994772</v>
+        <v>-0.78424109000002318</v>
       </c>
       <c r="D48" s="5">
-        <v>-3.3409526893553143</v>
+        <v>-3.344674727533159</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>275.73278565999999</v>
+        <v>275.73284501000001</v>
       </c>
       <c r="C49" s="5">
-        <v>-0.51270786000003454</v>
+        <v>-0.51255050999998275</v>
       </c>
       <c r="D49" s="5">
-        <v>-2.2045887413246534</v>
+        <v>-2.2039198165660134</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>276.42519228999998</v>
+        <v>276.42439479000001</v>
       </c>
       <c r="C50" s="5">
-        <v>0.69240662999999358</v>
+        <v>0.69154978000000256</v>
       </c>
       <c r="D50" s="5">
-        <v>3.0553502140711952</v>
+        <v>3.0515162591335798</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>276.12813370999999</v>
+        <v>276.12773442000002</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.29705857999999807</v>
+        <v>-0.29666036999998369</v>
       </c>
       <c r="D51" s="5">
-        <v>-1.281977558544567</v>
+        <v>-1.2802728576430167</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>275.95351920000002</v>
+        <v>275.95352438999998</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.17461450999996941</v>
+        <v>-0.17421003000004021</v>
       </c>
       <c r="D52" s="5">
-        <v>-0.75620751642174744</v>
+        <v>-0.75446298560459812</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>277.20916986999998</v>
+        <v>277.2093021</v>
       </c>
       <c r="C53" s="5">
-        <v>1.2556506699999659</v>
+        <v>1.255777710000018</v>
       </c>
       <c r="D53" s="5">
-        <v>5.5990143277088178</v>
+        <v>5.5995949508627518</v>
       </c>
       <c r="E53" s="5">
-        <v>2.67339529013777</v>
+        <v>2.6733160911184495</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>279.87752485999999</v>
+        <v>279.87760342000001</v>
       </c>
       <c r="C54" s="5">
-        <v>2.6683549900000116</v>
+        <v>2.6683013200000119</v>
       </c>
       <c r="D54" s="5">
-        <v>12.182518667680696</v>
+        <v>12.182254397199554</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>280.64931997000002</v>
+        <v>280.64955262000001</v>
       </c>
       <c r="C55" s="5">
-        <v>0.77179511000002776</v>
+        <v>0.77194919999999456</v>
       </c>
       <c r="D55" s="5">
-        <v>3.3597943944551734</v>
+        <v>3.3604744329820635</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>282.75419376000002</v>
+        <v>282.75429888999997</v>
       </c>
       <c r="C56" s="5">
-        <v>2.1048737899999992</v>
+        <v>2.1047462699999642</v>
       </c>
       <c r="D56" s="5">
-        <v>9.3807078258449685</v>
+        <v>9.3801077695308663</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>282.25933947999999</v>
+        <v>282.25943488000001</v>
       </c>
       <c r="C57" s="5">
-        <v>-0.49485428000002685</v>
+        <v>-0.49486400999995794</v>
       </c>
       <c r="D57" s="5">
-        <v>-2.0800483201799502</v>
+        <v>-2.0800880599858074</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>283.32459554000002</v>
+        <v>283.32452083999999</v>
       </c>
       <c r="C58" s="5">
-        <v>1.0652560600000243</v>
+        <v>1.0650859599999762</v>
       </c>
       <c r="D58" s="5">
-        <v>4.6240382460038809</v>
+        <v>4.623282893876457</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>284.43387983999997</v>
+        <v>284.43433303</v>
       </c>
       <c r="C59" s="5">
-        <v>1.1092842999999561</v>
+        <v>1.1098121900000137</v>
       </c>
       <c r="D59" s="5">
-        <v>4.8007944269724989</v>
+        <v>4.8031297826181207</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>284.62643021000002</v>
+        <v>284.62642412999998</v>
       </c>
       <c r="C60" s="5">
-        <v>0.19255037000004904</v>
+        <v>0.19209109999997054</v>
       </c>
       <c r="D60" s="5">
-        <v>0.8153834949985006</v>
+        <v>0.81343011666290543</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>285.64865371000002</v>
+        <v>285.6486428</v>
       </c>
       <c r="C61" s="5">
-        <v>1.0222234999999955</v>
+        <v>1.0222186700000293</v>
       </c>
       <c r="D61" s="5">
-        <v>4.3959059698037484</v>
+        <v>4.3958848829508401</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>282.28519011999998</v>
+        <v>282.28453410999998</v>
       </c>
       <c r="C62" s="5">
-        <v>-3.3634635900000376</v>
+        <v>-3.3641086900000232</v>
       </c>
       <c r="D62" s="5">
-        <v>-13.249707581290549</v>
+        <v>-13.252087007132163</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>286.72433695000001</v>
+        <v>286.72407743999997</v>
       </c>
       <c r="C63" s="5">
-        <v>4.439146830000027</v>
+        <v>4.4395433299999922</v>
       </c>
       <c r="D63" s="5">
-        <v>20.591739433069534</v>
+        <v>20.59379265994108</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>287.19211196999998</v>
+        <v>287.19218222000001</v>
       </c>
       <c r="C64" s="5">
-        <v>0.46777501999997639</v>
+        <v>0.46810478000003286</v>
       </c>
       <c r="D64" s="5">
-        <v>1.9753966713496274</v>
+        <v>1.9768035689387009</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>286.70893925000001</v>
+        <v>286.70891688</v>
       </c>
       <c r="C65" s="5">
-        <v>-0.48317271999997047</v>
+        <v>-0.48326534000000265</v>
       </c>
       <c r="D65" s="5">
-        <v>-2.00030618327115</v>
+        <v>-2.0006855979166627</v>
       </c>
       <c r="E65" s="5">
-        <v>3.4269318668119997</v>
+        <v>3.4268744620168379</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>289.76208303999999</v>
+        <v>289.76227625000001</v>
       </c>
       <c r="C66" s="5">
-        <v>3.0531437899999787</v>
+        <v>3.0533593700000097</v>
       </c>
       <c r="D66" s="5">
-        <v>13.554370215267042</v>
+        <v>13.555385139112698</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>289.53493123999999</v>
+        <v>289.53521554000002</v>
       </c>
       <c r="C67" s="5">
-        <v>-0.22715180000000146</v>
+        <v>-0.22706070999998929</v>
       </c>
       <c r="D67" s="5">
-        <v>-0.9366648688534096</v>
+        <v>-0.93629025319730275</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>289.26284107999999</v>
+        <v>289.26290699999998</v>
       </c>
       <c r="C68" s="5">
-        <v>-0.27209016000000474</v>
+        <v>-0.27230854000004001</v>
       </c>
       <c r="D68" s="5">
-        <v>-1.1218883650532918</v>
+        <v>-1.1227830450888487</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>290.03606581999998</v>
+        <v>290.03605883</v>
       </c>
       <c r="C69" s="5">
-        <v>0.7732247399999892</v>
+        <v>0.77315183000001753</v>
       </c>
       <c r="D69" s="5">
-        <v>3.2552867446765221</v>
+        <v>3.2549745134917041</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>290.96492269999999</v>
+        <v>290.96474849999998</v>
       </c>
       <c r="C70" s="5">
-        <v>0.9288568800000121</v>
+        <v>0.92868966999998293</v>
       </c>
       <c r="D70" s="5">
-        <v>3.911487655160828</v>
+        <v>3.9107711704770232</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>293.11928243</v>
+        <v>293.1196425</v>
       </c>
       <c r="C71" s="5">
-        <v>2.1543597300000101</v>
+        <v>2.154894000000013</v>
       </c>
       <c r="D71" s="5">
-        <v>9.2559347339029827</v>
+        <v>9.258330224648148</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>295.04506996999999</v>
+        <v>295.04495523999998</v>
       </c>
       <c r="C72" s="5">
-        <v>1.9257875399999875</v>
+        <v>1.9253127399999812</v>
       </c>
       <c r="D72" s="5">
-        <v>8.1751935619636562</v>
+        <v>8.173094209579034</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>294.98240012999997</v>
+        <v>294.98243602000002</v>
       </c>
       <c r="C73" s="5">
-        <v>-6.26698400000123E-2</v>
+        <v>-6.2519219999956022E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>-0.25459165921877247</v>
+        <v>-0.25398058802247325</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>292.15005434</v>
+        <v>292.14942831000002</v>
       </c>
       <c r="C74" s="5">
-        <v>-2.8323457899999767</v>
+        <v>-2.833007710000004</v>
       </c>
       <c r="D74" s="5">
-        <v>-10.932677337323682</v>
+        <v>-10.935097628147339</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>294.46454699999998</v>
+        <v>294.46441960999999</v>
       </c>
       <c r="C75" s="5">
-        <v>2.3144926599999849</v>
+        <v>2.3149912999999742</v>
       </c>
       <c r="D75" s="5">
-        <v>9.9320966173874545</v>
+        <v>9.93435274218335</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>295.08113754999999</v>
+        <v>295.08140021000003</v>
       </c>
       <c r="C76" s="5">
-        <v>0.61659055000001217</v>
+        <v>0.61698060000003352</v>
       </c>
       <c r="D76" s="5">
-        <v>2.5418669306408237</v>
+        <v>2.5434945826174671</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>295.26252796</v>
+        <v>295.26273226000001</v>
       </c>
       <c r="C77" s="5">
-        <v>0.18139041000000589</v>
+        <v>0.18133204999998043</v>
       </c>
       <c r="D77" s="5">
-        <v>0.74015548647778928</v>
+        <v>0.73991588481545634</v>
       </c>
       <c r="E77" s="5">
-        <v>2.983370079905856</v>
+        <v>2.9834493719566257</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>294.31779338000001</v>
+        <v>294.31802886000003</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.944734579999988</v>
+        <v>-0.94470339999998032</v>
       </c>
       <c r="D78" s="5">
-        <v>-3.772717776635881</v>
+        <v>-3.7725928802569753</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>294.55630692</v>
+        <v>294.55648250000002</v>
       </c>
       <c r="C79" s="5">
-        <v>0.23851353999998537</v>
+        <v>0.23845363999998881</v>
       </c>
       <c r="D79" s="5">
-        <v>0.97681968732232782</v>
+        <v>0.97657249100955301</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>293.67879067000001</v>
+        <v>293.67873802000003</v>
       </c>
       <c r="C80" s="5">
-        <v>-0.87751624999998512</v>
+        <v>-0.87774447999998984</v>
       </c>
       <c r="D80" s="5">
-        <v>-3.5169365676910869</v>
+        <v>-3.5178342731779333</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>296.06193882000002</v>
+        <v>296.06169585999999</v>
       </c>
       <c r="C81" s="5">
-        <v>2.3831481500000109</v>
+        <v>2.3829578399999605</v>
       </c>
       <c r="D81" s="5">
-        <v>10.184358853615239</v>
+        <v>10.183510840270182</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>295.51298700000001</v>
+        <v>295.51261864000003</v>
       </c>
       <c r="C82" s="5">
-        <v>-0.54895182000001341</v>
+        <v>-0.54907721999995829</v>
       </c>
       <c r="D82" s="5">
-        <v>-2.2024637537113367</v>
+        <v>-2.2029635428830407</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>294.00610312999999</v>
+        <v>294.00642140999997</v>
       </c>
       <c r="C83" s="5">
-        <v>-1.5068838700000242</v>
+        <v>-1.5061972300000548</v>
       </c>
       <c r="D83" s="5">
-        <v>-5.9503271393115948</v>
+        <v>-5.9476985198065213</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>295.88385296000001</v>
+        <v>295.88352284000001</v>
       </c>
       <c r="C84" s="5">
-        <v>1.8777498300000275</v>
+        <v>1.8771014300000388</v>
       </c>
       <c r="D84" s="5">
-        <v>7.9391602324567767</v>
+        <v>7.9363129161451385</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>295.94259819000001</v>
+        <v>295.94268543999999</v>
       </c>
       <c r="C85" s="5">
-        <v>5.8745229999999538E-2</v>
+        <v>5.9162599999979193E-2</v>
       </c>
       <c r="D85" s="5">
-        <v>0.23851016027178762</v>
+        <v>0.24020684693055738</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>293.78414500999997</v>
+        <v>293.78363645000002</v>
       </c>
       <c r="C86" s="5">
-        <v>-2.1584531800000377</v>
+        <v>-2.1590489899999739</v>
       </c>
       <c r="D86" s="5">
-        <v>-8.4094935808069042</v>
+        <v>-8.4117201801463324</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>299.00883417</v>
+        <v>299.00895410999999</v>
       </c>
       <c r="C87" s="5">
-        <v>5.2246891600000254</v>
+        <v>5.2253176599999733</v>
       </c>
       <c r="D87" s="5">
-        <v>23.557180095882412</v>
+        <v>23.560341510208982</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>298.22950922000001</v>
+        <v>298.23010583000001</v>
       </c>
       <c r="C88" s="5">
-        <v>-0.7793249499999888</v>
+        <v>-0.77884827999997697</v>
       </c>
       <c r="D88" s="5">
-        <v>-3.0831858109124255</v>
+        <v>-3.0813257123763038</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>297.36941048</v>
+        <v>297.37010308999999</v>
       </c>
       <c r="C89" s="5">
-        <v>-0.86009874000001219</v>
+        <v>-0.86000274000002719</v>
       </c>
       <c r="D89" s="5">
-        <v>-3.4064479557317617</v>
+        <v>-3.4060670484474254</v>
       </c>
       <c r="E89" s="5">
-        <v>0.7135624471404034</v>
+        <v>0.71372733492971463</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>297.36259583999998</v>
+        <v>297.36278474</v>
       </c>
       <c r="C90" s="5">
-        <v>-6.8146400000159701E-3</v>
+        <v>-7.3183499999913693E-3</v>
       </c>
       <c r="D90" s="5">
-        <v>-2.7496228891543684E-2</v>
+        <v>-2.9528292536107337E-2</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>297.72590799</v>
+        <v>297.72631239999998</v>
       </c>
       <c r="C91" s="5">
-        <v>0.36331215000001293</v>
+        <v>0.36352765999998837</v>
       </c>
       <c r="D91" s="5">
-        <v>1.4760303139450981</v>
+        <v>1.4769108185271218</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>298.94427143000001</v>
+        <v>298.94343155000001</v>
       </c>
       <c r="C92" s="5">
-        <v>1.2183634400000187</v>
+        <v>1.2171191500000305</v>
       </c>
       <c r="D92" s="5">
-        <v>5.022725825311225</v>
+        <v>5.0174733671487282</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>298.45269314000001</v>
+        <v>298.45221061000001</v>
       </c>
       <c r="C93" s="5">
-        <v>-0.49157829000000675</v>
+        <v>-0.49122094000000516</v>
       </c>
       <c r="D93" s="5">
-        <v>-1.955508372427639</v>
+        <v>-1.9541050899912205</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>299.20119067000002</v>
+        <v>299.20057207999997</v>
       </c>
       <c r="C94" s="5">
-        <v>0.74849753000000874</v>
+        <v>0.74836146999996345</v>
       </c>
       <c r="D94" s="5">
-        <v>3.051373247745004</v>
+        <v>3.0508159057014428</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>298.87322777999998</v>
+        <v>298.87317259999998</v>
       </c>
       <c r="C95" s="5">
-        <v>-0.32796289000003753</v>
+        <v>-0.32739947999999686</v>
       </c>
       <c r="D95" s="5">
-        <v>-1.3074529708546723</v>
+        <v>-1.3052230699934442</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>297.00882352999997</v>
+        <v>297.00807548</v>
       </c>
       <c r="C96" s="5">
-        <v>-1.8644042500000069</v>
+        <v>-1.8650971199999731</v>
       </c>
       <c r="D96" s="5">
-        <v>-7.2341664460130346</v>
+        <v>-7.236764582208421</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>300.43673779</v>
+        <v>300.43730677000002</v>
       </c>
       <c r="C97" s="5">
-        <v>3.4279142600000228</v>
+        <v>3.4292312900000184</v>
       </c>
       <c r="D97" s="5">
-        <v>14.763618679073298</v>
+        <v>14.769695513490833</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>302.73114622000003</v>
+        <v>302.73102684000003</v>
       </c>
       <c r="C98" s="5">
-        <v>2.2944084300000327</v>
+        <v>2.2937200700000062</v>
       </c>
       <c r="D98" s="5">
-        <v>9.5591895626043097</v>
+        <v>9.5561813041740606</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>303.18765766000001</v>
+        <v>303.18823020999997</v>
       </c>
       <c r="C99" s="5">
-        <v>0.45651143999998567</v>
+        <v>0.45720336999994515</v>
       </c>
       <c r="D99" s="5">
-        <v>1.8246557943243813</v>
+        <v>1.827445147081419</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>303.82288505000002</v>
+        <v>303.82383164999999</v>
       </c>
       <c r="C100" s="5">
-        <v>0.63522739000001138</v>
+        <v>0.63560144000001628</v>
       </c>
       <c r="D100" s="5">
-        <v>2.5433702690235593</v>
+        <v>2.54488036688163</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>303.02500548</v>
+        <v>303.02616188000002</v>
       </c>
       <c r="C101" s="5">
-        <v>-0.79787957000002052</v>
+        <v>-0.79766976999997041</v>
       </c>
       <c r="D101" s="5">
-        <v>-3.1062393310810177</v>
+        <v>-3.1054247767507315</v>
       </c>
       <c r="E101" s="5">
-        <v>1.9018751763575814</v>
+        <v>1.9020267105628319</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>303.98855498</v>
+        <v>303.98854527999998</v>
       </c>
       <c r="C102" s="5">
-        <v>0.96354949999999917</v>
+        <v>0.96238339999996469</v>
       </c>
       <c r="D102" s="5">
-        <v>3.8831672630291303</v>
+        <v>3.8783703542916825</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>304.49377865999998</v>
+        <v>304.49427910999998</v>
       </c>
       <c r="C103" s="5">
-        <v>0.50522367999997186</v>
+        <v>0.50573382999999694</v>
       </c>
       <c r="D103" s="5">
-        <v>2.0127108867806331</v>
+        <v>2.0147619202237399</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>304.63683091000001</v>
+        <v>304.63519566000002</v>
       </c>
       <c r="C104" s="5">
-        <v>0.14305225000003929</v>
+        <v>0.14091655000004266</v>
       </c>
       <c r="D104" s="5">
-        <v>0.56522323278134223</v>
+        <v>0.5567623193179827</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>304.07429777999999</v>
+        <v>304.07354405000001</v>
       </c>
       <c r="C105" s="5">
-        <v>-0.56253313000001981</v>
+        <v>-0.56165161000001262</v>
       </c>
       <c r="D105" s="5">
-        <v>-2.1935167345202289</v>
+        <v>-2.1901257924415107</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>304.80387539999998</v>
+        <v>304.80299108000003</v>
       </c>
       <c r="C106" s="5">
-        <v>0.72957761999998638</v>
+        <v>0.72944703000001709</v>
       </c>
       <c r="D106" s="5">
-        <v>2.9175085952052759</v>
+        <v>2.9169867956245987</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>305.84091329</v>
+        <v>305.84048708</v>
       </c>
       <c r="C107" s="5">
-        <v>1.0370378900000219</v>
+        <v>1.037495999999976</v>
       </c>
       <c r="D107" s="5">
-        <v>4.160047349062701</v>
+        <v>4.1619318851558562</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>303.77741947999999</v>
+        <v>303.77628116</v>
       </c>
       <c r="C108" s="5">
-        <v>-2.0634938100000113</v>
+        <v>-2.0642059200000062</v>
       </c>
       <c r="D108" s="5">
-        <v>-7.8025562580178454</v>
+        <v>-7.8051602337163466</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>307.03565041000002</v>
+        <v>307.03685743</v>
       </c>
       <c r="C109" s="5">
-        <v>3.2582309300000247</v>
+        <v>3.2605762700000014</v>
       </c>
       <c r="D109" s="5">
-        <v>13.657944584939719</v>
+        <v>13.668417630442198</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>307.32454187000002</v>
+        <v>307.32485918999998</v>
       </c>
       <c r="C110" s="5">
-        <v>0.2888914600000021</v>
+        <v>0.28800175999998601</v>
       </c>
       <c r="D110" s="5">
-        <v>1.134947680429943</v>
+        <v>1.1314298553975588</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>306.85682622000002</v>
+        <v>306.85801451999998</v>
       </c>
       <c r="C111" s="5">
-        <v>-0.46771565000000237</v>
+        <v>-0.46684467000000041</v>
       </c>
       <c r="D111" s="5">
-        <v>-1.8110644700081391</v>
+        <v>-1.8077181824318056</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>308.20701983999999</v>
+        <v>308.20818247</v>
       </c>
       <c r="C112" s="5">
-        <v>1.3501936199999705</v>
+        <v>1.3501679500000137</v>
       </c>
       <c r="D112" s="5">
-        <v>5.4097655263730893</v>
+        <v>5.409638715466647</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>309.39768294999999</v>
+        <v>309.39905532</v>
       </c>
       <c r="C113" s="5">
-        <v>1.1906631100000027</v>
+        <v>1.1908728500000052</v>
       </c>
       <c r="D113" s="5">
-        <v>4.7356108552516707</v>
+        <v>4.7364446104872782</v>
       </c>
       <c r="E113" s="5">
-        <v>2.1030203299247541</v>
+        <v>2.1030835755110999</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>310.01270163999999</v>
+        <v>310.01249538000002</v>
       </c>
       <c r="C114" s="5">
-        <v>0.61501868999999942</v>
+        <v>0.61344006000001627</v>
       </c>
       <c r="D114" s="5">
-        <v>2.4116044523443847</v>
+        <v>2.4053359034945432</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>309.23360223999998</v>
+        <v>309.23421194999997</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.77909940000000688</v>
+        <v>-0.77828343000004452</v>
       </c>
       <c r="D115" s="5">
-        <v>-2.9744081792082988</v>
+        <v>-2.9713378448880667</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>309.62739956000001</v>
+        <v>309.62498348000003</v>
       </c>
       <c r="C116" s="5">
-        <v>0.39379732000003287</v>
+        <v>0.39077153000005183</v>
       </c>
       <c r="D116" s="5">
-        <v>1.5389035291059505</v>
+        <v>1.5269938423765117</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>309.95306248999998</v>
+        <v>309.95211160999997</v>
       </c>
       <c r="C117" s="5">
-        <v>0.32566292999996449</v>
+        <v>0.32712812999994867</v>
       </c>
       <c r="D117" s="5">
-        <v>1.2694747048721089</v>
+        <v>1.2752294760415506</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>309.64912752999999</v>
+        <v>309.64807330000002</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.30393495999999232</v>
+        <v>-0.30403830999995307</v>
       </c>
       <c r="D118" s="5">
-        <v>-1.1703750945304736</v>
+        <v>-1.1707744964528644</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>312.13727550999999</v>
+        <v>312.13634489999998</v>
       </c>
       <c r="C119" s="5">
-        <v>2.4881479800000079</v>
+        <v>2.4882715999999618</v>
       </c>
       <c r="D119" s="5">
-        <v>10.080221732838091</v>
+        <v>10.080780744765994</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>308.92912086000001</v>
+        <v>308.92808052999999</v>
       </c>
       <c r="C120" s="5">
-        <v>-3.2081546499999831</v>
+        <v>-3.2082643699999949</v>
       </c>
       <c r="D120" s="5">
-        <v>-11.65976333261507</v>
+        <v>-11.66017265599737</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>310.99313744</v>
+        <v>310.99489160000002</v>
       </c>
       <c r="C121" s="5">
-        <v>2.0640165799999863</v>
+        <v>2.0668110700000284</v>
       </c>
       <c r="D121" s="5">
-        <v>8.3187118310742658</v>
+        <v>8.3304213305802843</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>312.12091263000002</v>
+        <v>312.12158249999999</v>
       </c>
       <c r="C122" s="5">
-        <v>1.1277751900000226</v>
+        <v>1.1266908999999714</v>
       </c>
       <c r="D122" s="5">
-        <v>4.4394914651018302</v>
+        <v>4.4351122303869284</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>312.40251367000002</v>
+        <v>312.40419086000003</v>
       </c>
       <c r="C123" s="5">
-        <v>0.28160103999999819</v>
+        <v>0.28260836000004019</v>
       </c>
       <c r="D123" s="5">
-        <v>1.0880499174864111</v>
+        <v>1.0919590475672925</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>312.28941924999998</v>
+        <v>312.29063766000002</v>
       </c>
       <c r="C124" s="5">
-        <v>-0.11309442000003855</v>
+        <v>-0.11355320000001257</v>
       </c>
       <c r="D124" s="5">
-        <v>-0.43355417271212504</v>
+        <v>-0.43530708618102487</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>312.82099314999999</v>
+        <v>312.82193948999998</v>
       </c>
       <c r="C125" s="5">
-        <v>0.53157390000001215</v>
+        <v>0.53130182999996123</v>
       </c>
       <c r="D125" s="5">
-        <v>2.0618521619435892</v>
+        <v>2.0607788556125994</v>
       </c>
       <c r="E125" s="5">
-        <v>1.106443386181799</v>
+        <v>1.1063007824829274</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>313.32338035999999</v>
+        <v>313.32295176999997</v>
       </c>
       <c r="C126" s="5">
-        <v>0.50238720999999487</v>
+        <v>0.50101227999999765</v>
       </c>
       <c r="D126" s="5">
-        <v>1.9443015133585595</v>
+        <v>1.9389274847886107</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>313.90524054000002</v>
+        <v>313.90560727000002</v>
       </c>
       <c r="C127" s="5">
-        <v>0.58186018000003514</v>
+        <v>0.58265550000004396</v>
       </c>
       <c r="D127" s="5">
-        <v>2.2513741867670856</v>
+        <v>2.2544861524009585</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>314.26836822000001</v>
+        <v>314.26578003999998</v>
       </c>
       <c r="C128" s="5">
-        <v>0.36312767999999096</v>
+        <v>0.36017276999996284</v>
       </c>
       <c r="D128" s="5">
-        <v>1.3970342962042581</v>
+        <v>1.3855926249944028</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>315.30428060999998</v>
+        <v>315.30329717000001</v>
       </c>
       <c r="C129" s="5">
-        <v>1.0359123899999645</v>
+        <v>1.0375171300000261</v>
       </c>
       <c r="D129" s="5">
-        <v>4.0280254484758693</v>
+        <v>4.034412860759784</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>321.80050282000002</v>
+        <v>321.79917362999998</v>
       </c>
       <c r="C130" s="5">
-        <v>6.4962222100000417</v>
+        <v>6.4958764599999768</v>
       </c>
       <c r="D130" s="5">
-        <v>27.726854903616239</v>
+        <v>27.725304620988457</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>316.32607424999998</v>
+        <v>316.32489420000002</v>
       </c>
       <c r="C131" s="5">
-        <v>-5.4744285700000432</v>
+        <v>-5.4742794299999673</v>
       </c>
       <c r="D131" s="5">
-        <v>-18.608457570804827</v>
+        <v>-18.608066896456176</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>315.27199179000002</v>
+        <v>315.27157474000001</v>
       </c>
       <c r="C132" s="5">
-        <v>-1.054082459999961</v>
+        <v>-1.0533194600000115</v>
       </c>
       <c r="D132" s="5">
-        <v>-3.9262401903944366</v>
+        <v>-3.9234643879130227</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>314.16803491000002</v>
+        <v>314.16975343000001</v>
       </c>
       <c r="C133" s="5">
-        <v>-1.1039568799999984</v>
+        <v>-1.1018213099999912</v>
       </c>
       <c r="D133" s="5">
-        <v>-4.1219349413461277</v>
+        <v>-4.1141191664518351</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>319.22303557999999</v>
+        <v>319.22372557</v>
       </c>
       <c r="C134" s="5">
-        <v>5.0550006699999699</v>
+        <v>5.0539721399999848</v>
       </c>
       <c r="D134" s="5">
-        <v>21.11187574383575</v>
+        <v>21.107067329280362</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>315.45620928</v>
+        <v>315.45807013000001</v>
       </c>
       <c r="C135" s="5">
-        <v>-3.7668262999999911</v>
+        <v>-3.7656554399999891</v>
       </c>
       <c r="D135" s="5">
-        <v>-13.276202671230319</v>
+        <v>-13.272313089207833</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>314.95433308000003</v>
+        <v>314.95543624999999</v>
       </c>
       <c r="C136" s="5">
-        <v>-0.50187619999996969</v>
+        <v>-0.50263388000001896</v>
       </c>
       <c r="D136" s="5">
-        <v>-1.8925271463295035</v>
+        <v>-1.8953482108425512</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>315.73990781999998</v>
+        <v>315.74003377000003</v>
       </c>
       <c r="C137" s="5">
-        <v>0.78557473999995864</v>
+        <v>0.78459752000003391</v>
       </c>
       <c r="D137" s="5">
-        <v>3.0345033630350127</v>
+        <v>3.0306659460181518</v>
       </c>
       <c r="E137" s="5">
-        <v>0.93309424044962785</v>
+        <v>0.93282916305597041</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>314.56822276999998</v>
+        <v>314.56754831000001</v>
       </c>
       <c r="C138" s="5">
-        <v>-1.1716850500000078</v>
+        <v>-1.1724854600000185</v>
       </c>
       <c r="D138" s="5">
-        <v>-4.3633290273463299</v>
+        <v>-4.3662474180334758</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>315.18422318</v>
+        <v>315.18445100999998</v>
       </c>
       <c r="C139" s="5">
-        <v>0.61600041000002648</v>
+        <v>0.61690269999996872</v>
       </c>
       <c r="D139" s="5">
-        <v>2.3753642795294017</v>
+        <v>2.3788863772916891</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>315.98494371999999</v>
+        <v>315.98271484999998</v>
       </c>
       <c r="C140" s="5">
-        <v>0.80072053999998616</v>
+        <v>0.79826384000000417</v>
       </c>
       <c r="D140" s="5">
-        <v>3.091540631359968</v>
+        <v>3.081920667712934</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>317.79085121000003</v>
+        <v>317.79018116999998</v>
       </c>
       <c r="C141" s="5">
-        <v>1.8059074900000383</v>
+        <v>1.8074663200000032</v>
       </c>
       <c r="D141" s="5">
-        <v>7.0779403377410954</v>
+        <v>7.0842949348369322</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>318.10465858999999</v>
+        <v>318.10405625999999</v>
       </c>
       <c r="C142" s="5">
-        <v>0.31380737999995745</v>
+        <v>0.31387509000001046</v>
       </c>
       <c r="D142" s="5">
-        <v>1.1914149468479129</v>
+        <v>1.1916759419269729</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>317.32978334000001</v>
+        <v>317.32906595999998</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.77487524999997959</v>
+        <v>-0.77499030000001312</v>
       </c>
       <c r="D143" s="5">
-        <v>-2.8842495285322456</v>
+        <v>-2.8846774362837557</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>320.45409376999999</v>
+        <v>320.45443927000002</v>
       </c>
       <c r="C144" s="5">
-        <v>3.12431042999998</v>
+        <v>3.1253733100000431</v>
       </c>
       <c r="D144" s="5">
-        <v>12.476000716733759</v>
+        <v>12.480507274155572</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>324.66517958999998</v>
+        <v>324.66653006000001</v>
       </c>
       <c r="C145" s="5">
-        <v>4.2110858199999939</v>
+        <v>4.2120907899999906</v>
       </c>
       <c r="D145" s="5">
-        <v>16.960352110384179</v>
+        <v>16.96467702667308</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>326.58088502999999</v>
+        <v>326.58145418999999</v>
       </c>
       <c r="C146" s="5">
-        <v>1.9157054400000106</v>
+        <v>1.9149241299999744</v>
       </c>
       <c r="D146" s="5">
-        <v>7.3150381382871776</v>
+        <v>7.311925893299609</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>324.89020639</v>
+        <v>324.89194778000001</v>
       </c>
       <c r="C147" s="5">
-        <v>-1.6906786399999874</v>
+        <v>-1.6895064099999786</v>
       </c>
       <c r="D147" s="5">
-        <v>-6.0384222713120828</v>
+        <v>-6.0343437202536654</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>326.59734595999998</v>
+        <v>326.59812077999999</v>
       </c>
       <c r="C148" s="5">
-        <v>1.7071395699999812</v>
+        <v>1.7061729999999784</v>
       </c>
       <c r="D148" s="5">
-        <v>6.4908697732439791</v>
+        <v>6.4870521173422624</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>326.8033514</v>
+        <v>326.80244320000003</v>
       </c>
       <c r="C149" s="5">
-        <v>0.20600544000001264</v>
+        <v>0.20432242000003953</v>
       </c>
       <c r="D149" s="5">
-        <v>0.75954671545339636</v>
+        <v>0.75331822236883728</v>
       </c>
       <c r="E149" s="5">
-        <v>3.5039737790470094</v>
+        <v>3.5036448491857719</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>328.01165080999999</v>
+        <v>328.01070464999998</v>
       </c>
       <c r="C150" s="5">
-        <v>1.2082994099999951</v>
+        <v>1.2082614499999522</v>
       </c>
       <c r="D150" s="5">
-        <v>4.5281392787326569</v>
+        <v>4.5280069578366389</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>329.44211657</v>
+        <v>329.44197959000002</v>
       </c>
       <c r="C151" s="5">
-        <v>1.4304657600000041</v>
+        <v>1.4312749400000371</v>
       </c>
       <c r="D151" s="5">
-        <v>5.3605902796173277</v>
+        <v>5.3637116231330495</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>330.07137346000002</v>
+        <v>330.06994388999999</v>
       </c>
       <c r="C152" s="5">
-        <v>0.62925689000002194</v>
+        <v>0.62796429999997372</v>
       </c>
       <c r="D152" s="5">
-        <v>2.3163149133304861</v>
+        <v>2.3115078263692412</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>330.41286056000001</v>
+        <v>330.41213571999998</v>
       </c>
       <c r="C153" s="5">
-        <v>0.34148709999999483</v>
+        <v>0.3421918299999902</v>
       </c>
       <c r="D153" s="5">
-        <v>1.2485916008534881</v>
+        <v>1.2511884907453918</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>331.62851828999999</v>
+        <v>331.62895956</v>
       </c>
       <c r="C154" s="5">
-        <v>1.2156577299999753</v>
+        <v>1.2168238400000178</v>
       </c>
       <c r="D154" s="5">
-        <v>4.5054961216694611</v>
+        <v>4.5099159914499864</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>332.21153120000002</v>
+        <v>332.21226610999997</v>
       </c>
       <c r="C155" s="5">
-        <v>0.5830129100000363</v>
+        <v>0.58330654999997478</v>
       </c>
       <c r="D155" s="5">
-        <v>2.130154525397332</v>
+        <v>2.1312349349034809</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>333.33495306999998</v>
+        <v>333.33538593999998</v>
       </c>
       <c r="C156" s="5">
-        <v>1.1234218699999587</v>
+        <v>1.1231198300000074</v>
       </c>
       <c r="D156" s="5">
-        <v>4.1343072430264138</v>
+        <v>4.1331656420677598</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>334.20543153</v>
+        <v>334.20598905999998</v>
       </c>
       <c r="C157" s="5">
-        <v>0.87047846000001527</v>
+        <v>0.8706031199999984</v>
       </c>
       <c r="D157" s="5">
-        <v>3.1791102190157572</v>
+        <v>3.1795678662600801</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>335.97935383999999</v>
+        <v>335.97950472999997</v>
       </c>
       <c r="C158" s="5">
-        <v>1.773922309999989</v>
+        <v>1.7735156699999948</v>
       </c>
       <c r="D158" s="5">
-        <v>6.5587311852913333</v>
+        <v>6.5571723031998985</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>339.76261291999998</v>
+        <v>339.76379822000001</v>
       </c>
       <c r="C159" s="5">
-        <v>3.7832590799999934</v>
+        <v>3.7842934900000387</v>
       </c>
       <c r="D159" s="5">
-        <v>14.381547687284456</v>
+        <v>14.3857197176541</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>339.41713485000002</v>
+        <v>339.41741751000001</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.34547806999995601</v>
+        <v>-0.34638071000000537</v>
       </c>
       <c r="D160" s="5">
-        <v>-1.2133854547764722</v>
+        <v>-1.2165337251873742</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>340.11911361</v>
+        <v>340.11744490000001</v>
       </c>
       <c r="C161" s="5">
-        <v>0.7019787599999745</v>
+        <v>0.70002739000000247</v>
       </c>
       <c r="D161" s="5">
-        <v>2.510253119821515</v>
+        <v>2.5031936326333382</v>
       </c>
       <c r="E161" s="5">
-        <v>4.0745488542135</v>
+        <v>4.0743274651258821</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>339.50591360999999</v>
+        <v>339.50486590000003</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.61320000000000618</v>
+        <v>-0.61257899999998244</v>
       </c>
       <c r="D162" s="5">
-        <v>-2.1421528502734599</v>
+        <v>-2.1400152892062652</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>340.48809170999999</v>
+        <v>340.48768171</v>
       </c>
       <c r="C163" s="5">
-        <v>0.98217809999999872</v>
+        <v>0.98281580999997686</v>
       </c>
       <c r="D163" s="5">
-        <v>3.5273288909996037</v>
+        <v>3.5296667734357356</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>340.38833321999999</v>
+        <v>340.38778327</v>
       </c>
       <c r="C164" s="5">
-        <v>-9.9758489999999256E-2</v>
+        <v>-9.989844000000403E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>-0.3510180677517849</v>
+        <v>-0.35151013504668427</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>340.55594418999999</v>
+        <v>340.55521970000001</v>
       </c>
       <c r="C165" s="5">
-        <v>0.16761096999999836</v>
+        <v>0.1674364300000093</v>
       </c>
       <c r="D165" s="5">
-        <v>0.59249615934124922</v>
+        <v>0.59187845809258732</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>340.64424774000003</v>
+        <v>340.64589982000001</v>
       </c>
       <c r="C166" s="5">
-        <v>8.8303550000034647E-2</v>
+        <v>9.0680120000001807E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>0.31159493459711474</v>
+        <v>0.31999405582943119</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>341.63829626</v>
+        <v>341.64025555000001</v>
       </c>
       <c r="C167" s="5">
-        <v>0.99404851999997845</v>
+        <v>0.99435572999999522</v>
       </c>
       <c r="D167" s="5">
-        <v>3.5585241951062274</v>
+        <v>3.5596241288882613</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>338.89223593999998</v>
+        <v>338.89233475999998</v>
       </c>
       <c r="C168" s="5">
-        <v>-2.7460603200000264</v>
+        <v>-2.7479207900000233</v>
       </c>
       <c r="D168" s="5">
-        <v>-9.2303079697414461</v>
+        <v>-9.23623689232247</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>341.15784344000002</v>
+        <v>341.15777696999999</v>
       </c>
       <c r="C169" s="5">
-        <v>2.2656075000000442</v>
+        <v>2.2654422100000033</v>
       </c>
       <c r="D169" s="5">
-        <v>8.3240514369964593</v>
+        <v>8.323419129347176</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>339.93294076000001</v>
+        <v>339.93277698999998</v>
       </c>
       <c r="C170" s="5">
-        <v>-1.2249026800000138</v>
+        <v>-1.2249999800000069</v>
       </c>
       <c r="D170" s="5">
-        <v>-4.2244419659580368</v>
+        <v>-4.2247717418098407</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>340.53697991000001</v>
+        <v>340.53731368000001</v>
       </c>
       <c r="C171" s="5">
-        <v>0.60403915000000552</v>
+        <v>0.60453669000003174</v>
       </c>
       <c r="D171" s="5">
-        <v>2.1532868919494463</v>
+        <v>2.1550789618957067</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>340.66810569</v>
+        <v>340.66797365999997</v>
       </c>
       <c r="C172" s="5">
-        <v>0.13112577999999075</v>
+        <v>0.13065997999996171</v>
       </c>
       <c r="D172" s="5">
-        <v>0.46304692997767294</v>
+        <v>0.46139811577927681</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>340.76130918000001</v>
+        <v>340.75944851000003</v>
       </c>
       <c r="C173" s="5">
-        <v>9.3203490000007605E-2</v>
+        <v>9.1474850000054175E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>0.3288028344121452</v>
+        <v>0.3226956626803279</v>
       </c>
       <c r="E173" s="5">
-        <v>0.18881490169246895</v>
+        <v>0.18875938874254317</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>343.00403270999999</v>
+        <v>343.00287539999999</v>
       </c>
       <c r="C174" s="5">
-        <v>2.2427235299999779</v>
+        <v>2.2434268899999665</v>
       </c>
       <c r="D174" s="5">
-        <v>8.1900635301631386</v>
+        <v>8.1927721667063516</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>341.78063394999998</v>
+        <v>341.78010991999997</v>
       </c>
       <c r="C175" s="5">
-        <v>-1.2233987600000091</v>
+        <v>-1.2227654800000209</v>
       </c>
       <c r="D175" s="5">
-        <v>-4.1970904554491817</v>
+        <v>-4.1949741708246613</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>341.67701598000002</v>
+        <v>341.67736603999998</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.10361796999995931</v>
+        <v>-0.10274387999999135</v>
       </c>
       <c r="D176" s="5">
-        <v>-0.3631991660837719</v>
+        <v>-0.36014094245352402</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>341.11389880000002</v>
+        <v>341.11313124999998</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.5631171800000061</v>
+        <v>-0.56423479000000043</v>
       </c>
       <c r="D177" s="5">
-        <v>-1.9598885307956726</v>
+        <v>-1.9637410373812281</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>341.08744030000003</v>
+        <v>341.09014537000002</v>
       </c>
       <c r="C178" s="5">
-        <v>-2.6458499999989726E-2</v>
+        <v>-2.2985879999964709E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-9.3038304036818786E-2</v>
+        <v>-8.0831938202186038E-2</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>343.78134836999999</v>
+        <v>343.78405487999999</v>
       </c>
       <c r="C179" s="5">
-        <v>2.6939080699999636</v>
+        <v>2.693909509999969</v>
       </c>
       <c r="D179" s="5">
-        <v>9.9003291060657084</v>
+        <v>9.9002526723804163</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>342.10521301</v>
+        <v>342.10460002999997</v>
       </c>
       <c r="C180" s="5">
-        <v>-1.6761353599999893</v>
+        <v>-1.6794548500000133</v>
       </c>
       <c r="D180" s="5">
-        <v>-5.6963338322541635</v>
+        <v>-5.7072699989047182</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>343.08887098000002</v>
+        <v>343.08830953</v>
       </c>
       <c r="C181" s="5">
-        <v>0.98365797000002431</v>
+        <v>0.98370950000003177</v>
       </c>
       <c r="D181" s="5">
-        <v>3.5054611953814652</v>
+        <v>3.5056541277854292</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>343.10735928999998</v>
+        <v>343.10698167999999</v>
       </c>
       <c r="C182" s="5">
-        <v>1.8488309999952435E-2</v>
+        <v>1.8672149999986232E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>6.4684548532700781E-2</v>
+        <v>6.5328044031409682E-2</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>341.77735646999997</v>
+        <v>341.77707396</v>
       </c>
       <c r="C183" s="5">
-        <v>-1.3300028200000042</v>
+        <v>-1.3299077199999942</v>
       </c>
       <c r="D183" s="5">
-        <v>-4.553713458139141</v>
+        <v>-4.5533996659313347</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>341.23883024999998</v>
+        <v>341.23844783999999</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.53852621999999428</v>
+        <v>-0.53862612000000354</v>
       </c>
       <c r="D184" s="5">
-        <v>-1.8744964302731093</v>
+        <v>-1.8748426889802494</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>342.77161881000001</v>
+        <v>342.77013404000002</v>
       </c>
       <c r="C185" s="5">
-        <v>1.5327885600000286</v>
+        <v>1.5316862000000242</v>
       </c>
       <c r="D185" s="5">
-        <v>5.5253817368290381</v>
+        <v>5.5213156904325933</v>
       </c>
       <c r="E185" s="5">
-        <v>0.58994656254771627</v>
+        <v>0.59006009629134493</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>343.08724669999998</v>
+        <v>343.08616942999998</v>
       </c>
       <c r="C186" s="5">
-        <v>0.31562788999997338</v>
+        <v>0.31603538999996772</v>
       </c>
       <c r="D186" s="5">
-        <v>1.1105865509072999</v>
+        <v>1.1120325242722107</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>343.05015086999998</v>
+        <v>343.04976240000002</v>
       </c>
       <c r="C187" s="5">
-        <v>-3.7095829999998386E-2</v>
+        <v>-3.6407029999963925E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>-0.12967119529004867</v>
+        <v>-0.12726524881364609</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>343.80388391000002</v>
+        <v>343.80472990999999</v>
       </c>
       <c r="C188" s="5">
-        <v>0.75373304000004282</v>
+        <v>0.75496750999997175</v>
       </c>
       <c r="D188" s="5">
-        <v>2.6686772310636098</v>
+        <v>2.6731041158718494</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>344.71791996000002</v>
+        <v>344.71763644999999</v>
       </c>
       <c r="C189" s="5">
-        <v>0.91403604999999288</v>
+        <v>0.91290653999999449</v>
       </c>
       <c r="D189" s="5">
-        <v>3.2373822754940162</v>
+        <v>3.2333150384740383</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>344.77205606000001</v>
+        <v>344.77469959000001</v>
       </c>
       <c r="C190" s="5">
-        <v>5.4136099999993803E-2</v>
+        <v>5.7063140000025214E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>0.18861642344083496</v>
+        <v>0.19882401928379423</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>342.25801378</v>
+        <v>342.25957692999998</v>
       </c>
       <c r="C191" s="5">
-        <v>-2.5140422800000124</v>
+        <v>-2.5151226600000314</v>
       </c>
       <c r="D191" s="5">
-        <v>-8.4077342162273023</v>
+        <v>-8.4111416976506703</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>348.58634661000002</v>
+        <v>348.58545724999999</v>
       </c>
       <c r="C192" s="5">
-        <v>6.3283328300000221</v>
+        <v>6.3258803200000102</v>
       </c>
       <c r="D192" s="5">
-        <v>24.589362685030668</v>
+        <v>24.578720474960502</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>350.89898251</v>
+        <v>350.89875043000001</v>
       </c>
       <c r="C193" s="5">
-        <v>2.3126358999999752</v>
+        <v>2.3132931800000165</v>
       </c>
       <c r="D193" s="5">
-        <v>8.2582081092984261</v>
+        <v>8.2606633677477337</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>348.08589768000002</v>
+        <v>348.08583670000002</v>
       </c>
       <c r="C194" s="5">
-        <v>-2.8130848299999798</v>
+        <v>-2.8129137299999911</v>
       </c>
       <c r="D194" s="5">
-        <v>-9.2071106310007487</v>
+        <v>-9.2065809068901601</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>348.60029527</v>
+        <v>348.59997979000002</v>
       </c>
       <c r="C195" s="5">
-        <v>0.5143975899999873</v>
+        <v>0.51414309000000458</v>
       </c>
       <c r="D195" s="5">
-        <v>1.787831793114858</v>
+        <v>1.7869403745543577</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>350.17162775999998</v>
+        <v>350.17111883000001</v>
       </c>
       <c r="C196" s="5">
-        <v>1.5713324899999748</v>
+        <v>1.5711390399999914</v>
       </c>
       <c r="D196" s="5">
-        <v>5.5451914981020645</v>
+        <v>5.5444969500589636</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>350.96073355999999</v>
+        <v>350.95984895999999</v>
       </c>
       <c r="C197" s="5">
-        <v>0.78910580000001573</v>
+        <v>0.78873012999997627</v>
       </c>
       <c r="D197" s="5">
-        <v>2.7379486296263078</v>
+        <v>2.7366330100139891</v>
       </c>
       <c r="E197" s="5">
-        <v>2.3890877484052275</v>
+        <v>2.3892731911830722</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>351.55971634999997</v>
+        <v>351.55848457000002</v>
       </c>
       <c r="C198" s="5">
-        <v>0.59898278999997956</v>
+        <v>0.59863561000003074</v>
       </c>
       <c r="D198" s="5">
-        <v>2.0673678359667935</v>
+        <v>2.0661635494737984</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>351.42460304000002</v>
+        <v>351.42442732000001</v>
       </c>
       <c r="C199" s="5">
-        <v>-0.13511330999995153</v>
+        <v>-0.13405725000001212</v>
       </c>
       <c r="D199" s="5">
-        <v>-0.46021680485699434</v>
+        <v>-0.45662883870978277</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>351.41501044</v>
+        <v>351.41602877000003</v>
       </c>
       <c r="C200" s="5">
-        <v>-9.592600000019047E-3</v>
+        <v>-8.3985499999812419E-3</v>
       </c>
       <c r="D200" s="5">
-        <v>-3.2750672251491419E-2</v>
+        <v>-2.8674544547013792E-2</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>348.59298704999998</v>
+        <v>348.5927461</v>
       </c>
       <c r="C201" s="5">
-        <v>-2.8220233900000267</v>
+        <v>-2.823282670000026</v>
       </c>
       <c r="D201" s="5">
-        <v>-9.222116733280961</v>
+        <v>-9.2260262732597695</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>349.25259662000002</v>
+        <v>349.25451334000002</v>
       </c>
       <c r="C202" s="5">
-        <v>0.65960957000004328</v>
+        <v>0.66176724000001741</v>
       </c>
       <c r="D202" s="5">
-        <v>2.2944272091903084</v>
+        <v>2.3020127302712856</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>349.35486214999997</v>
+        <v>349.35530603000001</v>
       </c>
       <c r="C203" s="5">
-        <v>0.1022655299999542</v>
+        <v>0.10079268999999158</v>
       </c>
       <c r="D203" s="5">
-        <v>0.35194144510983794</v>
+        <v>0.34686278899909162</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>349.92697786000002</v>
+        <v>349.92608835999999</v>
       </c>
       <c r="C204" s="5">
-        <v>0.57211571000004824</v>
+        <v>0.5707823299999859</v>
       </c>
       <c r="D204" s="5">
-        <v>1.9829590391410745</v>
+        <v>1.9782933864690655</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>354.67041151000001</v>
+        <v>354.67068554000002</v>
       </c>
       <c r="C205" s="5">
-        <v>4.7434336499999858</v>
+        <v>4.7445971800000279</v>
       </c>
       <c r="D205" s="5">
-        <v>17.535861230406582</v>
+        <v>17.540536328244059</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>354.55761940999997</v>
+        <v>354.55802315</v>
       </c>
       <c r="C206" s="5">
-        <v>-0.11279210000003559</v>
+        <v>-0.11266239000002543</v>
       </c>
       <c r="D206" s="5">
-        <v>-0.380956583456038</v>
+        <v>-0.38051895810160552</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>355.43394033999999</v>
+        <v>355.43394468999998</v>
       </c>
       <c r="C207" s="5">
-        <v>0.87632093000001987</v>
+        <v>0.8759215399999789</v>
       </c>
       <c r="D207" s="5">
-        <v>3.0065593402043067</v>
+        <v>3.0051669371482292</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>355.52237460999999</v>
+        <v>355.52184324000001</v>
       </c>
       <c r="C208" s="5">
-        <v>8.8434269999993376E-2</v>
+        <v>8.7898550000033993E-2</v>
       </c>
       <c r="D208" s="5">
-        <v>0.29897669405716254</v>
+        <v>0.29716307553253607</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>355.35180353999999</v>
+        <v>355.35152935000002</v>
       </c>
       <c r="C209" s="5">
-        <v>-0.17057106999999405</v>
+        <v>-0.17031388999998853</v>
       </c>
       <c r="D209" s="5">
-        <v>-0.57421429580094552</v>
+        <v>-0.57335165380131281</v>
       </c>
       <c r="E209" s="5">
-        <v>1.2511570555084006</v>
+        <v>1.2513341349484675</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>355.00962414999998</v>
+        <v>355.00841743000001</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.34217939000001252</v>
+        <v>-0.34311192000001256</v>
       </c>
       <c r="D210" s="5">
-        <v>-1.1494174513910993</v>
+        <v>-1.1525341884679463</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>355.99121967000002</v>
+        <v>355.99106820999998</v>
       </c>
       <c r="C211" s="5">
-        <v>0.98159552000004169</v>
+        <v>0.98265077999997175</v>
       </c>
       <c r="D211" s="5">
-        <v>3.3689052272399378</v>
+        <v>3.372593906839616</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>356.66152247999997</v>
+        <v>356.66237136000001</v>
       </c>
       <c r="C212" s="5">
-        <v>0.67030280999995284</v>
+        <v>0.67130315000002838</v>
       </c>
       <c r="D212" s="5">
-        <v>2.2830504377762795</v>
+        <v>2.286493992390759</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>357.94126792999998</v>
+        <v>357.94091215999998</v>
       </c>
       <c r="C213" s="5">
-        <v>1.2797454500000072</v>
+        <v>1.2785407999999734</v>
       </c>
       <c r="D213" s="5">
-        <v>4.3917448274712445</v>
+        <v>4.387518295831172</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>358.35308849</v>
+        <v>358.35420137</v>
       </c>
       <c r="C214" s="5">
-        <v>0.41182056000002376</v>
+        <v>0.41328921000001628</v>
       </c>
       <c r="D214" s="5">
-        <v>1.389400683658204</v>
+        <v>1.394388520140466</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>358.07710988999997</v>
+        <v>358.07651564000003</v>
       </c>
       <c r="C215" s="5">
-        <v>-0.27597860000003038</v>
+        <v>-0.27768572999997332</v>
       </c>
       <c r="D215" s="5">
-        <v>-0.92025202143612983</v>
+        <v>-0.92591735325543434</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>358.12940739999999</v>
+        <v>358.12897117</v>
       </c>
       <c r="C216" s="5">
-        <v>5.22975100000167E-2</v>
+        <v>5.2455529999974715E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>0.1754020189783656</v>
+        <v>0.17593272578122487</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>360.45382633000003</v>
+        <v>360.45410097000001</v>
       </c>
       <c r="C217" s="5">
-        <v>2.3244189300000357</v>
+        <v>2.3251298000000133</v>
       </c>
       <c r="D217" s="5">
-        <v>8.0726676407490316</v>
+        <v>8.0752354883190556</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>360.85581278000001</v>
+        <v>360.85684605</v>
       </c>
       <c r="C218" s="5">
-        <v>0.40198644999998123</v>
+        <v>0.40274507999998832</v>
       </c>
       <c r="D218" s="5">
-        <v>1.3465069354879455</v>
+        <v>1.3490626694955044</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>363.60585369</v>
+        <v>363.60627979999998</v>
       </c>
       <c r="C219" s="5">
-        <v>2.7500409099999956</v>
+        <v>2.7494337499999801</v>
       </c>
       <c r="D219" s="5">
-        <v>9.538283326700391</v>
+        <v>9.5360599632776211</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>365.52018464000002</v>
+        <v>365.51979851999999</v>
       </c>
       <c r="C220" s="5">
-        <v>1.9143309500000214</v>
+        <v>1.9135187200000132</v>
       </c>
       <c r="D220" s="5">
-        <v>6.5040143209049939</v>
+        <v>6.5011665376238481</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>366.30092201000002</v>
+        <v>366.30104826000002</v>
       </c>
       <c r="C221" s="5">
-        <v>0.7807373699999971</v>
+        <v>0.78124974000002112</v>
       </c>
       <c r="D221" s="5">
-        <v>2.5934817140308652</v>
+        <v>2.595206554776186</v>
       </c>
       <c r="E221" s="5">
-        <v>3.0812052622008368</v>
+        <v>3.0813203280786627</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>370.42291790000002</v>
+        <v>370.42168505000001</v>
       </c>
       <c r="C222" s="5">
-        <v>4.1219958899999938</v>
+        <v>4.1206367899999918</v>
       </c>
       <c r="D222" s="5">
-        <v>14.371558598643453</v>
+        <v>14.366517819535108</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>367.73395617</v>
+        <v>367.73390788</v>
       </c>
       <c r="C223" s="5">
-        <v>-2.6889617300000168</v>
+        <v>-2.6877771700000039</v>
       </c>
       <c r="D223" s="5">
-        <v>-8.3714894804646995</v>
+        <v>-8.3679742751975752</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>368.27649580000002</v>
+        <v>368.27713567000001</v>
       </c>
       <c r="C224" s="5">
-        <v>0.54253963000002159</v>
+        <v>0.5432277900000031</v>
       </c>
       <c r="D224" s="5">
-        <v>1.7848678946485341</v>
+        <v>1.787150492306866</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>366.77864652</v>
+        <v>366.77798647999998</v>
       </c>
       <c r="C225" s="5">
-        <v>-1.4978492800000254</v>
+        <v>-1.4991491900000256</v>
       </c>
       <c r="D225" s="5">
-        <v>-4.772913524414335</v>
+        <v>-4.7769552929158294</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>366.83659785999998</v>
+        <v>366.83694587999997</v>
       </c>
       <c r="C226" s="5">
-        <v>5.7951339999988249E-2</v>
+        <v>5.8959399999992002E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>0.18976587782304488</v>
+        <v>0.19307011037863475</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>367.48066263999999</v>
+        <v>367.47993014999997</v>
       </c>
       <c r="C227" s="5">
-        <v>0.64406478000000789</v>
+        <v>0.64298426999999947</v>
       </c>
       <c r="D227" s="5">
-        <v>2.1273364844081488</v>
+        <v>2.123731066297152</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>371.84388706999999</v>
+        <v>371.84380315999999</v>
       </c>
       <c r="C228" s="5">
-        <v>4.3632244300000025</v>
+        <v>4.3638730100000203</v>
       </c>
       <c r="D228" s="5">
-        <v>15.216284421992432</v>
+        <v>15.218728348031574</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>371.66666171999998</v>
+        <v>371.66643614999998</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.17722535000001471</v>
+        <v>-0.17736701000001176</v>
       </c>
       <c r="D229" s="5">
-        <v>-0.57043782301007262</v>
+        <v>-0.57089271907597716</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>371.92477629000001</v>
+        <v>371.92595448999998</v>
       </c>
       <c r="C230" s="5">
-        <v>0.25811457000003202</v>
+        <v>0.25951833999999963</v>
       </c>
       <c r="D230" s="5">
-        <v>0.83656497201578528</v>
+        <v>0.84113267522776258</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>368.97649976999998</v>
+        <v>368.97722634000002</v>
       </c>
       <c r="C231" s="5">
-        <v>-2.9482765200000358</v>
+        <v>-2.9487281499999654</v>
       </c>
       <c r="D231" s="5">
-        <v>-9.1085242730365117</v>
+        <v>-9.109831674259528</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>372.06047345000002</v>
+        <v>372.06050520000002</v>
       </c>
       <c r="C232" s="5">
-        <v>3.0839736800000424</v>
+        <v>3.0832788600000072</v>
       </c>
       <c r="D232" s="5">
-        <v>10.503983065134893</v>
+        <v>10.501485068255301</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>372.31565762999998</v>
+        <v>372.31592613999999</v>
       </c>
       <c r="C233" s="5">
-        <v>0.25518417999995791</v>
+        <v>0.25542093999996496</v>
       </c>
       <c r="D233" s="5">
-        <v>0.82615282097460163</v>
+        <v>0.82692215157693649</v>
       </c>
       <c r="E233" s="5">
-        <v>1.6420203331718008</v>
+        <v>1.6420586041377083</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>376.14412233000002</v>
+        <v>376.14348412999999</v>
       </c>
       <c r="C234" s="5">
-        <v>3.8284647000000405</v>
+        <v>3.8275579900000025</v>
       </c>
       <c r="D234" s="5">
-        <v>13.061762073084783</v>
+        <v>13.058481682889479</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>373.93914488000001</v>
+        <v>373.93910898000001</v>
       </c>
       <c r="C235" s="5">
-        <v>-2.2049774500000012</v>
+        <v>-2.2043751499999757</v>
       </c>
       <c r="D235" s="5">
-        <v>-6.8120392176190485</v>
+        <v>-6.8102492238021783</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>374.16618665999999</v>
+        <v>374.16660951</v>
       </c>
       <c r="C236" s="5">
-        <v>0.2270417799999791</v>
+        <v>0.22750052999998616</v>
       </c>
       <c r="D236" s="5">
-        <v>0.7310328477651673</v>
+        <v>0.73251495517174803</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>376.83147237999998</v>
+        <v>376.83066346999999</v>
       </c>
       <c r="C237" s="5">
-        <v>2.6652857199999858</v>
+        <v>2.6640539599999897</v>
       </c>
       <c r="D237" s="5">
-        <v>8.8908914151859086</v>
+        <v>8.8866098346950029</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>376.41038070000002</v>
+        <v>376.41022992000001</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.42109167999996089</v>
+        <v>-0.42043354999998428</v>
       </c>
       <c r="D238" s="5">
-        <v>-1.3327334872146546</v>
+        <v>-1.3306661437154865</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>377.27782391</v>
+        <v>377.27683286000001</v>
       </c>
       <c r="C239" s="5">
-        <v>0.86744320999997626</v>
+        <v>0.86660294000000704</v>
       </c>
       <c r="D239" s="5">
-        <v>2.8007393465013353</v>
+        <v>2.7979930318716262</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>376.30472234000001</v>
+        <v>376.30466904999997</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.97310156999998298</v>
+        <v>-0.97216381000004048</v>
       </c>
       <c r="D240" s="5">
-        <v>-3.0515925417038736</v>
+        <v>-3.0487012254113544</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>374.06545643999999</v>
+        <v>374.06442759999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-2.2392659000000208</v>
+        <v>-2.240241449999985</v>
       </c>
       <c r="D241" s="5">
-        <v>-6.9116711713352093</v>
+        <v>-6.9145853312957755</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>377.28167044000003</v>
+        <v>377.28306301999999</v>
       </c>
       <c r="C242" s="5">
-        <v>3.2162140000000363</v>
+        <v>3.2186354199999982</v>
       </c>
       <c r="D242" s="5">
-        <v>10.819763933916636</v>
+        <v>10.828330428527799</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>382.44721348000002</v>
+        <v>382.44816400000002</v>
       </c>
       <c r="C243" s="5">
-        <v>5.1655430399999887</v>
+        <v>5.1651009800000338</v>
       </c>
       <c r="D243" s="5">
-        <v>17.725226971249896</v>
+        <v>17.723523656697672</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>382.90279047000001</v>
+        <v>382.90340295999999</v>
       </c>
       <c r="C244" s="5">
-        <v>0.45557698999999729</v>
+        <v>0.45523895999997421</v>
       </c>
       <c r="D244" s="5">
-        <v>1.4388610635187371</v>
+        <v>1.4377828583176155</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>382.93845937999998</v>
+        <v>382.93866035999997</v>
       </c>
       <c r="C245" s="5">
-        <v>3.5668909999969856E-2</v>
+        <v>3.5257399999977679E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>0.11184203849485819</v>
+        <v>0.11055089338447566</v>
       </c>
       <c r="E245" s="5">
-        <v>2.8531708329486261</v>
+        <v>2.8531506374523286</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>382.64787632000002</v>
+        <v>382.64793559999998</v>
       </c>
       <c r="C246" s="5">
-        <v>-0.29058305999996037</v>
+        <v>-0.29072475999998915</v>
       </c>
       <c r="D246" s="5">
-        <v>-0.90679854223664202</v>
+        <v>-0.90723841478971279</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>383.40262437000001</v>
+        <v>383.40274699999998</v>
       </c>
       <c r="C247" s="5">
-        <v>0.75474804999998923</v>
+        <v>0.75481139999999414</v>
       </c>
       <c r="D247" s="5">
-        <v>2.3927688285109827</v>
+        <v>2.3929714754620246</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>384.26821976999997</v>
+        <v>384.26846189000003</v>
       </c>
       <c r="C248" s="5">
-        <v>0.86559539999996105</v>
+        <v>0.86571489000004931</v>
       </c>
       <c r="D248" s="5">
-        <v>2.7430952835025835</v>
+        <v>2.743477777092318</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>386.19688034000001</v>
+        <v>386.19607453999998</v>
       </c>
       <c r="C249" s="5">
-        <v>1.9286605700000337</v>
+        <v>1.9276126499999577</v>
       </c>
       <c r="D249" s="5">
-        <v>6.1919301464670173</v>
+        <v>6.1884684522680589</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>395.52808408999999</v>
+        <v>395.52725836000002</v>
       </c>
       <c r="C250" s="5">
-        <v>9.331203749999986</v>
+        <v>9.3311838200000352</v>
       </c>
       <c r="D250" s="5">
-        <v>33.17502035353683</v>
+        <v>33.175018493168196</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>390.98456984000001</v>
+        <v>390.9832935</v>
       </c>
       <c r="C251" s="5">
-        <v>-4.543514249999987</v>
+        <v>-4.5439648600000169</v>
       </c>
       <c r="D251" s="5">
-        <v>-12.946244130134744</v>
+        <v>-12.947473422164258</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>388.36801585000001</v>
+        <v>388.36763397999999</v>
       </c>
       <c r="C252" s="5">
-        <v>-2.6165539899999999</v>
+        <v>-2.6156595200000083</v>
       </c>
       <c r="D252" s="5">
-        <v>-7.7415710064284156</v>
+        <v>-7.73904549486093</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>386.72280466000001</v>
+        <v>386.72141814000003</v>
       </c>
       <c r="C253" s="5">
-        <v>-1.6452111899999977</v>
+        <v>-1.646215839999968</v>
       </c>
       <c r="D253" s="5">
-        <v>-4.9666765018887782</v>
+        <v>-4.969643826908376</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>385.03579250000001</v>
+        <v>385.03711820000001</v>
       </c>
       <c r="C254" s="5">
-        <v>-1.6870121599999948</v>
+        <v>-1.6842999400000167</v>
       </c>
       <c r="D254" s="5">
-        <v>-5.1110060491905029</v>
+        <v>-5.1030027389272092</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>385.12119919000003</v>
+        <v>385.12234224999997</v>
       </c>
       <c r="C255" s="5">
-        <v>8.5406690000013441E-2</v>
+        <v>8.5224049999965246E-2</v>
       </c>
       <c r="D255" s="5">
-        <v>0.2665028967635541</v>
+        <v>0.26593137650139376</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>385.48849067999998</v>
+        <v>385.48968002999999</v>
       </c>
       <c r="C256" s="5">
-        <v>0.36729148999995687</v>
+        <v>0.36733778000001394</v>
       </c>
       <c r="D256" s="5">
-        <v>1.1504665284559179</v>
+        <v>1.1506088510322199</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>383.87459080999997</v>
+        <v>383.87473871999998</v>
       </c>
       <c r="C257" s="5">
-        <v>-1.6138998700000116</v>
+        <v>-1.6149413100000061</v>
       </c>
       <c r="D257" s="5">
-        <v>-4.9098778769319784</v>
+        <v>-4.9129587393424661</v>
       </c>
       <c r="E257" s="5">
-        <v>0.24446001885412016</v>
+        <v>0.24444603193629622</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>389.43144613999999</v>
+        <v>389.43197859999998</v>
       </c>
       <c r="C258" s="5">
-        <v>5.556855330000019</v>
+        <v>5.5572398799999974</v>
       </c>
       <c r="D258" s="5">
-        <v>18.822807728899882</v>
+        <v>18.824207897089586</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>385.21059766000002</v>
+        <v>385.21087001000001</v>
       </c>
       <c r="C259" s="5">
-        <v>-4.2208484799999724</v>
+        <v>-4.2211085899999716</v>
       </c>
       <c r="D259" s="5">
-        <v>-12.258205748657547</v>
+        <v>-12.258900933370331</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>384.92415075000002</v>
+        <v>384.92415315</v>
       </c>
       <c r="C260" s="5">
-        <v>-0.28644690999999511</v>
+        <v>-0.28671686000001273</v>
       </c>
       <c r="D260" s="5">
-        <v>-0.88869293592755971</v>
+        <v>-0.88952639581021398</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>384.82672417999999</v>
+        <v>384.82600015000003</v>
       </c>
       <c r="C261" s="5">
-        <v>-9.7426570000038737E-2</v>
+        <v>-9.815299999996796E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>-0.30330461216659943</v>
+        <v>-0.30556293321200023</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>382.33414231</v>
+        <v>382.33336122999998</v>
       </c>
       <c r="C262" s="5">
-        <v>-2.4925818699999809</v>
+        <v>-2.4926389200000472</v>
       </c>
       <c r="D262" s="5">
-        <v>-7.5015833316683933</v>
+        <v>-7.5017625725549264</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>382.10318594</v>
+        <v>382.10192121</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.23095637000000124</v>
+        <v>-0.23144001999997954</v>
       </c>
       <c r="D263" s="5">
-        <v>-0.72247982763939955</v>
+        <v>-0.72398922654837161</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>381.18372692000003</v>
+        <v>381.18309246000001</v>
       </c>
       <c r="C264" s="5">
-        <v>-0.91945901999997659</v>
+        <v>-0.91882874999998876</v>
       </c>
       <c r="D264" s="5">
-        <v>-2.8496616418665299</v>
+        <v>-2.847743321694407</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>377.19049565</v>
+        <v>377.18864728</v>
       </c>
       <c r="C265" s="5">
-        <v>-3.9932312700000239</v>
+        <v>-3.9944451800000138</v>
       </c>
       <c r="D265" s="5">
-        <v>-11.871441136306682</v>
+        <v>-11.874863199791175</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>375.84514869999998</v>
+        <v>375.84676810000002</v>
       </c>
       <c r="C266" s="5">
-        <v>-1.345346950000021</v>
+        <v>-1.3418791799999781</v>
       </c>
       <c r="D266" s="5">
-        <v>-4.197135441394984</v>
+        <v>-4.1865478111519971</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>373.19189255999999</v>
+        <v>373.19325190000001</v>
       </c>
       <c r="C267" s="5">
-        <v>-2.6532561399999963</v>
+        <v>-2.6535162000000128</v>
       </c>
       <c r="D267" s="5">
-        <v>-8.15003032728292</v>
+        <v>-8.1507646289903928</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>372.05316929999998</v>
+        <v>372.05462563999998</v>
       </c>
       <c r="C268" s="5">
-        <v>-1.1387232600000061</v>
+        <v>-1.1386262600000236</v>
       </c>
       <c r="D268" s="5">
-        <v>-3.6007407017560777</v>
+        <v>-3.6004262128783826</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>371.53104155</v>
+        <v>371.53123576000002</v>
       </c>
       <c r="C269" s="5">
-        <v>-0.52212774999998146</v>
+        <v>-0.52338987999996789</v>
       </c>
       <c r="D269" s="5">
-        <v>-1.6711046532273288</v>
+        <v>-1.6751064751738154</v>
       </c>
       <c r="E269" s="5">
-        <v>-3.2155160970551044</v>
+        <v>-3.215502796865044</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>372.56532880999998</v>
+        <v>372.56568787999998</v>
       </c>
       <c r="C270" s="5">
-        <v>1.0342872599999851</v>
+        <v>1.034452119999969</v>
       </c>
       <c r="D270" s="5">
-        <v>3.3922483372564871</v>
+        <v>3.3927955501463103</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>371.4253185</v>
+        <v>371.42557112999998</v>
       </c>
       <c r="C271" s="5">
-        <v>-1.1400103099999797</v>
+        <v>-1.1401167500000042</v>
       </c>
       <c r="D271" s="5">
-        <v>-3.610702970684454</v>
+        <v>-3.6110310176811988</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>371.55973026999999</v>
+        <v>371.55962096000002</v>
       </c>
       <c r="C272" s="5">
-        <v>0.13441176999998561</v>
+        <v>0.13404983000003767</v>
       </c>
       <c r="D272" s="5">
-        <v>0.43512257931808129</v>
+        <v>0.43394827173763861</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>371.28261289</v>
+        <v>371.28197548999998</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.27711737999999286</v>
+        <v>-0.27764547000003859</v>
       </c>
       <c r="D273" s="5">
-        <v>-0.89132412688781582</v>
+        <v>-0.89301596974544761</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>371.84992441999998</v>
+        <v>371.84902174000001</v>
       </c>
       <c r="C274" s="5">
-        <v>0.56731152999998358</v>
+        <v>0.56704625000003261</v>
       </c>
       <c r="D274" s="5">
-        <v>1.8490610425177412</v>
+        <v>1.8481923286426616</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>370.47585831999999</v>
+        <v>370.47475091000001</v>
       </c>
       <c r="C275" s="5">
-        <v>-1.3740660999999932</v>
+        <v>-1.3742708300000004</v>
       </c>
       <c r="D275" s="5">
-        <v>-4.3452405331863559</v>
+        <v>-4.3458851890088575</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>372.98498683999998</v>
+        <v>372.98461653999999</v>
       </c>
       <c r="C276" s="5">
-        <v>2.5091285199999902</v>
+        <v>2.5098656299999789</v>
       </c>
       <c r="D276" s="5">
-        <v>8.4369415646767152</v>
+        <v>8.4395393435970014</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>373.80276588999999</v>
+        <v>373.80091161000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.81777905000001283</v>
+        <v>0.81629507000002377</v>
       </c>
       <c r="D277" s="5">
-        <v>2.6629907860803437</v>
+        <v>2.6581027547652347</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>373.54898788000003</v>
+        <v>373.55061895</v>
       </c>
       <c r="C278" s="5">
-        <v>-0.25377800999996225</v>
+        <v>-0.25029266000001371</v>
       </c>
       <c r="D278" s="5">
-        <v>-0.81165545306619569</v>
+        <v>-0.80055327315100566</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>372.96188459000001</v>
+        <v>372.96327549</v>
       </c>
       <c r="C279" s="5">
-        <v>-0.58710329000001593</v>
+        <v>-0.5873434599999996</v>
       </c>
       <c r="D279" s="5">
-        <v>-1.8698099856768735</v>
+        <v>-1.8705601808525651</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>373.45796638000002</v>
+        <v>373.4592892</v>
       </c>
       <c r="C280" s="5">
-        <v>0.49608179000000518</v>
+        <v>0.49601370999999972</v>
       </c>
       <c r="D280" s="5">
-        <v>1.6078653565366086</v>
+        <v>1.6076370445826216</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>374.39957777000001</v>
+        <v>374.39990879999999</v>
       </c>
       <c r="C281" s="5">
-        <v>0.94161138999999139</v>
+        <v>0.9406195999999909</v>
       </c>
       <c r="D281" s="5">
-        <v>3.0679095589307259</v>
+        <v>3.0646222597592976</v>
       </c>
       <c r="E281" s="5">
-        <v>0.77208520936304925</v>
+        <v>0.77212163174702475</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>373.69665792000001</v>
+        <v>373.69633014999999</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.70291985000000068</v>
+        <v>-0.7035786499999972</v>
       </c>
       <c r="D282" s="5">
-        <v>-2.2298317309114579</v>
+        <v>-2.2318980981068548</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>374.59226432999998</v>
+        <v>374.59233709</v>
       </c>
       <c r="C283" s="5">
-        <v>0.89560640999997077</v>
+        <v>0.89600694000000658</v>
       </c>
       <c r="D283" s="5">
-        <v>2.9141493238286076</v>
+        <v>2.9154724048656266</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>374.62499843000001</v>
+        <v>374.62478735000002</v>
       </c>
       <c r="C284" s="5">
-        <v>3.2734100000027411E-2</v>
+        <v>3.2450260000018716E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>0.10491355146633463</v>
+        <v>0.10400338397611453</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>375.81812353999999</v>
+        <v>375.81768010000002</v>
       </c>
       <c r="C285" s="5">
-        <v>1.1931251099999827</v>
+        <v>1.1928927499999986</v>
       </c>
       <c r="D285" s="5">
-        <v>3.8894836713267322</v>
+        <v>3.8887151128054409</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>376.21740940000001</v>
+        <v>376.21656397999999</v>
       </c>
       <c r="C286" s="5">
-        <v>0.39928586000002042</v>
+        <v>0.39888387999997121</v>
       </c>
       <c r="D286" s="5">
-        <v>1.2824097262009726</v>
+        <v>1.2811126380560811</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>375.32722001000002</v>
+        <v>375.32645822000001</v>
       </c>
       <c r="C287" s="5">
-        <v>-0.89018938999998909</v>
+        <v>-0.89010575999998309</v>
       </c>
       <c r="D287" s="5">
-        <v>-2.8027266765077163</v>
+        <v>-2.8024730033883838</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>377.29148999</v>
+        <v>377.29161185999999</v>
       </c>
       <c r="C288" s="5">
-        <v>1.9642699799999832</v>
+        <v>1.9651536399999827</v>
       </c>
       <c r="D288" s="5">
-        <v>6.4641448227471754</v>
+        <v>6.4671505827983866</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>375.26813759999999</v>
+        <v>375.26654277</v>
       </c>
       <c r="C289" s="5">
-        <v>-2.0233523900000137</v>
+        <v>-2.0250690899999881</v>
       </c>
       <c r="D289" s="5">
-        <v>-6.2489397297560085</v>
+        <v>-6.2540841177207263</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>380.28416367</v>
+        <v>380.28588087000003</v>
       </c>
       <c r="C290" s="5">
-        <v>5.0160260700000094</v>
+        <v>5.0193381000000272</v>
       </c>
       <c r="D290" s="5">
-        <v>17.273147278388578</v>
+        <v>17.285483294737137</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>380.56509569999997</v>
+        <v>380.56662768000001</v>
       </c>
       <c r="C291" s="5">
-        <v>0.28093202999997402</v>
+        <v>0.28074680999998236</v>
       </c>
       <c r="D291" s="5">
-        <v>0.89010163221769911</v>
+        <v>0.88950836556775936</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>380.79383061999999</v>
+        <v>380.79481091999997</v>
       </c>
       <c r="C292" s="5">
-        <v>0.22873492000002216</v>
+        <v>0.22818323999996437</v>
       </c>
       <c r="D292" s="5">
-        <v>0.72363726483717361</v>
+        <v>0.72188326712294693</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>380.98366040000002</v>
+        <v>380.98382071999998</v>
       </c>
       <c r="C293" s="5">
-        <v>0.18982978000002504</v>
+        <v>0.189009800000008</v>
       </c>
       <c r="D293" s="5">
-        <v>0.5998556934300181</v>
+        <v>0.59725596487640864</v>
       </c>
       <c r="E293" s="5">
-        <v>1.7585710617560313</v>
+        <v>1.7585239112643647</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>381.27598233999998</v>
+        <v>381.27440796000002</v>
       </c>
       <c r="C294" s="5">
-        <v>0.29232193999996525</v>
+        <v>0.29058724000003622</v>
       </c>
       <c r="D294" s="5">
-        <v>0.92463402935698547</v>
+        <v>0.91912362963495475</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>381.88543128999999</v>
+        <v>381.88523168</v>
       </c>
       <c r="C295" s="5">
-        <v>0.60944895000000088</v>
+        <v>0.61082371999998486</v>
       </c>
       <c r="D295" s="5">
-        <v>1.9350881883768434</v>
+        <v>1.9394998945119424</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>382.11550584999998</v>
+        <v>382.11523484000003</v>
       </c>
       <c r="C296" s="5">
-        <v>0.23007455999999138</v>
+        <v>0.23000316000002385</v>
       </c>
       <c r="D296" s="5">
-        <v>0.72536455996985438</v>
+        <v>0.72513908863989229</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>382.50690450000002</v>
+        <v>382.50670221000001</v>
       </c>
       <c r="C297" s="5">
-        <v>0.39139865000004193</v>
+        <v>0.39146736999998666</v>
       </c>
       <c r="D297" s="5">
-        <v>1.2361011688010404</v>
+        <v>1.236320303960059</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>382.65654281000002</v>
+        <v>382.65601421000002</v>
       </c>
       <c r="C298" s="5">
-        <v>0.14963831000000027</v>
+        <v>0.14931200000000899</v>
       </c>
       <c r="D298" s="5">
-        <v>0.47045643475420729</v>
+        <v>0.46942857534348903</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>384.46447171</v>
+        <v>384.46430685000001</v>
       </c>
       <c r="C299" s="5">
-        <v>1.807928899999979</v>
+        <v>1.8082926399999906</v>
       </c>
       <c r="D299" s="5">
-        <v>5.8192876069948385</v>
+        <v>5.8204972452438497</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>384.61736100000002</v>
+        <v>384.61789800999998</v>
       </c>
       <c r="C300" s="5">
-        <v>0.15288929000001872</v>
+        <v>0.1535911599999622</v>
       </c>
       <c r="D300" s="5">
-        <v>0.47824693485631897</v>
+        <v>0.48044745932003252</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>383.84748423000002</v>
+        <v>383.84682669</v>
       </c>
       <c r="C301" s="5">
-        <v>-0.76987676999999621</v>
+        <v>-0.77107131999997591</v>
       </c>
       <c r="D301" s="5">
-        <v>-2.3757347400854778</v>
+        <v>-2.3793771234117411</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>385.84771726000002</v>
+        <v>385.84929876000001</v>
       </c>
       <c r="C302" s="5">
-        <v>2.000233030000004</v>
+        <v>2.0024720700000103</v>
       </c>
       <c r="D302" s="5">
-        <v>6.4355822376209959</v>
+        <v>6.4430054644429635</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>386.62939989</v>
+        <v>386.63105719999999</v>
       </c>
       <c r="C303" s="5">
-        <v>0.78168262999997751</v>
+        <v>0.78175843999997596</v>
       </c>
       <c r="D303" s="5">
-        <v>2.4583320420500154</v>
+        <v>2.4585629321008273</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>387.52935079999997</v>
+        <v>387.53015958999998</v>
       </c>
       <c r="C304" s="5">
-        <v>0.89995090999997274</v>
+        <v>0.89910238999999592</v>
       </c>
       <c r="D304" s="5">
-        <v>2.8292587561839611</v>
+        <v>2.8265447032684854</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>387.14683230000003</v>
+        <v>387.14678280999999</v>
       </c>
       <c r="C305" s="5">
-        <v>-0.38251849999994647</v>
+        <v>-0.38337677999999187</v>
       </c>
       <c r="D305" s="5">
-        <v>-1.178074388314132</v>
+        <v>-1.1807008888590098</v>
       </c>
       <c r="E305" s="5">
-        <v>1.6176997967653595</v>
+        <v>1.6176440454486851</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>388.11530535000003</v>
+        <v>388.11102371999999</v>
       </c>
       <c r="C306" s="5">
-        <v>0.96847305000000006</v>
+        <v>0.96424091000000089</v>
       </c>
       <c r="D306" s="5">
-        <v>3.0435262724314516</v>
+        <v>3.0300440179517496</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>388.00232140999998</v>
+        <v>388.00220759000001</v>
       </c>
       <c r="C307" s="5">
-        <v>-0.11298394000004919</v>
+        <v>-0.10881612999997969</v>
       </c>
       <c r="D307" s="5">
-        <v>-0.34877228042475839</v>
+        <v>-0.33593012178041448</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>388.47653603999998</v>
+        <v>388.47629762999998</v>
       </c>
       <c r="C308" s="5">
-        <v>0.47421463000000585</v>
+        <v>0.47409003999996457</v>
       </c>
       <c r="D308" s="5">
-        <v>1.476533511639988</v>
+        <v>1.476143408501196</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>388.28156306</v>
+        <v>388.28181031000003</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.19497297999998864</v>
+        <v>-0.19448731999995061</v>
       </c>
       <c r="D309" s="5">
-        <v>-0.6006097899345253</v>
+        <v>-0.59911820917643022</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>388.50805466000003</v>
+        <v>388.50817273000001</v>
       </c>
       <c r="C310" s="5">
-        <v>0.22649160000003121</v>
+        <v>0.22636241999998674</v>
       </c>
       <c r="D310" s="5">
-        <v>0.70223161041664817</v>
+        <v>0.70182935756832876</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>389.09884397000002</v>
+        <v>389.09924317000002</v>
       </c>
       <c r="C311" s="5">
-        <v>0.59078930999999102</v>
+        <v>0.59107044000000997</v>
       </c>
       <c r="D311" s="5">
-        <v>1.8401335574560251</v>
+        <v>1.8410159698490025</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>390.05368824999999</v>
+        <v>390.05496706999998</v>
       </c>
       <c r="C312" s="5">
-        <v>0.95484427999997479</v>
+        <v>0.95572389999995266</v>
       </c>
       <c r="D312" s="5">
-        <v>2.9848593195511919</v>
+        <v>2.9876431727166031</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>390.98231971000001</v>
+        <v>390.98236267999999</v>
       </c>
       <c r="C313" s="5">
-        <v>0.92863146000001962</v>
+        <v>0.92739561000001913</v>
       </c>
       <c r="D313" s="5">
-        <v>2.8946422563438157</v>
+        <v>2.8907298653404911</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>392.23213276000001</v>
+        <v>392.23346961999999</v>
       </c>
       <c r="C314" s="5">
-        <v>1.2498130500000002</v>
+        <v>1.2511069399999997</v>
       </c>
       <c r="D314" s="5">
-        <v>3.9040809714956159</v>
+        <v>3.9081936973637488</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>393.90891098999998</v>
+        <v>393.91089290999997</v>
       </c>
       <c r="C315" s="5">
-        <v>1.6767782299999681</v>
+        <v>1.6774232899999788</v>
       </c>
       <c r="D315" s="5">
-        <v>5.2523092635258672</v>
+        <v>5.2543592676006945</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>394.12979024999999</v>
+        <v>394.13052393999999</v>
       </c>
       <c r="C316" s="5">
-        <v>0.2208792600000038</v>
+        <v>0.21963103000001638</v>
       </c>
       <c r="D316" s="5">
-        <v>0.67496336947203694</v>
+        <v>0.67113393346327488</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>394.50269409999999</v>
+        <v>394.50235280999999</v>
       </c>
       <c r="C317" s="5">
-        <v>0.37290385000000015</v>
+        <v>0.37182887000000164</v>
       </c>
       <c r="D317" s="5">
-        <v>1.141300682327695</v>
+        <v>1.1379914045074768</v>
       </c>
       <c r="E317" s="5">
-        <v>1.9000185940563075</v>
+        <v>1.8999434650112779</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>397.25196154999998</v>
+        <v>397.24446204999998</v>
       </c>
       <c r="C318" s="5">
-        <v>2.7492674499999907</v>
+        <v>2.7421092399999907</v>
       </c>
       <c r="D318" s="5">
-        <v>8.6908345443442059</v>
+        <v>8.667342242194831</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>396.59237612999999</v>
+        <v>396.59253905999998</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.65958541999998488</v>
+        <v>-0.65192299000000276</v>
       </c>
       <c r="D319" s="5">
-        <v>-1.9743497939374577</v>
+        <v>-1.9516568374424281</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>397.16119463000001</v>
+        <v>397.16073373</v>
       </c>
       <c r="C320" s="5">
-        <v>0.56881850000002032</v>
+        <v>0.56819467000002533</v>
       </c>
       <c r="D320" s="5">
-        <v>1.7347598882359039</v>
+        <v>1.7328416224469345</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>400.14820831999998</v>
+        <v>400.14762808</v>
       </c>
       <c r="C321" s="5">
-        <v>2.9870136899999693</v>
+        <v>2.98689435</v>
       </c>
       <c r="D321" s="5">
-        <v>9.4079346626815497</v>
+        <v>9.4075544789332213</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>400.80632057999998</v>
+        <v>400.80968092000001</v>
       </c>
       <c r="C322" s="5">
-        <v>0.65811225999999579</v>
+        <v>0.6620528400000012</v>
       </c>
       <c r="D322" s="5">
-        <v>1.9915563811455206</v>
+        <v>2.003592884297456</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>401.88015811000002</v>
+        <v>401.88046974000002</v>
       </c>
       <c r="C323" s="5">
-        <v>1.0738375300000484</v>
+        <v>1.0707888200000184</v>
       </c>
       <c r="D323" s="5">
-        <v>3.2628326772832894</v>
+        <v>3.2534050235971224</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>402.88122306999998</v>
+        <v>402.88300518</v>
       </c>
       <c r="C324" s="5">
-        <v>1.001064959999951</v>
+        <v>1.0025354399999742</v>
       </c>
       <c r="D324" s="5">
-        <v>3.0304386834888675</v>
+        <v>3.0349490096175158</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>403.30253054000002</v>
+        <v>403.30314326000001</v>
       </c>
       <c r="C325" s="5">
-        <v>0.42130747000004476</v>
+        <v>0.42013808000001518</v>
       </c>
       <c r="D325" s="5">
-        <v>1.2621261538540152</v>
+        <v>1.2585972532350054</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>403.53615822</v>
+        <v>403.53790321999998</v>
       </c>
       <c r="C326" s="5">
-        <v>0.23362767999998368</v>
+        <v>0.23475995999996258</v>
       </c>
       <c r="D326" s="5">
-        <v>0.69736276912644168</v>
+        <v>0.70075230787292053</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>403.92112056000002</v>
+        <v>403.92307237</v>
       </c>
       <c r="C327" s="5">
-        <v>0.3849623400000155</v>
+        <v>0.38516915000002427</v>
       </c>
       <c r="D327" s="5">
-        <v>1.1507923868402825</v>
+        <v>1.1514088610577566</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>404.32168381999998</v>
+        <v>404.32226892</v>
       </c>
       <c r="C328" s="5">
-        <v>0.40056325999995579</v>
+        <v>0.39919654999999921</v>
       </c>
       <c r="D328" s="5">
-        <v>1.1965364352643393</v>
+        <v>1.1924258782359143</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>406.03951434999999</v>
+        <v>406.03860860999998</v>
       </c>
       <c r="C329" s="5">
-        <v>1.7178305300000147</v>
+        <v>1.7163396899999839</v>
       </c>
       <c r="D329" s="5">
-        <v>5.2192488847180307</v>
+        <v>5.2146053004904935</v>
       </c>
       <c r="E329" s="5">
-        <v>2.92439580832764</v>
+        <v>2.9242552592724458</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>404.34012182999999</v>
+        <v>404.33015947000001</v>
       </c>
       <c r="C330" s="5">
-        <v>-1.6993925200000035</v>
+        <v>-1.7084491399999706</v>
       </c>
       <c r="D330" s="5">
-        <v>-4.908334186685348</v>
+        <v>-4.9339007408127689</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>405.75936791999999</v>
+        <v>405.75910465999999</v>
       </c>
       <c r="C331" s="5">
-        <v>1.4192460900000015</v>
+        <v>1.428945189999979</v>
       </c>
       <c r="D331" s="5">
-        <v>4.2943093961366641</v>
+        <v>4.3243380381572383</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>407.66920353</v>
+        <v>407.66791329</v>
       </c>
       <c r="C332" s="5">
-        <v>1.909835610000016</v>
+        <v>1.90880863000001</v>
       </c>
       <c r="D332" s="5">
-        <v>5.7967177882049414</v>
+        <v>5.7935234751755216</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>408.27854816000001</v>
+        <v>408.27664506000002</v>
       </c>
       <c r="C333" s="5">
-        <v>0.6093446300000096</v>
+        <v>0.60873177000001988</v>
       </c>
       <c r="D333" s="5">
-        <v>1.8084633619398494</v>
+        <v>1.8066352664949381</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>408.16399988000001</v>
+        <v>408.17108016999998</v>
       </c>
       <c r="C334" s="5">
-        <v>-0.11454828000000816</v>
+        <v>-0.10556489000003921</v>
       </c>
       <c r="D334" s="5">
-        <v>-0.33615780994340483</v>
+        <v>-0.30983372950534882</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>408.39360305999998</v>
+        <v>408.39414491000002</v>
       </c>
       <c r="C335" s="5">
-        <v>0.2296031799999696</v>
+        <v>0.22306474000004073</v>
       </c>
       <c r="D335" s="5">
-        <v>0.67712453547408291</v>
+        <v>0.65777253212262465</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>406.52253454999999</v>
+        <v>406.52529672999998</v>
       </c>
       <c r="C336" s="5">
-        <v>-1.8710685099999864</v>
+        <v>-1.8688481800000432</v>
       </c>
       <c r="D336" s="5">
-        <v>-5.3613959952662054</v>
+        <v>-5.3551861573837396</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>407.20415733999999</v>
+        <v>407.20550687999997</v>
       </c>
       <c r="C337" s="5">
-        <v>0.68162279000000581</v>
+        <v>0.68021014999999352</v>
       </c>
       <c r="D337" s="5">
-        <v>2.0307182384003086</v>
+        <v>2.0264569420035183</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>407.06873838000001</v>
+        <v>407.07155705000002</v>
       </c>
       <c r="C338" s="5">
-        <v>-0.13541895999998133</v>
+        <v>-0.13394982999994909</v>
       </c>
       <c r="D338" s="5">
-        <v>-0.39834036479641233</v>
+        <v>-0.39402537143257144</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>408.42570484999999</v>
+        <v>408.42789786999998</v>
       </c>
       <c r="C339" s="5">
-        <v>1.3569664699999748</v>
+        <v>1.3563408199999571</v>
       </c>
       <c r="D339" s="5">
-        <v>4.0743704044519102</v>
+        <v>4.0724285777297808</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>409.12379928000001</v>
+        <v>409.12351508</v>
       </c>
       <c r="C340" s="5">
-        <v>0.69809443000002602</v>
+        <v>0.69561721000002308</v>
       </c>
       <c r="D340" s="5">
-        <v>2.0704708447736975</v>
+        <v>2.0630435436259642</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>409.60281551000003</v>
+        <v>409.60007617000002</v>
       </c>
       <c r="C341" s="5">
-        <v>0.47901623000001337</v>
+        <v>0.47656109000001834</v>
       </c>
       <c r="D341" s="5">
-        <v>1.4140843506786682</v>
+        <v>1.406791119664641</v>
       </c>
       <c r="E341" s="5">
-        <v>0.87757497338756263</v>
+        <v>0.87712534829929023</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>408.18340990000002</v>
+        <v>408.17296146000001</v>
       </c>
       <c r="C342" s="5">
-        <v>-1.4194056100000125</v>
+        <v>-1.4271147100000121</v>
       </c>
       <c r="D342" s="5">
-        <v>-4.0800388710290907</v>
+        <v>-4.101802471849525</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>410.46939409999999</v>
+        <v>410.46715038000002</v>
       </c>
       <c r="C343" s="5">
-        <v>2.285984199999973</v>
+        <v>2.2941889200000105</v>
       </c>
       <c r="D343" s="5">
-        <v>6.9313797984619896</v>
+        <v>6.9572151847826946</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>411.20757573999998</v>
+        <v>411.20521071000002</v>
       </c>
       <c r="C344" s="5">
-        <v>0.73818163999999342</v>
+        <v>0.73806032999999616</v>
       </c>
       <c r="D344" s="5">
-        <v>2.1795350456707885</v>
+        <v>2.1791853494533608</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>410.54874321</v>
+        <v>410.54494390000002</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.65883252999998376</v>
+        <v>-0.66026680999999598</v>
       </c>
       <c r="D345" s="5">
-        <v>-1.9057754834310381</v>
+        <v>-1.909898678493116</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>411.46440289999998</v>
+        <v>411.47523375999998</v>
       </c>
       <c r="C346" s="5">
-        <v>0.91565968999998404</v>
+        <v>0.93028985999995939</v>
       </c>
       <c r="D346" s="5">
-        <v>2.7094736949600851</v>
+        <v>2.7533317454510708</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>411.17642625000002</v>
+        <v>411.17720115999998</v>
       </c>
       <c r="C347" s="5">
-        <v>-0.28797664999996186</v>
+        <v>-0.29803259999999909</v>
       </c>
       <c r="D347" s="5">
-        <v>-0.83663337006062433</v>
+        <v>-0.86570906494447541</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>410.65627954000001</v>
+        <v>410.65997167</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.5201467100000059</v>
+        <v>-0.51722948999997698</v>
       </c>
       <c r="D348" s="5">
-        <v>-1.5075074752440965</v>
+        <v>-1.4991082900736585</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>410.77226066999998</v>
+        <v>410.77548373000002</v>
       </c>
       <c r="C349" s="5">
-        <v>0.11598112999996602</v>
+        <v>0.11551206000001457</v>
       </c>
       <c r="D349" s="5">
-        <v>0.33944142306516767</v>
+        <v>0.33806342940005951</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>410.42155643000001</v>
+        <v>410.42666049000002</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.35070423999997047</v>
+        <v>-0.34882324000000153</v>
       </c>
       <c r="D350" s="5">
-        <v>-1.0197244769249769</v>
+        <v>-1.0142727892811454</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>410.40753739000002</v>
+        <v>410.41057542999999</v>
       </c>
       <c r="C351" s="5">
-        <v>-1.4019039999993765E-2</v>
+        <v>-1.6085060000023077E-2</v>
       </c>
       <c r="D351" s="5">
-        <v>-4.0981492409752907E-2</v>
+        <v>-4.7019148175586611E-2</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>411.78084546999997</v>
+        <v>411.78087728999998</v>
       </c>
       <c r="C352" s="5">
-        <v>1.3733080799999584</v>
+        <v>1.3703018599999837</v>
       </c>
       <c r="D352" s="5">
-        <v>4.0901783000279135</v>
+        <v>4.0810289330200922</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>412.30754064000001</v>
+        <v>412.30600251999999</v>
       </c>
       <c r="C353" s="5">
-        <v>0.52669517000003907</v>
+        <v>0.52512523000001465</v>
       </c>
       <c r="D353" s="5">
-        <v>1.5457238944248441</v>
+        <v>1.5410840139509219</v>
       </c>
       <c r="E353" s="5">
-        <v>0.66032874472121694</v>
+        <v>0.66062642744160183</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>412.23364421000002</v>
+        <v>412.21098178</v>
       </c>
       <c r="C354" s="5">
-        <v>-7.3896429999990687E-2</v>
+        <v>-9.5020739999995385E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>-0.21485989890378532</v>
+        <v>-0.27620375945768272</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>413.83900181000001</v>
+        <v>413.83809124999999</v>
       </c>
       <c r="C355" s="5">
-        <v>1.6053575999999907</v>
+        <v>1.6271094699999935</v>
       </c>
       <c r="D355" s="5">
-        <v>4.7745517488920308</v>
+        <v>4.8409276891169251</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>414.32368078000002</v>
+        <v>414.32271775999999</v>
       </c>
       <c r="C356" s="5">
-        <v>0.48467897000000448</v>
+        <v>0.48462650999999823</v>
       </c>
       <c r="D356" s="5">
-        <v>1.4145014944532353</v>
+        <v>1.4143505382314459</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>413.93339494999998</v>
+        <v>413.92771857999998</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.39028583000003891</v>
+        <v>-0.39499918000001344</v>
       </c>
       <c r="D357" s="5">
-        <v>-1.1245414619409755</v>
+        <v>-1.1380536712871758</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>415.21206117000003</v>
+        <v>415.22145289000002</v>
       </c>
       <c r="C358" s="5">
-        <v>1.2786662200000478</v>
+        <v>1.2937343100000476</v>
       </c>
       <c r="D358" s="5">
-        <v>3.7705075222906892</v>
+        <v>3.8157598858081121</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>415.55091427000002</v>
+        <v>415.5551653</v>
       </c>
       <c r="C359" s="5">
-        <v>0.33885309999999436</v>
+        <v>0.33371240999997553</v>
       </c>
       <c r="D359" s="5">
-        <v>0.98372343994872491</v>
+        <v>0.96871147935053692</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>416.07578739000002</v>
+        <v>416.08521920999999</v>
       </c>
       <c r="C360" s="5">
-        <v>0.5248731199999952</v>
+        <v>0.53005390999999236</v>
       </c>
       <c r="D360" s="5">
-        <v>1.5262671875856393</v>
+        <v>1.5414222643725273</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>417.26898105999999</v>
+        <v>417.27273776999999</v>
       </c>
       <c r="C361" s="5">
-        <v>1.193193669999971</v>
+        <v>1.1875185600000009</v>
       </c>
       <c r="D361" s="5">
-        <v>3.4960777266026088</v>
+        <v>3.4791075722588216</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>417.50641152999998</v>
+        <v>417.51577272999998</v>
       </c>
       <c r="C362" s="5">
-        <v>0.23743046999999251</v>
+        <v>0.24303495999998859</v>
       </c>
       <c r="D362" s="5">
-        <v>0.68495367100014359</v>
+        <v>0.70116733751459659</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>419.90518600000001</v>
+        <v>419.90954331</v>
       </c>
       <c r="C363" s="5">
-        <v>2.3987744700000349</v>
+        <v>2.3937705800000231</v>
       </c>
       <c r="D363" s="5">
-        <v>7.1166717384723466</v>
+        <v>7.1011907226906867</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>420.74408992999997</v>
+        <v>420.74349522</v>
       </c>
       <c r="C364" s="5">
-        <v>0.83890392999995811</v>
+        <v>0.83395190999999613</v>
       </c>
       <c r="D364" s="5">
-        <v>2.4239288443047347</v>
+        <v>2.4094385517162031</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>421.22899874000001</v>
+        <v>421.22676847000002</v>
       </c>
       <c r="C365" s="5">
-        <v>0.48490881000003583</v>
+        <v>0.48327325000002475</v>
       </c>
       <c r="D365" s="5">
-        <v>1.3918038567236835</v>
+        <v>1.3870816866749847</v>
       </c>
       <c r="E365" s="5">
-        <v>2.1637872754283638</v>
+        <v>2.1636274746126949</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>422.1087789</v>
+        <v>422.07075846999999</v>
       </c>
       <c r="C366" s="5">
-        <v>0.8797801599999957</v>
+        <v>0.84398999999996249</v>
       </c>
       <c r="D366" s="5">
-        <v>2.5353159481337872</v>
+        <v>2.4310512587564226</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>423.69540727999998</v>
+        <v>423.69309648000001</v>
       </c>
       <c r="C367" s="5">
-        <v>1.5866283799999792</v>
+        <v>1.6223380100000213</v>
       </c>
       <c r="D367" s="5">
-        <v>4.605004379908606</v>
+        <v>4.7112818411219948</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>424.67495537999997</v>
+        <v>424.67310510999999</v>
       </c>
       <c r="C368" s="5">
-        <v>0.97954809999998815</v>
+        <v>0.98000862999998617</v>
       </c>
       <c r="D368" s="5">
-        <v>2.8098489172390773</v>
+        <v>2.8112023331095859</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>417.71385588999999</v>
+        <v>417.70521874999997</v>
       </c>
       <c r="C369" s="5">
-        <v>-6.961099489999981</v>
+        <v>-6.9678863600000227</v>
       </c>
       <c r="D369" s="5">
-        <v>-17.990006267946658</v>
+        <v>-18.006065989698971</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>413.34711571999998</v>
+        <v>413.36506917999998</v>
       </c>
       <c r="C370" s="5">
-        <v>-4.3667401700000141</v>
+        <v>-4.3401495699999941</v>
       </c>
       <c r="D370" s="5">
-        <v>-11.847961104054928</v>
+        <v>-11.780117056855776</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>412.54188032000002</v>
+        <v>412.54966065000002</v>
       </c>
       <c r="C371" s="5">
-        <v>-0.80523539999995819</v>
+        <v>-0.8154085299999565</v>
       </c>
       <c r="D371" s="5">
-        <v>-2.3128169432177326</v>
+        <v>-2.3416195742815948</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>415.38838283000001</v>
+        <v>415.40366634999998</v>
       </c>
       <c r="C372" s="5">
-        <v>2.8465025099999934</v>
+        <v>2.8540056999999592</v>
       </c>
       <c r="D372" s="5">
-        <v>8.6014522480698297</v>
+        <v>8.624825797981007</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>421.83556613000002</v>
+        <v>421.84533494999999</v>
       </c>
       <c r="C373" s="5">
-        <v>6.4471833000000061</v>
+        <v>6.4416686000000141</v>
       </c>
       <c r="D373" s="5">
-        <v>20.300148891878457</v>
+        <v>20.280466947399223</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>425.23069228000003</v>
+        <v>425.24583644000001</v>
       </c>
       <c r="C374" s="5">
-        <v>3.3951261500000101</v>
+        <v>3.4005014900000106</v>
       </c>
       <c r="D374" s="5">
-        <v>10.097363573846142</v>
+        <v>10.113820925502992</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>418.33423391000002</v>
+        <v>418.33986965999998</v>
       </c>
       <c r="C375" s="5">
-        <v>-6.8964583700000048</v>
+        <v>-6.9059667800000284</v>
       </c>
       <c r="D375" s="5">
-        <v>-17.816311163521259</v>
+        <v>-17.838144363220788</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>418.04060757000002</v>
+        <v>418.03724834000002</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.29362634000000298</v>
+        <v>-0.30262131999995745</v>
       </c>
       <c r="D376" s="5">
-        <v>-0.83902901698793553</v>
+        <v>-0.86461814549076976</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>418.60925674999999</v>
+        <v>418.61281288999999</v>
       </c>
       <c r="C377" s="5">
-        <v>0.56864917999996578</v>
+        <v>0.57556454999996731</v>
       </c>
       <c r="D377" s="5">
-        <v>1.6445949052318998</v>
+        <v>1.6647600794995832</v>
       </c>
       <c r="E377" s="5">
-        <v>-0.62192821430535616</v>
+        <v>-0.62055780298450047</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>419.56571424999998</v>
+        <v>419.50025420999998</v>
       </c>
       <c r="C378" s="5">
-        <v>0.95645749999999907</v>
+        <v>0.88744131999999354</v>
       </c>
       <c r="D378" s="5">
-        <v>2.7765338658316097</v>
+        <v>2.5738213066973881</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>417.92385184</v>
+        <v>417.90847243000002</v>
       </c>
       <c r="C379" s="5">
-        <v>-1.6418624099999874</v>
+        <v>-1.5917817799999625</v>
       </c>
       <c r="D379" s="5">
-        <v>-4.5961290097186858</v>
+        <v>-4.4595306891938584</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>418.32659204999999</v>
+        <v>418.31384422999997</v>
       </c>
       <c r="C380" s="5">
-        <v>0.40274020999999038</v>
+        <v>0.40537179999995487</v>
       </c>
       <c r="D380" s="5">
-        <v>1.1625515271890485</v>
+        <v>1.1702317510474236</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>420.05391997999999</v>
+        <v>420.04355729000002</v>
       </c>
       <c r="C381" s="5">
-        <v>1.7273279300000013</v>
+        <v>1.7297130600000514</v>
       </c>
       <c r="D381" s="5">
-        <v>5.0690565633708662</v>
+        <v>5.0763741928683048</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>420.51268227999998</v>
+        <v>420.54688315999999</v>
       </c>
       <c r="C382" s="5">
-        <v>0.45876229999998941</v>
+        <v>0.5033258699999692</v>
       </c>
       <c r="D382" s="5">
-        <v>1.3184823439875037</v>
+        <v>1.447439371319037</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>421.74999760999998</v>
+        <v>421.77348045000002</v>
       </c>
       <c r="C383" s="5">
-        <v>1.2373153300000013</v>
+        <v>1.2265972900000293</v>
       </c>
       <c r="D383" s="5">
-        <v>3.5885816067696252</v>
+        <v>3.5567018180972187</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>425.28654246000002</v>
+        <v>425.31695206000001</v>
       </c>
       <c r="C384" s="5">
-        <v>3.5365448500000412</v>
+        <v>3.5434716099999832</v>
       </c>
       <c r="D384" s="5">
-        <v>10.539785774810028</v>
+        <v>10.560776962980079</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>424.94566150000003</v>
+        <v>424.96634009000002</v>
       </c>
       <c r="C385" s="5">
-        <v>-0.34088095999999268</v>
+        <v>-0.35061196999998856</v>
       </c>
       <c r="D385" s="5">
-        <v>-0.95761003816811074</v>
+        <v>-0.98475267777822229</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>426.44631556000002</v>
+        <v>426.46977328000003</v>
       </c>
       <c r="C386" s="5">
-        <v>1.500654059999988</v>
+        <v>1.5034331900000097</v>
       </c>
       <c r="D386" s="5">
-        <v>4.3209665862552704</v>
+        <v>4.3289103668886275</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>426.02839015000001</v>
+        <v>426.04069062000002</v>
       </c>
       <c r="C387" s="5">
-        <v>-0.41792541000000938</v>
+        <v>-0.42908266000000594</v>
       </c>
       <c r="D387" s="5">
-        <v>-1.1697043485388914</v>
+        <v>-1.2006933716389612</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>426.25384962999999</v>
+        <v>426.2463659</v>
       </c>
       <c r="C388" s="5">
-        <v>0.22545947999998361</v>
+        <v>0.20567527999997992</v>
       </c>
       <c r="D388" s="5">
-        <v>0.63690650266079452</v>
+        <v>0.58085230499635987</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>427.35945133000001</v>
+        <v>427.35531315999998</v>
       </c>
       <c r="C389" s="5">
-        <v>1.1056017000000224</v>
+        <v>1.1089472599999795</v>
       </c>
       <c r="D389" s="5">
-        <v>3.1573046328414067</v>
+        <v>3.1670521875454494</v>
       </c>
       <c r="E389" s="5">
-        <v>2.090301262789751</v>
+        <v>2.0884454562305255</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>427.13272045999997</v>
+        <v>427.04788908</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.22673087000003989</v>
+        <v>-0.30742407999997567</v>
       </c>
       <c r="D390" s="5">
-        <v>-0.63479240784148905</v>
+        <v>-0.85982972461572382</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>427.10205676999999</v>
+        <v>427.04021075999998</v>
       </c>
       <c r="C391" s="5">
-        <v>-3.0663689999983035E-2</v>
+        <v>-7.6783200000249963E-3</v>
       </c>
       <c r="D391" s="5">
-        <v>-8.6113521414399319E-2</v>
+        <v>-2.1573863539592342E-2</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>427.71294917</v>
+        <v>427.64748914</v>
       </c>
       <c r="C392" s="5">
-        <v>0.61089240000001155</v>
+        <v>0.60727838000002521</v>
       </c>
       <c r="D392" s="5">
-        <v>1.729950354067622</v>
+        <v>1.7198868542017243</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>428.47665783999997</v>
+        <v>428.43267757000001</v>
       </c>
       <c r="C393" s="5">
-        <v>0.76370866999997133</v>
+        <v>0.78518843000000516</v>
       </c>
       <c r="D393" s="5">
-        <v>2.1638444234499676</v>
+        <v>2.225663774857245</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>427.40022347000001</v>
+        <v>427.5362872</v>
       </c>
       <c r="C394" s="5">
-        <v>-1.0764343699999586</v>
+        <v>-0.89639037000000599</v>
       </c>
       <c r="D394" s="5">
-        <v>-2.9733749688767186</v>
+        <v>-2.482014731716442</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>429.91757969000003</v>
+        <v>429.96310138000001</v>
       </c>
       <c r="C395" s="5">
-        <v>2.5173562200000106</v>
+        <v>2.426814180000008</v>
       </c>
       <c r="D395" s="5">
-        <v>7.3014302686683186</v>
+        <v>7.0282600022935737</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>431.56319440999999</v>
+        <v>431.61948117999998</v>
       </c>
       <c r="C396" s="5">
-        <v>1.6456147199999691</v>
+        <v>1.6563797999999679</v>
       </c>
       <c r="D396" s="5">
-        <v>4.6912388557427187</v>
+        <v>4.7220700254321457</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>433.81003767999999</v>
+        <v>433.86460520999998</v>
       </c>
       <c r="C397" s="5">
-        <v>2.2468432699999994</v>
+        <v>2.2451240299999995</v>
       </c>
       <c r="D397" s="5">
-        <v>6.4295856670638196</v>
+        <v>6.4236623381374924</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>434.88487692000001</v>
+        <v>434.90164141000002</v>
       </c>
       <c r="C398" s="5">
-        <v>1.0748392400000171</v>
+        <v>1.0370362000000455</v>
       </c>
       <c r="D398" s="5">
-        <v>3.0140600895268044</v>
+        <v>2.9062851805475631</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>434.73145514999999</v>
+        <v>434.76248215999999</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.15342177000002266</v>
+        <v>-0.13915925000003426</v>
       </c>
       <c r="D399" s="5">
-        <v>-0.42252404498632767</v>
+        <v>-0.38329937762996424</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>434.55176413999999</v>
+        <v>434.54590167999999</v>
       </c>
       <c r="C400" s="5">
-        <v>-0.1796910099999991</v>
+        <v>-0.21658048000000463</v>
       </c>
       <c r="D400" s="5">
-        <v>-0.49487949782962559</v>
+        <v>-0.59615464750857328</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>435.35931274000001</v>
+        <v>435.34495371999998</v>
       </c>
       <c r="C401" s="5">
-        <v>0.80754860000001827</v>
+        <v>0.7990520399999923</v>
       </c>
       <c r="D401" s="5">
-        <v>2.2529527588370124</v>
+        <v>2.2290386349068214</v>
       </c>
       <c r="E401" s="5">
-        <v>1.8719280420974371</v>
+        <v>1.8695545168075922</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>437.70831050999999</v>
+        <v>437.58669220000002</v>
       </c>
       <c r="C402" s="5">
-        <v>2.3489977699999827</v>
+        <v>2.2417384800000377</v>
       </c>
       <c r="D402" s="5">
-        <v>6.6702817826386207</v>
+        <v>6.3572485179145266</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>438.41071405000002</v>
+        <v>438.28016971</v>
       </c>
       <c r="C403" s="5">
-        <v>0.70240354000003435</v>
+        <v>0.6934775099999797</v>
       </c>
       <c r="D403" s="5">
-        <v>1.9427629610902608</v>
+        <v>1.9183968124560913</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>439.32254828999999</v>
+        <v>439.1641012</v>
       </c>
       <c r="C404" s="5">
-        <v>0.91183423999996194</v>
+        <v>0.88393149000000903</v>
       </c>
       <c r="D404" s="5">
-        <v>2.5245849927030495</v>
+        <v>2.4472091940138663</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>440.72205079000003</v>
+        <v>440.58558314999999</v>
       </c>
       <c r="C405" s="5">
-        <v>1.3995025000000396</v>
+        <v>1.4214819499999862</v>
       </c>
       <c r="D405" s="5">
-        <v>3.8904037984348161</v>
+        <v>3.9540463915693103</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>441.70190831999997</v>
+        <v>442.00239379999999</v>
       </c>
       <c r="C406" s="5">
-        <v>0.97985752999994702</v>
+        <v>1.4168106500000022</v>
       </c>
       <c r="D406" s="5">
-        <v>2.7008277495444766</v>
+        <v>3.9278809490855826</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>442.56069173999998</v>
+        <v>442.67015015999999</v>
       </c>
       <c r="C407" s="5">
-        <v>0.85878342000000885</v>
+        <v>0.66775635999999849</v>
       </c>
       <c r="D407" s="5">
-        <v>2.3582235583169853</v>
+        <v>1.8280431617476278</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>436.99904805</v>
+        <v>437.10150750000003</v>
       </c>
       <c r="C408" s="5">
-        <v>-5.5616436899999826</v>
+        <v>-5.5686426599999663</v>
       </c>
       <c r="D408" s="5">
-        <v>-14.080479635628739</v>
+        <v>-14.093743016079774</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>444.27566891999999</v>
+        <v>444.36792709000002</v>
       </c>
       <c r="C409" s="5">
-        <v>7.2766208699999879</v>
+        <v>7.2664195899999982</v>
       </c>
       <c r="D409" s="5">
-        <v>21.917054693179349</v>
+        <v>21.877858569762253</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>451.65417303999999</v>
+        <v>451.66689480000002</v>
       </c>
       <c r="C410" s="5">
-        <v>7.3785041200000023</v>
+        <v>7.2989677099999994</v>
       </c>
       <c r="D410" s="5">
-        <v>21.854612659141949</v>
+        <v>21.592461830539065</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>452.83672573000001</v>
+        <v>452.89441604000001</v>
       </c>
       <c r="C411" s="5">
-        <v>1.1825526900000227</v>
+        <v>1.2275212399999873</v>
       </c>
       <c r="D411" s="5">
-        <v>3.1875667698820553</v>
+        <v>3.3105027052220404</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>453.42888936000003</v>
+        <v>453.43265163000001</v>
       </c>
       <c r="C412" s="5">
-        <v>0.59216363000001593</v>
+        <v>0.53823558999999932</v>
       </c>
       <c r="D412" s="5">
-        <v>1.5805464123422874</v>
+        <v>1.4354807588879304</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>454.70626738999999</v>
+        <v>454.66504961999999</v>
       </c>
       <c r="C413" s="5">
-        <v>1.2773780299999657</v>
+        <v>1.2323979899999813</v>
       </c>
       <c r="D413" s="5">
-        <v>3.4334570871237036</v>
+        <v>3.3107149789820545</v>
       </c>
       <c r="E413" s="5">
-        <v>4.4439050880149988</v>
+        <v>4.4378821288522552</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>454.68769701000002</v>
+        <v>454.53686785999997</v>
       </c>
       <c r="C414" s="5">
-        <v>-1.8570379999971465E-2</v>
+        <v>-0.12818176000001813</v>
       </c>
       <c r="D414" s="5">
-        <v>-4.8997457693378266E-2</v>
+        <v>-0.33778674454116864</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>456.57669923999998</v>
+        <v>456.37416015999997</v>
       </c>
       <c r="C415" s="5">
-        <v>1.88900222999996</v>
+        <v>1.8372923000000014</v>
       </c>
       <c r="D415" s="5">
-        <v>5.1009135803708583</v>
+        <v>4.9598451643842356</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>457.73335407000002</v>
+        <v>457.46122625999999</v>
       </c>
       <c r="C416" s="5">
-        <v>1.1566548300000363</v>
+        <v>1.0870661000000155</v>
       </c>
       <c r="D416" s="5">
-        <v>3.0827004678423808</v>
+        <v>2.8961005454144928</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>458.67952167999999</v>
+        <v>458.36146672000001</v>
       </c>
       <c r="C417" s="5">
-        <v>0.94616760999997496</v>
+        <v>0.90024046000002045</v>
       </c>
       <c r="D417" s="5">
-        <v>2.5088814974327134</v>
+        <v>2.3872145020227054</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>459.26186661999998</v>
+        <v>459.77430006999998</v>
       </c>
       <c r="C418" s="5">
-        <v>0.58234493999998449</v>
+        <v>1.4128333499999712</v>
       </c>
       <c r="D418" s="5">
-        <v>1.5342179633906827</v>
+        <v>3.7621823870951143</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>458.32587852</v>
+        <v>458.50535002999999</v>
       </c>
       <c r="C419" s="5">
-        <v>-0.93598809999997457</v>
+        <v>-1.2689500399999929</v>
       </c>
       <c r="D419" s="5">
-        <v>-2.4184043635325114</v>
+        <v>-3.2621150903455964</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>452.83458567999998</v>
+        <v>452.98780147999997</v>
       </c>
       <c r="C420" s="5">
-        <v>-5.4912928400000283</v>
+        <v>-5.517548550000015</v>
       </c>
       <c r="D420" s="5">
-        <v>-13.46684976408824</v>
+        <v>-13.522088262409371</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>458.34368345000001</v>
+        <v>458.48402083000002</v>
       </c>
       <c r="C421" s="5">
-        <v>5.5090977700000394</v>
+        <v>5.4962193500000467</v>
       </c>
       <c r="D421" s="5">
-        <v>15.616531920015797</v>
+        <v>15.571929871201529</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>457.87880292</v>
+        <v>457.88526223999997</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.46488053000001628</v>
+        <v>-0.59875859000004539</v>
       </c>
       <c r="D422" s="5">
-        <v>-1.2103475694038135</v>
+        <v>-1.5559360894526919</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>458.62276992</v>
+        <v>458.76966601999999</v>
       </c>
       <c r="C423" s="5">
-        <v>0.74396699999999782</v>
+        <v>0.88440378000001374</v>
       </c>
       <c r="D423" s="5">
-        <v>1.9672932787353492</v>
+        <v>2.3425774943355515</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>459.64676952999997</v>
+        <v>459.74491984999997</v>
       </c>
       <c r="C424" s="5">
-        <v>1.0239996099999757</v>
+        <v>0.97525382999998556</v>
       </c>
       <c r="D424" s="5">
-        <v>2.7124740450662266</v>
+        <v>2.5810013386041941</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>459.65227958999998</v>
+        <v>459.68652550000002</v>
       </c>
       <c r="C425" s="5">
-        <v>5.5100600000059785E-3</v>
+        <v>-5.839434999995774E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>1.4386064259408471E-2</v>
+        <v>-0.15231117495226876</v>
       </c>
       <c r="E425" s="5">
-        <v>1.0877378551190642</v>
+        <v>1.1044341068654484</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>460.69261717000001</v>
+        <v>460.7005317</v>
       </c>
       <c r="C426" s="5">
-        <v>1.0403375800000276</v>
+        <v>1.014006199999983</v>
       </c>
       <c r="D426" s="5">
-        <v>2.7500426440013381</v>
+        <v>2.6793892753711024</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>460.53697373</v>
+        <v>460.47955124999999</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.15564344000000574</v>
+        <v>-0.22098045000001321</v>
       </c>
       <c r="D427" s="5">
-        <v>-0.40466345621864575</v>
+        <v>-0.57407809694359768</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>460.29942711000001</v>
+        <v>460.12796147</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.23754661999998916</v>
+        <v>-0.35158977999998342</v>
       </c>
       <c r="D428" s="5">
-        <v>-0.61721136017802714</v>
+        <v>-0.91239767678936712</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>461.26393560999998</v>
+        <v>461.12454388999998</v>
       </c>
       <c r="C429" s="5">
-        <v>0.96450849999996535</v>
+        <v>0.99658241999998154</v>
       </c>
       <c r="D429" s="5">
-        <v>2.5436542026006315</v>
+        <v>2.630242714129305</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>459.36567394999997</v>
+        <v>460.15381148</v>
       </c>
       <c r="C430" s="5">
-        <v>-1.8982616600000028</v>
+        <v>-0.97073240999998234</v>
       </c>
       <c r="D430" s="5">
-        <v>-4.8281587724163799</v>
+        <v>-2.4971253662237847</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>459.84798343</v>
+        <v>454.28379457</v>
       </c>
       <c r="C431" s="5">
-        <v>0.48230948000002627</v>
+        <v>-5.8700169100000039</v>
       </c>
       <c r="D431" s="5">
-        <v>1.2672373426997563</v>
+        <v>-14.278324164198974</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>457.82845251999998</v>
+        <v>449.58801246000002</v>
       </c>
       <c r="C432" s="5">
-        <v>-2.0195309100000145</v>
+        <v>-4.6957821099999819</v>
       </c>
       <c r="D432" s="5">
-        <v>-5.1446318625082537</v>
+        <v>-11.722558308099007</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>464.69186545000002</v>
+        <v>456.26452927999998</v>
       </c>
       <c r="C433" s="5">
-        <v>6.8634129300000382</v>
+        <v>6.6765168199999607</v>
       </c>
       <c r="D433" s="5">
-        <v>19.549425006976652</v>
+        <v>19.350381836256346</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>466.37007696000001</v>
+        <v>457.90787712000002</v>
       </c>
       <c r="C434" s="5">
-        <v>1.6782115099999828</v>
+        <v>1.6433478400000467</v>
       </c>
       <c r="D434" s="5">
-        <v>4.4208658904207887</v>
+        <v>4.4087474759417544</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>452.17771190000002</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-5.7301652200000035</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-14.024947660077258</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>452.31856004999997</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.14084814999995388</v>
+      </c>
+      <c r="D436" s="5">
+        <v>0.37442721171145887</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">