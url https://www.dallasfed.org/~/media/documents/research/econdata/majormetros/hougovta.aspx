--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{84D214B4-0174-4E94-AFE8-2C4EA1CB594E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{98E2740A-4D33-4F0C-851B-3B1B557B497B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{FF68F0C4-FFE8-4279-A85F-050F452C9953}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CBBD8ED0-561B-4F77-AEE9-2852E4F8DEB1}"/>
   </bookViews>
   <sheets>
     <sheet name="hougovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Government Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6B0CDE80-030C-4413-A6D3-F8B2DF48669A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{678402D9-A3BB-4FD8-ACD5-04460B4932D0}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>454.28379457</v>
       </c>
       <c r="C431" s="5">
         <v>-5.8700169100000039</v>
       </c>
       <c r="D431" s="5">
         <v>-14.278324164198974</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>449.58801246000002</v>
       </c>
       <c r="C432" s="5">
         <v>-4.6957821099999819</v>
       </c>
       <c r="D432" s="5">
         <v>-11.722558308099007</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>456.26452927999998</v>
       </c>
       <c r="C433" s="5">
         <v>6.6765168199999607</v>
       </c>
       <c r="D433" s="5">
         <v>19.350381836256346</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>457.90787712000002</v>
       </c>
       <c r="C434" s="5">
         <v>1.6433478400000467</v>
       </c>
       <c r="D434" s="5">
         <v>4.4087474759417544</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>452.17771190000002</v>
       </c>
       <c r="C435" s="5">
         <v>-5.7301652200000035</v>
       </c>
       <c r="D435" s="5">
         <v>-14.024947660077258</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>452.31856004999997</v>
+        <v>452.35081184000001</v>
       </c>
       <c r="C436" s="5">
-        <v>0.14084814999995388</v>
+        <v>0.17309993999998596</v>
       </c>
       <c r="D436" s="5">
-        <v>0.37442721171145887</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.46034519297388776</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>453.24218896000002</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.89137712000001557</v>
+      </c>
+      <c r="D437" s="5">
+        <v>2.3904498167522936</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-1.4018980723854213</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>