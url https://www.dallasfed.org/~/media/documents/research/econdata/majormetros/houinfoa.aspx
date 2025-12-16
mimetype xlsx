--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D0781695-1170-4902-A023-29B8FCA10F85}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6D62C8E2-5C2D-4C0A-88EB-F14925568A08}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{BC7C4A0E-100E-4A69-BD21-2C6A13617847}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B2510B6F-87E5-4D7F-BCB8-80323B27D749}"/>
   </bookViews>
   <sheets>
     <sheet name="houinfoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Information Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D31060E0-7A22-43B6-9F7B-EF5BFF21FDC4}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0DC8E467-AAEE-4227-9342-5462E7CBF3EA}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>0.10026045700000097</v>
       </c>
       <c r="D431" s="5">
         <v>4.3391380998316631</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>28.335408871999999</v>
       </c>
       <c r="C432" s="5">
         <v>-3.9346936000001165E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-1.6513930248824193</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>28.142095062999999</v>
+        <v>28.124287027000001</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.19331380899999928</v>
+        <v>-0.21112184499999742</v>
       </c>
       <c r="D433" s="5">
-        <v>-7.8864959139731239</v>
+        <v>-8.5835287101764237</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>27.935713744000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.1885732830000002</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-7.7558138270436121</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>