--- v1 (2025-12-16)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6D62C8E2-5C2D-4C0A-88EB-F14925568A08}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{42B57A56-5A39-41E1-A7D3-47F5D93386B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B2510B6F-87E5-4D7F-BCB8-80323B27D749}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C5688E29-92EB-4457-B8F8-CE5C3CB597EF}"/>
   </bookViews>
   <sheets>
     <sheet name="houinfoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Information Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0DC8E467-AAEE-4227-9342-5462E7CBF3EA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9648FB8E-36DC-4611-BAA9-FE987CC23650}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>35.986757791000002</v>
+        <v>35.986761770000001</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>36.410467421</v>
+        <v>36.410472284999997</v>
       </c>
       <c r="C7" s="5">
-        <v>0.42370962999999762</v>
+        <v>0.42371051499999624</v>
       </c>
       <c r="D7" s="5">
-        <v>15.080674981087782</v>
+        <v>15.080706770295826</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>36.138296750000002</v>
+        <v>36.138301978999998</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.27217067099999781</v>
+        <v>-0.27217030599999958</v>
       </c>
       <c r="D8" s="5">
-        <v>-8.6103305628043802</v>
+        <v>-8.6103183829149277</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>36.020381364999999</v>
+        <v>36.020393959000003</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.11791538500000343</v>
+        <v>-0.11790801999999445</v>
       </c>
       <c r="D9" s="5">
-        <v>-3.8459632178900693</v>
+        <v>-3.8457267465256351</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>36.441727010999998</v>
+        <v>36.441738420999997</v>
       </c>
       <c r="C10" s="5">
-        <v>0.42134564599999891</v>
+        <v>0.42134446199999331</v>
       </c>
       <c r="D10" s="5">
-        <v>14.976140525744142</v>
+        <v>14.976090121004626</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>36.480178584000001</v>
+        <v>36.480182341000003</v>
       </c>
       <c r="C11" s="5">
-        <v>3.8451573000003236E-2</v>
+        <v>3.844392000000596E-2</v>
       </c>
       <c r="D11" s="5">
-        <v>1.2735567829710304</v>
+        <v>1.2733014340068793</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>36.503251745</v>
+        <v>36.503238424000003</v>
       </c>
       <c r="C12" s="5">
-        <v>2.3073160999999232E-2</v>
+        <v>2.3056083000000172E-2</v>
       </c>
       <c r="D12" s="5">
-        <v>0.76162766293652595</v>
+        <v>0.76106189134421687</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>36.452968898000002</v>
+        <v>36.452951474000002</v>
       </c>
       <c r="C13" s="5">
-        <v>-5.0282846999998299E-2</v>
+        <v>-5.0286950000000274E-2</v>
       </c>
       <c r="D13" s="5">
-        <v>-1.6405214070081997</v>
+        <v>-1.64065485249697</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>36.301426307</v>
+        <v>36.301425268999999</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.15154259100000189</v>
+        <v>-0.15152620500000324</v>
       </c>
       <c r="D14" s="5">
-        <v>-4.8761523746153168</v>
+        <v>-4.8756393985301631</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>35.977172543999998</v>
+        <v>35.977165986000003</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.32425376300000153</v>
+        <v>-0.3242592829999964</v>
       </c>
       <c r="D15" s="5">
-        <v>-10.207496708883724</v>
+        <v>-10.2076623094705</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>36.087134999</v>
+        <v>36.087130666999997</v>
       </c>
       <c r="C16" s="5">
-        <v>0.10996245500000157</v>
+        <v>0.1099646809999939</v>
       </c>
       <c r="D16" s="5">
-        <v>3.7300298549497679</v>
+        <v>3.7301073282166808</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>35.934606475999999</v>
+        <v>35.934604722000003</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.15252852300000086</v>
+        <v>-0.15252594499999361</v>
       </c>
       <c r="D17" s="5">
-        <v>-4.9557457713878206</v>
+        <v>-4.9556645291600088</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>35.344998504000003</v>
+        <v>35.345002868999998</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.58960797199999604</v>
+        <v>-0.58960185300000489</v>
       </c>
       <c r="D18" s="5">
-        <v>-18.006222915736213</v>
+        <v>-18.00605337750989</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>35.071924867</v>
+        <v>35.071931685999999</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.27307363700000309</v>
+        <v>-0.273071182999999</v>
       </c>
       <c r="D19" s="5">
-        <v>-8.8871537181895111</v>
+        <v>-8.8870761643097591</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>35.028084595000003</v>
+        <v>35.0280889</v>
       </c>
       <c r="C20" s="5">
-        <v>-4.3840271999997071E-2</v>
+        <v>-4.3842785999999023E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>-1.4897426970347571</v>
+        <v>-1.4898272514582311</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>34.801762218999997</v>
+        <v>34.801774682000001</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.22632237600000593</v>
+        <v>-0.22631421799999885</v>
       </c>
       <c r="D21" s="5">
-        <v>-7.4837233342799241</v>
+        <v>-7.4834622019710917</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>34.635707525999997</v>
+        <v>34.635721914999998</v>
       </c>
       <c r="C22" s="5">
-        <v>-0.16605469299999953</v>
+        <v>-0.1660527670000036</v>
       </c>
       <c r="D22" s="5">
-        <v>-5.5778382174687113</v>
+        <v>-5.577773265298025</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>34.512077877000003</v>
+        <v>34.512089807000002</v>
       </c>
       <c r="C23" s="5">
-        <v>-0.1236296489999944</v>
+        <v>-0.12363210799999536</v>
       </c>
       <c r="D23" s="5">
-        <v>-4.2002162188415575</v>
+        <v>-4.2002964172559114</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>35.131001963000003</v>
+        <v>35.130981527000003</v>
       </c>
       <c r="C24" s="5">
-        <v>0.61892408599999982</v>
+        <v>0.61889172000000059</v>
       </c>
       <c r="D24" s="5">
-        <v>23.775059430819056</v>
+        <v>23.773681993437879</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>35.000172841000001</v>
+        <v>35.000152415999999</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.13082912200000152</v>
+        <v>-0.13082911100000416</v>
       </c>
       <c r="D25" s="5">
-        <v>-4.3784384254274</v>
+        <v>-4.3784405598357505</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>34.716339239</v>
+        <v>34.716337187999997</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.28383360200000141</v>
+        <v>-0.2838152280000017</v>
       </c>
       <c r="D26" s="5">
-        <v>-9.3088698274779844</v>
+        <v>-9.3082990266940886</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>34.869172251999998</v>
+        <v>34.869164017000003</v>
       </c>
       <c r="C27" s="5">
-        <v>0.15283301299999863</v>
+        <v>0.15282682900000566</v>
       </c>
       <c r="D27" s="5">
-        <v>5.4126115031150723</v>
+        <v>5.4123874934834726</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>34.680344149</v>
+        <v>34.680338247000002</v>
       </c>
       <c r="C28" s="5">
-        <v>-0.18882810299999875</v>
+        <v>-0.18882577000000111</v>
       </c>
       <c r="D28" s="5">
-        <v>-6.3082982399144782</v>
+        <v>-6.3082240521856736</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>34.759556863999997</v>
+        <v>34.759554127999998</v>
       </c>
       <c r="C29" s="5">
-        <v>7.9212714999997047E-2</v>
+        <v>7.9215880999996102E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>2.7755930731959699</v>
+        <v>2.7757058847246441</v>
       </c>
       <c r="E29" s="5">
-        <v>-3.2699665510036779</v>
+        <v>-3.2699694433555582</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>34.985024107999998</v>
+        <v>34.985030084999998</v>
       </c>
       <c r="C30" s="5">
-        <v>0.22546724400000073</v>
+        <v>0.22547595700000045</v>
       </c>
       <c r="D30" s="5">
-        <v>8.0675625902450356</v>
+        <v>8.0678862185208811</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>34.828756566999999</v>
+        <v>34.828766358999999</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.15626754099999829</v>
+        <v>-0.15626372599999883</v>
       </c>
       <c r="D31" s="5">
-        <v>-5.2302995495558839</v>
+        <v>-5.2301741095304273</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>34.615264584000002</v>
+        <v>34.615267779</v>
       </c>
       <c r="C32" s="5">
-        <v>-0.21349198299999728</v>
+        <v>-0.21349857999999955</v>
       </c>
       <c r="D32" s="5">
-        <v>-7.1127237668703325</v>
+        <v>-7.1129342640237514</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>35.178448963000001</v>
+        <v>35.178462306</v>
       </c>
       <c r="C33" s="5">
-        <v>0.56318437899999907</v>
+        <v>0.56319452700000028</v>
       </c>
       <c r="D33" s="5">
-        <v>21.369169713104519</v>
+        <v>21.369587700992241</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>35.559068009999997</v>
+        <v>35.559088101</v>
       </c>
       <c r="C34" s="5">
-        <v>0.38061904699999616</v>
+        <v>0.38062579500000027</v>
       </c>
       <c r="D34" s="5">
-        <v>13.784784111396542</v>
+        <v>13.785037681640011</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>35.149588618999999</v>
+        <v>35.149612550000001</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.40947939099999786</v>
+        <v>-0.40947555099999988</v>
       </c>
       <c r="D35" s="5">
-        <v>-12.97610423426141</v>
+        <v>-12.975983275099011</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>34.778971364999997</v>
+        <v>34.778942415000003</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.37061725400000256</v>
+        <v>-0.37067013499999746</v>
       </c>
       <c r="D36" s="5">
-        <v>-11.944226198246655</v>
+        <v>-11.945825170208025</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>34.463857042999997</v>
+        <v>34.463831857999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.31511432199999945</v>
+        <v>-0.31511055700000412</v>
       </c>
       <c r="D37" s="5">
-        <v>-10.346806140802089</v>
+        <v>-10.346696798918398</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>34.348567928999998</v>
+        <v>34.348563566999999</v>
       </c>
       <c r="C38" s="5">
-        <v>-0.11528911399999942</v>
+        <v>-0.11526829099999958</v>
       </c>
       <c r="D38" s="5">
-        <v>-3.9412217735795396</v>
+        <v>-3.940525797970329</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>34.239410454000001</v>
+        <v>34.239399552000002</v>
       </c>
       <c r="C39" s="5">
-        <v>-0.1091574749999964</v>
+        <v>-0.10916401499999751</v>
       </c>
       <c r="D39" s="5">
-        <v>-3.7475664847257284</v>
+        <v>-3.7477875719190812</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>34.16191748</v>
+        <v>34.161909457999997</v>
       </c>
       <c r="C40" s="5">
-        <v>-7.749297400000188E-2</v>
+        <v>-7.7490094000005172E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>-2.682368047073358</v>
+        <v>-2.6822704388172136</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>33.974042359999999</v>
+        <v>33.974038907000001</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.18787512000000106</v>
+        <v>-0.18787055099999606</v>
       </c>
       <c r="D41" s="5">
-        <v>-6.4034553741287858</v>
+        <v>-6.4033057844682828</v>
       </c>
       <c r="E41" s="5">
-        <v>-2.2598518936055356</v>
+        <v>-2.259854134225614</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>34.008463536999997</v>
+        <v>34.008471647</v>
       </c>
       <c r="C42" s="5">
-        <v>3.4421176999998693E-2</v>
+        <v>3.443273999999974E-2</v>
       </c>
       <c r="D42" s="5">
-        <v>1.222591081772717</v>
+        <v>1.2230042000836105</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>33.752940887000001</v>
+        <v>33.752953779999999</v>
       </c>
       <c r="C43" s="5">
-        <v>-0.25552264999999608</v>
+        <v>-0.25551786700000179</v>
       </c>
       <c r="D43" s="5">
-        <v>-8.6527898073347593</v>
+        <v>-8.6526324947683086</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>33.809780676999999</v>
+        <v>33.809781366999999</v>
       </c>
       <c r="C44" s="5">
-        <v>5.6839789999997947E-2</v>
+        <v>5.682758700000079E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>2.0396162280289731</v>
+        <v>2.0391734915500503</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>33.857235531999997</v>
+        <v>33.857249478999996</v>
       </c>
       <c r="C45" s="5">
-        <v>4.745485499999802E-2</v>
+        <v>4.746811199999712E-2</v>
       </c>
       <c r="D45" s="5">
-        <v>1.6973637026512334</v>
+        <v>1.6978415111834178</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>33.752935733999998</v>
+        <v>33.752959730999997</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.10429979799999956</v>
+        <v>-0.10428974799999935</v>
       </c>
       <c r="D46" s="5">
-        <v>-3.6346966328853925</v>
+        <v>-3.63435084507433</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>33.800796013000003</v>
+        <v>33.800829698999998</v>
       </c>
       <c r="C47" s="5">
-        <v>4.7860279000005335E-2</v>
+        <v>4.786996800000054E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>1.7148837326393052</v>
+        <v>1.7152323831234551</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>33.830554120999999</v>
+        <v>33.830518818000002</v>
       </c>
       <c r="C48" s="5">
-        <v>2.9758107999995786E-2</v>
+        <v>2.9689119000003927E-2</v>
       </c>
       <c r="D48" s="5">
-        <v>1.0616066861281581</v>
+        <v>1.0591325731249768</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>33.725924704999997</v>
+        <v>33.725896859000002</v>
       </c>
       <c r="C49" s="5">
-        <v>-0.10462941600000164</v>
+        <v>-0.10462195899999926</v>
       </c>
       <c r="D49" s="5">
-        <v>-3.6488155936493794</v>
+        <v>-3.6485636904266094</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>33.991516705999999</v>
+        <v>33.991508232000001</v>
       </c>
       <c r="C50" s="5">
-        <v>0.26559200100000169</v>
+        <v>0.26561137299999871</v>
       </c>
       <c r="D50" s="5">
-        <v>9.8702534677063358</v>
+        <v>9.8710133661291</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>33.628422329000003</v>
+        <v>33.628409556999998</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.36309437699999592</v>
+        <v>-0.36309867500000337</v>
       </c>
       <c r="D51" s="5">
-        <v>-12.091393484405355</v>
+        <v>-12.091531149513933</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>33.427213309000003</v>
+        <v>33.427204578000001</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.20120902000000029</v>
+        <v>-0.20120497899999634</v>
       </c>
       <c r="D52" s="5">
-        <v>-6.9483330878711724</v>
+        <v>-6.948200652801817</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>32.976786105000002</v>
+        <v>32.976783521999998</v>
       </c>
       <c r="C53" s="5">
-        <v>-0.45042720400000036</v>
+        <v>-0.45042105600000326</v>
       </c>
       <c r="D53" s="5">
-        <v>-15.023692601834993</v>
+        <v>-15.023506129713693</v>
       </c>
       <c r="E53" s="5">
-        <v>-2.9353476528719891</v>
+        <v>-2.9353453904314208</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>33.855147936999998</v>
+        <v>33.855157603999999</v>
       </c>
       <c r="C54" s="5">
-        <v>0.87836183199999596</v>
+        <v>0.87837408200000056</v>
       </c>
       <c r="D54" s="5">
-        <v>37.087123139618264</v>
+        <v>37.087721720038225</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>33.896622739000001</v>
+        <v>33.896636901999997</v>
       </c>
       <c r="C55" s="5">
-        <v>4.1474802000003308E-2</v>
+        <v>4.1479297999998721E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>1.4800253596449542</v>
+        <v>1.4801864562589362</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>33.508688894999999</v>
+        <v>33.508687602999998</v>
       </c>
       <c r="C56" s="5">
-        <v>-0.38793384400000264</v>
+        <v>-0.38794929899999886</v>
       </c>
       <c r="D56" s="5">
-        <v>-12.901220953026849</v>
+        <v>-12.901697960008796</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>33.453170761999999</v>
+        <v>33.453185181999999</v>
       </c>
       <c r="C57" s="5">
-        <v>-5.5518132999999636E-2</v>
+        <v>-5.5502420999999913E-2</v>
       </c>
       <c r="D57" s="5">
-        <v>-1.9701757298390965</v>
+        <v>-1.9696233019204534</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>33.442855010999999</v>
+        <v>33.442879673</v>
       </c>
       <c r="C58" s="5">
-        <v>-1.0315751000000262E-2</v>
+        <v>-1.0305508999998381E-2</v>
       </c>
       <c r="D58" s="5">
-        <v>-0.36940977035954115</v>
+        <v>-0.36904346402476529</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>33.437379702000001</v>
+        <v>33.437416079000002</v>
       </c>
       <c r="C59" s="5">
-        <v>-5.4753089999977078E-3</v>
+        <v>-5.4635939999982952E-3</v>
       </c>
       <c r="D59" s="5">
-        <v>-0.19628879235871199</v>
+        <v>-0.19586904481055933</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>34.967659812000001</v>
+        <v>34.967624229999998</v>
       </c>
       <c r="C60" s="5">
-        <v>1.5302801099999996</v>
+        <v>1.5302081509999965</v>
       </c>
       <c r="D60" s="5">
-        <v>71.085017292447603</v>
+        <v>71.080694748050391</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>34.964017208000001</v>
+        <v>34.963988620999999</v>
       </c>
       <c r="C61" s="5">
-        <v>-3.6426039999994941E-3</v>
+        <v>-3.6356089999998176E-3</v>
       </c>
       <c r="D61" s="5">
-        <v>-0.12493318988971991</v>
+        <v>-0.12469354098333385</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>35.016988034000001</v>
+        <v>35.016977517000001</v>
       </c>
       <c r="C62" s="5">
-        <v>5.2970825999999249E-2</v>
+        <v>5.2988896000002228E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>1.8332371088906729</v>
+        <v>1.833869217067452</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>35.343341432000003</v>
+        <v>35.343326140000002</v>
       </c>
       <c r="C63" s="5">
-        <v>0.32635339800000196</v>
+        <v>0.32634862300000123</v>
       </c>
       <c r="D63" s="5">
-        <v>11.775294103131007</v>
+        <v>11.775116608561342</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>35.389757955999997</v>
+        <v>35.389748769999997</v>
       </c>
       <c r="C64" s="5">
-        <v>4.6416523999994297E-2</v>
+        <v>4.6422629999995024E-2</v>
       </c>
       <c r="D64" s="5">
-        <v>1.5873972922078927</v>
+        <v>1.5876083138350205</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>35.107789572000001</v>
+        <v>35.107787422999998</v>
       </c>
       <c r="C65" s="5">
-        <v>-0.28196838399999535</v>
+        <v>-0.28196134699999931</v>
       </c>
       <c r="D65" s="5">
-        <v>-9.1529704852165601</v>
+        <v>-9.1527542452245712</v>
       </c>
       <c r="E65" s="5">
-        <v>6.4621320592454401</v>
+        <v>6.4621338814876639</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>35.049722578999997</v>
+        <v>35.049733158000002</v>
       </c>
       <c r="C66" s="5">
-        <v>-5.8066993000004175E-2</v>
+        <v>-5.8054264999995553E-2</v>
       </c>
       <c r="D66" s="5">
-        <v>-1.9668001230266796</v>
+        <v>-1.966373042662628</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>35.364519227999999</v>
+        <v>35.364533991000002</v>
       </c>
       <c r="C67" s="5">
-        <v>0.31479664900000159</v>
+        <v>0.31480083299999961</v>
       </c>
       <c r="D67" s="5">
-        <v>11.326378587237485</v>
+        <v>11.326533051238208</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>35.415245855999999</v>
+        <v>35.415241823000002</v>
       </c>
       <c r="C68" s="5">
-        <v>5.0726627999999607E-2</v>
+        <v>5.0707832000000508E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>1.7349164430746633</v>
+        <v>1.7342677877118629</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>34.882374685999999</v>
+        <v>34.882388525000003</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.53287116999999995</v>
+        <v>-0.53285329799999914</v>
       </c>
       <c r="D69" s="5">
-        <v>-16.633920175472738</v>
+        <v>-16.633409362510974</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>34.117964057999998</v>
+        <v>34.117987059000001</v>
       </c>
       <c r="C70" s="5">
-        <v>-0.76441062800000026</v>
+        <v>-0.76440146600000247</v>
       </c>
       <c r="D70" s="5">
-        <v>-23.347773253198977</v>
+        <v>-23.347518067530071</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>34.144178824000001</v>
+        <v>34.144215303000003</v>
       </c>
       <c r="C71" s="5">
-        <v>2.6214766000002498E-2</v>
+        <v>2.6228244000002121E-2</v>
       </c>
       <c r="D71" s="5">
-        <v>0.92593448242377363</v>
+        <v>0.92641192771374392</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>34.574607880999999</v>
+        <v>34.574575783</v>
       </c>
       <c r="C72" s="5">
-        <v>0.43042905699999778</v>
+        <v>0.43036047999999738</v>
       </c>
       <c r="D72" s="5">
-        <v>16.221665023464581</v>
+        <v>16.218880269140534</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>34.870470746999999</v>
+        <v>34.870446450999999</v>
       </c>
       <c r="C73" s="5">
-        <v>0.29586286600000022</v>
+        <v>0.29587066799999917</v>
       </c>
       <c r="D73" s="5">
-        <v>10.766023187891548</v>
+        <v>10.766331054999956</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>35.130336004999997</v>
+        <v>35.130324690999998</v>
       </c>
       <c r="C74" s="5">
-        <v>0.25986525799999782</v>
+        <v>0.25987823999999904</v>
       </c>
       <c r="D74" s="5">
-        <v>9.3185643396359819</v>
+        <v>9.3190558706861104</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>35.690904138000001</v>
+        <v>35.690890074000002</v>
       </c>
       <c r="C75" s="5">
-        <v>0.56056813300000385</v>
+        <v>0.56056538300000369</v>
       </c>
       <c r="D75" s="5">
-        <v>20.921340907159713</v>
+        <v>20.921236442531498</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>35.851843293999998</v>
+        <v>35.851836478000003</v>
       </c>
       <c r="C76" s="5">
-        <v>0.16093915599999775</v>
+        <v>0.1609464040000006</v>
       </c>
       <c r="D76" s="5">
-        <v>5.5473358772218706</v>
+        <v>5.5475941741901069</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>36.078146881000002</v>
+        <v>36.078146859</v>
       </c>
       <c r="C77" s="5">
-        <v>0.22630358700000386</v>
+        <v>0.22631038099999756</v>
       </c>
       <c r="D77" s="5">
-        <v>7.8432069688834982</v>
+        <v>7.8434522123516537</v>
       </c>
       <c r="E77" s="5">
-        <v>2.7639373507408305</v>
+        <v>2.7639435784104549</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>36.090442908999997</v>
+        <v>36.090452624999998</v>
       </c>
       <c r="C78" s="5">
-        <v>1.2296027999994408E-2</v>
+        <v>1.230576599999722E-2</v>
       </c>
       <c r="D78" s="5">
-        <v>0.40974730891700784</v>
+        <v>0.41007242290678203</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>36.167392221999997</v>
+        <v>36.167403788000001</v>
       </c>
       <c r="C79" s="5">
-        <v>7.6949313000000075E-2</v>
+        <v>7.695116300000393E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>2.5887668099961791</v>
+        <v>2.5888290751501231</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>35.604793678999997</v>
+        <v>35.604788096999997</v>
       </c>
       <c r="C80" s="5">
-        <v>-0.56259854300000001</v>
+        <v>-0.56261569100000486</v>
       </c>
       <c r="D80" s="5">
-        <v>-17.149462475955456</v>
+        <v>-17.14993628100666</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>36.113682066000003</v>
+        <v>36.113692813999997</v>
       </c>
       <c r="C81" s="5">
-        <v>0.50888838700000605</v>
+        <v>0.50890471700000006</v>
       </c>
       <c r="D81" s="5">
-        <v>18.56583444175881</v>
+        <v>18.566480948410646</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>36.187598948999998</v>
+        <v>36.187616233</v>
       </c>
       <c r="C82" s="5">
-        <v>7.3916882999995437E-2</v>
+        <v>7.3923419000003321E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>2.4839790538670803</v>
+        <v>2.4842004273461393</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>36.116751678</v>
+        <v>36.116781199000002</v>
       </c>
       <c r="C83" s="5">
-        <v>-7.0847270999998102E-2</v>
+        <v>-7.0835033999998132E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>-2.3242003996784666</v>
+        <v>-2.3238021693126831</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>36.460004544</v>
+        <v>36.459981642999999</v>
       </c>
       <c r="C84" s="5">
-        <v>0.34325286600000027</v>
+        <v>0.34320044399999716</v>
       </c>
       <c r="D84" s="5">
-        <v>12.020220506759483</v>
+        <v>12.018277434676916</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>36.644758318000001</v>
+        <v>36.644740964</v>
       </c>
       <c r="C85" s="5">
-        <v>0.1847537740000007</v>
+        <v>0.18475932100000136</v>
       </c>
       <c r="D85" s="5">
-        <v>6.2531268985161148</v>
+        <v>6.2533239418982589</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>36.534057382</v>
+        <v>36.534048345000002</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.11070093600000064</v>
+        <v>-0.11069261899999816</v>
       </c>
       <c r="D86" s="5">
-        <v>-3.5654767595441506</v>
+        <v>-3.5652149791333798</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>36.630003393000003</v>
+        <v>36.629992303000002</v>
       </c>
       <c r="C87" s="5">
-        <v>9.5946011000002329E-2</v>
+        <v>9.5943957999999441E-2</v>
       </c>
       <c r="D87" s="5">
-        <v>3.1973696698375909</v>
+        <v>3.1973010654208212</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>37.039079074999997</v>
+        <v>37.039075506000003</v>
       </c>
       <c r="C88" s="5">
-        <v>0.40907568199999389</v>
+        <v>0.40908320300000156</v>
       </c>
       <c r="D88" s="5">
-        <v>14.255904703673572</v>
+        <v>14.25618769253969</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>37.679775307</v>
+        <v>37.679776830999998</v>
       </c>
       <c r="C89" s="5">
-        <v>0.64069623200000336</v>
+        <v>0.64070132499999488</v>
       </c>
       <c r="D89" s="5">
-        <v>22.850659365987024</v>
+        <v>22.850861043385184</v>
       </c>
       <c r="E89" s="5">
-        <v>4.4393311865013496</v>
+        <v>4.4393354743508917</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>38.155769278000001</v>
+        <v>38.155776471000003</v>
       </c>
       <c r="C90" s="5">
-        <v>0.47599397100000118</v>
+        <v>0.47599964000000483</v>
       </c>
       <c r="D90" s="5">
-        <v>16.258018387581053</v>
+        <v>16.258224960484679</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>38.408372147000001</v>
+        <v>38.408379138000001</v>
       </c>
       <c r="C91" s="5">
-        <v>0.2526028690000004</v>
+        <v>0.25260266699999789</v>
       </c>
       <c r="D91" s="5">
-        <v>8.2401145762251993</v>
+        <v>8.2401061346668136</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>38.394190907000002</v>
+        <v>38.394183822000002</v>
       </c>
       <c r="C92" s="5">
-        <v>-1.4181239999999207E-2</v>
+        <v>-1.419531599999857E-2</v>
       </c>
       <c r="D92" s="5">
-        <v>-0.44216850958125331</v>
+        <v>-0.44260642457019106</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>39.548055247000001</v>
+        <v>39.548061040999997</v>
       </c>
       <c r="C93" s="5">
-        <v>1.1538643399999984</v>
+        <v>1.1538772189999946</v>
       </c>
       <c r="D93" s="5">
-        <v>42.664311940297381</v>
+        <v>42.66487866987481</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>40.156251265999998</v>
+        <v>40.156261577000002</v>
       </c>
       <c r="C94" s="5">
-        <v>0.60819601899999753</v>
+        <v>0.60820053600000534</v>
       </c>
       <c r="D94" s="5">
-        <v>20.098164603147794</v>
+        <v>20.098323517115357</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>40.656288124</v>
+        <v>40.656307452</v>
       </c>
       <c r="C95" s="5">
-        <v>0.50003685800000142</v>
+        <v>0.50004587499999786</v>
       </c>
       <c r="D95" s="5">
-        <v>16.009819042962235</v>
+        <v>16.01012339924095</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>40.813873041999997</v>
+        <v>40.813861318000001</v>
       </c>
       <c r="C96" s="5">
-        <v>0.15758491799999774</v>
+        <v>0.15755386600000065</v>
       </c>
       <c r="D96" s="5">
-        <v>4.7516818685577888</v>
+        <v>4.7507231999526667</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>40.901257999999999</v>
+        <v>40.901249755000002</v>
       </c>
       <c r="C97" s="5">
-        <v>8.7384958000001234E-2</v>
+        <v>8.7388437000001318E-2</v>
       </c>
       <c r="D97" s="5">
-        <v>2.5997444924436897</v>
+        <v>2.5998499719046553</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>41.135225552000001</v>
+        <v>41.135220150000002</v>
       </c>
       <c r="C98" s="5">
-        <v>0.23396755200000285</v>
+        <v>0.23397039500000005</v>
       </c>
       <c r="D98" s="5">
-        <v>7.0844981942459917</v>
+        <v>7.0845884794732417</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>40.868652179000001</v>
+        <v>40.868645706000002</v>
       </c>
       <c r="C99" s="5">
-        <v>-0.26657337299999995</v>
+        <v>-0.26657444399999974</v>
       </c>
       <c r="D99" s="5">
-        <v>-7.5052278555869378</v>
+        <v>-7.5052578932448544</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>41.225537011999997</v>
+        <v>41.225537324000001</v>
       </c>
       <c r="C100" s="5">
-        <v>0.35688483299999518</v>
+        <v>0.3568916179999988</v>
       </c>
       <c r="D100" s="5">
-        <v>10.997213491430236</v>
+        <v>10.997434536283745</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>41.502011721999999</v>
+        <v>41.502014869999996</v>
       </c>
       <c r="C101" s="5">
-        <v>0.27647471000000223</v>
+        <v>0.2764775459999953</v>
       </c>
       <c r="D101" s="5">
-        <v>8.3512500145199517</v>
+        <v>8.3513387979394338</v>
       </c>
       <c r="E101" s="5">
-        <v>10.14400002085447</v>
+        <v>10.14400392057353</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>41.331787808999998</v>
+        <v>41.331791459000002</v>
       </c>
       <c r="C102" s="5">
-        <v>-0.17022391300000095</v>
+        <v>-0.17022341099999494</v>
       </c>
       <c r="D102" s="5">
-        <v>-4.8123711078808196</v>
+        <v>-4.8123568777008856</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>41.462675234999999</v>
+        <v>41.462675992000001</v>
       </c>
       <c r="C103" s="5">
-        <v>0.13088742600000103</v>
+        <v>0.13088453299999969</v>
       </c>
       <c r="D103" s="5">
-        <v>3.8669900849785499</v>
+        <v>3.8669027714750115</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>41.876661460999998</v>
+        <v>41.876653277999999</v>
       </c>
       <c r="C104" s="5">
-        <v>0.41398622599999868</v>
+        <v>0.41397728599999795</v>
       </c>
       <c r="D104" s="5">
-        <v>12.661822586094873</v>
+        <v>12.661533724379105</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>41.550412045999998</v>
+        <v>41.550409449</v>
       </c>
       <c r="C105" s="5">
-        <v>-0.32624941499999949</v>
+        <v>-0.32624382899999915</v>
       </c>
       <c r="D105" s="5">
-        <v>-8.9584995912974854</v>
+        <v>-8.9583543929519287</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>42.227869081999998</v>
+        <v>42.227870009</v>
       </c>
       <c r="C106" s="5">
-        <v>0.67745703599999985</v>
+        <v>0.6774605600000001</v>
       </c>
       <c r="D106" s="5">
-        <v>21.418811679505765</v>
+        <v>21.418934732265459</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>42.481641682999999</v>
+        <v>42.481645831000002</v>
       </c>
       <c r="C107" s="5">
-        <v>0.25377260100000143</v>
+        <v>0.25377582200000148</v>
       </c>
       <c r="D107" s="5">
-        <v>7.4547209316856433</v>
+        <v>7.4548185305052694</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>42.670827819000003</v>
+        <v>42.670833731999998</v>
       </c>
       <c r="C108" s="5">
-        <v>0.18918613600000356</v>
+        <v>0.18918790099999683</v>
       </c>
       <c r="D108" s="5">
-        <v>5.4768913441249678</v>
+        <v>5.4769431504720245</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>42.864390143999998</v>
+        <v>42.864393100000001</v>
       </c>
       <c r="C109" s="5">
-        <v>0.19356232499999493</v>
+        <v>0.19355936800000251</v>
       </c>
       <c r="D109" s="5">
-        <v>5.5812915174124011</v>
+        <v>5.5812033223423319</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>43.212358301999998</v>
+        <v>43.212359911999997</v>
       </c>
       <c r="C110" s="5">
-        <v>0.34796815800000047</v>
+        <v>0.34796681199999568</v>
       </c>
       <c r="D110" s="5">
-        <v>10.188388510877932</v>
+        <v>10.188346590184928</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>43.387214462999999</v>
+        <v>43.387212065</v>
       </c>
       <c r="C111" s="5">
-        <v>0.17485616100000101</v>
+        <v>0.17485215300000334</v>
       </c>
       <c r="D111" s="5">
-        <v>4.9652636640052261</v>
+        <v>4.9651471178635997</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>43.652031610000002</v>
+        <v>43.652035900000001</v>
       </c>
       <c r="C112" s="5">
-        <v>0.26481714700000225</v>
+        <v>0.2648238350000014</v>
       </c>
       <c r="D112" s="5">
-        <v>7.5752365555234347</v>
+        <v>7.575434769897349</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>43.596065842999998</v>
+        <v>43.596067671</v>
       </c>
       <c r="C113" s="5">
-        <v>-5.5965767000003552E-2</v>
+        <v>-5.5968229000001202E-2</v>
       </c>
       <c r="D113" s="5">
-        <v>-1.5277036542419187</v>
+        <v>-1.5277702374281943</v>
       </c>
       <c r="E113" s="5">
-        <v>5.0456689546207079</v>
+        <v>5.045665391329468</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>43.685435574000003</v>
+        <v>43.685435087999998</v>
       </c>
       <c r="C114" s="5">
-        <v>8.9369731000005004E-2</v>
+        <v>8.9367416999998284E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>2.4878648623244404</v>
+        <v>2.4877996119567092</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>43.895732318</v>
+        <v>43.895728038999998</v>
       </c>
       <c r="C115" s="5">
-        <v>0.2102967439999972</v>
+        <v>0.21029295099999956</v>
       </c>
       <c r="D115" s="5">
-        <v>5.9320903580561302</v>
+        <v>5.931980583630847</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>44.046596438000002</v>
+        <v>44.046586136999998</v>
       </c>
       <c r="C116" s="5">
-        <v>0.15086412000000138</v>
+        <v>0.1508580980000005</v>
       </c>
       <c r="D116" s="5">
-        <v>4.2031092874832643</v>
+        <v>4.202938746742535</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>44.144365774000001</v>
+        <v>44.144354649</v>
       </c>
       <c r="C117" s="5">
-        <v>9.776933599999893E-2</v>
+        <v>9.7768512000001806E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>2.6963755002949785</v>
+        <v>2.6963531353986214</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>44.418728657000003</v>
+        <v>44.418723266999997</v>
       </c>
       <c r="C118" s="5">
-        <v>0.274362883000002</v>
+        <v>0.2743686179999969</v>
       </c>
       <c r="D118" s="5">
-        <v>7.7184534529791682</v>
+        <v>7.7186223584741143</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>44.513955793999997</v>
+        <v>44.513953890000003</v>
       </c>
       <c r="C119" s="5">
-        <v>9.5227136999994855E-2</v>
+        <v>9.5230623000006176E-2</v>
       </c>
       <c r="D119" s="5">
-        <v>2.6031732956163678</v>
+        <v>2.6032700366418915</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>44.629791576000002</v>
+        <v>44.629806379999998</v>
       </c>
       <c r="C120" s="5">
-        <v>0.11583578200000488</v>
+        <v>0.11585248999999465</v>
       </c>
       <c r="D120" s="5">
-        <v>3.1677649161886867</v>
+        <v>3.1682285280693501</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>44.838629382000001</v>
+        <v>44.838640259000002</v>
       </c>
       <c r="C121" s="5">
-        <v>0.20883780599999824</v>
+        <v>0.20883387900000372</v>
       </c>
       <c r="D121" s="5">
-        <v>5.7619964878387719</v>
+        <v>5.7618833746259313</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>44.998016769000003</v>
+        <v>44.998024571999998</v>
       </c>
       <c r="C122" s="5">
-        <v>0.15938738700000243</v>
+        <v>0.15938431299999678</v>
       </c>
       <c r="D122" s="5">
-        <v>4.3500194020471117</v>
+        <v>4.3499327831940438</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>45.574924557000003</v>
+        <v>45.574926957999999</v>
       </c>
       <c r="C123" s="5">
-        <v>0.57690778799999975</v>
+        <v>0.57690238600000043</v>
       </c>
       <c r="D123" s="5">
-        <v>16.51746366172744</v>
+        <v>16.517294862790564</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>45.692754616999999</v>
+        <v>45.692761867000002</v>
       </c>
       <c r="C124" s="5">
-        <v>0.11783005999999574</v>
+        <v>0.1178349090000026</v>
       </c>
       <c r="D124" s="5">
-        <v>3.1469963593663941</v>
+        <v>3.1471275450904779</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>45.933544574999999</v>
+        <v>45.933545049000003</v>
       </c>
       <c r="C125" s="5">
-        <v>0.24078995800000058</v>
+        <v>0.24078318200000126</v>
       </c>
       <c r="D125" s="5">
-        <v>6.5102574823558967</v>
+        <v>6.5100678739697715</v>
       </c>
       <c r="E125" s="5">
-        <v>5.361673551961843</v>
+        <v>5.3616702213600931</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>46.808872674</v>
+        <v>46.808869012000002</v>
       </c>
       <c r="C126" s="5">
-        <v>0.87532809900000075</v>
+        <v>0.87532396299999959</v>
       </c>
       <c r="D126" s="5">
-        <v>25.423426474411293</v>
+        <v>25.423293196102104</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>46.889322325999998</v>
+        <v>46.889313620999999</v>
       </c>
       <c r="C127" s="5">
-        <v>8.044965199999865E-2</v>
+        <v>8.0444608999997058E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>2.0820282725006578</v>
+        <v>2.0818966885339352</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>46.820680181999997</v>
+        <v>46.820666940999999</v>
       </c>
       <c r="C128" s="5">
-        <v>-6.8642144000001792E-2</v>
+        <v>-6.8646680000000515E-2</v>
       </c>
       <c r="D128" s="5">
-        <v>-1.7426267536923112</v>
+        <v>-1.7427413049772689</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>47.530091955000003</v>
+        <v>47.530073883999997</v>
       </c>
       <c r="C129" s="5">
-        <v>0.70941177300000646</v>
+        <v>0.70940694299999763</v>
       </c>
       <c r="D129" s="5">
-        <v>19.776393249361</v>
+        <v>19.776253256389829</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>47.825490213999998</v>
+        <v>47.825480357000004</v>
       </c>
       <c r="C130" s="5">
-        <v>0.29539825899999528</v>
+        <v>0.295406473000007</v>
       </c>
       <c r="D130" s="5">
-        <v>7.7182549191198158</v>
+        <v>7.7184799615058086</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>47.947547127</v>
+        <v>47.947541639000001</v>
       </c>
       <c r="C131" s="5">
-        <v>0.12205691300000154</v>
+        <v>0.12206128199999711</v>
       </c>
       <c r="D131" s="5">
-        <v>3.105913191906029</v>
+        <v>3.1060265817708821</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>48.293135567</v>
+        <v>48.293158535000003</v>
       </c>
       <c r="C132" s="5">
-        <v>0.34558844000000022</v>
+        <v>0.34561689600000278</v>
       </c>
       <c r="D132" s="5">
-        <v>9.0004053391094843</v>
+        <v>9.0011771351419476</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>48.512243378999997</v>
+        <v>48.512260417</v>
       </c>
       <c r="C133" s="5">
-        <v>0.21910781199999718</v>
+        <v>0.21910188199999681</v>
       </c>
       <c r="D133" s="5">
-        <v>5.5823810417864994</v>
+        <v>5.5822234473005716</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>48.907839991000003</v>
+        <v>48.907852081000001</v>
       </c>
       <c r="C134" s="5">
-        <v>0.39559661200000562</v>
+        <v>0.39559166400000123</v>
       </c>
       <c r="D134" s="5">
-        <v>10.236519091968344</v>
+        <v>10.236381502793911</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>48.960237442999997</v>
+        <v>48.960242917999999</v>
       </c>
       <c r="C135" s="5">
-        <v>5.2397451999993905E-2</v>
+        <v>5.2390836999997248E-2</v>
       </c>
       <c r="D135" s="5">
-        <v>1.2932234719566171</v>
+        <v>1.2930589222594602</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>49.053760879999999</v>
+        <v>49.053770137000001</v>
       </c>
       <c r="C136" s="5">
-        <v>9.3523437000001763E-2</v>
+        <v>9.3527219000002049E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>2.3164662788605073</v>
+        <v>2.3165606791917703</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>49.072464207000003</v>
+        <v>49.072462700000003</v>
       </c>
       <c r="C137" s="5">
-        <v>1.8703327000004322E-2</v>
+        <v>1.8692563000001883E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>0.45849937070063795</v>
+        <v>0.45823485860809754</v>
       </c>
       <c r="E137" s="5">
-        <v>6.8336107327288786</v>
+        <v>6.8336063494588428</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>48.968910970000003</v>
+        <v>48.968904678000001</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.10355323699999985</v>
+        <v>-0.10355802200000142</v>
       </c>
       <c r="D138" s="5">
-        <v>-2.5030688125968426</v>
+        <v>-2.503183211537352</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>49.048145591000001</v>
+        <v>49.048134283000003</v>
       </c>
       <c r="C139" s="5">
-        <v>7.9234620999997674E-2</v>
+        <v>7.9229605000001868E-2</v>
       </c>
       <c r="D139" s="5">
-        <v>1.9590447417754842</v>
+        <v>1.9589198714107248</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>48.910648324999997</v>
+        <v>48.910633247</v>
       </c>
       <c r="C140" s="5">
-        <v>-0.137497266000004</v>
+        <v>-0.1375010360000033</v>
       </c>
       <c r="D140" s="5">
-        <v>-3.3125897908293456</v>
+        <v>-3.3126799739988333</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>48.806167711000001</v>
+        <v>48.806148602</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.10448061399999631</v>
+        <v>-0.10448464499999943</v>
       </c>
       <c r="D141" s="5">
-        <v>-2.533479892949575</v>
+        <v>-2.5335772642760213</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>48.211128320999997</v>
+        <v>48.211117559999998</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.59503939000000372</v>
+        <v>-0.59503104200000223</v>
       </c>
       <c r="D142" s="5">
-        <v>-13.688025180044194</v>
+        <v>-13.687850840683835</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>47.618517654999998</v>
+        <v>47.618511253000001</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.59261066599999879</v>
+        <v>-0.59260630699999695</v>
       </c>
       <c r="D143" s="5">
-        <v>-13.792924198844725</v>
+        <v>-13.792832375589947</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>46.084155719000002</v>
+        <v>46.084178606999998</v>
       </c>
       <c r="C144" s="5">
-        <v>-1.5343619359999963</v>
+        <v>-1.5343326460000029</v>
       </c>
       <c r="D144" s="5">
-        <v>-32.499162250108725</v>
+        <v>-32.498651050844963</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>45.909547740000001</v>
+        <v>45.909565051999998</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.17460797900000102</v>
+        <v>-0.17461355500000053</v>
       </c>
       <c r="D145" s="5">
-        <v>-4.4531115012027112</v>
+        <v>-4.4532485924244298</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>45.296585817999997</v>
+        <v>45.296597788</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.61296192200000377</v>
+        <v>-0.61296726399999812</v>
       </c>
       <c r="D146" s="5">
-        <v>-14.896102269237488</v>
+        <v>-14.896217497406516</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>45.088062454000003</v>
+        <v>45.088069085000001</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.20852336399999416</v>
+        <v>-0.20852870299999893</v>
       </c>
       <c r="D147" s="5">
-        <v>-5.3864689905751657</v>
+        <v>-5.3866020442235207</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>44.759629578999999</v>
+        <v>44.759637568999999</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.32843287500000429</v>
+        <v>-0.32843151600000198</v>
       </c>
       <c r="D148" s="5">
-        <v>-8.399271212478542</v>
+        <v>-8.399236651902509</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>44.133741682999997</v>
+        <v>44.133739474999999</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.62588789600000183</v>
+        <v>-0.62589809400000007</v>
       </c>
       <c r="D149" s="5">
-        <v>-15.547758706533244</v>
+        <v>-15.547990313589576</v>
       </c>
       <c r="E149" s="5">
-        <v>-10.064142088253881</v>
+        <v>-10.06414382582027</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>43.424763910000003</v>
+        <v>43.424757350999997</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.70897777299999376</v>
+        <v>-0.70898212400000205</v>
       </c>
       <c r="D150" s="5">
-        <v>-17.661944427928134</v>
+        <v>-17.662044234543938</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>42.856342333000001</v>
+        <v>42.856332862999999</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.56842157700000229</v>
+        <v>-0.56842448799999801</v>
       </c>
       <c r="D151" s="5">
-        <v>-14.624818845531085</v>
+        <v>-14.624890486847475</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>42.509525017000001</v>
+        <v>42.509512268000002</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.34681731599999921</v>
+        <v>-0.34682059499999696</v>
       </c>
       <c r="D152" s="5">
-        <v>-9.2902857900398317</v>
+        <v>-9.2903717158446923</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>41.757100483000002</v>
+        <v>41.757085625000002</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.75242453399999931</v>
+        <v>-0.75242664299999973</v>
       </c>
       <c r="D153" s="5">
-        <v>-19.289695264573858</v>
+        <v>-19.289749415185618</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>41.676640591000002</v>
+        <v>41.676632374999997</v>
       </c>
       <c r="C154" s="5">
-        <v>-8.0459892000000366E-2</v>
+        <v>-8.0453250000005028E-2</v>
       </c>
       <c r="D154" s="5">
-        <v>-2.2878788219013346</v>
+        <v>-2.2876927587431428</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>41.430791435000003</v>
+        <v>41.430785145999998</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.24584915599999846</v>
+        <v>-0.24584722899999889</v>
       </c>
       <c r="D155" s="5">
-        <v>-6.8535521994818822</v>
+        <v>-6.8535015186673043</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>41.096529222999997</v>
+        <v>41.096549101000001</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.33426221200000583</v>
+        <v>-0.33423604499999726</v>
       </c>
       <c r="D156" s="5">
-        <v>-9.2632978652390623</v>
+        <v>-9.2626059200913815</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>40.813641969000003</v>
+        <v>40.813656326999997</v>
       </c>
       <c r="C157" s="5">
-        <v>-0.28288725399999493</v>
+        <v>-0.28289277400000401</v>
       </c>
       <c r="D157" s="5">
-        <v>-7.9545215021016418</v>
+        <v>-7.9546671874699655</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>40.684527703000001</v>
+        <v>40.684537222000003</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.12911426600000198</v>
+        <v>-0.12911910499999379</v>
       </c>
       <c r="D158" s="5">
-        <v>-3.7308493345534877</v>
+        <v>-3.7309854472078463</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>40.550683251999999</v>
+        <v>40.550688524999998</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.13384445100000164</v>
+        <v>-0.13384869700000479</v>
       </c>
       <c r="D159" s="5">
-        <v>-3.8771211514762705</v>
+        <v>-3.8772410391510803</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>40.137477586999999</v>
+        <v>40.137483748999998</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.41320566499999956</v>
+        <v>-0.41320477600000061</v>
       </c>
       <c r="D160" s="5">
-        <v>-11.565281331222243</v>
+        <v>-11.565256405841085</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>39.925437350999999</v>
+        <v>39.925434551000002</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.21204023599999999</v>
+        <v>-0.21204919799999544</v>
       </c>
       <c r="D161" s="5">
-        <v>-6.1584281867361863</v>
+        <v>-6.1586800418678482</v>
       </c>
       <c r="E161" s="5">
-        <v>-9.5353445493632556</v>
+        <v>-9.5353463677915418</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>40.029697865999999</v>
+        <v>40.029691491999998</v>
       </c>
       <c r="C162" s="5">
-        <v>0.104260515</v>
+        <v>0.10425694099999561</v>
       </c>
       <c r="D162" s="5">
-        <v>3.1790583163192832</v>
+        <v>3.1789479960155242</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>39.797035258999998</v>
+        <v>39.797028146000002</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.23266260700000174</v>
+        <v>-0.23266334599999539</v>
       </c>
       <c r="D163" s="5">
-        <v>-6.7560007750951172</v>
+        <v>-6.7560225943352092</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>39.717503483999998</v>
+        <v>39.717493871999999</v>
       </c>
       <c r="C164" s="5">
-        <v>-7.9531774999999527E-2</v>
+        <v>-7.9534274000003791E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>-2.3719377118802565</v>
+        <v>-2.3720118435052617</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>39.548857331999997</v>
+        <v>39.548847737000003</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.16864615200000088</v>
+        <v>-0.16864613499999592</v>
       </c>
       <c r="D165" s="5">
-        <v>-4.9780422806554592</v>
+        <v>-4.9780429672527493</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>39.329174522999999</v>
+        <v>39.329169067999999</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.21968280899999826</v>
+        <v>-0.21967866900000388</v>
       </c>
       <c r="D166" s="5">
-        <v>-6.4657448805759081</v>
+        <v>-6.4656282505209939</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>38.913708960000001</v>
+        <v>38.913704484999997</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.41546556299999793</v>
+        <v>-0.41546458300000211</v>
       </c>
       <c r="D167" s="5">
-        <v>-11.965369923074343</v>
+        <v>-11.965344882773078</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>39.195854408000002</v>
+        <v>39.195868021000003</v>
       </c>
       <c r="C168" s="5">
-        <v>0.28214544800000141</v>
+        <v>0.28216353600000588</v>
       </c>
       <c r="D168" s="5">
-        <v>9.0561376631598023</v>
+        <v>9.0567426713642263</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>38.914921880999998</v>
+        <v>38.914932092999997</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.28093252700000448</v>
+        <v>-0.28093592800000522</v>
       </c>
       <c r="D169" s="5">
-        <v>-8.2698030931716566</v>
+        <v>-8.2698965351835181</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>38.780075064999998</v>
+        <v>38.780081881000001</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.13484681599999959</v>
+        <v>-0.13485021199999636</v>
       </c>
       <c r="D170" s="5">
-        <v>-4.0798632968057085</v>
+        <v>-4.0799630439933061</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>38.511251088999998</v>
+        <v>38.511255265999999</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.26882397600000019</v>
+        <v>-0.26882661500000182</v>
       </c>
       <c r="D171" s="5">
-        <v>-8.0084820657235216</v>
+        <v>-8.008556356433516</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>38.391587211000001</v>
+        <v>38.391591021000004</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.11966387799999723</v>
+        <v>-0.11966424499999562</v>
       </c>
       <c r="D172" s="5">
-        <v>-3.6656261713705285</v>
+        <v>-3.6656368313276677</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>38.286162277999999</v>
+        <v>38.286159859999998</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.10542493300000189</v>
+        <v>-0.1054311610000056</v>
       </c>
       <c r="D173" s="5">
-        <v>-3.2459348975203639</v>
+        <v>-3.2461234475561929</v>
       </c>
       <c r="E173" s="5">
-        <v>-4.1058412424853312</v>
+        <v>-4.1058405736474235</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>38.366408515000003</v>
+        <v>38.366403214000002</v>
       </c>
       <c r="C174" s="5">
-        <v>8.0246237000004328E-2</v>
+        <v>8.0243354000003819E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>2.5443487577587076</v>
+        <v>2.5442564534013501</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>38.245715437999998</v>
+        <v>38.245711102999998</v>
       </c>
       <c r="C175" s="5">
-        <v>-0.12069307700000564</v>
+        <v>-0.12069211100000388</v>
       </c>
       <c r="D175" s="5">
-        <v>-3.7103269576237774</v>
+        <v>-3.7102982767221571</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>38.124223106999999</v>
+        <v>38.124216896</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.1214923309999989</v>
+        <v>-0.1214942069999978</v>
       </c>
       <c r="D176" s="5">
-        <v>-3.7460510186104301</v>
+        <v>-3.7461082728743267</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>38.159782831000001</v>
+        <v>38.159777910000003</v>
       </c>
       <c r="C177" s="5">
-        <v>3.5559724000002291E-2</v>
+        <v>3.5561014000002444E-2</v>
       </c>
       <c r="D177" s="5">
-        <v>1.1250395251285017</v>
+        <v>1.1250807320247747</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>38.082564773999998</v>
+        <v>38.082562123999999</v>
       </c>
       <c r="C178" s="5">
-        <v>-7.7218057000003171E-2</v>
+        <v>-7.7215786000003561E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-2.4014108072917151</v>
+        <v>-2.4013412716528793</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>38.102629192000002</v>
+        <v>38.102626223999998</v>
       </c>
       <c r="C179" s="5">
-        <v>2.0064418000004025E-2</v>
+        <v>2.006409999999903E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>0.63407479951305135</v>
+        <v>0.63406476520331267</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>37.696192551000003</v>
+        <v>37.696200077</v>
       </c>
       <c r="C180" s="5">
-        <v>-0.4064366409999991</v>
+        <v>-0.40642614699999768</v>
       </c>
       <c r="D180" s="5">
-        <v>-12.075377129023368</v>
+        <v>-12.07508429345433</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>37.610776551000001</v>
+        <v>37.610782516999997</v>
       </c>
       <c r="C181" s="5">
-        <v>-8.5416000000002157E-2</v>
+        <v>-8.5417560000003334E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>-2.6854543711821721</v>
+        <v>-2.685502278016183</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>37.483065996000001</v>
+        <v>37.483070023000003</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.12771055500000017</v>
+        <v>-0.12771249399999363</v>
       </c>
       <c r="D182" s="5">
-        <v>-3.9994577599123726</v>
+        <v>-3.9995167306013046</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>37.251360306999999</v>
+        <v>37.251363216999998</v>
       </c>
       <c r="C183" s="5">
-        <v>-0.23170568900000177</v>
+        <v>-0.23170680600000537</v>
       </c>
       <c r="D183" s="5">
-        <v>-7.1708557373471145</v>
+        <v>-7.1708883952576681</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>37.113032359000002</v>
+        <v>37.113034108999997</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.13832794799999704</v>
+        <v>-0.13832910800000064</v>
       </c>
       <c r="D184" s="5">
-        <v>-4.3661487632862261</v>
+        <v>-4.3661842985656012</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>37.012846914999997</v>
+        <v>37.012845141</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.10018544400000451</v>
+        <v>-0.10018896799999766</v>
       </c>
       <c r="D185" s="5">
-        <v>-3.1916967354299497</v>
+        <v>-3.1918071927327318</v>
       </c>
       <c r="E185" s="5">
-        <v>-3.3257847933525486</v>
+        <v>-3.3257833213257593</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>37.540461006999998</v>
+        <v>37.540457164000003</v>
       </c>
       <c r="C186" s="5">
-        <v>0.52761409200000031</v>
+        <v>0.52761202300000321</v>
       </c>
       <c r="D186" s="5">
-        <v>18.51281858692213</v>
+        <v>18.512741164541957</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>37.410168550000002</v>
+        <v>37.410166418999999</v>
       </c>
       <c r="C187" s="5">
-        <v>-0.13029245699999592</v>
+        <v>-0.13029074500000348</v>
       </c>
       <c r="D187" s="5">
-        <v>-4.0862745761989006</v>
+        <v>-4.0862223149879862</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>37.637865828000002</v>
+        <v>37.637862712</v>
       </c>
       <c r="C188" s="5">
-        <v>0.22769727800000084</v>
+        <v>0.22769629300000105</v>
       </c>
       <c r="D188" s="5">
-        <v>7.5533391281831452</v>
+        <v>7.5533057963166783</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>36.874861342000003</v>
+        <v>36.874860073999997</v>
       </c>
       <c r="C189" s="5">
-        <v>-0.76300448599999982</v>
+        <v>-0.76300263800000323</v>
       </c>
       <c r="D189" s="5">
-        <v>-21.789533852242482</v>
+        <v>-21.789488425339098</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>36.638917736000003</v>
+        <v>36.638917147000001</v>
       </c>
       <c r="C190" s="5">
-        <v>-0.23594360599999931</v>
+        <v>-0.23594292699999642</v>
       </c>
       <c r="D190" s="5">
-        <v>-7.4136658009296923</v>
+        <v>-7.4136454570045469</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>36.622508797000002</v>
+        <v>36.622507818999999</v>
       </c>
       <c r="C191" s="5">
-        <v>-1.640893900000151E-2</v>
+        <v>-1.6409328000001722E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>-0.53610472282794586</v>
+        <v>-0.5361174093506893</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>36.396967582000002</v>
+        <v>36.396969579999997</v>
       </c>
       <c r="C192" s="5">
-        <v>-0.2255412149999998</v>
+        <v>-0.22553823900000225</v>
       </c>
       <c r="D192" s="5">
-        <v>-7.1449948726917896</v>
+        <v>-7.1449039495054549</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>36.413935043000002</v>
+        <v>36.413937392000001</v>
       </c>
       <c r="C193" s="5">
-        <v>1.6967461000000128E-2</v>
+        <v>1.6967812000004301E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>0.56085000500021298</v>
+        <v>0.56086160600756774</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>36.396316425000002</v>
+        <v>36.396318307999998</v>
       </c>
       <c r="C194" s="5">
-        <v>-1.7618618000000197E-2</v>
+        <v>-1.7619084000003227E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>-0.57906868870154504</v>
+        <v>-0.57908392666712327</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>36.060817405999998</v>
+        <v>36.060819373999998</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.33549901900000378</v>
+        <v>-0.3354989340000003</v>
       </c>
       <c r="D195" s="5">
-        <v>-10.517601365662344</v>
+        <v>-10.51759831775021</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>36.209170184999998</v>
+        <v>36.209170571999998</v>
       </c>
       <c r="C196" s="5">
-        <v>0.14835277899999966</v>
+        <v>0.14835119800000029</v>
       </c>
       <c r="D196" s="5">
-        <v>5.0500015254480335</v>
+        <v>5.0499462020539232</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>36.102186916999997</v>
+        <v>36.102186281000002</v>
       </c>
       <c r="C197" s="5">
-        <v>-0.10698326800000046</v>
+        <v>-0.10698429099999629</v>
       </c>
       <c r="D197" s="5">
-        <v>-3.4884568134961103</v>
+        <v>-3.488489594093569</v>
       </c>
       <c r="E197" s="5">
-        <v>-2.4603889565461667</v>
+        <v>-2.4603859998626243</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>35.936759315000003</v>
+        <v>35.936757135000001</v>
       </c>
       <c r="C198" s="5">
-        <v>-0.16542760199999407</v>
+        <v>-0.16542914600000103</v>
       </c>
       <c r="D198" s="5">
-        <v>-5.3621627822302953</v>
+        <v>-5.3622116669690083</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>35.987579748999998</v>
+        <v>35.987579320999998</v>
       </c>
       <c r="C199" s="5">
-        <v>5.0820433999994918E-2</v>
+        <v>5.0822185999997771E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>1.7102570270483897</v>
+        <v>1.710316550914226</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>36.035180187999998</v>
+        <v>36.035179026999998</v>
       </c>
       <c r="C200" s="5">
-        <v>4.7600438999999994E-2</v>
+        <v>4.7599705999999742E-2</v>
       </c>
       <c r="D200" s="5">
-        <v>1.5988267377147647</v>
+        <v>1.5988019571256062</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>36.591886944999999</v>
+        <v>36.591886563000003</v>
       </c>
       <c r="C201" s="5">
-        <v>0.55670675700000061</v>
+        <v>0.55670753600000467</v>
       </c>
       <c r="D201" s="5">
-        <v>20.198013252477697</v>
+        <v>20.198044666054461</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>36.629229668999997</v>
+        <v>36.629229819999999</v>
       </c>
       <c r="C202" s="5">
-        <v>3.7342723999998384E-2</v>
+        <v>3.7343256999996299E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>1.2315201351208449</v>
+        <v>1.2315378245570496</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>36.646272295000003</v>
+        <v>36.646271759999998</v>
       </c>
       <c r="C203" s="5">
-        <v>1.7042626000005612E-2</v>
+        <v>1.704193999999859E-2</v>
       </c>
       <c r="D203" s="5">
-        <v>0.55975971291493121</v>
+        <v>0.55973712145906962</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>36.799098467</v>
+        <v>36.799099132999999</v>
       </c>
       <c r="C204" s="5">
-        <v>0.15282617199999748</v>
+        <v>0.15282737300000093</v>
       </c>
       <c r="D204" s="5">
-        <v>5.120761560238396</v>
+        <v>5.1208028062259547</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>36.815727252999999</v>
+        <v>36.815727877</v>
       </c>
       <c r="C205" s="5">
-        <v>1.6628785999998286E-2</v>
+        <v>1.6628744000001916E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>0.54360603012983955</v>
+        <v>0.5436046438451303</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>36.820844866999998</v>
+        <v>36.820845141</v>
       </c>
       <c r="C206" s="5">
-        <v>5.1176139999995485E-3</v>
+        <v>5.117263999999011E-3</v>
       </c>
       <c r="D206" s="5">
-        <v>0.1669350178014728</v>
+        <v>0.16692358934666807</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>37.047043934000001</v>
+        <v>37.047045062999999</v>
       </c>
       <c r="C207" s="5">
-        <v>0.22619906700000314</v>
+        <v>0.22619992199999928</v>
       </c>
       <c r="D207" s="5">
-        <v>7.6261320814033029</v>
+        <v>7.626161829264011</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>37.072592186999998</v>
+        <v>37.072592376999999</v>
       </c>
       <c r="C208" s="5">
-        <v>2.5548252999996635E-2</v>
+        <v>2.5547314000000654E-2</v>
       </c>
       <c r="D208" s="5">
-        <v>0.83068580181959728</v>
+        <v>0.8306551295100828</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>37.060626521000003</v>
+        <v>37.060626354999997</v>
       </c>
       <c r="C209" s="5">
-        <v>-1.1965665999994712E-2</v>
+        <v>-1.1966022000002852E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>-0.38662893684343613</v>
+        <v>-0.38664041735637644</v>
       </c>
       <c r="E209" s="5">
-        <v>2.6547965257713857</v>
+        <v>2.6547978744002165</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>37.262303643000003</v>
+        <v>37.262302736999999</v>
       </c>
       <c r="C210" s="5">
-        <v>0.20167712199999954</v>
+        <v>0.20167638200000226</v>
       </c>
       <c r="D210" s="5">
-        <v>6.729216884417677</v>
+        <v>6.7291914807710018</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>37.298933585999997</v>
+        <v>37.298933878</v>
       </c>
       <c r="C211" s="5">
-        <v>3.6629942999994114E-2</v>
+        <v>3.6631141000000866E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>1.186034211922915</v>
+        <v>1.18607324071065</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>37.344787302999997</v>
+        <v>37.344786939999999</v>
       </c>
       <c r="C212" s="5">
-        <v>4.5853716999999961E-2</v>
+        <v>4.5853061999999056E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>1.485244479345349</v>
+        <v>1.4852231079262923</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>37.202109411999999</v>
+        <v>37.202109077000003</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.14267789099999817</v>
+        <v>-0.14267786299999585</v>
       </c>
       <c r="D213" s="5">
-        <v>-4.4895469468661853</v>
+        <v>-4.489546126966582</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>37.336062877000003</v>
+        <v>37.336062716999997</v>
       </c>
       <c r="C214" s="5">
-        <v>0.13395346500000471</v>
+        <v>0.13395363999999432</v>
       </c>
       <c r="D214" s="5">
-        <v>4.4074389500306177</v>
+        <v>4.4074448629972451</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>37.366846676999998</v>
+        <v>37.366846807000002</v>
       </c>
       <c r="C215" s="5">
-        <v>3.0783799999994699E-2</v>
+        <v>3.0784090000004483E-2</v>
       </c>
       <c r="D215" s="5">
-        <v>0.99390604614737477</v>
+        <v>0.99391545605831411</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>37.398204991</v>
+        <v>37.398205009999998</v>
       </c>
       <c r="C216" s="5">
-        <v>3.1358314000001997E-2</v>
+        <v>3.1358202999996365E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>1.0117029444401515</v>
+        <v>1.0116993432024879</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>37.523876413000004</v>
+        <v>37.523876383999998</v>
       </c>
       <c r="C217" s="5">
-        <v>0.12567142200000347</v>
+        <v>0.1256713739999995</v>
       </c>
       <c r="D217" s="5">
-        <v>4.1078001318295421</v>
+        <v>4.1077985316255727</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>37.558999651999997</v>
+        <v>37.558999440000001</v>
       </c>
       <c r="C218" s="5">
-        <v>3.5123238999993589E-2</v>
+        <v>3.5123056000003317E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>1.1290290904078626</v>
+        <v>1.129023178472166</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>37.398014773</v>
+        <v>37.398015352000002</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.16098487899999725</v>
+        <v>-0.1609840879999993</v>
       </c>
       <c r="D219" s="5">
-        <v>-5.0238884061409745</v>
+        <v>-5.0238643279182487</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>37.325610857999997</v>
+        <v>37.325610591</v>
       </c>
       <c r="C220" s="5">
-        <v>-7.2403915000002428E-2</v>
+        <v>-7.2404761000001372E-2</v>
       </c>
       <c r="D220" s="5">
-        <v>-2.2986641800796348</v>
+        <v>-2.2986907181471894</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>37.318359768999997</v>
+        <v>37.31835908</v>
       </c>
       <c r="C221" s="5">
-        <v>-7.2510890000003769E-3</v>
+        <v>-7.2515109999997662E-3</v>
       </c>
       <c r="D221" s="5">
-        <v>-0.23287002151911596</v>
+        <v>-0.23288356131073717</v>
       </c>
       <c r="E221" s="5">
-        <v>0.69543683470636442</v>
+        <v>0.69543542662018343</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>37.271967214</v>
+        <v>37.271969966</v>
       </c>
       <c r="C222" s="5">
-        <v>-4.639255499999706E-2</v>
+        <v>-4.638911400000012E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>-1.48162985084489</v>
+        <v>-1.4815207337155578</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>37.319066583999998</v>
+        <v>37.319066175000003</v>
       </c>
       <c r="C223" s="5">
-        <v>4.7099369999997975E-2</v>
+        <v>4.7096209000002887E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>1.5269846483038529</v>
+        <v>1.5268813403514825</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>37.258419586999999</v>
+        <v>37.258418890999998</v>
       </c>
       <c r="C224" s="5">
-        <v>-6.0646996999999203E-2</v>
+        <v>-6.0647284000005186E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-1.9327769164952935</v>
+        <v>-1.9327860023797938</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>37.206978935000002</v>
+        <v>37.206977958000003</v>
       </c>
       <c r="C225" s="5">
-        <v>-5.1440651999996589E-2</v>
+        <v>-5.144093299999497E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>-1.6442509680625439</v>
+        <v>-1.6442599123450141</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>37.158632576000002</v>
+        <v>37.158631921999998</v>
       </c>
       <c r="C226" s="5">
-        <v>-4.834635899999995E-2</v>
+        <v>-4.8346036000005199E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>-1.5481720384262432</v>
+        <v>-1.5481618093230676</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>36.897001508000002</v>
+        <v>36.897001840000001</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.2616310679999998</v>
+        <v>-0.26163008199999638</v>
       </c>
       <c r="D227" s="5">
-        <v>-8.1294740058563413</v>
+        <v>-8.1294446827217985</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>37.107603929</v>
+        <v>37.107603941000001</v>
       </c>
       <c r="C228" s="5">
-        <v>0.21060242099999726</v>
+        <v>0.21060210099999921</v>
       </c>
       <c r="D228" s="5">
-        <v>7.0685846981403788</v>
+        <v>7.0685735527673321</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>36.839802456000001</v>
+        <v>36.839802214999999</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.26780147299999868</v>
+        <v>-0.26780172600000185</v>
       </c>
       <c r="D229" s="5">
-        <v>-8.3246528522866505</v>
+        <v>-8.3246604047450887</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>36.565054660000001</v>
+        <v>36.565056259000002</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.27474779599999977</v>
+        <v>-0.27474595599999674</v>
       </c>
       <c r="D230" s="5">
-        <v>-8.5913677067073202</v>
+        <v>-8.5913125630279303</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>36.442347495</v>
+        <v>36.442346923999999</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.12270716500000134</v>
+        <v>-0.12270933500000325</v>
       </c>
       <c r="D231" s="5">
-        <v>-3.9535281020816826</v>
+        <v>-3.9535965626703584</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>36.28451295</v>
+        <v>36.284511655000003</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.15783454500000005</v>
+        <v>-0.157835268999996</v>
       </c>
       <c r="D232" s="5">
-        <v>-5.0752560143684793</v>
+        <v>-5.0752788208791921</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>36.286350906000003</v>
+        <v>36.286349383000001</v>
       </c>
       <c r="C233" s="5">
-        <v>1.837956000002805E-3</v>
+        <v>1.8377279999981511E-3</v>
       </c>
       <c r="D233" s="5">
-        <v>6.0801746621974573E-2</v>
+        <v>6.0794204182879064E-2</v>
       </c>
       <c r="E233" s="5">
-        <v>-2.7654186019645866</v>
+        <v>-2.7654208878468145</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>35.864540277000003</v>
+        <v>35.864546384999997</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.42181062899999944</v>
+        <v>-0.42180299800000398</v>
       </c>
       <c r="D234" s="5">
-        <v>-13.091217416105716</v>
+        <v>-13.090996028716829</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>35.750995959000001</v>
+        <v>35.750994683999998</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.11354431800000242</v>
+        <v>-0.11355170099999867</v>
       </c>
       <c r="D235" s="5">
-        <v>-3.7336467348252023</v>
+        <v>-3.7338846712509532</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>35.690642384999997</v>
+        <v>35.690641059999997</v>
       </c>
       <c r="C236" s="5">
-        <v>-6.0353574000004073E-2</v>
+        <v>-6.0353624000001105E-2</v>
       </c>
       <c r="D236" s="5">
-        <v>-2.0070938955227713</v>
+        <v>-2.0070956138104945</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>35.292180058</v>
+        <v>35.292178602</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.39846232699999717</v>
+        <v>-0.39846245799999735</v>
       </c>
       <c r="D237" s="5">
-        <v>-12.60442210358914</v>
+        <v>-12.604426435985093</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>34.981654366999997</v>
+        <v>34.981653293999997</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.31052569100000227</v>
+        <v>-0.31052530800000255</v>
       </c>
       <c r="D238" s="5">
-        <v>-10.062192116498881</v>
+        <v>-10.06218069542758</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>34.731190046999998</v>
+        <v>34.731190151</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.25046431999999896</v>
+        <v>-0.2504631429999975</v>
       </c>
       <c r="D239" s="5">
-        <v>-8.2614566848679853</v>
+        <v>-8.2614196214090274</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>34.412711465999998</v>
+        <v>34.412710593</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.31847858100000082</v>
+        <v>-0.31847955799999994</v>
       </c>
       <c r="D240" s="5">
-        <v>-10.465431616089106</v>
+        <v>-10.46546208966822</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>34.144512515999999</v>
+        <v>34.144516162000002</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.2681989499999986</v>
+        <v>-0.26819443099999773</v>
       </c>
       <c r="D241" s="5">
-        <v>-8.9616701139143</v>
+        <v>-8.9615257452587471</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>33.957975785000002</v>
+        <v>33.957977755999998</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.18653673099999679</v>
+        <v>-0.18653840600000393</v>
       </c>
       <c r="D242" s="5">
-        <v>-6.3623443557652699</v>
+        <v>-6.3623991215310376</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>34.111803563000002</v>
+        <v>34.111801100999998</v>
       </c>
       <c r="C243" s="5">
-        <v>0.15382777800000014</v>
+        <v>0.15382334499999928</v>
       </c>
       <c r="D243" s="5">
-        <v>5.5734352566168877</v>
+        <v>5.5732702875768814</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>33.959730606999997</v>
+        <v>33.959728132999999</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.15207295600000492</v>
+        <v>-0.15207296799999881</v>
       </c>
       <c r="D244" s="5">
-        <v>-5.2204478091642637</v>
+        <v>-5.2204485786521921</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>33.867267912999999</v>
+        <v>33.867265607</v>
       </c>
       <c r="C245" s="5">
-        <v>-9.246269399999818E-2</v>
+        <v>-9.2462525999998491E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>-3.2187732651662748</v>
+        <v>-3.2187677351084409</v>
       </c>
       <c r="E245" s="5">
-        <v>-6.6666471899217701</v>
+        <v>-6.6666496275685772</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>33.357511842000001</v>
+        <v>33.357519826999997</v>
       </c>
       <c r="C246" s="5">
-        <v>-0.5097560709999982</v>
+        <v>-0.50974578000000292</v>
       </c>
       <c r="D246" s="5">
-        <v>-16.639209096286734</v>
+        <v>-16.638901528729157</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>32.979904933</v>
+        <v>32.979902295000002</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.37760690900000071</v>
+        <v>-0.37761753199999504</v>
       </c>
       <c r="D247" s="5">
-        <v>-12.769370489849297</v>
+        <v>-12.76970478954601</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>32.806218385000001</v>
+        <v>32.80621558</v>
       </c>
       <c r="C248" s="5">
-        <v>-0.17368654799999916</v>
+        <v>-0.17368671500000232</v>
       </c>
       <c r="D248" s="5">
-        <v>-6.139845240428043</v>
+        <v>-6.1398514509455211</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>32.777754565000002</v>
+        <v>32.777752862</v>
       </c>
       <c r="C249" s="5">
-        <v>-2.8463819999998918E-2</v>
+        <v>-2.8462718000000109E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>-1.0362078048305468</v>
+        <v>-1.0361679666122336</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>32.501735105999998</v>
+        <v>32.501735146000001</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.27601945900000402</v>
+        <v>-0.27601771599999836</v>
       </c>
       <c r="D250" s="5">
-        <v>-9.6499974162303932</v>
+        <v>-9.6499397512182838</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>32.840300771999999</v>
+        <v>32.840302917000002</v>
       </c>
       <c r="C251" s="5">
-        <v>0.33856566600000093</v>
+        <v>0.33856777100000102</v>
       </c>
       <c r="D251" s="5">
-        <v>13.24184982540222</v>
+        <v>13.241936911203744</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>32.311740473</v>
+        <v>32.311741857000001</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.52856029899999868</v>
+        <v>-0.52856106000000125</v>
       </c>
       <c r="D252" s="5">
-        <v>-17.692632573791055</v>
+        <v>-17.692654780341499</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>32.339467884999998</v>
+        <v>32.339477248000001</v>
       </c>
       <c r="C253" s="5">
-        <v>2.7727411999997287E-2</v>
+        <v>2.773539100000022E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>1.0346202669606619</v>
+        <v>1.0349193577080973</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>32.246675279999998</v>
+        <v>32.246677908999999</v>
       </c>
       <c r="C254" s="5">
-        <v>-9.2792604999999639E-2</v>
+        <v>-9.279933900000259E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>-3.389374199222861</v>
+        <v>-3.3896153327438117</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>32.302742874000003</v>
+        <v>32.302727873999999</v>
       </c>
       <c r="C255" s="5">
-        <v>5.6067594000005272E-2</v>
+        <v>5.6049964999999702E-2</v>
       </c>
       <c r="D255" s="5">
-        <v>2.1065197709424943</v>
+        <v>2.105850912439311</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>32.341995376</v>
+        <v>32.341990942000002</v>
       </c>
       <c r="C256" s="5">
-        <v>3.9252501999996525E-2</v>
+        <v>3.9263068000003898E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>1.4679584468988427</v>
+        <v>1.4683569241141559</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>32.354072209000002</v>
+        <v>32.354069590000002</v>
       </c>
       <c r="C257" s="5">
-        <v>1.2076833000001841E-2</v>
+        <v>1.2078647999999248E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>0.44901373453489768</v>
+        <v>0.44908141616215591</v>
       </c>
       <c r="E257" s="5">
-        <v>-4.468018228949477</v>
+        <v>-4.4680194573701755</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>32.670771164000001</v>
+        <v>32.670779518000003</v>
       </c>
       <c r="C258" s="5">
-        <v>0.31669895499999967</v>
+        <v>0.31670992800000164</v>
       </c>
       <c r="D258" s="5">
-        <v>12.399718484894962</v>
+        <v>12.40017255902448</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>32.527781826000002</v>
+        <v>32.527779334000002</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.14298933799999958</v>
+        <v>-0.1430001840000017</v>
       </c>
       <c r="D259" s="5">
-        <v>-5.1274111625071122</v>
+        <v>-5.1277894915917388</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>32.331572561000002</v>
+        <v>32.331569361</v>
       </c>
       <c r="C260" s="5">
-        <v>-0.19620926500000024</v>
+        <v>-0.19620997300000198</v>
       </c>
       <c r="D260" s="5">
-        <v>-7.0030805369882598</v>
+        <v>-7.0031054933000654</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>32.361590612999997</v>
+        <v>32.361589916</v>
       </c>
       <c r="C261" s="5">
-        <v>3.0018051999995521E-2</v>
+        <v>3.0020555000000115E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>1.119839602743955</v>
+        <v>1.1199335672924304</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>32.408607734999997</v>
+        <v>32.408612146999999</v>
       </c>
       <c r="C262" s="5">
-        <v>4.7017121999999745E-2</v>
+        <v>4.7022230999999692E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>1.7574408341932912</v>
+        <v>1.7576333690689783</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>32.223064147999999</v>
+        <v>32.22307532</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.18554358699999796</v>
+        <v>-0.18553682699999996</v>
       </c>
       <c r="D263" s="5">
-        <v>-6.6579060144124629</v>
+        <v>-6.6576701519429404</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>32.075293619999997</v>
+        <v>32.075304954000003</v>
       </c>
       <c r="C264" s="5">
-        <v>-0.14777052800000234</v>
+        <v>-0.14777036599999605</v>
       </c>
       <c r="D264" s="5">
-        <v>-5.3663356078340723</v>
+        <v>-5.3663280584578814</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>32.013405415999998</v>
+        <v>32.013423119000002</v>
       </c>
       <c r="C265" s="5">
-        <v>-6.1888203999998836E-2</v>
+        <v>-6.1881835000001217E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>-2.2909463748139181</v>
+        <v>-2.2907123055507461</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>32.159422964999997</v>
+        <v>32.159417826000002</v>
       </c>
       <c r="C266" s="5">
-        <v>0.14601754899999975</v>
+        <v>0.14599470699999983</v>
       </c>
       <c r="D266" s="5">
-        <v>5.6127805925954233</v>
+        <v>5.6118772465008515</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>31.920819064</v>
+        <v>31.920778715000001</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.23860390099999762</v>
+        <v>-0.23863911100000124</v>
       </c>
       <c r="D267" s="5">
-        <v>-8.5488130859194165</v>
+        <v>-8.5500248834381569</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>31.745660949000001</v>
+        <v>31.745638103000001</v>
       </c>
       <c r="C268" s="5">
-        <v>-0.17515811499999856</v>
+        <v>-0.17514061199999986</v>
       </c>
       <c r="D268" s="5">
-        <v>-6.3895861971376195</v>
+        <v>-6.3889746827359488</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>31.755848090000001</v>
+        <v>31.755833568</v>
       </c>
       <c r="C269" s="5">
-        <v>1.01871409999994E-2</v>
+        <v>1.0195464999998904E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>0.38575879646436384</v>
+        <v>0.38607483859280922</v>
       </c>
       <c r="E269" s="5">
-        <v>-1.8489917285700819</v>
+        <v>-1.8490286680501677</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>31.889046482000001</v>
+        <v>31.889057214000001</v>
       </c>
       <c r="C270" s="5">
-        <v>0.13319839200000061</v>
+        <v>0.13322364600000114</v>
       </c>
       <c r="D270" s="5">
-        <v>5.1510983861001725</v>
+        <v>5.1521000731061806</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>31.864555892999999</v>
+        <v>31.864569464999999</v>
       </c>
       <c r="C271" s="5">
-        <v>-2.4490589000002672E-2</v>
+        <v>-2.4487749000002168E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>-0.91770969588430562</v>
+        <v>-0.91760341714761662</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>31.846240735999999</v>
+        <v>31.846258097</v>
       </c>
       <c r="C272" s="5">
-        <v>-1.8315156999999971E-2</v>
+        <v>-1.8311367999999106E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>-0.68756149662243526</v>
+        <v>-0.68741941279563124</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>31.836153262</v>
+        <v>31.836152902999999</v>
       </c>
       <c r="C273" s="5">
-        <v>-1.0087473999998764E-2</v>
+        <v>-1.0105194000001205E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>-0.37944517255814603</v>
+        <v>-0.38011034916617392</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>31.992600975999999</v>
+        <v>31.992624589999998</v>
       </c>
       <c r="C274" s="5">
-        <v>0.15644771399999868</v>
+        <v>0.1564716869999998</v>
       </c>
       <c r="D274" s="5">
-        <v>6.0590056444017382</v>
+        <v>6.059959396237069</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>32.091200362000002</v>
+        <v>32.091224984999997</v>
       </c>
       <c r="C275" s="5">
-        <v>9.8599386000003619E-2</v>
+        <v>9.8600394999998286E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>3.7616698819840533</v>
+        <v>3.7617062074575935</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>32.424603519000001</v>
+        <v>32.424624342000001</v>
       </c>
       <c r="C276" s="5">
-        <v>0.33340315699999934</v>
+        <v>0.33339935700000467</v>
       </c>
       <c r="D276" s="5">
-        <v>13.204723232248416</v>
+        <v>13.204553310667011</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>32.683106877999997</v>
+        <v>32.683134836000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.25850335899999521</v>
+        <v>0.25851049399999937</v>
       </c>
       <c r="D277" s="5">
-        <v>9.9977793874206355</v>
+        <v>9.9980608443129384</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>32.981329058</v>
+        <v>32.981332694999999</v>
       </c>
       <c r="C278" s="5">
-        <v>0.29822218000000333</v>
+        <v>0.29819785899999829</v>
       </c>
       <c r="D278" s="5">
-        <v>11.516163728942775</v>
+        <v>11.515166575815506</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>32.461010219000002</v>
+        <v>32.460875823999999</v>
       </c>
       <c r="C279" s="5">
-        <v>-0.52031883899999798</v>
+        <v>-0.52045687100000038</v>
       </c>
       <c r="D279" s="5">
-        <v>-17.372132210544024</v>
+        <v>-17.376346601033433</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>32.581876467000001</v>
+        <v>32.581788422000002</v>
       </c>
       <c r="C280" s="5">
-        <v>0.12086624799999868</v>
+        <v>0.12091259800000387</v>
       </c>
       <c r="D280" s="5">
-        <v>4.5607612111199014</v>
+        <v>4.562565443695199</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>32.564868359000002</v>
+        <v>32.564845439000003</v>
       </c>
       <c r="C281" s="5">
-        <v>-1.7008107999998856E-2</v>
+        <v>-1.6942982999999856E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>-0.6246182247908072</v>
+        <v>-0.62223503949268011</v>
       </c>
       <c r="E281" s="5">
-        <v>2.5476260835709308</v>
+        <v>2.5476008030701935</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>32.512369643</v>
+        <v>32.512406802000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-5.2498716000002332E-2</v>
+        <v>-5.243863700000162E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>-1.9174916015160415</v>
+        <v>-1.9153179775434848</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>32.591065385999997</v>
+        <v>32.591117873000002</v>
       </c>
       <c r="C283" s="5">
-        <v>7.8695742999997265E-2</v>
+        <v>7.8711071000000743E-2</v>
       </c>
       <c r="D283" s="5">
-        <v>2.9435649371215344</v>
+        <v>2.9441425170741775</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>32.866520913999999</v>
+        <v>32.866595273999998</v>
       </c>
       <c r="C284" s="5">
-        <v>0.27545552800000195</v>
+        <v>0.27547740099999629</v>
       </c>
       <c r="D284" s="5">
-        <v>10.627250921175779</v>
+        <v>10.628116487256566</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>32.797889671999997</v>
+        <v>32.797919129</v>
       </c>
       <c r="C285" s="5">
-        <v>-6.8631242000002146E-2</v>
+        <v>-6.8676144999997746E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>-2.4772371944521865</v>
+        <v>-2.4788338382558783</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>32.861236237</v>
+        <v>32.861288037999998</v>
       </c>
       <c r="C286" s="5">
-        <v>6.3346565000003352E-2</v>
+        <v>6.3368908999997586E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>2.3424861553924536</v>
+        <v>2.3433190848502816</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>33.044838548999998</v>
+        <v>33.044868405999999</v>
       </c>
       <c r="C287" s="5">
-        <v>0.18360231199999788</v>
+        <v>0.18358036800000122</v>
       </c>
       <c r="D287" s="5">
-        <v>6.9145571968797448</v>
+        <v>6.9136939828629007</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>33.052971792000001</v>
+        <v>33.052990074</v>
       </c>
       <c r="C288" s="5">
-        <v>8.1332430000031763E-3</v>
+        <v>8.1216680000011365E-3</v>
       </c>
       <c r="D288" s="5">
-        <v>0.29575312972411893</v>
+        <v>0.29533138594928232</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>33.158287940999998</v>
+        <v>33.158319026999997</v>
       </c>
       <c r="C289" s="5">
-        <v>0.10531614899999653</v>
+        <v>0.10532895299999723</v>
       </c>
       <c r="D289" s="5">
-        <v>3.8912632396967295</v>
+        <v>3.8917424588775118</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>33.218059844000003</v>
+        <v>33.218041321999998</v>
       </c>
       <c r="C290" s="5">
-        <v>5.9771903000005011E-2</v>
+        <v>5.9722295000000258E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>2.1847237460101754</v>
+        <v>2.182890456755926</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>33.730493078000002</v>
+        <v>33.730221708000002</v>
       </c>
       <c r="C291" s="5">
-        <v>0.51243323399999952</v>
+        <v>0.51218038600000426</v>
       </c>
       <c r="D291" s="5">
-        <v>20.165865802264584</v>
+        <v>20.1550691152677</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>33.647388620999997</v>
+        <v>33.647216041999997</v>
       </c>
       <c r="C292" s="5">
-        <v>-8.3104457000004572E-2</v>
+        <v>-8.3005666000005363E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>-2.9167978277080731</v>
+        <v>-2.913400381289144</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>33.573594552000003</v>
+        <v>33.573554182000002</v>
       </c>
       <c r="C293" s="5">
-        <v>-7.3794068999994522E-2</v>
+        <v>-7.3661859999994306E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>-2.6002759445199586</v>
+        <v>-2.5956864098001242</v>
       </c>
       <c r="E293" s="5">
-        <v>3.0975902677684797</v>
+        <v>3.0975388625427369</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>33.234582996</v>
+        <v>33.234606481999997</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.33901155600000266</v>
+        <v>-0.33894770000000563</v>
       </c>
       <c r="D294" s="5">
-        <v>-11.466280528627282</v>
+        <v>-11.464252261207964</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>33.105930815999997</v>
+        <v>33.105940760999999</v>
       </c>
       <c r="C295" s="5">
-        <v>-0.12865218000000311</v>
+        <v>-0.12866572099999729</v>
       </c>
       <c r="D295" s="5">
-        <v>-4.5476048231068766</v>
+        <v>-4.5480701798614076</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>33.053941717999997</v>
+        <v>33.054525566000002</v>
       </c>
       <c r="C296" s="5">
-        <v>-5.1989097999999956E-2</v>
+        <v>-5.1415194999997027E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>-1.8682720350947202</v>
+        <v>-1.8478236463832953</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>32.942187132000001</v>
+        <v>32.942140827999999</v>
       </c>
       <c r="C297" s="5">
-        <v>-0.11175458599999644</v>
+        <v>-0.11238473800000293</v>
       </c>
       <c r="D297" s="5">
-        <v>-3.9825705118634036</v>
+        <v>-4.004539416906006</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>32.720618186000003</v>
+        <v>32.720618270999999</v>
       </c>
       <c r="C298" s="5">
-        <v>-0.22156894599999788</v>
+        <v>-0.22152255700000012</v>
       </c>
       <c r="D298" s="5">
-        <v>-7.7792090697475498</v>
+        <v>-7.7776506586505478</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>32.614179814000003</v>
+        <v>32.614165786999997</v>
       </c>
       <c r="C299" s="5">
-        <v>-0.1064383719999995</v>
+        <v>-0.10645248400000185</v>
       </c>
       <c r="D299" s="5">
-        <v>-3.8344468859405345</v>
+        <v>-3.8349461994797829</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>32.406565936</v>
+        <v>32.406549423000001</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.20761387800000364</v>
+        <v>-0.20761636399999617</v>
       </c>
       <c r="D300" s="5">
-        <v>-7.3770498937628552</v>
+        <v>-7.3771382207451275</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>32.268098006999999</v>
+        <v>32.268095338999998</v>
       </c>
       <c r="C301" s="5">
-        <v>-0.13846792900000082</v>
+        <v>-0.13845408400000281</v>
       </c>
       <c r="D301" s="5">
-        <v>-5.0086055410678014</v>
+        <v>-5.0081189463184295</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>32.159261802000003</v>
+        <v>32.159173668000001</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.1088362049999958</v>
+        <v>-0.10892167099999739</v>
       </c>
       <c r="D302" s="5">
-        <v>-3.9732022905578979</v>
+        <v>-3.9762649620209811</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>32.177514651000003</v>
+        <v>32.177116417999997</v>
       </c>
       <c r="C303" s="5">
-        <v>1.8252848999999571E-2</v>
+        <v>1.7942749999996011E-2</v>
       </c>
       <c r="D303" s="5">
-        <v>0.68322226275518982</v>
+        <v>0.67158115436054544</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>32.117001748</v>
+        <v>32.116752730999998</v>
       </c>
       <c r="C304" s="5">
-        <v>-6.0512903000002893E-2</v>
+        <v>-6.0363686999998833E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>-2.2335189863251892</v>
+        <v>-2.2280954465210723</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>32.083355118999997</v>
+        <v>32.083304908999999</v>
       </c>
       <c r="C305" s="5">
-        <v>-3.3646629000003259E-2</v>
+        <v>-3.3447821999999405E-2</v>
       </c>
       <c r="D305" s="5">
-        <v>-1.2499336491150204</v>
+        <v>-1.2426000287485861</v>
       </c>
       <c r="E305" s="5">
-        <v>-4.4387246968502829</v>
+        <v>-4.4387593429085932</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>32.226190989000003</v>
+        <v>32.226246408000002</v>
       </c>
       <c r="C306" s="5">
-        <v>0.14283587000000608</v>
+        <v>0.14294149900000264</v>
       </c>
       <c r="D306" s="5">
-        <v>5.4752052317173616</v>
+        <v>5.4793627334780881</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>32.193903077999998</v>
+        <v>32.193975618000003</v>
       </c>
       <c r="C307" s="5">
-        <v>-3.2287911000004499E-2</v>
+        <v>-3.2270789999998328E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>-1.1956950270967992</v>
+        <v>-1.1950624414722277</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>32.128029795000003</v>
+        <v>32.129206013000001</v>
       </c>
       <c r="C308" s="5">
-        <v>-6.5873282999994842E-2</v>
+        <v>-6.4769605000002173E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>-2.4279252804485174</v>
+        <v>-2.3876902283248014</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>32.395521621999997</v>
+        <v>32.395470891000002</v>
       </c>
       <c r="C309" s="5">
-        <v>0.26749182699999352</v>
+        <v>0.2662648780000012</v>
       </c>
       <c r="D309" s="5">
-        <v>10.461414393863988</v>
+        <v>10.41082273920706</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>32.188245176000002</v>
+        <v>32.188146101999997</v>
       </c>
       <c r="C310" s="5">
-        <v>-0.20727644599999451</v>
+        <v>-0.20732478900000473</v>
       </c>
       <c r="D310" s="5">
-        <v>-7.4134542676359878</v>
+        <v>-7.4151341108835922</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>32.090732527</v>
+        <v>32.090563046</v>
       </c>
       <c r="C311" s="5">
-        <v>-9.7512649000002227E-2</v>
+        <v>-9.7583055999997725E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-3.5753744779825181</v>
+        <v>-3.577923942187311</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>32.170867817000001</v>
+        <v>32.170699054000004</v>
       </c>
       <c r="C312" s="5">
-        <v>8.0135290000001191E-2</v>
+        <v>8.0136008000003756E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>3.0380773321859955</v>
+        <v>3.0381211941026942</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>32.194207980999998</v>
+        <v>32.194089988000002</v>
       </c>
       <c r="C313" s="5">
-        <v>2.3340163999996832E-2</v>
+        <v>2.3390933999998254E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>0.87408982376777633</v>
+        <v>0.87600338535969158</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>32.099560421</v>
+        <v>32.099350321000003</v>
       </c>
       <c r="C314" s="5">
-        <v>-9.4647559999998521E-2</v>
+        <v>-9.4739666999998917E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>-3.4713845212704819</v>
+        <v>-3.4747207677177316</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>31.822749207000001</v>
+        <v>31.822263536000001</v>
       </c>
       <c r="C315" s="5">
-        <v>-0.27681121399999853</v>
+        <v>-0.27708678500000161</v>
       </c>
       <c r="D315" s="5">
-        <v>-9.8712531426474079</v>
+        <v>-9.8806800325527693</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>31.868036095000001</v>
+        <v>31.867697005</v>
       </c>
       <c r="C316" s="5">
-        <v>4.5286887999999692E-2</v>
+        <v>4.5433468999998894E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>1.7211474758953571</v>
+        <v>1.7267887280449035</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>31.989846732</v>
+        <v>31.989782497</v>
       </c>
       <c r="C317" s="5">
-        <v>0.12181063699999939</v>
+        <v>0.12208549200000007</v>
       </c>
       <c r="D317" s="5">
-        <v>4.684481693608844</v>
+        <v>4.6953265409360956</v>
       </c>
       <c r="E317" s="5">
-        <v>-0.2914545148198</v>
+        <v>-0.29149868526718858</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>32.512169346999997</v>
+        <v>32.512341767999999</v>
       </c>
       <c r="C318" s="5">
-        <v>0.52232261499999666</v>
+        <v>0.52255927099999866</v>
       </c>
       <c r="D318" s="5">
-        <v>21.452223157852512</v>
+        <v>21.462879228210795</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>32.377425109000001</v>
+        <v>32.377678244000002</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.13474423799999613</v>
+        <v>-0.13466352399999693</v>
       </c>
       <c r="D319" s="5">
-        <v>-4.8614979387247903</v>
+        <v>-4.858626656750376</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>32.206209129999998</v>
+        <v>32.208144564999998</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.17121597900000296</v>
+        <v>-0.16953367900000416</v>
       </c>
       <c r="D320" s="5">
-        <v>-6.1644045591528247</v>
+        <v>-6.1055229588101945</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>32.470855921000002</v>
+        <v>32.471019816999998</v>
       </c>
       <c r="C321" s="5">
-        <v>0.2646467910000041</v>
+        <v>0.26287525200000061</v>
       </c>
       <c r="D321" s="5">
-        <v>10.318801605748206</v>
+        <v>10.245954606678321</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>32.563310450000003</v>
+        <v>32.56340041</v>
       </c>
       <c r="C322" s="5">
-        <v>9.2454529000001173E-2</v>
+        <v>9.2380593000001454E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>3.470788026659144</v>
+        <v>3.4679510792840818</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>32.668135585999998</v>
+        <v>32.666847076000003</v>
       </c>
       <c r="C323" s="5">
-        <v>0.10482513599999521</v>
+        <v>0.10344666600000352</v>
       </c>
       <c r="D323" s="5">
-        <v>3.9320746865024514</v>
+        <v>3.879449574717353</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>32.644983979000003</v>
+        <v>32.644660616000003</v>
       </c>
       <c r="C324" s="5">
-        <v>-2.3151606999995522E-2</v>
+        <v>-2.2186460000000352E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>-0.84712197139180656</v>
+        <v>-0.81197077033944298</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>32.629239961000003</v>
+        <v>32.629092411000002</v>
       </c>
       <c r="C325" s="5">
-        <v>-1.5744017999999471E-2</v>
+        <v>-1.5568205000001001E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>-0.57720316660084814</v>
+        <v>-0.57078009140272279</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>32.629232508000001</v>
+        <v>32.628894834999997</v>
       </c>
       <c r="C326" s="5">
-        <v>-7.4530000020445186E-6</v>
+        <v>-1.9757600000502862E-4</v>
       </c>
       <c r="D326" s="5">
-        <v>-2.7409736724770539E-4</v>
+        <v>-7.2660097675036894E-3</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>32.552961500999999</v>
+        <v>32.552354068</v>
       </c>
       <c r="C327" s="5">
-        <v>-7.6271007000002555E-2</v>
+        <v>-7.6540766999997345E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>-2.769224036529272</v>
+        <v>-2.7789207724925435</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>32.493009581999999</v>
+        <v>32.492599648000002</v>
       </c>
       <c r="C328" s="5">
-        <v>-5.9951918999999521E-2</v>
+        <v>-5.975441999999731E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>-2.187759158670266</v>
+        <v>-2.1806649331401862</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>32.586064749999998</v>
+        <v>32.586011628000001</v>
       </c>
       <c r="C329" s="5">
-        <v>9.3055167999999355E-2</v>
+        <v>9.3411979999999062E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>3.4912732719929229</v>
+        <v>3.5049175579156877</v>
       </c>
       <c r="E329" s="5">
-        <v>1.8637726619789907</v>
+        <v>1.8638111436234839</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>32.482468830999998</v>
+        <v>32.482702647000004</v>
       </c>
       <c r="C330" s="5">
-        <v>-0.10359591899999998</v>
+        <v>-0.10330898099999786</v>
       </c>
       <c r="D330" s="5">
-        <v>-3.7489732557028255</v>
+        <v>-3.7387758015349326</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>32.354068881000003</v>
+        <v>32.354808796</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.12839994999999504</v>
+        <v>-0.12789385100000317</v>
       </c>
       <c r="D331" s="5">
-        <v>-4.6416990378773555</v>
+        <v>-4.6237652087808279</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>32.596037652</v>
+        <v>32.598702035000002</v>
       </c>
       <c r="C332" s="5">
-        <v>0.24196877099999625</v>
+        <v>0.24389323900000193</v>
       </c>
       <c r="D332" s="5">
-        <v>9.3530398705407904</v>
+        <v>9.4303147078171889</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>32.496629411999997</v>
+        <v>32.497667020000002</v>
       </c>
       <c r="C333" s="5">
-        <v>-9.9408240000002479E-2</v>
+        <v>-0.10103501500000078</v>
       </c>
       <c r="D333" s="5">
-        <v>-3.5988790311471952</v>
+        <v>-3.6564791458127188</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>32.370711071000002</v>
+        <v>32.370566852000003</v>
       </c>
       <c r="C334" s="5">
-        <v>-0.12591834099999488</v>
+        <v>-0.12710016799999835</v>
       </c>
       <c r="D334" s="5">
-        <v>-4.5519501001960112</v>
+        <v>-4.5936148931367882</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>32.172839537999998</v>
+        <v>32.170171095000001</v>
       </c>
       <c r="C335" s="5">
-        <v>-0.19787153300000426</v>
+        <v>-0.20039575700000256</v>
       </c>
       <c r="D335" s="5">
-        <v>-7.0935551067056952</v>
+        <v>-7.1810195838107882</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>32.143900574</v>
+        <v>32.143300769</v>
       </c>
       <c r="C336" s="5">
-        <v>-2.893896399999818E-2</v>
+        <v>-2.6870326000000944E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>-1.0740572609732713</v>
+        <v>-0.99771539893790395</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>32.060757258000002</v>
+        <v>32.060584571</v>
       </c>
       <c r="C337" s="5">
-        <v>-8.3143315999997469E-2</v>
+        <v>-8.2716197999999963E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>-3.0601376928457436</v>
+        <v>-3.0446952088421853</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>31.608969494</v>
+        <v>31.608300071999999</v>
       </c>
       <c r="C338" s="5">
-        <v>-0.45178776400000231</v>
+        <v>-0.45228449900000101</v>
       </c>
       <c r="D338" s="5">
-        <v>-15.659001804758432</v>
+        <v>-15.674983446150382</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>31.533814318000001</v>
+        <v>31.53331773</v>
       </c>
       <c r="C339" s="5">
-        <v>-7.5155175999999102E-2</v>
+        <v>-7.4982341999998425E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>-2.8161669418504398</v>
+        <v>-2.8098336120549461</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>31.667305319</v>
+        <v>31.666995156999999</v>
       </c>
       <c r="C340" s="5">
-        <v>0.13349100099999944</v>
+        <v>0.13367742699999852</v>
       </c>
       <c r="D340" s="5">
-        <v>5.1998788318844635</v>
+        <v>5.2073947619661887</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>31.884396946999999</v>
+        <v>31.884395674</v>
       </c>
       <c r="C341" s="5">
-        <v>0.21709162799999859</v>
+        <v>0.21740051700000151</v>
       </c>
       <c r="D341" s="5">
-        <v>8.5438384253296196</v>
+        <v>8.5565446782213996</v>
       </c>
       <c r="E341" s="5">
-        <v>-2.153275666709642</v>
+        <v>-2.1531200627115998</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>31.850325160000001</v>
+        <v>31.850596517</v>
       </c>
       <c r="C342" s="5">
-        <v>-3.4071786999998466E-2</v>
+        <v>-3.379915700000069E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>-1.2748146807479155</v>
+        <v>-1.2646735291926836</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>31.863143695000002</v>
+        <v>31.864316079000002</v>
       </c>
       <c r="C343" s="5">
-        <v>1.2818535000000963E-2</v>
+        <v>1.3719562000002128E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>0.48402447502624568</v>
+        <v>0.5181232396230584</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>31.782704582000001</v>
+        <v>31.786299613000001</v>
       </c>
       <c r="C344" s="5">
-        <v>-8.0439113000000617E-2</v>
+        <v>-7.8016466000001117E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>-2.9877117154984867</v>
+        <v>-2.898831756421183</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>31.543710128000001</v>
+        <v>31.545375676999999</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.23899445400000019</v>
+        <v>-0.2409239360000015</v>
       </c>
       <c r="D345" s="5">
-        <v>-8.6595675851227192</v>
+        <v>-8.7256447379822752</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>31.617025848000001</v>
+        <v>31.616779337000001</v>
       </c>
       <c r="C346" s="5">
-        <v>7.3315720000000084E-2</v>
+        <v>7.1403660000001423E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>2.8250416157134861</v>
+        <v>2.7502984713945189</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>31.594805005000001</v>
+        <v>31.590643782000001</v>
       </c>
       <c r="C347" s="5">
-        <v>-2.2220842999999491E-2</v>
+        <v>-2.6135554999999755E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>-0.84012266167384775</v>
+        <v>-0.98746515610106389</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>31.643661703999999</v>
+        <v>31.642545514999998</v>
       </c>
       <c r="C348" s="5">
-        <v>4.8856698999998116E-2</v>
+        <v>5.1901732999997563E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>1.8714863328527231</v>
+        <v>1.9894487502458036</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>31.570566755000002</v>
+        <v>31.570274530999999</v>
       </c>
       <c r="C349" s="5">
-        <v>-7.3094948999997911E-2</v>
+        <v>-7.2270983999999316E-2</v>
       </c>
       <c r="D349" s="5">
-        <v>-2.7369809212659746</v>
+        <v>-2.7066090372212193</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>31.794984620000001</v>
+        <v>31.793977097999999</v>
       </c>
       <c r="C350" s="5">
-        <v>0.22441786499999949</v>
+        <v>0.22370256700000013</v>
       </c>
       <c r="D350" s="5">
-        <v>8.8716712976188781</v>
+        <v>8.8423683088178162</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>31.791998293999999</v>
+        <v>31.791927893</v>
       </c>
       <c r="C351" s="5">
-        <v>-2.9863260000020375E-3</v>
+        <v>-2.0492049999987216E-3</v>
       </c>
       <c r="D351" s="5">
-        <v>-0.11265111762026603</v>
+        <v>-7.7315727880178375E-2</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>32.013483555000001</v>
+        <v>32.013367529</v>
       </c>
       <c r="C352" s="5">
-        <v>0.22148526100000154</v>
+        <v>0.2214396359999995</v>
       </c>
       <c r="D352" s="5">
-        <v>8.6879249521630832</v>
+        <v>8.6860861449477245</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>31.879713411000001</v>
+        <v>31.879872659</v>
       </c>
       <c r="C353" s="5">
-        <v>-0.13377014399999965</v>
+        <v>-0.13349486999999982</v>
       </c>
       <c r="D353" s="5">
-        <v>-4.9006194928466922</v>
+        <v>-4.8907824103245794</v>
       </c>
       <c r="E353" s="5">
-        <v>-1.4689115832366983E-2</v>
+        <v>-1.4185669523880673E-2</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>31.924295951000001</v>
+        <v>31.924665218000001</v>
       </c>
       <c r="C354" s="5">
-        <v>4.4582540000000392E-2</v>
+        <v>4.479255900000112E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>1.6911212906508322</v>
+        <v>1.6991409200991514</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>32.188341096000002</v>
+        <v>32.189959004999999</v>
       </c>
       <c r="C355" s="5">
-        <v>0.26404514500000076</v>
+        <v>0.26529378699999739</v>
       </c>
       <c r="D355" s="5">
-        <v>10.389355889404772</v>
+        <v>10.440626867942115</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>32.278752498999999</v>
+        <v>32.283027740000001</v>
       </c>
       <c r="C356" s="5">
-        <v>9.0411402999997392E-2</v>
+        <v>9.3068735000002789E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>3.4231507606427236</v>
+        <v>3.5251881221499248</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>32.622741304000002</v>
+        <v>32.625192583999997</v>
       </c>
       <c r="C357" s="5">
-        <v>0.34398880500000217</v>
+        <v>0.34216484399999558</v>
       </c>
       <c r="D357" s="5">
-        <v>13.565004899490773</v>
+        <v>13.486942590305762</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>32.673927280999997</v>
+        <v>32.673612761999998</v>
       </c>
       <c r="C358" s="5">
-        <v>5.118597699999583E-2</v>
+        <v>4.8420178000000647E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>1.8991664263625196</v>
+        <v>1.795571237865512</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>32.813024167000002</v>
+        <v>32.806817420999998</v>
       </c>
       <c r="C359" s="5">
-        <v>0.13909688600000436</v>
+        <v>0.13320465900000045</v>
       </c>
       <c r="D359" s="5">
-        <v>5.2298721636067746</v>
+        <v>5.0033919868852195</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>32.225761986999998</v>
+        <v>32.224154001000002</v>
       </c>
       <c r="C360" s="5">
-        <v>-0.5872621800000033</v>
+        <v>-0.58266341999999582</v>
       </c>
       <c r="D360" s="5">
-        <v>-19.483805307698177</v>
+        <v>-19.349126981634456</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>32.560035130000003</v>
+        <v>32.559399808000002</v>
       </c>
       <c r="C361" s="5">
-        <v>0.33427314300000432</v>
+        <v>0.33524580699999973</v>
       </c>
       <c r="D361" s="5">
-        <v>13.182696262346582</v>
+        <v>13.223974175623843</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>32.568538246000003</v>
+        <v>32.567089107000001</v>
       </c>
       <c r="C362" s="5">
-        <v>8.5031159999999772E-3</v>
+        <v>7.6892989999990391E-3</v>
       </c>
       <c r="D362" s="5">
-        <v>0.31383282968926451</v>
+        <v>0.28376301090158318</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>32.739960904</v>
+        <v>32.740444941</v>
       </c>
       <c r="C363" s="5">
-        <v>0.17142265799999734</v>
+        <v>0.17335583399999877</v>
       </c>
       <c r="D363" s="5">
-        <v>6.5022237128971039</v>
+        <v>6.5780123774744848</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>32.839515716000001</v>
+        <v>32.839927219000003</v>
       </c>
       <c r="C364" s="5">
-        <v>9.9554812000000936E-2</v>
+        <v>9.9482278000003532E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>3.7105768517317506</v>
+        <v>3.7077723108065896</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>32.889222754000002</v>
+        <v>32.890006067000002</v>
       </c>
       <c r="C365" s="5">
-        <v>4.9707038000001091E-2</v>
+        <v>5.0078847999998288E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>1.8315596656615307</v>
+        <v>1.8453515771800211</v>
       </c>
       <c r="E365" s="5">
-        <v>3.166619881380961</v>
+        <v>3.1685616150503471</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>32.80176865</v>
+        <v>32.802806693999997</v>
       </c>
       <c r="C366" s="5">
-        <v>-8.745410400000253E-2</v>
+        <v>-8.7199373000004243E-2</v>
       </c>
       <c r="D366" s="5">
-        <v>-3.14460612222347</v>
+        <v>-3.135506263974086</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>32.923557637999998</v>
+        <v>32.925781589000003</v>
       </c>
       <c r="C367" s="5">
-        <v>0.12178898799999871</v>
+        <v>0.1229748950000058</v>
       </c>
       <c r="D367" s="5">
-        <v>4.5475740309779189</v>
+        <v>4.5926242973564291</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>32.190587467</v>
+        <v>32.195215961999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.73297017099999806</v>
+        <v>-0.73056562700000427</v>
       </c>
       <c r="D368" s="5">
-        <v>-23.675189369984139</v>
+        <v>-23.605341174591477</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>28.461068941000001</v>
+        <v>28.463227978999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-3.7295185259999997</v>
+        <v>-3.7319879829999998</v>
       </c>
       <c r="D369" s="5">
-        <v>-77.182521094484528</v>
+        <v>-77.201109939577677</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>28.423741614000001</v>
+        <v>28.423400542</v>
       </c>
       <c r="C370" s="5">
-        <v>-3.7327326999999855E-2</v>
+        <v>-3.9827436999999577E-2</v>
       </c>
       <c r="D370" s="5">
-        <v>-1.5625236622745398</v>
+        <v>-1.6662489499322031</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>28.203212289</v>
+        <v>28.195890721000001</v>
       </c>
       <c r="C371" s="5">
-        <v>-0.22052932500000111</v>
+        <v>-0.22750982099999817</v>
       </c>
       <c r="D371" s="5">
-        <v>-8.92315908852086</v>
+        <v>-9.1934026664546753</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>27.590868993000001</v>
+        <v>27.588674265000002</v>
       </c>
       <c r="C372" s="5">
-        <v>-0.61234329599999882</v>
+        <v>-0.60721645599999974</v>
       </c>
       <c r="D372" s="5">
-        <v>-23.157474081564732</v>
+        <v>-22.991235743177906</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>27.170249182999999</v>
+        <v>27.169032550000001</v>
       </c>
       <c r="C373" s="5">
-        <v>-0.42061981000000159</v>
+        <v>-0.41964171500000091</v>
       </c>
       <c r="D373" s="5">
-        <v>-16.835322448625291</v>
+        <v>-16.800616101439878</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>28.202682058000001</v>
+        <v>28.200902292999999</v>
       </c>
       <c r="C374" s="5">
-        <v>1.0324328750000014</v>
+        <v>1.0318697429999979</v>
       </c>
       <c r="D374" s="5">
-        <v>56.444925218727192</v>
+        <v>56.410519087205557</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>28.049042843999999</v>
+        <v>28.04940392</v>
       </c>
       <c r="C375" s="5">
-        <v>-0.1536392140000018</v>
+        <v>-0.15149837299999902</v>
       </c>
       <c r="D375" s="5">
-        <v>-6.3448610120982458</v>
+        <v>-6.259429752788459</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>27.886001046000001</v>
+        <v>27.889198477000001</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.16304179799999829</v>
+        <v>-0.16020544299999884</v>
       </c>
       <c r="D376" s="5">
-        <v>-6.7565525665188257</v>
+        <v>-6.6425977417047584</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>27.916697705000001</v>
+        <v>27.918042159999999</v>
       </c>
       <c r="C377" s="5">
-        <v>3.0696659000000182E-2</v>
+        <v>2.8843682999998066E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>1.3289761084571028</v>
+        <v>1.2481528809012099</v>
       </c>
       <c r="E377" s="5">
-        <v>-15.119010522665032</v>
+        <v>-15.116944329142568</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>28.064846113000002</v>
+        <v>28.066799302</v>
       </c>
       <c r="C378" s="5">
-        <v>0.14814840800000084</v>
+        <v>0.1487571420000009</v>
       </c>
       <c r="D378" s="5">
-        <v>6.5573610352006817</v>
+        <v>6.584772964547736</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>28.111574118</v>
+        <v>28.114525561000001</v>
       </c>
       <c r="C379" s="5">
-        <v>4.6728004999998518E-2</v>
+        <v>4.7726259000000937E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>2.0164001904175333</v>
+        <v>2.059735741035551</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>27.997373679999999</v>
+        <v>28.001526774999999</v>
       </c>
       <c r="C380" s="5">
-        <v>-0.11420043800000101</v>
+        <v>-0.11299878600000213</v>
       </c>
       <c r="D380" s="5">
-        <v>-4.7674202698618</v>
+        <v>-4.7178754769521376</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>28.807394586000001</v>
+        <v>28.809043032000002</v>
       </c>
       <c r="C381" s="5">
-        <v>0.81002090600000187</v>
+        <v>0.80751625700000318</v>
       </c>
       <c r="D381" s="5">
-        <v>40.812189075840585</v>
+        <v>40.658326574341785</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>29.056702161</v>
+        <v>29.054910313000001</v>
       </c>
       <c r="C382" s="5">
-        <v>0.24930757499999956</v>
+        <v>0.24586728099999888</v>
       </c>
       <c r="D382" s="5">
-        <v>10.894009213737821</v>
+        <v>10.735910998513543</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>29.619822923000001</v>
+        <v>29.609856954000001</v>
       </c>
       <c r="C383" s="5">
-        <v>0.5631207620000005</v>
+        <v>0.5549466410000008</v>
       </c>
       <c r="D383" s="5">
-        <v>25.90229094462282</v>
+        <v>25.487723681545148</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>30.256073970999999</v>
+        <v>30.251877344</v>
       </c>
       <c r="C384" s="5">
-        <v>0.63625104799999832</v>
+        <v>0.642020389999999</v>
       </c>
       <c r="D384" s="5">
-        <v>29.051003299049949</v>
+        <v>29.357692193125651</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>30.541736744000001</v>
+        <v>30.538978567000001</v>
       </c>
       <c r="C385" s="5">
-        <v>0.28566277300000209</v>
+        <v>0.28710122300000052</v>
       </c>
       <c r="D385" s="5">
-        <v>11.937054197413488</v>
+        <v>12.002087075561786</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>30.771852161999998</v>
+        <v>30.769362741999998</v>
       </c>
       <c r="C386" s="5">
-        <v>0.23011541799999691</v>
+        <v>0.23038417499999753</v>
       </c>
       <c r="D386" s="5">
-        <v>9.4255893726584929</v>
+        <v>9.43794640899862</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>31.324972392999999</v>
+        <v>31.325544090000001</v>
       </c>
       <c r="C387" s="5">
-        <v>0.55312023100000118</v>
+        <v>0.55618134800000263</v>
       </c>
       <c r="D387" s="5">
-        <v>23.835372734370619</v>
+        <v>23.98280403654196</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>31.455396837999999</v>
+        <v>31.462871737</v>
       </c>
       <c r="C388" s="5">
-        <v>0.13042444499999917</v>
+        <v>0.13732764699999933</v>
       </c>
       <c r="D388" s="5">
-        <v>5.1123292048940616</v>
+        <v>5.3893782770901399</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>31.509791243999999</v>
+        <v>31.513592372000002</v>
       </c>
       <c r="C389" s="5">
-        <v>5.4394406000000117E-2</v>
+        <v>5.0720635000001124E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>2.0949564828281808</v>
+        <v>1.9517393824196816</v>
       </c>
       <c r="E389" s="5">
-        <v>12.870768516279263</v>
+        <v>12.878948285104252</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>31.762777301</v>
+        <v>31.766985815000002</v>
       </c>
       <c r="C390" s="5">
-        <v>0.2529860570000011</v>
+        <v>0.25339344300000022</v>
       </c>
       <c r="D390" s="5">
-        <v>10.071611389464486</v>
+        <v>10.087282605882187</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>31.962152647</v>
+        <v>31.969275616000001</v>
       </c>
       <c r="C391" s="5">
-        <v>0.19937534600000006</v>
+        <v>0.20228980099999916</v>
       </c>
       <c r="D391" s="5">
-        <v>7.7979793385299256</v>
+        <v>7.9149069392558058</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>32.343561512000001</v>
+        <v>32.348611059</v>
       </c>
       <c r="C392" s="5">
-        <v>0.38140886500000093</v>
+        <v>0.37933544299999866</v>
       </c>
       <c r="D392" s="5">
-        <v>15.298015130689603</v>
+        <v>15.205737733206748</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>32.247167238999999</v>
+        <v>32.248066452000003</v>
       </c>
       <c r="C393" s="5">
-        <v>-9.6394273000001363E-2</v>
+        <v>-0.10054460699999623</v>
       </c>
       <c r="D393" s="5">
-        <v>-3.518343212190278</v>
+        <v>-3.6666857854447565</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>32.482687173000002</v>
+        <v>32.475180967</v>
       </c>
       <c r="C394" s="5">
-        <v>0.23551993400000271</v>
+        <v>0.22711451499999669</v>
       </c>
       <c r="D394" s="5">
-        <v>9.1250753168640628</v>
+        <v>8.7864481145107032</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>32.412706860999997</v>
+        <v>32.398069819</v>
       </c>
       <c r="C395" s="5">
-        <v>-6.998031200000554E-2</v>
+        <v>-7.7111148000000185E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>-2.5548513842154397</v>
+        <v>-2.8124384287345316</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>32.728041165999997</v>
+        <v>32.720148653000003</v>
       </c>
       <c r="C396" s="5">
-        <v>0.31533430500000037</v>
+        <v>0.3220788340000027</v>
       </c>
       <c r="D396" s="5">
-        <v>12.319855255509182</v>
+        <v>12.603936424694396</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>32.821349638000001</v>
+        <v>32.816158969999996</v>
       </c>
       <c r="C397" s="5">
-        <v>9.3308472000003917E-2</v>
+        <v>9.6010316999993961E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>3.4753905024045961</v>
+        <v>3.5785305525848132</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>32.844616051999999</v>
+        <v>32.841955190999997</v>
       </c>
       <c r="C398" s="5">
-        <v>2.3266413999998292E-2</v>
+        <v>2.579622100000023E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>0.8539809983425295</v>
+        <v>0.94738848386017871</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>33.003786863000002</v>
+        <v>33.005823051</v>
       </c>
       <c r="C399" s="5">
-        <v>0.15917081100000274</v>
+        <v>0.16386786000000342</v>
       </c>
       <c r="D399" s="5">
-        <v>5.972947225727987</v>
+        <v>6.1545842372723536</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>33.348098088999997</v>
+        <v>33.361805670999999</v>
       </c>
       <c r="C400" s="5">
-        <v>0.34431122599999497</v>
+        <v>0.35598261999999892</v>
       </c>
       <c r="D400" s="5">
-        <v>13.262868759890578</v>
+        <v>13.738573080443084</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>33.392917799999999</v>
+        <v>33.401365615000003</v>
       </c>
       <c r="C401" s="5">
-        <v>4.4819711000002371E-2</v>
+        <v>3.9559944000004066E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>1.6247705382394173</v>
+        <v>1.4322595032165708</v>
       </c>
       <c r="E401" s="5">
-        <v>5.9763219039370208</v>
+        <v>5.9903460726276947</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>33.569196916000003</v>
+        <v>33.577681767999998</v>
       </c>
       <c r="C402" s="5">
-        <v>0.17627911600000346</v>
+        <v>0.17631615299999481</v>
       </c>
       <c r="D402" s="5">
-        <v>6.5219231820842438</v>
+        <v>6.5216354398250242</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>33.583629389999999</v>
+        <v>33.596189914999997</v>
       </c>
       <c r="C403" s="5">
-        <v>1.4432473999995921E-2</v>
+        <v>1.8508146999998587E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>0.51714017704380666</v>
+        <v>0.66345354172219206</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>33.376798030000003</v>
+        <v>33.380410519999998</v>
       </c>
       <c r="C404" s="5">
-        <v>-0.20683135999999536</v>
+        <v>-0.21577939499999843</v>
       </c>
       <c r="D404" s="5">
-        <v>-7.1451687326371633</v>
+        <v>-7.4407664161659444</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>33.160232717</v>
+        <v>33.160954631000003</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.21656531300000381</v>
+        <v>-0.21945588899999535</v>
       </c>
       <c r="D405" s="5">
-        <v>-7.5142573603582345</v>
+        <v>-7.6101606083665674</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>32.982730298</v>
+        <v>32.967422309</v>
       </c>
       <c r="C406" s="5">
-        <v>-0.17750241899999963</v>
+        <v>-0.19353232200000292</v>
       </c>
       <c r="D406" s="5">
-        <v>-6.2376669048628708</v>
+        <v>-6.7828966285002235</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>32.620609315999999</v>
+        <v>32.597010496999999</v>
       </c>
       <c r="C407" s="5">
-        <v>-0.36212098200000042</v>
+        <v>-0.3704118120000004</v>
       </c>
       <c r="D407" s="5">
-        <v>-12.407769716609796</v>
+        <v>-12.680071556351912</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>32.244333677</v>
+        <v>32.233944870000002</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.37627563899999927</v>
+        <v>-0.36306562699999745</v>
       </c>
       <c r="D408" s="5">
-        <v>-12.99663417188459</v>
+        <v>-12.576490312862909</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>32.028943679000001</v>
+        <v>32.022440951</v>
       </c>
       <c r="C409" s="5">
-        <v>-0.21538999799999914</v>
+        <v>-0.21150391900000187</v>
       </c>
       <c r="D409" s="5">
-        <v>-7.7278779904133792</v>
+        <v>-7.5958032201952523</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>31.907298827000002</v>
+        <v>31.905674650000002</v>
       </c>
       <c r="C410" s="5">
-        <v>-0.1216448519999993</v>
+        <v>-0.11676630099999841</v>
       </c>
       <c r="D410" s="5">
-        <v>-4.4635526708423185</v>
+        <v>-4.2889710007781856</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>31.698800935000001</v>
+        <v>31.703205491999999</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.20849789200000046</v>
+        <v>-0.20246915800000309</v>
       </c>
       <c r="D411" s="5">
-        <v>-7.5656188702713845</v>
+        <v>-7.3548004664983786</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>31.148142462999999</v>
+        <v>31.165494793000001</v>
       </c>
       <c r="C412" s="5">
-        <v>-0.55065847200000206</v>
+        <v>-0.53771069899999802</v>
       </c>
       <c r="D412" s="5">
-        <v>-18.96515348147183</v>
+        <v>-18.557666806930484</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>31.085554244000001</v>
+        <v>31.098758332999999</v>
       </c>
       <c r="C413" s="5">
-        <v>-6.2588218999998446E-2</v>
+        <v>-6.673646000000133E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>-2.3847765965556933</v>
+        <v>-2.539580035834943</v>
       </c>
       <c r="E413" s="5">
-        <v>-6.9097392741163777</v>
+        <v>-6.8937519158376537</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>30.877166861999999</v>
+        <v>30.889320081000001</v>
       </c>
       <c r="C414" s="5">
-        <v>-0.20838738200000151</v>
+        <v>-0.20943825199999822</v>
       </c>
       <c r="D414" s="5">
-        <v>-7.7543371308676834</v>
+        <v>-7.7888170163080916</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>30.549141958</v>
+        <v>30.566072746</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.3280249039999994</v>
+        <v>-0.32324733500000136</v>
       </c>
       <c r="D415" s="5">
-        <v>-12.029135020250036</v>
+        <v>-11.859497704736089</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>30.497110162999999</v>
+        <v>30.498699189</v>
       </c>
       <c r="C416" s="5">
-        <v>-5.2031795000001324E-2</v>
+        <v>-6.7373556999999806E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>-2.02482154402569</v>
+        <v>-2.6132014333050235</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>30.431748589000001</v>
+        <v>30.431882546000001</v>
       </c>
       <c r="C417" s="5">
-        <v>-6.5361573999997091E-2</v>
+        <v>-6.6816642999999232E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>-2.5417461512527106</v>
+        <v>-2.5975163674069379</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>30.165425290000002</v>
+        <v>30.143986802000001</v>
       </c>
       <c r="C418" s="5">
-        <v>-0.26632329899999974</v>
+        <v>-0.28789574400000006</v>
       </c>
       <c r="D418" s="5">
-        <v>-10.010768437027441</v>
+        <v>-10.779949908688224</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>30.134478387000001</v>
+        <v>30.101698008</v>
       </c>
       <c r="C419" s="5">
-        <v>-3.0946903000000248E-2</v>
+        <v>-4.2288794000000962E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-1.2241649911035823</v>
+        <v>-1.67054286601791</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>29.892212506</v>
+        <v>29.880942394000002</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.24226588100000157</v>
+        <v>-0.22075561399999799</v>
       </c>
       <c r="D420" s="5">
-        <v>-9.2320366238150431</v>
+        <v>-8.4539626665087511</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>29.650048269999999</v>
+        <v>29.643494052000001</v>
       </c>
       <c r="C421" s="5">
-        <v>-0.2421642360000007</v>
+        <v>-0.23744834200000042</v>
       </c>
       <c r="D421" s="5">
-        <v>-9.2998251241157135</v>
+        <v>-9.1298544895774043</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>29.582316889000001</v>
+        <v>29.582169360999998</v>
       </c>
       <c r="C422" s="5">
-        <v>-6.7731380999997981E-2</v>
+        <v>-6.1324691000002929E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>-2.7070519945699423</v>
+        <v>-2.4544363130279856</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>29.222537307</v>
+        <v>29.229109991000001</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.3597795820000016</v>
+        <v>-0.35305936999999687</v>
       </c>
       <c r="D423" s="5">
-        <v>-13.656660588955717</v>
+        <v>-13.418148404401242</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>29.098060713999999</v>
+        <v>29.119274412999999</v>
       </c>
       <c r="C424" s="5">
-        <v>-0.12447659300000069</v>
+        <v>-0.10983557800000199</v>
       </c>
       <c r="D424" s="5">
-        <v>-4.993463160005196</v>
+        <v>-4.4172566962271897</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>29.224913783000002</v>
+        <v>29.241665145999999</v>
       </c>
       <c r="C425" s="5">
-        <v>0.12685306900000271</v>
+        <v>0.12239073299999959</v>
       </c>
       <c r="D425" s="5">
-        <v>5.3586785357376154</v>
+        <v>5.1619439126260103</v>
       </c>
       <c r="E425" s="5">
-        <v>-5.9855470048732702</v>
+        <v>-5.9715991459034274</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>28.595593646000001</v>
+        <v>28.616214148000001</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.62932013700000056</v>
+        <v>-0.62545099799999804</v>
       </c>
       <c r="D426" s="5">
-        <v>-22.989394149268172</v>
+        <v>-22.852664497478347</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>28.532594190000001</v>
+        <v>28.547646644</v>
       </c>
       <c r="C427" s="5">
-        <v>-6.2999456000000009E-2</v>
+        <v>-6.8567504000000667E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-2.6119406265752154</v>
+        <v>-2.8377363679629175</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>28.242741043999999</v>
+        <v>28.306037938999999</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.28985314600000223</v>
+        <v>-0.24160870500000087</v>
       </c>
       <c r="D428" s="5">
-        <v>-11.531836265192986</v>
+        <v>-9.6963586674249864</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>28.312191929000001</v>
+        <v>28.082760546999999</v>
       </c>
       <c r="C429" s="5">
-        <v>6.9450885000001961E-2</v>
+        <v>-0.22327739199999996</v>
       </c>
       <c r="D429" s="5">
-        <v>2.9911236648741069</v>
+        <v>-9.0655279918386622</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>28.274495350999999</v>
+        <v>28.328613226000002</v>
       </c>
       <c r="C430" s="5">
-        <v>-3.7696578000002035E-2</v>
+        <v>0.24585267900000218</v>
       </c>
       <c r="D430" s="5">
-        <v>-1.5861045125736606</v>
+        <v>11.026389487910638</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>28.374755808</v>
+        <v>28.293145247999998</v>
       </c>
       <c r="C431" s="5">
-        <v>0.10026045700000097</v>
+        <v>-3.5467978000003342E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>4.3391380998316631</v>
+        <v>-1.4921206838782175</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>28.335408871999999</v>
+        <v>28.251320098000001</v>
       </c>
       <c r="C432" s="5">
-        <v>-3.9346936000001165E-2</v>
+        <v>-4.1825149999997535E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>-1.6513930248824193</v>
+        <v>-1.7595820768826487</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>28.124287027000001</v>
+        <v>28.040824782000001</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.21112184499999742</v>
+        <v>-0.21049531599999938</v>
       </c>
       <c r="D433" s="5">
-        <v>-8.5835287101764237</v>
+        <v>-8.5835287401718965</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>27.935713744000001</v>
+        <v>27.852811114000001</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.1885732830000002</v>
+        <v>-0.18801366799999997</v>
       </c>
       <c r="D434" s="5">
-        <v>-7.7558138270436121</v>
+        <v>-7.7558137940643697</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>27.732662541</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.12014857300000159</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-5.0553720146220282</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>27.326836192999998</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.4058263480000015</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-16.213618085901516</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">