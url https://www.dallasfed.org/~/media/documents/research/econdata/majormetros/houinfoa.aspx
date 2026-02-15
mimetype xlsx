--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{42B57A56-5A39-41E1-A7D3-47F5D93386B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{85B22F58-49EE-4E77-AF43-1E0C2CB14608}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C5688E29-92EB-4457-B8F8-CE5C3CB597EF}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{A4438CA4-E80D-4E28-ABBB-D898834ACF36}"/>
   </bookViews>
   <sheets>
     <sheet name="houinfoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Information Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9648FB8E-36DC-4611-BAA9-FE987CC23650}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5F3F5931-E735-4D3C-8C42-35DBA11E346E}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>28.293145247999998</v>
       </c>
       <c r="C431" s="5">
         <v>-3.5467978000003342E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-1.4921206838782175</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>28.251320098000001</v>
       </c>
       <c r="C432" s="5">
         <v>-4.1825149999997535E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-1.7595820768826487</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>28.040824782000001</v>
       </c>
       <c r="C433" s="5">
         <v>-0.21049531599999938</v>
       </c>
       <c r="D433" s="5">
         <v>-8.5835287401718965</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>27.852811114000001</v>
       </c>
       <c r="C434" s="5">
         <v>-0.18801366799999997</v>
       </c>
       <c r="D434" s="5">
         <v>-7.7558137940643697</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>27.732662541</v>
       </c>
       <c r="C435" s="5">
         <v>-0.12014857300000159</v>
       </c>
       <c r="D435" s="5">
         <v>-5.0553720146220282</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>27.326836192999998</v>
+        <v>27.222353478999999</v>
       </c>
       <c r="C436" s="5">
-        <v>-0.4058263480000015</v>
+        <v>-0.51030906200000103</v>
       </c>
       <c r="D436" s="5">
-        <v>-16.213618085901516</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-19.978032977280879</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>27.616472294000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.39411881500000234</v>
+      </c>
+      <c r="D437" s="5">
+        <v>18.825702055557979</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-5.5577985859752266</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>