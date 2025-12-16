--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{09645715-2405-4F78-A036-A0F28F857630}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{21044F2E-6C6B-476B-9C89-1B01CAC95C24}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{926BB8F2-D55D-4E6E-9202-85A901237122}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4EF2DF75-1B61-403A-96E9-753DEA101246}"/>
   </bookViews>
   <sheets>
     <sheet name="houleiha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Leisure and Hospitality Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D43DB581-125B-4C2B-832F-80EE7971E685}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{623491A2-F802-4FF8-AD71-5A15CD231E95}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>1.5678241399999706</v>
       </c>
       <c r="D431" s="5">
         <v>5.2958245124500758</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>365.50660736999998</v>
       </c>
       <c r="C432" s="5">
         <v>0.13715691999999535</v>
       </c>
       <c r="D432" s="5">
         <v>0.45140213003072027</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>365.65466361</v>
+        <v>366.02556920000001</v>
       </c>
       <c r="C433" s="5">
-        <v>0.14805624000001671</v>
+        <v>0.51896183000002338</v>
       </c>
       <c r="D433" s="5">
-        <v>0.48716998096465236</v>
+        <v>1.7171795104293119</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>366.22688156999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.20131236999998237</v>
+      </c>
+      <c r="D434" s="5">
+        <v>0.66199458048119553</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>