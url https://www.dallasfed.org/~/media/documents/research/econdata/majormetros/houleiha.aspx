--- v1 (2025-12-16)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{21044F2E-6C6B-476B-9C89-1B01CAC95C24}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{00CF4F87-65B0-45E3-8FC6-E55FF40EC8A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4EF2DF75-1B61-403A-96E9-753DEA101246}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{9AC7A168-52A2-485E-88B8-132F8F236E1C}"/>
   </bookViews>
   <sheets>
     <sheet name="houleiha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Leisure and Hospitality Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{623491A2-F802-4FF8-AD71-5A15CD231E95}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4F429ACB-B00E-41DA-8903-6D8C1DB4FBED}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>130.19622747</v>
+        <v>130.19540258000001</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>132.10224070999999</v>
+        <v>132.10179817</v>
       </c>
       <c r="C7" s="5">
-        <v>1.9060132399999929</v>
+        <v>1.9063955899999883</v>
       </c>
       <c r="D7" s="5">
-        <v>19.053290913274278</v>
+        <v>19.057556589605351</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>132.72501111</v>
+        <v>132.72484888</v>
       </c>
       <c r="C8" s="5">
-        <v>0.62277040000000738</v>
+        <v>0.62305071000000112</v>
       </c>
       <c r="D8" s="5">
-        <v>5.8061798911397844</v>
+        <v>5.8088813913268034</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>134.47152642</v>
+        <v>134.47153639999999</v>
       </c>
       <c r="C9" s="5">
-        <v>1.7465153100000066</v>
+        <v>1.7466875199999947</v>
       </c>
       <c r="D9" s="5">
-        <v>16.985159594308641</v>
+        <v>16.986979690040592</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>135.81195772000001</v>
+        <v>135.81209770000001</v>
       </c>
       <c r="C10" s="5">
-        <v>1.3404313000000059</v>
+        <v>1.3405613000000187</v>
       </c>
       <c r="D10" s="5">
-        <v>12.639859152641208</v>
+        <v>12.64115200362539</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>137.80579743000001</v>
+        <v>137.80627358999999</v>
       </c>
       <c r="C11" s="5">
-        <v>1.9938397100000032</v>
+        <v>1.9941758899999797</v>
       </c>
       <c r="D11" s="5">
-        <v>19.111514688978382</v>
+        <v>19.114980315680729</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>140.27205076000001</v>
+        <v>140.27234580000001</v>
       </c>
       <c r="C12" s="5">
-        <v>2.4662533300000007</v>
+        <v>2.4660722100000214</v>
       </c>
       <c r="D12" s="5">
-        <v>23.721134565531333</v>
+        <v>23.719127401052219</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>142.10475561999999</v>
+        <v>142.10485274000001</v>
       </c>
       <c r="C13" s="5">
-        <v>1.8327048599999785</v>
+        <v>1.8325069400000018</v>
       </c>
       <c r="D13" s="5">
-        <v>16.855615888513032</v>
+        <v>16.85362482620323</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>141.24392775000001</v>
+        <v>141.24347309000001</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.86082786999998007</v>
+        <v>-0.86137965000000349</v>
       </c>
       <c r="D14" s="5">
-        <v>-7.0318717364944323</v>
+        <v>-7.0362252368044835</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>141.19343462</v>
+        <v>141.19374106999999</v>
       </c>
       <c r="C15" s="5">
-        <v>-5.0493130000006659E-2</v>
+        <v>-4.9732020000021748E-2</v>
       </c>
       <c r="D15" s="5">
-        <v>-0.4281441615769821</v>
+        <v>-0.42170436290445146</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>140.39241376000001</v>
+        <v>140.39207918</v>
       </c>
       <c r="C16" s="5">
-        <v>-0.80102085999999417</v>
+        <v>-0.80166188999999122</v>
       </c>
       <c r="D16" s="5">
-        <v>-6.599402021111489</v>
+        <v>-6.60450559414274</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>141.09469675</v>
+        <v>141.09532118000001</v>
       </c>
       <c r="C17" s="5">
-        <v>0.70228298999998628</v>
+        <v>0.70324200000001724</v>
       </c>
       <c r="D17" s="5">
-        <v>6.1706789845603183</v>
+        <v>6.1793540519110124</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>136.02309195999999</v>
+        <v>136.0225021</v>
       </c>
       <c r="C18" s="5">
-        <v>-5.0716047900000092</v>
+        <v>-5.0728190800000164</v>
       </c>
       <c r="D18" s="5">
-        <v>-35.549925168260287</v>
+        <v>-35.556701411367975</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>137.46594529999999</v>
+        <v>137.46551822000001</v>
       </c>
       <c r="C19" s="5">
-        <v>1.4428533399999992</v>
+        <v>1.44301612000001</v>
       </c>
       <c r="D19" s="5">
-        <v>13.498406237472516</v>
+        <v>13.500081034570343</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>138.02262576000001</v>
+        <v>138.02253741000001</v>
       </c>
       <c r="C20" s="5">
-        <v>0.55668046000002391</v>
+        <v>0.55701919000000544</v>
       </c>
       <c r="D20" s="5">
-        <v>4.9692146509533019</v>
+        <v>4.9723218251711998</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>138.67233884999999</v>
+        <v>138.67238716</v>
       </c>
       <c r="C21" s="5">
-        <v>0.64971308999997746</v>
+        <v>0.64984974999998713</v>
       </c>
       <c r="D21" s="5">
-        <v>5.797319025306602</v>
+        <v>5.7985739850069384</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>139.08024535000001</v>
+        <v>139.08040073000001</v>
       </c>
       <c r="C22" s="5">
-        <v>0.40790650000002415</v>
+        <v>0.40801357000000849</v>
       </c>
       <c r="D22" s="5">
-        <v>3.5874858586022462</v>
+        <v>3.5884415458584007</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>139.53502994999999</v>
+        <v>139.53547237000001</v>
       </c>
       <c r="C23" s="5">
-        <v>0.45478459999998222</v>
+        <v>0.45507163999999989</v>
       </c>
       <c r="D23" s="5">
-        <v>3.9952782961851785</v>
+        <v>3.9978409446864482</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>138.76512923000001</v>
+        <v>138.76537741999999</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.76990071999998122</v>
+        <v>-0.77009495000001493</v>
       </c>
       <c r="D24" s="5">
-        <v>-6.4238583371786557</v>
+        <v>-6.4254103125234163</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>138.12257600000001</v>
+        <v>138.12261864000001</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.64255323000000431</v>
+        <v>-0.64275877999997988</v>
       </c>
       <c r="D25" s="5">
-        <v>-5.4172582561648586</v>
+        <v>-5.4189378592256361</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>140.85957787000001</v>
+        <v>140.85911781999999</v>
       </c>
       <c r="C26" s="5">
-        <v>2.7370018700000003</v>
+        <v>2.7364991799999814</v>
       </c>
       <c r="D26" s="5">
-        <v>26.549536261547392</v>
+        <v>26.544107805033732</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>140.71131722999999</v>
+        <v>140.71149753</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.14826064000001793</v>
+        <v>-0.14762028999999188</v>
       </c>
       <c r="D27" s="5">
-        <v>-1.2557643709234734</v>
+        <v>-1.2503759050886853</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>141.54393174</v>
+        <v>141.54351596000001</v>
       </c>
       <c r="C28" s="5">
-        <v>0.8326145100000133</v>
+        <v>0.83201843000000508</v>
       </c>
       <c r="D28" s="5">
-        <v>7.3363240039075128</v>
+        <v>7.3308901590594999</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>141.70883004999999</v>
+        <v>141.70923221999999</v>
       </c>
       <c r="C29" s="5">
-        <v>0.16489830999998389</v>
+        <v>0.16571625999998219</v>
       </c>
       <c r="D29" s="5">
-        <v>1.4069893806630374</v>
+        <v>1.4140176947281313</v>
       </c>
       <c r="E29" s="5">
-        <v>0.43526320559599263</v>
+        <v>0.43510375458644113</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>139.59946887999999</v>
+        <v>139.59923641</v>
       </c>
       <c r="C30" s="5">
-        <v>-2.1093611699999997</v>
+        <v>-2.1099958099999867</v>
       </c>
       <c r="D30" s="5">
-        <v>-16.470046127853877</v>
+        <v>-16.474559895079111</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>138.77046519000001</v>
+        <v>138.7700772</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.82900368999997909</v>
+        <v>-0.82915921000000026</v>
       </c>
       <c r="D31" s="5">
-        <v>-6.8979297825949581</v>
+        <v>-6.8991929645653922</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>139.85683315</v>
+        <v>139.85690502</v>
       </c>
       <c r="C32" s="5">
-        <v>1.0863679599999898</v>
+        <v>1.0868278199999963</v>
       </c>
       <c r="D32" s="5">
-        <v>9.8094587732467495</v>
+        <v>9.8138202258611695</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>139.72286349999999</v>
+        <v>139.72299774000001</v>
       </c>
       <c r="C33" s="5">
-        <v>-0.1339696500000116</v>
+        <v>-0.1339072799999883</v>
       </c>
       <c r="D33" s="5">
-        <v>-1.1434500204699494</v>
+        <v>-1.1429198995764334</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>139.98831061999999</v>
+        <v>139.98848151999999</v>
       </c>
       <c r="C34" s="5">
-        <v>0.26544712000000459</v>
+        <v>0.26548377999998252</v>
       </c>
       <c r="D34" s="5">
-        <v>2.3037467225907493</v>
+        <v>2.3040659806618624</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>139.18711722</v>
+        <v>139.18750175</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.80119339999998829</v>
+        <v>-0.80097976999999787</v>
       </c>
       <c r="D35" s="5">
-        <v>-6.6558274435632452</v>
+        <v>-6.654100338733504</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>140.78114579999999</v>
+        <v>140.7813572</v>
       </c>
       <c r="C36" s="5">
-        <v>1.5940285799999856</v>
+        <v>1.5938554500000066</v>
       </c>
       <c r="D36" s="5">
-        <v>14.642452013779938</v>
+        <v>14.640717175300487</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>140.69361821999999</v>
+        <v>140.69361218</v>
       </c>
       <c r="C37" s="5">
-        <v>-8.7527579999999716E-2</v>
+        <v>-8.774501999999984E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>-0.74352767630198047</v>
+        <v>-0.74536733894388085</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>141.19583526</v>
+        <v>141.19534630999999</v>
       </c>
       <c r="C38" s="5">
-        <v>0.502217040000005</v>
+        <v>0.50173412999998845</v>
       </c>
       <c r="D38" s="5">
-        <v>4.3686005026020602</v>
+        <v>4.3643173073013797</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>142.47635840000001</v>
+        <v>142.47636750000001</v>
       </c>
       <c r="C39" s="5">
-        <v>1.2805231400000139</v>
+        <v>1.2810211900000184</v>
       </c>
       <c r="D39" s="5">
-        <v>11.442548070702085</v>
+        <v>11.447264593539263</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>144.79907678999999</v>
+        <v>144.79860647000001</v>
       </c>
       <c r="C40" s="5">
-        <v>2.3227183899999773</v>
+        <v>2.3222389700000008</v>
       </c>
       <c r="D40" s="5">
-        <v>21.415977007611954</v>
+        <v>21.411151601511701</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>144.52659818999999</v>
+        <v>144.52644154999999</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.27247859999999946</v>
+        <v>-0.2721649200000229</v>
       </c>
       <c r="D41" s="5">
-        <v>-2.2348993272401585</v>
+        <v>-2.2323602047493063</v>
       </c>
       <c r="E41" s="5">
-        <v>1.9884210031271721</v>
+        <v>1.9880210243651275</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>144.14650295999999</v>
+        <v>144.14687239</v>
       </c>
       <c r="C42" s="5">
-        <v>-0.3800952299999949</v>
+        <v>-0.37956915999998841</v>
       </c>
       <c r="D42" s="5">
-        <v>-3.1106678868178306</v>
+        <v>-3.1064278893595976</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>144.97813834999999</v>
+        <v>144.97785959000001</v>
       </c>
       <c r="C43" s="5">
-        <v>0.83163539000000242</v>
+        <v>0.83098720000000981</v>
       </c>
       <c r="D43" s="5">
-        <v>7.1472171346071534</v>
+        <v>7.1414497909782604</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>144.92908412</v>
+        <v>144.92933803</v>
       </c>
       <c r="C44" s="5">
-        <v>-4.9054229999995869E-2</v>
+        <v>-4.8521560000011732E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>-0.40527250988404706</v>
+        <v>-0.40088060436219708</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>145.36922401999999</v>
+        <v>145.36943532000001</v>
       </c>
       <c r="C45" s="5">
-        <v>0.44013989999999126</v>
+        <v>0.4400972900000113</v>
       </c>
       <c r="D45" s="5">
-        <v>3.7058114340411841</v>
+        <v>3.7054400604388249</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>145.59602952</v>
+        <v>145.59622302</v>
       </c>
       <c r="C46" s="5">
-        <v>0.22680550000001176</v>
+        <v>0.22678769999998849</v>
       </c>
       <c r="D46" s="5">
-        <v>1.8883933930947228</v>
+        <v>1.8882411472597393</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>145.65984961999999</v>
+        <v>145.66016728</v>
       </c>
       <c r="C47" s="5">
-        <v>6.3820099999986724E-2</v>
+        <v>6.3944259999999531E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>0.52727415237259212</v>
+        <v>0.52830172298004019</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>144.66095322999999</v>
+        <v>144.66106748999999</v>
       </c>
       <c r="C48" s="5">
-        <v>-0.99889638999999875</v>
+        <v>-0.99909979000000249</v>
       </c>
       <c r="D48" s="5">
-        <v>-7.9258786451132153</v>
+        <v>-7.9274155173865708</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>147.38875608999999</v>
+        <v>147.38868418000001</v>
       </c>
       <c r="C49" s="5">
-        <v>2.7278028599999971</v>
+        <v>2.7276166900000192</v>
       </c>
       <c r="D49" s="5">
-        <v>25.128538699902748</v>
+        <v>25.126620133652587</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>149.03611995</v>
+        <v>149.03567815</v>
       </c>
       <c r="C50" s="5">
-        <v>1.6473638600000129</v>
+        <v>1.6469939699999827</v>
       </c>
       <c r="D50" s="5">
-        <v>14.268409615988876</v>
+        <v>14.26501384752752</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>147.81857395</v>
+        <v>147.81839873999999</v>
       </c>
       <c r="C51" s="5">
-        <v>-1.2175459999999987</v>
+        <v>-1.2172794100000033</v>
       </c>
       <c r="D51" s="5">
-        <v>-9.3746550813911362</v>
+        <v>-9.3727203023622589</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>148.09831077000001</v>
+        <v>148.09784741999999</v>
       </c>
       <c r="C52" s="5">
-        <v>0.27973682000001077</v>
+        <v>0.27944868000000156</v>
       </c>
       <c r="D52" s="5">
-        <v>2.294706538732405</v>
+        <v>2.2923210153366069</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>148.45932346999999</v>
+        <v>148.45887067999999</v>
       </c>
       <c r="C53" s="5">
-        <v>0.36101269999997498</v>
+        <v>0.36102325999999607</v>
       </c>
       <c r="D53" s="5">
-        <v>2.9647256261755794</v>
+        <v>2.9648229141734372</v>
       </c>
       <c r="E53" s="5">
-        <v>2.7211083144916381</v>
+        <v>2.7209063530700295</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>145.65047068000001</v>
+        <v>145.65110150000001</v>
       </c>
       <c r="C54" s="5">
-        <v>-2.8088527899999747</v>
+        <v>-2.8077691799999798</v>
       </c>
       <c r="D54" s="5">
-        <v>-20.484282266862142</v>
+        <v>-20.477239112432677</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>144.86431064999999</v>
+        <v>144.86413938999999</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.78616003000001911</v>
+        <v>-0.78696211000001881</v>
       </c>
       <c r="D55" s="5">
-        <v>-6.288230066084477</v>
+        <v>-6.2944297432702356</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>146.92841984</v>
+        <v>146.92880632000001</v>
       </c>
       <c r="C56" s="5">
-        <v>2.0641091900000106</v>
+        <v>2.0646669300000156</v>
       </c>
       <c r="D56" s="5">
-        <v>18.503955258214553</v>
+        <v>18.509377085343925</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>148.13941342999999</v>
+        <v>148.13969469</v>
       </c>
       <c r="C57" s="5">
-        <v>1.2109935899999869</v>
+        <v>1.2108883699999922</v>
       </c>
       <c r="D57" s="5">
-        <v>10.351376026377036</v>
+        <v>10.350406998262617</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>149.42618143999999</v>
+        <v>149.42638317000001</v>
       </c>
       <c r="C58" s="5">
-        <v>1.286768010000003</v>
+        <v>1.2866884800000093</v>
       </c>
       <c r="D58" s="5">
-        <v>10.936109432137409</v>
+        <v>10.935379140050895</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>149.44777637000001</v>
+        <v>149.44800301000001</v>
       </c>
       <c r="C59" s="5">
-        <v>2.159493000002044E-2</v>
+        <v>2.1619839999999613E-2</v>
       </c>
       <c r="D59" s="5">
-        <v>0.17356077412924442</v>
+        <v>0.17376090305174507</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>149.37584434999999</v>
+        <v>149.37589621999999</v>
       </c>
       <c r="C60" s="5">
-        <v>-7.1932020000019747E-2</v>
+        <v>-7.2106790000020737E-2</v>
       </c>
       <c r="D60" s="5">
-        <v>-0.57605596805888615</v>
+        <v>-0.57745099995253346</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>150.32279980000001</v>
+        <v>150.32269231000001</v>
       </c>
       <c r="C61" s="5">
-        <v>0.94695545000001857</v>
+        <v>0.94679609000002074</v>
       </c>
       <c r="D61" s="5">
-        <v>7.8782255414697078</v>
+        <v>7.876850353632725</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>150.99224176999999</v>
+        <v>150.99189439</v>
       </c>
       <c r="C62" s="5">
-        <v>0.66944196999997985</v>
+        <v>0.66920207999999093</v>
       </c>
       <c r="D62" s="5">
-        <v>5.4768921828039385</v>
+        <v>5.4748852856336461</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>151.99052843999999</v>
+        <v>151.99025051000001</v>
       </c>
       <c r="C63" s="5">
-        <v>0.99828666999999882</v>
+        <v>0.99835612000001106</v>
       </c>
       <c r="D63" s="5">
-        <v>8.2287648798909494</v>
+        <v>8.2293779519426522</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>153.32144589999999</v>
+        <v>153.32101549000001</v>
       </c>
       <c r="C64" s="5">
-        <v>1.3309174599999949</v>
+        <v>1.3307649799999979</v>
       </c>
       <c r="D64" s="5">
-        <v>11.029037557088905</v>
+        <v>11.027733674116934</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>153.04655668999999</v>
+        <v>153.04583944000001</v>
       </c>
       <c r="C65" s="5">
-        <v>-0.27488920999999777</v>
+        <v>-0.2751760499999989</v>
       </c>
       <c r="D65" s="5">
-        <v>-2.1303844265691985</v>
+        <v>-2.132591459505695</v>
       </c>
       <c r="E65" s="5">
-        <v>3.0898923104192733</v>
+        <v>3.0897235975121617</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>153.28559819</v>
+        <v>153.28643511999999</v>
       </c>
       <c r="C66" s="5">
-        <v>0.23904150000001323</v>
+        <v>0.24059567999998421</v>
       </c>
       <c r="D66" s="5">
-        <v>1.8904497405086707</v>
+        <v>1.9028563721893654</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>154.51838624000001</v>
+        <v>154.51829903000001</v>
       </c>
       <c r="C67" s="5">
-        <v>1.2327880500000106</v>
+        <v>1.2318639100000155</v>
       </c>
       <c r="D67" s="5">
-        <v>10.089456942993769</v>
+        <v>10.081498657280408</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>153.67322892000001</v>
+        <v>153.67366548999999</v>
       </c>
       <c r="C68" s="5">
-        <v>-0.84515731999999844</v>
+        <v>-0.844633540000018</v>
       </c>
       <c r="D68" s="5">
-        <v>-6.3696529038298477</v>
+        <v>-6.3658267602657919</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>153.16680640000001</v>
+        <v>153.16709718000001</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.50642252000000099</v>
+        <v>-0.50656830999997737</v>
       </c>
       <c r="D69" s="5">
-        <v>-3.8836461877923778</v>
+        <v>-3.8847331917022943</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>154.31842829999999</v>
+        <v>154.31861377999999</v>
       </c>
       <c r="C70" s="5">
-        <v>1.1516218999999808</v>
+        <v>1.1515165999999795</v>
       </c>
       <c r="D70" s="5">
-        <v>9.4051109914645039</v>
+        <v>9.4041965588834699</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>155.74385230999999</v>
+        <v>155.74396827000001</v>
       </c>
       <c r="C71" s="5">
-        <v>1.4254240100000004</v>
+        <v>1.4253544900000179</v>
       </c>
       <c r="D71" s="5">
-        <v>11.665098969455311</v>
+        <v>11.664486098561767</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>156.15941566999999</v>
+        <v>156.15938510000001</v>
       </c>
       <c r="C72" s="5">
-        <v>0.41556335999999305</v>
+        <v>0.41541682999999807</v>
       </c>
       <c r="D72" s="5">
-        <v>3.2493081518008005</v>
+        <v>3.2481431132860727</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>156.34447799</v>
+        <v>156.34435328000001</v>
       </c>
       <c r="C73" s="5">
-        <v>0.18506232000001432</v>
+        <v>0.18496817999999848</v>
       </c>
       <c r="D73" s="5">
-        <v>1.4314090096792853</v>
+        <v>1.4306763929415434</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>156.33054838999999</v>
+        <v>156.33034196</v>
       </c>
       <c r="C74" s="5">
-        <v>-1.3929600000011533E-2</v>
+        <v>-1.4011320000008709E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>-0.10686230568462962</v>
+        <v>-0.10748900547589146</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>156.8118781</v>
+        <v>156.81160211</v>
       </c>
       <c r="C75" s="5">
-        <v>0.48132971000001135</v>
+        <v>0.48126014999999711</v>
       </c>
       <c r="D75" s="5">
-        <v>3.7579205682271466</v>
+        <v>3.7573733051096125</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>156.40481783000001</v>
+        <v>156.40449645000001</v>
       </c>
       <c r="C76" s="5">
-        <v>-0.40706026999998812</v>
+        <v>-0.40710565999998494</v>
       </c>
       <c r="D76" s="5">
-        <v>-3.0709300612840829</v>
+        <v>-3.0712729448822307</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>156.67636705999999</v>
+        <v>156.67592679000001</v>
       </c>
       <c r="C77" s="5">
-        <v>0.27154922999997666</v>
+        <v>0.27143033999999489</v>
       </c>
       <c r="D77" s="5">
-        <v>2.103444195553239</v>
+        <v>2.1025188168118492</v>
       </c>
       <c r="E77" s="5">
-        <v>2.3717033878470684</v>
+        <v>2.3718954813032544</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>156.90432598999999</v>
+        <v>156.90484778999999</v>
       </c>
       <c r="C78" s="5">
-        <v>0.22795892999999978</v>
+        <v>0.2289209999999855</v>
       </c>
       <c r="D78" s="5">
-        <v>1.7600000078871414</v>
+        <v>1.7674926509991362</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>156.76557141999999</v>
+        <v>156.76546737999999</v>
       </c>
       <c r="C79" s="5">
-        <v>-0.13875457000000324</v>
+        <v>-0.13938041000000112</v>
       </c>
       <c r="D79" s="5">
-        <v>-1.0560449322567278</v>
+        <v>-1.0607813700385549</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>156.58485705000001</v>
+        <v>156.58522611000001</v>
       </c>
       <c r="C80" s="5">
-        <v>-0.18071436999997559</v>
+        <v>-0.18024126999998202</v>
       </c>
       <c r="D80" s="5">
-        <v>-1.3745849156998835</v>
+        <v>-1.3710099599482661</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>159.03666425</v>
+        <v>159.03693482</v>
       </c>
       <c r="C81" s="5">
-        <v>2.4518071999999904</v>
+        <v>2.4517087099999912</v>
       </c>
       <c r="D81" s="5">
-        <v>20.495262835101101</v>
+        <v>20.494314841254635</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>159.10537664</v>
+        <v>159.10550823</v>
       </c>
       <c r="C82" s="5">
-        <v>6.8712390000001733E-2</v>
+        <v>6.8573409999999058E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>0.51969832239018299</v>
+        <v>0.51864378448971404</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>158.87353059</v>
+        <v>158.87356657999999</v>
       </c>
       <c r="C83" s="5">
-        <v>-0.23184605000000147</v>
+        <v>-0.23194165000001021</v>
       </c>
       <c r="D83" s="5">
-        <v>-1.7346760941333805</v>
+        <v>-1.7353842259714036</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>158.90942482</v>
+        <v>158.90939732000001</v>
       </c>
       <c r="C84" s="5">
-        <v>3.5894229999996696E-2</v>
+        <v>3.5830740000022843E-2</v>
       </c>
       <c r="D84" s="5">
-        <v>0.27145264109953438</v>
+        <v>0.2709718363071989</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>158.25442512000001</v>
+        <v>158.2543402</v>
       </c>
       <c r="C85" s="5">
-        <v>-0.65499969999999053</v>
+        <v>-0.65505712000000926</v>
       </c>
       <c r="D85" s="5">
-        <v>-4.8356067365646798</v>
+        <v>-4.8360218996597144</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>158.74944302</v>
+        <v>158.74929564000001</v>
       </c>
       <c r="C86" s="5">
-        <v>0.49501789999999346</v>
+        <v>0.49495544000001246</v>
       </c>
       <c r="D86" s="5">
-        <v>3.8188397806440566</v>
+        <v>3.81835169550373</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>159.36857832999999</v>
+        <v>159.36841243999999</v>
       </c>
       <c r="C87" s="5">
-        <v>0.61913530999999011</v>
+        <v>0.61911679999997205</v>
       </c>
       <c r="D87" s="5">
-        <v>4.7818010231494457</v>
+        <v>4.7816595184311694</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>160.34615009000001</v>
+        <v>160.34596314999999</v>
       </c>
       <c r="C88" s="5">
-        <v>0.97757176000001778</v>
+        <v>0.97755071000000271</v>
       </c>
       <c r="D88" s="5">
-        <v>7.6143190947000283</v>
+        <v>7.614157760491036</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>160.24724087000001</v>
+        <v>160.24697886999999</v>
       </c>
       <c r="C89" s="5">
-        <v>-9.8909219999995912E-2</v>
+        <v>-9.8984279999996261E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>-0.73771158075734977</v>
+        <v>-0.73827037201509293</v>
       </c>
       <c r="E89" s="5">
-        <v>2.2791400368841419</v>
+        <v>2.2792602240588211</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>162.74092089000001</v>
+        <v>162.74120299000001</v>
       </c>
       <c r="C90" s="5">
-        <v>2.4936800199999993</v>
+        <v>2.4942241200000126</v>
       </c>
       <c r="D90" s="5">
-        <v>20.357872684719602</v>
+        <v>20.362737749478256</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>164.09594909</v>
+        <v>164.09588708999999</v>
       </c>
       <c r="C91" s="5">
-        <v>1.3550281999999925</v>
+        <v>1.3546840999999858</v>
       </c>
       <c r="D91" s="5">
-        <v>10.462048020637704</v>
+        <v>10.459249491706558</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>163.67816941000001</v>
+        <v>163.67840566999999</v>
       </c>
       <c r="C92" s="5">
-        <v>-0.41777967999999532</v>
+        <v>-0.41748142000000144</v>
       </c>
       <c r="D92" s="5">
-        <v>-3.0127178428530743</v>
+        <v>-3.0105981404079829</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>161.83850031</v>
+        <v>161.83868150999999</v>
       </c>
       <c r="C93" s="5">
-        <v>-1.8396691000000089</v>
+        <v>-1.8397241600000029</v>
       </c>
       <c r="D93" s="5">
-        <v>-12.684160531188271</v>
+        <v>-12.684499812531024</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>163.70838198999999</v>
+        <v>163.70845069000001</v>
       </c>
       <c r="C94" s="5">
-        <v>1.8698816799999918</v>
+        <v>1.86976918000002</v>
       </c>
       <c r="D94" s="5">
-        <v>14.780694948525985</v>
+        <v>14.779730814687952</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>163.82746365</v>
+        <v>163.82747097000001</v>
       </c>
       <c r="C95" s="5">
-        <v>0.1190816600000062</v>
+        <v>0.11902028000000087</v>
       </c>
       <c r="D95" s="5">
-        <v>0.87638196388590828</v>
+        <v>0.87592806065017736</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>165.03208494</v>
+        <v>165.03205675000001</v>
       </c>
       <c r="C96" s="5">
-        <v>1.2046212900000057</v>
+        <v>1.2045857800000022</v>
       </c>
       <c r="D96" s="5">
-        <v>9.1893158961205756</v>
+        <v>9.1890335375848444</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>166.25522715</v>
+        <v>166.25517977000001</v>
       </c>
       <c r="C97" s="5">
-        <v>1.2231422099999918</v>
+        <v>1.2231230200000027</v>
       </c>
       <c r="D97" s="5">
-        <v>9.2655024090271922</v>
+        <v>9.2653527132792401</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>166.46554552000001</v>
+        <v>166.46544696999999</v>
       </c>
       <c r="C98" s="5">
-        <v>0.21031837000001019</v>
+        <v>0.21026719999997567</v>
       </c>
       <c r="D98" s="5">
-        <v>1.5286464562143998</v>
+        <v>1.5282723875846838</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>166.96613438</v>
+        <v>166.96606113999999</v>
       </c>
       <c r="C99" s="5">
-        <v>0.50058885999999347</v>
+        <v>0.50061417000000574</v>
       </c>
       <c r="D99" s="5">
-        <v>3.6688806647645844</v>
+        <v>3.6690714521528944</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>167.46415474</v>
+        <v>167.46409826999999</v>
       </c>
       <c r="C100" s="5">
-        <v>0.49802035999999816</v>
+        <v>0.49803713000000016</v>
       </c>
       <c r="D100" s="5">
-        <v>3.6386223770069837</v>
+        <v>3.6387485409920428</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>168.35395313000001</v>
+        <v>168.35386964</v>
       </c>
       <c r="C101" s="5">
-        <v>0.88979839000000993</v>
+        <v>0.88977137000000539</v>
       </c>
       <c r="D101" s="5">
-        <v>6.5657097257334929</v>
+        <v>6.5655067655317367</v>
       </c>
       <c r="E101" s="5">
-        <v>5.0588779039113296</v>
+        <v>5.0589975718523306</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>169.18243326000001</v>
+        <v>169.18246452</v>
       </c>
       <c r="C102" s="5">
-        <v>0.82848013000000265</v>
+        <v>0.82859487999999715</v>
       </c>
       <c r="D102" s="5">
-        <v>6.0677558378744445</v>
+        <v>6.0686222331945538</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>169.16232400000001</v>
+        <v>169.16232120999999</v>
       </c>
       <c r="C103" s="5">
-        <v>-2.010925999999813E-2</v>
+        <v>-2.0143310000008796E-2</v>
       </c>
       <c r="D103" s="5">
-        <v>-0.14254046573850543</v>
+        <v>-0.1427816379566238</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>170.00830440999999</v>
+        <v>170.00839919000001</v>
       </c>
       <c r="C104" s="5">
-        <v>0.84598040999998148</v>
+        <v>0.84607798000001821</v>
       </c>
       <c r="D104" s="5">
-        <v>6.1690460782204415</v>
+        <v>6.1697773668312861</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>171.40226623000001</v>
+        <v>171.4023813</v>
       </c>
       <c r="C105" s="5">
-        <v>1.3939618200000155</v>
+        <v>1.3939821099999961</v>
       </c>
       <c r="D105" s="5">
-        <v>10.295320208662462</v>
+        <v>10.295470884218405</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>171.56128687</v>
+        <v>171.56131239999999</v>
       </c>
       <c r="C106" s="5">
-        <v>0.15902063999999427</v>
+        <v>0.15893109999998956</v>
       </c>
       <c r="D106" s="5">
-        <v>1.1190138287715978</v>
+        <v>1.1183797724696687</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>173.0648152</v>
+        <v>173.06482202999999</v>
       </c>
       <c r="C107" s="5">
-        <v>1.5035283299999946</v>
+        <v>1.5035096299999964</v>
       </c>
       <c r="D107" s="5">
-        <v>11.038568248775427</v>
+        <v>11.038422550988013</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>173.85512668999999</v>
+        <v>173.85511574</v>
       </c>
       <c r="C108" s="5">
-        <v>0.79031148999999346</v>
+        <v>0.79029371000001447</v>
       </c>
       <c r="D108" s="5">
-        <v>5.6196261918872503</v>
+        <v>5.619496345151842</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>174.19326494000001</v>
+        <v>174.19324417000001</v>
       </c>
       <c r="C109" s="5">
-        <v>0.3381382500000143</v>
+        <v>0.3381284300000118</v>
       </c>
       <c r="D109" s="5">
-        <v>2.3590602386870163</v>
+        <v>2.3589911439991118</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>175.01169001</v>
+        <v>175.01163316</v>
       </c>
       <c r="C110" s="5">
-        <v>0.81842506999998932</v>
+        <v>0.81838898999998833</v>
       </c>
       <c r="D110" s="5">
-        <v>5.7860477118040654</v>
+        <v>5.7857867166489552</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>174.01061290999999</v>
+        <v>174.01059046</v>
       </c>
       <c r="C111" s="5">
-        <v>-1.0010771000000034</v>
+        <v>-1.0010426999999993</v>
       </c>
       <c r="D111" s="5">
-        <v>-6.6521892104827511</v>
+        <v>-6.651969857392082</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>174.13727832999999</v>
+        <v>174.13726192999999</v>
       </c>
       <c r="C112" s="5">
-        <v>0.12666541999999481</v>
+        <v>0.1266714699999909</v>
       </c>
       <c r="D112" s="5">
-        <v>0.87700694623762399</v>
+        <v>0.87704911673207597</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>174.68952594000001</v>
+        <v>174.68947036</v>
       </c>
       <c r="C113" s="5">
-        <v>0.55224761000002331</v>
+        <v>0.55220843000000741</v>
       </c>
       <c r="D113" s="5">
-        <v>3.872687088201876</v>
+        <v>3.8724078963158215</v>
       </c>
       <c r="E113" s="5">
-        <v>3.7632456453860597</v>
+        <v>3.7632640898292102</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>174.09633865000001</v>
+        <v>174.09633909999999</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.59318729000000303</v>
+        <v>-0.59313126000000693</v>
       </c>
       <c r="D114" s="5">
-        <v>-3.9995524669965254</v>
+        <v>-3.9991829613763241</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>175.88885869999999</v>
+        <v>175.88888990000001</v>
       </c>
       <c r="C115" s="5">
-        <v>1.7925200499999789</v>
+        <v>1.792550800000015</v>
       </c>
       <c r="D115" s="5">
-        <v>13.079614091564506</v>
+        <v>13.079851287546296</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>177.57877094</v>
+        <v>177.57879567000001</v>
       </c>
       <c r="C116" s="5">
-        <v>1.6899122400000124</v>
+        <v>1.6899057699999958</v>
       </c>
       <c r="D116" s="5">
-        <v>12.158599894520616</v>
+        <v>12.158548585209816</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>176.22761123000001</v>
+        <v>176.22767630999999</v>
       </c>
       <c r="C117" s="5">
-        <v>-1.3511597099999904</v>
+        <v>-1.3511193600000126</v>
       </c>
       <c r="D117" s="5">
-        <v>-8.7579776199615882</v>
+        <v>-8.7577257555688686</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>177.56557425</v>
+        <v>177.56558074</v>
       </c>
       <c r="C118" s="5">
-        <v>1.3379630199999895</v>
+        <v>1.3379044300000089</v>
       </c>
       <c r="D118" s="5">
-        <v>9.5009255059862685</v>
+        <v>9.5004882759806009</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>177.75171204</v>
+        <v>177.75171237999999</v>
       </c>
       <c r="C119" s="5">
-        <v>0.18613779000000363</v>
+        <v>0.18613163999998505</v>
       </c>
       <c r="D119" s="5">
-        <v>1.2652096381415179</v>
+        <v>1.2651675477563407</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>179.02193308</v>
+        <v>179.0219262</v>
       </c>
       <c r="C120" s="5">
-        <v>1.2702210399999956</v>
+        <v>1.2702138200000093</v>
       </c>
       <c r="D120" s="5">
-        <v>8.9204430733835558</v>
+        <v>8.9203903421871225</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>179.34852758</v>
+        <v>179.34852033000001</v>
       </c>
       <c r="C121" s="5">
-        <v>0.32659449999999879</v>
+        <v>0.32659413000001791</v>
       </c>
       <c r="D121" s="5">
-        <v>2.2112921266898233</v>
+        <v>2.2112896821566252</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>181.05022210999999</v>
+        <v>181.05018591999999</v>
       </c>
       <c r="C122" s="5">
-        <v>1.7016945299999975</v>
+        <v>1.7016655899999762</v>
       </c>
       <c r="D122" s="5">
-        <v>11.999209331659078</v>
+        <v>11.998995012117565</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>181.79119342999999</v>
+        <v>181.79119012999999</v>
       </c>
       <c r="C123" s="5">
-        <v>0.74097131999999988</v>
+        <v>0.74100420999999983</v>
       </c>
       <c r="D123" s="5">
-        <v>5.0232238359426473</v>
+        <v>5.023452874972878</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>181.84558200999999</v>
+        <v>181.84557945</v>
       </c>
       <c r="C124" s="5">
-        <v>5.4388579999994136E-2</v>
+        <v>5.4389320000012731E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>0.35960927233507078</v>
+        <v>0.35961417969867515</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>181.55126533999999</v>
+        <v>181.55123842</v>
       </c>
       <c r="C125" s="5">
-        <v>-0.29431667000000061</v>
+        <v>-0.29434102999999823</v>
       </c>
       <c r="D125" s="5">
-        <v>-1.9250013343511174</v>
+        <v>-1.9251592739783052</v>
       </c>
       <c r="E125" s="5">
-        <v>3.9279626887056551</v>
+        <v>3.9279803446992334</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>181.93871084</v>
+        <v>181.93871149</v>
       </c>
       <c r="C126" s="5">
-        <v>0.38744550000001254</v>
+        <v>0.38747306999999864</v>
       </c>
       <c r="D126" s="5">
-        <v>2.5911731117866266</v>
+        <v>2.5913600539869464</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>182.62769270999999</v>
+        <v>182.62770295999999</v>
       </c>
       <c r="C127" s="5">
-        <v>0.68898186999999211</v>
+        <v>0.68899146999999061</v>
       </c>
       <c r="D127" s="5">
-        <v>4.6401204101099269</v>
+        <v>4.6401863993053238</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>183.23213125000001</v>
+        <v>183.23213502999999</v>
       </c>
       <c r="C128" s="5">
-        <v>0.60443854000001807</v>
+        <v>0.60443207000000143</v>
       </c>
       <c r="D128" s="5">
-        <v>4.044711194953865</v>
+        <v>4.0446668774815286</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>183.85888886999999</v>
+        <v>183.85893694999999</v>
       </c>
       <c r="C129" s="5">
-        <v>0.62675761999997803</v>
+        <v>0.62680191999999124</v>
       </c>
       <c r="D129" s="5">
-        <v>4.1827884291795847</v>
+        <v>4.183089570332954</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>183.38410271999999</v>
+        <v>183.38410321000001</v>
       </c>
       <c r="C130" s="5">
-        <v>-0.47478614999999991</v>
+        <v>-0.4748337399999798</v>
       </c>
       <c r="D130" s="5">
-        <v>-3.0551726038979043</v>
+        <v>-3.055473713532697</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>183.99720285000001</v>
+        <v>183.99720073</v>
       </c>
       <c r="C131" s="5">
-        <v>0.61310013000002073</v>
+        <v>0.61309751999999662</v>
       </c>
       <c r="D131" s="5">
-        <v>4.0865069818186717</v>
+        <v>4.0864892530961594</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>182.86892886000001</v>
+        <v>182.86892652</v>
       </c>
       <c r="C132" s="5">
-        <v>-1.1282739899999967</v>
+        <v>-1.1282742100000007</v>
       </c>
       <c r="D132" s="5">
-        <v>-7.1152530312230011</v>
+        <v>-7.115254451396547</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>183.55556405999999</v>
+        <v>183.55556279999999</v>
       </c>
       <c r="C133" s="5">
-        <v>0.68663519999998357</v>
+        <v>0.68663627999998766</v>
       </c>
       <c r="D133" s="5">
-        <v>4.5999775593297265</v>
+        <v>4.5999850047275581</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>183.94180397</v>
+        <v>183.94178120999999</v>
       </c>
       <c r="C134" s="5">
-        <v>0.38623991000000046</v>
+        <v>0.3862184099999979</v>
       </c>
       <c r="D134" s="5">
-        <v>2.5544838162201211</v>
+        <v>2.554339989332588</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>186.75448456999999</v>
+        <v>186.75448159999999</v>
       </c>
       <c r="C135" s="5">
-        <v>2.8126805999999931</v>
+        <v>2.8127003900000034</v>
       </c>
       <c r="D135" s="5">
-        <v>19.974010254475473</v>
+        <v>19.974165498395635</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>186.64388285999999</v>
+        <v>186.64388036</v>
       </c>
       <c r="C136" s="5">
-        <v>-0.11060170999999741</v>
+        <v>-0.11060123999999405</v>
       </c>
       <c r="D136" s="5">
-        <v>-0.70836635223583411</v>
+        <v>-0.70836336307236181</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>186.52616395000001</v>
+        <v>186.52615963</v>
       </c>
       <c r="C137" s="5">
-        <v>-0.11771890999997936</v>
+        <v>-0.11772073000000205</v>
       </c>
       <c r="D137" s="5">
-        <v>-0.7542368313650849</v>
+        <v>-0.75424846193332673</v>
       </c>
       <c r="E137" s="5">
-        <v>2.7402169853695479</v>
+        <v>2.7402298399590297</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>186.97130554</v>
+        <v>186.9712955</v>
       </c>
       <c r="C138" s="5">
-        <v>0.44514158999999154</v>
+        <v>0.44513587000000143</v>
       </c>
       <c r="D138" s="5">
-        <v>2.9016696841194012</v>
+        <v>2.9016319754504138</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>187.53501692</v>
+        <v>187.53501592000001</v>
       </c>
       <c r="C139" s="5">
-        <v>0.56371138000000087</v>
+        <v>0.56372042000000988</v>
       </c>
       <c r="D139" s="5">
-        <v>3.6785554058177405</v>
+        <v>3.6786155797200459</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>187.91451551</v>
+        <v>187.91452226000001</v>
       </c>
       <c r="C140" s="5">
-        <v>0.37949858999999719</v>
+        <v>0.37950634000000605</v>
       </c>
       <c r="D140" s="5">
-        <v>2.4555477128658465</v>
+        <v>2.4555984319712287</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>187.70499215999999</v>
+        <v>187.70501536</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.20952335000001199</v>
+        <v>-0.20950690000000805</v>
       </c>
       <c r="D141" s="5">
-        <v>-1.3298167150663009</v>
+        <v>-1.329712901022817</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>187.96306390000001</v>
+        <v>187.96306584000001</v>
       </c>
       <c r="C142" s="5">
-        <v>0.25807174000001964</v>
+        <v>0.25805048000000852</v>
       </c>
       <c r="D142" s="5">
-        <v>1.6623886542167732</v>
+        <v>1.6622504621611967</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>188.9722055</v>
+        <v>188.97220953999999</v>
       </c>
       <c r="C143" s="5">
-        <v>1.0091415999999924</v>
+        <v>1.0091436999999814</v>
       </c>
       <c r="D143" s="5">
-        <v>6.6362817386649287</v>
+        <v>6.6362958883982692</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>189.73467185000001</v>
+        <v>189.73468294</v>
       </c>
       <c r="C144" s="5">
-        <v>0.76246635000001106</v>
+        <v>0.76247340000000463</v>
       </c>
       <c r="D144" s="5">
-        <v>4.9506723036843781</v>
+        <v>4.9507189915101613</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>190.18436012000001</v>
+        <v>190.18435581</v>
       </c>
       <c r="C145" s="5">
-        <v>0.44968826999999578</v>
+        <v>0.44967287000000056</v>
       </c>
       <c r="D145" s="5">
-        <v>2.8814769622091063</v>
+        <v>2.8813768228636905</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>189.23245208</v>
+        <v>189.23243678</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.95190804000000639</v>
+        <v>-0.95191902999999911</v>
       </c>
       <c r="D146" s="5">
-        <v>-5.8436081550639729</v>
+        <v>-5.8436739033815188</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>188.63604602000001</v>
+        <v>188.63604258000001</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.59640605999999252</v>
+        <v>-0.59639419999999177</v>
       </c>
       <c r="D147" s="5">
-        <v>-3.7171777907719639</v>
+        <v>-3.7171054437158735</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>188.59446115</v>
+        <v>188.59446075</v>
       </c>
       <c r="C148" s="5">
-        <v>-4.1584870000008323E-2</v>
+        <v>-4.1581830000012587E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>-0.26421982793956023</v>
+        <v>-0.26420054076639055</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>189.21487164000001</v>
+        <v>189.21486942999999</v>
       </c>
       <c r="C149" s="5">
-        <v>0.62041049000001181</v>
+        <v>0.62040867999999705</v>
       </c>
       <c r="D149" s="5">
-        <v>4.0197976425772719</v>
+        <v>4.0197857108122736</v>
       </c>
       <c r="E149" s="5">
-        <v>1.441464099760692</v>
+        <v>1.4414652643540249</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>189.15209469000001</v>
+        <v>189.15207364</v>
       </c>
       <c r="C150" s="5">
-        <v>-6.2776949999999943E-2</v>
+        <v>-6.2795789999995577E-2</v>
       </c>
       <c r="D150" s="5">
-        <v>-0.39740548521778329</v>
+        <v>-0.39752453766028761</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>189.69821221999999</v>
+        <v>189.69821214999999</v>
       </c>
       <c r="C151" s="5">
-        <v>0.5461175299999752</v>
+        <v>0.54613850999999158</v>
       </c>
       <c r="D151" s="5">
-        <v>3.5201743355048887</v>
+        <v>3.5203121214927746</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>189.21147786</v>
+        <v>189.21148006000001</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.4867343599999856</v>
+        <v>-0.48673208999997541</v>
       </c>
       <c r="D152" s="5">
-        <v>-3.0359206236749592</v>
+        <v>-3.0359066652578925</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>191.21135852</v>
+        <v>191.21136752000001</v>
       </c>
       <c r="C153" s="5">
-        <v>1.9998806600000023</v>
+        <v>1.9998874599999965</v>
       </c>
       <c r="D153" s="5">
-        <v>13.447390546560833</v>
+        <v>13.447438795016865</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>192.91625791999999</v>
+        <v>192.91626183</v>
       </c>
       <c r="C154" s="5">
-        <v>1.704899399999988</v>
+        <v>1.704894309999986</v>
       </c>
       <c r="D154" s="5">
-        <v>11.240185553686111</v>
+        <v>11.240149778219299</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>192.72910629</v>
+        <v>192.72912098</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.18715162999998824</v>
+        <v>-0.18714084999999159</v>
       </c>
       <c r="D155" s="5">
-        <v>-1.1579507803526123</v>
+        <v>-1.1578844140912481</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>193.25344457</v>
+        <v>193.25347167000001</v>
       </c>
       <c r="C156" s="5">
-        <v>0.52433827999999494</v>
+        <v>0.52435069000000567</v>
       </c>
       <c r="D156" s="5">
-        <v>3.3140133436626584</v>
+        <v>3.3140927004841725</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>193.88549033999999</v>
+        <v>193.88548191000001</v>
       </c>
       <c r="C157" s="5">
-        <v>0.63204576999999063</v>
+        <v>0.63201023999999961</v>
       </c>
       <c r="D157" s="5">
-        <v>3.9960368250461231</v>
+        <v>3.9958075644265012</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>195.15649178999999</v>
+        <v>195.15647910999999</v>
       </c>
       <c r="C158" s="5">
-        <v>1.27100145</v>
+        <v>1.2709971999999823</v>
       </c>
       <c r="D158" s="5">
-        <v>8.1564234787164569</v>
+        <v>8.1563955818547917</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>194.72371709999999</v>
+        <v>194.72370656999999</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.43277469000000224</v>
+        <v>-0.43277254000000198</v>
       </c>
       <c r="D159" s="5">
-        <v>-2.6288755023010535</v>
+        <v>-2.6288627698011324</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>195.77675359</v>
+        <v>195.77675101</v>
       </c>
       <c r="C160" s="5">
-        <v>1.0530364900000109</v>
+        <v>1.0530444400000079</v>
       </c>
       <c r="D160" s="5">
-        <v>6.6859569272248454</v>
+        <v>6.6860092865847154</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>196.60074422</v>
+        <v>196.60075007</v>
       </c>
       <c r="C161" s="5">
-        <v>0.82399062999999728</v>
+        <v>0.82399906000000556</v>
       </c>
       <c r="D161" s="5">
-        <v>5.1691630766701024</v>
+        <v>5.1692172606932596</v>
       </c>
       <c r="E161" s="5">
-        <v>3.9034313296749445</v>
+        <v>3.9034356349739285</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>196.31839642</v>
+        <v>196.31836417</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.2823477999999966</v>
+        <v>-0.28238590000000841</v>
       </c>
       <c r="D162" s="5">
-        <v>-1.7098301232925439</v>
+        <v>-1.7100589775814856</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>197.05335302</v>
+        <v>197.05335246999999</v>
       </c>
       <c r="C163" s="5">
-        <v>0.73495660000000385</v>
+        <v>0.73498829999999771</v>
       </c>
       <c r="D163" s="5">
-        <v>4.5861013141970552</v>
+        <v>4.5863039807330974</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>197.16392203999999</v>
+        <v>197.16391371</v>
       </c>
       <c r="C164" s="5">
-        <v>0.11056901999998558</v>
+        <v>0.11056124000000978</v>
       </c>
       <c r="D164" s="5">
-        <v>0.67541639588966085</v>
+        <v>0.67536872650924007</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>196.80767653999999</v>
+        <v>196.80766704999999</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.35624549999999999</v>
+        <v>-0.35624666000001071</v>
       </c>
       <c r="D165" s="5">
-        <v>-2.1468013918545914</v>
+        <v>-2.1468084027096213</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>198.21790841999999</v>
+        <v>198.21791167000001</v>
       </c>
       <c r="C166" s="5">
-        <v>1.4102318799999978</v>
+        <v>1.4102446200000145</v>
       </c>
       <c r="D166" s="5">
-        <v>8.9457416572601431</v>
+        <v>8.9458261326378352</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>198.39084134999999</v>
+        <v>198.39087004000001</v>
       </c>
       <c r="C167" s="5">
-        <v>0.17293293000000176</v>
+        <v>0.17295837000000347</v>
       </c>
       <c r="D167" s="5">
-        <v>1.0519643922234367</v>
+        <v>1.0521198718133284</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>197.69026744000001</v>
+        <v>197.69032644999999</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.70057390999997438</v>
+        <v>-0.70054359000002364</v>
       </c>
       <c r="D168" s="5">
-        <v>-4.1561972629059696</v>
+        <v>-4.1560202771786958</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>198.54003610000001</v>
+        <v>198.54005391000001</v>
       </c>
       <c r="C169" s="5">
-        <v>0.84976865999999518</v>
+        <v>0.8497274600000253</v>
       </c>
       <c r="D169" s="5">
-        <v>5.2818944141131308</v>
+        <v>5.2816306297631899</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>198.50130236999999</v>
+        <v>198.50131637999999</v>
       </c>
       <c r="C170" s="5">
-        <v>-3.873373000001834E-2</v>
+        <v>-3.8737530000020115E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-0.2338603099870884</v>
+        <v>-0.23388320744552882</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>200.03953759000001</v>
+        <v>200.03945626999999</v>
       </c>
       <c r="C171" s="5">
-        <v>1.5382352200000184</v>
+        <v>1.5381398899999965</v>
       </c>
       <c r="D171" s="5">
-        <v>9.7058476339647157</v>
+        <v>9.7052195496890814</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>200.37172200000001</v>
+        <v>200.37171601</v>
       </c>
       <c r="C172" s="5">
-        <v>0.33218440999999643</v>
+        <v>0.33225974000001202</v>
       </c>
       <c r="D172" s="5">
-        <v>2.0110136177243776</v>
+        <v>2.0114746578852705</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>200.2132359</v>
+        <v>200.21326429000001</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.15848610000000463</v>
+        <v>-0.15845171999998797</v>
       </c>
       <c r="D173" s="5">
-        <v>-0.94503428152116209</v>
+        <v>-0.94483019648846645</v>
       </c>
       <c r="E173" s="5">
-        <v>1.83747609620315</v>
+        <v>1.8374875063873253</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>203.22524974000001</v>
+        <v>203.22519543999999</v>
       </c>
       <c r="C174" s="5">
-        <v>3.0120138400000087</v>
+        <v>3.011931149999981</v>
       </c>
       <c r="D174" s="5">
-        <v>19.62406949103017</v>
+        <v>19.623482391819437</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>203.43431924000001</v>
+        <v>203.43429864999999</v>
       </c>
       <c r="C175" s="5">
-        <v>0.20906949999999824</v>
+        <v>0.20910320999999499</v>
       </c>
       <c r="D175" s="5">
-        <v>1.2415180666341952</v>
+        <v>1.2417197146821657</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>203.07302196000001</v>
+        <v>203.07299141999999</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.36129728000000227</v>
+        <v>-0.36130722999999421</v>
       </c>
       <c r="D176" s="5">
-        <v>-2.1104932077861127</v>
+        <v>-2.1105509749875351</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>202.75448191000001</v>
+        <v>202.75445549</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.31854004999999574</v>
+        <v>-0.31853592999999591</v>
       </c>
       <c r="D177" s="5">
-        <v>-1.8661635744506744</v>
+        <v>-1.8661399235559095</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>202.95350646</v>
+        <v>202.95349976</v>
       </c>
       <c r="C178" s="5">
-        <v>0.19902454999999009</v>
+        <v>0.19904427000000169</v>
       </c>
       <c r="D178" s="5">
-        <v>1.1843046986966588</v>
+        <v>1.1844228329412898</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>202.85089657</v>
+        <v>202.85094504</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.10260988999999654</v>
+        <v>-0.10255472000000054</v>
       </c>
       <c r="D179" s="5">
-        <v>-0.60501566477294544</v>
+        <v>-0.60469129097505681</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>205.26159745000001</v>
+        <v>205.26171307999999</v>
       </c>
       <c r="C180" s="5">
-        <v>2.4107008800000074</v>
+        <v>2.4107680399999936</v>
       </c>
       <c r="D180" s="5">
-        <v>15.230985211026926</v>
+        <v>15.231433763466228</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>205.07099156999999</v>
+        <v>205.07108431</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.19060588000002099</v>
+        <v>-0.19062876999998934</v>
       </c>
       <c r="D181" s="5">
-        <v>-1.108646184817752</v>
+        <v>-1.1087780222109878</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>205.54057814999999</v>
+        <v>205.54065115</v>
       </c>
       <c r="C182" s="5">
-        <v>0.46958657999999787</v>
+        <v>0.46956683999999882</v>
       </c>
       <c r="D182" s="5">
-        <v>2.7827206608939115</v>
+        <v>2.7826009323537626</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>206.69478645000001</v>
+        <v>206.69462763000001</v>
       </c>
       <c r="C183" s="5">
-        <v>1.1542083000000218</v>
+        <v>1.1539764800000114</v>
       </c>
       <c r="D183" s="5">
-        <v>6.9506388277242426</v>
+        <v>6.9491968768669921</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>206.11675699</v>
+        <v>206.116714</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.57802946000001043</v>
+        <v>-0.57791363000001184</v>
       </c>
       <c r="D184" s="5">
-        <v>-3.3047055640804013</v>
+        <v>-3.3040559917373868</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>206.21985452999999</v>
+        <v>206.21989481</v>
       </c>
       <c r="C185" s="5">
-        <v>0.10309753999999316</v>
+        <v>0.10318080999999779</v>
       </c>
       <c r="D185" s="5">
-        <v>0.60188200650141965</v>
+        <v>0.6023696008132573</v>
       </c>
       <c r="E185" s="5">
-        <v>3.0001106585181514</v>
+        <v>3.000116171773537</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>206.44767769000001</v>
+        <v>206.44756598999999</v>
       </c>
       <c r="C186" s="5">
-        <v>0.22782316000001401</v>
+        <v>0.22767117999998732</v>
       </c>
       <c r="D186" s="5">
-        <v>1.3337953149178183</v>
+        <v>1.3328998732657915</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>205.29785874000001</v>
+        <v>205.29780163999999</v>
       </c>
       <c r="C187" s="5">
-        <v>-1.1498189499999967</v>
+        <v>-1.1497643499999981</v>
       </c>
       <c r="D187" s="5">
-        <v>-6.4824730402805226</v>
+        <v>-6.4821779828581283</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>206.21210758000001</v>
+        <v>206.21203098999999</v>
       </c>
       <c r="C188" s="5">
-        <v>0.91424883999999906</v>
+        <v>0.91422934999999939</v>
       </c>
       <c r="D188" s="5">
-        <v>5.4767877492010397</v>
+        <v>5.4766696811828552</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>208.33446248999999</v>
+        <v>208.33439498000001</v>
       </c>
       <c r="C189" s="5">
-        <v>2.1223549099999843</v>
+        <v>2.1223639900000251</v>
       </c>
       <c r="D189" s="5">
-        <v>13.074185020495598</v>
+        <v>13.074249292962371</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>208.69780058000001</v>
+        <v>208.69779113999999</v>
       </c>
       <c r="C190" s="5">
-        <v>0.36333809000001338</v>
+        <v>0.36339615999997932</v>
       </c>
       <c r="D190" s="5">
-        <v>2.1130076606013404</v>
+        <v>2.1133493069046549</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>208.91948088000001</v>
+        <v>208.91955443000001</v>
       </c>
       <c r="C191" s="5">
-        <v>0.22168030000000272</v>
+        <v>0.2217632900000126</v>
       </c>
       <c r="D191" s="5">
-        <v>1.2821217075581925</v>
+        <v>1.2826045598558045</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>209.11998858999999</v>
+        <v>209.12014454000001</v>
       </c>
       <c r="C192" s="5">
-        <v>0.20050770999998235</v>
+        <v>0.20059011000000737</v>
       </c>
       <c r="D192" s="5">
-        <v>1.1577828519985678</v>
+        <v>1.1582607561460234</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>209.62687510000001</v>
+        <v>209.62704271999999</v>
       </c>
       <c r="C193" s="5">
-        <v>0.50688651000001528</v>
+        <v>0.50689817999997899</v>
       </c>
       <c r="D193" s="5">
-        <v>2.9477752990296757</v>
+        <v>2.9478418449800925</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>210.52912739999999</v>
+        <v>210.52972194</v>
       </c>
       <c r="C194" s="5">
-        <v>0.90225229999998646</v>
+        <v>0.90267922000001022</v>
       </c>
       <c r="D194" s="5">
-        <v>5.2889416918833199</v>
+        <v>5.2914995018253697</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>211.38053457999999</v>
+        <v>211.38004515</v>
       </c>
       <c r="C195" s="5">
-        <v>0.85140717999999538</v>
+        <v>0.85032320999999911</v>
       </c>
       <c r="D195" s="5">
-        <v>4.9623674803530804</v>
+        <v>4.955894327065713</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>211.73583471000001</v>
+        <v>211.73563343999999</v>
       </c>
       <c r="C196" s="5">
-        <v>0.35530013000001759</v>
+        <v>0.35558828999998582</v>
       </c>
       <c r="D196" s="5">
-        <v>2.0357782639766731</v>
+        <v>2.037449413900716</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>211.89782341</v>
+        <v>211.89783145999999</v>
       </c>
       <c r="C197" s="5">
-        <v>0.16198869999999488</v>
+        <v>0.16219802000000527</v>
       </c>
       <c r="D197" s="5">
-        <v>0.92193399925530883</v>
+        <v>0.92313121708789136</v>
       </c>
       <c r="E197" s="5">
-        <v>2.7533570387491491</v>
+        <v>2.7533408720004093</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>214.2334572</v>
+        <v>214.23327372</v>
       </c>
       <c r="C198" s="5">
-        <v>2.3356337900000028</v>
+        <v>2.3354422600000078</v>
       </c>
       <c r="D198" s="5">
-        <v>14.059012437245366</v>
+        <v>14.05778821754784</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>215.05854729000001</v>
+        <v>215.05841898</v>
       </c>
       <c r="C199" s="5">
-        <v>0.82509009000000333</v>
+        <v>0.82514525999999933</v>
       </c>
       <c r="D199" s="5">
-        <v>4.7207969282049733</v>
+        <v>4.7211234324336049</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>216.46607465</v>
+        <v>216.46595088000001</v>
       </c>
       <c r="C200" s="5">
-        <v>1.4075273599999889</v>
+        <v>1.4075319000000093</v>
       </c>
       <c r="D200" s="5">
-        <v>8.1427994217792445</v>
+        <v>8.142831673514328</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>216.6159763</v>
+        <v>216.61588748</v>
       </c>
       <c r="C201" s="5">
-        <v>0.14990165000000388</v>
+        <v>0.14993659999998954</v>
       </c>
       <c r="D201" s="5">
-        <v>0.83416620672174258</v>
+        <v>0.83436191537631377</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>217.13559208000001</v>
+        <v>217.13559193</v>
       </c>
       <c r="C202" s="5">
-        <v>0.51961578000000941</v>
+        <v>0.51970445000000609</v>
       </c>
       <c r="D202" s="5">
-        <v>2.9168283866268796</v>
+        <v>2.9173339280865074</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>216.51321836</v>
+        <v>216.51332821</v>
       </c>
       <c r="C203" s="5">
-        <v>-0.62237372000001301</v>
+        <v>-0.62226372000000651</v>
       </c>
       <c r="D203" s="5">
-        <v>-3.3858404264690445</v>
+        <v>-3.3852514067797657</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>220.07060196</v>
+        <v>220.07081578</v>
       </c>
       <c r="C204" s="5">
-        <v>3.5573836000000085</v>
+        <v>3.5574875700000064</v>
       </c>
       <c r="D204" s="5">
-        <v>21.599387936917537</v>
+        <v>21.600065350931487</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>220.81168837000001</v>
+        <v>220.81196256000001</v>
       </c>
       <c r="C205" s="5">
-        <v>0.7410864100000083</v>
+        <v>0.74114678000000822</v>
       </c>
       <c r="D205" s="5">
-        <v>4.1166833054017804</v>
+        <v>4.1170208179396095</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>222.25015038000001</v>
+        <v>222.25132937999999</v>
       </c>
       <c r="C206" s="5">
-        <v>1.438462009999995</v>
+        <v>1.4393668199999752</v>
       </c>
       <c r="D206" s="5">
-        <v>8.1035760126758394</v>
+        <v>8.1088469470592006</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>221.34200150000001</v>
+        <v>221.34122113999999</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.90814887999999883</v>
+        <v>-0.91010823999999957</v>
       </c>
       <c r="D207" s="5">
-        <v>-4.7946769049151072</v>
+        <v>-4.8047647951757977</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>223.00104063000001</v>
+        <v>223.00063162000001</v>
       </c>
       <c r="C208" s="5">
-        <v>1.6590391299999965</v>
+        <v>1.6594104800000196</v>
       </c>
       <c r="D208" s="5">
-        <v>9.3746516835203195</v>
+        <v>9.3768717564395754</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>224.36813067</v>
+        <v>224.36803839000001</v>
       </c>
       <c r="C209" s="5">
-        <v>1.3670900399999937</v>
+        <v>1.3674067700000023</v>
       </c>
       <c r="D209" s="5">
-        <v>7.6096847962185743</v>
+        <v>7.6115221356694462</v>
       </c>
       <c r="E209" s="5">
-        <v>5.8850567973373069</v>
+        <v>5.8850092254738362</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>223.53728871000001</v>
+        <v>223.53701150000001</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.83084195999998656</v>
+        <v>-0.83102689000000396</v>
       </c>
       <c r="D210" s="5">
-        <v>-4.354242018510579</v>
+        <v>-4.3551932896092822</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>224.76249401000001</v>
+        <v>224.76228843999999</v>
       </c>
       <c r="C211" s="5">
-        <v>1.2252052999999989</v>
+        <v>1.2252769399999863</v>
       </c>
       <c r="D211" s="5">
-        <v>6.7791257921745451</v>
+        <v>6.779542868102939</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>225.84994294000001</v>
+        <v>225.84977670000001</v>
       </c>
       <c r="C212" s="5">
-        <v>1.0874489299999937</v>
+        <v>1.0874882600000149</v>
       </c>
       <c r="D212" s="5">
-        <v>5.9628699607648938</v>
+        <v>5.9630969920850152</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>226.72979398999999</v>
+        <v>226.72969071</v>
       </c>
       <c r="C213" s="5">
-        <v>0.87985104999998498</v>
+        <v>0.87991400999999314</v>
       </c>
       <c r="D213" s="5">
-        <v>4.776358124264668</v>
+        <v>4.776710857297739</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>226.94411962999999</v>
+        <v>226.94414707000001</v>
       </c>
       <c r="C214" s="5">
-        <v>0.21432563999999843</v>
+        <v>0.214456360000014</v>
       </c>
       <c r="D214" s="5">
-        <v>1.1402654519660382</v>
+        <v>1.140965059135568</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>228.94433723</v>
+        <v>228.94448854999999</v>
       </c>
       <c r="C215" s="5">
-        <v>2.0002176000000134</v>
+        <v>2.0003414799999746</v>
       </c>
       <c r="D215" s="5">
-        <v>11.104503342406957</v>
+        <v>11.105223349450345</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>228.99546151000001</v>
+        <v>228.9957201</v>
       </c>
       <c r="C216" s="5">
-        <v>5.1124280000010458E-2</v>
+        <v>5.1231550000011339E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>0.26829464438933304</v>
+        <v>0.26885810074996908</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>230.51958948000001</v>
+        <v>230.51996025</v>
       </c>
       <c r="C217" s="5">
-        <v>1.524127969999995</v>
+        <v>1.5242401499999971</v>
       </c>
       <c r="D217" s="5">
-        <v>8.285809857991989</v>
+        <v>8.2864325113332082</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>230.2643918</v>
+        <v>230.26618016</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.25519768000000909</v>
+        <v>-0.25378008999999224</v>
       </c>
       <c r="D218" s="5">
-        <v>-1.3204060607989399</v>
+        <v>-1.3131136319647796</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>230.60011566</v>
+        <v>230.59902341</v>
       </c>
       <c r="C219" s="5">
-        <v>0.33572386000000165</v>
+        <v>0.33284324999999626</v>
       </c>
       <c r="D219" s="5">
-        <v>1.7636898565714265</v>
+        <v>1.7484226800855041</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>231.90802087</v>
+        <v>231.90741550000001</v>
       </c>
       <c r="C220" s="5">
-        <v>1.3079052100000013</v>
+        <v>1.3083920900000123</v>
       </c>
       <c r="D220" s="5">
-        <v>7.0224738816248911</v>
+        <v>7.0252044971163663</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>233.56230027999999</v>
+        <v>233.56207878999999</v>
       </c>
       <c r="C221" s="5">
-        <v>1.6542794099999867</v>
+        <v>1.6546632899999736</v>
       </c>
       <c r="D221" s="5">
-        <v>8.9039647192254545</v>
+        <v>8.9061368248444683</v>
       </c>
       <c r="E221" s="5">
-        <v>4.0978055049728734</v>
+        <v>4.0977496019369619</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>232.95047048999999</v>
+        <v>232.95011109000001</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.61182979000000159</v>
+        <v>-0.61196769999997969</v>
       </c>
       <c r="D222" s="5">
-        <v>-3.0985719782092414</v>
+        <v>-3.0992632771371875</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>232.99168141000001</v>
+        <v>232.99140281000001</v>
       </c>
       <c r="C223" s="5">
-        <v>4.1210920000025908E-2</v>
+        <v>4.1291720000003806E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>0.21249688825872859</v>
+        <v>0.21291425436911204</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>232.93116526</v>
+        <v>232.9309993</v>
       </c>
       <c r="C224" s="5">
-        <v>-6.0516150000012203E-2</v>
+        <v>-6.0403510000014649E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-0.31123741997614029</v>
+        <v>-0.31065930385774099</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>233.59061907</v>
+        <v>233.59054007</v>
       </c>
       <c r="C225" s="5">
-        <v>0.65945381000000225</v>
+        <v>0.65954077000000666</v>
       </c>
       <c r="D225" s="5">
-        <v>3.4507349409268251</v>
+        <v>3.4511995849668464</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>233.99223511</v>
+        <v>233.99229364000001</v>
       </c>
       <c r="C226" s="5">
-        <v>0.40161603999999329</v>
+        <v>0.401753570000011</v>
       </c>
       <c r="D226" s="5">
-        <v>2.0828011040749494</v>
+        <v>2.0835218132907896</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>233.98052403</v>
+        <v>233.98070777999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-1.1711079999997764E-2</v>
+        <v>-1.158586000002515E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-6.0042283856354128E-2</v>
+        <v>-5.9400445411661451E-2</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>234.56666713000001</v>
+        <v>234.56697996</v>
       </c>
       <c r="C228" s="5">
-        <v>0.58614310000001524</v>
+        <v>0.5862721800000088</v>
       </c>
       <c r="D228" s="5">
-        <v>3.0478783226982609</v>
+        <v>3.0485563738022581</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>234.42253869000001</v>
+        <v>234.42296424</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.14412844000000291</v>
+        <v>-0.14401571999999874</v>
       </c>
       <c r="D229" s="5">
-        <v>-0.73484794613153381</v>
+        <v>-0.73427419943309369</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>228.42719625000001</v>
+        <v>228.42901477000001</v>
       </c>
       <c r="C230" s="5">
-        <v>-5.9953424400000017</v>
+        <v>-5.9939494699999898</v>
       </c>
       <c r="D230" s="5">
-        <v>-26.720696603036977</v>
+        <v>-26.715292166472381</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>231.08407808999999</v>
+        <v>231.08305605999999</v>
       </c>
       <c r="C231" s="5">
-        <v>2.6568818399999827</v>
+        <v>2.6540412899999808</v>
       </c>
       <c r="D231" s="5">
-        <v>14.885856980450441</v>
+        <v>14.868785582162047</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>232.44754932000001</v>
+        <v>232.44690051000001</v>
       </c>
       <c r="C232" s="5">
-        <v>1.363471230000016</v>
+        <v>1.3638444500000162</v>
       </c>
       <c r="D232" s="5">
-        <v>7.3147413317343091</v>
+        <v>7.3168424351031991</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>233.77206877</v>
+        <v>233.77170835999999</v>
       </c>
       <c r="C233" s="5">
-        <v>1.3245194499999968</v>
+        <v>1.3248078499999849</v>
       </c>
       <c r="D233" s="5">
-        <v>7.0561892369491952</v>
+        <v>7.0577944464362163</v>
       </c>
       <c r="E233" s="5">
-        <v>8.9812649450937698E-2</v>
+        <v>8.9753255787927699E-2</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>234.94680156999999</v>
+        <v>234.94640852000001</v>
       </c>
       <c r="C234" s="5">
-        <v>1.1747327999999868</v>
+        <v>1.1747001600000146</v>
       </c>
       <c r="D234" s="5">
-        <v>6.1996301125609943</v>
+        <v>6.199462890702323</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>235.52659288000001</v>
+        <v>235.52630391</v>
       </c>
       <c r="C235" s="5">
-        <v>0.57979131000001871</v>
+        <v>0.57989538999999013</v>
       </c>
       <c r="D235" s="5">
-        <v>3.0018321095941047</v>
+        <v>3.0023834043909625</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>235.59569403</v>
+        <v>235.59554957</v>
       </c>
       <c r="C236" s="5">
-        <v>6.9101149999994504E-2</v>
+        <v>6.9245660000007092E-2</v>
       </c>
       <c r="D236" s="5">
-        <v>0.35263668362968126</v>
+        <v>0.35337577358776073</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>235.07567771000001</v>
+        <v>235.07561817000001</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.52001631999999631</v>
+        <v>-0.51993139999999016</v>
       </c>
       <c r="D237" s="5">
-        <v>-2.6167692092705641</v>
+        <v>-2.6163486423799731</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>235.93668227000001</v>
+        <v>235.93676843</v>
       </c>
       <c r="C238" s="5">
-        <v>0.86100455999999781</v>
+        <v>0.86115025999998807</v>
       </c>
       <c r="D238" s="5">
-        <v>4.484833551694245</v>
+        <v>4.4856089943964061</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>236.00997681999999</v>
+        <v>236.01017092999999</v>
       </c>
       <c r="C239" s="5">
-        <v>7.3294549999985747E-2</v>
+        <v>7.3402499999986048E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>0.37342176569541419</v>
+        <v>0.37397255499991289</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>235.54518267</v>
+        <v>235.54548603000001</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.4647941499999888</v>
+        <v>-0.46468489999998042</v>
       </c>
       <c r="D240" s="5">
-        <v>-2.3378295662172865</v>
+        <v>-2.3372840940693584</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>235.54721491999999</v>
+        <v>235.54758100000001</v>
       </c>
       <c r="C241" s="5">
-        <v>2.0322499999849697E-3</v>
+        <v>2.0949700000016946E-3</v>
       </c>
       <c r="D241" s="5">
-        <v>1.0353918937267004E-2</v>
+        <v>1.0673467037269901E-2</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>234.51579348000001</v>
+        <v>234.51763362</v>
       </c>
       <c r="C242" s="5">
-        <v>-1.0314214399999742</v>
+        <v>-1.0299473800000101</v>
       </c>
       <c r="D242" s="5">
-        <v>-5.1298767628570108</v>
+        <v>-5.1227130171835107</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>233.45605404</v>
+        <v>233.45509570999999</v>
       </c>
       <c r="C243" s="5">
-        <v>-1.0597394400000155</v>
+        <v>-1.0625379100000032</v>
       </c>
       <c r="D243" s="5">
-        <v>-5.2898465517333237</v>
+        <v>-5.3034287158634115</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>233.46895855</v>
+        <v>233.46833519</v>
       </c>
       <c r="C244" s="5">
-        <v>1.2904509999998481E-2</v>
+        <v>1.3239480000009962E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>6.6351334398784267E-2</v>
+        <v>6.8074472013490706E-2</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>233.27889168999999</v>
+        <v>233.27845794000001</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.19006686000000172</v>
+        <v>-0.189877249999995</v>
       </c>
       <c r="D245" s="5">
-        <v>-0.9725565238977274</v>
+        <v>-0.9715932233889335</v>
       </c>
       <c r="E245" s="5">
-        <v>-0.21096492946949263</v>
+        <v>-0.21099662720537316</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>232.14791695</v>
+        <v>232.14758315</v>
       </c>
       <c r="C246" s="5">
-        <v>-1.1309747399999992</v>
+        <v>-1.1308747900000071</v>
       </c>
       <c r="D246" s="5">
-        <v>-5.6651477089375462</v>
+        <v>-5.6646705770551868</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>232.08946788</v>
+        <v>232.08918980000001</v>
       </c>
       <c r="C247" s="5">
-        <v>-5.8449069999994663E-2</v>
+        <v>-5.8393349999988686E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>-0.30171211804804754</v>
+        <v>-0.30142532390559085</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>232.63529041000001</v>
+        <v>232.63520790999999</v>
       </c>
       <c r="C248" s="5">
-        <v>0.54582253000000946</v>
+        <v>0.54601810999997724</v>
       </c>
       <c r="D248" s="5">
-        <v>2.8589229686631468</v>
+        <v>2.8599641452013325</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>234.94467889000001</v>
+        <v>234.94466793000001</v>
       </c>
       <c r="C249" s="5">
-        <v>2.3093884799999955</v>
+        <v>2.3094600200000173</v>
       </c>
       <c r="D249" s="5">
-        <v>12.584912538959593</v>
+        <v>12.585328630778303</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>233.78244071</v>
+        <v>233.78253101999999</v>
       </c>
       <c r="C250" s="5">
-        <v>-1.1622381800000028</v>
+        <v>-1.1621369100000152</v>
       </c>
       <c r="D250" s="5">
-        <v>-5.777353210784641</v>
+        <v>-5.7768636868301915</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>233.83912760000001</v>
+        <v>233.83930502999999</v>
       </c>
       <c r="C251" s="5">
-        <v>5.6686890000008816E-2</v>
+        <v>5.6774009999998043E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>0.29136089074901506</v>
+        <v>0.29180915798867613</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>234.20168448999999</v>
+        <v>234.20196945999999</v>
       </c>
       <c r="C252" s="5">
-        <v>0.36255688999997915</v>
+        <v>0.36266442999999526</v>
       </c>
       <c r="D252" s="5">
-        <v>1.8764932879314689</v>
+        <v>1.8770532048981048</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>235.18047028999999</v>
+        <v>235.18075087</v>
       </c>
       <c r="C253" s="5">
-        <v>0.97878579999999715</v>
+        <v>0.97878141000001051</v>
       </c>
       <c r="D253" s="5">
-        <v>5.1319890323483053</v>
+        <v>5.1319590943255777</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>236.47503849</v>
+        <v>236.47633678</v>
       </c>
       <c r="C254" s="5">
-        <v>1.2945682000000147</v>
+        <v>1.2955859099999998</v>
       </c>
       <c r="D254" s="5">
-        <v>6.8091856961682407</v>
+        <v>6.8146935036140777</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>238.27613969999999</v>
+        <v>238.27554222000001</v>
       </c>
       <c r="C255" s="5">
-        <v>1.8011012099999846</v>
+        <v>1.7992054400000086</v>
       </c>
       <c r="D255" s="5">
-        <v>9.5325019748517157</v>
+        <v>9.5219904128386101</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>238.4090368</v>
+        <v>238.40858815000001</v>
       </c>
       <c r="C256" s="5">
-        <v>0.13289710000000809</v>
+        <v>0.13304593000000864</v>
       </c>
       <c r="D256" s="5">
-        <v>0.6713498036307497</v>
+        <v>0.67210564179864818</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>238.72977881</v>
+        <v>238.72933918000001</v>
       </c>
       <c r="C257" s="5">
-        <v>0.32074201000000357</v>
+        <v>0.32075102999999672</v>
       </c>
       <c r="D257" s="5">
-        <v>1.6264114027394694</v>
+        <v>1.6264605635674556</v>
       </c>
       <c r="E257" s="5">
-        <v>2.3366396678716983</v>
+        <v>2.3366414919469225</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>238.96830272</v>
+        <v>238.96805775000001</v>
       </c>
       <c r="C258" s="5">
-        <v>0.23852390999999784</v>
+        <v>0.23871857000000318</v>
       </c>
       <c r="D258" s="5">
-        <v>1.2055757934889666</v>
+        <v>1.206567318648899</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>238.16632528</v>
+        <v>238.1660862</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.80197744000000171</v>
+        <v>-0.80197155000001885</v>
       </c>
       <c r="D259" s="5">
-        <v>-3.9536903571898208</v>
+        <v>-3.9536658322209428</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>240.46093311000001</v>
+        <v>240.46087990000001</v>
       </c>
       <c r="C260" s="5">
-        <v>2.2946078300000181</v>
+        <v>2.2947937000000138</v>
       </c>
       <c r="D260" s="5">
-        <v>12.194112115789956</v>
+        <v>12.195165695372223</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>242.85154441</v>
+        <v>242.85151697000001</v>
       </c>
       <c r="C261" s="5">
-        <v>2.3906112999999891</v>
+        <v>2.3906370699999968</v>
       </c>
       <c r="D261" s="5">
-        <v>12.6045915939631</v>
+        <v>12.604737924884279</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>242.502937</v>
+        <v>242.50295471000001</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.34860740999999962</v>
+        <v>-0.34856225999999424</v>
       </c>
       <c r="D262" s="5">
-        <v>-1.7090354149572939</v>
+        <v>-1.708816004643321</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>242.71884123000001</v>
+        <v>242.71892979</v>
       </c>
       <c r="C263" s="5">
-        <v>0.21590423000000669</v>
+        <v>0.21597507999999266</v>
       </c>
       <c r="D263" s="5">
-        <v>1.0736262557699883</v>
+        <v>1.0739802200689264</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>241.87885517999999</v>
+        <v>241.87908888000001</v>
       </c>
       <c r="C264" s="5">
-        <v>-0.83998605000002158</v>
+        <v>-0.83984090999999239</v>
       </c>
       <c r="D264" s="5">
-        <v>-4.0747428592815771</v>
+        <v>-4.0740506764624485</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>244.26624183000001</v>
+        <v>244.26650658</v>
       </c>
       <c r="C265" s="5">
-        <v>2.3873866500000247</v>
+        <v>2.3874176999999861</v>
       </c>
       <c r="D265" s="5">
-        <v>12.508815980608311</v>
+        <v>12.508974850443376</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>246.30988624</v>
+        <v>246.31079213000001</v>
       </c>
       <c r="C266" s="5">
-        <v>2.0436444099999846</v>
+        <v>2.0442855500000121</v>
       </c>
       <c r="D266" s="5">
-        <v>10.514869836710838</v>
+        <v>10.518309973500184</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>246.06494426</v>
+        <v>246.06478614</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.24494197999999301</v>
+        <v>-0.24600599000001466</v>
       </c>
       <c r="D267" s="5">
-        <v>-1.1868303727800233</v>
+        <v>-1.1919532301625235</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>247.28390026</v>
+        <v>247.28372027</v>
       </c>
       <c r="C268" s="5">
-        <v>1.2189559999999915</v>
+        <v>1.2189341300000081</v>
       </c>
       <c r="D268" s="5">
-        <v>6.1092267248636034</v>
+        <v>6.1091181454829169</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>247.50362029999999</v>
+        <v>247.50323137000001</v>
       </c>
       <c r="C269" s="5">
-        <v>0.21972003999999856</v>
+        <v>0.2195111000000054</v>
       </c>
       <c r="D269" s="5">
-        <v>1.0714663614116215</v>
+        <v>1.0704432672585806</v>
       </c>
       <c r="E269" s="5">
-        <v>3.6752187069979625</v>
+        <v>3.6752467125058974</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>250.23998702</v>
+        <v>250.23972850999999</v>
       </c>
       <c r="C270" s="5">
-        <v>2.7363667200000066</v>
+        <v>2.7364971399999831</v>
       </c>
       <c r="D270" s="5">
-        <v>14.104254006022909</v>
+        <v>14.104991163507631</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>251.12347324000001</v>
+        <v>251.1231477</v>
       </c>
       <c r="C271" s="5">
-        <v>0.88348622000000887</v>
+        <v>0.88341919000001212</v>
       </c>
       <c r="D271" s="5">
-        <v>4.3199106177306934</v>
+        <v>4.3195810260976186</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>252.99169767000001</v>
+        <v>252.99157018</v>
       </c>
       <c r="C272" s="5">
-        <v>1.8682244299999979</v>
+        <v>1.8684224799999924</v>
       </c>
       <c r="D272" s="5">
-        <v>9.3018517160806002</v>
+        <v>9.3028910577424462</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>253.59091061000001</v>
+        <v>253.59075748999999</v>
       </c>
       <c r="C273" s="5">
-        <v>0.59921294000000103</v>
+        <v>0.5991873099999907</v>
       </c>
       <c r="D273" s="5">
-        <v>2.8795287451858442</v>
+        <v>2.8794054409279513</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>254.45021183</v>
+        <v>254.45000881999999</v>
       </c>
       <c r="C274" s="5">
-        <v>0.85930121999999187</v>
+        <v>0.85925133000000642</v>
       </c>
       <c r="D274" s="5">
-        <v>4.142884609078501</v>
+        <v>4.1426421262135582</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>256.93429086999998</v>
+        <v>256.93417142999999</v>
       </c>
       <c r="C275" s="5">
-        <v>2.4840790399999833</v>
+        <v>2.4841626099999985</v>
       </c>
       <c r="D275" s="5">
-        <v>12.364994871050827</v>
+        <v>12.365443844825762</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>255.79907270999999</v>
+        <v>255.7993309</v>
       </c>
       <c r="C276" s="5">
-        <v>-1.1352181599999938</v>
+        <v>-1.1348405299999911</v>
       </c>
       <c r="D276" s="5">
-        <v>-5.1750216673718041</v>
+        <v>-5.1733441465907308</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>258.45876962</v>
+        <v>258.45930886999997</v>
       </c>
       <c r="C277" s="5">
-        <v>2.6596969100000081</v>
+        <v>2.6599779699999715</v>
       </c>
       <c r="D277" s="5">
-        <v>13.215967212562063</v>
+        <v>13.21743050359192</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>260.58856849</v>
+        <v>260.58941613000002</v>
       </c>
       <c r="C278" s="5">
-        <v>2.1297988700000019</v>
+        <v>2.1301072600000452</v>
       </c>
       <c r="D278" s="5">
-        <v>10.349164954457502</v>
+        <v>10.350709475338494</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>261.19935143999999</v>
+        <v>261.19996931999998</v>
       </c>
       <c r="C279" s="5">
-        <v>0.61078294999998661</v>
+        <v>0.61055318999996189</v>
       </c>
       <c r="D279" s="5">
-        <v>2.8491742533436559</v>
+        <v>2.8480792383155373</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>262.69458787999997</v>
+        <v>262.69489695999999</v>
       </c>
       <c r="C280" s="5">
-        <v>1.4952364399999851</v>
+        <v>1.4949276400000144</v>
       </c>
       <c r="D280" s="5">
-        <v>7.0898656786916314</v>
+        <v>7.0883377674037185</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>263.57933953000003</v>
+        <v>263.57895389999999</v>
       </c>
       <c r="C281" s="5">
-        <v>0.88475165000005518</v>
+        <v>0.88405693999999357</v>
       </c>
       <c r="D281" s="5">
-        <v>4.1172958617584632</v>
+        <v>4.1139979443920449</v>
       </c>
       <c r="E281" s="5">
-        <v>6.4951450853585779</v>
+        <v>6.4951566252352988</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>264.97141918</v>
+        <v>264.97029877</v>
       </c>
       <c r="C282" s="5">
-        <v>1.392079649999971</v>
+        <v>1.3913448700000117</v>
       </c>
       <c r="D282" s="5">
-        <v>6.5251113695679486</v>
+        <v>6.521576445356625</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>267.61003333000002</v>
+        <v>267.60947530999999</v>
       </c>
       <c r="C283" s="5">
-        <v>2.6386141500000235</v>
+        <v>2.639176539999994</v>
       </c>
       <c r="D283" s="5">
-        <v>12.626431423323869</v>
+        <v>12.629328068304124</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>267.61217119000003</v>
+        <v>267.61175646999999</v>
       </c>
       <c r="C284" s="5">
-        <v>2.1378600000048209E-3</v>
+        <v>2.2811599999954524E-3</v>
       </c>
       <c r="D284" s="5">
-        <v>9.5868779313779129E-3</v>
+        <v>1.0229534429151421E-2</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>268.51177978999999</v>
+        <v>268.51126475000001</v>
       </c>
       <c r="C285" s="5">
-        <v>0.89960859999996501</v>
+        <v>0.89950828000002048</v>
       </c>
       <c r="D285" s="5">
-        <v>4.1093608176512753</v>
+        <v>4.1089005426776071</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>269.70753679000001</v>
+        <v>269.70705239</v>
       </c>
       <c r="C286" s="5">
-        <v>1.1957570000000146</v>
+        <v>1.1957876399999918</v>
       </c>
       <c r="D286" s="5">
-        <v>5.476782456707241</v>
+        <v>5.4769370125997918</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>269.77138542</v>
+        <v>269.77113348</v>
       </c>
       <c r="C287" s="5">
-        <v>6.384862999999541E-2</v>
+        <v>6.408109000000195E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>0.28444957497268941</v>
+        <v>0.28548706568587434</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>272.08102097</v>
+        <v>272.08130951999999</v>
       </c>
       <c r="C288" s="5">
-        <v>2.3096355499999959</v>
+        <v>2.3101760399999876</v>
       </c>
       <c r="D288" s="5">
-        <v>10.77159159652421</v>
+        <v>10.774242744369511</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>273.53468662</v>
+        <v>273.53529594000003</v>
       </c>
       <c r="C289" s="5">
-        <v>1.4536656500000049</v>
+        <v>1.4539864200000352</v>
       </c>
       <c r="D289" s="5">
-        <v>6.6031150553661488</v>
+        <v>6.604607995893752</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>273.69796149000001</v>
+        <v>273.70079190000001</v>
       </c>
       <c r="C290" s="5">
-        <v>0.16327487000000929</v>
+        <v>0.16549595999998701</v>
       </c>
       <c r="D290" s="5">
-        <v>0.71864509694201661</v>
+        <v>0.7284520253732385</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>274.88353099</v>
+        <v>274.88545234999998</v>
       </c>
       <c r="C291" s="5">
-        <v>1.1855694999999855</v>
+        <v>1.1846604499999671</v>
       </c>
       <c r="D291" s="5">
-        <v>5.3236489997692038</v>
+        <v>5.319413039273635</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>276.62603955999998</v>
+        <v>276.62641159999998</v>
       </c>
       <c r="C292" s="5">
-        <v>1.742508569999984</v>
+        <v>1.7409592500000031</v>
       </c>
       <c r="D292" s="5">
-        <v>7.8777941828254372</v>
+        <v>7.8704870732782872</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>278.10629598000003</v>
+        <v>278.10607023</v>
       </c>
       <c r="C293" s="5">
-        <v>1.4802564200000461</v>
+        <v>1.4796586300000172</v>
       </c>
       <c r="D293" s="5">
-        <v>6.6137310438745711</v>
+        <v>6.6109719250101673</v>
       </c>
       <c r="E293" s="5">
-        <v>5.5114169706562244</v>
+        <v>5.51148569149853</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>278.40855870000001</v>
+        <v>278.40410883999999</v>
       </c>
       <c r="C294" s="5">
-        <v>0.30226271999998744</v>
+        <v>0.29803860999999188</v>
       </c>
       <c r="D294" s="5">
-        <v>1.3120571464408926</v>
+        <v>1.2936140471607516</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>279.84044813999998</v>
+        <v>279.83972301</v>
       </c>
       <c r="C295" s="5">
-        <v>1.4318894399999635</v>
+        <v>1.435614170000008</v>
       </c>
       <c r="D295" s="5">
-        <v>6.3493567137281604</v>
+        <v>6.3664489804482471</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>282.21913477999999</v>
+        <v>282.21823218999998</v>
       </c>
       <c r="C296" s="5">
-        <v>2.3786866400000122</v>
+        <v>2.3785091799999805</v>
       </c>
       <c r="D296" s="5">
-        <v>10.690824279257871</v>
+        <v>10.690018058401375</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>283.26241071999999</v>
+        <v>283.26151355000002</v>
       </c>
       <c r="C297" s="5">
-        <v>1.0432759400000009</v>
+        <v>1.0432813600000372</v>
       </c>
       <c r="D297" s="5">
-        <v>4.5273379299045624</v>
+        <v>4.5273767055311387</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>284.70280135000002</v>
+        <v>284.702201</v>
       </c>
       <c r="C298" s="5">
-        <v>1.4403906300000244</v>
+        <v>1.4406874499999844</v>
       </c>
       <c r="D298" s="5">
-        <v>6.275589394684955</v>
+        <v>6.2769394277518042</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>286.02912516999999</v>
+        <v>286.02885792000001</v>
       </c>
       <c r="C299" s="5">
-        <v>1.3263238199999705</v>
+        <v>1.3266569200000049</v>
       </c>
       <c r="D299" s="5">
-        <v>5.7358372258830004</v>
+        <v>5.7373272825732569</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>286.77319489000001</v>
+        <v>286.77322614000002</v>
       </c>
       <c r="C300" s="5">
-        <v>0.74406972000002725</v>
+        <v>0.74436822000001257</v>
       </c>
       <c r="D300" s="5">
-        <v>3.1667058059312803</v>
+        <v>3.1679974409192013</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>286.68515538000003</v>
+        <v>286.68797240999999</v>
       </c>
       <c r="C301" s="5">
-        <v>-8.8039509999987331E-2</v>
+        <v>-8.5253730000033556E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>-0.36777917310517605</v>
+        <v>-0.35616074629011285</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>288.09327644000001</v>
+        <v>288.09876059999999</v>
       </c>
       <c r="C302" s="5">
-        <v>1.4081210599999849</v>
+        <v>1.4107881900000052</v>
       </c>
       <c r="D302" s="5">
-        <v>6.0559418898282313</v>
+        <v>6.0676634697449883</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>290.07459792999998</v>
+        <v>290.07783028</v>
       </c>
       <c r="C303" s="5">
-        <v>1.9813214899999707</v>
+        <v>1.9790696800000092</v>
       </c>
       <c r="D303" s="5">
-        <v>8.5722689992540513</v>
+        <v>8.5619862552206438</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>290.19477982000001</v>
+        <v>290.19535744000001</v>
       </c>
       <c r="C304" s="5">
-        <v>0.12018189000002621</v>
+        <v>0.11752716000000873</v>
       </c>
       <c r="D304" s="5">
-        <v>0.49831097643169286</v>
+        <v>0.48727367004006705</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>291.71199937</v>
+        <v>291.71165894000001</v>
       </c>
       <c r="C305" s="5">
-        <v>1.517219549999993</v>
+        <v>1.5163014999999973</v>
       </c>
       <c r="D305" s="5">
-        <v>6.4575277769198802</v>
+        <v>6.4534942260344508</v>
       </c>
       <c r="E305" s="5">
-        <v>4.8922673045051823</v>
+        <v>4.892230039692369</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>292.20354750000001</v>
+        <v>292.19443147999999</v>
       </c>
       <c r="C306" s="5">
-        <v>0.49154813000001241</v>
+        <v>0.48277253999998493</v>
       </c>
       <c r="D306" s="5">
-        <v>2.0409007347609087</v>
+        <v>2.0041347031033885</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>293.76685469</v>
+        <v>293.76483646000003</v>
       </c>
       <c r="C307" s="5">
-        <v>1.5633071899999891</v>
+        <v>1.5704049800000348</v>
       </c>
       <c r="D307" s="5">
-        <v>6.6123975782787392</v>
+        <v>6.6435258454328405</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>294.09937550000001</v>
+        <v>294.09675128999999</v>
       </c>
       <c r="C308" s="5">
-        <v>0.33252081000000544</v>
+        <v>0.33191482999995969</v>
       </c>
       <c r="D308" s="5">
-        <v>1.366793149166301</v>
+        <v>1.3642962621723598</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>296.94104634000001</v>
+        <v>296.93840533000002</v>
       </c>
       <c r="C309" s="5">
-        <v>2.8416708400000061</v>
+        <v>2.8416540400000372</v>
       </c>
       <c r="D309" s="5">
-        <v>12.231194866444328</v>
+        <v>12.231233671824505</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>297.21821435999999</v>
+        <v>297.21632941000001</v>
       </c>
       <c r="C310" s="5">
-        <v>0.27716801999997642</v>
+        <v>0.27792407999999114</v>
       </c>
       <c r="D310" s="5">
-        <v>1.1258613415414009</v>
+        <v>1.12895839000553</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>298.69836605</v>
+        <v>298.70328993999999</v>
       </c>
       <c r="C311" s="5">
-        <v>1.4801516900000138</v>
+        <v>1.4869605299999762</v>
       </c>
       <c r="D311" s="5">
-        <v>6.1424517076084317</v>
+        <v>6.1715298229238158</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>299.85916072999999</v>
+        <v>299.85837877</v>
       </c>
       <c r="C312" s="5">
-        <v>1.1607946799999809</v>
+        <v>1.1550888300000111</v>
       </c>
       <c r="D312" s="5">
-        <v>4.764390436343402</v>
+        <v>4.7403911009714861</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>301.76029492999999</v>
+        <v>301.76541522000002</v>
       </c>
       <c r="C313" s="5">
-        <v>1.9011342000000013</v>
+        <v>1.907036450000021</v>
       </c>
       <c r="D313" s="5">
-        <v>7.8790945847566629</v>
+        <v>7.9044392510086992</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>303.89945462999998</v>
+        <v>303.90905916999998</v>
       </c>
       <c r="C314" s="5">
-        <v>2.1391596999999933</v>
+        <v>2.1436439499999551</v>
       </c>
       <c r="D314" s="5">
-        <v>8.8463580254183771</v>
+        <v>8.8654764881104029</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>305.11913342000003</v>
+        <v>305.12443094000002</v>
       </c>
       <c r="C315" s="5">
-        <v>1.2196787900000459</v>
+        <v>1.215371770000047</v>
       </c>
       <c r="D315" s="5">
-        <v>4.9238598068907624</v>
+        <v>4.9059296213773473</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>304.54948402000002</v>
+        <v>304.55077835999998</v>
       </c>
       <c r="C316" s="5">
-        <v>-0.56964940000000297</v>
+        <v>-0.5736525800000436</v>
       </c>
       <c r="D316" s="5">
-        <v>-2.2175061160617404</v>
+        <v>-2.2328903701038016</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>306.95315400999999</v>
+        <v>306.95333044</v>
       </c>
       <c r="C317" s="5">
-        <v>2.4036699899999689</v>
+        <v>2.4025520800000209</v>
       </c>
       <c r="D317" s="5">
-        <v>9.8931914403474153</v>
+        <v>9.8883449564371126</v>
       </c>
       <c r="E317" s="5">
-        <v>5.2247266731967779</v>
+        <v>5.2249099523083986</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>309.72608678</v>
+        <v>309.71227318000001</v>
       </c>
       <c r="C318" s="5">
-        <v>2.7729327700000113</v>
+        <v>2.7589427400000091</v>
       </c>
       <c r="D318" s="5">
-        <v>11.395647797201924</v>
+        <v>11.335276340721979</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>309.95362239000002</v>
+        <v>309.94694336999999</v>
       </c>
       <c r="C319" s="5">
-        <v>0.2275356100000181</v>
+        <v>0.23467018999997435</v>
       </c>
       <c r="D319" s="5">
-        <v>0.88513262776408475</v>
+        <v>0.9130433984714692</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>309.81456009999999</v>
+        <v>309.80698126999999</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.13906229000002668</v>
+        <v>-0.1399620999999911</v>
       </c>
       <c r="D320" s="5">
-        <v>-0.53705964535658568</v>
+        <v>-0.54053771142735796</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>311.04400568</v>
+        <v>311.03702483000001</v>
       </c>
       <c r="C321" s="5">
-        <v>1.2294455800000037</v>
+        <v>1.2300435600000128</v>
       </c>
       <c r="D321" s="5">
-        <v>4.8673142467654529</v>
+        <v>4.8698552947849194</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>311.55695159999999</v>
+        <v>311.55270590999999</v>
       </c>
       <c r="C322" s="5">
-        <v>0.51294591999999284</v>
+        <v>0.51568107999997892</v>
       </c>
       <c r="D322" s="5">
-        <v>1.9969807041982701</v>
+        <v>2.0077718796224442</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>311.47342235000002</v>
+        <v>311.48497493999997</v>
       </c>
       <c r="C323" s="5">
-        <v>-8.3529249999969579E-2</v>
+        <v>-6.7730970000013713E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>-0.32124922379922483</v>
+        <v>-0.26056603132896816</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>311.62338947000001</v>
+        <v>311.62419389000002</v>
       </c>
       <c r="C324" s="5">
-        <v>0.14996711999998524</v>
+        <v>0.1392189500000427</v>
       </c>
       <c r="D324" s="5">
-        <v>0.57930421643488383</v>
+        <v>0.53766327728741459</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>313.26222575999998</v>
+        <v>313.27284637000002</v>
       </c>
       <c r="C325" s="5">
-        <v>1.638836289999972</v>
+        <v>1.6486524800000097</v>
       </c>
       <c r="D325" s="5">
-        <v>6.4966110329827353</v>
+        <v>6.5366459054132964</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>314.32242917999997</v>
+        <v>314.33485013000001</v>
       </c>
       <c r="C326" s="5">
-        <v>1.0602034199999935</v>
+        <v>1.0620037599999819</v>
       </c>
       <c r="D326" s="5">
-        <v>4.137731851215154</v>
+        <v>4.1447465439221398</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>312.22484679000002</v>
+        <v>312.23522636000001</v>
       </c>
       <c r="C327" s="5">
-        <v>-2.0975823899999568</v>
+        <v>-2.0996237699999938</v>
       </c>
       <c r="D327" s="5">
-        <v>-7.7205350204477829</v>
+        <v>-7.7274805957240789</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>313.29253261999997</v>
+        <v>313.29895200999999</v>
       </c>
       <c r="C328" s="5">
-        <v>1.0676858299999594</v>
+        <v>1.0637256499999808</v>
       </c>
       <c r="D328" s="5">
-        <v>4.1815916767614647</v>
+        <v>4.1656487760233007</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>313.47407815000003</v>
+        <v>313.47743630000002</v>
       </c>
       <c r="C329" s="5">
-        <v>0.1815455300000508</v>
+        <v>0.17848429000002852</v>
       </c>
       <c r="D329" s="5">
-        <v>0.69759181813608961</v>
+        <v>0.68577797394966389</v>
       </c>
       <c r="E329" s="5">
-        <v>2.1244036931406196</v>
+        <v>2.1254390205338591</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>315.92589330999999</v>
+        <v>315.90982795000002</v>
       </c>
       <c r="C330" s="5">
-        <v>2.4518151599999669</v>
+        <v>2.4323916499999996</v>
       </c>
       <c r="D330" s="5">
-        <v>9.8001818169445762</v>
+        <v>9.7190928108668029</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>314.66186554000001</v>
+        <v>314.64580437000001</v>
       </c>
       <c r="C331" s="5">
-        <v>-1.2640277699999842</v>
+        <v>-1.2640235800000141</v>
       </c>
       <c r="D331" s="5">
-        <v>-4.6969737062223071</v>
+        <v>-4.697192106239056</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>315.82286563000002</v>
+        <v>315.80105873999997</v>
       </c>
       <c r="C332" s="5">
-        <v>1.1610000900000159</v>
+        <v>1.155254369999966</v>
       </c>
       <c r="D332" s="5">
-        <v>4.5185750049336226</v>
+        <v>4.4959935320636024</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>315.00847407999998</v>
+        <v>314.98712754000002</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.81439155000003893</v>
+        <v>-0.81393119999995633</v>
       </c>
       <c r="D333" s="5">
-        <v>-3.0508499978852632</v>
+        <v>-3.0493573949970654</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>316.25908772000003</v>
+        <v>316.24581498999999</v>
       </c>
       <c r="C334" s="5">
-        <v>1.25061364000004</v>
+        <v>1.2586874499999681</v>
       </c>
       <c r="D334" s="5">
-        <v>4.8695302369031079</v>
+        <v>4.9020009633351735</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>317.32400596999997</v>
+        <v>317.35204669000001</v>
       </c>
       <c r="C335" s="5">
-        <v>1.0649182499999483</v>
+        <v>1.1062317000000235</v>
       </c>
       <c r="D335" s="5">
-        <v>4.1163592692401219</v>
+        <v>4.2793218513248465</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>317.38559106000002</v>
+        <v>317.39439336999999</v>
       </c>
       <c r="C336" s="5">
-        <v>6.1585090000050968E-2</v>
+        <v>4.2346679999980097E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>0.23314039357804628</v>
+        <v>0.16024263063565414</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>318.47223948999999</v>
+        <v>318.49004860999997</v>
       </c>
       <c r="C337" s="5">
-        <v>1.0866484299999684</v>
+        <v>1.095655239999985</v>
       </c>
       <c r="D337" s="5">
-        <v>4.1867534836514508</v>
+        <v>4.2219981060297673</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>314.07332640999999</v>
+        <v>314.09000695999998</v>
       </c>
       <c r="C338" s="5">
-        <v>-4.3989130799999998</v>
+        <v>-4.4000416499999915</v>
       </c>
       <c r="D338" s="5">
-        <v>-15.372079624476031</v>
+        <v>-15.374933186244633</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>317.10885023999998</v>
+        <v>317.12500577999998</v>
       </c>
       <c r="C339" s="5">
-        <v>3.0355238299999883</v>
+        <v>3.0349988199999984</v>
       </c>
       <c r="D339" s="5">
-        <v>12.23484340004406</v>
+        <v>12.231929057107127</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>318.84471146999999</v>
+        <v>318.86686706</v>
       </c>
       <c r="C340" s="5">
-        <v>1.7358612300000118</v>
+        <v>1.7418612800000233</v>
       </c>
       <c r="D340" s="5">
-        <v>6.7702499554598505</v>
+        <v>6.7940063500847803</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>319.42499925999999</v>
+        <v>319.43456859999998</v>
       </c>
       <c r="C341" s="5">
-        <v>0.58028778999999986</v>
+        <v>0.56770153999997319</v>
       </c>
       <c r="D341" s="5">
-        <v>2.2059582108827636</v>
+        <v>2.1574908416946759</v>
       </c>
       <c r="E341" s="5">
-        <v>1.8983774177182111</v>
+        <v>1.9003384646475663</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>320.18846782000003</v>
+        <v>320.16740023</v>
       </c>
       <c r="C342" s="5">
-        <v>0.76346856000003527</v>
+        <v>0.73283163000002105</v>
       </c>
       <c r="D342" s="5">
-        <v>2.9061669359481845</v>
+        <v>2.787986770492612</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>321.70928070999997</v>
+        <v>321.68079800999999</v>
       </c>
       <c r="C343" s="5">
-        <v>1.5208128899999451</v>
+        <v>1.5133977799999911</v>
       </c>
       <c r="D343" s="5">
-        <v>5.8509705983833538</v>
+        <v>5.8220901636445221</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>322.54562293999999</v>
+        <v>322.50894269999998</v>
       </c>
       <c r="C344" s="5">
-        <v>0.83634223000001384</v>
+        <v>0.8281446899999878</v>
       </c>
       <c r="D344" s="5">
-        <v>3.1646138368809806</v>
+        <v>3.1334362855207409</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>323.17310501999998</v>
+        <v>323.10338688000002</v>
       </c>
       <c r="C345" s="5">
-        <v>0.62748207999999295</v>
+        <v>0.59444418000003907</v>
       </c>
       <c r="D345" s="5">
-        <v>2.3596278593500442</v>
+        <v>2.2343847485368107</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>323.78251516</v>
+        <v>323.76744544000002</v>
       </c>
       <c r="C346" s="5">
-        <v>0.60941014000002269</v>
+        <v>0.66405856000000085</v>
       </c>
       <c r="D346" s="5">
-        <v>2.286466766435935</v>
+        <v>2.4943718569345519</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>323.58026431000002</v>
+        <v>323.62548729000002</v>
       </c>
       <c r="C347" s="5">
-        <v>-0.20225084999998444</v>
+        <v>-0.14195814999999357</v>
       </c>
       <c r="D347" s="5">
-        <v>-0.74701049133174546</v>
+        <v>-0.52488161260870747</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>326.52447938</v>
+        <v>326.55118076000002</v>
       </c>
       <c r="C348" s="5">
-        <v>2.9442150699999843</v>
+        <v>2.9256934699999988</v>
       </c>
       <c r="D348" s="5">
-        <v>11.481972201258305</v>
+        <v>11.404438199429666</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>327.65197495000001</v>
+        <v>327.68339744999997</v>
       </c>
       <c r="C349" s="5">
-        <v>1.1274955700000078</v>
+        <v>1.1322166899999502</v>
       </c>
       <c r="D349" s="5">
-        <v>4.223230988103599</v>
+        <v>4.2408999427545613</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>326.65037797999997</v>
+        <v>326.67292773999998</v>
       </c>
       <c r="C350" s="5">
-        <v>-1.0015969700000369</v>
+        <v>-1.0104697099999953</v>
       </c>
       <c r="D350" s="5">
-        <v>-3.6072212045417107</v>
+        <v>-3.6382930653236834</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>328.98692317000001</v>
+        <v>329.01236791999997</v>
       </c>
       <c r="C351" s="5">
-        <v>2.336545190000038</v>
+        <v>2.3394401799999969</v>
       </c>
       <c r="D351" s="5">
-        <v>8.9295342200212957</v>
+        <v>8.9403956616391778</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>327.79007346999998</v>
+        <v>327.83501373000001</v>
       </c>
       <c r="C352" s="5">
-        <v>-1.1968497000000298</v>
+        <v>-1.17735418999996</v>
       </c>
       <c r="D352" s="5">
-        <v>-4.2792828064333595</v>
+        <v>-4.2106246158541749</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>328.84045122999999</v>
+        <v>328.87503276000001</v>
       </c>
       <c r="C353" s="5">
-        <v>1.0503777600000035</v>
+        <v>1.0400190299999963</v>
       </c>
       <c r="D353" s="5">
-        <v>3.9138065901226815</v>
+        <v>3.8739925762906413</v>
       </c>
       <c r="E353" s="5">
-        <v>2.9476252615832976</v>
+        <v>2.9553671042477303</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>329.78906386</v>
+        <v>329.73251221999999</v>
       </c>
       <c r="C354" s="5">
-        <v>0.94861263000001372</v>
+        <v>0.8574794599999791</v>
       </c>
       <c r="D354" s="5">
-        <v>3.5171182008473689</v>
+        <v>3.1740325918303114</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>332.07758501000001</v>
+        <v>332.05281008999998</v>
       </c>
       <c r="C355" s="5">
-        <v>2.2885211500000082</v>
+        <v>2.3202978699999903</v>
       </c>
       <c r="D355" s="5">
-        <v>8.6525055208979573</v>
+        <v>8.7788996664705188</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>331.48285750000002</v>
+        <v>331.42822819000003</v>
       </c>
       <c r="C356" s="5">
-        <v>-0.59472750999998425</v>
+        <v>-0.62458189999995284</v>
       </c>
       <c r="D356" s="5">
-        <v>-2.1280721204896436</v>
+        <v>-2.2339605349223857</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>331.97751242999999</v>
+        <v>331.80736469999999</v>
       </c>
       <c r="C357" s="5">
-        <v>0.49465492999996741</v>
+        <v>0.37913650999996662</v>
       </c>
       <c r="D357" s="5">
-        <v>1.8054689576237459</v>
+        <v>1.3814069455657219</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>332.76190817000003</v>
+        <v>332.76194931999999</v>
       </c>
       <c r="C358" s="5">
-        <v>0.78439574000003631</v>
+        <v>0.95458461999999145</v>
       </c>
       <c r="D358" s="5">
-        <v>2.8724956954567782</v>
+        <v>3.5074624062487736</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>333.38588668</v>
+        <v>333.45881629000002</v>
       </c>
       <c r="C359" s="5">
-        <v>0.62397850999997218</v>
+        <v>0.69686697000003051</v>
       </c>
       <c r="D359" s="5">
-        <v>2.2735325717006871</v>
+        <v>2.5421770046788472</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>333.98512563999998</v>
+        <v>334.03432786000002</v>
       </c>
       <c r="C360" s="5">
-        <v>0.59923895999997967</v>
+        <v>0.5755115700000033</v>
       </c>
       <c r="D360" s="5">
-        <v>2.1783715333516085</v>
+        <v>2.0908348239964791</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>334.53123891000001</v>
+        <v>334.57824135999999</v>
       </c>
       <c r="C361" s="5">
-        <v>0.54611327000003484</v>
+        <v>0.54391349999997374</v>
       </c>
       <c r="D361" s="5">
-        <v>1.9799138843221931</v>
+        <v>1.97157407333719</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>337.73940340000001</v>
+        <v>337.77878871000001</v>
       </c>
       <c r="C362" s="5">
-        <v>3.2081644900000015</v>
+        <v>3.2005473500000221</v>
       </c>
       <c r="D362" s="5">
-        <v>12.134857542658107</v>
+        <v>12.102722245835128</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>337.58543158999998</v>
+        <v>337.62867326999998</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.15397181000003002</v>
+        <v>-0.15011544000003596</v>
       </c>
       <c r="D363" s="5">
-        <v>-0.54569763635931023</v>
+        <v>-0.53200162900393089</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>338.18981205</v>
+        <v>338.26688790999998</v>
       </c>
       <c r="C364" s="5">
-        <v>0.60438046000001577</v>
+        <v>0.63821464000000105</v>
       </c>
       <c r="D364" s="5">
-        <v>2.1696454743618698</v>
+        <v>2.2920750102329412</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>339.25732513999998</v>
+        <v>339.32392439</v>
       </c>
       <c r="C365" s="5">
-        <v>1.0675130899999772</v>
+        <v>1.057036480000022</v>
       </c>
       <c r="D365" s="5">
-        <v>3.8543181414078642</v>
+        <v>3.8149547022991781</v>
       </c>
       <c r="E365" s="5">
-        <v>3.167759279929383</v>
+        <v>3.1771617146824305</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>340.23225825999998</v>
+        <v>340.11560334000001</v>
       </c>
       <c r="C366" s="5">
-        <v>0.97493312000000287</v>
+        <v>0.79167895000000499</v>
       </c>
       <c r="D366" s="5">
-        <v>3.5035033980452379</v>
+        <v>2.8359353691501221</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>340.89552315999998</v>
+        <v>340.86771906000001</v>
       </c>
       <c r="C367" s="5">
-        <v>0.66326490000000149</v>
+        <v>0.75211572000000615</v>
       </c>
       <c r="D367" s="5">
-        <v>2.3645828953318793</v>
+        <v>2.6861374486838008</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>330.73809583000002</v>
+        <v>330.65553679999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-10.157427329999962</v>
+        <v>-10.21218226000002</v>
       </c>
       <c r="D368" s="5">
-        <v>-30.440718716299497</v>
+        <v>-30.580880991537562</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>206.03478976</v>
+        <v>205.86154762000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-124.70330607000002</v>
+        <v>-124.79398917999998</v>
       </c>
       <c r="D369" s="5">
-        <v>-99.658432889529806</v>
+        <v>-99.660848916685367</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>244.85417888000001</v>
+        <v>244.86241939000001</v>
       </c>
       <c r="C370" s="5">
-        <v>38.819389120000011</v>
+        <v>39.000871770000003</v>
       </c>
       <c r="D370" s="5">
-        <v>693.6034354616678</v>
+        <v>701.9787015684152</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>266.92227559999998</v>
+        <v>267.00085720999999</v>
       </c>
       <c r="C371" s="5">
-        <v>22.068096719999971</v>
+        <v>22.138437819999979</v>
       </c>
       <c r="D371" s="5">
-        <v>181.66155920576784</v>
+        <v>182.54409343704089</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>258.58042669000002</v>
+        <v>258.64185793000001</v>
       </c>
       <c r="C372" s="5">
-        <v>-8.3418489099999533</v>
+        <v>-8.3589992799999777</v>
       </c>
       <c r="D372" s="5">
-        <v>-31.682817244149319</v>
+        <v>-31.72937671002617</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>263.31480569000001</v>
+        <v>263.37614266999998</v>
       </c>
       <c r="C373" s="5">
-        <v>4.7343789999999899</v>
+        <v>4.7342847399999641</v>
       </c>
       <c r="D373" s="5">
-        <v>24.324173004897844</v>
+        <v>24.317268139800021</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>272.02934892000002</v>
+        <v>272.09009488999999</v>
       </c>
       <c r="C374" s="5">
-        <v>8.7145432300000039</v>
+        <v>8.7139522200000101</v>
       </c>
       <c r="D374" s="5">
-        <v>47.803865660298683</v>
+        <v>47.786781546232795</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>283.76319813999999</v>
+        <v>283.83272119999998</v>
       </c>
       <c r="C375" s="5">
-        <v>11.733849219999968</v>
+        <v>11.742626309999991</v>
       </c>
       <c r="D375" s="5">
-        <v>65.99067744066673</v>
+        <v>66.033891175840822</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>287.01148334999999</v>
+        <v>287.10683590999997</v>
       </c>
       <c r="C376" s="5">
-        <v>3.2482852100000059</v>
+        <v>3.2741147099999921</v>
       </c>
       <c r="D376" s="5">
-        <v>14.635317081048171</v>
+        <v>14.755329621535029</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>288.66743280999998</v>
+        <v>288.74978100999999</v>
       </c>
       <c r="C377" s="5">
-        <v>1.655949459999988</v>
+        <v>1.6429451000000199</v>
       </c>
       <c r="D377" s="5">
-        <v>7.147539017016391</v>
+        <v>7.0872007181247643</v>
       </c>
       <c r="E377" s="5">
-        <v>-14.911952839669196</v>
+        <v>-14.904384791292491</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>289.94014355000002</v>
+        <v>289.77977320999997</v>
       </c>
       <c r="C378" s="5">
-        <v>1.2727107400000364</v>
+        <v>1.029992199999981</v>
       </c>
       <c r="D378" s="5">
-        <v>5.420899073834784</v>
+        <v>4.3654754685673369</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>288.65126973000002</v>
+        <v>288.59996196999998</v>
       </c>
       <c r="C379" s="5">
-        <v>-1.2888738199999921</v>
+        <v>-1.1798112399999923</v>
       </c>
       <c r="D379" s="5">
-        <v>-5.2058641964320866</v>
+        <v>-4.7777550819525283</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>292.90373533000002</v>
+        <v>292.76999525000002</v>
       </c>
       <c r="C380" s="5">
-        <v>4.2524655999999936</v>
+        <v>4.170033280000041</v>
       </c>
       <c r="D380" s="5">
-        <v>19.183807442129574</v>
+        <v>18.785533825161281</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>302.16351286000003</v>
+        <v>301.81221778999998</v>
       </c>
       <c r="C381" s="5">
-        <v>9.259777530000008</v>
+        <v>9.0422225399999547</v>
       </c>
       <c r="D381" s="5">
-        <v>45.279831627206391</v>
+        <v>44.053233711452869</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>305.54142940999998</v>
+        <v>305.54388827000002</v>
       </c>
       <c r="C382" s="5">
-        <v>3.3779165499999522</v>
+        <v>3.731670480000048</v>
       </c>
       <c r="D382" s="5">
-        <v>14.27126173839126</v>
+        <v>15.888785788773617</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>310.13456399</v>
+        <v>310.2527743</v>
       </c>
       <c r="C383" s="5">
-        <v>4.5931345800000258</v>
+        <v>4.7088860299999737</v>
       </c>
       <c r="D383" s="5">
-        <v>19.60814956430017</v>
+        <v>20.144770349903695</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>316.09521824000001</v>
+        <v>316.21792006999999</v>
       </c>
       <c r="C384" s="5">
-        <v>5.9606542500000046</v>
+        <v>5.9651457699999924</v>
       </c>
       <c r="D384" s="5">
-        <v>25.664633388088799</v>
+        <v>25.675218516763287</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>317.24478295</v>
+        <v>317.37942882999999</v>
       </c>
       <c r="C385" s="5">
-        <v>1.1495647099999928</v>
+        <v>1.1615087600000038</v>
       </c>
       <c r="D385" s="5">
-        <v>4.4524796059594696</v>
+        <v>4.4978987245190449</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>320.26192816999998</v>
+        <v>320.3949748</v>
       </c>
       <c r="C386" s="5">
-        <v>3.0171452199999749</v>
+        <v>3.0155459700000051</v>
       </c>
       <c r="D386" s="5">
-        <v>12.028856103235563</v>
+        <v>12.016773468971076</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>323.44599188000001</v>
+        <v>323.58845201999998</v>
       </c>
       <c r="C387" s="5">
-        <v>3.1840637100000322</v>
+        <v>3.193477219999977</v>
       </c>
       <c r="D387" s="5">
-        <v>12.604958983793967</v>
+        <v>12.638750309907486</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>325.77005924000002</v>
+        <v>325.93142413999999</v>
       </c>
       <c r="C388" s="5">
-        <v>2.324067360000015</v>
+        <v>2.3429721200000131</v>
       </c>
       <c r="D388" s="5">
-        <v>8.9714467248049434</v>
+        <v>9.0432125570350852</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>328.22453571</v>
+        <v>328.35726908999999</v>
       </c>
       <c r="C389" s="5">
-        <v>2.4544764699999746</v>
+        <v>2.4258449499999983</v>
       </c>
       <c r="D389" s="5">
-        <v>9.4254925503862719</v>
+        <v>9.3062031987879212</v>
       </c>
       <c r="E389" s="5">
-        <v>13.703348006713444</v>
+        <v>13.716889391728504</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>328.57592018000003</v>
+        <v>328.31104521999998</v>
       </c>
       <c r="C390" s="5">
-        <v>0.3513844700000277</v>
+        <v>-4.6223870000005718E-2</v>
       </c>
       <c r="D390" s="5">
-        <v>1.2922648305316198</v>
+        <v>-0.16879698624919781</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>330.72262021</v>
+        <v>330.56598766000002</v>
       </c>
       <c r="C391" s="5">
-        <v>2.1467000299999768</v>
+        <v>2.2549424400000362</v>
       </c>
       <c r="D391" s="5">
-        <v>8.1279594124808128</v>
+        <v>8.5605593508138345</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>331.66618304000002</v>
+        <v>331.38062818999998</v>
       </c>
       <c r="C392" s="5">
-        <v>0.94356283000001895</v>
+        <v>0.81464052999996284</v>
       </c>
       <c r="D392" s="5">
-        <v>3.4778775162088049</v>
+        <v>2.9976712105160619</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>337.33965117999998</v>
+        <v>336.82405562999998</v>
       </c>
       <c r="C393" s="5">
-        <v>5.6734681399999545</v>
+        <v>5.4434274399999936</v>
       </c>
       <c r="D393" s="5">
-        <v>22.572878515832471</v>
+        <v>21.593905245269585</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>338.32789882999998</v>
+        <v>338.28703469999999</v>
       </c>
       <c r="C394" s="5">
-        <v>0.98824765000000525</v>
+        <v>1.4629790700000171</v>
       </c>
       <c r="D394" s="5">
-        <v>3.5726386963228052</v>
+        <v>5.338475475639326</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>339.51954136000001</v>
+        <v>339.69338565999999</v>
       </c>
       <c r="C395" s="5">
-        <v>1.1916425300000242</v>
+        <v>1.4063509599999975</v>
       </c>
       <c r="D395" s="5">
-        <v>4.3094288969562022</v>
+        <v>5.1043882329124379</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>341.27381305</v>
+        <v>341.53292269000002</v>
       </c>
       <c r="C396" s="5">
-        <v>1.7542716899999959</v>
+        <v>1.8395370300000309</v>
       </c>
       <c r="D396" s="5">
-        <v>6.3795800667273639</v>
+        <v>6.695427706899415</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>342.41785040000002</v>
+        <v>342.68733108999999</v>
       </c>
       <c r="C397" s="5">
-        <v>1.1440373500000192</v>
+        <v>1.1544083999999657</v>
       </c>
       <c r="D397" s="5">
-        <v>4.0977111420303469</v>
+        <v>4.1323559501856622</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>342.86921960000001</v>
+        <v>343.10395806000002</v>
       </c>
       <c r="C398" s="5">
-        <v>0.45136919999998781</v>
+        <v>0.41662697000003845</v>
       </c>
       <c r="D398" s="5">
-        <v>1.5933376697220059</v>
+        <v>1.4687119602569521</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>344.24117590999998</v>
+        <v>344.47164988999998</v>
       </c>
       <c r="C399" s="5">
-        <v>1.3719563099999732</v>
+        <v>1.3676918299999556</v>
       </c>
       <c r="D399" s="5">
-        <v>4.9087740427316895</v>
+        <v>4.8897582532475559</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>345.99960354000001</v>
+        <v>346.21651061</v>
       </c>
       <c r="C400" s="5">
-        <v>1.7584276300000283</v>
+        <v>1.7448607200000197</v>
       </c>
       <c r="D400" s="5">
-        <v>6.3049321639424116</v>
+        <v>6.2506211515774179</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>345.79562867999999</v>
+        <v>345.96189758999998</v>
       </c>
       <c r="C401" s="5">
-        <v>-0.20397486000001663</v>
+        <v>-0.25461302000002206</v>
       </c>
       <c r="D401" s="5">
-        <v>-0.70513882245949455</v>
+        <v>-0.87893792760949108</v>
       </c>
       <c r="E401" s="5">
-        <v>5.3533758321848257</v>
+        <v>5.3614249347331278</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>351.87702015000002</v>
+        <v>351.49172687999999</v>
       </c>
       <c r="C402" s="5">
-        <v>6.0813914700000282</v>
+        <v>5.5298292900000092</v>
       </c>
       <c r="D402" s="5">
-        <v>23.269853345309379</v>
+        <v>20.960073641570599</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>353.29905360999999</v>
+        <v>352.98963560999999</v>
       </c>
       <c r="C403" s="5">
-        <v>1.422033459999966</v>
+        <v>1.497908730000006</v>
       </c>
       <c r="D403" s="5">
-        <v>4.9587917920481894</v>
+        <v>5.235473198151519</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>354.02709542000002</v>
+        <v>353.54768180999997</v>
       </c>
       <c r="C404" s="5">
-        <v>0.72804181000003609</v>
+        <v>0.5580461999999784</v>
       </c>
       <c r="D404" s="5">
-        <v>2.5010548248205255</v>
+        <v>1.9136791469781311</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>354.38561045</v>
+        <v>353.71064589999997</v>
       </c>
       <c r="C405" s="5">
-        <v>0.3585150299999782</v>
+        <v>0.16296409000000267</v>
       </c>
       <c r="D405" s="5">
-        <v>1.2220034672071112</v>
+        <v>0.55453182151510294</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>355.03130489</v>
+        <v>354.91199843999999</v>
       </c>
       <c r="C406" s="5">
-        <v>0.64569443999999976</v>
+        <v>1.2013525400000162</v>
       </c>
       <c r="D406" s="5">
-        <v>2.2084568548416339</v>
+        <v>4.1527172514114863</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>356.61474806000001</v>
+        <v>356.88255858999997</v>
       </c>
       <c r="C407" s="5">
-        <v>1.5834431700000096</v>
+        <v>1.970560149999983</v>
       </c>
       <c r="D407" s="5">
-        <v>5.4852686518289229</v>
+        <v>6.8699744157536546</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>356.44522254999998</v>
+        <v>356.86787930999998</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.16952551000002813</v>
+        <v>-1.4679279999995742E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>-0.56896012762058801</v>
+        <v>-4.9347190341164637E-2</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>357.30915905000001</v>
+        <v>357.73468434</v>
       </c>
       <c r="C409" s="5">
-        <v>0.86393650000002253</v>
+        <v>0.86680503000002318</v>
       </c>
       <c r="D409" s="5">
-        <v>2.9475953538009358</v>
+        <v>2.953963872785037</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>359.14109760000002</v>
+        <v>359.48756536000002</v>
       </c>
       <c r="C410" s="5">
-        <v>1.831938550000018</v>
+        <v>1.752881020000018</v>
       </c>
       <c r="D410" s="5">
-        <v>6.3289393390366655</v>
+        <v>6.0410160199281915</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>359.68805562</v>
+        <v>360.00926859999998</v>
       </c>
       <c r="C411" s="5">
-        <v>0.54695801999997684</v>
+        <v>0.52170323999996526</v>
       </c>
       <c r="D411" s="5">
-        <v>1.8429397446896312</v>
+        <v>1.7554574208229035</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>359.75602569</v>
+        <v>360.02428122999999</v>
       </c>
       <c r="C412" s="5">
-        <v>6.7970070000001215E-2</v>
+        <v>1.5012630000001081E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>0.22699922425901686</v>
+        <v>5.0052290285518275E-2</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>360.04409834000001</v>
+        <v>360.23177328000003</v>
       </c>
       <c r="C413" s="5">
-        <v>0.2880726500000037</v>
+        <v>0.20749205000004167</v>
       </c>
       <c r="D413" s="5">
-        <v>0.96513655143855015</v>
+        <v>0.69378995273310373</v>
       </c>
       <c r="E413" s="5">
-        <v>4.1204886581101219</v>
+        <v>4.1246957510076232</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>361.20945396000002</v>
+        <v>360.73131717000001</v>
       </c>
       <c r="C414" s="5">
-        <v>1.1653556200000139</v>
+        <v>0.499543889999984</v>
       </c>
       <c r="D414" s="5">
-        <v>3.9539376062291964</v>
+        <v>1.6768257116099194</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>362.41446736</v>
+        <v>361.93154963000001</v>
       </c>
       <c r="C415" s="5">
-        <v>1.2050133999999844</v>
+        <v>1.2002324599999952</v>
       </c>
       <c r="D415" s="5">
-        <v>4.0775379594803152</v>
+        <v>4.0665450558297733</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>362.92628702000002</v>
+        <v>362.25538943999999</v>
       </c>
       <c r="C416" s="5">
-        <v>0.51181966000001466</v>
+        <v>0.3238398099999813</v>
       </c>
       <c r="D416" s="5">
-        <v>1.7079249574866617</v>
+        <v>1.0790048125378426</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>363.98039172</v>
+        <v>363.18406262000002</v>
       </c>
       <c r="C417" s="5">
-        <v>1.0541046999999821</v>
+        <v>0.92867318000003252</v>
       </c>
       <c r="D417" s="5">
-        <v>3.5415708097767951</v>
+        <v>3.1200521638487189</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>363.34664699000001</v>
+        <v>363.12482115</v>
       </c>
       <c r="C418" s="5">
-        <v>-0.63374472999998943</v>
+        <v>-5.9241470000017671E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>-2.0694879672263577</v>
+        <v>-0.19556480661424569</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>362.75085426999999</v>
+        <v>363.11976678000002</v>
       </c>
       <c r="C419" s="5">
-        <v>-0.59579272000001993</v>
+        <v>-5.0543699999821001E-3</v>
       </c>
       <c r="D419" s="5">
-        <v>-1.9500346536584612</v>
+        <v>-1.6701639059890638E-2</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>356.65727530999999</v>
+        <v>357.23610243000002</v>
       </c>
       <c r="C420" s="5">
-        <v>-6.0935789600000021</v>
+        <v>-5.8836643500000037</v>
       </c>
       <c r="D420" s="5">
-        <v>-18.395948173634046</v>
+        <v>-17.801210987196235</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>362.63302628000002</v>
+        <v>363.20181875999998</v>
       </c>
       <c r="C421" s="5">
-        <v>5.9757509700000355</v>
+        <v>5.9657163299999638</v>
       </c>
       <c r="D421" s="5">
-        <v>22.066137425339004</v>
+        <v>21.986583017570194</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>362.83805255999999</v>
+        <v>363.27469445999998</v>
       </c>
       <c r="C422" s="5">
-        <v>0.20502627999997003</v>
+        <v>7.2875699999997323E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>0.68057243011827584</v>
+        <v>0.24104342992863348</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>364.52310883000001</v>
+        <v>364.91250357000001</v>
       </c>
       <c r="C423" s="5">
-        <v>1.6850562700000182</v>
+        <v>1.6378091100000347</v>
       </c>
       <c r="D423" s="5">
-        <v>5.7174936020060629</v>
+        <v>5.5463405667541155</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>364.84137487999999</v>
+        <v>365.13848209000002</v>
       </c>
       <c r="C424" s="5">
-        <v>0.31826604999997699</v>
+        <v>0.2259785200000124</v>
       </c>
       <c r="D424" s="5">
-        <v>1.0527689451733879</v>
+        <v>0.74565749987098862</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>365.23445956</v>
+        <v>365.41285643999998</v>
       </c>
       <c r="C425" s="5">
-        <v>0.3930846800000154</v>
+        <v>0.27437434999995958</v>
       </c>
       <c r="D425" s="5">
-        <v>1.3005840523984125</v>
+        <v>0.90544652134538772</v>
       </c>
       <c r="E425" s="5">
-        <v>1.4415904173767702</v>
+        <v>1.4382637913432417</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>364.39681300000001</v>
+        <v>365.20259465999999</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.83764655999999604</v>
+        <v>-0.21026177999999618</v>
       </c>
       <c r="D426" s="5">
-        <v>-2.7176872864172807</v>
+        <v>-0.68830953911296344</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>363.71788470000001</v>
+        <v>364.56761329</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.67892829999999549</v>
+        <v>-0.63498136999999133</v>
       </c>
       <c r="D427" s="5">
-        <v>-2.2130185998677443</v>
+        <v>-2.0666145380095591</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>364.28801308999999</v>
+        <v>364.93214397000003</v>
       </c>
       <c r="C428" s="5">
-        <v>0.57012838999997939</v>
+        <v>0.36453068000002986</v>
       </c>
       <c r="D428" s="5">
-        <v>1.8973036356231709</v>
+        <v>1.2064991371598888</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>363.12495103999998</v>
+        <v>365.27913663999999</v>
       </c>
       <c r="C429" s="5">
-        <v>-1.1630620500000077</v>
+        <v>0.34699266999996325</v>
       </c>
       <c r="D429" s="5">
-        <v>-3.7646739364889603</v>
+        <v>1.1469959523397133</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>363.80162631000002</v>
+        <v>364.93048500999998</v>
       </c>
       <c r="C430" s="5">
-        <v>0.67667527000003247</v>
+        <v>-0.34865163000000621</v>
       </c>
       <c r="D430" s="5">
-        <v>2.2592350976526898</v>
+        <v>-1.1393822765699224</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>365.36945044999999</v>
+        <v>361.46296784999998</v>
       </c>
       <c r="C431" s="5">
-        <v>1.5678241399999706</v>
+        <v>-3.4675171599999999</v>
       </c>
       <c r="D431" s="5">
-        <v>5.2958245124500758</v>
+        <v>-10.82482102814204</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>365.50660736999998</v>
+        <v>361.55398143000002</v>
       </c>
       <c r="C432" s="5">
-        <v>0.13715691999999535</v>
+        <v>9.1013580000037564E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>0.45140213003072027</v>
+        <v>0.30256950710589869</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>366.02556920000001</v>
+        <v>362.06733115999998</v>
       </c>
       <c r="C433" s="5">
-        <v>0.51896183000002338</v>
+        <v>0.51334972999995898</v>
       </c>
       <c r="D433" s="5">
-        <v>1.7171795104293119</v>
+        <v>1.7171795321953676</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>366.22688156999999</v>
+        <v>362.26646651999999</v>
       </c>
       <c r="C434" s="5">
-        <v>0.20131236999998237</v>
+        <v>0.19913536000001386</v>
       </c>
       <c r="D434" s="5">
-        <v>0.66199458048119553</v>
+        <v>0.66199458919427023</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>363.96220819000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>1.6957416700000181</v>
+      </c>
+      <c r="D435" s="5">
+        <v>5.7640016326374166</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>363.34234092999998</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.619867260000035</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-2.0246950653647122</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">