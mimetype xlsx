--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{00CF4F87-65B0-45E3-8FC6-E55FF40EC8A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4200519F-7F27-43C1-9FD9-0A8C5DD34A30}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{9AC7A168-52A2-485E-88B8-132F8F236E1C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7000B45C-FF5C-4445-8828-DD3696C0DB98}"/>
   </bookViews>
   <sheets>
     <sheet name="houleiha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Leisure and Hospitality Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4F429ACB-B00E-41DA-8903-6D8C1DB4FBED}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CA17BBE8-A1E5-4CF9-A594-FE306B3366CE}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>361.46296784999998</v>
       </c>
       <c r="C431" s="5">
         <v>-3.4675171599999999</v>
       </c>
       <c r="D431" s="5">
         <v>-10.82482102814204</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>361.55398143000002</v>
       </c>
       <c r="C432" s="5">
         <v>9.1013580000037564E-2</v>
       </c>
       <c r="D432" s="5">
         <v>0.30256950710589869</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>362.06733115999998</v>
       </c>
       <c r="C433" s="5">
         <v>0.51334972999995898</v>
       </c>
       <c r="D433" s="5">
         <v>1.7171795321953676</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>362.26646651999999</v>
       </c>
       <c r="C434" s="5">
         <v>0.19913536000001386</v>
       </c>
       <c r="D434" s="5">
         <v>0.66199458919427023</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>363.96220819000001</v>
       </c>
       <c r="C435" s="5">
         <v>1.6957416700000181</v>
       </c>
       <c r="D435" s="5">
         <v>5.7640016326374166</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>363.34234092999998</v>
+        <v>363.84836904999997</v>
       </c>
       <c r="C436" s="5">
-        <v>-0.619867260000035</v>
+        <v>-0.1138391400000387</v>
       </c>
       <c r="D436" s="5">
-        <v>-2.0246950653647122</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.37468783337758493</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>363.11958134999998</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.72878769999999804</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-2.3772948580689124</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.62758467568493348</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>