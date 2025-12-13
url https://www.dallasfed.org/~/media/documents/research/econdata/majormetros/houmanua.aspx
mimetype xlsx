--- v0 (2025-10-10)
+++ v1 (2025-12-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D6A9E7BA-62CD-43DB-8E9E-32F0570C05E9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{44950704-9F1A-4C91-8F5C-07F8A64DB383}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{33CDC9A0-5A80-433E-9681-7B9AFFDF443A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C0922E5F-DAEA-4B64-AD03-7F972AF9D16D}"/>
   </bookViews>
   <sheets>
     <sheet name="houmanua" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Manufacturing Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6ECD209B-94B3-474B-BDE0-0CAD174A010E}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C4B11CA1-0C6D-443D-8AB4-E7C03AE5C78F}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.13969437999998036</v>
       </c>
       <c r="D431" s="5">
         <v>-0.6940226405023231</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>239.84598034999999</v>
       </c>
       <c r="C432" s="5">
         <v>-0.78363867000001619</v>
       </c>
       <c r="D432" s="5">
         <v>-3.8386988233832908</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>238.70065015</v>
+        <v>239.48043815</v>
       </c>
       <c r="C433" s="5">
-        <v>-1.1453301999999894</v>
+        <v>-0.36554219999999304</v>
       </c>
       <c r="D433" s="5">
-        <v>-5.5821971273576469</v>
+        <v>-1.8136318785283101</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>239.23486671000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.24557143999999198</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-1.2236047481671952</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>