--- v1 (2025-12-13)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{44950704-9F1A-4C91-8F5C-07F8A64DB383}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E084D360-74AD-40C2-80F5-E106E553FAC9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C0922E5F-DAEA-4B64-AD03-7F972AF9D16D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F5AA2620-3C58-466C-8309-9AFC785CCD1E}"/>
   </bookViews>
   <sheets>
     <sheet name="houmanua" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Manufacturing Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C4B11CA1-0C6D-443D-8AB4-E7C03AE5C78F}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{581EE311-E364-4A62-AB69-0A3FBD779157}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>193.06929296000001</v>
+        <v>193.06928847</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>195.09554638</v>
+        <v>195.09553394</v>
       </c>
       <c r="C7" s="5">
-        <v>2.0262534199999891</v>
+        <v>2.0262454699999921</v>
       </c>
       <c r="D7" s="5">
-        <v>13.346937870165299</v>
+        <v>13.346882773050961</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>195.96817664</v>
+        <v>195.96815373000001</v>
       </c>
       <c r="C8" s="5">
-        <v>0.872630259999994</v>
+        <v>0.87261979000001588</v>
       </c>
       <c r="D8" s="5">
-        <v>5.5014323509018803</v>
+        <v>5.5013650708296558</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>196.07863258</v>
+        <v>196.07863104</v>
       </c>
       <c r="C9" s="5">
-        <v>0.11045594000000847</v>
+        <v>0.11047730999999317</v>
       </c>
       <c r="D9" s="5">
-        <v>0.67847139079102448</v>
+        <v>0.67860314204899463</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>196.88163723</v>
+        <v>196.88163139</v>
       </c>
       <c r="C10" s="5">
-        <v>0.80300464999999122</v>
+        <v>0.8030003499999907</v>
       </c>
       <c r="D10" s="5">
-        <v>5.0266013422112898</v>
+        <v>5.0265738565425266</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>198.48785089</v>
+        <v>198.48784895</v>
       </c>
       <c r="C11" s="5">
-        <v>1.6062136600000088</v>
+        <v>1.6062175600000046</v>
       </c>
       <c r="D11" s="5">
-        <v>10.241371355454842</v>
+        <v>10.241397666009133</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>201.02145343999999</v>
+        <v>201.02143423999999</v>
       </c>
       <c r="C12" s="5">
-        <v>2.5336025499999835</v>
+        <v>2.5335852899999907</v>
       </c>
       <c r="D12" s="5">
-        <v>16.439880511987592</v>
+        <v>16.439760711760186</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>202.41348762999999</v>
+        <v>202.41348073</v>
       </c>
       <c r="C13" s="5">
-        <v>1.3920341900000039</v>
+        <v>1.3920464900000127</v>
       </c>
       <c r="D13" s="5">
-        <v>8.6336746856167537</v>
+        <v>8.6337547576509355</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>203.42453645000001</v>
+        <v>203.42454430000001</v>
       </c>
       <c r="C14" s="5">
-        <v>1.0110488200000134</v>
+        <v>1.0110635700000046</v>
       </c>
       <c r="D14" s="5">
-        <v>6.161401961349533</v>
+        <v>6.1614945484249617</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>203.58321063</v>
+        <v>203.58321957000001</v>
       </c>
       <c r="C15" s="5">
-        <v>0.15867417999999134</v>
+        <v>0.15867527000000337</v>
       </c>
       <c r="D15" s="5">
-        <v>0.94004399523210935</v>
+        <v>0.94005044408878025</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>204.46292973999999</v>
+        <v>204.46294710999999</v>
       </c>
       <c r="C16" s="5">
-        <v>0.87971910999999636</v>
+        <v>0.87972753999997622</v>
       </c>
       <c r="D16" s="5">
-        <v>5.3104440097849537</v>
+        <v>5.3104958743799502</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>205.49693812000001</v>
+        <v>205.49698511</v>
       </c>
       <c r="C17" s="5">
-        <v>1.0340083800000173</v>
+        <v>1.0340380000000096</v>
       </c>
       <c r="D17" s="5">
-        <v>6.2403052937942016</v>
+        <v>6.2404885086432271</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>205.88004848</v>
+        <v>205.88005108999999</v>
       </c>
       <c r="C18" s="5">
-        <v>0.38311035999998921</v>
+        <v>0.38306597999999781</v>
       </c>
       <c r="D18" s="5">
-        <v>2.2602566200762286</v>
+        <v>2.2599915766869927</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>206.65635538999999</v>
+        <v>206.65634317999999</v>
       </c>
       <c r="C19" s="5">
-        <v>0.77630690999998819</v>
+        <v>0.77629208999999832</v>
       </c>
       <c r="D19" s="5">
-        <v>4.6198392131052479</v>
+        <v>4.6197491218039621</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>206.62966639000001</v>
+        <v>206.62961215999999</v>
       </c>
       <c r="C20" s="5">
-        <v>-2.6688999999976204E-2</v>
+        <v>-2.6731019999999717E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>-0.1548660860818396</v>
+        <v>-0.15510974783299325</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>206.06412147</v>
+        <v>206.06412616</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.56554492000000778</v>
+        <v>-0.56548599999999283</v>
       </c>
       <c r="D21" s="5">
-        <v>-3.235403904760803</v>
+        <v>-3.2350727252506317</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>206.69522058999999</v>
+        <v>206.69521939000001</v>
       </c>
       <c r="C22" s="5">
-        <v>0.63109911999998758</v>
+        <v>0.63109323000000472</v>
       </c>
       <c r="D22" s="5">
-        <v>3.7377041769705688</v>
+        <v>3.7376686170753404</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>207.22128824999999</v>
+        <v>207.22128868999999</v>
       </c>
       <c r="C23" s="5">
-        <v>0.52606765999999539</v>
+        <v>0.52606929999998897</v>
       </c>
       <c r="D23" s="5">
-        <v>3.0972821981779086</v>
+        <v>3.0972920076580479</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>205.69711095</v>
+        <v>205.69709435999999</v>
       </c>
       <c r="C24" s="5">
-        <v>-1.524177299999991</v>
+        <v>-1.5241943300000003</v>
       </c>
       <c r="D24" s="5">
-        <v>-8.4779219292023811</v>
+        <v>-8.478012839030292</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>205.43162962</v>
+        <v>205.43162305000001</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.26548133000000007</v>
+        <v>-0.26547130999998103</v>
       </c>
       <c r="D25" s="5">
-        <v>-1.5378235620836289</v>
+        <v>-1.5377660548862582</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>204.53938464999999</v>
+        <v>204.53939274000001</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.89224497000000724</v>
+        <v>-0.89223031000000219</v>
       </c>
       <c r="D26" s="5">
-        <v>-5.0892062798630899</v>
+        <v>-5.0891248079534606</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>203.98370098999999</v>
+        <v>203.98371302000001</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.55568365999999969</v>
+        <v>-0.55567972000000054</v>
       </c>
       <c r="D27" s="5">
-        <v>-3.2118329552525915</v>
+        <v>-3.2118103962344491</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>203.26697304000001</v>
+        <v>203.26699321999999</v>
       </c>
       <c r="C28" s="5">
-        <v>-0.71672794999997791</v>
+        <v>-0.71671980000002122</v>
       </c>
       <c r="D28" s="5">
-        <v>-4.135848470246783</v>
+        <v>-4.1358021068822692</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>202.35408984</v>
+        <v>202.35414114</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.91288320000001022</v>
+        <v>-0.91285207999999329</v>
       </c>
       <c r="D29" s="5">
-        <v>-5.25811987985354</v>
+        <v>-5.2579445264855025</v>
       </c>
       <c r="E29" s="5">
-        <v>-1.5293893469910169</v>
+        <v>-1.5293868999185944</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>202.98357106</v>
+        <v>202.98358579999999</v>
       </c>
       <c r="C30" s="5">
-        <v>0.62948122000000239</v>
+        <v>0.62944465999999011</v>
       </c>
       <c r="D30" s="5">
-        <v>3.7974840876771498</v>
+        <v>3.7972587652664869</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>202.05912530000001</v>
+        <v>202.05911953</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.92444575999999756</v>
+        <v>-0.92446626999998216</v>
       </c>
       <c r="D31" s="5">
-        <v>-5.330309149131562</v>
+        <v>-5.3304240849321172</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>201.13244434999999</v>
+        <v>201.13233342000001</v>
       </c>
       <c r="C32" s="5">
-        <v>-0.92668095000001927</v>
+        <v>-0.92678610999999478</v>
       </c>
       <c r="D32" s="5">
-        <v>-5.3667063788422009</v>
+        <v>-5.3673002629202049</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>202.63996054</v>
+        <v>202.63997674999999</v>
       </c>
       <c r="C33" s="5">
-        <v>1.5075161900000182</v>
+        <v>1.5076433299999792</v>
       </c>
       <c r="D33" s="5">
-        <v>9.3743606787520584</v>
+        <v>9.3751895488503934</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>202.42936381000001</v>
+        <v>202.42937151999999</v>
       </c>
       <c r="C34" s="5">
-        <v>-0.21059672999999179</v>
+        <v>-0.21060522999999876</v>
       </c>
       <c r="D34" s="5">
-        <v>-1.2400148156872959</v>
+        <v>-1.2400644801730865</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>202.17748448</v>
+        <v>202.17748718000001</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.25187933000000839</v>
+        <v>-0.25188433999997528</v>
       </c>
       <c r="D35" s="5">
-        <v>-1.4829629748469464</v>
+        <v>-1.4829922140168983</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>201.42306862999999</v>
+        <v>201.4230579</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.7544158500000151</v>
+        <v>-0.75442928000001075</v>
       </c>
       <c r="D36" s="5">
-        <v>-4.3869807869916126</v>
+        <v>-4.3870572302157402</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>200.94513592000001</v>
+        <v>200.94513143</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.47793270999997617</v>
+        <v>-0.47792646999999988</v>
       </c>
       <c r="D37" s="5">
-        <v>-2.8104702447067864</v>
+        <v>-2.8104341758551366</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>201.08529623999999</v>
+        <v>201.08530235000001</v>
       </c>
       <c r="C38" s="5">
-        <v>0.14016031999997836</v>
+        <v>0.14017092000000275</v>
       </c>
       <c r="D38" s="5">
-        <v>0.84022496390760981</v>
+        <v>0.84028877101163246</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>202.37596919000001</v>
+        <v>202.37597855999999</v>
       </c>
       <c r="C39" s="5">
-        <v>1.2906729500000154</v>
+        <v>1.2906762099999867</v>
       </c>
       <c r="D39" s="5">
-        <v>7.9800480106380967</v>
+        <v>7.9800686324715819</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>201.57053378000001</v>
+        <v>201.57054846</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.80543541000000118</v>
+        <v>-0.80543009999999526</v>
       </c>
       <c r="D40" s="5">
-        <v>-4.6727091258761959</v>
+        <v>-4.6726787796028235</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>201.30360952999999</v>
+        <v>201.30369841999999</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.26692425000001663</v>
+        <v>-0.26685004000000845</v>
       </c>
       <c r="D41" s="5">
-        <v>-1.5775444851780174</v>
+        <v>-1.5771089723909615</v>
       </c>
       <c r="E41" s="5">
-        <v>-0.51912976447899828</v>
+        <v>-0.51911105652799883</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>200.80521797</v>
+        <v>200.80523364000001</v>
       </c>
       <c r="C42" s="5">
-        <v>-0.49839155999998752</v>
+        <v>-0.49846477999997774</v>
       </c>
       <c r="D42" s="5">
-        <v>-2.9308604338286304</v>
+        <v>-2.9312838903075789</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>200.84105313000001</v>
+        <v>200.84104619999999</v>
       </c>
       <c r="C43" s="5">
-        <v>3.5835160000004862E-2</v>
+        <v>3.5812559999982341E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>0.21435909315021817</v>
+        <v>0.21422375489266177</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>200.37857718999999</v>
+        <v>200.37840555</v>
       </c>
       <c r="C44" s="5">
-        <v>-0.46247594000001868</v>
+        <v>-0.46264064999999732</v>
       </c>
       <c r="D44" s="5">
-        <v>-2.7285068243858235</v>
+        <v>-2.7294663921119566</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>201.04198550000001</v>
+        <v>201.04201062000001</v>
       </c>
       <c r="C45" s="5">
-        <v>0.66340831000002254</v>
+        <v>0.66360507000001689</v>
       </c>
       <c r="D45" s="5">
-        <v>4.0460780290579423</v>
+        <v>4.0473035259142476</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>200.68168431999999</v>
+        <v>200.68170022000001</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.36030118000002176</v>
+        <v>-0.36031040000000303</v>
       </c>
       <c r="D46" s="5">
-        <v>-2.1295303876953664</v>
+        <v>-2.1295840822415091</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>200.83399485000001</v>
+        <v>200.83400363000001</v>
       </c>
       <c r="C47" s="5">
-        <v>0.15231053000002248</v>
+        <v>0.1523034100000018</v>
       </c>
       <c r="D47" s="5">
-        <v>0.91457035584681101</v>
+        <v>0.9145273514139296</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>201.88985356000001</v>
+        <v>201.88985542</v>
       </c>
       <c r="C48" s="5">
-        <v>1.0558587099999954</v>
+        <v>1.0558517899999913</v>
       </c>
       <c r="D48" s="5">
-        <v>6.4945032032379002</v>
+        <v>6.4944591084487469</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>201.85136613</v>
+        <v>201.85137517999999</v>
       </c>
       <c r="C49" s="5">
-        <v>-3.8487430000003542E-2</v>
+        <v>-3.84802400000126E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>-0.22852323288342635</v>
+        <v>-0.2284805841300197</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>202.44609849</v>
+        <v>202.44609445</v>
       </c>
       <c r="C50" s="5">
-        <v>0.59473235999999474</v>
+        <v>0.59471927000001301</v>
       </c>
       <c r="D50" s="5">
-        <v>3.5935274937893169</v>
+        <v>3.5934469508079214</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>203.5986068</v>
+        <v>203.59861801</v>
       </c>
       <c r="C51" s="5">
-        <v>1.1525083100000018</v>
+        <v>1.1525235599999917</v>
       </c>
       <c r="D51" s="5">
-        <v>7.0495100356828821</v>
+        <v>7.0496063998673586</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>203.55773395</v>
+        <v>203.55774317000001</v>
       </c>
       <c r="C52" s="5">
-        <v>-4.0872849999999517E-2</v>
+        <v>-4.0874839999986534E-2</v>
       </c>
       <c r="D52" s="5">
-        <v>-0.24063672114900125</v>
+        <v>-0.24064841099862289</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>204.11894126999999</v>
+        <v>204.11905551999999</v>
       </c>
       <c r="C53" s="5">
-        <v>0.56120731999999407</v>
+        <v>0.56131234999998014</v>
       </c>
       <c r="D53" s="5">
-        <v>3.3590226116597899</v>
+        <v>3.3596606632364967</v>
       </c>
       <c r="E53" s="5">
-        <v>1.3985500541064289</v>
+        <v>1.3985620344272309</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>203.26904252</v>
+        <v>203.26904343000001</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.84989874999999415</v>
+        <v>-0.85001208999997857</v>
       </c>
       <c r="D54" s="5">
-        <v>-4.8836419670952864</v>
+        <v>-4.8842757203624405</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>202.63952309000001</v>
+        <v>202.63950108</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.62951942999998778</v>
+        <v>-0.62954235000000835</v>
       </c>
       <c r="D55" s="5">
-        <v>-3.6537183144215279</v>
+        <v>-3.6538490678204583</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>203.16534340000001</v>
+        <v>203.16512395000001</v>
       </c>
       <c r="C56" s="5">
-        <v>0.52582031000000029</v>
+        <v>0.52562287000000651</v>
       </c>
       <c r="D56" s="5">
-        <v>3.1586530268839175</v>
+        <v>3.1574503623440719</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>204.87699451</v>
+        <v>204.87701365000001</v>
       </c>
       <c r="C57" s="5">
-        <v>1.7116511099999911</v>
+        <v>1.7118897000000004</v>
       </c>
       <c r="D57" s="5">
-        <v>10.59177164885341</v>
+        <v>10.593329115581884</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>205.62449380000001</v>
+        <v>205.62453952000001</v>
       </c>
       <c r="C58" s="5">
-        <v>0.74749929000000748</v>
+        <v>0.74752587000000403</v>
       </c>
       <c r="D58" s="5">
-        <v>4.4671675375655751</v>
+        <v>4.4673291589987452</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>206.79246044000001</v>
+        <v>206.79249648999999</v>
       </c>
       <c r="C59" s="5">
-        <v>1.1679666400000031</v>
+        <v>1.1679569699999774</v>
       </c>
       <c r="D59" s="5">
-        <v>7.033136553407715</v>
+        <v>7.0330748796441966</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>207.70135382000001</v>
+        <v>207.70136697000001</v>
       </c>
       <c r="C60" s="5">
-        <v>0.90889337999999498</v>
+        <v>0.90887048000001869</v>
       </c>
       <c r="D60" s="5">
-        <v>5.4036187640120747</v>
+        <v>5.4034783446002654</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>208.37012723999999</v>
+        <v>208.37017336</v>
       </c>
       <c r="C61" s="5">
-        <v>0.66877341999997952</v>
+        <v>0.6688063899999861</v>
       </c>
       <c r="D61" s="5">
-        <v>3.9330220125032289</v>
+        <v>3.9332191006677508</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>209.03010891</v>
+        <v>209.03011226999999</v>
       </c>
       <c r="C62" s="5">
-        <v>0.65998167000000763</v>
+        <v>0.65993890999999394</v>
       </c>
       <c r="D62" s="5">
-        <v>3.8677392257002063</v>
+        <v>3.8674833840115719</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>209.10904780999999</v>
+        <v>209.10905355</v>
       </c>
       <c r="C63" s="5">
-        <v>7.8938899999997147E-2</v>
+        <v>7.8941280000009328E-2</v>
       </c>
       <c r="D63" s="5">
-        <v>0.45411486175630511</v>
+        <v>0.45412857441065047</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>209.94084233999999</v>
+        <v>209.94082385999999</v>
       </c>
       <c r="C64" s="5">
-        <v>0.83179452999999626</v>
+        <v>0.83177030999999602</v>
       </c>
       <c r="D64" s="5">
-        <v>4.8791916064802932</v>
+        <v>4.8790462759975339</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>210.99277953999999</v>
+        <v>210.99289802999999</v>
       </c>
       <c r="C65" s="5">
-        <v>1.0519371999999976</v>
+        <v>1.0520741699999974</v>
       </c>
       <c r="D65" s="5">
-        <v>6.1812653098185955</v>
+        <v>6.1820930272354691</v>
       </c>
       <c r="E65" s="5">
-        <v>3.3675651202342616</v>
+        <v>3.3675653125518679</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>212.04575109000001</v>
+        <v>212.04570751</v>
       </c>
       <c r="C66" s="5">
-        <v>1.0529715500000236</v>
+        <v>1.0528094800000076</v>
       </c>
       <c r="D66" s="5">
-        <v>6.155811493166552</v>
+        <v>6.1548343061415212</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>212.72905675999999</v>
+        <v>212.72899813000001</v>
       </c>
       <c r="C67" s="5">
-        <v>0.68330566999998155</v>
+        <v>0.68329062000000818</v>
       </c>
       <c r="D67" s="5">
-        <v>3.9362103503710388</v>
+        <v>3.9361229353173321</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>214.00170804999999</v>
+        <v>214.00142306000001</v>
       </c>
       <c r="C68" s="5">
-        <v>1.2726512899999989</v>
+        <v>1.2724249299999997</v>
       </c>
       <c r="D68" s="5">
-        <v>7.4199888211587739</v>
+        <v>7.4186274613874392</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>213.88220269999999</v>
+        <v>213.88222397000001</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.11950534999999718</v>
+        <v>-0.11919908999999507</v>
       </c>
       <c r="D69" s="5">
-        <v>-0.66806375195685996</v>
+        <v>-0.66635781084642964</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>214.48756729999999</v>
+        <v>214.48765989</v>
       </c>
       <c r="C70" s="5">
-        <v>0.60536460000000147</v>
+        <v>0.6054359199999908</v>
       </c>
       <c r="D70" s="5">
-        <v>3.449811811510517</v>
+        <v>3.4502242452307597</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>215.48071967999999</v>
+        <v>215.48081807</v>
       </c>
       <c r="C71" s="5">
-        <v>0.99315237999999795</v>
+        <v>0.99315817999999467</v>
       </c>
       <c r="D71" s="5">
-        <v>5.7001311638773311</v>
+        <v>5.7001627812434119</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>215.64024101000001</v>
+        <v>215.64031750000001</v>
       </c>
       <c r="C72" s="5">
-        <v>0.15952133000001822</v>
+        <v>0.15949943000001099</v>
       </c>
       <c r="D72" s="5">
-        <v>0.89199138347619833</v>
+        <v>0.89186801793896819</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>216.66933859</v>
+        <v>216.66943157</v>
       </c>
       <c r="C73" s="5">
-        <v>1.0290975799999842</v>
+        <v>1.0291140699999914</v>
       </c>
       <c r="D73" s="5">
-        <v>5.8794772749285684</v>
+        <v>5.8795718320954649</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>217.16753351</v>
+        <v>217.16754362</v>
       </c>
       <c r="C74" s="5">
-        <v>0.49819492000000309</v>
+        <v>0.49811205000000314</v>
       </c>
       <c r="D74" s="5">
-        <v>2.7943619537639242</v>
+        <v>2.7938900310814141</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>217.17858934</v>
+        <v>217.17865578999999</v>
       </c>
       <c r="C75" s="5">
-        <v>1.1055830000003652E-2</v>
+        <v>1.1112169999989874E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>6.110817388012002E-2</v>
+        <v>6.1419663099981925E-2</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>217.82492135000001</v>
+        <v>217.82492927999999</v>
       </c>
       <c r="C76" s="5">
-        <v>0.64633201000000895</v>
+        <v>0.64627348999999867</v>
       </c>
       <c r="D76" s="5">
-        <v>3.6302858477113453</v>
+        <v>3.6299506283742566</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>218.43509284000001</v>
+        <v>218.43494826</v>
       </c>
       <c r="C77" s="5">
-        <v>0.61017148999999904</v>
+        <v>0.61001898000000665</v>
       </c>
       <c r="D77" s="5">
-        <v>3.4137168079261482</v>
+        <v>3.4128502514527259</v>
       </c>
       <c r="E77" s="5">
-        <v>3.5272834057286317</v>
+        <v>3.5271567429449036</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>220.63182079000001</v>
+        <v>220.63143643000001</v>
       </c>
       <c r="C78" s="5">
-        <v>2.1967279499999961</v>
+        <v>2.1964881700000092</v>
       </c>
       <c r="D78" s="5">
-        <v>12.758385945348195</v>
+        <v>12.756924336737164</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>221.2404559</v>
+        <v>221.24120102000001</v>
       </c>
       <c r="C79" s="5">
-        <v>0.60863510999999448</v>
+        <v>0.6097645899999975</v>
       </c>
       <c r="D79" s="5">
-        <v>3.3610108329500177</v>
+        <v>3.3673491280924006</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>222.12149428000001</v>
+        <v>222.12031357000001</v>
       </c>
       <c r="C80" s="5">
-        <v>0.88103838000000678</v>
+        <v>0.8791125500000021</v>
       </c>
       <c r="D80" s="5">
-        <v>4.8847870010289896</v>
+        <v>4.8738583253524981</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>222.11710744999999</v>
+        <v>222.11736958</v>
       </c>
       <c r="C81" s="5">
-        <v>-4.3868300000156069E-3</v>
+        <v>-2.9439900000056696E-3</v>
       </c>
       <c r="D81" s="5">
-        <v>-2.3697050303461697E-2</v>
+        <v>-1.5903680416817778E-2</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>222.85285357999999</v>
+        <v>222.85314664000001</v>
       </c>
       <c r="C82" s="5">
-        <v>0.73574612999999545</v>
+        <v>0.73577706000000376</v>
       </c>
       <c r="D82" s="5">
-        <v>4.0481310944861404</v>
+        <v>4.0482995211634343</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>223.28353258000001</v>
+        <v>223.28374735</v>
       </c>
       <c r="C83" s="5">
-        <v>0.43067900000002624</v>
+        <v>0.43060070999999311</v>
       </c>
       <c r="D83" s="5">
-        <v>2.3438947756792894</v>
+        <v>2.3434610433447522</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>224.21466856000001</v>
+        <v>224.21478578</v>
       </c>
       <c r="C84" s="5">
-        <v>0.93113597999999342</v>
+        <v>0.93103843000000097</v>
       </c>
       <c r="D84" s="5">
-        <v>5.1206226384140408</v>
+        <v>5.1200687782400056</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>225.27247757999999</v>
+        <v>225.27263883000001</v>
       </c>
       <c r="C85" s="5">
-        <v>1.0578090199999792</v>
+        <v>1.0578530500000056</v>
       </c>
       <c r="D85" s="5">
-        <v>5.8106463145013665</v>
+        <v>5.8108913686329533</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>225.66904496999999</v>
+        <v>225.66909539</v>
       </c>
       <c r="C86" s="5">
-        <v>0.3965673900000013</v>
+        <v>0.39645655999999008</v>
       </c>
       <c r="D86" s="5">
-        <v>2.1330415714396977</v>
+        <v>2.1324381200666043</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>227.22656221</v>
+        <v>227.22665190999999</v>
       </c>
       <c r="C87" s="5">
-        <v>1.5575172400000099</v>
+        <v>1.5575565199999915</v>
       </c>
       <c r="D87" s="5">
-        <v>8.6038655650794826</v>
+        <v>8.6040888578165831</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>227.91270265</v>
+        <v>227.91269856</v>
       </c>
       <c r="C88" s="5">
-        <v>0.68614044000000263</v>
+        <v>0.68604665000000864</v>
       </c>
       <c r="D88" s="5">
-        <v>3.684347378996411</v>
+        <v>3.6838338869684017</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>227.91782422</v>
+        <v>227.91737434000001</v>
       </c>
       <c r="C89" s="5">
-        <v>5.1215700000000197E-3</v>
+        <v>4.675780000013674E-3</v>
       </c>
       <c r="D89" s="5">
-        <v>2.696928946754884E-2</v>
+        <v>2.4621573063532409E-2</v>
       </c>
       <c r="E89" s="5">
-        <v>4.3412124199960545</v>
+        <v>4.341075526391136</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>227.99074435</v>
+        <v>227.98997428999999</v>
       </c>
       <c r="C90" s="5">
-        <v>7.2920129999999972E-2</v>
+        <v>7.2599949999982982E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>0.38460484292401897</v>
+        <v>0.38291390536879799</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>229.38959617</v>
+        <v>229.39116899000001</v>
       </c>
       <c r="C91" s="5">
-        <v>1.3988518200000044</v>
+        <v>1.4011947000000191</v>
       </c>
       <c r="D91" s="5">
-        <v>7.6162871298630419</v>
+        <v>7.6295042374808331</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>230.17081734999999</v>
+        <v>230.16867959000001</v>
       </c>
       <c r="C92" s="5">
-        <v>0.78122117999998864</v>
+        <v>0.77751059999999939</v>
       </c>
       <c r="D92" s="5">
-        <v>4.1642082090569188</v>
+        <v>4.1440302960736197</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>231.63014258999999</v>
+        <v>231.63079963999999</v>
       </c>
       <c r="C93" s="5">
-        <v>1.4593252399999983</v>
+        <v>1.4621200499999816</v>
       </c>
       <c r="D93" s="5">
-        <v>7.8792144102763917</v>
+        <v>7.8949111806901007</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>232.92839588000001</v>
+        <v>232.92886913999999</v>
       </c>
       <c r="C94" s="5">
-        <v>1.2982532900000194</v>
+        <v>1.2980694999999969</v>
       </c>
       <c r="D94" s="5">
-        <v>6.9370835359892968</v>
+        <v>6.936050722371534</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>232.99511394000001</v>
+        <v>232.99540178000001</v>
       </c>
       <c r="C95" s="5">
-        <v>6.6718059999999468E-2</v>
+        <v>6.6532640000019683E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>0.34425995710294366</v>
+        <v>0.34330100228319171</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>233.32309136999999</v>
+        <v>233.32329813000001</v>
       </c>
       <c r="C96" s="5">
-        <v>0.32797742999997581</v>
+        <v>0.32789635000000317</v>
       </c>
       <c r="D96" s="5">
-        <v>1.7023290338575636</v>
+        <v>1.7019028159598104</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>234.25024930000001</v>
+        <v>234.25047842000001</v>
       </c>
       <c r="C97" s="5">
-        <v>0.92715793000002122</v>
+        <v>0.92718028999999547</v>
       </c>
       <c r="D97" s="5">
-        <v>4.8740592951133532</v>
+        <v>4.8741750081938262</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>235.54620896</v>
+        <v>235.54628475000001</v>
       </c>
       <c r="C98" s="5">
-        <v>1.2959596599999941</v>
+        <v>1.2958063300000049</v>
       </c>
       <c r="D98" s="5">
-        <v>6.8446263309347666</v>
+        <v>6.8437848224430775</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>237.24565759000001</v>
+        <v>237.24576956000001</v>
       </c>
       <c r="C99" s="5">
-        <v>1.6994486300000062</v>
+        <v>1.6994848100000013</v>
       </c>
       <c r="D99" s="5">
-        <v>9.0098744588912751</v>
+        <v>9.0100709322289632</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>238.4375105</v>
+        <v>238.43750964</v>
       </c>
       <c r="C100" s="5">
-        <v>1.1918529099999944</v>
+        <v>1.1917400799999882</v>
       </c>
       <c r="D100" s="5">
-        <v>6.19783913569667</v>
+        <v>6.1972330900243344</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>239.74264251</v>
+        <v>239.74182167000001</v>
       </c>
       <c r="C101" s="5">
-        <v>1.3051320099999941</v>
+        <v>1.3043120300000055</v>
       </c>
       <c r="D101" s="5">
-        <v>6.7698198814992283</v>
+        <v>6.7654378341429844</v>
       </c>
       <c r="E101" s="5">
-        <v>5.1881937406466072</v>
+        <v>5.1880412207454762</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>240.58377881999999</v>
+        <v>240.58259021999999</v>
       </c>
       <c r="C102" s="5">
-        <v>0.841136309999996</v>
+        <v>0.84076854999997863</v>
       </c>
       <c r="D102" s="5">
-        <v>4.2923969506382775</v>
+        <v>4.2904988659830945</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>240.78621588999999</v>
+        <v>240.78872351999999</v>
       </c>
       <c r="C103" s="5">
-        <v>0.202437070000002</v>
+        <v>0.20613330000000474</v>
       </c>
       <c r="D103" s="5">
-        <v>1.0144153563986791</v>
+        <v>1.0330297240101816</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>242.03145577999999</v>
+        <v>242.02830532999999</v>
       </c>
       <c r="C104" s="5">
-        <v>1.2452398899999935</v>
+        <v>1.2395818100000042</v>
       </c>
       <c r="D104" s="5">
-        <v>6.3854653235262626</v>
+        <v>6.3555568263464757</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>241.56920449</v>
+        <v>241.57030470999999</v>
       </c>
       <c r="C105" s="5">
-        <v>-0.46225128999998333</v>
+        <v>-0.45800062000000707</v>
       </c>
       <c r="D105" s="5">
-        <v>-2.2679354024320753</v>
+        <v>-2.2473259444948157</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>242.29046997</v>
+        <v>242.29107730999999</v>
       </c>
       <c r="C106" s="5">
-        <v>0.72126547999999957</v>
+        <v>0.72077260000000365</v>
       </c>
       <c r="D106" s="5">
-        <v>3.6423277373565766</v>
+        <v>3.6397808994030889</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>242.98338375</v>
+        <v>242.98373957999999</v>
       </c>
       <c r="C107" s="5">
-        <v>0.69291377999999781</v>
+        <v>0.69266226999999958</v>
       </c>
       <c r="D107" s="5">
-        <v>3.4863144316881645</v>
+        <v>3.4850201519575297</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>243.5547775</v>
+        <v>243.55502931000001</v>
       </c>
       <c r="C108" s="5">
-        <v>0.57139374999999859</v>
+        <v>0.57128973000001793</v>
       </c>
       <c r="D108" s="5">
-        <v>2.8586754835182582</v>
+        <v>2.8581440850542261</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>243.50796179</v>
+        <v>243.50824034999999</v>
       </c>
       <c r="C109" s="5">
-        <v>-4.6815710000004174E-2</v>
+        <v>-4.6788960000014868E-2</v>
       </c>
       <c r="D109" s="5">
-        <v>-0.23041838170340112</v>
+        <v>-0.23028662432320601</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>243.57324244</v>
+        <v>243.57335409000001</v>
       </c>
       <c r="C110" s="5">
-        <v>6.528065000000538E-2</v>
+        <v>6.5113740000015241E-2</v>
       </c>
       <c r="D110" s="5">
-        <v>0.32217586405196563</v>
+        <v>0.3213505426647334</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>242.46525493999999</v>
+        <v>242.46530952000001</v>
       </c>
       <c r="C111" s="5">
-        <v>-1.1079875000000072</v>
+        <v>-1.1080445700000041</v>
       </c>
       <c r="D111" s="5">
-        <v>-5.3241461087558672</v>
+        <v>-5.3244111392583555</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>242.06124575000001</v>
+        <v>242.06118871000001</v>
       </c>
       <c r="C112" s="5">
-        <v>-0.40400918999998225</v>
+        <v>-0.40412080999999489</v>
       </c>
       <c r="D112" s="5">
-        <v>-1.9812843164859539</v>
+        <v>-1.9818262572468881</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>242.17165657999999</v>
+        <v>242.17073295</v>
       </c>
       <c r="C113" s="5">
-        <v>0.11041082999997798</v>
+        <v>0.10954423999999108</v>
       </c>
       <c r="D113" s="5">
-        <v>0.54872843001887439</v>
+        <v>0.54441098609476768</v>
       </c>
       <c r="E113" s="5">
-        <v>1.0131756472562703</v>
+        <v>1.013136240928092</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>238.76764433</v>
+        <v>238.76643103000001</v>
       </c>
       <c r="C114" s="5">
-        <v>-3.4040122499999939</v>
+        <v>-3.4043019199999947</v>
       </c>
       <c r="D114" s="5">
-        <v>-15.62263756774982</v>
+        <v>-15.623921005865737</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>237.00342778000001</v>
+        <v>237.00586691999999</v>
       </c>
       <c r="C115" s="5">
-        <v>-1.7642165499999862</v>
+        <v>-1.7605641100000184</v>
       </c>
       <c r="D115" s="5">
-        <v>-8.5150130436843838</v>
+        <v>-8.4981346471799881</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>234.46995942000001</v>
+        <v>234.46693318999999</v>
       </c>
       <c r="C116" s="5">
-        <v>-2.5334683600000005</v>
+        <v>-2.5389337299999966</v>
       </c>
       <c r="D116" s="5">
-        <v>-12.099575548612085</v>
+        <v>-12.12404182465775</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>230.23415552</v>
+        <v>230.23536920999999</v>
       </c>
       <c r="C117" s="5">
-        <v>-4.2358039000000076</v>
+        <v>-4.2315639800000042</v>
       </c>
       <c r="D117" s="5">
-        <v>-19.649140432486512</v>
+        <v>-19.631610815232982</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>228.93687907</v>
+        <v>228.93737985999999</v>
       </c>
       <c r="C118" s="5">
-        <v>-1.2972764499999982</v>
+        <v>-1.2979893499999946</v>
       </c>
       <c r="D118" s="5">
-        <v>-6.5558601083017809</v>
+        <v>-6.5593183101599557</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>228.56063664000001</v>
+        <v>228.56094088</v>
       </c>
       <c r="C119" s="5">
-        <v>-0.37624242999999069</v>
+        <v>-0.37643897999998899</v>
       </c>
       <c r="D119" s="5">
-        <v>-1.9543911772207823</v>
+        <v>-1.9553987018414598</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>227.59425443999999</v>
+        <v>227.59453952999999</v>
       </c>
       <c r="C120" s="5">
-        <v>-0.96638220000002661</v>
+        <v>-0.96640135000001237</v>
       </c>
       <c r="D120" s="5">
-        <v>-4.9574049989187019</v>
+        <v>-4.957494516293659</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>227.20962840000001</v>
+        <v>227.20986895999999</v>
       </c>
       <c r="C121" s="5">
-        <v>-0.38462603999997214</v>
+        <v>-0.38467056999999727</v>
       </c>
       <c r="D121" s="5">
-        <v>-2.0092128304497803</v>
+        <v>-2.0094407948342941</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>227.07289037999999</v>
+        <v>227.07298245999999</v>
       </c>
       <c r="C122" s="5">
-        <v>-0.13673802000002411</v>
+        <v>-0.1368865000000028</v>
       </c>
       <c r="D122" s="5">
-        <v>-0.71979164450302058</v>
+        <v>-0.72056989771145386</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>227.04063011</v>
+        <v>227.04066885</v>
       </c>
       <c r="C123" s="5">
-        <v>-3.2260269999994762E-2</v>
+        <v>-3.2313609999988557E-2</v>
       </c>
       <c r="D123" s="5">
-        <v>-0.17035097850518488</v>
+        <v>-0.17063235185167391</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>227.01041667999999</v>
+        <v>227.01037031999999</v>
       </c>
       <c r="C124" s="5">
-        <v>-3.0213430000003427E-2</v>
+        <v>-3.029853000001026E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>-0.15957316294930024</v>
+        <v>-0.16002226410195552</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>227.18936977000001</v>
+        <v>227.18846965</v>
       </c>
       <c r="C125" s="5">
-        <v>0.17895309000002158</v>
+        <v>0.1780993300000091</v>
       </c>
       <c r="D125" s="5">
-        <v>0.95007629881882494</v>
+        <v>0.94552423631644178</v>
       </c>
       <c r="E125" s="5">
-        <v>-6.1866392713263991</v>
+        <v>-6.1866531589072409</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>227.5400697</v>
+        <v>227.53894015</v>
       </c>
       <c r="C126" s="5">
-        <v>0.35069992999999045</v>
+        <v>0.35047050000000013</v>
       </c>
       <c r="D126" s="5">
-        <v>1.8681829959174445</v>
+        <v>1.8669578909685347</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>228.43334823000001</v>
+        <v>228.4357368</v>
       </c>
       <c r="C127" s="5">
-        <v>0.89327853000000346</v>
+        <v>0.89679664999999886</v>
       </c>
       <c r="D127" s="5">
-        <v>4.8140309927948044</v>
+        <v>4.8334281400443269</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>229.36543039</v>
+        <v>229.36254862999999</v>
       </c>
       <c r="C128" s="5">
-        <v>0.93208215999999311</v>
+        <v>0.92681182999999123</v>
       </c>
       <c r="D128" s="5">
-        <v>5.0077813147949346</v>
+        <v>4.9787774798626172</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>230.40059554999999</v>
+        <v>230.40183662999999</v>
       </c>
       <c r="C129" s="5">
-        <v>1.0351651599999911</v>
+        <v>1.0392879999999991</v>
       </c>
       <c r="D129" s="5">
-        <v>5.5522804248214985</v>
+        <v>5.5750197697773896</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>230.20569298000001</v>
+        <v>230.20610848999999</v>
       </c>
       <c r="C130" s="5">
-        <v>-0.19490256999998223</v>
+        <v>-0.19572813999999994</v>
       </c>
       <c r="D130" s="5">
-        <v>-1.0104052864504443</v>
+        <v>-1.0146597529027135</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>230.34067994</v>
+        <v>230.34095746</v>
       </c>
       <c r="C131" s="5">
-        <v>0.134986959999992</v>
+        <v>0.13484897000000728</v>
       </c>
       <c r="D131" s="5">
-        <v>0.70592426439686218</v>
+        <v>0.70519903205517043</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>231.38293394999999</v>
+        <v>231.38316768000001</v>
       </c>
       <c r="C132" s="5">
-        <v>1.0422540099999935</v>
+        <v>1.0422102200000154</v>
       </c>
       <c r="D132" s="5">
-        <v>5.5669927022951038</v>
+        <v>5.5667460809060598</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>231.81415287999999</v>
+        <v>231.81435389000001</v>
       </c>
       <c r="C133" s="5">
-        <v>0.43121893</v>
+        <v>0.4311862099999928</v>
       </c>
       <c r="D133" s="5">
-        <v>2.2594573130183093</v>
+        <v>2.2592818034481432</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>232.05539755000001</v>
+        <v>232.05547826</v>
       </c>
       <c r="C134" s="5">
-        <v>0.24124467000001459</v>
+        <v>0.24112436999999431</v>
       </c>
       <c r="D134" s="5">
-        <v>1.255990413677166</v>
+        <v>1.2553594144337987</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>232.56725071</v>
+        <v>232.56722223</v>
       </c>
       <c r="C135" s="5">
-        <v>0.51185315999998693</v>
+        <v>0.51174396999999772</v>
       </c>
       <c r="D135" s="5">
-        <v>2.6792324019489167</v>
+        <v>2.6786529673875847</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>233.60219154999999</v>
+        <v>233.60210842000001</v>
       </c>
       <c r="C136" s="5">
-        <v>1.0349408399999902</v>
+        <v>1.0348861900000088</v>
       </c>
       <c r="D136" s="5">
-        <v>5.4727445154519883</v>
+        <v>5.4724491049664259</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>233.69873433000001</v>
+        <v>233.69805690000001</v>
       </c>
       <c r="C137" s="5">
-        <v>9.6542780000021367E-2</v>
+        <v>9.594848000000411E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>0.49706311462689445</v>
+        <v>0.49399654408048832</v>
       </c>
       <c r="E137" s="5">
-        <v>2.8651712738980262</v>
+        <v>2.8652806456368474</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>234.57167765</v>
+        <v>234.57086952</v>
       </c>
       <c r="C138" s="5">
-        <v>0.87294331999999031</v>
+        <v>0.8728126199999906</v>
       </c>
       <c r="D138" s="5">
-        <v>4.5756476761241061</v>
+        <v>4.5749619966950705</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>235.27361862000001</v>
+        <v>235.27523216</v>
       </c>
       <c r="C139" s="5">
-        <v>0.70194097000000966</v>
+        <v>0.70436263999999937</v>
       </c>
       <c r="D139" s="5">
-        <v>3.6506188038981646</v>
+        <v>3.6634348615272039</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>235.336724</v>
+        <v>235.33474971000001</v>
       </c>
       <c r="C140" s="5">
-        <v>6.3105379999996103E-2</v>
+        <v>5.9517550000009578E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>0.32234072533472435</v>
+        <v>0.30398658524999345</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>235.59802296999999</v>
+        <v>235.59903338000001</v>
       </c>
       <c r="C141" s="5">
-        <v>0.26129896999998437</v>
+        <v>0.26428366999999753</v>
       </c>
       <c r="D141" s="5">
-        <v>1.340550215238645</v>
+        <v>1.3559688642388545</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>235.67415507999999</v>
+        <v>235.67436574000001</v>
       </c>
       <c r="C142" s="5">
-        <v>7.6132110000003195E-2</v>
+        <v>7.5332360000004428E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>0.38846284322233693</v>
+        <v>0.38437330154148519</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>234.72136975000001</v>
+        <v>234.72154123999999</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.95278532999998333</v>
+        <v>-0.95282450000001973</v>
       </c>
       <c r="D143" s="5">
-        <v>-4.7449376516874198</v>
+        <v>-4.7451242564026774</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>233.67168975000001</v>
+        <v>233.67187761</v>
       </c>
       <c r="C144" s="5">
-        <v>-1.0496799999999951</v>
+        <v>-1.0496636299999977</v>
       </c>
       <c r="D144" s="5">
-        <v>-5.2363852960860768</v>
+        <v>-5.2363018993448085</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>232.75785239999999</v>
+        <v>232.75799572</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.91383735000002275</v>
+        <v>-0.91388188999999898</v>
       </c>
       <c r="D145" s="5">
-        <v>-4.5932926366007649</v>
+        <v>-4.5935081041585502</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>232.2190358</v>
+        <v>232.21906436</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.53881659999998988</v>
+        <v>-0.53893135999999231</v>
       </c>
       <c r="D146" s="5">
-        <v>-2.7428110424270957</v>
+        <v>-2.7433861338083454</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>230.92777799000001</v>
+        <v>230.92772947</v>
       </c>
       <c r="C147" s="5">
-        <v>-1.2912578099999905</v>
+        <v>-1.2913348900000017</v>
       </c>
       <c r="D147" s="5">
-        <v>-6.4722877776751115</v>
+        <v>-6.4726616217786637</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>228.93391195000001</v>
+        <v>228.93383954999999</v>
       </c>
       <c r="C148" s="5">
-        <v>-1.9938660400000003</v>
+        <v>-1.9938899200000151</v>
       </c>
       <c r="D148" s="5">
-        <v>-9.8828534164862365</v>
+        <v>-9.8829681963016007</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>227.10064954000001</v>
+        <v>227.10025933</v>
       </c>
       <c r="C149" s="5">
-        <v>-1.8332624100000032</v>
+        <v>-1.8335802199999875</v>
       </c>
       <c r="D149" s="5">
-        <v>-9.1972579902997786</v>
+        <v>-9.1987856186934494</v>
       </c>
       <c r="E149" s="5">
-        <v>-2.8233292785758146</v>
+        <v>-2.823214560497278</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>225.84113873000001</v>
+        <v>225.84072107</v>
       </c>
       <c r="C150" s="5">
-        <v>-1.2595108099999948</v>
+        <v>-1.2595382599999994</v>
       </c>
       <c r="D150" s="5">
-        <v>-6.4559556011167363</v>
+        <v>-6.4561027963143669</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>224.94606938999999</v>
+        <v>224.94682516</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.89506934000002047</v>
+        <v>-0.89389590999999768</v>
       </c>
       <c r="D151" s="5">
-        <v>-4.6536115168279935</v>
+        <v>-4.6476512672217645</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>223.96466452999999</v>
+        <v>223.96374537</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.98140485999999783</v>
+        <v>-0.983079790000005</v>
       </c>
       <c r="D152" s="5">
-        <v>-5.1115961456327792</v>
+        <v>-5.1200945316181805</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>222.84427030000001</v>
+        <v>222.84484477000001</v>
       </c>
       <c r="C153" s="5">
-        <v>-1.1203942299999881</v>
+        <v>-1.1189005999999893</v>
       </c>
       <c r="D153" s="5">
-        <v>-5.8406140857739981</v>
+        <v>-5.8330637698523757</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>221.97575313999999</v>
+        <v>221.97578200000001</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.86851716000001034</v>
+        <v>-0.86906276999999932</v>
       </c>
       <c r="D154" s="5">
-        <v>-4.5779389859715858</v>
+        <v>-4.5807419274506049</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>220.93493154000001</v>
+        <v>220.93504125999999</v>
       </c>
       <c r="C155" s="5">
-        <v>-1.0408215999999868</v>
+        <v>-1.0407407400000181</v>
       </c>
       <c r="D155" s="5">
-        <v>-5.4838154308665459</v>
+        <v>-5.4833996315278526</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>220.15199945000001</v>
+        <v>220.15209224</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.78293209000000275</v>
+        <v>-0.78294901999998956</v>
       </c>
       <c r="D156" s="5">
-        <v>-4.1705556952275069</v>
+        <v>-4.170642097217792</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>219.69843509</v>
+        <v>219.69852019999999</v>
       </c>
       <c r="C157" s="5">
-        <v>-0.45356436000000144</v>
+        <v>-0.45357204000001161</v>
       </c>
       <c r="D157" s="5">
-        <v>-2.444456711002374</v>
+        <v>-2.4444966153302716</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>218.62557565</v>
+        <v>218.62557027</v>
       </c>
       <c r="C158" s="5">
-        <v>-1.072859440000002</v>
+        <v>-1.0729499299999929</v>
       </c>
       <c r="D158" s="5">
-        <v>-5.7051377159599852</v>
+        <v>-5.7056039118490993</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>217.90555936000001</v>
+        <v>217.90550107000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.72001628999998957</v>
+        <v>-0.72006919999998331</v>
       </c>
       <c r="D159" s="5">
-        <v>-3.8812458719593046</v>
+        <v>-3.8815260303742383</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>216.35999416999999</v>
+        <v>216.35992886</v>
       </c>
       <c r="C160" s="5">
-        <v>-1.5455651900000191</v>
+        <v>-1.5455722100000173</v>
       </c>
       <c r="D160" s="5">
-        <v>-8.1870783056545946</v>
+        <v>-8.1871161584536338</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>215.65468190000001</v>
+        <v>215.65456118</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.70531226999997898</v>
+        <v>-0.70536767999999483</v>
       </c>
       <c r="D161" s="5">
-        <v>-3.8425004623624526</v>
+        <v>-3.8427980800183281</v>
       </c>
       <c r="E161" s="5">
-        <v>-5.0400417890411937</v>
+        <v>-5.0399317833310864</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>214.1657739</v>
+        <v>214.16571456</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.4889080000000092</v>
+        <v>-1.4888466200000039</v>
       </c>
       <c r="D162" s="5">
-        <v>-7.977482883357478</v>
+        <v>-7.9771706958727817</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>212.64891721000001</v>
+        <v>212.64887758</v>
       </c>
       <c r="C163" s="5">
-        <v>-1.5168566899999973</v>
+        <v>-1.5168369799999937</v>
       </c>
       <c r="D163" s="5">
-        <v>-8.1757678853375815</v>
+        <v>-8.1756679310187153</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>211.48289434</v>
+        <v>211.48288489000001</v>
       </c>
       <c r="C164" s="5">
-        <v>-1.1660228700000062</v>
+        <v>-1.1659926899999959</v>
       </c>
       <c r="D164" s="5">
-        <v>-6.3851301213324829</v>
+        <v>-6.3849709619871025</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>210.62314144999999</v>
+        <v>210.62331337000001</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.85975289000000998</v>
+        <v>-0.85957152000000292</v>
       </c>
       <c r="D165" s="5">
-        <v>-4.7708109567992762</v>
+        <v>-4.7698271251864437</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>209.26766363999999</v>
+        <v>209.2675873</v>
       </c>
       <c r="C166" s="5">
-        <v>-1.3554778099999965</v>
+        <v>-1.3557260700000029</v>
       </c>
       <c r="D166" s="5">
-        <v>-7.455103051817991</v>
+        <v>-7.4564146335502564</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>209.03611219000001</v>
+        <v>209.03616812000001</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.23155144999998356</v>
+        <v>-0.23141917999998896</v>
       </c>
       <c r="D167" s="5">
-        <v>-1.3197308313836476</v>
+        <v>-1.3189820141330522</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>207.61513664</v>
+        <v>207.61518398000001</v>
       </c>
       <c r="C168" s="5">
-        <v>-1.4209755500000085</v>
+        <v>-1.4209841400000016</v>
       </c>
       <c r="D168" s="5">
-        <v>-7.8591257044491547</v>
+        <v>-7.8591694271539447</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>206.34893011</v>
+        <v>206.34896664999999</v>
       </c>
       <c r="C169" s="5">
-        <v>-1.2662065300000052</v>
+        <v>-1.2662173300000177</v>
       </c>
       <c r="D169" s="5">
-        <v>-7.0780114503426912</v>
+        <v>-7.0780682509512634</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>207.37205018</v>
+        <v>207.37201705000001</v>
       </c>
       <c r="C170" s="5">
-        <v>1.0231200700000045</v>
+        <v>1.0230504000000167</v>
       </c>
       <c r="D170" s="5">
-        <v>6.1148094327956537</v>
+        <v>6.1143805092930714</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>206.33998091000001</v>
+        <v>206.33997427</v>
       </c>
       <c r="C171" s="5">
-        <v>-1.0320692699999938</v>
+        <v>-1.0320427800000118</v>
       </c>
       <c r="D171" s="5">
-        <v>-5.8114792490625122</v>
+        <v>-5.8113350486528663</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>206.27991084999999</v>
+        <v>206.27989976000001</v>
       </c>
       <c r="C172" s="5">
-        <v>-6.0070060000015246E-2</v>
+        <v>-6.0074509999992642E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>-0.34878730132098523</v>
+        <v>-0.3488131093883573</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>205.89482168999999</v>
+        <v>205.89475271000001</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.38508916000000681</v>
+        <v>-0.38514705000000049</v>
       </c>
       <c r="D173" s="5">
-        <v>-2.2173350889556076</v>
+        <v>-2.2176651208257736</v>
       </c>
       <c r="E173" s="5">
-        <v>-4.5256889968777525</v>
+        <v>-4.5256675382134848</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>206.9016651</v>
+        <v>206.90165236000001</v>
       </c>
       <c r="C174" s="5">
-        <v>1.0068434100000161</v>
+        <v>1.0068996500000083</v>
       </c>
       <c r="D174" s="5">
-        <v>6.0285298925028208</v>
+        <v>6.0288778155161982</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>206.74272662000001</v>
+        <v>206.74273005000001</v>
       </c>
       <c r="C175" s="5">
-        <v>-0.15893847999998911</v>
+        <v>-0.15892231000000834</v>
       </c>
       <c r="D175" s="5">
-        <v>-0.91793565655855502</v>
+        <v>-0.91784271855143151</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>206.62778066000001</v>
+        <v>206.62779896000001</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.11494596000000001</v>
+        <v>-0.1149310899999989</v>
       </c>
       <c r="D176" s="5">
-        <v>-0.6651461953510851</v>
+        <v>-0.66506040054075122</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>205.95264513000001</v>
+        <v>205.95267157999999</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.6751355300000057</v>
+        <v>-0.67512738000002059</v>
       </c>
       <c r="D177" s="5">
-        <v>-3.8511803920556864</v>
+        <v>-3.8511343992276847</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>205.77208694000001</v>
+        <v>205.77205072000001</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.18055818999999929</v>
+        <v>-0.18062085999997635</v>
       </c>
       <c r="D178" s="5">
-        <v>-1.0469791654648786</v>
+        <v>-1.0473406768909066</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>205.45725972</v>
+        <v>205.45731927</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.31482722000001218</v>
+        <v>-0.31473145000001068</v>
       </c>
       <c r="D179" s="5">
-        <v>-1.820605228216865</v>
+        <v>-1.8200563709595996</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>206.27260756000001</v>
+        <v>206.27260269999999</v>
       </c>
       <c r="C180" s="5">
-        <v>0.81534784000001537</v>
+        <v>0.81528342999999381</v>
       </c>
       <c r="D180" s="5">
-        <v>4.8674739946170886</v>
+        <v>4.8670796068484456</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>206.2388311</v>
+        <v>206.23884903999999</v>
       </c>
       <c r="C181" s="5">
-        <v>-3.3776460000012776E-2</v>
+        <v>-3.3753660000002128E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>-0.19631917791291809</v>
+        <v>-0.19618678116157806</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>205.34511266999999</v>
+        <v>205.34508018</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.89371843000000695</v>
+        <v>-0.89376885999999445</v>
       </c>
       <c r="D182" s="5">
-        <v>-5.0779328306437161</v>
+        <v>-5.0782121380132272</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>205.86697201000001</v>
+        <v>205.86697937</v>
       </c>
       <c r="C183" s="5">
-        <v>0.52185934000002021</v>
+        <v>0.52189918999999918</v>
       </c>
       <c r="D183" s="5">
-        <v>3.0926422773977613</v>
+        <v>3.0928822435713599</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>206.57610708999999</v>
+        <v>206.57611231000001</v>
       </c>
       <c r="C184" s="5">
-        <v>0.7091350799999816</v>
+        <v>0.7091329400000177</v>
       </c>
       <c r="D184" s="5">
-        <v>4.2127715041002878</v>
+        <v>4.2127583956708792</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>206.58763450999999</v>
+        <v>206.58758711999999</v>
       </c>
       <c r="C185" s="5">
-        <v>1.1527419999993072E-2</v>
+        <v>1.1474809999981517E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>6.6983304493462015E-2</v>
+        <v>6.6677504256484887E-2</v>
       </c>
       <c r="E185" s="5">
-        <v>0.33648870540470277</v>
+        <v>0.33649930407688711</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>206.7567995</v>
+        <v>206.75680600999999</v>
       </c>
       <c r="C186" s="5">
-        <v>0.16916499000001295</v>
+        <v>0.16921888999999624</v>
       </c>
       <c r="D186" s="5">
-        <v>0.98706163751896003</v>
+        <v>0.98737778463753312</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>207.29524537</v>
+        <v>207.29525361</v>
       </c>
       <c r="C187" s="5">
-        <v>0.53844587000000388</v>
+        <v>0.53844760000001202</v>
       </c>
       <c r="D187" s="5">
-        <v>3.1702497007909169</v>
+        <v>3.1702599317304125</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>207.72674036000001</v>
+        <v>207.72674595000001</v>
       </c>
       <c r="C188" s="5">
-        <v>0.43149499000000446</v>
+        <v>0.43149234000000547</v>
       </c>
       <c r="D188" s="5">
-        <v>2.5266536290869945</v>
+        <v>2.5266378321336269</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>208.63487696999999</v>
+        <v>208.63487945</v>
       </c>
       <c r="C189" s="5">
-        <v>0.90813660999998547</v>
+        <v>0.90813349999999105</v>
       </c>
       <c r="D189" s="5">
-        <v>5.374140734619437</v>
+        <v>5.3741217374867034</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>209.26977441</v>
+        <v>209.26977628</v>
       </c>
       <c r="C190" s="5">
-        <v>0.63489744000000314</v>
+        <v>0.63489683000000241</v>
       </c>
       <c r="D190" s="5">
-        <v>3.7134670980907725</v>
+        <v>3.7134634254385013</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>210.13330575000001</v>
+        <v>210.13333739000001</v>
       </c>
       <c r="C191" s="5">
-        <v>0.86353134000000864</v>
+        <v>0.86356111000000624</v>
       </c>
       <c r="D191" s="5">
-        <v>5.0656228123815206</v>
+        <v>5.0658013844698813</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>211.03742011</v>
+        <v>211.03740453</v>
       </c>
       <c r="C192" s="5">
-        <v>0.90411435999999412</v>
+        <v>0.90406713999999511</v>
       </c>
       <c r="D192" s="5">
-        <v>5.2870398914167893</v>
+        <v>5.2867563788412619</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>211.35838885000001</v>
+        <v>211.35840396</v>
       </c>
       <c r="C193" s="5">
-        <v>0.32096874000001208</v>
+        <v>0.32099943000000053</v>
       </c>
       <c r="D193" s="5">
-        <v>1.8404355119191029</v>
+        <v>1.8406131002647985</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>212.27831574999999</v>
+        <v>212.27828550999999</v>
       </c>
       <c r="C194" s="5">
-        <v>0.91992689999997879</v>
+        <v>0.91988154999998528</v>
       </c>
       <c r="D194" s="5">
-        <v>5.3498015307882119</v>
+        <v>5.3495310630735871</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>212.27223746999999</v>
+        <v>212.27224433999999</v>
       </c>
       <c r="C195" s="5">
-        <v>-6.0782799999969939E-3</v>
+        <v>-6.0411700000031487E-3</v>
       </c>
       <c r="D195" s="5">
-        <v>-3.4354839316275143E-2</v>
+        <v>-3.4145128842177908E-2</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>213.00426819</v>
+        <v>213.00427357000001</v>
       </c>
       <c r="C196" s="5">
-        <v>0.73203072000001157</v>
+        <v>0.73202923000002329</v>
       </c>
       <c r="D196" s="5">
-        <v>4.2176556451889446</v>
+        <v>4.2176467578532773</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>213.82488799999999</v>
+        <v>213.8248581</v>
       </c>
       <c r="C197" s="5">
-        <v>0.82061980999998241</v>
+        <v>0.82058452999999076</v>
       </c>
       <c r="D197" s="5">
-        <v>4.7223471115516835</v>
+        <v>4.7221396461867737</v>
       </c>
       <c r="E197" s="5">
-        <v>3.5032365355099016</v>
+        <v>3.5032458052748794</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>214.91750278999999</v>
+        <v>214.91750802999999</v>
       </c>
       <c r="C198" s="5">
-        <v>1.0926147899999989</v>
+        <v>1.0926499299999932</v>
       </c>
       <c r="D198" s="5">
-        <v>6.3071290387974432</v>
+        <v>6.3073385263534787</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>215.77734601</v>
+        <v>215.77735071999999</v>
       </c>
       <c r="C199" s="5">
-        <v>0.85984322000001612</v>
+        <v>0.85984268999999358</v>
       </c>
       <c r="D199" s="5">
-        <v>4.9080312906025991</v>
+        <v>4.9080280761459871</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>216.81723717</v>
+        <v>216.81723983000001</v>
       </c>
       <c r="C200" s="5">
-        <v>1.0398911599999963</v>
+        <v>1.0398891100000185</v>
       </c>
       <c r="D200" s="5">
-        <v>5.9389117133421321</v>
+        <v>5.9388995604650274</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>219.15885829999999</v>
+        <v>219.15886003</v>
       </c>
       <c r="C201" s="5">
-        <v>2.3416211299999929</v>
+        <v>2.3416201999999942</v>
       </c>
       <c r="D201" s="5">
-        <v>13.758191551258125</v>
+        <v>13.758185579526572</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>221.09881985999999</v>
+        <v>221.09882478</v>
       </c>
       <c r="C202" s="5">
-        <v>1.9399615600000004</v>
+        <v>1.9399647500000015</v>
       </c>
       <c r="D202" s="5">
-        <v>11.154933180187342</v>
+        <v>11.154952332640832</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>221.95446045</v>
+        <v>221.9544851</v>
       </c>
       <c r="C203" s="5">
-        <v>0.85564059000000725</v>
+        <v>0.85566031999999836</v>
       </c>
       <c r="D203" s="5">
-        <v>4.7440667793888558</v>
+        <v>4.744178402668231</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>222.15006638</v>
+        <v>222.15005783999999</v>
       </c>
       <c r="C204" s="5">
-        <v>0.19560592999999926</v>
+        <v>0.1955727399999887</v>
       </c>
       <c r="D204" s="5">
-        <v>1.0626873963871963</v>
+        <v>1.0625060885185</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>223.54276424</v>
+        <v>223.54277268999999</v>
       </c>
       <c r="C205" s="5">
-        <v>1.3926978599999984</v>
+        <v>1.3927148500000044</v>
       </c>
       <c r="D205" s="5">
-        <v>7.7879060391983224</v>
+        <v>7.7880046559369864</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>224.08956892</v>
+        <v>224.08954571000001</v>
       </c>
       <c r="C206" s="5">
-        <v>0.54680468000000815</v>
+        <v>0.5467730200000176</v>
       </c>
       <c r="D206" s="5">
-        <v>2.975116182916393</v>
+        <v>2.9749414857378031</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>224.80541391</v>
+        <v>224.80541592</v>
       </c>
       <c r="C207" s="5">
-        <v>0.71584498999999369</v>
+        <v>0.7158702099999914</v>
       </c>
       <c r="D207" s="5">
-        <v>3.9014235654518892</v>
+        <v>3.9015638520772056</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>225.66851893</v>
+        <v>225.66851932</v>
       </c>
       <c r="C208" s="5">
-        <v>0.86310502000000611</v>
+        <v>0.86310339999999997</v>
       </c>
       <c r="D208" s="5">
-        <v>4.7057547494426144</v>
+        <v>4.7057456866984593</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>226.67366013</v>
+        <v>226.67364327999999</v>
       </c>
       <c r="C209" s="5">
-        <v>1.0051411999999971</v>
+        <v>1.0051239599999917</v>
       </c>
       <c r="D209" s="5">
-        <v>5.4777711180288291</v>
+        <v>5.4776748411575094</v>
       </c>
       <c r="E209" s="5">
-        <v>6.0090161861794167</v>
+        <v>6.0090231295703456</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>227.14877953999999</v>
+        <v>227.14878253000001</v>
       </c>
       <c r="C210" s="5">
-        <v>0.47511940999999069</v>
+        <v>0.47513925000001223</v>
       </c>
       <c r="D210" s="5">
-        <v>2.5444606208825604</v>
+        <v>2.5445682915441914</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>227.75494978</v>
+        <v>227.75495307</v>
       </c>
       <c r="C211" s="5">
-        <v>0.60617024000001152</v>
+        <v>0.60617053999999371</v>
       </c>
       <c r="D211" s="5">
-        <v>3.2497475033738787</v>
+        <v>3.2497490919803251</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>228.63249490999999</v>
+        <v>228.63249764</v>
       </c>
       <c r="C212" s="5">
-        <v>0.87754512999998724</v>
+        <v>0.87754456999999775</v>
       </c>
       <c r="D212" s="5">
-        <v>4.7228795773213594</v>
+        <v>4.7228764296151526</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>229.06190638999999</v>
+        <v>229.06190913</v>
       </c>
       <c r="C213" s="5">
-        <v>0.42941147999999885</v>
+        <v>0.42941149000000678</v>
       </c>
       <c r="D213" s="5">
-        <v>2.2772362399192669</v>
+        <v>2.2772362660271162</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>230.54281277999999</v>
+        <v>230.54281985</v>
       </c>
       <c r="C214" s="5">
-        <v>1.4809063900000012</v>
+        <v>1.4809107199999971</v>
       </c>
       <c r="D214" s="5">
-        <v>8.0400061605489626</v>
+        <v>8.0400304111116085</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>231.40986308999999</v>
+        <v>231.40987487999999</v>
       </c>
       <c r="C215" s="5">
-        <v>0.86705030999999622</v>
+        <v>0.86705502999998885</v>
       </c>
       <c r="D215" s="5">
-        <v>4.6076231098992171</v>
+        <v>4.6076485694817926</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>231.97233861000001</v>
+        <v>231.97233496999999</v>
       </c>
       <c r="C216" s="5">
-        <v>0.56247552000002088</v>
+        <v>0.56246009000000186</v>
       </c>
       <c r="D216" s="5">
-        <v>2.9560862559471213</v>
+        <v>2.9560039239481695</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>232.13619545</v>
+        <v>232.13619607000001</v>
       </c>
       <c r="C217" s="5">
-        <v>0.16385683999999401</v>
+        <v>0.16386110000001963</v>
       </c>
       <c r="D217" s="5">
-        <v>0.85093727701899269</v>
+        <v>0.85095949937097348</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>232.79175147999999</v>
+        <v>232.79173842</v>
       </c>
       <c r="C218" s="5">
-        <v>0.65555602999998541</v>
+        <v>0.65554234999999039</v>
       </c>
       <c r="D218" s="5">
-        <v>3.4419516779492954</v>
+        <v>3.4418787234800741</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>234.07551126999999</v>
+        <v>234.07550963</v>
       </c>
       <c r="C219" s="5">
-        <v>1.2837597900000048</v>
+        <v>1.2837712099999976</v>
       </c>
       <c r="D219" s="5">
-        <v>6.8220020615658017</v>
+        <v>6.822064995159316</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>234.80392623</v>
+        <v>234.80392283</v>
       </c>
       <c r="C220" s="5">
-        <v>0.72841496000000916</v>
+        <v>0.72841320000000565</v>
       </c>
       <c r="D220" s="5">
-        <v>3.7988369997336457</v>
+        <v>3.7988276903726081</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>235.36006463000001</v>
+        <v>235.36006377999999</v>
       </c>
       <c r="C221" s="5">
-        <v>0.55613840000000891</v>
+        <v>0.55614094999998542</v>
       </c>
       <c r="D221" s="5">
-        <v>2.8795463063130855</v>
+        <v>2.8795597242911697</v>
       </c>
       <c r="E221" s="5">
-        <v>3.832119045070459</v>
+        <v>3.8321263885409129</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>235.64433994000001</v>
+        <v>235.64434123000001</v>
       </c>
       <c r="C222" s="5">
-        <v>0.28427530999999817</v>
+        <v>0.28427745000001892</v>
       </c>
       <c r="D222" s="5">
-        <v>1.4590651786533293</v>
+        <v>1.4590762407433733</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>236.52258287000001</v>
+        <v>236.52258497</v>
       </c>
       <c r="C223" s="5">
-        <v>0.87824292999999898</v>
+        <v>0.87824373999998784</v>
       </c>
       <c r="D223" s="5">
-        <v>4.5652073391583725</v>
+        <v>4.5652116108056306</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>236.46843061000001</v>
+        <v>236.46843275000001</v>
       </c>
       <c r="C224" s="5">
-        <v>-5.4152259999995067E-2</v>
+        <v>-5.4152219999991758E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-0.27439640286134326</v>
+        <v>-0.27439619799815018</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>238.63647752</v>
+        <v>238.63647889000001</v>
       </c>
       <c r="C225" s="5">
-        <v>2.1680469099999868</v>
+        <v>2.1680461400000013</v>
       </c>
       <c r="D225" s="5">
-        <v>11.574237964295442</v>
+        <v>11.574233534060951</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>239.92429777000001</v>
+        <v>239.92430148</v>
       </c>
       <c r="C226" s="5">
-        <v>1.28782025000001</v>
+        <v>1.2878225899999904</v>
       </c>
       <c r="D226" s="5">
-        <v>6.6716051204689153</v>
+        <v>6.6716175655398002</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>240.48660645000001</v>
+        <v>240.48661068999999</v>
       </c>
       <c r="C227" s="5">
-        <v>0.562308680000001</v>
+        <v>0.56230920999999512</v>
       </c>
       <c r="D227" s="5">
-        <v>2.8489683243803743</v>
+        <v>2.8489709997395529</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>241.42970127999999</v>
+        <v>241.42970037000001</v>
       </c>
       <c r="C228" s="5">
-        <v>0.9430948299999784</v>
+        <v>0.94308968000001414</v>
       </c>
       <c r="D228" s="5">
-        <v>4.8087729557061865</v>
+        <v>4.8087460406501581</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>241.64817410000001</v>
+        <v>241.64817085999999</v>
       </c>
       <c r="C229" s="5">
-        <v>0.21847282000001655</v>
+        <v>0.21847048999998719</v>
       </c>
       <c r="D229" s="5">
-        <v>1.0913161835908625</v>
+        <v>1.0913044909134584</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>241.82290424999999</v>
+        <v>241.82289967</v>
       </c>
       <c r="C230" s="5">
-        <v>0.17473014999998782</v>
+        <v>0.17472881000000484</v>
       </c>
       <c r="D230" s="5">
-        <v>0.87115104262842635</v>
+        <v>0.87114434693418286</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>242.2360243</v>
+        <v>242.23602062000001</v>
       </c>
       <c r="C231" s="5">
-        <v>0.4131200500000034</v>
+        <v>0.41312095000000681</v>
       </c>
       <c r="D231" s="5">
-        <v>2.0694015076800465</v>
+        <v>2.0694060979678408</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>242.26067602000001</v>
+        <v>242.26067264</v>
       </c>
       <c r="C232" s="5">
-        <v>2.4651720000008481E-2</v>
+        <v>2.4652019999990671E-2</v>
       </c>
       <c r="D232" s="5">
-        <v>0.12218920530171484</v>
+        <v>0.12219069497723112</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>241.63885784999999</v>
+        <v>241.63885819000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.62181817000001161</v>
+        <v>-0.62181444999998803</v>
       </c>
       <c r="D233" s="5">
-        <v>-3.0369664453182899</v>
+        <v>-3.0369485742863245</v>
       </c>
       <c r="E233" s="5">
-        <v>2.6677394186947589</v>
+        <v>2.6677399339375851</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>238.25324225</v>
+        <v>238.25324798</v>
       </c>
       <c r="C234" s="5">
-        <v>-3.3856155999999942</v>
+        <v>-3.3856102100000101</v>
       </c>
       <c r="D234" s="5">
-        <v>-15.576268976608986</v>
+        <v>-15.576246037346419</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>236.33565886</v>
+        <v>236.33566316</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.9175833900000043</v>
+        <v>-1.9175848200000019</v>
       </c>
       <c r="D235" s="5">
-        <v>-9.241937918710164</v>
+        <v>-9.2419442960014582</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>231.62389816999999</v>
+        <v>231.62389981000001</v>
       </c>
       <c r="C236" s="5">
-        <v>-4.7117606900000055</v>
+        <v>-4.711763349999984</v>
       </c>
       <c r="D236" s="5">
-        <v>-21.467513219389989</v>
+        <v>-21.467523693126189</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>227.46185953</v>
+        <v>227.46186023999999</v>
       </c>
       <c r="C237" s="5">
-        <v>-4.1620386399999916</v>
+        <v>-4.1620395700000188</v>
       </c>
       <c r="D237" s="5">
-        <v>-19.554338719088125</v>
+        <v>-19.554342540940574</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>225.13204472000001</v>
+        <v>225.13204630999999</v>
       </c>
       <c r="C238" s="5">
-        <v>-2.3298148099999878</v>
+        <v>-2.3298139300000003</v>
       </c>
       <c r="D238" s="5">
-        <v>-11.621878485893088</v>
+        <v>-11.621874306188262</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>222.23469653000001</v>
+        <v>222.23469721000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-2.8973481900000024</v>
+        <v>-2.8973490999999854</v>
       </c>
       <c r="D239" s="5">
-        <v>-14.395896480463167</v>
+        <v>-14.395900592227029</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>219.57384235000001</v>
+        <v>219.57383977000001</v>
       </c>
       <c r="C240" s="5">
-        <v>-2.6608541800000012</v>
+        <v>-2.6608574400000009</v>
       </c>
       <c r="D240" s="5">
-        <v>-13.458414424452926</v>
+        <v>-13.458429804478577</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>218.40231721999999</v>
+        <v>218.40231134999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.1715251300000205</v>
+        <v>-1.1715284200000156</v>
       </c>
       <c r="D241" s="5">
-        <v>-6.2179586521683543</v>
+        <v>-6.2179756758255493</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>217.78082928000001</v>
+        <v>217.78082259999999</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.6214879399999802</v>
+        <v>-0.62148874999999748</v>
       </c>
       <c r="D242" s="5">
-        <v>-3.3617928747505021</v>
+        <v>-3.3617972768553162</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>215.15400686000001</v>
+        <v>215.15400256000001</v>
       </c>
       <c r="C243" s="5">
-        <v>-2.6268224199999963</v>
+        <v>-2.6268200399999841</v>
       </c>
       <c r="D243" s="5">
-        <v>-13.55149345490142</v>
+        <v>-13.55148236802931</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>213.81144067</v>
+        <v>213.81143822000001</v>
       </c>
       <c r="C244" s="5">
-        <v>-1.3425661900000136</v>
+        <v>-1.3425643399999956</v>
       </c>
       <c r="D244" s="5">
-        <v>-7.2363098948585725</v>
+        <v>-7.2363004029178395</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>213.50486488999999</v>
+        <v>213.50486617999999</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.30657578000000285</v>
+        <v>-0.30657204000002025</v>
       </c>
       <c r="D245" s="5">
-        <v>-1.707127941354758</v>
+        <v>-1.7071072990102465</v>
       </c>
       <c r="E245" s="5">
-        <v>-11.642992029644706</v>
+        <v>-11.642991620113651</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>213.76688098</v>
+        <v>213.76690414000001</v>
       </c>
       <c r="C246" s="5">
-        <v>0.26201609000000303</v>
+        <v>0.26203796000001489</v>
       </c>
       <c r="D246" s="5">
-        <v>1.482637137177889</v>
+        <v>1.4827617177028962</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>214.10885228000001</v>
+        <v>214.10885601999999</v>
       </c>
       <c r="C247" s="5">
-        <v>0.34197130000001152</v>
+        <v>0.34195187999998211</v>
       </c>
       <c r="D247" s="5">
-        <v>1.9366681586132417</v>
+        <v>1.9365569972696228</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>214.28956819999999</v>
+        <v>214.28956504000001</v>
       </c>
       <c r="C248" s="5">
-        <v>0.18071591999998304</v>
+        <v>0.1807090200000232</v>
       </c>
       <c r="D248" s="5">
-        <v>1.017560199802392</v>
+        <v>1.0175211494698244</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>214.02664716000001</v>
+        <v>214.02664095</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.26292103999998062</v>
+        <v>-0.26292409000001271</v>
       </c>
       <c r="D249" s="5">
-        <v>-1.4624363020526165</v>
+        <v>-1.4624531740599633</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>214.24782823999999</v>
+        <v>214.24782091</v>
       </c>
       <c r="C250" s="5">
-        <v>0.2211810799999796</v>
+        <v>0.22117996000000062</v>
       </c>
       <c r="D250" s="5">
-        <v>1.2471862789217969</v>
+        <v>1.2471799639684145</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>214.03732550999999</v>
+        <v>214.03731922</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.21050273000000175</v>
+        <v>-0.21050169000000096</v>
       </c>
       <c r="D251" s="5">
-        <v>-1.1726732836840559</v>
+        <v>-1.1726675612045434</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>214.63109416</v>
+        <v>214.63109179</v>
       </c>
       <c r="C252" s="5">
-        <v>0.59376865000001544</v>
+        <v>0.59377256999999872</v>
       </c>
       <c r="D252" s="5">
-        <v>3.3802283102748687</v>
+        <v>3.3802510686431253</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>215.48404993</v>
+        <v>215.48405754999999</v>
       </c>
       <c r="C253" s="5">
-        <v>0.85295576999999412</v>
+        <v>0.85296575999998936</v>
       </c>
       <c r="D253" s="5">
-        <v>4.8744937344805006</v>
+        <v>4.874552134212462</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>215.90445366</v>
+        <v>215.90447900000001</v>
       </c>
       <c r="C254" s="5">
-        <v>0.42040373000000386</v>
+        <v>0.42042145000002051</v>
       </c>
       <c r="D254" s="5">
-        <v>2.3664541904193204</v>
+        <v>2.3665549245615924</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>216.54811203</v>
+        <v>216.54814777999999</v>
       </c>
       <c r="C255" s="5">
-        <v>0.64365836999999715</v>
+        <v>0.64366877999998451</v>
       </c>
       <c r="D255" s="5">
-        <v>3.6367077292909</v>
+        <v>3.6367670803033603</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>216.93404870000001</v>
+        <v>216.93406766000001</v>
       </c>
       <c r="C256" s="5">
-        <v>0.38593667000000664</v>
+        <v>0.3859198800000172</v>
       </c>
       <c r="D256" s="5">
-        <v>2.1597543340035497</v>
+        <v>2.1596590919531256</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>217.55297687000001</v>
+        <v>217.55295527000001</v>
       </c>
       <c r="C257" s="5">
-        <v>0.61892817000000377</v>
+        <v>0.61888761000000159</v>
       </c>
       <c r="D257" s="5">
-        <v>3.4779230988499554</v>
+        <v>3.4776912845580599</v>
       </c>
       <c r="E257" s="5">
-        <v>1.8960279814165482</v>
+        <v>1.8960172488936111</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>218.81777953</v>
+        <v>218.81775372999999</v>
       </c>
       <c r="C258" s="5">
-        <v>1.2648026599999866</v>
+        <v>1.2647984599999802</v>
       </c>
       <c r="D258" s="5">
-        <v>7.2039818476294704</v>
+        <v>7.2039578937630244</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>219.99887348999999</v>
+        <v>219.99875234999999</v>
       </c>
       <c r="C259" s="5">
-        <v>1.1810939599999983</v>
+        <v>1.1809986199999969</v>
       </c>
       <c r="D259" s="5">
-        <v>6.6729250519909966</v>
+        <v>6.6723711226857496</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>221.30905709999999</v>
+        <v>221.30894792000001</v>
       </c>
       <c r="C260" s="5">
-        <v>1.3101836099999957</v>
+        <v>1.310195570000019</v>
       </c>
       <c r="D260" s="5">
-        <v>7.385283989626501</v>
+        <v>7.3853578303123335</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>223.26484751999999</v>
+        <v>223.26484228999999</v>
       </c>
       <c r="C261" s="5">
-        <v>1.9557904199999996</v>
+        <v>1.9558943699999816</v>
       </c>
       <c r="D261" s="5">
-        <v>11.135790927026413</v>
+        <v>11.136417617654937</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>223.88172846000001</v>
+        <v>223.88183486</v>
       </c>
       <c r="C262" s="5">
-        <v>0.6168809400000157</v>
+        <v>0.61699257000000785</v>
       </c>
       <c r="D262" s="5">
-        <v>3.3664533850613854</v>
+        <v>3.3670719432378204</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>225.31054324999999</v>
+        <v>225.31068884999999</v>
       </c>
       <c r="C263" s="5">
-        <v>1.4288147899999899</v>
+        <v>1.4288539899999932</v>
       </c>
       <c r="D263" s="5">
-        <v>7.9330282959701792</v>
+        <v>7.9332497335544483</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>226.65270351999999</v>
+        <v>226.65276879000001</v>
       </c>
       <c r="C264" s="5">
-        <v>1.3421602699999937</v>
+        <v>1.3420799400000192</v>
       </c>
       <c r="D264" s="5">
-        <v>7.3872368821234602</v>
+        <v>7.3867752312930079</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>227.94046427999999</v>
+        <v>227.94046406999999</v>
       </c>
       <c r="C265" s="5">
-        <v>1.2877607599999976</v>
+        <v>1.2876952799999799</v>
       </c>
       <c r="D265" s="5">
-        <v>7.0351194183560617</v>
+        <v>7.0347483562311908</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>229.5508169</v>
+        <v>229.55084395</v>
       </c>
       <c r="C266" s="5">
-        <v>1.6103526200000147</v>
+        <v>1.6103798800000106</v>
       </c>
       <c r="D266" s="5">
-        <v>8.815050792974489</v>
+        <v>8.8152058677434688</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>230.80411161999999</v>
+        <v>230.80421817000001</v>
       </c>
       <c r="C267" s="5">
-        <v>1.2532947199999853</v>
+        <v>1.253374220000012</v>
       </c>
       <c r="D267" s="5">
-        <v>6.7520891852631992</v>
+        <v>6.7525296127849632</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>231.86196118000001</v>
+        <v>231.86206265999999</v>
       </c>
       <c r="C268" s="5">
-        <v>1.0578495600000224</v>
+        <v>1.0578444899999795</v>
       </c>
       <c r="D268" s="5">
-        <v>5.6407717234060684</v>
+        <v>5.6407413335129997</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>233.61823067</v>
+        <v>233.61824537999999</v>
       </c>
       <c r="C269" s="5">
-        <v>1.756269489999994</v>
+        <v>1.7561827199999982</v>
       </c>
       <c r="D269" s="5">
-        <v>9.477962341050894</v>
+        <v>9.47747007475812</v>
       </c>
       <c r="E269" s="5">
-        <v>7.3845249240601651</v>
+        <v>7.3845423474306449</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>234.09513559999999</v>
+        <v>234.09494071</v>
       </c>
       <c r="C270" s="5">
-        <v>0.47690492999998924</v>
+        <v>0.47669533000001252</v>
       </c>
       <c r="D270" s="5">
-        <v>2.477354819668931</v>
+        <v>2.4762536148807079</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>235.70073930999999</v>
+        <v>235.70014849</v>
       </c>
       <c r="C271" s="5">
-        <v>1.6056037099999969</v>
+        <v>1.6052077800000006</v>
       </c>
       <c r="D271" s="5">
-        <v>8.5482097288972057</v>
+        <v>8.5460290635084526</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>237.73214193000001</v>
+        <v>237.73163754999999</v>
       </c>
       <c r="C272" s="5">
-        <v>2.0314026200000228</v>
+        <v>2.0314890599999842</v>
       </c>
       <c r="D272" s="5">
-        <v>10.846887415652805</v>
+        <v>10.847399559440095</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>239.70182671000001</v>
+        <v>239.70181495</v>
       </c>
       <c r="C273" s="5">
-        <v>1.9696847799999944</v>
+        <v>1.9701774000000114</v>
       </c>
       <c r="D273" s="5">
-        <v>10.408188597823266</v>
+        <v>10.410934580064568</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>241.15754269000001</v>
+        <v>241.15802995999999</v>
       </c>
       <c r="C274" s="5">
-        <v>1.4557159800000079</v>
+        <v>1.456215009999994</v>
       </c>
       <c r="D274" s="5">
-        <v>7.5360486425821049</v>
+        <v>7.5387193618515314</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>242.82950027000001</v>
+        <v>242.83017233000001</v>
       </c>
       <c r="C275" s="5">
-        <v>1.6719575799999973</v>
+        <v>1.6721423700000173</v>
       </c>
       <c r="D275" s="5">
-        <v>8.6443520936456899</v>
+        <v>8.6453260808050825</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>243.57494141999999</v>
+        <v>243.57526906999999</v>
       </c>
       <c r="C276" s="5">
-        <v>0.74544114999997646</v>
+        <v>0.74509673999997972</v>
       </c>
       <c r="D276" s="5">
-        <v>3.7466131869860142</v>
+        <v>3.7448423136955844</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>243.91131591000001</v>
+        <v>243.91125671</v>
       </c>
       <c r="C277" s="5">
-        <v>0.33637449000002562</v>
+        <v>0.33598764000001324</v>
       </c>
       <c r="D277" s="5">
-        <v>1.6698328609603852</v>
+        <v>1.6678956036485948</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>245.03265060999999</v>
+        <v>245.03254106</v>
       </c>
       <c r="C278" s="5">
-        <v>1.1213346999999771</v>
+        <v>1.1212843499999963</v>
       </c>
       <c r="D278" s="5">
-        <v>5.6584182499716862</v>
+        <v>5.6581591265949527</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>245.27527022000001</v>
+        <v>245.27547346</v>
       </c>
       <c r="C279" s="5">
-        <v>0.24261961000001975</v>
+        <v>0.24293240000000083</v>
       </c>
       <c r="D279" s="5">
-        <v>1.1946746532112806</v>
+        <v>1.1962237973357714</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>245.75526141</v>
+        <v>245.75575828999999</v>
       </c>
       <c r="C280" s="5">
-        <v>0.47999118999999268</v>
+        <v>0.48028482999998801</v>
       </c>
       <c r="D280" s="5">
-        <v>2.3737800677454235</v>
+        <v>2.3752459403339365</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>246.02362883999999</v>
+        <v>246.02375766</v>
       </c>
       <c r="C281" s="5">
-        <v>0.26836742999998364</v>
+        <v>0.2679993700000125</v>
       </c>
       <c r="D281" s="5">
-        <v>1.3183122473463316</v>
+        <v>1.3164906754876915</v>
       </c>
       <c r="E281" s="5">
-        <v>5.3101156251471604</v>
+        <v>5.3101641354344586</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>246.22435150999999</v>
+        <v>246.22363898</v>
       </c>
       <c r="C282" s="5">
-        <v>0.20072267000000465</v>
+        <v>0.19988132000000292</v>
       </c>
       <c r="D282" s="5">
-        <v>0.98344612812506504</v>
+        <v>0.97930495880698132</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>247.50628273999999</v>
+        <v>247.50488159</v>
       </c>
       <c r="C283" s="5">
-        <v>1.2819312299999979</v>
+        <v>1.2812426099999925</v>
       </c>
       <c r="D283" s="5">
-        <v>6.4296670869443018</v>
+        <v>6.4261329280060453</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>247.94212547000001</v>
+        <v>247.94095453</v>
       </c>
       <c r="C284" s="5">
-        <v>0.43584273000001872</v>
+        <v>0.43607294000000252</v>
       </c>
       <c r="D284" s="5">
-        <v>2.1337097508944192</v>
+        <v>2.1348599123648837</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>248.88264337000001</v>
+        <v>248.88175577999999</v>
       </c>
       <c r="C285" s="5">
-        <v>0.94051790000000324</v>
+        <v>0.94080124999999271</v>
       </c>
       <c r="D285" s="5">
-        <v>4.6481344786896361</v>
+        <v>4.649586594443722</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>248.91535747</v>
+        <v>248.91438987999999</v>
       </c>
       <c r="C286" s="5">
-        <v>3.2714099999992641E-2</v>
+        <v>3.2634099999995669E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>0.15784673594192444</v>
+        <v>0.15746101653952849</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>249.40862274</v>
+        <v>249.41605059</v>
       </c>
       <c r="C287" s="5">
-        <v>0.49326526999999487</v>
+        <v>0.50166071000001011</v>
       </c>
       <c r="D287" s="5">
-        <v>2.4040803504073338</v>
+        <v>2.4454623808257026</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>249.41401153000001</v>
+        <v>249.41278528000001</v>
       </c>
       <c r="C288" s="5">
-        <v>5.3887900000120226E-3</v>
+        <v>-3.2653099999890856E-3</v>
       </c>
       <c r="D288" s="5">
-        <v>2.5930605097768122E-2</v>
+        <v>-1.5709052647694399E-2</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>249.90396697</v>
+        <v>249.90273898999999</v>
       </c>
       <c r="C289" s="5">
-        <v>0.48995543999998858</v>
+        <v>0.48995370999998045</v>
       </c>
       <c r="D289" s="5">
-        <v>2.3829482617290676</v>
+        <v>2.3829515992917161</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>249.63756136999999</v>
+        <v>249.63643467</v>
       </c>
       <c r="C290" s="5">
-        <v>-0.26640560000001301</v>
+        <v>-0.26630431999998905</v>
       </c>
       <c r="D290" s="5">
-        <v>-1.2717644664689942</v>
+        <v>-1.2712900174740471</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>250.15184601000001</v>
+        <v>250.15088403999999</v>
       </c>
       <c r="C291" s="5">
-        <v>0.51428464000002805</v>
+        <v>0.51444936999999413</v>
       </c>
       <c r="D291" s="5">
-        <v>2.5003546981600788</v>
+        <v>2.5011761004498645</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>250.40687070999999</v>
+        <v>250.41141512999999</v>
       </c>
       <c r="C292" s="5">
-        <v>0.25502469999997857</v>
+        <v>0.26053109000000063</v>
       </c>
       <c r="D292" s="5">
-        <v>1.2302585005745215</v>
+        <v>1.256978956671051</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>250.75747432</v>
+        <v>250.75649347999999</v>
       </c>
       <c r="C293" s="5">
-        <v>0.35060361000000739</v>
+        <v>0.34507834999999432</v>
       </c>
       <c r="D293" s="5">
-        <v>1.6931619766006989</v>
+        <v>1.6662459408360419</v>
       </c>
       <c r="E293" s="5">
-        <v>1.924142612772628</v>
+        <v>1.9236905675347638</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>250.76392233999999</v>
+        <v>250.76225575000001</v>
       </c>
       <c r="C294" s="5">
-        <v>6.4480199999934484E-3</v>
+        <v>5.7622700000194982E-3</v>
       </c>
       <c r="D294" s="5">
-        <v>3.0861366868140117E-2</v>
+        <v>2.7578938856698265E-2</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>251.39531654000001</v>
+        <v>251.39299729000001</v>
       </c>
       <c r="C295" s="5">
-        <v>0.63139420000001678</v>
+        <v>0.63074154000000249</v>
       </c>
       <c r="D295" s="5">
-        <v>3.0636549428827875</v>
+        <v>3.06046478620845</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>251.75704938999999</v>
+        <v>251.75513670000001</v>
       </c>
       <c r="C296" s="5">
-        <v>0.36173284999998145</v>
+        <v>0.3621394099999975</v>
       </c>
       <c r="D296" s="5">
-        <v>1.7404112388143433</v>
+        <v>1.7423990535715861</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>252.48542545000001</v>
+        <v>252.48343942</v>
       </c>
       <c r="C297" s="5">
-        <v>0.72837606000001642</v>
+        <v>0.72830271999998786</v>
       </c>
       <c r="D297" s="5">
-        <v>3.52758569336451</v>
+        <v>3.5272520569243904</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>253.69837047999999</v>
+        <v>253.69595910999999</v>
       </c>
       <c r="C298" s="5">
-        <v>1.212945029999986</v>
+        <v>1.2125196899999935</v>
       </c>
       <c r="D298" s="5">
-        <v>5.9196085066533399</v>
+        <v>5.917525345096708</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>254.50944885999999</v>
+        <v>254.52417478999999</v>
       </c>
       <c r="C299" s="5">
-        <v>0.81107837999999788</v>
+        <v>0.82821567999999957</v>
       </c>
       <c r="D299" s="5">
-        <v>3.9046043818199871</v>
+        <v>3.9886306151999618</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>255.66106647000001</v>
+        <v>255.65828772</v>
       </c>
       <c r="C300" s="5">
-        <v>1.1516176100000166</v>
+        <v>1.1341129300000148</v>
       </c>
       <c r="D300" s="5">
-        <v>5.5670118403934765</v>
+        <v>5.4799836794616974</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>256.57791099000002</v>
+        <v>256.57533758</v>
       </c>
       <c r="C301" s="5">
-        <v>0.91684452000001215</v>
+        <v>0.91704985999999167</v>
       </c>
       <c r="D301" s="5">
-        <v>4.3893092533300093</v>
+        <v>4.3903604379465833</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>256.55644569999998</v>
+        <v>256.55406231000001</v>
       </c>
       <c r="C302" s="5">
-        <v>-2.1465290000037385E-2</v>
+        <v>-2.1275269999989632E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>-0.10034573524483337</v>
+        <v>-9.9458833710219796E-2</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>258.81295086</v>
+        <v>258.81070834000002</v>
       </c>
       <c r="C303" s="5">
-        <v>2.2565051600000174</v>
+        <v>2.2566460300000131</v>
       </c>
       <c r="D303" s="5">
-        <v>11.08026040368275</v>
+        <v>11.081093900808604</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>260.11075519000002</v>
+        <v>260.11989735999998</v>
       </c>
       <c r="C304" s="5">
-        <v>1.2978043300000195</v>
+        <v>1.3091890199999625</v>
       </c>
       <c r="D304" s="5">
-        <v>6.1860992090984279</v>
+        <v>6.2419396685719608</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>260.97997291000001</v>
+        <v>260.97804342000001</v>
       </c>
       <c r="C305" s="5">
-        <v>0.86921771999999464</v>
+        <v>0.85814606000002414</v>
       </c>
       <c r="D305" s="5">
-        <v>4.0845959460331871</v>
+        <v>4.0314765516656026</v>
       </c>
       <c r="E305" s="5">
-        <v>4.0766476124874051</v>
+        <v>4.076285243163702</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>259.62213785</v>
+        <v>259.61998631</v>
       </c>
       <c r="C306" s="5">
-        <v>-1.3578350600000135</v>
+        <v>-1.3580571100000043</v>
       </c>
       <c r="D306" s="5">
-        <v>-6.0678028785613236</v>
+        <v>-6.0688105275843558</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>256.95934145000001</v>
+        <v>256.95598390999999</v>
       </c>
       <c r="C307" s="5">
-        <v>-2.6627963999999906</v>
+        <v>-2.6640024000000153</v>
       </c>
       <c r="D307" s="5">
-        <v>-11.636631060377422</v>
+        <v>-11.641698672753842</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>254.71485335</v>
+        <v>254.71177426</v>
       </c>
       <c r="C308" s="5">
-        <v>-2.2444881000000123</v>
+        <v>-2.2442096499999877</v>
       </c>
       <c r="D308" s="5">
-        <v>-9.9925775113223203</v>
+        <v>-9.9915211162258331</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>251.46165187</v>
+        <v>251.45800728</v>
       </c>
       <c r="C309" s="5">
-        <v>-3.2532014800000013</v>
+        <v>-3.2537669799999946</v>
       </c>
       <c r="D309" s="5">
-        <v>-14.294258284244643</v>
+        <v>-14.296731997241697</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>248.91781671999999</v>
+        <v>248.91354625</v>
       </c>
       <c r="C310" s="5">
-        <v>-2.5438351500000067</v>
+        <v>-2.5444610300000079</v>
       </c>
       <c r="D310" s="5">
-        <v>-11.486273056554353</v>
+        <v>-11.489101094013876</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>246.32747044000001</v>
+        <v>246.34844461</v>
       </c>
       <c r="C311" s="5">
-        <v>-2.5903462799999772</v>
+        <v>-2.5651016399999946</v>
       </c>
       <c r="D311" s="5">
-        <v>-11.797200900199245</v>
+        <v>-11.688856471920984</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>243.78354465999999</v>
+        <v>243.77956261</v>
       </c>
       <c r="C312" s="5">
-        <v>-2.5439257800000235</v>
+        <v>-2.5688820000000021</v>
       </c>
       <c r="D312" s="5">
-        <v>-11.712649257635487</v>
+        <v>-11.82009491497139</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>241.38558535999999</v>
+        <v>241.38228083000001</v>
       </c>
       <c r="C313" s="5">
-        <v>-2.3979592999999966</v>
+        <v>-2.3972817799999859</v>
       </c>
       <c r="D313" s="5">
-        <v>-11.185610382266663</v>
+        <v>-11.182791829937234</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>239.17794756999999</v>
+        <v>239.17509607</v>
       </c>
       <c r="C314" s="5">
-        <v>-2.2076377900000068</v>
+        <v>-2.2071847600000183</v>
       </c>
       <c r="D314" s="5">
-        <v>-10.439268423993141</v>
+        <v>-10.437368523329837</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>236.69652902000001</v>
+        <v>236.69387076999999</v>
       </c>
       <c r="C315" s="5">
-        <v>-2.4814185499999724</v>
+        <v>-2.4812253000000055</v>
       </c>
       <c r="D315" s="5">
-        <v>-11.76334117050677</v>
+        <v>-11.76260901295587</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>234.15315634000001</v>
+        <v>234.16554461999999</v>
       </c>
       <c r="C316" s="5">
-        <v>-2.5433726800000045</v>
+        <v>-2.5283261499999981</v>
       </c>
       <c r="D316" s="5">
-        <v>-12.158948882044596</v>
+        <v>-12.091317546338498</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>232.32586817999999</v>
+        <v>232.32322313</v>
       </c>
       <c r="C317" s="5">
-        <v>-1.8272881600000233</v>
+        <v>-1.8423214899999891</v>
       </c>
       <c r="D317" s="5">
-        <v>-8.9729164280187295</v>
+        <v>-9.0431154561404057</v>
       </c>
       <c r="E317" s="5">
-        <v>-10.979426662704695</v>
+        <v>-10.979782020928452</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>231.6637988</v>
+        <v>231.66316721999999</v>
       </c>
       <c r="C318" s="5">
-        <v>-0.66206937999999127</v>
+        <v>-0.66005591000001118</v>
       </c>
       <c r="D318" s="5">
-        <v>-3.3666004803299399</v>
+        <v>-3.356559127536074</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>229.89121865000001</v>
+        <v>229.88618618999999</v>
       </c>
       <c r="C319" s="5">
-        <v>-1.7725801499999818</v>
+        <v>-1.7769810300000017</v>
       </c>
       <c r="D319" s="5">
-        <v>-8.8051094068365749</v>
+        <v>-8.8260795278302773</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>227.24876739000001</v>
+        <v>227.24366383</v>
       </c>
       <c r="C320" s="5">
-        <v>-2.6424512600000014</v>
+        <v>-2.6425223599999867</v>
       </c>
       <c r="D320" s="5">
-        <v>-12.953794237666482</v>
+        <v>-12.954386947064966</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>225.40830722000001</v>
+        <v>225.40315339</v>
       </c>
       <c r="C321" s="5">
-        <v>-1.8404601700000001</v>
+        <v>-1.8405104400000027</v>
       </c>
       <c r="D321" s="5">
-        <v>-9.2972247850414806</v>
+        <v>-9.2976671196476239</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>223.63607997</v>
+        <v>223.63163682000001</v>
       </c>
       <c r="C322" s="5">
-        <v>-1.7722272500000145</v>
+        <v>-1.7715165699999886</v>
       </c>
       <c r="D322" s="5">
-        <v>-9.0372791320674892</v>
+        <v>-9.0340080021393039</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>221.53904177000001</v>
+        <v>221.55850201999999</v>
       </c>
       <c r="C323" s="5">
-        <v>-2.0970381999999859</v>
+        <v>-2.0731348000000196</v>
       </c>
       <c r="D323" s="5">
-        <v>-10.68984932710817</v>
+        <v>-10.574344597755381</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>220.78171889999999</v>
+        <v>220.77909853</v>
       </c>
       <c r="C324" s="5">
-        <v>-0.7573228700000243</v>
+        <v>-0.77940348999999287</v>
       </c>
       <c r="D324" s="5">
-        <v>-4.0259000903855924</v>
+        <v>-4.1406617330078666</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>219.24517739999999</v>
+        <v>219.24323014000001</v>
       </c>
       <c r="C325" s="5">
-        <v>-1.5365414999999985</v>
+        <v>-1.5358683899999903</v>
       </c>
       <c r="D325" s="5">
-        <v>-8.0390883208812376</v>
+        <v>-8.0357920407969079</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>218.47040935999999</v>
+        <v>218.46901142999999</v>
       </c>
       <c r="C326" s="5">
-        <v>-0.77476803999999788</v>
+        <v>-0.77421871000001374</v>
       </c>
       <c r="D326" s="5">
-        <v>-4.1591010766333874</v>
+        <v>-4.1562454065942056</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>217.24173526000001</v>
+        <v>217.24107416999999</v>
       </c>
       <c r="C327" s="5">
-        <v>-1.2286740999999779</v>
+        <v>-1.2279372600000045</v>
       </c>
       <c r="D327" s="5">
-        <v>-6.5438925033980855</v>
+        <v>-6.5401291853302013</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>216.32634390999999</v>
+        <v>216.33948278</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.91539135000002148</v>
+        <v>-0.901591389999993</v>
       </c>
       <c r="D328" s="5">
-        <v>-4.9408848810051476</v>
+        <v>-4.8681053205646752</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>216.33929114</v>
+        <v>216.33698041</v>
       </c>
       <c r="C329" s="5">
-        <v>1.2947230000008858E-2</v>
+        <v>-2.5023700000019744E-3</v>
       </c>
       <c r="D329" s="5">
-        <v>7.1844191806325064E-2</v>
+        <v>-1.3879357270107917E-2</v>
       </c>
       <c r="E329" s="5">
-        <v>-6.8811007423478117</v>
+        <v>-6.8810351822015896</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>217.10728603000001</v>
+        <v>217.10991661</v>
       </c>
       <c r="C330" s="5">
-        <v>0.76799489000001131</v>
+        <v>0.77293620000000374</v>
       </c>
       <c r="D330" s="5">
-        <v>4.3441133326644454</v>
+        <v>4.3726626917855782</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>217.59378476000001</v>
+        <v>217.58567977999999</v>
       </c>
       <c r="C331" s="5">
-        <v>0.48649872999999388</v>
+        <v>0.47576316999999335</v>
       </c>
       <c r="D331" s="5">
-        <v>2.7223753618845992</v>
+        <v>2.6615422907542374</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>218.37465745</v>
+        <v>218.36548257000001</v>
       </c>
       <c r="C332" s="5">
-        <v>0.78087268999999537</v>
+        <v>0.77980279000001929</v>
       </c>
       <c r="D332" s="5">
-        <v>4.3924297827728553</v>
+        <v>4.3864590740444465</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>218.68094468000001</v>
+        <v>218.66864276000001</v>
       </c>
       <c r="C333" s="5">
-        <v>0.30628723000000946</v>
+        <v>0.30316018999999983</v>
       </c>
       <c r="D333" s="5">
-        <v>1.6961367268107486</v>
+        <v>1.6787586577207803</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>219.38650328</v>
+        <v>219.38083083999999</v>
       </c>
       <c r="C334" s="5">
-        <v>0.70555859999998916</v>
+        <v>0.7121880799999758</v>
       </c>
       <c r="D334" s="5">
-        <v>3.9411644002339319</v>
+        <v>3.9790895965859496</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>219.94556127999999</v>
+        <v>219.96709648999999</v>
       </c>
       <c r="C335" s="5">
-        <v>0.55905799999999317</v>
+        <v>0.58626565000000141</v>
       </c>
       <c r="D335" s="5">
-        <v>3.1011594307631896</v>
+        <v>3.2543945071253244</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>220.17910190000001</v>
+        <v>220.17876734999999</v>
       </c>
       <c r="C336" s="5">
-        <v>0.23354062000001363</v>
+        <v>0.21167085999999813</v>
       </c>
       <c r="D336" s="5">
-        <v>1.281640741113943</v>
+        <v>1.1608722176719599</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>221.09577264000001</v>
+        <v>221.09648178</v>
       </c>
       <c r="C337" s="5">
-        <v>0.91667074000000071</v>
+        <v>0.91771443000001796</v>
       </c>
       <c r="D337" s="5">
-        <v>5.1119555735238853</v>
+        <v>5.1179178977190265</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>221.02701377</v>
+        <v>221.02928492999999</v>
       </c>
       <c r="C338" s="5">
-        <v>-6.8758870000010575E-2</v>
+        <v>-6.7196850000016184E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>-0.37255194294333327</v>
+        <v>-0.3641015230611333</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>221.49760638999999</v>
+        <v>221.49995074</v>
       </c>
       <c r="C339" s="5">
-        <v>0.4705926199999908</v>
+        <v>0.47066581000001406</v>
       </c>
       <c r="D339" s="5">
-        <v>2.5850738498895298</v>
+        <v>2.5854537411812872</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>222.16829333000001</v>
+        <v>222.18387326999999</v>
       </c>
       <c r="C340" s="5">
-        <v>0.67068694000002438</v>
+        <v>0.68392252999998959</v>
       </c>
       <c r="D340" s="5">
-        <v>3.6946851887873722</v>
+        <v>3.7687997625483138</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>222.87985184999999</v>
+        <v>222.87980102</v>
       </c>
       <c r="C341" s="5">
-        <v>0.71155851999998276</v>
+        <v>0.69592775000000984</v>
       </c>
       <c r="D341" s="5">
-        <v>3.9117786569910384</v>
+        <v>3.824090423140003</v>
       </c>
       <c r="E341" s="5">
-        <v>3.0232884075446886</v>
+        <v>3.0243653200669129</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>221.94594660999999</v>
+        <v>221.95617113</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.93390524000000141</v>
+        <v>-0.92362989000000084</v>
       </c>
       <c r="D342" s="5">
-        <v>-4.9139316629722041</v>
+        <v>-4.8610933156905123</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>223.52126564</v>
+        <v>223.49624582000001</v>
       </c>
       <c r="C343" s="5">
-        <v>1.5753190300000028</v>
+        <v>1.5400746900000115</v>
       </c>
       <c r="D343" s="5">
-        <v>8.8578015727164949</v>
+        <v>8.6515927187274411</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>224.52917400999999</v>
+        <v>224.51417504</v>
       </c>
       <c r="C344" s="5">
-        <v>1.0079083699999956</v>
+        <v>1.017929219999985</v>
       </c>
       <c r="D344" s="5">
-        <v>5.5473101422631732</v>
+        <v>5.6044947088395247</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>225.97806202000001</v>
+        <v>225.95994554999999</v>
       </c>
       <c r="C345" s="5">
-        <v>1.4488880100000188</v>
+        <v>1.4457705099999885</v>
       </c>
       <c r="D345" s="5">
-        <v>8.0244375118190057</v>
+        <v>8.0071097161016791</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>226.94648229000001</v>
+        <v>226.94129355999999</v>
       </c>
       <c r="C346" s="5">
-        <v>0.96842026999999575</v>
+        <v>0.98134801000000493</v>
       </c>
       <c r="D346" s="5">
-        <v>5.2655121907387636</v>
+        <v>5.3379288648505829</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>228.54402580999999</v>
+        <v>228.56378251999999</v>
       </c>
       <c r="C347" s="5">
-        <v>1.5975435199999879</v>
+        <v>1.6224889599999983</v>
       </c>
       <c r="D347" s="5">
-        <v>8.7819933751380308</v>
+        <v>8.9247729325899314</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>229.56353614</v>
+        <v>229.56892117000001</v>
       </c>
       <c r="C348" s="5">
-        <v>1.0195103300000028</v>
+        <v>1.0051386500000206</v>
       </c>
       <c r="D348" s="5">
-        <v>5.4863807829112377</v>
+        <v>5.4066824168880201</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>230.64004546999999</v>
+        <v>230.64500337000001</v>
       </c>
       <c r="C349" s="5">
-        <v>1.0765093299999933</v>
+        <v>1.0760822000000019</v>
       </c>
       <c r="D349" s="5">
-        <v>5.7746773621122793</v>
+        <v>5.772187822228747</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>231.40235379000001</v>
+        <v>231.41350575000001</v>
       </c>
       <c r="C350" s="5">
-        <v>0.76230832000001669</v>
+        <v>0.76850238000000104</v>
       </c>
       <c r="D350" s="5">
-        <v>4.0391239468666518</v>
+        <v>4.0724581075183508</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>232.95378557999999</v>
+        <v>232.95940873999999</v>
       </c>
       <c r="C351" s="5">
-        <v>1.551431789999981</v>
+        <v>1.5459029899999734</v>
       </c>
       <c r="D351" s="5">
-        <v>8.3487738079848217</v>
+        <v>8.317504249944129</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>233.87798096</v>
+        <v>233.89331498000001</v>
       </c>
       <c r="C352" s="5">
-        <v>0.92419538000001467</v>
+        <v>0.93390624000002731</v>
       </c>
       <c r="D352" s="5">
-        <v>4.8660148937219372</v>
+        <v>4.9181552487690183</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>234.25176618</v>
+        <v>234.25510933999999</v>
       </c>
       <c r="C353" s="5">
-        <v>0.37378522000000203</v>
+        <v>0.36179435999997622</v>
       </c>
       <c r="D353" s="5">
-        <v>1.9347956088877405</v>
+        <v>1.8720754880500623</v>
       </c>
       <c r="E353" s="5">
-        <v>5.1022621540745661</v>
+        <v>5.1037861071040913</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>234.53245465000001</v>
+        <v>234.54973344999999</v>
       </c>
       <c r="C354" s="5">
-        <v>0.28068847000000119</v>
+        <v>0.29462411000000088</v>
       </c>
       <c r="D354" s="5">
-        <v>1.4473950012744652</v>
+        <v>1.5197314110000137</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>235.44403568999999</v>
+        <v>235.40207555999999</v>
       </c>
       <c r="C355" s="5">
-        <v>0.9115810399999873</v>
+        <v>0.85234210999999505</v>
       </c>
       <c r="D355" s="5">
-        <v>4.7651723702997639</v>
+        <v>4.4489619050425144</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>235.90118009</v>
+        <v>235.88393909999999</v>
       </c>
       <c r="C356" s="5">
-        <v>0.45714440000000423</v>
+        <v>0.4818635400000062</v>
       </c>
       <c r="D356" s="5">
-        <v>2.3549950789092833</v>
+        <v>2.4842214467102997</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>236.45636069</v>
+        <v>236.41404312</v>
       </c>
       <c r="C357" s="5">
-        <v>0.55518059999999991</v>
+        <v>0.53010402000001022</v>
       </c>
       <c r="D357" s="5">
-        <v>2.8609785057511328</v>
+        <v>2.7303539744352401</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>236.77312544</v>
+        <v>236.77368514</v>
       </c>
       <c r="C358" s="5">
-        <v>0.31676475000000437</v>
+        <v>0.35964201999999545</v>
       </c>
       <c r="D358" s="5">
-        <v>1.6194571516884748</v>
+        <v>1.8408367721640229</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>236.90520029000001</v>
+        <v>236.92617056</v>
       </c>
       <c r="C359" s="5">
-        <v>0.13207485000000929</v>
+        <v>0.15248542000000498</v>
       </c>
       <c r="D359" s="5">
-        <v>0.67143163386240712</v>
+        <v>0.7755593057697352</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>236.97557602000001</v>
+        <v>236.98862915000001</v>
       </c>
       <c r="C360" s="5">
-        <v>7.0375729999994974E-2</v>
+        <v>6.2458590000005643E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>0.35705840271686995</v>
+        <v>0.3168036471873581</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>236.77582532</v>
+        <v>236.78680369</v>
       </c>
       <c r="C361" s="5">
-        <v>-0.19975070000000983</v>
+        <v>-0.20182546000000912</v>
       </c>
       <c r="D361" s="5">
-        <v>-1.00682398222397</v>
+        <v>-1.0171769062617519</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>236.60955933</v>
+        <v>236.63293551999999</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.16626598999999942</v>
+        <v>-0.15386817000000974</v>
       </c>
       <c r="D362" s="5">
-        <v>-0.83940333101653053</v>
+        <v>-0.77699989820967374</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>236.12182282000001</v>
+        <v>236.13355762</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.48773650999999063</v>
+        <v>-0.49937789999998472</v>
       </c>
       <c r="D363" s="5">
-        <v>-2.4457742418217521</v>
+        <v>-2.5032301233055887</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>235.76551341000001</v>
+        <v>235.78228311000001</v>
       </c>
       <c r="C364" s="5">
-        <v>-0.35630940999999439</v>
+        <v>-0.3512745099999961</v>
       </c>
       <c r="D364" s="5">
-        <v>-1.7958544981836466</v>
+        <v>-1.7705978340539774</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>235.29430611000001</v>
+        <v>235.30231727</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.47120730000000322</v>
+        <v>-0.47996584000000553</v>
       </c>
       <c r="D365" s="5">
-        <v>-2.3721633818128196</v>
+        <v>-2.4155934639677135</v>
       </c>
       <c r="E365" s="5">
-        <v>0.44505104358483205</v>
+        <v>0.44703739139371201</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>235.77489899</v>
+        <v>235.79356179000001</v>
       </c>
       <c r="C366" s="5">
-        <v>0.48059287999998901</v>
+        <v>0.49124452000000929</v>
       </c>
       <c r="D366" s="5">
-        <v>2.4787444636133582</v>
+        <v>2.5342273748547806</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>235.20704237999999</v>
+        <v>235.14387375000001</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.56785661000000687</v>
+        <v>-0.64968804000000091</v>
       </c>
       <c r="D367" s="5">
-        <v>-2.8521840992154712</v>
+        <v>-3.2567420818834014</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>234.27662823</v>
+        <v>234.24930291000001</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.93041414999999006</v>
+        <v>-0.89457084000000009</v>
       </c>
       <c r="D368" s="5">
-        <v>-4.6449433873182571</v>
+        <v>-4.4709047949397673</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>224.01281159000001</v>
+        <v>223.94575814000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-10.263816639999988</v>
+        <v>-10.303544770000002</v>
       </c>
       <c r="D369" s="5">
-        <v>-41.58468754654676</v>
+        <v>-41.712637733796555</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>221.02181274</v>
+        <v>221.02174762000001</v>
       </c>
       <c r="C370" s="5">
-        <v>-2.9909988500000111</v>
+        <v>-2.9240105199999959</v>
       </c>
       <c r="D370" s="5">
-        <v>-14.896512995652621</v>
+        <v>-14.590532449630899</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>217.71258035</v>
+        <v>217.74477537000001</v>
       </c>
       <c r="C371" s="5">
-        <v>-3.3092323900000054</v>
+        <v>-3.27697225</v>
       </c>
       <c r="D371" s="5">
-        <v>-16.558776524694586</v>
+        <v>-16.410290495287903</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>213.05613869000001</v>
+        <v>213.07758222999999</v>
       </c>
       <c r="C372" s="5">
-        <v>-4.6564416599999845</v>
+        <v>-4.6671931400000233</v>
       </c>
       <c r="D372" s="5">
-        <v>-22.851707109714415</v>
+        <v>-22.895414947071878</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>211.48725322999999</v>
+        <v>211.51017533000001</v>
       </c>
       <c r="C373" s="5">
-        <v>-1.5688854600000184</v>
+        <v>-1.5674068999999804</v>
       </c>
       <c r="D373" s="5">
-        <v>-8.4872222437427762</v>
+        <v>-8.4787253523380119</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>211.44200179000001</v>
+        <v>211.48347817000001</v>
       </c>
       <c r="C374" s="5">
-        <v>-4.5251439999987042E-2</v>
+        <v>-2.6697159999997666E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>-0.25645928651385486</v>
+        <v>-0.15136085483503647</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>211.28702411</v>
+        <v>211.30243931999999</v>
       </c>
       <c r="C375" s="5">
-        <v>-0.15497768000000178</v>
+        <v>-0.18103885000002151</v>
       </c>
       <c r="D375" s="5">
-        <v>-0.87601014505315211</v>
+        <v>-1.0224282626403736</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>211.42366555000001</v>
+        <v>211.44479998</v>
       </c>
       <c r="C376" s="5">
-        <v>0.13664144000000533</v>
+        <v>0.14236066000000847</v>
       </c>
       <c r="D376" s="5">
-        <v>0.77881835178701397</v>
+        <v>0.81147780032191363</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>211.71803059999999</v>
+        <v>211.73124186000001</v>
       </c>
       <c r="C377" s="5">
-        <v>0.29436504999998192</v>
+        <v>0.28644188000001236</v>
       </c>
       <c r="D377" s="5">
-        <v>1.6836129701552682</v>
+        <v>1.6377934920407622</v>
       </c>
       <c r="E377" s="5">
-        <v>-10.019909066128497</v>
+        <v>-10.017357960377893</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>211.76231618</v>
+        <v>211.76757633</v>
       </c>
       <c r="C378" s="5">
-        <v>4.4285580000007485E-2</v>
+        <v>3.6334469999985686E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>0.25129591670556284</v>
+        <v>0.20612234503629701</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>211.24998754999999</v>
+        <v>211.17074654999999</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.51232863000001316</v>
+        <v>-0.5968297800000073</v>
       </c>
       <c r="D379" s="5">
-        <v>-2.86490648802189</v>
+        <v>-3.3300554614303146</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>212.63021434000001</v>
+        <v>212.5791534</v>
       </c>
       <c r="C380" s="5">
-        <v>1.3802267900000231</v>
+        <v>1.4084068500000058</v>
       </c>
       <c r="D380" s="5">
-        <v>8.1283110361173971</v>
+        <v>8.3036302898625856</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>211.45656936</v>
+        <v>211.35336728999999</v>
       </c>
       <c r="C381" s="5">
-        <v>-1.1736449800000059</v>
+        <v>-1.2257861100000014</v>
       </c>
       <c r="D381" s="5">
-        <v>-6.426158218573585</v>
+        <v>-6.7042244245511746</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>211.52960329000001</v>
+        <v>211.51583776000001</v>
       </c>
       <c r="C382" s="5">
-        <v>7.303393000000824E-2</v>
+        <v>0.16247047000001658</v>
       </c>
       <c r="D382" s="5">
-        <v>0.41525024230308905</v>
+        <v>0.92636790781994716</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>211.55057554000001</v>
+        <v>211.60978086</v>
       </c>
       <c r="C383" s="5">
-        <v>2.0972249999999804E-2</v>
+        <v>9.3943099999989954E-2</v>
       </c>
       <c r="D383" s="5">
-        <v>0.11903973524207689</v>
+        <v>0.53427444628115772</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>212.47259392999999</v>
+        <v>212.51918705</v>
       </c>
       <c r="C384" s="5">
-        <v>0.92201838999997676</v>
+        <v>0.90940618999999856</v>
       </c>
       <c r="D384" s="5">
-        <v>5.3572690243898435</v>
+        <v>5.2807334598940381</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>213.04832397000001</v>
+        <v>213.10230347000001</v>
       </c>
       <c r="C385" s="5">
-        <v>0.5757300400000247</v>
+        <v>0.58311642000001029</v>
       </c>
       <c r="D385" s="5">
-        <v>3.3005002939775707</v>
+        <v>3.342741469045607</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>212.76133934999999</v>
+        <v>212.83346612</v>
       </c>
       <c r="C386" s="5">
-        <v>-0.28698462000002678</v>
+        <v>-0.26883735000001252</v>
       </c>
       <c r="D386" s="5">
-        <v>-1.6045258312523236</v>
+        <v>-1.5033897556560261</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>215.11015068</v>
+        <v>215.14067546000001</v>
       </c>
       <c r="C387" s="5">
-        <v>2.348811330000018</v>
+        <v>2.3072093400000142</v>
       </c>
       <c r="D387" s="5">
-        <v>14.08229961710099</v>
+        <v>13.812855505152433</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>216.29153145999999</v>
+        <v>216.33078626</v>
       </c>
       <c r="C388" s="5">
-        <v>1.1813807799999836</v>
+        <v>1.1901107999999851</v>
       </c>
       <c r="D388" s="5">
-        <v>6.7931346620511146</v>
+        <v>6.8438702165099841</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>217.05134236000001</v>
+        <v>217.07909376999999</v>
       </c>
       <c r="C389" s="5">
-        <v>0.75981090000001927</v>
+        <v>0.74830750999998941</v>
       </c>
       <c r="D389" s="5">
-        <v>4.2978905633862974</v>
+        <v>4.2307958284644398</v>
       </c>
       <c r="E389" s="5">
-        <v>2.5190635605695233</v>
+        <v>2.5257736472995562</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>218.19689434</v>
+        <v>218.16999697</v>
       </c>
       <c r="C390" s="5">
-        <v>1.1455519799999934</v>
+        <v>1.0909032000000138</v>
       </c>
       <c r="D390" s="5">
-        <v>6.5204678411963313</v>
+        <v>6.1999491050942712</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>219.47779259999999</v>
+        <v>219.35059161000001</v>
       </c>
       <c r="C391" s="5">
-        <v>1.2808982599999865</v>
+        <v>1.1805946400000096</v>
       </c>
       <c r="D391" s="5">
-        <v>7.2764084641945059</v>
+        <v>6.6904172825386743</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>220.65876766</v>
+        <v>220.53359606000001</v>
       </c>
       <c r="C392" s="5">
-        <v>1.1809750600000086</v>
+        <v>1.1830044499999985</v>
       </c>
       <c r="D392" s="5">
-        <v>6.6515710295484087</v>
+        <v>6.6673214606873143</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>222.84996723</v>
+        <v>222.68897539</v>
       </c>
       <c r="C393" s="5">
-        <v>2.1911995700000091</v>
+        <v>2.1553793299999882</v>
       </c>
       <c r="D393" s="5">
-        <v>12.589174266040226</v>
+        <v>12.379603148022911</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>223.49035979999999</v>
+        <v>223.43028681999999</v>
       </c>
       <c r="C394" s="5">
-        <v>0.64039256999998884</v>
+        <v>0.74131142999999611</v>
       </c>
       <c r="D394" s="5">
-        <v>3.5034060357661323</v>
+        <v>4.0686478121717773</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>223.881798</v>
+        <v>224.00991160999999</v>
       </c>
       <c r="C395" s="5">
-        <v>0.39143820000001028</v>
+        <v>0.57962478999999689</v>
       </c>
       <c r="D395" s="5">
-        <v>2.1221375689139732</v>
+        <v>3.1578542275078503</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>225.25215612</v>
+        <v>225.37433490999999</v>
       </c>
       <c r="C396" s="5">
-        <v>1.3703581199999917</v>
+        <v>1.3644232999999986</v>
       </c>
       <c r="D396" s="5">
-        <v>7.597467132538327</v>
+        <v>7.5589814923471499</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>226.27059194</v>
+        <v>226.38388957000001</v>
       </c>
       <c r="C397" s="5">
-        <v>1.0184358200000077</v>
+        <v>1.0095546600000205</v>
       </c>
       <c r="D397" s="5">
-        <v>5.5625505776941253</v>
+        <v>5.5097785240151076</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>226.99316911</v>
+        <v>227.11284437</v>
       </c>
       <c r="C398" s="5">
-        <v>0.72257716999999388</v>
+        <v>0.72895479999999679</v>
       </c>
       <c r="D398" s="5">
-        <v>3.9001327275406394</v>
+        <v>3.9331640133366763</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>227.85973583000001</v>
+        <v>227.91126062000001</v>
       </c>
       <c r="C399" s="5">
-        <v>0.86656672000000867</v>
+        <v>0.79841625000000249</v>
       </c>
       <c r="D399" s="5">
-        <v>4.6785302303185228</v>
+        <v>4.3011368684207962</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>228.65587002999999</v>
+        <v>228.71258802</v>
       </c>
       <c r="C400" s="5">
-        <v>0.79613419999998314</v>
+        <v>0.80132739999999103</v>
       </c>
       <c r="D400" s="5">
-        <v>4.274276633317764</v>
+        <v>4.3017077211676025</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>229.80984626</v>
+        <v>229.84430327000001</v>
       </c>
       <c r="C401" s="5">
-        <v>1.153976230000012</v>
+        <v>1.1317152500000134</v>
       </c>
       <c r="D401" s="5">
-        <v>6.2271001942964643</v>
+        <v>6.1021321391749428</v>
       </c>
       <c r="E401" s="5">
-        <v>5.8781041210234974</v>
+        <v>5.8804416760303235</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>229.94724773999999</v>
+        <v>229.86793976999999</v>
       </c>
       <c r="C402" s="5">
-        <v>0.13740147999999408</v>
+        <v>2.3636499999980742E-2</v>
       </c>
       <c r="D402" s="5">
-        <v>0.71983450230921342</v>
+        <v>0.12347422912921679</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>230.71618215000001</v>
+        <v>230.52873356000001</v>
       </c>
       <c r="C403" s="5">
-        <v>0.76893441000001417</v>
+        <v>0.66079379000001381</v>
       </c>
       <c r="D403" s="5">
-        <v>4.0873825691845722</v>
+        <v>3.5046669529117169</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>231.47851043</v>
+        <v>231.25316936999999</v>
       </c>
       <c r="C404" s="5">
-        <v>0.76232827999999131</v>
+        <v>0.72443580999998858</v>
       </c>
       <c r="D404" s="5">
-        <v>4.0378743668962436</v>
+        <v>3.8368606407476635</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>232.85379004000001</v>
+        <v>232.63575986999999</v>
       </c>
       <c r="C405" s="5">
-        <v>1.3752796100000069</v>
+        <v>1.3825904999999921</v>
       </c>
       <c r="D405" s="5">
-        <v>7.3671895854942715</v>
+        <v>7.4151058145877524</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>233.27674199</v>
+        <v>233.16916499000001</v>
       </c>
       <c r="C406" s="5">
-        <v>0.42295194999999808</v>
+        <v>0.53340512000002605</v>
       </c>
       <c r="D406" s="5">
-        <v>2.2015685058311751</v>
+        <v>2.7864167142872098</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>234.07752041000001</v>
+        <v>234.26618146999999</v>
       </c>
       <c r="C407" s="5">
-        <v>0.80077842000000032</v>
+        <v>1.0970164799999793</v>
       </c>
       <c r="D407" s="5">
-        <v>4.1979573548807769</v>
+        <v>5.794179373993491</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>233.23240514</v>
+        <v>233.45142909</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.84511527000000797</v>
+        <v>-0.8147523799999874</v>
       </c>
       <c r="D408" s="5">
-        <v>-4.2474848894556878</v>
+        <v>-4.0945563649454453</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>233.47523077</v>
+        <v>233.65735111000001</v>
       </c>
       <c r="C409" s="5">
-        <v>0.24282562999999868</v>
+        <v>0.2059220200000027</v>
       </c>
       <c r="D409" s="5">
-        <v>1.2565369240984614</v>
+        <v>1.0636421204942792</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>234.02765205</v>
+        <v>234.19140487999999</v>
       </c>
       <c r="C410" s="5">
-        <v>0.55242128000000434</v>
+        <v>0.53405376999998566</v>
       </c>
       <c r="D410" s="5">
-        <v>2.876539066351258</v>
+        <v>2.7774965983847322</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>235.2207062</v>
+        <v>235.30164479999999</v>
       </c>
       <c r="C411" s="5">
-        <v>1.1930541499999947</v>
+        <v>1.1102399199999979</v>
       </c>
       <c r="D411" s="5">
-        <v>6.2919779321561009</v>
+        <v>5.8395862176648494</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>234.98764492999999</v>
+        <v>235.06198074</v>
       </c>
       <c r="C412" s="5">
-        <v>-0.23306127000000743</v>
+        <v>-0.23966405999999552</v>
       </c>
       <c r="D412" s="5">
-        <v>-1.1825254161555221</v>
+        <v>-1.2154238068545542</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>235.10976740999999</v>
+        <v>235.14921507</v>
       </c>
       <c r="C413" s="5">
-        <v>0.12212248000000159</v>
+        <v>8.7234330000001137E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>0.62542259625653074</v>
+        <v>0.44624454660318058</v>
       </c>
       <c r="E413" s="5">
-        <v>2.3062202234815476</v>
+        <v>2.3080458051502273</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>238.08097764999999</v>
+        <v>237.94462039999999</v>
       </c>
       <c r="C414" s="5">
-        <v>2.9712102400000049</v>
+        <v>2.7954053299999941</v>
       </c>
       <c r="D414" s="5">
-        <v>16.264814967468944</v>
+        <v>15.236029072889368</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>238.27387429999999</v>
+        <v>238.02345227999999</v>
       </c>
       <c r="C415" s="5">
-        <v>0.19289664999999445</v>
+        <v>7.8831879999995635E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>0.9766016238810904</v>
+        <v>0.39828940181172445</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>238.60996165</v>
+        <v>238.27170369999999</v>
       </c>
       <c r="C416" s="5">
-        <v>0.33608735000001388</v>
+        <v>0.24825142000000255</v>
       </c>
       <c r="D416" s="5">
-        <v>1.7058031876227231</v>
+        <v>1.25876891851886</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>238.57392802999999</v>
+        <v>238.31439817</v>
       </c>
       <c r="C417" s="5">
-        <v>-3.6033620000011979E-2</v>
+        <v>4.2694470000014917E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>-0.18106724113290396</v>
+        <v>0.21523279709643184</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>238.36725046000001</v>
+        <v>238.2129669</v>
       </c>
       <c r="C418" s="5">
-        <v>-0.20667756999998232</v>
+        <v>-0.10143127000000618</v>
       </c>
       <c r="D418" s="5">
-        <v>-1.0346259989479689</v>
+        <v>-0.50954956690668629</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>239.57169951</v>
+        <v>239.81631046000001</v>
       </c>
       <c r="C419" s="5">
-        <v>1.2044490499999938</v>
+        <v>1.6033435600000132</v>
       </c>
       <c r="D419" s="5">
-        <v>6.2348774804870333</v>
+        <v>8.3826653979071288</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>237.42364067</v>
+        <v>237.74015413000001</v>
       </c>
       <c r="C420" s="5">
-        <v>-2.1480588400000045</v>
+        <v>-2.0761563300000034</v>
       </c>
       <c r="D420" s="5">
-        <v>-10.244440715646041</v>
+        <v>-9.9080735689293871</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>240.37470171999999</v>
+        <v>240.62323928000001</v>
       </c>
       <c r="C421" s="5">
-        <v>2.9510610499999927</v>
+        <v>2.8830851499999994</v>
       </c>
       <c r="D421" s="5">
-        <v>15.978524046271669</v>
+        <v>15.563410093216223</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>240.64480363999999</v>
+        <v>240.84866632999999</v>
       </c>
       <c r="C422" s="5">
-        <v>0.27010192000000188</v>
+        <v>0.22542704999997909</v>
       </c>
       <c r="D422" s="5">
-        <v>1.3567690773590435</v>
+        <v>1.1300266774679546</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>240.4170872</v>
+        <v>240.51916154</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.22771643999999469</v>
+        <v>-0.32950478999998722</v>
       </c>
       <c r="D423" s="5">
-        <v>-1.1296400955940089</v>
+        <v>-1.6294216303417097</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>240.93090771000001</v>
+        <v>241.01369890000001</v>
       </c>
       <c r="C424" s="5">
-        <v>0.51382051000001638</v>
+        <v>0.49453736000000958</v>
       </c>
       <c r="D424" s="5">
-        <v>2.5950077943158956</v>
+        <v>2.4954440988925963</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>240.37838428000001</v>
+        <v>240.41100477000001</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.55252343000000792</v>
+        <v>-0.60269413000000327</v>
       </c>
       <c r="D425" s="5">
-        <v>-2.7174964808794</v>
+        <v>-2.959866252903065</v>
       </c>
       <c r="E425" s="5">
-        <v>2.2409179031734006</v>
+        <v>2.2376386408237359</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>239.94061475999999</v>
+        <v>240.17940175999999</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.43776952000001756</v>
+        <v>-0.23160301000001482</v>
       </c>
       <c r="D426" s="5">
-        <v>-2.1636445147786509</v>
+        <v>-1.1499296958498939</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>239.91876730000001</v>
+        <v>239.99997478</v>
       </c>
       <c r="C427" s="5">
-        <v>-2.1847459999975172E-2</v>
+        <v>-0.17942697999998813</v>
       </c>
       <c r="D427" s="5">
-        <v>-0.10920963378834303</v>
+        <v>-0.89279055114188655</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>240.43396491999999</v>
+        <v>240.47285694000001</v>
       </c>
       <c r="C428" s="5">
-        <v>0.51519761999998082</v>
+        <v>0.47288216000001171</v>
       </c>
       <c r="D428" s="5">
-        <v>2.6075134830070734</v>
+        <v>2.390202931028873</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>241.13756762</v>
+        <v>239.90238382000001</v>
       </c>
       <c r="C429" s="5">
-        <v>0.70360270000000469</v>
+        <v>-0.57047312000000261</v>
       </c>
       <c r="D429" s="5">
-        <v>3.5687394086609814</v>
+        <v>-2.8099055245373816</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>240.76931339999999</v>
+        <v>239.61591000999999</v>
       </c>
       <c r="C430" s="5">
-        <v>-0.3682542200000114</v>
+        <v>-0.28647381000001815</v>
       </c>
       <c r="D430" s="5">
-        <v>-1.8172704648461213</v>
+        <v>-1.4235780479274762</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>240.62961902000001</v>
+        <v>238.52311595</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.13969437999998036</v>
+        <v>-1.0927940599999886</v>
       </c>
       <c r="D431" s="5">
-        <v>-0.6940226405023231</v>
+        <v>-5.3375199920475787</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>239.84598034999999</v>
+        <v>237.84100244000001</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.78363867000001619</v>
+        <v>-0.68211350999999354</v>
       </c>
       <c r="D432" s="5">
-        <v>-3.8386988233832908</v>
+        <v>-3.3782208248184786</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>239.48043815</v>
+        <v>237.47851596999999</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.36554219999999304</v>
+        <v>-0.36248647000002165</v>
       </c>
       <c r="D433" s="5">
-        <v>-1.8136318785283101</v>
+        <v>-1.8136318677435481</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>239.23486671000001</v>
+        <v>237.23499737</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.24557143999999198</v>
+        <v>-0.24351859999998737</v>
       </c>
       <c r="D434" s="5">
-        <v>-1.2236047481671952</v>
+        <v>-1.2236047458692667</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>236.80802320999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.42697416000001454</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-2.1385016106106103</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>235.93104285999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.87698034999999663</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-4.3545975953905742</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">