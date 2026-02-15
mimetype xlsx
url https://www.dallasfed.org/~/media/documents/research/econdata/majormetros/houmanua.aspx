--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E084D360-74AD-40C2-80F5-E106E553FAC9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6070CDC3-0B63-40BF-80B0-BB5DC370AA82}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F5AA2620-3C58-466C-8309-9AFC785CCD1E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{81D32B99-1242-4CA0-969E-E61B91EA1EEF}"/>
   </bookViews>
   <sheets>
     <sheet name="houmanua" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Manufacturing Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{581EE311-E364-4A62-AB69-0A3FBD779157}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1228CD3F-4720-4761-B9ED-C1822FDE8304}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>238.52311595</v>
       </c>
       <c r="C431" s="5">
         <v>-1.0927940599999886</v>
       </c>
       <c r="D431" s="5">
         <v>-5.3375199920475787</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>237.84100244000001</v>
       </c>
       <c r="C432" s="5">
         <v>-0.68211350999999354</v>
       </c>
       <c r="D432" s="5">
         <v>-3.3782208248184786</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>237.47851596999999</v>
       </c>
       <c r="C433" s="5">
         <v>-0.36248647000002165</v>
       </c>
       <c r="D433" s="5">
         <v>-1.8136318677435481</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>237.23499737</v>
       </c>
       <c r="C434" s="5">
         <v>-0.24351859999998737</v>
       </c>
       <c r="D434" s="5">
         <v>-1.2236047458692667</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>236.80802320999999</v>
       </c>
       <c r="C435" s="5">
         <v>-0.42697416000001454</v>
       </c>
       <c r="D435" s="5">
         <v>-2.1385016106106103</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>235.93104285999999</v>
+        <v>236.05817514</v>
       </c>
       <c r="C436" s="5">
-        <v>-0.87698034999999663</v>
+        <v>-0.74984806999998455</v>
       </c>
       <c r="D436" s="5">
-        <v>-4.3545975953905742</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-3.7342949781659973</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>236.4641823</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.40600716000000148</v>
+      </c>
+      <c r="D437" s="5">
+        <v>2.0835709853746831</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-1.6416979221795192</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>