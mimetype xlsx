--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{053CFC9C-2D58-4703-AA8D-C06A7B2FD288}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{DF861A60-4EC6-4CD8-91D6-3F9CBC09B12E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{C9C2CC29-23A6-49AB-BC04-98E0DEB32707}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F5FCB4D5-BA0D-4533-A9DA-5EA728DAC8AA}"/>
   </bookViews>
   <sheets>
     <sheet name="hounrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{546296BB-5C99-4E83-8468-8BD91643582F}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01F7AA5E-08B7-40D9-AE53-D44544B394C3}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-1.009973059999993</v>
       </c>
       <c r="D431" s="5">
         <v>-3.711716220937511</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>320.98006982999999</v>
       </c>
       <c r="C432" s="5">
         <v>1.0579551099999662</v>
       </c>
       <c r="D432" s="5">
         <v>4.0412745729630384</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>321.68552460000001</v>
+        <v>320.90709606000001</v>
       </c>
       <c r="C433" s="5">
-        <v>0.70545477000001711</v>
+        <v>-7.2973769999975957E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>2.6694931353445472</v>
+        <v>-0.27247520596777042</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>321.25296685000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.34587078999999221</v>
+      </c>
+      <c r="D434" s="5">
+        <v>1.3010436295242123</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>