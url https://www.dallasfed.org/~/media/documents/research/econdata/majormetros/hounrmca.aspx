--- v1 (2025-12-16)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{DF861A60-4EC6-4CD8-91D6-3F9CBC09B12E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{DDB250C3-41BA-4FAF-9AEC-FD13D728437F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F5FCB4D5-BA0D-4533-A9DA-5EA728DAC8AA}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{BEB258A2-CEF7-43C7-A572-860D60CDA3EF}"/>
   </bookViews>
   <sheets>
     <sheet name="hounrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01F7AA5E-08B7-40D9-AE53-D44544B394C3}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4E3A96EB-8B38-4708-8C7E-DB037D3A4840}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>187.15998017999999</v>
+        <v>187.15998034</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>189.51671572000001</v>
+        <v>189.51671562000001</v>
       </c>
       <c r="C7" s="5">
-        <v>2.3567355400000167</v>
+        <v>2.3567352800000094</v>
       </c>
       <c r="D7" s="5">
-        <v>16.202205870646736</v>
+        <v>16.202203942794256</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>190.75277464000001</v>
+        <v>190.75277452</v>
       </c>
       <c r="C8" s="5">
-        <v>1.2360589200000049</v>
+        <v>1.2360588999999891</v>
       </c>
       <c r="D8" s="5">
-        <v>8.1135447637654465</v>
+        <v>8.1135446321755076</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>192.10462330999999</v>
+        <v>192.10462319999999</v>
       </c>
       <c r="C9" s="5">
-        <v>1.3518486699999812</v>
+        <v>1.3518486799999891</v>
       </c>
       <c r="D9" s="5">
-        <v>8.8437354789313147</v>
+        <v>8.8437355527035688</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>197.49409772000001</v>
+        <v>197.49409756</v>
       </c>
       <c r="C10" s="5">
-        <v>5.3894744100000196</v>
+        <v>5.3894743600000083</v>
       </c>
       <c r="D10" s="5">
-        <v>39.378455245383435</v>
+        <v>39.378454848077737</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>197.51315059000001</v>
+        <v>197.51315041000001</v>
       </c>
       <c r="C11" s="5">
-        <v>1.9052869999995892E-2</v>
+        <v>1.9052850000008448E-2</v>
       </c>
       <c r="D11" s="5">
-        <v>0.11582917949324312</v>
+        <v>0.11582905793559028</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>197.50872061999999</v>
+        <v>197.50872043000001</v>
       </c>
       <c r="C12" s="5">
-        <v>-4.4299700000181019E-3</v>
+        <v>-4.429979999997613E-3</v>
       </c>
       <c r="D12" s="5">
-        <v>-2.6911161440479336E-2</v>
+        <v>-2.6911222205394658E-2</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>200.05034957000001</v>
+        <v>200.05034932999999</v>
       </c>
       <c r="C13" s="5">
-        <v>2.5416289500000175</v>
+        <v>2.5416288999999779</v>
       </c>
       <c r="D13" s="5">
-        <v>16.583332498226454</v>
+        <v>16.58333216566281</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>198.92396646</v>
+        <v>198.92396629000001</v>
       </c>
       <c r="C14" s="5">
-        <v>-1.1263831100000061</v>
+        <v>-1.126383039999979</v>
       </c>
       <c r="D14" s="5">
-        <v>-6.5512388592365749</v>
+        <v>-6.5512384722462684</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>196.85376778</v>
+        <v>196.85376762000001</v>
       </c>
       <c r="C15" s="5">
-        <v>-2.0701986800000043</v>
+        <v>-2.0701986699999964</v>
       </c>
       <c r="D15" s="5">
-        <v>-11.797792299992093</v>
+        <v>-11.797792255737239</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>198.41535099000001</v>
+        <v>198.41535205</v>
       </c>
       <c r="C16" s="5">
-        <v>1.5615832100000091</v>
+        <v>1.5615844299999821</v>
       </c>
       <c r="D16" s="5">
-        <v>9.9457524682958098</v>
+        <v>9.9457605890403311</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>198.75879472</v>
+        <v>198.75879506999999</v>
       </c>
       <c r="C17" s="5">
-        <v>0.34344372999998996</v>
+        <v>0.34344301999999516</v>
       </c>
       <c r="D17" s="5">
-        <v>2.0970089074878295</v>
+        <v>2.0970045196849973</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>196.97302109</v>
+        <v>196.97302112</v>
       </c>
       <c r="C18" s="5">
-        <v>-1.7857736299999942</v>
+        <v>-1.7857739499999923</v>
       </c>
       <c r="D18" s="5">
-        <v>-10.264415122012306</v>
+        <v>-10.264416854221247</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>199.08059999</v>
+        <v>199.08059986999999</v>
       </c>
       <c r="C19" s="5">
-        <v>2.1075788999999929</v>
+        <v>2.1075787499999876</v>
       </c>
       <c r="D19" s="5">
-        <v>13.623022958975039</v>
+        <v>13.623021929446955</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>201.48914268999999</v>
+        <v>201.48914257000001</v>
       </c>
       <c r="C20" s="5">
-        <v>2.4085426999999981</v>
+        <v>2.4085427000000266</v>
       </c>
       <c r="D20" s="5">
-        <v>15.524074149241374</v>
+        <v>15.524074159230494</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>198.64340869</v>
+        <v>198.64340856999999</v>
       </c>
       <c r="C21" s="5">
-        <v>-2.8457339999999931</v>
+        <v>-2.8457340000000215</v>
       </c>
       <c r="D21" s="5">
-        <v>-15.691741125685654</v>
+        <v>-15.691741134317583</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>196.94195830000001</v>
+        <v>196.94195812999999</v>
       </c>
       <c r="C22" s="5">
-        <v>-1.7014503899999909</v>
+        <v>-1.7014504400000021</v>
       </c>
       <c r="D22" s="5">
-        <v>-9.8077718821459108</v>
+        <v>-9.8077721625727037</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>196.89893205000001</v>
+        <v>196.89893190999999</v>
       </c>
       <c r="C23" s="5">
-        <v>-4.3026249999996935E-2</v>
+        <v>-4.3026220000001558E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>-0.26185128591328377</v>
+        <v>-0.26185110378291743</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>195.95810757000001</v>
+        <v>195.95810735000001</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.9408244800000034</v>
+        <v>-0.9408245599999816</v>
       </c>
       <c r="D24" s="5">
-        <v>-5.5855401094886066</v>
+        <v>-5.5855405758932219</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>195.48781252000001</v>
+        <v>195.48781224000001</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.47029505000000427</v>
+        <v>-0.47029510999999502</v>
       </c>
       <c r="D25" s="5">
-        <v>-2.8422602016064835</v>
+        <v>-2.8422605625965991</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>195.25070267999999</v>
+        <v>195.25070244</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.23710984000001645</v>
+        <v>-0.23710980000001314</v>
       </c>
       <c r="D26" s="5">
-        <v>-1.4458258997262829</v>
+        <v>-1.4458256594999885</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>194.79149530000001</v>
+        <v>194.79149507</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.45920737999998096</v>
+        <v>-0.45920737000000145</v>
       </c>
       <c r="D27" s="5">
-        <v>-2.7860407806230003</v>
+        <v>-2.7860407241154572</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>193.82594309999999</v>
+        <v>193.82594437</v>
       </c>
       <c r="C28" s="5">
-        <v>-0.96555220000001896</v>
+        <v>-0.96555069999999432</v>
       </c>
       <c r="D28" s="5">
-        <v>-5.7887052418940872</v>
+        <v>-5.7886964994394496</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>192.20560492000001</v>
+        <v>192.20560538999999</v>
       </c>
       <c r="C29" s="5">
-        <v>-1.6203381799999761</v>
+        <v>-1.6203389800000139</v>
       </c>
       <c r="D29" s="5">
-        <v>-9.5830805064119886</v>
+        <v>-9.58308496248954</v>
       </c>
       <c r="E29" s="5">
-        <v>-3.2970565198041868</v>
+        <v>-3.2970564536236369</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>190.11231304</v>
+        <v>190.11231303</v>
       </c>
       <c r="C30" s="5">
-        <v>-2.0932918800000095</v>
+        <v>-2.0932923599999924</v>
       </c>
       <c r="D30" s="5">
-        <v>-12.31397689225987</v>
+        <v>-12.313979520629204</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>190.89113673</v>
+        <v>190.89113664000001</v>
       </c>
       <c r="C31" s="5">
-        <v>0.77882368999999585</v>
+        <v>0.77882361000001765</v>
       </c>
       <c r="D31" s="5">
-        <v>5.0282719006706111</v>
+        <v>5.0282713727494599</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>190.14390874</v>
+        <v>190.14390864000001</v>
       </c>
       <c r="C32" s="5">
-        <v>-0.74722798999999895</v>
+        <v>-0.74722800000000689</v>
       </c>
       <c r="D32" s="5">
-        <v>-4.5974817213058294</v>
+        <v>-4.5974817836356818</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>190.08314202</v>
+        <v>190.08314179000001</v>
       </c>
       <c r="C33" s="5">
-        <v>-6.0766720000003716E-2</v>
+        <v>-6.0766849999993156E-2</v>
       </c>
       <c r="D33" s="5">
-        <v>-0.38282598132289847</v>
+        <v>-0.38282679907553074</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>190.69932775000001</v>
+        <v>190.69932754999999</v>
       </c>
       <c r="C34" s="5">
-        <v>0.6161857300000122</v>
+        <v>0.61618575999997915</v>
       </c>
       <c r="D34" s="5">
-        <v>3.9601073981377688</v>
+        <v>3.9601075992697687</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>189.19292548999999</v>
+        <v>189.19292533999999</v>
       </c>
       <c r="C35" s="5">
-        <v>-1.5064022600000158</v>
+        <v>-1.5064022100000045</v>
       </c>
       <c r="D35" s="5">
-        <v>-9.078044430842569</v>
+        <v>-9.0780441516066688</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>188.81902291</v>
+        <v>188.81902260999999</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.37390257999999221</v>
+        <v>-0.37390272999999752</v>
       </c>
       <c r="D36" s="5">
-        <v>-2.3459547692809668</v>
+        <v>-2.3459557020506283</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>187.27662902</v>
+        <v>187.27662863</v>
       </c>
       <c r="C37" s="5">
-        <v>-1.5423938899999996</v>
+        <v>-1.5423939799999857</v>
       </c>
       <c r="D37" s="5">
-        <v>-9.3737415712593748</v>
+        <v>-9.3737421081197425</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>185.54293354999999</v>
+        <v>185.54293317</v>
       </c>
       <c r="C38" s="5">
-        <v>-1.7336954700000149</v>
+        <v>-1.733695460000007</v>
       </c>
       <c r="D38" s="5">
-        <v>-10.560363822681163</v>
+        <v>-10.56036378572035</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>187.61088549999999</v>
+        <v>187.61088520000001</v>
       </c>
       <c r="C39" s="5">
-        <v>2.0679519500000083</v>
+        <v>2.0679520300000149</v>
       </c>
       <c r="D39" s="5">
-        <v>14.225580507237456</v>
+        <v>14.225581122669961</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>187.13154417999999</v>
+        <v>187.13154574999999</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.47934132000000318</v>
+        <v>-0.47933945000002609</v>
       </c>
       <c r="D40" s="5">
-        <v>-3.0232519370792743</v>
+        <v>-3.0232403128160001</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>186.14487800000001</v>
+        <v>186.14487876000001</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.98666617999998607</v>
+        <v>-0.98666698999997493</v>
       </c>
       <c r="D41" s="5">
-        <v>-6.1468029912702171</v>
+        <v>-6.1468078419547716</v>
       </c>
       <c r="E41" s="5">
-        <v>-3.153251916104427</v>
+        <v>-3.1532517575136754</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>184.52794594</v>
+        <v>184.52794603000001</v>
       </c>
       <c r="C42" s="5">
-        <v>-1.6169320600000106</v>
+        <v>-1.616932730000002</v>
       </c>
       <c r="D42" s="5">
-        <v>-9.9398465911709639</v>
+        <v>-9.9398504764850681</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>182.53901314000001</v>
+        <v>182.53901317</v>
       </c>
       <c r="C43" s="5">
-        <v>-1.9889327999999864</v>
+        <v>-1.9889328600000056</v>
       </c>
       <c r="D43" s="5">
-        <v>-12.194320140304582</v>
+        <v>-12.19432048104262</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>182.71416113999999</v>
+        <v>182.71416106999999</v>
       </c>
       <c r="C44" s="5">
-        <v>0.17514799999997877</v>
+        <v>0.1751478999999847</v>
       </c>
       <c r="D44" s="5">
-        <v>1.1575077722709715</v>
+        <v>1.1575071077142729</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>184.1696086</v>
+        <v>184.16960797999999</v>
       </c>
       <c r="C45" s="5">
-        <v>1.4554474600000162</v>
+        <v>1.4554469100000063</v>
       </c>
       <c r="D45" s="5">
-        <v>9.9889563601174949</v>
+        <v>9.9889524224908488</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>184.38999221</v>
+        <v>184.38999200999999</v>
       </c>
       <c r="C46" s="5">
-        <v>0.22038360999999895</v>
+        <v>0.22038402999999107</v>
       </c>
       <c r="D46" s="5">
-        <v>1.4454493202544549</v>
+        <v>1.4454520979987118</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>185.30656261999999</v>
+        <v>185.30656246999999</v>
       </c>
       <c r="C47" s="5">
-        <v>0.9165704099999914</v>
+        <v>0.91657046000000264</v>
       </c>
       <c r="D47" s="5">
-        <v>6.1308028582397478</v>
+        <v>6.1308032087110886</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>185.43152692999999</v>
+        <v>185.43152644</v>
       </c>
       <c r="C48" s="5">
-        <v>0.12496430999999575</v>
+        <v>0.12496397000001025</v>
       </c>
       <c r="D48" s="5">
-        <v>0.81224655255096589</v>
+        <v>0.81224433506603688</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>186.23506786999999</v>
+        <v>186.23506724000001</v>
       </c>
       <c r="C49" s="5">
-        <v>0.80354094000000487</v>
+        <v>0.80354080000000749</v>
       </c>
       <c r="D49" s="5">
-        <v>5.3257703977277249</v>
+        <v>5.3257694620093998</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>185.35387904000001</v>
+        <v>185.35387846</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.88118882999998505</v>
+        <v>-0.88118878000000223</v>
       </c>
       <c r="D50" s="5">
-        <v>-5.532458588337863</v>
+        <v>-5.5324583007727686</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>186.17751178</v>
+        <v>186.17751136000001</v>
       </c>
       <c r="C51" s="5">
-        <v>0.82363273999999365</v>
+        <v>0.82363290000000688</v>
       </c>
       <c r="D51" s="5">
-        <v>5.4645514503481651</v>
+        <v>5.4645525554961383</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>185.68520423000001</v>
+        <v>185.68520554</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.49230754999999249</v>
+        <v>-0.49230582000001277</v>
       </c>
       <c r="D52" s="5">
-        <v>-3.1274047424888263</v>
+        <v>-3.1273939188794064</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>189.65928417000001</v>
+        <v>189.65928640000001</v>
       </c>
       <c r="C53" s="5">
-        <v>3.9740799399999958</v>
+        <v>3.974080860000015</v>
       </c>
       <c r="D53" s="5">
-        <v>28.932287791183953</v>
+        <v>28.932295067569825</v>
       </c>
       <c r="E53" s="5">
-        <v>1.8879950970233095</v>
+        <v>1.887995879022375</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>189.58775159000001</v>
+        <v>189.58775231000001</v>
       </c>
       <c r="C54" s="5">
-        <v>-7.153257999999596E-2</v>
+        <v>-7.1534090000000106E-2</v>
       </c>
       <c r="D54" s="5">
-        <v>-0.45165864377479936</v>
+        <v>-0.45166815288649742</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>189.47006128000001</v>
+        <v>189.47006139999999</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.11769031000000041</v>
+        <v>-0.11769091000002163</v>
       </c>
       <c r="D55" s="5">
-        <v>-0.74238541601101549</v>
+        <v>-0.74238918506279727</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>190.26239304000001</v>
+        <v>190.26239251000001</v>
       </c>
       <c r="C56" s="5">
-        <v>0.79233175999999617</v>
+        <v>0.79233111000002054</v>
       </c>
       <c r="D56" s="5">
-        <v>5.1352400985709368</v>
+        <v>5.1352357851175867</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>191.06340284999999</v>
+        <v>191.06340168</v>
       </c>
       <c r="C57" s="5">
-        <v>0.80100980999998228</v>
+        <v>0.80100916999998617</v>
       </c>
       <c r="D57" s="5">
-        <v>5.1706702421762563</v>
+        <v>5.1706660294660978</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>190.47284309</v>
+        <v>190.4728427</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.59055975999999077</v>
+        <v>-0.59055897999999729</v>
       </c>
       <c r="D58" s="5">
-        <v>-3.6466824385358421</v>
+        <v>-3.6466777256031868</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>189.29995310000001</v>
+        <v>189.29995278999999</v>
       </c>
       <c r="C59" s="5">
-        <v>-1.1728899899999874</v>
+        <v>-1.1728899100000092</v>
       </c>
       <c r="D59" s="5">
-        <v>-7.1441426187317862</v>
+        <v>-7.1441421619665153</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>190.05157450999999</v>
+        <v>190.05157378999999</v>
       </c>
       <c r="C60" s="5">
-        <v>0.75162140999998428</v>
+        <v>0.75162100000000009</v>
       </c>
       <c r="D60" s="5">
-        <v>4.87007697495625</v>
+        <v>4.8700742682603604</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>190.62875817</v>
+        <v>190.62875718000001</v>
       </c>
       <c r="C61" s="5">
-        <v>0.57718366000000287</v>
+        <v>0.57718339000001606</v>
       </c>
       <c r="D61" s="5">
-        <v>3.7058753165595704</v>
+        <v>3.7058735682094168</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>191.78068555999999</v>
+        <v>191.78068468999999</v>
       </c>
       <c r="C62" s="5">
-        <v>1.1519273899999973</v>
+        <v>1.1519275099999788</v>
       </c>
       <c r="D62" s="5">
-        <v>7.4972555398783669</v>
+        <v>7.4972563872686582</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>192.45956473999999</v>
+        <v>192.45956423000001</v>
       </c>
       <c r="C63" s="5">
-        <v>0.67887917999999559</v>
+        <v>0.67887954000002537</v>
       </c>
       <c r="D63" s="5">
-        <v>4.3315333079929186</v>
+        <v>4.3315356698813146</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>194.36779122999999</v>
+        <v>194.36779258000001</v>
       </c>
       <c r="C64" s="5">
-        <v>1.9082264900000041</v>
+        <v>1.9082283500000017</v>
       </c>
       <c r="D64" s="5">
-        <v>12.568687346546481</v>
+        <v>12.568700308384596</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>194.63220197999999</v>
+        <v>194.63220602000001</v>
       </c>
       <c r="C65" s="5">
-        <v>0.26441074999999614</v>
+        <v>0.26441343999999845</v>
       </c>
       <c r="D65" s="5">
-        <v>1.6447050217851977</v>
+        <v>1.6447218681817866</v>
       </c>
       <c r="E65" s="5">
-        <v>2.6220270901911258</v>
+        <v>2.6220280137044805</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>194.78415021000001</v>
+        <v>194.78415204000001</v>
       </c>
       <c r="C66" s="5">
-        <v>0.15194823000001634</v>
+        <v>0.15194601999999691</v>
       </c>
       <c r="D66" s="5">
-        <v>0.94086610953811878</v>
+        <v>0.94085234675513885</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>195.0613448</v>
+        <v>195.06134557999999</v>
       </c>
       <c r="C67" s="5">
-        <v>0.27719458999999347</v>
+        <v>0.27719353999998475</v>
       </c>
       <c r="D67" s="5">
-        <v>1.7211329092718497</v>
+        <v>1.7211263222919548</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>194.93409363999999</v>
+        <v>194.93409063999999</v>
       </c>
       <c r="C68" s="5">
-        <v>-0.12725116000001435</v>
+        <v>-0.12725494000000026</v>
       </c>
       <c r="D68" s="5">
-        <v>-0.78003506147389379</v>
+        <v>-0.78005814625684566</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>191.50211275999999</v>
+        <v>191.50211152</v>
       </c>
       <c r="C69" s="5">
-        <v>-3.4319808799999976</v>
+        <v>-3.4319791199999941</v>
       </c>
       <c r="D69" s="5">
-        <v>-19.196681134179773</v>
+        <v>-19.196672490138333</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>194.24890674</v>
+        <v>194.24890644999999</v>
       </c>
       <c r="C70" s="5">
-        <v>2.7467939800000067</v>
+        <v>2.746794929999993</v>
       </c>
       <c r="D70" s="5">
-        <v>18.63700160818118</v>
+        <v>18.637008701052761</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>194.70486589000001</v>
+        <v>194.70486550000001</v>
       </c>
       <c r="C71" s="5">
-        <v>0.45595915000001241</v>
+        <v>0.45595905000001835</v>
       </c>
       <c r="D71" s="5">
-        <v>2.8534025362991766</v>
+        <v>2.853401906710884</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>195.95094043</v>
+        <v>195.9509395</v>
       </c>
       <c r="C72" s="5">
-        <v>1.2460745399999951</v>
+        <v>1.246073999999993</v>
       </c>
       <c r="D72" s="5">
-        <v>7.9559450905358542</v>
+        <v>7.9559415369874431</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>196.44957289000001</v>
+        <v>196.44957181999999</v>
       </c>
       <c r="C73" s="5">
-        <v>0.49863246000001027</v>
+        <v>0.49863231999998447</v>
       </c>
       <c r="D73" s="5">
-        <v>3.096718343157745</v>
+        <v>3.0967174763972372</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>198.48707049000001</v>
+        <v>198.48706942999999</v>
       </c>
       <c r="C74" s="5">
-        <v>2.0374975999999947</v>
+        <v>2.0374976100000026</v>
       </c>
       <c r="D74" s="5">
-        <v>13.181018077209172</v>
+        <v>13.181018221572472</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>198.59636927</v>
+        <v>198.59636816</v>
       </c>
       <c r="C75" s="5">
-        <v>0.10929877999998894</v>
+        <v>0.10929873000000612</v>
       </c>
       <c r="D75" s="5">
-        <v>0.66279630196721673</v>
+        <v>0.66279600139502737</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>198.65215266999999</v>
+        <v>198.65215233999999</v>
       </c>
       <c r="C76" s="5">
-        <v>5.5783399999995709E-2</v>
+        <v>5.5784179999989192E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>0.3375871971361466</v>
+        <v>0.33759192668583182</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>200.27960275000001</v>
+        <v>200.27961117999999</v>
       </c>
       <c r="C77" s="5">
-        <v>1.6274500800000169</v>
+        <v>1.6274588400000027</v>
       </c>
       <c r="D77" s="5">
-        <v>10.286244593571613</v>
+        <v>10.286302496975818</v>
       </c>
       <c r="E77" s="5">
-        <v>2.9015757477687698</v>
+        <v>2.9015779430767275</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>201.07540342999999</v>
+        <v>201.07540513999999</v>
       </c>
       <c r="C78" s="5">
-        <v>0.79580067999998505</v>
+        <v>0.79579395999999747</v>
       </c>
       <c r="D78" s="5">
-        <v>4.8737334540759347</v>
+        <v>4.8736911855030929</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>201.53783777999999</v>
+        <v>201.53783887</v>
       </c>
       <c r="C79" s="5">
-        <v>0.46243434999999522</v>
+        <v>0.46243373000001498</v>
       </c>
       <c r="D79" s="5">
-        <v>2.7949438826159856</v>
+        <v>2.7949400637528932</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>202.11198917999999</v>
+        <v>202.11198411000001</v>
       </c>
       <c r="C80" s="5">
-        <v>0.5741514000000052</v>
+        <v>0.57414524000000711</v>
       </c>
       <c r="D80" s="5">
-        <v>3.4726992181498773</v>
+        <v>3.4726613551989693</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>201.08705323000001</v>
+        <v>201.08705302999999</v>
       </c>
       <c r="C81" s="5">
-        <v>-1.0249359499999855</v>
+        <v>-1.024931080000016</v>
       </c>
       <c r="D81" s="5">
-        <v>-5.9184633530002699</v>
+        <v>-5.9184361553314631</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>202.7467164</v>
+        <v>202.74671652999999</v>
       </c>
       <c r="C82" s="5">
-        <v>1.6596631699999875</v>
+        <v>1.6596634999999935</v>
       </c>
       <c r="D82" s="5">
-        <v>10.366337925081259</v>
+        <v>10.366340091512782</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>204.45850809000001</v>
+        <v>204.45850730999999</v>
       </c>
       <c r="C83" s="5">
-        <v>1.7117916900000125</v>
+        <v>1.7117907800000012</v>
       </c>
       <c r="D83" s="5">
-        <v>10.615579323861635</v>
+        <v>10.615573408827505</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>205.47133743000001</v>
+        <v>205.47133542</v>
       </c>
       <c r="C84" s="5">
-        <v>1.0128293399999961</v>
+        <v>1.0128281100000152</v>
       </c>
       <c r="D84" s="5">
-        <v>6.1091227105157575</v>
+        <v>6.1091151121292375</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>205.25161488000001</v>
+        <v>205.25161284000001</v>
       </c>
       <c r="C85" s="5">
-        <v>-0.21972255000000018</v>
+        <v>-0.21972257999999556</v>
       </c>
       <c r="D85" s="5">
-        <v>-1.2757099220177093</v>
+        <v>-1.2757101075808186</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>205.37806567000001</v>
+        <v>205.37806426</v>
       </c>
       <c r="C86" s="5">
-        <v>0.12645079000000692</v>
+        <v>0.1264514199999951</v>
       </c>
       <c r="D86" s="5">
-        <v>0.74180253339328761</v>
+        <v>0.74180624911319715</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>205.73843260000001</v>
+        <v>205.73843153999999</v>
       </c>
       <c r="C87" s="5">
-        <v>0.36036692999999786</v>
+        <v>0.3603672799999913</v>
       </c>
       <c r="D87" s="5">
-        <v>2.1260212059910799</v>
+        <v>2.1260233055563349</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>206.02901145000001</v>
+        <v>206.02901066000001</v>
       </c>
       <c r="C88" s="5">
-        <v>0.29057885000000283</v>
+        <v>0.29057912000001807</v>
       </c>
       <c r="D88" s="5">
-        <v>1.7080721424213907</v>
+        <v>1.7080737507454202</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>202.96183886</v>
+        <v>202.96185061</v>
       </c>
       <c r="C89" s="5">
-        <v>-3.0671725900000126</v>
+        <v>-3.0671600500000125</v>
       </c>
       <c r="D89" s="5">
-        <v>-16.471992261583278</v>
+        <v>-16.471930390294009</v>
       </c>
       <c r="E89" s="5">
-        <v>1.3392457709975103</v>
+        <v>1.3392473723095932</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>204.63564722999999</v>
+        <v>204.63564761999999</v>
       </c>
       <c r="C90" s="5">
-        <v>1.6738083699999891</v>
+        <v>1.673797009999987</v>
       </c>
       <c r="D90" s="5">
-        <v>10.357741821014987</v>
+        <v>10.357667678080551</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>208.41988035</v>
+        <v>208.41988122000001</v>
       </c>
       <c r="C91" s="5">
-        <v>3.7842331200000103</v>
+        <v>3.7842336000000216</v>
       </c>
       <c r="D91" s="5">
-        <v>24.59316945389287</v>
+        <v>24.593172845477817</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>207.68120741999999</v>
+        <v>207.68120309</v>
       </c>
       <c r="C92" s="5">
-        <v>-0.738672930000007</v>
+        <v>-0.73867813000001092</v>
       </c>
       <c r="D92" s="5">
-        <v>-4.1710579571835549</v>
+        <v>-4.1710867329185053</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>205.38310767999999</v>
+        <v>205.38310944</v>
       </c>
       <c r="C93" s="5">
-        <v>-2.2980997399999978</v>
+        <v>-2.2980936499999984</v>
       </c>
       <c r="D93" s="5">
-        <v>-12.499557185624365</v>
+        <v>-12.499526295918006</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>207.38447973999999</v>
+        <v>207.38448009000001</v>
       </c>
       <c r="C94" s="5">
-        <v>2.0013720599999942</v>
+        <v>2.0013706500000126</v>
       </c>
       <c r="D94" s="5">
-        <v>12.341021017260378</v>
+        <v>12.341011740141905</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>208.09903985</v>
+        <v>208.09904022000001</v>
       </c>
       <c r="C95" s="5">
-        <v>0.71456011000000785</v>
+        <v>0.7145601299999953</v>
       </c>
       <c r="D95" s="5">
-        <v>4.2139600581046599</v>
+        <v>4.2139601710471597</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>208.19695873000001</v>
+        <v>208.19695195</v>
       </c>
       <c r="C96" s="5">
-        <v>9.7918880000008812E-2</v>
+        <v>9.7911729999992758E-2</v>
       </c>
       <c r="D96" s="5">
-        <v>0.56611134182875666</v>
+        <v>0.56606989655085815</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>210.96905594</v>
+        <v>210.96904925000001</v>
       </c>
       <c r="C97" s="5">
-        <v>2.7720972099999983</v>
+        <v>2.7720973000000129</v>
       </c>
       <c r="D97" s="5">
-        <v>17.201329781470399</v>
+        <v>17.201330983260689</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>211.53503864999999</v>
+        <v>211.53503597</v>
       </c>
       <c r="C98" s="5">
-        <v>0.5659827099999859</v>
+        <v>0.56598671999998373</v>
       </c>
       <c r="D98" s="5">
-        <v>3.2672606027322804</v>
+        <v>3.2672841991177037</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>212.44938241</v>
+        <v>212.44938450999999</v>
       </c>
       <c r="C99" s="5">
-        <v>0.91434376000000839</v>
+        <v>0.91434853999999177</v>
       </c>
       <c r="D99" s="5">
-        <v>5.3120107773154235</v>
+        <v>5.3120392798086558</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>214.22762409000001</v>
+        <v>214.22762513999999</v>
       </c>
       <c r="C100" s="5">
-        <v>1.7782416800000078</v>
+        <v>1.7782406299999991</v>
       </c>
       <c r="D100" s="5">
-        <v>10.519771840712888</v>
+        <v>10.519765231570499</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>214.92083411999999</v>
+        <v>214.92085320999999</v>
       </c>
       <c r="C101" s="5">
-        <v>0.69321002999998882</v>
+        <v>0.69322807000000353</v>
       </c>
       <c r="D101" s="5">
-        <v>3.9528867665273415</v>
+        <v>3.9529914538787292</v>
       </c>
       <c r="E101" s="5">
-        <v>5.8922383277425494</v>
+        <v>5.8922416030684266</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>218.17092764</v>
+        <v>218.17092696</v>
       </c>
       <c r="C102" s="5">
-        <v>3.2500935200000072</v>
+        <v>3.2500737500000128</v>
       </c>
       <c r="D102" s="5">
-        <v>19.734782454188871</v>
+        <v>19.734650352952276</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>219.06933706999999</v>
+        <v>219.06933230000001</v>
       </c>
       <c r="C103" s="5">
-        <v>0.89840942999998674</v>
+        <v>0.89840534000001071</v>
       </c>
       <c r="D103" s="5">
-        <v>5.0549667746864868</v>
+        <v>5.0549432544293449</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>218.38182022999999</v>
+        <v>218.38180975</v>
       </c>
       <c r="C104" s="5">
-        <v>-0.68751684000000068</v>
+        <v>-0.68752255000001128</v>
       </c>
       <c r="D104" s="5">
-        <v>-3.7016933622893156</v>
+        <v>-3.7017236562860489</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>222.82083839000001</v>
+        <v>222.82086414</v>
       </c>
       <c r="C105" s="5">
-        <v>4.4390181600000176</v>
+        <v>4.4390543899999955</v>
       </c>
       <c r="D105" s="5">
-        <v>27.312741216840799</v>
+        <v>27.312991085708195</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>225.03928732</v>
+        <v>225.03928123</v>
       </c>
       <c r="C106" s="5">
-        <v>2.2184489299999939</v>
+        <v>2.2184170900000026</v>
       </c>
       <c r="D106" s="5">
-        <v>12.623878062751048</v>
+        <v>12.623685306293829</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>225.97751392000001</v>
+        <v>225.97750847</v>
       </c>
       <c r="C107" s="5">
-        <v>0.93822660000000724</v>
+        <v>0.93822724000000335</v>
       </c>
       <c r="D107" s="5">
-        <v>5.1193319322612396</v>
+        <v>5.1193356465447648</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>228.46498618000001</v>
+        <v>228.46497174999999</v>
       </c>
       <c r="C108" s="5">
-        <v>2.4874722600000041</v>
+        <v>2.4874632799999858</v>
       </c>
       <c r="D108" s="5">
-        <v>14.038919381024462</v>
+        <v>14.038865951676339</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>228.82025808</v>
+        <v>228.82024296</v>
       </c>
       <c r="C109" s="5">
-        <v>0.35527189999999109</v>
+        <v>0.35527121000001216</v>
       </c>
       <c r="D109" s="5">
-        <v>1.8820892425014613</v>
+        <v>1.882085675728562</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>228.68084703</v>
+        <v>228.68083461000001</v>
       </c>
       <c r="C110" s="5">
-        <v>-0.13941105000000675</v>
+        <v>-0.13940834999999652</v>
       </c>
       <c r="D110" s="5">
-        <v>-0.72866716538695364</v>
+        <v>-0.7286531483943981</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>230.57362348000001</v>
+        <v>230.57361863</v>
       </c>
       <c r="C111" s="5">
-        <v>1.8927764500000137</v>
+        <v>1.8927840199999935</v>
       </c>
       <c r="D111" s="5">
-        <v>10.397182343904321</v>
+        <v>10.397226428164918</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>229.30696965000001</v>
+        <v>229.30702163999999</v>
       </c>
       <c r="C112" s="5">
-        <v>-1.2666538299999957</v>
+        <v>-1.2665969900000107</v>
       </c>
       <c r="D112" s="5">
-        <v>-6.396612608986441</v>
+        <v>-6.3963343132159896</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>231.30113086</v>
+        <v>231.30114555</v>
       </c>
       <c r="C113" s="5">
-        <v>1.9941612099999872</v>
+        <v>1.9941239100000132</v>
       </c>
       <c r="D113" s="5">
-        <v>10.949669399187956</v>
+        <v>10.949452093813484</v>
       </c>
       <c r="E113" s="5">
-        <v>7.6215490262121932</v>
+        <v>7.6215463019750684</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>228.85745524999999</v>
+        <v>228.85744994999999</v>
       </c>
       <c r="C114" s="5">
-        <v>-2.4436756100000139</v>
+        <v>-2.4436956000000123</v>
       </c>
       <c r="D114" s="5">
-        <v>-11.96655417030923</v>
+        <v>-11.966645727299207</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>229.0005932</v>
+        <v>229.00058193999999</v>
       </c>
       <c r="C115" s="5">
-        <v>0.14313795000001051</v>
+        <v>0.14313199000000054</v>
       </c>
       <c r="D115" s="5">
-        <v>0.75312223783754462</v>
+        <v>0.75309078877210389</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>228.21198964000001</v>
+        <v>228.21197085</v>
       </c>
       <c r="C116" s="5">
-        <v>-0.78860355999998433</v>
+        <v>-0.78861108999998919</v>
       </c>
       <c r="D116" s="5">
-        <v>-4.0550325019215965</v>
+        <v>-4.0550706867260704</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>228.23364792000001</v>
+        <v>228.23369148</v>
       </c>
       <c r="C117" s="5">
-        <v>2.1658279999996921E-2</v>
+        <v>2.1720630000004348E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>0.11394452317474713</v>
+        <v>0.11427272856876503</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>227.05484088</v>
+        <v>227.05482006</v>
       </c>
       <c r="C118" s="5">
-        <v>-1.1788070400000095</v>
+        <v>-1.1788714200000072</v>
       </c>
       <c r="D118" s="5">
-        <v>-6.0248286107882247</v>
+        <v>-6.0251472457813264</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>226.53543237</v>
+        <v>226.53541031</v>
       </c>
       <c r="C119" s="5">
-        <v>-0.51940851000000521</v>
+        <v>-0.51940974999999412</v>
       </c>
       <c r="D119" s="5">
-        <v>-2.7108324172395393</v>
+        <v>-2.7108390531406901</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>226.41807767</v>
+        <v>226.41804508000001</v>
       </c>
       <c r="C120" s="5">
-        <v>-0.11735469999999282</v>
+        <v>-0.11736522999999011</v>
       </c>
       <c r="D120" s="5">
-        <v>-0.61988134214143731</v>
+        <v>-0.61993686464432152</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>226.0966076</v>
+        <v>226.09658357999999</v>
       </c>
       <c r="C121" s="5">
-        <v>-0.32147007000000372</v>
+        <v>-0.32146150000002649</v>
       </c>
       <c r="D121" s="5">
-        <v>-1.6905270567191044</v>
+        <v>-1.6904825820908576</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>227.22036756</v>
+        <v>227.22036079</v>
       </c>
       <c r="C122" s="5">
-        <v>1.123759960000001</v>
+        <v>1.1237772100000143</v>
       </c>
       <c r="D122" s="5">
-        <v>6.1300924691334746</v>
+        <v>6.1301898239003005</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>228.27117555000001</v>
+        <v>228.27118759999999</v>
       </c>
       <c r="C123" s="5">
-        <v>1.0508079900000098</v>
+        <v>1.0508268099999896</v>
       </c>
       <c r="D123" s="5">
-        <v>5.6928984400517635</v>
+        <v>5.6930031812874704</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>229.78803400999999</v>
+        <v>229.78815345000001</v>
       </c>
       <c r="C124" s="5">
-        <v>1.5168584599999804</v>
+        <v>1.5169658500000196</v>
       </c>
       <c r="D124" s="5">
-        <v>8.2719626829786286</v>
+        <v>8.2725694344555123</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>230.56950243</v>
+        <v>230.56957034000001</v>
       </c>
       <c r="C125" s="5">
-        <v>0.78146842000001016</v>
+        <v>0.7814168900000027</v>
       </c>
       <c r="D125" s="5">
-        <v>4.15819245358231</v>
+        <v>4.1579109122396929</v>
       </c>
       <c r="E125" s="5">
-        <v>-0.31630992346631803</v>
+        <v>-0.31628689441222102</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>232.20861095000001</v>
+        <v>232.20858142</v>
       </c>
       <c r="C126" s="5">
-        <v>1.6391085200000077</v>
+        <v>1.6390110799999889</v>
       </c>
       <c r="D126" s="5">
-        <v>8.8723252428283494</v>
+        <v>8.8717743045144015</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>233.24093697000001</v>
+        <v>233.24089354</v>
       </c>
       <c r="C127" s="5">
-        <v>1.0323260199999993</v>
+        <v>1.0323121200000003</v>
       </c>
       <c r="D127" s="5">
-        <v>5.4672159357807004</v>
+        <v>5.4671412242900619</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>234.40733659</v>
+        <v>234.40725287999999</v>
       </c>
       <c r="C128" s="5">
-        <v>1.1663996199999929</v>
+        <v>1.1663593399999854</v>
       </c>
       <c r="D128" s="5">
-        <v>6.1688406726173151</v>
+        <v>6.1686229275924154</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>233.77126805</v>
+        <v>233.77131453999999</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.63606853999999657</v>
+        <v>-0.63593833999999561</v>
       </c>
       <c r="D129" s="5">
-        <v>-3.2080615667422041</v>
+        <v>-3.207415788466772</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>234.80980621</v>
+        <v>234.80975457</v>
       </c>
       <c r="C130" s="5">
-        <v>1.0385381600000017</v>
+        <v>1.0384400300000038</v>
       </c>
       <c r="D130" s="5">
-        <v>5.4632547518631558</v>
+        <v>5.4627247468288065</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>237.55348626</v>
+        <v>237.55342862000001</v>
       </c>
       <c r="C131" s="5">
-        <v>2.7436800499999947</v>
+        <v>2.7436740500000099</v>
       </c>
       <c r="D131" s="5">
-        <v>14.958778116258586</v>
+        <v>14.95874677745217</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>237.07984483000001</v>
+        <v>237.07978781</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.47364142999998649</v>
+        <v>-0.47364081000000624</v>
       </c>
       <c r="D132" s="5">
-        <v>-2.3665330360975068</v>
+        <v>-2.3665305401134873</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>237.59570532000001</v>
+        <v>237.59568139000001</v>
       </c>
       <c r="C133" s="5">
-        <v>0.51586048999999434</v>
+        <v>0.51589358000001084</v>
       </c>
       <c r="D133" s="5">
-        <v>2.6425477182408841</v>
+        <v>2.6427199021689773</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>238.82318959</v>
+        <v>238.82323142999999</v>
       </c>
       <c r="C134" s="5">
-        <v>1.2274842699999908</v>
+        <v>1.2275500399999828</v>
       </c>
       <c r="D134" s="5">
-        <v>6.3787531780782336</v>
+        <v>6.3791053897763517</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>237.18995755</v>
+        <v>237.19004057000001</v>
       </c>
       <c r="C135" s="5">
-        <v>-1.6332320399999958</v>
+        <v>-1.6331908599999849</v>
       </c>
       <c r="D135" s="5">
-        <v>-7.9046638228600363</v>
+        <v>-7.9044706187189835</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>238.38976704000001</v>
+        <v>238.39002058</v>
       </c>
       <c r="C136" s="5">
-        <v>1.1998094900000069</v>
+        <v>1.1999800099999902</v>
       </c>
       <c r="D136" s="5">
-        <v>6.2418788327155417</v>
+        <v>6.2427885267986039</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>239.95039767</v>
+        <v>239.95054447999999</v>
       </c>
       <c r="C137" s="5">
-        <v>1.5606306299999915</v>
+        <v>1.5605238999999926</v>
       </c>
       <c r="D137" s="5">
-        <v>8.1449832007991052</v>
+        <v>8.1443969910008018</v>
       </c>
       <c r="E137" s="5">
-        <v>4.0685759136111166</v>
+        <v>4.0686089348940246</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>241.89527620999999</v>
+        <v>241.89520046000001</v>
       </c>
       <c r="C138" s="5">
-        <v>1.9448785399999906</v>
+        <v>1.9446559800000216</v>
       </c>
       <c r="D138" s="5">
-        <v>10.171930868345559</v>
+        <v>10.170707984296312</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>244.13781352999999</v>
+        <v>244.13767353</v>
       </c>
       <c r="C139" s="5">
-        <v>2.2425373199999967</v>
+        <v>2.2424730699999884</v>
       </c>
       <c r="D139" s="5">
-        <v>11.70997636492428</v>
+        <v>11.709627435324155</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>244.93579604000001</v>
+        <v>244.93556534999999</v>
       </c>
       <c r="C140" s="5">
-        <v>0.79798251000002551</v>
+        <v>0.79789181999998959</v>
       </c>
       <c r="D140" s="5">
-        <v>3.9935743238009858</v>
+        <v>3.9931145995981021</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>247.62264106999999</v>
+        <v>247.62269416999999</v>
       </c>
       <c r="C141" s="5">
-        <v>2.6868450299999722</v>
+        <v>2.6871288199999981</v>
       </c>
       <c r="D141" s="5">
-        <v>13.987466614542932</v>
+        <v>13.989048240282154</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>247.58331086000001</v>
+        <v>247.58318065</v>
       </c>
       <c r="C142" s="5">
-        <v>-3.9330209999974386E-2</v>
+        <v>-3.9513519999985647E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>-0.19043107004345083</v>
+        <v>-0.19131781019445793</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>246.47606984999999</v>
+        <v>246.47594143000001</v>
       </c>
       <c r="C143" s="5">
-        <v>-1.1072410100000241</v>
+        <v>-1.1072392199999967</v>
       </c>
       <c r="D143" s="5">
-        <v>-5.2365794337511096</v>
+        <v>-5.2365738619234214</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>246.02882356000001</v>
+        <v>246.02873170999999</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.44724628999998117</v>
+        <v>-0.4472097200000178</v>
       </c>
       <c r="D144" s="5">
-        <v>-2.1558747732204009</v>
+        <v>-2.1557013611410158</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>247.56574603000001</v>
+        <v>247.56575654</v>
       </c>
       <c r="C145" s="5">
-        <v>1.5369224700000075</v>
+        <v>1.5370248300000071</v>
       </c>
       <c r="D145" s="5">
-        <v>7.759302238919763</v>
+        <v>7.7598398949706437</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>247.06025452</v>
+        <v>247.06037298999999</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.50549151000001302</v>
+        <v>-0.50538355000000479</v>
       </c>
       <c r="D146" s="5">
-        <v>-2.422887140122687</v>
+        <v>-2.4223753680939653</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>247.04084639999999</v>
+        <v>247.04107119</v>
       </c>
       <c r="C147" s="5">
-        <v>-1.9408120000008466E-2</v>
+        <v>-1.9301799999993818E-2</v>
       </c>
       <c r="D147" s="5">
-        <v>-9.4226746957581931E-2</v>
+        <v>-9.3710738444718888E-2</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>249.64144906000001</v>
+        <v>249.64194395999999</v>
       </c>
       <c r="C148" s="5">
-        <v>2.6006026600000212</v>
+        <v>2.6008727699999952</v>
       </c>
       <c r="D148" s="5">
-        <v>13.390099989570214</v>
+        <v>13.391559344760173</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>247.46486822</v>
+        <v>247.46542780999999</v>
       </c>
       <c r="C149" s="5">
-        <v>-2.1765808400000139</v>
+        <v>-2.1765161499999977</v>
       </c>
       <c r="D149" s="5">
-        <v>-9.9751742115358653</v>
+        <v>-9.9748729733516566</v>
       </c>
       <c r="E149" s="5">
-        <v>3.1316766394088313</v>
+        <v>3.1318467504566794</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>246.30377572</v>
+        <v>246.30333855999999</v>
       </c>
       <c r="C150" s="5">
-        <v>-1.1610924999999952</v>
+        <v>-1.1620892500000082</v>
       </c>
       <c r="D150" s="5">
-        <v>-5.4872922455247437</v>
+        <v>-5.4918697682278195</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>246.29787576000001</v>
+        <v>246.29749544000001</v>
       </c>
       <c r="C151" s="5">
-        <v>-5.8999599999935981E-3</v>
+        <v>-5.8431199999802175E-3</v>
       </c>
       <c r="D151" s="5">
-        <v>-2.8741010126398514E-2</v>
+        <v>-2.8464206921330337E-2</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>246.68948201000001</v>
+        <v>246.68904671999999</v>
       </c>
       <c r="C152" s="5">
-        <v>0.39160624999999527</v>
+        <v>0.3915512799999874</v>
       </c>
       <c r="D152" s="5">
-        <v>1.9247376571476016</v>
+        <v>1.924468111595723</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>246.52312015000001</v>
+        <v>246.52318618999999</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.16636185999999498</v>
+        <v>-0.16586053000000334</v>
       </c>
       <c r="D153" s="5">
-        <v>-0.80625827115788917</v>
+        <v>-0.80383900970455446</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>246.72919089999999</v>
+        <v>246.72896</v>
       </c>
       <c r="C154" s="5">
-        <v>0.20607074999998076</v>
+        <v>0.20577381000001083</v>
       </c>
       <c r="D154" s="5">
-        <v>1.0077146719954522</v>
+        <v>1.0062556504661258</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>246.53690871000001</v>
+        <v>246.5367262</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.19228218999998603</v>
+        <v>-0.19223379999999679</v>
       </c>
       <c r="D155" s="5">
-        <v>-0.93119172465758737</v>
+        <v>-0.93095925047504968</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>246.45845298</v>
+        <v>246.45837066000001</v>
       </c>
       <c r="C156" s="5">
-        <v>-7.8455730000001722E-2</v>
+        <v>-7.8355539999989787E-2</v>
       </c>
       <c r="D156" s="5">
-        <v>-0.38120972868983527</v>
+        <v>-0.38072404599942544</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>245.94456928</v>
+        <v>245.94464665999999</v>
       </c>
       <c r="C157" s="5">
-        <v>-0.51388370000000805</v>
+        <v>-0.51372400000002472</v>
       </c>
       <c r="D157" s="5">
-        <v>-2.473591611956194</v>
+        <v>-2.4728325000104689</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>245.20457363</v>
+        <v>245.20479288999999</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.73999564999999734</v>
+        <v>-0.7398537699999963</v>
       </c>
       <c r="D158" s="5">
-        <v>-3.5513950273483696</v>
+        <v>-3.5507242426677355</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>244.79601934999999</v>
+        <v>244.79640871999999</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.40855428000000416</v>
+        <v>-0.40838417000000504</v>
       </c>
       <c r="D159" s="5">
-        <v>-1.9811915034569916</v>
+        <v>-1.9803723804611262</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>243.83489234000001</v>
+        <v>243.83563439</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.96112700999998424</v>
+        <v>-0.96077432999999246</v>
       </c>
       <c r="D160" s="5">
-        <v>-4.6110621819919313</v>
+        <v>-4.6093993610658242</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>242.13703403</v>
+        <v>242.13793312999999</v>
       </c>
       <c r="C161" s="5">
-        <v>-1.6978583100000151</v>
+        <v>-1.6977012600000023</v>
       </c>
       <c r="D161" s="5">
-        <v>-8.0430855222573534</v>
+        <v>-8.0423462556803553</v>
       </c>
       <c r="E161" s="5">
-        <v>-2.1529658849447131</v>
+        <v>-2.1528238215523077</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>243.10224208</v>
+        <v>243.10144460999999</v>
       </c>
       <c r="C162" s="5">
-        <v>0.96520805000000109</v>
+        <v>0.96351147999999398</v>
       </c>
       <c r="D162" s="5">
-        <v>4.8897259466471832</v>
+        <v>4.8809236667154865</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>241.75393367000001</v>
+        <v>241.7532898</v>
       </c>
       <c r="C163" s="5">
-        <v>-1.3483084099999871</v>
+        <v>-1.3481548099999827</v>
       </c>
       <c r="D163" s="5">
-        <v>-6.4561971452744888</v>
+        <v>-6.4555044733994311</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>240.03762556999999</v>
+        <v>240.03705017999999</v>
       </c>
       <c r="C164" s="5">
-        <v>-1.7163081000000204</v>
+        <v>-1.7162396200000103</v>
       </c>
       <c r="D164" s="5">
-        <v>-8.1943789717012212</v>
+        <v>-8.1940856566214961</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>240.28386219000001</v>
+        <v>240.28388502999999</v>
       </c>
       <c r="C165" s="5">
-        <v>0.246236620000019</v>
+        <v>0.24683484999999905</v>
       </c>
       <c r="D165" s="5">
-        <v>1.2379592105138837</v>
+        <v>1.2409868453647777</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>240.92485138999999</v>
+        <v>240.92453305000001</v>
       </c>
       <c r="C166" s="5">
-        <v>0.64098919999997861</v>
+        <v>0.64064802000001464</v>
       </c>
       <c r="D166" s="5">
-        <v>3.2485473157418232</v>
+        <v>3.246792460541581</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>240.3305498</v>
+        <v>240.33034269999999</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.59430158999998639</v>
+        <v>-0.59419035000001941</v>
       </c>
       <c r="D167" s="5">
-        <v>-2.9202693753947684</v>
+        <v>-2.9197339649535081</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>238.97123711</v>
+        <v>238.97118662</v>
       </c>
       <c r="C168" s="5">
-        <v>-1.3593126899999959</v>
+        <v>-1.3591560799999911</v>
       </c>
       <c r="D168" s="5">
-        <v>-6.5800087459084171</v>
+        <v>-6.5792795632167556</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>239.20453215000001</v>
+        <v>239.20468181000001</v>
       </c>
       <c r="C169" s="5">
-        <v>0.23329504000000156</v>
+        <v>0.23349519000001351</v>
       </c>
       <c r="D169" s="5">
-        <v>1.1778075384186515</v>
+        <v>1.1788236975678767</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>239.80037211000001</v>
+        <v>239.80067715000001</v>
       </c>
       <c r="C170" s="5">
-        <v>0.59583996000000639</v>
+        <v>0.59599534000000176</v>
       </c>
       <c r="D170" s="5">
-        <v>3.0303999639311963</v>
+        <v>3.0311991537576022</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>238.24442746</v>
+        <v>238.24495719000001</v>
       </c>
       <c r="C171" s="5">
-        <v>-1.5559446500000149</v>
+        <v>-1.5557199600000047</v>
       </c>
       <c r="D171" s="5">
-        <v>-7.5142584329994762</v>
+        <v>-7.5132025212816256</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>234.32231938999999</v>
+        <v>234.32320052</v>
       </c>
       <c r="C172" s="5">
-        <v>-3.9221080700000073</v>
+        <v>-3.9217566700000077</v>
       </c>
       <c r="D172" s="5">
-        <v>-18.060959462128167</v>
+        <v>-18.059448306285951</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>235.59105005000001</v>
+        <v>235.5922625</v>
       </c>
       <c r="C173" s="5">
-        <v>1.268730660000017</v>
+        <v>1.2690619800000036</v>
       </c>
       <c r="D173" s="5">
-        <v>6.6943850841889141</v>
+        <v>6.6961597405016615</v>
       </c>
       <c r="E173" s="5">
-        <v>-2.7034212284887227</v>
+        <v>-2.703281780507194</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>235.26801122000001</v>
+        <v>235.26689820999999</v>
       </c>
       <c r="C174" s="5">
-        <v>-0.32303883000000155</v>
+        <v>-0.32536429000001021</v>
       </c>
       <c r="D174" s="5">
-        <v>-1.6330691420162968</v>
+        <v>-1.6447275685328777</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>233.50694078999999</v>
+        <v>233.50609466</v>
       </c>
       <c r="C175" s="5">
-        <v>-1.761070430000018</v>
+        <v>-1.7608035499999914</v>
       </c>
       <c r="D175" s="5">
-        <v>-8.6217253216573138</v>
+        <v>-8.6205111741314173</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>233.10133074000001</v>
+        <v>233.10067936999999</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.40561004999997863</v>
+        <v>-0.40541529000000764</v>
       </c>
       <c r="D176" s="5">
-        <v>-2.0646443566741279</v>
+        <v>-2.0636698395369413</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>234.94214577</v>
+        <v>234.94209488000001</v>
       </c>
       <c r="C177" s="5">
-        <v>1.8408150299999875</v>
+        <v>1.8414155100000187</v>
       </c>
       <c r="D177" s="5">
-        <v>9.8991002716179999</v>
+        <v>9.9024998482390103</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>231.90541782</v>
+        <v>231.90508252999999</v>
       </c>
       <c r="C178" s="5">
-        <v>-3.0367279499999995</v>
+        <v>-3.0370123500000261</v>
       </c>
       <c r="D178" s="5">
-        <v>-14.454027688294413</v>
+        <v>-14.455289515733483</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>231.88557656</v>
+        <v>231.88538521000001</v>
       </c>
       <c r="C179" s="5">
-        <v>-1.9841259999992644E-2</v>
+        <v>-1.9697319999977481E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-0.10262076435594292</v>
+        <v>-0.10187678882506157</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>232.47709942</v>
+        <v>232.47710954999999</v>
       </c>
       <c r="C180" s="5">
-        <v>0.59152285999999776</v>
+        <v>0.59172433999998475</v>
       </c>
       <c r="D180" s="5">
-        <v>3.1044257080838911</v>
+        <v>3.1055005971144078</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>232.13098681</v>
+        <v>232.13118689000001</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.34611261000000582</v>
+        <v>-0.34592265999998517</v>
       </c>
       <c r="D181" s="5">
-        <v>-1.7720068654521692</v>
+        <v>-1.7710422391179148</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>231.61670237000001</v>
+        <v>231.61707021999999</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.51428443999998308</v>
+        <v>-0.51411667000002126</v>
       </c>
       <c r="D182" s="5">
-        <v>-2.6264334627933317</v>
+        <v>-2.625584841200912</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>233.66823399</v>
+        <v>233.66881162999999</v>
       </c>
       <c r="C183" s="5">
-        <v>2.0515316199999916</v>
+        <v>2.0517414100000053</v>
       </c>
       <c r="D183" s="5">
-        <v>11.162326214238515</v>
+        <v>11.163505251488459</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>234.17513475000001</v>
+        <v>234.17600583000001</v>
       </c>
       <c r="C184" s="5">
-        <v>0.50690076000000772</v>
+        <v>0.50719420000001492</v>
       </c>
       <c r="D184" s="5">
-        <v>2.6344667827792989</v>
+        <v>2.6360035085253974</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>235.43312985</v>
+        <v>235.43441623000001</v>
       </c>
       <c r="C185" s="5">
-        <v>1.257995099999988</v>
+        <v>1.2584104000000025</v>
       </c>
       <c r="D185" s="5">
-        <v>6.640351627653418</v>
+        <v>6.6425835467761818</v>
       </c>
       <c r="E185" s="5">
-        <v>-6.7031493754321492E-2</v>
+        <v>-6.6999768296716056E-2</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>241.63915230999999</v>
+        <v>241.63792554</v>
       </c>
       <c r="C186" s="5">
-        <v>6.2060224599999856</v>
+        <v>6.203509309999987</v>
       </c>
       <c r="D186" s="5">
-        <v>36.645938618089446</v>
+        <v>36.628655498855437</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>241.45895236999999</v>
+        <v>241.45801071</v>
       </c>
       <c r="C187" s="5">
-        <v>-0.18019993999999429</v>
+        <v>-0.1799148300000013</v>
       </c>
       <c r="D187" s="5">
-        <v>-0.89122645879829987</v>
+        <v>-0.88982664035163195</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>243.58502206</v>
+        <v>243.58436524999999</v>
       </c>
       <c r="C188" s="5">
-        <v>2.1260696900000084</v>
+        <v>2.1263545399999941</v>
       </c>
       <c r="D188" s="5">
-        <v>11.093133917260523</v>
+        <v>11.094738269122018</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>245.27604638</v>
+        <v>245.27592945999999</v>
       </c>
       <c r="C189" s="5">
-        <v>1.6910243199999968</v>
+        <v>1.6915642099999957</v>
       </c>
       <c r="D189" s="5">
-        <v>8.6562427503226189</v>
+        <v>8.659137060364742</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>242.90376447</v>
+        <v>242.90342491000001</v>
       </c>
       <c r="C190" s="5">
-        <v>-2.3722819099999981</v>
+        <v>-2.3725045499999737</v>
       </c>
       <c r="D190" s="5">
-        <v>-11.008341675909584</v>
+        <v>-11.009325455464991</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>243.37479347999999</v>
+        <v>243.37461128000001</v>
       </c>
       <c r="C191" s="5">
-        <v>0.4710290099999952</v>
+        <v>0.47118636999999808</v>
       </c>
       <c r="D191" s="5">
-        <v>2.3519700965471069</v>
+        <v>2.3527675619332555</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>245.50346472999999</v>
+        <v>245.50351567000001</v>
       </c>
       <c r="C192" s="5">
-        <v>2.1286712499999965</v>
+        <v>2.1289043900000024</v>
       </c>
       <c r="D192" s="5">
-        <v>11.015688098476595</v>
+        <v>11.016961853347906</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>246.39465412000001</v>
+        <v>246.39488331999999</v>
       </c>
       <c r="C193" s="5">
-        <v>0.89118939000002229</v>
+        <v>0.89136764999997808</v>
       </c>
       <c r="D193" s="5">
-        <v>4.4440885810904884</v>
+        <v>4.4449943942520775</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>247.85332123000001</v>
+        <v>247.85371617999999</v>
       </c>
       <c r="C194" s="5">
-        <v>1.4586671099999933</v>
+        <v>1.4588328600000011</v>
       </c>
       <c r="D194" s="5">
-        <v>7.3399879680808411</v>
+        <v>7.3408423122892197</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>247.58352461000001</v>
+        <v>247.58408435999999</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.26979661999999394</v>
+        <v>-0.26963182000000074</v>
       </c>
       <c r="D195" s="5">
-        <v>-1.2984480210256777</v>
+        <v>-1.297657573451283</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>249.38038541</v>
+        <v>249.38118833999999</v>
       </c>
       <c r="C196" s="5">
-        <v>1.7968607999999904</v>
+        <v>1.7971039800000028</v>
       </c>
       <c r="D196" s="5">
-        <v>9.0653019695327473</v>
+        <v>9.0665568961823428</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>252.00949439999999</v>
+        <v>252.01091016999999</v>
       </c>
       <c r="C197" s="5">
-        <v>2.6291089899999918</v>
+        <v>2.629721829999994</v>
       </c>
       <c r="D197" s="5">
-        <v>13.411040494646919</v>
+        <v>13.414304347277328</v>
       </c>
       <c r="E197" s="5">
-        <v>7.0407952188212386</v>
+        <v>7.0408117069027387</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>255.25488958</v>
+        <v>255.25356234</v>
       </c>
       <c r="C198" s="5">
-        <v>3.2453951800000027</v>
+        <v>3.2426521700000137</v>
       </c>
       <c r="D198" s="5">
-        <v>16.596631593401433</v>
+        <v>16.581497046204795</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>258.20800362</v>
+        <v>258.20706167999998</v>
       </c>
       <c r="C199" s="5">
-        <v>2.9531140400000027</v>
+        <v>2.9534993399999792</v>
       </c>
       <c r="D199" s="5">
-        <v>14.801498778829437</v>
+        <v>14.8036364251791</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>261.50682819999997</v>
+        <v>261.50624797</v>
       </c>
       <c r="C200" s="5">
-        <v>3.2988245799999731</v>
+        <v>3.2991862900000228</v>
       </c>
       <c r="D200" s="5">
-        <v>16.455498824153914</v>
+        <v>16.457496097604253</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>260.22670964000002</v>
+        <v>260.22655763</v>
       </c>
       <c r="C201" s="5">
-        <v>-1.2801185599999485</v>
+        <v>-1.2796903400000019</v>
       </c>
       <c r="D201" s="5">
-        <v>-5.7185947663916821</v>
+        <v>-5.7167453400868933</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>262.77237422000002</v>
+        <v>262.77208375999999</v>
       </c>
       <c r="C202" s="5">
-        <v>2.5456645799999933</v>
+        <v>2.5455261299999847</v>
       </c>
       <c r="D202" s="5">
-        <v>12.391641753318572</v>
+        <v>12.39093878183013</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>265.72094451999999</v>
+        <v>265.72079930000001</v>
       </c>
       <c r="C203" s="5">
-        <v>2.9485702999999717</v>
+        <v>2.9487155400000233</v>
       </c>
       <c r="D203" s="5">
-        <v>14.328100865361137</v>
+        <v>14.328867581373061</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>266.83194558999998</v>
+        <v>266.83204426999998</v>
       </c>
       <c r="C204" s="5">
-        <v>1.1110010699999862</v>
+        <v>1.1112449699999729</v>
       </c>
       <c r="D204" s="5">
-        <v>5.1342992430676526</v>
+        <v>5.1354553070867226</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>268.52296118999999</v>
+        <v>268.52317980999999</v>
       </c>
       <c r="C205" s="5">
-        <v>1.6910156000000143</v>
+        <v>1.6911355400000048</v>
       </c>
       <c r="D205" s="5">
-        <v>7.8756087310427381</v>
+        <v>7.876183929440006</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>270.80854482000001</v>
+        <v>270.80892482000002</v>
       </c>
       <c r="C206" s="5">
-        <v>2.2855836300000192</v>
+        <v>2.2857450100000278</v>
       </c>
       <c r="D206" s="5">
-        <v>10.706017668159596</v>
+        <v>10.706800203678203</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>272.43643966000002</v>
+        <v>272.43689011999999</v>
       </c>
       <c r="C207" s="5">
-        <v>1.6278948400000104</v>
+        <v>1.6279652999999712</v>
       </c>
       <c r="D207" s="5">
-        <v>7.4568215579894126</v>
+        <v>7.4571442437643132</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>274.51868409000002</v>
+        <v>274.51929747999998</v>
       </c>
       <c r="C208" s="5">
-        <v>2.0822444300000029</v>
+        <v>2.0824073599999906</v>
       </c>
       <c r="D208" s="5">
-        <v>9.567196214094098</v>
+        <v>9.5679600782876193</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>276.83695287</v>
+        <v>276.83817422999999</v>
       </c>
       <c r="C209" s="5">
-        <v>2.3182687799999826</v>
+        <v>2.3188767500000154</v>
       </c>
       <c r="D209" s="5">
-        <v>10.618005322111967</v>
+        <v>10.620895691097566</v>
       </c>
       <c r="E209" s="5">
-        <v>9.8517948814233378</v>
+        <v>9.8516623916211401</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>279.68947428000001</v>
+        <v>279.68833752</v>
       </c>
       <c r="C210" s="5">
-        <v>2.8525214100000085</v>
+        <v>2.8501632900000118</v>
       </c>
       <c r="D210" s="5">
-        <v>13.090141469126749</v>
+        <v>13.078639155651416</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>282.83880836999998</v>
+        <v>282.83805253000003</v>
       </c>
       <c r="C211" s="5">
-        <v>3.149334089999968</v>
+        <v>3.1497150100000226</v>
       </c>
       <c r="D211" s="5">
-        <v>14.381164771002197</v>
+        <v>14.383075457237403</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>284.86223637000001</v>
+        <v>284.86184953999998</v>
       </c>
       <c r="C212" s="5">
-        <v>2.023428000000024</v>
+        <v>2.0237970099999529</v>
       </c>
       <c r="D212" s="5">
-        <v>8.9307685218216637</v>
+        <v>8.93248665614923</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>285.77732137999999</v>
+        <v>285.77712113000001</v>
       </c>
       <c r="C213" s="5">
-        <v>0.91508500999998432</v>
+        <v>0.91527159000003167</v>
       </c>
       <c r="D213" s="5">
-        <v>3.9236953034572419</v>
+        <v>3.9245149340786378</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>288.56475406999999</v>
+        <v>288.56454115999998</v>
       </c>
       <c r="C214" s="5">
-        <v>2.7874326900000028</v>
+        <v>2.7874200299999643</v>
       </c>
       <c r="D214" s="5">
-        <v>12.353414919933048</v>
+        <v>12.353364895324127</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>291.60823870000002</v>
+        <v>291.60813524000002</v>
       </c>
       <c r="C215" s="5">
-        <v>3.0434846300000231</v>
+        <v>3.0435940800000481</v>
       </c>
       <c r="D215" s="5">
-        <v>13.416976493847876</v>
+        <v>13.417497804562849</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>291.03593742999999</v>
+        <v>291.03603886000002</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.5723012700000254</v>
+        <v>-0.57209638000000496</v>
       </c>
       <c r="D216" s="5">
-        <v>-2.3298272230301564</v>
+        <v>-2.3290029168102411</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>290.43672354</v>
+        <v>290.43688348000001</v>
       </c>
       <c r="C217" s="5">
-        <v>-0.59921388999998726</v>
+        <v>-0.59915538000001334</v>
       </c>
       <c r="D217" s="5">
-        <v>-2.4428932623207555</v>
+        <v>-2.4426565796914379</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>288.87476652999999</v>
+        <v>288.87506877999999</v>
       </c>
       <c r="C218" s="5">
-        <v>-1.5619570100000146</v>
+        <v>-1.5618147000000135</v>
       </c>
       <c r="D218" s="5">
-        <v>-6.2660444363752621</v>
+        <v>-6.2654869657212569</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>292.43465529000002</v>
+        <v>292.43494142999998</v>
       </c>
       <c r="C219" s="5">
-        <v>3.5598887600000353</v>
+        <v>3.5598726499999884</v>
       </c>
       <c r="D219" s="5">
-        <v>15.832589329799674</v>
+        <v>15.832495052195483</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>294.58723297</v>
+        <v>294.58758641999998</v>
       </c>
       <c r="C220" s="5">
-        <v>2.152577679999979</v>
+        <v>2.1526449899999989</v>
       </c>
       <c r="D220" s="5">
-        <v>9.1995878625036553</v>
+        <v>9.1998779046065682</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>295.83152042</v>
+        <v>295.83239698</v>
       </c>
       <c r="C221" s="5">
-        <v>1.2442874500000016</v>
+        <v>1.244810560000019</v>
       </c>
       <c r="D221" s="5">
-        <v>5.1880230964200136</v>
+        <v>5.1902487552522469</v>
       </c>
       <c r="E221" s="5">
-        <v>6.861283276340524</v>
+        <v>6.8611284563014907</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>290.99558017999999</v>
+        <v>290.99480906000002</v>
       </c>
       <c r="C222" s="5">
-        <v>-4.8359402400000135</v>
+        <v>-4.8375879199999758</v>
       </c>
       <c r="D222" s="5">
-        <v>-17.945318220778784</v>
+        <v>-17.95084488434593</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>294.37046465999998</v>
+        <v>294.37002304999999</v>
       </c>
       <c r="C223" s="5">
-        <v>3.3748844799999915</v>
+        <v>3.3752139899999634</v>
       </c>
       <c r="D223" s="5">
-        <v>14.840239143303545</v>
+        <v>14.841823611999839</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>294.54824632999998</v>
+        <v>294.54805170999998</v>
       </c>
       <c r="C224" s="5">
-        <v>0.17778167000000167</v>
+        <v>0.1780286599999954</v>
       </c>
       <c r="D224" s="5">
-        <v>0.72713840196036994</v>
+        <v>0.7281530654543289</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>297.20338452999999</v>
+        <v>297.20318123999999</v>
       </c>
       <c r="C225" s="5">
-        <v>2.6551382000000103</v>
+        <v>2.6551295300000106</v>
       </c>
       <c r="D225" s="5">
-        <v>11.369870131851689</v>
+        <v>11.369839034173923</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>297.49097289000002</v>
+        <v>297.49087350999997</v>
       </c>
       <c r="C226" s="5">
-        <v>0.2875883600000293</v>
+        <v>0.28769226999997954</v>
       </c>
       <c r="D226" s="5">
-        <v>1.1673778435671522</v>
+        <v>1.1678026859302637</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>296.21978350000001</v>
+        <v>296.21971979</v>
       </c>
       <c r="C227" s="5">
-        <v>-1.2711893900000177</v>
+        <v>-1.2711537199999725</v>
       </c>
       <c r="D227" s="5">
-        <v>-5.0088339925729697</v>
+        <v>-5.0086983635573956</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>296.20922230000002</v>
+        <v>296.20929821999999</v>
       </c>
       <c r="C228" s="5">
-        <v>-1.0561199999983728E-2</v>
+        <v>-1.0421570000005431E-2</v>
       </c>
       <c r="D228" s="5">
-        <v>-4.2775519493731817E-2</v>
+        <v>-4.2210101336437322E-2</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>297.16448118</v>
+        <v>297.1645633</v>
       </c>
       <c r="C229" s="5">
-        <v>0.95525887999997394</v>
+        <v>0.95526508000000376</v>
       </c>
       <c r="D229" s="5">
-        <v>3.9393208552824799</v>
+        <v>3.9393458505474488</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>293.76539666999997</v>
+        <v>293.76561580999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-3.3990845100000229</v>
+        <v>-3.3989474900000118</v>
       </c>
       <c r="D230" s="5">
-        <v>-12.894642212618256</v>
+        <v>-12.894151330144021</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>298.56448822999999</v>
+        <v>298.56460412000001</v>
       </c>
       <c r="C231" s="5">
-        <v>4.7990915600000221</v>
+        <v>4.798988310000027</v>
       </c>
       <c r="D231" s="5">
-        <v>21.464720246007431</v>
+        <v>21.464198708917269</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>297.93370755000001</v>
+        <v>297.93379069000002</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.63078067999998666</v>
+        <v>-0.63081342999998924</v>
       </c>
       <c r="D232" s="5">
-        <v>-2.5060010572271363</v>
+        <v>-2.5061286985626152</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>295.22688505999997</v>
+        <v>295.22734685</v>
       </c>
       <c r="C233" s="5">
-        <v>-2.7068224900000359</v>
+        <v>-2.7064438400000199</v>
       </c>
       <c r="D233" s="5">
-        <v>-10.373763867947716</v>
+        <v>-10.372381680631804</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.20438503616572179</v>
+        <v>-0.20452463495432838</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>291.03682182</v>
+        <v>291.03645067999997</v>
       </c>
       <c r="C234" s="5">
-        <v>-4.1900632399999722</v>
+        <v>-4.1908961700000305</v>
       </c>
       <c r="D234" s="5">
-        <v>-15.762703878795726</v>
+        <v>-15.765574050888597</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>285.28937423000002</v>
+        <v>285.28923183000001</v>
       </c>
       <c r="C235" s="5">
-        <v>-5.7474475899999788</v>
+        <v>-5.7472188499999675</v>
       </c>
       <c r="D235" s="5">
-        <v>-21.286017315750904</v>
+        <v>-21.285284240645407</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>279.96691623999999</v>
+        <v>279.96686901999999</v>
       </c>
       <c r="C236" s="5">
-        <v>-5.3224579900000322</v>
+        <v>-5.3223628100000155</v>
       </c>
       <c r="D236" s="5">
-        <v>-20.227462398239972</v>
+        <v>-20.227146039214496</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>272.44410639</v>
+        <v>272.44398228</v>
       </c>
       <c r="C237" s="5">
-        <v>-7.5228098499999874</v>
+        <v>-7.5228867399999899</v>
       </c>
       <c r="D237" s="5">
-        <v>-27.881207594929911</v>
+        <v>-27.881455868017902</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>270.11014172</v>
+        <v>270.11010161000002</v>
       </c>
       <c r="C238" s="5">
-        <v>-2.3339646700000003</v>
+        <v>-2.333880669999985</v>
       </c>
       <c r="D238" s="5">
-        <v>-9.8093163235731478</v>
+        <v>-9.8089840084320645</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>266.26285970999999</v>
+        <v>266.26281144000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-3.8472820100000149</v>
+        <v>-3.8472901700000079</v>
       </c>
       <c r="D239" s="5">
-        <v>-15.814670551978416</v>
+        <v>-15.814703679280528</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>263.57275170000003</v>
+        <v>263.57277085999999</v>
       </c>
       <c r="C240" s="5">
-        <v>-2.6901080099999604</v>
+        <v>-2.6900405800000158</v>
       </c>
       <c r="D240" s="5">
-        <v>-11.47233234566607</v>
+        <v>-11.472062533709327</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>260.97589801999999</v>
+        <v>260.97591337</v>
       </c>
       <c r="C241" s="5">
-        <v>-2.5968536800000379</v>
+        <v>-2.5968574899999908</v>
       </c>
       <c r="D241" s="5">
-        <v>-11.202920867965593</v>
+        <v>-11.202935653433354</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>257.89403356000003</v>
+        <v>257.89414163999999</v>
       </c>
       <c r="C242" s="5">
-        <v>-3.0818644599999629</v>
+        <v>-3.081771730000014</v>
       </c>
       <c r="D242" s="5">
-        <v>-13.285698738940866</v>
+        <v>-13.285323852353304</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>255.48587323999999</v>
+        <v>255.48589064000001</v>
       </c>
       <c r="C243" s="5">
-        <v>-2.4081603200000359</v>
+        <v>-2.4082509999999786</v>
       </c>
       <c r="D243" s="5">
-        <v>-10.647407112988949</v>
+        <v>-10.647783445207537</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>253.03024533999999</v>
+        <v>253.03025643999999</v>
       </c>
       <c r="C244" s="5">
-        <v>-2.4556278999999961</v>
+        <v>-2.45563420000002</v>
       </c>
       <c r="D244" s="5">
-        <v>-10.94331145361579</v>
+        <v>-10.943337355485028</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>252.88831589</v>
+        <v>252.8885774</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.14192944999999213</v>
+        <v>-0.14167903999998543</v>
       </c>
       <c r="D245" s="5">
-        <v>-0.67103001431697562</v>
+        <v>-0.66984971209046451</v>
       </c>
       <c r="E245" s="5">
-        <v>-14.341027634185611</v>
+        <v>-14.341073041418351</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>255.75557889000001</v>
+        <v>255.75536536000001</v>
       </c>
       <c r="C246" s="5">
-        <v>2.8672630000000083</v>
+        <v>2.8667879600000106</v>
       </c>
       <c r="D246" s="5">
-        <v>14.487011751836443</v>
+        <v>14.484444077793611</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>252.56022478</v>
+        <v>252.56019989000001</v>
       </c>
       <c r="C247" s="5">
-        <v>-3.1953541100000109</v>
+        <v>-3.1951654700000063</v>
       </c>
       <c r="D247" s="5">
-        <v>-14.004035061699271</v>
+        <v>-14.003275182560548</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>253.21769888</v>
+        <v>253.21770606000001</v>
       </c>
       <c r="C248" s="5">
-        <v>0.65747410000000173</v>
+        <v>0.65750617000000489</v>
       </c>
       <c r="D248" s="5">
-        <v>3.1690018568755418</v>
+        <v>3.1691589699368139</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>255.74651865999999</v>
+        <v>255.74646784999999</v>
       </c>
       <c r="C249" s="5">
-        <v>2.5288197799999921</v>
+        <v>2.5287617899999759</v>
       </c>
       <c r="D249" s="5">
-        <v>12.664754200853068</v>
+        <v>12.664447264154077</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>256.47499447000001</v>
+        <v>256.47497691000001</v>
       </c>
       <c r="C250" s="5">
-        <v>0.72847581000002037</v>
+        <v>0.72850906000002169</v>
       </c>
       <c r="D250" s="5">
-        <v>3.4721759742375902</v>
+        <v>3.472337647467727</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>256.83877569999999</v>
+        <v>256.83874287999998</v>
       </c>
       <c r="C251" s="5">
-        <v>0.36378122999997231</v>
+        <v>0.36376596999997446</v>
       </c>
       <c r="D251" s="5">
-        <v>1.7154074549195153</v>
+        <v>1.7153350526135647</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>257.84857411000002</v>
+        <v>257.84856723000001</v>
       </c>
       <c r="C252" s="5">
-        <v>1.0097984100000303</v>
+        <v>1.0098243500000308</v>
       </c>
       <c r="D252" s="5">
-        <v>4.8213423067766881</v>
+        <v>4.8214694787781509</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>257.68439317999997</v>
+        <v>257.68437382000002</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.16418093000004319</v>
+        <v>-0.16419340999999577</v>
       </c>
       <c r="D253" s="5">
-        <v>-0.76141052111020624</v>
+        <v>-0.76146821643358065</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>257.56605379000001</v>
+        <v>257.56610396000002</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.11833938999996008</v>
+        <v>-0.11826985999999806</v>
       </c>
       <c r="D254" s="5">
-        <v>-0.54970007583803326</v>
+        <v>-0.54937795702645342</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>256.75314825999999</v>
+        <v>256.75314815000002</v>
       </c>
       <c r="C255" s="5">
-        <v>-0.81290553000002319</v>
+        <v>-0.81295581000000539</v>
       </c>
       <c r="D255" s="5">
-        <v>-3.7222702455442014</v>
+        <v>-3.722495781707913</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>256.39234356999998</v>
+        <v>256.39236428999999</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.36080469000000903</v>
+        <v>-0.36078386000002638</v>
       </c>
       <c r="D256" s="5">
-        <v>-1.6733383705371807</v>
+        <v>-1.6732425113528904</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>256.81447999</v>
+        <v>256.81464142999999</v>
       </c>
       <c r="C257" s="5">
-        <v>0.42213642000001528</v>
+        <v>0.4222771400000056</v>
       </c>
       <c r="D257" s="5">
-        <v>1.9937262253775678</v>
+        <v>1.9943967071871516</v>
       </c>
       <c r="E257" s="5">
-        <v>1.552528864839986</v>
+        <v>1.5524876885957717</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>256.01476560999998</v>
+        <v>256.01464912</v>
       </c>
       <c r="C258" s="5">
-        <v>-0.79971438000001172</v>
+        <v>-0.79999230999999327</v>
       </c>
       <c r="D258" s="5">
-        <v>-3.6734328297010954</v>
+        <v>-3.6746854187699629</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>257.64528415000001</v>
+        <v>257.64528494000001</v>
       </c>
       <c r="C259" s="5">
-        <v>1.6305185400000255</v>
+        <v>1.6306358200000091</v>
       </c>
       <c r="D259" s="5">
-        <v>7.9160909692673309</v>
+        <v>7.9166841802358778</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>258.72914487999998</v>
+        <v>258.72916831999999</v>
       </c>
       <c r="C260" s="5">
-        <v>1.0838607299999694</v>
+        <v>1.0838833799999747</v>
       </c>
       <c r="D260" s="5">
-        <v>5.1666076913042813</v>
+        <v>5.166718154714145</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>260.04139721000001</v>
+        <v>260.04134683000001</v>
       </c>
       <c r="C261" s="5">
-        <v>1.3122523300000353</v>
+        <v>1.3121785100000238</v>
       </c>
       <c r="D261" s="5">
-        <v>6.2589824080038881</v>
+        <v>6.2586198507568414</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>259.51794497999998</v>
+        <v>259.51791398</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.52345223000003216</v>
+        <v>-0.52343285000000606</v>
       </c>
       <c r="D262" s="5">
-        <v>-2.3889842173625886</v>
+        <v>-2.3888972035594258</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>263.52591909</v>
+        <v>263.52592159</v>
       </c>
       <c r="C263" s="5">
-        <v>4.0079741100000206</v>
+        <v>4.0080076099999928</v>
       </c>
       <c r="D263" s="5">
-        <v>20.190825410119206</v>
+        <v>20.191011377652735</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>266.72852467000001</v>
+        <v>266.72849332999999</v>
       </c>
       <c r="C264" s="5">
-        <v>3.2026055800000108</v>
+        <v>3.2025717399999962</v>
       </c>
       <c r="D264" s="5">
-        <v>15.598849941970251</v>
+        <v>15.598673790980744</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>268.07779907999998</v>
+        <v>268.07776806999999</v>
       </c>
       <c r="C265" s="5">
-        <v>1.3492744099999641</v>
+        <v>1.3492747399999985</v>
       </c>
       <c r="D265" s="5">
-        <v>6.2420978795288073</v>
+        <v>6.2421002028772099</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>270.94455018000002</v>
+        <v>270.94456668999999</v>
       </c>
       <c r="C266" s="5">
-        <v>2.8667511000000445</v>
+        <v>2.8667986199999973</v>
       </c>
       <c r="D266" s="5">
-        <v>13.614784292022453</v>
+        <v>13.615025078849152</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>270.17705361999998</v>
+        <v>270.17705410999997</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.76749656000004052</v>
+        <v>-0.76751258000001599</v>
       </c>
       <c r="D267" s="5">
-        <v>-3.3467426085935448</v>
+        <v>-3.3468111798215738</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>271.64585583000002</v>
+        <v>271.64584930000001</v>
       </c>
       <c r="C268" s="5">
-        <v>1.4688022100000353</v>
+        <v>1.4687951900000371</v>
       </c>
       <c r="D268" s="5">
-        <v>6.7223727318246995</v>
+        <v>6.722339623633844</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>272.76253968999998</v>
+        <v>272.76284311000001</v>
       </c>
       <c r="C269" s="5">
-        <v>1.1166838599999664</v>
+        <v>1.1169938099999968</v>
       </c>
       <c r="D269" s="5">
-        <v>5.0460433638939595</v>
+        <v>5.0474759086399867</v>
       </c>
       <c r="E269" s="5">
-        <v>6.2099534654825428</v>
+        <v>6.2100048467629954</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>273.31047404999998</v>
+        <v>273.31038857999999</v>
       </c>
       <c r="C270" s="5">
-        <v>0.54793435999999929</v>
+        <v>0.54754546999998865</v>
       </c>
       <c r="D270" s="5">
-        <v>2.4374123181063245</v>
+        <v>2.4356605096858441</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>273.90041538000003</v>
+        <v>273.90036622999997</v>
       </c>
       <c r="C271" s="5">
-        <v>0.58994133000004467</v>
+        <v>0.58997764999998026</v>
       </c>
       <c r="D271" s="5">
-        <v>2.621175553067423</v>
+        <v>2.6213396771252562</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>277.54237927999998</v>
+        <v>277.54234461999999</v>
       </c>
       <c r="C272" s="5">
-        <v>3.6419638999999506</v>
+        <v>3.6419783900000198</v>
       </c>
       <c r="D272" s="5">
-        <v>17.176195698094432</v>
+        <v>17.1762724198806</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>277.93833723</v>
+        <v>277.93823413000001</v>
       </c>
       <c r="C273" s="5">
-        <v>0.39595795000002454</v>
+        <v>0.39588951000001771</v>
       </c>
       <c r="D273" s="5">
-        <v>1.7254865538082642</v>
+        <v>1.7251861827099368</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>279.92075612000002</v>
+        <v>279.92067092000002</v>
       </c>
       <c r="C274" s="5">
-        <v>1.9824188900000195</v>
+        <v>1.9824367900000084</v>
       </c>
       <c r="D274" s="5">
-        <v>8.902981763658957</v>
+        <v>8.9030687646588511</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>281.34695412999997</v>
+        <v>281.34697129</v>
       </c>
       <c r="C275" s="5">
-        <v>1.4261980099999505</v>
+        <v>1.4263003699999786</v>
       </c>
       <c r="D275" s="5">
-        <v>6.2882809100400783</v>
+        <v>6.2887469182645095</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>281.17181257999999</v>
+        <v>281.17180218999999</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.175141549999978</v>
+        <v>-0.17516910000000507</v>
       </c>
       <c r="D276" s="5">
-        <v>-0.74446076745592338</v>
+        <v>-0.74457742615660072</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>283.94062048000001</v>
+        <v>283.94064534</v>
       </c>
       <c r="C277" s="5">
-        <v>2.768807900000013</v>
+        <v>2.7688431500000092</v>
       </c>
       <c r="D277" s="5">
-        <v>12.478355315876621</v>
+        <v>12.478523366775374</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>285.86696805000003</v>
+        <v>285.86702506</v>
       </c>
       <c r="C278" s="5">
-        <v>1.9263475700000185</v>
+        <v>1.9263797199999999</v>
       </c>
       <c r="D278" s="5">
-        <v>8.4519540741446075</v>
+        <v>8.4520996708531406</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>289.62569810000002</v>
+        <v>289.62572003000002</v>
       </c>
       <c r="C279" s="5">
-        <v>3.7587300499999969</v>
+        <v>3.7586949700000218</v>
       </c>
       <c r="D279" s="5">
-        <v>16.97078843808648</v>
+        <v>16.970614792752325</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>290.87639325999999</v>
+        <v>290.87633734999997</v>
       </c>
       <c r="C280" s="5">
-        <v>1.2506951599999638</v>
+        <v>1.2506173199999466</v>
       </c>
       <c r="D280" s="5">
-        <v>5.3068434162745648</v>
+        <v>5.3065048376291557</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>292.01976446999998</v>
+        <v>292.02034629000002</v>
       </c>
       <c r="C281" s="5">
-        <v>1.143371209999998</v>
+        <v>1.1440089400000488</v>
       </c>
       <c r="D281" s="5">
-        <v>4.8202612952483292</v>
+        <v>4.8230092275204584</v>
       </c>
       <c r="E281" s="5">
-        <v>7.0600694662420249</v>
+        <v>7.0601636793446332</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>292.73728987999999</v>
+        <v>292.73704895999998</v>
       </c>
       <c r="C282" s="5">
-        <v>0.71752541000000747</v>
+        <v>0.71670266999996102</v>
       </c>
       <c r="D282" s="5">
-        <v>2.988710009302542</v>
+        <v>2.9852306296753284</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>296.53045474999999</v>
+        <v>296.53031358999999</v>
       </c>
       <c r="C283" s="5">
-        <v>3.7931648699999982</v>
+        <v>3.7932646300000101</v>
       </c>
       <c r="D283" s="5">
-        <v>16.706506409038614</v>
+        <v>16.706992308582969</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>297.50738454999998</v>
+        <v>297.50724251000003</v>
       </c>
       <c r="C284" s="5">
-        <v>0.97692979999999352</v>
+        <v>0.9769289200000344</v>
       </c>
       <c r="D284" s="5">
-        <v>4.0258700180376028</v>
+        <v>4.025868276976774</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>298.90152161999998</v>
+        <v>298.90134466000001</v>
       </c>
       <c r="C285" s="5">
-        <v>1.3941370699999993</v>
+        <v>1.3941021499999806</v>
       </c>
       <c r="D285" s="5">
-        <v>5.7704887040547659</v>
+        <v>5.7703432473209304</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>298.88206356000001</v>
+        <v>298.88189582000001</v>
       </c>
       <c r="C286" s="5">
-        <v>-1.945805999997674E-2</v>
+        <v>-1.9448839999995471E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>-7.8090313898748764E-2</v>
+        <v>-7.805337104793697E-2</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>301.10788731000002</v>
+        <v>301.10785919</v>
       </c>
       <c r="C287" s="5">
-        <v>2.2258237500000178</v>
+        <v>2.2259633699999881</v>
       </c>
       <c r="D287" s="5">
-        <v>9.3118750460911883</v>
+        <v>9.3124887287176161</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>301.17523868000001</v>
+        <v>301.17514392999999</v>
       </c>
       <c r="C288" s="5">
-        <v>6.7351369999983035E-2</v>
+        <v>6.7284739999990961E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>0.26874469566620096</v>
+        <v>0.2684785276381163</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>301.60424008000001</v>
+        <v>301.60489789000002</v>
       </c>
       <c r="C289" s="5">
-        <v>0.4290014000000042</v>
+        <v>0.42975396000002775</v>
       </c>
       <c r="D289" s="5">
-        <v>1.7227645347267062</v>
+        <v>1.7258109357046525</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>300.81558063</v>
+        <v>300.81560916000001</v>
       </c>
       <c r="C290" s="5">
-        <v>-0.78865945000001147</v>
+        <v>-0.78928873000000976</v>
       </c>
       <c r="D290" s="5">
-        <v>-3.0931210457241898</v>
+        <v>-3.0955470121381334</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>300.75386605</v>
+        <v>300.75387246999998</v>
       </c>
       <c r="C291" s="5">
-        <v>-6.1714580000000296E-2</v>
+        <v>-6.1736690000032013E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>-0.24591142844202496</v>
+        <v>-0.24599940648025731</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>302.81487815999998</v>
+        <v>302.81474577</v>
       </c>
       <c r="C292" s="5">
-        <v>2.0610121099999787</v>
+        <v>2.0608733000000257</v>
       </c>
       <c r="D292" s="5">
-        <v>8.5405178728994446</v>
+        <v>8.5399206269666017</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>304.18063264</v>
+        <v>304.18142390999998</v>
       </c>
       <c r="C293" s="5">
-        <v>1.365754480000021</v>
+        <v>1.3666781399999763</v>
       </c>
       <c r="D293" s="5">
-        <v>5.5485306833357617</v>
+        <v>5.5523792775679537</v>
       </c>
       <c r="E293" s="5">
-        <v>4.16439900637251</v>
+        <v>4.1644624336973468</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>306.39311758999997</v>
+        <v>306.39253372000002</v>
       </c>
       <c r="C294" s="5">
-        <v>2.2124849499999755</v>
+        <v>2.211109810000039</v>
       </c>
       <c r="D294" s="5">
-        <v>9.0860866307492572</v>
+        <v>9.0801870590745395</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>308.22487612999998</v>
+        <v>308.22455301999997</v>
       </c>
       <c r="C295" s="5">
-        <v>1.8317585400000098</v>
+        <v>1.8320192999999563</v>
       </c>
       <c r="D295" s="5">
-        <v>7.4148120290981501</v>
+        <v>7.4159171165802951</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>309.04262222</v>
+        <v>309.04245383</v>
       </c>
       <c r="C296" s="5">
-        <v>0.81774609000001419</v>
+        <v>0.81790081000002601</v>
       </c>
       <c r="D296" s="5">
-        <v>3.2305689544514182</v>
+        <v>3.2311925728224944</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>312.89148989</v>
+        <v>312.89144807000002</v>
       </c>
       <c r="C297" s="5">
-        <v>3.8488676700000042</v>
+        <v>3.8489942400000245</v>
       </c>
       <c r="D297" s="5">
-        <v>16.012411225693235</v>
+        <v>16.012983706421679</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>314.91276312999997</v>
+        <v>314.91200985</v>
       </c>
       <c r="C298" s="5">
-        <v>2.0212732399999709</v>
+        <v>2.02056177999998</v>
       </c>
       <c r="D298" s="5">
-        <v>8.0334227444962316</v>
+        <v>8.030495025916796</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>314.44145342000002</v>
+        <v>314.44177194999997</v>
       </c>
       <c r="C299" s="5">
-        <v>-0.47130970999995725</v>
+        <v>-0.47023790000002919</v>
       </c>
       <c r="D299" s="5">
-        <v>-1.7812529808324706</v>
+        <v>-1.7772396425906889</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>316.52055970999999</v>
+        <v>316.52032607000001</v>
       </c>
       <c r="C300" s="5">
-        <v>2.0791062899999702</v>
+        <v>2.0785541200000353</v>
       </c>
       <c r="D300" s="5">
-        <v>8.2294770856470087</v>
+        <v>8.2272027925027302</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>318.93796479000002</v>
+        <v>318.93941468999998</v>
       </c>
       <c r="C301" s="5">
-        <v>2.4174050800000373</v>
+        <v>2.4190886199999682</v>
       </c>
       <c r="D301" s="5">
-        <v>9.5598736112058482</v>
+        <v>9.5668210223936114</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>321.26673677999997</v>
+        <v>321.26628405999998</v>
       </c>
       <c r="C302" s="5">
-        <v>2.3287719899999502</v>
+        <v>2.3268693699999972</v>
       </c>
       <c r="D302" s="5">
-        <v>9.1225538379812843</v>
+        <v>9.1147559733871795</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>320.30487312999998</v>
+        <v>320.30507964999998</v>
       </c>
       <c r="C303" s="5">
-        <v>-0.96186364999999796</v>
+        <v>-0.96120440999999346</v>
       </c>
       <c r="D303" s="5">
-        <v>-3.5341914656264906</v>
+        <v>-3.5318138243771724</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>323.73073220999999</v>
+        <v>323.73109419000002</v>
       </c>
       <c r="C304" s="5">
-        <v>3.4258590800000093</v>
+        <v>3.4260145400000397</v>
       </c>
       <c r="D304" s="5">
-        <v>13.617335830076961</v>
+        <v>13.617981256118728</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>326.60447414999999</v>
+        <v>326.60615483999999</v>
       </c>
       <c r="C305" s="5">
-        <v>2.8737419400000022</v>
+        <v>2.8750606499999662</v>
       </c>
       <c r="D305" s="5">
-        <v>11.188124202916438</v>
+        <v>11.193498435095272</v>
       </c>
       <c r="E305" s="5">
-        <v>7.371883382377864</v>
+        <v>7.3721566036967889</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>325.19185859999999</v>
+        <v>325.18951957000002</v>
       </c>
       <c r="C306" s="5">
-        <v>-1.4126155499999982</v>
+        <v>-1.416635269999972</v>
       </c>
       <c r="D306" s="5">
-        <v>-5.0684848706051717</v>
+        <v>-5.0825398431716406</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>322.31873610000002</v>
+        <v>322.31896879999999</v>
       </c>
       <c r="C307" s="5">
-        <v>-2.8731224999999654</v>
+        <v>-2.8705507700000226</v>
       </c>
       <c r="D307" s="5">
-        <v>-10.101872394707467</v>
+        <v>-10.093333733655607</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>320.11519247000001</v>
+        <v>320.11506136000003</v>
       </c>
       <c r="C308" s="5">
-        <v>-2.2035436300000129</v>
+        <v>-2.2039074399999663</v>
       </c>
       <c r="D308" s="5">
-        <v>-7.9022935229176028</v>
+        <v>-7.9035440472643215</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>316.83951072000002</v>
+        <v>316.83914643000003</v>
       </c>
       <c r="C309" s="5">
-        <v>-3.2756817499999897</v>
+        <v>-3.275914929999999</v>
       </c>
       <c r="D309" s="5">
-        <v>-11.611334747702195</v>
+        <v>-11.612119838330059</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>316.27199528</v>
+        <v>316.27018046000001</v>
       </c>
       <c r="C310" s="5">
-        <v>-0.56751544000002241</v>
+        <v>-0.56896597000002203</v>
       </c>
       <c r="D310" s="5">
-        <v>-2.1283626805319589</v>
+        <v>-2.1337514416963965</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>316.98421879</v>
+        <v>316.98468063000001</v>
       </c>
       <c r="C311" s="5">
-        <v>0.71222351000000117</v>
+        <v>0.71450017000000798</v>
       </c>
       <c r="D311" s="5">
-        <v>2.7360427014587518</v>
+        <v>2.7449135099008259</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>317.58512525999998</v>
+        <v>317.58466401999999</v>
       </c>
       <c r="C312" s="5">
-        <v>0.60090646999998398</v>
+        <v>0.59998338999997713</v>
       </c>
       <c r="D312" s="5">
-        <v>2.29870680994404</v>
+        <v>2.295135441030971</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>315.87588547000001</v>
+        <v>315.87802808999999</v>
       </c>
       <c r="C313" s="5">
-        <v>-1.7092397899999696</v>
+        <v>-1.7066359300000045</v>
       </c>
       <c r="D313" s="5">
-        <v>-6.2706014632802898</v>
+        <v>-6.2613381936762913</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>314.54453108000001</v>
+        <v>314.54364267</v>
       </c>
       <c r="C314" s="5">
-        <v>-1.3313543900000013</v>
+        <v>-1.3343854199999896</v>
       </c>
       <c r="D314" s="5">
-        <v>-4.9421483208244243</v>
+        <v>-4.9531069331792965</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>313.62716604000002</v>
+        <v>313.62776824999997</v>
       </c>
       <c r="C315" s="5">
-        <v>-0.91736503999999286</v>
+        <v>-0.91587442000002284</v>
       </c>
       <c r="D315" s="5">
-        <v>-3.4441876957940321</v>
+        <v>-3.4386901362936984</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>311.16506296</v>
+        <v>311.16646338999999</v>
       </c>
       <c r="C316" s="5">
-        <v>-2.4621030800000199</v>
+        <v>-2.4613048599999843</v>
       </c>
       <c r="D316" s="5">
-        <v>-9.0242035693623208</v>
+        <v>-9.0213864268593351</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>310.49948820999998</v>
+        <v>310.50276093999997</v>
       </c>
       <c r="C317" s="5">
-        <v>-0.66557475000001887</v>
+        <v>-0.6637024500000166</v>
       </c>
       <c r="D317" s="5">
-        <v>-2.5367895831765352</v>
+        <v>-2.5297257041936194</v>
       </c>
       <c r="E317" s="5">
-        <v>-4.9310365333830264</v>
+        <v>-4.9305237091716307</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>310.94064759999998</v>
+        <v>310.93762581999999</v>
       </c>
       <c r="C318" s="5">
-        <v>0.44115938999999571</v>
+        <v>0.43486488000002055</v>
       </c>
       <c r="D318" s="5">
-        <v>1.7183532812621971</v>
+        <v>1.6936284841989169</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>307.73865737</v>
+        <v>307.73955590999998</v>
       </c>
       <c r="C319" s="5">
-        <v>-3.2019902299999785</v>
+        <v>-3.1980699100000152</v>
       </c>
       <c r="D319" s="5">
-        <v>-11.680892592327751</v>
+        <v>-11.667497404053929</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>305.64936174000002</v>
+        <v>305.64893544</v>
       </c>
       <c r="C320" s="5">
-        <v>-2.089295629999981</v>
+        <v>-2.0906204699999762</v>
       </c>
       <c r="D320" s="5">
-        <v>-7.8495919500661149</v>
+        <v>-7.8543628741219562</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>305.37047718000002</v>
+        <v>305.36907486000001</v>
       </c>
       <c r="C321" s="5">
-        <v>-0.27888455999999451</v>
+        <v>-0.27986057999999048</v>
       </c>
       <c r="D321" s="5">
-        <v>-1.0894415375084732</v>
+        <v>-1.093236623152305</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>302.88022279</v>
+        <v>302.87644668000002</v>
       </c>
       <c r="C322" s="5">
-        <v>-2.4902543900000182</v>
+        <v>-2.492628179999997</v>
       </c>
       <c r="D322" s="5">
-        <v>-9.3586385281726354</v>
+        <v>-9.3672039630768094</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>300.57830989000001</v>
+        <v>300.57801190999999</v>
       </c>
       <c r="C323" s="5">
-        <v>-2.3019128999999907</v>
+        <v>-2.2984347700000285</v>
       </c>
       <c r="D323" s="5">
-        <v>-8.7483628630615975</v>
+        <v>-8.7357954874275556</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>299.11511817000002</v>
+        <v>299.11416394999998</v>
       </c>
       <c r="C324" s="5">
-        <v>-1.4631917199999975</v>
+        <v>-1.4638479600000096</v>
       </c>
       <c r="D324" s="5">
-        <v>-5.6876184309367916</v>
+        <v>-5.6901068777886472</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>295.26335118999998</v>
+        <v>295.26539904999998</v>
       </c>
       <c r="C325" s="5">
-        <v>-3.8517669800000363</v>
+        <v>-3.8487648999999919</v>
       </c>
       <c r="D325" s="5">
-        <v>-14.403862856785043</v>
+        <v>-14.3934614409151</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>295.81952960000001</v>
+        <v>295.81640776</v>
       </c>
       <c r="C326" s="5">
-        <v>0.55617841000002954</v>
+        <v>0.55100871000001916</v>
       </c>
       <c r="D326" s="5">
-        <v>2.2839685965492462</v>
+        <v>2.2625048037180573</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>294.63499209000003</v>
+        <v>294.63721493999998</v>
       </c>
       <c r="C327" s="5">
-        <v>-1.1845375099999842</v>
+        <v>-1.1791928200000257</v>
       </c>
       <c r="D327" s="5">
-        <v>-4.7006837071233214</v>
+        <v>-4.6799851495239135</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>292.36614148000001</v>
+        <v>292.37083197999999</v>
       </c>
       <c r="C328" s="5">
-        <v>-2.2688506100000154</v>
+        <v>-2.2663829599999872</v>
       </c>
       <c r="D328" s="5">
-        <v>-8.859160756798822</v>
+        <v>-8.8498653175709041</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>290.87752447000003</v>
+        <v>290.88387154999998</v>
       </c>
       <c r="C329" s="5">
-        <v>-1.4886170099999845</v>
+        <v>-1.4869604300000105</v>
       </c>
       <c r="D329" s="5">
-        <v>-5.9417115401372067</v>
+        <v>-5.9351906971607864</v>
       </c>
       <c r="E329" s="5">
-        <v>-6.3194834404136095</v>
+        <v>-6.3184267124088649</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>290.97330475000001</v>
+        <v>290.97122586</v>
       </c>
       <c r="C330" s="5">
-        <v>9.5780279999985396E-2</v>
+        <v>8.7354310000023361E-2</v>
       </c>
       <c r="D330" s="5">
-        <v>0.39585292618129486</v>
+        <v>0.36096358007406959</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>291.33339547999998</v>
+        <v>291.33675718000001</v>
       </c>
       <c r="C331" s="5">
-        <v>0.36009072999996761</v>
+        <v>0.36553132000000232</v>
       </c>
       <c r="D331" s="5">
-        <v>1.4951961858728824</v>
+        <v>1.5179542601773122</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>292.88983378</v>
+        <v>292.89249863999999</v>
       </c>
       <c r="C332" s="5">
-        <v>1.5564383000000248</v>
+        <v>1.5557414599999788</v>
       </c>
       <c r="D332" s="5">
-        <v>6.6027293419378408</v>
+        <v>6.5996074430608731</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>292.44236645000001</v>
+        <v>292.43151792999998</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.44746732999999494</v>
+        <v>-0.46098071000000118</v>
       </c>
       <c r="D333" s="5">
-        <v>-1.817993332540746</v>
+        <v>-1.8724049577183433</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>294.64246129000003</v>
+        <v>294.63352400999997</v>
       </c>
       <c r="C334" s="5">
-        <v>2.2000948400000198</v>
+        <v>2.2020060799999897</v>
       </c>
       <c r="D334" s="5">
-        <v>9.4108847549693841</v>
+        <v>9.4197656037830377</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>294.32886072999997</v>
+        <v>294.32910583</v>
       </c>
       <c r="C335" s="5">
-        <v>-0.31360056000005443</v>
+        <v>-0.30441817999997056</v>
       </c>
       <c r="D335" s="5">
-        <v>-1.2697610838209639</v>
+        <v>-1.2328300612972409</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>289.5580999</v>
+        <v>289.55650336999997</v>
       </c>
       <c r="C336" s="5">
-        <v>-4.770760829999972</v>
+        <v>-4.7726024600000301</v>
       </c>
       <c r="D336" s="5">
-        <v>-17.807077188130393</v>
+        <v>-17.813336533700951</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>289.26411374999998</v>
+        <v>289.26441132000002</v>
       </c>
       <c r="C337" s="5">
-        <v>-0.29398615000002337</v>
+        <v>-0.29209204999995109</v>
       </c>
       <c r="D337" s="5">
-        <v>-1.2115704975718899</v>
+        <v>-1.2038144248433413</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>288.77309086999998</v>
+        <v>288.76830412999999</v>
       </c>
       <c r="C338" s="5">
-        <v>-0.49102288000000271</v>
+        <v>-0.49610719000003201</v>
       </c>
       <c r="D338" s="5">
-        <v>-2.0180772347606846</v>
+        <v>-2.0387746855321853</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>290.97686400999999</v>
+        <v>290.98250629</v>
       </c>
       <c r="C339" s="5">
-        <v>2.2037731400000098</v>
+        <v>2.2142021600000135</v>
       </c>
       <c r="D339" s="5">
-        <v>9.552136508421416</v>
+        <v>9.5994297203686472</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>293.23737600999999</v>
+        <v>293.24633159000001</v>
       </c>
       <c r="C340" s="5">
-        <v>2.2605120000000056</v>
+        <v>2.2638253000000077</v>
       </c>
       <c r="D340" s="5">
-        <v>9.7312655093200426</v>
+        <v>9.74594758484848</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>293.69620932999999</v>
+        <v>293.70632961000001</v>
       </c>
       <c r="C341" s="5">
-        <v>0.45883331999999655</v>
+        <v>0.45999802000000045</v>
       </c>
       <c r="D341" s="5">
-        <v>1.8939032381747101</v>
+        <v>1.8986937776926949</v>
       </c>
       <c r="E341" s="5">
-        <v>0.96902806950651676</v>
+        <v>0.97030407528624352</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>292.43103180000003</v>
+        <v>292.43765858</v>
       </c>
       <c r="C342" s="5">
-        <v>-1.2651775299999599</v>
+        <v>-1.2686710300000072</v>
       </c>
       <c r="D342" s="5">
-        <v>-5.0485973544243894</v>
+        <v>-5.0620380905143865</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>294.31495487000001</v>
+        <v>294.32383006999999</v>
       </c>
       <c r="C343" s="5">
-        <v>1.8839230699999803</v>
+        <v>1.8861714899999811</v>
       </c>
       <c r="D343" s="5">
-        <v>8.0106261091237521</v>
+        <v>8.0203400509284641</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>296.72570381000003</v>
+        <v>296.71649321000001</v>
       </c>
       <c r="C344" s="5">
-        <v>2.410748940000019</v>
+        <v>2.3926631400000247</v>
       </c>
       <c r="D344" s="5">
-        <v>10.284393887480082</v>
+        <v>10.203435699170459</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>297.32872537999998</v>
+        <v>297.31185565999999</v>
       </c>
       <c r="C345" s="5">
-        <v>0.60302156999995304</v>
+        <v>0.59536244999998189</v>
       </c>
       <c r="D345" s="5">
-        <v>2.4661468999958913</v>
+        <v>2.4345537392574279</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>299.02394485000002</v>
+        <v>299.01551401</v>
       </c>
       <c r="C346" s="5">
-        <v>1.6952194700000405</v>
+        <v>1.703658350000012</v>
       </c>
       <c r="D346" s="5">
-        <v>7.0604760183787807</v>
+        <v>7.0971538785193244</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>301.12133408</v>
+        <v>301.12737184999997</v>
       </c>
       <c r="C347" s="5">
-        <v>2.0973892299999761</v>
+        <v>2.1118578399999706</v>
       </c>
       <c r="D347" s="5">
-        <v>8.749360317982946</v>
+        <v>8.8123387912502515</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>301.39231432000003</v>
+        <v>301.36804825000002</v>
       </c>
       <c r="C348" s="5">
-        <v>0.27098024000002852</v>
+        <v>0.24067640000004076</v>
       </c>
       <c r="D348" s="5">
-        <v>1.0852455115522686</v>
+        <v>0.96332873551381315</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>303.76326295000001</v>
+        <v>303.76809880000002</v>
       </c>
       <c r="C349" s="5">
-        <v>2.3709486299999867</v>
+        <v>2.4000505500000031</v>
       </c>
       <c r="D349" s="5">
-        <v>9.859321032510282</v>
+        <v>9.9865275385094598</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>304.98807930999999</v>
+        <v>304.98411227000003</v>
       </c>
       <c r="C350" s="5">
-        <v>1.2248163599999771</v>
+        <v>1.2160134700000071</v>
       </c>
       <c r="D350" s="5">
-        <v>4.9473286658091142</v>
+        <v>4.9109053099438915</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>307.26188847999998</v>
+        <v>307.26884747000003</v>
       </c>
       <c r="C351" s="5">
-        <v>2.2738091699999927</v>
+        <v>2.2847352000000001</v>
       </c>
       <c r="D351" s="5">
-        <v>9.3226036078704944</v>
+        <v>9.3693889421568635</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>308.66123508999999</v>
+        <v>308.66974477999997</v>
       </c>
       <c r="C352" s="5">
-        <v>1.3993466100000092</v>
+        <v>1.400897309999948</v>
       </c>
       <c r="D352" s="5">
-        <v>5.6040879859313053</v>
+        <v>5.6103244954831544</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>311.91418816999999</v>
+        <v>311.95119462000002</v>
       </c>
       <c r="C353" s="5">
-        <v>3.2529530799999975</v>
+        <v>3.2814498400000502</v>
       </c>
       <c r="D353" s="5">
-        <v>13.406118364795617</v>
+        <v>13.53011637734518</v>
       </c>
       <c r="E353" s="5">
-        <v>6.2030010130400104</v>
+        <v>6.2119413749872399</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>313.05399218999997</v>
+        <v>313.06408603</v>
       </c>
       <c r="C354" s="5">
-        <v>1.1398040199999855</v>
+        <v>1.1128914099999747</v>
       </c>
       <c r="D354" s="5">
-        <v>4.4742821527173238</v>
+        <v>4.3660276132955422</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>314.29873408999998</v>
+        <v>314.30881029</v>
       </c>
       <c r="C355" s="5">
-        <v>1.2447419000000082</v>
+        <v>1.2447242599999981</v>
       </c>
       <c r="D355" s="5">
-        <v>4.8770889331348988</v>
+        <v>4.8768575988324736</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>313.94984669000002</v>
+        <v>313.93145236999999</v>
       </c>
       <c r="C356" s="5">
-        <v>-0.34888739999996687</v>
+        <v>-0.37735792000000856</v>
       </c>
       <c r="D356" s="5">
-        <v>-1.3239577645988931</v>
+        <v>-1.4312398008901051</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>315.32864911000001</v>
+        <v>315.30316464999999</v>
       </c>
       <c r="C357" s="5">
-        <v>1.3788024199999995</v>
+        <v>1.371712279999997</v>
       </c>
       <c r="D357" s="5">
-        <v>5.3993322283628631</v>
+        <v>5.371219296555485</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>316.75947953999997</v>
+        <v>316.75001434000001</v>
       </c>
       <c r="C358" s="5">
-        <v>1.4308304299999577</v>
+        <v>1.4468496900000218</v>
       </c>
       <c r="D358" s="5">
-        <v>5.5830699403087936</v>
+        <v>5.6476307422292926</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>316.30851044999997</v>
+        <v>316.31873177</v>
       </c>
       <c r="C359" s="5">
-        <v>-0.45096909000000096</v>
+        <v>-0.43128257000000758</v>
       </c>
       <c r="D359" s="5">
-        <v>-1.6951204495103012</v>
+        <v>-1.621723405979536</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>317.40011221999998</v>
+        <v>317.34836222000001</v>
       </c>
       <c r="C360" s="5">
-        <v>1.0916017700000111</v>
+        <v>1.0296304500000133</v>
       </c>
       <c r="D360" s="5">
-        <v>4.220796433721552</v>
+        <v>3.9767424864257661</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>319.11393621000002</v>
+        <v>319.11988133</v>
       </c>
       <c r="C361" s="5">
-        <v>1.7138239900000372</v>
+        <v>1.7715191099999856</v>
       </c>
       <c r="D361" s="5">
-        <v>6.6754146365716638</v>
+        <v>6.9082463125278659</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>319.61793854000001</v>
+        <v>319.61546795999999</v>
       </c>
       <c r="C362" s="5">
-        <v>0.50400232999999162</v>
+        <v>0.49558662999999115</v>
       </c>
       <c r="D362" s="5">
-        <v>1.9118069110170888</v>
+        <v>1.8795755920621993</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>317.57316457000002</v>
+        <v>317.58290629999999</v>
       </c>
       <c r="C363" s="5">
-        <v>-2.0447739699999943</v>
+        <v>-2.0325616599999989</v>
       </c>
       <c r="D363" s="5">
-        <v>-7.4126171983556759</v>
+        <v>-7.3699376586621845</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>316.66189607000001</v>
+        <v>316.67504615000001</v>
       </c>
       <c r="C364" s="5">
-        <v>-0.91126850000000559</v>
+        <v>-0.90786014999997633</v>
       </c>
       <c r="D364" s="5">
-        <v>-3.3895436910239995</v>
+        <v>-3.3769627332756791</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>314.38131578999997</v>
+        <v>314.45421708999999</v>
       </c>
       <c r="C365" s="5">
-        <v>-2.2805802800000379</v>
+        <v>-2.2208290600000282</v>
       </c>
       <c r="D365" s="5">
-        <v>-8.3080871103626937</v>
+        <v>-8.0984216747799884</v>
       </c>
       <c r="E365" s="5">
-        <v>0.79096357702566067</v>
+        <v>0.80237630538615434</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>314.82182218000003</v>
+        <v>314.83409527999999</v>
       </c>
       <c r="C366" s="5">
-        <v>0.44050639000005276</v>
+        <v>0.37987818999999945</v>
       </c>
       <c r="D366" s="5">
-        <v>1.694440644114259</v>
+        <v>1.4593376881779863</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>315.02468931999999</v>
+        <v>315.03618182999998</v>
       </c>
       <c r="C367" s="5">
-        <v>0.20286713999996664</v>
+        <v>0.20208654999998998</v>
       </c>
       <c r="D367" s="5">
-        <v>0.77601103726769871</v>
+        <v>0.77298432002186335</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>313.61298885999997</v>
+        <v>313.57774351</v>
       </c>
       <c r="C368" s="5">
-        <v>-1.41170046000002</v>
+        <v>-1.4584383199999706</v>
       </c>
       <c r="D368" s="5">
-        <v>-5.246907160002257</v>
+        <v>-5.4160288163991988</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>285.00733442000001</v>
+        <v>284.97765999000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-28.605654439999967</v>
+        <v>-28.600083519999998</v>
       </c>
       <c r="D369" s="5">
-        <v>-68.264602801059638</v>
+        <v>-68.261454129830625</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>282.30647021999999</v>
+        <v>282.29334533000002</v>
       </c>
       <c r="C370" s="5">
-        <v>-2.7008642000000123</v>
+        <v>-2.6843146599999841</v>
       </c>
       <c r="D370" s="5">
-        <v>-10.79739306082268</v>
+        <v>-10.735681880923275</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>280.35925083000001</v>
+        <v>280.36566297000002</v>
       </c>
       <c r="C371" s="5">
-        <v>-1.9472193899999866</v>
+        <v>-1.9276823600000057</v>
       </c>
       <c r="D371" s="5">
-        <v>-7.9701515970928893</v>
+        <v>-7.8935174355547533</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>273.33592958000003</v>
+        <v>273.26915253999999</v>
       </c>
       <c r="C372" s="5">
-        <v>-7.0233212499999809</v>
+        <v>-7.0965104300000235</v>
       </c>
       <c r="D372" s="5">
-        <v>-26.246610564944994</v>
+        <v>-26.482718823297681</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>269.79278239000001</v>
+        <v>269.80375607000002</v>
       </c>
       <c r="C373" s="5">
-        <v>-3.5431471900000133</v>
+        <v>-3.4653964699999733</v>
       </c>
       <c r="D373" s="5">
-        <v>-14.492688541898247</v>
+        <v>-14.199745263587527</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>266.37239742000003</v>
+        <v>266.36354937999999</v>
       </c>
       <c r="C374" s="5">
-        <v>-3.4203849699999864</v>
+        <v>-3.440206690000025</v>
       </c>
       <c r="D374" s="5">
-        <v>-14.19616301709825</v>
+        <v>-14.272210877958113</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>267.07198617</v>
+        <v>267.08749252000001</v>
       </c>
       <c r="C375" s="5">
-        <v>0.69958874999997533</v>
+        <v>0.72394314000001714</v>
       </c>
       <c r="D375" s="5">
-        <v>3.1975532651148608</v>
+        <v>3.3106490007094536</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>267.57716212000003</v>
+        <v>267.59830240000002</v>
       </c>
       <c r="C376" s="5">
-        <v>0.50517595000002302</v>
+        <v>0.51080988000001071</v>
       </c>
       <c r="D376" s="5">
-        <v>2.2936054241069259</v>
+        <v>2.3193182650610655</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>266.64084673999997</v>
+        <v>266.75072354999998</v>
       </c>
       <c r="C377" s="5">
-        <v>-0.93631538000005321</v>
+        <v>-0.84757885000004762</v>
       </c>
       <c r="D377" s="5">
-        <v>-4.1192026298575213</v>
+        <v>-3.7353081171665581</v>
       </c>
       <c r="E377" s="5">
-        <v>-15.185530008370351</v>
+        <v>-15.170250849695799</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>266.31832008999999</v>
+        <v>266.33148942999998</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.32252664999998615</v>
+        <v>-0.41923411999999871</v>
       </c>
       <c r="D378" s="5">
-        <v>-1.441892750861784</v>
+        <v>-1.869741972297867</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>262.30501249000002</v>
+        <v>262.31318591000002</v>
       </c>
       <c r="C379" s="5">
-        <v>-4.0133075999999619</v>
+        <v>-4.0183035199999608</v>
       </c>
       <c r="D379" s="5">
-        <v>-16.657492029594412</v>
+        <v>-16.675780936009275</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>268.94537222999998</v>
+        <v>268.90418094</v>
       </c>
       <c r="C380" s="5">
-        <v>6.6403597399999512</v>
+        <v>6.5909950299999878</v>
       </c>
       <c r="D380" s="5">
-        <v>34.986342923457258</v>
+        <v>34.688088834692188</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>268.67127635999998</v>
+        <v>268.61694504000002</v>
       </c>
       <c r="C381" s="5">
-        <v>-0.27409586999999647</v>
+        <v>-0.28723589999998467</v>
       </c>
       <c r="D381" s="5">
-        <v>-1.2161488900458206</v>
+        <v>-1.2743025314055911</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>266.57149326000001</v>
+        <v>266.53421241000001</v>
       </c>
       <c r="C382" s="5">
-        <v>-2.0997830999999678</v>
+        <v>-2.0827326300000095</v>
       </c>
       <c r="D382" s="5">
-        <v>-8.985707927074893</v>
+        <v>-8.9175529207392028</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>267.429937</v>
+        <v>267.42072915</v>
       </c>
       <c r="C383" s="5">
-        <v>0.85844373999998425</v>
+        <v>0.88651673999999048</v>
       </c>
       <c r="D383" s="5">
-        <v>3.9335608493356045</v>
+        <v>4.0651383980041089</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>269.76395929</v>
+        <v>269.69592009000002</v>
       </c>
       <c r="C384" s="5">
-        <v>2.3340222900000072</v>
+        <v>2.2751909400000159</v>
       </c>
       <c r="D384" s="5">
-        <v>10.990769054853388</v>
+        <v>10.70103860362992</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>269.49586915999998</v>
+        <v>269.51190869999999</v>
       </c>
       <c r="C385" s="5">
-        <v>-0.26809013000001869</v>
+        <v>-0.18401139000002331</v>
       </c>
       <c r="D385" s="5">
-        <v>-1.1860574434240601</v>
+        <v>-0.8156850233294155</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>270.68298291999997</v>
+        <v>270.66888594</v>
       </c>
       <c r="C386" s="5">
-        <v>1.1871137599999884</v>
+        <v>1.1569772400000033</v>
       </c>
       <c r="D386" s="5">
-        <v>5.4158931380317687</v>
+        <v>5.2748200747337215</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>273.38503732999999</v>
+        <v>273.41531414999997</v>
       </c>
       <c r="C387" s="5">
-        <v>2.7020544100000166</v>
+        <v>2.7464282099999764</v>
       </c>
       <c r="D387" s="5">
-        <v>12.658885988569324</v>
+        <v>12.879221891852598</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>275.82377760000003</v>
+        <v>275.87479696000003</v>
       </c>
       <c r="C388" s="5">
-        <v>2.4387402700000393</v>
+        <v>2.4594828100000541</v>
       </c>
       <c r="D388" s="5">
-        <v>11.245775590072649</v>
+        <v>11.344888944145382</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>278.11490603999999</v>
+        <v>278.28857269999997</v>
       </c>
       <c r="C389" s="5">
-        <v>2.2911284399999658</v>
+        <v>2.4137757399999487</v>
       </c>
       <c r="D389" s="5">
-        <v>10.436025700140771</v>
+        <v>11.019728764748859</v>
       </c>
       <c r="E389" s="5">
-        <v>4.3031888925811668</v>
+        <v>4.3253300296437036</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>278.51584309999998</v>
+        <v>278.54183355999999</v>
       </c>
       <c r="C390" s="5">
-        <v>0.40093705999998974</v>
+        <v>0.25326086000001169</v>
       </c>
       <c r="D390" s="5">
-        <v>1.7437312973418662</v>
+        <v>1.0975615977239395</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>279.73534875000001</v>
+        <v>279.75667472999999</v>
       </c>
       <c r="C391" s="5">
-        <v>1.2195056500000305</v>
+        <v>1.2148411699999997</v>
       </c>
       <c r="D391" s="5">
-        <v>5.3827039984484681</v>
+        <v>5.3611069878666484</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>280.46730667999998</v>
+        <v>280.43851059000002</v>
       </c>
       <c r="C392" s="5">
-        <v>0.73195792999996456</v>
+        <v>0.68183586000003515</v>
       </c>
       <c r="D392" s="5">
-        <v>3.18551465479322</v>
+        <v>2.9642206747304778</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>285.74246276999997</v>
+        <v>285.56376461000002</v>
       </c>
       <c r="C393" s="5">
-        <v>5.2751560899999959</v>
+        <v>5.1252540199999999</v>
       </c>
       <c r="D393" s="5">
-        <v>25.057710715960301</v>
+        <v>24.27545477705857</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>287.89474030000002</v>
+        <v>287.77693428999999</v>
       </c>
       <c r="C394" s="5">
-        <v>2.152277530000049</v>
+        <v>2.2131696799999645</v>
       </c>
       <c r="D394" s="5">
-        <v>9.4226843953894459</v>
+        <v>9.7070650023386218</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>289.42550516</v>
+        <v>289.42390383999998</v>
       </c>
       <c r="C395" s="5">
-        <v>1.5307648599999766</v>
+        <v>1.6469695499999943</v>
       </c>
       <c r="D395" s="5">
-        <v>6.5704580828034986</v>
+        <v>7.0880437362037529</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>292.60076502999999</v>
+        <v>292.54529088999999</v>
       </c>
       <c r="C396" s="5">
-        <v>3.1752598699999908</v>
+        <v>3.1213870500000098</v>
       </c>
       <c r="D396" s="5">
-        <v>13.989247790036918</v>
+        <v>13.737734727928274</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>294.07044617999998</v>
+        <v>294.10352214</v>
       </c>
       <c r="C397" s="5">
-        <v>1.4696811499999853</v>
+        <v>1.5582312500000057</v>
       </c>
       <c r="D397" s="5">
-        <v>6.1967139030038032</v>
+        <v>6.5823685423741951</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>295.30014836999999</v>
+        <v>295.28805108</v>
       </c>
       <c r="C398" s="5">
-        <v>1.2297021900000118</v>
+        <v>1.184528940000007</v>
       </c>
       <c r="D398" s="5">
-        <v>5.1350235191331528</v>
+        <v>4.9416225047340889</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>297.69325536999997</v>
+        <v>297.75132030999998</v>
       </c>
       <c r="C399" s="5">
-        <v>2.3931069999999863</v>
+        <v>2.4632692299999803</v>
       </c>
       <c r="D399" s="5">
-        <v>10.170155122625847</v>
+        <v>10.482595854718513</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>299.22200285000002</v>
+        <v>299.31896979999999</v>
       </c>
       <c r="C400" s="5">
-        <v>1.5287474800000496</v>
+        <v>1.567649490000008</v>
       </c>
       <c r="D400" s="5">
-        <v>6.3394387674144514</v>
+        <v>6.504154806148521</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>301.22724863000002</v>
+        <v>301.49081882000002</v>
       </c>
       <c r="C401" s="5">
-        <v>2.0052457799999956</v>
+        <v>2.1718490200000247</v>
       </c>
       <c r="D401" s="5">
-        <v>8.3449699460422586</v>
+        <v>9.0631893946353728</v>
       </c>
       <c r="E401" s="5">
-        <v>8.3103573695815882</v>
+        <v>8.3374771356538915</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>306.53523619999999</v>
+        <v>306.58109008999998</v>
       </c>
       <c r="C402" s="5">
-        <v>5.3079875699999661</v>
+        <v>5.0902712699999597</v>
       </c>
       <c r="D402" s="5">
-        <v>23.32007657962447</v>
+        <v>22.251803179194308</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>306.36241043000001</v>
+        <v>306.40151025</v>
       </c>
       <c r="C403" s="5">
-        <v>-0.17282576999997445</v>
+        <v>-0.17957983999997396</v>
       </c>
       <c r="D403" s="5">
-        <v>-0.67447067635244551</v>
+        <v>-0.70063980500362222</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>306.78975718999999</v>
+        <v>306.82043684000001</v>
       </c>
       <c r="C404" s="5">
-        <v>0.42734675999997762</v>
+        <v>0.41892659000001231</v>
       </c>
       <c r="D404" s="5">
-        <v>1.6867891155706305</v>
+        <v>1.6530907837349895</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>306.63212798000001</v>
+        <v>306.25790552000001</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.15762920999998187</v>
+        <v>-0.56253132000000505</v>
       </c>
       <c r="D405" s="5">
-        <v>-0.61482310474648694</v>
+        <v>-2.178055875048801</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>306.33114075999998</v>
+        <v>306.07142981999999</v>
       </c>
       <c r="C406" s="5">
-        <v>-0.30098722000002454</v>
+        <v>-0.18647570000001679</v>
       </c>
       <c r="D406" s="5">
-        <v>-1.1715702699863217</v>
+        <v>-0.72821950564057047</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>308.49414825999997</v>
+        <v>308.48320935999999</v>
       </c>
       <c r="C407" s="5">
-        <v>2.163007499999992</v>
+        <v>2.4117795399999977</v>
       </c>
       <c r="D407" s="5">
-        <v>8.8101444364210302</v>
+        <v>9.8765103393363862</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>308.20478295999999</v>
+        <v>308.19646825000001</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.28936529999998584</v>
+        <v>-0.28674110999997993</v>
       </c>
       <c r="D408" s="5">
-        <v>-1.1198026353747559</v>
+        <v>-1.109738401804139</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>308.80275712000002</v>
+        <v>308.85040952000003</v>
       </c>
       <c r="C409" s="5">
-        <v>0.59797416000003523</v>
+        <v>0.65394127000001845</v>
       </c>
       <c r="D409" s="5">
-        <v>2.3532273334940124</v>
+        <v>2.5761244617751311</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>310.69378217000002</v>
+        <v>310.69707585999998</v>
       </c>
       <c r="C410" s="5">
-        <v>1.8910250499999961</v>
+        <v>1.8466663399999561</v>
       </c>
       <c r="D410" s="5">
-        <v>7.6011002611760414</v>
+        <v>7.4157122192382907</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>308.82540799999998</v>
+        <v>308.91977285000002</v>
       </c>
       <c r="C411" s="5">
-        <v>-1.8683741700000382</v>
+        <v>-1.7773030099999687</v>
       </c>
       <c r="D411" s="5">
-        <v>-6.9823114779094864</v>
+        <v>-6.6525430055363932</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>309.04679148999998</v>
+        <v>309.20254027999999</v>
       </c>
       <c r="C412" s="5">
-        <v>0.2213834899999938</v>
+        <v>0.2827674299999785</v>
       </c>
       <c r="D412" s="5">
-        <v>0.86362750341995032</v>
+        <v>1.1039578583396992</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>309.93262403</v>
+        <v>310.26027452</v>
       </c>
       <c r="C413" s="5">
-        <v>0.88583254000002398</v>
+        <v>1.057734240000002</v>
       </c>
       <c r="D413" s="5">
-        <v>3.4943518545205832</v>
+        <v>4.1831370093606379</v>
       </c>
       <c r="E413" s="5">
-        <v>2.8899694299212797</v>
+        <v>2.9086974304300961</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>308.54385889999998</v>
+        <v>308.61137262</v>
       </c>
       <c r="C414" s="5">
-        <v>-1.3887651300000243</v>
+        <v>-1.6489018999999985</v>
       </c>
       <c r="D414" s="5">
-        <v>-5.2464775566305359</v>
+        <v>-6.194339629572065</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>308.95626301999999</v>
+        <v>309.02244145999998</v>
       </c>
       <c r="C415" s="5">
-        <v>0.41240412000001925</v>
+        <v>0.41106883999998445</v>
       </c>
       <c r="D415" s="5">
-        <v>1.6157809465974893</v>
+        <v>1.6101560749362198</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>309.27652753000001</v>
+        <v>309.38992064000001</v>
       </c>
       <c r="C416" s="5">
-        <v>0.32026451000001543</v>
+        <v>0.3674791800000321</v>
       </c>
       <c r="D416" s="5">
-        <v>1.2510382824629129</v>
+        <v>1.4363702433167536</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>309.22446959000001</v>
+        <v>308.64586896999998</v>
       </c>
       <c r="C417" s="5">
-        <v>-5.2057939999997416E-2</v>
+        <v>-0.74405167000003303</v>
       </c>
       <c r="D417" s="5">
-        <v>-0.20179911023983088</v>
+        <v>-2.8480123875937458</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>310.65074068000001</v>
+        <v>310.24130525999999</v>
       </c>
       <c r="C418" s="5">
-        <v>1.4262710900000002</v>
+        <v>1.5954362900000092</v>
       </c>
       <c r="D418" s="5">
-        <v>5.6774881950400369</v>
+        <v>6.3824049463416355</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>311.16111828999999</v>
+        <v>311.13574834999997</v>
       </c>
       <c r="C419" s="5">
-        <v>0.51037760999997772</v>
+        <v>0.89444308999998157</v>
       </c>
       <c r="D419" s="5">
-        <v>1.9894295105767013</v>
+        <v>3.5150572556380988</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>305.68729969999998</v>
+        <v>305.73728843999999</v>
       </c>
       <c r="C420" s="5">
-        <v>-5.4738185900000076</v>
+        <v>-5.3984599099999855</v>
       </c>
       <c r="D420" s="5">
-        <v>-19.182602059271979</v>
+        <v>-18.944598624041443</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>312.36462363999999</v>
+        <v>312.42919655999998</v>
       </c>
       <c r="C421" s="5">
-        <v>6.677323940000008</v>
+        <v>6.6919081199999937</v>
       </c>
       <c r="D421" s="5">
-        <v>29.6024957288469</v>
+        <v>29.66967713593607</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>313.32477716</v>
+        <v>313.34365294999998</v>
       </c>
       <c r="C422" s="5">
-        <v>0.96015352000000576</v>
+        <v>0.91445638999999801</v>
       </c>
       <c r="D422" s="5">
-        <v>3.7515901623233816</v>
+        <v>3.5694050359466711</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>314.14278695000002</v>
+        <v>314.27630106999999</v>
       </c>
       <c r="C423" s="5">
-        <v>0.81800979000001917</v>
+        <v>0.93264812000001029</v>
       </c>
       <c r="D423" s="5">
-        <v>3.178268180726973</v>
+        <v>3.6307808764219907</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>314.66449494</v>
+        <v>314.87364058000003</v>
       </c>
       <c r="C424" s="5">
-        <v>0.52170798999998169</v>
+        <v>0.59733951000004026</v>
       </c>
       <c r="D424" s="5">
-        <v>2.0111864819885694</v>
+        <v>2.3048140019084284</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>314.28716622000002</v>
+        <v>314.65975645999998</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.37732871999997997</v>
+        <v>-0.21388412000004564</v>
       </c>
       <c r="D425" s="5">
-        <v>-1.4295227417728928</v>
+        <v>-0.81208522360100011</v>
       </c>
       <c r="E425" s="5">
-        <v>1.404996393531821</v>
+        <v>1.4179971789190171</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>320.90971795000002</v>
+        <v>321.77073102999998</v>
       </c>
       <c r="C426" s="5">
-        <v>6.6225517299999979</v>
+        <v>7.1109745699999962</v>
       </c>
       <c r="D426" s="5">
-        <v>28.432418263857873</v>
+        <v>30.756720606800549</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>320.52948716999998</v>
+        <v>321.31535878</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.38023078000003352</v>
+        <v>-0.45537224999998216</v>
       </c>
       <c r="D427" s="5">
-        <v>-1.4125942823889126</v>
+        <v>-1.6850922237050536</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>321.33017630000001</v>
+        <v>322.30471334999999</v>
       </c>
       <c r="C428" s="5">
-        <v>0.8006891300000234</v>
+        <v>0.98935456999998905</v>
       </c>
       <c r="D428" s="5">
-        <v>3.0391537876200303</v>
+        <v>3.7581111903039144</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>322.01498247000001</v>
+        <v>325.70786178999998</v>
       </c>
       <c r="C429" s="5">
-        <v>0.68480617000000166</v>
+        <v>3.4031484399999954</v>
       </c>
       <c r="D429" s="5">
-        <v>2.5875827137912477</v>
+        <v>13.432895568804405</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>320.93208778000002</v>
+        <v>325.94768183999997</v>
       </c>
       <c r="C430" s="5">
-        <v>-1.0828946899999892</v>
+        <v>0.23982004999999162</v>
       </c>
       <c r="D430" s="5">
-        <v>-3.9616362619987577</v>
+        <v>0.88715192447299529</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>319.92211472000002</v>
+        <v>325.58888243000001</v>
       </c>
       <c r="C431" s="5">
-        <v>-1.009973059999993</v>
+        <v>-0.35879940999996052</v>
       </c>
       <c r="D431" s="5">
-        <v>-3.711716220937511</v>
+        <v>-1.3129778383086155</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>320.98006982999999</v>
+        <v>326.31254722</v>
       </c>
       <c r="C432" s="5">
-        <v>1.0579551099999662</v>
+        <v>0.72366478999998662</v>
       </c>
       <c r="D432" s="5">
-        <v>4.0412745729630384</v>
+        <v>2.7000077543113177</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>320.90709606000001</v>
+        <v>326.23836112999999</v>
       </c>
       <c r="C433" s="5">
-        <v>-7.2973769999975957E-2</v>
+        <v>-7.4186090000011973E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>-0.27247520596777042</v>
+        <v>-0.27247520116432389</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>321.25296685000001</v>
+        <v>326.58997791000002</v>
       </c>
       <c r="C434" s="5">
-        <v>0.34587078999999221</v>
+        <v>0.35161678000002894</v>
       </c>
       <c r="D434" s="5">
-        <v>1.3010436295242123</v>
+        <v>1.3010436307240747</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>329.78176915</v>
+      </c>
+      <c r="C435" s="5">
+        <v>3.1917912399999864</v>
+      </c>
+      <c r="D435" s="5">
+        <v>12.379082333507041</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>331.08593359999998</v>
+      </c>
+      <c r="C436" s="5">
+        <v>1.3041644499999734</v>
+      </c>
+      <c r="D436" s="5">
+        <v>4.8501452385894206</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">