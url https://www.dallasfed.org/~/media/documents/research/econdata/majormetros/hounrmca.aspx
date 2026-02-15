--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{DDB250C3-41BA-4FAF-9AEC-FD13D728437F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{EC374A8D-C9F9-4068-96A0-24160BE94AFE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{BEB258A2-CEF7-43C7-A572-860D60CDA3EF}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{D126F5F0-8678-486F-AF35-DE453ABDF68A}"/>
   </bookViews>
   <sheets>
     <sheet name="hounrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4E3A96EB-8B38-4708-8C7E-DB037D3A4840}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{95109CA4-1ED7-437E-BEF1-8575BFE8DCC8}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>325.58888243000001</v>
       </c>
       <c r="C431" s="5">
         <v>-0.35879940999996052</v>
       </c>
       <c r="D431" s="5">
         <v>-1.3129778383086155</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>326.31254722</v>
       </c>
       <c r="C432" s="5">
         <v>0.72366478999998662</v>
       </c>
       <c r="D432" s="5">
         <v>2.7000077543113177</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>326.23836112999999</v>
       </c>
       <c r="C433" s="5">
         <v>-7.4186090000011973E-2</v>
       </c>
       <c r="D433" s="5">
         <v>-0.27247520116432389</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>326.58997791000002</v>
       </c>
       <c r="C434" s="5">
         <v>0.35161678000002894</v>
       </c>
       <c r="D434" s="5">
         <v>1.3010436307240747</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>329.78176915</v>
       </c>
       <c r="C435" s="5">
         <v>3.1917912399999864</v>
       </c>
       <c r="D435" s="5">
         <v>12.379082333507041</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>331.08593359999998</v>
+        <v>331.46382493999999</v>
       </c>
       <c r="C436" s="5">
-        <v>1.3041644499999734</v>
+        <v>1.6820557899999926</v>
       </c>
       <c r="D436" s="5">
-        <v>4.8501452385894206</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>6.2952675353751264</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>329.19232106999999</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-2.2715038700000036</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-7.9205532214472019</v>
+      </c>
+      <c r="E437" s="5">
+        <v>4.6185011942724952</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>