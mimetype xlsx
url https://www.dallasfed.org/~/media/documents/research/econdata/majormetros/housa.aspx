--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{076CBC2A-E40D-407D-9BF0-7AE19B0D4ECE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{946B130C-EFE7-4EF8-A2A8-98C49D5642E5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{56E3C044-1756-421C-9E50-857F03C2E756}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{E894FFE8-32ED-40E2-8A4A-D4D15B4274EA}"/>
   </bookViews>
   <sheets>
     <sheet name="hounaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Total Nonfarm Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B5F5C0A1-C9BB-4F9F-A5F0-8CC2132BFECF}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B33C63CF-C0B4-4AD4-A2F6-30CB67526090}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-2.1168863000002602</v>
       </c>
       <c r="D431" s="5">
         <v>-0.73229593720995911</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>3456.1924171999999</v>
       </c>
       <c r="C432" s="5">
         <v>1.0646474000000126</v>
       </c>
       <c r="D432" s="5">
         <v>0.37038985467057195</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>3457.9624628000001</v>
+        <v>3460.9755927000001</v>
       </c>
       <c r="C433" s="5">
-        <v>1.7700456000002305</v>
+        <v>4.7831755000001976</v>
       </c>
       <c r="D433" s="5">
-        <v>0.61629898808064354</v>
+        <v>1.6734318395818848</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>3463.6997326999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>2.7241399999998066</v>
+      </c>
+      <c r="D434" s="5">
+        <v>0.94862175840868534</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>