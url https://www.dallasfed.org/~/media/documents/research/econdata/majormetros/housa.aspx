--- v1 (2025-12-16)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{946B130C-EFE7-4EF8-A2A8-98C49D5642E5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{5D25743C-65E4-4432-A4DC-E7054FA142EC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{E894FFE8-32ED-40E2-8A4A-D4D15B4274EA}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C0ABAE0F-73C9-446B-B801-9D1C5DF24124}"/>
   </bookViews>
   <sheets>
     <sheet name="hounaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Total Nonfarm Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B33C63CF-C0B4-4AD4-A2F6-30CB67526090}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD625EF0-B3C2-4D1D-928E-C303023C9E46}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>1733.7765005000001</v>
+        <v>1733.7768601</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>1741.4882640999999</v>
+        <v>1741.4865259000001</v>
       </c>
       <c r="C7" s="5">
-        <v>7.7117635999998129</v>
+        <v>7.7096658000000389</v>
       </c>
       <c r="D7" s="5">
-        <v>5.470080633598462</v>
+        <v>5.4685548881299395</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>1749.3160971</v>
+        <v>1749.3162594</v>
       </c>
       <c r="C8" s="5">
-        <v>7.8278330000000551</v>
+        <v>7.8297334999999748</v>
       </c>
       <c r="D8" s="5">
-        <v>5.5292581228534976</v>
+        <v>5.5306395834390898</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>1758.7852023</v>
+        <v>1758.7891686</v>
       </c>
       <c r="C9" s="5">
-        <v>9.4691052000000582</v>
+        <v>9.4729092000000037</v>
       </c>
       <c r="D9" s="5">
-        <v>6.6925575246271185</v>
+        <v>6.6953260460583586</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>1775.4464955000001</v>
+        <v>1775.4482023</v>
       </c>
       <c r="C10" s="5">
-        <v>16.661293200000046</v>
+        <v>16.659033700000009</v>
       </c>
       <c r="D10" s="5">
-        <v>11.979218551323401</v>
+        <v>11.977480022448361</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>1787.7505136</v>
+        <v>1787.7481805</v>
       </c>
       <c r="C11" s="5">
-        <v>12.304018099999894</v>
+        <v>12.299978199999941</v>
       </c>
       <c r="D11" s="5">
-        <v>8.6405284622262712</v>
+        <v>8.637573848664303</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>1797.4637071</v>
+        <v>1797.4627458</v>
       </c>
       <c r="C12" s="5">
-        <v>9.7131934999999885</v>
+        <v>9.7145653000000038</v>
       </c>
       <c r="D12" s="5">
-        <v>6.7182328097947996</v>
+        <v>6.7192191974677629</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>1803.3420364999999</v>
+        <v>1803.3447024</v>
       </c>
       <c r="C13" s="5">
-        <v>5.8783293999999842</v>
+        <v>5.8819565999999668</v>
       </c>
       <c r="D13" s="5">
-        <v>3.9957792583611651</v>
+        <v>3.998291559224465</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>1805.892769</v>
+        <v>1805.8908506</v>
       </c>
       <c r="C14" s="5">
-        <v>2.5507325000000947</v>
+        <v>2.5461482000000615</v>
       </c>
       <c r="D14" s="5">
-        <v>1.7106037309242428</v>
+        <v>1.7075028940682468</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>1803.4289796</v>
+        <v>1803.4275416</v>
       </c>
       <c r="C15" s="5">
-        <v>-2.463789399999996</v>
+        <v>-2.4633089999999811</v>
       </c>
       <c r="D15" s="5">
-        <v>-1.6249374971593289</v>
+        <v>-1.6246247461265462</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>1808.2671883999999</v>
+        <v>1808.2667746</v>
       </c>
       <c r="C16" s="5">
-        <v>4.8382087999998475</v>
+        <v>4.839232999999922</v>
       </c>
       <c r="D16" s="5">
-        <v>3.267269444118881</v>
+        <v>3.2679739759059023</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>1816.331764</v>
+        <v>1816.3313753</v>
       </c>
       <c r="C17" s="5">
-        <v>8.0645756000001256</v>
+        <v>8.0646007000000282</v>
       </c>
       <c r="D17" s="5">
-        <v>5.485049722558899</v>
+        <v>5.4850685011513578</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>1804.5814637000001</v>
+        <v>1804.5817439</v>
       </c>
       <c r="C18" s="5">
-        <v>-11.750300299999935</v>
+        <v>-11.749631399999998</v>
       </c>
       <c r="D18" s="5">
-        <v>-7.492750269624338</v>
+        <v>-7.4923403421998769</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>1808.4818981000001</v>
+        <v>1808.4801465999999</v>
       </c>
       <c r="C19" s="5">
-        <v>3.9004343999999946</v>
+        <v>3.898402699999906</v>
       </c>
       <c r="D19" s="5">
-        <v>2.6247443025389172</v>
+        <v>2.6233604002240396</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>1815.2235971</v>
+        <v>1815.2236032000001</v>
       </c>
       <c r="C20" s="5">
-        <v>6.7416989999999259</v>
+        <v>6.7434566000001723</v>
       </c>
       <c r="D20" s="5">
-        <v>4.566253917773655</v>
+        <v>4.5674734009619966</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>1812.9926125</v>
+        <v>1812.9968395999999</v>
       </c>
       <c r="C21" s="5">
-        <v>-2.2309846000000562</v>
+        <v>-2.2267636000001403</v>
       </c>
       <c r="D21" s="5">
-        <v>-1.4649205994912706</v>
+        <v>-1.4621676530279903</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>1817.6918484</v>
+        <v>1817.6932996999999</v>
       </c>
       <c r="C22" s="5">
-        <v>4.6992359000000761</v>
+        <v>4.6964600999999675</v>
       </c>
       <c r="D22" s="5">
-        <v>3.1550993313677056</v>
+        <v>3.1532015505889355</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>1823.5764056</v>
+        <v>1823.5746124</v>
       </c>
       <c r="C23" s="5">
-        <v>5.8845572000000175</v>
+        <v>5.8813127000000804</v>
       </c>
       <c r="D23" s="5">
-        <v>3.9547786809349228</v>
+        <v>3.9525560192206211</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>1814.3584954</v>
+        <v>1814.3581818</v>
       </c>
       <c r="C24" s="5">
-        <v>-9.2179102000000057</v>
+        <v>-9.2164305999999669</v>
       </c>
       <c r="D24" s="5">
-        <v>-5.8999926006697461</v>
+        <v>-5.8990773802145231</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>1813.8284143999999</v>
+        <v>1813.8304095999999</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.53008100000010927</v>
+        <v>-0.52777220000007219</v>
       </c>
       <c r="D25" s="5">
-        <v>-0.35002788496006909</v>
+        <v>-0.3485058156786347</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>1818.1293680000001</v>
+        <v>1818.1277864000001</v>
       </c>
       <c r="C26" s="5">
-        <v>4.3009536000001845</v>
+        <v>4.2973768000001655</v>
       </c>
       <c r="D26" s="5">
-        <v>2.8828464592491887</v>
+        <v>2.8804144626144446</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>1812.0010147</v>
+        <v>1811.9996045</v>
       </c>
       <c r="C27" s="5">
-        <v>-6.1283533000000716</v>
+        <v>-6.1281819000000723</v>
       </c>
       <c r="D27" s="5">
-        <v>-3.9706797191489729</v>
+        <v>-3.9705741065799383</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>1812.8005971</v>
+        <v>1812.799994</v>
       </c>
       <c r="C28" s="5">
-        <v>0.79958239999996295</v>
+        <v>0.80038949999993747</v>
       </c>
       <c r="D28" s="5">
-        <v>0.5308115129843971</v>
+        <v>0.531349032037709</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>1809.0165161</v>
+        <v>1809.0160483</v>
       </c>
       <c r="C29" s="5">
-        <v>-3.7840810000000147</v>
+        <v>-3.7839457000000039</v>
       </c>
       <c r="D29" s="5">
-        <v>-2.4763479294874768</v>
+        <v>-2.4762612159516584</v>
       </c>
       <c r="E29" s="5">
-        <v>-0.40274844304269974</v>
+        <v>-0.40275288416420363</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>1810.8133949999999</v>
+        <v>1810.8132478</v>
       </c>
       <c r="C30" s="5">
-        <v>1.7968788999999106</v>
+        <v>1.7971995000000334</v>
       </c>
       <c r="D30" s="5">
-        <v>1.1984819268453295</v>
+        <v>1.1986972419947728</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>1810.0872231000001</v>
+        <v>1810.0854274000001</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.72617189999982656</v>
+        <v>-0.72782039999992776</v>
       </c>
       <c r="D31" s="5">
-        <v>-0.48016370330814517</v>
+        <v>-0.4812513648145722</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>1810.2800792999999</v>
+        <v>1810.2792617</v>
       </c>
       <c r="C32" s="5">
-        <v>0.19285619999982373</v>
+        <v>0.19383429999993496</v>
       </c>
       <c r="D32" s="5">
-        <v>0.12792925194042848</v>
+        <v>0.12857857470893741</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>1812.6908052000001</v>
+        <v>1812.6955954</v>
       </c>
       <c r="C33" s="5">
-        <v>2.4107259000002159</v>
+        <v>2.4163336999999956</v>
       </c>
       <c r="D33" s="5">
-        <v>1.6097805183871605</v>
+        <v>1.613553437056936</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>1814.8004470000001</v>
+        <v>1814.8019105000001</v>
       </c>
       <c r="C34" s="5">
-        <v>2.109641799999963</v>
+        <v>2.1063151000000744</v>
       </c>
       <c r="D34" s="5">
-        <v>1.4055556284656934</v>
+        <v>1.4033212877047285</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>1811.8773437</v>
+        <v>1811.8764298999999</v>
       </c>
       <c r="C35" s="5">
-        <v>-2.9231033000000934</v>
+        <v>-2.9254806000001281</v>
       </c>
       <c r="D35" s="5">
-        <v>-1.9158116014011961</v>
+        <v>-1.9173543711554109</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>1814.1412628</v>
+        <v>1814.1416810000001</v>
       </c>
       <c r="C36" s="5">
-        <v>2.2639191000000665</v>
+        <v>2.2652511000001141</v>
       </c>
       <c r="D36" s="5">
-        <v>1.5097327587983544</v>
+        <v>1.5106279094728947</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>1811.8014298999999</v>
+        <v>1811.8025368000001</v>
       </c>
       <c r="C37" s="5">
-        <v>-2.3398329000001468</v>
+        <v>-2.3391441999999643</v>
       </c>
       <c r="D37" s="5">
-        <v>-1.5367970885578175</v>
+        <v>-1.5363476032497769</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>1810.7258824</v>
+        <v>1810.7250710999999</v>
       </c>
       <c r="C38" s="5">
-        <v>-1.0755474999998569</v>
+        <v>-1.0774657000001753</v>
       </c>
       <c r="D38" s="5">
-        <v>-0.71003992249255576</v>
+        <v>-0.71130168078671341</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>1823.7642023000001</v>
+        <v>1823.7626206</v>
       </c>
       <c r="C39" s="5">
-        <v>13.038319900000033</v>
+        <v>13.037549500000068</v>
       </c>
       <c r="D39" s="5">
-        <v>8.9912742511211619</v>
+        <v>8.9907259564756536</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>1825.8217255</v>
+        <v>1825.8210335000001</v>
       </c>
       <c r="C40" s="5">
-        <v>2.0575231999998778</v>
+        <v>2.0584129000001212</v>
       </c>
       <c r="D40" s="5">
-        <v>1.362240692448724</v>
+        <v>1.3628345938976327</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>1826.7581150999999</v>
+        <v>1826.7568497</v>
       </c>
       <c r="C41" s="5">
-        <v>0.93638959999998406</v>
+        <v>0.93581619999986287</v>
       </c>
       <c r="D41" s="5">
-        <v>0.61717005946357872</v>
+        <v>0.61679130259360004</v>
       </c>
       <c r="E41" s="5">
-        <v>0.98073173141881576</v>
+        <v>0.98068789476311036</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>1829.9917512</v>
+        <v>1829.9915057000001</v>
       </c>
       <c r="C42" s="5">
-        <v>3.2336361000000124</v>
+        <v>3.2346560000000864</v>
       </c>
       <c r="D42" s="5">
-        <v>2.1449833073517333</v>
+        <v>2.1456679455917005</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>1830.4565697</v>
+        <v>1830.4547203</v>
       </c>
       <c r="C43" s="5">
-        <v>0.46481850000009217</v>
+        <v>0.46321459999990111</v>
       </c>
       <c r="D43" s="5">
-        <v>0.30522655770703899</v>
+        <v>0.30417191889975381</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>1834.0891873999999</v>
+        <v>1834.0872764000001</v>
       </c>
       <c r="C44" s="5">
-        <v>3.6326176999998552</v>
+        <v>3.6325561000001017</v>
       </c>
       <c r="D44" s="5">
-        <v>2.4076164446805937</v>
+        <v>2.4075776300590768</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>1838.7944124999999</v>
+        <v>1838.7992291999999</v>
       </c>
       <c r="C45" s="5">
-        <v>4.7052251000000069</v>
+        <v>4.7119527999998354</v>
       </c>
       <c r="D45" s="5">
-        <v>3.1223254864865435</v>
+        <v>3.1268564748129002</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>1839.8196908</v>
+        <v>1839.8213376000001</v>
       </c>
       <c r="C46" s="5">
-        <v>1.0252783000000818</v>
+        <v>1.0221084000002065</v>
       </c>
       <c r="D46" s="5">
-        <v>0.67115390284846477</v>
+        <v>0.66907075959550255</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>1844.8480955</v>
+        <v>1844.8486112999999</v>
       </c>
       <c r="C47" s="5">
-        <v>5.0284047000000101</v>
+        <v>5.027273699999796</v>
       </c>
       <c r="D47" s="5">
-        <v>3.3294684702417365</v>
+        <v>3.3287052841641351</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>1854.3186618</v>
+        <v>1854.3196683000001</v>
       </c>
       <c r="C48" s="5">
-        <v>9.4705662999999731</v>
+        <v>9.4710570000002008</v>
       </c>
       <c r="D48" s="5">
-        <v>6.337166059635746</v>
+        <v>6.3375019122080767</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>1857.7053622999999</v>
+        <v>1857.7059342</v>
       </c>
       <c r="C49" s="5">
-        <v>3.3867004999999608</v>
+        <v>3.3862658999998985</v>
       </c>
       <c r="D49" s="5">
-        <v>2.213812553332728</v>
+        <v>2.213524391793853</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>1861.2316867</v>
+        <v>1861.2319454999999</v>
       </c>
       <c r="C50" s="5">
-        <v>3.5263244000000213</v>
+        <v>3.5260112999999365</v>
       </c>
       <c r="D50" s="5">
-        <v>2.3017905132303174</v>
+        <v>2.3015832845944884</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>1861.7281151</v>
+        <v>1861.7258347</v>
       </c>
       <c r="C51" s="5">
-        <v>0.49642840000001343</v>
+        <v>0.49388920000001235</v>
       </c>
       <c r="D51" s="5">
-        <v>0.32053438140386969</v>
+        <v>0.31889243028992986</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>1863.3575536999999</v>
+        <v>1863.356728</v>
       </c>
       <c r="C52" s="5">
-        <v>1.6294385999999577</v>
+        <v>1.6308933000000252</v>
       </c>
       <c r="D52" s="5">
-        <v>1.0553454556760933</v>
+        <v>1.0562934715901973</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>1871.1832405</v>
+        <v>1871.1814738999999</v>
       </c>
       <c r="C53" s="5">
-        <v>7.825686800000085</v>
+        <v>7.8247458999999253</v>
       </c>
       <c r="D53" s="5">
-        <v>5.1577896239935583</v>
+        <v>5.1571574374326801</v>
       </c>
       <c r="E53" s="5">
-        <v>2.4319106636385923</v>
+        <v>2.431884911628801</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>1868.4884944</v>
+        <v>1868.4878695</v>
       </c>
       <c r="C54" s="5">
-        <v>-2.6947460999999748</v>
+        <v>-2.6936043999999129</v>
       </c>
       <c r="D54" s="5">
-        <v>-1.714532621928877</v>
+        <v>-1.7138135619079731</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>1866.6912778999999</v>
+        <v>1866.6894152</v>
       </c>
       <c r="C55" s="5">
-        <v>-1.7972165000001041</v>
+        <v>-1.7984543000000031</v>
       </c>
       <c r="D55" s="5">
-        <v>-1.1481403983729876</v>
+        <v>-1.1489273598408012</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>1872.4405747999999</v>
+        <v>1872.4375035</v>
       </c>
       <c r="C56" s="5">
-        <v>5.7492968999999903</v>
+        <v>5.7480883000000631</v>
       </c>
       <c r="D56" s="5">
-        <v>3.7591828819328432</v>
+        <v>3.7583830204034552</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>1884.6329992000001</v>
+        <v>1884.6378239000001</v>
       </c>
       <c r="C57" s="5">
-        <v>12.192424400000164</v>
+        <v>12.20032040000001</v>
       </c>
       <c r="D57" s="5">
-        <v>8.0998203643524604</v>
+        <v>8.1052691019434029</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>1884.264273</v>
+        <v>1884.2664021999999</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.36872620000008283</v>
+        <v>-0.3714217000001554</v>
       </c>
       <c r="D58" s="5">
-        <v>-0.23452609659860846</v>
+        <v>-0.23623809122448325</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>1888.6302900999999</v>
+        <v>1888.6322662</v>
       </c>
       <c r="C59" s="5">
-        <v>4.3660170999999082</v>
+        <v>4.3658640000001014</v>
       </c>
       <c r="D59" s="5">
-        <v>2.81622259819998</v>
+        <v>2.816119359016489</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>1894.7021239999999</v>
+        <v>1894.7033908999999</v>
       </c>
       <c r="C60" s="5">
-        <v>6.0718339000000014</v>
+        <v>6.0711246999999275</v>
       </c>
       <c r="D60" s="5">
-        <v>3.9268814440808431</v>
+        <v>3.9264104573449199</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>1900.1683588000001</v>
+        <v>1900.1689137999999</v>
       </c>
       <c r="C61" s="5">
-        <v>5.4662348000001657</v>
+        <v>5.4655228999999963</v>
       </c>
       <c r="D61" s="5">
-        <v>3.5174775387475599</v>
+        <v>3.5170097554753754</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>1901.4472401999999</v>
+        <v>1901.4482310000001</v>
       </c>
       <c r="C62" s="5">
-        <v>1.2788813999998183</v>
+        <v>1.2793172000001505</v>
       </c>
       <c r="D62" s="5">
-        <v>0.81063937032699318</v>
+        <v>0.81091639508099611</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>1912.2824834999999</v>
+        <v>1912.2794044</v>
       </c>
       <c r="C63" s="5">
-        <v>10.835243300000002</v>
+        <v>10.831173399999898</v>
       </c>
       <c r="D63" s="5">
-        <v>7.0565415392005448</v>
+        <v>7.053803605734954</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>1920.4811976000001</v>
+        <v>1920.4800407</v>
       </c>
       <c r="C64" s="5">
-        <v>8.1987141000001884</v>
+        <v>8.200636300000042</v>
       </c>
       <c r="D64" s="5">
-        <v>5.2679467074330466</v>
+        <v>5.2692197457590018</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>1924.2339463999999</v>
+        <v>1924.2315667</v>
       </c>
       <c r="C65" s="5">
-        <v>3.7527487999998357</v>
+        <v>3.7515260000000126</v>
       </c>
       <c r="D65" s="5">
-        <v>2.3702464832804804</v>
+        <v>2.3694672855993693</v>
       </c>
       <c r="E65" s="5">
-        <v>2.8351422111831281</v>
+        <v>2.8351121224725828</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>1932.4234342</v>
+        <v>1932.4229061000001</v>
       </c>
       <c r="C66" s="5">
-        <v>8.1894878000000517</v>
+        <v>8.1913394000000608</v>
       </c>
       <c r="D66" s="5">
-        <v>5.2284277980356952</v>
+        <v>5.2296443511837598</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>1937.9355221000001</v>
+        <v>1937.9342566</v>
       </c>
       <c r="C67" s="5">
-        <v>5.5120879000000969</v>
+        <v>5.511350499999935</v>
       </c>
       <c r="D67" s="5">
-        <v>3.477120428178071</v>
+        <v>3.4766489077464602</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>1943.4201055000001</v>
+        <v>1943.4157822</v>
       </c>
       <c r="C68" s="5">
-        <v>5.4845834000000195</v>
+        <v>5.4815255999999408</v>
       </c>
       <c r="D68" s="5">
-        <v>3.4495048435364772</v>
+        <v>3.4475539229012142</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>1940.9195256999999</v>
+        <v>1940.9234629</v>
       </c>
       <c r="C69" s="5">
-        <v>-2.500579800000196</v>
+        <v>-2.4923192999999628</v>
       </c>
       <c r="D69" s="5">
-        <v>-1.5331483153310121</v>
+        <v>-1.5281227066303638</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>1946.613771</v>
+        <v>1946.6154412000001</v>
       </c>
       <c r="C70" s="5">
-        <v>5.6942453000001478</v>
+        <v>5.6919783000000734</v>
       </c>
       <c r="D70" s="5">
-        <v>3.5779110445054885</v>
+        <v>3.5764561762702707</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>1957.7384732</v>
+        <v>1957.7436623000001</v>
       </c>
       <c r="C71" s="5">
-        <v>11.124702200000002</v>
+        <v>11.128221100000019</v>
       </c>
       <c r="D71" s="5">
-        <v>7.0775955570210103</v>
+        <v>7.0798988882177394</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>1959.0969387</v>
+        <v>1959.0980030999999</v>
       </c>
       <c r="C72" s="5">
-        <v>1.3584654999999657</v>
+        <v>1.354340799999818</v>
       </c>
       <c r="D72" s="5">
-        <v>0.83585954476192992</v>
+        <v>0.83330974860260643</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>1965.4532864</v>
+        <v>1965.4540830999999</v>
       </c>
       <c r="C73" s="5">
-        <v>6.3563477000000148</v>
+        <v>6.3560800000000199</v>
       </c>
       <c r="D73" s="5">
-        <v>3.9636702682008584</v>
+        <v>3.9634981547803205</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>1969.4140067000001</v>
+        <v>1969.4150841000001</v>
       </c>
       <c r="C74" s="5">
-        <v>3.9607203000000482</v>
+        <v>3.9610010000001239</v>
       </c>
       <c r="D74" s="5">
-        <v>2.445185488376489</v>
+        <v>2.4453597040566821</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>1972.9352785999999</v>
+        <v>1972.931673</v>
       </c>
       <c r="C75" s="5">
-        <v>3.5212718999998742</v>
+        <v>3.5165888999999879</v>
       </c>
       <c r="D75" s="5">
-        <v>2.1668010225984968</v>
+        <v>2.1638898023535136</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>1975.6159591999999</v>
+        <v>1975.6142295</v>
       </c>
       <c r="C76" s="5">
-        <v>2.6806805999999597</v>
+        <v>2.6825564999999187</v>
       </c>
       <c r="D76" s="5">
-        <v>1.6427123751953987</v>
+        <v>1.6438735575431851</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>1982.4738520999999</v>
+        <v>1982.4713048000001</v>
       </c>
       <c r="C77" s="5">
-        <v>6.8578929000000244</v>
+        <v>6.8570753000001332</v>
       </c>
       <c r="D77" s="5">
-        <v>4.2459773456672067</v>
+        <v>4.2454652250637714</v>
       </c>
       <c r="E77" s="5">
-        <v>3.0266541035179007</v>
+        <v>3.0266491366150561</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>1980.9116354</v>
+        <v>1980.9094464</v>
       </c>
       <c r="C78" s="5">
-        <v>-1.5622166999999081</v>
+        <v>-1.5618584000001192</v>
       </c>
       <c r="D78" s="5">
-        <v>-0.94152890008376566</v>
+        <v>-0.94131509616232067</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>1985.1218233</v>
+        <v>1985.1230588999999</v>
       </c>
       <c r="C79" s="5">
-        <v>4.2101878999999371</v>
+        <v>4.2136124999999538</v>
       </c>
       <c r="D79" s="5">
-        <v>2.5804807325879864</v>
+        <v>2.5826072202961736</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>1986.9728015999999</v>
+        <v>1986.9672390000001</v>
       </c>
       <c r="C80" s="5">
-        <v>1.8509782999999516</v>
+        <v>1.8441801000001306</v>
       </c>
       <c r="D80" s="5">
-        <v>1.1246666821985052</v>
+        <v>1.1205142216551778</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>1992.6938672000001</v>
+        <v>1992.6972599999999</v>
       </c>
       <c r="C81" s="5">
-        <v>5.7210656000002018</v>
+        <v>5.7300209999998515</v>
       </c>
       <c r="D81" s="5">
-        <v>3.5103892995266284</v>
+        <v>3.5159816912519348</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>1998.4189538000001</v>
+        <v>1998.4200797000001</v>
       </c>
       <c r="C82" s="5">
-        <v>5.7250865999999405</v>
+        <v>5.7228197000001728</v>
       </c>
       <c r="D82" s="5">
-        <v>3.5026502802362858</v>
+        <v>3.5012353385675432</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>1999.9852844</v>
+        <v>1999.9930778</v>
       </c>
       <c r="C83" s="5">
-        <v>1.5663305999999011</v>
+        <v>1.5729980999999498</v>
       </c>
       <c r="D83" s="5">
-        <v>0.94460699552909588</v>
+        <v>0.94864485151364697</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>2007.2731285</v>
+        <v>2007.2739280999999</v>
       </c>
       <c r="C84" s="5">
-        <v>7.2878441000000294</v>
+        <v>7.2808502999998836</v>
       </c>
       <c r="D84" s="5">
-        <v>4.4614490951297769</v>
+        <v>4.4570638498461879</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>2011.5334777</v>
+        <v>2011.5343425000001</v>
       </c>
       <c r="C85" s="5">
-        <v>4.2603492000000642</v>
+        <v>4.2604144000001725</v>
       </c>
       <c r="D85" s="5">
-        <v>2.5768905511449169</v>
+        <v>2.5769294106141594</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>2010.6701965</v>
+        <v>2010.6708573000001</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.86328120000007402</v>
+        <v>-0.86348520000001372</v>
       </c>
       <c r="D86" s="5">
-        <v>-0.51378498422036678</v>
+        <v>-0.51390588864919096</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>2030.7113296</v>
+        <v>2030.7078418999999</v>
       </c>
       <c r="C87" s="5">
-        <v>20.041133100000025</v>
+        <v>20.036984599999869</v>
       </c>
       <c r="D87" s="5">
-        <v>12.638851825798113</v>
+        <v>12.636086181624929</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>2038.0230411</v>
+        <v>2038.0209245000001</v>
       </c>
       <c r="C88" s="5">
-        <v>7.3117115000000013</v>
+        <v>7.3130826000001434</v>
       </c>
       <c r="D88" s="5">
-        <v>4.407278200236675</v>
+        <v>4.4081288170472854</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>2034.8425723</v>
+        <v>2034.8398041</v>
       </c>
       <c r="C89" s="5">
-        <v>-3.1804687999999715</v>
+        <v>-3.1811204000000544</v>
       </c>
       <c r="D89" s="5">
-        <v>-1.8566887170773039</v>
+        <v>-1.8570677595369345</v>
       </c>
       <c r="E89" s="5">
-        <v>2.6415844095258434</v>
+        <v>2.6415766610696556</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>2043.6198116999999</v>
+        <v>2043.6162227</v>
       </c>
       <c r="C90" s="5">
-        <v>8.7772393999998712</v>
+        <v>8.7764185999999427</v>
       </c>
       <c r="D90" s="5">
-        <v>5.3007509874196224</v>
+        <v>5.3002508546450056</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>2052.4202274999998</v>
+        <v>2052.4246290000001</v>
       </c>
       <c r="C91" s="5">
-        <v>8.8004157999998824</v>
+        <v>8.8084063000001152</v>
       </c>
       <c r="D91" s="5">
-        <v>5.2917109488227254</v>
+        <v>5.2966396487977407</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>2059.4527081000001</v>
+        <v>2059.4453659000001</v>
       </c>
       <c r="C92" s="5">
-        <v>7.0324806000003264</v>
+        <v>7.0207368999999744</v>
       </c>
       <c r="D92" s="5">
-        <v>4.1900985205502339</v>
+        <v>4.1829600755112217</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>2063.8811178000001</v>
+        <v>2063.8840254000002</v>
       </c>
       <c r="C93" s="5">
-        <v>4.4284096999999747</v>
+        <v>4.4386595000000852</v>
       </c>
       <c r="D93" s="5">
-        <v>2.6110780440071091</v>
+        <v>2.6172027898355266</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>2076.5803317999998</v>
+        <v>2076.5807076999999</v>
       </c>
       <c r="C94" s="5">
-        <v>12.699213999999756</v>
+        <v>12.696682299999793</v>
       </c>
       <c r="D94" s="5">
-        <v>7.6387640980188021</v>
+        <v>7.6371782260217236</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>2083.3332531999999</v>
+        <v>2083.3429851999999</v>
       </c>
       <c r="C95" s="5">
-        <v>6.7529214000001048</v>
+        <v>6.762277499999982</v>
       </c>
       <c r="D95" s="5">
-        <v>3.9728899334108725</v>
+        <v>3.9784925560508722</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>2085.4491585999999</v>
+        <v>2085.4495015000002</v>
       </c>
       <c r="C96" s="5">
-        <v>2.1159053999999742</v>
+        <v>2.106516300000294</v>
       </c>
       <c r="D96" s="5">
-        <v>1.2255926485813529</v>
+        <v>1.2201182036548852</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>2098.9734601999999</v>
+        <v>2098.97478</v>
       </c>
       <c r="C97" s="5">
-        <v>13.524301599999944</v>
+        <v>13.525278499999786</v>
       </c>
       <c r="D97" s="5">
-        <v>8.0657541700084767</v>
+        <v>8.0663563465265931</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>2109.4103541999998</v>
+        <v>2109.4103485999999</v>
       </c>
       <c r="C98" s="5">
-        <v>10.436893999999938</v>
+        <v>10.435568599999897</v>
       </c>
       <c r="D98" s="5">
-        <v>6.1327735037626452</v>
+        <v>6.1319693114486373</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>2119.4072847000002</v>
+        <v>2119.4044671000001</v>
       </c>
       <c r="C99" s="5">
-        <v>9.9969305000004169</v>
+        <v>9.9941185000002406</v>
       </c>
       <c r="D99" s="5">
-        <v>5.8376507657436072</v>
+        <v>5.8359657069275928</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>2129.1269904999999</v>
+        <v>2129.1247770999998</v>
       </c>
       <c r="C100" s="5">
-        <v>9.7197057999997014</v>
+        <v>9.7203099999996994</v>
       </c>
       <c r="D100" s="5">
-        <v>5.6442130889439834</v>
+        <v>5.6445805382628444</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>2138.7568218000001</v>
+        <v>2138.7536629000001</v>
       </c>
       <c r="C101" s="5">
-        <v>9.6298313000002054</v>
+        <v>9.628885800000262</v>
       </c>
       <c r="D101" s="5">
-        <v>5.5645517770634756</v>
+        <v>5.5639976925104584</v>
       </c>
       <c r="E101" s="5">
-        <v>5.1067463849326256</v>
+        <v>5.1067341316315851</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>2149.2384272999998</v>
+        <v>2149.2332176</v>
       </c>
       <c r="C102" s="5">
-        <v>10.48160549999966</v>
+        <v>10.479554699999881</v>
       </c>
       <c r="D102" s="5">
-        <v>6.0420878248334642</v>
+        <v>6.0408827729098613</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>2156.6722377999999</v>
+        <v>2156.679431</v>
       </c>
       <c r="C103" s="5">
-        <v>7.4338105000001633</v>
+        <v>7.4462134000000333</v>
       </c>
       <c r="D103" s="5">
-        <v>4.23044950014837</v>
+        <v>4.2376532771605246</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>2164.8273204000002</v>
+        <v>2164.8190034999998</v>
       </c>
       <c r="C104" s="5">
-        <v>8.1550826000002417</v>
+        <v>8.1395724999997583</v>
       </c>
       <c r="D104" s="5">
-        <v>4.633161509833883</v>
+        <v>4.6241502753916475</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>2174.6767675999999</v>
+        <v>2174.6799145</v>
       </c>
       <c r="C105" s="5">
-        <v>9.8494471999997586</v>
+        <v>9.8609110000002147</v>
       </c>
       <c r="D105" s="5">
-        <v>5.5984288724933107</v>
+        <v>5.60513108287648</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>2183.0149443999999</v>
+        <v>2183.0149697000002</v>
       </c>
       <c r="C106" s="5">
-        <v>8.3381767999999283</v>
+        <v>8.3350552000001699</v>
       </c>
       <c r="D106" s="5">
-        <v>4.699335948463701</v>
+        <v>4.6975324445157174</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>2191.7054662999999</v>
+        <v>2191.7149186000001</v>
       </c>
       <c r="C107" s="5">
-        <v>8.6905219000000216</v>
+        <v>8.6999488999999812</v>
       </c>
       <c r="D107" s="5">
-        <v>4.8831649300372648</v>
+        <v>4.8885785027597439</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>2201.2752801000001</v>
+        <v>2201.2753151000002</v>
       </c>
       <c r="C108" s="5">
-        <v>9.5698138000002473</v>
+        <v>9.5603965000000244</v>
       </c>
       <c r="D108" s="5">
-        <v>5.367333408917796</v>
+        <v>5.3619005762280958</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>2210.7533791999999</v>
+        <v>2210.7551242999998</v>
       </c>
       <c r="C109" s="5">
-        <v>9.4780990999997812</v>
+        <v>9.4798091999996359</v>
       </c>
       <c r="D109" s="5">
-        <v>5.2910099320750525</v>
+        <v>5.2919872082562325</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>2215.0373539000002</v>
+        <v>2215.0364777999998</v>
       </c>
       <c r="C110" s="5">
-        <v>4.2839747000002717</v>
+        <v>4.2813535000000229</v>
       </c>
       <c r="D110" s="5">
-        <v>2.3502913760359734</v>
+        <v>2.3488360972861111</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>2218.0197710000002</v>
+        <v>2218.017996</v>
       </c>
       <c r="C111" s="5">
-        <v>2.9824171000000206</v>
+        <v>2.9815182000002096</v>
       </c>
       <c r="D111" s="5">
-        <v>1.627748221139913</v>
+        <v>1.6272546287822376</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>2222.0622954</v>
+        <v>2222.0596992999999</v>
       </c>
       <c r="C112" s="5">
-        <v>4.0425243999998202</v>
+        <v>4.041703299999881</v>
       </c>
       <c r="D112" s="5">
-        <v>2.2091568778223714</v>
+        <v>2.208705442155634</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>2230.4345503</v>
+        <v>2230.4316878</v>
       </c>
       <c r="C113" s="5">
-        <v>8.3722548999999162</v>
+        <v>8.3719885000000431</v>
       </c>
       <c r="D113" s="5">
-        <v>4.6162248002058481</v>
+        <v>4.6160803630534541</v>
       </c>
       <c r="E113" s="5">
-        <v>4.2864961348360708</v>
+        <v>4.2865163244508953</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>2221.1669949000002</v>
+        <v>2221.1611447999999</v>
       </c>
       <c r="C114" s="5">
-        <v>-9.2675553999997646</v>
+        <v>-9.2705430000000888</v>
       </c>
       <c r="D114" s="5">
-        <v>-4.8736721960325973</v>
+        <v>-4.8752137050479538</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>2222.3285500000002</v>
+        <v>2222.3365358000001</v>
       </c>
       <c r="C115" s="5">
-        <v>1.1615550999999869</v>
+        <v>1.1753910000002179</v>
       </c>
       <c r="D115" s="5">
-        <v>0.62934582497624625</v>
+        <v>0.63686581181150448</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>2226.9767407999998</v>
+        <v>2226.9696466999999</v>
       </c>
       <c r="C116" s="5">
-        <v>4.648190799999611</v>
+        <v>4.6331108999997923</v>
       </c>
       <c r="D116" s="5">
-        <v>2.538978417873472</v>
+        <v>2.5306374579913804</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>2216.451176</v>
+        <v>2216.4567378000002</v>
       </c>
       <c r="C117" s="5">
-        <v>-10.525564799999756</v>
+        <v>-10.512908899999729</v>
       </c>
       <c r="D117" s="5">
-        <v>-5.5265325989753533</v>
+        <v>-5.5200762225589228</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>2215.0935187</v>
+        <v>2215.0890367000002</v>
       </c>
       <c r="C118" s="5">
-        <v>-1.357657300000028</v>
+        <v>-1.3677010999999766</v>
       </c>
       <c r="D118" s="5">
-        <v>-0.7325725519757964</v>
+        <v>-0.73797181830982383</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>2221.2916651</v>
+        <v>2221.3015240999998</v>
       </c>
       <c r="C119" s="5">
-        <v>6.1981464000000415</v>
+        <v>6.2124873999996453</v>
       </c>
       <c r="D119" s="5">
-        <v>3.4099308893719371</v>
+        <v>3.4179497614045928</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>2225.5882173999998</v>
+        <v>2225.5885374999998</v>
       </c>
       <c r="C120" s="5">
-        <v>4.2965522999998029</v>
+        <v>4.287013399999978</v>
       </c>
       <c r="D120" s="5">
-        <v>2.3459630614826477</v>
+        <v>2.34068881258922</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>2229.3232127000001</v>
+        <v>2229.3251418</v>
       </c>
       <c r="C121" s="5">
-        <v>3.7349953000002643</v>
+        <v>3.736604300000181</v>
       </c>
       <c r="D121" s="5">
-        <v>2.0325395434362514</v>
+        <v>2.0334229478969235</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>2235.2381737999999</v>
+        <v>2235.2365863999999</v>
       </c>
       <c r="C122" s="5">
-        <v>5.9149610999998004</v>
+        <v>5.9114445999998679</v>
       </c>
       <c r="D122" s="5">
-        <v>3.2307807844470959</v>
+        <v>3.2288291215460951</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>2239.7323431</v>
+        <v>2239.7313515999999</v>
       </c>
       <c r="C123" s="5">
-        <v>4.4941693000000669</v>
+        <v>4.4947652000000744</v>
       </c>
       <c r="D123" s="5">
-        <v>2.4395798922919321</v>
+        <v>2.4399087038761591</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>2242.9997935000001</v>
+        <v>2242.9961342000001</v>
       </c>
       <c r="C124" s="5">
-        <v>3.2674504000001434</v>
+        <v>3.2647826000002169</v>
       </c>
       <c r="D124" s="5">
-        <v>1.7647441213691106</v>
+        <v>1.7632924629271463</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>2248.7569755999998</v>
+        <v>2248.7532231999999</v>
       </c>
       <c r="C125" s="5">
-        <v>5.7571820999996817</v>
+        <v>5.7570889999997235</v>
       </c>
       <c r="D125" s="5">
-        <v>3.1239356379619165</v>
+        <v>3.1238895737686567</v>
       </c>
       <c r="E125" s="5">
-        <v>0.82147334462405741</v>
+        <v>0.82143450078362434</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>2252.2770553999999</v>
+        <v>2252.2698294000002</v>
       </c>
       <c r="C126" s="5">
-        <v>3.5200798000000759</v>
+        <v>3.5166062000002967</v>
       </c>
       <c r="D126" s="5">
-        <v>1.8946703198452708</v>
+        <v>1.8927877428442041</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>2258.0245335999998</v>
+        <v>2258.0314161000001</v>
       </c>
       <c r="C127" s="5">
-        <v>5.7474781999999323</v>
+        <v>5.7615866999999525</v>
       </c>
       <c r="D127" s="5">
-        <v>3.1055692236465093</v>
+        <v>3.113310260630886</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>2264.7983393</v>
+        <v>2264.7931140999999</v>
       </c>
       <c r="C128" s="5">
-        <v>6.773805700000139</v>
+        <v>6.7616979999997966</v>
       </c>
       <c r="D128" s="5">
-        <v>3.6598508868383339</v>
+        <v>3.6531897282192194</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>2270.3498273999999</v>
+        <v>2270.3672078999998</v>
       </c>
       <c r="C129" s="5">
-        <v>5.551488099999915</v>
+        <v>5.5740937999999005</v>
       </c>
       <c r="D129" s="5">
-        <v>2.9814289658066873</v>
+        <v>2.9937411791648216</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>2277.8593495999999</v>
+        <v>2277.8496387999999</v>
       </c>
       <c r="C130" s="5">
-        <v>7.5095221999999922</v>
+        <v>7.482430900000054</v>
       </c>
       <c r="D130" s="5">
-        <v>4.042189478916014</v>
+        <v>4.027310179352428</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>2282.9847221</v>
+        <v>2282.9910107999999</v>
       </c>
       <c r="C131" s="5">
-        <v>5.1253725000001396</v>
+        <v>5.1413720000000467</v>
       </c>
       <c r="D131" s="5">
-        <v>2.7337664066070522</v>
+        <v>2.7424182604950609</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>2284.1963775999998</v>
+        <v>2284.1967448</v>
       </c>
       <c r="C132" s="5">
-        <v>1.2116554999997788</v>
+        <v>1.2057340000001204</v>
       </c>
       <c r="D132" s="5">
-        <v>0.63874205405483053</v>
+        <v>0.63560961905715363</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>2288.1063073999999</v>
+        <v>2288.1077488999999</v>
       </c>
       <c r="C133" s="5">
-        <v>3.9099298000000999</v>
+        <v>3.9110040999999001</v>
       </c>
       <c r="D133" s="5">
-        <v>2.0735261440472774</v>
+        <v>2.0741009094551455</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>2297.9834724000002</v>
+        <v>2297.9812971000001</v>
       </c>
       <c r="C134" s="5">
-        <v>9.8771650000003319</v>
+        <v>9.8735482000001866</v>
       </c>
       <c r="D134" s="5">
-        <v>5.3048637191989378</v>
+        <v>5.3028714419415257</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>2299.8989357999999</v>
+        <v>2299.8979433</v>
       </c>
       <c r="C135" s="5">
-        <v>1.9154633999996804</v>
+        <v>1.9166461999998319</v>
       </c>
       <c r="D135" s="5">
-        <v>1.0048475609739427</v>
+        <v>1.0054718603789814</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>2303.3641496</v>
+        <v>2303.3582886999998</v>
       </c>
       <c r="C136" s="5">
-        <v>3.4652138000001287</v>
+        <v>3.4603453999998237</v>
       </c>
       <c r="D136" s="5">
-        <v>1.8230751594459971</v>
+        <v>1.8204934175198417</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>2309.3204743000001</v>
+        <v>2309.3147349000001</v>
       </c>
       <c r="C137" s="5">
-        <v>5.9563247000000956</v>
+        <v>5.9564462000003005</v>
       </c>
       <c r="D137" s="5">
-        <v>3.1476257025186305</v>
+        <v>3.1476989488244733</v>
       </c>
       <c r="E137" s="5">
-        <v>2.6931989253236699</v>
+        <v>2.6931150592780728</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>2311.7573597000001</v>
+        <v>2311.7488604</v>
       </c>
       <c r="C138" s="5">
-        <v>2.4368853999999374</v>
+        <v>2.4341254999999364</v>
       </c>
       <c r="D138" s="5">
-        <v>1.2736622016129795</v>
+        <v>1.2722145201568891</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>2318.1671032999998</v>
+        <v>2318.1690634000001</v>
       </c>
       <c r="C139" s="5">
-        <v>6.4097435999997288</v>
+        <v>6.4202030000001287</v>
       </c>
       <c r="D139" s="5">
-        <v>3.3784164688374307</v>
+        <v>3.3840264699689593</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>2320.4501697000001</v>
+        <v>2320.4482515999998</v>
       </c>
       <c r="C140" s="5">
-        <v>2.2830664000002798</v>
+        <v>2.2791881999996804</v>
       </c>
       <c r="D140" s="5">
-        <v>1.1882528155548133</v>
+        <v>1.1862224181067971</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>2324.8690799999999</v>
+        <v>2324.9103018999999</v>
       </c>
       <c r="C141" s="5">
-        <v>4.4189102999998795</v>
+        <v>4.4620503000001008</v>
       </c>
       <c r="D141" s="5">
-        <v>2.3092872278767329</v>
+        <v>2.3320727718396217</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>2326.3082141</v>
+        <v>2326.2914558000002</v>
       </c>
       <c r="C142" s="5">
-        <v>1.4391341000000466</v>
+        <v>1.3811539000002995</v>
       </c>
       <c r="D142" s="5">
-        <v>0.74535494758898313</v>
+        <v>0.71521499496909335</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>2323.9526388999998</v>
+        <v>2323.9536419000001</v>
       </c>
       <c r="C143" s="5">
-        <v>-2.355575200000203</v>
+        <v>-2.3378139000001283</v>
       </c>
       <c r="D143" s="5">
-        <v>-1.2083527231393387</v>
+        <v>-1.1993005011907365</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>2322.8207363000001</v>
+        <v>2322.8195534000001</v>
       </c>
       <c r="C144" s="5">
-        <v>-1.1319025999996484</v>
+        <v>-1.1340884999999616</v>
       </c>
       <c r="D144" s="5">
-        <v>-0.58290792779850387</v>
+        <v>-0.58403035295788719</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>2327.5492712999999</v>
+        <v>2327.5479636</v>
       </c>
       <c r="C145" s="5">
-        <v>4.7285349999997379</v>
+        <v>4.7284101999998711</v>
       </c>
       <c r="D145" s="5">
-        <v>2.4703608698864121</v>
+        <v>2.4702962101831538</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>2324.6155471000002</v>
+        <v>2324.6173752999998</v>
       </c>
       <c r="C146" s="5">
-        <v>-2.9337241999996877</v>
+        <v>-2.9305883000001813</v>
       </c>
       <c r="D146" s="5">
-        <v>-1.5020803470343735</v>
+        <v>-1.5004866913188697</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>2320.3309306000001</v>
+        <v>2320.3274843999998</v>
       </c>
       <c r="C147" s="5">
-        <v>-4.2846165000000838</v>
+        <v>-4.2898909000000458</v>
       </c>
       <c r="D147" s="5">
-        <v>-2.1894963369705867</v>
+        <v>-2.1921626219205903</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>2320.6338036000002</v>
+        <v>2320.6252718000001</v>
       </c>
       <c r="C148" s="5">
-        <v>0.30287300000009054</v>
+        <v>0.29778740000028847</v>
       </c>
       <c r="D148" s="5">
-        <v>0.15674860573744454</v>
+        <v>0.15411498009094693</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>2311.9694684999999</v>
+        <v>2311.9604966000002</v>
       </c>
       <c r="C149" s="5">
-        <v>-8.664335100000244</v>
+        <v>-8.6647751999998945</v>
       </c>
       <c r="D149" s="5">
-        <v>-4.3894612676286915</v>
+        <v>-4.3896954779639614</v>
       </c>
       <c r="E149" s="5">
-        <v>0.11470881713819825</v>
+        <v>0.11456912563780897</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>2315.0993801999998</v>
+        <v>2315.0882075999998</v>
       </c>
       <c r="C150" s="5">
-        <v>3.129911699999866</v>
+        <v>3.1277109999996355</v>
       </c>
       <c r="D150" s="5">
-        <v>1.6366939079024645</v>
+        <v>1.6355409357317274</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>2316.1960555000001</v>
+        <v>2316.1894275999998</v>
       </c>
       <c r="C151" s="5">
-        <v>1.0966753000002427</v>
+        <v>1.1012200000000121</v>
       </c>
       <c r="D151" s="5">
-        <v>0.56992995567395344</v>
+        <v>0.57230073726910469</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>2315.5733006</v>
+        <v>2315.5770699</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.6227549000000181</v>
+        <v>-0.61235769999984768</v>
       </c>
       <c r="D152" s="5">
-        <v>-0.3221669273783978</v>
+        <v>-0.31679691579736824</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>2315.8728652999998</v>
+        <v>2315.9438390999999</v>
       </c>
       <c r="C153" s="5">
-        <v>0.29956469999979163</v>
+        <v>0.36676919999990787</v>
       </c>
       <c r="D153" s="5">
-        <v>0.15535398093091679</v>
+        <v>0.19023623285527869</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>2320.7026148999998</v>
+        <v>2320.6808283999999</v>
       </c>
       <c r="C154" s="5">
-        <v>4.8297496000000137</v>
+        <v>4.7369893000000047</v>
       </c>
       <c r="D154" s="5">
-        <v>2.531504209173252</v>
+        <v>2.482258914686164</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>2317.3463560999999</v>
+        <v>2317.3401740999998</v>
       </c>
       <c r="C155" s="5">
-        <v>-3.3562587999999778</v>
+        <v>-3.3406543000000966</v>
       </c>
       <c r="D155" s="5">
-        <v>-1.7217323269514195</v>
+        <v>-1.7138065841672989</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>2315.2587899</v>
+        <v>2315.2537241</v>
       </c>
       <c r="C156" s="5">
-        <v>-2.0875661999998556</v>
+        <v>-2.0864499999997861</v>
       </c>
       <c r="D156" s="5">
-        <v>-1.0756721214649656</v>
+        <v>-1.0751026697529587</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>2317.0564564000001</v>
+        <v>2317.0507287</v>
       </c>
       <c r="C157" s="5">
-        <v>1.7976665000001049</v>
+        <v>1.7970046000000366</v>
       </c>
       <c r="D157" s="5">
-        <v>0.93572082674890922</v>
+        <v>0.93537687802522917</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>2315.7196586999999</v>
+        <v>2315.7274149999998</v>
       </c>
       <c r="C158" s="5">
-        <v>-1.3367977000002611</v>
+        <v>-1.3233137000001989</v>
       </c>
       <c r="D158" s="5">
-        <v>-0.69013284804452235</v>
+        <v>-0.68319515722669033</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>2314.8421285999998</v>
+        <v>2314.8349755999998</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.87753010000005816</v>
+        <v>-0.8924394000000575</v>
       </c>
       <c r="D159" s="5">
-        <v>-0.45378729304925702</v>
+        <v>-0.4614792953012592</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>2313.9487261999998</v>
+        <v>2313.9384110999999</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.89340240000001359</v>
+        <v>-0.89656449999984034</v>
       </c>
       <c r="D160" s="5">
-        <v>-0.46215250819445775</v>
+        <v>-0.46378619360041284</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>2311.2724115000001</v>
+        <v>2311.2593725000002</v>
       </c>
       <c r="C161" s="5">
-        <v>-2.6763146999996934</v>
+        <v>-2.6790385999997852</v>
       </c>
       <c r="D161" s="5">
-        <v>-1.3791257956633052</v>
+        <v>-1.3805266315096265</v>
       </c>
       <c r="E161" s="5">
-        <v>-3.0149922371258686E-2</v>
+        <v>-3.0325955007926009E-2</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>2313.1022772000001</v>
+        <v>2313.0893685999999</v>
       </c>
       <c r="C162" s="5">
-        <v>1.8298657000000276</v>
+        <v>1.8299960999997893</v>
       </c>
       <c r="D162" s="5">
-        <v>0.95420415271587622</v>
+        <v>0.95427785466473125</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>2309.6826175000001</v>
+        <v>2309.6692148000002</v>
       </c>
       <c r="C163" s="5">
-        <v>-3.4196597000000111</v>
+        <v>-3.4201537999997527</v>
       </c>
       <c r="D163" s="5">
-        <v>-1.7597097802224071</v>
+        <v>-1.7599717151993932</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>2306.1372667999999</v>
+        <v>2306.1478572999999</v>
       </c>
       <c r="C164" s="5">
-        <v>-3.5453507000001991</v>
+        <v>-3.5213575000002493</v>
       </c>
       <c r="D164" s="5">
-        <v>-1.826522020212884</v>
+        <v>-1.8142749207122555</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>2304.5267549</v>
+        <v>2304.6172575000001</v>
       </c>
       <c r="C165" s="5">
-        <v>-1.6105118999998922</v>
+        <v>-1.5305997999998908</v>
       </c>
       <c r="D165" s="5">
-        <v>-0.83481952162761663</v>
+        <v>-0.79354402788264222</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>2303.1159501000002</v>
+        <v>2303.0913968</v>
       </c>
       <c r="C166" s="5">
-        <v>-1.4108047999998234</v>
+        <v>-1.5258607000000666</v>
       </c>
       <c r="D166" s="5">
-        <v>-0.73215773890775715</v>
+        <v>-0.7916194522749942</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>2301.0258601</v>
+        <v>2301.0169666000002</v>
       </c>
       <c r="C167" s="5">
-        <v>-2.0900900000001457</v>
+        <v>-2.0744301999998243</v>
       </c>
       <c r="D167" s="5">
-        <v>-1.0835872697998572</v>
+        <v>-1.0755201820091487</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>2292.9148292999998</v>
+        <v>2292.9053990000002</v>
       </c>
       <c r="C168" s="5">
-        <v>-8.1110308000002078</v>
+        <v>-8.1115675999999439</v>
       </c>
       <c r="D168" s="5">
-        <v>-4.1489040643068247</v>
+        <v>-4.1491890702627483</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>2297.3322188000002</v>
+        <v>2297.3215532999998</v>
       </c>
       <c r="C169" s="5">
-        <v>4.417389500000354</v>
+        <v>4.4161542999995618</v>
       </c>
       <c r="D169" s="5">
-        <v>2.3365008575478186</v>
+        <v>2.3358502927168567</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>2299.9869364000001</v>
+        <v>2300.0003148999999</v>
       </c>
       <c r="C170" s="5">
-        <v>2.6547175999999126</v>
+        <v>2.6787616000001435</v>
       </c>
       <c r="D170" s="5">
-        <v>1.3955256901241553</v>
+        <v>1.4082528337314937</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>2299.5526088000001</v>
+        <v>2299.5422293000001</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.43432759999996051</v>
+        <v>-0.4580855999997766</v>
       </c>
       <c r="D171" s="5">
-        <v>-0.22637178201624364</v>
+        <v>-0.23873951651740555</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>2295.0957174999999</v>
+        <v>2295.0855876999999</v>
       </c>
       <c r="C172" s="5">
-        <v>-4.4568913000002794</v>
+        <v>-4.4566416000002391</v>
       </c>
       <c r="D172" s="5">
-        <v>-2.3011539180104568</v>
+        <v>-2.3010366413376948</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>2300.1173910000002</v>
+        <v>2300.1018648999998</v>
       </c>
       <c r="C173" s="5">
-        <v>5.0216735000003609</v>
+        <v>5.0162771999998768</v>
       </c>
       <c r="D173" s="5">
-        <v>2.6574302323023602</v>
+        <v>2.6545519948504293</v>
       </c>
       <c r="E173" s="5">
-        <v>-0.48263547146137897</v>
+        <v>-0.48274580225635688</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>2308.7162795999998</v>
+        <v>2308.7021488</v>
       </c>
       <c r="C174" s="5">
-        <v>8.5988885999995546</v>
+        <v>8.6002839000002496</v>
       </c>
       <c r="D174" s="5">
-        <v>4.5795488637579984</v>
+        <v>4.5803388694073632</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>2308.1461653000001</v>
+        <v>2308.1302784999998</v>
       </c>
       <c r="C175" s="5">
-        <v>-0.57011429999965912</v>
+        <v>-0.57187030000022787</v>
       </c>
       <c r="D175" s="5">
-        <v>-0.29592581645447869</v>
+        <v>-0.29683786583059035</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>2308.3419029000002</v>
+        <v>2308.3536643000002</v>
       </c>
       <c r="C176" s="5">
-        <v>0.19573760000002949</v>
+        <v>0.22338580000041475</v>
       </c>
       <c r="D176" s="5">
-        <v>0.10181101558308647</v>
+        <v>0.11620041508819678</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>2313.4693296</v>
+        <v>2313.5693313000002</v>
       </c>
       <c r="C177" s="5">
-        <v>5.1274266999998872</v>
+        <v>5.2156669999999394</v>
       </c>
       <c r="D177" s="5">
-        <v>2.6983182510618819</v>
+        <v>2.7453193569197953</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>2310.5097937999999</v>
+        <v>2310.4886947999998</v>
       </c>
       <c r="C178" s="5">
-        <v>-2.9595358000001397</v>
+        <v>-3.0806365000003098</v>
       </c>
       <c r="D178" s="5">
-        <v>-1.5243605776403713</v>
+        <v>-1.5862114809596206</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>2313.9659683999998</v>
+        <v>2313.9546547999998</v>
       </c>
       <c r="C179" s="5">
-        <v>3.4561745999999403</v>
+        <v>3.4659599999999955</v>
       </c>
       <c r="D179" s="5">
-        <v>1.8098610487292444</v>
+        <v>1.8150443360736013</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>2320.0120391999999</v>
+        <v>2319.9987725999999</v>
       </c>
       <c r="C180" s="5">
-        <v>6.0460708000000523</v>
+        <v>6.0441178000000946</v>
       </c>
       <c r="D180" s="5">
-        <v>3.1808860980395481</v>
+        <v>3.1798595746420855</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>2321.2708299000001</v>
+        <v>2321.2570737000001</v>
       </c>
       <c r="C181" s="5">
-        <v>1.2587907000001906</v>
+        <v>1.2583011000001534</v>
       </c>
       <c r="D181" s="5">
-        <v>0.65304176732770003</v>
+        <v>0.65279075603656977</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>2320.8438523999998</v>
+        <v>2320.8590091999999</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.42697750000024826</v>
+        <v>-0.39806450000014593</v>
       </c>
       <c r="D182" s="5">
-        <v>-0.22050635157814247</v>
+        <v>-0.20558994900709004</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>2329.7682580999999</v>
+        <v>2329.7560235999999</v>
       </c>
       <c r="C183" s="5">
-        <v>8.9244057000000794</v>
+        <v>8.8970143999999891</v>
       </c>
       <c r="D183" s="5">
-        <v>4.7132465229298814</v>
+        <v>4.6984426647115995</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>2331.0619763999998</v>
+        <v>2331.0538308</v>
       </c>
       <c r="C184" s="5">
-        <v>1.2937182999999095</v>
+        <v>1.2978072000000793</v>
       </c>
       <c r="D184" s="5">
-        <v>0.66839789162536078</v>
+        <v>0.67052042506774434</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>2338.4533096999999</v>
+        <v>2338.4397767999999</v>
       </c>
       <c r="C185" s="5">
-        <v>7.3913333000000421</v>
+        <v>7.3859459999998762</v>
       </c>
       <c r="D185" s="5">
-        <v>3.8720236476679659</v>
+        <v>3.8691658517411742</v>
       </c>
       <c r="E185" s="5">
-        <v>1.6666940065755753</v>
+        <v>1.6667919140905818</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>2349.9982746000001</v>
+        <v>2349.984821</v>
       </c>
       <c r="C186" s="5">
-        <v>11.544964900000195</v>
+        <v>11.54504420000012</v>
       </c>
       <c r="D186" s="5">
-        <v>6.0879565182801798</v>
+        <v>6.0880356714803519</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>2351.1799492999999</v>
+        <v>2351.1628513000001</v>
       </c>
       <c r="C187" s="5">
-        <v>1.1816746999998031</v>
+        <v>1.1780303000000458</v>
       </c>
       <c r="D187" s="5">
-        <v>0.60508040244262595</v>
+        <v>0.60321259028646157</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>2358.7915140999999</v>
+        <v>2358.8044037999998</v>
       </c>
       <c r="C188" s="5">
-        <v>7.6115647999999965</v>
+        <v>7.6415524999997615</v>
       </c>
       <c r="D188" s="5">
-        <v>3.9547281698078196</v>
+        <v>3.9706177918765739</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>2370.9179411</v>
+        <v>2371.0099641000002</v>
       </c>
       <c r="C189" s="5">
-        <v>12.126427000000149</v>
+        <v>12.205560300000343</v>
       </c>
       <c r="D189" s="5">
-        <v>6.3465966664929319</v>
+        <v>6.3891624915576317</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>2371.3746335000001</v>
+        <v>2371.3580440000001</v>
       </c>
       <c r="C190" s="5">
-        <v>0.45669240000006539</v>
+        <v>0.34807989999990241</v>
       </c>
       <c r="D190" s="5">
-        <v>0.23139217123362421</v>
+        <v>0.17631022822770515</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>2371.7977758000002</v>
+        <v>2371.7838958000002</v>
       </c>
       <c r="C191" s="5">
-        <v>0.42314230000010866</v>
+        <v>0.42585180000014589</v>
       </c>
       <c r="D191" s="5">
-        <v>0.21433533904873237</v>
+        <v>0.21571065532215439</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>2387.2949798</v>
+        <v>2387.2876265999998</v>
       </c>
       <c r="C192" s="5">
-        <v>15.497203999999783</v>
+        <v>15.50373079999963</v>
       </c>
       <c r="D192" s="5">
-        <v>8.1287363876367138</v>
+        <v>8.1323332086301612</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>2395.2021414000001</v>
+        <v>2395.1825778000002</v>
       </c>
       <c r="C193" s="5">
-        <v>7.9071616000001086</v>
+        <v>7.8949512000003779</v>
       </c>
       <c r="D193" s="5">
-        <v>4.0478326188431835</v>
+        <v>4.0414804202117516</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>2401.6785880000002</v>
+        <v>2401.6932167999998</v>
       </c>
       <c r="C194" s="5">
-        <v>6.4764466000001448</v>
+        <v>6.5106389999996281</v>
       </c>
       <c r="D194" s="5">
-        <v>3.29340138261216</v>
+        <v>3.3110771184165833</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>2407.4518254999998</v>
+        <v>2407.4381497999998</v>
       </c>
       <c r="C195" s="5">
-        <v>5.7732374999995955</v>
+        <v>5.7449329999999463</v>
       </c>
       <c r="D195" s="5">
-        <v>2.9230460428414595</v>
+        <v>2.9085081914874911</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>2419.0995490999999</v>
+        <v>2419.0895927000001</v>
       </c>
       <c r="C196" s="5">
-        <v>11.647723600000063</v>
+        <v>11.651442900000347</v>
       </c>
       <c r="D196" s="5">
-        <v>5.9628477304504823</v>
+        <v>5.9648375177247859</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>2428.5534773999998</v>
+        <v>2428.5593011999999</v>
       </c>
       <c r="C197" s="5">
-        <v>9.4539282999999159</v>
+        <v>9.4697084999997969</v>
       </c>
       <c r="D197" s="5">
-        <v>4.7917681302519721</v>
+        <v>4.799959567993084</v>
       </c>
       <c r="E197" s="5">
-        <v>3.8529812558694587</v>
+        <v>3.8538313149685921</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>2435.6438223999999</v>
+        <v>2435.6267019000002</v>
       </c>
       <c r="C198" s="5">
-        <v>7.0903450000000703</v>
+        <v>7.0674007000002348</v>
       </c>
       <c r="D198" s="5">
-        <v>3.5602994708276547</v>
+        <v>3.5485847016704319</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>2444.6311666000001</v>
+        <v>2444.6113876999998</v>
       </c>
       <c r="C199" s="5">
-        <v>8.9873442000002797</v>
+        <v>8.9846857999996246</v>
       </c>
       <c r="D199" s="5">
-        <v>4.5188877249815462</v>
+        <v>4.5175562332089303</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>2456.7650987000002</v>
+        <v>2456.7805451999998</v>
       </c>
       <c r="C200" s="5">
-        <v>12.133932100000038</v>
+        <v>12.169157499999983</v>
       </c>
       <c r="D200" s="5">
-        <v>6.1215230399931819</v>
+        <v>6.1398345250183395</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>2457.6445386999999</v>
+        <v>2457.7151242</v>
       </c>
       <c r="C201" s="5">
-        <v>0.87943999999970401</v>
+        <v>0.93457900000021255</v>
       </c>
       <c r="D201" s="5">
-        <v>0.43040672838261518</v>
+        <v>0.45744591267060652</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>2468.4269573000001</v>
+        <v>2468.4151098000002</v>
       </c>
       <c r="C202" s="5">
-        <v>10.782418600000256</v>
+        <v>10.699985600000218</v>
       </c>
       <c r="D202" s="5">
-        <v>5.3936730773145314</v>
+        <v>5.3512880418945308</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>2476.6258194000002</v>
+        <v>2476.6113999999998</v>
       </c>
       <c r="C203" s="5">
-        <v>8.1988621000000421</v>
+        <v>8.1962901999995665</v>
       </c>
       <c r="D203" s="5">
-        <v>4.0594167205076248</v>
+        <v>4.0581398123249901</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>2485.8493849000001</v>
+        <v>2485.8518543999999</v>
       </c>
       <c r="C204" s="5">
-        <v>9.2235654999999497</v>
+        <v>9.2404544000000897</v>
       </c>
       <c r="D204" s="5">
-        <v>4.5617841087087774</v>
+        <v>4.5703363180210843</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>2498.9308759999999</v>
+        <v>2498.9072308</v>
       </c>
       <c r="C205" s="5">
-        <v>13.081491099999766</v>
+        <v>13.055376400000114</v>
       </c>
       <c r="D205" s="5">
-        <v>6.5008753575503064</v>
+        <v>6.487513837122183</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>2508.7539218000002</v>
+        <v>2508.7631692999998</v>
       </c>
       <c r="C206" s="5">
-        <v>9.8230458000002727</v>
+        <v>9.8559384999998656</v>
       </c>
       <c r="D206" s="5">
-        <v>4.8204104184884189</v>
+        <v>4.8369501920366043</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>2513.0525708999999</v>
+        <v>2513.0415041000001</v>
       </c>
       <c r="C207" s="5">
-        <v>4.2986490999996931</v>
+        <v>4.2783348000002661</v>
       </c>
       <c r="D207" s="5">
-        <v>2.0756401472690422</v>
+        <v>2.0657313409154332</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>2522.8556629999998</v>
+        <v>2522.8486883</v>
       </c>
       <c r="C208" s="5">
-        <v>9.803092099999958</v>
+        <v>9.8071841999999378</v>
       </c>
       <c r="D208" s="5">
-        <v>4.7827925754959644</v>
+        <v>4.7848536254818885</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>2534.3218781999999</v>
+        <v>2534.3390123999998</v>
       </c>
       <c r="C209" s="5">
-        <v>11.466215200000079</v>
+        <v>11.490324099999725</v>
       </c>
       <c r="D209" s="5">
-        <v>5.5923412468449341</v>
+        <v>5.6044117089883327</v>
       </c>
       <c r="E209" s="5">
-        <v>4.3552016368704871</v>
+        <v>4.3556569175696946</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>2538.6143378000002</v>
+        <v>2538.5992242000002</v>
       </c>
       <c r="C210" s="5">
-        <v>4.2924596000002566</v>
+        <v>4.2602118000004339</v>
       </c>
       <c r="D210" s="5">
-        <v>2.0515181203567101</v>
+        <v>2.0359490947942538</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>2550.0044720000001</v>
+        <v>2549.9863091000002</v>
       </c>
       <c r="C211" s="5">
-        <v>11.39013419999992</v>
+        <v>11.387084899999991</v>
       </c>
       <c r="D211" s="5">
-        <v>5.5189745452148387</v>
+        <v>5.5174940606880885</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>2561.3753981</v>
+        <v>2561.3943604999999</v>
       </c>
       <c r="C212" s="5">
-        <v>11.370926099999906</v>
+        <v>11.408051399999749</v>
       </c>
       <c r="D212" s="5">
-        <v>5.4842212845474192</v>
+        <v>5.5026099279031238</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>2568.0901798999998</v>
+        <v>2568.1278151000001</v>
       </c>
       <c r="C213" s="5">
-        <v>6.7147817999998551</v>
+        <v>6.7334546000001865</v>
       </c>
       <c r="D213" s="5">
-        <v>3.1916212933385646</v>
+        <v>3.2006013946931811</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>2579.4581665999999</v>
+        <v>2579.4496917000001</v>
       </c>
       <c r="C214" s="5">
-        <v>11.367986700000074</v>
+        <v>11.321876599999996</v>
       </c>
       <c r="D214" s="5">
-        <v>5.4432115912730783</v>
+        <v>5.4205137517713275</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>2591.2913469999999</v>
+        <v>2591.2797823000001</v>
       </c>
       <c r="C215" s="5">
-        <v>11.833180399999947</v>
+        <v>11.830090599999949</v>
       </c>
       <c r="D215" s="5">
-        <v>5.6460030328162825</v>
+        <v>5.6445104180128602</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>2593.1976983</v>
+        <v>2593.2126604</v>
       </c>
       <c r="C216" s="5">
-        <v>1.9063513000000967</v>
+        <v>1.9328780999999253</v>
       </c>
       <c r="D216" s="5">
-        <v>0.88639222933211137</v>
+        <v>0.8987810144863051</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>2598.5597380999998</v>
+        <v>2598.5317513</v>
       </c>
       <c r="C217" s="5">
-        <v>5.3620397999998204</v>
+        <v>5.319090899999992</v>
       </c>
       <c r="D217" s="5">
-        <v>2.5096931215268015</v>
+        <v>2.4893491269214696</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>2599.3095229</v>
+        <v>2599.3108477999999</v>
       </c>
       <c r="C218" s="5">
-        <v>0.74978480000027048</v>
+        <v>0.77909649999992325</v>
       </c>
       <c r="D218" s="5">
-        <v>0.34679633385341635</v>
+        <v>0.36038006315466387</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>2609.3879397000001</v>
+        <v>2609.3814385999999</v>
       </c>
       <c r="C219" s="5">
-        <v>10.078416800000014</v>
+        <v>10.070590799999991</v>
       </c>
       <c r="D219" s="5">
-        <v>4.7533293363523521</v>
+        <v>4.7495568483519435</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>2617.8221018999998</v>
+        <v>2617.8173597</v>
       </c>
       <c r="C220" s="5">
-        <v>8.4341621999997187</v>
+        <v>8.4359211000000869</v>
       </c>
       <c r="D220" s="5">
-        <v>3.9483862149175319</v>
+        <v>3.9492343409099684</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>2624.3910458999999</v>
+        <v>2624.4178980000002</v>
       </c>
       <c r="C221" s="5">
-        <v>6.5689440000001014</v>
+        <v>6.600538300000153</v>
       </c>
       <c r="D221" s="5">
-        <v>3.0530873036524131</v>
+        <v>3.0679814473326683</v>
       </c>
       <c r="E221" s="5">
-        <v>3.5539750682329174</v>
+        <v>3.5543344895557771</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>2625.2729567000001</v>
+        <v>2625.2626356000001</v>
       </c>
       <c r="C222" s="5">
-        <v>0.88191080000024158</v>
+        <v>0.84473759999991671</v>
       </c>
       <c r="D222" s="5">
-        <v>0.4039989145877998</v>
+        <v>0.38693593485075173</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>2633.9234643999998</v>
+        <v>2633.9105602</v>
       </c>
       <c r="C223" s="5">
-        <v>8.6505076999997073</v>
+        <v>8.6479245999998966</v>
       </c>
       <c r="D223" s="5">
-        <v>4.026559829955878</v>
+        <v>4.025351718293968</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>2631.9941588000002</v>
+        <v>2632.0078752999998</v>
       </c>
       <c r="C224" s="5">
-        <v>-1.9293055999996795</v>
+        <v>-1.9026849000001675</v>
       </c>
       <c r="D224" s="5">
-        <v>-0.87544777523872463</v>
+        <v>-0.86342044924493377</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>2638.3610259000002</v>
+        <v>2638.3725846000002</v>
       </c>
       <c r="C225" s="5">
-        <v>6.3668671000000359</v>
+        <v>6.3647093000004134</v>
       </c>
       <c r="D225" s="5">
-        <v>2.9417676992574471</v>
+        <v>2.9407418750839964</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>2642.2420584000001</v>
+        <v>2642.2375504000001</v>
       </c>
       <c r="C226" s="5">
-        <v>3.8810324999999466</v>
+        <v>3.8649657999999363</v>
       </c>
       <c r="D226" s="5">
-        <v>1.7795531950440147</v>
+        <v>1.7721189172773322</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>2644.7014678</v>
+        <v>2644.6935306</v>
       </c>
       <c r="C227" s="5">
-        <v>2.4594093999999131</v>
+        <v>2.4559801999998854</v>
       </c>
       <c r="D227" s="5">
-        <v>1.1227007578747727</v>
+        <v>1.1211292666059691</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>2652.6994977999998</v>
+        <v>2652.7178752999998</v>
       </c>
       <c r="C228" s="5">
-        <v>7.9980299999997442</v>
+        <v>8.0243446999998014</v>
       </c>
       <c r="D228" s="5">
-        <v>3.6899791042247942</v>
+        <v>3.7023342931502334</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>2657.9867052999998</v>
+        <v>2657.9606484000001</v>
       </c>
       <c r="C229" s="5">
-        <v>5.2872075000000223</v>
+        <v>5.2427731000002495</v>
       </c>
       <c r="D229" s="5">
-        <v>2.4181649703794328</v>
+        <v>2.3976041879255172</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>2632.3885785000002</v>
+        <v>2632.3815785000002</v>
       </c>
       <c r="C230" s="5">
-        <v>-25.598126799999591</v>
+        <v>-25.579069899999922</v>
       </c>
       <c r="D230" s="5">
-        <v>-10.963860496001676</v>
+        <v>-10.956227161574173</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>2646.4757153999999</v>
+        <v>2646.4724173</v>
       </c>
       <c r="C231" s="5">
-        <v>14.087136899999678</v>
+        <v>14.090838799999801</v>
       </c>
       <c r="D231" s="5">
-        <v>6.6141833080486601</v>
+        <v>6.6159910238550612</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>2650.974745</v>
+        <v>2650.9709717999999</v>
       </c>
       <c r="C232" s="5">
-        <v>4.4990296000000853</v>
+        <v>4.4985544999999547</v>
       </c>
       <c r="D232" s="5">
-        <v>2.0591921485649367</v>
+        <v>2.0589752497343294</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>2646.4033109000002</v>
+        <v>2646.4411921999999</v>
       </c>
       <c r="C233" s="5">
-        <v>-4.5714340999998058</v>
+        <v>-4.5297795999999835</v>
       </c>
       <c r="D233" s="5">
-        <v>-2.0498083222755481</v>
+        <v>-2.03130870276369</v>
       </c>
       <c r="E233" s="5">
-        <v>0.83875705316054372</v>
+        <v>0.83916872449250057</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>2634.9670205000002</v>
+        <v>2634.9611453000002</v>
       </c>
       <c r="C234" s="5">
-        <v>-11.436290399999962</v>
+        <v>-11.480046899999707</v>
       </c>
       <c r="D234" s="5">
-        <v>-5.0642398055131377</v>
+        <v>-5.0830851858403641</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>2620.2091237</v>
+        <v>2620.2007331</v>
       </c>
       <c r="C235" s="5">
-        <v>-14.757896800000253</v>
+        <v>-14.760412200000246</v>
       </c>
       <c r="D235" s="5">
-        <v>-6.5177304524388742</v>
+        <v>-6.5188214523630101</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>2603.4115735</v>
+        <v>2603.4167564999998</v>
       </c>
       <c r="C236" s="5">
-        <v>-16.797550199999932</v>
+        <v>-16.783976600000187</v>
       </c>
       <c r="D236" s="5">
-        <v>-7.4273876136205068</v>
+        <v>-7.4216185502150589</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>2586.1124507</v>
+        <v>2586.1107751</v>
       </c>
       <c r="C237" s="5">
-        <v>-17.299122800000077</v>
+        <v>-17.305981399999837</v>
       </c>
       <c r="D237" s="5">
-        <v>-7.6886955625357079</v>
+        <v>-7.6916185756607742</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>2578.6165252000001</v>
+        <v>2578.6132634999999</v>
       </c>
       <c r="C238" s="5">
-        <v>-7.4959254999998848</v>
+        <v>-7.4975116000000526</v>
       </c>
       <c r="D238" s="5">
-        <v>-3.4233189616844628</v>
+        <v>-3.4240339911675854</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>2568.3959027000001</v>
+        <v>2568.3889386000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-10.22062249999999</v>
+        <v>-10.224324899999829</v>
       </c>
       <c r="D239" s="5">
-        <v>-4.6539989823750405</v>
+        <v>-4.6556540510776401</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>2557.5827933999999</v>
+        <v>2557.6006394000001</v>
       </c>
       <c r="C240" s="5">
-        <v>-10.813109300000178</v>
+        <v>-10.788299199999983</v>
       </c>
       <c r="D240" s="5">
-        <v>-4.936719602344164</v>
+        <v>-4.9256660048278338</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>2548.1016466999999</v>
+        <v>2548.0776036000002</v>
       </c>
       <c r="C241" s="5">
-        <v>-9.4811466999999539</v>
+        <v>-9.5230357999998887</v>
       </c>
       <c r="D241" s="5">
-        <v>-4.358899562266938</v>
+        <v>-4.3777352474414943</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>2545.6360574</v>
+        <v>2545.6270195000002</v>
       </c>
       <c r="C242" s="5">
-        <v>-2.4655892999999196</v>
+        <v>-2.4505841000000146</v>
       </c>
       <c r="D242" s="5">
-        <v>-1.15498214045201</v>
+        <v>-1.1480010093454562</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>2542.3497378000002</v>
+        <v>2542.3456291000002</v>
       </c>
       <c r="C243" s="5">
-        <v>-3.2863195999998425</v>
+        <v>-3.2813903999999638</v>
       </c>
       <c r="D243" s="5">
-        <v>-1.5382022341911328</v>
+        <v>-1.5359168084926322</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>2537.7457424999998</v>
+        <v>2537.7381845</v>
       </c>
       <c r="C244" s="5">
-        <v>-4.6039953000004061</v>
+        <v>-4.6074446000002354</v>
       </c>
       <c r="D244" s="5">
-        <v>-2.1515914090838306</v>
+        <v>-2.1531907871475298</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>2537.7822701999999</v>
+        <v>2537.8379306000002</v>
       </c>
       <c r="C245" s="5">
-        <v>3.6527700000078767E-2</v>
+        <v>9.974610000017492E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>1.7273877961931916E-2</v>
+        <v>4.7176339795496069E-2</v>
       </c>
       <c r="E245" s="5">
-        <v>-4.1044779626979828</v>
+        <v>-4.1037473993411293</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>2543.7978174</v>
+        <v>2543.7906825</v>
       </c>
       <c r="C246" s="5">
-        <v>6.0155472000001282</v>
+        <v>5.9527518999998392</v>
       </c>
       <c r="D246" s="5">
-        <v>2.8818528646640917</v>
+        <v>2.851317192410141</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>2542.7096710999999</v>
+        <v>2542.7026117999999</v>
       </c>
       <c r="C247" s="5">
-        <v>-1.0881463000000622</v>
+        <v>-1.0880707000001166</v>
       </c>
       <c r="D247" s="5">
-        <v>-0.51211138843525461</v>
+        <v>-0.51207732557783103</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>2548.2975151999999</v>
+        <v>2548.2957941</v>
       </c>
       <c r="C248" s="5">
-        <v>5.5878440999999839</v>
+        <v>5.5931823000000804</v>
       </c>
       <c r="D248" s="5">
-        <v>2.669221896694296</v>
+        <v>2.6718103047012276</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>2559.6415164</v>
+        <v>2559.6378831000002</v>
       </c>
       <c r="C249" s="5">
-        <v>11.344001200000093</v>
+        <v>11.342089000000215</v>
       </c>
       <c r="D249" s="5">
-        <v>5.4746708263013311</v>
+        <v>5.4737290700375585</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>2570.7506306999999</v>
+        <v>2570.7453304999999</v>
       </c>
       <c r="C250" s="5">
-        <v>11.109114299999874</v>
+        <v>11.107447399999728</v>
       </c>
       <c r="D250" s="5">
-        <v>5.3342638817775123</v>
+        <v>5.333452039622788</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>2568.4011381999999</v>
+        <v>2568.3941927999999</v>
       </c>
       <c r="C251" s="5">
-        <v>-2.3494924999999967</v>
+        <v>-2.3511376999999811</v>
       </c>
       <c r="D251" s="5">
-        <v>-1.0912229372085802</v>
+        <v>-1.0919854517269956</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>2572.0331959999999</v>
+        <v>2572.0432311</v>
       </c>
       <c r="C252" s="5">
-        <v>3.6320577999999841</v>
+        <v>3.6490383000000293</v>
       </c>
       <c r="D252" s="5">
-        <v>1.7102190824825891</v>
+        <v>1.7182819184012432</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>2573.2771075999999</v>
+        <v>2573.2585552</v>
       </c>
       <c r="C253" s="5">
-        <v>1.2439116000000467</v>
+        <v>1.2153241000000889</v>
       </c>
       <c r="D253" s="5">
-        <v>0.5819018359241257</v>
+        <v>0.56849160677108213</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>2575.5389154999998</v>
+        <v>2575.5303997000001</v>
       </c>
       <c r="C254" s="5">
-        <v>2.2618078999998943</v>
+        <v>2.2718445000000429</v>
       </c>
       <c r="D254" s="5">
-        <v>1.0598660547417538</v>
+        <v>1.0645997027366683</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>2581.2316793999998</v>
+        <v>2581.2266663999999</v>
       </c>
       <c r="C255" s="5">
-        <v>5.6927639000000454</v>
+        <v>5.6962666999997964</v>
       </c>
       <c r="D255" s="5">
-        <v>2.6848665405001304</v>
+        <v>2.6865476972721236</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>2584.3640245000001</v>
+        <v>2584.3571978999998</v>
       </c>
       <c r="C256" s="5">
-        <v>3.1323451000002933</v>
+        <v>3.1305314999999609</v>
       </c>
       <c r="D256" s="5">
-        <v>1.4659681020164017</v>
+        <v>1.4651165141785549</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>2589.0722205000002</v>
+        <v>2589.1343912000002</v>
       </c>
       <c r="C257" s="5">
-        <v>4.7081960000000436</v>
+        <v>4.7771933000003628</v>
       </c>
       <c r="D257" s="5">
-        <v>2.2081994413475581</v>
+        <v>2.2408956957792325</v>
       </c>
       <c r="E257" s="5">
-        <v>2.0210540085441764</v>
+        <v>2.0212662117423896</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>2600.3734937999998</v>
+        <v>2600.3670523000001</v>
       </c>
       <c r="C258" s="5">
-        <v>11.301273299999593</v>
+        <v>11.232661099999859</v>
       </c>
       <c r="D258" s="5">
-        <v>5.3655859617742108</v>
+        <v>5.332098187999601</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>2599.8259936999998</v>
+        <v>2599.8203973999998</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.54750009999997928</v>
+        <v>-0.54665490000024874</v>
       </c>
       <c r="D259" s="5">
-        <v>-0.25236368720404911</v>
+        <v>-0.25197517606638797</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>2610.9684046000002</v>
+        <v>2610.9635539999999</v>
       </c>
       <c r="C260" s="5">
-        <v>11.142410900000414</v>
+        <v>11.143156600000111</v>
       </c>
       <c r="D260" s="5">
-        <v>5.2659751232983831</v>
+        <v>5.266347499732893</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>2627.5350889000001</v>
+        <v>2627.5297976000002</v>
       </c>
       <c r="C261" s="5">
-        <v>16.566684299999906</v>
+        <v>16.566243600000234</v>
       </c>
       <c r="D261" s="5">
-        <v>7.88545460429384</v>
+        <v>7.8852526290685621</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>2625.2566781</v>
+        <v>2625.2505431999998</v>
       </c>
       <c r="C262" s="5">
-        <v>-2.2784108000000742</v>
+        <v>-2.2792544000003545</v>
       </c>
       <c r="D262" s="5">
-        <v>-1.0356060064464323</v>
+        <v>-1.0359896967218507</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>2634.9306362000002</v>
+        <v>2634.9236513999999</v>
       </c>
       <c r="C263" s="5">
-        <v>9.6739581000001635</v>
+        <v>9.6731082000001152</v>
       </c>
       <c r="D263" s="5">
-        <v>4.5126792643905622</v>
+        <v>4.5122854961027636</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>2642.0900762000001</v>
+        <v>2642.0926227</v>
       </c>
       <c r="C264" s="5">
-        <v>7.1594399999999041</v>
+        <v>7.1689713000000665</v>
       </c>
       <c r="D264" s="5">
-        <v>3.3097222197258303</v>
+        <v>3.3142034849216628</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>2647.1330610999998</v>
+        <v>2647.1195423999998</v>
       </c>
       <c r="C265" s="5">
-        <v>5.0429848999997375</v>
+        <v>5.0269196999997803</v>
       </c>
       <c r="D265" s="5">
-        <v>2.3146511229755973</v>
+        <v>2.3071978694357176</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>2659.4138896999998</v>
+        <v>2659.4069743999999</v>
       </c>
       <c r="C266" s="5">
-        <v>12.28082859999995</v>
+        <v>12.287432000000081</v>
       </c>
       <c r="D266" s="5">
-        <v>5.7114247968768739</v>
+        <v>5.7146045865277051</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>2655.2896663000001</v>
+        <v>2655.2852441999999</v>
       </c>
       <c r="C267" s="5">
-        <v>-4.1242233999996643</v>
+        <v>-4.1217302000000018</v>
       </c>
       <c r="D267" s="5">
-        <v>-1.8451708194601291</v>
+        <v>-1.8440696113832922</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>2663.7349518000001</v>
+        <v>2663.7301880999999</v>
       </c>
       <c r="C268" s="5">
-        <v>8.4452854999999545</v>
+        <v>8.4449438999999984</v>
       </c>
       <c r="D268" s="5">
-        <v>3.8841397001599498</v>
+        <v>3.8839864157434789</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>2674.1504034999998</v>
+        <v>2674.2121004999999</v>
       </c>
       <c r="C269" s="5">
-        <v>10.415451699999721</v>
+        <v>10.481912400000056</v>
       </c>
       <c r="D269" s="5">
-        <v>4.7943448257332877</v>
+        <v>4.8256113807419565</v>
       </c>
       <c r="E269" s="5">
-        <v>3.2860490459230673</v>
+        <v>3.2859518451094472</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>2685.8928258000001</v>
+        <v>2685.8869697999999</v>
       </c>
       <c r="C270" s="5">
-        <v>11.742422300000271</v>
+        <v>11.674869299999955</v>
       </c>
       <c r="D270" s="5">
-        <v>5.3984422252889352</v>
+        <v>5.3665092569300521</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>2691.9400249</v>
+        <v>2691.9354229999999</v>
       </c>
       <c r="C271" s="5">
-        <v>6.0471990999999434</v>
+        <v>6.0484532000000399</v>
       </c>
       <c r="D271" s="5">
-        <v>2.7354688618963952</v>
+        <v>2.7360492419778337</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>2706.8579703</v>
+        <v>2706.8507402999999</v>
       </c>
       <c r="C272" s="5">
-        <v>14.917945400000008</v>
+        <v>14.91531729999997</v>
       </c>
       <c r="D272" s="5">
-        <v>6.8565302556008456</v>
+        <v>6.8552973713112531</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>2714.6147618</v>
+        <v>2714.6081012</v>
       </c>
       <c r="C273" s="5">
-        <v>7.756791499999963</v>
+        <v>7.7573609000000943</v>
       </c>
       <c r="D273" s="5">
-        <v>3.4934468507066274</v>
+        <v>3.4937168276538477</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>2726.3802286</v>
+        <v>2726.3738846000001</v>
       </c>
       <c r="C274" s="5">
-        <v>11.765466800000013</v>
+        <v>11.765783400000146</v>
       </c>
       <c r="D274" s="5">
-        <v>5.3267313563292396</v>
+        <v>5.3268915120380678</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>2738.0635714999999</v>
+        <v>2738.0575976</v>
       </c>
       <c r="C275" s="5">
-        <v>11.683342899999843</v>
+        <v>11.683712999999898</v>
       </c>
       <c r="D275" s="5">
-        <v>5.2653025440699386</v>
+        <v>5.2654858293054607</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>2743.6816838</v>
+        <v>2743.6775363000002</v>
       </c>
       <c r="C276" s="5">
-        <v>5.6181123000001207</v>
+        <v>5.6199387000001479</v>
       </c>
       <c r="D276" s="5">
-        <v>2.4902049337442778</v>
+        <v>2.4910291350325853</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>2757.3885755000001</v>
+        <v>2757.3822172</v>
       </c>
       <c r="C277" s="5">
-        <v>13.706891700000142</v>
+        <v>13.704680899999858</v>
       </c>
       <c r="D277" s="5">
-        <v>6.1624601896787867</v>
+        <v>6.1614483470573633</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>2768.1766538000002</v>
+        <v>2768.1724631000002</v>
       </c>
       <c r="C278" s="5">
-        <v>10.788078300000052</v>
+        <v>10.790245900000173</v>
       </c>
       <c r="D278" s="5">
-        <v>4.7972669057660511</v>
+        <v>4.7982629421825518</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>2773.0555512999999</v>
+        <v>2773.0523278000001</v>
       </c>
       <c r="C279" s="5">
-        <v>4.8788974999997663</v>
+        <v>4.8798646999998709</v>
       </c>
       <c r="D279" s="5">
-        <v>2.1356170887537829</v>
+        <v>2.1360478350959555</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>2785.7254380999998</v>
+        <v>2785.7221368</v>
       </c>
       <c r="C280" s="5">
-        <v>12.669886799999858</v>
+        <v>12.669808999999987</v>
       </c>
       <c r="D280" s="5">
-        <v>5.6226073189761694</v>
+        <v>5.6225786219214591</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>2791.8552783999999</v>
+        <v>2791.9141235000002</v>
       </c>
       <c r="C281" s="5">
-        <v>6.129840300000069</v>
+        <v>6.1919867000001432</v>
       </c>
       <c r="D281" s="5">
-        <v>2.6727285559071889</v>
+        <v>2.7001609605237675</v>
       </c>
       <c r="E281" s="5">
-        <v>4.4015802082764122</v>
+        <v>4.4013720145082535</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>2795.8348603999998</v>
+        <v>2795.8263913999999</v>
       </c>
       <c r="C282" s="5">
-        <v>3.9795819999999367</v>
+        <v>3.9122678999997333</v>
       </c>
       <c r="D282" s="5">
-        <v>1.7239847801091557</v>
+        <v>1.6945627092245008</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>2812.2947057000001</v>
+        <v>2812.2879689000001</v>
       </c>
       <c r="C283" s="5">
-        <v>16.459845300000325</v>
+        <v>16.461577500000203</v>
       </c>
       <c r="D283" s="5">
-        <v>7.2980336942235713</v>
+        <v>7.2988495946610277</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>2819.5847057999999</v>
+        <v>2819.5762841000001</v>
       </c>
       <c r="C284" s="5">
-        <v>7.2900000999998156</v>
+        <v>7.2883151999999427</v>
       </c>
       <c r="D284" s="5">
-        <v>3.1553608778619902</v>
+        <v>3.1546288342609863</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>2825.5043483999998</v>
+        <v>2825.4944965999998</v>
       </c>
       <c r="C285" s="5">
-        <v>5.919642599999861</v>
+        <v>5.9182124999997541</v>
       </c>
       <c r="D285" s="5">
-        <v>2.5486638252806726</v>
+        <v>2.5480486783163725</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>2830.5351906000001</v>
+        <v>2830.5266253</v>
       </c>
       <c r="C286" s="5">
-        <v>5.0308422000002793</v>
+        <v>5.0321287000001576</v>
       </c>
       <c r="D286" s="5">
-        <v>2.1576616001267146</v>
+        <v>2.1582263778673783</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>2838.5611904000002</v>
+        <v>2838.5625439999999</v>
       </c>
       <c r="C287" s="5">
-        <v>8.025999800000136</v>
+        <v>8.035918699999911</v>
       </c>
       <c r="D287" s="5">
-        <v>3.4561767109450026</v>
+        <v>3.4605255636348753</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>2847.8728799</v>
+        <v>2847.8689608</v>
       </c>
       <c r="C288" s="5">
-        <v>9.3116894999998294</v>
+        <v>9.3064168000000791</v>
       </c>
       <c r="D288" s="5">
-        <v>4.0083172872838357</v>
+        <v>4.0060045690169632</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>2853.133362</v>
+        <v>2853.1286123999998</v>
       </c>
       <c r="C289" s="5">
-        <v>5.2604820999999902</v>
+        <v>5.2596515999998701</v>
       </c>
       <c r="D289" s="5">
-        <v>2.2392526830710358</v>
+        <v>2.2388986741719519</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>2860.6500431999998</v>
+        <v>2860.6513988000002</v>
       </c>
       <c r="C290" s="5">
-        <v>7.5166811999997662</v>
+        <v>7.5227864000003137</v>
       </c>
       <c r="D290" s="5">
-        <v>3.2076564418207942</v>
+        <v>3.2103050844244807</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>2866.5513225</v>
+        <v>2866.5515203999998</v>
       </c>
       <c r="C291" s="5">
-        <v>5.9012793000001693</v>
+        <v>5.900121599999693</v>
       </c>
       <c r="D291" s="5">
-        <v>2.5037797253874228</v>
+        <v>2.5032817543754193</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>2877.0028207</v>
+        <v>2877.0034182999998</v>
       </c>
       <c r="C292" s="5">
-        <v>10.45149820000006</v>
+        <v>10.451897899999949</v>
       </c>
       <c r="D292" s="5">
-        <v>4.4640336590743512</v>
+        <v>4.4642075021882777</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>2881.0914398</v>
+        <v>2881.1412994000002</v>
       </c>
       <c r="C293" s="5">
-        <v>4.0886190999999599</v>
+        <v>4.1378811000004134</v>
       </c>
       <c r="D293" s="5">
-        <v>1.7187589768646871</v>
+        <v>1.739631288985688</v>
       </c>
       <c r="E293" s="5">
-        <v>3.1963032643705258</v>
+        <v>3.1959140558429189</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>2887.4791802999998</v>
+        <v>2887.4623735999999</v>
       </c>
       <c r="C294" s="5">
-        <v>6.3877404999998362</v>
+        <v>6.3210741999996571</v>
       </c>
       <c r="D294" s="5">
-        <v>2.6932344887990345</v>
+        <v>2.6647395742262825</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>2895.2499499</v>
+        <v>2895.2401083</v>
       </c>
       <c r="C295" s="5">
-        <v>7.7707696000002215</v>
+        <v>7.77773470000011</v>
       </c>
       <c r="D295" s="5">
-        <v>3.2776661413879582</v>
+        <v>3.2806670196584786</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>2904.5528887</v>
+        <v>2904.543983</v>
       </c>
       <c r="C296" s="5">
-        <v>9.3029387999999926</v>
+        <v>9.3038747000000512</v>
       </c>
       <c r="D296" s="5">
-        <v>3.9246842402013371</v>
+        <v>3.9250996570762142</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>2917.7655332999998</v>
+        <v>2917.7524637000001</v>
       </c>
       <c r="C297" s="5">
-        <v>13.212644599999749</v>
+        <v>13.208480700000109</v>
       </c>
       <c r="D297" s="5">
-        <v>5.5973964466465631</v>
+        <v>5.5956056912188634</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>2929.1316618999999</v>
+        <v>2929.1205660999999</v>
       </c>
       <c r="C298" s="5">
-        <v>11.366128600000138</v>
+        <v>11.368102399999771</v>
       </c>
       <c r="D298" s="5">
-        <v>4.7760548450280771</v>
+        <v>4.7769239482426507</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>2934.8379510999998</v>
+        <v>2934.8504111000002</v>
       </c>
       <c r="C299" s="5">
-        <v>5.706289199999901</v>
+        <v>5.7298450000002958</v>
       </c>
       <c r="D299" s="5">
-        <v>2.3629509941718529</v>
+        <v>2.3728196262150059</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>2945.5846201999998</v>
+        <v>2945.5812907999998</v>
       </c>
       <c r="C300" s="5">
-        <v>10.746669099999963</v>
+        <v>10.730879699999605</v>
       </c>
       <c r="D300" s="5">
-        <v>4.4836958056368115</v>
+        <v>4.4769557675368166</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>2955.7465668999998</v>
+        <v>2955.7453086</v>
       </c>
       <c r="C301" s="5">
-        <v>10.161946700000044</v>
+        <v>10.164017800000238</v>
       </c>
       <c r="D301" s="5">
-        <v>4.2193314517384728</v>
+        <v>4.2202126374934368</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>2965.2621201000002</v>
+        <v>2965.2729647000001</v>
       </c>
       <c r="C302" s="5">
-        <v>9.5155532000003404</v>
+        <v>9.5276561000000584</v>
       </c>
       <c r="D302" s="5">
-        <v>3.9323508006009256</v>
+        <v>3.9374430964290053</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>2977.5384955999998</v>
+        <v>2977.5448953999999</v>
       </c>
       <c r="C303" s="5">
-        <v>12.276375499999631</v>
+        <v>12.271930699999757</v>
       </c>
       <c r="D303" s="5">
-        <v>5.0827776750093312</v>
+        <v>5.0808763021939374</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>2986.3553471999999</v>
+        <v>2986.3649958999999</v>
       </c>
       <c r="C304" s="5">
-        <v>8.8168516000000636</v>
+        <v>8.8201005000000805</v>
       </c>
       <c r="D304" s="5">
-        <v>3.6117905258394201</v>
+        <v>3.613135290578251</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>2997.6296152</v>
+        <v>2997.6588179</v>
       </c>
       <c r="C305" s="5">
-        <v>11.27426800000012</v>
+        <v>11.293822000000091</v>
       </c>
       <c r="D305" s="5">
-        <v>4.6255730033414988</v>
+        <v>4.633747877966865</v>
       </c>
       <c r="E305" s="5">
-        <v>4.0449315072099923</v>
+        <v>4.0441445382864316</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>2999.9974069</v>
+        <v>2999.9672566999998</v>
       </c>
       <c r="C306" s="5">
-        <v>2.3677916999999979</v>
+        <v>2.3084387999997489</v>
       </c>
       <c r="D306" s="5">
-        <v>0.95199436923611991</v>
+        <v>0.92802070276170046</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>2997.2875238000001</v>
+        <v>2997.2764999000001</v>
       </c>
       <c r="C307" s="5">
-        <v>-2.7098830999998427</v>
+        <v>-2.69075679999969</v>
       </c>
       <c r="D307" s="5">
-        <v>-1.0785851408160574</v>
+        <v>-1.0710207342586209</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>2994.6872361999999</v>
+        <v>2994.6746463999998</v>
       </c>
       <c r="C308" s="5">
-        <v>-2.6002876000002288</v>
+        <v>-2.6018535000002885</v>
       </c>
       <c r="D308" s="5">
-        <v>-1.0361032483304111</v>
+        <v>-1.0367280113535382</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>2991.5208053000001</v>
+        <v>2991.5013032000002</v>
       </c>
       <c r="C309" s="5">
-        <v>-3.1664308999997957</v>
+        <v>-3.1733431999996355</v>
       </c>
       <c r="D309" s="5">
-        <v>-1.2614665638082223</v>
+        <v>-1.2642095923864782</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>2990.8690351999999</v>
+        <v>2990.8539900000001</v>
       </c>
       <c r="C310" s="5">
-        <v>-0.65177010000024893</v>
+        <v>-0.64731320000009873</v>
       </c>
       <c r="D310" s="5">
-        <v>-0.26113392913669209</v>
+        <v>-0.25935207018805695</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>2991.3449264000001</v>
+        <v>2991.3746062</v>
       </c>
       <c r="C311" s="5">
-        <v>0.47589120000020557</v>
+        <v>0.52061619999994946</v>
       </c>
       <c r="D311" s="5">
-        <v>0.19110481230895093</v>
+        <v>0.20908339338039372</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>2996.4413837000002</v>
+        <v>2996.4405406000001</v>
       </c>
       <c r="C312" s="5">
-        <v>5.096457300000111</v>
+        <v>5.0659344000000601</v>
       </c>
       <c r="D312" s="5">
-        <v>2.0637484091143188</v>
+        <v>2.0512526404504072</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>2995.3711251999998</v>
+        <v>2995.3757853000002</v>
       </c>
       <c r="C313" s="5">
-        <v>-1.0702585000003637</v>
+        <v>-1.0647552999998879</v>
       </c>
       <c r="D313" s="5">
-        <v>-0.42777082790732557</v>
+        <v>-0.42557567448687772</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>2997.0112257000001</v>
+        <v>2997.0352929000001</v>
       </c>
       <c r="C314" s="5">
-        <v>1.6401005000002442</v>
+        <v>1.6595075999998699</v>
       </c>
       <c r="D314" s="5">
-        <v>0.65903633933925843</v>
+        <v>0.66685736974205767</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>2998.8741703999999</v>
+        <v>2998.8907819000001</v>
       </c>
       <c r="C315" s="5">
-        <v>1.8629446999998436</v>
+        <v>1.8554890000000341</v>
       </c>
       <c r="D315" s="5">
-        <v>0.74847645938143081</v>
+        <v>0.74546476405792372</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>2991.6920977</v>
+        <v>2991.7117597000001</v>
       </c>
       <c r="C316" s="5">
-        <v>-7.1820726999999351</v>
+        <v>-7.179022199999963</v>
       </c>
       <c r="D316" s="5">
-        <v>-2.8363528393662629</v>
+        <v>-2.8351484511119129</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>2995.0940995999999</v>
+        <v>2995.1034298</v>
       </c>
       <c r="C317" s="5">
-        <v>3.4020018999999593</v>
+        <v>3.3916700999998284</v>
       </c>
       <c r="D317" s="5">
-        <v>1.3731466475600085</v>
+        <v>1.3689413434785802</v>
       </c>
       <c r="E317" s="5">
-        <v>-8.4584018890898616E-2</v>
+        <v>-8.5246128903693208E-2</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>3006.4101839</v>
+        <v>3006.3623677999999</v>
       </c>
       <c r="C318" s="5">
-        <v>11.316084300000057</v>
+        <v>11.258937999999944</v>
       </c>
       <c r="D318" s="5">
-        <v>4.6292585807697906</v>
+        <v>4.6053807257596668</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>2998.8480982999999</v>
+        <v>2998.8300254999999</v>
       </c>
       <c r="C319" s="5">
-        <v>-7.5620856000000458</v>
+        <v>-7.5323422999999821</v>
       </c>
       <c r="D319" s="5">
-        <v>-2.9769757775179317</v>
+        <v>-2.9654740910226907</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>2993.2026676999999</v>
+        <v>2993.1785211000001</v>
       </c>
       <c r="C320" s="5">
-        <v>-5.6454306000000543</v>
+        <v>-5.6515043999997943</v>
       </c>
       <c r="D320" s="5">
-        <v>-2.2357958497926433</v>
+        <v>-2.2381897671435502</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>2998.3264349000001</v>
+        <v>2998.2951822</v>
       </c>
       <c r="C321" s="5">
-        <v>5.1237672000002021</v>
+        <v>5.1166610999998738</v>
       </c>
       <c r="D321" s="5">
-        <v>2.0736116634298307</v>
+        <v>2.0707255628617194</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>2992.9219192</v>
+        <v>2992.9047642999999</v>
       </c>
       <c r="C322" s="5">
-        <v>-5.4045157000000472</v>
+        <v>-5.3904179000001022</v>
       </c>
       <c r="D322" s="5">
-        <v>-2.1416975506953984</v>
+        <v>-2.1361880563240065</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>2986.8048333000002</v>
+        <v>2986.8453881999999</v>
       </c>
       <c r="C323" s="5">
-        <v>-6.1170858999998927</v>
+        <v>-6.0593761000000086</v>
       </c>
       <c r="D323" s="5">
-        <v>-2.4252375952311889</v>
+        <v>-2.4026252219079502</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>2993.6188244999998</v>
+        <v>2993.6283874000001</v>
       </c>
       <c r="C324" s="5">
-        <v>6.8139911999996912</v>
+        <v>6.7829992000001766</v>
       </c>
       <c r="D324" s="5">
-        <v>2.7722507663727303</v>
+        <v>2.7594459284195016</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>2991.6982066999999</v>
+        <v>2991.7193852999999</v>
       </c>
       <c r="C325" s="5">
-        <v>-1.9206177999999454</v>
+        <v>-1.9090021000001798</v>
       </c>
       <c r="D325" s="5">
-        <v>-0.76717386653142317</v>
+        <v>-0.76254791122637444</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>2997.2708143</v>
+        <v>2997.3098006999999</v>
       </c>
       <c r="C326" s="5">
-        <v>5.572607600000083</v>
+        <v>5.5904153999999835</v>
       </c>
       <c r="D326" s="5">
-        <v>2.2582707511131783</v>
+        <v>2.2655453979044893</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>2991.6328503999998</v>
+        <v>2991.6649034000002</v>
       </c>
       <c r="C327" s="5">
-        <v>-5.6379639000001589</v>
+        <v>-5.644897299999684</v>
       </c>
       <c r="D327" s="5">
-        <v>-2.2340321704781618</v>
+        <v>-2.2367223284338267</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>2990.4277007000001</v>
+        <v>2990.4567238</v>
       </c>
       <c r="C328" s="5">
-        <v>-1.2051496999997653</v>
+        <v>-1.2081796000002214</v>
       </c>
       <c r="D328" s="5">
-        <v>-0.48233851727464971</v>
+        <v>-0.48354331624458347</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>2991.6949961999999</v>
+        <v>2991.7057927000001</v>
       </c>
       <c r="C329" s="5">
-        <v>1.2672954999998183</v>
+        <v>1.2490689000001112</v>
       </c>
       <c r="D329" s="5">
-        <v>0.50972782417557649</v>
+        <v>0.5023750389264281</v>
       </c>
       <c r="E329" s="5">
-        <v>-0.11348903530122856</v>
+        <v>-0.11343972519262113</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>2998.3998151000001</v>
+        <v>2998.3335763</v>
       </c>
       <c r="C330" s="5">
-        <v>6.7048189000001912</v>
+        <v>6.6277835999999297</v>
       </c>
       <c r="D330" s="5">
-        <v>2.7227715335000902</v>
+        <v>2.6910961672612199</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>3001.7814589999998</v>
+        <v>3001.7403168999999</v>
       </c>
       <c r="C331" s="5">
-        <v>3.3816438999997445</v>
+        <v>3.406740599999921</v>
       </c>
       <c r="D331" s="5">
-        <v>1.3618060840508539</v>
+        <v>1.3720063994547838</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>3015.1624078999998</v>
+        <v>3015.1158255999999</v>
       </c>
       <c r="C332" s="5">
-        <v>13.380948900000021</v>
+        <v>13.375508699999955</v>
       </c>
       <c r="D332" s="5">
-        <v>5.4823188684832491</v>
+        <v>5.4801120143803672</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>3017.4551867</v>
+        <v>3017.3746117999999</v>
       </c>
       <c r="C333" s="5">
-        <v>2.2927788000001783</v>
+        <v>2.2587862000000314</v>
       </c>
       <c r="D333" s="5">
-        <v>0.91632565075119299</v>
+        <v>0.90269824247979358</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>3024.0100157000002</v>
+        <v>3023.9683378</v>
       </c>
       <c r="C334" s="5">
-        <v>6.5548290000001543</v>
+        <v>6.5937260000000606</v>
       </c>
       <c r="D334" s="5">
-        <v>2.6381358007788069</v>
+        <v>2.6540511161019298</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>3029.8113334</v>
+        <v>3029.8943417999999</v>
       </c>
       <c r="C335" s="5">
-        <v>5.8013176999997995</v>
+        <v>5.9260039999999208</v>
       </c>
       <c r="D335" s="5">
-        <v>2.3265487582225353</v>
+        <v>2.3771260394542804</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>3019.2523193000002</v>
+        <v>3019.2933452000002</v>
       </c>
       <c r="C336" s="5">
-        <v>-10.559014099999786</v>
+        <v>-10.600996599999689</v>
       </c>
       <c r="D336" s="5">
-        <v>-4.1028117765335992</v>
+        <v>-4.1187012017459441</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>3024.0464105999999</v>
+        <v>3024.0944568999998</v>
       </c>
       <c r="C337" s="5">
-        <v>4.7940912999997636</v>
+        <v>4.8011116999996375</v>
       </c>
       <c r="D337" s="5">
-        <v>1.9221372316650553</v>
+        <v>1.9249502600609203</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>3017.6760227</v>
+        <v>3017.7365347999998</v>
       </c>
       <c r="C338" s="5">
-        <v>-6.3703878999999688</v>
+        <v>-6.3579220999999961</v>
       </c>
       <c r="D338" s="5">
-        <v>-2.4988089888730247</v>
+        <v>-2.4939364683745358</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>3031.2217707</v>
+        <v>3031.2761380000002</v>
       </c>
       <c r="C339" s="5">
-        <v>13.545748000000003</v>
+        <v>13.539603200000329</v>
       </c>
       <c r="D339" s="5">
-        <v>5.5215572245504996</v>
+        <v>5.5188769196211185</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>3040.1884356999999</v>
+        <v>3040.2385331999999</v>
       </c>
       <c r="C340" s="5">
-        <v>8.9666649999999208</v>
+        <v>8.9623951999997189</v>
       </c>
       <c r="D340" s="5">
-        <v>3.6080488351646123</v>
+        <v>3.6062369616826961</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>3045.2155914999998</v>
+        <v>3045.2314150000002</v>
       </c>
       <c r="C341" s="5">
-        <v>5.0271557999999459</v>
+        <v>4.9928818000003048</v>
       </c>
       <c r="D341" s="5">
-        <v>2.0024267259763473</v>
+        <v>1.9886180255536123</v>
       </c>
       <c r="E341" s="5">
-        <v>1.7889723172977545</v>
+        <v>1.7891338924638456</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>3042.6312524999998</v>
+        <v>3042.5478152999999</v>
       </c>
       <c r="C342" s="5">
-        <v>-2.5843389999999999</v>
+        <v>-2.6835997000002862</v>
       </c>
       <c r="D342" s="5">
-        <v>-1.0136466099117336</v>
+        <v>-1.0523853646157377</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>3057.3629909000001</v>
+        <v>3057.2693168999999</v>
       </c>
       <c r="C343" s="5">
-        <v>14.731738400000268</v>
+        <v>14.721501600000011</v>
       </c>
       <c r="D343" s="5">
-        <v>5.9673779268047733</v>
+        <v>5.9632882540306298</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>3070.1654751000001</v>
+        <v>3070.0728321000001</v>
       </c>
       <c r="C344" s="5">
-        <v>12.802484199999981</v>
+        <v>12.80351520000022</v>
       </c>
       <c r="D344" s="5">
-        <v>5.1422710034891628</v>
+        <v>5.1428559192817636</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>3070.7125706000002</v>
+        <v>3070.5520394</v>
       </c>
       <c r="C345" s="5">
-        <v>0.54709550000006857</v>
+        <v>0.47920729999987088</v>
       </c>
       <c r="D345" s="5">
-        <v>0.21404658095678375</v>
+        <v>0.18746874244726097</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>3079.7008133999998</v>
+        <v>3079.6481388000002</v>
       </c>
       <c r="C346" s="5">
-        <v>8.9882427999996253</v>
+        <v>9.0960994000001847</v>
       </c>
       <c r="D346" s="5">
-        <v>3.5696074987399129</v>
+        <v>3.6133341726879653</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>3089.8686487999998</v>
+        <v>3090.0001440000001</v>
       </c>
       <c r="C347" s="5">
-        <v>10.167835400000058</v>
+        <v>10.352005199999894</v>
       </c>
       <c r="D347" s="5">
-        <v>4.0346190452115183</v>
+        <v>4.109126095842508</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>3093.2480768</v>
+        <v>3093.3350716999998</v>
       </c>
       <c r="C348" s="5">
-        <v>3.3794280000001891</v>
+        <v>3.3349276999997528</v>
       </c>
       <c r="D348" s="5">
-        <v>1.3203788340484079</v>
+        <v>1.3028329767948321</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>3104.2708567</v>
+        <v>3104.3775575999998</v>
       </c>
       <c r="C349" s="5">
-        <v>11.022779899999932</v>
+        <v>11.042485899999974</v>
       </c>
       <c r="D349" s="5">
-        <v>4.3610099857934292</v>
+        <v>4.3688348113043007</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>3105.6391250000001</v>
+        <v>3105.7207613999999</v>
       </c>
       <c r="C350" s="5">
-        <v>1.3682683000001816</v>
+        <v>1.343203800000083</v>
       </c>
       <c r="D350" s="5">
-        <v>0.53020766911413553</v>
+        <v>0.52045405029208514</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>3114.1257467</v>
+        <v>3114.2021777999998</v>
       </c>
       <c r="C351" s="5">
-        <v>8.4866216999998869</v>
+        <v>8.4814163999999437</v>
       </c>
       <c r="D351" s="5">
-        <v>3.3289151636341385</v>
+        <v>3.3267538294462051</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>3119.1555248</v>
+        <v>3119.2284220000001</v>
       </c>
       <c r="C352" s="5">
-        <v>5.0297780999999304</v>
+        <v>5.026244200000292</v>
       </c>
       <c r="D352" s="5">
-        <v>1.9554896930200405</v>
+        <v>1.9540551696935138</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>3126.5876597000001</v>
+        <v>3126.6469026</v>
       </c>
       <c r="C353" s="5">
-        <v>7.4321349000001646</v>
+        <v>7.4184805999998389</v>
       </c>
       <c r="D353" s="5">
-        <v>2.8970576993019526</v>
+        <v>2.8915969518175322</v>
       </c>
       <c r="E353" s="5">
-        <v>2.6721283191617484</v>
+        <v>2.6735402504705741</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>3132.7181682</v>
+        <v>3132.5603934999999</v>
       </c>
       <c r="C354" s="5">
-        <v>6.1305084999999053</v>
+        <v>5.9134908999999425</v>
       </c>
       <c r="D354" s="5">
-        <v>2.3784608347202418</v>
+        <v>2.2933427007743257</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>3142.4623842000001</v>
+        <v>3142.3263093</v>
       </c>
       <c r="C355" s="5">
-        <v>9.7442160000000513</v>
+        <v>9.7659158000001298</v>
       </c>
       <c r="D355" s="5">
-        <v>3.7970819613491802</v>
+        <v>3.8058783248668737</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>3142.9703589999999</v>
+        <v>3142.8385861000002</v>
       </c>
       <c r="C356" s="5">
-        <v>0.50797479999982897</v>
+        <v>0.51227680000010878</v>
       </c>
       <c r="D356" s="5">
-        <v>0.1941509320515733</v>
+        <v>0.1958051424206797</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>3149.7399546000001</v>
+        <v>3149.4038415</v>
       </c>
       <c r="C357" s="5">
-        <v>6.7695956000002298</v>
+        <v>6.5652553999998418</v>
       </c>
       <c r="D357" s="5">
-        <v>2.6155013219862688</v>
+        <v>2.535750870767961</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>3158.3111503999999</v>
+        <v>3158.2559245000002</v>
       </c>
       <c r="C358" s="5">
-        <v>8.5711957999997139</v>
+        <v>8.8520830000002206</v>
       </c>
       <c r="D358" s="5">
-        <v>3.3148070207927205</v>
+        <v>3.4254929048997074</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>3161.9376747000001</v>
+        <v>3162.1778847</v>
       </c>
       <c r="C359" s="5">
-        <v>3.6265243000002556</v>
+        <v>3.9219601999998304</v>
       </c>
       <c r="D359" s="5">
-        <v>1.3866328553997276</v>
+        <v>1.5003945244784544</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>3165.1308162999999</v>
+        <v>3165.2637089999998</v>
       </c>
       <c r="C360" s="5">
-        <v>3.1931415999997625</v>
+        <v>3.0858242999997856</v>
       </c>
       <c r="D360" s="5">
-        <v>1.218595948055845</v>
+        <v>1.177330549336153</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>3172.9125964999998</v>
+        <v>3173.069853</v>
       </c>
       <c r="C361" s="5">
-        <v>7.7817801999999574</v>
+        <v>7.8061440000001312</v>
       </c>
       <c r="D361" s="5">
-        <v>2.9905398210307688</v>
+        <v>2.9999025374307431</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>3176.9263704</v>
+        <v>3177.0643221</v>
       </c>
       <c r="C362" s="5">
-        <v>4.0137739000001602</v>
+        <v>3.9944691000000603</v>
       </c>
       <c r="D362" s="5">
-        <v>1.5286212811677302</v>
+        <v>1.5211422713098166</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>3175.3902398999999</v>
+        <v>3175.5180519</v>
       </c>
       <c r="C363" s="5">
-        <v>-1.5361305000001266</v>
+        <v>-1.5462701999999808</v>
       </c>
       <c r="D363" s="5">
-        <v>-0.57869212435358586</v>
+        <v>-0.58247651416537538</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>3182.3065575000001</v>
+        <v>3182.4439656</v>
       </c>
       <c r="C364" s="5">
-        <v>6.916317600000184</v>
+        <v>6.92591369999991</v>
       </c>
       <c r="D364" s="5">
-        <v>2.64525968292737</v>
+        <v>2.6488661083652776</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>3180.3193814000001</v>
+        <v>3180.4061192999998</v>
       </c>
       <c r="C365" s="5">
-        <v>-1.9871760999999424</v>
+        <v>-2.037846300000183</v>
       </c>
       <c r="D365" s="5">
-        <v>-0.74676605629536708</v>
+        <v>-0.76570758404204131</v>
       </c>
       <c r="E365" s="5">
-        <v>1.7185419872461027</v>
+        <v>1.7193888013160574</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>3194.811068</v>
+        <v>3194.5471745999998</v>
       </c>
       <c r="C366" s="5">
-        <v>14.491686599999866</v>
+        <v>14.141055300000062</v>
       </c>
       <c r="D366" s="5">
-        <v>5.6071525424291391</v>
+        <v>5.4679987393250196</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>3201.2491464</v>
+        <v>3201.0397137</v>
       </c>
       <c r="C367" s="5">
-        <v>6.4380783999999949</v>
+        <v>6.4925391000001582</v>
       </c>
       <c r="D367" s="5">
-        <v>2.4451833973082593</v>
+        <v>2.4663053275910007</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>3180.8499090999999</v>
+        <v>3180.6088057000002</v>
       </c>
       <c r="C368" s="5">
-        <v>-20.399237300000095</v>
+        <v>-20.430907999999818</v>
       </c>
       <c r="D368" s="5">
-        <v>-7.3843419748355954</v>
+        <v>-7.3958740988762877</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>2838.2802596000001</v>
+        <v>2837.8485624999998</v>
       </c>
       <c r="C369" s="5">
-        <v>-342.56964949999974</v>
+        <v>-342.76024320000033</v>
       </c>
       <c r="D369" s="5">
-        <v>-74.52318137409452</v>
+        <v>-74.546499838501916</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>2895.4222648</v>
+        <v>2895.3436849999998</v>
       </c>
       <c r="C370" s="5">
-        <v>57.142005199999858</v>
+        <v>57.495122499999979</v>
       </c>
       <c r="D370" s="5">
-        <v>27.022189884567439</v>
+        <v>27.212820343944944</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>2940.5902612</v>
+        <v>2940.9611685</v>
       </c>
       <c r="C371" s="5">
-        <v>45.167996399999993</v>
+        <v>45.617483500000162</v>
       </c>
       <c r="D371" s="5">
-        <v>20.412412894424079</v>
+        <v>20.634077292952501</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>2927.0482413</v>
+        <v>2927.2194439999998</v>
       </c>
       <c r="C372" s="5">
-        <v>-13.542019900000014</v>
+        <v>-13.741724500000146</v>
       </c>
       <c r="D372" s="5">
-        <v>-5.3883999256788773</v>
+        <v>-5.465160273427994</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>2941.1341126000002</v>
+        <v>2941.3764897999999</v>
       </c>
       <c r="C373" s="5">
-        <v>14.085871300000235</v>
+        <v>14.157045800000105</v>
       </c>
       <c r="D373" s="5">
-        <v>5.9300988672956301</v>
+        <v>5.9605066987916455</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>2955.1738227000001</v>
+        <v>2955.4110778999998</v>
       </c>
       <c r="C374" s="5">
-        <v>14.039710099999866</v>
+        <v>14.034588099999837</v>
       </c>
       <c r="D374" s="5">
-        <v>5.8810971897022224</v>
+        <v>5.8783977938005938</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>2978.3443019000001</v>
+        <v>2978.5747550000001</v>
       </c>
       <c r="C375" s="5">
-        <v>23.170479200000045</v>
+        <v>23.163677100000314</v>
       </c>
       <c r="D375" s="5">
-        <v>9.8253119346877185</v>
+        <v>9.8214792602146606</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>2990.7781119000001</v>
+        <v>2991.0067669</v>
       </c>
       <c r="C376" s="5">
-        <v>12.433809999999994</v>
+        <v>12.432011899999907</v>
       </c>
       <c r="D376" s="5">
-        <v>5.126330333506135</v>
+        <v>5.1251661796088088</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>2994.9844816</v>
+        <v>2995.0948441</v>
       </c>
       <c r="C377" s="5">
-        <v>4.2063696999998683</v>
+        <v>4.0880772000000434</v>
       </c>
       <c r="D377" s="5">
-        <v>1.70085272456999</v>
+        <v>1.6525335221458493</v>
       </c>
       <c r="E377" s="5">
-        <v>-5.827556216017971</v>
+        <v>-5.8266544664046354</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>3002.0424634000001</v>
+        <v>3001.6504098</v>
       </c>
       <c r="C378" s="5">
-        <v>7.0579818000001069</v>
+        <v>6.5555656999999883</v>
       </c>
       <c r="D378" s="5">
-        <v>2.8648635411520962</v>
+        <v>2.6583712397085124</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>2993.0029285999999</v>
+        <v>2992.6277986</v>
       </c>
       <c r="C379" s="5">
-        <v>-9.0395348000001832</v>
+        <v>-9.0226112000000285</v>
       </c>
       <c r="D379" s="5">
-        <v>-3.5541089621379585</v>
+        <v>-3.5480203722539683</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>3022.2399165000002</v>
+        <v>3021.7574359999999</v>
       </c>
       <c r="C380" s="5">
-        <v>29.236987900000258</v>
+        <v>29.129637399999865</v>
       </c>
       <c r="D380" s="5">
-        <v>12.372888834311224</v>
+        <v>12.326628718314424</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>3035.7643210000001</v>
+        <v>3034.9281013999998</v>
       </c>
       <c r="C381" s="5">
-        <v>13.524404499999946</v>
+        <v>13.170665399999962</v>
       </c>
       <c r="D381" s="5">
-        <v>5.5041109604128557</v>
+        <v>5.3575563650716473</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>3044.3861283000001</v>
+        <v>3044.1990615999998</v>
       </c>
       <c r="C382" s="5">
-        <v>8.6218073000000004</v>
+        <v>9.2709601999999904</v>
       </c>
       <c r="D382" s="5">
-        <v>3.4618366337572315</v>
+        <v>3.7279248875988547</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>3057.3608251999999</v>
+        <v>3057.9566057000002</v>
       </c>
       <c r="C383" s="5">
-        <v>12.974696899999799</v>
+        <v>13.757544100000359</v>
       </c>
       <c r="D383" s="5">
-        <v>5.2358093531459815</v>
+        <v>5.5599669537769625</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>3086.5806585</v>
+        <v>3086.9373317999998</v>
       </c>
       <c r="C384" s="5">
-        <v>29.219833300000118</v>
+        <v>28.980726099999629</v>
       </c>
       <c r="D384" s="5">
-        <v>12.09111949904722</v>
+        <v>11.984505473829277</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>3092.4308237</v>
+        <v>3092.9333938999998</v>
       </c>
       <c r="C385" s="5">
-        <v>5.8501651999999922</v>
+        <v>5.9960621000000174</v>
       </c>
       <c r="D385" s="5">
-        <v>2.2982857296213188</v>
+        <v>2.3559412163777216</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>3104.9573375999998</v>
+        <v>3105.4246822</v>
       </c>
       <c r="C386" s="5">
-        <v>12.526513899999827</v>
+        <v>12.491288300000178</v>
       </c>
       <c r="D386" s="5">
-        <v>4.9706113292750986</v>
+        <v>4.955498254736046</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>3140.3568036000001</v>
+        <v>3140.8574926000001</v>
       </c>
       <c r="C387" s="5">
-        <v>35.399466000000302</v>
+        <v>35.432810400000108</v>
       </c>
       <c r="D387" s="5">
-        <v>14.572474010309966</v>
+        <v>14.584738461979319</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>3153.5699832</v>
+        <v>3154.1105014</v>
       </c>
       <c r="C388" s="5">
-        <v>13.213179599999876</v>
+        <v>13.253008799999861</v>
       </c>
       <c r="D388" s="5">
-        <v>5.1675458360516346</v>
+        <v>5.1826404031518614</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>3166.8763193</v>
+        <v>3167.1007549999999</v>
       </c>
       <c r="C389" s="5">
-        <v>13.306336099999953</v>
+        <v>12.99025359999996</v>
       </c>
       <c r="D389" s="5">
-        <v>5.1825153731621443</v>
+        <v>5.0557203981326015</v>
       </c>
       <c r="E389" s="5">
-        <v>5.7393231502879338</v>
+        <v>5.7429203365239712</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>3163.9605418000001</v>
+        <v>3163.2624458</v>
       </c>
       <c r="C390" s="5">
-        <v>-2.9157774999998765</v>
+        <v>-3.8383091999999124</v>
       </c>
       <c r="D390" s="5">
-        <v>-1.0992753215512852</v>
+        <v>-1.4446629318793147</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>3188.2586913</v>
+        <v>3187.4692150000001</v>
       </c>
       <c r="C391" s="5">
-        <v>24.298149499999909</v>
+        <v>24.206769200000053</v>
       </c>
       <c r="D391" s="5">
-        <v>9.6149834450026894</v>
+        <v>9.5794919592783181</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>3198.6795459999998</v>
+        <v>3197.6078226999998</v>
       </c>
       <c r="C392" s="5">
-        <v>10.420854699999836</v>
+        <v>10.138607699999739</v>
       </c>
       <c r="D392" s="5">
-        <v>3.9934944365560332</v>
+        <v>3.884411721036507</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>3226.3887715000001</v>
+        <v>3224.7896531000001</v>
       </c>
       <c r="C393" s="5">
-        <v>27.70922550000023</v>
+        <v>27.181830400000308</v>
       </c>
       <c r="D393" s="5">
-        <v>10.905113816765088</v>
+        <v>10.691514007273417</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>3234.8450640000001</v>
+        <v>3234.3158997999999</v>
       </c>
       <c r="C394" s="5">
-        <v>8.4562925000000178</v>
+        <v>9.5262466999997741</v>
       </c>
       <c r="D394" s="5">
-        <v>3.1909103522836713</v>
+        <v>3.6030470672172576</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>3238.0836599999998</v>
+        <v>3239.2176712999999</v>
       </c>
       <c r="C395" s="5">
-        <v>3.2385959999996885</v>
+        <v>4.9017714999999953</v>
       </c>
       <c r="D395" s="5">
-        <v>1.2080288906381353</v>
+        <v>1.8338978542470574</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>3268.1096137</v>
+        <v>3268.9810278</v>
       </c>
       <c r="C396" s="5">
-        <v>30.025953700000173</v>
+        <v>29.7633565000001</v>
       </c>
       <c r="D396" s="5">
-        <v>11.71271141536343</v>
+        <v>11.600773459731384</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>3282.1130271000002</v>
+        <v>3283.1670822000001</v>
       </c>
       <c r="C397" s="5">
-        <v>14.003413400000227</v>
+        <v>14.186054400000103</v>
       </c>
       <c r="D397" s="5">
-        <v>5.2647638852512557</v>
+        <v>5.3336216171719464</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>3293.0698037000002</v>
+        <v>3293.9165862999998</v>
       </c>
       <c r="C398" s="5">
-        <v>10.956776600000012</v>
+        <v>10.74950409999974</v>
       </c>
       <c r="D398" s="5">
-        <v>4.080374099553441</v>
+        <v>4.0004809561350552</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>3305.4536856999998</v>
+        <v>3306.3164750000001</v>
       </c>
       <c r="C399" s="5">
-        <v>12.38388199999963</v>
+        <v>12.399888700000247</v>
       </c>
       <c r="D399" s="5">
-        <v>4.6072241367703048</v>
+        <v>4.6120924144266606</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>3314.4185825</v>
+        <v>3315.2967327000001</v>
       </c>
       <c r="C400" s="5">
-        <v>8.9648968000001332</v>
+        <v>8.9802577000000383</v>
       </c>
       <c r="D400" s="5">
-        <v>3.3035735479172379</v>
+        <v>3.3084423903181559</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>3320.6364142000002</v>
+        <v>3320.9761677000001</v>
       </c>
       <c r="C401" s="5">
-        <v>6.2178317000002608</v>
+        <v>5.6794350000000122</v>
       </c>
       <c r="D401" s="5">
-        <v>2.2745672578428078</v>
+        <v>2.0752001897893946</v>
       </c>
       <c r="E401" s="5">
-        <v>4.8552604963741475</v>
+        <v>4.8585575453219176</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>3345.4811602999998</v>
+        <v>3344.3511831000001</v>
       </c>
       <c r="C402" s="5">
-        <v>24.844746099999611</v>
+        <v>23.375015399999938</v>
       </c>
       <c r="D402" s="5">
-        <v>9.3571414783873976</v>
+        <v>8.781087958583921</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>3355.7744066999999</v>
+        <v>3354.3943599999998</v>
       </c>
       <c r="C403" s="5">
-        <v>10.293246400000044</v>
+        <v>10.043176899999708</v>
       </c>
       <c r="D403" s="5">
-        <v>3.7552372180660543</v>
+        <v>3.6637521745215507</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>3364.6825429</v>
+        <v>3362.8008220000002</v>
       </c>
       <c r="C404" s="5">
-        <v>8.9081362000001718</v>
+        <v>8.4064620000003742</v>
       </c>
       <c r="D404" s="5">
-        <v>3.2324058111391718</v>
+        <v>3.0491250347925103</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>3370.8417035000002</v>
+        <v>3368.2572412999998</v>
       </c>
       <c r="C405" s="5">
-        <v>6.1591606000001775</v>
+        <v>5.4564192999996521</v>
       </c>
       <c r="D405" s="5">
-        <v>2.218890053335576</v>
+        <v>1.9645687384786781</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>3376.6765260000002</v>
+        <v>3375.7558270999998</v>
       </c>
       <c r="C406" s="5">
-        <v>5.8348224999999729</v>
+        <v>7.4985858000000007</v>
       </c>
       <c r="D406" s="5">
-        <v>2.0970526238527354</v>
+        <v>2.70445594763562</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>3385.7451756999999</v>
+        <v>3387.5027077</v>
       </c>
       <c r="C407" s="5">
-        <v>9.0686496999996962</v>
+        <v>11.746880600000168</v>
       </c>
       <c r="D407" s="5">
-        <v>3.2708413611569176</v>
+        <v>4.2565862395936627</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>3374.2072712999998</v>
+        <v>3375.7405878</v>
       </c>
       <c r="C408" s="5">
-        <v>-11.537904400000116</v>
+        <v>-11.762119900000016</v>
       </c>
       <c r="D408" s="5">
-        <v>-4.0135645724802878</v>
+        <v>-4.0879943065654007</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>3386.6156096999998</v>
+        <v>3388.3924256</v>
       </c>
       <c r="C409" s="5">
-        <v>12.408338400000048</v>
+        <v>12.651837800000067</v>
       </c>
       <c r="D409" s="5">
-        <v>4.5032473466389167</v>
+        <v>4.5913194427940507</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>3401.0357806000002</v>
+        <v>3402.3553698999999</v>
       </c>
       <c r="C410" s="5">
-        <v>14.420170900000358</v>
+        <v>13.96294429999989</v>
       </c>
       <c r="D410" s="5">
-        <v>5.2309622590674287</v>
+        <v>5.0586094193868503</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>3399.3744855</v>
+        <v>3400.6326436999998</v>
       </c>
       <c r="C411" s="5">
-        <v>-1.6612951000001885</v>
+        <v>-1.7227262000001247</v>
       </c>
       <c r="D411" s="5">
-        <v>-0.58458867683133242</v>
+        <v>-0.60591088057090348</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>3400.1612326999998</v>
+        <v>3401.3861244999998</v>
       </c>
       <c r="C412" s="5">
-        <v>0.7867471999998088</v>
+        <v>0.75348080000003392</v>
       </c>
       <c r="D412" s="5">
-        <v>0.27808037183336687</v>
+        <v>0.26620918358111201</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>3405.8435241000002</v>
+        <v>3406.2116676999999</v>
       </c>
       <c r="C413" s="5">
-        <v>5.6822914000003948</v>
+        <v>4.8255432000000837</v>
       </c>
       <c r="D413" s="5">
-        <v>2.0239554068845145</v>
+        <v>1.7157857237456886</v>
       </c>
       <c r="E413" s="5">
-        <v>2.56598733711495</v>
+        <v>2.5665796951211295</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>3414.1035883999998</v>
+        <v>3412.5315329</v>
       </c>
       <c r="C414" s="5">
-        <v>8.2600642999996126</v>
+        <v>6.3198652000000948</v>
       </c>
       <c r="D414" s="5">
-        <v>2.949450979248347</v>
+        <v>2.2493345026142419</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>3420.5222186000001</v>
+        <v>3418.5013607000001</v>
       </c>
       <c r="C415" s="5">
-        <v>6.4186302000002797</v>
+        <v>5.9698278000000755</v>
       </c>
       <c r="D415" s="5">
-        <v>2.2795152702101751</v>
+        <v>2.1195772252601497</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>3429.1499886000001</v>
+        <v>3426.5086560999998</v>
       </c>
       <c r="C416" s="5">
-        <v>8.627770000000055</v>
+        <v>8.007295399999748</v>
       </c>
       <c r="D416" s="5">
-        <v>3.0691716029126903</v>
+        <v>2.8473045528410568</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>3431.8929927999998</v>
+        <v>3428.2166084999999</v>
       </c>
       <c r="C417" s="5">
-        <v>2.743004199999632</v>
+        <v>1.7079524000000674</v>
       </c>
       <c r="D417" s="5">
-        <v>0.96412379982622198</v>
+        <v>0.59978573911094735</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>3436.1566085999998</v>
+        <v>3434.8311438999999</v>
       </c>
       <c r="C418" s="5">
-        <v>4.263615800000025</v>
+        <v>6.6145354000000225</v>
       </c>
       <c r="D418" s="5">
-        <v>1.5010502190253572</v>
+        <v>2.3400557651721776</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>3438.5496035000001</v>
+        <v>3441.0169234999998</v>
       </c>
       <c r="C419" s="5">
-        <v>2.3929949000003035</v>
+        <v>6.1857795999999325</v>
       </c>
       <c r="D419" s="5">
-        <v>0.83890777258059934</v>
+        <v>2.1826116260648343</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>3397.0495557999998</v>
+        <v>3399.2264175</v>
       </c>
       <c r="C420" s="5">
-        <v>-41.500047700000323</v>
+        <v>-41.790505999999823</v>
       </c>
       <c r="D420" s="5">
-        <v>-13.559143075769963</v>
+        <v>-13.638651216231112</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>3439.2900866</v>
+        <v>3441.8138582000001</v>
       </c>
       <c r="C421" s="5">
-        <v>42.240530800000215</v>
+        <v>42.587440700000116</v>
       </c>
       <c r="D421" s="5">
-        <v>15.985341738838077</v>
+        <v>16.114759687240742</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>3442.4304275</v>
+        <v>3444.2081540999998</v>
       </c>
       <c r="C422" s="5">
-        <v>3.1403408999999556</v>
+        <v>2.3942958999996335</v>
       </c>
       <c r="D422" s="5">
-        <v>1.1012131543979509</v>
+        <v>0.83798067748506178</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>3448.6565181999999</v>
+        <v>3450.3040953999998</v>
       </c>
       <c r="C423" s="5">
-        <v>6.2260906999999861</v>
+        <v>6.0959413000000495</v>
       </c>
       <c r="D423" s="5">
-        <v>2.1920789877709845</v>
+        <v>2.1446905119824722</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>3450.4996259999998</v>
+        <v>3451.9860732000002</v>
       </c>
       <c r="C424" s="5">
-        <v>1.8431077999998706</v>
+        <v>1.681977800000368</v>
       </c>
       <c r="D424" s="5">
-        <v>0.64321922843550983</v>
+        <v>0.58655519185795146</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>3453.2003244000002</v>
+        <v>3453.6448601000002</v>
       </c>
       <c r="C425" s="5">
-        <v>2.7006984000004195</v>
+        <v>1.6587868999999955</v>
       </c>
       <c r="D425" s="5">
-        <v>0.94329116882125863</v>
+        <v>0.57816385280766713</v>
       </c>
       <c r="E425" s="5">
-        <v>1.390457311526494</v>
+        <v>1.3925497598928915</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>3454.58221</v>
+        <v>3459.9307515999999</v>
       </c>
       <c r="C426" s="5">
-        <v>1.381885599999805</v>
+        <v>6.2858914999997069</v>
       </c>
       <c r="D426" s="5">
-        <v>0.48126874026734878</v>
+        <v>2.2060864172224415</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>3454.1127427000001</v>
+        <v>3459.6192852999998</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.46946729999990566</v>
+        <v>-0.3114663000001201</v>
       </c>
       <c r="D427" s="5">
-        <v>-0.16295454611050531</v>
+        <v>-0.10797168737232132</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>3452.8834498000001</v>
+        <v>3458.4472565999999</v>
       </c>
       <c r="C428" s="5">
-        <v>-1.2292929000000186</v>
+        <v>-1.1720286999998279</v>
       </c>
       <c r="D428" s="5">
-        <v>-0.42623606632455902</v>
+        <v>-0.40577206138034949</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>3456.7755665</v>
+        <v>3465.4837017</v>
       </c>
       <c r="C429" s="5">
-        <v>3.8921166999998604</v>
+        <v>7.0364451000000372</v>
       </c>
       <c r="D429" s="5">
-        <v>1.3610667312188074</v>
+        <v>2.468987856204774</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>3457.2446561000002</v>
+        <v>3462.6327129000001</v>
       </c>
       <c r="C430" s="5">
-        <v>0.46908960000018851</v>
+        <v>-2.8509887999998682</v>
       </c>
       <c r="D430" s="5">
-        <v>0.16296338304522262</v>
+        <v>-0.9827629329792309</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>3455.1277697999999</v>
+        <v>3446.7046989</v>
       </c>
       <c r="C431" s="5">
-        <v>-2.1168863000002602</v>
+        <v>-15.928014000000076</v>
       </c>
       <c r="D431" s="5">
-        <v>-0.73229593720995911</v>
+        <v>-5.3824316086982016</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>3456.1924171999999</v>
+        <v>3444.3106339999999</v>
       </c>
       <c r="C432" s="5">
-        <v>1.0646474000000126</v>
+        <v>-2.3940649000001031</v>
       </c>
       <c r="D432" s="5">
-        <v>0.37038985467057195</v>
+        <v>-0.83033747309496642</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>3460.9755927000001</v>
+        <v>3448.9009752000002</v>
       </c>
       <c r="C433" s="5">
-        <v>4.7831755000001976</v>
+        <v>4.590341200000239</v>
       </c>
       <c r="D433" s="5">
-        <v>1.6734318395818848</v>
+        <v>1.6110527500417637</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>3463.6997326999999</v>
+        <v>3451.5395362999998</v>
       </c>
       <c r="C434" s="5">
-        <v>2.7241399999998066</v>
+        <v>2.6385610999996061</v>
       </c>
       <c r="D434" s="5">
-        <v>0.94862175840868534</v>
+        <v>0.92192563324378085</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>3448.3214232999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-3.218112999999903</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-1.1131246954689589</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>3448.8384477999998</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.51702449999993405</v>
+      </c>
+      <c r="D436" s="5">
+        <v>0.18007059448419405</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">