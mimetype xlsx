--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{5D25743C-65E4-4432-A4DC-E7054FA142EC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C7E9A2FE-1603-495F-B0C2-F5C89E2A601D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C0ABAE0F-73C9-446B-B801-9D1C5DF24124}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{E68BD91F-5DC8-475E-8A6A-368991B95967}"/>
   </bookViews>
   <sheets>
     <sheet name="hounaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Total Nonfarm Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD625EF0-B3C2-4D1D-928E-C303023C9E46}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5A9D736E-0AE3-42DD-84C0-945BDC3D65CC}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>3446.7046989</v>
       </c>
       <c r="C431" s="5">
         <v>-15.928014000000076</v>
       </c>
       <c r="D431" s="5">
         <v>-5.3824316086982016</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>3444.3106339999999</v>
       </c>
       <c r="C432" s="5">
         <v>-2.3940649000001031</v>
       </c>
       <c r="D432" s="5">
         <v>-0.83033747309496642</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>3448.9009752000002</v>
       </c>
       <c r="C433" s="5">
         <v>4.590341200000239</v>
       </c>
       <c r="D433" s="5">
         <v>1.6110527500417637</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>3451.5395362999998</v>
       </c>
       <c r="C434" s="5">
         <v>2.6385610999996061</v>
       </c>
       <c r="D434" s="5">
         <v>0.92192563324378085</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>3448.3214232999999</v>
       </c>
       <c r="C435" s="5">
         <v>-3.218112999999903</v>
       </c>
       <c r="D435" s="5">
         <v>-1.1131246954689589</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>3448.8384477999998</v>
+        <v>3451.1359567999998</v>
       </c>
       <c r="C436" s="5">
-        <v>0.51702449999993405</v>
+        <v>2.814533499999925</v>
       </c>
       <c r="D436" s="5">
-        <v>0.18007059448419405</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.98385354769614519</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>3450.0671487</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-1.0688080999998419</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-0.37100460323339357</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.10359233635552911</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>