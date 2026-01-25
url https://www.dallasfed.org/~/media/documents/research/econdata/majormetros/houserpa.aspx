--- v0 (2025-10-10)
+++ v1 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{459C5D9F-A182-4518-8D30-6A879B7FAA29}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B75C2DC5-6536-4BDF-8567-31D1DFEA3063}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{72FE10B0-E6CC-44B4-B2DC-35072856B106}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0DF441F8-4236-49C2-AE68-7E595283EC5E}"/>
   </bookViews>
   <sheets>
     <sheet name="houserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Services Providing Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FF4797E9-9A5C-4BA0-9B26-40E20E219F12}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7A24498E-AD03-4A4B-A0DC-A460B0187896}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -975,6146 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>1353.5472274000001</v>
+        <v>1353.5475913</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>1356.876002</v>
+        <v>1356.8742763</v>
       </c>
       <c r="C7" s="5">
-        <v>3.3287745999998606</v>
+        <v>3.3266849999999977</v>
       </c>
       <c r="D7" s="5">
-        <v>2.991403152672123</v>
+        <v>2.9894990630632945</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>1362.5951458</v>
+        <v>1362.5953311999999</v>
       </c>
       <c r="C8" s="5">
-        <v>5.7191437999999835</v>
+        <v>5.7210548999998991</v>
       </c>
       <c r="D8" s="5">
-        <v>5.176838257849381</v>
+        <v>5.1786151932918578</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>1370.6019464000001</v>
+        <v>1370.6059144000001</v>
       </c>
       <c r="C9" s="5">
-        <v>8.0068006000001333</v>
+        <v>8.0105832000001556</v>
       </c>
       <c r="D9" s="5">
-        <v>7.2837835716220933</v>
+        <v>7.2873355951373675</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>1381.0707605</v>
+        <v>1381.0724734</v>
       </c>
       <c r="C10" s="5">
-        <v>10.468814099999918</v>
+        <v>10.466558999999961</v>
       </c>
       <c r="D10" s="5">
-        <v>9.5607602165995509</v>
+        <v>9.5585846173878775</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>1391.7495120999999</v>
+        <v>1391.7471811</v>
       </c>
       <c r="C11" s="5">
-        <v>10.678751599999941</v>
+        <v>10.674707699999999</v>
       </c>
       <c r="D11" s="5">
-        <v>9.6836173504003966</v>
+        <v>9.6797804996078263</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>1398.9335329999999</v>
+        <v>1398.9325911999999</v>
       </c>
       <c r="C12" s="5">
-        <v>7.1840208999999504</v>
+        <v>7.1854100999998991</v>
       </c>
       <c r="D12" s="5">
-        <v>6.3731532597902429</v>
+        <v>6.3744318443620829</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>1400.8781993</v>
+        <v>1400.8808724</v>
       </c>
       <c r="C13" s="5">
-        <v>1.9446663000001081</v>
+        <v>1.9482812000001104</v>
       </c>
       <c r="D13" s="5">
-        <v>1.680940637647077</v>
+        <v>1.6840904191609329</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>1403.5442661</v>
+        <v>1403.54234</v>
       </c>
       <c r="C14" s="5">
-        <v>2.6660667999999532</v>
+        <v>2.6614675999999236</v>
       </c>
       <c r="D14" s="5">
-        <v>2.3078246459593332</v>
+        <v>2.3037973111936783</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>1402.9920012</v>
+        <v>1402.9905544000001</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.55226489999995465</v>
+        <v>-0.55178559999990284</v>
       </c>
       <c r="D15" s="5">
-        <v>-0.47115403877739936</v>
+        <v>-0.47074666168885893</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>1405.3889076999999</v>
+        <v>1405.3884754999999</v>
       </c>
       <c r="C16" s="5">
-        <v>2.3969064999998864</v>
+        <v>2.3979210999998486</v>
       </c>
       <c r="D16" s="5">
-        <v>2.0694835537115042</v>
+        <v>2.07036996322707</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>1412.0760312</v>
+        <v>1412.0755951000001</v>
       </c>
       <c r="C17" s="5">
-        <v>6.6871235000000979</v>
+        <v>6.6871196000001873</v>
       </c>
       <c r="D17" s="5">
-        <v>5.8616644631351633</v>
+        <v>5.8616628046698427</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>1401.7283941000001</v>
+        <v>1401.7286716999999</v>
       </c>
       <c r="C18" s="5">
-        <v>-10.347637099999929</v>
+        <v>-10.346923400000151</v>
       </c>
       <c r="D18" s="5">
-        <v>-8.4476549613579426</v>
+        <v>-8.4470980899894794</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>1402.7449426999999</v>
+        <v>1402.7432036</v>
       </c>
       <c r="C19" s="5">
-        <v>1.0165485999998509</v>
+        <v>1.0145319000000654</v>
       </c>
       <c r="D19" s="5">
-        <v>0.87373253322027278</v>
+        <v>0.87199208240502646</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>1407.1047880000001</v>
+        <v>1407.1048484999999</v>
       </c>
       <c r="C20" s="5">
-        <v>4.3598453000001882</v>
+        <v>4.3616448999998738</v>
       </c>
       <c r="D20" s="5">
-        <v>3.7941198389870312</v>
+        <v>3.7957175919475228</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>1408.2850824</v>
+        <v>1408.2893048000001</v>
       </c>
       <c r="C21" s="5">
-        <v>1.1802943999998661</v>
+        <v>1.1844563000001926</v>
       </c>
       <c r="D21" s="5">
-        <v>1.0112295000987093</v>
+        <v>1.0148117321078454</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>1414.0546695</v>
+        <v>1414.0561221999999</v>
       </c>
       <c r="C22" s="5">
-        <v>5.7695871000000807</v>
+        <v>5.7668173999998089</v>
       </c>
       <c r="D22" s="5">
-        <v>5.0285708448510658</v>
+        <v>5.0260868353170896</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>1419.4561853</v>
+        <v>1419.4543919</v>
       </c>
       <c r="C23" s="5">
-        <v>5.4015157999999701</v>
+        <v>5.3982697000001281</v>
       </c>
       <c r="D23" s="5">
-        <v>4.6813936572837278</v>
+        <v>4.6785160832224282</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>1412.7032769</v>
+        <v>1412.7029801000001</v>
       </c>
       <c r="C24" s="5">
-        <v>-6.7529084000000239</v>
+        <v>-6.7514117999999144</v>
       </c>
       <c r="D24" s="5">
-        <v>-5.5618368202444586</v>
+        <v>-5.5606430968782927</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>1412.9089723</v>
+        <v>1412.9109742999999</v>
       </c>
       <c r="C25" s="5">
-        <v>0.20569539999996778</v>
+        <v>0.20799419999980273</v>
       </c>
       <c r="D25" s="5">
-        <v>0.17486492077829485</v>
+        <v>0.1768207870559646</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>1418.3392807</v>
+        <v>1418.3376912000001</v>
       </c>
       <c r="C26" s="5">
-        <v>5.4303084000000581</v>
+        <v>5.4267169000002013</v>
       </c>
       <c r="D26" s="5">
-        <v>4.7107748424616291</v>
+        <v>4.7075863079980795</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>1413.2258184</v>
+        <v>1413.2243963999999</v>
       </c>
       <c r="C27" s="5">
-        <v>-5.1134623000000374</v>
+        <v>-5.1132948000001761</v>
       </c>
       <c r="D27" s="5">
-        <v>-4.2415325685562948</v>
+        <v>-4.2414010326964569</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>1415.7076810000001</v>
+        <v>1415.7070564000001</v>
       </c>
       <c r="C28" s="5">
-        <v>2.4818626000001132</v>
+        <v>2.4826600000001235</v>
       </c>
       <c r="D28" s="5">
-        <v>2.1278770162623362</v>
+        <v>2.1285694655353682</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>1414.4568213</v>
+        <v>1414.4563017999999</v>
       </c>
       <c r="C29" s="5">
-        <v>-1.2508597000000918</v>
+        <v>-1.2507546000001639</v>
       </c>
       <c r="D29" s="5">
-        <v>-1.0551321679942771</v>
+        <v>-1.0550444070150489</v>
       </c>
       <c r="E29" s="5">
-        <v>0.16860211825682203</v>
+        <v>0.16859626412786266</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>1417.7175109</v>
+        <v>1417.717349</v>
       </c>
       <c r="C30" s="5">
-        <v>3.2606895999999779</v>
+        <v>3.2610472000001209</v>
       </c>
       <c r="D30" s="5">
-        <v>2.8016558090929067</v>
+        <v>2.8019680155810134</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>1417.1369609999999</v>
+        <v>1417.1351712000001</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.58054990000005091</v>
+        <v>-0.582177799999954</v>
       </c>
       <c r="D31" s="5">
-        <v>-0.4902901860461939</v>
+        <v>-0.49166194434397958</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>1419.0037262000001</v>
+        <v>1419.0030196</v>
       </c>
       <c r="C32" s="5">
-        <v>1.8667652000001453</v>
+        <v>1.8678483999999571</v>
       </c>
       <c r="D32" s="5">
-        <v>1.5922380935560865</v>
+        <v>1.5931707324281064</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>1419.9677027</v>
+        <v>1419.9724768999999</v>
       </c>
       <c r="C33" s="5">
-        <v>0.96397649999994428</v>
+        <v>0.96945729999993091</v>
       </c>
       <c r="D33" s="5">
-        <v>0.8182527399705819</v>
+        <v>0.82292291730574618</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>1421.6717553999999</v>
+        <v>1421.6732113999999</v>
       </c>
       <c r="C34" s="5">
-        <v>1.7040526999999202</v>
+        <v>1.7007344999999532</v>
       </c>
       <c r="D34" s="5">
-        <v>1.4496204343893426</v>
+        <v>1.4467741579597293</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>1420.5069337</v>
+        <v>1420.5060174</v>
       </c>
       <c r="C35" s="5">
-        <v>-1.1648216999999477</v>
+        <v>-1.1671939999998813</v>
       </c>
       <c r="D35" s="5">
-        <v>-0.97878031513977115</v>
+        <v>-0.98076372692692537</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>1423.8991713</v>
+        <v>1423.8996004999999</v>
       </c>
       <c r="C36" s="5">
-        <v>3.392237600000044</v>
+        <v>3.3935830999998871</v>
       </c>
       <c r="D36" s="5">
-        <v>2.9035961359781037</v>
+        <v>2.9047648937644777</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>1423.579665</v>
+        <v>1423.5807766999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.31950630000005731</v>
+        <v>-0.31882380000001831</v>
       </c>
       <c r="D37" s="5">
-        <v>-0.26893388558745235</v>
+        <v>-0.26836004021871807</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>1424.0976525999999</v>
+        <v>1424.0968356000001</v>
       </c>
       <c r="C38" s="5">
-        <v>0.51798759999996946</v>
+        <v>0.51605890000018917</v>
       </c>
       <c r="D38" s="5">
-        <v>0.43751016501678563</v>
+        <v>0.43587752816864889</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>1433.7773476</v>
+        <v>1433.7757569</v>
       </c>
       <c r="C39" s="5">
-        <v>9.6796950000000379</v>
+        <v>9.6789212999999563</v>
       </c>
       <c r="D39" s="5">
-        <v>8.4684236790641076</v>
+        <v>8.4677263366983659</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>1437.1196474999999</v>
+        <v>1437.1189393</v>
       </c>
       <c r="C40" s="5">
-        <v>3.3422998999999436</v>
+        <v>3.3431823999999324</v>
       </c>
       <c r="D40" s="5">
-        <v>2.833483209191634</v>
+        <v>2.8342441669304996</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>1439.3096275</v>
+        <v>1439.3082726</v>
       </c>
       <c r="C41" s="5">
-        <v>2.1899800000001051</v>
+        <v>2.1893333000000439</v>
       </c>
       <c r="D41" s="5">
-        <v>1.8440455190001481</v>
+        <v>1.8434973186453485</v>
       </c>
       <c r="E41" s="5">
-        <v>1.7570565481920042</v>
+        <v>1.7569981319588424</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>1444.6585872999999</v>
+        <v>1444.658326</v>
       </c>
       <c r="C42" s="5">
-        <v>5.348959799999875</v>
+        <v>5.3500533999999789</v>
       </c>
       <c r="D42" s="5">
-        <v>4.5518969050308611</v>
+        <v>4.5528510265700151</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>1447.0765034999999</v>
+        <v>1447.0746609</v>
       </c>
       <c r="C43" s="5">
-        <v>2.417916200000036</v>
+        <v>2.416334900000038</v>
       </c>
       <c r="D43" s="5">
-        <v>2.0270244183561825</v>
+        <v>2.0256869097455388</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>1450.9964491000001</v>
+        <v>1450.9947098</v>
       </c>
       <c r="C44" s="5">
-        <v>3.9199456000001192</v>
+        <v>3.9200488999999834</v>
       </c>
       <c r="D44" s="5">
-        <v>3.2995175968937085</v>
+        <v>3.2996101109582954</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>1453.5828184</v>
+        <v>1453.5876106000001</v>
       </c>
       <c r="C45" s="5">
-        <v>2.5863692999998875</v>
+        <v>2.5929008000000522</v>
       </c>
       <c r="D45" s="5">
-        <v>2.1600684415363114</v>
+        <v>2.165579727236433</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>1454.7480141999999</v>
+        <v>1454.7496454</v>
       </c>
       <c r="C46" s="5">
-        <v>1.1651957999999922</v>
+        <v>1.1620347999999012</v>
       </c>
       <c r="D46" s="5">
-        <v>0.9661754405642986</v>
+        <v>0.96353962688824346</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>1458.7075380000001</v>
+        <v>1458.7080452</v>
       </c>
       <c r="C47" s="5">
-        <v>3.95952380000017</v>
+        <v>3.958399800000052</v>
       </c>
       <c r="D47" s="5">
-        <v>3.3154924742948344</v>
+        <v>3.3145333949770928</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>1466.9972812999999</v>
+        <v>1466.9982864000001</v>
       </c>
       <c r="C48" s="5">
-        <v>8.2897432999998273</v>
+        <v>8.2902412000000822</v>
       </c>
       <c r="D48" s="5">
-        <v>7.0367665976573068</v>
+        <v>7.037200014941325</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>1469.6189283000001</v>
+        <v>1469.6194918000001</v>
       </c>
       <c r="C49" s="5">
-        <v>2.6216470000001664</v>
+        <v>2.621205400000008</v>
       </c>
       <c r="D49" s="5">
-        <v>2.1657047768018245</v>
+        <v>2.1653348868012179</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>1473.4317091999999</v>
+        <v>1473.4319726000001</v>
       </c>
       <c r="C50" s="5">
-        <v>3.8127808999997796</v>
+        <v>3.812480800000003</v>
       </c>
       <c r="D50" s="5">
-        <v>3.1580917500581229</v>
+        <v>3.1578383945128685</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>1471.9519965</v>
+        <v>1471.9497054000001</v>
       </c>
       <c r="C51" s="5">
-        <v>-1.4797126999999364</v>
+        <v>-1.4822672000000239</v>
       </c>
       <c r="D51" s="5">
-        <v>-1.1984812405258949</v>
+        <v>-1.200538589336575</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>1474.1146154999999</v>
+        <v>1474.1137793</v>
       </c>
       <c r="C52" s="5">
-        <v>2.1626189999999497</v>
+        <v>2.1640738999999485</v>
       </c>
       <c r="D52" s="5">
-        <v>1.7773788966326753</v>
+        <v>1.7785871028959344</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>1477.405015</v>
+        <v>1477.4031319999999</v>
       </c>
       <c r="C53" s="5">
-        <v>3.2903995000001487</v>
+        <v>3.2893526999998812</v>
       </c>
       <c r="D53" s="5">
-        <v>2.7116724600256603</v>
+        <v>2.7108007165844494</v>
       </c>
       <c r="E53" s="5">
-        <v>2.6467819551912131</v>
+        <v>2.6467477555162322</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>1475.6317002999999</v>
+        <v>1475.6310736999999</v>
       </c>
       <c r="C54" s="5">
-        <v>-1.7733147000001281</v>
+        <v>-1.7720583000000261</v>
       </c>
       <c r="D54" s="5">
-        <v>-1.4308775348737979</v>
+        <v>-1.4298722417490195</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>1474.5816936000001</v>
+        <v>1474.5798526999999</v>
       </c>
       <c r="C55" s="5">
-        <v>-1.0500066999998126</v>
+        <v>-1.0512209999999413</v>
       </c>
       <c r="D55" s="5">
-        <v>-0.8505432255037304</v>
+        <v>-0.85152336162284126</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>1479.0128384</v>
+        <v>1479.0099869999999</v>
       </c>
       <c r="C56" s="5">
-        <v>4.4311447999998563</v>
+        <v>4.4301342999999633</v>
       </c>
       <c r="D56" s="5">
-        <v>3.6662217461735702</v>
+        <v>3.6653764717041959</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>1488.6926017999999</v>
+        <v>1488.6974086</v>
       </c>
       <c r="C57" s="5">
-        <v>9.6797633999999562</v>
+        <v>9.687421600000107</v>
       </c>
       <c r="D57" s="5">
-        <v>8.1426568202929595</v>
+        <v>8.1493490389450187</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>1488.1669360999999</v>
+        <v>1488.1690199</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.52566569999999047</v>
+        <v>-0.52838870000005045</v>
       </c>
       <c r="D58" s="5">
-        <v>-0.42290478080311278</v>
+        <v>-0.42508982451360255</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>1492.5378765999999</v>
+        <v>1492.5398169</v>
       </c>
       <c r="C59" s="5">
-        <v>4.3709404999999606</v>
+        <v>4.3707970000000387</v>
       </c>
       <c r="D59" s="5">
-        <v>3.5820541910437376</v>
+        <v>3.5819295875136214</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>1496.9491957</v>
+        <v>1496.9504502</v>
       </c>
       <c r="C60" s="5">
-        <v>4.4113191000001279</v>
+        <v>4.4106332999999722</v>
       </c>
       <c r="D60" s="5">
-        <v>3.6049251134891991</v>
+        <v>3.6043507763429572</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>1501.1694734</v>
+        <v>1501.1699833</v>
       </c>
       <c r="C61" s="5">
-        <v>4.2202776999999969</v>
+        <v>4.2195331000000351</v>
       </c>
       <c r="D61" s="5">
-        <v>3.4360570831097226</v>
+        <v>3.4354384930818993</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>1500.6364458</v>
+        <v>1500.6374341000001</v>
       </c>
       <c r="C62" s="5">
-        <v>-0.53302759999996852</v>
+        <v>-0.53254919999994854</v>
       </c>
       <c r="D62" s="5">
-        <v>-0.42525874755556803</v>
+        <v>-0.42487767202964433</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>1510.7138709000001</v>
+        <v>1510.7107865999999</v>
       </c>
       <c r="C63" s="5">
-        <v>10.077425100000028</v>
+        <v>10.073352499999828</v>
       </c>
       <c r="D63" s="5">
-        <v>8.3629258116880933</v>
+        <v>8.359414641021278</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>1516.172564</v>
+        <v>1516.1714242999999</v>
       </c>
       <c r="C64" s="5">
-        <v>5.4586930999998913</v>
+        <v>5.4606377000000066</v>
       </c>
       <c r="D64" s="5">
-        <v>4.4232008686832858</v>
+        <v>4.4248172570400479</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>1518.6089649</v>
+        <v>1518.6064626</v>
       </c>
       <c r="C65" s="5">
-        <v>2.4364009000000806</v>
+        <v>2.4350383000000875</v>
       </c>
       <c r="D65" s="5">
-        <v>1.945464573537703</v>
+        <v>1.9443683840033366</v>
       </c>
       <c r="E65" s="5">
-        <v>2.7889407089903617</v>
+        <v>2.7889023454432449</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>1525.5935328999999</v>
+        <v>1525.5930466</v>
       </c>
       <c r="C66" s="5">
-        <v>6.9845679999998538</v>
+        <v>6.9865839999999935</v>
       </c>
       <c r="D66" s="5">
-        <v>5.6609609843810471</v>
+        <v>5.6626460763849806</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>1530.1451205000001</v>
+        <v>1530.1439129</v>
       </c>
       <c r="C67" s="5">
-        <v>4.5515876000001754</v>
+        <v>4.5508663000000524</v>
       </c>
       <c r="D67" s="5">
-        <v>3.6395197614793373</v>
+        <v>3.6389346824723834</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>1534.4843037999999</v>
+        <v>1534.4802685</v>
       </c>
       <c r="C68" s="5">
-        <v>4.3391832999998314</v>
+        <v>4.3363555999999335</v>
       </c>
       <c r="D68" s="5">
-        <v>3.4565387423838301</v>
+        <v>3.4542537763765813</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>1535.5352101999999</v>
+        <v>1535.5391274000001</v>
       </c>
       <c r="C69" s="5">
-        <v>1.0509064000000308</v>
+        <v>1.0588589000001321</v>
       </c>
       <c r="D69" s="5">
-        <v>0.82493428707488548</v>
+        <v>0.83120269869236818</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>1537.877297</v>
+        <v>1537.8788749</v>
       </c>
       <c r="C70" s="5">
-        <v>2.342086800000061</v>
+        <v>2.3397474999999304</v>
       </c>
       <c r="D70" s="5">
-        <v>1.8457418039407258</v>
+        <v>1.843878037826574</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>1547.5528876000001</v>
+        <v>1547.5579786999999</v>
       </c>
       <c r="C71" s="5">
-        <v>9.6755906000000778</v>
+        <v>9.6791037999998935</v>
       </c>
       <c r="D71" s="5">
-        <v>7.8166345093230172</v>
+        <v>7.8195633814567511</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>1547.5057572999999</v>
+        <v>1547.5067461000001</v>
       </c>
       <c r="C72" s="5">
-        <v>-4.7130300000162606E-2</v>
+        <v>-5.1232599999821105E-2</v>
       </c>
       <c r="D72" s="5">
-        <v>-3.6539551034620033E-2</v>
+        <v>-3.9719304843599534E-2</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>1552.3343749000001</v>
+        <v>1552.3350797000001</v>
       </c>
       <c r="C73" s="5">
-        <v>4.8286176000001433</v>
+        <v>4.8283335999999508</v>
       </c>
       <c r="D73" s="5">
-        <v>3.8092406220421315</v>
+        <v>3.8090102433866679</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>1553.7594027</v>
+        <v>1553.7604710999999</v>
       </c>
       <c r="C74" s="5">
-        <v>1.4250277999999525</v>
+        <v>1.4253913999998531</v>
       </c>
       <c r="D74" s="5">
-        <v>1.1071671982513021</v>
+        <v>1.1074506180402954</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>1557.16032</v>
+        <v>1557.156649</v>
       </c>
       <c r="C75" s="5">
-        <v>3.4009172999999464</v>
+        <v>3.3961779000001115</v>
       </c>
       <c r="D75" s="5">
-        <v>2.6584499593661715</v>
+        <v>2.654698738358352</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>1559.1388852</v>
+        <v>1559.1371478999999</v>
       </c>
       <c r="C76" s="5">
-        <v>1.9785652000000482</v>
+        <v>1.9804988999999296</v>
       </c>
       <c r="D76" s="5">
-        <v>1.5354496053052724</v>
+        <v>1.5369643992875437</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>1563.7591565</v>
+        <v>1563.7567454</v>
       </c>
       <c r="C77" s="5">
-        <v>4.6202713000000131</v>
+        <v>4.6195975000000544</v>
       </c>
       <c r="D77" s="5">
-        <v>3.6145515371993397</v>
+        <v>3.6140198801256407</v>
       </c>
       <c r="E77" s="5">
-        <v>2.9731282142781978</v>
+        <v>2.973139118787782</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>1559.2044112000001</v>
+        <v>1559.2026048</v>
       </c>
       <c r="C78" s="5">
-        <v>-4.5547452999999223</v>
+        <v>-4.5541405999999824</v>
       </c>
       <c r="D78" s="5">
-        <v>-3.4397749846524661</v>
+        <v>-3.4393308192322003</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>1562.3435296</v>
+        <v>1562.3440189999999</v>
       </c>
       <c r="C79" s="5">
-        <v>3.1391183999999157</v>
+        <v>3.1414141999998719</v>
       </c>
       <c r="D79" s="5">
-        <v>2.4428707315092835</v>
+        <v>2.4446800371946464</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>1562.7393181</v>
+        <v>1562.7349412999999</v>
       </c>
       <c r="C80" s="5">
-        <v>0.39578849999998056</v>
+        <v>0.39092230000005657</v>
       </c>
       <c r="D80" s="5">
-        <v>0.30441993057150896</v>
+        <v>0.30067185600264335</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>1569.4897065</v>
+        <v>1569.4928374000001</v>
       </c>
       <c r="C81" s="5">
-        <v>6.7503884000000198</v>
+        <v>6.7578961000001527</v>
       </c>
       <c r="D81" s="5">
-        <v>5.3084431747878025</v>
+        <v>5.3145035263512774</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>1572.8193839</v>
+        <v>1572.8202166000001</v>
       </c>
       <c r="C82" s="5">
-        <v>3.3296774000000369</v>
+        <v>3.3273791999999958</v>
       </c>
       <c r="D82" s="5">
-        <v>2.5757200044599582</v>
+        <v>2.5739162234924118</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>1572.2432438000001</v>
+        <v>1572.2508232</v>
       </c>
       <c r="C83" s="5">
-        <v>-0.57614009999997506</v>
+        <v>-0.56939340000008087</v>
       </c>
       <c r="D83" s="5">
-        <v>-0.43868795241935876</v>
+        <v>-0.43356083605493589</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>1577.5871225000001</v>
+        <v>1577.5878069</v>
       </c>
       <c r="C84" s="5">
-        <v>5.3438787000000048</v>
+        <v>5.3369837000000189</v>
       </c>
       <c r="D84" s="5">
-        <v>4.1557821881603951</v>
+        <v>4.1502992595530364</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>1581.0093853000001</v>
+        <v>1581.0100907999999</v>
       </c>
       <c r="C85" s="5">
-        <v>3.4222627999999986</v>
+        <v>3.4222838999999112</v>
       </c>
       <c r="D85" s="5">
-        <v>2.6344467578218067</v>
+        <v>2.6344620382454664</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>1579.6230857999999</v>
+        <v>1579.6236977000001</v>
       </c>
       <c r="C86" s="5">
-        <v>-1.3862995000001774</v>
+        <v>-1.3863930999998502</v>
       </c>
       <c r="D86" s="5">
-        <v>-1.0471538382711754</v>
+        <v>-1.0472237341780488</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>1597.7463348000001</v>
+        <v>1597.7427584</v>
       </c>
       <c r="C87" s="5">
-        <v>18.123249000000214</v>
+        <v>18.119060699999864</v>
       </c>
       <c r="D87" s="5">
-        <v>14.670654916873605</v>
+        <v>14.667041780076783</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>1604.0813270000001</v>
+        <v>1604.0792153</v>
       </c>
       <c r="C88" s="5">
-        <v>6.3349921999999879</v>
+        <v>6.3364569000000301</v>
       </c>
       <c r="D88" s="5">
-        <v>4.8630872639793266</v>
+        <v>4.8642474127657875</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>1603.9629093000001</v>
+        <v>1603.9605790999999</v>
       </c>
       <c r="C89" s="5">
-        <v>-0.11841770000000906</v>
+        <v>-0.11863620000008268</v>
       </c>
       <c r="D89" s="5">
-        <v>-8.8551344079845773E-2</v>
+        <v>-8.8714786058130546E-2</v>
       </c>
       <c r="E89" s="5">
-        <v>2.5709683382435955</v>
+        <v>2.5709774757656456</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>1610.9934201000001</v>
+        <v>1610.9906008</v>
       </c>
       <c r="C90" s="5">
-        <v>7.0305108000000018</v>
+        <v>7.0300217000001339</v>
       </c>
       <c r="D90" s="5">
-        <v>5.3885293349487107</v>
+        <v>5.3881533996549047</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>1614.6107509999999</v>
+        <v>1614.6135787999999</v>
       </c>
       <c r="C91" s="5">
-        <v>3.6173308999998426</v>
+        <v>3.6229779999998755</v>
       </c>
       <c r="D91" s="5">
-        <v>2.7280111329033518</v>
+        <v>2.7323275506039746</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>1621.6006832999999</v>
+        <v>1621.5954832</v>
       </c>
       <c r="C92" s="5">
-        <v>6.989932299999964</v>
+        <v>6.9819044000000758</v>
       </c>
       <c r="D92" s="5">
-        <v>5.3205079441258629</v>
+        <v>5.3142417854254109</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>1626.8678675000001</v>
+        <v>1626.8701163000001</v>
       </c>
       <c r="C93" s="5">
-        <v>5.2671842000002016</v>
+        <v>5.2746331000000737</v>
       </c>
       <c r="D93" s="5">
-        <v>3.9681587766083215</v>
+        <v>3.9738843301360127</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>1636.2674562</v>
+        <v>1636.2673583999999</v>
       </c>
       <c r="C94" s="5">
-        <v>9.3995886999998675</v>
+        <v>9.3972420999998576</v>
       </c>
       <c r="D94" s="5">
-        <v>7.1578857043865574</v>
+        <v>7.1560313867348846</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>1642.2390994</v>
+        <v>1642.2485432000001</v>
       </c>
       <c r="C95" s="5">
-        <v>5.9716432000000168</v>
+        <v>5.9811848000001646</v>
       </c>
       <c r="D95" s="5">
-        <v>4.4684475774071197</v>
+        <v>4.4757317689221754</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>1643.9291085</v>
+        <v>1643.9292515</v>
       </c>
       <c r="C96" s="5">
-        <v>1.6900090999999975</v>
+        <v>1.6807082999998784</v>
       </c>
       <c r="D96" s="5">
-        <v>1.2419195839617148</v>
+        <v>1.2350391413995743</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>1653.7541549</v>
+        <v>1653.7552522999999</v>
       </c>
       <c r="C97" s="5">
-        <v>9.8250464000000193</v>
+        <v>9.8260007999999743</v>
       </c>
       <c r="D97" s="5">
-        <v>7.4123837113168278</v>
+        <v>7.4131269141303191</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>1662.3291065999999</v>
+        <v>1662.3290279</v>
       </c>
       <c r="C98" s="5">
-        <v>8.5749516999999287</v>
+        <v>8.57377560000009</v>
       </c>
       <c r="D98" s="5">
-        <v>6.4027202274705708</v>
+        <v>6.401812500254711</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>1669.7122446999999</v>
+        <v>1669.7093130000001</v>
       </c>
       <c r="C99" s="5">
-        <v>7.3831380999999965</v>
+        <v>7.3802851000000373</v>
       </c>
       <c r="D99" s="5">
-        <v>5.4618714266956303</v>
+        <v>5.4597093077256353</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>1676.4618559</v>
+        <v>1676.4596423</v>
       </c>
       <c r="C100" s="5">
-        <v>6.7496112000001176</v>
+        <v>6.7503292999999758</v>
       </c>
       <c r="D100" s="5">
-        <v>4.9601719126328936</v>
+        <v>4.96072032550543</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>1684.0933451999999</v>
+        <v>1684.0909881</v>
       </c>
       <c r="C101" s="5">
-        <v>7.6314892999998847</v>
+        <v>7.6313457999999628</v>
       </c>
       <c r="D101" s="5">
-        <v>5.6014298862506751</v>
+        <v>5.6013294900642219</v>
       </c>
       <c r="E101" s="5">
-        <v>4.9957786078089761</v>
+        <v>4.9957841884719079</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>1690.4837207999999</v>
+        <v>1690.4797004</v>
       </c>
       <c r="C102" s="5">
-        <v>6.3903755999999703</v>
+        <v>6.3887122999999519</v>
       </c>
       <c r="D102" s="5">
-        <v>4.6497025497950872</v>
+        <v>4.6484735962752488</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>1696.8166848999999</v>
+        <v>1696.8213751000001</v>
       </c>
       <c r="C103" s="5">
-        <v>6.3329641000000265</v>
+        <v>6.3416747000001124</v>
       </c>
       <c r="D103" s="5">
-        <v>4.5892856601542631</v>
+        <v>4.5957399013209388</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>1704.4140444</v>
+        <v>1704.4088884</v>
       </c>
       <c r="C104" s="5">
-        <v>7.5973595000000387</v>
+        <v>7.5875132999999551</v>
       </c>
       <c r="D104" s="5">
-        <v>5.5072097875661585</v>
+        <v>5.4998804085240494</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>1710.2867246999999</v>
+        <v>1710.2887456000001</v>
       </c>
       <c r="C105" s="5">
-        <v>5.8726802999999563</v>
+        <v>5.8798572000000604</v>
       </c>
       <c r="D105" s="5">
-        <v>4.2139475824422901</v>
+        <v>4.2192084834459465</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>1715.6851870999999</v>
+        <v>1715.6846111</v>
       </c>
       <c r="C106" s="5">
-        <v>5.3984623999999712</v>
+        <v>5.3958654999998998</v>
       </c>
       <c r="D106" s="5">
-        <v>3.8542140088156929</v>
+        <v>3.8523230401651176</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>1722.7445686000001</v>
+        <v>1722.7536706000001</v>
       </c>
       <c r="C107" s="5">
-        <v>7.0593815000001996</v>
+        <v>7.069059500000094</v>
       </c>
       <c r="D107" s="5">
-        <v>5.0508213562166837</v>
+        <v>5.0579051406186348</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>1729.2555164</v>
+        <v>1729.255314</v>
       </c>
       <c r="C108" s="5">
-        <v>6.5109477999999399</v>
+        <v>6.5016433999999208</v>
       </c>
       <c r="D108" s="5">
-        <v>4.6307563892947989</v>
+        <v>4.6239759578700079</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>1738.4251594</v>
+        <v>1738.426641</v>
       </c>
       <c r="C109" s="5">
-        <v>9.1696429999999509</v>
+        <v>9.1713270000000193</v>
       </c>
       <c r="D109" s="5">
-        <v>6.5520837065020654</v>
+        <v>6.5533230975269419</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>1742.7832645000001</v>
+        <v>1742.7822891000001</v>
       </c>
       <c r="C110" s="5">
-        <v>4.3581051000001025</v>
+        <v>4.3556481000000531</v>
       </c>
       <c r="D110" s="5">
-        <v>3.0501399785213934</v>
+        <v>3.0483939799054394</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>1744.9808926000001</v>
+        <v>1744.9790679</v>
       </c>
       <c r="C111" s="5">
-        <v>2.1976280999999744</v>
+        <v>2.1967787999999473</v>
       </c>
       <c r="D111" s="5">
-        <v>1.523723959202905</v>
+        <v>1.5231318675898553</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>1750.69408</v>
+        <v>1750.691489</v>
       </c>
       <c r="C112" s="5">
-        <v>5.7131873999999243</v>
+        <v>5.7124211000000287</v>
       </c>
       <c r="D112" s="5">
-        <v>4.0004092059073404</v>
+        <v>3.9998671985533418</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>1756.9617628999999</v>
+        <v>1756.9598093</v>
       </c>
       <c r="C113" s="5">
-        <v>6.2676828999999543</v>
+        <v>6.2683202999999139</v>
       </c>
       <c r="D113" s="5">
-        <v>4.3817470629875732</v>
+        <v>4.3822080957744758</v>
       </c>
       <c r="E113" s="5">
-        <v>4.3268633480257668</v>
+        <v>4.3268933635355999</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>1753.5418953000001</v>
+        <v>1753.5372637999999</v>
       </c>
       <c r="C114" s="5">
-        <v>-3.4198675999998613</v>
+        <v>-3.4225455000000693</v>
       </c>
       <c r="D114" s="5">
-        <v>-2.3109159621541586</v>
+        <v>-2.3127087074147235</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>1756.324529</v>
+        <v>1756.3300869</v>
       </c>
       <c r="C115" s="5">
-        <v>2.7826336999999057</v>
+        <v>2.7928231000000778</v>
       </c>
       <c r="D115" s="5">
-        <v>1.920945563297205</v>
+        <v>1.928046517165849</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>1764.2947916999999</v>
+        <v>1764.2907427</v>
       </c>
       <c r="C116" s="5">
-        <v>7.9702626999999211</v>
+        <v>7.9606558000000405</v>
       </c>
       <c r="D116" s="5">
-        <v>5.5836383585344818</v>
+        <v>5.5767214142911303</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>1757.9833725000001</v>
+        <v>1757.9876770999999</v>
       </c>
       <c r="C117" s="5">
-        <v>-6.3114191999998184</v>
+        <v>-6.3030656000000818</v>
       </c>
       <c r="D117" s="5">
-        <v>-4.2093032462753861</v>
+        <v>-4.2038504141014732</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>1759.1017987</v>
+        <v>1759.0968367999999</v>
       </c>
       <c r="C118" s="5">
-        <v>1.1184261999999308</v>
+        <v>1.1091596999999638</v>
       </c>
       <c r="D118" s="5">
-        <v>0.76611508653439131</v>
+        <v>0.75974368171916051</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>1766.1955961000001</v>
+        <v>1766.2051729</v>
       </c>
       <c r="C119" s="5">
-        <v>7.093797400000085</v>
+        <v>7.1083361000000878</v>
       </c>
       <c r="D119" s="5">
-        <v>4.9479351840198804</v>
+        <v>4.9583166848057747</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>1771.5758853</v>
+        <v>1771.5759528999999</v>
       </c>
       <c r="C120" s="5">
-        <v>5.3802891999998792</v>
+        <v>5.3707799999999679</v>
       </c>
       <c r="D120" s="5">
-        <v>3.717382945516623</v>
+        <v>3.7106820608830304</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>1776.0169767</v>
+        <v>1776.0186893</v>
       </c>
       <c r="C121" s="5">
-        <v>4.4410914000000048</v>
+        <v>4.442736400000058</v>
       </c>
       <c r="D121" s="5">
-        <v>3.0500563191354635</v>
+        <v>3.0512015834333495</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>1780.9449158</v>
+        <v>1780.9432431</v>
       </c>
       <c r="C122" s="5">
-        <v>4.9279391000000032</v>
+        <v>4.9245538000000124</v>
       </c>
       <c r="D122" s="5">
-        <v>3.3809433259606392</v>
+        <v>3.3785819092030378</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>1784.4205374000001</v>
+        <v>1784.4194950999999</v>
       </c>
       <c r="C123" s="5">
-        <v>3.4756216000000677</v>
+        <v>3.4762519999999313</v>
       </c>
       <c r="D123" s="5">
-        <v>2.3671734192956206</v>
+        <v>2.3676096390131462</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>1786.2013428</v>
+        <v>1786.1976104</v>
       </c>
       <c r="C124" s="5">
-        <v>1.7808053999999629</v>
+        <v>1.7781153000000813</v>
       </c>
       <c r="D124" s="5">
-        <v>1.204164066668989</v>
+        <v>1.2023357713961014</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>1790.9981034</v>
+        <v>1790.9951831999999</v>
       </c>
       <c r="C125" s="5">
-        <v>4.7967605999999705</v>
+        <v>4.7975727999998981</v>
       </c>
       <c r="D125" s="5">
-        <v>3.2705697765115449</v>
+        <v>3.2711387007240411</v>
       </c>
       <c r="E125" s="5">
-        <v>1.9372271621791226</v>
+        <v>1.9371743007348785</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>1792.5283747000001</v>
+        <v>1792.5223077999999</v>
       </c>
       <c r="C126" s="5">
-        <v>1.5302713000000949</v>
+        <v>1.5271245999999792</v>
       </c>
       <c r="D126" s="5">
-        <v>1.0301405021955645</v>
+        <v>1.0280139623523921</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>1796.3502484000001</v>
+        <v>1796.3547857000001</v>
       </c>
       <c r="C127" s="5">
-        <v>3.8218736999999692</v>
+        <v>3.8324779000001854</v>
       </c>
       <c r="D127" s="5">
-        <v>2.5887532825389581</v>
+        <v>2.5960296214662115</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>1801.0255723</v>
+        <v>1801.0233126000001</v>
       </c>
       <c r="C128" s="5">
-        <v>4.6753238999999667</v>
+        <v>4.6685268999999607</v>
       </c>
       <c r="D128" s="5">
-        <v>3.1683135118065753</v>
+        <v>3.1636332652637655</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>1806.1779638</v>
+        <v>1806.1940566999999</v>
       </c>
       <c r="C129" s="5">
-        <v>5.1523915000000216</v>
+        <v>5.1707440999998653</v>
       </c>
       <c r="D129" s="5">
-        <v>3.4875060506810662</v>
+        <v>3.5001296732563913</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>1812.8438504000001</v>
+        <v>1812.8337756999999</v>
       </c>
       <c r="C130" s="5">
-        <v>6.6658866000000216</v>
+        <v>6.6397190000000137</v>
       </c>
       <c r="D130" s="5">
-        <v>4.5197349133454301</v>
+        <v>4.5015910730559439</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>1815.0905559</v>
+        <v>1815.0966246999999</v>
       </c>
       <c r="C131" s="5">
-        <v>2.2467054999999618</v>
+        <v>2.2628489999999601</v>
       </c>
       <c r="D131" s="5">
-        <v>1.4973709844580796</v>
+        <v>1.5082126219231551</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>1815.7335988</v>
+        <v>1815.7337894</v>
       </c>
       <c r="C132" s="5">
-        <v>0.6430428999999549</v>
+        <v>0.63716470000008485</v>
       </c>
       <c r="D132" s="5">
-        <v>0.42596047399399151</v>
+        <v>0.42205773865626739</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>1818.6964492</v>
+        <v>1818.6977136</v>
       </c>
       <c r="C133" s="5">
-        <v>2.9628503999999793</v>
+        <v>2.963924200000065</v>
       </c>
       <c r="D133" s="5">
-        <v>1.9757873830283934</v>
+        <v>1.9765096820914207</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>1827.1048851999999</v>
+        <v>1827.1025873999999</v>
       </c>
       <c r="C134" s="5">
-        <v>8.4084359999999378</v>
+        <v>8.4048737999999048</v>
       </c>
       <c r="D134" s="5">
-        <v>5.6912706031768678</v>
+        <v>5.6887938522578674</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>1830.1417274999999</v>
+        <v>1830.1406804999999</v>
       </c>
       <c r="C135" s="5">
-        <v>3.0368422999999893</v>
+        <v>3.0380930999999691</v>
       </c>
       <c r="D135" s="5">
-        <v>2.012861938550059</v>
+        <v>2.0137011387204806</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>1831.3721909999999</v>
+        <v>1831.3661595999999</v>
       </c>
       <c r="C136" s="5">
-        <v>1.2304635000000417</v>
+        <v>1.2254791000000296</v>
       </c>
       <c r="D136" s="5">
-        <v>0.80978892706762284</v>
+        <v>0.80649698159143135</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>1835.6713423000001</v>
+        <v>1835.6661336</v>
       </c>
       <c r="C137" s="5">
-        <v>4.299151300000176</v>
+        <v>4.2999740000000202</v>
       </c>
       <c r="D137" s="5">
-        <v>2.8536605198717702</v>
+        <v>2.8542231989147959</v>
       </c>
       <c r="E137" s="5">
-        <v>2.4943208379279325</v>
+        <v>2.4941971267720353</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>1835.2904057999999</v>
+        <v>1835.2827904000001</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.38093650000018897</v>
+        <v>-0.3833431999998993</v>
       </c>
       <c r="D138" s="5">
-        <v>-0.24873865498438175</v>
+        <v>-0.25030905362987133</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>1838.7556712000001</v>
+        <v>1838.7561576999999</v>
       </c>
       <c r="C139" s="5">
-        <v>3.4652654000001348</v>
+        <v>3.4733672999998362</v>
       </c>
       <c r="D139" s="5">
-        <v>2.2894329649152612</v>
+        <v>2.2948511931812243</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>1840.1776497000001</v>
+        <v>1840.1779365</v>
       </c>
       <c r="C140" s="5">
-        <v>1.4219785000000229</v>
+        <v>1.4217788000000837</v>
       </c>
       <c r="D140" s="5">
-        <v>0.93196218771591788</v>
+        <v>0.93183049998064593</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>1841.648416</v>
+        <v>1841.6885744000001</v>
       </c>
       <c r="C141" s="5">
-        <v>1.4707662999999229</v>
+        <v>1.5106379000001198</v>
       </c>
       <c r="D141" s="5">
-        <v>0.96333017398213538</v>
+        <v>0.98956335778996873</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>1843.0507481</v>
+        <v>1843.0339094000001</v>
       </c>
       <c r="C142" s="5">
-        <v>1.4023320999999669</v>
+        <v>1.3453349999999773</v>
       </c>
       <c r="D142" s="5">
-        <v>0.91758230666292295</v>
+        <v>0.88011839599957398</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>1842.7551993</v>
+        <v>1842.7561592</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.29554880000000594</v>
+        <v>-0.27775020000012773</v>
       </c>
       <c r="D143" s="5">
-        <v>-0.19226053798593323</v>
+        <v>-0.18069342954850631</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>1843.1202229</v>
+        <v>1843.1189440999999</v>
       </c>
       <c r="C144" s="5">
-        <v>0.36502360000008593</v>
+        <v>0.36278489999995145</v>
       </c>
       <c r="D144" s="5">
-        <v>0.2379620770600166</v>
+        <v>0.23650094501106445</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>1847.2256729000001</v>
+        <v>1847.2242113</v>
       </c>
       <c r="C145" s="5">
-        <v>4.1054500000000189</v>
+        <v>4.1052672000000712</v>
       </c>
       <c r="D145" s="5">
-        <v>2.7059250471444196</v>
+        <v>2.705804983248461</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>1845.3362568</v>
+        <v>1845.3379379</v>
       </c>
       <c r="C146" s="5">
-        <v>-1.8894161000000622</v>
+        <v>-1.8862733999999364</v>
       </c>
       <c r="D146" s="5">
-        <v>-1.2205264239086522</v>
+        <v>-1.2185086470785755</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>1842.3623061999999</v>
+        <v>1842.3586837</v>
       </c>
       <c r="C147" s="5">
-        <v>-2.9739506000000802</v>
+        <v>-2.979254200000014</v>
       </c>
       <c r="D147" s="5">
-        <v>-1.9168741460200422</v>
+        <v>-1.9202605759087166</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>1842.0584426</v>
+        <v>1842.0494882999999</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.30386359999988599</v>
+        <v>-0.30919540000013512</v>
       </c>
       <c r="D148" s="5">
-        <v>-0.19773837667418359</v>
+        <v>-0.20120522368292093</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>1837.4039508000001</v>
+        <v>1837.3948094</v>
       </c>
       <c r="C149" s="5">
-        <v>-4.6544917999999598</v>
+        <v>-4.654678899999908</v>
       </c>
       <c r="D149" s="5">
-        <v>-2.9903601694346915</v>
+        <v>-2.990493044906517</v>
       </c>
       <c r="E149" s="5">
-        <v>9.4385550401909768E-2</v>
+        <v>9.4171579916313419E-2</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>1842.9544656999999</v>
+        <v>1842.944148</v>
       </c>
       <c r="C150" s="5">
-        <v>5.5505148999998255</v>
+        <v>5.5493386000000555</v>
       </c>
       <c r="D150" s="5">
-        <v>3.6858545348719129</v>
+        <v>3.6850790240492648</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>1844.9521104</v>
+        <v>1844.945107</v>
       </c>
       <c r="C151" s="5">
-        <v>1.9976447000001372</v>
+        <v>2.0009589999999662</v>
       </c>
       <c r="D151" s="5">
-        <v>1.3085057455337168</v>
+        <v>1.3106970545311514</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>1844.9191541</v>
+        <v>1844.9242778</v>
       </c>
       <c r="C152" s="5">
-        <v>-3.2956300000023475E-2</v>
+        <v>-2.0829199999980119E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>-2.1433442423013371E-2</v>
+        <v>-1.3547009021397383E-2</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>1846.5054748</v>
+        <v>1846.5758082</v>
       </c>
       <c r="C153" s="5">
-        <v>1.5863206999999875</v>
+        <v>1.651530399999956</v>
       </c>
       <c r="D153" s="5">
-        <v>1.0366919793560525</v>
+        <v>1.079514849298957</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>1851.9976709</v>
+        <v>1851.9760864</v>
       </c>
       <c r="C154" s="5">
-        <v>5.492196100000001</v>
+        <v>5.4002782000000025</v>
       </c>
       <c r="D154" s="5">
-        <v>3.6282199532206461</v>
+        <v>3.5663797535815611</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>1849.8745157999999</v>
+        <v>1849.8684066000001</v>
       </c>
       <c r="C155" s="5">
-        <v>-2.1231551000000763</v>
+        <v>-2.1076797999999144</v>
       </c>
       <c r="D155" s="5">
-        <v>-1.367055099604797</v>
+        <v>-1.3571688839472573</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>1848.6483375</v>
+        <v>1848.6432612000001</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.2261782999999014</v>
+        <v>-1.225145399999974</v>
       </c>
       <c r="D156" s="5">
-        <v>-0.79251945640383958</v>
+        <v>-0.79185689456110486</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>1851.413452</v>
+        <v>1851.4075619</v>
       </c>
       <c r="C157" s="5">
-        <v>2.7651144999999815</v>
+        <v>2.7643006999999216</v>
       </c>
       <c r="D157" s="5">
-        <v>1.8097390128414048</v>
+        <v>1.809207010012881</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>1851.8895094</v>
+        <v>1851.8970518000001</v>
       </c>
       <c r="C158" s="5">
-        <v>0.47605739999994512</v>
+        <v>0.48948990000008052</v>
       </c>
       <c r="D158" s="5">
-        <v>0.30899498711678408</v>
+        <v>0.31772732590871211</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>1852.1405499</v>
+        <v>1852.1330659</v>
       </c>
       <c r="C159" s="5">
-        <v>0.25104050000004463</v>
+        <v>0.23601409999992029</v>
       </c>
       <c r="D159" s="5">
-        <v>0.16279227429774057</v>
+        <v>0.15304064742751589</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>1853.7538397000001</v>
+        <v>1853.7428479</v>
       </c>
       <c r="C160" s="5">
-        <v>1.613289800000075</v>
+        <v>1.6097819999999956</v>
       </c>
       <c r="D160" s="5">
-        <v>1.0502709054894144</v>
+        <v>1.0479806133036673</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>1853.4806956</v>
+        <v>1853.4668782000001</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.27314410000008138</v>
+        <v>-0.27596969999990506</v>
       </c>
       <c r="D161" s="5">
-        <v>-0.17667255187169273</v>
+        <v>-0.17849974181493033</v>
       </c>
       <c r="E161" s="5">
-        <v>0.87497062325354591</v>
+        <v>0.8747204856450308</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>1855.8342611999999</v>
+        <v>1855.8222094</v>
       </c>
       <c r="C162" s="5">
-        <v>2.3535655999999108</v>
+        <v>2.3553311999999096</v>
       </c>
       <c r="D162" s="5">
-        <v>1.534457341107065</v>
+        <v>1.5356280470229633</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>1855.2797665999999</v>
+        <v>1855.2670473999999</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.55449459999999817</v>
+        <v>-0.5551620000001094</v>
       </c>
       <c r="D163" s="5">
-        <v>-0.35795284687750728</v>
+        <v>-0.35838530049374651</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>1854.6167469</v>
+        <v>1854.6279222000001</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.66301969999994981</v>
+        <v>-0.63912519999985307</v>
       </c>
       <c r="D164" s="5">
-        <v>-0.42800104512787929</v>
+        <v>-0.41260839617683898</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>1853.6197512000001</v>
+        <v>1853.7100591000001</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.99699569999984305</v>
+        <v>-0.91786309999997684</v>
       </c>
       <c r="D165" s="5">
-        <v>-0.64318616599584599</v>
+        <v>-0.59227113372768425</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>1852.9234351</v>
+        <v>1852.8992765</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.69631610000010369</v>
+        <v>-0.81078260000003866</v>
       </c>
       <c r="D166" s="5">
-        <v>-0.44985229591731901</v>
+        <v>-0.52359969224961</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>1851.6591980999999</v>
+        <v>1851.6504557999999</v>
       </c>
       <c r="C167" s="5">
-        <v>-1.2642370000000938</v>
+        <v>-1.2488207000001239</v>
       </c>
       <c r="D167" s="5">
-        <v>-0.81568632004279662</v>
+        <v>-0.80578702511934219</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>1846.3284556000001</v>
+        <v>1846.3190284</v>
       </c>
       <c r="C168" s="5">
-        <v>-5.3307424999998148</v>
+        <v>-5.3314273999999386</v>
       </c>
       <c r="D168" s="5">
-        <v>-3.4005008401958525</v>
+        <v>-3.4009466487116224</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>1851.7787566</v>
+        <v>1851.7679049000001</v>
       </c>
       <c r="C169" s="5">
-        <v>5.450300999999854</v>
+        <v>5.4488765000000967</v>
       </c>
       <c r="D169" s="5">
-        <v>3.6004434400705776</v>
+        <v>3.5995057736549096</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>1852.8145141</v>
+        <v>1852.8276206999999</v>
       </c>
       <c r="C170" s="5">
-        <v>1.0357575000000452</v>
+        <v>1.0597157999998217</v>
       </c>
       <c r="D170" s="5">
-        <v>0.67326602634514288</v>
+        <v>0.68889256932394005</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>1854.9682003999999</v>
+        <v>1854.9572978000001</v>
       </c>
       <c r="C171" s="5">
-        <v>2.1536862999998903</v>
+        <v>2.1296771000002082</v>
       </c>
       <c r="D171" s="5">
-        <v>1.4038157998115475</v>
+        <v>1.3880571774304462</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>1854.4934871999999</v>
+        <v>1854.4824874000001</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.4747131999999965</v>
+        <v>-0.47481040000002395</v>
       </c>
       <c r="D172" s="5">
-        <v>-0.30666548139344219</v>
+        <v>-0.30672998464778001</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>1858.6315193</v>
+        <v>1858.6148496000001</v>
       </c>
       <c r="C173" s="5">
-        <v>4.1380321000001459</v>
+        <v>4.1323621999999887</v>
       </c>
       <c r="D173" s="5">
-        <v>2.7107318790612567</v>
+        <v>2.7069882708408155</v>
       </c>
       <c r="E173" s="5">
-        <v>0.27790004569390181</v>
+        <v>0.27774822741906124</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>1866.5466033</v>
+        <v>1866.5335981999999</v>
       </c>
       <c r="C174" s="5">
-        <v>7.9150839999999789</v>
+        <v>7.9187485999998444</v>
       </c>
       <c r="D174" s="5">
-        <v>5.231674001065767</v>
+        <v>5.2342013000981291</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>1867.8964979</v>
+        <v>1867.8814537999999</v>
       </c>
       <c r="C175" s="5">
-        <v>1.3498945999999705</v>
+        <v>1.3478556000000026</v>
       </c>
       <c r="D175" s="5">
-        <v>0.87130550215186453</v>
+        <v>0.86999025969152211</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>1868.6127915</v>
+        <v>1868.6251858999999</v>
       </c>
       <c r="C176" s="5">
-        <v>0.71629359999997178</v>
+        <v>0.74373209999998835</v>
       </c>
       <c r="D176" s="5">
-        <v>0.46114307612459271</v>
+        <v>0.47885029242105137</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>1872.5745386999999</v>
+        <v>1872.6745649</v>
       </c>
       <c r="C177" s="5">
-        <v>3.9617471999999907</v>
+        <v>4.0493790000000445</v>
       </c>
       <c r="D177" s="5">
-        <v>2.5740630252510055</v>
+        <v>2.63166270140609</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>1872.8322889999999</v>
+        <v>1872.8115616</v>
       </c>
       <c r="C178" s="5">
-        <v>0.25775029999999788</v>
+        <v>0.13699670000005426</v>
       </c>
       <c r="D178" s="5">
-        <v>0.16529895923096394</v>
+        <v>8.7822094104672566E-2</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>1876.6231321</v>
+        <v>1876.6119503</v>
       </c>
       <c r="C179" s="5">
-        <v>3.7908431000000746</v>
+        <v>3.800388699999985</v>
       </c>
       <c r="D179" s="5">
-        <v>2.4561716906878361</v>
+        <v>2.4624532458034532</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>1881.2623321999999</v>
+        <v>1881.2490603000001</v>
       </c>
       <c r="C180" s="5">
-        <v>4.6392000999999254</v>
+        <v>4.6371100000001206</v>
       </c>
       <c r="D180" s="5">
-        <v>3.0071886989884833</v>
+        <v>3.0058335582797913</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>1882.901012</v>
+        <v>1882.8870377999999</v>
       </c>
       <c r="C181" s="5">
-        <v>1.6386798000000908</v>
+        <v>1.6379774999998062</v>
       </c>
       <c r="D181" s="5">
-        <v>1.0502861957707443</v>
+        <v>1.049841351742864</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>1883.8820373000001</v>
+        <v>1883.8968588</v>
       </c>
       <c r="C182" s="5">
-        <v>0.98102530000005572</v>
+        <v>1.0098210000001018</v>
       </c>
       <c r="D182" s="5">
-        <v>0.62701633714181693</v>
+        <v>0.64548006181612827</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>1890.2330520999999</v>
+        <v>1890.2202325999999</v>
       </c>
       <c r="C183" s="5">
-        <v>6.3510147999998026</v>
+        <v>6.3233737999998993</v>
       </c>
       <c r="D183" s="5">
-        <v>4.1213456370353452</v>
+        <v>4.1030433494126051</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>1890.3107345000001</v>
+        <v>1890.3017127000001</v>
       </c>
       <c r="C184" s="5">
-        <v>7.7682400000185226E-2</v>
+        <v>8.148010000013528E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>4.9327226203899066E-2</v>
+        <v>5.1739634766545528E-2</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>1896.4325454</v>
+        <v>1896.4177735000001</v>
       </c>
       <c r="C185" s="5">
-        <v>6.1218108999999004</v>
+        <v>6.1160608000000138</v>
       </c>
       <c r="D185" s="5">
-        <v>3.9561987660036158</v>
+        <v>3.9524356106446001</v>
       </c>
       <c r="E185" s="5">
-        <v>2.0338095909530507</v>
+        <v>2.0339299402528654</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>1901.6023227999999</v>
+        <v>1901.5900895</v>
       </c>
       <c r="C186" s="5">
-        <v>5.1697773999999299</v>
+        <v>5.1723159999999098</v>
       </c>
       <c r="D186" s="5">
-        <v>3.3207601910695717</v>
+        <v>3.3224416452717342</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>1902.4257516</v>
+        <v>1902.4095870000001</v>
       </c>
       <c r="C187" s="5">
-        <v>0.82342880000010155</v>
+        <v>0.819497500000125</v>
       </c>
       <c r="D187" s="5">
-        <v>0.52086140356726318</v>
+        <v>0.51837209808098805</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>1907.4797517</v>
+        <v>1907.4932925999999</v>
       </c>
       <c r="C188" s="5">
-        <v>5.0540000999999393</v>
+        <v>5.0837055999998029</v>
       </c>
       <c r="D188" s="5">
-        <v>3.2349249026424109</v>
+        <v>3.2542469498570537</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>1917.0070178000001</v>
+        <v>1917.0991552</v>
       </c>
       <c r="C189" s="5">
-        <v>9.5272661000001335</v>
+        <v>9.6058626000001368</v>
       </c>
       <c r="D189" s="5">
-        <v>6.1610474088375167</v>
+        <v>6.2132445645972423</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>1919.2010946</v>
+        <v>1919.1848428000001</v>
       </c>
       <c r="C190" s="5">
-        <v>2.194076799999948</v>
+        <v>2.0856876000000284</v>
       </c>
       <c r="D190" s="5">
-        <v>1.3821177480958458</v>
+        <v>1.3133674526482064</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>1918.2896765999999</v>
+        <v>1918.2759472</v>
       </c>
       <c r="C191" s="5">
-        <v>-0.91141800000013973</v>
+        <v>-0.90889560000005076</v>
       </c>
       <c r="D191" s="5">
-        <v>-0.5683872626018438</v>
+        <v>-0.56682310164584138</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>1930.7540948999999</v>
+        <v>1930.7467064</v>
       </c>
       <c r="C192" s="5">
-        <v>12.464418300000034</v>
+        <v>12.470759199999975</v>
       </c>
       <c r="D192" s="5">
-        <v>8.081981905418111</v>
+        <v>8.0863014403389499</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>1937.4490983999999</v>
+        <v>1937.4292905</v>
       </c>
       <c r="C193" s="5">
-        <v>6.6950034999999843</v>
+        <v>6.6825840999999855</v>
       </c>
       <c r="D193" s="5">
-        <v>4.2413532779140839</v>
+        <v>4.2333515984842807</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>1941.546951</v>
+        <v>1941.5612151</v>
       </c>
       <c r="C194" s="5">
-        <v>4.0978526000001239</v>
+        <v>4.1319246000000476</v>
       </c>
       <c r="D194" s="5">
-        <v>2.5678260861730751</v>
+        <v>2.5894543780066837</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>1947.5960634</v>
+        <v>1947.5818211000001</v>
       </c>
       <c r="C195" s="5">
-        <v>6.0491124000000127</v>
+        <v>6.0206060000000434</v>
       </c>
       <c r="D195" s="5">
-        <v>3.8034743603537535</v>
+        <v>3.7852154459011578</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>1956.7148955</v>
+        <v>1956.7041308</v>
       </c>
       <c r="C196" s="5">
-        <v>9.1188320999999632</v>
+        <v>9.1223096999999598</v>
       </c>
       <c r="D196" s="5">
-        <v>5.765482856259907</v>
+        <v>5.7677818280694737</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>1962.7190949999999</v>
+        <v>1962.7235329</v>
       </c>
       <c r="C197" s="5">
-        <v>6.0041994999999133</v>
+        <v>6.0194020999999793</v>
       </c>
       <c r="D197" s="5">
-        <v>3.744996190430383</v>
+        <v>3.754660518206876</v>
       </c>
       <c r="E197" s="5">
-        <v>3.4953286243048831</v>
+        <v>3.4963688026202755</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>1965.4714300000001</v>
+        <v>1965.4556316000001</v>
       </c>
       <c r="C198" s="5">
-        <v>2.7523350000001301</v>
+        <v>2.7320987000000514</v>
       </c>
       <c r="D198" s="5">
-        <v>1.6958080974131651</v>
+        <v>1.6832403736072088</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>1970.6458170000001</v>
+        <v>1970.6269752999999</v>
       </c>
       <c r="C199" s="5">
-        <v>5.1743870000000243</v>
+        <v>5.1713436999998521</v>
       </c>
       <c r="D199" s="5">
-        <v>3.2053202550498483</v>
+        <v>3.2034338145400909</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>1978.4410333000001</v>
+        <v>1978.4570573999999</v>
       </c>
       <c r="C200" s="5">
-        <v>7.7952162999999928</v>
+        <v>7.8300821000000269</v>
       </c>
       <c r="D200" s="5">
-        <v>4.8514450073011917</v>
+        <v>4.8736681724415032</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>1978.2589707</v>
+        <v>1978.3297064999999</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.18206260000010843</v>
+        <v>-0.12735090000001037</v>
       </c>
       <c r="D201" s="5">
-        <v>-0.11037204236679088</v>
+        <v>-7.7215215784387503E-2</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>1984.5557632</v>
+        <v>1984.5442012000001</v>
       </c>
       <c r="C202" s="5">
-        <v>6.2967925000000378</v>
+        <v>6.2144947000001594</v>
       </c>
       <c r="D202" s="5">
-        <v>3.88717875629494</v>
+        <v>3.8353536980795022</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>1988.9504144</v>
+        <v>1988.9361156</v>
       </c>
       <c r="C203" s="5">
-        <v>4.3946511999999984</v>
+        <v>4.3919143999999051</v>
       </c>
       <c r="D203" s="5">
-        <v>2.6899151719978809</v>
+        <v>2.6882354190798541</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>1996.8673729</v>
+        <v>1996.8697523000001</v>
       </c>
       <c r="C204" s="5">
-        <v>7.9169584999999643</v>
+        <v>7.9336367000000791</v>
       </c>
       <c r="D204" s="5">
-        <v>4.8825359740710672</v>
+        <v>4.893084385757196</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>2006.8651506000001</v>
+        <v>2006.8412783000001</v>
       </c>
       <c r="C205" s="5">
-        <v>9.9977777000001424</v>
+        <v>9.9715260000000399</v>
       </c>
       <c r="D205" s="5">
-        <v>6.176314171170838</v>
+        <v>6.1596411848653831</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>2013.8558081000001</v>
+        <v>2013.8646988</v>
       </c>
       <c r="C206" s="5">
-        <v>6.9906574999999975</v>
+        <v>7.0234204999999292</v>
       </c>
       <c r="D206" s="5">
-        <v>4.2610669780236199</v>
+        <v>4.2814751317616473</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>2015.8107173000001</v>
+        <v>2015.7991979999999</v>
       </c>
       <c r="C207" s="5">
-        <v>1.9549091999999746</v>
+        <v>1.9344991999998911</v>
       </c>
       <c r="D207" s="5">
-        <v>1.1711148270984628</v>
+        <v>1.1588181284732268</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>2022.6684600000001</v>
+        <v>2022.6608715</v>
       </c>
       <c r="C208" s="5">
-        <v>6.8577427000000171</v>
+        <v>6.8616735000000517</v>
       </c>
       <c r="D208" s="5">
-        <v>4.1596306373504754</v>
+        <v>4.1620839470878357</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>2030.8112652</v>
+        <v>2030.8271949</v>
       </c>
       <c r="C209" s="5">
-        <v>8.1428051999998843</v>
+        <v>8.1663234000000102</v>
       </c>
       <c r="D209" s="5">
-        <v>4.9393419744447664</v>
+        <v>4.9539451463521456</v>
       </c>
       <c r="E209" s="5">
-        <v>3.4692774107850655</v>
+        <v>3.4698550691637298</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>2031.7760840000001</v>
+        <v>2031.7621042000001</v>
       </c>
       <c r="C210" s="5">
-        <v>0.96481880000010278</v>
+        <v>0.93490930000007211</v>
       </c>
       <c r="D210" s="5">
-        <v>0.57160045254722736</v>
+        <v>0.55383152505270594</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>2039.4107139</v>
+        <v>2039.3933035</v>
       </c>
       <c r="C211" s="5">
-        <v>7.6346298999999362</v>
+        <v>7.6311992999999347</v>
       </c>
       <c r="D211" s="5">
-        <v>4.6035035207177</v>
+        <v>4.6014243489566731</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>2047.8806668</v>
+        <v>2047.9000133</v>
       </c>
       <c r="C212" s="5">
-        <v>8.4699528999999529</v>
+        <v>8.5067097999999532</v>
       </c>
       <c r="D212" s="5">
-        <v>5.0991961140524955</v>
+        <v>5.1218798736889948</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>2053.2509521000002</v>
+        <v>2053.2887848999999</v>
       </c>
       <c r="C213" s="5">
-        <v>5.3702853000002051</v>
+        <v>5.3887715999999273</v>
       </c>
       <c r="D213" s="5">
-        <v>3.1926207679995988</v>
+        <v>3.2037396644562621</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>2060.3505997000002</v>
+        <v>2060.3423306999998</v>
       </c>
       <c r="C214" s="5">
-        <v>7.0996476000000257</v>
+        <v>7.053545799999938</v>
       </c>
       <c r="D214" s="5">
-        <v>4.229138055300008</v>
+        <v>4.2010762155965775</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>2068.2732452</v>
+        <v>2068.2617722</v>
       </c>
       <c r="C215" s="5">
-        <v>7.9226454999998168</v>
+        <v>7.9194415000001754</v>
       </c>
       <c r="D215" s="5">
-        <v>4.7131990021657133</v>
+        <v>4.7112717708178264</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>2070.1894222000001</v>
+        <v>2070.2042866000002</v>
       </c>
       <c r="C216" s="5">
-        <v>1.9161770000000615</v>
+        <v>1.9425144000001637</v>
       </c>
       <c r="D216" s="5">
-        <v>1.1174371749335554</v>
+        <v>1.1328818281982844</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>2075.9868191</v>
+        <v>2075.9586718</v>
       </c>
       <c r="C217" s="5">
-        <v>5.797396899999967</v>
+        <v>5.7543851999998878</v>
       </c>
       <c r="D217" s="5">
-        <v>3.4127479733682353</v>
+        <v>3.3870153068478182</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>2077.6430049000001</v>
+        <v>2077.6440406000002</v>
       </c>
       <c r="C218" s="5">
-        <v>1.6561858000000029</v>
+        <v>1.6853688000001057</v>
       </c>
       <c r="D218" s="5">
-        <v>0.96155071622452404</v>
+        <v>0.97858287830712154</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>2082.8777731999999</v>
+        <v>2082.8709875</v>
       </c>
       <c r="C219" s="5">
-        <v>5.2347682999998142</v>
+        <v>5.2269468999998026</v>
       </c>
       <c r="D219" s="5">
-        <v>3.0657370069249401</v>
+        <v>3.0610912984373018</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>2088.4309426999998</v>
+        <v>2088.4258504999998</v>
       </c>
       <c r="C220" s="5">
-        <v>5.5531694999999672</v>
+        <v>5.5548629999998411</v>
       </c>
       <c r="D220" s="5">
-        <v>3.2466581998583655</v>
+        <v>3.247673607891044</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>2093.1994608</v>
+        <v>2093.2254372000002</v>
       </c>
       <c r="C221" s="5">
-        <v>4.7685181000001648</v>
+        <v>4.7995867000004182</v>
       </c>
       <c r="D221" s="5">
-        <v>2.7746342614354047</v>
+        <v>2.7929480113916494</v>
       </c>
       <c r="E221" s="5">
-        <v>3.0720824071190034</v>
+        <v>3.0725530196119344</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>2098.6330364999999</v>
+        <v>2098.6234853000001</v>
       </c>
       <c r="C222" s="5">
-        <v>5.4335756999998921</v>
+        <v>5.398048099999869</v>
       </c>
       <c r="D222" s="5">
-        <v>3.1598476624155269</v>
+        <v>3.1388534834090764</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>2103.0304167999998</v>
+        <v>2103.0179521999999</v>
       </c>
       <c r="C223" s="5">
-        <v>4.3973802999998952</v>
+        <v>4.3944668999997702</v>
       </c>
       <c r="D223" s="5">
-        <v>2.5436061914802188</v>
+        <v>2.5419132206633943</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>2100.9774818999999</v>
+        <v>2100.9913907999999</v>
       </c>
       <c r="C224" s="5">
-        <v>-2.0529348999998547</v>
+        <v>-2.0265613999999914</v>
       </c>
       <c r="D224" s="5">
-        <v>-1.1651463472834078</v>
+        <v>-1.1502640535262509</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>2102.5211638999999</v>
+        <v>2102.5329244999998</v>
       </c>
       <c r="C225" s="5">
-        <v>1.5436819999999898</v>
+        <v>1.5415336999999454</v>
       </c>
       <c r="D225" s="5">
-        <v>0.88526534918980104</v>
+        <v>0.88402249764163443</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>2104.8267876999998</v>
+        <v>2104.8223754999999</v>
       </c>
       <c r="C226" s="5">
-        <v>2.3056237999999212</v>
+        <v>2.2894510000000992</v>
       </c>
       <c r="D226" s="5">
-        <v>1.3238852666043632</v>
+        <v>1.3145357895885779</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>2107.9950779000001</v>
+        <v>2107.9872000999999</v>
       </c>
       <c r="C227" s="5">
-        <v>3.1682902000002287</v>
+        <v>3.1648245999999745</v>
       </c>
       <c r="D227" s="5">
-        <v>1.8213292322550201</v>
+        <v>1.8193243320377972</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>2115.0605741999998</v>
+        <v>2115.0788766999999</v>
       </c>
       <c r="C228" s="5">
-        <v>7.0654962999997224</v>
+        <v>7.091676600000028</v>
       </c>
       <c r="D228" s="5">
-        <v>4.0970946362696603</v>
+        <v>4.1125735569963462</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>2119.1740500000001</v>
+        <v>2119.1479141999998</v>
       </c>
       <c r="C229" s="5">
-        <v>4.1134758000002876</v>
+        <v>4.0690374999999221</v>
       </c>
       <c r="D229" s="5">
-        <v>2.3589468030598582</v>
+        <v>2.3331722161082702</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>2096.8002775999998</v>
+        <v>2096.7930630000001</v>
       </c>
       <c r="C230" s="5">
-        <v>-22.373772400000234</v>
+        <v>-22.354851199999757</v>
       </c>
       <c r="D230" s="5">
-        <v>-11.9589408905311</v>
+        <v>-11.949545722055021</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>2105.6752028000001</v>
+        <v>2105.6717924999998</v>
       </c>
       <c r="C231" s="5">
-        <v>8.8749252000002343</v>
+        <v>8.8787294999997357</v>
       </c>
       <c r="D231" s="5">
-        <v>5.1990475416245241</v>
+        <v>5.2013466231564776</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>2110.7803613999999</v>
+        <v>2110.7765085000001</v>
       </c>
       <c r="C232" s="5">
-        <v>5.1051585999998679</v>
+        <v>5.1047160000002805</v>
       </c>
       <c r="D232" s="5">
-        <v>2.9484815685525856</v>
+        <v>2.9482273659480418</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>2109.5375680000002</v>
+        <v>2109.5749872000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-1.2427933999997549</v>
+        <v>-1.2015212999999676</v>
       </c>
       <c r="D233" s="5">
-        <v>-0.70425711307973149</v>
+        <v>-0.6809437552355746</v>
       </c>
       <c r="E233" s="5">
-        <v>0.78053274453624422</v>
+        <v>0.78106971707117001</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>2105.6769564000001</v>
+        <v>2105.6714467000002</v>
       </c>
       <c r="C234" s="5">
-        <v>-3.8606116000000839</v>
+        <v>-3.9035404999999628</v>
       </c>
       <c r="D234" s="5">
-        <v>-2.1741195345854503</v>
+        <v>-2.198011031899183</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>2098.5840905999999</v>
+        <v>2098.5758381999999</v>
       </c>
       <c r="C235" s="5">
-        <v>-7.0928658000002542</v>
+        <v>-7.0956085000002531</v>
       </c>
       <c r="D235" s="5">
-        <v>-3.9680869375583794</v>
+        <v>-3.9696032043069263</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>2091.8207591</v>
+        <v>2091.8259876000002</v>
       </c>
       <c r="C236" s="5">
-        <v>-6.763331499999822</v>
+        <v>-6.7498505999997178</v>
       </c>
       <c r="D236" s="5">
-        <v>-3.7995487081931012</v>
+        <v>-3.792123439088535</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>2086.2064847000001</v>
+        <v>2086.2049324999998</v>
       </c>
       <c r="C237" s="5">
-        <v>-5.6142743999998856</v>
+        <v>-5.6210551000003761</v>
       </c>
       <c r="D237" s="5">
-        <v>-3.1735812819635556</v>
+        <v>-3.1773499145972384</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>2083.3743387</v>
+        <v>2083.3711155999999</v>
       </c>
       <c r="C238" s="5">
-        <v>-2.8321460000001935</v>
+        <v>-2.8338168999998743</v>
       </c>
       <c r="D238" s="5">
-        <v>-1.6169607424483923</v>
+        <v>-1.6179087905773715</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>2079.8983465000001</v>
+        <v>2079.8914298999998</v>
       </c>
       <c r="C239" s="5">
-        <v>-3.4759921999998369</v>
+        <v>-3.4796857000001182</v>
       </c>
       <c r="D239" s="5">
-        <v>-1.9838614527956433</v>
+        <v>-1.9859531706573508</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>2074.4361994000001</v>
+        <v>2074.4540287999998</v>
       </c>
       <c r="C240" s="5">
-        <v>-5.4621471000000383</v>
+        <v>-5.4374010999999882</v>
       </c>
       <c r="D240" s="5">
-        <v>-3.1062704942128261</v>
+        <v>-3.0924095484664349</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>2068.7234315000001</v>
+        <v>2068.6993788</v>
       </c>
       <c r="C241" s="5">
-        <v>-5.7127679000000171</v>
+        <v>-5.7546499999998559</v>
       </c>
       <c r="D241" s="5">
-        <v>-3.2550701578773933</v>
+        <v>-3.2785434498916133</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>2069.9611945000001</v>
+        <v>2069.9520553000002</v>
       </c>
       <c r="C242" s="5">
-        <v>1.2377630000000863</v>
+        <v>1.2526765000002342</v>
       </c>
       <c r="D242" s="5">
-        <v>0.72035399865546523</v>
+        <v>0.72907079750783588</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>2071.7098577000002</v>
+        <v>2071.7057359</v>
       </c>
       <c r="C243" s="5">
-        <v>1.74866320000001</v>
+        <v>1.7536805999998251</v>
       </c>
       <c r="D243" s="5">
-        <v>1.0184602087591088</v>
+        <v>1.0214006144863674</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>2070.9040565</v>
+        <v>2070.8964898999998</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.80580120000013267</v>
+        <v>-0.80924600000025748</v>
       </c>
       <c r="D244" s="5">
-        <v>-0.46574839770348042</v>
+        <v>-0.46773612497164052</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>2071.3890894000001</v>
+        <v>2071.4444870000002</v>
       </c>
       <c r="C245" s="5">
-        <v>0.48503290000007837</v>
+        <v>0.54799710000042978</v>
       </c>
       <c r="D245" s="5">
-        <v>0.28141807481811831</v>
+        <v>0.31800451364587534</v>
       </c>
       <c r="E245" s="5">
-        <v>-1.8083810963446245</v>
+        <v>-1.8074967911242523</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>2074.2753575000002</v>
+        <v>2074.2684129999998</v>
       </c>
       <c r="C246" s="5">
-        <v>2.8862681000000521</v>
+        <v>2.8239259999995738</v>
       </c>
       <c r="D246" s="5">
-        <v>1.6849508145029501</v>
+        <v>1.648238914531186</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>2076.0405940000001</v>
+        <v>2076.0335559</v>
       </c>
       <c r="C247" s="5">
-        <v>1.7652364999999008</v>
+        <v>1.7651429000002281</v>
       </c>
       <c r="D247" s="5">
-        <v>1.0260097615174102</v>
+        <v>1.025958554356099</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>2080.7902481000001</v>
+        <v>2080.7885230000002</v>
       </c>
       <c r="C248" s="5">
-        <v>4.7496541000000434</v>
+        <v>4.7549671000001581</v>
       </c>
       <c r="D248" s="5">
-        <v>2.7802218036329318</v>
+        <v>2.7833806181174703</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>2089.8683506000002</v>
+        <v>2089.8647743000001</v>
       </c>
       <c r="C249" s="5">
-        <v>9.0781025000001137</v>
+        <v>9.0762512999999672</v>
       </c>
       <c r="D249" s="5">
-        <v>5.3628481699287578</v>
+        <v>5.3617327660914205</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>2100.0278079999998</v>
+        <v>2100.0225326999998</v>
       </c>
       <c r="C250" s="5">
-        <v>10.15945739999961</v>
+        <v>10.157758399999693</v>
       </c>
       <c r="D250" s="5">
-        <v>5.9920761859386884</v>
+        <v>5.9910577003439824</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>2097.5250369999999</v>
+        <v>2097.5181306999998</v>
       </c>
       <c r="C251" s="5">
-        <v>-2.5027709999999388</v>
+        <v>-2.5044020000000273</v>
       </c>
       <c r="D251" s="5">
-        <v>-1.4207988197589061</v>
+        <v>-1.4217222060579515</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>2099.5535276999999</v>
+        <v>2099.5635720999999</v>
       </c>
       <c r="C252" s="5">
-        <v>2.0284907000000203</v>
+        <v>2.0454414000000725</v>
       </c>
       <c r="D252" s="5">
-        <v>1.1666979097251007</v>
+        <v>1.1765034452725365</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>2100.1086645</v>
+        <v>2100.0901239</v>
       </c>
       <c r="C253" s="5">
-        <v>0.55513680000012755</v>
+        <v>0.5265518000001066</v>
       </c>
       <c r="D253" s="5">
-        <v>0.31775030613083732</v>
+        <v>0.30136474887239029</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>2102.0684080000001</v>
+        <v>2102.0598168000001</v>
       </c>
       <c r="C254" s="5">
-        <v>1.9597435000000587</v>
+        <v>1.9696929000001546</v>
       </c>
       <c r="D254" s="5">
-        <v>1.1255606331982859</v>
+        <v>1.1313145284294723</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>2107.9304191000001</v>
+        <v>2107.9253705000001</v>
       </c>
       <c r="C255" s="5">
-        <v>5.8620111000000179</v>
+        <v>5.865553699999964</v>
       </c>
       <c r="D255" s="5">
-        <v>3.3982313886791182</v>
+        <v>3.4003307791094395</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>2111.0376322000002</v>
+        <v>2111.0307659999999</v>
       </c>
       <c r="C256" s="5">
-        <v>3.1072131000000809</v>
+        <v>3.1053954999997586</v>
       </c>
       <c r="D256" s="5">
-        <v>1.7832818995553446</v>
+        <v>1.7822345848219845</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>2114.7047636000002</v>
+        <v>2114.7667944999998</v>
       </c>
       <c r="C257" s="5">
-        <v>3.6671314000000166</v>
+        <v>3.7360284999999749</v>
       </c>
       <c r="D257" s="5">
-        <v>2.1045791482964038</v>
+        <v>2.14451216239544</v>
       </c>
       <c r="E257" s="5">
-        <v>2.0911413708637028</v>
+        <v>2.0914056723162266</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>2125.5409487000002</v>
+        <v>2125.5346494999999</v>
       </c>
       <c r="C258" s="5">
-        <v>10.836185099999966</v>
+        <v>10.767855000000054</v>
       </c>
       <c r="D258" s="5">
-        <v>6.3253424555058224</v>
+        <v>6.2841434900172244</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>2122.1818361000001</v>
+        <v>2122.1763600999998</v>
       </c>
       <c r="C259" s="5">
-        <v>-3.3591126000001168</v>
+        <v>-3.3582894000001033</v>
       </c>
       <c r="D259" s="5">
-        <v>-1.8800307304696728</v>
+        <v>-1.8795795194783471</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>2130.9302026</v>
+        <v>2130.9254378000001</v>
       </c>
       <c r="C260" s="5">
-        <v>8.7483664999999746</v>
+        <v>8.7490777000002709</v>
       </c>
       <c r="D260" s="5">
-        <v>5.0605286691658646</v>
+        <v>5.060962795213042</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>2144.2288441999999</v>
+        <v>2144.2236085</v>
       </c>
       <c r="C261" s="5">
-        <v>13.298641599999883</v>
+        <v>13.298170699999901</v>
       </c>
       <c r="D261" s="5">
-        <v>7.7513965416983632</v>
+        <v>7.7511305098984185</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>2141.8570046999998</v>
+        <v>2141.8507943999998</v>
       </c>
       <c r="C262" s="5">
-        <v>-2.3718395000000783</v>
+        <v>-2.3728141000001415</v>
       </c>
       <c r="D262" s="5">
-        <v>-1.319334576671205</v>
+        <v>-1.3198766054354105</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>2146.0941738000001</v>
+        <v>2146.0870410000002</v>
       </c>
       <c r="C263" s="5">
-        <v>4.2371691000003011</v>
+        <v>4.2362466000004133</v>
       </c>
       <c r="D263" s="5">
-        <v>2.3999231810192478</v>
+        <v>2.3994020150750694</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>2148.7088480000002</v>
+        <v>2148.7113605999998</v>
       </c>
       <c r="C264" s="5">
-        <v>2.6146742000000813</v>
+        <v>2.6243195999995805</v>
       </c>
       <c r="D264" s="5">
-        <v>1.471845654449</v>
+        <v>1.4773167306098012</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>2151.1147977999999</v>
+        <v>2151.1013102000002</v>
       </c>
       <c r="C265" s="5">
-        <v>2.4059497999996893</v>
+        <v>2.3899496000003637</v>
       </c>
       <c r="D265" s="5">
-        <v>1.3519684669447862</v>
+        <v>1.3429208680764582</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>2158.9185226</v>
+        <v>2158.9115637</v>
       </c>
       <c r="C266" s="5">
-        <v>7.8037248000000545</v>
+        <v>7.810253499999817</v>
       </c>
       <c r="D266" s="5">
-        <v>4.4412292404195197</v>
+        <v>4.4450477720544779</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>2154.3085010999998</v>
+        <v>2154.3039718999999</v>
       </c>
       <c r="C267" s="5">
-        <v>-4.6100215000001299</v>
+        <v>-4.6075918000001366</v>
       </c>
       <c r="D267" s="5">
-        <v>-2.532525366276428</v>
+        <v>-2.531214297200679</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>2160.2271347000001</v>
+        <v>2160.2222762000001</v>
       </c>
       <c r="C268" s="5">
-        <v>5.9186336000002484</v>
+        <v>5.9183043000002726</v>
       </c>
       <c r="D268" s="5">
-        <v>3.3470920292524964</v>
+        <v>3.3469101247001642</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>2167.7696331000002</v>
+        <v>2167.8310120000001</v>
       </c>
       <c r="C269" s="5">
-        <v>7.5424984000001132</v>
+        <v>7.6087357999999767</v>
       </c>
       <c r="D269" s="5">
-        <v>4.2712392946073763</v>
+        <v>4.3094883859490229</v>
       </c>
       <c r="E269" s="5">
-        <v>2.5093275625702072</v>
+        <v>2.5092231274865595</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>2178.4872162000001</v>
+        <v>2178.4816405000001</v>
       </c>
       <c r="C270" s="5">
-        <v>10.717583099999956</v>
+        <v>10.650628500000039</v>
       </c>
       <c r="D270" s="5">
-        <v>6.0968891336149245</v>
+        <v>6.0575896192079481</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>2182.3388702000002</v>
+        <v>2182.3349082999998</v>
       </c>
       <c r="C271" s="5">
-        <v>3.8516540000000532</v>
+        <v>3.8532677999996849</v>
       </c>
       <c r="D271" s="5">
-        <v>2.1424022685680999</v>
+        <v>2.1433142008468353</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>2191.5834490000002</v>
+        <v>2191.5767581</v>
       </c>
       <c r="C272" s="5">
-        <v>9.2445787999999993</v>
+        <v>9.2418498000001819</v>
       </c>
       <c r="D272" s="5">
-        <v>5.2034268718190502</v>
+        <v>5.2018645323876456</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>2196.9745978999999</v>
+        <v>2196.9680521</v>
       </c>
       <c r="C273" s="5">
-        <v>5.3911488999997346</v>
+        <v>5.3912940000000162</v>
       </c>
       <c r="D273" s="5">
-        <v>2.992187543997149</v>
+        <v>2.9922784292878202</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>2205.3019297999999</v>
+        <v>2205.2951837000001</v>
       </c>
       <c r="C274" s="5">
-        <v>8.3273318999999901</v>
+        <v>8.3271316000000297</v>
       </c>
       <c r="D274" s="5">
-        <v>4.6444655059651119</v>
+        <v>4.644365579493126</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>2213.8871171000001</v>
+        <v>2213.8804538999998</v>
       </c>
       <c r="C275" s="5">
-        <v>8.5851873000001433</v>
+        <v>8.5852701999997407</v>
       </c>
       <c r="D275" s="5">
-        <v>4.7729052447506248</v>
+        <v>4.7729672386993549</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>2218.9349298000002</v>
+        <v>2218.9304649999999</v>
       </c>
       <c r="C276" s="5">
-        <v>5.0478127000001223</v>
+        <v>5.0500111000001198</v>
       </c>
       <c r="D276" s="5">
-        <v>2.7706549423956561</v>
+        <v>2.7718852314993381</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>2229.5366390999998</v>
+        <v>2229.5303152000001</v>
       </c>
       <c r="C277" s="5">
-        <v>10.601709299999584</v>
+        <v>10.599850200000219</v>
       </c>
       <c r="D277" s="5">
-        <v>5.8864928029935149</v>
+        <v>5.8854454411075841</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>2237.2770351999998</v>
+        <v>2237.2728969999998</v>
       </c>
       <c r="C278" s="5">
-        <v>7.7403960999999981</v>
+        <v>7.742581799999698</v>
       </c>
       <c r="D278" s="5">
-        <v>4.2465792132596381</v>
+        <v>4.2478136194451732</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>2238.154583</v>
+        <v>2238.1511343000002</v>
       </c>
       <c r="C279" s="5">
-        <v>0.87754780000022947</v>
+        <v>0.87823730000036448</v>
       </c>
       <c r="D279" s="5">
-        <v>0.47170381382122262</v>
+        <v>0.47207611286852469</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>2249.0937834000001</v>
+        <v>2249.0900412000001</v>
       </c>
       <c r="C280" s="5">
-        <v>10.939200400000118</v>
+        <v>10.938906899999893</v>
       </c>
       <c r="D280" s="5">
-        <v>6.0253799021215082</v>
+        <v>6.0252234053547404</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>2253.8118850999999</v>
+        <v>2253.8700196</v>
       </c>
       <c r="C281" s="5">
-        <v>4.7181016999998064</v>
+        <v>4.7799783999998908</v>
       </c>
       <c r="D281" s="5">
-        <v>2.546583320231588</v>
+        <v>2.5803768320191711</v>
       </c>
       <c r="E281" s="5">
-        <v>3.9691603151094768</v>
+        <v>3.9688982731463929</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>2256.8732190000001</v>
+        <v>2256.8657033999998</v>
       </c>
       <c r="C282" s="5">
-        <v>3.0613339000001361</v>
+        <v>2.9956837999998243</v>
       </c>
       <c r="D282" s="5">
-        <v>1.6421820109168594</v>
+        <v>1.6066659540302508</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>2268.2579682999999</v>
+        <v>2268.2527737</v>
       </c>
       <c r="C283" s="5">
-        <v>11.384749299999839</v>
+        <v>11.387070300000232</v>
       </c>
       <c r="D283" s="5">
-        <v>6.224179684338349</v>
+        <v>6.2255053313874598</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>2274.1351958</v>
+        <v>2274.1280870999999</v>
       </c>
       <c r="C284" s="5">
-        <v>5.8772275000001173</v>
+        <v>5.8753133999998681</v>
       </c>
       <c r="D284" s="5">
-        <v>3.153985699846551</v>
+        <v>3.1529511535412613</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>2277.7201834000002</v>
+        <v>2277.7113961999999</v>
       </c>
       <c r="C285" s="5">
-        <v>3.5849876000002041</v>
+        <v>3.5833090999999513</v>
       </c>
       <c r="D285" s="5">
-        <v>1.9081896803293752</v>
+        <v>1.907294518231395</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>2282.7377695999999</v>
+        <v>2282.7303396000002</v>
       </c>
       <c r="C286" s="5">
-        <v>5.0175861999996414</v>
+        <v>5.018943400000353</v>
       </c>
       <c r="D286" s="5">
-        <v>2.6757426861257816</v>
+        <v>2.6764856889886168</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>2288.0446803</v>
+        <v>2288.0386342000002</v>
       </c>
       <c r="C287" s="5">
-        <v>5.3069107000001168</v>
+        <v>5.3082945999999538</v>
       </c>
       <c r="D287" s="5">
-        <v>2.8257099075231773</v>
+        <v>2.8264655444651288</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>2297.2836296999999</v>
+        <v>2297.2810316</v>
       </c>
       <c r="C288" s="5">
-        <v>9.2389493999999104</v>
+        <v>9.2423973999998452</v>
       </c>
       <c r="D288" s="5">
-        <v>4.954581734802499</v>
+        <v>4.9564854599560171</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>2301.6251548999999</v>
+        <v>2301.6209755</v>
       </c>
       <c r="C289" s="5">
-        <v>4.3415251999999782</v>
+        <v>4.3399438999999802</v>
       </c>
       <c r="D289" s="5">
-        <v>2.2915432343961983</v>
+        <v>2.2907025191928332</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>2310.1969012</v>
+        <v>2310.1993548999999</v>
       </c>
       <c r="C290" s="5">
-        <v>8.5717463000000862</v>
+        <v>8.5783793999999034</v>
       </c>
       <c r="D290" s="5">
-        <v>4.5617441585412255</v>
+        <v>4.5653553222815946</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>2315.6456103999999</v>
+        <v>2315.6467639000002</v>
       </c>
       <c r="C291" s="5">
-        <v>5.4487091999999393</v>
+        <v>5.4474090000003343</v>
       </c>
       <c r="D291" s="5">
-        <v>2.8672613427430882</v>
+        <v>2.8665651597177488</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>2323.7810718000001</v>
+        <v>2323.7772574000001</v>
       </c>
       <c r="C292" s="5">
-        <v>8.1354614000001675</v>
+        <v>8.1304934999998295</v>
       </c>
       <c r="D292" s="5">
-        <v>4.2983353764124876</v>
+        <v>4.2956575337214087</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>2326.1533328</v>
+        <v>2326.2033820000001</v>
       </c>
       <c r="C293" s="5">
-        <v>2.3722609999999804</v>
+        <v>2.4261246000000938</v>
       </c>
       <c r="D293" s="5">
-        <v>1.2319367411185</v>
+        <v>1.2600715035692156</v>
       </c>
       <c r="E293" s="5">
-        <v>3.2097376084601725</v>
+        <v>3.2092960894363198</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>2330.3221402999998</v>
+        <v>2330.3075841</v>
       </c>
       <c r="C294" s="5">
-        <v>4.1688074999997298</v>
+        <v>4.1042020999998385</v>
       </c>
       <c r="D294" s="5">
-        <v>2.1719007235966536</v>
+        <v>2.1378683327358594</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>2335.6297571999999</v>
+        <v>2335.622558</v>
       </c>
       <c r="C295" s="5">
-        <v>5.3076169000000846</v>
+        <v>5.3149739000000409</v>
       </c>
       <c r="D295" s="5">
-        <v>2.7676582157106555</v>
+        <v>2.7715603071885253</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>2343.7532170999998</v>
+        <v>2343.7463923999999</v>
       </c>
       <c r="C296" s="5">
-        <v>8.1234598999999434</v>
+        <v>8.1238343999998506</v>
       </c>
       <c r="D296" s="5">
-        <v>4.2544441708494141</v>
+        <v>4.2546574385740721</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>2352.388618</v>
+        <v>2352.3775762</v>
       </c>
       <c r="C297" s="5">
-        <v>8.6354009000001497</v>
+        <v>8.6311838000001444</v>
       </c>
       <c r="D297" s="5">
-        <v>4.5120240178776028</v>
+        <v>4.5097891490400999</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>2360.5205283</v>
+        <v>2360.5125972000001</v>
       </c>
       <c r="C298" s="5">
-        <v>8.1319103000000723</v>
+        <v>8.1350210000000516</v>
       </c>
       <c r="D298" s="5">
-        <v>4.2280341740994931</v>
+        <v>4.2297026424858108</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>2365.8870487999998</v>
+        <v>2365.8844643000002</v>
       </c>
       <c r="C299" s="5">
-        <v>5.3665204999997513</v>
+        <v>5.371867100000145</v>
       </c>
       <c r="D299" s="5">
-        <v>2.7625098810457827</v>
+        <v>2.7653060838557231</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>2373.402994</v>
+        <v>2373.402677</v>
       </c>
       <c r="C300" s="5">
-        <v>7.5159452000002602</v>
+        <v>7.5182126999998218</v>
       </c>
       <c r="D300" s="5">
-        <v>3.8794754728052716</v>
+        <v>3.8806707242399652</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>2380.2306911000001</v>
+        <v>2380.2305563</v>
       </c>
       <c r="C301" s="5">
-        <v>6.8276971000000231</v>
+        <v>6.8278792999999496</v>
       </c>
       <c r="D301" s="5">
-        <v>3.5072519571808902</v>
+        <v>3.5073475113978736</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>2387.4389375999999</v>
+        <v>2387.4526182999998</v>
       </c>
       <c r="C302" s="5">
-        <v>7.2082464999998592</v>
+        <v>7.2220619999998235</v>
       </c>
       <c r="D302" s="5">
-        <v>3.6952021787547418</v>
+        <v>3.7024033132648126</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>2398.4206715999999</v>
+        <v>2398.4291073999998</v>
       </c>
       <c r="C303" s="5">
-        <v>10.98173399999996</v>
+        <v>10.976489099999981</v>
       </c>
       <c r="D303" s="5">
-        <v>5.6615632613921107</v>
+        <v>5.6587572978650469</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>2402.5138597999999</v>
+        <v>2402.5140044</v>
       </c>
       <c r="C304" s="5">
-        <v>4.093188199999986</v>
+        <v>4.0848970000001827</v>
       </c>
       <c r="D304" s="5">
-        <v>2.0672743294566143</v>
+        <v>2.0630402118680946</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>2410.0451681</v>
+        <v>2410.0746196</v>
       </c>
       <c r="C305" s="5">
-        <v>7.5313083000000915</v>
+        <v>7.5606152000000293</v>
       </c>
       <c r="D305" s="5">
-        <v>3.8272528982294052</v>
+        <v>3.8424045371688198</v>
       </c>
       <c r="E305" s="5">
-        <v>3.6064619695133748</v>
+        <v>3.6054989107568769</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>2415.1834104</v>
+        <v>2415.1577508</v>
       </c>
       <c r="C306" s="5">
-        <v>5.1382423000000017</v>
+        <v>5.0831312000000253</v>
       </c>
       <c r="D306" s="5">
-        <v>2.5886272766778795</v>
+        <v>2.560508003765638</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>2418.0094463</v>
+        <v>2418.0015472</v>
       </c>
       <c r="C307" s="5">
-        <v>2.826035900000079</v>
+        <v>2.8437963999999738</v>
       </c>
       <c r="D307" s="5">
-        <v>1.4132066156905765</v>
+        <v>1.4221608552972054</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>2419.8571904</v>
+        <v>2419.8478107000001</v>
       </c>
       <c r="C308" s="5">
-        <v>1.8477440999999999</v>
+        <v>1.8462635000000773</v>
       </c>
       <c r="D308" s="5">
-        <v>0.92085484099535542</v>
+        <v>0.92011687564623745</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>2423.2196426999999</v>
+        <v>2423.2041494999999</v>
       </c>
       <c r="C309" s="5">
-        <v>3.362452299999859</v>
+        <v>3.3563387999997758</v>
       </c>
       <c r="D309" s="5">
-        <v>1.6802324737919649</v>
+        <v>1.677160738944683</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>2425.6792231999998</v>
+        <v>2425.6702633</v>
       </c>
       <c r="C310" s="5">
-        <v>2.4595804999999018</v>
+        <v>2.4661138000001301</v>
       </c>
       <c r="D310" s="5">
-        <v>1.2248288335011459</v>
+        <v>1.2281084332752323</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>2428.0332371</v>
+        <v>2428.0414810000002</v>
       </c>
       <c r="C311" s="5">
-        <v>2.3540139000001545</v>
+        <v>2.3712177000002157</v>
       </c>
       <c r="D311" s="5">
-        <v>1.1707826029766055</v>
+        <v>1.179389450263324</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>2435.0727138000002</v>
+        <v>2435.0763139000001</v>
       </c>
       <c r="C312" s="5">
-        <v>7.0394767000002503</v>
+        <v>7.0348328999998557</v>
       </c>
       <c r="D312" s="5">
-        <v>3.5351176315605581</v>
+        <v>3.5327361129440904</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>2438.1096544000002</v>
+        <v>2438.1154763999998</v>
       </c>
       <c r="C313" s="5">
-        <v>3.0369405999999799</v>
+        <v>3.0391624999997475</v>
       </c>
       <c r="D313" s="5">
-        <v>1.5069081407905749</v>
+        <v>1.5080159657829384</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>2443.2887470999999</v>
+        <v>2443.3165540999998</v>
       </c>
       <c r="C314" s="5">
-        <v>5.1790926999997282</v>
+        <v>5.2010777000000417</v>
       </c>
       <c r="D314" s="5">
-        <v>2.57906288282157</v>
+        <v>2.5901333951458216</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>2448.5504753999999</v>
+        <v>2448.5691428</v>
       </c>
       <c r="C315" s="5">
-        <v>5.2617282999999588</v>
+        <v>5.2525887000001603</v>
       </c>
       <c r="D315" s="5">
-        <v>2.61508199202245</v>
+        <v>2.610455701383585</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>2446.3738784000002</v>
+        <v>2446.3797516999998</v>
       </c>
       <c r="C316" s="5">
-        <v>-2.1765969999996742</v>
+        <v>-2.1893911000001935</v>
       </c>
       <c r="D316" s="5">
-        <v>-1.061519535161759</v>
+        <v>-1.0677204241419824</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>2452.2687433000001</v>
+        <v>2452.2774457</v>
       </c>
       <c r="C317" s="5">
-        <v>5.8948648999999023</v>
+        <v>5.8976940000002287</v>
       </c>
       <c r="D317" s="5">
-        <v>2.9301917082450668</v>
+        <v>2.9316095506579209</v>
       </c>
       <c r="E317" s="5">
-        <v>1.7519827328915882</v>
+        <v>1.751100391530791</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>2463.8057374999999</v>
+        <v>2463.7615747</v>
       </c>
       <c r="C318" s="5">
-        <v>11.536994199999754</v>
+        <v>11.484128999999939</v>
       </c>
       <c r="D318" s="5">
-        <v>5.7939408843163065</v>
+        <v>5.7666832076223695</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>2461.2182223</v>
+        <v>2461.2042833999999</v>
       </c>
       <c r="C319" s="5">
-        <v>-2.5875151999998707</v>
+        <v>-2.5572913000000881</v>
       </c>
       <c r="D319" s="5">
-        <v>-1.2529988672929981</v>
+        <v>-1.23846853135684</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>2460.3045385999999</v>
+        <v>2460.2859219000002</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.91368370000009236</v>
+        <v>-0.91836149999971894</v>
       </c>
       <c r="D320" s="5">
-        <v>-0.44457031531019986</v>
+        <v>-0.44684424505088138</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>2467.5476505000001</v>
+        <v>2467.522954</v>
       </c>
       <c r="C321" s="5">
-        <v>7.2431119000002582</v>
+        <v>7.2370320999998512</v>
       </c>
       <c r="D321" s="5">
-        <v>3.5905557627466278</v>
+        <v>3.5875205451284087</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>2466.4056163999999</v>
+        <v>2466.3966808</v>
       </c>
       <c r="C322" s="5">
-        <v>-1.1420341000002736</v>
+        <v>-1.1262732000000142</v>
       </c>
       <c r="D322" s="5">
-        <v>-0.55397423169563087</v>
+        <v>-0.54635362201040927</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>2464.6874816</v>
+        <v>2464.7088742999999</v>
       </c>
       <c r="C323" s="5">
-        <v>-1.7181347999999161</v>
+        <v>-1.6878065000000788</v>
       </c>
       <c r="D323" s="5">
-        <v>-0.83274245894101595</v>
+        <v>-0.8181012286353484</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>2473.7219875000001</v>
+        <v>2473.7351248999998</v>
       </c>
       <c r="C324" s="5">
-        <v>9.0345059000001129</v>
+        <v>9.0262505999999121</v>
       </c>
       <c r="D324" s="5">
-        <v>4.488467648682315</v>
+        <v>4.484243631954965</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>2477.1896781</v>
+        <v>2477.2107560999998</v>
       </c>
       <c r="C325" s="5">
-        <v>3.467690599999969</v>
+        <v>3.4756311999999525</v>
       </c>
       <c r="D325" s="5">
-        <v>1.6952034372504698</v>
+        <v>1.6991062049592554</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>2482.9808754000001</v>
+        <v>2483.0243816000002</v>
       </c>
       <c r="C326" s="5">
-        <v>5.7911973000000216</v>
+        <v>5.8136255000003985</v>
       </c>
       <c r="D326" s="5">
-        <v>2.8417251780246122</v>
+        <v>2.8528484934470688</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>2479.7561231</v>
+        <v>2479.7866143000001</v>
       </c>
       <c r="C327" s="5">
-        <v>-3.2247523000000911</v>
+        <v>-3.2377673000000868</v>
       </c>
       <c r="D327" s="5">
-        <v>-1.5474063883533784</v>
+        <v>-1.553579924080728</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>2481.7352153000002</v>
+        <v>2481.7464089999999</v>
       </c>
       <c r="C328" s="5">
-        <v>1.9790922000001956</v>
+        <v>1.9597946999997475</v>
       </c>
       <c r="D328" s="5">
-        <v>0.96193459667481829</v>
+        <v>0.95250250747427323</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>2484.4781806000001</v>
+        <v>2484.4849407000002</v>
       </c>
       <c r="C329" s="5">
-        <v>2.7429652999999234</v>
+        <v>2.7385317000002942</v>
       </c>
       <c r="D329" s="5">
-        <v>1.3344056260253589</v>
+        <v>1.332229603084234</v>
       </c>
       <c r="E329" s="5">
-        <v>1.3134546280052506</v>
+        <v>1.3133707630217373</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>2490.3192242999999</v>
+        <v>2490.2524337999998</v>
       </c>
       <c r="C330" s="5">
-        <v>5.8410436999997728</v>
+        <v>5.7674930999996832</v>
       </c>
       <c r="D330" s="5">
-        <v>2.857984516265577</v>
+        <v>2.821528219883751</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>2492.8542787000001</v>
+        <v>2492.8178799000002</v>
       </c>
       <c r="C331" s="5">
-        <v>2.5350544000002628</v>
+        <v>2.5654461000003721</v>
       </c>
       <c r="D331" s="5">
-        <v>1.2284188672023078</v>
+        <v>1.2432629417091778</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>2503.8979165999999</v>
+        <v>2503.8578444</v>
       </c>
       <c r="C332" s="5">
-        <v>11.043637899999794</v>
+        <v>11.039964499999769</v>
       </c>
       <c r="D332" s="5">
-        <v>5.4476044784644628</v>
+        <v>5.4458295646397037</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>2506.3318755999999</v>
+        <v>2506.2744511000001</v>
       </c>
       <c r="C333" s="5">
-        <v>2.4339589999999589</v>
+        <v>2.4166067000001021</v>
       </c>
       <c r="D333" s="5">
-        <v>1.1727382792920293</v>
+        <v>1.1643518390074714</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>2509.9810511000001</v>
+        <v>2509.9539829999999</v>
       </c>
       <c r="C334" s="5">
-        <v>3.6491755000001831</v>
+        <v>3.6795318999998017</v>
       </c>
       <c r="D334" s="5">
-        <v>1.7612384405199633</v>
+        <v>1.7760491848183291</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>2515.5369114</v>
+        <v>2515.5981394999999</v>
       </c>
       <c r="C335" s="5">
-        <v>5.5558602999999493</v>
+        <v>5.6441565000000082</v>
       </c>
       <c r="D335" s="5">
-        <v>2.6887854771963537</v>
+        <v>2.7320765917842937</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>2509.5151175000001</v>
+        <v>2509.5580743999999</v>
       </c>
       <c r="C336" s="5">
-        <v>-6.0217938999999205</v>
+        <v>-6.0400650999999925</v>
       </c>
       <c r="D336" s="5">
-        <v>-2.8350875452144653</v>
+        <v>-2.8435081292487951</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>2513.6865241999999</v>
+        <v>2513.7335638</v>
       </c>
       <c r="C337" s="5">
-        <v>4.1714066999998067</v>
+        <v>4.1754894000000604</v>
       </c>
       <c r="D337" s="5">
-        <v>2.0130207691499535</v>
+        <v>2.0149742392570502</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>2507.8759180000002</v>
+        <v>2507.9389457000002</v>
       </c>
       <c r="C338" s="5">
-        <v>-5.810606199999711</v>
+        <v>-5.7946180999997523</v>
       </c>
       <c r="D338" s="5">
-        <v>-2.738908580268673</v>
+        <v>-2.731417196130792</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>2518.7473003</v>
+        <v>2518.7936810000001</v>
       </c>
       <c r="C339" s="5">
-        <v>10.871382299999823</v>
+        <v>10.854735299999902</v>
       </c>
       <c r="D339" s="5">
-        <v>5.3277081295962425</v>
+        <v>5.3192179223689351</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>2524.7827662999998</v>
+        <v>2524.8083283000001</v>
       </c>
       <c r="C340" s="5">
-        <v>6.0354659999998148</v>
+        <v>6.0146472999999787</v>
       </c>
       <c r="D340" s="5">
-        <v>2.9136614197470712</v>
+        <v>2.9034245227701039</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>2528.6395302999999</v>
+        <v>2528.6452843000002</v>
       </c>
       <c r="C341" s="5">
-        <v>3.856764000000112</v>
+        <v>3.8369560000001002</v>
       </c>
       <c r="D341" s="5">
-        <v>1.8485546943700859</v>
+        <v>1.838962411902556</v>
       </c>
       <c r="E341" s="5">
-        <v>1.7774899391281851</v>
+        <v>1.777444607394485</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>2528.2542739999999</v>
+        <v>2528.1539855999999</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.3852563000000373</v>
+        <v>-0.49129870000024312</v>
       </c>
       <c r="D342" s="5">
-        <v>-0.18267544816484849</v>
+        <v>-0.23290290725012097</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>2539.5267703999998</v>
+        <v>2539.4492411000001</v>
       </c>
       <c r="C343" s="5">
-        <v>11.272496399999909</v>
+        <v>11.295255500000167</v>
       </c>
       <c r="D343" s="5">
-        <v>5.4835026929840769</v>
+        <v>5.4950706576773811</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>2548.9105973000001</v>
+        <v>2548.8421638</v>
       </c>
       <c r="C344" s="5">
-        <v>9.3838269000002583</v>
+        <v>9.3929226999998718</v>
       </c>
       <c r="D344" s="5">
-        <v>4.5253646649572099</v>
+        <v>4.5299818654914947</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>2547.4057831999999</v>
+        <v>2547.2802382</v>
       </c>
       <c r="C345" s="5">
-        <v>-1.5048141000002033</v>
+        <v>-1.561925599999995</v>
       </c>
       <c r="D345" s="5">
-        <v>-0.70615461012634162</v>
+        <v>-0.73288431721668656</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>2553.7303861999999</v>
+        <v>2553.6913312000001</v>
       </c>
       <c r="C346" s="5">
-        <v>6.3246030000000246</v>
+        <v>6.4110930000001645</v>
       </c>
       <c r="D346" s="5">
-        <v>3.0203364336753857</v>
+        <v>3.0623664915327309</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>2560.2032889000002</v>
+        <v>2560.3089896000001</v>
       </c>
       <c r="C347" s="5">
-        <v>6.4729027000003043</v>
+        <v>6.6176583999999821</v>
       </c>
       <c r="D347" s="5">
-        <v>3.0843851415691459</v>
+        <v>3.1543973927423918</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>2562.2922263</v>
+        <v>2562.3981023000001</v>
       </c>
       <c r="C348" s="5">
-        <v>2.0889373999998497</v>
+        <v>2.0891126999999869</v>
       </c>
       <c r="D348" s="5">
-        <v>0.98351748409368778</v>
+        <v>0.98355960022491473</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>2569.8675483000002</v>
+        <v>2569.9644555</v>
       </c>
       <c r="C349" s="5">
-        <v>7.575322000000142</v>
+        <v>7.5663531999998668</v>
       </c>
       <c r="D349" s="5">
-        <v>3.6060162786423433</v>
+        <v>3.6015261169594526</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>2569.2486918999998</v>
+        <v>2569.3231433999999</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.61885640000036801</v>
+        <v>-0.64131210000005012</v>
       </c>
       <c r="D350" s="5">
-        <v>-0.28859264835289222</v>
+        <v>-0.29903883428077371</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>2573.9100726000001</v>
+        <v>2573.9739215</v>
       </c>
       <c r="C351" s="5">
-        <v>4.6613807000003362</v>
+        <v>4.650778100000025</v>
       </c>
       <c r="D351" s="5">
-        <v>2.1990136104127922</v>
+        <v>2.1938977065649734</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>2576.6163087999998</v>
+        <v>2576.6653621999999</v>
       </c>
       <c r="C352" s="5">
-        <v>2.7062361999996938</v>
+        <v>2.6914406999999301</v>
       </c>
       <c r="D352" s="5">
-        <v>1.2690143520772246</v>
+        <v>1.2620049780618592</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>2580.4217053000002</v>
+        <v>2580.4405986000002</v>
       </c>
       <c r="C353" s="5">
-        <v>3.80539650000037</v>
+        <v>3.7752364000002672</v>
       </c>
       <c r="D353" s="5">
-        <v>1.7867434034420926</v>
+        <v>1.7724340417689666</v>
       </c>
       <c r="E353" s="5">
-        <v>2.0478274732127044</v>
+        <v>2.0483424314825749</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>2585.1317214000001</v>
+        <v>2584.9465740000001</v>
       </c>
       <c r="C354" s="5">
-        <v>4.7100160999998479</v>
+        <v>4.5059753999998975</v>
       </c>
       <c r="D354" s="5">
-        <v>2.2124705806839229</v>
+        <v>2.1156871698172486</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>2592.7196144</v>
+        <v>2592.6154234999999</v>
       </c>
       <c r="C355" s="5">
-        <v>7.5878929999998945</v>
+        <v>7.6688494999998511</v>
       </c>
       <c r="D355" s="5">
-        <v>3.5796685490022684</v>
+        <v>3.6187493742039889</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>2593.1193321999999</v>
+        <v>2593.0231945999999</v>
       </c>
       <c r="C356" s="5">
-        <v>0.39971779999996215</v>
+        <v>0.40777109999999084</v>
       </c>
       <c r="D356" s="5">
-        <v>0.18516012539881999</v>
+        <v>0.18890145767604949</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>2597.9549447999998</v>
+        <v>2597.6866337000001</v>
       </c>
       <c r="C357" s="5">
-        <v>4.8356125999998767</v>
+        <v>4.6634391000002324</v>
       </c>
       <c r="D357" s="5">
-        <v>2.2608374671088782</v>
+        <v>2.1796234851652718</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>2604.7785454</v>
+        <v>2604.7322251000001</v>
       </c>
       <c r="C358" s="5">
-        <v>6.8236006000001908</v>
+        <v>7.0455913999999211</v>
       </c>
       <c r="D358" s="5">
-        <v>3.1977652973790738</v>
+        <v>3.3037007502631166</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>2608.7239639999998</v>
+        <v>2608.9329824000001</v>
       </c>
       <c r="C359" s="5">
-        <v>3.9454185999998117</v>
+        <v>4.2007573000000775</v>
       </c>
       <c r="D359" s="5">
-        <v>1.8328407164379446</v>
+        <v>1.9525474380586605</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>2610.7551279999998</v>
+        <v>2610.9267175999998</v>
       </c>
       <c r="C360" s="5">
-        <v>2.0311639999999898</v>
+        <v>1.993735199999719</v>
       </c>
       <c r="D360" s="5">
-        <v>0.93833678623940209</v>
+        <v>0.92089896531422077</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>2617.0228350000002</v>
+        <v>2617.163168</v>
       </c>
       <c r="C361" s="5">
-        <v>6.2677070000004278</v>
+        <v>6.2364504000001943</v>
       </c>
       <c r="D361" s="5">
-        <v>2.9192159202277024</v>
+        <v>2.9042728171079668</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>2620.6988726</v>
+        <v>2620.8159185999998</v>
       </c>
       <c r="C362" s="5">
-        <v>3.676037599999745</v>
+        <v>3.6527505999997629</v>
       </c>
       <c r="D362" s="5">
-        <v>1.6986802246375055</v>
+        <v>1.6877454697025618</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>2621.6952525000002</v>
+        <v>2621.8015879999998</v>
       </c>
       <c r="C363" s="5">
-        <v>0.99637990000019272</v>
+        <v>0.98566940000000614</v>
       </c>
       <c r="D363" s="5">
-        <v>0.457190742210134</v>
+        <v>0.45224579902722883</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>2629.879148</v>
+        <v>2629.9866364</v>
       </c>
       <c r="C364" s="5">
-        <v>8.183895499999835</v>
+        <v>8.1850484000001416</v>
       </c>
       <c r="D364" s="5">
-        <v>3.8109123673642165</v>
+        <v>3.8113012288969239</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>2630.6437595000002</v>
+        <v>2630.6495850000001</v>
       </c>
       <c r="C365" s="5">
-        <v>0.76461150000022826</v>
+        <v>0.66294860000016342</v>
       </c>
       <c r="D365" s="5">
-        <v>0.34944663717944024</v>
+        <v>0.30290731204452026</v>
       </c>
       <c r="E365" s="5">
-        <v>1.9462731264757061</v>
+        <v>1.9457524589886033</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>2644.2143468999998</v>
+        <v>2643.9195175</v>
       </c>
       <c r="C366" s="5">
-        <v>13.570587399999567</v>
+        <v>13.269932499999868</v>
       </c>
       <c r="D366" s="5">
-        <v>6.3690807251386872</v>
+        <v>6.2240235802557553</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>2651.0174146999998</v>
+        <v>2650.8596581000002</v>
       </c>
       <c r="C367" s="5">
-        <v>6.803067800000008</v>
+        <v>6.9401406000001771</v>
       </c>
       <c r="D367" s="5">
-        <v>3.1314396850260273</v>
+        <v>3.1958092181993081</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>2632.9602921000001</v>
+        <v>2632.7817593</v>
       </c>
       <c r="C368" s="5">
-        <v>-18.05712259999973</v>
+        <v>-18.077898800000185</v>
       </c>
       <c r="D368" s="5">
-        <v>-7.8743115207429604</v>
+        <v>-7.8834861790388011</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>2329.2601135999998</v>
+        <v>2328.9251444000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-303.70017850000022</v>
+        <v>-303.85661489999984</v>
       </c>
       <c r="D369" s="5">
-        <v>-77.023484627227077</v>
+        <v>-77.044432533450831</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>2392.0939818000002</v>
+        <v>2392.0285920000001</v>
       </c>
       <c r="C370" s="5">
-        <v>62.833868200000325</v>
+        <v>63.103447599999981</v>
       </c>
       <c r="D370" s="5">
-        <v>37.633128826202267</v>
+        <v>37.82564711047791</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>2442.5184300000001</v>
+        <v>2442.8507301999998</v>
       </c>
       <c r="C371" s="5">
-        <v>50.424448199999915</v>
+        <v>50.822138199999699</v>
       </c>
       <c r="D371" s="5">
-        <v>28.444446388900268</v>
+        <v>28.696508890210314</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>2440.6561731000002</v>
+        <v>2440.8727091999999</v>
       </c>
       <c r="C372" s="5">
-        <v>-1.8622568999999203</v>
+        <v>-1.9780209999998988</v>
       </c>
       <c r="D372" s="5">
-        <v>-0.91109284666882617</v>
+        <v>-0.9673463986815678</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>2459.8540769000001</v>
+        <v>2460.0625583999999</v>
       </c>
       <c r="C373" s="5">
-        <v>19.197903799999949</v>
+        <v>19.189849200000026</v>
       </c>
       <c r="D373" s="5">
-        <v>9.8583079110853724</v>
+        <v>9.8530790056493132</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>2477.3594235</v>
+        <v>2477.5640503</v>
       </c>
       <c r="C374" s="5">
-        <v>17.505346599999939</v>
+        <v>17.501491900000019</v>
       </c>
       <c r="D374" s="5">
-        <v>8.8820035753920159</v>
+        <v>8.8791883530071622</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>2499.9852916</v>
+        <v>2500.1848230999999</v>
       </c>
       <c r="C375" s="5">
-        <v>22.625868099999934</v>
+        <v>22.620772799999941</v>
       </c>
       <c r="D375" s="5">
-        <v>11.527303555639868</v>
+        <v>11.523575763047589</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>2511.7772841999999</v>
+        <v>2511.9636645</v>
       </c>
       <c r="C376" s="5">
-        <v>11.791992599999958</v>
+        <v>11.778841400000147</v>
       </c>
       <c r="D376" s="5">
-        <v>5.8093628387756224</v>
+        <v>5.8022398914245432</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>2516.6256042999998</v>
+        <v>2516.6128786999998</v>
       </c>
       <c r="C377" s="5">
-        <v>4.8483200999999099</v>
+        <v>4.649214199999733</v>
       </c>
       <c r="D377" s="5">
-        <v>2.3410310743596563</v>
+        <v>2.2437431282241294</v>
       </c>
       <c r="E377" s="5">
-        <v>-4.3342301589961991</v>
+        <v>-4.3349257518081945</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>2523.9618270999999</v>
+        <v>2523.5513440999998</v>
       </c>
       <c r="C378" s="5">
-        <v>7.3362228000000869</v>
+        <v>6.938465400000041</v>
       </c>
       <c r="D378" s="5">
-        <v>3.5547578002730784</v>
+        <v>3.3591112842334292</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>2519.4479286000001</v>
+        <v>2519.1438661000002</v>
       </c>
       <c r="C379" s="5">
-        <v>-4.5138984999998684</v>
+        <v>-4.4074779999996281</v>
       </c>
       <c r="D379" s="5">
-        <v>-2.1251171186893347</v>
+        <v>-2.0758295935981552</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>2540.6643299000002</v>
+        <v>2540.2741016999998</v>
       </c>
       <c r="C380" s="5">
-        <v>21.216401300000143</v>
+        <v>21.130235599999651</v>
       </c>
       <c r="D380" s="5">
-        <v>10.586685281313901</v>
+        <v>10.543019246363873</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>2555.6364751999999</v>
+        <v>2554.957789</v>
       </c>
       <c r="C381" s="5">
-        <v>14.972145299999738</v>
+        <v>14.683687300000202</v>
       </c>
       <c r="D381" s="5">
-        <v>7.3053689438323799</v>
+        <v>7.1612538983787388</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>2566.2850317000002</v>
+        <v>2566.1490115000001</v>
       </c>
       <c r="C382" s="5">
-        <v>10.648556500000268</v>
+        <v>11.191222500000094</v>
       </c>
       <c r="D382" s="5">
-        <v>5.116224778234546</v>
+        <v>5.3847340374752584</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>2578.3803127000001</v>
+        <v>2578.9260957000001</v>
       </c>
       <c r="C383" s="5">
-        <v>12.095280999999886</v>
+        <v>12.77708419999999</v>
       </c>
       <c r="D383" s="5">
-        <v>5.8047163015373826</v>
+        <v>6.1412758108475352</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>2604.3441051999998</v>
+        <v>2604.7222246000001</v>
       </c>
       <c r="C384" s="5">
-        <v>25.963792499999727</v>
+        <v>25.796128899999985</v>
       </c>
       <c r="D384" s="5">
-        <v>12.775996497163767</v>
+        <v>12.686068431102626</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>2609.8866305000001</v>
+        <v>2610.3191817000002</v>
       </c>
       <c r="C385" s="5">
-        <v>5.5425253000003067</v>
+        <v>5.5969571000000542</v>
       </c>
       <c r="D385" s="5">
-        <v>2.5839272479570852</v>
+        <v>2.6092207635503684</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>2621.5130153999999</v>
+        <v>2621.9223301000002</v>
       </c>
       <c r="C386" s="5">
-        <v>11.626384899999721</v>
+        <v>11.603148400000009</v>
       </c>
       <c r="D386" s="5">
-        <v>5.4786365232596834</v>
+        <v>5.4664895446351558</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>2651.8616155999998</v>
+        <v>2652.3015028999998</v>
       </c>
       <c r="C387" s="5">
-        <v>30.348600199999964</v>
+        <v>30.379172799999651</v>
       </c>
       <c r="D387" s="5">
-        <v>14.811678654504856</v>
+        <v>14.825099030540612</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>2661.4546742000002</v>
+        <v>2661.9049181</v>
       </c>
       <c r="C388" s="5">
-        <v>9.5930586000004041</v>
+        <v>9.6034152000001995</v>
       </c>
       <c r="D388" s="5">
-        <v>4.4283957046879374</v>
+        <v>4.4325222269506082</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>2671.7100709000001</v>
+        <v>2671.7330886</v>
       </c>
       <c r="C389" s="5">
-        <v>10.255396699999892</v>
+        <v>9.828170499999942</v>
       </c>
       <c r="D389" s="5">
-        <v>4.7232322598508292</v>
+        <v>4.5216761248298987</v>
       </c>
       <c r="E389" s="5">
-        <v>6.1623972328270549</v>
+        <v>6.1638486877699794</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>2667.2478043999999</v>
+        <v>2666.5506151999998</v>
       </c>
       <c r="C390" s="5">
-        <v>-4.4622665000001689</v>
+        <v>-5.1824734000001627</v>
       </c>
       <c r="D390" s="5">
-        <v>-1.9859205343048969</v>
+        <v>-2.3030173407195598</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>2689.0455499</v>
+        <v>2688.3619485999998</v>
       </c>
       <c r="C391" s="5">
-        <v>21.797745500000019</v>
+        <v>21.811333399999967</v>
       </c>
       <c r="D391" s="5">
-        <v>10.259878676741319</v>
+        <v>10.269370818398848</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>2697.5534716000002</v>
+        <v>2696.6357161000001</v>
       </c>
       <c r="C392" s="5">
-        <v>8.5079217000002245</v>
+        <v>8.2737675000003037</v>
       </c>
       <c r="D392" s="5">
-        <v>3.863472820570224</v>
+        <v>3.7563083671268149</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>2717.7963414999999</v>
+        <v>2716.5369129999999</v>
       </c>
       <c r="C393" s="5">
-        <v>20.242869899999732</v>
+        <v>19.901196899999832</v>
       </c>
       <c r="D393" s="5">
-        <v>9.3861080975931479</v>
+        <v>9.2244686784413119</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>2723.4599638999998</v>
+        <v>2723.1086786000001</v>
       </c>
       <c r="C394" s="5">
-        <v>5.6636223999998947</v>
+        <v>6.5717656000001625</v>
       </c>
       <c r="D394" s="5">
-        <v>2.5295444305810877</v>
+        <v>2.9419433589376931</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>2724.7763568</v>
+        <v>2725.7838557999999</v>
       </c>
       <c r="C395" s="5">
-        <v>1.3163929000002099</v>
+        <v>2.67517719999978</v>
       </c>
       <c r="D395" s="5">
-        <v>0.58156820360726336</v>
+        <v>1.1852685063279855</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>2750.2566925000001</v>
+        <v>2751.0614019999998</v>
       </c>
       <c r="C396" s="5">
-        <v>25.480335700000069</v>
+        <v>25.277546199999961</v>
       </c>
       <c r="D396" s="5">
-        <v>11.817149163882345</v>
+        <v>11.713697021430725</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>2761.7719889999998</v>
+        <v>2762.6796705000002</v>
       </c>
       <c r="C397" s="5">
-        <v>11.515296499999749</v>
+        <v>11.61826850000034</v>
       </c>
       <c r="D397" s="5">
-        <v>5.1417216428877088</v>
+        <v>5.1872203068110245</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>2770.7764861999999</v>
+        <v>2771.5156907999999</v>
       </c>
       <c r="C398" s="5">
-        <v>9.0044972000000598</v>
+        <v>8.8360202999997455</v>
       </c>
       <c r="D398" s="5">
-        <v>3.9834146073949084</v>
+        <v>3.9062610084845018</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>2779.9006945000001</v>
+        <v>2780.653894</v>
       </c>
       <c r="C399" s="5">
-        <v>9.1242083000001912</v>
+        <v>9.1382032000001345</v>
       </c>
       <c r="D399" s="5">
-        <v>4.023979407591538</v>
+        <v>4.0291693578946575</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>2786.5407097000002</v>
+        <v>2787.2651747999998</v>
       </c>
       <c r="C400" s="5">
-        <v>6.6400152000001071</v>
+        <v>6.611280799999804</v>
       </c>
       <c r="D400" s="5">
-        <v>2.904252499391502</v>
+        <v>2.890726118197473</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>2789.5993192999999</v>
+        <v>2789.6410455999999</v>
       </c>
       <c r="C401" s="5">
-        <v>3.0586095999997269</v>
+        <v>2.3758708000000297</v>
       </c>
       <c r="D401" s="5">
-        <v>1.3251450367952833</v>
+        <v>1.0276917099930616</v>
       </c>
       <c r="E401" s="5">
-        <v>4.4125015541183865</v>
+        <v>4.4131637813335622</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>2808.9986764</v>
+        <v>2807.9021533</v>
       </c>
       <c r="C402" s="5">
-        <v>19.399357100000088</v>
+        <v>18.261107700000139</v>
       </c>
       <c r="D402" s="5">
-        <v>8.671703262497843</v>
+        <v>8.1443278103714878</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>2818.6958141</v>
+        <v>2817.4641161999998</v>
       </c>
       <c r="C403" s="5">
-        <v>9.6971376999999848</v>
+        <v>9.5619628999997985</v>
       </c>
       <c r="D403" s="5">
-        <v>4.2221700808780183</v>
+        <v>4.163864286681962</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>2826.4142753000001</v>
+        <v>2824.7272158000001</v>
       </c>
       <c r="C404" s="5">
-        <v>7.7184612000000925</v>
+        <v>7.2630996000002597</v>
       </c>
       <c r="D404" s="5">
-        <v>3.3359148104862957</v>
+        <v>3.1377018143617041</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>2831.3557854999999</v>
+        <v>2829.3635758999999</v>
       </c>
       <c r="C405" s="5">
-        <v>4.9415101999998114</v>
+        <v>4.6363600999998198</v>
       </c>
       <c r="D405" s="5">
-        <v>2.1182902810809923</v>
+        <v>1.9874956788091369</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>2837.0686432000002</v>
+        <v>2836.5152323000002</v>
       </c>
       <c r="C406" s="5">
-        <v>5.7128577000003133</v>
+        <v>7.15165640000032</v>
       </c>
       <c r="D406" s="5">
-        <v>2.4483043752303146</v>
+        <v>3.0757115908926602</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>2843.173507</v>
+        <v>2844.7533168</v>
       </c>
       <c r="C407" s="5">
-        <v>6.1048637999997482</v>
+        <v>8.2380844999997862</v>
       </c>
       <c r="D407" s="5">
-        <v>2.6129656303282234</v>
+        <v>3.5413702909925515</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>2832.7700832</v>
+        <v>2834.0926903999998</v>
       </c>
       <c r="C408" s="5">
-        <v>-10.403423799999928</v>
+        <v>-10.660626400000183</v>
       </c>
       <c r="D408" s="5">
-        <v>-4.3036083856610619</v>
+        <v>-4.4054242671908934</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>2844.3376217999999</v>
+        <v>2845.884665</v>
       </c>
       <c r="C409" s="5">
-        <v>11.567538599999807</v>
+        <v>11.791974600000231</v>
       </c>
       <c r="D409" s="5">
-        <v>5.0117321282757255</v>
+        <v>5.108768135370978</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>2856.3143464</v>
+        <v>2857.4668892</v>
       </c>
       <c r="C410" s="5">
-        <v>11.976724600000125</v>
+        <v>11.582224199999928</v>
       </c>
       <c r="D410" s="5">
-        <v>5.1715479453860347</v>
+        <v>4.994593134187375</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>2855.3283713000001</v>
+        <v>2856.4112261</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.98597509999990507</v>
+        <v>-1.055663099999947</v>
       </c>
       <c r="D411" s="5">
-        <v>-0.41344412720398793</v>
+        <v>-0.44242852406082278</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>2856.1267963</v>
+        <v>2857.1216035000002</v>
       </c>
       <c r="C412" s="5">
-        <v>0.79842499999995198</v>
+        <v>0.71037740000019767</v>
       </c>
       <c r="D412" s="5">
-        <v>0.33606813993058982</v>
+        <v>0.29884347435789049</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>2860.8011326999999</v>
+        <v>2860.8021781000002</v>
       </c>
       <c r="C413" s="5">
-        <v>4.6743363999999019</v>
+        <v>3.6805745999999999</v>
       </c>
       <c r="D413" s="5">
-        <v>1.9816943218355698</v>
+        <v>1.5568526115665282</v>
       </c>
       <c r="E413" s="5">
-        <v>2.5524028812090149</v>
+        <v>2.5509064190262221</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>2867.4787519000001</v>
+        <v>2865.9755399000001</v>
       </c>
       <c r="C414" s="5">
-        <v>6.6776192000002084</v>
+        <v>5.1733617999998387</v>
       </c>
       <c r="D414" s="5">
-        <v>2.8372542713190674</v>
+        <v>2.1917463989261199</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>2873.2920813000001</v>
+        <v>2871.4554670000002</v>
       </c>
       <c r="C415" s="5">
-        <v>5.8133293999999296</v>
+        <v>5.4799271000001681</v>
       </c>
       <c r="D415" s="5">
-        <v>2.4601081788979684</v>
+        <v>2.3187601152060644</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>2881.2634994999999</v>
+        <v>2878.8470318</v>
       </c>
       <c r="C416" s="5">
-        <v>7.9714181999997891</v>
+        <v>7.3915647999997418</v>
       </c>
       <c r="D416" s="5">
-        <v>3.3804501358034145</v>
+        <v>3.1330939880173769</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>2884.0945950999999</v>
+        <v>2881.2563414000001</v>
       </c>
       <c r="C417" s="5">
-        <v>2.831095600000026</v>
+        <v>2.4093096000001424</v>
       </c>
       <c r="D417" s="5">
-        <v>1.1854989575867947</v>
+        <v>1.0089166303428154</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>2887.1386173999999</v>
+        <v>2886.3768716999998</v>
       </c>
       <c r="C418" s="5">
-        <v>3.0440223000000515</v>
+        <v>5.1205302999997002</v>
       </c>
       <c r="D418" s="5">
-        <v>1.2739201223202823</v>
+        <v>2.1535933499265525</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>2887.8167856999999</v>
+        <v>2890.0648646999998</v>
       </c>
       <c r="C419" s="5">
-        <v>0.67816829999992478</v>
+        <v>3.6879930000000058</v>
       </c>
       <c r="D419" s="5">
-        <v>0.28223589206286537</v>
+        <v>1.5440898419138094</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>2853.9386155000002</v>
+        <v>2855.7489749000001</v>
       </c>
       <c r="C420" s="5">
-        <v>-33.878170199999659</v>
+        <v>-34.315889799999695</v>
       </c>
       <c r="D420" s="5">
-        <v>-13.203963073420965</v>
+        <v>-13.353849511892369</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>2886.5507612000001</v>
+        <v>2888.7614223</v>
       </c>
       <c r="C421" s="5">
-        <v>32.612145699999928</v>
+        <v>33.012447399999928</v>
       </c>
       <c r="D421" s="5">
-        <v>14.607979615273692</v>
+        <v>14.788862871796749</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>2888.4608466999998</v>
+        <v>2890.0158348</v>
       </c>
       <c r="C422" s="5">
-        <v>1.9100854999996955</v>
+        <v>1.254412499999944</v>
       </c>
       <c r="D422" s="5">
-        <v>0.79695914644861698</v>
+        <v>0.52233296735741952</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>2894.0966441</v>
+        <v>2895.5086328000002</v>
       </c>
       <c r="C423" s="5">
-        <v>5.6357974000002287</v>
+        <v>5.4927980000002208</v>
       </c>
       <c r="D423" s="5">
-        <v>2.3666604911068756</v>
+        <v>2.3047271142500048</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>2894.9042233</v>
+        <v>2896.0987337000001</v>
       </c>
       <c r="C424" s="5">
-        <v>0.80757919999996375</v>
+        <v>0.59010089999992488</v>
       </c>
       <c r="D424" s="5">
-        <v>0.33536673182208432</v>
+        <v>0.24483275210478439</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>2898.5347738999999</v>
+        <v>2898.5740989000001</v>
       </c>
       <c r="C425" s="5">
-        <v>3.6305505999998786</v>
+        <v>2.475365199999942</v>
       </c>
       <c r="D425" s="5">
-        <v>1.5153653004098544</v>
+        <v>1.0305042585992519</v>
       </c>
       <c r="E425" s="5">
-        <v>1.3189886136680595</v>
+        <v>1.3203262039280794</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>2893.7318773000002</v>
+        <v>2897.9806187999998</v>
       </c>
       <c r="C426" s="5">
-        <v>-4.8028965999997126</v>
+        <v>-0.59348010000030627</v>
       </c>
       <c r="D426" s="5">
-        <v>-1.9703883857442483</v>
+        <v>-0.24542228264107235</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>2893.6644882000001</v>
+        <v>2898.3039518</v>
       </c>
       <c r="C427" s="5">
-        <v>-6.7389100000127655E-2</v>
+        <v>0.32333300000027521</v>
       </c>
       <c r="D427" s="5">
-        <v>-2.794196784412506E-2</v>
+        <v>0.13396838477501838</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>2891.1193085999998</v>
+        <v>2895.6696863000002</v>
       </c>
       <c r="C428" s="5">
-        <v>-2.5451796000002105</v>
+        <v>-2.6342654999998558</v>
       </c>
       <c r="D428" s="5">
-        <v>-1.0503925355829224</v>
+        <v>-1.0852430159157045</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>2893.6230163999999</v>
+        <v>2899.8734561000001</v>
       </c>
       <c r="C429" s="5">
-        <v>2.5037078000000292</v>
+        <v>4.2037697999999182</v>
       </c>
       <c r="D429" s="5">
-        <v>1.044163388184427</v>
+        <v>1.7560696881804283</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>2895.5432549000002</v>
+        <v>2897.0691210999998</v>
       </c>
       <c r="C430" s="5">
-        <v>1.9202385000003233</v>
+        <v>-2.8043350000002647</v>
       </c>
       <c r="D430" s="5">
-        <v>0.79924549084224861</v>
+        <v>-1.1543126937148207</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>2894.5760359999999</v>
+        <v>2882.5927004999999</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.96721890000026178</v>
+        <v>-14.476420599999983</v>
       </c>
       <c r="D431" s="5">
-        <v>-0.40010891784293401</v>
+        <v>-5.8342207256944718</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>2895.3663670000001</v>
+        <v>2880.1570843999998</v>
       </c>
       <c r="C432" s="5">
-        <v>0.79033100000015111</v>
+        <v>-2.4356161000000611</v>
       </c>
       <c r="D432" s="5">
-        <v>0.32813880339237489</v>
+        <v>-1.0092286172778242</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>2897.5762880000002</v>
+        <v>2885.1840981</v>
       </c>
       <c r="C433" s="5">
-        <v>2.2099210000001221</v>
+        <v>5.0270137000002251</v>
       </c>
       <c r="D433" s="5">
-        <v>0.91976826606556816</v>
+        <v>2.114698520904712</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>2887.7145611000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>2.5304630000000543</v>
+      </c>
+      <c r="D434" s="5">
+        <v>1.0575568614835218</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>2881.7316310000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-5.9829300999999759</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-2.4580914270609378</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>2881.8214713000002</v>
+      </c>
+      <c r="C436" s="5">
+        <v>8.9840300000105344E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>3.7417379997917166E-2</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">