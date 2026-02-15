--- v1 (2026-01-25)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B75C2DC5-6536-4BDF-8567-31D1DFEA3063}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7A642994-0D0E-4018-979B-DFCB25DEE245}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0DF441F8-4236-49C2-AE68-7E595283EC5E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{876934AF-E90C-42A6-B7A4-A4207028D188}"/>
   </bookViews>
   <sheets>
     <sheet name="houserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Services Providing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7A24498E-AD03-4A4B-A0DC-A460B0187896}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{31B6F2C1-3A9A-4497-86CE-302193E56D58}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>2882.5927004999999</v>
       </c>
       <c r="C431" s="5">
         <v>-14.476420599999983</v>
       </c>
       <c r="D431" s="5">
         <v>-5.8342207256944718</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>2880.1570843999998</v>
       </c>
       <c r="C432" s="5">
         <v>-2.4356161000000611</v>
       </c>
       <c r="D432" s="5">
         <v>-1.0092286172778242</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>2885.1840981</v>
       </c>
       <c r="C433" s="5">
         <v>5.0270137000002251</v>
       </c>
       <c r="D433" s="5">
         <v>2.114698520904712</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>2887.7145611000001</v>
       </c>
       <c r="C434" s="5">
         <v>2.5304630000000543</v>
       </c>
       <c r="D434" s="5">
         <v>1.0575568614835218</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>2881.7316310000001</v>
       </c>
       <c r="C435" s="5">
         <v>-5.9829300999999759</v>
       </c>
       <c r="D435" s="5">
         <v>-2.4580914270609378</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>2881.8214713000002</v>
+        <v>2883.6139567</v>
       </c>
       <c r="C436" s="5">
-        <v>8.9840300000105344E-2</v>
+        <v>1.8823256999999103</v>
       </c>
       <c r="D436" s="5">
-        <v>3.7417379997917166E-2</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.78665318790518413</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>2884.4106452999999</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.79668859999992492</v>
+      </c>
+      <c r="D437" s="5">
+        <v>0.33204180591701604</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.48863520878680289</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>