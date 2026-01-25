--- v0 (2025-10-10)
+++ v1 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{F8D4487A-E5D6-460A-9B53-1D52330313AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E2DCB6A7-BB15-49DF-B6BA-A60593DA9599}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{F0AD310B-651B-4217-A123-2FC016D3F638}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6EE65BA0-97C2-4AA6-B206-26EFEA41BF71}"/>
   </bookViews>
   <sheets>
     <sheet name="housrvoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Other Services Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5B6427E7-1B50-467B-8FA3-FBFAD3AD0029}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4BF516AD-3B8F-40D8-996B-81859B7FE123}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -975,6146 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>62.263739180000002</v>
+        <v>62.263899234</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>62.581523400000002</v>
+        <v>62.581315472999997</v>
       </c>
       <c r="C7" s="5">
-        <v>0.31778422000000006</v>
+        <v>0.31741623899999638</v>
       </c>
       <c r="D7" s="5">
-        <v>6.2994925601660645</v>
+        <v>6.2919756468544197</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>62.825192002000001</v>
+        <v>62.825032323000002</v>
       </c>
       <c r="C8" s="5">
-        <v>0.24366860199999962</v>
+        <v>0.24371685000000554</v>
       </c>
       <c r="D8" s="5">
-        <v>4.7737105144009195</v>
+        <v>4.7746922832549554</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>62.855859082999999</v>
+        <v>62.858591345999997</v>
       </c>
       <c r="C9" s="5">
-        <v>3.0667080999997154E-2</v>
+        <v>3.3559022999995136E-2</v>
       </c>
       <c r="D9" s="5">
-        <v>0.58733537478297126</v>
+        <v>0.6428862716631123</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>63.924926022000001</v>
+        <v>63.924960566000003</v>
       </c>
       <c r="C10" s="5">
-        <v>1.0690669390000025</v>
+        <v>1.0663692200000057</v>
       </c>
       <c r="D10" s="5">
-        <v>22.431624319659949</v>
+        <v>22.368572534948928</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>65.137511551000003</v>
+        <v>65.137379374999995</v>
       </c>
       <c r="C11" s="5">
-        <v>1.2125855290000018</v>
+        <v>1.2124188089999919</v>
       </c>
       <c r="D11" s="5">
-        <v>25.294252361545567</v>
+        <v>25.290388993098787</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>65.664621351999998</v>
+        <v>65.664341801000006</v>
       </c>
       <c r="C12" s="5">
-        <v>0.5271098009999946</v>
+        <v>0.52696242600001142</v>
       </c>
       <c r="D12" s="5">
-        <v>10.154786546288364</v>
+        <v>10.151841385011263</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>66.380811460999993</v>
+        <v>66.380679322000006</v>
       </c>
       <c r="C13" s="5">
-        <v>0.7161901089999958</v>
+        <v>0.71633752099999981</v>
       </c>
       <c r="D13" s="5">
-        <v>13.902525415620159</v>
+        <v>13.905623571460124</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>66.112774693000006</v>
+        <v>66.112533323999997</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.26803676799998755</v>
+        <v>-0.26814599800000849</v>
       </c>
       <c r="D14" s="5">
-        <v>-4.7392647763837896</v>
+        <v>-4.7411626394389454</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>66.490006480999995</v>
+        <v>66.490133626000002</v>
       </c>
       <c r="C15" s="5">
-        <v>0.37723178799998891</v>
+        <v>0.37760030200000472</v>
       </c>
       <c r="D15" s="5">
-        <v>7.0660768850689948</v>
+        <v>7.0732245742825439</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>66.642572681999994</v>
+        <v>66.642172904999995</v>
       </c>
       <c r="C16" s="5">
-        <v>0.15256620099999907</v>
+        <v>0.15203927899999314</v>
       </c>
       <c r="D16" s="5">
-        <v>2.7885046979612804</v>
+        <v>2.7787471423269983</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>67.180816148999995</v>
+        <v>67.179360224999996</v>
       </c>
       <c r="C17" s="5">
-        <v>0.53824346700000092</v>
+        <v>0.53718732000000102</v>
       </c>
       <c r="D17" s="5">
-        <v>10.134213653127254</v>
+        <v>10.113501844913975</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>66.559171946999996</v>
+        <v>66.559173606000002</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.62164420199999881</v>
+        <v>-0.62018661899999472</v>
       </c>
       <c r="D18" s="5">
-        <v>-10.555916809680587</v>
+        <v>-10.532625884661462</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>66.428676409999994</v>
+        <v>66.428317919999998</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.1304955370000016</v>
+        <v>-0.13085568600000386</v>
       </c>
       <c r="D19" s="5">
-        <v>-2.327508361593289</v>
+        <v>-2.3338625961747628</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>66.689961319999995</v>
+        <v>66.689722920999998</v>
       </c>
       <c r="C20" s="5">
-        <v>0.26128491000000054</v>
+        <v>0.26140500099999997</v>
       </c>
       <c r="D20" s="5">
-        <v>4.8234370645268143</v>
+        <v>4.8257288075480798</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>66.020993288</v>
+        <v>66.023681612999994</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.66896803199999511</v>
+        <v>-0.66604130800000405</v>
       </c>
       <c r="D21" s="5">
-        <v>-11.394830263952437</v>
+        <v>-11.347722512056679</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>66.886732370999994</v>
+        <v>66.886790065</v>
       </c>
       <c r="C22" s="5">
-        <v>0.86573908299999403</v>
+        <v>0.86310845200000585</v>
       </c>
       <c r="D22" s="5">
-        <v>16.921696839648391</v>
+        <v>16.865790041525774</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>67.414051943000004</v>
+        <v>67.414074791000004</v>
       </c>
       <c r="C23" s="5">
-        <v>0.52731957200001034</v>
+        <v>0.52728472600000487</v>
       </c>
       <c r="D23" s="5">
-        <v>9.881712252083318</v>
+        <v>9.8810217901761135</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>67.078955071999999</v>
+        <v>67.078809440000001</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.33509687100000463</v>
+        <v>-0.33526535100000388</v>
       </c>
       <c r="D24" s="5">
-        <v>-5.804471148468437</v>
+        <v>-5.8073082482075318</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>67.199733213000002</v>
+        <v>67.199659288000007</v>
       </c>
       <c r="C25" s="5">
-        <v>0.12077814100000239</v>
+        <v>0.12084984800000598</v>
       </c>
       <c r="D25" s="5">
-        <v>2.1821701102471058</v>
+        <v>2.1834833350920846</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>67.195135436000001</v>
+        <v>67.194997966000003</v>
       </c>
       <c r="C26" s="5">
-        <v>-4.5977770000007467E-3</v>
+        <v>-4.6613220000040201E-3</v>
       </c>
       <c r="D26" s="5">
-        <v>-8.2072597544202708E-2</v>
+        <v>-8.3206566065319176E-2</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>67.238931475000001</v>
+        <v>67.239289608000007</v>
       </c>
       <c r="C27" s="5">
-        <v>4.3796039000000064E-2</v>
+        <v>4.4291642000004572E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>0.78493858436223807</v>
+        <v>0.79385493237547067</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>67.282324184999993</v>
+        <v>67.281886794000002</v>
       </c>
       <c r="C28" s="5">
-        <v>4.3392709999992007E-2</v>
+        <v>4.2597185999994736E-2</v>
       </c>
       <c r="D28" s="5">
-        <v>0.77717584590915045</v>
+        <v>0.76287402538826043</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>67.183960588000005</v>
+        <v>67.182701065000003</v>
       </c>
       <c r="C29" s="5">
-        <v>-9.836359699998809E-2</v>
+        <v>-9.9185728999998446E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>-1.7403059161414269</v>
+        <v>-1.7547451394486546</v>
       </c>
       <c r="E29" s="5">
-        <v>4.6805608806987919E-3</v>
+        <v>4.9730155047944535E-3</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>70.246950709000004</v>
+        <v>70.246620704999998</v>
       </c>
       <c r="C30" s="5">
-        <v>3.0629901209999986</v>
+        <v>3.0639196399999946</v>
       </c>
       <c r="D30" s="5">
-        <v>70.742837478136011</v>
+        <v>70.771626678959748</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>70.515075253000006</v>
+        <v>70.514280701000004</v>
       </c>
       <c r="C31" s="5">
-        <v>0.26812454400000263</v>
+        <v>0.26765999600000612</v>
       </c>
       <c r="D31" s="5">
-        <v>4.6776489571428437</v>
+        <v>4.669396352931221</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>70.540456824000003</v>
+        <v>70.539490036000004</v>
       </c>
       <c r="C32" s="5">
-        <v>2.5381570999996939E-2</v>
+        <v>2.5209334999999555E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>0.43279050539324349</v>
+        <v>0.42985272200373181</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>70.884937063999999</v>
+        <v>70.887871345999997</v>
       </c>
       <c r="C33" s="5">
-        <v>0.34448023999999577</v>
+        <v>0.3483813099999935</v>
       </c>
       <c r="D33" s="5">
-        <v>6.0201179265531257</v>
+        <v>6.0902411984416149</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>70.868483233000006</v>
+        <v>70.868875790999994</v>
       </c>
       <c r="C34" s="5">
-        <v>-1.6453830999992647E-2</v>
+        <v>-1.8995555000003606E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>-0.27818899674639797</v>
+        <v>-0.32108596935970235</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>70.704276207000007</v>
+        <v>70.704545856999999</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.1642070259999997</v>
+        <v>-0.16432993399999418</v>
       </c>
       <c r="D35" s="5">
-        <v>-2.7453186146667474</v>
+        <v>-2.7473323099290514</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>70.741115934999996</v>
+        <v>70.741159914999997</v>
       </c>
       <c r="C36" s="5">
-        <v>3.6839727999989691E-2</v>
+        <v>3.661405799999784E-2</v>
       </c>
       <c r="D36" s="5">
-        <v>0.6270424220951254</v>
+        <v>0.62318800333773794</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>70.872464543000007</v>
+        <v>70.872427617</v>
       </c>
       <c r="C37" s="5">
-        <v>0.13134860800001036</v>
+        <v>0.13126770200000237</v>
       </c>
       <c r="D37" s="5">
-        <v>2.250995761453356</v>
+        <v>2.2495936352434187</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>70.947298814999996</v>
+        <v>70.947507869000006</v>
       </c>
       <c r="C38" s="5">
-        <v>7.483427199998971E-2</v>
+        <v>7.5080252000006453E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>1.2744650933275814</v>
+        <v>1.2786793645219285</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>72.094941203000005</v>
+        <v>72.095421997000003</v>
       </c>
       <c r="C39" s="5">
-        <v>1.1476423880000084</v>
+        <v>1.1479141279999965</v>
       </c>
       <c r="D39" s="5">
-        <v>21.234750152182968</v>
+        <v>21.240165499222876</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>71.366099108</v>
+        <v>71.365728488000002</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.72884209500000452</v>
+        <v>-0.72969350900000052</v>
       </c>
       <c r="D40" s="5">
-        <v>-11.479063233941888</v>
+        <v>-11.491662882437604</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>71.755251371</v>
+        <v>71.754136872999993</v>
       </c>
       <c r="C41" s="5">
-        <v>0.38915226299999972</v>
+        <v>0.38840838499999109</v>
       </c>
       <c r="D41" s="5">
-        <v>6.7433374394666012</v>
+        <v>6.7300950572391605</v>
       </c>
       <c r="E41" s="5">
-        <v>6.8041400700280974</v>
+        <v>6.8044834987760927</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>72.231290912000006</v>
+        <v>72.230544875999996</v>
       </c>
       <c r="C42" s="5">
-        <v>0.47603954100000578</v>
+        <v>0.47640800300000308</v>
       </c>
       <c r="D42" s="5">
-        <v>8.2580592120972582</v>
+        <v>8.2648193655781235</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>72.448848448999996</v>
+        <v>72.447574627999998</v>
       </c>
       <c r="C43" s="5">
-        <v>0.21755753699999048</v>
+        <v>0.21702975200000196</v>
       </c>
       <c r="D43" s="5">
-        <v>3.6748279744177603</v>
+        <v>3.6658036574324315</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>72.833757441000003</v>
+        <v>72.831895277000001</v>
       </c>
       <c r="C44" s="5">
-        <v>0.38490899200000683</v>
+        <v>0.38432064900000285</v>
       </c>
       <c r="D44" s="5">
-        <v>6.5650377074961908</v>
+        <v>6.5548269523749925</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>73.127520109000002</v>
+        <v>73.130238085000002</v>
       </c>
       <c r="C45" s="5">
-        <v>0.29376266799999939</v>
+        <v>0.29834280800000101</v>
       </c>
       <c r="D45" s="5">
-        <v>4.9488213655063618</v>
+        <v>5.0278581520943222</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>73.298975959000003</v>
+        <v>73.299926638000002</v>
       </c>
       <c r="C46" s="5">
-        <v>0.17145585000000096</v>
+        <v>0.1696885530000003</v>
       </c>
       <c r="D46" s="5">
-        <v>2.8501041905965474</v>
+        <v>2.8202443928937448</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>73.406825011999999</v>
+        <v>73.407455548000001</v>
       </c>
       <c r="C47" s="5">
-        <v>0.10784905299999537</v>
+        <v>0.1075289099999992</v>
       </c>
       <c r="D47" s="5">
-        <v>1.7799885177018249</v>
+        <v>1.7746388287416259</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>73.546410635000001</v>
+        <v>73.546691261999996</v>
       </c>
       <c r="C48" s="5">
-        <v>0.1395856230000021</v>
+        <v>0.13923571399999446</v>
       </c>
       <c r="D48" s="5">
-        <v>2.3058580259198269</v>
+        <v>2.2999973751874681</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>73.698343523999995</v>
+        <v>73.698398573999995</v>
       </c>
       <c r="C49" s="5">
-        <v>0.15193288899999402</v>
+        <v>0.15170731199999921</v>
       </c>
       <c r="D49" s="5">
-        <v>2.5073324648430706</v>
+        <v>2.5035577950539789</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>74.368435263999999</v>
+        <v>74.369108522999994</v>
       </c>
       <c r="C50" s="5">
-        <v>0.67009174000000371</v>
+        <v>0.67070994899999903</v>
       </c>
       <c r="D50" s="5">
-        <v>11.473338439804071</v>
+        <v>11.484449785995743</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>73.787287296000002</v>
+        <v>73.787488659000005</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.58114796799999624</v>
+        <v>-0.58161986399998966</v>
       </c>
       <c r="D51" s="5">
-        <v>-8.9846161506718865</v>
+        <v>-8.9915228833128751</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>74.012334972999994</v>
+        <v>74.012218716999996</v>
       </c>
       <c r="C52" s="5">
-        <v>0.22504767699999206</v>
+        <v>0.22473005799999157</v>
       </c>
       <c r="D52" s="5">
-        <v>3.7219653145739606</v>
+        <v>3.7166137368649599</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>74.274127297999996</v>
+        <v>74.273210152000004</v>
       </c>
       <c r="C53" s="5">
-        <v>0.26179232500000182</v>
+        <v>0.26099143500000821</v>
       </c>
       <c r="D53" s="5">
-        <v>4.3281299995957534</v>
+        <v>4.3146382001295169</v>
       </c>
       <c r="E53" s="5">
-        <v>3.5103715461555884</v>
+        <v>3.510701109064418</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>74.624589971999995</v>
+        <v>74.623614277000001</v>
       </c>
       <c r="C54" s="5">
-        <v>0.3504626739999992</v>
+        <v>0.35040412499999718</v>
       </c>
       <c r="D54" s="5">
-        <v>5.8114833832100921</v>
+        <v>5.8105607973417017</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>74.693873486000001</v>
+        <v>74.692224625999998</v>
       </c>
       <c r="C55" s="5">
-        <v>6.9283514000005653E-2</v>
+        <v>6.8610348999996518E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>1.1198195734434035</v>
+        <v>1.1088987988126631</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>74.650684729000005</v>
+        <v>74.647896007</v>
       </c>
       <c r="C56" s="5">
-        <v>-4.3188756999995803E-2</v>
+        <v>-4.4328618999998071E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>-0.69164988854525378</v>
+        <v>-0.70986038019713593</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>76.116371994000005</v>
+        <v>76.119080092000004</v>
       </c>
       <c r="C57" s="5">
-        <v>1.4656872649999997</v>
+        <v>1.4711840850000044</v>
       </c>
       <c r="D57" s="5">
-        <v>26.279080709566237</v>
+        <v>26.389651683039794</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>76.169716468000004</v>
+        <v>76.171139423</v>
       </c>
       <c r="C58" s="5">
-        <v>5.3344473999999309E-2</v>
+        <v>5.2059330999995268E-2</v>
       </c>
       <c r="D58" s="5">
-        <v>0.84424266919145285</v>
+        <v>0.82379769541911507</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>76.336886010000001</v>
+        <v>76.337691550000002</v>
       </c>
       <c r="C59" s="5">
-        <v>0.16716954199999634</v>
+        <v>0.16655212700000277</v>
       </c>
       <c r="D59" s="5">
-        <v>2.6656618184919934</v>
+        <v>2.6556476973915055</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>76.702094455999998</v>
+        <v>76.702505672000001</v>
       </c>
       <c r="C60" s="5">
-        <v>0.36520844599999691</v>
+        <v>0.36481412199999852</v>
       </c>
       <c r="D60" s="5">
-        <v>5.8944986149325196</v>
+        <v>5.887902206726725</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>76.999672863000001</v>
+        <v>76.999751348000004</v>
       </c>
       <c r="C61" s="5">
-        <v>0.29757840700000315</v>
+        <v>0.29724567600000285</v>
       </c>
       <c r="D61" s="5">
-        <v>4.7562354821141684</v>
+        <v>4.7507775240316574</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>76.245842531999998</v>
+        <v>76.246782535999998</v>
       </c>
       <c r="C62" s="5">
-        <v>-0.75383033100000318</v>
+        <v>-0.75296881200000598</v>
       </c>
       <c r="D62" s="5">
-        <v>-11.135673594481933</v>
+        <v>-11.123612932983528</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>78.030376402000002</v>
+        <v>78.030135056999995</v>
       </c>
       <c r="C63" s="5">
-        <v>1.7845338700000042</v>
+        <v>1.7833525209999976</v>
       </c>
       <c r="D63" s="5">
-        <v>31.998929296375756</v>
+        <v>31.974504123261347</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>78.342866002999997</v>
+        <v>78.343073619999998</v>
       </c>
       <c r="C64" s="5">
-        <v>0.31248960099999579</v>
+        <v>0.312938563000003</v>
       </c>
       <c r="D64" s="5">
-        <v>4.9129358248478638</v>
+        <v>4.9201663428882991</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>78.130754332999999</v>
+        <v>78.129922594999996</v>
       </c>
       <c r="C65" s="5">
-        <v>-0.21211166999999875</v>
+        <v>-0.21315102500000194</v>
       </c>
       <c r="D65" s="5">
-        <v>-3.2010279469997793</v>
+        <v>-3.2164707464072073</v>
       </c>
       <c r="E65" s="5">
-        <v>5.1924232236705725</v>
+        <v>5.1926023328024096</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>77.832381518999995</v>
+        <v>77.831425221000003</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.29837281400000393</v>
+        <v>-0.29849737399999299</v>
       </c>
       <c r="D66" s="5">
-        <v>-4.4876297829196998</v>
+        <v>-4.4895108125686427</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>77.591359725999993</v>
+        <v>77.589895135000006</v>
       </c>
       <c r="C67" s="5">
-        <v>-0.24102179300000159</v>
+        <v>-0.24153008599999737</v>
       </c>
       <c r="D67" s="5">
-        <v>-3.6533717762287865</v>
+        <v>-3.6609896016295829</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>78.541679939000005</v>
+        <v>78.539218899000005</v>
       </c>
       <c r="C68" s="5">
-        <v>0.9503202130000119</v>
+        <v>0.94932376399999896</v>
       </c>
       <c r="D68" s="5">
-        <v>15.728915536131961</v>
+        <v>15.711614699166621</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>78.131047127000002</v>
+        <v>78.132787961999995</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.4106328120000029</v>
+        <v>-0.40643093700001032</v>
       </c>
       <c r="D69" s="5">
-        <v>-6.0965597237163998</v>
+        <v>-6.0361242413134679</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>78.380360648999996</v>
+        <v>78.381650867000005</v>
       </c>
       <c r="C70" s="5">
-        <v>0.24931352199999424</v>
+        <v>0.24886290500000996</v>
       </c>
       <c r="D70" s="5">
-        <v>3.8970822210673051</v>
+        <v>3.8898264706613173</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>78.804589262999997</v>
+        <v>78.805420131000005</v>
       </c>
       <c r="C71" s="5">
-        <v>0.42422861400000045</v>
+        <v>0.42376926400000059</v>
       </c>
       <c r="D71" s="5">
-        <v>6.6917965407989</v>
+        <v>6.684220612839864</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>79.138418881999996</v>
+        <v>79.138905905000001</v>
       </c>
       <c r="C72" s="5">
-        <v>0.33382961899999941</v>
+        <v>0.33348577399999613</v>
       </c>
       <c r="D72" s="5">
-        <v>5.2035300730695289</v>
+        <v>5.1979889881488717</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>79.369537046999994</v>
+        <v>79.369706828000005</v>
       </c>
       <c r="C73" s="5">
-        <v>0.23111816499999804</v>
+        <v>0.23080092300000388</v>
       </c>
       <c r="D73" s="5">
-        <v>3.5613576645476153</v>
+        <v>3.5563682877189029</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>79.577481238000004</v>
+        <v>79.578169212999995</v>
       </c>
       <c r="C74" s="5">
-        <v>0.20794419100000994</v>
+        <v>0.20846238499999004</v>
       </c>
       <c r="D74" s="5">
-        <v>3.1896408649884744</v>
+        <v>3.1976976391793865</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>79.400437041999993</v>
+        <v>79.400053084000007</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.17704419600001131</v>
+        <v>-0.17811612899998863</v>
       </c>
       <c r="D75" s="5">
-        <v>-2.6373359826193599</v>
+        <v>-2.6530853066017435</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>79.258872471000004</v>
+        <v>79.259184554000001</v>
       </c>
       <c r="C76" s="5">
-        <v>-0.14156457099998931</v>
+        <v>-0.14086853000000588</v>
       </c>
       <c r="D76" s="5">
-        <v>-2.1186472497852216</v>
+        <v>-2.1083418735321047</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>79.764764167999999</v>
+        <v>79.764144037999998</v>
       </c>
       <c r="C77" s="5">
-        <v>0.50589169699999559</v>
+        <v>0.50495948399999691</v>
       </c>
       <c r="D77" s="5">
-        <v>7.934018911381191</v>
+        <v>7.9188504688481487</v>
       </c>
       <c r="E77" s="5">
-        <v>2.0913785473460456</v>
+        <v>2.0916716524490564</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>80.336738240000003</v>
+        <v>80.336017658000003</v>
       </c>
       <c r="C78" s="5">
-        <v>0.57197407200000328</v>
+        <v>0.57187362000000519</v>
       </c>
       <c r="D78" s="5">
-        <v>8.9525283763729711</v>
+        <v>8.9509659497728258</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>80.309444713999994</v>
+        <v>80.308427049000002</v>
       </c>
       <c r="C79" s="5">
-        <v>-2.7293526000008228E-2</v>
+        <v>-2.7590609000000654E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>-0.40692591592139671</v>
+        <v>-0.41135051927835287</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>80.717025695000004</v>
+        <v>80.715476222000007</v>
       </c>
       <c r="C80" s="5">
-        <v>0.4075809810000095</v>
+        <v>0.40704917300000432</v>
       </c>
       <c r="D80" s="5">
-        <v>6.263062497455163</v>
+        <v>6.2547428516608772</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>80.969818802999995</v>
+        <v>80.970735576999999</v>
       </c>
       <c r="C81" s="5">
-        <v>0.25279310799999166</v>
+        <v>0.25525935499999264</v>
       </c>
       <c r="D81" s="5">
-        <v>3.8236287639941136</v>
+        <v>3.8616587170426264</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>81.100293448000002</v>
+        <v>81.101185756000007</v>
       </c>
       <c r="C82" s="5">
-        <v>0.13047464500000672</v>
+        <v>0.13045017900000744</v>
       </c>
       <c r="D82" s="5">
-        <v>1.9509081866533107</v>
+        <v>1.9505168331199307</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>81.760393483000001</v>
+        <v>81.760975997000003</v>
       </c>
       <c r="C83" s="5">
-        <v>0.66010003499999925</v>
+        <v>0.65979024099999606</v>
       </c>
       <c r="D83" s="5">
-        <v>10.216487699064825</v>
+        <v>10.211358992802921</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>81.377349151999994</v>
+        <v>81.377731706999995</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.38304433100000779</v>
+        <v>-0.38324429000000748</v>
       </c>
       <c r="D84" s="5">
-        <v>-5.47933036989805</v>
+        <v>-5.4820793301821436</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>81.716602394000006</v>
+        <v>81.716739731999994</v>
       </c>
       <c r="C85" s="5">
-        <v>0.33925324200001228</v>
+        <v>0.33900802499999827</v>
       </c>
       <c r="D85" s="5">
-        <v>5.1189830694732485</v>
+        <v>5.11517321127688</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>82.025660755000004</v>
+        <v>82.025979590000006</v>
       </c>
       <c r="C86" s="5">
-        <v>0.30905836099999817</v>
+        <v>0.30923985800001219</v>
       </c>
       <c r="D86" s="5">
-        <v>4.6340980163656953</v>
+        <v>4.6368683626245355</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>82.688472477000005</v>
+        <v>82.688216140999998</v>
       </c>
       <c r="C87" s="5">
-        <v>0.66281172200000071</v>
+        <v>0.66223655099999235</v>
       </c>
       <c r="D87" s="5">
-        <v>10.139418695400181</v>
+        <v>10.130184508750295</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>83.296621994000006</v>
+        <v>83.296818177999995</v>
       </c>
       <c r="C88" s="5">
-        <v>0.60814951700000108</v>
+        <v>0.60860203699999715</v>
       </c>
       <c r="D88" s="5">
-        <v>9.1915529693461284</v>
+        <v>9.1987012343060837</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>83.418459576999993</v>
+        <v>83.418060349000001</v>
       </c>
       <c r="C89" s="5">
-        <v>0.12183758299998715</v>
+        <v>0.12124217100000578</v>
       </c>
       <c r="D89" s="5">
-        <v>1.7694240663315597</v>
+        <v>1.7607034906212959</v>
       </c>
       <c r="E89" s="5">
-        <v>4.5805882423279209</v>
+        <v>4.5809007983076411</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>83.842667704999997</v>
+        <v>83.842260994</v>
       </c>
       <c r="C90" s="5">
-        <v>0.42420812800000363</v>
+        <v>0.4242006449999991</v>
       </c>
       <c r="D90" s="5">
-        <v>6.2759679385599121</v>
+        <v>6.2758849968288066</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>84.540332676000006</v>
+        <v>84.539867035</v>
       </c>
       <c r="C91" s="5">
-        <v>0.6976649710000089</v>
+        <v>0.69760604100000023</v>
       </c>
       <c r="D91" s="5">
-        <v>10.455252073663557</v>
+        <v>10.454381200889173</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>84.602006614999993</v>
+        <v>84.601486491000003</v>
       </c>
       <c r="C92" s="5">
-        <v>6.1673938999987854E-2</v>
+        <v>6.1619456000002515E-2</v>
       </c>
       <c r="D92" s="5">
-        <v>0.87894615217789518</v>
+        <v>0.87817142864943243</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>85.016683365999995</v>
+        <v>85.016775237999994</v>
       </c>
       <c r="C93" s="5">
-        <v>0.41467675100000179</v>
+        <v>0.41528874699999108</v>
       </c>
       <c r="D93" s="5">
-        <v>6.0429827197878705</v>
+        <v>6.0521815567687209</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>85.515621374999995</v>
+        <v>85.516125375000001</v>
       </c>
       <c r="C94" s="5">
-        <v>0.49893800899999974</v>
+        <v>0.49935013700000752</v>
       </c>
       <c r="D94" s="5">
-        <v>7.2742699255260224</v>
+        <v>7.2804658478599515</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>85.787260168000003</v>
+        <v>85.787556848999998</v>
       </c>
       <c r="C95" s="5">
-        <v>0.27163879300000815</v>
+        <v>0.27143147399999634</v>
       </c>
       <c r="D95" s="5">
-        <v>3.8790822665481395</v>
+        <v>3.8760465719193782</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>86.077665593999996</v>
+        <v>86.077893153999995</v>
       </c>
       <c r="C96" s="5">
-        <v>0.29040542599999242</v>
+        <v>0.29033630499999674</v>
       </c>
       <c r="D96" s="5">
-        <v>4.1387098707466263</v>
+        <v>4.1376918084349734</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>86.188415968000001</v>
+        <v>86.188537096999994</v>
       </c>
       <c r="C97" s="5">
-        <v>0.11075037400000554</v>
+        <v>0.11064394299999947</v>
       </c>
       <c r="D97" s="5">
-        <v>1.5549325214122334</v>
+        <v>1.5534235170770794</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>86.328292912999999</v>
+        <v>86.328307596000002</v>
       </c>
       <c r="C98" s="5">
-        <v>0.13987694499999748</v>
+        <v>0.13977049900000793</v>
       </c>
       <c r="D98" s="5">
-        <v>1.9649825026547996</v>
+        <v>1.9634710093233698</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>86.446949642000007</v>
+        <v>86.446899075999994</v>
       </c>
       <c r="C99" s="5">
-        <v>0.11865672900000845</v>
+        <v>0.11859147999999209</v>
       </c>
       <c r="D99" s="5">
-        <v>1.6619050540920277</v>
+        <v>1.6609839767354195</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>86.676745216</v>
+        <v>86.676794336</v>
       </c>
       <c r="C100" s="5">
-        <v>0.22979557399999351</v>
+        <v>0.22989526000000637</v>
       </c>
       <c r="D100" s="5">
-        <v>3.236924251318829</v>
+        <v>3.2383509625766527</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>87.224849152999994</v>
+        <v>87.224644218999998</v>
       </c>
       <c r="C101" s="5">
-        <v>0.54810393699999338</v>
+        <v>0.54784988299999782</v>
       </c>
       <c r="D101" s="5">
-        <v>7.8578071900361479</v>
+        <v>7.8540328407767479</v>
       </c>
       <c r="E101" s="5">
-        <v>4.5630063121538278</v>
+        <v>4.5632610660979456</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>87.530188531999997</v>
+        <v>87.530017220000005</v>
       </c>
       <c r="C102" s="5">
-        <v>0.30533937900000296</v>
+        <v>0.30537300100000664</v>
       </c>
       <c r="D102" s="5">
-        <v>4.2825499626984342</v>
+        <v>4.2830409040171435</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>87.710811946000007</v>
+        <v>87.710636034000004</v>
       </c>
       <c r="C103" s="5">
-        <v>0.18062341400001003</v>
+        <v>0.18061881399999891</v>
       </c>
       <c r="D103" s="5">
-        <v>2.5045655114531051</v>
+        <v>2.5045059586819463</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>88.009030903999999</v>
+        <v>88.008894119000004</v>
       </c>
       <c r="C104" s="5">
-        <v>0.29821895799999254</v>
+        <v>0.29825808500000051</v>
       </c>
       <c r="D104" s="5">
-        <v>4.1571985457825367</v>
+        <v>4.1577627161906383</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>88.536983184999997</v>
+        <v>88.536931826</v>
       </c>
       <c r="C105" s="5">
-        <v>0.52795228099999747</v>
+        <v>0.52803770699999575</v>
       </c>
       <c r="D105" s="5">
-        <v>7.440932812569323</v>
+        <v>7.4421887587749369</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>89.059395343999995</v>
+        <v>89.059788935</v>
       </c>
       <c r="C106" s="5">
-        <v>0.52241215899999816</v>
+        <v>0.52285710900000026</v>
       </c>
       <c r="D106" s="5">
-        <v>7.3149605135022888</v>
+        <v>7.3213989566424997</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>88.787438468000005</v>
+        <v>88.787523497999999</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.27195687599999019</v>
+        <v>-0.2722654370000015</v>
       </c>
       <c r="D107" s="5">
-        <v>-3.6034671341915514</v>
+        <v>-3.607471438109966</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>89.065017337</v>
+        <v>89.065085960999994</v>
       </c>
       <c r="C108" s="5">
-        <v>0.27757886899999562</v>
+        <v>0.27756246299999532</v>
       </c>
       <c r="D108" s="5">
-        <v>3.816781506420841</v>
+        <v>3.8165483088033136</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>89.446606431999996</v>
+        <v>89.446650531000003</v>
       </c>
       <c r="C109" s="5">
-        <v>0.38158909499999538</v>
+        <v>0.38156457000000898</v>
       </c>
       <c r="D109" s="5">
-        <v>5.2641620856532789</v>
+        <v>5.2638115909944716</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>89.389854666000005</v>
+        <v>89.389810097999998</v>
       </c>
       <c r="C110" s="5">
-        <v>-5.6751765999990766E-2</v>
+        <v>-5.6840433000004964E-2</v>
       </c>
       <c r="D110" s="5">
-        <v>-0.75872046185040398</v>
+        <v>-0.75990134719898794</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>90.104652637000001</v>
+        <v>90.104565782999998</v>
       </c>
       <c r="C111" s="5">
-        <v>0.71479797099999587</v>
+        <v>0.71475568500000008</v>
       </c>
       <c r="D111" s="5">
-        <v>10.029167459509702</v>
+        <v>10.028553044458643</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>90.210080250999994</v>
+        <v>90.209973421000001</v>
       </c>
       <c r="C112" s="5">
-        <v>0.10542761399999279</v>
+        <v>0.10540763800000263</v>
       </c>
       <c r="D112" s="5">
-        <v>1.4131398186477462</v>
+        <v>1.4128717081639763</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>90.927295884000003</v>
+        <v>90.927105736000001</v>
       </c>
       <c r="C113" s="5">
-        <v>0.71721563300000923</v>
+        <v>0.71713231500000063</v>
       </c>
       <c r="D113" s="5">
-        <v>9.9690511539608728</v>
+        <v>9.9678542903336655</v>
       </c>
       <c r="E113" s="5">
-        <v>4.244715544885147</v>
+        <v>4.2447424694608271</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>90.523291233999998</v>
+        <v>90.523280233999998</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.40400465000000452</v>
+        <v>-0.40382550200000367</v>
       </c>
       <c r="D114" s="5">
-        <v>-5.2034091399136067</v>
+        <v>-5.2011684681651627</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>90.797346390000001</v>
+        <v>90.797404881000006</v>
       </c>
       <c r="C115" s="5">
-        <v>0.27405515600000285</v>
+        <v>0.27412464700000783</v>
       </c>
       <c r="D115" s="5">
-        <v>3.6940523543815829</v>
+        <v>3.6950051515461046</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>91.037328016000004</v>
+        <v>91.037419780999997</v>
       </c>
       <c r="C116" s="5">
-        <v>0.23998162600000228</v>
+        <v>0.24001489999999137</v>
       </c>
       <c r="D116" s="5">
-        <v>3.2181702458238926</v>
+        <v>3.2186208560278651</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>90.976639798999997</v>
+        <v>90.976726005000003</v>
       </c>
       <c r="C117" s="5">
-        <v>-6.0688217000006262E-2</v>
+        <v>-6.0693775999993704E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>-0.79702953658072895</v>
+        <v>-0.79710147592790825</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>91.149852405999994</v>
+        <v>91.150160424999996</v>
       </c>
       <c r="C118" s="5">
-        <v>0.17321260699999641</v>
+        <v>0.17343441999999243</v>
       </c>
       <c r="D118" s="5">
-        <v>2.308785789998602</v>
+        <v>2.3117712353498021</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>91.057469616000006</v>
+        <v>91.057516785999994</v>
       </c>
       <c r="C119" s="5">
-        <v>-9.2382789999987835E-2</v>
+        <v>-9.2643639000002054E-2</v>
       </c>
       <c r="D119" s="5">
-        <v>-1.2094748838373359</v>
+        <v>-1.2128667738367516</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>92.246025259999996</v>
+        <v>92.245965913000006</v>
       </c>
       <c r="C120" s="5">
-        <v>1.1885556439999903</v>
+        <v>1.1884491270000126</v>
       </c>
       <c r="D120" s="5">
-        <v>16.838242264105531</v>
+        <v>16.836613951992518</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>93.340226526999999</v>
+        <v>93.340219916999999</v>
       </c>
       <c r="C121" s="5">
-        <v>1.0942012670000025</v>
+        <v>1.0942540039999926</v>
       </c>
       <c r="D121" s="5">
-        <v>15.200472575769485</v>
+        <v>15.201264060532349</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>92.857920707999995</v>
+        <v>92.857754158000006</v>
       </c>
       <c r="C122" s="5">
-        <v>-0.48230581900000402</v>
+        <v>-0.482465758999993</v>
       </c>
       <c r="D122" s="5">
-        <v>-6.0273986484298714</v>
+        <v>-6.0293413642701577</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>92.846255646000003</v>
+        <v>92.845990904999994</v>
       </c>
       <c r="C123" s="5">
-        <v>-1.1665061999991622E-2</v>
+        <v>-1.1763253000012242E-2</v>
       </c>
       <c r="D123" s="5">
-        <v>-0.15064311935103492</v>
+        <v>-0.15191055111962726</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>92.992767794000002</v>
+        <v>92.992421113999995</v>
       </c>
       <c r="C124" s="5">
-        <v>0.14651214799999934</v>
+        <v>0.14643020900000181</v>
       </c>
       <c r="D124" s="5">
-        <v>1.9101312575667606</v>
+        <v>1.9090591969650461</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>93.034089725000001</v>
+        <v>93.033779277999997</v>
       </c>
       <c r="C125" s="5">
-        <v>4.1321930999998813E-2</v>
+        <v>4.1358164000001807E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>0.53453279264228382</v>
+        <v>0.5350046424605015</v>
       </c>
       <c r="E125" s="5">
-        <v>2.3170092330555336</v>
+        <v>2.3168817757342586</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>92.934375387000003</v>
+        <v>92.934435786999998</v>
       </c>
       <c r="C126" s="5">
-        <v>-9.9714337999998293E-2</v>
+        <v>-9.9343490999999062E-2</v>
       </c>
       <c r="D126" s="5">
-        <v>-1.2786103443562347</v>
+        <v>-1.2738871912575056</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>93.066421972000001</v>
+        <v>93.066794067000004</v>
       </c>
       <c r="C127" s="5">
-        <v>0.13204658499999766</v>
+        <v>0.13235828000000538</v>
       </c>
       <c r="D127" s="5">
-        <v>1.718417685299678</v>
+        <v>1.7225046960831492</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>93.116666042000006</v>
+        <v>93.117177497</v>
       </c>
       <c r="C128" s="5">
-        <v>5.0244070000005081E-2</v>
+        <v>5.0383429999996565E-2</v>
       </c>
       <c r="D128" s="5">
-        <v>0.64977500061285109</v>
+        <v>0.65158001276646171</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>93.280777994999994</v>
+        <v>93.281194923000001</v>
       </c>
       <c r="C129" s="5">
-        <v>0.16411195299998838</v>
+        <v>0.16401742600000091</v>
       </c>
       <c r="D129" s="5">
-        <v>2.135542131007595</v>
+        <v>2.1342883005268876</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>92.971071811000002</v>
+        <v>92.971359247999999</v>
       </c>
       <c r="C130" s="5">
-        <v>-0.30970618399999239</v>
+        <v>-0.3098356750000022</v>
       </c>
       <c r="D130" s="5">
-        <v>-3.9122248991736108</v>
+        <v>-3.913813695697721</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>93.579699582999993</v>
+        <v>93.579724486999993</v>
       </c>
       <c r="C131" s="5">
-        <v>0.6086277719999913</v>
+        <v>0.60836523899999406</v>
       </c>
       <c r="D131" s="5">
-        <v>8.1448162694093043</v>
+        <v>8.1411495068886666</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>93.957897600999999</v>
+        <v>93.957696143000007</v>
       </c>
       <c r="C132" s="5">
-        <v>0.37819801800000619</v>
+        <v>0.37797165600001392</v>
       </c>
       <c r="D132" s="5">
-        <v>4.9590099898191076</v>
+        <v>4.9559742930366912</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>94.132996501999997</v>
+        <v>94.132916749000003</v>
       </c>
       <c r="C133" s="5">
-        <v>0.17509890099999836</v>
+        <v>0.17522060599999634</v>
       </c>
       <c r="D133" s="5">
-        <v>2.259371304129032</v>
+        <v>2.2609627525859599</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>94.671597366</v>
+        <v>94.671254317999995</v>
       </c>
       <c r="C134" s="5">
-        <v>0.53860086400000284</v>
+        <v>0.5383375689999923</v>
       </c>
       <c r="D134" s="5">
-        <v>7.0862856418780984</v>
+        <v>7.0827180233939968</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>94.939078276000004</v>
+        <v>94.938480053000006</v>
       </c>
       <c r="C135" s="5">
-        <v>0.26748091000000329</v>
+        <v>0.2672257350000109</v>
       </c>
       <c r="D135" s="5">
-        <v>3.4436112254363271</v>
+        <v>3.4402875356224216</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>95.300565528000007</v>
+        <v>95.299802548000002</v>
       </c>
       <c r="C136" s="5">
-        <v>0.36148725200000342</v>
+        <v>0.36132249499999602</v>
       </c>
       <c r="D136" s="5">
-        <v>4.6659938361415687</v>
+        <v>4.6638524850989516</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>95.515090650000005</v>
+        <v>95.514191562999997</v>
       </c>
       <c r="C137" s="5">
-        <v>0.21452512199999774</v>
+        <v>0.21438901499999474</v>
       </c>
       <c r="D137" s="5">
-        <v>2.7349402172117232</v>
+        <v>2.7332056429720364</v>
       </c>
       <c r="E137" s="5">
-        <v>2.6667654107581429</v>
+        <v>2.6661415931391153</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>95.703171014000006</v>
+        <v>95.703281992000001</v>
       </c>
       <c r="C138" s="5">
-        <v>0.18808036400000105</v>
+        <v>0.18909042900000372</v>
       </c>
       <c r="D138" s="5">
-        <v>2.3886997844855706</v>
+        <v>2.4016908915303281</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>95.575331895999994</v>
+        <v>95.575509934999999</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.12783911800001135</v>
+        <v>-0.12777205700000138</v>
       </c>
       <c r="D139" s="5">
-        <v>-1.5912209409059797</v>
+        <v>-1.5903905177418132</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>95.866277269999998</v>
+        <v>95.869717828999995</v>
       </c>
       <c r="C140" s="5">
-        <v>0.2909453740000032</v>
+        <v>0.29420789399999592</v>
       </c>
       <c r="D140" s="5">
-        <v>3.7147625504771353</v>
+        <v>3.7571187962516905</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>96.196679790000005</v>
+        <v>96.196814330999999</v>
       </c>
       <c r="C141" s="5">
-        <v>0.33040252000000692</v>
+        <v>0.3270965020000034</v>
       </c>
       <c r="D141" s="5">
-        <v>4.2150970067100779</v>
+        <v>4.1719735101390931</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>95.980100124000003</v>
+        <v>95.980023959999997</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.21657966600000123</v>
+        <v>-0.21679037100000187</v>
       </c>
       <c r="D142" s="5">
-        <v>-2.6685056509411664</v>
+        <v>-2.6710659909724321</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>95.718094945000004</v>
+        <v>95.717922642000005</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.26200517899999909</v>
+        <v>-0.26210131799999203</v>
       </c>
       <c r="D143" s="5">
-        <v>-3.227007101474666</v>
+        <v>-3.2281760008052274</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>95.033063076000005</v>
+        <v>95.032620252000001</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.68503186899999946</v>
+        <v>-0.68530239000000392</v>
       </c>
       <c r="D144" s="5">
-        <v>-8.2580062539345018</v>
+        <v>-8.261154326974685</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>95.266746069999996</v>
+        <v>95.266374898999999</v>
       </c>
       <c r="C145" s="5">
-        <v>0.2336829939999916</v>
+        <v>0.23375464699999782</v>
       </c>
       <c r="D145" s="5">
-        <v>2.9909941090099812</v>
+        <v>2.99193779516993</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>95.194502278000002</v>
+        <v>95.193721762999999</v>
       </c>
       <c r="C146" s="5">
-        <v>-7.2243791999994755E-2</v>
+        <v>-7.2653135999999563E-2</v>
       </c>
       <c r="D146" s="5">
-        <v>-0.90621215693312829</v>
+        <v>-0.91132890666300037</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>95.387773788000004</v>
+        <v>95.387206763999998</v>
       </c>
       <c r="C147" s="5">
-        <v>0.19327151000000242</v>
+        <v>0.1934850009999991</v>
       </c>
       <c r="D147" s="5">
-        <v>2.4637266079060582</v>
+        <v>2.4664990271155984</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>95.344178122000002</v>
+        <v>95.343512412999999</v>
       </c>
       <c r="C148" s="5">
-        <v>-4.3595666000001643E-2</v>
+        <v>-4.3694350999999187E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>-0.54706692060141338</v>
+        <v>-0.5483054174033497</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>95.438908480999999</v>
+        <v>95.437116911000004</v>
       </c>
       <c r="C149" s="5">
-        <v>9.4730358999996156E-2</v>
+        <v>9.360449800000481E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>1.198811403302491</v>
+        <v>1.1844949439269836</v>
       </c>
       <c r="E149" s="5">
-        <v>-7.9759301364390467E-2</v>
+        <v>-8.0694450467244661E-2</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>95.389138619999997</v>
+        <v>95.389070505999996</v>
       </c>
       <c r="C150" s="5">
-        <v>-4.976986100000147E-2</v>
+        <v>-4.8046405000008008E-2</v>
       </c>
       <c r="D150" s="5">
-        <v>-0.62398904118405873</v>
+        <v>-0.60245230570030728</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>95.649240172999995</v>
+        <v>95.649027390000001</v>
       </c>
       <c r="C151" s="5">
-        <v>0.26010155299999838</v>
+        <v>0.25995688400000461</v>
       </c>
       <c r="D151" s="5">
-        <v>3.3216107452723964</v>
+        <v>3.3197378859547877</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>95.663328901</v>
+        <v>95.670169912000006</v>
       </c>
       <c r="C152" s="5">
-        <v>1.408872800000438E-2</v>
+        <v>2.1142522000005215E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>0.17689818217232478</v>
+        <v>0.26557398727309334</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>95.598104196999998</v>
+        <v>95.597698257000005</v>
       </c>
       <c r="C153" s="5">
-        <v>-6.5224704000002021E-2</v>
+        <v>-7.2471655000001078E-2</v>
       </c>
       <c r="D153" s="5">
-        <v>-0.81511695117491012</v>
+        <v>-0.90524109947967002</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>95.986052814000004</v>
+        <v>95.985519797999999</v>
       </c>
       <c r="C154" s="5">
-        <v>0.38794861700000638</v>
+        <v>0.38782154099999389</v>
       </c>
       <c r="D154" s="5">
-        <v>4.9799193173914791</v>
+        <v>4.9782731469205643</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>96.011887693000006</v>
+        <v>96.011408388999996</v>
       </c>
       <c r="C155" s="5">
-        <v>2.5834879000001365E-2</v>
+        <v>2.5888590999997518E-2</v>
       </c>
       <c r="D155" s="5">
-        <v>0.32346146469592885</v>
+        <v>0.32413675771099104</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>96.164169822999995</v>
+        <v>96.163547287</v>
       </c>
       <c r="C156" s="5">
-        <v>0.15228212999998902</v>
+        <v>0.15213889800000402</v>
       </c>
       <c r="D156" s="5">
-        <v>1.9199822342387929</v>
+        <v>1.9181702483925589</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>96.563675532999994</v>
+        <v>96.562969436000003</v>
       </c>
       <c r="C157" s="5">
-        <v>0.39950570999999968</v>
+        <v>0.39942214900000295</v>
       </c>
       <c r="D157" s="5">
-        <v>5.1007986796914873</v>
+        <v>5.0997410739948235</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>96.604227645999998</v>
+        <v>96.603185514000003</v>
       </c>
       <c r="C158" s="5">
-        <v>4.0552113000003942E-2</v>
+        <v>4.0216078000000266E-2</v>
       </c>
       <c r="D158" s="5">
-        <v>0.50510805891135213</v>
+        <v>0.50091656119897188</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>96.889601304999999</v>
+        <v>96.889560466999995</v>
       </c>
       <c r="C159" s="5">
-        <v>0.28537365900000111</v>
+        <v>0.28637495299999216</v>
       </c>
       <c r="D159" s="5">
-        <v>3.6030244584427384</v>
+        <v>3.6159129109187838</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>97.025304688999995</v>
+        <v>97.025165098000002</v>
       </c>
       <c r="C160" s="5">
-        <v>0.13570338399999571</v>
+        <v>0.13560463100000675</v>
       </c>
       <c r="D160" s="5">
-        <v>1.6937253172647493</v>
+        <v>1.6924839884884024</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>97.379073219999995</v>
+        <v>97.375395678000004</v>
       </c>
       <c r="C161" s="5">
-        <v>0.35376853100000005</v>
+        <v>0.35023058000000162</v>
       </c>
       <c r="D161" s="5">
-        <v>4.4641946678607214</v>
+        <v>4.4186658622150432</v>
       </c>
       <c r="E161" s="5">
-        <v>2.0328865552629916</v>
+        <v>2.0309485761263568</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>99.763202531000005</v>
+        <v>99.763215520000003</v>
       </c>
       <c r="C162" s="5">
-        <v>2.3841293110000095</v>
+        <v>2.387819841999999</v>
       </c>
       <c r="D162" s="5">
-        <v>33.677077456620651</v>
+        <v>33.73788140808842</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>99.514672090999994</v>
+        <v>99.513891227000002</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.24853044000001034</v>
+        <v>-0.24932429300000081</v>
       </c>
       <c r="D163" s="5">
-        <v>-2.9488222170528378</v>
+        <v>-2.9581118427899233</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>99.841079859999994</v>
+        <v>99.851378886999996</v>
       </c>
       <c r="C164" s="5">
-        <v>0.32640776899999935</v>
+        <v>0.33748765999999364</v>
       </c>
       <c r="D164" s="5">
-        <v>4.0077830820980376</v>
+        <v>4.1464083026237608</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>98.988155507000002</v>
+        <v>98.987004198999998</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.8529243529999917</v>
+        <v>-0.86437468799999806</v>
       </c>
       <c r="D165" s="5">
-        <v>-9.7831731626088612</v>
+        <v>-9.9073483670066516</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>98.837166074999999</v>
+        <v>98.836092636999993</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.15098943200000292</v>
+        <v>-0.15091156200000455</v>
       </c>
       <c r="D166" s="5">
-        <v>-1.8151159981491527</v>
+        <v>-1.8142086450442241</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>98.933748895999997</v>
+        <v>98.932947323999997</v>
       </c>
       <c r="C167" s="5">
-        <v>9.6582820999998376E-2</v>
+        <v>9.6854687000003992E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>1.178952519565879</v>
+        <v>1.1823019086321773</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>98.585369796999998</v>
+        <v>98.584591505999995</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.34837909899999886</v>
+        <v>-0.3483558180000017</v>
       </c>
       <c r="D168" s="5">
-        <v>-4.1447189960991171</v>
+        <v>-4.1444802917197325</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>98.938391871999997</v>
+        <v>98.937384016999999</v>
       </c>
       <c r="C169" s="5">
-        <v>0.35302207499999838</v>
+        <v>0.35279251100000408</v>
       </c>
       <c r="D169" s="5">
-        <v>4.3827003315908719</v>
+        <v>4.3798292736683564</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>98.872517044999995</v>
+        <v>98.871399948000004</v>
       </c>
       <c r="C170" s="5">
-        <v>-6.5874827000001801E-2</v>
+        <v>-6.5984068999995316E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-0.79606058628662879</v>
+        <v>-0.79738396940048917</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>97.850762484000001</v>
+        <v>97.851676138000002</v>
       </c>
       <c r="C171" s="5">
-        <v>-1.0217545609999945</v>
+        <v>-1.0197238100000021</v>
       </c>
       <c r="D171" s="5">
-        <v>-11.719763911472313</v>
+        <v>-11.697900620854307</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>97.441674135</v>
+        <v>97.442407911999993</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.40908834900000102</v>
+        <v>-0.40926822600000889</v>
       </c>
       <c r="D172" s="5">
-        <v>-4.9031190184895106</v>
+        <v>-4.9051808270167747</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>98.089387001000006</v>
+        <v>98.084629156999995</v>
       </c>
       <c r="C173" s="5">
-        <v>0.64771286600000622</v>
+        <v>0.64222124500000177</v>
       </c>
       <c r="D173" s="5">
-        <v>8.2748030812112248</v>
+        <v>8.2020191291862119</v>
       </c>
       <c r="E173" s="5">
-        <v>0.72943165046894798</v>
+        <v>0.72834977877294094</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>98.305480192000005</v>
+        <v>98.30547335</v>
       </c>
       <c r="C174" s="5">
-        <v>0.2160931909999988</v>
+        <v>0.22084419300000491</v>
       </c>
       <c r="D174" s="5">
-        <v>2.6758960340793392</v>
+        <v>2.7355928385569328</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>98.445952594000005</v>
+        <v>98.445647029</v>
       </c>
       <c r="C175" s="5">
-        <v>0.14047240200000033</v>
+        <v>0.14017367900000011</v>
       </c>
       <c r="D175" s="5">
-        <v>1.7282658725492395</v>
+        <v>1.7245618616823721</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>99.145750457999995</v>
+        <v>99.154055357999994</v>
       </c>
       <c r="C176" s="5">
-        <v>0.69979786399999</v>
+        <v>0.70840832899999384</v>
       </c>
       <c r="D176" s="5">
-        <v>8.87166490381599</v>
+        <v>8.9852096408264295</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>97.836311265000006</v>
+        <v>97.835757670999996</v>
       </c>
       <c r="C177" s="5">
-        <v>-1.3094391929999887</v>
+        <v>-1.3182976869999976</v>
       </c>
       <c r="D177" s="5">
-        <v>-14.746623562136518</v>
+        <v>-14.838054205172146</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>97.227622154000002</v>
+        <v>97.226771424999995</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.60868911100000389</v>
+        <v>-0.60898624600000062</v>
       </c>
       <c r="D178" s="5">
-        <v>-7.2155636422116975</v>
+        <v>-7.2190057201127145</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>96.759816620999999</v>
+        <v>96.758904145000002</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.46780553300000349</v>
+        <v>-0.467867279999993</v>
       </c>
       <c r="D179" s="5">
-        <v>-5.6233701905730626</v>
+        <v>-5.6241408176003205</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>96.762206380999999</v>
+        <v>96.761357480000001</v>
       </c>
       <c r="C180" s="5">
-        <v>2.3897599999997965E-3</v>
+        <v>2.4533349999984466E-3</v>
       </c>
       <c r="D180" s="5">
-        <v>2.9641453209383606E-2</v>
+        <v>3.0430404429826474E-2</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>95.955551827999997</v>
+        <v>95.954822343999993</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.80665455300000133</v>
+        <v>-0.80653513600000792</v>
       </c>
       <c r="D181" s="5">
-        <v>-9.5575878505123057</v>
+        <v>-9.5563172034056834</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>95.863587074999998</v>
+        <v>95.863075844999997</v>
       </c>
       <c r="C182" s="5">
-        <v>-9.1964752999999178E-2</v>
+        <v>-9.1746498999995652E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>-1.1440488058212517</v>
+        <v>-1.1413566022730248</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>95.336386157000007</v>
+        <v>95.337592256999997</v>
       </c>
       <c r="C183" s="5">
-        <v>-0.52720091799999125</v>
+        <v>-0.52548358800000017</v>
       </c>
       <c r="D183" s="5">
-        <v>-6.4033903100290672</v>
+        <v>-6.3831894375934723</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>94.721117012999997</v>
+        <v>94.722256588999997</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.61526914400000976</v>
+        <v>-0.61533566800000017</v>
       </c>
       <c r="D184" s="5">
-        <v>-7.4753383816035797</v>
+        <v>-7.4760269080684782</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>95.160903848999993</v>
+        <v>95.156928695000005</v>
       </c>
       <c r="C185" s="5">
-        <v>0.43978683599999613</v>
+        <v>0.43467210600000783</v>
       </c>
       <c r="D185" s="5">
-        <v>5.7160602166273833</v>
+        <v>5.6478260857169671</v>
       </c>
       <c r="E185" s="5">
-        <v>-2.9855249803632189</v>
+        <v>-2.9848718266689334</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>95.702588477999996</v>
+        <v>95.701545046000007</v>
       </c>
       <c r="C186" s="5">
-        <v>0.54168462900000236</v>
+        <v>0.54461635100000194</v>
       </c>
       <c r="D186" s="5">
-        <v>7.0487281466817597</v>
+        <v>7.0883918142048419</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>95.460247654</v>
+        <v>95.459176626000001</v>
       </c>
       <c r="C187" s="5">
-        <v>-0.24234082399999579</v>
+        <v>-0.24236842000000536</v>
       </c>
       <c r="D187" s="5">
-        <v>-2.9967090171491462</v>
+        <v>-2.997077744361798</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>95.791511087999993</v>
+        <v>95.798917254000003</v>
       </c>
       <c r="C188" s="5">
-        <v>0.33126343399999314</v>
+        <v>0.33974062800000127</v>
       </c>
       <c r="D188" s="5">
-        <v>4.2446101941862935</v>
+        <v>4.3554170628027356</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>96.638640788999993</v>
+        <v>96.638473231000006</v>
       </c>
       <c r="C189" s="5">
-        <v>0.84712970100000007</v>
+        <v>0.8395559770000034</v>
       </c>
       <c r="D189" s="5">
-        <v>11.143857475014784</v>
+        <v>11.03848126912732</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>96.144188548000002</v>
+        <v>96.143073039000001</v>
       </c>
       <c r="C190" s="5">
-        <v>-0.49445224099999052</v>
+        <v>-0.49540019200000529</v>
       </c>
       <c r="D190" s="5">
-        <v>-5.9699419717866853</v>
+        <v>-5.9810767244139029</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>96.056338679999996</v>
+        <v>96.055138330000005</v>
       </c>
       <c r="C191" s="5">
-        <v>-8.7849868000006381E-2</v>
+        <v>-8.7934708999995337E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>-1.0909828691529455</v>
+        <v>-1.0920437980525444</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>95.373849827000001</v>
+        <v>95.373811138999997</v>
       </c>
       <c r="C192" s="5">
-        <v>-0.68248885299999529</v>
+        <v>-0.68132719100000827</v>
       </c>
       <c r="D192" s="5">
-        <v>-8.2006901509843022</v>
+        <v>-8.1873701207648253</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>95.037384146999997</v>
+        <v>95.036715581999999</v>
       </c>
       <c r="C193" s="5">
-        <v>-0.33646568000000343</v>
+        <v>-0.33709555699999783</v>
       </c>
       <c r="D193" s="5">
-        <v>-4.1522491664725987</v>
+        <v>-4.1598735175478634</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>94.787390228999996</v>
+        <v>94.787107458999998</v>
       </c>
       <c r="C194" s="5">
-        <v>-0.24999391800000126</v>
+        <v>-0.24960812300000157</v>
       </c>
       <c r="D194" s="5">
-        <v>-3.1113056173627696</v>
+        <v>-3.1065948804136934</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>94.492430913000007</v>
+        <v>94.493304160999998</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.29495931599998926</v>
+        <v>-0.29380329800000027</v>
       </c>
       <c r="D195" s="5">
-        <v>-3.6709074826216992</v>
+        <v>-3.6567754025710442</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>94.286702633999994</v>
+        <v>94.287834423999996</v>
       </c>
       <c r="C196" s="5">
-        <v>-0.205728279000013</v>
+        <v>-0.20546973700000137</v>
       </c>
       <c r="D196" s="5">
-        <v>-2.5815726659419891</v>
+        <v>-2.5783435207774152</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>94.243391232999997</v>
+        <v>94.242351126000003</v>
       </c>
       <c r="C197" s="5">
-        <v>-4.3311400999996863E-2</v>
+        <v>-4.5483297999993511E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>-0.54983969700767021</v>
+        <v>-0.57733198194203084</v>
       </c>
       <c r="E197" s="5">
-        <v>-0.96416971559654119</v>
+        <v>-0.96112556546611438</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>93.911223284000002</v>
+        <v>93.908338795000006</v>
       </c>
       <c r="C198" s="5">
-        <v>-0.33216794899999513</v>
+        <v>-0.33401233099999672</v>
       </c>
       <c r="D198" s="5">
-        <v>-4.1484569038827139</v>
+        <v>-4.1710894741545879</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>93.907077970000003</v>
+        <v>93.904808502999998</v>
       </c>
       <c r="C199" s="5">
-        <v>-4.1453139999987343E-3</v>
+        <v>-3.530292000007762E-3</v>
       </c>
       <c r="D199" s="5">
-        <v>-5.2956070138998612E-2</v>
+        <v>-4.5102220430981443E-2</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>93.943935620000005</v>
+        <v>93.951265110999998</v>
       </c>
       <c r="C200" s="5">
-        <v>3.685765000000174E-2</v>
+        <v>4.6456607999999733E-2</v>
       </c>
       <c r="D200" s="5">
-        <v>0.47200683323962433</v>
+        <v>0.59528227434777481</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>96.066688348</v>
+        <v>96.066615045000006</v>
       </c>
       <c r="C201" s="5">
-        <v>2.1227527279999947</v>
+        <v>2.1153499340000081</v>
       </c>
       <c r="D201" s="5">
-        <v>30.752148628279041</v>
+        <v>30.628599433892312</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>96.103628990999994</v>
+        <v>96.102182830000004</v>
       </c>
       <c r="C202" s="5">
-        <v>3.6940642999994111E-2</v>
+        <v>3.5567784999997798E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>0.46241464677505562</v>
+        <v>0.44519485152352267</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>96.561301634000003</v>
+        <v>96.559941679000005</v>
       </c>
       <c r="C203" s="5">
-        <v>0.45767264300000932</v>
+        <v>0.45775884900000108</v>
       </c>
       <c r="D203" s="5">
-        <v>5.8668245467610181</v>
+        <v>5.8680493434774883</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>97.015478775999995</v>
+        <v>97.016520389999997</v>
       </c>
       <c r="C204" s="5">
-        <v>0.45417714199999182</v>
+        <v>0.4565787109999917</v>
       </c>
       <c r="D204" s="5">
-        <v>5.7925387109192483</v>
+        <v>5.8240532478718521</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>97.469186109000006</v>
+        <v>97.468484541999999</v>
       </c>
       <c r="C205" s="5">
-        <v>0.4537073330000112</v>
+        <v>0.45196415200000217</v>
       </c>
       <c r="D205" s="5">
-        <v>5.7586016747365409</v>
+        <v>5.7358435476126957</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>97.705056221000007</v>
+        <v>97.704191909000002</v>
       </c>
       <c r="C206" s="5">
-        <v>0.23587011200000063</v>
+        <v>0.23570736700000339</v>
       </c>
       <c r="D206" s="5">
-        <v>2.9428984970845118</v>
+        <v>2.9408623315078763</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>98.240216941</v>
+        <v>98.240649778999995</v>
       </c>
       <c r="C207" s="5">
-        <v>0.53516071999999326</v>
+        <v>0.53645786999999245</v>
       </c>
       <c r="D207" s="5">
-        <v>6.7744360794385727</v>
+        <v>6.7914172271672735</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>98.412654152000002</v>
+        <v>98.413769789</v>
       </c>
       <c r="C208" s="5">
-        <v>0.17243721100000187</v>
+        <v>0.17312001000000521</v>
       </c>
       <c r="D208" s="5">
-        <v>2.1267667259318834</v>
+        <v>2.1352603668542969</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>99.051993590999999</v>
+        <v>99.053696724999995</v>
       </c>
       <c r="C209" s="5">
-        <v>0.6393394389999969</v>
+        <v>0.63992693599999484</v>
       </c>
       <c r="D209" s="5">
-        <v>8.0804922301665592</v>
+        <v>8.0880900500338591</v>
       </c>
       <c r="E209" s="5">
-        <v>5.1023231391489121</v>
+        <v>5.1052902877680939</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>95.555148783999996</v>
+        <v>95.550491653999998</v>
       </c>
       <c r="C210" s="5">
-        <v>-3.4968448070000022</v>
+        <v>-3.5032050709999965</v>
       </c>
       <c r="D210" s="5">
-        <v>-35.033351048774477</v>
+        <v>-35.084732070950572</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>96.018606380999998</v>
+        <v>96.014507796000004</v>
       </c>
       <c r="C211" s="5">
-        <v>0.46345759700000144</v>
+        <v>0.46401614200000552</v>
       </c>
       <c r="D211" s="5">
-        <v>5.9779862841369935</v>
+        <v>5.9856838344599428</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>96.327680834999995</v>
+        <v>96.338047345000007</v>
       </c>
       <c r="C212" s="5">
-        <v>0.30907445399999744</v>
+        <v>0.32353954900000303</v>
       </c>
       <c r="D212" s="5">
-        <v>3.9318058766184327</v>
+        <v>4.1194234114286798</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>95.591694395000005</v>
+        <v>95.590893722000004</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.73598643999999069</v>
+        <v>-0.74715362300000265</v>
       </c>
       <c r="D213" s="5">
-        <v>-8.7928966559566177</v>
+        <v>-8.9197548033004619</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>95.629654713999997</v>
+        <v>95.627476160000001</v>
       </c>
       <c r="C214" s="5">
-        <v>3.7960318999992637E-2</v>
+        <v>3.6582437999996387E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>0.47757292964274445</v>
+        <v>0.46020538166064995</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>95.680606691999998</v>
+        <v>95.679155241999993</v>
       </c>
       <c r="C215" s="5">
-        <v>5.0951978000000508E-2</v>
+        <v>5.1679081999992604E-2</v>
       </c>
       <c r="D215" s="5">
-        <v>0.64124319744665037</v>
+        <v>0.65043605816177408</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>94.928735459999999</v>
+        <v>94.930859355999999</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.75187123199999917</v>
+        <v>-0.74829588599999397</v>
       </c>
       <c r="D216" s="5">
-        <v>-9.0327002823335398</v>
+        <v>-8.9917086187959239</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>95.444961519000003</v>
+        <v>95.443778362000003</v>
       </c>
       <c r="C217" s="5">
-        <v>0.51622605900000451</v>
+        <v>0.51291900600000417</v>
       </c>
       <c r="D217" s="5">
-        <v>6.72440393980962</v>
+        <v>6.6798840079789645</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>95.220431961000003</v>
+        <v>95.218705525000004</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.22452955800000041</v>
+        <v>-0.22507283699999903</v>
       </c>
       <c r="D218" s="5">
-        <v>-2.7867010722177787</v>
+        <v>-2.7933908343214076</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>95.049373312</v>
+        <v>95.049702513</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.17105864900000256</v>
+        <v>-0.16900301200000456</v>
       </c>
       <c r="D219" s="5">
-        <v>-2.1345661110370062</v>
+        <v>-2.1092024781962815</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>95.027587693000001</v>
+        <v>95.028297635000001</v>
       </c>
       <c r="C220" s="5">
-        <v>-2.1785618999999201E-2</v>
+        <v>-2.1404877999998462E-2</v>
       </c>
       <c r="D220" s="5">
-        <v>-0.27469736050399485</v>
+        <v>-0.26990156477031402</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>95.347132454999993</v>
+        <v>95.349363738999998</v>
       </c>
       <c r="C221" s="5">
-        <v>0.31954476199999249</v>
+        <v>0.32106610399999624</v>
       </c>
       <c r="D221" s="5">
-        <v>4.1106550059437197</v>
+        <v>4.1305593752998027</v>
       </c>
       <c r="E221" s="5">
-        <v>-3.7403196055779686</v>
+        <v>-3.7397220986958524</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>94.467252841999994</v>
+        <v>94.463607066999998</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.87987961299999995</v>
+        <v>-0.88575667199999941</v>
       </c>
       <c r="D222" s="5">
-        <v>-10.528689793071033</v>
+        <v>-10.595226502687382</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>94.272874522999999</v>
+        <v>94.269714428</v>
       </c>
       <c r="C223" s="5">
-        <v>-0.1943783189999948</v>
+        <v>-0.19389263899999776</v>
       </c>
       <c r="D223" s="5">
-        <v>-2.4413992670359819</v>
+        <v>-2.4354607384438509</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>93.953590034000001</v>
+        <v>93.962045474000007</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.31928448899999751</v>
+        <v>-0.30766895399999328</v>
       </c>
       <c r="D224" s="5">
-        <v>-3.9893171488236678</v>
+        <v>-3.8469086463584268</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>94.862063560999999</v>
+        <v>94.861214040999997</v>
       </c>
       <c r="C225" s="5">
-        <v>0.90847352699999817</v>
+        <v>0.89916856699998959</v>
       </c>
       <c r="D225" s="5">
-        <v>12.240672331894764</v>
+        <v>12.107480575529262</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>95.101645728999998</v>
+        <v>95.100013133000004</v>
       </c>
       <c r="C226" s="5">
-        <v>0.23958216799999832</v>
+        <v>0.23879909200000782</v>
       </c>
       <c r="D226" s="5">
-        <v>3.073156581031955</v>
+        <v>3.0630002831391723</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>95.262878494999995</v>
+        <v>95.261859090000002</v>
       </c>
       <c r="C227" s="5">
-        <v>0.1612327659999977</v>
+        <v>0.16184595699999704</v>
       </c>
       <c r="D227" s="5">
-        <v>2.0535255732881508</v>
+        <v>2.0614443877011945</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>95.770313645000002</v>
+        <v>95.772020502000004</v>
       </c>
       <c r="C228" s="5">
-        <v>0.50743515000000627</v>
+        <v>0.5101614120000022</v>
       </c>
       <c r="D228" s="5">
-        <v>6.5826501738063703</v>
+        <v>6.6191374437825745</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>96.595892706000001</v>
+        <v>96.594747323999997</v>
       </c>
       <c r="C229" s="5">
-        <v>0.82557906099999911</v>
+        <v>0.82272682199999281</v>
       </c>
       <c r="D229" s="5">
-        <v>10.849313699213937</v>
+        <v>10.80984093812971</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>94.246302932000006</v>
+        <v>94.244068901999995</v>
       </c>
       <c r="C230" s="5">
-        <v>-2.3495897739999947</v>
+        <v>-2.3506784220000014</v>
       </c>
       <c r="D230" s="5">
-        <v>-25.583721306644581</v>
+        <v>-25.594299795401486</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>95.933600455000004</v>
+        <v>95.934048946000004</v>
       </c>
       <c r="C231" s="5">
-        <v>1.687297522999998</v>
+        <v>1.6899800440000092</v>
       </c>
       <c r="D231" s="5">
-        <v>23.730582036290325</v>
+        <v>23.772726083465923</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>95.876774671000007</v>
+        <v>95.877302037000007</v>
       </c>
       <c r="C232" s="5">
-        <v>-5.682578399999727E-2</v>
+        <v>-5.6746908999997459E-2</v>
       </c>
       <c r="D232" s="5">
-        <v>-0.70850275049828548</v>
+        <v>-0.70751923885297163</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>95.780288014000007</v>
+        <v>95.781620630000006</v>
       </c>
       <c r="C233" s="5">
-        <v>-9.6486656999999809E-2</v>
+        <v>-9.5681407000000718E-2</v>
       </c>
       <c r="D233" s="5">
-        <v>-1.2009714653893777</v>
+        <v>-1.1909969372474238</v>
       </c>
       <c r="E233" s="5">
-        <v>0.45429322083121448</v>
+        <v>0.45334008959223571</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>95.991728258999999</v>
+        <v>95.989810828000003</v>
       </c>
       <c r="C234" s="5">
-        <v>0.21144024499999148</v>
+        <v>0.20819019799999694</v>
       </c>
       <c r="D234" s="5">
-        <v>2.6814675195595106</v>
+        <v>2.6397195760199388</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>95.858033495000001</v>
+        <v>95.856343031999998</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.13369476399999769</v>
+        <v>-0.13346779600000502</v>
       </c>
       <c r="D235" s="5">
-        <v>-1.6585850060513163</v>
+        <v>-1.6558236157912187</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>95.426822845000004</v>
+        <v>95.432485662000005</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.43121064999999703</v>
+        <v>-0.42385736999999324</v>
       </c>
       <c r="D236" s="5">
-        <v>-5.2665417264422203</v>
+        <v>-5.1789954950470012</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>95.719289231000005</v>
+        <v>95.718719347000004</v>
       </c>
       <c r="C237" s="5">
-        <v>0.29246638600000097</v>
+        <v>0.28623368499999913</v>
       </c>
       <c r="D237" s="5">
-        <v>3.7404208951478335</v>
+        <v>3.6591692786551278</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>95.305877346000003</v>
+        <v>95.304943465999997</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.41341188500000214</v>
+        <v>-0.41377588100000651</v>
       </c>
       <c r="D238" s="5">
-        <v>-5.0614437997583916</v>
+        <v>-5.06582427268164</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>95.147432741000003</v>
+        <v>95.146782037999998</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.15844460499999968</v>
+        <v>-0.15816142799999966</v>
       </c>
       <c r="D239" s="5">
-        <v>-1.9768414248382715</v>
+        <v>-1.9733596993383506</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>94.867224612000001</v>
+        <v>94.868166927999994</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.2802081290000018</v>
+        <v>-0.27861511000000405</v>
       </c>
       <c r="D240" s="5">
-        <v>-3.4773033071933357</v>
+        <v>-3.4578749652178442</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>94.396233457999998</v>
+        <v>94.395268471999998</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.47099115400000358</v>
+        <v>-0.4728984559999958</v>
       </c>
       <c r="D241" s="5">
-        <v>-5.7976699384053703</v>
+        <v>-5.8204517710963692</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>93.906366363999993</v>
+        <v>93.904812250999996</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.4898670940000045</v>
+        <v>-0.4904562210000023</v>
       </c>
       <c r="D242" s="5">
-        <v>-6.0526691370150987</v>
+        <v>-6.0598016891334927</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>94.186450754000006</v>
+        <v>94.186671142999998</v>
       </c>
       <c r="C243" s="5">
-        <v>0.28008439000001317</v>
+        <v>0.28185889200000247</v>
       </c>
       <c r="D243" s="5">
-        <v>3.6384108695695305</v>
+        <v>3.6619058630811718</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>94.309204218000005</v>
+        <v>94.309332971000003</v>
       </c>
       <c r="C244" s="5">
-        <v>0.12275346399999876</v>
+        <v>0.12266182800000536</v>
       </c>
       <c r="D244" s="5">
-        <v>1.5752229417003827</v>
+        <v>1.5740348857365971</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>94.232025257000004</v>
+        <v>94.232342501000005</v>
       </c>
       <c r="C245" s="5">
-        <v>-7.7178961000001323E-2</v>
+        <v>-7.6990469999998368E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>-0.97762494572127823</v>
+        <v>-0.9752467172807866</v>
       </c>
       <c r="E245" s="5">
-        <v>-1.6164732734711529</v>
+        <v>-1.6175108740170474</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>94.255136445999995</v>
+        <v>94.254995571999999</v>
       </c>
       <c r="C246" s="5">
-        <v>2.3111188999990873E-2</v>
+        <v>2.2653070999993474E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>0.29470731974026165</v>
+        <v>0.28885682933272872</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>94.304271177999993</v>
+        <v>94.304193080999994</v>
       </c>
       <c r="C247" s="5">
-        <v>4.9134731999998849E-2</v>
+        <v>4.9197508999995421E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>0.62735066842825038</v>
+        <v>0.62815544711043447</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>94.240974566999995</v>
+        <v>94.242838390000003</v>
       </c>
       <c r="C248" s="5">
-        <v>-6.3296610999998393E-2</v>
+        <v>-6.1354690999991135E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>-0.80246802785212124</v>
+        <v>-0.77793723785226643</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>93.606946496000006</v>
+        <v>93.606878355999996</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.63402807099998881</v>
+        <v>-0.63596003400000711</v>
       </c>
       <c r="D249" s="5">
-        <v>-7.7811462679583272</v>
+        <v>-7.8038347882603993</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>93.712430884</v>
+        <v>93.712270813999993</v>
       </c>
       <c r="C250" s="5">
-        <v>0.1054843879999936</v>
+        <v>0.10539245799999719</v>
       </c>
       <c r="D250" s="5">
-        <v>1.3606763133184652</v>
+        <v>1.3594841222221765</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>93.501259664000003</v>
+        <v>93.500965717</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.21117121999999711</v>
+        <v>-0.21130509699999322</v>
       </c>
       <c r="D251" s="5">
-        <v>-2.6708122597870476</v>
+        <v>-2.6724890498893705</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>94.034793230999995</v>
+        <v>94.035070075999997</v>
       </c>
       <c r="C252" s="5">
-        <v>0.5335335669999921</v>
+        <v>0.53410435899999698</v>
       </c>
       <c r="D252" s="5">
-        <v>7.0664358859522602</v>
+        <v>7.0742578197149353</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>93.853883593999996</v>
+        <v>93.853301716000004</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.18090963699999918</v>
+        <v>-0.18176835999999241</v>
       </c>
       <c r="D253" s="5">
-        <v>-2.2843580594280488</v>
+        <v>-2.2950795116461364</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>93.823342349000001</v>
+        <v>93.822488637000006</v>
       </c>
       <c r="C254" s="5">
-        <v>-3.0541244999994888E-2</v>
+        <v>-3.0813078999997856E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>-0.38979709245501315</v>
+        <v>-0.39326267400875414</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>94.045742946000004</v>
+        <v>94.045780961000006</v>
       </c>
       <c r="C255" s="5">
-        <v>0.22240059700000359</v>
+        <v>0.2232923239999991</v>
       </c>
       <c r="D255" s="5">
-        <v>2.8818815612781767</v>
+        <v>2.8936149653659982</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>94.104167235000006</v>
+        <v>94.1042439</v>
       </c>
       <c r="C256" s="5">
-        <v>5.8424289000001295E-2</v>
+        <v>5.8462938999994662E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>0.74803163707519715</v>
+        <v>0.74852787941614984</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>94.293154954000002</v>
+        <v>94.293246636999996</v>
       </c>
       <c r="C257" s="5">
-        <v>0.18898771899999645</v>
+        <v>0.18900273699999559</v>
       </c>
       <c r="D257" s="5">
-        <v>2.4367366809353586</v>
+        <v>2.4369304540667214</v>
       </c>
       <c r="E257" s="5">
-        <v>6.487146682168099E-2</v>
+        <v>6.4631881563737004E-2</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>94.176300968000007</v>
+        <v>94.176404054000002</v>
       </c>
       <c r="C258" s="5">
-        <v>-0.1168539859999953</v>
+        <v>-0.11684258299999328</v>
       </c>
       <c r="D258" s="5">
-        <v>-1.4770208512669747</v>
+        <v>-1.4768762733262886</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>94.239466515999993</v>
+        <v>94.239593650000003</v>
       </c>
       <c r="C259" s="5">
-        <v>6.3165547999986416E-2</v>
+        <v>6.3189596000000847E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>0.80783487393167874</v>
+        <v>0.8081426758720367</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>94.450140335</v>
+        <v>94.450804593000001</v>
       </c>
       <c r="C260" s="5">
-        <v>0.21067381900000726</v>
+        <v>0.21121094299999754</v>
       </c>
       <c r="D260" s="5">
-        <v>2.7158497240934887</v>
+        <v>2.722855783090905</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>95.185876669999999</v>
+        <v>95.185911255999997</v>
       </c>
       <c r="C261" s="5">
-        <v>0.73573633499999858</v>
+        <v>0.73510666299999627</v>
       </c>
       <c r="D261" s="5">
-        <v>9.7586809915413131</v>
+        <v>9.7498968918119377</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>95.555602597000004</v>
+        <v>95.555566063000001</v>
       </c>
       <c r="C262" s="5">
-        <v>0.36972592700000462</v>
+        <v>0.36965480700000342</v>
       </c>
       <c r="D262" s="5">
-        <v>4.7619798772434496</v>
+        <v>4.7610424486954184</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>95.917670126999994</v>
+        <v>95.917484647999999</v>
       </c>
       <c r="C263" s="5">
-        <v>0.36206752999999026</v>
+        <v>0.36191858499999796</v>
       </c>
       <c r="D263" s="5">
-        <v>4.6428562801783091</v>
+        <v>4.640908182285397</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>95.997180268999998</v>
+        <v>95.997427160000001</v>
       </c>
       <c r="C264" s="5">
-        <v>7.9510142000003725E-2</v>
+        <v>7.9942512000002353E-2</v>
       </c>
       <c r="D264" s="5">
-        <v>0.99927756380775445</v>
+        <v>1.0047384433854445</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>96.091232878</v>
+        <v>96.090816958000005</v>
       </c>
       <c r="C265" s="5">
-        <v>9.4052609000002008E-2</v>
+        <v>9.3389798000004021E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>1.1820482025693524</v>
+        <v>1.1736703730178322</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>96.216220785999994</v>
+        <v>96.215984625999994</v>
       </c>
       <c r="C266" s="5">
-        <v>0.12498790799999426</v>
+        <v>0.12516766799998891</v>
       </c>
       <c r="D266" s="5">
-        <v>1.5720804296822655</v>
+        <v>1.5743645121542471</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>96.245612188999999</v>
+        <v>96.245527167000006</v>
       </c>
       <c r="C267" s="5">
-        <v>2.9391403000005312E-2</v>
+        <v>2.9542541000012079E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>0.36718341490220574</v>
+        <v>0.36907566169930295</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>96.283608580999996</v>
+        <v>96.283601993999994</v>
       </c>
       <c r="C268" s="5">
-        <v>3.7996391999996604E-2</v>
+        <v>3.8074826999988431E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>0.47477285056192198</v>
+        <v>0.4757554668613162</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>96.728843701000002</v>
+        <v>96.728895156999997</v>
       </c>
       <c r="C269" s="5">
-        <v>0.44523512000000665</v>
+        <v>0.44529316300000232</v>
       </c>
       <c r="D269" s="5">
-        <v>5.692373452752264</v>
+        <v>5.6931349144510035</v>
       </c>
       <c r="E269" s="5">
-        <v>2.5831023982475054</v>
+        <v>2.5830572250592931</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>97.042874085999998</v>
+        <v>97.042949277999995</v>
       </c>
       <c r="C270" s="5">
-        <v>0.31403038499999525</v>
+        <v>0.31405412099999808</v>
       </c>
       <c r="D270" s="5">
-        <v>3.9661232328630946</v>
+        <v>3.9664262380012749</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>97.149882481000006</v>
+        <v>97.149964987999994</v>
       </c>
       <c r="C271" s="5">
-        <v>0.10700839500000825</v>
+        <v>0.10701570999999888</v>
       </c>
       <c r="D271" s="5">
-        <v>1.3312850325002845</v>
+        <v>1.3313755527956994</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>97.006678303000001</v>
+        <v>97.006773163999995</v>
       </c>
       <c r="C272" s="5">
-        <v>-0.14320417800000484</v>
+        <v>-0.14319182399999875</v>
       </c>
       <c r="D272" s="5">
-        <v>-1.7545943801831165</v>
+        <v>-1.7544427610772129</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>98.064536556999997</v>
+        <v>98.064571247000003</v>
       </c>
       <c r="C273" s="5">
-        <v>1.0578582539999957</v>
+        <v>1.0577980830000087</v>
       </c>
       <c r="D273" s="5">
-        <v>13.90011376777962</v>
+        <v>13.899260703667892</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>98.548701154</v>
+        <v>98.548706257000006</v>
       </c>
       <c r="C274" s="5">
-        <v>0.48416459700000303</v>
+        <v>0.48413501000000281</v>
       </c>
       <c r="D274" s="5">
-        <v>6.0882032936480313</v>
+        <v>6.0878188751622542</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>98.921024316</v>
+        <v>98.920949046000004</v>
       </c>
       <c r="C275" s="5">
-        <v>0.37232316200000071</v>
+        <v>0.37224278899999774</v>
       </c>
       <c r="D275" s="5">
-        <v>4.6290784585012235</v>
+        <v>4.6280580891136402</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>99.467301946999996</v>
+        <v>99.467672883999995</v>
       </c>
       <c r="C276" s="5">
-        <v>0.54627763099999527</v>
+        <v>0.54672383799999125</v>
       </c>
       <c r="D276" s="5">
-        <v>6.8318617426869954</v>
+        <v>6.837618176592164</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>100.16137698</v>
+        <v>100.16113956</v>
       </c>
       <c r="C277" s="5">
-        <v>0.69407503300000428</v>
+        <v>0.69346667599999989</v>
       </c>
       <c r="D277" s="5">
-        <v>8.702462571815218</v>
+        <v>8.6945063564450429</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>100.46940588</v>
+        <v>100.46932049</v>
       </c>
       <c r="C278" s="5">
-        <v>0.3080288999999965</v>
+        <v>0.30818093000000601</v>
       </c>
       <c r="D278" s="5">
-        <v>3.7534560473209577</v>
+        <v>3.7553491087384927</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>100.49854974</v>
+        <v>100.49863452</v>
       </c>
       <c r="C279" s="5">
-        <v>2.9143860000004906E-2</v>
+        <v>2.9314029999994773E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>0.34864824600679967</v>
+        <v>0.35068755766400894</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>100.20910924</v>
+        <v>100.20911269</v>
       </c>
       <c r="C280" s="5">
-        <v>-0.28944049999999777</v>
+        <v>-0.2895218299999982</v>
       </c>
       <c r="D280" s="5">
-        <v>-3.4018332021004571</v>
+        <v>-3.4027711648574432</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>100.86349945000001</v>
+        <v>100.86341379</v>
       </c>
       <c r="C281" s="5">
-        <v>0.65439021000000253</v>
+        <v>0.65430109999999786</v>
       </c>
       <c r="D281" s="5">
-        <v>8.1239647607868282</v>
+        <v>8.1228181836392679</v>
       </c>
       <c r="E281" s="5">
-        <v>4.2744806934534418</v>
+        <v>4.2743366667109095</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>101.11219868000001</v>
+        <v>101.11204652000001</v>
       </c>
       <c r="C282" s="5">
-        <v>0.24869922999999972</v>
+        <v>0.24863273000001129</v>
       </c>
       <c r="D282" s="5">
-        <v>2.9992987113348191</v>
+        <v>2.9984884020012537</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>101.35840172</v>
+        <v>101.35823026</v>
       </c>
       <c r="C283" s="5">
-        <v>0.24620303999999749</v>
+        <v>0.24618373999999221</v>
       </c>
       <c r="D283" s="5">
-        <v>2.9613893151567483</v>
+        <v>2.9611585686180941</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>101.54780498</v>
+        <v>101.54766926000001</v>
       </c>
       <c r="C284" s="5">
-        <v>0.18940325999999175</v>
+        <v>0.18943900000000724</v>
       </c>
       <c r="D284" s="5">
-        <v>2.2655689666648993</v>
+        <v>2.2660047516371629</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>101.6178625</v>
+        <v>101.61783823</v>
       </c>
       <c r="C285" s="5">
-        <v>7.0057520000005979E-2</v>
+        <v>7.0168969999997444E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>0.83102488554513965</v>
+        <v>0.83235305460580555</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>101.98285164000001</v>
+        <v>101.98290074000001</v>
       </c>
       <c r="C286" s="5">
-        <v>0.36498914000000582</v>
+        <v>0.36506251000000134</v>
       </c>
       <c r="D286" s="5">
-        <v>4.396311178464396</v>
+        <v>4.3972135289981784</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>102.79069689000001</v>
+        <v>102.79057297</v>
       </c>
       <c r="C287" s="5">
-        <v>0.80784524999999974</v>
+        <v>0.80767222999999433</v>
       </c>
       <c r="D287" s="5">
-        <v>9.9309312951355153</v>
+        <v>9.9287058618093624</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>103.72051815</v>
+        <v>103.72134785</v>
       </c>
       <c r="C288" s="5">
-        <v>0.9298212599999971</v>
+        <v>0.9307748800000013</v>
       </c>
       <c r="D288" s="5">
-        <v>11.411598832532333</v>
+        <v>11.423905912916643</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>103.27017599</v>
+        <v>103.27025661</v>
       </c>
       <c r="C289" s="5">
-        <v>-0.45034216000000526</v>
+        <v>-0.45109123999999667</v>
       </c>
       <c r="D289" s="5">
-        <v>-5.0876178925657207</v>
+        <v>-5.0958392409082958</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>103.82789037000001</v>
+        <v>103.82823544999999</v>
       </c>
       <c r="C290" s="5">
-        <v>0.55771438000000728</v>
+        <v>0.55797883999998987</v>
       </c>
       <c r="D290" s="5">
-        <v>6.6766460680014683</v>
+        <v>6.6799013357222492</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>103.77711849000001</v>
+        <v>103.77749086</v>
       </c>
       <c r="C291" s="5">
-        <v>-5.0771879999999214E-2</v>
+        <v>-5.074458999999365E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>-0.58522484935560337</v>
+        <v>-0.58490919598309654</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>104.45233150999999</v>
+        <v>104.45225838</v>
       </c>
       <c r="C292" s="5">
-        <v>0.67521301999998684</v>
+        <v>0.67476752000000317</v>
       </c>
       <c r="D292" s="5">
-        <v>8.0931985452296509</v>
+        <v>8.0876362655287295</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>104.49775949000001</v>
+        <v>104.49717302000001</v>
       </c>
       <c r="C293" s="5">
-        <v>4.542798000001369E-2</v>
+        <v>4.4914640000001782E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>0.52314929645382868</v>
+        <v>0.51722404041403269</v>
       </c>
       <c r="E293" s="5">
-        <v>3.6031468864527794</v>
+        <v>3.6026534235352958</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>105.12711892</v>
+        <v>105.12624304000001</v>
       </c>
       <c r="C294" s="5">
-        <v>0.62935942999999384</v>
+        <v>0.62907002000000034</v>
       </c>
       <c r="D294" s="5">
-        <v>7.4715226349549191</v>
+        <v>7.468015630205449</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>105.68332076</v>
+        <v>105.68251821</v>
       </c>
       <c r="C295" s="5">
-        <v>0.55620183999999995</v>
+        <v>0.55627516999999216</v>
       </c>
       <c r="D295" s="5">
-        <v>6.5369512047715794</v>
+        <v>6.5378943420764557</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>105.98836196000001</v>
+        <v>105.98790891</v>
       </c>
       <c r="C296" s="5">
-        <v>0.30504120000000512</v>
+        <v>0.30539070000000379</v>
       </c>
       <c r="D296" s="5">
-        <v>3.5191623415077533</v>
+        <v>3.5232858908134546</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>106.87939437</v>
+        <v>106.87946281000001</v>
       </c>
       <c r="C297" s="5">
-        <v>0.891032409999994</v>
+        <v>0.89155390000000523</v>
       </c>
       <c r="D297" s="5">
-        <v>10.568049371171195</v>
+        <v>10.574570711510489</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>107.14992033</v>
+        <v>107.15017906999999</v>
       </c>
       <c r="C298" s="5">
-        <v>0.27052596000000051</v>
+        <v>0.27071625999998616</v>
       </c>
       <c r="D298" s="5">
-        <v>3.0800021547159995</v>
+        <v>3.0821970360304318</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>107.63534584</v>
+        <v>107.63529742</v>
       </c>
       <c r="C299" s="5">
-        <v>0.48542550999999889</v>
+        <v>0.48511835000000758</v>
       </c>
       <c r="D299" s="5">
-        <v>5.5739321408254883</v>
+        <v>5.570303082106598</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>108.11821843</v>
+        <v>108.11988475</v>
       </c>
       <c r="C300" s="5">
-        <v>0.48287258999999949</v>
+        <v>0.48458732999999654</v>
       </c>
       <c r="D300" s="5">
-        <v>5.5182652295332257</v>
+        <v>5.5383515960411911</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>108.07199835999999</v>
+        <v>108.07288952</v>
       </c>
       <c r="C301" s="5">
-        <v>-4.6220070000003943E-2</v>
+        <v>-4.6995229999993171E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>-0.51179035179530485</v>
+        <v>-0.52034511393846961</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>107.92805208999999</v>
+        <v>107.9288902</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.14394627000000071</v>
+        <v>-0.14399932000000604</v>
       </c>
       <c r="D302" s="5">
-        <v>-1.5866803340856772</v>
+        <v>-1.5872478184147609</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>108.52568764999999</v>
+        <v>108.52671669999999</v>
       </c>
       <c r="C303" s="5">
-        <v>0.59763556000000051</v>
+        <v>0.59782649999999649</v>
       </c>
       <c r="D303" s="5">
-        <v>6.8509749968810096</v>
+        <v>6.8531760911920703</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>108.41738226</v>
+        <v>108.41771625</v>
       </c>
       <c r="C304" s="5">
-        <v>-0.10830538999999817</v>
+        <v>-0.10900044999999636</v>
       </c>
       <c r="D304" s="5">
-        <v>-1.1910126899251972</v>
+        <v>-1.1986026503937874</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>108.72578573</v>
+        <v>108.72536061</v>
       </c>
       <c r="C305" s="5">
-        <v>0.30840347000000179</v>
+        <v>0.30764435999999762</v>
       </c>
       <c r="D305" s="5">
-        <v>3.4674281620465042</v>
+        <v>3.4587489115139647</v>
       </c>
       <c r="E305" s="5">
-        <v>4.0460448727655196</v>
+        <v>4.0462219864940696</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>108.45523906</v>
+        <v>108.44929295999999</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.27054667000000165</v>
+        <v>-0.27606765000000166</v>
       </c>
       <c r="D306" s="5">
-        <v>-2.9454784003114298</v>
+        <v>-3.0047608232806278</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>108.2185028</v>
+        <v>108.21777507</v>
       </c>
       <c r="C307" s="5">
-        <v>-0.2367362600000007</v>
+        <v>-0.23151788999999212</v>
       </c>
       <c r="D307" s="5">
-        <v>-2.5881429935382116</v>
+        <v>-2.531898034322122</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>108.01439485</v>
+        <v>108.01413112</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.20410794999999382</v>
+        <v>-0.20364395000000002</v>
       </c>
       <c r="D308" s="5">
-        <v>-2.239956086425432</v>
+        <v>-2.2349314395591957</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>106.8345463</v>
+        <v>106.83486057</v>
       </c>
       <c r="C309" s="5">
-        <v>-1.1798485500000027</v>
+        <v>-1.1792705499999983</v>
       </c>
       <c r="D309" s="5">
-        <v>-12.348192170558637</v>
+        <v>-12.342529748406761</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>107.04132250000001</v>
+        <v>107.04193044</v>
       </c>
       <c r="C310" s="5">
-        <v>0.20677620000000729</v>
+        <v>0.20706986999999799</v>
       </c>
       <c r="D310" s="5">
-        <v>2.3474611836494796</v>
+        <v>2.3508237528804488</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>108.1815864</v>
+        <v>108.18176936</v>
       </c>
       <c r="C311" s="5">
-        <v>1.1402638999999937</v>
+        <v>1.1398389200000025</v>
       </c>
       <c r="D311" s="5">
-        <v>13.559260251580163</v>
+        <v>13.553825557634047</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>108.88906892</v>
+        <v>108.8922254</v>
       </c>
       <c r="C312" s="5">
-        <v>0.70748251999999923</v>
+        <v>0.71045603999999685</v>
       </c>
       <c r="D312" s="5">
-        <v>8.13623946607429</v>
+        <v>8.171666008275924</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>108.79068384999999</v>
+        <v>108.79266069000001</v>
       </c>
       <c r="C313" s="5">
-        <v>-9.8385070000006181E-2</v>
+        <v>-9.9564709999995671E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>-1.0788699540734581</v>
+        <v>-1.0917091674732982</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>108.30231826000001</v>
+        <v>108.30388456</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.48836558999998658</v>
+        <v>-0.48877613000000508</v>
       </c>
       <c r="D314" s="5">
-        <v>-5.2558169266636927</v>
+        <v>-5.2600333503996062</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>108.47141766999999</v>
+        <v>108.47363391</v>
       </c>
       <c r="C315" s="5">
-        <v>0.16909940999998696</v>
+        <v>0.16974935000000357</v>
       </c>
       <c r="D315" s="5">
-        <v>1.8898114745922401</v>
+        <v>1.8971100937992924</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>108.45686632</v>
+        <v>108.45811927</v>
       </c>
       <c r="C316" s="5">
-        <v>-1.4551349999990748E-2</v>
+        <v>-1.5514640000006352E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>-0.16086027632546962</v>
+        <v>-0.17149724633518382</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>108.74012759999999</v>
+        <v>108.7408093</v>
       </c>
       <c r="C317" s="5">
-        <v>0.28326127999999073</v>
+        <v>0.28269002999999771</v>
       </c>
       <c r="D317" s="5">
-        <v>3.1795037120361025</v>
+        <v>3.1729622600639606</v>
       </c>
       <c r="E317" s="5">
-        <v>1.3190863513834472E-2</v>
+        <v>1.4208911254298684E-2</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>108.84488727999999</v>
+        <v>108.82851726</v>
       </c>
       <c r="C318" s="5">
-        <v>0.1047596800000008</v>
+        <v>8.7707960000003027E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>1.1622192017928468</v>
+        <v>0.97219908714110126</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>108.62099632</v>
+        <v>108.62080716</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.22389095999999142</v>
+        <v>-0.2077100999999999</v>
       </c>
       <c r="D319" s="5">
-        <v>-2.4406323099146809</v>
+        <v>-2.2664300385060399</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>108.25373672000001</v>
+        <v>108.25457138</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.36725959999999702</v>
+        <v>-0.36623577999999668</v>
       </c>
       <c r="D320" s="5">
-        <v>-3.9827260214546301</v>
+        <v>-3.9718351337760804</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>107.81757283</v>
+        <v>107.81838811</v>
       </c>
       <c r="C321" s="5">
-        <v>-0.43616389000000311</v>
+        <v>-0.43618327000000079</v>
       </c>
       <c r="D321" s="5">
-        <v>-4.7291907686874524</v>
+        <v>-4.7293606052599024</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>108.04127308</v>
+        <v>108.04255974</v>
       </c>
       <c r="C322" s="5">
-        <v>0.22370024999999316</v>
+        <v>0.22417163000000073</v>
       </c>
       <c r="D322" s="5">
-        <v>2.5183730466428189</v>
+        <v>2.5237212787051932</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>107.87672236</v>
+        <v>107.87812343</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.16455071999999404</v>
+        <v>-0.16443630999999925</v>
       </c>
       <c r="D323" s="5">
-        <v>-1.8124107327689321</v>
+        <v>-1.8111397280718533</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>107.95648688</v>
+        <v>107.96109702</v>
       </c>
       <c r="C324" s="5">
-        <v>7.9764519999997674E-2</v>
+        <v>8.2973589999994601E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>0.89090249719621095</v>
+        <v>0.9268847887328846</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>108.42339903</v>
+        <v>108.42667007999999</v>
       </c>
       <c r="C325" s="5">
-        <v>0.46691214999999886</v>
+        <v>0.46557305999999699</v>
       </c>
       <c r="D325" s="5">
-        <v>5.3152584182586615</v>
+        <v>5.2994193465793593</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>109.41741983999999</v>
+        <v>109.41973833999999</v>
       </c>
       <c r="C326" s="5">
-        <v>0.99402080999999498</v>
+        <v>0.99306826000000115</v>
       </c>
       <c r="D326" s="5">
-        <v>11.57359245795837</v>
+        <v>11.56157060617935</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>109.10130194</v>
+        <v>109.10464863999999</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.31611789999999473</v>
+        <v>-0.31508970000000147</v>
       </c>
       <c r="D327" s="5">
-        <v>-3.4123579091701495</v>
+        <v>-3.4013631925914334</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>109.16308816999999</v>
+        <v>109.16518096</v>
       </c>
       <c r="C328" s="5">
-        <v>6.1786229999995612E-2</v>
+        <v>6.0532320000007189E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>0.68170452823042016</v>
+        <v>0.66780700189976727</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>108.92028403</v>
+        <v>108.92199453000001</v>
       </c>
       <c r="C329" s="5">
-        <v>-0.24280413999998984</v>
+        <v>-0.2431864299999944</v>
       </c>
       <c r="D329" s="5">
-        <v>-2.6366688401273541</v>
+        <v>-2.6407194806806311</v>
       </c>
       <c r="E329" s="5">
-        <v>0.16567612525038022</v>
+        <v>0.16662118956660699</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>108.55026226</v>
+        <v>108.52324453</v>
       </c>
       <c r="C330" s="5">
-        <v>-0.37002177000000813</v>
+        <v>-0.39875000000000682</v>
       </c>
       <c r="D330" s="5">
-        <v>-4.00130206028535</v>
+        <v>-4.3056693555417525</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>109.26782446</v>
+        <v>109.26764491</v>
       </c>
       <c r="C331" s="5">
-        <v>0.71756220000000326</v>
+        <v>0.74440038000000186</v>
       </c>
       <c r="D331" s="5">
-        <v>8.2273515259547949</v>
+        <v>8.5489829500987824</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>109.90610535</v>
+        <v>109.90768781</v>
       </c>
       <c r="C332" s="5">
-        <v>0.63828089000000432</v>
+        <v>0.64004289999999742</v>
       </c>
       <c r="D332" s="5">
-        <v>7.2393728413896463</v>
+        <v>7.2600180620119525</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>111.14852234999999</v>
+        <v>111.1500285</v>
       </c>
       <c r="C333" s="5">
-        <v>1.242416999999989</v>
+        <v>1.242340690000006</v>
       </c>
       <c r="D333" s="5">
-        <v>14.441225508302491</v>
+        <v>14.440061659418424</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>109.89365168</v>
+        <v>109.89510047</v>
       </c>
       <c r="C334" s="5">
-        <v>-1.2548706699999883</v>
+        <v>-1.2549280300000021</v>
       </c>
       <c r="D334" s="5">
-        <v>-12.73764329107866</v>
+        <v>-12.738027822384968</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>109.69009868000001</v>
+        <v>109.69388034000001</v>
       </c>
       <c r="C335" s="5">
-        <v>-0.20355299999999943</v>
+        <v>-0.20122012999999583</v>
       </c>
       <c r="D335" s="5">
-        <v>-2.2002223186455505</v>
+        <v>-2.1752311451150641</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>108.53152247</v>
+        <v>108.53831416</v>
       </c>
       <c r="C336" s="5">
-        <v>-1.1585762100000068</v>
+        <v>-1.1555661800000081</v>
       </c>
       <c r="D336" s="5">
-        <v>-11.963733319598946</v>
+        <v>-11.934041617042778</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>109.56646803</v>
+        <v>109.57095038</v>
       </c>
       <c r="C337" s="5">
-        <v>1.034945559999997</v>
+        <v>1.0326362200000005</v>
       </c>
       <c r="D337" s="5">
-        <v>12.062730616210771</v>
+        <v>12.033597579701304</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>110.17393469</v>
+        <v>110.177401</v>
       </c>
       <c r="C338" s="5">
-        <v>0.60746666000000005</v>
+        <v>0.60645062000000394</v>
       </c>
       <c r="D338" s="5">
-        <v>6.8598042053255703</v>
+        <v>6.8476903651146559</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>110.37646813000001</v>
+        <v>110.380593</v>
       </c>
       <c r="C339" s="5">
-        <v>0.2025334400000105</v>
+        <v>0.20319200000000137</v>
       </c>
       <c r="D339" s="5">
-        <v>2.2284086598912234</v>
+        <v>2.2356571827649274</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>111.33304742</v>
+        <v>111.33510093</v>
       </c>
       <c r="C340" s="5">
-        <v>0.95657928999999342</v>
+        <v>0.95450792999999123</v>
       </c>
       <c r="D340" s="5">
-        <v>10.910137252139208</v>
+        <v>10.884951565015278</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>111.34860764</v>
+        <v>111.34994367</v>
       </c>
       <c r="C341" s="5">
-        <v>1.5560219999997571E-2</v>
+        <v>1.4842740000005961E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>0.16784435894718897</v>
+        <v>0.16009644362493525</v>
       </c>
       <c r="E341" s="5">
-        <v>2.2294503100369845</v>
+        <v>2.2290715024790186</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>110.30426717</v>
+        <v>110.27207808</v>
       </c>
       <c r="C342" s="5">
-        <v>-1.0443404699999945</v>
+        <v>-1.0778655900000018</v>
       </c>
       <c r="D342" s="5">
-        <v>-10.692018336077391</v>
+        <v>-11.017073005486445</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>110.51947998</v>
+        <v>110.51620555</v>
       </c>
       <c r="C343" s="5">
-        <v>0.21521280999999703</v>
+        <v>0.24412746999999513</v>
       </c>
       <c r="D343" s="5">
-        <v>2.3665884307679352</v>
+        <v>2.6892255455303049</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>111.19912653999999</v>
+        <v>111.19855004999999</v>
       </c>
       <c r="C344" s="5">
-        <v>0.67964655999999479</v>
+        <v>0.68234449999999924</v>
       </c>
       <c r="D344" s="5">
-        <v>7.6342570527140996</v>
+        <v>7.665833501757624</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>112.02262666</v>
+        <v>112.02405247</v>
       </c>
       <c r="C345" s="5">
-        <v>0.82350012000000561</v>
+        <v>0.82550242000000651</v>
       </c>
       <c r="D345" s="5">
-        <v>9.2578143366215837</v>
+        <v>9.2813013177152968</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>112.20168194999999</v>
+        <v>112.20416553</v>
       </c>
       <c r="C346" s="5">
-        <v>0.17905528999999376</v>
+        <v>0.18011305999999649</v>
       </c>
       <c r="D346" s="5">
-        <v>1.9350141141081245</v>
+        <v>1.9465215018158233</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>112.99447209</v>
+        <v>113.00367751</v>
       </c>
       <c r="C347" s="5">
-        <v>0.79279014000000814</v>
+        <v>0.79951198000000545</v>
       </c>
       <c r="D347" s="5">
-        <v>8.8163020342481033</v>
+        <v>8.8938022695071783</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>111.99064174</v>
+        <v>111.99925598999999</v>
       </c>
       <c r="C348" s="5">
-        <v>-1.0038303500000012</v>
+        <v>-1.0044215200000082</v>
       </c>
       <c r="D348" s="5">
-        <v>-10.154893080248828</v>
+        <v>-10.159796489862117</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>113.44327985</v>
+        <v>113.44916434</v>
       </c>
       <c r="C349" s="5">
-        <v>1.4526381099999952</v>
+        <v>1.4499083500000012</v>
       </c>
       <c r="D349" s="5">
-        <v>16.725163681117493</v>
+        <v>16.690086814924342</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>113.95769383</v>
+        <v>113.96177838</v>
       </c>
       <c r="C350" s="5">
-        <v>0.51441398000000049</v>
+        <v>0.51261404000000255</v>
       </c>
       <c r="D350" s="5">
-        <v>5.5792397914012692</v>
+        <v>5.5589347278026446</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>114.84848193000001</v>
+        <v>114.85265644</v>
       </c>
       <c r="C351" s="5">
-        <v>0.89078810000000885</v>
+        <v>0.89087806000000569</v>
       </c>
       <c r="D351" s="5">
-        <v>9.7941717662146655</v>
+        <v>9.7948374786372092</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>114.90470322</v>
+        <v>114.90679548</v>
       </c>
       <c r="C352" s="5">
-        <v>5.6221289999996316E-2</v>
+        <v>5.4139039999995475E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>0.58901508549589199</v>
+        <v>0.56712266578888837</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>114.76897864999999</v>
+        <v>114.76824560999999</v>
       </c>
       <c r="C353" s="5">
-        <v>-0.13572457000000782</v>
+        <v>-0.13854987000000563</v>
       </c>
       <c r="D353" s="5">
-        <v>-1.408258698751419</v>
+        <v>-1.4373534819462241</v>
       </c>
       <c r="E353" s="5">
-        <v>3.07176810064691</v>
+        <v>3.0698730752218184</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>115.13829294</v>
+        <v>115.11037204</v>
       </c>
       <c r="C354" s="5">
-        <v>0.36931429000000549</v>
+        <v>0.34212643000000753</v>
       </c>
       <c r="D354" s="5">
-        <v>3.930551872212118</v>
+        <v>3.6364614346177548</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>115.22057081</v>
+        <v>115.20963125999999</v>
       </c>
       <c r="C355" s="5">
-        <v>8.2277869999998643E-2</v>
+        <v>9.925921999999332E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>0.86089883364750541</v>
+        <v>1.0396768617865648</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>115.31438658</v>
+        <v>115.31181958000001</v>
       </c>
       <c r="C356" s="5">
-        <v>9.3815770000006182E-2</v>
+        <v>0.10218832000001044</v>
       </c>
       <c r="D356" s="5">
-        <v>0.98146060914521271</v>
+        <v>1.0695804714740964</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>115.93196519999999</v>
+        <v>115.92452054</v>
       </c>
       <c r="C357" s="5">
-        <v>0.61757861999998909</v>
+        <v>0.61270095999999796</v>
       </c>
       <c r="D357" s="5">
-        <v>6.6194545468321264</v>
+        <v>6.5657872548982255</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>116.66372370000001</v>
+        <v>116.66952908</v>
       </c>
       <c r="C358" s="5">
-        <v>0.73175850000001219</v>
+        <v>0.74500854000000061</v>
       </c>
       <c r="D358" s="5">
-        <v>7.8429196866440121</v>
+        <v>7.9905215654204609</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>116.25837131</v>
+        <v>116.2748223</v>
       </c>
       <c r="C359" s="5">
-        <v>-0.40535239000000445</v>
+        <v>-0.39470678000000703</v>
       </c>
       <c r="D359" s="5">
-        <v>-4.090681807567953</v>
+        <v>-3.9850467667400302</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>116.35777318</v>
+        <v>116.36763257</v>
       </c>
       <c r="C360" s="5">
-        <v>9.9401869999994119E-2</v>
+        <v>9.2810270000001083E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>1.0308485709871196</v>
+        <v>0.96205316945092711</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>116.73297212999999</v>
+        <v>116.73951403</v>
       </c>
       <c r="C361" s="5">
-        <v>0.37519894999999792</v>
+        <v>0.37188145999999733</v>
       </c>
       <c r="D361" s="5">
-        <v>3.9388011724558414</v>
+        <v>3.9030235248646905</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>116.74945705</v>
+        <v>116.75431982000001</v>
       </c>
       <c r="C362" s="5">
-        <v>1.6484920000010561E-2</v>
+        <v>1.4805790000011143E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>0.16959455048164429</v>
+        <v>0.15229930288138682</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>116.31528916000001</v>
+        <v>116.32065421</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.43416788999999767</v>
+        <v>-0.43366561000000559</v>
       </c>
       <c r="D363" s="5">
-        <v>-4.3724075933003537</v>
+        <v>-4.3672739318156957</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>116.77470774</v>
+        <v>116.78007404</v>
       </c>
       <c r="C364" s="5">
-        <v>0.45941857999999058</v>
+        <v>0.45941983000000164</v>
       </c>
       <c r="D364" s="5">
-        <v>4.8440556095938891</v>
+        <v>4.8438407788339966</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>117.27522716</v>
+        <v>117.27599083</v>
       </c>
       <c r="C365" s="5">
-        <v>0.50051942000000338</v>
+        <v>0.49591678999999544</v>
       </c>
       <c r="D365" s="5">
-        <v>5.2664375787739415</v>
+        <v>5.2166269858027858</v>
       </c>
       <c r="E365" s="5">
-        <v>2.1837333916188806</v>
+        <v>2.1850514544952571</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>118.52995346</v>
+        <v>118.50799344000001</v>
       </c>
       <c r="C366" s="5">
-        <v>1.2547263000000015</v>
+        <v>1.2320026100000092</v>
       </c>
       <c r="D366" s="5">
-        <v>13.621880410220077</v>
+        <v>13.360670758708393</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>119.43537327</v>
+        <v>119.41518241</v>
       </c>
       <c r="C367" s="5">
-        <v>0.90541980999999794</v>
+        <v>0.90718896999999288</v>
       </c>
       <c r="D367" s="5">
-        <v>9.5615802741169098</v>
+        <v>9.5829075079923776</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>118.02971349000001</v>
+        <v>118.02151523000001</v>
       </c>
       <c r="C368" s="5">
-        <v>-1.4056597799999935</v>
+        <v>-1.3936671799999942</v>
       </c>
       <c r="D368" s="5">
-        <v>-13.243788155830917</v>
+        <v>-13.140029735292147</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>88.499331292999997</v>
+        <v>88.482862394999998</v>
       </c>
       <c r="C369" s="5">
-        <v>-29.530382197000009</v>
+        <v>-29.538652835000008</v>
       </c>
       <c r="D369" s="5">
-        <v>-96.842207164980223</v>
+        <v>-96.846624209726713</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>92.153586431999997</v>
+        <v>92.158310744999994</v>
       </c>
       <c r="C370" s="5">
-        <v>3.654255139</v>
+        <v>3.6754483499999964</v>
       </c>
       <c r="D370" s="5">
-        <v>62.505113442190833</v>
+        <v>62.968663876599543</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>99.227874349000004</v>
+        <v>99.251010948000001</v>
       </c>
       <c r="C371" s="5">
-        <v>7.0742879170000066</v>
+        <v>7.0927002030000068</v>
       </c>
       <c r="D371" s="5">
-        <v>142.91669036996706</v>
+        <v>143.44743447805405</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>99.685898933000004</v>
+        <v>99.691520721000003</v>
       </c>
       <c r="C372" s="5">
-        <v>0.45802458400000035</v>
+        <v>0.44050977300000227</v>
       </c>
       <c r="D372" s="5">
-        <v>5.6818721119934024</v>
+        <v>5.4579638210244141</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>100.68301829000001</v>
+        <v>100.68713366</v>
       </c>
       <c r="C373" s="5">
-        <v>0.99711935700000254</v>
+        <v>0.99561293899999725</v>
       </c>
       <c r="D373" s="5">
-        <v>12.685999854005869</v>
+        <v>12.66501551501047</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>102.11664627</v>
+        <v>102.12518645999999</v>
       </c>
       <c r="C374" s="5">
-        <v>1.4336279799999971</v>
+        <v>1.4380527999999941</v>
       </c>
       <c r="D374" s="5">
-        <v>18.4905734944522</v>
+        <v>18.551381199182693</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>102.73352287</v>
+        <v>102.74809841</v>
       </c>
       <c r="C375" s="5">
-        <v>0.61687659999999767</v>
+        <v>0.62291195000000243</v>
       </c>
       <c r="D375" s="5">
-        <v>7.494848626568662</v>
+        <v>7.5699994340763466</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>103.28542892</v>
+        <v>103.29961805000001</v>
       </c>
       <c r="C376" s="5">
-        <v>0.55190604999999948</v>
+        <v>0.5515196400000093</v>
       </c>
       <c r="D376" s="5">
-        <v>6.6405847018730979</v>
+        <v>6.6348279562435275</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>103.77679082</v>
+        <v>103.78362688999999</v>
       </c>
       <c r="C377" s="5">
-        <v>0.49136190000000113</v>
+        <v>0.48400883999998712</v>
       </c>
       <c r="D377" s="5">
-        <v>5.8605508393727357</v>
+        <v>5.7697642826016304</v>
       </c>
       <c r="E377" s="5">
-        <v>-11.510049195286499</v>
+        <v>-11.504796373503389</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>104.9060815</v>
+        <v>104.89863904000001</v>
       </c>
       <c r="C378" s="5">
-        <v>1.1292906799999969</v>
+        <v>1.1150121500000125</v>
       </c>
       <c r="D378" s="5">
-        <v>13.868905531266474</v>
+        <v>13.68210822249063</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>104.21127534</v>
+        <v>104.19457783</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.69480615999999884</v>
+        <v>-0.7040612100000061</v>
       </c>
       <c r="D379" s="5">
-        <v>-7.6645339358265012</v>
+        <v>-7.7634207318850068</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>108.10814977</v>
+        <v>108.03315257</v>
       </c>
       <c r="C380" s="5">
-        <v>3.8968744299999969</v>
+        <v>3.8385747399999985</v>
       </c>
       <c r="D380" s="5">
-        <v>55.3548033227828</v>
+        <v>54.362983347310156</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>107.43990676</v>
+        <v>107.41483592</v>
       </c>
       <c r="C381" s="5">
-        <v>-0.66824300999999764</v>
+        <v>-0.61831664999999703</v>
       </c>
       <c r="D381" s="5">
-        <v>-7.1704473290305053</v>
+        <v>-6.6559506869158795</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>108.49043820999999</v>
+        <v>108.49773985</v>
       </c>
       <c r="C382" s="5">
-        <v>1.050531449999994</v>
+        <v>1.0829039300000005</v>
       </c>
       <c r="D382" s="5">
-        <v>12.385449632872469</v>
+        <v>12.791679555149592</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>108.66628937</v>
+        <v>108.69797783999999</v>
       </c>
       <c r="C383" s="5">
-        <v>0.17585116000000767</v>
+        <v>0.20023798999999087</v>
       </c>
       <c r="D383" s="5">
-        <v>1.9625031614319832</v>
+        <v>2.2372786750998408</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>111.61742489</v>
+        <v>111.62775728</v>
       </c>
       <c r="C384" s="5">
-        <v>2.951135519999994</v>
+        <v>2.9297794400000043</v>
       </c>
       <c r="D384" s="5">
-        <v>37.925934634897061</v>
+        <v>37.596952550421726</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>112.16111823</v>
+        <v>112.1774308</v>
       </c>
       <c r="C385" s="5">
-        <v>0.54369334000000435</v>
+        <v>0.54967351999999892</v>
       </c>
       <c r="D385" s="5">
-        <v>6.0044216663463157</v>
+        <v>6.0716872190182514</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>112.91274245</v>
+        <v>112.94019838</v>
       </c>
       <c r="C386" s="5">
-        <v>0.75162421999999651</v>
+        <v>0.762767580000002</v>
       </c>
       <c r="D386" s="5">
-        <v>8.3446580716611827</v>
+        <v>8.4717596006329998</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>114.09809088999999</v>
+        <v>114.13115107</v>
       </c>
       <c r="C387" s="5">
-        <v>1.1853484399999985</v>
+        <v>1.1909526900000031</v>
       </c>
       <c r="D387" s="5">
-        <v>13.350923852775232</v>
+        <v>13.414299179444944</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>114.65424039</v>
+        <v>114.71975578999999</v>
       </c>
       <c r="C388" s="5">
-        <v>0.55614950000000363</v>
+        <v>0.5886047199999922</v>
       </c>
       <c r="D388" s="5">
-        <v>6.0085570527947274</v>
+        <v>6.3673152028074664</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>115.32883997</v>
+        <v>115.33599221</v>
       </c>
       <c r="C389" s="5">
-        <v>0.67459958000000597</v>
+        <v>0.616236420000007</v>
       </c>
       <c r="D389" s="5">
-        <v>7.2935532506172684</v>
+        <v>6.6398946953871718</v>
       </c>
       <c r="E389" s="5">
-        <v>11.131630742019127</v>
+        <v>11.131202161824948</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>114.74617255</v>
+        <v>114.72850585</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.58266742000000704</v>
+        <v>-0.60748635999999578</v>
       </c>
       <c r="D390" s="5">
-        <v>-5.8970119195634663</v>
+        <v>-6.1405989652403186</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>116.57758071000001</v>
+        <v>116.5373432</v>
       </c>
       <c r="C391" s="5">
-        <v>1.8314081600000094</v>
+        <v>1.8088373499999904</v>
       </c>
       <c r="D391" s="5">
-        <v>20.92663315787393</v>
+        <v>20.649437893873568</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>117.55714601</v>
+        <v>117.36369633</v>
       </c>
       <c r="C392" s="5">
-        <v>0.9795652999999902</v>
+        <v>0.8263531300000011</v>
       </c>
       <c r="D392" s="5">
-        <v>10.562524766546</v>
+        <v>8.8488871927549173</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>118.69789843</v>
+        <v>118.65583587</v>
       </c>
       <c r="C393" s="5">
-        <v>1.1407524199999983</v>
+        <v>1.292139540000008</v>
       </c>
       <c r="D393" s="5">
-        <v>12.286604599528882</v>
+        <v>14.041754079454204</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>119.26371781</v>
+        <v>119.26721465999999</v>
       </c>
       <c r="C394" s="5">
-        <v>0.56581938000000775</v>
+        <v>0.61137878999998918</v>
       </c>
       <c r="D394" s="5">
-        <v>5.8726454221251112</v>
+        <v>6.361312226848348</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>117.57134018000001</v>
+        <v>117.63194974</v>
       </c>
       <c r="C395" s="5">
-        <v>-1.6923776299999957</v>
+        <v>-1.6352649199999973</v>
       </c>
       <c r="D395" s="5">
-        <v>-15.760165993855157</v>
+        <v>-15.267382557545572</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>121.09121107</v>
+        <v>121.09753464000001</v>
       </c>
       <c r="C396" s="5">
-        <v>3.5198708899999929</v>
+        <v>3.4655849000000103</v>
       </c>
       <c r="D396" s="5">
-        <v>42.473419672765367</v>
+        <v>41.683760205975396</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>121.80991041</v>
+        <v>121.88690635</v>
       </c>
       <c r="C397" s="5">
-        <v>0.71869934000000057</v>
+        <v>0.78937170999999751</v>
       </c>
       <c r="D397" s="5">
-        <v>7.3593843979588236</v>
+        <v>8.1087960040776785</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>122.17607022</v>
+        <v>122.26724401</v>
       </c>
       <c r="C398" s="5">
-        <v>0.3661598099999992</v>
+        <v>0.38033765999999503</v>
       </c>
       <c r="D398" s="5">
-        <v>3.6674315208218067</v>
+        <v>3.809434562795655</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>122.45928915</v>
+        <v>122.51866479</v>
       </c>
       <c r="C399" s="5">
-        <v>0.28321893000000387</v>
+        <v>0.25142078000000367</v>
       </c>
       <c r="D399" s="5">
-        <v>2.8174871667060453</v>
+        <v>2.4956859776732232</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>122.99818522</v>
+        <v>123.13642716</v>
       </c>
       <c r="C400" s="5">
-        <v>0.53889606999999273</v>
+        <v>0.61776236999999412</v>
       </c>
       <c r="D400" s="5">
-        <v>5.4104420706366119</v>
+        <v>6.2212765752164501</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>122.96743653999999</v>
+        <v>122.97706434</v>
       </c>
       <c r="C401" s="5">
-        <v>-3.0748680000002082E-2</v>
+        <v>-0.15936281999999835</v>
       </c>
       <c r="D401" s="5">
-        <v>-0.29957941488920614</v>
+        <v>-1.5420295520878091</v>
       </c>
       <c r="E401" s="5">
-        <v>6.6233186529813137</v>
+        <v>6.6250543161647135</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>122.44618812</v>
+        <v>122.40039158</v>
       </c>
       <c r="C402" s="5">
-        <v>-0.52124841999999205</v>
+        <v>-0.5766727599999939</v>
       </c>
       <c r="D402" s="5">
-        <v>-4.9697654971818555</v>
+        <v>-5.4842406118568388</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>123.64759173</v>
+        <v>123.54268157</v>
       </c>
       <c r="C403" s="5">
-        <v>1.2014036099999998</v>
+        <v>1.1422899899999948</v>
       </c>
       <c r="D403" s="5">
-        <v>12.430646884479035</v>
+        <v>11.791967193070407</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>124.83376477</v>
+        <v>124.42437056999999</v>
       </c>
       <c r="C404" s="5">
-        <v>1.1861730399999999</v>
+        <v>0.88168899999999439</v>
       </c>
       <c r="D404" s="5">
-        <v>12.139050475462799</v>
+        <v>8.9083415017696677</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>124.51734777999999</v>
+        <v>124.41456886</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.31641699000000756</v>
+        <v>-9.8017099999907487E-3</v>
       </c>
       <c r="D405" s="5">
-        <v>-2.999601094019988</v>
+        <v>-9.4490790946544223E-2</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>124.76016571</v>
+        <v>124.78843798</v>
       </c>
       <c r="C406" s="5">
-        <v>0.24281793000000107</v>
+        <v>0.37386911999999484</v>
       </c>
       <c r="D406" s="5">
-        <v>2.3653499614608275</v>
+        <v>3.6662324973524507</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>124.96140858</v>
+        <v>125.11469502999999</v>
       </c>
       <c r="C407" s="5">
-        <v>0.20124287000000152</v>
+        <v>0.32625704999999527</v>
       </c>
       <c r="D407" s="5">
-        <v>1.9529105754066522</v>
+        <v>3.1828875570349746</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>125.64842276</v>
+        <v>125.62129147</v>
       </c>
       <c r="C408" s="5">
-        <v>0.68701418000000558</v>
+        <v>0.50659644000000981</v>
       </c>
       <c r="D408" s="5">
-        <v>6.8005655435266599</v>
+        <v>4.9685474073740687</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>125.62099136</v>
+        <v>125.86179903</v>
       </c>
       <c r="C409" s="5">
-        <v>-2.7431399999997552E-2</v>
+        <v>0.24050755999999751</v>
       </c>
       <c r="D409" s="5">
-        <v>-0.26166808966056054</v>
+        <v>2.3218007008594777</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>127.7198063</v>
+        <v>127.91654563</v>
       </c>
       <c r="C410" s="5">
-        <v>2.0988149399999969</v>
+        <v>2.0547466000000014</v>
       </c>
       <c r="D410" s="5">
-        <v>21.997917652150178</v>
+        <v>21.44886274982607</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>126.21142695</v>
+        <v>126.28738543999999</v>
       </c>
       <c r="C411" s="5">
-        <v>-1.5083793499999985</v>
+        <v>-1.6291601900000074</v>
       </c>
       <c r="D411" s="5">
-        <v>-13.286820980057868</v>
+        <v>-14.256937654854763</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>126.34317693</v>
+        <v>126.53565578</v>
       </c>
       <c r="C412" s="5">
-        <v>0.13174997999999505</v>
+        <v>0.24827034000000481</v>
       </c>
       <c r="D412" s="5">
-        <v>1.2598768129575166</v>
+        <v>2.3847744443975749</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>127.52866935999999</v>
+        <v>127.51675717000001</v>
       </c>
       <c r="C413" s="5">
-        <v>1.1854924299999965</v>
+        <v>0.98110139000000629</v>
       </c>
       <c r="D413" s="5">
-        <v>11.859383518249288</v>
+        <v>9.7114804609690566</v>
       </c>
       <c r="E413" s="5">
-        <v>3.7093013795699292</v>
+        <v>3.6914955275309858</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>128.90382149999999</v>
+        <v>128.7773971</v>
       </c>
       <c r="C414" s="5">
-        <v>1.3751521399999973</v>
+        <v>1.2606399299999964</v>
       </c>
       <c r="D414" s="5">
-        <v>13.735377446547181</v>
+        <v>12.530071485911431</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>129.73143616999999</v>
+        <v>129.50075068999999</v>
       </c>
       <c r="C415" s="5">
-        <v>0.82761467000000266</v>
+        <v>0.72335358999998789</v>
       </c>
       <c r="D415" s="5">
-        <v>7.9824553505305929</v>
+        <v>6.9526916386259741</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>130.53448824</v>
+        <v>129.99712013000001</v>
       </c>
       <c r="C416" s="5">
-        <v>0.80305207000000678</v>
+        <v>0.49636944000002359</v>
       </c>
       <c r="D416" s="5">
-        <v>7.6863208903953817</v>
+        <v>4.6977490787913689</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>130.77200092000001</v>
+        <v>130.50633851000001</v>
       </c>
       <c r="C417" s="5">
-        <v>0.23751268000000891</v>
+        <v>0.50921837999999298</v>
       </c>
       <c r="D417" s="5">
-        <v>2.2054314616906323</v>
+        <v>4.8031864112619616</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>131.48617317</v>
+        <v>131.54661059</v>
       </c>
       <c r="C418" s="5">
-        <v>0.71417224999999007</v>
+        <v>1.040272079999994</v>
       </c>
       <c r="D418" s="5">
-        <v>6.7539127396796461</v>
+        <v>9.9959482623757765</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>132.08195594</v>
+        <v>132.44402769999999</v>
       </c>
       <c r="C419" s="5">
-        <v>0.59578276999999957</v>
+        <v>0.89741710999999214</v>
       </c>
       <c r="D419" s="5">
-        <v>5.5749466954667648</v>
+        <v>8.5007154569845422</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>131.29694509999999</v>
+        <v>131.20225773000001</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.78501084000001242</v>
+        <v>-1.2417699699999787</v>
       </c>
       <c r="D420" s="5">
-        <v>-6.903456149834641</v>
+        <v>-10.688548375089546</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>133.44130623000001</v>
+        <v>133.89007798</v>
       </c>
       <c r="C421" s="5">
-        <v>2.1443611300000214</v>
+        <v>2.6878202499999873</v>
       </c>
       <c r="D421" s="5">
-        <v>21.458512284444797</v>
+        <v>27.551342099931155</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>134.48194097999999</v>
+        <v>134.80070377999999</v>
       </c>
       <c r="C422" s="5">
-        <v>1.0406347499999811</v>
+        <v>0.91062579999999116</v>
       </c>
       <c r="D422" s="5">
-        <v>9.770137811669354</v>
+        <v>8.4738816487915045</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>135.33586048999999</v>
+        <v>135.42552307</v>
       </c>
       <c r="C423" s="5">
-        <v>0.85391950999999722</v>
+        <v>0.62481929000000491</v>
       </c>
       <c r="D423" s="5">
-        <v>7.8914523977235307</v>
+        <v>5.7061718058793787</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>135.20485227</v>
+        <v>135.38583448</v>
       </c>
       <c r="C424" s="5">
-        <v>-0.13100821999998402</v>
+        <v>-3.9688589999997248E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>-1.1554628107764198</v>
+        <v>-0.35111266201940383</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>135.46402628999999</v>
+        <v>135.43971478</v>
       </c>
       <c r="C425" s="5">
-        <v>0.25917401999998901</v>
+        <v>5.388030000000299E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>2.3246859057130864</v>
+        <v>0.47861781378224499</v>
       </c>
       <c r="E425" s="5">
-        <v>6.2224101998581416</v>
+        <v>6.2132677977667194</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>135.51416911999999</v>
+        <v>135.50624108</v>
       </c>
       <c r="C426" s="5">
-        <v>5.0142829999998639E-2</v>
+        <v>6.6526299999992489E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>0.44509268890069453</v>
+        <v>0.59102000548176825</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>135.78417587000001</v>
+        <v>135.73951667</v>
       </c>
       <c r="C427" s="5">
-        <v>0.27000675000002161</v>
+        <v>0.2332755900000052</v>
       </c>
       <c r="D427" s="5">
-        <v>2.417329825782577</v>
+        <v>2.0854865892383501</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>135.83582541000001</v>
+        <v>135.54578081</v>
       </c>
       <c r="C428" s="5">
-        <v>5.1649539999999661E-2</v>
+        <v>-0.19373586000000387</v>
       </c>
       <c r="D428" s="5">
-        <v>0.45741176114215687</v>
+        <v>-1.6993335036555868</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>135.08583673999999</v>
+        <v>136.65041862000001</v>
       </c>
       <c r="C429" s="5">
-        <v>-0.74998867000002178</v>
+        <v>1.104637810000014</v>
       </c>
       <c r="D429" s="5">
-        <v>-6.4280040634310476</v>
+        <v>10.229935587939497</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>135.91914639999999</v>
+        <v>134.64053666000001</v>
       </c>
       <c r="C430" s="5">
-        <v>0.83330965999999762</v>
+        <v>-2.0098819600000013</v>
       </c>
       <c r="D430" s="5">
-        <v>7.658879258022866</v>
+        <v>-16.289794016459137</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>136.60435444999999</v>
+        <v>132.97432653999999</v>
       </c>
       <c r="C431" s="5">
-        <v>0.68520804999999996</v>
+        <v>-1.6662101200000166</v>
       </c>
       <c r="D431" s="5">
-        <v>6.2201373359537238</v>
+        <v>-13.880086379032164</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>136.86577923999999</v>
+        <v>133.24676521000001</v>
       </c>
       <c r="C432" s="5">
-        <v>0.26142479000000662</v>
+        <v>0.27243867000001387</v>
       </c>
       <c r="D432" s="5">
-        <v>2.3208108733526744</v>
+        <v>2.4864621405689347</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>136.13771351</v>
+        <v>132.63711932000001</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.7280657299999973</v>
+        <v>-0.60964588999999592</v>
       </c>
       <c r="D433" s="5">
-        <v>-6.1999794904971983</v>
+        <v>-5.3543021331200809</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>133.31485792000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.67773859999999786</v>
+      </c>
+      <c r="D434" s="5">
+        <v>6.3069545964037799</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>134.12052997000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.80567204999999831</v>
+      </c>
+      <c r="D435" s="5">
+        <v>7.4980237569011399</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>134.89770666000001</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.77717669000000456</v>
+      </c>
+      <c r="D436" s="5">
+        <v>7.1794853844454387</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">