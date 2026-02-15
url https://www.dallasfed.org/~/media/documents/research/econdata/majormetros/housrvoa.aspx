--- v1 (2026-01-25)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E2DCB6A7-BB15-49DF-B6BA-A60593DA9599}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7AFE692F-2A61-4005-BF92-A998051952B1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6EE65BA0-97C2-4AA6-B206-26EFEA41BF71}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{EE3342CC-9F19-417D-A38A-56B9D763B96A}"/>
   </bookViews>
   <sheets>
     <sheet name="housrvoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Other Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4BF516AD-3B8F-40D8-996B-81859B7FE123}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{512BFC12-4427-4139-8B44-2B8713C316D5}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>132.97432653999999</v>
       </c>
       <c r="C431" s="5">
         <v>-1.6662101200000166</v>
       </c>
       <c r="D431" s="5">
         <v>-13.880086379032164</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>133.24676521000001</v>
       </c>
       <c r="C432" s="5">
         <v>0.27243867000001387</v>
       </c>
       <c r="D432" s="5">
         <v>2.4864621405689347</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>132.63711932000001</v>
       </c>
       <c r="C433" s="5">
         <v>-0.60964588999999592</v>
       </c>
       <c r="D433" s="5">
         <v>-5.3543021331200809</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>133.31485792000001</v>
       </c>
       <c r="C434" s="5">
         <v>0.67773859999999786</v>
       </c>
       <c r="D434" s="5">
         <v>6.3069545964037799</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>134.12052997000001</v>
       </c>
       <c r="C435" s="5">
         <v>0.80567204999999831</v>
       </c>
       <c r="D435" s="5">
         <v>7.4980237569011399</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>134.89770666000001</v>
+        <v>135.78084834000001</v>
       </c>
       <c r="C436" s="5">
-        <v>0.77717669000000456</v>
+        <v>1.6603183699999988</v>
       </c>
       <c r="D436" s="5">
-        <v>7.1794853844454387</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>15.909513472070058</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>134.14795322000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-1.6328951200000006</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-13.513883582676801</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.95375389862438764</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>