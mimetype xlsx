--- v0 (2025-10-10)
+++ v1 (2025-12-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6E25A3D0-D499-44F1-A474-C005A8C0C610}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{DFA06F46-A4CD-4AC1-8210-541656B2C82A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{7F883985-A5F3-4F4A-B665-E2B011489B4A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{293E2602-A48A-4A20-A126-B0218AA40CFE}"/>
   </bookViews>
   <sheets>
     <sheet name="houttula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Trade, Transportation and Utilities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6DE05A70-25C1-45F3-BC07-56097FA65D99}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{42210202-D474-457E-A22D-A55872D65ECD}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.22825404000002436</v>
       </c>
       <c r="D431" s="5">
         <v>-0.3905880101540693</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>699.20370176999995</v>
       </c>
       <c r="C432" s="5">
         <v>-0.57457615999999234</v>
       </c>
       <c r="D432" s="5">
         <v>-0.98086237633053797</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>699.62288497999998</v>
+        <v>699.41079581999998</v>
       </c>
       <c r="C433" s="5">
-        <v>0.41918321000002834</v>
+        <v>0.20709405000002334</v>
       </c>
       <c r="D433" s="5">
-        <v>0.72179508472001164</v>
+        <v>0.35600225214005299</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>699.35761485</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-5.3180969999971239E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-9.120603034385999E-2</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>