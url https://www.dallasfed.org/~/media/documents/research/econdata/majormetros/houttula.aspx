--- v1 (2025-12-13)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{DFA06F46-A4CD-4AC1-8210-541656B2C82A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{332C83E3-F45E-46C8-AA0C-D7F8D284DFFF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{293E2602-A48A-4A20-A126-B0218AA40CFE}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4AB29884-4DE2-4196-8CDA-AA66FACDA3E2}"/>
   </bookViews>
   <sheets>
     <sheet name="houttula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Trade, Transportation and Utilities Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{42210202-D474-457E-A22D-A55872D65ECD}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FB4650BA-C495-436E-BD77-83E039DF7C10}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>399.00671075999998</v>
+        <v>399.00599364999999</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>402.48657301999998</v>
+        <v>402.48609087</v>
       </c>
       <c r="C7" s="5">
-        <v>3.4798622600000044</v>
+        <v>3.4800972200000047</v>
       </c>
       <c r="D7" s="5">
-        <v>10.982463881998328</v>
+        <v>10.983262040579023</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>403.57421176999998</v>
+        <v>403.57398022000001</v>
       </c>
       <c r="C8" s="5">
-        <v>1.0876387499999964</v>
+        <v>1.0878893500000117</v>
       </c>
       <c r="D8" s="5">
-        <v>3.2913905916512665</v>
+        <v>3.2921642641582594</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>404.95053323000002</v>
+        <v>404.95076942999998</v>
       </c>
       <c r="C9" s="5">
-        <v>1.3763214600000424</v>
+        <v>1.3767892099999699</v>
       </c>
       <c r="D9" s="5">
-        <v>4.1700363144255626</v>
+        <v>4.1714826579623443</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>404.63378043</v>
+        <v>404.63378410000001</v>
       </c>
       <c r="C10" s="5">
-        <v>-0.31675280000001749</v>
+        <v>-0.31698532999996587</v>
       </c>
       <c r="D10" s="5">
-        <v>-0.93461383520869745</v>
+        <v>-0.93529644609242624</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>405.97590296999999</v>
+        <v>405.97588416999997</v>
       </c>
       <c r="C11" s="5">
-        <v>1.3421225399999912</v>
+        <v>1.3421000699999581</v>
       </c>
       <c r="D11" s="5">
-        <v>4.0536786082648435</v>
+        <v>4.0536094607496853</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>408.07672346999999</v>
+        <v>408.07685300999998</v>
       </c>
       <c r="C12" s="5">
-        <v>2.1008204999999975</v>
+        <v>2.1009688400000073</v>
       </c>
       <c r="D12" s="5">
-        <v>6.3895090342243943</v>
+        <v>6.3899734234326155</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>408.43860770999999</v>
+        <v>408.43877176000001</v>
       </c>
       <c r="C13" s="5">
-        <v>0.36188423999999486</v>
+        <v>0.36191875000002938</v>
       </c>
       <c r="D13" s="5">
-        <v>1.0693710570838677</v>
+        <v>1.0694731912287647</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>411.40147232999999</v>
+        <v>411.40162679999997</v>
       </c>
       <c r="C14" s="5">
-        <v>2.9628646200000048</v>
+        <v>2.9628550399999654</v>
       </c>
       <c r="D14" s="5">
-        <v>9.0607937845362372</v>
+        <v>9.0607595234517113</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>410.15614555000002</v>
+        <v>410.15643739000001</v>
       </c>
       <c r="C15" s="5">
-        <v>-1.2453267799999708</v>
+        <v>-1.2451894099999663</v>
       </c>
       <c r="D15" s="5">
-        <v>-3.5725730085297558</v>
+        <v>-3.572184141699597</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>409.46076262000003</v>
+        <v>409.46063543999998</v>
       </c>
       <c r="C16" s="5">
-        <v>-0.69538292999999385</v>
+        <v>-0.69580195000003187</v>
       </c>
       <c r="D16" s="5">
-        <v>-2.0156279506146291</v>
+        <v>-2.0168297850484795</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>410.19742693000001</v>
+        <v>410.19793974999999</v>
       </c>
       <c r="C17" s="5">
-        <v>0.73666430999998056</v>
+        <v>0.73730431000001317</v>
       </c>
       <c r="D17" s="5">
-        <v>2.1804215717285969</v>
+        <v>2.1823353652547839</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>404.16778525000001</v>
+        <v>404.16710681000001</v>
       </c>
       <c r="C18" s="5">
-        <v>-6.0296416799999975</v>
+        <v>-6.030832939999982</v>
       </c>
       <c r="D18" s="5">
-        <v>-16.280784046077347</v>
+        <v>-16.283726345302775</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>403.86198610999998</v>
+        <v>403.86148773000002</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.30579914000003328</v>
+        <v>-0.30561907999998539</v>
       </c>
       <c r="D19" s="5">
-        <v>-0.90416844392180451</v>
+        <v>-0.90363977615496305</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>404.24997384</v>
+        <v>404.24965989999998</v>
       </c>
       <c r="C20" s="5">
-        <v>0.38798773000002029</v>
+        <v>0.38817216999996162</v>
       </c>
       <c r="D20" s="5">
-        <v>1.1589435353967614</v>
+        <v>1.1594988232885406</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>403.96252920000001</v>
+        <v>403.96315113999998</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.2874446399999897</v>
+        <v>-0.2865087600000038</v>
       </c>
       <c r="D21" s="5">
-        <v>-0.84993892940506965</v>
+        <v>-0.8471830793507662</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>405.56677238999998</v>
+        <v>405.56666674000002</v>
       </c>
       <c r="C22" s="5">
-        <v>1.6042431899999769</v>
+        <v>1.603515600000037</v>
       </c>
       <c r="D22" s="5">
-        <v>4.8709994111288513</v>
+        <v>4.8687341002713991</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>406.14756934000002</v>
+        <v>406.1474637</v>
       </c>
       <c r="C23" s="5">
-        <v>0.58079695000003539</v>
+        <v>0.58079695999998648</v>
       </c>
       <c r="D23" s="5">
-        <v>1.7320750717585653</v>
+        <v>1.732075556581103</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>405.85155476</v>
+        <v>405.85169009999998</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.29601458000001912</v>
+        <v>-0.29577360000001818</v>
       </c>
       <c r="D24" s="5">
-        <v>-0.87110462827106883</v>
+        <v>-0.87039854154290497</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>405.59582650999999</v>
+        <v>405.59594798000001</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.25572825000000421</v>
+        <v>-0.25574211999997942</v>
       </c>
       <c r="D25" s="5">
-        <v>-0.75350860474390213</v>
+        <v>-0.75354908103513196</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>404.64755919999999</v>
+        <v>404.64768071999998</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.94826731000000564</v>
+        <v>-0.94826726000002282</v>
       </c>
       <c r="D26" s="5">
-        <v>-2.7697571149737477</v>
+        <v>-2.7697561519393954</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>401.60283654</v>
+        <v>401.60305151</v>
       </c>
       <c r="C27" s="5">
-        <v>-3.0447226599999908</v>
+        <v>-3.0446292099999823</v>
       </c>
       <c r="D27" s="5">
-        <v>-8.6648055354975106</v>
+        <v>-8.6645480035720919</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>399.64196505000001</v>
+        <v>399.64184118999998</v>
       </c>
       <c r="C28" s="5">
-        <v>-1.9608714899999882</v>
+        <v>-1.9612103200000206</v>
       </c>
       <c r="D28" s="5">
-        <v>-5.7043258394072316</v>
+        <v>-5.7052822273770731</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>398.93730729999999</v>
+        <v>398.93771401999999</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.70465775000002395</v>
+        <v>-0.70412716999999247</v>
       </c>
       <c r="D29" s="5">
-        <v>-2.0954681616812354</v>
+        <v>-2.0939062560981547</v>
       </c>
       <c r="E29" s="5">
-        <v>-2.7450488205820855</v>
+        <v>-2.745071254346787</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>399.51609280000002</v>
+        <v>399.51550408000003</v>
       </c>
       <c r="C30" s="5">
-        <v>0.5787855000000377</v>
+        <v>0.57779006000004074</v>
       </c>
       <c r="D30" s="5">
-        <v>1.75494138932486</v>
+        <v>1.7518972219169759</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>399.09252693000002</v>
+        <v>399.09206587</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.42356587000000445</v>
+        <v>-0.4234382100000289</v>
       </c>
       <c r="D31" s="5">
-        <v>-1.2648443553973987</v>
+        <v>-1.2644672114592304</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>399.15195820999998</v>
+        <v>399.15161616</v>
       </c>
       <c r="C32" s="5">
-        <v>5.9431279999955677E-2</v>
+        <v>5.9550290000004225E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>0.17884568609340956</v>
+        <v>0.17920432231925965</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>399.91009714</v>
+        <v>399.91114284999998</v>
       </c>
       <c r="C33" s="5">
-        <v>0.75813893000002963</v>
+        <v>0.75952668999997286</v>
       </c>
       <c r="D33" s="5">
-        <v>2.303210738666972</v>
+        <v>2.3074729446926678</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>399.09151484</v>
+        <v>399.09125545000001</v>
       </c>
       <c r="C34" s="5">
-        <v>-0.81858230000000276</v>
+        <v>-0.81988739999997051</v>
       </c>
       <c r="D34" s="5">
-        <v>-2.4288336786431497</v>
+        <v>-2.4326562203925262</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>397.99898648999999</v>
+        <v>397.99880612999999</v>
       </c>
       <c r="C35" s="5">
-        <v>-1.0925283500000091</v>
+        <v>-1.0924493200000143</v>
       </c>
       <c r="D35" s="5">
-        <v>-3.2360334915682798</v>
+        <v>-3.2358049917421194</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>397.15715848999997</v>
+        <v>397.15727263999997</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.84182800000002089</v>
+        <v>-0.84153349000001754</v>
       </c>
       <c r="D36" s="5">
-        <v>-2.508861030249554</v>
+        <v>-2.50799462098793</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>396.62986481000002</v>
+        <v>396.62990819999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.52729367999995702</v>
+        <v>-0.52736443999998528</v>
       </c>
       <c r="D37" s="5">
-        <v>-1.5816215680122259</v>
+        <v>-1.5818318142077348</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>396.44700662999998</v>
+        <v>396.44714531</v>
       </c>
       <c r="C38" s="5">
-        <v>-0.18285818000003928</v>
+        <v>-0.18276288999999224</v>
       </c>
       <c r="D38" s="5">
-        <v>-0.55183507181073566</v>
+        <v>-0.55154817092325503</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>398.24893047</v>
+        <v>398.24905661999998</v>
       </c>
       <c r="C39" s="5">
-        <v>1.801923840000029</v>
+        <v>1.8019113099999799</v>
       </c>
       <c r="D39" s="5">
-        <v>5.5926528403868137</v>
+        <v>5.5926109680940916</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>399.76456818999998</v>
+        <v>399.76451438999999</v>
       </c>
       <c r="C40" s="5">
-        <v>1.5156377199999724</v>
+        <v>1.5154577700000118</v>
       </c>
       <c r="D40" s="5">
-        <v>4.6637215792925568</v>
+        <v>4.663154712672557</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>400.90846532</v>
+        <v>400.90867200999998</v>
       </c>
       <c r="C41" s="5">
-        <v>1.1438971300000276</v>
+        <v>1.1441576199999872</v>
       </c>
       <c r="D41" s="5">
-        <v>3.488270413334571</v>
+        <v>3.489077790382944</v>
       </c>
       <c r="E41" s="5">
-        <v>0.49410220200782895</v>
+        <v>0.49405155760759989</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>402.44242912999999</v>
+        <v>402.44197149000001</v>
       </c>
       <c r="C42" s="5">
-        <v>1.5339638099999888</v>
+        <v>1.5332994800000392</v>
       </c>
       <c r="D42" s="5">
-        <v>4.6893301964478162</v>
+        <v>4.6872539624875253</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>403.05244780999999</v>
+        <v>403.05197702999999</v>
       </c>
       <c r="C43" s="5">
-        <v>0.61001867999999604</v>
+        <v>0.61000553999997464</v>
       </c>
       <c r="D43" s="5">
-        <v>1.8341905951179349</v>
+        <v>1.8341528592406009</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>403.44517146999999</v>
+        <v>403.44473569000002</v>
       </c>
       <c r="C44" s="5">
-        <v>0.39272366000000147</v>
+        <v>0.39275866000002679</v>
       </c>
       <c r="D44" s="5">
-        <v>1.1755347684123674</v>
+        <v>1.1756414761594947</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>402.6053488</v>
+        <v>402.60672176000003</v>
       </c>
       <c r="C45" s="5">
-        <v>-0.83982266999998956</v>
+        <v>-0.83801392999998825</v>
       </c>
       <c r="D45" s="5">
-        <v>-2.4695518817700046</v>
+        <v>-2.4642964137440826</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>404.00505975999999</v>
+        <v>404.00469278999998</v>
       </c>
       <c r="C46" s="5">
-        <v>1.3997109599999931</v>
+        <v>1.397971029999951</v>
       </c>
       <c r="D46" s="5">
-        <v>4.2526651513081548</v>
+        <v>4.2472626934385804</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>405.00995435999999</v>
+        <v>405.00979071</v>
       </c>
       <c r="C47" s="5">
-        <v>1.0048946000000001</v>
+        <v>1.0050979200000256</v>
       </c>
       <c r="D47" s="5">
-        <v>3.0259715224392192</v>
+        <v>3.0265949547502391</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>409.34322481999999</v>
+        <v>409.34338074999999</v>
       </c>
       <c r="C48" s="5">
-        <v>4.3332704599999943</v>
+        <v>4.33359003999999</v>
       </c>
       <c r="D48" s="5">
-        <v>13.62212569168404</v>
+        <v>13.623196005462512</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>408.89013097999998</v>
+        <v>408.89012745999997</v>
       </c>
       <c r="C49" s="5">
-        <v>-0.45309384000000819</v>
+        <v>-0.45325329000002057</v>
       </c>
       <c r="D49" s="5">
-        <v>-1.3201995834593916</v>
+        <v>-1.3206608542489229</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>407.73074121000002</v>
+        <v>407.73091656999998</v>
       </c>
       <c r="C50" s="5">
-        <v>-1.1593897699999616</v>
+        <v>-1.1592108899999971</v>
       </c>
       <c r="D50" s="5">
-        <v>-3.3499822039290916</v>
+        <v>-3.3494734024878903</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>410.27627558</v>
+        <v>410.27633806</v>
       </c>
       <c r="C51" s="5">
-        <v>2.5455343699999844</v>
+        <v>2.5454214900000238</v>
       </c>
       <c r="D51" s="5">
-        <v>7.7544892197091597</v>
+        <v>7.7541300098777688</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>412.14251639999998</v>
+        <v>412.14258169999999</v>
       </c>
       <c r="C52" s="5">
-        <v>1.8662408199999732</v>
+        <v>1.8662436399999933</v>
       </c>
       <c r="D52" s="5">
-        <v>5.5971429768510328</v>
+        <v>5.5971507733572512</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>413.96101608999999</v>
+        <v>413.96106330999999</v>
       </c>
       <c r="C53" s="5">
-        <v>1.8184996900000101</v>
+        <v>1.8184816099999921</v>
       </c>
       <c r="D53" s="5">
-        <v>5.4251700632667488</v>
+        <v>5.4251139286536354</v>
       </c>
       <c r="E53" s="5">
-        <v>3.2557433676491776</v>
+        <v>3.2557019119991537</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>410.44615684000001</v>
+        <v>410.44574686999999</v>
       </c>
       <c r="C54" s="5">
-        <v>-3.5148592499999722</v>
+        <v>-3.5153164399999923</v>
       </c>
       <c r="D54" s="5">
-        <v>-9.7263522979970762</v>
+        <v>-9.7275578863246217</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>410.87451865000003</v>
+        <v>410.87391145999999</v>
       </c>
       <c r="C55" s="5">
-        <v>0.42836181000001261</v>
+        <v>0.4281645899999944</v>
       </c>
       <c r="D55" s="5">
-        <v>1.2595928713784454</v>
+        <v>1.2590108817539303</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>410.59470993000002</v>
+        <v>410.59409122</v>
       </c>
       <c r="C56" s="5">
-        <v>-0.27980872000000545</v>
+        <v>-0.27982023999999228</v>
       </c>
       <c r="D56" s="5">
-        <v>-0.81415531212986059</v>
+        <v>-0.81418990495577548</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>414.87089241000001</v>
+        <v>414.87226184999997</v>
       </c>
       <c r="C57" s="5">
-        <v>4.2761824799999886</v>
+        <v>4.2781706299999769</v>
       </c>
       <c r="D57" s="5">
-        <v>13.238834450331982</v>
+        <v>13.245367714746227</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>412.62822585999999</v>
+        <v>412.62791843000002</v>
       </c>
       <c r="C58" s="5">
-        <v>-2.242666550000024</v>
+        <v>-2.2443434199999501</v>
       </c>
       <c r="D58" s="5">
-        <v>-6.2974079590585426</v>
+        <v>-6.3019572186242883</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>413.67600679999998</v>
+        <v>413.67609173</v>
       </c>
       <c r="C59" s="5">
-        <v>1.0477809399999956</v>
+        <v>1.0481732999999736</v>
       </c>
       <c r="D59" s="5">
-        <v>3.0900616921722524</v>
+        <v>3.0912373698184448</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>413.24211842</v>
+        <v>413.24244977000001</v>
       </c>
       <c r="C60" s="5">
-        <v>-0.43388837999998486</v>
+        <v>-0.43364195999998856</v>
       </c>
       <c r="D60" s="5">
-        <v>-1.2513970857672474</v>
+        <v>-1.2506902119707508</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>414.23198628</v>
+        <v>414.23198924000002</v>
       </c>
       <c r="C61" s="5">
-        <v>0.98986786000000393</v>
+        <v>0.98953947000001108</v>
       </c>
       <c r="D61" s="5">
-        <v>2.9126177290322186</v>
+        <v>2.9116363374610099</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>417.08590082000001</v>
+        <v>417.08614189999997</v>
       </c>
       <c r="C62" s="5">
-        <v>2.8539145400000052</v>
+        <v>2.8541526599999543</v>
       </c>
       <c r="D62" s="5">
-        <v>8.5881750715471661</v>
+        <v>8.5889189437147184</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>420.54459863</v>
+        <v>420.54464595000002</v>
       </c>
       <c r="C63" s="5">
-        <v>3.4586978099999897</v>
+        <v>3.4585040500000446</v>
       </c>
       <c r="D63" s="5">
-        <v>10.417676010265531</v>
+        <v>10.417059232760062</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>421.94011270999999</v>
+        <v>421.94030528000002</v>
       </c>
       <c r="C64" s="5">
-        <v>1.3955140799999981</v>
+        <v>1.3956593300000009</v>
       </c>
       <c r="D64" s="5">
-        <v>4.0555051957050336</v>
+        <v>4.0559345765378119</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>423.95844672999999</v>
+        <v>423.95833535000003</v>
       </c>
       <c r="C65" s="5">
-        <v>2.0183340199999975</v>
+        <v>2.0180300700000089</v>
       </c>
       <c r="D65" s="5">
-        <v>5.8936050105323989</v>
+        <v>5.892691229578273</v>
       </c>
       <c r="E65" s="5">
-        <v>2.4150657311717616</v>
+        <v>2.4150271429063119</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>426.12733659000003</v>
+        <v>426.12700731000001</v>
       </c>
       <c r="C66" s="5">
-        <v>2.1688898600000357</v>
+        <v>2.1686719599999833</v>
       </c>
       <c r="D66" s="5">
-        <v>6.3146807116666759</v>
+        <v>6.3140300517277481</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>427.01399173999999</v>
+        <v>427.01356487999999</v>
       </c>
       <c r="C67" s="5">
-        <v>0.88665514999996731</v>
+        <v>0.88655756999997948</v>
       </c>
       <c r="D67" s="5">
-        <v>2.5256471457541396</v>
+        <v>2.5253679735450341</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>428.89726336000001</v>
+        <v>428.89497741999998</v>
       </c>
       <c r="C68" s="5">
-        <v>1.8832716200000164</v>
+        <v>1.8814125399999853</v>
       </c>
       <c r="D68" s="5">
-        <v>5.4226758654529306</v>
+        <v>5.4171980150711896</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>428.73786532999998</v>
+        <v>428.73915779999999</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.15939803000003394</v>
+        <v>-0.15581961999998839</v>
       </c>
       <c r="D69" s="5">
-        <v>-0.44506494781515471</v>
+        <v>-0.43509572221386295</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>427.60628355</v>
+        <v>427.60573857000003</v>
       </c>
       <c r="C70" s="5">
-        <v>-1.1315817799999763</v>
+        <v>-1.1334192299999586</v>
       </c>
       <c r="D70" s="5">
-        <v>-3.1216249882730862</v>
+        <v>-3.1266110880444176</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>430.53176473000002</v>
+        <v>430.53425398000002</v>
       </c>
       <c r="C71" s="5">
-        <v>2.9254811800000198</v>
+        <v>2.9285154099999886</v>
       </c>
       <c r="D71" s="5">
-        <v>8.5259136702258154</v>
+        <v>8.5351035269899178</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>430.19611830999997</v>
+        <v>430.19612503000002</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.33564642000004596</v>
+        <v>-0.33812894999999799</v>
       </c>
       <c r="D72" s="5">
-        <v>-0.93152973960021201</v>
+        <v>-0.93838444521020525</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>430.91813485</v>
+        <v>430.91797424999999</v>
       </c>
       <c r="C73" s="5">
-        <v>0.72201654000002691</v>
+        <v>0.72184921999996732</v>
       </c>
       <c r="D73" s="5">
-        <v>2.0327068189397002</v>
+        <v>2.0322313719763008</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>432.35398214999998</v>
+        <v>432.35420658999999</v>
       </c>
       <c r="C74" s="5">
-        <v>1.4358472999999776</v>
+        <v>1.4362323400000037</v>
       </c>
       <c r="D74" s="5">
-        <v>4.0725757445720934</v>
+        <v>4.0736894988659289</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>430.39586706</v>
+        <v>430.39594301</v>
       </c>
       <c r="C75" s="5">
-        <v>-1.9581150899999784</v>
+        <v>-1.9582635799999935</v>
       </c>
       <c r="D75" s="5">
-        <v>-5.301402435552049</v>
+        <v>-5.3017918120210616</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>430.57969601000002</v>
+        <v>430.57991464000003</v>
       </c>
       <c r="C76" s="5">
-        <v>0.18382895000002009</v>
+        <v>0.18397163000003047</v>
       </c>
       <c r="D76" s="5">
-        <v>0.51374490990612198</v>
+        <v>0.51414450322395666</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>432.24378541999999</v>
+        <v>432.24341440000001</v>
       </c>
       <c r="C77" s="5">
-        <v>1.6640894099999741</v>
+        <v>1.6634997599999792</v>
       </c>
       <c r="D77" s="5">
-        <v>4.7375795804767806</v>
+        <v>4.7358625906247287</v>
       </c>
       <c r="E77" s="5">
-        <v>1.9542808390550892</v>
+        <v>1.9542201106059753</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>431.75728249000002</v>
+        <v>431.75702701</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.48650292999997191</v>
+        <v>-0.48638739000000442</v>
       </c>
       <c r="D78" s="5">
-        <v>-1.3423051462296831</v>
+        <v>-1.3419894761599549</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>432.83224829</v>
+        <v>432.83198553</v>
       </c>
       <c r="C79" s="5">
-        <v>1.0749657999999727</v>
+        <v>1.0749585199999956</v>
       </c>
       <c r="D79" s="5">
-        <v>3.0289484820033241</v>
+        <v>3.0289295042191355</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>433.68759868000001</v>
+        <v>433.68362400000001</v>
       </c>
       <c r="C80" s="5">
-        <v>0.85535039000001234</v>
+        <v>0.85163847000001169</v>
       </c>
       <c r="D80" s="5">
-        <v>2.3973499868227055</v>
+        <v>2.3868349540066669</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>436.18336574</v>
+        <v>436.18446948000002</v>
       </c>
       <c r="C81" s="5">
-        <v>2.4957670599999915</v>
+        <v>2.5008454800000095</v>
       </c>
       <c r="D81" s="5">
-        <v>7.1285306236687385</v>
+        <v>7.14356652638235</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>436.77486231</v>
+        <v>436.77406141</v>
       </c>
       <c r="C82" s="5">
-        <v>0.59149657000000389</v>
+        <v>0.58959192999998322</v>
       </c>
       <c r="D82" s="5">
-        <v>1.6394798305049418</v>
+        <v>1.6341571723310855</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>436.36600677000001</v>
+        <v>436.37117717000001</v>
       </c>
       <c r="C83" s="5">
-        <v>-0.40885553999999047</v>
+        <v>-0.40288423999999168</v>
       </c>
       <c r="D83" s="5">
-        <v>-1.1175289548276401</v>
+        <v>-1.1012922653360069</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>437.46482149000002</v>
+        <v>437.46455716000003</v>
       </c>
       <c r="C84" s="5">
-        <v>1.0988147200000071</v>
+        <v>1.0933799900000167</v>
       </c>
       <c r="D84" s="5">
-        <v>3.0639269103909905</v>
+        <v>3.0485266861875804</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>437.76105577999999</v>
+        <v>437.76071380000002</v>
       </c>
       <c r="C85" s="5">
-        <v>0.29623428999997259</v>
+        <v>0.29615663999999242</v>
       </c>
       <c r="D85" s="5">
-        <v>0.81562693287864363</v>
+        <v>0.81541283566617384</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>436.19064844000002</v>
+        <v>436.19072789000001</v>
       </c>
       <c r="C86" s="5">
-        <v>-1.5704073399999743</v>
+        <v>-1.569985910000014</v>
       </c>
       <c r="D86" s="5">
-        <v>-4.2209053159729564</v>
+        <v>-4.2197980865632756</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>439.48685105999999</v>
+        <v>439.48687961000002</v>
       </c>
       <c r="C87" s="5">
-        <v>3.2962026199999741</v>
+        <v>3.2961517200000117</v>
       </c>
       <c r="D87" s="5">
-        <v>9.4547030193791635</v>
+        <v>9.4545491047421706</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>441.02268099000003</v>
+        <v>441.02286113999997</v>
       </c>
       <c r="C88" s="5">
-        <v>1.535829930000034</v>
+        <v>1.5359815299999582</v>
       </c>
       <c r="D88" s="5">
-        <v>4.2750647013410914</v>
+        <v>4.2754945493022278</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>439.76722882000001</v>
+        <v>439.76664733000001</v>
       </c>
       <c r="C89" s="5">
-        <v>-1.2554521700000123</v>
+        <v>-1.2562138099999629</v>
       </c>
       <c r="D89" s="5">
-        <v>-3.3630411402200799</v>
+        <v>-3.3650481733951798</v>
       </c>
       <c r="E89" s="5">
-        <v>1.7405555970433806</v>
+        <v>1.7405083985936542</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>440.66355219000002</v>
+        <v>440.66352616</v>
       </c>
       <c r="C90" s="5">
-        <v>0.89632337000000462</v>
+        <v>0.89687882999999147</v>
       </c>
       <c r="D90" s="5">
-        <v>2.4734167951403929</v>
+        <v>2.4749701381818534</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>441.80511181000003</v>
+        <v>441.80518683999998</v>
       </c>
       <c r="C91" s="5">
-        <v>1.1415596200000095</v>
+        <v>1.1416606799999727</v>
       </c>
       <c r="D91" s="5">
-        <v>3.1533332063378161</v>
+        <v>3.1536165433607266</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>442.44515422000001</v>
+        <v>442.43948924</v>
       </c>
       <c r="C92" s="5">
-        <v>0.64004240999997819</v>
+        <v>0.63430240000002414</v>
       </c>
       <c r="D92" s="5">
-        <v>1.752356928264609</v>
+        <v>1.7365168949296628</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>443.85930646000003</v>
+        <v>443.86015214999998</v>
       </c>
       <c r="C93" s="5">
-        <v>1.4141522400000213</v>
+        <v>1.4206629099999759</v>
       </c>
       <c r="D93" s="5">
-        <v>3.9036124953537588</v>
+        <v>3.9219541732433028</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>444.78851847999999</v>
+        <v>444.78734005000001</v>
       </c>
       <c r="C94" s="5">
-        <v>0.92921201999996583</v>
+        <v>0.92718790000003537</v>
       </c>
       <c r="D94" s="5">
-        <v>2.5413083315821705</v>
+        <v>2.5357039102180678</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>446.78014289999999</v>
+        <v>446.78795527</v>
       </c>
       <c r="C95" s="5">
-        <v>1.9916244199999937</v>
+        <v>2.000615219999986</v>
       </c>
       <c r="D95" s="5">
-        <v>5.5075492624654165</v>
+        <v>5.5330453365535881</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>448.48632344999999</v>
+        <v>448.48576727</v>
       </c>
       <c r="C96" s="5">
-        <v>1.7061805499999991</v>
+        <v>1.697811999999999</v>
       </c>
       <c r="D96" s="5">
-        <v>4.6800914499960156</v>
+        <v>4.6565713290765087</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>449.69691903</v>
+        <v>449.69657649999999</v>
       </c>
       <c r="C97" s="5">
-        <v>1.2105955800000174</v>
+        <v>1.2108092299999953</v>
       </c>
       <c r="D97" s="5">
-        <v>3.2876745913630767</v>
+        <v>3.2882675924289062</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>451.99920476</v>
+        <v>451.99866098000001</v>
       </c>
       <c r="C98" s="5">
-        <v>2.3022857299999941</v>
+        <v>2.3020844800000191</v>
       </c>
       <c r="D98" s="5">
-        <v>6.3195434582181464</v>
+        <v>6.3189803511831677</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>453.90718274</v>
+        <v>453.90719091</v>
       </c>
       <c r="C99" s="5">
-        <v>1.9079779799999983</v>
+        <v>1.9085299299999861</v>
       </c>
       <c r="D99" s="5">
-        <v>5.1847099035668531</v>
+        <v>5.1862511509174647</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>456.29473868000002</v>
+        <v>456.29485736999999</v>
       </c>
       <c r="C100" s="5">
-        <v>2.387555940000027</v>
+        <v>2.3876664599999913</v>
       </c>
       <c r="D100" s="5">
-        <v>6.4978577153797623</v>
+        <v>6.4981671359631399</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>456.82524562999998</v>
+        <v>456.82437965999998</v>
       </c>
       <c r="C101" s="5">
-        <v>0.5305069499999604</v>
+        <v>0.52952228999998852</v>
       </c>
       <c r="D101" s="5">
-        <v>1.4041252537660753</v>
+        <v>1.4015020703037839</v>
       </c>
       <c r="E101" s="5">
-        <v>3.878874025190715</v>
+        <v>3.87881446525431</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>459.31004787000001</v>
+        <v>459.31024206000001</v>
       </c>
       <c r="C102" s="5">
-        <v>2.4848022400000218</v>
+        <v>2.4858624000000304</v>
       </c>
       <c r="D102" s="5">
-        <v>6.7259911943711614</v>
+        <v>6.7289604566060701</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>459.97178702000002</v>
+        <v>459.97207709000003</v>
       </c>
       <c r="C103" s="5">
-        <v>0.66173915000001671</v>
+        <v>0.6618350300000202</v>
       </c>
       <c r="D103" s="5">
-        <v>1.7426347029736</v>
+        <v>1.7428884566025094</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>461.61129609</v>
+        <v>461.60551486000003</v>
       </c>
       <c r="C104" s="5">
-        <v>1.6395090699999741</v>
+        <v>1.6334377700000005</v>
       </c>
       <c r="D104" s="5">
-        <v>4.3620979904694712</v>
+        <v>4.3456250332889468</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>465.03626694000002</v>
+        <v>465.03701296999998</v>
       </c>
       <c r="C105" s="5">
-        <v>3.4249708500000224</v>
+        <v>3.43149810999995</v>
       </c>
       <c r="D105" s="5">
-        <v>9.2759899162492054</v>
+        <v>9.2945181463264248</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>467.15598198999999</v>
+        <v>467.15467158000001</v>
       </c>
       <c r="C106" s="5">
-        <v>2.119715049999968</v>
+        <v>2.117658610000035</v>
       </c>
       <c r="D106" s="5">
-        <v>5.6090385285520128</v>
+        <v>5.6034507036171188</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>467.48010542999998</v>
+        <v>467.48838544</v>
       </c>
       <c r="C107" s="5">
-        <v>0.32412343999999393</v>
+        <v>0.33371385999998893</v>
       </c>
       <c r="D107" s="5">
-        <v>0.83577181255016786</v>
+        <v>0.86060095745368326</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>470.72139515999999</v>
+        <v>470.72094112000002</v>
       </c>
       <c r="C108" s="5">
-        <v>3.2412897300000054</v>
+        <v>3.2325556800000186</v>
       </c>
       <c r="D108" s="5">
-        <v>8.6449787141274381</v>
+        <v>8.6206322634776669</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>472.36855957</v>
+        <v>472.36840955999998</v>
       </c>
       <c r="C109" s="5">
-        <v>1.6471644100000162</v>
+        <v>1.6474684399999546</v>
       </c>
       <c r="D109" s="5">
-        <v>4.2808457724775373</v>
+        <v>4.2816554029148968</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>473.53748080999998</v>
+        <v>473.53618123000001</v>
       </c>
       <c r="C110" s="5">
-        <v>1.1689212399999747</v>
+        <v>1.167771670000036</v>
       </c>
       <c r="D110" s="5">
-        <v>3.0102660859100849</v>
+        <v>3.0072662541747341</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>474.17667710000001</v>
+        <v>474.17660282000003</v>
       </c>
       <c r="C111" s="5">
-        <v>0.63919629000002942</v>
+        <v>0.64042159000001675</v>
       </c>
       <c r="D111" s="5">
-        <v>1.6318788098221182</v>
+        <v>1.6350348471862119</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>476.47587869</v>
+        <v>476.47533635000002</v>
       </c>
       <c r="C112" s="5">
-        <v>2.2992015899999956</v>
+        <v>2.2987335299999927</v>
       </c>
       <c r="D112" s="5">
-        <v>5.9763038624495168</v>
+        <v>5.9750555766517222</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>479.16798862000002</v>
+        <v>479.16741893</v>
       </c>
       <c r="C113" s="5">
-        <v>2.6921099300000151</v>
+        <v>2.6920825799999761</v>
       </c>
       <c r="D113" s="5">
-        <v>6.9947642154946532</v>
+        <v>6.9946991414269855</v>
       </c>
       <c r="E113" s="5">
-        <v>4.8908730863127969</v>
+        <v>4.8909472140320709</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>477.55043071</v>
+        <v>477.55014355999998</v>
       </c>
       <c r="C114" s="5">
-        <v>-1.6175579100000164</v>
+        <v>-1.6172753700000158</v>
       </c>
       <c r="D114" s="5">
-        <v>-3.976544241668245</v>
+        <v>-3.9758671382301602</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>479.45578713999998</v>
+        <v>479.45662103000001</v>
       </c>
       <c r="C115" s="5">
-        <v>1.9053564299999834</v>
+        <v>1.9064774700000271</v>
       </c>
       <c r="D115" s="5">
-        <v>4.8942995342415196</v>
+        <v>4.8972456862107494</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>479.02759143999998</v>
+        <v>479.02332245000002</v>
       </c>
       <c r="C116" s="5">
-        <v>-0.4281957000000034</v>
+        <v>-0.43329857999998467</v>
       </c>
       <c r="D116" s="5">
-        <v>-1.0664557750834747</v>
+        <v>-1.0790999372265797</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>478.34088595999998</v>
+        <v>478.34397612999999</v>
       </c>
       <c r="C117" s="5">
-        <v>-0.68670548000000053</v>
+        <v>-0.67934632000003603</v>
       </c>
       <c r="D117" s="5">
-        <v>-1.7067500165067195</v>
+        <v>-1.6886167949367703</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>478.12095111999997</v>
+        <v>478.11559806999998</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.21993484000000763</v>
+        <v>-0.22837806000001137</v>
       </c>
       <c r="D118" s="5">
-        <v>-0.55035106723524407</v>
+        <v>-0.57141971989778106</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>480.18367892999999</v>
+        <v>480.19324981</v>
       </c>
       <c r="C119" s="5">
-        <v>2.0627278100000126</v>
+        <v>2.0776517400000216</v>
       </c>
       <c r="D119" s="5">
-        <v>5.3017135569177087</v>
+        <v>5.341054362459996</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>482.61597647000002</v>
+        <v>482.61581527999999</v>
       </c>
       <c r="C120" s="5">
-        <v>2.432297540000036</v>
+        <v>2.422565469999995</v>
       </c>
       <c r="D120" s="5">
-        <v>6.2506511147201627</v>
+        <v>6.2248155856049259</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>483.14168461999998</v>
+        <v>483.14163017999999</v>
       </c>
       <c r="C121" s="5">
-        <v>0.52570814999995719</v>
+        <v>0.52581490000000031</v>
       </c>
       <c r="D121" s="5">
-        <v>1.3150062251794159</v>
+        <v>1.3152752936505197</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>483.79500781000002</v>
+        <v>483.79310735000001</v>
       </c>
       <c r="C122" s="5">
-        <v>0.65332319000003736</v>
+        <v>0.65147717000002103</v>
       </c>
       <c r="D122" s="5">
-        <v>1.6348102031585876</v>
+        <v>1.6301567819845042</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>484.92145977000001</v>
+        <v>484.92121823999997</v>
       </c>
       <c r="C123" s="5">
-        <v>1.1264519599999971</v>
+        <v>1.1281108899999595</v>
       </c>
       <c r="D123" s="5">
-        <v>2.8300991500790129</v>
+        <v>2.8343319226623143</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>484.37927259000003</v>
+        <v>484.37714619000002</v>
       </c>
       <c r="C124" s="5">
-        <v>-0.54218717999998489</v>
+        <v>-0.54407204999995429</v>
       </c>
       <c r="D124" s="5">
-        <v>-1.3334911344756617</v>
+        <v>-1.3380990021422789</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>486.20290745</v>
+        <v>486.20167314000003</v>
       </c>
       <c r="C125" s="5">
-        <v>1.8236348599999701</v>
+        <v>1.8245269500000063</v>
       </c>
       <c r="D125" s="5">
-        <v>4.6126035205007687</v>
+        <v>4.614927555706827</v>
       </c>
       <c r="E125" s="5">
-        <v>1.4681529227903001</v>
+        <v>1.4680159652147973</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>486.98645032000002</v>
+        <v>486.98473156</v>
       </c>
       <c r="C126" s="5">
-        <v>0.78354287000001932</v>
+        <v>0.78305841999997483</v>
       </c>
       <c r="D126" s="5">
-        <v>1.951099696487324</v>
+        <v>1.9498876561078404</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>487.95123695000001</v>
+        <v>487.95119297999997</v>
       </c>
       <c r="C127" s="5">
-        <v>0.96478662999999187</v>
+        <v>0.96646141999997326</v>
       </c>
       <c r="D127" s="5">
-        <v>2.4034399795421546</v>
+        <v>2.4076663889540884</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>489.28704227999998</v>
+        <v>489.28445742000002</v>
       </c>
       <c r="C128" s="5">
-        <v>1.335805329999971</v>
+        <v>1.3332644400000504</v>
       </c>
       <c r="D128" s="5">
-        <v>3.3350122739743471</v>
+        <v>3.328573280991165</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>489.13367641999997</v>
+        <v>489.14855405999998</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.15336586000000807</v>
+        <v>-0.13590336000004299</v>
       </c>
       <c r="D129" s="5">
-        <v>-0.37548937761590073</v>
+        <v>-0.33280256581930123</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>488.97325796000001</v>
+        <v>488.96335785999997</v>
       </c>
       <c r="C130" s="5">
-        <v>-0.16041845999995985</v>
+        <v>-0.18519620000000714</v>
       </c>
       <c r="D130" s="5">
-        <v>-0.39284822194387559</v>
+        <v>-0.45338629635122141</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>490.24622040000003</v>
+        <v>490.25282304000001</v>
       </c>
       <c r="C131" s="5">
-        <v>1.2729624400000148</v>
+        <v>1.2894651800000361</v>
       </c>
       <c r="D131" s="5">
-        <v>3.1691261158277584</v>
+        <v>3.2108745184782794</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>489.77155066</v>
+        <v>489.77131602999998</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.47466974000002438</v>
+        <v>-0.48150701000002982</v>
       </c>
       <c r="D132" s="5">
-        <v>-1.1557053392991179</v>
+        <v>-1.1722469048373929</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>491.21578390000002</v>
+        <v>491.21574314999998</v>
       </c>
       <c r="C133" s="5">
-        <v>1.4442332400000168</v>
+        <v>1.4444271200000003</v>
       </c>
       <c r="D133" s="5">
-        <v>3.5965047165302799</v>
+        <v>3.5969971360415576</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>489.95775517999999</v>
+        <v>489.95573057000001</v>
       </c>
       <c r="C134" s="5">
-        <v>-1.2580287200000271</v>
+        <v>-1.260012579999966</v>
       </c>
       <c r="D134" s="5">
-        <v>-3.0303394579393128</v>
+        <v>-3.0350512131106178</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>492.69103464</v>
+        <v>492.69000807999998</v>
       </c>
       <c r="C135" s="5">
-        <v>2.7332794600000057</v>
+        <v>2.7342775099999699</v>
       </c>
       <c r="D135" s="5">
-        <v>6.9035878686159347</v>
+        <v>6.9062159873004347</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>493.42752289999999</v>
+        <v>493.42273944999999</v>
       </c>
       <c r="C136" s="5">
-        <v>0.73648825999998735</v>
+        <v>0.73273137000001043</v>
       </c>
       <c r="D136" s="5">
-        <v>1.8086148707344485</v>
+        <v>1.7993171567479926</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>494.60244191999999</v>
+        <v>494.59981032000002</v>
       </c>
       <c r="C137" s="5">
-        <v>1.1749190200000044</v>
+        <v>1.1770708700000228</v>
       </c>
       <c r="D137" s="5">
-        <v>2.8950849983924831</v>
+        <v>2.9004855608528501</v>
       </c>
       <c r="E137" s="5">
-        <v>1.727578001138097</v>
+        <v>1.7272949979301622</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>494.57774834000003</v>
+        <v>494.57335468999997</v>
       </c>
       <c r="C138" s="5">
-        <v>-2.4693579999961912E-2</v>
+        <v>-2.6455630000043584E-2</v>
       </c>
       <c r="D138" s="5">
-        <v>-5.9894893358458656E-2</v>
+        <v>-6.4167873596787661E-2</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>495.09720521000003</v>
+        <v>495.09474329</v>
       </c>
       <c r="C139" s="5">
-        <v>0.51945686999999907</v>
+        <v>0.52138860000002296</v>
       </c>
       <c r="D139" s="5">
-        <v>1.2676707761266837</v>
+        <v>1.2724236627682739</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>495.06186773000002</v>
+        <v>495.05918736000001</v>
       </c>
       <c r="C140" s="5">
-        <v>-3.5337480000009691E-2</v>
+        <v>-3.5555929999986802E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>-8.5616183952397229E-2</v>
+        <v>-8.6145667097803358E-2</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>494.70394211000001</v>
+        <v>494.74335308000002</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.35792562000000316</v>
+        <v>-0.31583427999999003</v>
       </c>
       <c r="D141" s="5">
-        <v>-0.86414840528408199</v>
+        <v>-0.76288676467654026</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>495.34360829000002</v>
+        <v>495.32686844</v>
       </c>
       <c r="C142" s="5">
-        <v>0.63966618000000608</v>
+        <v>0.5835153599999785</v>
       </c>
       <c r="D142" s="5">
-        <v>1.5627163031221247</v>
+        <v>1.4245336629563177</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>495.38873575999997</v>
+        <v>495.39028781000002</v>
       </c>
       <c r="C143" s="5">
-        <v>4.5127469999954428E-2</v>
+        <v>6.3419370000019626E-2</v>
       </c>
       <c r="D143" s="5">
-        <v>0.10937883457071695</v>
+        <v>0.15375071135628193</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>495.41981349000002</v>
+        <v>495.41778290000002</v>
       </c>
       <c r="C144" s="5">
-        <v>3.1077730000049542E-2</v>
+        <v>2.7495090000002165E-2</v>
       </c>
       <c r="D144" s="5">
-        <v>7.5306811729425327E-2</v>
+        <v>6.6622585197051443E-2</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>494.99950853000001</v>
+        <v>494.99752004999999</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.42030496000000994</v>
+        <v>-0.42026285000002872</v>
       </c>
       <c r="D145" s="5">
-        <v>-1.0133207436096359</v>
+        <v>-1.0132238266304383</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>493.85770394000002</v>
+        <v>493.86012806999997</v>
       </c>
       <c r="C146" s="5">
-        <v>-1.1418045899999925</v>
+        <v>-1.1373919800000181</v>
       </c>
       <c r="D146" s="5">
-        <v>-2.73316544634431</v>
+        <v>-2.7227468039028868</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>494.50911916000001</v>
+        <v>494.50503056999997</v>
       </c>
       <c r="C147" s="5">
-        <v>0.65141521999998986</v>
+        <v>0.6449025000000006</v>
       </c>
       <c r="D147" s="5">
-        <v>1.5943747423067034</v>
+        <v>1.578312041291019</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>491.71021624000002</v>
+        <v>491.70199838000002</v>
       </c>
       <c r="C148" s="5">
-        <v>-2.7989029199999891</v>
+        <v>-2.8030321899999535</v>
       </c>
       <c r="D148" s="5">
-        <v>-6.584461150060239</v>
+        <v>-6.5939273335263282</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>487.21956009000002</v>
+        <v>487.21425555000002</v>
       </c>
       <c r="C149" s="5">
-        <v>-4.4906561500000066</v>
+        <v>-4.487742830000002</v>
       </c>
       <c r="D149" s="5">
-        <v>-10.425209027442151</v>
+        <v>-10.4189469708726</v>
       </c>
       <c r="E149" s="5">
-        <v>-1.4926901293370709</v>
+        <v>-1.4932384962342837</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>491.13260452999998</v>
+        <v>491.12466892999998</v>
       </c>
       <c r="C150" s="5">
-        <v>3.9130444399999647</v>
+        <v>3.9104133799999659</v>
       </c>
       <c r="D150" s="5">
-        <v>10.074979256223626</v>
+        <v>10.06801773381547</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>491.86106831000001</v>
+        <v>491.85307130000001</v>
       </c>
       <c r="C151" s="5">
-        <v>0.72846378000002687</v>
+        <v>0.72840237000002617</v>
       </c>
       <c r="D151" s="5">
-        <v>1.7944707358681811</v>
+        <v>1.7943474541805449</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>491.66642519999999</v>
+        <v>491.66514111999999</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.19464311000001544</v>
+        <v>-0.18793018000002348</v>
       </c>
       <c r="D152" s="5">
-        <v>-0.47384118692006538</v>
+        <v>-0.45754091200095326</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>490.47720999000001</v>
+        <v>490.54792923999997</v>
       </c>
       <c r="C153" s="5">
-        <v>-1.1892152099999862</v>
+        <v>-1.1172118800000135</v>
       </c>
       <c r="D153" s="5">
-        <v>-2.8641902789558249</v>
+        <v>-2.6929415202597506</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>490.55836857999998</v>
+        <v>490.53654857999999</v>
       </c>
       <c r="C154" s="5">
-        <v>8.1158589999972719E-2</v>
+        <v>-1.1380659999986165E-2</v>
       </c>
       <c r="D154" s="5">
-        <v>0.19874315797281383</v>
+        <v>-2.7836320820273652E-2</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>488.82808089999997</v>
+        <v>488.82160390000001</v>
       </c>
       <c r="C155" s="5">
-        <v>-1.7302876800000035</v>
+        <v>-1.7149446799999737</v>
       </c>
       <c r="D155" s="5">
-        <v>-4.1514632176777528</v>
+        <v>-4.1155354019383861</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>487.25727806999998</v>
+        <v>487.2518986</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.570802829999991</v>
+        <v>-1.5697053000000096</v>
       </c>
       <c r="D156" s="5">
-        <v>-3.788659876145839</v>
+        <v>-3.7861085752215029</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>485.99593757999997</v>
+        <v>485.99058023999999</v>
       </c>
       <c r="C157" s="5">
-        <v>-1.2613404900000091</v>
+        <v>-1.2613183600000184</v>
       </c>
       <c r="D157" s="5">
-        <v>-3.0625367348969257</v>
+        <v>-3.0625170971057769</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>485.80305263999998</v>
+        <v>485.81187140999998</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.19288493999999901</v>
+        <v>-0.17870883000000504</v>
       </c>
       <c r="D158" s="5">
-        <v>-0.47522484467518167</v>
+        <v>-0.44037357353631235</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>484.09157217000001</v>
+        <v>484.08318588999998</v>
       </c>
       <c r="C159" s="5">
-        <v>-1.7114804699999695</v>
+        <v>-1.7286855199999991</v>
       </c>
       <c r="D159" s="5">
-        <v>-4.1466295395426673</v>
+        <v>-4.1874275968491137</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>483.94145342000002</v>
+        <v>483.93065795000001</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.15011874999999009</v>
+        <v>-0.15252793999997039</v>
       </c>
       <c r="D160" s="5">
-        <v>-0.37149081221858893</v>
+        <v>-0.3774489051711738</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>482.83789718000003</v>
+        <v>482.82987033000001</v>
       </c>
       <c r="C161" s="5">
-        <v>-1.103556239999989</v>
+        <v>-1.1007876200000055</v>
       </c>
       <c r="D161" s="5">
-        <v>-2.7023604021849335</v>
+        <v>-2.6957246528331313</v>
       </c>
       <c r="E161" s="5">
-        <v>-0.89931999224139858</v>
+        <v>-0.8998885336494622</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>481.10868085999999</v>
+        <v>481.09786251999998</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.7292163200000346</v>
+        <v>-1.7320078100000273</v>
       </c>
       <c r="D162" s="5">
-        <v>-4.2139819260213933</v>
+        <v>-4.2207197397780449</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>478.67278677000002</v>
+        <v>478.66111979999999</v>
       </c>
       <c r="C163" s="5">
-        <v>-2.4358940899999766</v>
+        <v>-2.4367427199999838</v>
       </c>
       <c r="D163" s="5">
-        <v>-5.9093351355039347</v>
+        <v>-5.9114661008918716</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>477.09863875000002</v>
+        <v>477.09974901999999</v>
       </c>
       <c r="C164" s="5">
-        <v>-1.5741480199999955</v>
+        <v>-1.5613707800000043</v>
       </c>
       <c r="D164" s="5">
-        <v>-3.8756814086091329</v>
+        <v>-3.8448770837140489</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>476.74884483</v>
+        <v>476.84071846000001</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.34979392000002463</v>
+        <v>-0.25903055999998514</v>
       </c>
       <c r="D165" s="5">
-        <v>-0.87626368364106533</v>
+        <v>-0.64957099780623695</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>474.21541533999999</v>
+        <v>474.19050629999998</v>
       </c>
       <c r="C166" s="5">
-        <v>-2.5334294900000032</v>
+        <v>-2.6502121600000237</v>
       </c>
       <c r="D166" s="5">
-        <v>-6.1936545180051645</v>
+        <v>-6.4692851912361622</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>474.53533997</v>
+        <v>474.52541210999999</v>
       </c>
       <c r="C167" s="5">
-        <v>0.31992463000000271</v>
+        <v>0.3349058100000093</v>
       </c>
       <c r="D167" s="5">
-        <v>0.81257853636731436</v>
+        <v>0.85082212377598498</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>474.20133676</v>
+        <v>474.19229660000002</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.33400320999999167</v>
+        <v>-0.33311550999997053</v>
       </c>
       <c r="D168" s="5">
-        <v>-0.84136177865781203</v>
+        <v>-0.83915175673092701</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>474.17307949000002</v>
+        <v>474.16344829000002</v>
       </c>
       <c r="C169" s="5">
-        <v>-2.8257269999983237E-2</v>
+        <v>-2.8848310000000765E-2</v>
       </c>
       <c r="D169" s="5">
-        <v>-7.1483587913245827E-2</v>
+        <v>-7.2979656888294553E-2</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>474.67436067</v>
+        <v>474.68886307000002</v>
       </c>
       <c r="C170" s="5">
-        <v>0.50128117999997812</v>
+        <v>0.52541478000000552</v>
       </c>
       <c r="D170" s="5">
-        <v>1.276005311784445</v>
+        <v>1.337839356301318</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>474.18745243000001</v>
+        <v>474.17538121000001</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.48690823999999111</v>
+        <v>-0.51348186000001306</v>
       </c>
       <c r="D171" s="5">
-        <v>-1.2240069454364289</v>
+        <v>-1.2903725536122512</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>474.00357710999998</v>
+        <v>473.9921344</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.18387532000002693</v>
+        <v>-0.18324681000001419</v>
       </c>
       <c r="D172" s="5">
-        <v>-0.46433199086437504</v>
+        <v>-0.4627599702831664</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>474.07899837999997</v>
+        <v>474.06903320999999</v>
       </c>
       <c r="C173" s="5">
-        <v>7.5421269999992546E-2</v>
+        <v>7.6898809999988771E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>0.19110566865776502</v>
+        <v>0.19485757265744752</v>
       </c>
       <c r="E173" s="5">
-        <v>-1.814045428322042</v>
+        <v>-1.8144770359820983</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>474.55158068999998</v>
+        <v>474.53984127000001</v>
       </c>
       <c r="C174" s="5">
-        <v>0.47258231000000706</v>
+        <v>0.4708080600000244</v>
       </c>
       <c r="D174" s="5">
-        <v>1.2027917809353417</v>
+        <v>1.1982766847427939</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>475.37265389999999</v>
+        <v>475.35843567000001</v>
       </c>
       <c r="C175" s="5">
-        <v>0.82107321000000866</v>
+        <v>0.81859439999999495</v>
       </c>
       <c r="D175" s="5">
-        <v>2.0961225783254545</v>
+        <v>2.0897864405545308</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>475.6462343</v>
+        <v>475.64993461</v>
       </c>
       <c r="C176" s="5">
-        <v>0.27358040000001438</v>
+        <v>0.29149893999999676</v>
       </c>
       <c r="D176" s="5">
-        <v>0.69279885336359648</v>
+        <v>0.73835002121931392</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>479.12082179999999</v>
+        <v>479.22212401000002</v>
       </c>
       <c r="C177" s="5">
-        <v>3.4745874999999842</v>
+        <v>3.5721894000000134</v>
       </c>
       <c r="D177" s="5">
-        <v>9.1268920295352487</v>
+        <v>9.3938784010692</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>477.81254977999998</v>
+        <v>477.78993666999997</v>
       </c>
       <c r="C178" s="5">
-        <v>-1.308272020000004</v>
+        <v>-1.4321873400000413</v>
       </c>
       <c r="D178" s="5">
-        <v>-3.2279172373827825</v>
+        <v>-3.5279153816962783</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>477.62573737000002</v>
+        <v>477.61269871000002</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.18681240999995907</v>
+        <v>-0.17723795999995673</v>
       </c>
       <c r="D179" s="5">
-        <v>-0.46816154874044225</v>
+        <v>-0.44423739613863589</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>478.30192335999999</v>
+        <v>478.29000464000001</v>
       </c>
       <c r="C180" s="5">
-        <v>0.67618598999996493</v>
+        <v>0.67730592999998862</v>
       </c>
       <c r="D180" s="5">
-        <v>1.7121590501957273</v>
+        <v>1.7150641702964098</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>478.95898801999999</v>
+        <v>478.94625873000001</v>
       </c>
       <c r="C181" s="5">
-        <v>0.65706466000000319</v>
+        <v>0.65625409000000445</v>
       </c>
       <c r="D181" s="5">
-        <v>1.6610060193585685</v>
+        <v>1.6589831293284618</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>477.71354493000001</v>
+        <v>477.72924408</v>
       </c>
       <c r="C182" s="5">
-        <v>-1.2454430899999807</v>
+        <v>-1.2170146500000101</v>
       </c>
       <c r="D182" s="5">
-        <v>-3.076132945191723</v>
+        <v>-3.0069745310448259</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>479.27165230999998</v>
+        <v>479.25782192999998</v>
       </c>
       <c r="C183" s="5">
-        <v>1.5581073799999672</v>
+        <v>1.5285778499999765</v>
       </c>
       <c r="D183" s="5">
-        <v>3.9848918752285023</v>
+        <v>3.9079049437339641</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>480.04068808</v>
+        <v>480.03106185000001</v>
       </c>
       <c r="C184" s="5">
-        <v>0.76903577000001633</v>
+        <v>0.77323992000003727</v>
       </c>
       <c r="D184" s="5">
-        <v>1.9425955335133693</v>
+        <v>1.9533665600797168</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>481.29495750000001</v>
+        <v>481.28563817999998</v>
       </c>
       <c r="C185" s="5">
-        <v>1.2542694200000142</v>
+        <v>1.2545763299999635</v>
       </c>
       <c r="D185" s="5">
-        <v>3.1808602674217479</v>
+        <v>3.1817145437053718</v>
       </c>
       <c r="E185" s="5">
-        <v>1.5221005665001064</v>
+        <v>1.5222687972541005</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>481.79415881</v>
+        <v>481.78414602999999</v>
       </c>
       <c r="C186" s="5">
-        <v>0.49920130999998946</v>
+        <v>0.49850785000000997</v>
       </c>
       <c r="D186" s="5">
-        <v>1.2517702762681715</v>
+        <v>1.2500458182749252</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>481.95772615999999</v>
+        <v>481.94313371999999</v>
       </c>
       <c r="C187" s="5">
-        <v>0.16356734999999389</v>
+        <v>0.15898769000000357</v>
       </c>
       <c r="D187" s="5">
-        <v>0.40815716188369322</v>
+        <v>0.39671683594397766</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>481.35792185999998</v>
+        <v>481.3632915</v>
       </c>
       <c r="C188" s="5">
-        <v>-0.59980430000001661</v>
+        <v>-0.57984221999998908</v>
       </c>
       <c r="D188" s="5">
-        <v>-1.4832397621305726</v>
+        <v>-1.4342454259847481</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>486.06572884000002</v>
+        <v>486.15837747</v>
       </c>
       <c r="C189" s="5">
-        <v>4.7078069800000435</v>
+        <v>4.7950859700000024</v>
       </c>
       <c r="D189" s="5">
-        <v>12.388670178954131</v>
+        <v>12.630929745030395</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>487.00233864</v>
+        <v>486.98457237999997</v>
       </c>
       <c r="C190" s="5">
-        <v>0.93660979999998517</v>
+        <v>0.8261949099999697</v>
       </c>
       <c r="D190" s="5">
-        <v>2.3369680893529532</v>
+        <v>2.0584925904105766</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>487.65279433000001</v>
+        <v>487.63862061999998</v>
       </c>
       <c r="C191" s="5">
-        <v>0.65045569000000114</v>
+        <v>0.65404824000000872</v>
       </c>
       <c r="D191" s="5">
-        <v>1.6145842569124991</v>
+        <v>1.6236274557908326</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>489.82754897000001</v>
+        <v>489.82093994000002</v>
       </c>
       <c r="C192" s="5">
-        <v>2.1747546400000033</v>
+        <v>2.1823193200000333</v>
       </c>
       <c r="D192" s="5">
-        <v>5.4847991021872655</v>
+        <v>5.5045134375295568</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>491.35086740999998</v>
+        <v>491.33176982999998</v>
       </c>
       <c r="C193" s="5">
-        <v>1.5233184399999686</v>
+        <v>1.5108298899999681</v>
       </c>
       <c r="D193" s="5">
-        <v>3.7963876039427191</v>
+        <v>3.7647856686456427</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>491.93165328999999</v>
+        <v>491.94584513000001</v>
       </c>
       <c r="C194" s="5">
-        <v>0.58078588000000764</v>
+        <v>0.61407530000002453</v>
       </c>
       <c r="D194" s="5">
-        <v>1.427680096530981</v>
+        <v>1.5101341932192147</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>493.03929785000003</v>
+        <v>493.02466195</v>
       </c>
       <c r="C195" s="5">
-        <v>1.1076445600000397</v>
+        <v>1.0788168199999859</v>
       </c>
       <c r="D195" s="5">
-        <v>2.7356605713324988</v>
+        <v>2.6635231982199636</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>497.23695171000003</v>
+        <v>497.22587530999999</v>
       </c>
       <c r="C196" s="5">
-        <v>4.1976538600000026</v>
+        <v>4.201213359999997</v>
       </c>
       <c r="D196" s="5">
-        <v>10.708842376274475</v>
+        <v>10.718686182507554</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>500.41907800000001</v>
+        <v>500.42548902999999</v>
       </c>
       <c r="C197" s="5">
-        <v>3.1821262899999851</v>
+        <v>3.1996137200000021</v>
       </c>
       <c r="D197" s="5">
-        <v>7.9556946850733556</v>
+        <v>8.0011588544819379</v>
       </c>
       <c r="E197" s="5">
-        <v>3.9734720262470269</v>
+        <v>3.9768173682427133</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>499.28236020999998</v>
+        <v>499.27081577000001</v>
       </c>
       <c r="C198" s="5">
-        <v>-1.1367177900000343</v>
+        <v>-1.1546732599999814</v>
       </c>
       <c r="D198" s="5">
-        <v>-2.6920395116765583</v>
+        <v>-2.733989940039605</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>500.77340022999999</v>
+        <v>500.75721124</v>
       </c>
       <c r="C199" s="5">
-        <v>1.491040020000014</v>
+        <v>1.4863954699999908</v>
       </c>
       <c r="D199" s="5">
-        <v>3.6430907997154316</v>
+        <v>3.6316415690440529</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>502.37388471000003</v>
+        <v>502.38165993000001</v>
       </c>
       <c r="C200" s="5">
-        <v>1.6004844800000342</v>
+        <v>1.6244486900000084</v>
       </c>
       <c r="D200" s="5">
-        <v>3.9033700350578293</v>
+        <v>3.9629927623626049</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>503.13025028999999</v>
+        <v>503.20134094000002</v>
       </c>
       <c r="C201" s="5">
-        <v>0.75636557999996512</v>
+        <v>0.8196810100000107</v>
       </c>
       <c r="D201" s="5">
-        <v>1.8217356851202515</v>
+        <v>1.9755739600361366</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>503.46086145999999</v>
+        <v>503.44877932999998</v>
       </c>
       <c r="C202" s="5">
-        <v>0.3306111699999974</v>
+        <v>0.2474383899999566</v>
       </c>
       <c r="D202" s="5">
-        <v>0.79138629005746086</v>
+        <v>0.59167255704888344</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>504.33041132</v>
+        <v>504.31687498000002</v>
       </c>
       <c r="C203" s="5">
-        <v>0.86954986000000645</v>
+        <v>0.86809565000004341</v>
       </c>
       <c r="D203" s="5">
-        <v>2.0923756650571335</v>
+        <v>2.0888937915972239</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>505.1774274</v>
+        <v>505.17949783</v>
       </c>
       <c r="C204" s="5">
-        <v>0.84701608000000306</v>
+        <v>0.86262284999997974</v>
       </c>
       <c r="D204" s="5">
-        <v>2.0341047790068068</v>
+        <v>2.0719938037676799</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>506.61542338999999</v>
+        <v>506.59164142999998</v>
       </c>
       <c r="C205" s="5">
-        <v>1.4379959899999903</v>
+        <v>1.412143599999979</v>
       </c>
       <c r="D205" s="5">
-        <v>3.4698082744878178</v>
+        <v>3.4064515841894849</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>508.59769867</v>
+        <v>508.60627393999999</v>
       </c>
       <c r="C206" s="5">
-        <v>1.9822752800000103</v>
+        <v>2.0146325100000126</v>
       </c>
       <c r="D206" s="5">
-        <v>4.7977120003227292</v>
+        <v>4.8779813890165391</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>509.65087718000001</v>
+        <v>509.63939393999999</v>
       </c>
       <c r="C207" s="5">
-        <v>1.0531785100000093</v>
+        <v>1.0331199999999967</v>
       </c>
       <c r="D207" s="5">
-        <v>2.5133966751700321</v>
+        <v>2.4649492556414243</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>510.33806274</v>
+        <v>510.33040046000002</v>
       </c>
       <c r="C208" s="5">
-        <v>0.68718555999998898</v>
+        <v>0.69100652000003038</v>
       </c>
       <c r="D208" s="5">
-        <v>1.6300679510037774</v>
+        <v>1.6392365301078682</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>512.23711916000002</v>
+        <v>512.25177349000001</v>
       </c>
       <c r="C209" s="5">
-        <v>1.8990564200000222</v>
+        <v>1.9213730299999838</v>
       </c>
       <c r="D209" s="5">
-        <v>4.5579422924756807</v>
+        <v>4.612689338791176</v>
       </c>
       <c r="E209" s="5">
-        <v>2.3616288186358858</v>
+        <v>2.3632458216553909</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>514.77086202999999</v>
+        <v>514.76291835999996</v>
       </c>
       <c r="C210" s="5">
-        <v>2.5337428699999691</v>
+        <v>2.5111448699999528</v>
       </c>
       <c r="D210" s="5">
-        <v>6.0998863420410609</v>
+        <v>6.0438299119970118</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>516.26978840000004</v>
+        <v>516.25691998000002</v>
       </c>
       <c r="C211" s="5">
-        <v>1.4989263700000492</v>
+        <v>1.4940016200000628</v>
       </c>
       <c r="D211" s="5">
-        <v>3.5507052241557258</v>
+        <v>3.5389079627616171</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>518.73800954000001</v>
+        <v>518.74622850000003</v>
       </c>
       <c r="C212" s="5">
-        <v>2.4682211399999687</v>
+        <v>2.4893085200000087</v>
       </c>
       <c r="D212" s="5">
-        <v>5.8903343185975565</v>
+        <v>5.9421529023378827</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>520.38917162999996</v>
+        <v>520.42814446</v>
       </c>
       <c r="C213" s="5">
-        <v>1.6511620899999571</v>
+        <v>1.6819159599999693</v>
       </c>
       <c r="D213" s="5">
-        <v>3.887227932028714</v>
+        <v>3.9608621187494197</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>522.81188572999997</v>
+        <v>522.80450713000005</v>
       </c>
       <c r="C214" s="5">
-        <v>2.4227141000000074</v>
+        <v>2.3763626700000486</v>
       </c>
       <c r="D214" s="5">
-        <v>5.7319922397393697</v>
+        <v>5.619127843318017</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>525.79917811999997</v>
+        <v>525.78947903999995</v>
       </c>
       <c r="C215" s="5">
-        <v>2.9872923899999932</v>
+        <v>2.9849719099998993</v>
       </c>
       <c r="D215" s="5">
-        <v>7.0763125134415628</v>
+        <v>7.0707449503514486</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>527.01265025999999</v>
+        <v>527.02564170000005</v>
       </c>
       <c r="C216" s="5">
-        <v>1.2134721400000217</v>
+        <v>1.2361626600001046</v>
       </c>
       <c r="D216" s="5">
-        <v>2.8048597976370715</v>
+        <v>2.8580409175063215</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>528.06182048000005</v>
+        <v>528.03410737000002</v>
       </c>
       <c r="C217" s="5">
-        <v>1.0491702200000645</v>
+        <v>1.0084656699999641</v>
       </c>
       <c r="D217" s="5">
-        <v>2.4152767639596284</v>
+        <v>2.3205254798006836</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>530.33706946999996</v>
+        <v>530.33781019000003</v>
       </c>
       <c r="C218" s="5">
-        <v>2.2752489899999091</v>
+        <v>2.3037028200000123</v>
       </c>
       <c r="D218" s="5">
-        <v>5.2947191323866827</v>
+        <v>5.3628190819680732</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>531.78458396999997</v>
+        <v>531.77797357999998</v>
       </c>
       <c r="C219" s="5">
-        <v>1.4475145000000111</v>
+        <v>1.4401633899999524</v>
       </c>
       <c r="D219" s="5">
-        <v>3.3249267568128404</v>
+        <v>3.3077836582799058</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>533.39782773000002</v>
+        <v>533.39307042999997</v>
       </c>
       <c r="C220" s="5">
-        <v>1.6132437600000458</v>
+        <v>1.6150968499999863</v>
       </c>
       <c r="D220" s="5">
-        <v>3.7017278401059395</v>
+        <v>3.7060980353956552</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>534.13927796999997</v>
+        <v>534.16314729999999</v>
       </c>
       <c r="C221" s="5">
-        <v>0.74145023999994919</v>
+        <v>0.77007687000002534</v>
       </c>
       <c r="D221" s="5">
-        <v>1.6808733994136515</v>
+        <v>1.7463021248166122</v>
       </c>
       <c r="E221" s="5">
-        <v>4.27578517658318</v>
+        <v>4.2774617764066658</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>535.50582405</v>
+        <v>535.50130940999998</v>
       </c>
       <c r="C222" s="5">
-        <v>1.3665460800000346</v>
+        <v>1.3381621099999848</v>
       </c>
       <c r="D222" s="5">
-        <v>3.1136598382717873</v>
+        <v>3.0479555851092854</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>538.2927085</v>
+        <v>538.28377215</v>
       </c>
       <c r="C223" s="5">
-        <v>2.7868844500000023</v>
+        <v>2.7824627400000281</v>
       </c>
       <c r="D223" s="5">
-        <v>6.4269418544809165</v>
+        <v>6.4165072757799813</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>538.07550817000003</v>
+        <v>538.08032634999995</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.21720032999996874</v>
+        <v>-0.20344580000005408</v>
       </c>
       <c r="D224" s="5">
-        <v>-0.48312515670002609</v>
+        <v>-0.45260161714940628</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>538.05684102999999</v>
+        <v>538.06996880999998</v>
       </c>
       <c r="C225" s="5">
-        <v>-1.8667140000047766E-2</v>
+        <v>-1.0357539999972687E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>-4.1622958005016475E-2</v>
+        <v>-2.3096425597890491E-2</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>538.69820944000003</v>
+        <v>538.69477276999999</v>
       </c>
       <c r="C226" s="5">
-        <v>0.64136841000004097</v>
+        <v>0.62480396000000837</v>
       </c>
       <c r="D226" s="5">
-        <v>1.4398255831178597</v>
+        <v>1.4023673574086626</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>539.63977379999994</v>
+        <v>539.63325511000005</v>
       </c>
       <c r="C227" s="5">
-        <v>0.94156435999991572</v>
+        <v>0.93848234000006414</v>
       </c>
       <c r="D227" s="5">
-        <v>2.1177023783609528</v>
+        <v>2.1107175509290421</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>541.11238035999997</v>
+        <v>541.12873332000004</v>
       </c>
       <c r="C228" s="5">
-        <v>1.4726065600000311</v>
+        <v>1.4954782099999875</v>
       </c>
       <c r="D228" s="5">
-        <v>3.3242417243629863</v>
+        <v>3.3767028294398704</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>542.45269330999997</v>
+        <v>542.42734624000002</v>
       </c>
       <c r="C229" s="5">
-        <v>1.3403129499999977</v>
+        <v>1.2986129199999823</v>
       </c>
       <c r="D229" s="5">
-        <v>3.0131796290983726</v>
+        <v>2.918103109300163</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>537.73829822000005</v>
+        <v>537.73194953999996</v>
       </c>
       <c r="C230" s="5">
-        <v>-4.7143950899999254</v>
+        <v>-4.6953967000000603</v>
       </c>
       <c r="D230" s="5">
-        <v>-9.9447195269484983</v>
+        <v>-9.9069731864234729</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>537.36824048000005</v>
+        <v>537.36459134999996</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.37005773999999292</v>
+        <v>-0.36735819000000447</v>
       </c>
       <c r="D231" s="5">
-        <v>-0.82269080498346137</v>
+        <v>-0.8167214608562956</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>538.94834117000005</v>
+        <v>538.94448207999994</v>
       </c>
       <c r="C232" s="5">
-        <v>1.5801006899999948</v>
+        <v>1.5798907299999883</v>
       </c>
       <c r="D232" s="5">
-        <v>3.5861596124118211</v>
+        <v>3.5857001050099147</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>538.48558298</v>
+        <v>538.52169712</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.46275819000004503</v>
+        <v>-0.42278495999994448</v>
       </c>
       <c r="D233" s="5">
-        <v>-1.0255062317381158</v>
+        <v>-0.93731120158039305</v>
       </c>
       <c r="E233" s="5">
-        <v>0.81370256583979117</v>
+        <v>0.81595854038805093</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>535.17845737000005</v>
+        <v>535.17558312000006</v>
       </c>
       <c r="C234" s="5">
-        <v>-3.3071256099999573</v>
+        <v>-3.3461139999999432</v>
       </c>
       <c r="D234" s="5">
-        <v>-7.1259216710277133</v>
+        <v>-7.206614074998285</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>533.65539619000003</v>
+        <v>533.64911884000003</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.5230611800000133</v>
+        <v>-1.5264642800000274</v>
       </c>
       <c r="D235" s="5">
-        <v>-3.3621225487686757</v>
+        <v>-3.3695351754923664</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>531.06468643000005</v>
+        <v>531.06371939999997</v>
       </c>
       <c r="C236" s="5">
-        <v>-2.5907097599999815</v>
+        <v>-2.5853994400000602</v>
       </c>
       <c r="D236" s="5">
-        <v>-5.6725225874391665</v>
+        <v>-5.6612681931179516</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>528.46456932000001</v>
+        <v>528.46415147000005</v>
       </c>
       <c r="C237" s="5">
-        <v>-2.600117110000042</v>
+        <v>-2.599567929999921</v>
       </c>
       <c r="D237" s="5">
-        <v>-5.7195985858087495</v>
+        <v>-5.7184329997093553</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>526.43186978000006</v>
+        <v>526.42932178000001</v>
       </c>
       <c r="C238" s="5">
-        <v>-2.0326995399999532</v>
+        <v>-2.0348296900000378</v>
       </c>
       <c r="D238" s="5">
-        <v>-4.519304754808628</v>
+        <v>-4.5239443817397422</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>524.15924781000001</v>
+        <v>524.15354945000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-2.2726219700000456</v>
+        <v>-2.2757723299999952</v>
       </c>
       <c r="D239" s="5">
-        <v>-5.0591859621365369</v>
+        <v>-5.0660571617530898</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>521.75014033000002</v>
+        <v>521.76666075000003</v>
       </c>
       <c r="C240" s="5">
-        <v>-2.4091074799999888</v>
+        <v>-2.3868886999999859</v>
       </c>
       <c r="D240" s="5">
-        <v>-5.3780564304798606</v>
+        <v>-5.3297477870837273</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>521.23430721</v>
+        <v>521.21171864999997</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.51583312000002479</v>
+        <v>-0.55494210000006206</v>
       </c>
       <c r="D241" s="5">
-        <v>-1.1799612017877936</v>
+        <v>-1.2688599132280376</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>522.00239033000003</v>
+        <v>521.99390358000005</v>
       </c>
       <c r="C242" s="5">
-        <v>0.76808312000002843</v>
+        <v>0.78218493000008493</v>
       </c>
       <c r="D242" s="5">
-        <v>1.782704366531096</v>
+        <v>1.8157843293941323</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>519.52043748000006</v>
+        <v>519.51608815999998</v>
       </c>
       <c r="C243" s="5">
-        <v>-2.4819528499999706</v>
+        <v>-2.4778154200000699</v>
       </c>
       <c r="D243" s="5">
-        <v>-5.5587463516599822</v>
+        <v>-5.5498083483956346</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>516.30329673000006</v>
+        <v>516.29536458999996</v>
       </c>
       <c r="C244" s="5">
-        <v>-3.2171407499999987</v>
+        <v>-3.2207235700000183</v>
       </c>
       <c r="D244" s="5">
-        <v>-7.1830840901876192</v>
+        <v>-7.1908710500034552</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>517.08028334000005</v>
+        <v>517.13550487999998</v>
       </c>
       <c r="C245" s="5">
-        <v>0.77698660999999447</v>
+        <v>0.84014029000002211</v>
       </c>
       <c r="D245" s="5">
-        <v>1.8209066161469334</v>
+        <v>1.9702683884099903</v>
       </c>
       <c r="E245" s="5">
-        <v>-3.9750924289453038</v>
+        <v>-3.9712777320529136</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>518.51951316999998</v>
+        <v>518.51248811999994</v>
       </c>
       <c r="C246" s="5">
-        <v>1.4392298299999311</v>
+        <v>1.3769832399999586</v>
       </c>
       <c r="D246" s="5">
-        <v>3.3916623213630315</v>
+        <v>3.2424672409017807</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>518.80348259000004</v>
+        <v>518.79653437000002</v>
       </c>
       <c r="C247" s="5">
-        <v>0.2839694200000622</v>
+        <v>0.284046250000074</v>
       </c>
       <c r="D247" s="5">
-        <v>0.65916823566427585</v>
+        <v>0.65935607619360681</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>519.95267706000004</v>
+        <v>519.94861885</v>
       </c>
       <c r="C248" s="5">
-        <v>1.1491944699999976</v>
+        <v>1.152084479999985</v>
       </c>
       <c r="D248" s="5">
-        <v>2.6907274329901032</v>
+        <v>2.6976135419342739</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>520.84470127999998</v>
+        <v>520.84165027999995</v>
       </c>
       <c r="C249" s="5">
-        <v>0.89202421999993931</v>
+        <v>0.89303142999995089</v>
       </c>
       <c r="D249" s="5">
-        <v>2.0782416840315676</v>
+        <v>2.0806268902048952</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>521.37151950999998</v>
+        <v>521.36676242999999</v>
       </c>
       <c r="C250" s="5">
-        <v>0.5268182300000035</v>
+        <v>0.52511215000004086</v>
       </c>
       <c r="D250" s="5">
-        <v>1.2205377852841925</v>
+        <v>1.2165703445806919</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>522.28638465999995</v>
+        <v>522.28063892</v>
       </c>
       <c r="C251" s="5">
-        <v>0.91486514999996871</v>
+        <v>0.91387649000000692</v>
       </c>
       <c r="D251" s="5">
-        <v>2.1261146734583791</v>
+        <v>2.1238144320163022</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>523.36215436999998</v>
+        <v>523.37183899000001</v>
       </c>
       <c r="C252" s="5">
-        <v>1.0757697100000314</v>
+        <v>1.0912000700000135</v>
       </c>
       <c r="D252" s="5">
-        <v>2.4998713780771897</v>
+        <v>2.5361696987526328</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>524.30222560000004</v>
+        <v>524.2852484</v>
       </c>
       <c r="C253" s="5">
-        <v>0.94007123000005777</v>
+        <v>0.91340940999998566</v>
       </c>
       <c r="D253" s="5">
-        <v>2.1768808258918249</v>
+        <v>2.1145079645889853</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>525.46149660000003</v>
+        <v>525.45402219000005</v>
       </c>
       <c r="C254" s="5">
-        <v>1.1592709999999897</v>
+        <v>1.1687737900000457</v>
       </c>
       <c r="D254" s="5">
-        <v>2.6857941519977224</v>
+        <v>2.7081695848619081</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>526.86362647999999</v>
+        <v>526.85796748999996</v>
       </c>
       <c r="C255" s="5">
-        <v>1.4021298799999613</v>
+        <v>1.4039452999999185</v>
       </c>
       <c r="D255" s="5">
-        <v>3.2494676599142291</v>
+        <v>3.2537839208165442</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>527.23301662999995</v>
+        <v>527.22499195</v>
       </c>
       <c r="C256" s="5">
-        <v>0.36939014999995834</v>
+        <v>0.36702446000003874</v>
       </c>
       <c r="D256" s="5">
-        <v>0.84458567822813801</v>
+        <v>0.83916499473899453</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>529.30118175999996</v>
+        <v>529.36325897999996</v>
       </c>
       <c r="C257" s="5">
-        <v>2.0681651300000112</v>
+        <v>2.1382670299999518</v>
       </c>
       <c r="D257" s="5">
-        <v>4.8101096329188353</v>
+        <v>4.9768840580837637</v>
       </c>
       <c r="E257" s="5">
-        <v>2.3634431274503376</v>
+        <v>2.3645164535429419</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>530.87500040999998</v>
+        <v>530.86765222999998</v>
       </c>
       <c r="C258" s="5">
-        <v>1.5738186500000211</v>
+        <v>1.504393250000021</v>
       </c>
       <c r="D258" s="5">
-        <v>3.6270006914422392</v>
+        <v>3.4640825926407937</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>531.21827130999998</v>
+        <v>531.21241414999997</v>
       </c>
       <c r="C259" s="5">
-        <v>0.34327089999999316</v>
+        <v>0.34476191999999628</v>
       </c>
       <c r="D259" s="5">
-        <v>0.77870158020032498</v>
+        <v>0.7821068770135442</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>533.81678615999999</v>
+        <v>533.81104160999996</v>
       </c>
       <c r="C260" s="5">
-        <v>2.598514850000015</v>
+        <v>2.5986274599999888</v>
       </c>
       <c r="D260" s="5">
-        <v>6.0304647123207156</v>
+        <v>6.0308014155489698</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>538.01907773999994</v>
+        <v>538.01431941999999</v>
       </c>
       <c r="C261" s="5">
-        <v>4.202291579999951</v>
+        <v>4.2032778100000314</v>
       </c>
       <c r="D261" s="5">
-        <v>9.8665261136447349</v>
+        <v>9.8690537072462892</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>537.82563183000002</v>
+        <v>537.81975738999995</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.19344590999992306</v>
+        <v>-0.1945620300000428</v>
       </c>
       <c r="D262" s="5">
-        <v>-0.43061035499244449</v>
+        <v>-0.43309372006093971</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>539.12673055000005</v>
+        <v>539.12091585999997</v>
       </c>
       <c r="C263" s="5">
-        <v>1.3010987200000272</v>
+        <v>1.3011584700000185</v>
       </c>
       <c r="D263" s="5">
-        <v>2.9419591437803483</v>
+        <v>2.9421286137258473</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>540.19678095999996</v>
+        <v>540.19930095999996</v>
       </c>
       <c r="C264" s="5">
-        <v>1.070050409999908</v>
+        <v>1.0783850999999913</v>
       </c>
       <c r="D264" s="5">
-        <v>2.407914095025987</v>
+        <v>2.426902774335149</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>541.87700732999997</v>
+        <v>541.86547742000005</v>
       </c>
       <c r="C265" s="5">
-        <v>1.680226370000014</v>
+        <v>1.6661764600000879</v>
       </c>
       <c r="D265" s="5">
-        <v>3.7969950566532518</v>
+        <v>3.764686536123163</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>543.07341674999998</v>
+        <v>543.06692176000001</v>
       </c>
       <c r="C266" s="5">
-        <v>1.196409420000009</v>
+        <v>1.2014443399999664</v>
       </c>
       <c r="D266" s="5">
-        <v>2.6818899263571172</v>
+        <v>2.6933722799239224</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>544.39425302999996</v>
+        <v>544.38845859000003</v>
       </c>
       <c r="C267" s="5">
-        <v>1.3208362799999804</v>
+        <v>1.3215368300000137</v>
       </c>
       <c r="D267" s="5">
-        <v>2.9579401988597986</v>
+        <v>2.9595659692808862</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>546.50872331999994</v>
+        <v>546.50220538999997</v>
       </c>
       <c r="C268" s="5">
-        <v>2.1144702899999857</v>
+        <v>2.1137467999999444</v>
       </c>
       <c r="D268" s="5">
-        <v>4.7617633059849451</v>
+        <v>4.7601508176839724</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>549.24468295999998</v>
+        <v>549.30596359000003</v>
       </c>
       <c r="C269" s="5">
-        <v>2.7359596400000328</v>
+        <v>2.8037582000000612</v>
       </c>
       <c r="D269" s="5">
-        <v>6.1757052239106214</v>
+        <v>6.3331651975138348</v>
       </c>
       <c r="E269" s="5">
-        <v>3.7678928155204794</v>
+        <v>3.7673004825507839</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>549.18130796000003</v>
+        <v>549.17472411000006</v>
       </c>
       <c r="C270" s="5">
-        <v>-6.3374999999950887E-2</v>
+        <v>-0.13123947999997654</v>
       </c>
       <c r="D270" s="5">
-        <v>-0.13837504112227395</v>
+        <v>-0.28632602664424578</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>549.81891075999999</v>
+        <v>549.81472266000003</v>
       </c>
       <c r="C271" s="5">
-        <v>0.63760279999996783</v>
+        <v>0.63999854999997297</v>
       </c>
       <c r="D271" s="5">
-        <v>1.4021381038875624</v>
+        <v>1.4074573402146573</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>551.93884674000003</v>
+        <v>551.93205996999995</v>
       </c>
       <c r="C272" s="5">
-        <v>2.1199359800000366</v>
+        <v>2.1173373099999253</v>
       </c>
       <c r="D272" s="5">
-        <v>4.7262286381229757</v>
+        <v>4.7203485761757591</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>553.55420881999999</v>
+        <v>553.54858411999999</v>
       </c>
       <c r="C273" s="5">
-        <v>1.6153620799999544</v>
+        <v>1.616524150000032</v>
       </c>
       <c r="D273" s="5">
-        <v>3.5691339108732345</v>
+        <v>3.5717876283548611</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>555.42624533000003</v>
+        <v>555.42041922999999</v>
       </c>
       <c r="C274" s="5">
-        <v>1.8720365100000436</v>
+        <v>1.8718351100000064</v>
       </c>
       <c r="D274" s="5">
-        <v>4.1345592463360115</v>
+        <v>4.1341489231234929</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>557.03055573999995</v>
+        <v>557.02549806000002</v>
       </c>
       <c r="C275" s="5">
-        <v>1.6043104099999255</v>
+        <v>1.6050788300000249</v>
       </c>
       <c r="D275" s="5">
-        <v>3.5217149008664572</v>
+        <v>3.5234661527121514</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>558.26129337999998</v>
+        <v>558.25651973000004</v>
       </c>
       <c r="C276" s="5">
-        <v>1.2307376400000294</v>
+        <v>1.2310216700000183</v>
       </c>
       <c r="D276" s="5">
-        <v>2.6838117886323287</v>
+        <v>2.6844633784035343</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>559.78149757000006</v>
+        <v>559.77657399999998</v>
       </c>
       <c r="C277" s="5">
-        <v>1.5202041900000722</v>
+        <v>1.520054269999946</v>
       </c>
       <c r="D277" s="5">
-        <v>3.3171141139956672</v>
+        <v>3.3168108591931089</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>561.15865928000005</v>
+        <v>561.15412505999996</v>
       </c>
       <c r="C278" s="5">
-        <v>1.3771617099999958</v>
+        <v>1.3775510599999734</v>
       </c>
       <c r="D278" s="5">
-        <v>2.9924884300915222</v>
+        <v>2.9933726331768495</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>562.87934051000002</v>
+        <v>562.87301336999997</v>
       </c>
       <c r="C279" s="5">
-        <v>1.7206812299999683</v>
+        <v>1.7188883100000112</v>
       </c>
       <c r="D279" s="5">
-        <v>3.7422541056870484</v>
+        <v>3.7383195326981644</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>567.02262926000003</v>
+        <v>567.01636512000005</v>
       </c>
       <c r="C280" s="5">
-        <v>4.1432887500000106</v>
+        <v>4.1433517500000789</v>
       </c>
       <c r="D280" s="5">
-        <v>9.1995855901604315</v>
+        <v>9.1998388183603286</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>565.42545037000002</v>
+        <v>565.48378823999997</v>
       </c>
       <c r="C281" s="5">
-        <v>-1.5971788900000092</v>
+        <v>-1.5325768800000787</v>
       </c>
       <c r="D281" s="5">
-        <v>-3.3282603520863097</v>
+        <v>-3.195670441840337</v>
       </c>
       <c r="E281" s="5">
-        <v>2.9460034683992387</v>
+        <v>2.9451390886546136</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>566.83224241999994</v>
+        <v>566.82522515000005</v>
       </c>
       <c r="C282" s="5">
-        <v>1.4067920499999218</v>
+        <v>1.341436910000084</v>
       </c>
       <c r="D282" s="5">
-        <v>3.0268251876710783</v>
+        <v>2.8840675219952816</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>568.65209178999999</v>
+        <v>568.64735813000004</v>
       </c>
       <c r="C283" s="5">
-        <v>1.8198493700000427</v>
+        <v>1.8221329799999921</v>
       </c>
       <c r="D283" s="5">
-        <v>3.9214371108502233</v>
+        <v>3.9264946629217423</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>570.05048928999997</v>
+        <v>570.04402499000003</v>
       </c>
       <c r="C284" s="5">
-        <v>1.3983974999999873</v>
+        <v>1.3966668599999821</v>
       </c>
       <c r="D284" s="5">
-        <v>2.9912148180319509</v>
+        <v>2.9874879827105794</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>572.07307432000005</v>
+        <v>572.06743675999996</v>
       </c>
       <c r="C285" s="5">
-        <v>2.0225850300000729</v>
+        <v>2.0234117699999388</v>
       </c>
       <c r="D285" s="5">
-        <v>4.3417737363566467</v>
+        <v>4.3436334655329922</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>573.17369630999997</v>
+        <v>573.16784515999996</v>
       </c>
       <c r="C286" s="5">
-        <v>1.1006219899999223</v>
+        <v>1.1004083999999921</v>
       </c>
       <c r="D286" s="5">
-        <v>2.3332892415803386</v>
+        <v>2.3328548684710126</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>574.92514777999997</v>
+        <v>574.92047376999994</v>
       </c>
       <c r="C287" s="5">
-        <v>1.7514514700000063</v>
+        <v>1.7526286099999879</v>
       </c>
       <c r="D287" s="5">
-        <v>3.7291082098547701</v>
+        <v>3.7316955584235423</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>576.97289235999995</v>
+        <v>576.96965422000005</v>
       </c>
       <c r="C288" s="5">
-        <v>2.0477445799999714</v>
+        <v>2.0491804500001081</v>
       </c>
       <c r="D288" s="5">
-        <v>4.3588408000866607</v>
+        <v>4.361993524857577</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>578.87462283000002</v>
+        <v>578.87142335999999</v>
       </c>
       <c r="C289" s="5">
-        <v>1.901730470000075</v>
+        <v>1.9017691399999421</v>
       </c>
       <c r="D289" s="5">
-        <v>4.0277534673376802</v>
+        <v>4.0278598754458494</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>579.93165409999995</v>
+        <v>579.92853051999998</v>
       </c>
       <c r="C290" s="5">
-        <v>1.0570312699999249</v>
+        <v>1.0571071599999868</v>
       </c>
       <c r="D290" s="5">
-        <v>2.2133538495351379</v>
+        <v>2.2135267150443783</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>579.89674473000002</v>
+        <v>579.89169160999995</v>
       </c>
       <c r="C291" s="5">
-        <v>-3.4909369999923001E-2</v>
+        <v>-3.6838910000028591E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>-7.2210884325574209E-2</v>
+        <v>-7.6201200870162911E-2</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>581.91318498999999</v>
+        <v>581.90764087000002</v>
       </c>
       <c r="C292" s="5">
-        <v>2.0164402599999676</v>
+        <v>2.0159492600000704</v>
       </c>
       <c r="D292" s="5">
-        <v>4.2534223742404897</v>
+        <v>4.2524045561909141</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>582.92018059999998</v>
+        <v>582.96932447999995</v>
       </c>
       <c r="C293" s="5">
-        <v>1.0069956099999899</v>
+        <v>1.0616836099999318</v>
       </c>
       <c r="D293" s="5">
-        <v>2.096468175373567</v>
+        <v>2.2114897696865921</v>
       </c>
       <c r="E293" s="5">
-        <v>3.0940825565159535</v>
+        <v>3.0921374942368463</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>586.52601565999998</v>
+        <v>586.51874870999995</v>
       </c>
       <c r="C294" s="5">
-        <v>3.605835060000004</v>
+        <v>3.5494242299999996</v>
       </c>
       <c r="D294" s="5">
-        <v>7.6807999908372837</v>
+        <v>7.5559290786774591</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>587.14828924000005</v>
+        <v>587.14323697999998</v>
       </c>
       <c r="C295" s="5">
-        <v>0.62227358000006916</v>
+        <v>0.62448827000002893</v>
       </c>
       <c r="D295" s="5">
-        <v>1.2805929177349018</v>
+        <v>1.2851933252437941</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>588.12345402999995</v>
+        <v>588.11786358999996</v>
       </c>
       <c r="C296" s="5">
-        <v>0.97516478999989431</v>
+        <v>0.97462660999997297</v>
       </c>
       <c r="D296" s="5">
-        <v>2.0113258280918034</v>
+        <v>2.010223107139808</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>589.34700376000001</v>
+        <v>589.34182526999996</v>
       </c>
       <c r="C297" s="5">
-        <v>1.2235497300000588</v>
+        <v>1.2239616800000022</v>
       </c>
       <c r="D297" s="5">
-        <v>2.5252811862265467</v>
+        <v>2.5261654522920507</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>590.73111145999997</v>
+        <v>590.72550606000004</v>
       </c>
       <c r="C298" s="5">
-        <v>1.3841076999999586</v>
+        <v>1.3836807900000849</v>
       </c>
       <c r="D298" s="5">
-        <v>2.8549433336805041</v>
+        <v>2.8540767647776688</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>592.75358242000004</v>
+        <v>592.75211652999997</v>
       </c>
       <c r="C299" s="5">
-        <v>2.0224709600000779</v>
+        <v>2.0266104699999232</v>
       </c>
       <c r="D299" s="5">
-        <v>4.1866611515902319</v>
+        <v>4.1954331342040518</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>594.78772575000005</v>
+        <v>594.78641324</v>
       </c>
       <c r="C300" s="5">
-        <v>2.0341433300000062</v>
+        <v>2.0342967100000351</v>
       </c>
       <c r="D300" s="5">
-        <v>4.1966421196591108</v>
+        <v>4.1969751306524028</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>597.34844931999999</v>
+        <v>597.34643609</v>
       </c>
       <c r="C301" s="5">
-        <v>2.5607235699999364</v>
+        <v>2.5600228499999957</v>
       </c>
       <c r="D301" s="5">
-        <v>5.290433870764244</v>
+        <v>5.2889636969001508</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>598.65132266000001</v>
+        <v>598.65024562999997</v>
       </c>
       <c r="C302" s="5">
-        <v>1.3028733400000192</v>
+        <v>1.3038095399999747</v>
       </c>
       <c r="D302" s="5">
-        <v>2.6489399767037014</v>
+        <v>2.6508753637266791</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>600.51024860999996</v>
+        <v>600.50807956000006</v>
       </c>
       <c r="C303" s="5">
-        <v>1.8589259499999571</v>
+        <v>1.8578339300000835</v>
       </c>
       <c r="D303" s="5">
-        <v>3.7905295645957571</v>
+        <v>3.788271618875827</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>601.64982980000002</v>
+        <v>601.64840355000001</v>
       </c>
       <c r="C304" s="5">
-        <v>1.1395811900000581</v>
+        <v>1.1403239899999562</v>
       </c>
       <c r="D304" s="5">
-        <v>2.3011448406456081</v>
+        <v>2.3026688735491518</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>604.61564271999998</v>
+        <v>604.64223068000001</v>
       </c>
       <c r="C305" s="5">
-        <v>2.9658129199999621</v>
+        <v>2.9938271299999997</v>
       </c>
       <c r="D305" s="5">
-        <v>6.0784026415807935</v>
+        <v>6.1374129565770597</v>
       </c>
       <c r="E305" s="5">
-        <v>3.721858127757538</v>
+        <v>3.7176752343413666</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>605.12348078000002</v>
+        <v>605.11995166999998</v>
       </c>
       <c r="C306" s="5">
-        <v>0.50783806000004006</v>
+        <v>0.47772098999996615</v>
       </c>
       <c r="D306" s="5">
-        <v>1.0125917413958296</v>
+        <v>0.95223728682682918</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>606.25244301999999</v>
+        <v>606.24879525999995</v>
       </c>
       <c r="C307" s="5">
-        <v>1.1289622399999644</v>
+        <v>1.128843589999974</v>
       </c>
       <c r="D307" s="5">
-        <v>2.2619233167866293</v>
+        <v>2.2616964781496218</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>606.78411287999995</v>
+        <v>606.77940721000004</v>
       </c>
       <c r="C308" s="5">
-        <v>0.53166985999996541</v>
+        <v>0.5306119500000932</v>
       </c>
       <c r="D308" s="5">
-        <v>1.057464074833514</v>
+        <v>1.0553561875905615</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>608.11406732</v>
+        <v>608.10920062000002</v>
       </c>
       <c r="C309" s="5">
-        <v>1.3299544400000514</v>
+        <v>1.3297934099999793</v>
       </c>
       <c r="D309" s="5">
-        <v>2.662109281079772</v>
+        <v>2.6618039516076664</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>609.96267311999998</v>
+        <v>609.95822806000001</v>
       </c>
       <c r="C310" s="5">
-        <v>1.848605799999973</v>
+        <v>1.8490274399999862</v>
       </c>
       <c r="D310" s="5">
-        <v>3.7094924995432654</v>
+        <v>3.7103829720930515</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>609.89755617000003</v>
+        <v>609.90016059000004</v>
       </c>
       <c r="C311" s="5">
-        <v>-6.5116949999946883E-2</v>
+        <v>-5.8067469999969035E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-0.12803156520400094</v>
+        <v>-0.11417911549712612</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>610.36659858999997</v>
+        <v>610.36756489000004</v>
       </c>
       <c r="C312" s="5">
-        <v>0.46904241999993701</v>
+        <v>0.46740429999999833</v>
       </c>
       <c r="D312" s="5">
-        <v>0.92677491185144678</v>
+        <v>0.92352055622042517</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>610.62057502000005</v>
+        <v>610.62002351000001</v>
       </c>
       <c r="C313" s="5">
-        <v>0.25397643000007974</v>
+        <v>0.25245861999997032</v>
       </c>
       <c r="D313" s="5">
-        <v>0.50047000980903977</v>
+        <v>0.49747151209695861</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>611.93270659999996</v>
+        <v>611.93353272000002</v>
       </c>
       <c r="C314" s="5">
-        <v>1.3121315799999138</v>
+        <v>1.3135092100000065</v>
       </c>
       <c r="D314" s="5">
-        <v>2.6093143337369007</v>
+        <v>2.6120887790862302</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>611.49326812000004</v>
+        <v>611.49424136000005</v>
       </c>
       <c r="C315" s="5">
-        <v>-0.43943847999992158</v>
+        <v>-0.43929135999997015</v>
       </c>
       <c r="D315" s="5">
-        <v>-0.858343411268081</v>
+        <v>-0.85805602555079075</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>609.05693497000004</v>
+        <v>609.05983263999997</v>
       </c>
       <c r="C316" s="5">
-        <v>-2.4363331499999958</v>
+        <v>-2.4344087200000786</v>
       </c>
       <c r="D316" s="5">
-        <v>-4.677692280102475</v>
+        <v>-4.6740706750326151</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>609.11531893999995</v>
+        <v>609.11762151000005</v>
       </c>
       <c r="C317" s="5">
-        <v>5.8383969999908913E-2</v>
+        <v>5.7788870000081261E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>0.11509221843324369</v>
+        <v>0.11391794431303559</v>
       </c>
       <c r="E317" s="5">
-        <v>0.74422094005990314</v>
+        <v>0.74017172518150431</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>609.61504331000003</v>
+        <v>609.61548501000004</v>
       </c>
       <c r="C318" s="5">
-        <v>0.49972437000008085</v>
+        <v>0.49786349999999402</v>
       </c>
       <c r="D318" s="5">
-        <v>0.98894659122132911</v>
+        <v>0.98524364713103996</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>610.20091556</v>
+        <v>610.1987977</v>
       </c>
       <c r="C319" s="5">
-        <v>0.58587224999996579</v>
+        <v>0.583312689999957</v>
       </c>
       <c r="D319" s="5">
-        <v>1.1593788503376556</v>
+        <v>1.1542862271312737</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>610.16705821000005</v>
+        <v>610.16270269999995</v>
       </c>
       <c r="C320" s="5">
-        <v>-3.3857349999948383E-2</v>
+        <v>-3.6095000000045729E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>-6.656237729695258E-2</v>
+        <v>-7.0960334787073531E-2</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>610.02926107999997</v>
+        <v>610.02457904000005</v>
       </c>
       <c r="C321" s="5">
-        <v>-0.13779713000008087</v>
+        <v>-0.13812365999990561</v>
       </c>
       <c r="D321" s="5">
-        <v>-0.2706657465297968</v>
+        <v>-0.27130826363018778</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>608.41258172000005</v>
+        <v>608.40958923000005</v>
       </c>
       <c r="C322" s="5">
-        <v>-1.616679359999921</v>
+        <v>-1.6149898099999973</v>
       </c>
       <c r="D322" s="5">
-        <v>-3.1342530074815911</v>
+        <v>-3.1310487087666372</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>608.90883510000003</v>
+        <v>608.91518027999996</v>
       </c>
       <c r="C323" s="5">
-        <v>0.49625337999998465</v>
+        <v>0.50559104999990723</v>
       </c>
       <c r="D323" s="5">
-        <v>0.98318613955075129</v>
+        <v>1.0017756881921969</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>610.15332695999996</v>
+        <v>610.15528967</v>
       </c>
       <c r="C324" s="5">
-        <v>1.2444918599999255</v>
+        <v>1.2401093900000433</v>
       </c>
       <c r="D324" s="5">
-        <v>2.4803256938872753</v>
+        <v>2.4714671321349302</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>609.57368082000005</v>
+        <v>609.57533206000005</v>
       </c>
       <c r="C325" s="5">
-        <v>-0.57964613999990888</v>
+        <v>-0.57995760999995127</v>
       </c>
       <c r="D325" s="5">
-        <v>-1.1340632550084995</v>
+        <v>-1.1346658252426089</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>609.37341458000003</v>
+        <v>609.37645439000005</v>
       </c>
       <c r="C326" s="5">
-        <v>-0.20026624000001902</v>
+        <v>-0.19887767000000167</v>
       </c>
       <c r="D326" s="5">
-        <v>-0.39353031036932773</v>
+        <v>-0.39080555839711151</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>610.38377651999997</v>
+        <v>610.38574595</v>
       </c>
       <c r="C327" s="5">
-        <v>1.0103619399999388</v>
+        <v>1.0092915599999515</v>
       </c>
       <c r="D327" s="5">
-        <v>2.0078855593895772</v>
+        <v>2.0057288889401947</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>609.7999446</v>
+        <v>609.80157144999998</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.58383191999996598</v>
+        <v>-0.58417450000001736</v>
       </c>
       <c r="D328" s="5">
-        <v>-1.1417806062352209</v>
+        <v>-1.1424433890743879</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>610.67968687999996</v>
+        <v>610.67984234000005</v>
       </c>
       <c r="C329" s="5">
-        <v>0.87974227999995946</v>
+        <v>0.87827089000006708</v>
       </c>
       <c r="D329" s="5">
-        <v>1.7450112174076216</v>
+        <v>1.742064802087917</v>
       </c>
       <c r="E329" s="5">
-        <v>0.25682623492746526</v>
+        <v>0.25647276894193993</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>611.61553688000004</v>
+        <v>611.61236871000006</v>
       </c>
       <c r="C330" s="5">
-        <v>0.93585000000007312</v>
+        <v>0.93252637000000504</v>
       </c>
       <c r="D330" s="5">
-        <v>1.8545467127665916</v>
+        <v>1.8479044834510017</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>611.60536539999998</v>
+        <v>611.59886008000001</v>
       </c>
       <c r="C331" s="5">
-        <v>-1.0171480000053634E-2</v>
+        <v>-1.3508630000046651E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>-1.9954790044285353E-2</v>
+        <v>-2.6501077761276193E-2</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>612.49262825999995</v>
+        <v>612.49149517000001</v>
       </c>
       <c r="C332" s="5">
-        <v>0.88726285999996435</v>
+        <v>0.89263508999999885</v>
       </c>
       <c r="D332" s="5">
-        <v>1.7548111561344726</v>
+        <v>1.7655406142575103</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>613.80877255999997</v>
+        <v>613.79929632999995</v>
       </c>
       <c r="C333" s="5">
-        <v>1.316144300000019</v>
+        <v>1.30780115999994</v>
       </c>
       <c r="D333" s="5">
-        <v>2.6092941928159918</v>
+        <v>2.5925638064083767</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>615.19740046000004</v>
+        <v>615.19134613000006</v>
       </c>
       <c r="C334" s="5">
-        <v>1.3886279000000741</v>
+        <v>1.3920498000001089</v>
       </c>
       <c r="D334" s="5">
-        <v>2.7488114985025902</v>
+        <v>2.7557129957171966</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>616.41103694000003</v>
+        <v>616.42280135999999</v>
       </c>
       <c r="C335" s="5">
-        <v>1.213636479999991</v>
+        <v>1.2314552299999377</v>
       </c>
       <c r="D335" s="5">
-        <v>2.3931667343807472</v>
+        <v>2.4287154100111952</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>615.02890105999995</v>
+        <v>615.03437056999996</v>
       </c>
       <c r="C336" s="5">
-        <v>-1.382135880000078</v>
+        <v>-1.3884307900000294</v>
       </c>
       <c r="D336" s="5">
-        <v>-2.657741695184046</v>
+        <v>-2.6696464461579805</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>615.91618276999998</v>
+        <v>615.91991646999998</v>
       </c>
       <c r="C337" s="5">
-        <v>0.88728171000002476</v>
+        <v>0.88554590000001099</v>
       </c>
       <c r="D337" s="5">
-        <v>1.7450027976647853</v>
+        <v>1.7415463177983481</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>612.41904522000004</v>
+        <v>612.42279755000004</v>
       </c>
       <c r="C338" s="5">
-        <v>-3.497137549999934</v>
+        <v>-3.4971189199999344</v>
       </c>
       <c r="D338" s="5">
-        <v>-6.6047311507776207</v>
+        <v>-6.6046582617057092</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>617.18809971999997</v>
+        <v>617.19572518999996</v>
       </c>
       <c r="C339" s="5">
-        <v>4.7690544999999247</v>
+        <v>4.7729276399999208</v>
       </c>
       <c r="D339" s="5">
-        <v>9.7554934971265226</v>
+        <v>9.7636965685290669</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>618.41812845000004</v>
+        <v>618.42052165999996</v>
       </c>
       <c r="C340" s="5">
-        <v>1.2300287300000718</v>
+        <v>1.2247964700000011</v>
       </c>
       <c r="D340" s="5">
-        <v>2.4179365032255706</v>
+        <v>2.4075085678972874</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>618.50351789000001</v>
+        <v>618.50305816000002</v>
       </c>
       <c r="C341" s="5">
-        <v>8.5389439999971728E-2</v>
+        <v>8.2536500000060187E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>0.16581852199224478</v>
+        <v>0.16027368408717546</v>
       </c>
       <c r="E341" s="5">
-        <v>1.2811677182145154</v>
+        <v>1.2810666535222559</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>618.90203281000004</v>
+        <v>618.89522813999997</v>
       </c>
       <c r="C342" s="5">
-        <v>0.39851492000002509</v>
+        <v>0.39216997999994874</v>
       </c>
       <c r="D342" s="5">
-        <v>0.77593130475932526</v>
+        <v>0.76353480040163291</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>621.10397383999998</v>
+        <v>621.09037865000005</v>
       </c>
       <c r="C343" s="5">
-        <v>2.2019410299999436</v>
+        <v>2.1951505100000759</v>
       </c>
       <c r="D343" s="5">
-        <v>4.3539240824596925</v>
+        <v>4.3402827629411389</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>622.97152081000002</v>
+        <v>622.97017346999996</v>
       </c>
       <c r="C344" s="5">
-        <v>1.8675469700000349</v>
+        <v>1.8797948199999155</v>
       </c>
       <c r="D344" s="5">
-        <v>3.6684547463694983</v>
+        <v>3.6929974975659086</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>623.97977780999997</v>
+        <v>623.96348274000002</v>
       </c>
       <c r="C345" s="5">
-        <v>1.0082569999999578</v>
+        <v>0.99330927000005431</v>
       </c>
       <c r="D345" s="5">
-        <v>1.9595386583670882</v>
+        <v>1.9302368648129287</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>625.50215122999998</v>
+        <v>625.49361145</v>
       </c>
       <c r="C346" s="5">
-        <v>1.5223734200000081</v>
+        <v>1.5301287099999854</v>
       </c>
       <c r="D346" s="5">
-        <v>2.9673440126089856</v>
+        <v>2.9827436949540154</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>625.81099495000001</v>
+        <v>625.83001990000002</v>
       </c>
       <c r="C347" s="5">
-        <v>0.30884372000002713</v>
+        <v>0.33640845000002173</v>
       </c>
       <c r="D347" s="5">
-        <v>0.59411558004984766</v>
+        <v>0.64730704662263605</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>625.74851106999995</v>
+        <v>625.75840595</v>
       </c>
       <c r="C348" s="5">
-        <v>-6.2483880000058889E-2</v>
+        <v>-7.1613950000028126E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>-0.11974780726109469</v>
+        <v>-0.13723003395625932</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>626.41252908000001</v>
+        <v>626.41763593999997</v>
       </c>
       <c r="C349" s="5">
-        <v>0.66401801000006344</v>
+        <v>0.65922998999997162</v>
       </c>
       <c r="D349" s="5">
-        <v>1.2808478674642965</v>
+        <v>1.271538283221374</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>627.36329042</v>
+        <v>627.36270012</v>
       </c>
       <c r="C350" s="5">
-        <v>0.95076133999998547</v>
+        <v>0.94506418000003123</v>
       </c>
       <c r="D350" s="5">
-        <v>1.8366269218022868</v>
+        <v>1.8255149847737684</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>627.55767994999997</v>
+        <v>627.57454504999998</v>
       </c>
       <c r="C351" s="5">
-        <v>0.19438952999996673</v>
+        <v>0.21184492999998383</v>
       </c>
       <c r="D351" s="5">
-        <v>0.37245624831241386</v>
+        <v>0.40596385081985709</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>629.01830819999998</v>
+        <v>629.02475334999997</v>
       </c>
       <c r="C352" s="5">
-        <v>1.4606282500000134</v>
+        <v>1.4502082999999857</v>
       </c>
       <c r="D352" s="5">
-        <v>2.8290087088926663</v>
+        <v>2.808493269551926</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>628.23705023000002</v>
+        <v>628.24770921000004</v>
       </c>
       <c r="C353" s="5">
-        <v>-0.781257969999956</v>
+        <v>-0.77704413999992994</v>
       </c>
       <c r="D353" s="5">
-        <v>-1.4802935353217861</v>
+        <v>-1.4723485394993241</v>
       </c>
       <c r="E353" s="5">
-        <v>1.5737230360799881</v>
+        <v>1.5755218865028064</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>630.25719544000003</v>
+        <v>630.23756434999996</v>
       </c>
       <c r="C354" s="5">
-        <v>2.0201452100000097</v>
+        <v>1.9898551399999178</v>
       </c>
       <c r="D354" s="5">
-        <v>3.9276739571088015</v>
+        <v>3.8676860408191294</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>629.57674155999996</v>
+        <v>629.55104401000006</v>
       </c>
       <c r="C355" s="5">
-        <v>-0.68045388000007279</v>
+        <v>-0.68652033999990181</v>
       </c>
       <c r="D355" s="5">
-        <v>-1.2879081574599716</v>
+        <v>-1.29936179300979</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>628.75470424000002</v>
+        <v>628.74924180999994</v>
       </c>
       <c r="C356" s="5">
-        <v>-0.82203731999993579</v>
+        <v>-0.80180220000011104</v>
       </c>
       <c r="D356" s="5">
-        <v>-1.5556348646194929</v>
+        <v>-1.5176710022030915</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>627.94080974999997</v>
+        <v>627.91439428000001</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.81389449000005243</v>
+        <v>-0.83484752999993361</v>
       </c>
       <c r="D357" s="5">
-        <v>-1.5423341887720765</v>
+        <v>-1.5817644534447006</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>628.07930463000002</v>
+        <v>628.06426942999997</v>
       </c>
       <c r="C358" s="5">
-        <v>0.13849488000005294</v>
+        <v>0.1498751499999571</v>
       </c>
       <c r="D358" s="5">
-        <v>0.26498613037171381</v>
+        <v>0.28680099273441506</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>629.60207233999995</v>
+        <v>629.64138652999998</v>
       </c>
       <c r="C359" s="5">
-        <v>1.5227677099999255</v>
+        <v>1.5771171000000095</v>
       </c>
       <c r="D359" s="5">
-        <v>2.9484906475722106</v>
+        <v>3.0552578064499514</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>630.75575347999995</v>
+        <v>630.76934327000004</v>
       </c>
       <c r="C360" s="5">
-        <v>1.1536811400000033</v>
+        <v>1.1279567400000587</v>
       </c>
       <c r="D360" s="5">
-        <v>2.2211733690877367</v>
+        <v>2.171020492041742</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>631.46070052000005</v>
+        <v>631.46696410000004</v>
       </c>
       <c r="C361" s="5">
-        <v>0.70494704000009278</v>
+        <v>0.6976208300000053</v>
       </c>
       <c r="D361" s="5">
-        <v>1.3494221374018345</v>
+        <v>1.3352838158724012</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>631.24729210999999</v>
+        <v>631.24479545999998</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.21340841000005639</v>
+        <v>-0.22216864000006353</v>
       </c>
       <c r="D362" s="5">
-        <v>-0.40479892508809012</v>
+        <v>-0.42137925757732564</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>630.54190911000001</v>
+        <v>630.57426406000002</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.70538299999998344</v>
+        <v>-0.67053139999995892</v>
       </c>
       <c r="D363" s="5">
-        <v>-1.3327211878669698</v>
+        <v>-1.2672632784853644</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>634.20739057000003</v>
+        <v>634.22612271000003</v>
       </c>
       <c r="C364" s="5">
-        <v>3.6654814600000236</v>
+        <v>3.6518586500000083</v>
       </c>
       <c r="D364" s="5">
-        <v>7.2032855384857264</v>
+        <v>7.1752760215366251</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>632.40270549000002</v>
+        <v>632.42691664999995</v>
       </c>
       <c r="C365" s="5">
-        <v>-1.8046850800000129</v>
+        <v>-1.7992060600000741</v>
       </c>
       <c r="D365" s="5">
-        <v>-3.3617522259383081</v>
+        <v>-3.3516072218496062</v>
       </c>
       <c r="E365" s="5">
-        <v>0.66307061299153425</v>
+        <v>0.66521650277964195</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>633.31697542999996</v>
+        <v>633.27880345999995</v>
       </c>
       <c r="C366" s="5">
-        <v>0.91426993999994011</v>
+        <v>0.85188680999999633</v>
       </c>
       <c r="D366" s="5">
-        <v>1.7487113234081253</v>
+        <v>1.6284439618267532</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>632.49924003000001</v>
+        <v>632.45116816999996</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.81773539999994682</v>
+        <v>-0.82763528999998925</v>
       </c>
       <c r="D367" s="5">
-        <v>-1.538477220341028</v>
+        <v>-1.5570622631080777</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>631.08208274000003</v>
+        <v>631.04915534999998</v>
       </c>
       <c r="C368" s="5">
-        <v>-1.4171572899999774</v>
+        <v>-1.4020128199999817</v>
       </c>
       <c r="D368" s="5">
-        <v>-2.6557943610388435</v>
+        <v>-2.6279556099736867</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>583.09864140000002</v>
+        <v>583.04758213000002</v>
       </c>
       <c r="C369" s="5">
-        <v>-47.983441340000013</v>
+        <v>-48.001573219999955</v>
       </c>
       <c r="D369" s="5">
-        <v>-61.285455619629772</v>
+        <v>-61.301894257051771</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>593.79336628999999</v>
+        <v>593.75502551</v>
       </c>
       <c r="C370" s="5">
-        <v>10.694724889999975</v>
+        <v>10.707443379999972</v>
       </c>
       <c r="D370" s="5">
-        <v>24.371176653983785</v>
+        <v>24.405504742083785</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>605.88400486</v>
+        <v>606.00044468999999</v>
       </c>
       <c r="C371" s="5">
-        <v>12.09063857000001</v>
+        <v>12.245419179999999</v>
       </c>
       <c r="D371" s="5">
-        <v>27.364897808981613</v>
+        <v>27.757890532956651</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>604.95637151000005</v>
+        <v>604.96708235000006</v>
       </c>
       <c r="C372" s="5">
-        <v>-0.92763334999995095</v>
+        <v>-1.0333623399999396</v>
       </c>
       <c r="D372" s="5">
-        <v>-1.8218571026432318</v>
+        <v>-2.0271779725470229</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>610.99596999000005</v>
+        <v>611.01039166999999</v>
       </c>
       <c r="C373" s="5">
-        <v>6.0395984799999951</v>
+        <v>6.0433093199999348</v>
       </c>
       <c r="D373" s="5">
-        <v>12.660451373160519</v>
+        <v>12.66842570835809</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>613.71319245999996</v>
+        <v>613.72480464</v>
       </c>
       <c r="C374" s="5">
-        <v>2.7172224699999106</v>
+        <v>2.7144129700000121</v>
       </c>
       <c r="D374" s="5">
-        <v>5.4691290465935793</v>
+        <v>5.4632031852399621</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>619.07908654000005</v>
+        <v>619.13663029999998</v>
       </c>
       <c r="C375" s="5">
-        <v>5.3658940800000892</v>
+        <v>5.4118256599999768</v>
       </c>
       <c r="D375" s="5">
-        <v>11.011530163440341</v>
+        <v>11.110185857629929</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>620.27423073</v>
+        <v>620.31143338000004</v>
       </c>
       <c r="C376" s="5">
-        <v>1.1951441899999509</v>
+        <v>1.1748030800000606</v>
       </c>
       <c r="D376" s="5">
-        <v>2.3413798372030836</v>
+        <v>2.3008971180406235</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>619.19638555999995</v>
+        <v>619.23349141000006</v>
       </c>
       <c r="C377" s="5">
-        <v>-1.077845170000046</v>
+        <v>-1.0779419699999835</v>
       </c>
       <c r="D377" s="5">
-        <v>-2.0654154444310624</v>
+        <v>-2.0654764666482639</v>
       </c>
       <c r="E377" s="5">
-        <v>-2.0882769500120135</v>
+        <v>-2.0861580828795523</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>619.27151601000003</v>
+        <v>619.20390220000002</v>
       </c>
       <c r="C378" s="5">
-        <v>7.5130450000074234E-2</v>
+        <v>-2.9589210000040111E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>0.14569970358506712</v>
+        <v>-5.7325261595131405E-2</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>621.12596366000002</v>
+        <v>621.02856479000002</v>
       </c>
       <c r="C379" s="5">
-        <v>1.8544476499999973</v>
+        <v>1.8246625900000026</v>
       </c>
       <c r="D379" s="5">
-        <v>3.6532554284378405</v>
+        <v>3.5940237151977694</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>624.55110982999997</v>
+        <v>624.45537196999999</v>
       </c>
       <c r="C380" s="5">
-        <v>3.4251461699999481</v>
+        <v>3.4268071799999689</v>
       </c>
       <c r="D380" s="5">
-        <v>6.821730854028174</v>
+        <v>6.8262431582033267</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>626.39223738999999</v>
+        <v>626.28103978000001</v>
       </c>
       <c r="C381" s="5">
-        <v>1.8411275600000181</v>
+        <v>1.8256678100000272</v>
       </c>
       <c r="D381" s="5">
-        <v>3.5954285792109797</v>
+        <v>3.5653064931839173</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>629.81990124000004</v>
+        <v>629.74731191000001</v>
       </c>
       <c r="C382" s="5">
-        <v>3.4276638500000445</v>
+        <v>3.466272129999993</v>
       </c>
       <c r="D382" s="5">
-        <v>6.7677643912039454</v>
+        <v>6.8475827158441804</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>631.76801995000005</v>
+        <v>631.98890460999996</v>
       </c>
       <c r="C383" s="5">
-        <v>1.948118710000017</v>
+        <v>2.2415926999999556</v>
       </c>
       <c r="D383" s="5">
-        <v>3.7755644447600822</v>
+        <v>4.3560365897150177</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>635.98483820000001</v>
+        <v>636.02782565999996</v>
       </c>
       <c r="C384" s="5">
-        <v>4.2168182499999602</v>
+        <v>4.038921049999999</v>
       </c>
       <c r="D384" s="5">
-        <v>8.3102326965243556</v>
+        <v>7.944358046346256</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>637.45351873000004</v>
+        <v>637.51571946000001</v>
       </c>
       <c r="C385" s="5">
-        <v>1.4686805300000287</v>
+        <v>1.4878938000000517</v>
       </c>
       <c r="D385" s="5">
-        <v>2.80663070417837</v>
+        <v>2.8436260996173912</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>641.37233669</v>
+        <v>641.43139163000001</v>
       </c>
       <c r="C386" s="5">
-        <v>3.9188179599999557</v>
+        <v>3.9156721699999935</v>
       </c>
       <c r="D386" s="5">
-        <v>7.6317540397829564</v>
+        <v>7.6246499870799234</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>649.44700818000001</v>
+        <v>649.54846462</v>
       </c>
       <c r="C387" s="5">
-        <v>8.0746714900000143</v>
+        <v>8.1170729899999969</v>
       </c>
       <c r="D387" s="5">
-        <v>16.198883354800309</v>
+        <v>16.288347969675264</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>651.96965897999996</v>
+        <v>652.03374993</v>
       </c>
       <c r="C388" s="5">
-        <v>2.5226507999999512</v>
+        <v>2.4852853099999948</v>
       </c>
       <c r="D388" s="5">
-        <v>4.7620473506924332</v>
+        <v>4.6892729203298789</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>655.24420180000004</v>
+        <v>655.31217624999999</v>
       </c>
       <c r="C389" s="5">
-        <v>3.2745428200000788</v>
+        <v>3.2784263199999941</v>
       </c>
       <c r="D389" s="5">
-        <v>6.1963564118207026</v>
+        <v>6.2032827421265813</v>
       </c>
       <c r="E389" s="5">
-        <v>5.8217097322682987</v>
+        <v>5.8263458518447386</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>653.81600243000003</v>
+        <v>653.67632187000004</v>
       </c>
       <c r="C390" s="5">
-        <v>-1.4281993700000157</v>
+        <v>-1.6358543799999552</v>
       </c>
       <c r="D390" s="5">
-        <v>-2.584444398804997</v>
+        <v>-2.9547698170687919</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>663.54907054</v>
+        <v>663.35230740999998</v>
       </c>
       <c r="C391" s="5">
-        <v>9.7330681099999765</v>
+        <v>9.6759855399999424</v>
       </c>
       <c r="D391" s="5">
-        <v>19.401557282202099</v>
+        <v>19.282816209034294</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>664.67216085999996</v>
+        <v>664.44471413999997</v>
       </c>
       <c r="C392" s="5">
-        <v>1.1230903199999602</v>
+        <v>1.0924067299999933</v>
       </c>
       <c r="D392" s="5">
-        <v>2.0500748944853875</v>
+        <v>1.9941540820002768</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>667.29813951000006</v>
+        <v>667.04667160999998</v>
       </c>
       <c r="C393" s="5">
-        <v>2.6259786500000928</v>
+        <v>2.6019574700000021</v>
       </c>
       <c r="D393" s="5">
-        <v>4.8453317183998701</v>
+        <v>4.8017290887373498</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>666.50550305000002</v>
+        <v>666.34921364000002</v>
       </c>
       <c r="C394" s="5">
-        <v>-0.79263646000003973</v>
+        <v>-0.69745796999995946</v>
       </c>
       <c r="D394" s="5">
-        <v>-1.416120054926473</v>
+        <v>-1.2475187226737239</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>665.78649026000005</v>
+        <v>666.21195957999998</v>
       </c>
       <c r="C395" s="5">
-        <v>-0.71901278999996521</v>
+        <v>-0.13725406000003204</v>
       </c>
       <c r="D395" s="5">
-        <v>-1.2868826659237831</v>
+        <v>-0.2468951788838436</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>672.21067355000002</v>
+        <v>672.37266017000002</v>
       </c>
       <c r="C396" s="5">
-        <v>6.4241832899999736</v>
+        <v>6.1607005900000331</v>
       </c>
       <c r="D396" s="5">
-        <v>12.213499584581356</v>
+        <v>11.678984188947329</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>674.68519658000002</v>
+        <v>674.85031574000004</v>
       </c>
       <c r="C397" s="5">
-        <v>2.4745230300000003</v>
+        <v>2.4776555700000245</v>
       </c>
       <c r="D397" s="5">
-        <v>4.5079496162668375</v>
+        <v>4.5126629042231192</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>676.76089235999996</v>
+        <v>676.90085843999998</v>
       </c>
       <c r="C398" s="5">
-        <v>2.0756957799999327</v>
+        <v>2.0505426999999372</v>
       </c>
       <c r="D398" s="5">
-        <v>3.7549623453874137</v>
+        <v>3.707774200380487</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>677.60508902000004</v>
+        <v>677.75589903000002</v>
       </c>
       <c r="C399" s="5">
-        <v>0.84419666000007965</v>
+        <v>0.85504059000004418</v>
       </c>
       <c r="D399" s="5">
-        <v>1.5072016749339001</v>
+        <v>1.5263789367159664</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>677.70323762999999</v>
+        <v>677.78449079999996</v>
       </c>
       <c r="C400" s="5">
-        <v>9.8148609999952896E-2</v>
+        <v>2.8591769999934513E-2</v>
       </c>
       <c r="D400" s="5">
-        <v>0.17395413331779963</v>
+        <v>5.0634875912103361E-2</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>679.57485873999997</v>
+        <v>679.66456129999995</v>
       </c>
       <c r="C401" s="5">
-        <v>1.8716211099999782</v>
+        <v>1.880070499999988</v>
       </c>
       <c r="D401" s="5">
-        <v>3.3648591469378486</v>
+        <v>3.3798708232665398</v>
       </c>
       <c r="E401" s="5">
-        <v>3.7132197237552012</v>
+        <v>3.7161502460332008</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>682.54530016000001</v>
+        <v>682.30114698</v>
       </c>
       <c r="C402" s="5">
-        <v>2.9704414200000429</v>
+        <v>2.6365856800000529</v>
       </c>
       <c r="D402" s="5">
-        <v>5.3731891821512612</v>
+        <v>4.7557105548083234</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>684.56110120000005</v>
+        <v>684.24026405999996</v>
       </c>
       <c r="C403" s="5">
-        <v>2.0158010400000421</v>
+        <v>1.93911707999996</v>
       </c>
       <c r="D403" s="5">
-        <v>3.6021681999255373</v>
+        <v>3.4642474571055626</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>686.75790298000004</v>
+        <v>686.38882251999996</v>
       </c>
       <c r="C404" s="5">
-        <v>2.196801779999987</v>
+        <v>2.1485584600000038</v>
       </c>
       <c r="D404" s="5">
-        <v>3.919579053216582</v>
+        <v>3.8338392268736587</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>688.04032284000004</v>
+        <v>687.61378710999998</v>
       </c>
       <c r="C405" s="5">
-        <v>1.2824198600000045</v>
+        <v>1.2249645900000132</v>
       </c>
       <c r="D405" s="5">
-        <v>2.2639824700094291</v>
+        <v>2.1627277790516874</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>689.63413428000001</v>
+        <v>689.35449570000003</v>
       </c>
       <c r="C406" s="5">
-        <v>1.5938114399999677</v>
+        <v>1.7407085900000538</v>
       </c>
       <c r="D406" s="5">
-        <v>2.8154308737970757</v>
+        <v>3.0804806361848458</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>691.12524673999997</v>
+        <v>691.73801888000003</v>
       </c>
       <c r="C407" s="5">
-        <v>1.4911124599999539</v>
+        <v>2.3835231799999974</v>
       </c>
       <c r="D407" s="5">
-        <v>2.6256934161733136</v>
+        <v>4.2289595085248655</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>688.57296424000003</v>
+        <v>688.90461229000005</v>
       </c>
       <c r="C408" s="5">
-        <v>-2.552282499999933</v>
+        <v>-2.8334065899999814</v>
       </c>
       <c r="D408" s="5">
-        <v>-4.3426147131744202</v>
+        <v>-4.8060473973528079</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>689.10561505999999</v>
+        <v>689.40456446999997</v>
       </c>
       <c r="C409" s="5">
-        <v>0.532650819999958</v>
+        <v>0.49995217999992292</v>
       </c>
       <c r="D409" s="5">
-        <v>0.93222865220989881</v>
+        <v>0.87434901153500277</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>689.63490529000001</v>
+        <v>689.87574596000002</v>
       </c>
       <c r="C410" s="5">
-        <v>0.52929023000001507</v>
+        <v>0.47118149000004905</v>
       </c>
       <c r="D410" s="5">
-        <v>0.92560312880105577</v>
+        <v>0.82324384550198637</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>689.95580583000003</v>
+        <v>690.15750401000003</v>
       </c>
       <c r="C411" s="5">
-        <v>0.3209005400000251</v>
+        <v>0.28175805000000764</v>
       </c>
       <c r="D411" s="5">
-        <v>0.55981461436525048</v>
+        <v>0.49120467463739104</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>690.40635118</v>
+        <v>690.50475243000005</v>
       </c>
       <c r="C412" s="5">
-        <v>0.45054534999997031</v>
+        <v>0.34724842000002809</v>
       </c>
       <c r="D412" s="5">
-        <v>0.78642780706281723</v>
+        <v>0.60544609372426006</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>690.62193367999998</v>
+        <v>690.73079588999997</v>
       </c>
       <c r="C413" s="5">
-        <v>0.21558249999998225</v>
+        <v>0.22604345999991438</v>
       </c>
       <c r="D413" s="5">
-        <v>0.37534960670464468</v>
+        <v>0.39353975197877755</v>
       </c>
       <c r="E413" s="5">
-        <v>1.6255861731675036</v>
+        <v>1.6281906134451907</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>693.05528910999999</v>
+        <v>692.70999872000004</v>
       </c>
       <c r="C414" s="5">
-        <v>2.433355430000006</v>
+        <v>1.9792028300000766</v>
       </c>
       <c r="D414" s="5">
-        <v>4.3110173680522834</v>
+        <v>3.4931595232019941</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>694.23273018999998</v>
+        <v>693.79799813</v>
       </c>
       <c r="C415" s="5">
-        <v>1.1774410799999941</v>
+        <v>1.0879994099999521</v>
       </c>
       <c r="D415" s="5">
-        <v>2.0578542833310065</v>
+        <v>1.9011375778947626</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>695.59971112000005</v>
+        <v>695.10368870000002</v>
       </c>
       <c r="C416" s="5">
-        <v>1.3669809300000679</v>
+        <v>1.3056905700000243</v>
       </c>
       <c r="D416" s="5">
-        <v>2.3886214279090323</v>
+        <v>2.2818581746807842</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>695.90276631999996</v>
+        <v>695.29818124999997</v>
       </c>
       <c r="C417" s="5">
-        <v>0.30305519999990338</v>
+        <v>0.19449254999994992</v>
       </c>
       <c r="D417" s="5">
-        <v>0.52406423110460398</v>
+        <v>0.33628157811618209</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>697.18179743999997</v>
+        <v>696.72514106000006</v>
       </c>
       <c r="C418" s="5">
-        <v>1.2790311200000133</v>
+        <v>1.4269598100000849</v>
       </c>
       <c r="D418" s="5">
-        <v>2.2279664267874644</v>
+        <v>2.4907486825781255</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>697.00914462000003</v>
+        <v>697.81439336999995</v>
       </c>
       <c r="C419" s="5">
-        <v>-0.17265281999993931</v>
+        <v>1.0892523099998925</v>
       </c>
       <c r="D419" s="5">
-        <v>-0.29676825358330161</v>
+        <v>1.8922825897462747</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>690.98997188999999</v>
+        <v>691.48998770000003</v>
       </c>
       <c r="C420" s="5">
-        <v>-6.0191727300000366</v>
+        <v>-6.3244056699999192</v>
       </c>
       <c r="D420" s="5">
-        <v>-9.884556613275997</v>
+        <v>-10.349714481636763</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>697.77544626999997</v>
+        <v>698.20135174999996</v>
       </c>
       <c r="C421" s="5">
-        <v>6.7854743799999824</v>
+        <v>6.7113640499999292</v>
       </c>
       <c r="D421" s="5">
-        <v>12.441663559353188</v>
+        <v>12.289065893850237</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>698.14788899999996</v>
+        <v>698.48509051999997</v>
       </c>
       <c r="C422" s="5">
-        <v>0.37244272999998884</v>
+        <v>0.28373877000001357</v>
       </c>
       <c r="D422" s="5">
-        <v>0.64239241451549134</v>
+        <v>0.48875382860724681</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>697.72511304</v>
+        <v>697.97240546</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.4227759599999672</v>
+        <v>-0.51268505999996705</v>
       </c>
       <c r="D423" s="5">
-        <v>-0.72426607181012015</v>
+        <v>-0.87724778939468617</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>696.88181979000001</v>
+        <v>696.99011504999999</v>
       </c>
       <c r="C424" s="5">
-        <v>-0.84329324999998789</v>
+        <v>-0.98229041000001871</v>
       </c>
       <c r="D424" s="5">
-        <v>-1.4407565102184328</v>
+        <v>-1.6758071598555913</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>699.05161595000004</v>
+        <v>699.15636572999995</v>
       </c>
       <c r="C425" s="5">
-        <v>2.1697961600000326</v>
+        <v>2.1662506799999619</v>
       </c>
       <c r="D425" s="5">
-        <v>3.800945614091078</v>
+        <v>3.7940285377126015</v>
       </c>
       <c r="E425" s="5">
-        <v>1.2205928973443081</v>
+        <v>1.2198051527648746</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>697.77289461999999</v>
+        <v>698.70231091000005</v>
       </c>
       <c r="C426" s="5">
-        <v>-1.2787213300000531</v>
+        <v>-0.45405481999989661</v>
       </c>
       <c r="D426" s="5">
-        <v>-2.1731177881142427</v>
+        <v>-0.7765413049472869</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>699.02148278000004</v>
+        <v>700.00834273999999</v>
       </c>
       <c r="C427" s="5">
-        <v>1.2485881600000539</v>
+        <v>1.3060318299999381</v>
       </c>
       <c r="D427" s="5">
-        <v>2.1685277682442106</v>
+        <v>2.2662747087125679</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>698.33536302000005</v>
+        <v>699.28294826000001</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.68611975999999686</v>
+        <v>-0.72539447999997719</v>
       </c>
       <c r="D428" s="5">
-        <v>-1.1715139405800934</v>
+        <v>-1.2364556136375104</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>699.30100909999999</v>
+        <v>699.58191221000004</v>
       </c>
       <c r="C429" s="5">
-        <v>0.96564607999994223</v>
+        <v>0.2989639500000294</v>
       </c>
       <c r="D429" s="5">
-        <v>1.6720174072134553</v>
+        <v>0.51424323851010367</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>700.00653196999997</v>
+        <v>699.18974116000004</v>
       </c>
       <c r="C430" s="5">
-        <v>0.70552286999998159</v>
+        <v>-0.39217105000000174</v>
       </c>
       <c r="D430" s="5">
-        <v>1.2174173186598747</v>
+        <v>-0.67062483516110438</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>699.77827792999994</v>
+        <v>697.63281748999998</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.22825404000002436</v>
+        <v>-1.5569236700000602</v>
       </c>
       <c r="D431" s="5">
-        <v>-0.3905880101540693</v>
+        <v>-2.6396210298085809</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>699.20370176999995</v>
+        <v>696.83264816999997</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.57457615999999234</v>
+        <v>-0.80016932000000907</v>
       </c>
       <c r="D432" s="5">
-        <v>-0.98086237633053797</v>
+        <v>-1.3677237292404887</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>699.41079581999998</v>
+        <v>697.03903993999995</v>
       </c>
       <c r="C433" s="5">
-        <v>0.20709405000002334</v>
+        <v>0.20639176999998199</v>
       </c>
       <c r="D433" s="5">
-        <v>0.35600225214005299</v>
+        <v>0.35600223809786335</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>699.35761485</v>
+        <v>696.98603932000003</v>
       </c>
       <c r="C434" s="5">
-        <v>-5.3180969999971239E-2</v>
+        <v>-5.3000619999920673E-2</v>
       </c>
       <c r="D434" s="5">
-        <v>-9.120603034385999E-2</v>
+        <v>-9.1206014459210838E-2</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>695.69197471999996</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-1.2940646000000697</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-2.2053782592572957</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>697.55422805000001</v>
+      </c>
+      <c r="C436" s="5">
+        <v>1.8622533300000441</v>
+      </c>
+      <c r="D436" s="5">
+        <v>3.2599197177724193</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">