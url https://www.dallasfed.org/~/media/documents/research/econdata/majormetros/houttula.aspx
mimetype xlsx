--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{332C83E3-F45E-46C8-AA0C-D7F8D284DFFF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C9128EA4-BB48-4F63-B71F-BC84433C911F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4AB29884-4DE2-4196-8CDA-AA66FACDA3E2}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{9C807899-6302-454C-99E5-6F6B9B3D0FA5}"/>
   </bookViews>
   <sheets>
     <sheet name="houttula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Houston—The Woodlands—Sugar Land Trade, Transportation and Utilities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FB4650BA-C495-436E-BD77-83E039DF7C10}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CD8B37E9-1B94-4B47-AA18-B6345023A3A0}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>697.63281748999998</v>
       </c>
       <c r="C431" s="5">
         <v>-1.5569236700000602</v>
       </c>
       <c r="D431" s="5">
         <v>-2.6396210298085809</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>696.83264816999997</v>
       </c>
       <c r="C432" s="5">
         <v>-0.80016932000000907</v>
       </c>
       <c r="D432" s="5">
         <v>-1.3677237292404887</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>697.03903993999995</v>
       </c>
       <c r="C433" s="5">
         <v>0.20639176999998199</v>
       </c>
       <c r="D433" s="5">
         <v>0.35600223809786335</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>696.98603932000003</v>
       </c>
       <c r="C434" s="5">
         <v>-5.3000619999920673E-2</v>
       </c>
       <c r="D434" s="5">
         <v>-9.1206014459210838E-2</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>695.69197471999996</v>
       </c>
       <c r="C435" s="5">
         <v>-1.2940646000000697</v>
       </c>
       <c r="D435" s="5">
         <v>-2.2053782592572957</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>697.55422805000001</v>
+        <v>697.22847489000003</v>
       </c>
       <c r="C436" s="5">
-        <v>1.8622533300000441</v>
+        <v>1.5365001700000676</v>
       </c>
       <c r="D436" s="5">
-        <v>3.2599197177724193</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.6827433701297698</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>699.50074495000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>2.2722700599999825</v>
+      </c>
+      <c r="D437" s="5">
+        <v>3.9816706468380092</v>
+      </c>
+      <c r="E437" s="5">
+        <v>4.9256394832442041E-2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>