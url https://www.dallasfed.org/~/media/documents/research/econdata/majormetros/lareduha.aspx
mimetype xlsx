--- v0 (2025-10-10)
+++ v1 (2025-12-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9D1E58DD-C6E8-44E8-BE1A-6400C57280EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{82DDB641-8664-4039-A464-88F1CAF9994E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{3F14B68C-A3EC-4D9A-86FB-27E22F3D352C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{283CF022-5824-4175-8D7B-45050BC17299}"/>
   </bookViews>
   <sheets>
     <sheet name="lareduha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Education and Health Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EECD55D3-FF50-4774-8649-E14389A874F5}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0189F907-D307-4938-B55D-1E82CE87601A}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>3.9984912999997846E-2</v>
       </c>
       <c r="D431" s="5">
         <v>2.5289792957309043</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>19.402449271999998</v>
       </c>
       <c r="C432" s="5">
         <v>0.17070849399999943</v>
       </c>
       <c r="D432" s="5">
         <v>11.187386189255498</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>19.436067744999999</v>
+        <v>19.435538728000001</v>
       </c>
       <c r="C433" s="5">
-        <v>3.3618473000000648E-2</v>
+        <v>3.3089456000002571E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>2.0991602273163767</v>
+        <v>2.0658176146706175</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>19.458750010999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>2.3211282999998417E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>1.4425751637371809</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>