--- v1 (2025-12-13)
+++ v2 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{82DDB641-8664-4039-A464-88F1CAF9994E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{DDA478DC-11E6-4860-BB6F-4C69FE647CCC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{283CF022-5824-4175-8D7B-45050BC17299}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{92F006C1-7A75-483B-9A08-9D63D382EFB0}"/>
   </bookViews>
   <sheets>
     <sheet name="lareduha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Education and Health Services Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0189F907-D307-4938-B55D-1E82CE87601A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82D15C6D-EC4F-4D42-9B2E-0CF76BD44F7E}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -1038,71 +1038,71 @@
         <v>-0.11198812680000003</v>
       </c>
       <c r="D9" s="5">
         <v>-31.821788254022277</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
         <v>3.4368965677999999</v>
       </c>
       <c r="C10" s="5">
         <v>-1.5760066399999939E-2</v>
       </c>
       <c r="D10" s="5">
         <v>-5.3420993285793532</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>3.5347113374000001</v>
+        <v>3.5347113375000001</v>
       </c>
       <c r="C11" s="5">
-        <v>9.781476960000024E-2</v>
+        <v>9.7814769700000248E-2</v>
       </c>
       <c r="D11" s="5">
-        <v>40.039285335662811</v>
+        <v>40.039285383204849</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
         <v>3.5806677283999999</v>
       </c>
       <c r="C12" s="5">
-        <v>4.5956390999999819E-2</v>
+        <v>4.5956390899999811E-2</v>
       </c>
       <c r="D12" s="5">
-        <v>16.767190437815671</v>
+        <v>16.767190398174403</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
         <v>3.6746404792999998</v>
       </c>
       <c r="C13" s="5">
         <v>9.3972750899999902E-2</v>
       </c>
       <c r="D13" s="5">
         <v>36.461453580695149</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
         <v>3.7406060643000001</v>
       </c>
       <c r="C14" s="5">
         <v>6.5965585000000271E-2</v>
@@ -1234,130 +1234,130 @@
         <v>-2.7043803999999838E-3</v>
       </c>
       <c r="D23" s="5">
         <v>-0.86475762273959811</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
         <v>3.7794434803999999</v>
       </c>
       <c r="C24" s="5">
         <v>4.425213139999995E-2</v>
       </c>
       <c r="D24" s="5">
         <v>15.18077601136827</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>3.8723972366999999</v>
+        <v>3.8723972365999999</v>
       </c>
       <c r="C25" s="5">
-        <v>9.2953756300000023E-2</v>
+        <v>9.2953756200000015E-2</v>
       </c>
       <c r="D25" s="5">
-        <v>33.851905328358981</v>
+        <v>33.851905286879983</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
         <v>3.8360145005000001</v>
       </c>
       <c r="C26" s="5">
-        <v>-3.6382736199999766E-2</v>
+        <v>-3.6382736099999757E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>-10.709744930181165</v>
+        <v>-10.709744902511364</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
         <v>3.9297052677000002</v>
       </c>
       <c r="C27" s="5">
         <v>9.3690767200000025E-2</v>
       </c>
       <c r="D27" s="5">
         <v>33.584745123774162</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
         <v>3.9996999688999999</v>
       </c>
       <c r="C28" s="5">
         <v>6.9994701199999732E-2</v>
       </c>
       <c r="D28" s="5">
         <v>23.597369383970101</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>3.9507399267999999</v>
+        <v>3.9507399266999998</v>
       </c>
       <c r="C29" s="5">
-        <v>-4.8960042100000045E-2</v>
+        <v>-4.8960042200000053E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>-13.739430361478188</v>
+        <v>-13.739430387679041</v>
       </c>
       <c r="E29" s="5">
-        <v>5.1417912656292364</v>
+        <v>5.1417912629679208</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
         <v>4.0266958390000003</v>
       </c>
       <c r="C30" s="5">
-        <v>7.5955912200000419E-2</v>
+        <v>7.5955912300000428E-2</v>
       </c>
       <c r="D30" s="5">
-        <v>25.6737613841834</v>
+        <v>25.673761422355469</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
         <v>4.0058916246000003</v>
       </c>
       <c r="C31" s="5">
         <v>-2.0804214400000021E-2</v>
       </c>
       <c r="D31" s="5">
         <v>-6.0267087634777177</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
         <v>4.0785130368000004</v>
       </c>
       <c r="C32" s="5">
         <v>7.2621412200000179E-2</v>
@@ -1377,5752 +1377,5770 @@
         <v>-2.4531575900000213E-2</v>
       </c>
       <c r="D33" s="5">
         <v>-6.9837468366906403</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
         <v>4.1408925484000001</v>
       </c>
       <c r="C34" s="5">
         <v>8.6911087499999873E-2</v>
       </c>
       <c r="D34" s="5">
         <v>28.987146291240464</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>4.1358174548999997</v>
+        <v>4.1358174547999997</v>
       </c>
       <c r="C35" s="5">
-        <v>-5.0750935000003494E-3</v>
+        <v>-5.0750936000003577E-3</v>
       </c>
       <c r="D35" s="5">
-        <v>-1.4608510185508794</v>
+        <v>-1.4608510471417979</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>4.1744292457999999</v>
+        <v>4.1744292456999998</v>
       </c>
       <c r="C36" s="5">
         <v>3.8611790900000109E-2</v>
       </c>
       <c r="D36" s="5">
-        <v>11.796681244725061</v>
+        <v>11.796681245025219</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
         <v>4.0692514125999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.10517783319999996</v>
+        <v>-0.10517783309999995</v>
       </c>
       <c r="D37" s="5">
-        <v>-26.377760827213372</v>
+        <v>-26.377760806049622</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>4.1279414361000004</v>
+        <v>4.1279414362000004</v>
       </c>
       <c r="C38" s="5">
-        <v>5.8690023500000521E-2</v>
+        <v>5.8690023600000529E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>18.748477987077482</v>
+        <v>18.74847802159789</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
         <v>4.2270625188000004</v>
       </c>
       <c r="C39" s="5">
-        <v>9.9121082699999974E-2</v>
+        <v>9.9121082599999966E-2</v>
       </c>
       <c r="D39" s="5">
-        <v>32.941852691735598</v>
+        <v>32.941852653089221</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>4.2041659847000004</v>
+        <v>4.2041659848000004</v>
       </c>
       <c r="C40" s="5">
-        <v>-2.2896534100000032E-2</v>
+        <v>-2.2896534000000024E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>-6.3097937185030428</v>
+        <v>-6.3097936917609569</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
         <v>4.2422650391000003</v>
       </c>
       <c r="C41" s="5">
-        <v>3.8099054399999943E-2</v>
+        <v>3.8099054299999935E-2</v>
       </c>
       <c r="D41" s="5">
-        <v>11.433385810194352</v>
+        <v>11.433385778387507</v>
       </c>
       <c r="E41" s="5">
-        <v>7.3790003316196229</v>
+        <v>7.3790003343375599</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
         <v>4.5317556346999996</v>
       </c>
       <c r="C42" s="5">
         <v>0.28949059559999935</v>
       </c>
       <c r="D42" s="5">
         <v>120.81279025684681</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
         <v>4.5060852099000002</v>
       </c>
       <c r="C43" s="5">
         <v>-2.5670424799999481E-2</v>
       </c>
       <c r="D43" s="5">
         <v>-6.5896501790565836</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>4.5920167856000003</v>
+        <v>4.5920167857000003</v>
       </c>
       <c r="C44" s="5">
-        <v>8.5931575700000096E-2</v>
+        <v>8.5931575800000104E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>25.443685043719455</v>
+        <v>25.443685076500834</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
         <v>4.6589580918999998</v>
       </c>
       <c r="C45" s="5">
-        <v>6.6941306299999503E-2</v>
+        <v>6.6941306199999495E-2</v>
       </c>
       <c r="D45" s="5">
-        <v>18.966324487828622</v>
+        <v>18.966324456740068</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>4.6411409678000002</v>
+        <v>4.6411409679000002</v>
       </c>
       <c r="C46" s="5">
-        <v>-1.7817124099999582E-2</v>
+        <v>-1.7817123999999573E-2</v>
       </c>
       <c r="D46" s="5">
-        <v>-4.4938212458698557</v>
+        <v>-4.4938212211760202</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>4.6407147787999996</v>
+        <v>4.6407147786999996</v>
       </c>
       <c r="C47" s="5">
-        <v>-4.2618900000057636E-4</v>
+        <v>-4.261892000005929E-4</v>
       </c>
       <c r="D47" s="5">
-        <v>-0.11013855925638971</v>
+        <v>-0.11013861091322408</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>4.4715516076000004</v>
+        <v>4.4715516075000004</v>
       </c>
       <c r="C48" s="5">
         <v>-0.16916317119999924</v>
       </c>
       <c r="D48" s="5">
-        <v>-35.95570598845341</v>
+        <v>-35.955705989079924</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>4.4610948580000001</v>
+        <v>4.4610948579</v>
       </c>
       <c r="C49" s="5">
         <v>-1.0456749600000315E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>-2.7703940678693306</v>
+        <v>-2.7703940679304817</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>4.6172642921999998</v>
+        <v>4.6172642922999998</v>
       </c>
       <c r="C50" s="5">
-        <v>0.15616943419999973</v>
+        <v>0.15616943439999975</v>
       </c>
       <c r="D50" s="5">
-        <v>51.119085361719605</v>
+        <v>51.119085441644209</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>4.6218665444999996</v>
+        <v>4.6218665445999996</v>
       </c>
       <c r="C51" s="5">
         <v>4.6022522999997761E-3</v>
       </c>
       <c r="D51" s="5">
-        <v>1.2026774589757538</v>
+        <v>1.2026774589496192</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
         <v>4.7101913447000001</v>
       </c>
       <c r="C52" s="5">
-        <v>8.8324800200000553E-2</v>
+        <v>8.8324800100000544E-2</v>
       </c>
       <c r="D52" s="5">
-        <v>25.502907456802369</v>
+        <v>25.502907424217149</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
         <v>4.6279305252</v>
       </c>
       <c r="C53" s="5">
         <v>-8.2260819500000082E-2</v>
       </c>
       <c r="D53" s="5">
         <v>-19.056986854021908</v>
       </c>
       <c r="E53" s="5">
         <v>9.0910276124996479</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>4.6357238005000001</v>
+        <v>4.6357238004000001</v>
       </c>
       <c r="C54" s="5">
-        <v>7.7932753000000687E-3</v>
+        <v>7.7932752000000605E-3</v>
       </c>
       <c r="D54" s="5">
-        <v>2.0395799273893456</v>
+        <v>2.0395799009755855</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
         <v>4.7101797614000001</v>
       </c>
       <c r="C55" s="5">
-        <v>7.4455960899999951E-2</v>
+        <v>7.4455960999999959E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>21.070728193548625</v>
+        <v>21.070728224888846</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
         <v>4.7111999143999999</v>
       </c>
       <c r="C56" s="5">
         <v>1.0201529999998016E-3</v>
       </c>
       <c r="D56" s="5">
         <v>0.26021149562991397</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>4.7579940226000002</v>
+        <v>4.7579940227000002</v>
       </c>
       <c r="C57" s="5">
-        <v>4.6794108200000295E-2</v>
+        <v>4.6794108300000303E-2</v>
       </c>
       <c r="D57" s="5">
-        <v>12.592199757381906</v>
+        <v>12.592199785778323</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>4.8448456181999999</v>
+        <v>4.8448456185</v>
       </c>
       <c r="C58" s="5">
-        <v>8.6851595599999776E-2</v>
+        <v>8.6851595799999792E-2</v>
       </c>
       <c r="D58" s="5">
-        <v>24.243194032194282</v>
+        <v>24.243194093179167</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>4.9478488174999997</v>
+        <v>4.9478488176999997</v>
       </c>
       <c r="C59" s="5">
-        <v>0.10300319929999979</v>
+        <v>0.10300319919999978</v>
       </c>
       <c r="D59" s="5">
-        <v>28.717543100499565</v>
+        <v>28.717543067290773</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>5.0750302473</v>
+        <v>5.0750302462999999</v>
       </c>
       <c r="C60" s="5">
-        <v>0.12718142980000025</v>
+        <v>0.12718142860000015</v>
       </c>
       <c r="D60" s="5">
-        <v>35.602146907117074</v>
+        <v>35.602146520708189</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>5.1479237351</v>
+        <v>5.1479237352</v>
       </c>
       <c r="C61" s="5">
-        <v>7.2893487800000045E-2</v>
+        <v>7.2893488900000136E-2</v>
       </c>
       <c r="D61" s="5">
-        <v>18.664723635024671</v>
+        <v>18.66472394327079</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>5.2045651489999996</v>
+        <v>5.2045651492999996</v>
       </c>
       <c r="C62" s="5">
-        <v>5.6641413899999549E-2</v>
+        <v>5.6641414099999565E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>14.032366954696451</v>
+        <v>14.032367006991597</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>5.2200916354000002</v>
+        <v>5.2200916355000002</v>
       </c>
       <c r="C63" s="5">
-        <v>1.552648640000065E-2</v>
+        <v>1.5526486200000633E-2</v>
       </c>
       <c r="D63" s="5">
-        <v>3.6392188348780108</v>
+        <v>3.6392187870153636</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>5.2090039301999997</v>
+        <v>5.2090039302999998</v>
       </c>
       <c r="C64" s="5">
         <v>-1.1087705200000464E-2</v>
       </c>
       <c r="D64" s="5">
-        <v>-2.5192864994826092</v>
+        <v>-2.5192864994349695</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>5.3109684897999996</v>
+        <v>5.3109684896999996</v>
       </c>
       <c r="C65" s="5">
-        <v>0.10196455959999984</v>
+        <v>0.10196455939999982</v>
       </c>
       <c r="D65" s="5">
-        <v>26.191027208004346</v>
+        <v>26.191027150421252</v>
       </c>
       <c r="E65" s="5">
-        <v>14.759036698600436</v>
+        <v>14.759036696439631</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>5.2419555059</v>
+        <v>5.2419555057</v>
       </c>
       <c r="C66" s="5">
-        <v>-6.9012983899999547E-2</v>
+        <v>-6.9012983999999555E-2</v>
       </c>
       <c r="D66" s="5">
-        <v>-14.52575629248688</v>
+        <v>-14.525756312308102</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>5.2169881862</v>
+        <v>5.216988186</v>
       </c>
       <c r="C67" s="5">
         <v>-2.496731969999999E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>-5.5681983514983102</v>
+        <v>-5.5681983517052451</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>5.2346252025000002</v>
+        <v>5.2346252024000002</v>
       </c>
       <c r="C68" s="5">
-        <v>1.7637016300000141E-2</v>
+        <v>1.7637016400000149E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>4.1331155345049275</v>
+        <v>4.133115558537992</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>5.1518906048000002</v>
+        <v>5.1518906051000002</v>
       </c>
       <c r="C69" s="5">
-        <v>-8.2734597700000023E-2</v>
+        <v>-8.273459729999999E-2</v>
       </c>
       <c r="D69" s="5">
-        <v>-17.40143727269945</v>
+        <v>-17.401437196046686</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>5.1439221278999998</v>
+        <v>5.1439221286999999</v>
       </c>
       <c r="C70" s="5">
-        <v>-7.9684769000003541E-3</v>
+        <v>-7.9684764000003128E-3</v>
       </c>
       <c r="D70" s="5">
-        <v>-1.8403429899004342</v>
+        <v>-1.8403428752983841</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>5.2533504662999997</v>
+        <v>5.2533504667999997</v>
       </c>
       <c r="C71" s="5">
-        <v>0.10942833839999988</v>
+        <v>0.10942833809999986</v>
       </c>
       <c r="D71" s="5">
-        <v>28.737145094225824</v>
+        <v>28.737145001000819</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>5.2891234360999997</v>
+        <v>5.2891234340000004</v>
       </c>
       <c r="C72" s="5">
-        <v>3.5772969799999998E-2</v>
+        <v>3.5772967200000672E-2</v>
       </c>
       <c r="D72" s="5">
-        <v>8.4845603192334131</v>
+        <v>8.4845596784561828</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>5.2297358525000002</v>
+        <v>5.2297358524000002</v>
       </c>
       <c r="C73" s="5">
-        <v>-5.9387583599999516E-2</v>
+        <v>-5.9387581600000239E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>-12.672180982445569</v>
+        <v>-12.672180586410741</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>5.3024240333000003</v>
+        <v>5.3024240336000004</v>
       </c>
       <c r="C74" s="5">
-        <v>7.2688180800000168E-2</v>
+        <v>7.2688181200000201E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>18.014784407812545</v>
+        <v>18.014784515016235</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>5.2156888266000001</v>
+        <v>5.2156888271000001</v>
       </c>
       <c r="C75" s="5">
-        <v>-8.6735206700000234E-2</v>
+        <v>-8.6735206500000217E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>-17.956040003453644</v>
+        <v>-17.956039964774785</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>5.2051083752</v>
+        <v>5.2051083761000001</v>
       </c>
       <c r="C76" s="5">
-        <v>-1.0580451400000079E-2</v>
+        <v>-1.0580451000000046E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>-2.4073210208926499</v>
+        <v>-2.4073209306673005</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>5.1885647805000001</v>
+        <v>5.1885647809000002</v>
       </c>
       <c r="C77" s="5">
-        <v>-1.6543594699999886E-2</v>
+        <v>-1.6543595199999928E-2</v>
       </c>
       <c r="D77" s="5">
-        <v>-3.7480350480143754</v>
+        <v>-3.7480351586823391</v>
       </c>
       <c r="E77" s="5">
-        <v>-2.3047342407525595</v>
+        <v>-2.3047342313814667</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
         <v>5.5501313887999997</v>
       </c>
       <c r="C78" s="5">
-        <v>0.36156660829999954</v>
+        <v>0.3615666078999995</v>
       </c>
       <c r="D78" s="5">
-        <v>124.4255259062311</v>
+        <v>124.42552569861283</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>5.5290860485</v>
+        <v>5.5290860469999998</v>
       </c>
       <c r="C79" s="5">
-        <v>-2.1045340299999715E-2</v>
+        <v>-2.1045341799999839E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>-4.4565290954560517</v>
+        <v>-4.4565294064989214</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
         <v>5.5570475674999997</v>
       </c>
       <c r="C80" s="5">
-        <v>2.7961518999999768E-2</v>
+        <v>2.7961520499999892E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>6.2402747592864349</v>
+        <v>6.2402751051528149</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
         <v>5.6387470834000002</v>
       </c>
       <c r="C81" s="5">
         <v>8.1699515900000463E-2</v>
       </c>
       <c r="D81" s="5">
         <v>19.14121208138706</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>5.7378604763999999</v>
+        <v>5.7378604761999998</v>
       </c>
       <c r="C82" s="5">
-        <v>9.9113392999999661E-2</v>
+        <v>9.9113392799999644E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>23.256098759833431</v>
+        <v>23.256098708278429</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>5.6517898529000004</v>
+        <v>5.6517898568999998</v>
       </c>
       <c r="C83" s="5">
-        <v>-8.6070623499999499E-2</v>
+        <v>-8.607061930000004E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>-16.587284243381017</v>
+        <v>-16.587283500077099</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>5.7059997289000002</v>
+        <v>5.7059997233999997</v>
       </c>
       <c r="C84" s="5">
-        <v>5.4209875999999824E-2</v>
+        <v>5.4209866499999926E-2</v>
       </c>
       <c r="D84" s="5">
-        <v>12.13699034473359</v>
+        <v>12.136988095303813</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>5.8178360650999998</v>
+        <v>5.8178360631999997</v>
       </c>
       <c r="C85" s="5">
-        <v>0.11183633619999966</v>
+        <v>0.11183633979999996</v>
       </c>
       <c r="D85" s="5">
-        <v>26.228317703472893</v>
+        <v>26.228318668840565</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>5.8122908069000001</v>
+        <v>5.8122908071000001</v>
       </c>
       <c r="C86" s="5">
-        <v>-5.5452581999997363E-3</v>
+        <v>-5.5452560999995626E-3</v>
       </c>
       <c r="D86" s="5">
-        <v>-1.1378004438026612</v>
+        <v>-1.1378000155413237</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>5.9119105095000002</v>
+        <v>5.9119105118000004</v>
       </c>
       <c r="C87" s="5">
-        <v>9.9619702600000082E-2</v>
+        <v>9.9619704700000256E-2</v>
       </c>
       <c r="D87" s="5">
-        <v>22.621378286011073</v>
+        <v>22.621378807841651</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>6.0001066952000004</v>
+        <v>6.0001066991999998</v>
       </c>
       <c r="C88" s="5">
-        <v>8.8196185700000207E-2</v>
+        <v>8.8196187399999459E-2</v>
       </c>
       <c r="D88" s="5">
-        <v>19.446509030181993</v>
+        <v>19.446509428095936</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>5.9784372843</v>
+        <v>5.9784372874000002</v>
       </c>
       <c r="C89" s="5">
-        <v>-2.1669410900000408E-2</v>
+        <v>-2.1669411799999594E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>-4.2487494892908151</v>
+        <v>-4.2487496594881602</v>
       </c>
       <c r="E89" s="5">
-        <v>15.22333318008382</v>
+        <v>15.223333230947734</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>6.0517791371999996</v>
+        <v>6.0517791377999997</v>
       </c>
       <c r="C90" s="5">
-        <v>7.3341852899999616E-2</v>
+        <v>7.3341850399999409E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>15.756318333895036</v>
+        <v>15.756317751336169</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>6.0381160764999997</v>
+        <v>6.0381160721000002</v>
       </c>
       <c r="C91" s="5">
-        <v>-1.3663060699999896E-2</v>
+        <v>-1.3663065699999422E-2</v>
       </c>
       <c r="D91" s="5">
-        <v>-2.6758423711284118</v>
+        <v>-2.6758433379642121</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>6.0731095780000004</v>
+        <v>6.0731095769000003</v>
       </c>
       <c r="C92" s="5">
-        <v>3.499350150000069E-2</v>
+        <v>3.4993504800000075E-2</v>
       </c>
       <c r="D92" s="5">
-        <v>7.1805336995479419</v>
+        <v>7.1805344038240682</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>6.1190311812999996</v>
+        <v>6.1190311813999996</v>
       </c>
       <c r="C93" s="5">
-        <v>4.592160329999917E-2</v>
+        <v>4.5921604499999269E-2</v>
       </c>
       <c r="D93" s="5">
-        <v>9.4607926018509545</v>
+        <v>9.4607928612320471</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>6.1203390343999997</v>
+        <v>6.1203390332999996</v>
       </c>
       <c r="C94" s="5">
-        <v>1.3078531000001448E-3</v>
+        <v>1.3078519000000455E-3</v>
       </c>
       <c r="D94" s="5">
-        <v>0.25678410773879445</v>
+        <v>0.25678387184941975</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>6.2490361438999997</v>
+        <v>6.2490361504000003</v>
       </c>
       <c r="C95" s="5">
-        <v>0.12869710950000002</v>
+        <v>0.12869711710000065</v>
       </c>
       <c r="D95" s="5">
-        <v>28.366196740238749</v>
+        <v>28.366198619348904</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>6.5294148177000002</v>
+        <v>6.5294148085000003</v>
       </c>
       <c r="C96" s="5">
-        <v>0.28037867380000048</v>
+        <v>0.28037865810000007</v>
       </c>
       <c r="D96" s="5">
-        <v>69.330303394803437</v>
+        <v>69.330298418181854</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>6.5077983255999996</v>
+        <v>6.5077983186999999</v>
       </c>
       <c r="C97" s="5">
-        <v>-2.1616492100000606E-2</v>
+        <v>-2.1616489800000416E-2</v>
       </c>
       <c r="D97" s="5">
-        <v>-3.9012133258477966</v>
+        <v>-3.9012129236836501</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>6.6380879303000002</v>
+        <v>6.6380879165</v>
       </c>
       <c r="C98" s="5">
-        <v>0.13028960470000062</v>
+        <v>0.13028959780000005</v>
       </c>
       <c r="D98" s="5">
-        <v>26.85482220479425</v>
+        <v>26.854820654153166</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>6.6055420897000001</v>
+        <v>6.6055420918000003</v>
       </c>
       <c r="C99" s="5">
-        <v>-3.2545840600000098E-2</v>
+        <v>-3.254582469999967E-2</v>
       </c>
       <c r="D99" s="5">
-        <v>-5.7273838958276642</v>
+        <v>-5.7273811843659654</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>6.6978997631999997</v>
+        <v>6.697899789</v>
       </c>
       <c r="C100" s="5">
-        <v>9.2357673499999571E-2</v>
+        <v>9.2357697199999755E-2</v>
       </c>
       <c r="D100" s="5">
-        <v>18.130531012632865</v>
+        <v>18.130536022367693</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>6.7805922014000002</v>
+        <v>6.7805922090999999</v>
       </c>
       <c r="C101" s="5">
-        <v>8.2692438200000495E-2</v>
+        <v>8.2692420099999886E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>15.86380410874353</v>
+        <v>15.863800332010157</v>
       </c>
       <c r="E101" s="5">
-        <v>13.417468126771892</v>
+        <v>13.41746819675771</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>6.7462811646</v>
+        <v>6.7462811714999997</v>
       </c>
       <c r="C102" s="5">
-        <v>-3.4311036800000139E-2</v>
+        <v>-3.4311037600000205E-2</v>
       </c>
       <c r="D102" s="5">
-        <v>-5.9060418275983517</v>
+        <v>-5.9060419549732739</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>6.7369738069</v>
+        <v>6.7369738086000002</v>
       </c>
       <c r="C103" s="5">
-        <v>-9.3073577000000185E-3</v>
+        <v>-9.3073628999995606E-3</v>
       </c>
       <c r="D103" s="5">
-        <v>-1.6430488063619353</v>
+        <v>-1.6430497157075341</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>6.7731525625</v>
+        <v>6.7731525657000002</v>
       </c>
       <c r="C104" s="5">
-        <v>3.6178755599999946E-2</v>
+        <v>3.617875710000007E-2</v>
       </c>
       <c r="D104" s="5">
-        <v>6.6379997484818487</v>
+        <v>6.6380000301532238</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>6.9041867194000002</v>
+        <v>6.9041867165999999</v>
       </c>
       <c r="C105" s="5">
-        <v>0.1310341569000002</v>
+        <v>0.1310341508999997</v>
       </c>
       <c r="D105" s="5">
-        <v>25.851976577653033</v>
+        <v>25.851975251669401</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>6.9099625005999998</v>
+        <v>6.9099624884999997</v>
       </c>
       <c r="C106" s="5">
-        <v>5.7757811999996633E-3</v>
+        <v>5.775771899999782E-3</v>
       </c>
       <c r="D106" s="5">
-        <v>1.0085063883600531</v>
+        <v>1.0085047574233563</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>6.9460837073999997</v>
+        <v>6.9460837027000002</v>
       </c>
       <c r="C107" s="5">
-        <v>3.6121206799999861E-2</v>
+        <v>3.6121214200000473E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>6.4564221543884859</v>
+        <v>6.4564235269797932</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>6.8446888229000002</v>
+        <v>6.8446887961999998</v>
       </c>
       <c r="C108" s="5">
-        <v>-0.10139488449999945</v>
+        <v>-0.10139490650000038</v>
       </c>
       <c r="D108" s="5">
-        <v>-16.176777475610105</v>
+        <v>-16.176780718758611</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>6.9068889076</v>
+        <v>6.9068888862</v>
       </c>
       <c r="C109" s="5">
-        <v>6.2200084699999714E-2</v>
+        <v>6.2200090000000152E-2</v>
       </c>
       <c r="D109" s="5">
-        <v>11.466699915293944</v>
+        <v>11.466700988690114</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>6.8630709634000002</v>
+        <v>6.8630709348999996</v>
       </c>
       <c r="C110" s="5">
-        <v>-4.3817944199999737E-2</v>
+        <v>-4.3817951300000324E-2</v>
       </c>
       <c r="D110" s="5">
-        <v>-7.3528157448150449</v>
+        <v>-7.3528169169547635</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>7.0075013636000003</v>
+        <v>7.0075013723000001</v>
       </c>
       <c r="C111" s="5">
-        <v>0.14443040020000009</v>
+        <v>0.1444304374000005</v>
       </c>
       <c r="D111" s="5">
-        <v>28.391542836354432</v>
+        <v>28.39155114717029</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>6.9965140299000002</v>
+        <v>6.9965140855000003</v>
       </c>
       <c r="C112" s="5">
-        <v>-1.0987333700000157E-2</v>
+        <v>-1.0987286799999829E-2</v>
       </c>
       <c r="D112" s="5">
-        <v>-1.8653854834615791</v>
+        <v>-1.8653775872111811</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>6.989231738</v>
+        <v>6.9892317663999997</v>
       </c>
       <c r="C113" s="5">
-        <v>-7.2822919000001818E-3</v>
+        <v>-7.282319100000656E-3</v>
       </c>
       <c r="D113" s="5">
-        <v>-1.2418894754691601</v>
+        <v>-1.2418940777010112</v>
       </c>
       <c r="E113" s="5">
-        <v>3.0770105383556512</v>
+        <v>3.0770108401444896</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>6.8337773232999997</v>
+        <v>6.8337773650000004</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.15545441470000032</v>
+        <v>-0.15545440139999922</v>
       </c>
       <c r="D114" s="5">
-        <v>-23.655703844690599</v>
+        <v>-23.655701977019884</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>6.7246021780999996</v>
+        <v>6.7246022282000002</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.10917514520000005</v>
+        <v>-0.10917513680000024</v>
       </c>
       <c r="D115" s="5">
-        <v>-17.57303993247189</v>
+        <v>-17.57303859892335</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>6.8601022866000001</v>
+        <v>6.8601022411999999</v>
       </c>
       <c r="C116" s="5">
-        <v>0.13550010850000049</v>
+        <v>0.1355000129999997</v>
       </c>
       <c r="D116" s="5">
-        <v>27.048028955909722</v>
+        <v>27.048007507817886</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>6.8973355588</v>
+        <v>6.8973355614000003</v>
       </c>
       <c r="C117" s="5">
-        <v>3.7233272199999945E-2</v>
+        <v>3.7233320200000364E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>6.7109943703945518</v>
+        <v>6.7110033276316372</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>7.0088869309000001</v>
+        <v>7.0088868897000003</v>
       </c>
       <c r="C118" s="5">
-        <v>0.1115513721000001</v>
+        <v>0.11155132830000003</v>
       </c>
       <c r="D118" s="5">
-        <v>21.230636396928659</v>
+        <v>21.23062729705396</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>7.0493054518999996</v>
+        <v>7.0493054072000003</v>
       </c>
       <c r="C119" s="5">
-        <v>4.041852099999943E-2</v>
+        <v>4.0418517500000029E-2</v>
       </c>
       <c r="D119" s="5">
-        <v>7.1438640575001378</v>
+        <v>7.143863462467781</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>6.9638559595</v>
+        <v>6.9638558688999996</v>
       </c>
       <c r="C120" s="5">
-        <v>-8.5449492399999549E-2</v>
+        <v>-8.5449538300000683E-2</v>
       </c>
       <c r="D120" s="5">
-        <v>-13.614390162828993</v>
+        <v>-13.614397076079321</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>6.9046101109000002</v>
+        <v>6.9046100619999997</v>
       </c>
       <c r="C121" s="5">
-        <v>-5.9245848599999817E-2</v>
+        <v>-5.924580689999992E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>-9.7447312572101268</v>
+        <v>-9.744724837017948</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>6.9809555831000001</v>
+        <v>6.9809555797999998</v>
       </c>
       <c r="C122" s="5">
-        <v>7.6345472199999875E-2</v>
+        <v>7.6345517800000096E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>14.106025556413471</v>
+        <v>14.106034606632779</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>7.1056778982999997</v>
+        <v>7.1056779461000001</v>
       </c>
       <c r="C123" s="5">
-        <v>0.12472231519999966</v>
+        <v>0.12472236630000033</v>
       </c>
       <c r="D123" s="5">
-        <v>23.676647984828271</v>
+        <v>23.676658670089502</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>7.1978533102000002</v>
+        <v>7.1978534085000003</v>
       </c>
       <c r="C124" s="5">
-        <v>9.2175411900000448E-2</v>
+        <v>9.2175462400000185E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>16.726562527084088</v>
+        <v>16.726572233833803</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>7.2927621399999998</v>
+        <v>7.2927621991000002</v>
       </c>
       <c r="C125" s="5">
-        <v>9.4908829799999594E-2</v>
+        <v>9.4908790599999904E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>17.022315471620185</v>
+        <v>17.022307673828042</v>
       </c>
       <c r="E125" s="5">
-        <v>4.3428292747788699</v>
+        <v>4.34282969637938</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>7.5210928340000001</v>
+        <v>7.5210929996000004</v>
       </c>
       <c r="C126" s="5">
-        <v>0.22833069400000028</v>
+        <v>0.22833080050000021</v>
       </c>
       <c r="D126" s="5">
-        <v>44.76607665517782</v>
+        <v>44.766100826745081</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>7.6076161725000002</v>
+        <v>7.6076162400999996</v>
       </c>
       <c r="C127" s="5">
-        <v>8.6523338500000158E-2</v>
+        <v>8.6523240499999154E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>14.712758843837825</v>
+        <v>14.71274076660678</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>7.7358386168999997</v>
+        <v>7.7358384899999999</v>
       </c>
       <c r="C128" s="5">
-        <v>0.12822244439999952</v>
+        <v>0.12822224990000031</v>
       </c>
       <c r="D128" s="5">
-        <v>22.209705170713768</v>
+        <v>22.209668082517119</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>7.9080040779000003</v>
+        <v>7.9080040946999999</v>
       </c>
       <c r="C129" s="5">
-        <v>0.17216546100000052</v>
+        <v>0.17216560469999997</v>
       </c>
       <c r="D129" s="5">
-        <v>30.230828297706825</v>
+        <v>30.230857253646668</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>7.9236522767000004</v>
+        <v>7.9236522594999999</v>
       </c>
       <c r="C130" s="5">
-        <v>1.5648198800000124E-2</v>
+        <v>1.5648164799999975E-2</v>
       </c>
       <c r="D130" s="5">
-        <v>2.4005497483198468</v>
+        <v>2.4005444704164214</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>7.9629483243000001</v>
+        <v>7.9629478534000002</v>
       </c>
       <c r="C131" s="5">
-        <v>3.9296047599999717E-2</v>
+        <v>3.929559390000037E-2</v>
       </c>
       <c r="D131" s="5">
-        <v>6.1162428989252504</v>
+        <v>6.1161703591513739</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>7.9702286501000001</v>
+        <v>7.9702285939999999</v>
       </c>
       <c r="C132" s="5">
-        <v>7.2803258000000426E-3</v>
+        <v>7.2807405999997243E-3</v>
       </c>
       <c r="D132" s="5">
-        <v>1.1026639656974702</v>
+        <v>1.102727172306861</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>8.1051216628000002</v>
+        <v>8.1051216769999996</v>
       </c>
       <c r="C133" s="5">
-        <v>0.13489301270000009</v>
+        <v>0.13489308299999969</v>
       </c>
       <c r="D133" s="5">
-        <v>22.310880212837159</v>
+        <v>22.310893115176754</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>8.1815741427000006</v>
+        <v>8.1815742501000006</v>
       </c>
       <c r="C134" s="5">
-        <v>7.645247990000037E-2</v>
+        <v>7.6452573100000976E-2</v>
       </c>
       <c r="D134" s="5">
-        <v>11.925227428722017</v>
+        <v>11.925242706623497</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>7.8046259912</v>
+        <v>7.8046261451000003</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.37694815150000061</v>
+        <v>-0.37694810500000031</v>
       </c>
       <c r="D135" s="5">
-        <v>-43.22165805261956</v>
+        <v>-43.221653561214488</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>7.8963457463999998</v>
+        <v>7.8963459406999998</v>
       </c>
       <c r="C136" s="5">
-        <v>9.1719755199999753E-2</v>
+        <v>9.1719795599999543E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>15.050555663776667</v>
+        <v>15.05056241113898</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>7.9927704562999997</v>
+        <v>7.9927705840999996</v>
       </c>
       <c r="C137" s="5">
-        <v>9.6424709899999961E-2</v>
+        <v>9.6424643399999788E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>15.678917788523151</v>
+        <v>15.678905827042854</v>
       </c>
       <c r="E137" s="5">
-        <v>9.5986719827393152</v>
+        <v>9.5986728469822822</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>8.1082619091999995</v>
+        <v>8.1082621924999998</v>
       </c>
       <c r="C138" s="5">
-        <v>0.11549145289999974</v>
+        <v>0.11549160840000017</v>
       </c>
       <c r="D138" s="5">
-        <v>18.785966387648823</v>
+        <v>18.785993399894974</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>8.1886030620000003</v>
+        <v>8.1886031190999997</v>
       </c>
       <c r="C139" s="5">
-        <v>8.034115280000087E-2</v>
+        <v>8.0340926599999918E-2</v>
       </c>
       <c r="D139" s="5">
-        <v>12.560136172853564</v>
+        <v>12.560098397817132</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>8.2163831236</v>
+        <v>8.2163828391999996</v>
       </c>
       <c r="C140" s="5">
-        <v>2.7780061599999684E-2</v>
+        <v>2.7779720099999849E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>4.1478596746142404</v>
+        <v>4.1478077004157621</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>8.2290613065000002</v>
+        <v>8.2290612402000001</v>
       </c>
       <c r="C141" s="5">
-        <v>1.2678182900000223E-2</v>
+        <v>1.2678401000000505E-2</v>
       </c>
       <c r="D141" s="5">
-        <v>1.8674398249359792</v>
+        <v>1.8674722884143957</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>8.3451814652999996</v>
+        <v>8.3451814073000001</v>
       </c>
       <c r="C142" s="5">
-        <v>0.11612015879999937</v>
+        <v>0.11612016710000006</v>
       </c>
       <c r="D142" s="5">
-        <v>18.311195783464342</v>
+        <v>18.311197354675414</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>8.4867990086000002</v>
+        <v>8.4867980683000006</v>
       </c>
       <c r="C143" s="5">
-        <v>0.14161754330000065</v>
+        <v>0.14161666100000048</v>
       </c>
       <c r="D143" s="5">
-        <v>22.376375402495331</v>
+        <v>22.376222903775698</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>8.6777232895999994</v>
+        <v>8.6777232201000007</v>
       </c>
       <c r="C144" s="5">
-        <v>0.19092428099999914</v>
+        <v>0.19092515180000014</v>
       </c>
       <c r="D144" s="5">
-        <v>30.599816268442414</v>
+        <v>30.599977355465935</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>8.6935512575999994</v>
+        <v>8.6935512387999996</v>
       </c>
       <c r="C145" s="5">
-        <v>1.582796799999997E-2</v>
+        <v>1.5828018699998836E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>2.2108639805288544</v>
+        <v>2.2108711514271739</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>8.7695012211000005</v>
+        <v>8.7695018742999995</v>
       </c>
       <c r="C146" s="5">
-        <v>7.5949963500001161E-2</v>
+        <v>7.5950635499999919E-2</v>
       </c>
       <c r="D146" s="5">
-        <v>11.002327647416511</v>
+        <v>11.002429744662656</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>8.8980290312000001</v>
+        <v>8.8980291995999998</v>
       </c>
       <c r="C147" s="5">
-        <v>0.12852781009999958</v>
+        <v>0.12852732530000033</v>
       </c>
       <c r="D147" s="5">
-        <v>19.076786413762559</v>
+        <v>19.076707023085525</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>9.0868249694000003</v>
+        <v>9.0868252023</v>
       </c>
       <c r="C148" s="5">
-        <v>0.18879593820000018</v>
+        <v>0.18879600270000019</v>
       </c>
       <c r="D148" s="5">
-        <v>28.653063614835418</v>
+        <v>28.653073966222543</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>9.1881737147999996</v>
+        <v>9.1881739656000008</v>
       </c>
       <c r="C149" s="5">
-        <v>0.10134874539999927</v>
+        <v>0.10134876330000075</v>
       </c>
       <c r="D149" s="5">
-        <v>14.236376030727493</v>
+        <v>14.23637831377782</v>
       </c>
       <c r="E149" s="5">
-        <v>14.956056414178253</v>
+        <v>14.956057713929805</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>9.3026968561000007</v>
+        <v>9.3026974420999995</v>
       </c>
       <c r="C150" s="5">
-        <v>0.11452314130000119</v>
+        <v>0.11452347649999872</v>
       </c>
       <c r="D150" s="5">
-        <v>16.026196968234927</v>
+        <v>16.026246669031785</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>9.3761730946000004</v>
+        <v>9.3761734583000003</v>
       </c>
       <c r="C151" s="5">
-        <v>7.3476238499999624E-2</v>
+        <v>7.3476016200000771E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>9.9008288933609467</v>
+        <v>9.9007969746415689</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>9.5084879487999991</v>
+        <v>9.5084871527000008</v>
       </c>
       <c r="C152" s="5">
-        <v>0.13231485419999878</v>
+        <v>0.13231369440000051</v>
       </c>
       <c r="D152" s="5">
-        <v>18.312363176705571</v>
+        <v>18.312189236349695</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>9.4573742794999998</v>
+        <v>9.4573741803000004</v>
       </c>
       <c r="C153" s="5">
-        <v>-5.1113669299999387E-2</v>
+        <v>-5.1112972400000345E-2</v>
       </c>
       <c r="D153" s="5">
-        <v>-6.2633569282597445</v>
+        <v>-6.2632745494303315</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>9.4772469219000008</v>
+        <v>9.4772466212000008</v>
       </c>
       <c r="C154" s="5">
-        <v>1.9872642400001084E-2</v>
+        <v>1.9872440900000399E-2</v>
       </c>
       <c r="D154" s="5">
-        <v>2.5508891943972101</v>
+        <v>2.550863056900865</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>9.5133939283999993</v>
+        <v>9.5133921268999995</v>
       </c>
       <c r="C155" s="5">
-        <v>3.6147006499998469E-2</v>
+        <v>3.6145505699998637E-2</v>
       </c>
       <c r="D155" s="5">
-        <v>4.6741425241730861</v>
+        <v>4.6739445194154294</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>9.4674429263000004</v>
+        <v>9.4674424439999996</v>
       </c>
       <c r="C156" s="5">
-        <v>-4.5951002099998917E-2</v>
+        <v>-4.59496828999999E-2</v>
       </c>
       <c r="D156" s="5">
-        <v>-5.6446380578386357</v>
+        <v>-5.6444813278586636</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>9.4788914812999998</v>
+        <v>9.4788911054000007</v>
       </c>
       <c r="C157" s="5">
-        <v>1.1448554999999416E-2</v>
+        <v>1.1448661400001114E-2</v>
       </c>
       <c r="D157" s="5">
-        <v>1.4607964689320019</v>
+        <v>1.4608102105444276</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>9.7454837314000002</v>
+        <v>9.7454855920999996</v>
       </c>
       <c r="C158" s="5">
-        <v>0.26659225010000043</v>
+        <v>0.26659448669999897</v>
       </c>
       <c r="D158" s="5">
-        <v>39.492286940299756</v>
+        <v>39.492672920428198</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>9.7916155920999994</v>
+        <v>9.7916157501000001</v>
       </c>
       <c r="C159" s="5">
-        <v>4.6131860699999194E-2</v>
+        <v>4.6130158000000421E-2</v>
       </c>
       <c r="D159" s="5">
-        <v>5.8306473469675435</v>
+        <v>5.8304253654792637</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>9.7709139226000001</v>
+        <v>9.7709144938999994</v>
       </c>
       <c r="C160" s="5">
-        <v>-2.0701669499999298E-2</v>
+        <v>-2.0701256200000628E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>-2.5077741975957135</v>
+        <v>-2.5077246716910584</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>9.8796502229000005</v>
+        <v>9.8796512546000006</v>
       </c>
       <c r="C161" s="5">
-        <v>0.10873630030000037</v>
+        <v>0.10873676070000116</v>
       </c>
       <c r="D161" s="5">
-        <v>14.202755281925338</v>
+        <v>14.202818263368822</v>
       </c>
       <c r="E161" s="5">
-        <v>7.5257230605707104</v>
+        <v>7.525731354117271</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>10.106742117</v>
+        <v>10.106743834</v>
       </c>
       <c r="C162" s="5">
-        <v>0.22709189409999908</v>
+        <v>0.22709257939999894</v>
       </c>
       <c r="D162" s="5">
-        <v>31.351604648667109</v>
+        <v>31.351707827723274</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>9.9734091992000007</v>
+        <v>9.973411016</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.1333329177999989</v>
+        <v>-0.13333281799999952</v>
       </c>
       <c r="D163" s="5">
-        <v>-14.731338827572692</v>
+        <v>-14.731326264640177</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>10.111657556000001</v>
+        <v>10.11165703</v>
       </c>
       <c r="C164" s="5">
-        <v>0.13824835680000014</v>
+        <v>0.13824601399999992</v>
       </c>
       <c r="D164" s="5">
-        <v>17.962666788901792</v>
+        <v>17.962335290386953</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>10.187380012</v>
+        <v>10.187378636</v>
       </c>
       <c r="C165" s="5">
-        <v>7.5722455999999383E-2</v>
+        <v>7.5721606000000108E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>9.3658770923423127</v>
+        <v>9.3657680984731826</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>10.210879037</v>
+        <v>10.210876796000001</v>
       </c>
       <c r="C166" s="5">
-        <v>2.3499024999999563E-2</v>
+        <v>2.3498160000000823E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>2.8034044311826545</v>
+        <v>2.8033003085681907</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>10.230210616000001</v>
+        <v>10.230205827000001</v>
       </c>
       <c r="C167" s="5">
-        <v>1.9331579000001042E-2</v>
+        <v>1.932903099999983E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>2.295686816910969</v>
+        <v>2.2953815855436766</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>10.356080538000001</v>
+        <v>10.356076981999999</v>
       </c>
       <c r="C168" s="5">
-        <v>0.12586992199999969</v>
+        <v>0.12587115499999868</v>
       </c>
       <c r="D168" s="5">
-        <v>15.805752222753021</v>
+        <v>15.805925584378278</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>10.460865921</v>
+        <v>10.460863561</v>
       </c>
       <c r="C169" s="5">
-        <v>0.1047853829999994</v>
+        <v>0.10478657900000066</v>
       </c>
       <c r="D169" s="5">
-        <v>12.840914593600395</v>
+        <v>12.841074065610281</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>10.510843448999999</v>
+        <v>10.510847055999999</v>
       </c>
       <c r="C170" s="5">
-        <v>4.9977527999999438E-2</v>
+        <v>4.9983494999999323E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>5.8861562820779811</v>
+        <v>5.8868789856679093</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>10.581399059000001</v>
+        <v>10.581401907</v>
       </c>
       <c r="C171" s="5">
-        <v>7.0555610000001323E-2</v>
+        <v>7.0554851000000696E-2</v>
       </c>
       <c r="D171" s="5">
-        <v>8.3593293462429266</v>
+        <v>8.359233100005369</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>10.65706589</v>
+        <v>10.657070557000001</v>
       </c>
       <c r="C172" s="5">
-        <v>7.566683099999949E-2</v>
+        <v>7.5668650000000781E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>8.9267863249296475</v>
+        <v>8.9270069330062327</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>10.671177844000001</v>
+        <v>10.671183512000001</v>
       </c>
       <c r="C173" s="5">
-        <v>1.4111954000000537E-2</v>
+        <v>1.4112954999999872E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>1.6006492178173293</v>
+        <v>1.6007628784107997</v>
       </c>
       <c r="E173" s="5">
-        <v>8.0116968034487748</v>
+        <v>8.0117428945830405</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>10.617700271</v>
+        <v>10.617705608</v>
       </c>
       <c r="C174" s="5">
-        <v>-5.3477573000000334E-2</v>
+        <v>-5.3477904000001075E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>-5.8506680659677119</v>
+        <v>-5.8507002640499239</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>10.684818432</v>
+        <v>10.684821701000001</v>
       </c>
       <c r="C175" s="5">
-        <v>6.7118160999999787E-2</v>
+        <v>6.7116093000000987E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>7.8549847936395967</v>
+        <v>7.8547302091105609</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>10.621531955</v>
+        <v>10.621530109</v>
       </c>
       <c r="C176" s="5">
-        <v>-6.3286477000000119E-2</v>
+        <v>-6.3291592000000563E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>-6.8806015967840199</v>
+        <v>-6.8811376791285683</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>10.614739996999999</v>
+        <v>10.614735616999999</v>
       </c>
       <c r="C177" s="5">
-        <v>-6.791958000000875E-3</v>
+        <v>-6.794492000000929E-3</v>
       </c>
       <c r="D177" s="5">
-        <v>-0.76464920388714663</v>
+        <v>-0.76493361507287139</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>10.739993424</v>
+        <v>10.73998817</v>
       </c>
       <c r="C178" s="5">
-        <v>0.12525342700000053</v>
+        <v>0.12525255300000104</v>
       </c>
       <c r="D178" s="5">
-        <v>15.11604382076419</v>
+        <v>15.115938053338841</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>10.740305705000001</v>
+        <v>10.740286071</v>
       </c>
       <c r="C179" s="5">
-        <v>3.1228100000113557E-4</v>
+        <v>2.9790099999971176E-4</v>
       </c>
       <c r="D179" s="5">
-        <v>3.4897333656203067E-2</v>
+        <v>3.3290142920017196E-2</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>10.731510673000001</v>
+        <v>10.731503922</v>
       </c>
       <c r="C180" s="5">
-        <v>-8.7950320000000914E-3</v>
+        <v>-8.7821489999999613E-3</v>
       </c>
       <c r="D180" s="5">
-        <v>-0.97824349150484879</v>
+        <v>-0.97681877210079593</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>10.745842637000001</v>
+        <v>10.745836807</v>
       </c>
       <c r="C181" s="5">
-        <v>1.4331964000000141E-2</v>
+        <v>1.4332884999999962E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>1.6144276322334505</v>
+        <v>1.6145331649301875</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>10.67568427</v>
+        <v>10.675690717</v>
       </c>
       <c r="C182" s="5">
-        <v>-7.0158367000001221E-2</v>
+        <v>-7.0146089999999717E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>-7.5593614099402906</v>
+        <v>-7.5580896793409069</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>10.776077706000001</v>
+        <v>10.776087923</v>
       </c>
       <c r="C183" s="5">
-        <v>0.10039343600000095</v>
+        <v>0.10039720600000024</v>
       </c>
       <c r="D183" s="5">
-        <v>11.88707455252942</v>
+        <v>11.887536722258885</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>10.842344019</v>
+        <v>10.842360034</v>
       </c>
       <c r="C184" s="5">
-        <v>6.6266312999999855E-2</v>
+        <v>6.6272110999999967E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>7.6340353439229958</v>
+        <v>7.6347185550962315</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>10.869571200999999</v>
+        <v>10.869588319</v>
       </c>
       <c r="C185" s="5">
-        <v>2.7227181999998962E-2</v>
+        <v>2.722828499999963E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>3.0553980182642437</v>
+        <v>3.0555189342978073</v>
       </c>
       <c r="E185" s="5">
-        <v>1.8591514442011459</v>
+        <v>1.8592577550267775</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>10.93490707</v>
+        <v>10.934919238000001</v>
       </c>
       <c r="C186" s="5">
-        <v>6.5335869000000102E-2</v>
+        <v>6.5330919000000875E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>7.4563829469483922</v>
+        <v>7.4557870971279749</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>10.995682391000001</v>
+        <v>10.995686352</v>
       </c>
       <c r="C187" s="5">
-        <v>6.077532100000127E-2</v>
+        <v>6.0767113999999012E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>6.8772038344453001</v>
+        <v>6.8762386943025167</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>11.032921563</v>
+        <v>11.03291593</v>
       </c>
       <c r="C188" s="5">
-        <v>3.7239171999999598E-2</v>
+        <v>3.7229577999999819E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>4.1406120889836195</v>
+        <v>4.1395238728897832</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>11.2424888</v>
+        <v>11.242477797999999</v>
       </c>
       <c r="C189" s="5">
-        <v>0.20956723699999991</v>
+        <v>0.20956186799999976</v>
       </c>
       <c r="D189" s="5">
-        <v>25.332353636966552</v>
+        <v>25.331649702625558</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>11.254124943000001</v>
+        <v>11.254110854</v>
       </c>
       <c r="C190" s="5">
-        <v>1.1636143000000487E-2</v>
+        <v>1.1633056000000863E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>1.2491125728520958</v>
+        <v>1.2487805315056555</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>11.340462296</v>
+        <v>11.340415702</v>
       </c>
       <c r="C191" s="5">
-        <v>8.6337352999999339E-2</v>
+        <v>8.6304847999999268E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>9.6044834612652785</v>
+        <v>9.60072615862817</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>11.412493281</v>
+        <v>11.412486841</v>
       </c>
       <c r="C192" s="5">
-        <v>7.2030984999999603E-2</v>
+        <v>7.2071139000000173E-2</v>
       </c>
       <c r="D192" s="5">
-        <v>7.8940039639529669</v>
+        <v>7.8985930506534574</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>11.432873138</v>
+        <v>11.432859278</v>
       </c>
       <c r="C193" s="5">
-        <v>2.0379857000000001E-2</v>
+        <v>2.0372437000000687E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>2.1640722374069776</v>
+        <v>2.1632778121811302</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>11.640294894</v>
+        <v>11.640306185</v>
       </c>
       <c r="C194" s="5">
-        <v>0.20742175600000046</v>
+        <v>0.20744690699999957</v>
       </c>
       <c r="D194" s="5">
-        <v>24.080398652942691</v>
+        <v>24.083648043333117</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>11.475755807000001</v>
+        <v>11.475761638</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.16453908699999964</v>
+        <v>-0.16454454700000021</v>
       </c>
       <c r="D195" s="5">
-        <v>-15.703841084575053</v>
+        <v>-15.704308297356583</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>11.437355637</v>
+        <v>11.437410568000001</v>
       </c>
       <c r="C196" s="5">
-        <v>-3.8400170000000955E-2</v>
+        <v>-3.8351069999999154E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>-3.9423571432829707</v>
+        <v>-3.9374066141071085</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>11.471781237</v>
+        <v>11.471837581000001</v>
       </c>
       <c r="C197" s="5">
-        <v>3.44256000000005E-2</v>
+        <v>3.4427013000000173E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>3.6723095574049847</v>
+        <v>3.6724448606427762</v>
       </c>
       <c r="E197" s="5">
-        <v>5.540329281293066</v>
+        <v>5.5406814345237976</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>11.551135981</v>
+        <v>11.551138208999999</v>
       </c>
       <c r="C198" s="5">
-        <v>7.9354743999999755E-2</v>
+        <v>7.9300627999998596E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>8.6240718537795136</v>
+        <v>8.6179213375359396</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>11.604971933</v>
+        <v>11.60496747</v>
       </c>
       <c r="C199" s="5">
-        <v>5.383595200000002E-2</v>
+        <v>5.3829261000000628E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>5.7384101018618017</v>
+        <v>5.7376773904324052</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>11.641775482</v>
+        <v>11.641761849</v>
       </c>
       <c r="C200" s="5">
-        <v>3.6803549000000046E-2</v>
+        <v>3.6794378999999822E-2</v>
       </c>
       <c r="D200" s="5">
-        <v>3.8727189632129067</v>
+        <v>3.8717386602743487</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>11.464332950999999</v>
+        <v>11.464311477000001</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.17744253100000051</v>
+        <v>-0.17745037199999913</v>
       </c>
       <c r="D201" s="5">
-        <v>-16.832269043744208</v>
+        <v>-16.832969719149016</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>11.555188115</v>
+        <v>11.555159371</v>
       </c>
       <c r="C202" s="5">
-        <v>9.0855164000000599E-2</v>
+        <v>9.0847893999999485E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>9.9357021856070418</v>
+        <v>9.934891617449626</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>11.636770994999999</v>
+        <v>11.636693073</v>
       </c>
       <c r="C203" s="5">
-        <v>8.1582879999999136E-2</v>
+        <v>8.1533701999999764E-2</v>
       </c>
       <c r="D203" s="5">
-        <v>8.8091987272453274</v>
+        <v>8.8037035669151322</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>11.698750746</v>
+        <v>11.698758299</v>
       </c>
       <c r="C204" s="5">
-        <v>6.197975100000086E-2</v>
+        <v>6.206522599999964E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>6.5820337262657569</v>
+        <v>6.5914242313152904</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>11.731727340000001</v>
+        <v>11.731703943999999</v>
       </c>
       <c r="C205" s="5">
-        <v>3.2976594000000858E-2</v>
+        <v>3.2945644999999857E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>3.4355134984115132</v>
+        <v>3.4322368665273162</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>11.813619468000001</v>
+        <v>11.813637297</v>
       </c>
       <c r="C206" s="5">
-        <v>8.1892127999999786E-2</v>
+        <v>8.1933353000000153E-2</v>
       </c>
       <c r="D206" s="5">
-        <v>8.7056707569644907</v>
+        <v>8.7102409803908376</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>11.773771914999999</v>
+        <v>11.773766070000001</v>
       </c>
       <c r="C207" s="5">
-        <v>-3.9847553000001312E-2</v>
+        <v>-3.987122699999901E-2</v>
       </c>
       <c r="D207" s="5">
-        <v>-3.9733698239049375</v>
+        <v>-3.9756809247668778</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>11.835419496</v>
+        <v>11.835519100000001</v>
       </c>
       <c r="C208" s="5">
-        <v>6.1647581000000784E-2</v>
+        <v>6.1753030000000209E-2</v>
       </c>
       <c r="D208" s="5">
-        <v>6.4673511907950898</v>
+        <v>6.4787380522313143</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>11.866744887999999</v>
+        <v>11.866843063999999</v>
       </c>
       <c r="C209" s="5">
-        <v>3.1325391999999397E-2</v>
+        <v>3.1323963999998483E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>3.2227447564201039</v>
+        <v>3.2225681828828234</v>
       </c>
       <c r="E209" s="5">
-        <v>3.4429147735673515</v>
+        <v>3.4432625131846306</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>11.973279449</v>
+        <v>11.97327125</v>
       </c>
       <c r="C210" s="5">
-        <v>0.10653456100000014</v>
+        <v>0.10642818600000048</v>
       </c>
       <c r="D210" s="5">
-        <v>11.32127037038828</v>
+        <v>11.309304496129503</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>11.912053088</v>
+        <v>11.912038049</v>
       </c>
       <c r="C211" s="5">
-        <v>-6.122636099999923E-2</v>
+        <v>-6.1233201000000292E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>-5.9666263666556141</v>
+        <v>-5.9672782735533332</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>12.042203507</v>
+        <v>12.042179531</v>
       </c>
       <c r="C212" s="5">
-        <v>0.13015041899999957</v>
+        <v>0.13014148200000086</v>
       </c>
       <c r="D212" s="5">
-        <v>13.928427848844805</v>
+        <v>13.927431896132369</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>12.079345519</v>
+        <v>12.079310853000001</v>
       </c>
       <c r="C213" s="5">
-        <v>3.7142012000000335E-2</v>
+        <v>3.7131322000000466E-2</v>
       </c>
       <c r="D213" s="5">
-        <v>3.7646203027440261</v>
+        <v>3.7635259713011848</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>12.145862538999999</v>
+        <v>12.145816911000001</v>
       </c>
       <c r="C214" s="5">
-        <v>6.651701999999915E-2</v>
+        <v>6.6506057999999868E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>6.8118633575860565</v>
+        <v>6.8107266944142042</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>12.233250847000001</v>
+        <v>12.233152605000001</v>
       </c>
       <c r="C215" s="5">
-        <v>8.7388308000001302E-2</v>
+        <v>8.7335694000000075E-2</v>
       </c>
       <c r="D215" s="5">
-        <v>8.9838721249181361</v>
+        <v>8.9782825852974035</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>12.499976435000001</v>
+        <v>12.499998972</v>
       </c>
       <c r="C216" s="5">
-        <v>0.2667255879999999</v>
+        <v>0.26684636699999942</v>
       </c>
       <c r="D216" s="5">
-        <v>29.541152664923807</v>
+        <v>29.556440038545961</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>12.83791785</v>
+        <v>12.837887898</v>
       </c>
       <c r="C217" s="5">
-        <v>0.33794141499999952</v>
+        <v>0.33788892599999976</v>
       </c>
       <c r="D217" s="5">
-        <v>37.728804033463433</v>
+        <v>37.721968359318645</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>12.696459147000001</v>
+        <v>12.696483110000001</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.14145870299999963</v>
+        <v>-0.14140478799999912</v>
       </c>
       <c r="D218" s="5">
-        <v>-12.449964305753692</v>
+        <v>-12.445530169908569</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>12.765335629999999</v>
+        <v>12.765316103</v>
       </c>
       <c r="C219" s="5">
-        <v>6.8876482999998601E-2</v>
+        <v>6.8832992999999121E-2</v>
       </c>
       <c r="D219" s="5">
-        <v>6.7076165717069758</v>
+        <v>6.7032411384237989</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>12.939122267</v>
+        <v>12.939261675999999</v>
       </c>
       <c r="C220" s="5">
-        <v>0.17378663700000097</v>
+        <v>0.17394557299999924</v>
       </c>
       <c r="D220" s="5">
-        <v>17.617229648132838</v>
+        <v>17.634596676388846</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>12.952660467999999</v>
+        <v>12.952794685000001</v>
       </c>
       <c r="C221" s="5">
-        <v>1.3538200999999361E-2</v>
+        <v>1.3533009000001428E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>1.2628103207021235</v>
+        <v>1.2623095556070218</v>
       </c>
       <c r="E221" s="5">
-        <v>9.1509136688200812</v>
+        <v>9.1511416738493168</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>12.99136062</v>
+        <v>12.991337291000001</v>
       </c>
       <c r="C222" s="5">
-        <v>3.8700152000000543E-2</v>
+        <v>3.8542606000000035E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>3.6448870907282105</v>
+        <v>3.6297670704161566</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>13.125569969000001</v>
+        <v>13.125541208</v>
       </c>
       <c r="C223" s="5">
-        <v>0.1342093490000007</v>
+        <v>0.1342039169999989</v>
       </c>
       <c r="D223" s="5">
-        <v>13.125991289873529</v>
+        <v>13.125454411386439</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>13.138217481</v>
+        <v>13.13818215</v>
       </c>
       <c r="C224" s="5">
-        <v>1.2647511999999139E-2</v>
+        <v>1.2640942000000877E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>1.1624414526181681</v>
+        <v>1.1618369566279041</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>13.181954564</v>
+        <v>13.181909442</v>
       </c>
       <c r="C225" s="5">
-        <v>4.3737082999999899E-2</v>
+        <v>4.3727291999999807E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>4.0687564705023327</v>
+        <v>4.0678400398458159</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>13.331604049999999</v>
+        <v>13.331548604</v>
       </c>
       <c r="C226" s="5">
-        <v>0.1496494859999995</v>
+        <v>0.14963916199999971</v>
       </c>
       <c r="D226" s="5">
-        <v>14.506767467186311</v>
+        <v>14.50575617627743</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>13.334563364999999</v>
+        <v>13.334460740000001</v>
       </c>
       <c r="C227" s="5">
-        <v>2.9593150000000179E-3</v>
+        <v>2.9121360000008423E-3</v>
       </c>
       <c r="D227" s="5">
-        <v>0.26669834653507696</v>
+        <v>0.26244248059823505</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>12.511084817</v>
+        <v>12.511124196000001</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.82347854799999887</v>
+        <v>-0.823336544</v>
       </c>
       <c r="D228" s="5">
-        <v>-53.463466830895776</v>
+        <v>-53.457410888108406</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>12.550373391999999</v>
+        <v>12.550346223</v>
       </c>
       <c r="C229" s="5">
-        <v>3.9288574999998715E-2</v>
+        <v>3.9222026999999215E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>3.8341334533717575</v>
+        <v>3.8275144596844335</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>13.189911056</v>
+        <v>13.189936266</v>
       </c>
       <c r="C230" s="5">
-        <v>0.63953766400000056</v>
+        <v>0.63959004300000011</v>
       </c>
       <c r="D230" s="5">
-        <v>81.561031184502468</v>
+        <v>81.569912145784301</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>13.152821991</v>
+        <v>13.152800040000001</v>
       </c>
       <c r="C231" s="5">
-        <v>-3.7089064999999977E-2</v>
+        <v>-3.7136225999999439E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>-3.3226125215006896</v>
+        <v>-3.32676595771082</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>13.137607108999999</v>
+        <v>13.137755295</v>
       </c>
       <c r="C232" s="5">
-        <v>-1.5214882000000429E-2</v>
+        <v>-1.5044745000000859E-2</v>
       </c>
       <c r="D232" s="5">
-        <v>-1.3793346910367599</v>
+        <v>-1.3640097607692137</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>12.926267566</v>
+        <v>12.926403668000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.21133954299999935</v>
+        <v>-0.2113516269999991</v>
       </c>
       <c r="D233" s="5">
-        <v>-17.684341207951082</v>
+        <v>-17.685082456924761</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.20376433139125405</v>
+        <v>-0.20374766713906478</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>13.416060151</v>
+        <v>13.416032584</v>
       </c>
       <c r="C234" s="5">
-        <v>0.489792585</v>
+        <v>0.48962891599999914</v>
       </c>
       <c r="D234" s="5">
-        <v>56.250805682117331</v>
+        <v>56.227212668847024</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>13.540669533000001</v>
+        <v>13.540634580000001</v>
       </c>
       <c r="C235" s="5">
-        <v>0.12460938200000093</v>
+        <v>0.12460199600000088</v>
       </c>
       <c r="D235" s="5">
-        <v>11.733063721823056</v>
+        <v>11.732357714386898</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>13.53214953</v>
+        <v>13.532110577999999</v>
       </c>
       <c r="C236" s="5">
-        <v>-8.5200030000009974E-3</v>
+        <v>-8.5240020000014738E-3</v>
       </c>
       <c r="D236" s="5">
-        <v>-0.75245139139096251</v>
+        <v>-0.75280528113168543</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>13.578922598</v>
+        <v>13.578864921999999</v>
       </c>
       <c r="C237" s="5">
-        <v>4.6773068000000251E-2</v>
+        <v>4.6754344000000003E-2</v>
       </c>
       <c r="D237" s="5">
-        <v>4.227494091716566</v>
+        <v>4.2257818670144776</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>13.714426026</v>
+        <v>13.714373511</v>
       </c>
       <c r="C238" s="5">
-        <v>0.13550342799999981</v>
+        <v>0.13550858900000051</v>
       </c>
       <c r="D238" s="5">
-        <v>12.654328240277302</v>
+        <v>12.654893704097091</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>13.732540065</v>
+        <v>13.732453134</v>
       </c>
       <c r="C239" s="5">
-        <v>1.8114039000000304E-2</v>
+        <v>1.8079623000000211E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>1.5965268545169886</v>
+        <v>1.5934776317371835</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>13.633349114</v>
+        <v>13.633394802</v>
       </c>
       <c r="C240" s="5">
-        <v>-9.9190951000000638E-2</v>
+        <v>-9.9058332000000249E-2</v>
       </c>
       <c r="D240" s="5">
-        <v>-8.3314894873402494</v>
+        <v>-8.3208390028967738</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>13.759077482</v>
+        <v>13.759059152000001</v>
       </c>
       <c r="C241" s="5">
-        <v>0.12572836800000076</v>
+        <v>0.12566435000000098</v>
       </c>
       <c r="D241" s="5">
-        <v>11.64547454312701</v>
+        <v>11.639200153322093</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>13.894640699</v>
+        <v>13.894664193000001</v>
       </c>
       <c r="C242" s="5">
-        <v>0.13556321699999963</v>
+        <v>0.13560504099999982</v>
       </c>
       <c r="D242" s="5">
-        <v>12.485373425563061</v>
+        <v>12.489454125119771</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>14.039465226000001</v>
+        <v>14.039442389</v>
       </c>
       <c r="C243" s="5">
-        <v>0.14482452700000081</v>
+        <v>0.14477819599999897</v>
       </c>
       <c r="D243" s="5">
-        <v>13.25018907189801</v>
+        <v>13.245680676282511</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>14.036758186</v>
+        <v>14.036908024000001</v>
       </c>
       <c r="C244" s="5">
-        <v>-2.70704000000066E-3</v>
+        <v>-2.5343649999989282E-3</v>
       </c>
       <c r="D244" s="5">
-        <v>-0.23113453486909297</v>
+        <v>-0.21640605447723615</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>14.102332068999999</v>
+        <v>14.102467754999999</v>
       </c>
       <c r="C245" s="5">
-        <v>6.5573882999999E-2</v>
+        <v>6.5559730999998678E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>5.7522028048689</v>
+        <v>5.7508663418199379</v>
       </c>
       <c r="E245" s="5">
-        <v>9.0982528173361175</v>
+        <v>9.0981538036863938</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>14.032088665</v>
+        <v>14.032016921</v>
       </c>
       <c r="C246" s="5">
-        <v>-7.0243403999999288E-2</v>
+        <v>-7.0450833999998963E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>-5.8161150251489158</v>
+        <v>-5.8327664112632904</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>14.05557799</v>
+        <v>14.055538264999999</v>
       </c>
       <c r="C247" s="5">
-        <v>2.3489324999999894E-2</v>
+        <v>2.3521343999998834E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>2.027364517996344</v>
+        <v>2.0301640830523437</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>14.129087779000001</v>
+        <v>14.129056709</v>
       </c>
       <c r="C248" s="5">
-        <v>7.3509789000000936E-2</v>
+        <v>7.3518444000001182E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>6.4596337925791669</v>
+        <v>6.4604351453979136</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>14.264121894000001</v>
+        <v>14.264061169</v>
       </c>
       <c r="C249" s="5">
-        <v>0.13503411499999984</v>
+        <v>0.13500445999999933</v>
       </c>
       <c r="D249" s="5">
-        <v>12.091070880257625</v>
+        <v>12.08830246906798</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>14.20117596</v>
+        <v>14.201137158</v>
       </c>
       <c r="C250" s="5">
-        <v>-6.2945934000000037E-2</v>
+        <v>-6.292401099999978E-2</v>
       </c>
       <c r="D250" s="5">
-        <v>-5.1688088211999883</v>
+        <v>-5.1670735299582216</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>14.226870226000001</v>
+        <v>14.226817638</v>
       </c>
       <c r="C251" s="5">
-        <v>2.5694266000000354E-2</v>
+        <v>2.5680480000000117E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>2.1929031261296306</v>
+        <v>2.191720867500524</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>14.360185468999999</v>
+        <v>14.360238020000001</v>
       </c>
       <c r="C252" s="5">
-        <v>0.13331524299999842</v>
+        <v>0.13342038200000061</v>
       </c>
       <c r="D252" s="5">
-        <v>11.842830312152341</v>
+        <v>11.852703175788992</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>14.373051347000001</v>
+        <v>14.373048759</v>
       </c>
       <c r="C253" s="5">
-        <v>1.2865878000001274E-2</v>
+        <v>1.2810738999998961E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>1.0804428633185648</v>
+        <v>1.0757857349267042</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>14.302082907000001</v>
+        <v>14.302094513</v>
       </c>
       <c r="C254" s="5">
-        <v>-7.0968439999999688E-2</v>
+        <v>-7.0954245999999443E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>-5.7668367059914516</v>
+        <v>-5.7657154576559622</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>14.426618266</v>
+        <v>14.426610724</v>
       </c>
       <c r="C255" s="5">
-        <v>0.12453535899999935</v>
+        <v>0.12451621099999954</v>
       </c>
       <c r="D255" s="5">
-        <v>10.964226228351691</v>
+        <v>10.962449562872735</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>14.436476409000001</v>
+        <v>14.436602269</v>
       </c>
       <c r="C256" s="5">
-        <v>9.858143000000652E-3</v>
+        <v>9.9915450000001016E-3</v>
       </c>
       <c r="D256" s="5">
-        <v>0.82308499631023047</v>
+        <v>0.83426601674270184</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>14.479045756</v>
+        <v>14.479145892</v>
       </c>
       <c r="C257" s="5">
-        <v>4.2569346999998814E-2</v>
+        <v>4.2543623000000252E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>3.5964373983297104</v>
+        <v>3.5941969369433613</v>
       </c>
       <c r="E257" s="5">
-        <v>2.6712864592665531</v>
+        <v>2.6710086741127403</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>14.540681192999999</v>
+        <v>14.540574600999999</v>
       </c>
       <c r="C258" s="5">
-        <v>6.1635436999999627E-2</v>
+        <v>6.1428708999999415E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>5.2295574973808545</v>
+        <v>5.211569157425977</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>14.572619749999999</v>
+        <v>14.572573868999999</v>
       </c>
       <c r="C259" s="5">
-        <v>3.1938557000000145E-2</v>
+        <v>3.1999267999999859E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>2.667872573914809</v>
+        <v>2.6730252204317795</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>14.624613274</v>
+        <v>14.624587504000001</v>
       </c>
       <c r="C260" s="5">
-        <v>5.1993524000000235E-2</v>
+        <v>5.2013635000001557E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>4.3664939045449769</v>
+        <v>4.3682301736246654</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>14.640459675000001</v>
+        <v>14.640403516999999</v>
       </c>
       <c r="C261" s="5">
-        <v>1.5846401000001009E-2</v>
+        <v>1.5816012999998463E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>1.3080287913683319</v>
+        <v>1.3055078132249154</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>14.697537371999999</v>
+        <v>14.697530690000001</v>
       </c>
       <c r="C262" s="5">
-        <v>5.7077696999998651E-2</v>
+        <v>5.7127173000001363E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>4.7799833583283435</v>
+        <v>4.7842348066380325</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>14.721223094000001</v>
+        <v>14.721223252</v>
       </c>
       <c r="C263" s="5">
-        <v>2.3685722000001519E-2</v>
+        <v>2.3692561999999029E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>1.9510853876529177</v>
+        <v>1.9516547251608785</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>14.785323408</v>
+        <v>14.785379391999999</v>
       </c>
       <c r="C264" s="5">
-        <v>6.4100313999999159E-2</v>
+        <v>6.4156139999999695E-2</v>
       </c>
       <c r="D264" s="5">
-        <v>5.3521033940305607</v>
+        <v>5.356876859679871</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>14.780514074999999</v>
+        <v>14.780528407</v>
       </c>
       <c r="C265" s="5">
-        <v>-4.8093330000007484E-3</v>
+        <v>-4.8509849999991417E-3</v>
       </c>
       <c r="D265" s="5">
-        <v>-0.38963543779992893</v>
+        <v>-0.39300236562992419</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>14.912925943999999</v>
+        <v>14.912916038000001</v>
       </c>
       <c r="C266" s="5">
-        <v>0.13241186900000024</v>
+        <v>0.13238763100000028</v>
       </c>
       <c r="D266" s="5">
-        <v>11.296078516311558</v>
+        <v>11.293896363385603</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>14.821594776</v>
+        <v>14.821592555000001</v>
       </c>
       <c r="C267" s="5">
-        <v>-9.1331167999999963E-2</v>
+        <v>-9.1323483000000039E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>-7.1065931657797616</v>
+        <v>-7.1060197435048655</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>14.83917297</v>
+        <v>14.839305912</v>
       </c>
       <c r="C268" s="5">
-        <v>1.757819400000038E-2</v>
+        <v>1.7713356999999874E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>1.4325024999324976</v>
+        <v>1.4435900807328483</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>14.868232204</v>
+        <v>14.868277768</v>
       </c>
       <c r="C269" s="5">
-        <v>2.9059233999999989E-2</v>
+        <v>2.8971856000000074E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>2.3754102356672302</v>
+        <v>2.3681693160493511</v>
       </c>
       <c r="E269" s="5">
-        <v>2.6879288494459308</v>
+        <v>2.6875333593744832</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>14.731677287</v>
+        <v>14.731519325000001</v>
       </c>
       <c r="C270" s="5">
-        <v>-0.13655491699999978</v>
+        <v>-0.13675844299999973</v>
       </c>
       <c r="D270" s="5">
-        <v>-10.481182107661713</v>
+        <v>-10.495991428385187</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>14.680644431999999</v>
+        <v>14.680578344000001</v>
       </c>
       <c r="C271" s="5">
-        <v>-5.1032855000000765E-2</v>
+        <v>-5.0940981000000107E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>-4.078694286259898</v>
+        <v>-4.0715333643180474</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>14.724630777</v>
+        <v>14.72459523</v>
       </c>
       <c r="C272" s="5">
-        <v>4.3986345000000426E-2</v>
+        <v>4.4016885999999644E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>3.6553021083426618</v>
+        <v>3.6578988289537762</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>14.518350942</v>
+        <v>14.518295408</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.20627983500000013</v>
+        <v>-0.20629982200000008</v>
       </c>
       <c r="D273" s="5">
-        <v>-15.574329548553489</v>
+        <v>-15.575759007804447</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>14.598742061999999</v>
+        <v>14.598752516999999</v>
       </c>
       <c r="C274" s="5">
-        <v>8.0391119999999816E-2</v>
+        <v>8.0457108999999249E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>6.8507912373099611</v>
+        <v>6.8566142358945203</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>14.61542678</v>
+        <v>14.615578029</v>
       </c>
       <c r="C275" s="5">
-        <v>1.6684718000000487E-2</v>
+        <v>1.6825512000000487E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>1.3801186416451339</v>
+        <v>1.3918376948302003</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>14.503955324</v>
+        <v>14.504002932000001</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.1114714560000003</v>
+        <v>-0.11157509699999935</v>
       </c>
       <c r="D276" s="5">
-        <v>-8.7780353438147607</v>
+        <v>-8.7857700431475791</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>14.591207003999999</v>
+        <v>14.591226989000001</v>
       </c>
       <c r="C277" s="5">
-        <v>8.725167999999961E-2</v>
+        <v>8.7224057000000244E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>7.4625607757761392</v>
+        <v>7.460094215916957</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>14.518474504</v>
+        <v>14.518439321000001</v>
       </c>
       <c r="C278" s="5">
-        <v>-7.2732499999998979E-2</v>
+        <v>-7.2787668000000139E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>-5.8203202293917622</v>
+        <v>-5.8246068014058512</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>14.526014231</v>
+        <v>14.526018264999999</v>
       </c>
       <c r="C279" s="5">
-        <v>7.5397269999992744E-3</v>
+        <v>7.5789439999986996E-3</v>
       </c>
       <c r="D279" s="5">
-        <v>0.62496646359018193</v>
+        <v>0.62822801848625431</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>14.638693494</v>
+        <v>14.638829121000001</v>
       </c>
       <c r="C280" s="5">
-        <v>0.11267926300000042</v>
+        <v>0.11281085600000118</v>
       </c>
       <c r="D280" s="5">
-        <v>9.7160661115378346</v>
+        <v>9.7278992516164777</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>14.462651471999999</v>
+        <v>14.462626538</v>
       </c>
       <c r="C281" s="5">
-        <v>-0.17604202200000074</v>
+        <v>-0.17620258300000025</v>
       </c>
       <c r="D281" s="5">
-        <v>-13.513716536271259</v>
+        <v>-13.52512050737028</v>
       </c>
       <c r="E281" s="5">
-        <v>-2.7278342605578043</v>
+        <v>-2.7283000514898625</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>14.417124374</v>
+        <v>14.416932761</v>
       </c>
       <c r="C282" s="5">
-        <v>-4.55270979999991E-2</v>
+        <v>-4.5693777000000324E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>-3.7127696190242032</v>
+        <v>-3.7261334128198431</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>14.679109122</v>
+        <v>14.679009287</v>
       </c>
       <c r="C283" s="5">
-        <v>0.26198474799999971</v>
+        <v>0.26207652599999953</v>
       </c>
       <c r="D283" s="5">
-        <v>24.123109505965591</v>
+        <v>24.132775929266103</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>14.528509375000001</v>
+        <v>14.528439119</v>
       </c>
       <c r="C284" s="5">
-        <v>-0.15059974699999934</v>
+        <v>-0.15057016799999978</v>
       </c>
       <c r="D284" s="5">
-        <v>-11.639877741614812</v>
+        <v>-11.637793718858735</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>14.610564755</v>
+        <v>14.610469067</v>
       </c>
       <c r="C285" s="5">
-        <v>8.20553799999999E-2</v>
+        <v>8.202994800000063E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>6.9920097518199942</v>
+        <v>6.9898097922683311</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>14.599321337999999</v>
+        <v>14.599280664</v>
       </c>
       <c r="C286" s="5">
-        <v>-1.1243417000001088E-2</v>
+        <v>-1.1188403000000235E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>-0.91954978663406628</v>
+        <v>-0.91507533397718888</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>14.610725045000001</v>
+        <v>14.611251004</v>
       </c>
       <c r="C287" s="5">
-        <v>1.1403707000001262E-2</v>
+        <v>1.1970339999999524E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>0.94137195905616977</v>
+        <v>0.98836123445384949</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>14.615573798</v>
+        <v>14.615558872999999</v>
       </c>
       <c r="C288" s="5">
-        <v>4.8487529999992063E-3</v>
+        <v>4.3078689999997977E-3</v>
       </c>
       <c r="D288" s="5">
-        <v>0.39896278446549527</v>
+        <v>0.35437305783885265</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>14.592243030000001</v>
+        <v>14.5922436</v>
       </c>
       <c r="C289" s="5">
-        <v>-2.3330767999999225E-2</v>
+        <v>-2.3315272999999692E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>-1.8988253762140972</v>
+        <v>-1.8975772466155894</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>14.522209195</v>
+        <v>14.522141133</v>
       </c>
       <c r="C290" s="5">
-        <v>-7.0033835000000266E-2</v>
+        <v>-7.0102466999999891E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>-5.6096463195107305</v>
+        <v>-5.6149990356073936</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>14.735789240000001</v>
+        <v>14.735799800000001</v>
       </c>
       <c r="C291" s="5">
-        <v>0.2135800450000005</v>
+        <v>0.21365866700000069</v>
       </c>
       <c r="D291" s="5">
-        <v>19.148492980803855</v>
+        <v>19.156218894630015</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>14.732213603</v>
+        <v>14.732376872</v>
       </c>
       <c r="C292" s="5">
-        <v>-3.575637000000853E-3</v>
+        <v>-3.4229280000008799E-3</v>
       </c>
       <c r="D292" s="5">
-        <v>-0.29079152911706263</v>
+        <v>-0.27838801123861723</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>14.872293971</v>
+        <v>14.872219511999999</v>
       </c>
       <c r="C293" s="5">
-        <v>0.14008036799999957</v>
+        <v>0.13984263999999946</v>
       </c>
       <c r="D293" s="5">
-        <v>12.026160152968712</v>
+        <v>12.004533631085245</v>
       </c>
       <c r="E293" s="5">
-        <v>2.8324163089532783</v>
+        <v>2.8320787577817086</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>14.802205547</v>
+        <v>14.801948479</v>
       </c>
       <c r="C294" s="5">
-        <v>-7.0088423999999705E-2</v>
+        <v>-7.027103299999915E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>-5.5109174035692039</v>
+        <v>-5.5249314972557917</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>14.765643622000001</v>
+        <v>14.765488489000001</v>
       </c>
       <c r="C295" s="5">
-        <v>-3.6561924999999107E-2</v>
+        <v>-3.645998999999911E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>-2.9241014034344648</v>
+        <v>-2.9161090661522282</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>14.835081758999999</v>
+        <v>14.834945927</v>
       </c>
       <c r="C296" s="5">
-        <v>6.943813699999879E-2</v>
+        <v>6.9457437999998817E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>5.7914921502203898</v>
+        <v>5.7932062753345726</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>14.920470499</v>
+        <v>14.920290976</v>
       </c>
       <c r="C297" s="5">
-        <v>8.5388740000000851E-2</v>
+        <v>8.5345049000000728E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>7.1299469779553482</v>
+        <v>7.1262499151273584</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>14.897599687</v>
+        <v>14.897448125</v>
       </c>
       <c r="C298" s="5">
-        <v>-2.287081200000074E-2</v>
+        <v>-2.2842851000000053E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>-1.8239889433570355</v>
+        <v>-1.8217994816137173</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>14.907159997999999</v>
+        <v>14.908248260000001</v>
       </c>
       <c r="C299" s="5">
-        <v>9.5603109999995439E-3</v>
+        <v>1.0800135000000211E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>0.77280584878740566</v>
+        <v>0.87343571565077216</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>14.916921874</v>
+        <v>14.916810273999999</v>
       </c>
       <c r="C300" s="5">
-        <v>9.7618760000006688E-3</v>
+        <v>8.5620139999988965E-3</v>
       </c>
       <c r="D300" s="5">
-        <v>0.78865015344795619</v>
+        <v>0.69135775722002357</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>14.990895844000001</v>
+        <v>14.990806127999999</v>
       </c>
       <c r="C301" s="5">
-        <v>7.3973970000000833E-2</v>
+        <v>7.3995853999999639E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>6.1158992449425131</v>
+        <v>6.117805206264415</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>15.019486275</v>
+        <v>15.019496763999999</v>
       </c>
       <c r="C302" s="5">
-        <v>2.8590430999999583E-2</v>
+        <v>2.8690636000000325E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>2.3127833922627961</v>
+        <v>2.3209888907506304</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>15.042259699000001</v>
+        <v>15.042381731000001</v>
       </c>
       <c r="C303" s="5">
-        <v>2.2773424000000375E-2</v>
+        <v>2.2884967000001311E-2</v>
       </c>
       <c r="D303" s="5">
-        <v>1.8347608377859759</v>
+        <v>1.8438215432264649</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>15.024047234999999</v>
+        <v>15.024121493000001</v>
       </c>
       <c r="C304" s="5">
-        <v>-1.8212464000001205E-2</v>
+        <v>-1.8260237999999873E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>-1.4432676819692292</v>
+        <v>-1.44701668583328</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>15.184562569000001</v>
+        <v>15.184406243</v>
       </c>
       <c r="C305" s="5">
-        <v>0.16051533400000118</v>
+        <v>0.16028474999999887</v>
       </c>
       <c r="D305" s="5">
-        <v>13.601519765850846</v>
+        <v>13.580749338645681</v>
       </c>
       <c r="E305" s="5">
-        <v>2.0996666594198965</v>
+        <v>2.0991267022928639</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>15.292916052000001</v>
+        <v>15.292613019999999</v>
       </c>
       <c r="C306" s="5">
-        <v>0.10835348300000014</v>
+        <v>0.10820677699999948</v>
       </c>
       <c r="D306" s="5">
-        <v>8.9071088926226505</v>
+        <v>8.8946677026357399</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>15.356779777</v>
+        <v>15.356520632000001</v>
       </c>
       <c r="C307" s="5">
-        <v>6.386372499999915E-2</v>
+        <v>6.3907612000001279E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>5.1279562459301653</v>
+        <v>5.1316655844474646</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>15.337161113000001</v>
+        <v>15.336894776999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-1.9618663999999342E-2</v>
+        <v>-1.9625855000001025E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>-1.5223036069966334</v>
+        <v>-1.5228831922611819</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>15.444483394000001</v>
+        <v>15.444201879</v>
       </c>
       <c r="C309" s="5">
-        <v>0.10732228100000007</v>
+        <v>0.10730710200000004</v>
       </c>
       <c r="D309" s="5">
-        <v>8.7278688896122105</v>
+        <v>8.7267440118160788</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>15.399630956999999</v>
+        <v>15.399402668</v>
       </c>
       <c r="C310" s="5">
-        <v>-4.4852437000001188E-2</v>
+        <v>-4.4799210999999062E-2</v>
       </c>
       <c r="D310" s="5">
-        <v>-3.4298007599449343</v>
+        <v>-3.4258568097412234</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>15.609013687999999</v>
+        <v>15.610608123</v>
       </c>
       <c r="C311" s="5">
-        <v>0.20938273099999982</v>
+        <v>0.21120545499999999</v>
       </c>
       <c r="D311" s="5">
-        <v>17.5930831805887</v>
+        <v>17.758253983101959</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>15.407292507999999</v>
+        <v>15.407159291999999</v>
       </c>
       <c r="C312" s="5">
-        <v>-0.20172117999999983</v>
+        <v>-0.20344883100000111</v>
       </c>
       <c r="D312" s="5">
-        <v>-14.451894691871903</v>
+        <v>-14.565553069350845</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>15.373691445</v>
+        <v>15.373569931</v>
       </c>
       <c r="C313" s="5">
-        <v>-3.3601062999998987E-2</v>
+        <v>-3.3589360999998874E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>-2.5858620283668365</v>
+        <v>-2.5849943227681638</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>15.421552647</v>
+        <v>15.421691983000001</v>
       </c>
       <c r="C314" s="5">
-        <v>4.7861201999999992E-2</v>
+        <v>4.8122052000000082E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>3.800461706209135</v>
+        <v>3.8215633623928547</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>15.441969434000001</v>
+        <v>15.442244043000001</v>
       </c>
       <c r="C315" s="5">
-        <v>2.0416787000000269E-2</v>
+        <v>2.0552059999999983E-2</v>
       </c>
       <c r="D315" s="5">
-        <v>1.6003143691704746</v>
+        <v>1.6109805529262555</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>15.509147233</v>
+        <v>15.509192687000001</v>
       </c>
       <c r="C316" s="5">
-        <v>6.7177798999999538E-2</v>
+        <v>6.6948644000000002E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>5.3471436928019145</v>
+        <v>5.3283695362521089</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>15.600117121</v>
+        <v>15.599915688999999</v>
       </c>
       <c r="C317" s="5">
-        <v>9.0969888000000054E-2</v>
+        <v>9.0723001999998942E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>7.270246947100234</v>
+        <v>7.2498549970242188</v>
       </c>
       <c r="E317" s="5">
-        <v>2.7366909656546534</v>
+        <v>2.7364220855955468</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>15.695699085999999</v>
+        <v>15.695293764000001</v>
       </c>
       <c r="C318" s="5">
-        <v>9.5581964999999158E-2</v>
+        <v>9.5378075000001061E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>7.605299382254449</v>
+        <v>7.5886281346613904</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>15.748783659000001</v>
+        <v>15.748293885000001</v>
       </c>
       <c r="C319" s="5">
-        <v>5.3084573000001356E-2</v>
+        <v>5.3000121000000178E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>4.1348842096615268</v>
+        <v>4.1282919908323557</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>15.740996669999999</v>
+        <v>15.740475089</v>
       </c>
       <c r="C320" s="5">
-        <v>-7.7869890000012987E-3</v>
+        <v>-7.8187960000004608E-3</v>
       </c>
       <c r="D320" s="5">
-        <v>-0.59172930445657856</v>
+        <v>-0.59415813352526881</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>15.768794703999999</v>
+        <v>15.768298609</v>
       </c>
       <c r="C321" s="5">
-        <v>2.7798033999999916E-2</v>
+        <v>2.7823520000000102E-2</v>
       </c>
       <c r="D321" s="5">
-        <v>2.1398614389641413</v>
+        <v>2.1419140988815588</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>15.903930083000001</v>
+        <v>15.903511182000001</v>
       </c>
       <c r="C322" s="5">
-        <v>0.13513537900000117</v>
+        <v>0.13521257300000045</v>
       </c>
       <c r="D322" s="5">
-        <v>10.782587566619117</v>
+        <v>10.789395901820665</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>15.817679933999999</v>
+        <v>15.819722093999999</v>
       </c>
       <c r="C323" s="5">
-        <v>-8.6250149000001386E-2</v>
+        <v>-8.3789088000001399E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>-6.3171901809143449</v>
+        <v>-6.1422850887517422</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>16.097124967999999</v>
+        <v>16.097420028999998</v>
       </c>
       <c r="C324" s="5">
-        <v>0.27944503400000009</v>
+        <v>0.27769793499999906</v>
       </c>
       <c r="D324" s="5">
-        <v>23.386142319555493</v>
+        <v>23.222244501524326</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>16.153421160000001</v>
+        <v>16.153202994000001</v>
       </c>
       <c r="C325" s="5">
-        <v>5.6296192000001355E-2</v>
+        <v>5.5782965000002349E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>4.2784118891078915</v>
+        <v>4.2385820123280071</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>16.424136064999999</v>
+        <v>16.424484046</v>
       </c>
       <c r="C326" s="5">
-        <v>0.2707149049999984</v>
+        <v>0.27128105199999908</v>
       </c>
       <c r="D326" s="5">
-        <v>22.072043537529208</v>
+        <v>22.122874528680114</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>16.326625584999999</v>
+        <v>16.327220974999999</v>
       </c>
       <c r="C327" s="5">
-        <v>-9.7510480000000399E-2</v>
+        <v>-9.7263071000000423E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>-6.896332653129833</v>
+        <v>-6.8792598088490031</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>16.489972863999999</v>
+        <v>16.490120041000001</v>
       </c>
       <c r="C328" s="5">
-        <v>0.1633472789999999</v>
+        <v>0.16289906600000137</v>
       </c>
       <c r="D328" s="5">
-        <v>12.689147183939809</v>
+        <v>12.651909721307764</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>16.403109708999999</v>
+        <v>16.402926469000001</v>
       </c>
       <c r="C329" s="5">
-        <v>-8.6863154999999637E-2</v>
+        <v>-8.719357200000033E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>-6.1412029853216925</v>
+        <v>-6.1638348501706126</v>
       </c>
       <c r="E329" s="5">
-        <v>5.147349739567364</v>
+        <v>5.1475328201051163</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>16.411504994000001</v>
+        <v>16.410893160000001</v>
       </c>
       <c r="C330" s="5">
-        <v>8.3952850000024171E-3</v>
+        <v>7.9666910000000257E-3</v>
       </c>
       <c r="D330" s="5">
-        <v>0.61590451246118505</v>
+        <v>0.58438401934388651</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>16.451850490999998</v>
+        <v>16.450856811000001</v>
       </c>
       <c r="C331" s="5">
-        <v>4.034549699999701E-2</v>
+        <v>3.9963651000000766E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>2.9902562287639656</v>
+        <v>2.961687049988404</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>16.547751921</v>
+        <v>16.546588077999999</v>
       </c>
       <c r="C332" s="5">
-        <v>9.5901430000001398E-2</v>
+        <v>9.5731266999997899E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>7.2237440605205538</v>
+        <v>7.2109632052813399</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>16.491475846</v>
+        <v>16.490658415999999</v>
       </c>
       <c r="C333" s="5">
-        <v>-5.6276074999999537E-2</v>
+        <v>-5.5929662000000491E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>-4.0055203518622466</v>
+        <v>-3.9815953706656471</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>16.610470209999999</v>
+        <v>16.609882410000001</v>
       </c>
       <c r="C334" s="5">
-        <v>0.11899436399999885</v>
+        <v>0.11922399400000216</v>
       </c>
       <c r="D334" s="5">
-        <v>9.010628498146378</v>
+        <v>9.0291794596039754</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>16.827781686000002</v>
+        <v>16.830261714999999</v>
       </c>
       <c r="C335" s="5">
-        <v>0.21731147600000256</v>
+        <v>0.22037930499999803</v>
       </c>
       <c r="D335" s="5">
-        <v>16.879759493183432</v>
+        <v>17.136363891367612</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>16.688506276999998</v>
+        <v>16.68941491</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.13927540900000324</v>
+        <v>-0.14084680499999891</v>
       </c>
       <c r="D336" s="5">
-        <v>-9.491958383849763</v>
+        <v>-9.5928233649400401</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>16.732524609999999</v>
+        <v>16.732429908</v>
       </c>
       <c r="C337" s="5">
-        <v>4.4018333000000354E-2</v>
+        <v>4.3014998000000304E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>3.2114958089419332</v>
+        <v>3.1370804193864288</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>16.737165451999999</v>
+        <v>16.737784615999999</v>
       </c>
       <c r="C338" s="5">
-        <v>4.640842000000589E-3</v>
+        <v>5.3547079999987091E-3</v>
       </c>
       <c r="D338" s="5">
-        <v>0.33333365025600692</v>
+        <v>0.3847003423809392</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>16.493314766000001</v>
+        <v>16.494244784999999</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.24385068599999826</v>
+        <v>-0.24353983099999965</v>
       </c>
       <c r="D339" s="5">
-        <v>-16.148187111771904</v>
+        <v>-16.128670812213453</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>16.562915551</v>
+        <v>16.563509686</v>
       </c>
       <c r="C340" s="5">
-        <v>6.9600784999998666E-2</v>
+        <v>6.9264901000000378E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>5.1831281180598765</v>
+        <v>5.1572369617385316</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>16.594852454000002</v>
+        <v>16.595247214</v>
       </c>
       <c r="C341" s="5">
-        <v>3.1936903000001848E-2</v>
+        <v>3.1737528000000736E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>2.3385583122120801</v>
+        <v>2.3237207775151925</v>
       </c>
       <c r="E341" s="5">
-        <v>1.1689414287999078</v>
+        <v>1.1724782487043894</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>16.738321920000001</v>
+        <v>16.737555978</v>
       </c>
       <c r="C342" s="5">
-        <v>0.1434694659999991</v>
+        <v>0.14230876399999914</v>
       </c>
       <c r="D342" s="5">
-        <v>10.882305946617276</v>
+        <v>10.789803979037572</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>16.768855522999999</v>
+        <v>16.766633406</v>
       </c>
       <c r="C343" s="5">
-        <v>3.0533602999998521E-2</v>
+        <v>2.9077428000000793E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>2.2111044912844102</v>
+        <v>2.1047428043593053</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>16.862705676000001</v>
+        <v>16.859595594999998</v>
       </c>
       <c r="C344" s="5">
-        <v>9.3850153000001768E-2</v>
+        <v>9.2962188999997863E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>6.9266702026415494</v>
+        <v>6.8600596037698747</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>16.797384795999999</v>
+        <v>16.796615436</v>
       </c>
       <c r="C345" s="5">
-        <v>-6.532088000000158E-2</v>
+        <v>-6.2980158999998537E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>-4.550658599018198</v>
+        <v>-4.3917188764195147</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>16.917997654000001</v>
+        <v>16.917508851000001</v>
       </c>
       <c r="C346" s="5">
-        <v>0.12061285800000121</v>
+        <v>0.12089341500000117</v>
       </c>
       <c r="D346" s="5">
-        <v>8.9651122503940925</v>
+        <v>8.9872263670018437</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>17.036345255000001</v>
+        <v>17.039132811000002</v>
       </c>
       <c r="C347" s="5">
-        <v>0.11834760099999997</v>
+        <v>0.12162396000000086</v>
       </c>
       <c r="D347" s="5">
-        <v>8.7250632375520212</v>
+        <v>8.9765131214925695</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>17.076814659</v>
+        <v>17.078441589000001</v>
       </c>
       <c r="C348" s="5">
-        <v>4.0469403999999543E-2</v>
+        <v>3.9308777999998767E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>2.8881089033683027</v>
+        <v>2.8037621583688832</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>17.125344385999998</v>
+        <v>17.125538712000001</v>
       </c>
       <c r="C349" s="5">
-        <v>4.8529726999998246E-2</v>
+        <v>4.7097123000000352E-2</v>
       </c>
       <c r="D349" s="5">
-        <v>3.4640291442904259</v>
+        <v>3.3598897549050433</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>17.057196888</v>
+        <v>17.058597524</v>
       </c>
       <c r="C350" s="5">
-        <v>-6.8147497999998308E-2</v>
+        <v>-6.6941188000001262E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>-4.6720653030959287</v>
+        <v>-4.5910820689146759</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>17.046217012</v>
+        <v>17.047515129000001</v>
       </c>
       <c r="C351" s="5">
-        <v>-1.0979876000000388E-2</v>
+        <v>-1.1082394999998968E-2</v>
       </c>
       <c r="D351" s="5">
-        <v>-0.76972221378804884</v>
+        <v>-0.77681988063474927</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>17.142181275999999</v>
+        <v>17.143406272</v>
       </c>
       <c r="C352" s="5">
-        <v>9.5964263999999133E-2</v>
+        <v>9.5891142999999346E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>6.9687310733579366</v>
+        <v>6.9627090822591553</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>17.176783975999999</v>
+        <v>17.178236357999999</v>
       </c>
       <c r="C353" s="5">
-        <v>3.4602700000000652E-2</v>
+        <v>3.4830085999999483E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>2.4493588077568296</v>
+        <v>2.4654565117315563</v>
       </c>
       <c r="E353" s="5">
-        <v>3.5066989815852878</v>
+        <v>3.512988607413936</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>17.260235168000001</v>
+        <v>17.260045687000002</v>
       </c>
       <c r="C354" s="5">
-        <v>8.3451192000001839E-2</v>
+        <v>8.1809329000002151E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>5.9883809474539307</v>
+        <v>5.866950584399544</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>17.398706821000001</v>
+        <v>17.392420081000001</v>
       </c>
       <c r="C355" s="5">
-        <v>0.13847165299999986</v>
+        <v>0.13237439399999928</v>
       </c>
       <c r="D355" s="5">
-        <v>10.063453866415074</v>
+        <v>9.6016029279324187</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>17.383339887999998</v>
+        <v>17.378764679</v>
       </c>
       <c r="C356" s="5">
-        <v>-1.5366933000002803E-2</v>
+        <v>-1.365540200000126E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>-1.0547338368319781</v>
+        <v>-0.93810443629328555</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>17.489667321999999</v>
+        <v>17.489170822999998</v>
       </c>
       <c r="C357" s="5">
-        <v>0.10632743400000066</v>
+        <v>0.11040614399999882</v>
       </c>
       <c r="D357" s="5">
-        <v>7.5919855867546682</v>
+        <v>7.8956175319940369</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>17.427951187000001</v>
+        <v>17.427688327999999</v>
       </c>
       <c r="C358" s="5">
-        <v>-6.1716134999997507E-2</v>
+        <v>-6.1482494999999915E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>-4.1532404659116455</v>
+        <v>-4.1379354170109188</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>17.339561737</v>
+        <v>17.342302168</v>
       </c>
       <c r="C359" s="5">
-        <v>-8.8389450000001091E-2</v>
+        <v>-8.5386159999998767E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>-5.919118553074898</v>
+        <v>-5.7234734022858946</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>17.358857817000001</v>
+        <v>17.361074005999999</v>
       </c>
       <c r="C360" s="5">
-        <v>1.929608000000016E-2</v>
+        <v>1.8771837999999264E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>1.3436064640435008</v>
+        <v>1.3066775810053111</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>17.525984123000001</v>
+        <v>17.526762924</v>
       </c>
       <c r="C361" s="5">
-        <v>0.16712630600000011</v>
+        <v>0.16568891800000074</v>
       </c>
       <c r="D361" s="5">
-        <v>12.185109374575799</v>
+        <v>12.073126086736918</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>17.582832515</v>
+        <v>17.585532139000001</v>
       </c>
       <c r="C362" s="5">
-        <v>5.6848391999999137E-2</v>
+        <v>5.8769215000001651E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>3.9625932343580361</v>
+        <v>4.0987774038748315</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>17.702511983000001</v>
+        <v>17.704929707000002</v>
       </c>
       <c r="C363" s="5">
-        <v>0.11967946800000107</v>
+        <v>0.11939756800000012</v>
       </c>
       <c r="D363" s="5">
-        <v>8.4807535655533108</v>
+        <v>8.4586780199821021</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>17.728915607000001</v>
+        <v>17.731255360999999</v>
       </c>
       <c r="C364" s="5">
-        <v>2.6403624000000292E-2</v>
+        <v>2.6325653999997201E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>1.8045779760336833</v>
+        <v>1.7989576835806043</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>17.763097618</v>
+        <v>17.765748816999999</v>
       </c>
       <c r="C365" s="5">
-        <v>3.4182010999998624E-2</v>
+        <v>3.4493455999999867E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>2.3383375161551534</v>
+        <v>2.3595567485370728</v>
       </c>
       <c r="E365" s="5">
-        <v>3.4134075553329257</v>
+        <v>3.420097655871368</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>17.674755329</v>
+        <v>17.675036301999999</v>
       </c>
       <c r="C366" s="5">
-        <v>-8.8342288999999852E-2</v>
+        <v>-9.0712514999999883E-2</v>
       </c>
       <c r="D366" s="5">
-        <v>-5.8074624186724151</v>
+        <v>-5.9580635108444362</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>17.720837722999999</v>
+        <v>17.710300341</v>
       </c>
       <c r="C367" s="5">
-        <v>4.6082393999999027E-2</v>
+        <v>3.5264039000001191E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>3.1739495662954642</v>
+        <v>2.4206061339872242</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>17.706477679999999</v>
+        <v>17.69760995</v>
       </c>
       <c r="C368" s="5">
-        <v>-1.4360042999999933E-2</v>
+        <v>-1.2690390999999579E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>-0.96809514228730631</v>
+        <v>-0.85648441260602892</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>16.173422997999999</v>
+        <v>16.173218045999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-1.5330546819999995</v>
+        <v>-1.5243919040000016</v>
       </c>
       <c r="D369" s="5">
-        <v>-66.268377871760435</v>
+        <v>-66.070155389382407</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>16.535142610000001</v>
+        <v>16.535282814999999</v>
       </c>
       <c r="C370" s="5">
-        <v>0.36171961200000169</v>
+        <v>0.36206476899999984</v>
       </c>
       <c r="D370" s="5">
-        <v>30.398320144347135</v>
+        <v>30.431421637138566</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>16.739842377999999</v>
+        <v>16.742649692000001</v>
       </c>
       <c r="C371" s="5">
-        <v>0.20469976799999756</v>
+        <v>0.20736687700000189</v>
       </c>
       <c r="D371" s="5">
-        <v>15.910034080645531</v>
+        <v>16.131693215002386</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>16.741917162</v>
+        <v>16.745111276999999</v>
       </c>
       <c r="C372" s="5">
-        <v>2.0747840000012729E-3</v>
+        <v>2.4615849999989337E-3</v>
       </c>
       <c r="D372" s="5">
-        <v>0.14883286628140091</v>
+        <v>0.1765725173940913</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>16.535198462</v>
+        <v>16.537315407000001</v>
       </c>
       <c r="C373" s="5">
-        <v>-0.2067186999999997</v>
+        <v>-0.20779586999999822</v>
       </c>
       <c r="D373" s="5">
-        <v>-13.850913347701999</v>
+        <v>-13.915758066188101</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>16.501076368</v>
+        <v>16.506077931</v>
       </c>
       <c r="C374" s="5">
-        <v>-3.4122094000000658E-2</v>
+        <v>-3.1237476000001152E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>-2.448410845394422</v>
+        <v>-2.2432892309814156</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>16.668574112999998</v>
+        <v>16.673274936999999</v>
       </c>
       <c r="C375" s="5">
-        <v>0.16749774499999859</v>
+        <v>0.16719700599999854</v>
       </c>
       <c r="D375" s="5">
-        <v>12.884448000352711</v>
+        <v>12.855893753953151</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>16.824342144999999</v>
+        <v>16.828574864</v>
       </c>
       <c r="C376" s="5">
-        <v>0.155768032000001</v>
+        <v>0.1552999270000015</v>
       </c>
       <c r="D376" s="5">
-        <v>11.808725251427976</v>
+        <v>11.767909975710268</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>16.760391597999998</v>
+        <v>16.763784158</v>
       </c>
       <c r="C377" s="5">
-        <v>-6.3950547000001023E-2</v>
+        <v>-6.4790706000000142E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>-4.4671273192704035</v>
+        <v>-4.5234635044946074</v>
       </c>
       <c r="E377" s="5">
-        <v>-5.6448826751023589</v>
+        <v>-5.6398673048963843</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>16.680707128000002</v>
+        <v>16.680224156000001</v>
       </c>
       <c r="C378" s="5">
-        <v>-7.9684469999996566E-2</v>
+        <v>-8.356000199999869E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>-5.5583535627518943</v>
+        <v>-5.8201779300149692</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>16.629384100999999</v>
+        <v>16.613410089999999</v>
       </c>
       <c r="C379" s="5">
-        <v>-5.1323027000002241E-2</v>
+        <v>-6.6814066000002725E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>-3.6303041650217027</v>
+        <v>-4.702208861148927</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>16.624790265000001</v>
+        <v>16.610905481</v>
       </c>
       <c r="C380" s="5">
-        <v>-4.5938359999979639E-3</v>
+        <v>-2.5046089999989363E-3</v>
       </c>
       <c r="D380" s="5">
-        <v>-0.33099453473384166</v>
+        <v>-0.18075999678487387</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>16.865322819999999</v>
+        <v>16.863538475999999</v>
       </c>
       <c r="C381" s="5">
-        <v>0.24053255499999793</v>
+        <v>0.25263299499999903</v>
       </c>
       <c r="D381" s="5">
-        <v>18.812408850791339</v>
+        <v>19.857388240836826</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>16.9405258</v>
+        <v>16.940145204</v>
       </c>
       <c r="C382" s="5">
-        <v>7.5202980000000252E-2</v>
+        <v>7.6606728000001567E-2</v>
       </c>
       <c r="D382" s="5">
-        <v>5.4840336292982794</v>
+        <v>5.5895767430202747</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>17.036886297999999</v>
+        <v>17.042039688999999</v>
       </c>
       <c r="C383" s="5">
-        <v>9.6360497999999239E-2</v>
+        <v>0.10189448499999898</v>
       </c>
       <c r="D383" s="5">
-        <v>7.0434430753476107</v>
+        <v>7.4616056816223297</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>17.123630518999999</v>
+        <v>17.127815126000002</v>
       </c>
       <c r="C384" s="5">
-        <v>8.674422100000001E-2</v>
+        <v>8.5775437000002341E-2</v>
       </c>
       <c r="D384" s="5">
-        <v>6.283899656790326</v>
+        <v>6.2098341843895843</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>17.039217710999999</v>
+        <v>17.044002002999999</v>
       </c>
       <c r="C385" s="5">
-        <v>-8.4412807999999728E-2</v>
+        <v>-8.3813123000002321E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>-5.7577507074181522</v>
+        <v>-5.7165818063576683</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>17.012347844000001</v>
+        <v>17.020652393999999</v>
       </c>
       <c r="C386" s="5">
-        <v>-2.6869866999998493E-2</v>
+        <v>-2.3349609000000271E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>-1.8760044616653815</v>
+        <v>-1.6316221301117872</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>17.255028376999999</v>
+        <v>17.263208076000002</v>
       </c>
       <c r="C387" s="5">
-        <v>0.24268053299999792</v>
+        <v>0.24255568200000255</v>
       </c>
       <c r="D387" s="5">
-        <v>18.526943903377969</v>
+        <v>18.506898900730672</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>17.323020370999998</v>
+        <v>17.330699840000001</v>
       </c>
       <c r="C388" s="5">
-        <v>6.7991993999999778E-2</v>
+        <v>6.7491763999999677E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>4.8323349155633633</v>
+        <v>4.7936927174176525</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>17.369366123999999</v>
+        <v>17.376757585</v>
       </c>
       <c r="C389" s="5">
-        <v>4.6345753000000656E-2</v>
+        <v>4.6057744999998818E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>3.2581268532835717</v>
+        <v>3.2361271333401387</v>
       </c>
       <c r="E389" s="5">
-        <v>3.6334146636088693</v>
+        <v>3.656533758861813</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>17.380491748000001</v>
+        <v>17.373099982999999</v>
       </c>
       <c r="C390" s="5">
-        <v>1.1125624000001721E-2</v>
+        <v>-3.6576020000005371E-3</v>
       </c>
       <c r="D390" s="5">
-        <v>0.77135129315140105</v>
+        <v>-0.25229360086180819</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>17.326419803</v>
+        <v>17.304343614</v>
       </c>
       <c r="C391" s="5">
-        <v>-5.4071945000000454E-2</v>
+        <v>-6.875636899999904E-2</v>
       </c>
       <c r="D391" s="5">
-        <v>-3.6700632778473574</v>
+        <v>-4.6471374011928361</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>17.434483956000001</v>
+        <v>17.411686621000001</v>
       </c>
       <c r="C392" s="5">
-        <v>0.10806415300000083</v>
+        <v>0.10734300700000077</v>
       </c>
       <c r="D392" s="5">
-        <v>7.7465004825759909</v>
+        <v>7.7031834807059552</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>17.567090494999999</v>
+        <v>17.562670607000001</v>
       </c>
       <c r="C393" s="5">
-        <v>0.13260653899999753</v>
+        <v>0.15098398599999996</v>
       </c>
       <c r="D393" s="5">
-        <v>9.5188552993631159</v>
+        <v>10.916605156361348</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>17.541406279</v>
+        <v>17.539785105</v>
       </c>
       <c r="C394" s="5">
-        <v>-2.5684215999998372E-2</v>
+        <v>-2.2885502000001168E-2</v>
       </c>
       <c r="D394" s="5">
-        <v>-1.7404373297442488</v>
+        <v>-1.552533389729005</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>17.633665709999999</v>
+        <v>17.644991431000001</v>
       </c>
       <c r="C395" s="5">
-        <v>9.2259430999998671E-2</v>
+        <v>0.10520632600000113</v>
       </c>
       <c r="D395" s="5">
-        <v>6.4972397538434867</v>
+        <v>7.44005047482037</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>17.709549358</v>
+        <v>17.716665222</v>
       </c>
       <c r="C396" s="5">
-        <v>7.5883648000001358E-2</v>
+        <v>7.1673790999998488E-2</v>
       </c>
       <c r="D396" s="5">
-        <v>5.288001193784253</v>
+        <v>4.9847753509715043</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>17.737744132</v>
+        <v>17.746939301000001</v>
       </c>
       <c r="C397" s="5">
-        <v>2.8194773999999256E-2</v>
+        <v>3.0274079000001564E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>1.9272973250358039</v>
+        <v>2.069931238185041</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>17.908911324000002</v>
+        <v>17.921686938000001</v>
       </c>
       <c r="C398" s="5">
-        <v>0.17116719200000219</v>
+        <v>0.1747476369999994</v>
       </c>
       <c r="D398" s="5">
-        <v>12.214661060197574</v>
+        <v>12.477349285186623</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>17.660023137</v>
+        <v>17.672000214000001</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.24888818700000215</v>
+        <v>-0.24968672400000003</v>
       </c>
       <c r="D399" s="5">
-        <v>-15.459466125295362</v>
+        <v>-15.495106718740281</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>17.828195453999999</v>
+        <v>17.838889245000001</v>
       </c>
       <c r="C400" s="5">
-        <v>0.16817231699999979</v>
+        <v>0.16688903100000019</v>
       </c>
       <c r="D400" s="5">
-        <v>12.045242692740143</v>
+        <v>11.939976687338305</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>17.886492439000001</v>
+        <v>17.896696626000001</v>
       </c>
       <c r="C401" s="5">
-        <v>5.8296985000001911E-2</v>
+        <v>5.7807380999999936E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>3.9952633663110193</v>
+        <v>3.9586917403827471</v>
       </c>
       <c r="E401" s="5">
-        <v>2.9772319341318187</v>
+        <v>2.9921522381645138</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>18.075257355000002</v>
+        <v>18.057680116</v>
       </c>
       <c r="C402" s="5">
-        <v>0.18876491600000023</v>
+        <v>0.16098348999999956</v>
       </c>
       <c r="D402" s="5">
-        <v>13.425753848355004</v>
+        <v>11.344546275904532</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>18.216839802999999</v>
+        <v>18.186537422000001</v>
       </c>
       <c r="C403" s="5">
-        <v>0.14158244799999764</v>
+        <v>0.12885730600000045</v>
       </c>
       <c r="D403" s="5">
-        <v>9.8152353449190812</v>
+        <v>8.9072475057197398</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>18.334661105999999</v>
+        <v>18.305128675999999</v>
       </c>
       <c r="C404" s="5">
-        <v>0.11782130299999949</v>
+        <v>0.11859125399999826</v>
       </c>
       <c r="D404" s="5">
-        <v>8.0433827461369845</v>
+        <v>8.1118219442488648</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>18.172893445</v>
+        <v>18.165112721</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.16176766099999895</v>
+        <v>-0.14001595499999908</v>
       </c>
       <c r="D405" s="5">
-        <v>-10.088691468775412</v>
+        <v>-8.8023321121832421</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>18.243126971999999</v>
+        <v>18.239930393000002</v>
       </c>
       <c r="C406" s="5">
-        <v>7.0233526999999185E-2</v>
+        <v>7.4817672000001778E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>4.7375493676363511</v>
+        <v>5.056022447315911</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>18.231476023999999</v>
+        <v>18.252717101999998</v>
       </c>
       <c r="C407" s="5">
-        <v>-1.1650947999999772E-2</v>
+        <v>1.2786708999996677E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>-0.76369211969909978</v>
+        <v>0.84448516611805857</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>18.20055915</v>
+        <v>18.210823550000001</v>
       </c>
       <c r="C408" s="5">
-        <v>-3.0916873999998984E-2</v>
+        <v>-4.1893551999997669E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>-2.0160829375385658</v>
+        <v>-2.7197308055257663</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>18.225518963999999</v>
+        <v>18.239005449</v>
       </c>
       <c r="C409" s="5">
-        <v>2.4959813999998914E-2</v>
+        <v>2.8181898999999788E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>1.6581208193392483</v>
+        <v>1.8729307420211505</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>18.302614901999998</v>
+        <v>18.319281313000001</v>
       </c>
       <c r="C410" s="5">
-        <v>7.7095937999999364E-2</v>
+        <v>8.0275864000000752E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>5.195911653022689</v>
+        <v>5.4113424802834098</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>18.277854892000001</v>
+        <v>18.293274392000001</v>
       </c>
       <c r="C411" s="5">
-        <v>-2.4760009999997834E-2</v>
+        <v>-2.600692100000046E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>-1.6113508749029171</v>
+        <v>-1.6903380520833733</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>18.235493560999998</v>
+        <v>18.248642752999999</v>
       </c>
       <c r="C412" s="5">
-        <v>-4.2361331000002167E-2</v>
+        <v>-4.463163900000211E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>-2.7459788301878341</v>
+        <v>-2.8887718069578017</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>18.206026939000001</v>
+        <v>18.219220795999998</v>
       </c>
       <c r="C413" s="5">
-        <v>-2.94666219999975E-2</v>
+        <v>-2.9421957000000276E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>-1.9219317688686677</v>
+        <v>-1.9176737982964931</v>
       </c>
       <c r="E413" s="5">
-        <v>1.7864570210718522</v>
+        <v>1.8021435840368527</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>18.269436004999999</v>
+        <v>18.239504361000002</v>
       </c>
       <c r="C414" s="5">
-        <v>6.3409065999998404E-2</v>
+        <v>2.0283565000003279E-2</v>
       </c>
       <c r="D414" s="5">
-        <v>4.2604304315414065</v>
+        <v>1.3441778168238772</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>18.398316517000001</v>
+        <v>18.362209670999999</v>
       </c>
       <c r="C415" s="5">
-        <v>0.12888051200000206</v>
+        <v>0.12270530999999707</v>
       </c>
       <c r="D415" s="5">
-        <v>8.8016161407872708</v>
+        <v>8.3784445017723428</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>18.431131247</v>
+        <v>18.393623888</v>
       </c>
       <c r="C416" s="5">
-        <v>3.2814729999998349E-2</v>
+        <v>3.1414217000001798E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>2.1614076969617813</v>
+        <v>2.0723976080210038</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>18.478734444000001</v>
+        <v>18.469273648000001</v>
       </c>
       <c r="C417" s="5">
-        <v>4.7603197000000819E-2</v>
+        <v>7.564976000000101E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>3.1437200943795318</v>
+        <v>5.0485762285595204</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>18.540975246999999</v>
+        <v>18.536127066999999</v>
       </c>
       <c r="C418" s="5">
-        <v>6.2240802999998124E-2</v>
+        <v>6.6853418999997416E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>4.1176117158362668</v>
+        <v>4.4311794170378116</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>18.434591878999999</v>
+        <v>18.466434971000002</v>
       </c>
       <c r="C419" s="5">
-        <v>-0.10638336799999948</v>
+        <v>-6.969209599999715E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-6.6721120075684865</v>
+        <v>-4.4196190637893711</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>18.702539369</v>
+        <v>18.716446899000001</v>
       </c>
       <c r="C420" s="5">
-        <v>0.26794749000000095</v>
+        <v>0.25001192799999927</v>
       </c>
       <c r="D420" s="5">
-        <v>18.90622848217123</v>
+        <v>17.51252149745013</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>18.815069310999998</v>
+        <v>18.832243009999999</v>
       </c>
       <c r="C421" s="5">
-        <v>0.11252994199999833</v>
+        <v>0.11579611099999809</v>
       </c>
       <c r="D421" s="5">
-        <v>7.463984437616622</v>
+        <v>7.6821500605274595</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>18.792176886</v>
+        <v>18.811734643000001</v>
       </c>
       <c r="C422" s="5">
-        <v>-2.289242499999844E-2</v>
+        <v>-2.0508366999997918E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>-1.4503173400038927</v>
+        <v>-1.2990046869102101</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>18.859575709000001</v>
+        <v>18.877397684000002</v>
       </c>
       <c r="C423" s="5">
-        <v>6.7398823000001329E-2</v>
+        <v>6.5663041000000533E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>4.3897640542268634</v>
+        <v>4.2699998281919616</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>18.979186338000002</v>
+        <v>18.993473682000001</v>
       </c>
       <c r="C424" s="5">
-        <v>0.1196106290000003</v>
+        <v>0.11607599799999946</v>
       </c>
       <c r="D424" s="5">
-        <v>7.881769311871456</v>
+        <v>7.6334574948711209</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>19.042355731000001</v>
+        <v>19.055405775000001</v>
       </c>
       <c r="C425" s="5">
-        <v>6.3169392999999019E-2</v>
+        <v>6.1932092999999355E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>4.0679526939433108</v>
+        <v>3.9837854173036424</v>
       </c>
       <c r="E425" s="5">
-        <v>4.5936919394997666</v>
+        <v>4.5895759668469704</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>19.047454061</v>
+        <v>19.186552285000001</v>
       </c>
       <c r="C426" s="5">
-        <v>5.0983299999991516E-3</v>
+        <v>0.13114651000000066</v>
       </c>
       <c r="D426" s="5">
-        <v>0.32175709689861165</v>
+        <v>8.5787612039078596</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>19.014450424</v>
+        <v>19.156646497000001</v>
       </c>
       <c r="C427" s="5">
-        <v>-3.3003637000000197E-2</v>
+        <v>-2.9905788000000655E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-2.059546159778558</v>
+        <v>-1.8544701260327145</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>18.993294003999999</v>
+        <v>19.139263696</v>
       </c>
       <c r="C428" s="5">
-        <v>-2.1156420000000509E-2</v>
+        <v>-1.7382801000000114E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>-1.3270389788041737</v>
+        <v>-1.0834658491353455</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>19.133430098000002</v>
+        <v>19.147277042999999</v>
       </c>
       <c r="C429" s="5">
-        <v>0.14013609400000249</v>
+        <v>8.0133469999985607E-3</v>
       </c>
       <c r="D429" s="5">
-        <v>9.2220989166587941</v>
+        <v>0.50358211285386201</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>19.191755865000001</v>
+        <v>19.159172204000001</v>
       </c>
       <c r="C430" s="5">
-        <v>5.8325766999999473E-2</v>
+        <v>1.1895161000001764E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>3.7200019126526929</v>
+        <v>0.74804720768799626</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>19.231740777999999</v>
+        <v>19.127934095000001</v>
       </c>
       <c r="C431" s="5">
-        <v>3.9984912999997846E-2</v>
+        <v>-3.1238109000000236E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>2.5289792957309043</v>
+        <v>-1.9390920394429467</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>19.402449271999998</v>
+        <v>19.298241487999999</v>
       </c>
       <c r="C432" s="5">
-        <v>0.17070849399999943</v>
+        <v>0.17030739299999809</v>
       </c>
       <c r="D432" s="5">
-        <v>11.187386189255498</v>
+        <v>11.223367111669225</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>19.435538728000001</v>
+        <v>19.331153225000001</v>
       </c>
       <c r="C433" s="5">
-        <v>3.3089456000002571E-2</v>
+        <v>3.2911737000002717E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>2.0658176146706175</v>
+        <v>2.0658175983475413</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>19.458750010999999</v>
+        <v>19.354239842999998</v>
       </c>
       <c r="C434" s="5">
-        <v>2.3211282999998417E-2</v>
+        <v>2.3086617999997117E-2</v>
       </c>
       <c r="D434" s="5">
-        <v>1.4425751637371809</v>
+        <v>1.4425751314263158</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>19.352351872</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-1.8879709999986005E-3</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-0.11699504107330894</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>19.34034398</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-1.2007891999999742E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-0.74204919037912376</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">