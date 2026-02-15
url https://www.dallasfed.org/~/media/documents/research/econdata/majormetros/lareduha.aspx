--- v2 (2026-01-13)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{DDA478DC-11E6-4860-BB6F-4C69FE647CCC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{3D9298AB-CDEC-40EB-8A71-E9FBCE84AB88}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{92F006C1-7A75-483B-9A08-9D63D382EFB0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{2F6BBD99-7B9F-4364-95FB-B4AD233DDD1C}"/>
   </bookViews>
   <sheets>
     <sheet name="lareduha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Education and Health Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82D15C6D-EC4F-4D42-9B2E-0CF76BD44F7E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{39DB9EBC-02DE-4011-9405-F19CF27A9270}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>19.127934095000001</v>
       </c>
       <c r="C431" s="5">
         <v>-3.1238109000000236E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-1.9390920394429467</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>19.298241487999999</v>
       </c>
       <c r="C432" s="5">
         <v>0.17030739299999809</v>
       </c>
       <c r="D432" s="5">
         <v>11.223367111669225</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>19.331153225000001</v>
       </c>
       <c r="C433" s="5">
         <v>3.2911737000002717E-2</v>
       </c>
       <c r="D433" s="5">
         <v>2.0658175983475413</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>19.354239842999998</v>
       </c>
       <c r="C434" s="5">
         <v>2.3086617999997117E-2</v>
       </c>
       <c r="D434" s="5">
         <v>1.4425751314263158</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>19.352351872</v>
       </c>
       <c r="C435" s="5">
         <v>-1.8879709999986005E-3</v>
       </c>
       <c r="D435" s="5">
         <v>-0.11699504107330894</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>19.34034398</v>
+        <v>19.338942699</v>
       </c>
       <c r="C436" s="5">
-        <v>-1.2007891999999742E-2</v>
+        <v>-1.3409172999999441E-2</v>
       </c>
       <c r="D436" s="5">
-        <v>-0.74204919037912376</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.82831417181047362</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>19.340883473000002</v>
+      </c>
+      <c r="C437" s="5">
+        <v>1.9407740000012552E-3</v>
+      </c>
+      <c r="D437" s="5">
+        <v>0.12049338653088437</v>
+      </c>
+      <c r="E437" s="5">
+        <v>1.4981454678574035</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>