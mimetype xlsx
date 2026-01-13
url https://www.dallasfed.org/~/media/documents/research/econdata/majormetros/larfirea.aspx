--- v0 (2025-10-10)
+++ v1 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4F8D8C1F-4F02-4281-9F77-C21DB8EFC1F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A3444AA1-4D69-44A9-B276-AF30D0E84752}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{77B01C81-5DC9-4A07-8C3B-B55277FB9634}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C63E7042-E029-4070-88C3-F00F86B9B47D}"/>
   </bookViews>
   <sheets>
     <sheet name="larfirea" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Financial Activities Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0DC56753-C44F-4F7C-895D-4DB0A66F695B}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD01662C-C644-40F6-8275-66B46B213199}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -3032,71 +3031,71 @@
         <v>-1.4424231020477518</v>
       </c>
       <c r="E149" s="5">
         <v>1.8259738317416563E-2</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
         <v>3.2159640826999998</v>
       </c>
       <c r="C150" s="5">
         <v>4.1263433399999716E-2</v>
       </c>
       <c r="D150" s="5">
         <v>16.761833695491756</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>3.2036311141999998</v>
+        <v>3.2036311142999998</v>
       </c>
       <c r="C151" s="5">
-        <v>-1.2332968499999986E-2</v>
+        <v>-1.2332968399999977E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>-4.5060717540390431</v>
+        <v>-4.5060717182694994</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
         <v>3.2026311263</v>
       </c>
       <c r="C152" s="5">
-        <v>-9.9998789999977689E-4</v>
+        <v>-9.9998799999978516E-4</v>
       </c>
       <c r="D152" s="5">
-        <v>-0.37392804191691553</v>
+        <v>-0.37392807923432025</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
         <v>3.0446578518999998</v>
       </c>
       <c r="C153" s="5">
         <v>-0.1579732744000002</v>
       </c>
       <c r="D153" s="5">
         <v>-45.502208925638755</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
         <v>3.1464893865999999</v>
       </c>
       <c r="C154" s="5">
         <v>0.10183153470000006</v>
@@ -3144,71 +3143,71 @@
         <v>-9.4243085000000004E-2</v>
       </c>
       <c r="D157" s="5">
         <v>-30.264579821560954</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
         <v>3.0987422673</v>
       </c>
       <c r="C158" s="5">
         <v>8.2164851000001704E-3</v>
       </c>
       <c r="D158" s="5">
         <v>3.2373910097237113</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>3.0731324666000002</v>
+        <v>3.0731324665000002</v>
       </c>
       <c r="C159" s="5">
-        <v>-2.5609800699999852E-2</v>
+        <v>-2.560980079999986E-2</v>
       </c>
       <c r="D159" s="5">
-        <v>-9.4788844371066929</v>
+        <v>-9.4788844724535082</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
         <v>3.0752879139</v>
       </c>
       <c r="C160" s="5">
-        <v>2.1554472999998353E-3</v>
+        <v>2.1554473999998436E-3</v>
       </c>
       <c r="D160" s="5">
-        <v>0.84491573803886499</v>
+        <v>0.84491577741681034</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
         <v>3.0804761030000001</v>
       </c>
       <c r="C161" s="5">
         <v>5.1881891000000735E-3</v>
       </c>
       <c r="D161" s="5">
         <v>2.0433603342089324</v>
       </c>
       <c r="E161" s="5">
         <v>-2.9679820779567323</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
         <v>3.2129223160999998</v>
@@ -3231,3890 +3230,3917 @@
         <v>-0.10942675120000001</v>
       </c>
       <c r="D163" s="5">
         <v>-34.020222238918805</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
         <v>3.1039726026999999</v>
       </c>
       <c r="C164" s="5">
         <v>4.7703780000007967E-4</v>
       </c>
       <c r="D164" s="5">
         <v>0.1846078216391156</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>3.1433269437</v>
+        <v>3.1433269439</v>
       </c>
       <c r="C165" s="5">
-        <v>3.9354341000000126E-2</v>
+        <v>3.9354341200000142E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>16.321531343332452</v>
+        <v>16.321531432146543</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
         <v>3.1382501814000001</v>
       </c>
       <c r="C166" s="5">
-        <v>-5.0767622999998707E-3</v>
+        <v>-5.0767624999998873E-3</v>
       </c>
       <c r="D166" s="5">
-        <v>-1.920986541257319</v>
+        <v>-1.920986616142939</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
         <v>3.1870251988999998</v>
       </c>
       <c r="C167" s="5">
         <v>4.8775017499999684E-2</v>
       </c>
       <c r="D167" s="5">
         <v>20.330360206779162</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
         <v>3.0884970572000001</v>
       </c>
       <c r="C168" s="5">
         <v>-9.8528141699999683E-2</v>
       </c>
       <c r="D168" s="5">
         <v>-31.397438083862315</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>3.1902334819</v>
+        <v>3.1902334818</v>
       </c>
       <c r="C169" s="5">
-        <v>0.10173642469999988</v>
+        <v>0.10173642459999988</v>
       </c>
       <c r="D169" s="5">
-        <v>47.537806366515831</v>
+        <v>47.53780631101958</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>3.2012743493000002</v>
+        <v>3.2012743492000002</v>
       </c>
       <c r="C170" s="5">
         <v>1.1040867400000209E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>4.2329701023686717</v>
+        <v>4.2329701025040078</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>3.2715670180999998</v>
+        <v>3.2715670178999998</v>
       </c>
       <c r="C171" s="5">
-        <v>7.0292668799999625E-2</v>
+        <v>7.0292668699999616E-2</v>
       </c>
       <c r="D171" s="5">
-        <v>29.776219196887443</v>
+        <v>29.776219150331308</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
         <v>3.2743276270999999</v>
       </c>
       <c r="C172" s="5">
-        <v>2.7606090000000805E-3</v>
+        <v>2.760609200000097E-3</v>
       </c>
       <c r="D172" s="5">
-        <v>1.0172949227350792</v>
+        <v>1.0172949968407341</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>3.2884632483999998</v>
+        <v>3.2884632484999998</v>
       </c>
       <c r="C173" s="5">
-        <v>1.4135621299999901E-2</v>
+        <v>1.4135621399999909E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>5.3053222062971805</v>
+        <v>5.3053222447241533</v>
       </c>
       <c r="E173" s="5">
-        <v>6.7517857125217073</v>
+        <v>6.7517857157679773</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
         <v>3.3123508196000002</v>
       </c>
       <c r="C174" s="5">
-        <v>2.3887571200000401E-2</v>
+        <v>2.3887571100000393E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>9.0736942294196155</v>
+        <v>9.0736941896174095</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
         <v>3.3096271822999999</v>
       </c>
       <c r="C175" s="5">
         <v>-2.7236373000003589E-3</v>
       </c>
       <c r="D175" s="5">
         <v>-0.98227038623782681</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
         <v>3.4103715179999998</v>
       </c>
       <c r="C176" s="5">
         <v>0.10074433569999997</v>
       </c>
       <c r="D176" s="5">
         <v>43.308322907436001</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>3.2394325493</v>
+        <v>3.2394325496</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.1709389686999998</v>
+        <v>-0.17093896839999978</v>
       </c>
       <c r="D177" s="5">
-        <v>-46.048069658195558</v>
+        <v>-46.048069598238463</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
         <v>3.2257724036000002</v>
       </c>
       <c r="C178" s="5">
-        <v>-1.3660145699999848E-2</v>
+        <v>-1.3660145999999873E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-4.9444744417775244</v>
+        <v>-4.9444745474132024</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>3.1796166605999998</v>
+        <v>3.1796166604999998</v>
       </c>
       <c r="C179" s="5">
-        <v>-4.615574300000036E-2</v>
+        <v>-4.6155743100000368E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-15.881309996475601</v>
+        <v>-15.881310028222305</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>3.1899585611000001</v>
+        <v>3.1899585610000001</v>
       </c>
       <c r="C180" s="5">
         <v>1.0341900500000278E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>3.9736594967381578</v>
+        <v>3.9736594968651895</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>3.1870570478000002</v>
+        <v>3.1870570476000002</v>
       </c>
       <c r="C181" s="5">
-        <v>-2.9015132999998805E-3</v>
+        <v>-2.9015133999998888E-3</v>
       </c>
       <c r="D181" s="5">
-        <v>-1.0860486762893085</v>
+        <v>-1.0860487135665675</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>3.2023699570000002</v>
+        <v>3.2023699568000001</v>
       </c>
       <c r="C182" s="5">
         <v>1.5312909199999947E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>5.9204910066535277</v>
+        <v>5.9204910070349559</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>3.2745571763000001</v>
+        <v>3.2745571760000001</v>
       </c>
       <c r="C183" s="5">
-        <v>7.2187219299999938E-2</v>
+        <v>7.218721919999993E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>30.669100627153313</v>
+        <v>30.669100581426932</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
         <v>3.2769303554000002</v>
       </c>
       <c r="C184" s="5">
-        <v>2.3731791000001223E-3</v>
+        <v>2.3731794000001472E-3</v>
       </c>
       <c r="D184" s="5">
-        <v>0.87315435670380914</v>
+        <v>0.87315446760218851</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>3.2973816956999999</v>
+        <v>3.2973816967</v>
       </c>
       <c r="C185" s="5">
-        <v>2.0451340299999732E-2</v>
+        <v>2.0451341299999815E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>7.7517013504804888</v>
+        <v>7.7517017426160351</v>
       </c>
       <c r="E185" s="5">
-        <v>0.2712041043590574</v>
+        <v>0.27120413171921598</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>3.313922925</v>
+        <v>3.3139229253</v>
       </c>
       <c r="C186" s="5">
-        <v>1.6541229300000015E-2</v>
+        <v>1.6541228599999958E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>6.1886666532479317</v>
+        <v>6.1886663821562271</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>3.3102749447000002</v>
+        <v>3.3102749448000002</v>
       </c>
       <c r="C187" s="5">
-        <v>-3.6479802999997979E-3</v>
+        <v>-3.6479804999998144E-3</v>
       </c>
       <c r="D187" s="5">
-        <v>-1.3129966416488448</v>
+        <v>-1.3129967130803166</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
         <v>3.4137680257</v>
       </c>
       <c r="C188" s="5">
-        <v>0.10349308099999988</v>
+        <v>0.10349308089999987</v>
       </c>
       <c r="D188" s="5">
-        <v>44.690252190253602</v>
+        <v>44.690252137802112</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>3.4405188711000001</v>
+        <v>3.4405188713000001</v>
       </c>
       <c r="C189" s="5">
-        <v>2.6750845400000056E-2</v>
+        <v>2.6750845600000073E-2</v>
       </c>
       <c r="D189" s="5">
-        <v>9.8194476468330905</v>
+        <v>9.8194477234397013</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>3.5123203881</v>
+        <v>3.5123203876</v>
       </c>
       <c r="C190" s="5">
-        <v>7.1801516999999926E-2</v>
+        <v>7.1801516299999868E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>28.127444648639965</v>
+        <v>28.127444340385455</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>3.5734725125</v>
+        <v>3.5734725118999999</v>
       </c>
       <c r="C191" s="5">
-        <v>6.1152124399999952E-2</v>
+        <v>6.1152124299999944E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>23.014371966340196</v>
+        <v>23.01437192862732</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>3.5923369435999999</v>
+        <v>3.5923369428999998</v>
       </c>
       <c r="C192" s="5">
-        <v>1.8864431099999912E-2</v>
+        <v>1.8864430999999904E-2</v>
       </c>
       <c r="D192" s="5">
-        <v>6.5220278388729458</v>
+        <v>6.522027804417152</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>3.6862114043999998</v>
+        <v>3.6862114037999998</v>
       </c>
       <c r="C193" s="5">
-        <v>9.3874460799999948E-2</v>
+        <v>9.3874460899999956E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>36.281870485316503</v>
+        <v>36.281870537796948</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>3.7003628811999998</v>
+        <v>3.7003628809000002</v>
       </c>
       <c r="C194" s="5">
-        <v>1.4151476799999951E-2</v>
+        <v>1.415147710000042E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>4.7053635964054763</v>
+        <v>4.7053636990534331</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
         <v>3.6757034311000001</v>
       </c>
       <c r="C195" s="5">
-        <v>-2.4659450099999702E-2</v>
+        <v>-2.4659449800000122E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>-7.7101852558405959</v>
+        <v>-7.7101851660540843</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>3.7782477522</v>
+        <v>3.7782477529</v>
       </c>
       <c r="C196" s="5">
-        <v>0.10254432109999989</v>
+        <v>0.10254432179999995</v>
       </c>
       <c r="D196" s="5">
-        <v>39.123222101307455</v>
+        <v>39.123222410613437</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>3.8052178788000002</v>
+        <v>3.8052178815</v>
       </c>
       <c r="C197" s="5">
-        <v>2.6970126600000199E-2</v>
+        <v>2.6970128599999921E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>8.9103494651998396</v>
+        <v>8.9103501503952955</v>
       </c>
       <c r="E197" s="5">
-        <v>15.401194946955998</v>
+        <v>15.401194993841315</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>3.8149885625</v>
+        <v>3.8149885636</v>
       </c>
       <c r="C198" s="5">
-        <v>9.7706836999997826E-3</v>
+        <v>9.7706821000000943E-3</v>
       </c>
       <c r="D198" s="5">
-        <v>3.1251373032029406</v>
+        <v>3.1251367819480347</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>3.9120216021999998</v>
+        <v>3.9120216027999999</v>
       </c>
       <c r="C199" s="5">
-        <v>9.7033039699999879E-2</v>
+        <v>9.7033039199999838E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>35.174897355023283</v>
+        <v>35.174897136099958</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>3.9190878819999999</v>
+        <v>3.9190878816999999</v>
       </c>
       <c r="C200" s="5">
-        <v>7.0662798000000748E-3</v>
+        <v>7.0662789000000004E-3</v>
       </c>
       <c r="D200" s="5">
-        <v>2.1892226261568393</v>
+        <v>2.1892223442105063</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>4.0419403773999996</v>
+        <v>4.0419403766000004</v>
       </c>
       <c r="C201" s="5">
-        <v>0.12285249539999965</v>
+        <v>0.1228524949000005</v>
       </c>
       <c r="D201" s="5">
-        <v>44.830092643934741</v>
+        <v>44.830092432987676</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>3.9997983794</v>
+        <v>3.9997983773999999</v>
       </c>
       <c r="C202" s="5">
-        <v>-4.2141997999999514E-2</v>
+        <v>-4.2141999200000502E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>-11.818320579670338</v>
+        <v>-11.818320899347212</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>4.0680684600000001</v>
+        <v>4.0680684576999999</v>
       </c>
       <c r="C203" s="5">
-        <v>6.827008060000006E-2</v>
+        <v>6.8270080300000036E-2</v>
       </c>
       <c r="D203" s="5">
-        <v>22.518545827152202</v>
+        <v>22.518545731067597</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>4.0952739758999996</v>
+        <v>4.0952739738000004</v>
       </c>
       <c r="C204" s="5">
-        <v>2.7205515899999533E-2</v>
+        <v>2.7205516100000438E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>8.3269472143081771</v>
+        <v>8.3269472826748228</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>4.1863024914000002</v>
+        <v>4.1863024901000001</v>
       </c>
       <c r="C205" s="5">
-        <v>9.1028515500000573E-2</v>
+        <v>9.1028516299999751E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>30.188233606933789</v>
+        <v>30.188233922899887</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
         <v>4.1986548677000002</v>
       </c>
       <c r="C206" s="5">
-        <v>1.2352376299999968E-2</v>
+        <v>1.2352377600000075E-2</v>
       </c>
       <c r="D206" s="5">
-        <v>3.5988293598053778</v>
+        <v>3.5988297458600993</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>3.9779610301999999</v>
+        <v>3.9779610313</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.22069383750000027</v>
+        <v>-0.22069383640000018</v>
       </c>
       <c r="D207" s="5">
-        <v>-47.687657270793203</v>
+        <v>-47.687657097206056</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>4.0768927733</v>
+        <v>4.0768927759000002</v>
       </c>
       <c r="C208" s="5">
-        <v>9.893174310000008E-2</v>
+        <v>9.8931744600000204E-2</v>
       </c>
       <c r="D208" s="5">
-        <v>34.284281238824612</v>
+        <v>34.284281820893916</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>4.1113013842999999</v>
+        <v>4.1113013900000004</v>
       </c>
       <c r="C209" s="5">
-        <v>3.4408610999999922E-2</v>
+        <v>3.4408614100000179E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>10.611505494525231</v>
+        <v>10.611506488279243</v>
       </c>
       <c r="E209" s="5">
-        <v>8.0437839632069963</v>
+        <v>8.0437840363386304</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>4.2163726858999997</v>
+        <v>4.2163726891</v>
       </c>
       <c r="C210" s="5">
-        <v>0.10507130159999978</v>
+        <v>0.10507129909999957</v>
       </c>
       <c r="D210" s="5">
-        <v>35.368033998995372</v>
+        <v>35.368032979712851</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>4.1097640139999996</v>
+        <v>4.1097640163999998</v>
       </c>
       <c r="C211" s="5">
-        <v>-0.10660867190000012</v>
+        <v>-0.10660867270000018</v>
       </c>
       <c r="D211" s="5">
-        <v>-26.458120409803541</v>
+        <v>-26.45812056421596</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>4.1224311942999998</v>
+        <v>4.1224311957999999</v>
       </c>
       <c r="C212" s="5">
-        <v>1.2667180300000247E-2</v>
+        <v>1.2667179400000173E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>3.7620082122927556</v>
+        <v>3.7620079382212346</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>4.1405797985000001</v>
+        <v>4.1405797969</v>
       </c>
       <c r="C213" s="5">
-        <v>1.8148604200000307E-2</v>
+        <v>1.814860110000005E-2</v>
       </c>
       <c r="D213" s="5">
-        <v>5.4126952767330483</v>
+        <v>5.4126943276616046</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>4.1911537754000001</v>
+        <v>4.1911537598999997</v>
       </c>
       <c r="C214" s="5">
-        <v>5.0573976899999984E-2</v>
+        <v>5.0573962999999722E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>15.682919437433117</v>
+        <v>15.682914839944551</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>4.1682936403999999</v>
+        <v>4.1682936383999998</v>
       </c>
       <c r="C215" s="5">
-        <v>-2.286013500000017E-2</v>
+        <v>-2.2860121499999941E-2</v>
       </c>
       <c r="D215" s="5">
-        <v>-6.3524279829703323</v>
+        <v>-6.3524243661664537</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>4.1973472622000001</v>
+        <v>4.1973472594999999</v>
       </c>
       <c r="C216" s="5">
-        <v>2.9053621800000151E-2</v>
+        <v>2.9053621100000093E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>8.6923926217326031</v>
+        <v>8.6923924085422488</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>4.1928810056000003</v>
+        <v>4.1928810038000002</v>
       </c>
       <c r="C217" s="5">
-        <v>-4.4662565999997739E-3</v>
+        <v>-4.4662556999996994E-3</v>
       </c>
       <c r="D217" s="5">
-        <v>-1.269433471126824</v>
+        <v>-1.2694332176289458</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>4.1985063341000002</v>
+        <v>4.1985063334000001</v>
       </c>
       <c r="C218" s="5">
-        <v>5.6253284999998598E-3</v>
+        <v>5.6253295999999509E-3</v>
       </c>
       <c r="D218" s="5">
-        <v>1.6218988439141269</v>
+        <v>1.6218991641123504</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>4.1780728427999998</v>
+        <v>4.1780728430999998</v>
       </c>
       <c r="C219" s="5">
-        <v>-2.0433491300000384E-2</v>
+        <v>-2.0433490300000301E-2</v>
       </c>
       <c r="D219" s="5">
-        <v>-5.686396927673032</v>
+        <v>-5.686396657714166</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>4.1718080619000002</v>
+        <v>4.1718080793999999</v>
       </c>
       <c r="C220" s="5">
-        <v>-6.2647808999996002E-3</v>
+        <v>-6.2647636999999534E-3</v>
       </c>
       <c r="D220" s="5">
-        <v>-1.784566211552463</v>
+        <v>-1.784561352221592</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>4.1128924195999996</v>
+        <v>4.1128924273000003</v>
       </c>
       <c r="C221" s="5">
-        <v>-5.891564230000057E-2</v>
+        <v>-5.8915652099999605E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>-15.690527881378157</v>
+        <v>-15.690530231246925</v>
       </c>
       <c r="E221" s="5">
-        <v>3.8699067552561139E-2</v>
+        <v>3.8699116145313184E-2</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>4.2150840178999998</v>
+        <v>4.2150840209</v>
       </c>
       <c r="C222" s="5">
-        <v>0.10219159830000013</v>
+        <v>0.10219159359999974</v>
       </c>
       <c r="D222" s="5">
-        <v>34.247630764449454</v>
+        <v>34.247628895026061</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>4.2082331003000002</v>
+        <v>4.2082331029000004</v>
       </c>
       <c r="C223" s="5">
-        <v>-6.850917599999562E-3</v>
+        <v>-6.8509179999995951E-3</v>
       </c>
       <c r="D223" s="5">
-        <v>-1.9330591318122869</v>
+        <v>-1.9330592423060899</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>4.2252465964999999</v>
+        <v>4.2252465987000001</v>
       </c>
       <c r="C224" s="5">
-        <v>1.70134961999997E-2</v>
+        <v>1.7013495799999667E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>4.96083348848253</v>
+        <v>4.9608333661104398</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>4.1367198001999999</v>
+        <v>4.1367197968999996</v>
       </c>
       <c r="C225" s="5">
-        <v>-8.8526796300000044E-2</v>
+        <v>-8.8526801800000499E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>-22.438083170031131</v>
+        <v>-22.438084397135128</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>4.1887402286000004</v>
+        <v>4.1887401991999997</v>
       </c>
       <c r="C226" s="5">
-        <v>5.202042840000054E-2</v>
+        <v>5.2020402300000157E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>16.179063711674946</v>
+        <v>16.179055038559497</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>4.1761622435000003</v>
+        <v>4.1761622417000002</v>
       </c>
       <c r="C227" s="5">
-        <v>-1.2577985100000078E-2</v>
+        <v>-1.257795749999957E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-3.5444506893629435</v>
+        <v>-3.5444430642051272</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>4.0957163277999999</v>
+        <v>4.0957163240999996</v>
       </c>
       <c r="C228" s="5">
-        <v>-8.044591570000037E-2</v>
+        <v>-8.0445917600000527E-2</v>
       </c>
       <c r="D228" s="5">
-        <v>-20.817340883750425</v>
+        <v>-20.817341332588025</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>4.0986952354000001</v>
+        <v>4.0986952313999998</v>
       </c>
       <c r="C229" s="5">
-        <v>2.9789076000001913E-3</v>
+        <v>2.9789073000001665E-3</v>
       </c>
       <c r="D229" s="5">
-        <v>0.87628714921579309</v>
+        <v>0.87628706140814305</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>4.0997401806999996</v>
+        <v>4.0997401760000001</v>
       </c>
       <c r="C230" s="5">
-        <v>1.0449452999994335E-3</v>
+        <v>1.0449446000002638E-3</v>
       </c>
       <c r="D230" s="5">
-        <v>0.30636435557374053</v>
+        <v>0.30636415035480979</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>4.0764616666000002</v>
+        <v>4.0764616621999998</v>
       </c>
       <c r="C231" s="5">
-        <v>-2.327851409999937E-2</v>
+        <v>-2.3278513800000233E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>-6.6048464112524741</v>
+        <v>-6.6048463361106808</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>4.0657576883999997</v>
+        <v>4.0657577319999998</v>
       </c>
       <c r="C232" s="5">
-        <v>-1.0703978200000464E-2</v>
+        <v>-1.0703930200000045E-2</v>
       </c>
       <c r="D232" s="5">
-        <v>-3.1058515794733954</v>
+        <v>-3.1058378556844568</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>4.0131937398000002</v>
+        <v>4.0131937481</v>
       </c>
       <c r="C233" s="5">
-        <v>-5.2563948599999577E-2</v>
+        <v>-5.2563983899999833E-2</v>
       </c>
       <c r="D233" s="5">
-        <v>-14.457170710344736</v>
+        <v>-14.457179595366798</v>
       </c>
       <c r="E233" s="5">
-        <v>-2.424052701327295</v>
+        <v>-2.4240526822008279</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>4.0143578972</v>
+        <v>4.0143579025999996</v>
       </c>
       <c r="C234" s="5">
-        <v>1.1641573999998656E-3</v>
+        <v>1.1641544999996256E-3</v>
       </c>
       <c r="D234" s="5">
-        <v>0.34865495131000124</v>
+        <v>0.34865408067707993</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>4.0066806440000002</v>
+        <v>4.0066806526000001</v>
       </c>
       <c r="C235" s="5">
-        <v>-7.6772531999997895E-3</v>
+        <v>-7.6772499999995247E-3</v>
       </c>
       <c r="D235" s="5">
-        <v>-2.270952327108966</v>
+        <v>-2.2709513874516363</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>3.9234319226999999</v>
+        <v>3.9234319314000001</v>
       </c>
       <c r="C236" s="5">
-        <v>-8.3248721300000383E-2</v>
+        <v>-8.3248721199999931E-2</v>
       </c>
       <c r="D236" s="5">
-        <v>-22.272138280321585</v>
+        <v>-22.272138214068228</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>3.9318314318000001</v>
+        <v>3.9318314288999998</v>
       </c>
       <c r="C237" s="5">
-        <v>8.399509100000202E-3</v>
+        <v>8.3994974999996863E-3</v>
       </c>
       <c r="D237" s="5">
-        <v>2.5994956363309285</v>
+        <v>2.5994919981326303</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>3.8903278437000002</v>
+        <v>3.8903277960999998</v>
       </c>
       <c r="C238" s="5">
-        <v>-4.1503588099999877E-2</v>
+        <v>-4.1503632800000023E-2</v>
       </c>
       <c r="D238" s="5">
-        <v>-11.956816840789486</v>
+        <v>-11.95682898853242</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>3.8862249381999998</v>
+        <v>3.8862249251000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-4.1029055000003645E-3</v>
+        <v>-4.1028709999997304E-3</v>
       </c>
       <c r="D239" s="5">
-        <v>-1.2582558857963999</v>
+        <v>-1.2582453821321171</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>3.8948101670000002</v>
+        <v>3.8948101462000002</v>
       </c>
       <c r="C240" s="5">
-        <v>8.5852288000003441E-3</v>
+        <v>8.585221100000151E-3</v>
       </c>
       <c r="D240" s="5">
-        <v>2.6834207264937238</v>
+        <v>2.683418299600393</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>3.9042984742</v>
+        <v>3.9042984533</v>
       </c>
       <c r="C241" s="5">
-        <v>9.4883071999998236E-3</v>
+        <v>9.4883070999998154E-3</v>
       </c>
       <c r="D241" s="5">
-        <v>2.9628587403392137</v>
+        <v>2.9628587247289895</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>3.9004218839</v>
+        <v>3.9004218648000002</v>
       </c>
       <c r="C242" s="5">
-        <v>-3.8765902999999824E-3</v>
+        <v>-3.8765884999998335E-3</v>
       </c>
       <c r="D242" s="5">
-        <v>-1.1849986270142332</v>
+        <v>-1.1849980860991316</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>3.9747741150999998</v>
+        <v>3.9747741143000002</v>
       </c>
       <c r="C243" s="5">
-        <v>7.4352231199999785E-2</v>
+        <v>7.4352249499999967E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>25.432599117539702</v>
+        <v>25.432606185371242</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>3.9608569006000001</v>
+        <v>3.9608570010999999</v>
       </c>
       <c r="C244" s="5">
-        <v>-1.3917214499999719E-2</v>
+        <v>-1.391711320000022E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>-4.1216849823737629</v>
+        <v>-4.1216555578135079</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>4.0112326110999996</v>
+        <v>4.0112326620000003</v>
       </c>
       <c r="C245" s="5">
-        <v>5.037571049999956E-2</v>
+        <v>5.0375660900000341E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>16.37624526709407</v>
+        <v>16.376227553796664</v>
       </c>
       <c r="E245" s="5">
-        <v>-4.8867032771215957E-2</v>
+        <v>-4.8865971171418998E-2</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>3.9124171932</v>
+        <v>3.9124172365000001</v>
       </c>
       <c r="C246" s="5">
-        <v>-9.8815417899999591E-2</v>
+        <v>-9.881542550000022E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>-25.867655371759756</v>
+        <v>-25.867656814706987</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>3.9071624272999999</v>
+        <v>3.9071624461000001</v>
       </c>
       <c r="C247" s="5">
-        <v>-5.2547659000001801E-3</v>
+        <v>-5.2547903999999868E-3</v>
       </c>
       <c r="D247" s="5">
-        <v>-1.5998667922883958</v>
+        <v>-1.5998741789704618</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>3.9209901470999999</v>
+        <v>3.9209901226000001</v>
       </c>
       <c r="C248" s="5">
-        <v>1.3827719800000082E-2</v>
+        <v>1.3827676500000052E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>4.3305316211736056</v>
+        <v>4.3305177743039325</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>4.0253101635000004</v>
+        <v>4.0253100864000002</v>
       </c>
       <c r="C249" s="5">
-        <v>0.10432001640000044</v>
+        <v>0.10431996380000008</v>
       </c>
       <c r="D249" s="5">
-        <v>37.038686122885835</v>
+        <v>37.038664900448516</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>3.9966185346000001</v>
+        <v>3.9966183945</v>
       </c>
       <c r="C250" s="5">
-        <v>-2.8691628900000321E-2</v>
+        <v>-2.8691691900000205E-2</v>
       </c>
       <c r="D250" s="5">
-        <v>-8.2258904256460426</v>
+        <v>-8.2259079370595618</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>3.8980609137000002</v>
+        <v>3.8980608278000002</v>
       </c>
       <c r="C251" s="5">
-        <v>-9.8557620899999865E-2</v>
+        <v>-9.8557566699999821E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>-25.890978426081336</v>
+        <v>-25.890966849032814</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>3.7921080250000001</v>
+        <v>3.7921080142000001</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.10595288870000008</v>
+        <v>-0.10595281360000008</v>
       </c>
       <c r="D252" s="5">
-        <v>-28.156918959868626</v>
+        <v>-28.156902417068153</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>3.8031049736</v>
+        <v>3.8031050343000001</v>
       </c>
       <c r="C253" s="5">
-        <v>1.0996948599999889E-2</v>
+        <v>1.0997020100000032E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>3.5359922786619036</v>
+        <v>3.536015647147539</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>3.7993189207000002</v>
+        <v>3.7993190199</v>
       </c>
       <c r="C254" s="5">
-        <v>-3.7860528999997811E-3</v>
+        <v>-3.7860144000001483E-3</v>
       </c>
       <c r="D254" s="5">
-        <v>-1.1881002403567265</v>
+        <v>-1.1880882058968756</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>3.7755455019999999</v>
+        <v>3.7755456223000001</v>
       </c>
       <c r="C255" s="5">
-        <v>-2.3773418700000271E-2</v>
+        <v>-2.3773397599999857E-2</v>
       </c>
       <c r="D255" s="5">
-        <v>-7.2556421406851364</v>
+        <v>-7.2556357379826792</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>3.8610424475</v>
+        <v>3.8610426422000002</v>
       </c>
       <c r="C256" s="5">
-        <v>8.5496945500000088E-2</v>
+        <v>8.5497019900000026E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>30.827309621063591</v>
+        <v>30.827338764969326</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>3.9079313204999999</v>
+        <v>3.9079313784999998</v>
       </c>
       <c r="C257" s="5">
-        <v>4.6888872999999887E-2</v>
+        <v>4.6888736299999678E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>15.586777907490745</v>
+        <v>15.586728549381611</v>
       </c>
       <c r="E257" s="5">
-        <v>-2.5753004279567726</v>
+        <v>-2.5753002182749118</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>3.8132515216999998</v>
+        <v>3.8132515006999999</v>
       </c>
       <c r="C258" s="5">
-        <v>-9.4679798800000103E-2</v>
+        <v>-9.4679877799999979E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>-25.495525642984074</v>
+        <v>-25.495543835832677</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>3.8084613622000001</v>
+        <v>3.8084612512999998</v>
       </c>
       <c r="C259" s="5">
-        <v>-4.7901594999997243E-3</v>
+        <v>-4.7902494000000573E-3</v>
       </c>
       <c r="D259" s="5">
-        <v>-1.4970538280448586</v>
+        <v>-1.497081738567696</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>3.8174231201</v>
+        <v>3.8174229169</v>
       </c>
       <c r="C260" s="5">
-        <v>8.961757899999867E-3</v>
+        <v>8.9616656000002237E-3</v>
       </c>
       <c r="D260" s="5">
-        <v>2.860574708753516</v>
+        <v>2.8605449488222856</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>3.8167323426999999</v>
+        <v>3.8167321031000001</v>
       </c>
       <c r="C261" s="5">
-        <v>-6.9077740000000887E-4</v>
+        <v>-6.9081379999991199E-4</v>
       </c>
       <c r="D261" s="5">
-        <v>-0.21692863460441858</v>
+        <v>-0.21694006565834423</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>3.8024963331000001</v>
+        <v>3.802496112</v>
       </c>
       <c r="C262" s="5">
-        <v>-1.4236009599999822E-2</v>
+        <v>-1.4235991100000067E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>-4.3851857155724039</v>
+        <v>-4.3851804029838686</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>3.8047326496</v>
+        <v>3.8047326110999999</v>
       </c>
       <c r="C263" s="5">
-        <v>2.2363164999998908E-3</v>
+        <v>2.2364990999999002E-3</v>
       </c>
       <c r="D263" s="5">
-        <v>0.70802889531922375</v>
+        <v>0.70808693583581661</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>3.8914965232999998</v>
+        <v>3.8914961989000001</v>
       </c>
       <c r="C264" s="5">
-        <v>8.6763873699999827E-2</v>
+        <v>8.6763587800000153E-2</v>
       </c>
       <c r="D264" s="5">
-        <v>31.072027841653348</v>
+        <v>31.071912641544962</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>3.9017716509999998</v>
+        <v>3.9017722083000002</v>
       </c>
       <c r="C265" s="5">
-        <v>1.0275127699999942E-2</v>
+        <v>1.0276009400000063E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>3.2149071324281353</v>
+        <v>3.2151872916619473</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>3.8976964000000001</v>
+        <v>3.8976970444000001</v>
       </c>
       <c r="C266" s="5">
-        <v>-4.0752509999997244E-3</v>
+        <v>-4.0751639000000672E-3</v>
       </c>
       <c r="D266" s="5">
-        <v>-1.2461790907724146</v>
+        <v>-1.2461524321333739</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>3.8796621724000002</v>
+        <v>3.8796625267999998</v>
       </c>
       <c r="C267" s="5">
-        <v>-1.8034227599999841E-2</v>
+        <v>-1.8034517600000299E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>-5.4131355320128582</v>
+        <v>-5.4132195026987073</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>3.7668181452999998</v>
+        <v>3.7668184036999999</v>
       </c>
       <c r="C268" s="5">
-        <v>-0.11284402710000041</v>
+        <v>-0.11284412309999992</v>
       </c>
       <c r="D268" s="5">
-        <v>-29.827181360834786</v>
+        <v>-29.827200517293118</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>3.80381474</v>
+        <v>3.8038145966000001</v>
       </c>
       <c r="C269" s="5">
-        <v>3.6996594700000163E-2</v>
+        <v>3.6996192900000224E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>12.444039346549541</v>
+        <v>12.44389591571451</v>
       </c>
       <c r="E269" s="5">
-        <v>-2.6642377247990789</v>
+        <v>-2.664242838879205</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>3.8096887258000001</v>
+        <v>3.8096883806999999</v>
       </c>
       <c r="C270" s="5">
-        <v>5.8739858000000922E-3</v>
+        <v>5.8737840999998348E-3</v>
       </c>
       <c r="D270" s="5">
-        <v>1.8689026882455551</v>
+        <v>1.8688380392023918</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>3.8067589969000002</v>
+        <v>3.8067586274999998</v>
       </c>
       <c r="C271" s="5">
-        <v>-2.9297288999998727E-3</v>
+        <v>-2.929753200000107E-3</v>
       </c>
       <c r="D271" s="5">
-        <v>-0.91893145094423812</v>
+        <v>-0.91893912350294871</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>3.8131762916</v>
+        <v>3.8131778621999999</v>
       </c>
       <c r="C272" s="5">
-        <v>6.4172946999998537E-3</v>
+        <v>6.4192347000000538E-3</v>
       </c>
       <c r="D272" s="5">
-        <v>2.0417776494149997</v>
+        <v>2.0424008311948905</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>3.8125221731000001</v>
+        <v>3.8125187618999998</v>
       </c>
       <c r="C273" s="5">
-        <v>-6.5411849999996718E-4</v>
+        <v>-6.5910030000004838E-4</v>
       </c>
       <c r="D273" s="5">
-        <v>-0.20565585927633245</v>
+        <v>-0.20722057085631462</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>3.8088346795999999</v>
+        <v>3.8088346910999999</v>
       </c>
       <c r="C274" s="5">
-        <v>-3.687493500000194E-3</v>
+        <v>-3.6840707999998834E-3</v>
       </c>
       <c r="D274" s="5">
-        <v>-1.1544925897392422</v>
+        <v>-1.1534277148560479</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>3.8114155418000002</v>
+        <v>3.8114155445</v>
       </c>
       <c r="C275" s="5">
-        <v>2.5808622000003112E-3</v>
+        <v>2.5808534000000272E-3</v>
       </c>
       <c r="D275" s="5">
-        <v>0.81615586414323094</v>
+        <v>0.81615306843314528</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>3.7909442225999999</v>
+        <v>3.7909433886000001</v>
       </c>
       <c r="C276" s="5">
-        <v>-2.0471319200000337E-2</v>
+        <v>-2.0472155899999844E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>-6.2582346465314798</v>
+        <v>-6.2584829190748481</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>3.7975910059000002</v>
+        <v>3.7975918155000001</v>
       </c>
       <c r="C277" s="5">
-        <v>6.6467833000003473E-3</v>
+        <v>6.648426900000004E-3</v>
       </c>
       <c r="D277" s="5">
-        <v>2.1244068261875748</v>
+        <v>2.1249376936125941</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>3.7942798589</v>
+        <v>3.7942810455</v>
       </c>
       <c r="C278" s="5">
-        <v>-3.3111470000002363E-3</v>
+        <v>-3.3107700000001294E-3</v>
       </c>
       <c r="D278" s="5">
-        <v>-1.0412857462496872</v>
+        <v>-1.041167534719456</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>3.7822282515999999</v>
+        <v>3.7822297724</v>
       </c>
       <c r="C279" s="5">
-        <v>-1.20516073000001E-2</v>
+        <v>-1.2051273099999982E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>-3.7456233372922587</v>
+        <v>-3.7455201251307191</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>3.7780139191000002</v>
+        <v>3.7780169668000001</v>
       </c>
       <c r="C280" s="5">
-        <v>-4.2143324999996956E-3</v>
+        <v>-4.2128055999999248E-3</v>
       </c>
       <c r="D280" s="5">
-        <v>-1.3289313041211503</v>
+        <v>-1.3284522323054326</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>3.8034849812</v>
+        <v>3.8034870606000002</v>
       </c>
       <c r="C281" s="5">
-        <v>2.5471062099999831E-2</v>
+        <v>2.5470093800000093E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>8.397140264038395</v>
+        <v>8.396802085809373</v>
       </c>
       <c r="E281" s="5">
-        <v>-8.6691603703115128E-3</v>
+        <v>-8.6107246208277921E-3</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>3.804622164</v>
+        <v>3.8046165873</v>
       </c>
       <c r="C282" s="5">
-        <v>1.1371827999999695E-3</v>
+        <v>1.1295266999997722E-3</v>
       </c>
       <c r="D282" s="5">
-        <v>0.35937189297825523</v>
+        <v>0.35694826774703703</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>3.8028609372000002</v>
+        <v>3.8028626872000002</v>
       </c>
       <c r="C283" s="5">
-        <v>-1.7612267999997933E-3</v>
+        <v>-1.7539000999997612E-3</v>
       </c>
       <c r="D283" s="5">
-        <v>-0.55408904325501274</v>
+        <v>-0.5517906818080287</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>3.8072554920999999</v>
+        <v>3.8072576479000002</v>
       </c>
       <c r="C284" s="5">
-        <v>4.3945548999997364E-3</v>
+        <v>4.3949607000000057E-3</v>
       </c>
       <c r="D284" s="5">
-        <v>1.3955577830615962</v>
+        <v>1.3956868249030308</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>3.8118018727999998</v>
+        <v>3.8117945213</v>
       </c>
       <c r="C285" s="5">
-        <v>4.5463806999999079E-3</v>
+        <v>4.5368733999997524E-3</v>
       </c>
       <c r="D285" s="5">
-        <v>1.442412057352116</v>
+        <v>1.4393750973906938</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>3.8107747190999999</v>
+        <v>3.8107733468</v>
       </c>
       <c r="C286" s="5">
-        <v>-1.0271536999999498E-3</v>
+        <v>-1.0211744999999439E-3</v>
       </c>
       <c r="D286" s="5">
-        <v>-0.32288123788575263</v>
+        <v>-0.32100508943055939</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>3.8119893231000002</v>
+        <v>3.8119878483999998</v>
       </c>
       <c r="C287" s="5">
-        <v>1.2146040000002856E-3</v>
+        <v>1.2145015999998066E-3</v>
       </c>
       <c r="D287" s="5">
-        <v>0.3831458635279672</v>
+        <v>0.38311364309262519</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>3.8962622526000001</v>
+        <v>3.8962599962</v>
       </c>
       <c r="C288" s="5">
-        <v>8.4272929499999982E-2</v>
+        <v>8.4272147800000141E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>30.004404239409531</v>
+        <v>30.004104302676417</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>3.7963777859999999</v>
+        <v>3.7963789513999999</v>
       </c>
       <c r="C289" s="5">
-        <v>-9.9884466600000277E-2</v>
+        <v>-9.9881044800000041E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>-26.775753727501652</v>
+        <v>-26.774975118756061</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>3.7922462277000002</v>
+        <v>3.7922489904000001</v>
       </c>
       <c r="C290" s="5">
-        <v>-4.1315582999996714E-3</v>
+        <v>-4.1299609999998488E-3</v>
       </c>
       <c r="D290" s="5">
-        <v>-1.2981588866883609</v>
+        <v>-1.2976596091367476</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>3.7853245252000001</v>
+        <v>3.7853291517000001</v>
       </c>
       <c r="C291" s="5">
-        <v>-6.9217025000001264E-3</v>
+        <v>-6.9198387000000139E-3</v>
       </c>
       <c r="D291" s="5">
-        <v>-2.1684156431864832</v>
+        <v>-2.167836039965032</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>3.7875881536999998</v>
+        <v>3.7875967149999998</v>
       </c>
       <c r="C292" s="5">
-        <v>2.2636284999997258E-3</v>
+        <v>2.2675632999997752E-3</v>
       </c>
       <c r="D292" s="5">
-        <v>0.71996631226503016</v>
+        <v>0.72122105072380815</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>3.802508182</v>
+        <v>3.8025152302</v>
       </c>
       <c r="C293" s="5">
-        <v>1.4920028300000165E-2</v>
+        <v>1.4918515200000204E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>4.8307980310360321</v>
+        <v>4.8302863031387311</v>
       </c>
       <c r="E293" s="5">
-        <v>-2.5681689419787546E-2</v>
+        <v>-2.5551037364301976E-2</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>3.7981286117000002</v>
+        <v>3.7981193680000001</v>
       </c>
       <c r="C294" s="5">
-        <v>-4.3795702999998021E-3</v>
+        <v>-4.3958621999999892E-3</v>
       </c>
       <c r="D294" s="5">
-        <v>-1.3733882560922783</v>
+        <v>-1.3784622498834942</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>3.796522886</v>
+        <v>3.7965262823999999</v>
       </c>
       <c r="C295" s="5">
-        <v>-1.6057257000001712E-3</v>
+        <v>-1.5930856000001548E-3</v>
       </c>
       <c r="D295" s="5">
-        <v>-0.50614314110865033</v>
+        <v>-0.50216924310677591</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>3.8040694861</v>
+        <v>3.8040696703000001</v>
       </c>
       <c r="C296" s="5">
-        <v>7.5466000999999672E-3</v>
+        <v>7.543387900000198E-3</v>
       </c>
       <c r="D296" s="5">
-        <v>2.4115710949303759</v>
+        <v>2.4105311895552539</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>3.8123715517000001</v>
+        <v>3.8123563007999999</v>
       </c>
       <c r="C297" s="5">
-        <v>8.3020656000001303E-3</v>
+        <v>8.2866304999997809E-3</v>
       </c>
       <c r="D297" s="5">
-        <v>2.6505655390881122</v>
+        <v>2.6455783200974414</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>3.8128676252</v>
+        <v>3.8128608134999999</v>
       </c>
       <c r="C298" s="5">
-        <v>4.9607349999991612E-4</v>
+        <v>5.0451270000007042E-4</v>
       </c>
       <c r="D298" s="5">
-        <v>0.15625822597296057</v>
+        <v>0.15891906147598167</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>3.8118479284000002</v>
+        <v>3.8118422476</v>
       </c>
       <c r="C299" s="5">
-        <v>-1.019696799999803E-3</v>
+        <v>-1.0185658999999347E-3</v>
       </c>
       <c r="D299" s="5">
-        <v>-0.32045117792361966</v>
+        <v>-0.3200968729160536</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>3.8007873320000001</v>
+        <v>3.8007836759</v>
       </c>
       <c r="C300" s="5">
-        <v>-1.1060596400000122E-2</v>
+        <v>-1.1058571700000019E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>-3.4269289034673855</v>
+        <v>-3.4263165867254197</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>3.8962296516000001</v>
+        <v>3.8962325044999999</v>
       </c>
       <c r="C301" s="5">
-        <v>9.5442319600000047E-2</v>
+        <v>9.5448828599999924E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>34.664067109666078</v>
+        <v>34.666804836164758</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>3.7923450233999998</v>
+        <v>3.7923509976999998</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.10388462820000033</v>
+        <v>-0.10388150680000008</v>
       </c>
       <c r="D302" s="5">
-        <v>-27.696463593064546</v>
+        <v>-27.695732048750632</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>3.8858322553</v>
+        <v>3.8858430774000001</v>
       </c>
       <c r="C303" s="5">
-        <v>9.3487231900000189E-2</v>
+        <v>9.3492079700000286E-2</v>
       </c>
       <c r="D303" s="5">
-        <v>33.941291392357329</v>
+        <v>33.943235678469996</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>3.8940107706</v>
+        <v>3.8940298781</v>
       </c>
       <c r="C304" s="5">
-        <v>8.1785153000000221E-3</v>
+        <v>8.1868006999998855E-3</v>
       </c>
       <c r="D304" s="5">
-        <v>2.5550838297282441</v>
+        <v>2.5576951676343773</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>3.9007589731999999</v>
+        <v>3.9007744770000001</v>
       </c>
       <c r="C305" s="5">
-        <v>6.748202599999864E-3</v>
+        <v>6.7445989000001205E-3</v>
       </c>
       <c r="D305" s="5">
-        <v>2.0994995751915102</v>
+        <v>2.0983572958501284</v>
       </c>
       <c r="E305" s="5">
-        <v>2.5838416775824768</v>
+        <v>2.5840592568733056</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>3.8940474821</v>
+        <v>3.8940365238000001</v>
       </c>
       <c r="C306" s="5">
-        <v>-6.7114910999999111E-3</v>
+        <v>-6.7379532000000353E-3</v>
       </c>
       <c r="D306" s="5">
-        <v>-2.0452458409507601</v>
+        <v>-2.0532253077844342</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>3.8938701947999999</v>
+        <v>3.8938846539999998</v>
       </c>
       <c r="C307" s="5">
-        <v>-1.7728730000010628E-4</v>
+        <v>-1.518698000002594E-4</v>
       </c>
       <c r="D307" s="5">
-        <v>-5.4619646316866888E-2</v>
+        <v>-4.679069445560069E-2</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>3.9015984933999999</v>
+        <v>3.9016304516</v>
       </c>
       <c r="C308" s="5">
-        <v>7.7282986000000164E-3</v>
+        <v>7.7457976000001594E-3</v>
       </c>
       <c r="D308" s="5">
-        <v>2.4078527270073202</v>
+        <v>2.4133554979419936</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>3.8131873824999998</v>
+        <v>3.8130957087000001</v>
       </c>
       <c r="C309" s="5">
-        <v>-8.8411110900000089E-2</v>
+        <v>-8.8534742899999852E-2</v>
       </c>
       <c r="D309" s="5">
-        <v>-24.046661274911727</v>
+        <v>-24.076033641327001</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>3.8137368978000001</v>
+        <v>3.8136860375000001</v>
       </c>
       <c r="C310" s="5">
-        <v>5.4951530000035831E-4</v>
+        <v>5.90328799999984E-4</v>
       </c>
       <c r="D310" s="5">
-        <v>0.17306814490254396</v>
+        <v>0.18593765161039055</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>3.8077977540000001</v>
+        <v>3.8078092183000001</v>
       </c>
       <c r="C311" s="5">
-        <v>-5.9391438000000463E-3</v>
+        <v>-5.8768192000000496E-3</v>
       </c>
       <c r="D311" s="5">
-        <v>-1.8528400922288024</v>
+        <v>-1.8335853735996444</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>3.8038215015999999</v>
+        <v>3.8038353562</v>
       </c>
       <c r="C312" s="5">
-        <v>-3.9762524000002131E-3</v>
+        <v>-3.9738621000000585E-3</v>
       </c>
       <c r="D312" s="5">
-        <v>-1.2459153819421753</v>
+        <v>-1.2451669738581694</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>3.7981659278</v>
+        <v>3.7981849548</v>
       </c>
       <c r="C313" s="5">
-        <v>-5.6555737999999245E-3</v>
+        <v>-5.6504014000000602E-3</v>
       </c>
       <c r="D313" s="5">
-        <v>-1.7696584112849356</v>
+        <v>-1.7680467532148691</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>3.7944996003</v>
+        <v>3.7945206582000002</v>
       </c>
       <c r="C314" s="5">
-        <v>-3.6663274999999551E-3</v>
+        <v>-3.6642965999997834E-3</v>
       </c>
       <c r="D314" s="5">
-        <v>-1.1522166871879236</v>
+        <v>-1.1515760808437192</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>3.7885517105000002</v>
+        <v>3.7885769561</v>
       </c>
       <c r="C315" s="5">
-        <v>-5.9478897999998281E-3</v>
+        <v>-5.94370210000017E-3</v>
       </c>
       <c r="D315" s="5">
-        <v>-1.8648714917411824</v>
+        <v>-1.8635595392338722</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>3.6955735696000001</v>
+        <v>3.6956055747000001</v>
       </c>
       <c r="C316" s="5">
-        <v>-9.2978140900000117E-2</v>
+        <v>-9.2971381399999942E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>-25.782965624158571</v>
+        <v>-25.78118731713468</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>3.6977606688</v>
+        <v>3.6977822906000002</v>
       </c>
       <c r="C317" s="5">
-        <v>2.1870991999999312E-3</v>
+        <v>2.1767159000001257E-3</v>
       </c>
       <c r="D317" s="5">
-        <v>0.71249527087473563</v>
+        <v>0.70909555800251489</v>
       </c>
       <c r="E317" s="5">
-        <v>-5.2040719714981361</v>
+        <v>-5.2038944470359834</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>3.7918382263999999</v>
+        <v>3.7918291624</v>
       </c>
       <c r="C318" s="5">
-        <v>9.4077557599999917E-2</v>
+        <v>9.404687179999982E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>35.186094185133939</v>
+        <v>35.172731454042228</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>3.7925979504999998</v>
+        <v>3.7926079095</v>
       </c>
       <c r="C319" s="5">
-        <v>7.5972409999991442E-4</v>
+        <v>7.7874710000003233E-4</v>
       </c>
       <c r="D319" s="5">
-        <v>0.24069439841447604</v>
+        <v>0.24672863026524716</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>3.6995941122999998</v>
+        <v>3.6996394158000001</v>
       </c>
       <c r="C320" s="5">
-        <v>-9.3003838200000022E-2</v>
+        <v>-9.2968493699999932E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>-25.765244380188701</v>
+        <v>-25.756674620467646</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>3.8157664374000002</v>
+        <v>3.8155753822</v>
       </c>
       <c r="C321" s="5">
-        <v>0.11617232510000042</v>
+        <v>0.11593596639999992</v>
       </c>
       <c r="D321" s="5">
-        <v>44.921376149192341</v>
+        <v>44.813044479899155</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>3.8175763483999998</v>
+        <v>3.8174598332</v>
       </c>
       <c r="C322" s="5">
-        <v>1.8099109999996088E-3</v>
+        <v>1.8844510000000092E-3</v>
       </c>
       <c r="D322" s="5">
-        <v>0.57067648242328239</v>
+        <v>0.59427313467221854</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>3.8018452138000001</v>
+        <v>3.8019265062000001</v>
       </c>
       <c r="C323" s="5">
-        <v>-1.5731134599999752E-2</v>
+        <v>-1.5533326999999986E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>-4.8343103937982352</v>
+        <v>-4.7750189521040483</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>3.8023374358000002</v>
+        <v>3.8023758253</v>
       </c>
       <c r="C324" s="5">
-        <v>4.9222200000009764E-4</v>
+        <v>4.4931909999990083E-4</v>
       </c>
       <c r="D324" s="5">
-        <v>0.15547376353723941</v>
+        <v>0.1419105620580563</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>3.7976363663999999</v>
+        <v>3.7976641453000002</v>
       </c>
       <c r="C325" s="5">
-        <v>-4.7010694000002573E-3</v>
+        <v>-4.7116799999997738E-3</v>
       </c>
       <c r="D325" s="5">
-        <v>-1.473588370575396</v>
+        <v>-1.476876905083635</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>3.7957610758999998</v>
+        <v>3.7957932969999999</v>
       </c>
       <c r="C326" s="5">
-        <v>-1.8752905000001263E-3</v>
+        <v>-1.8708483000002829E-3</v>
       </c>
       <c r="D326" s="5">
-        <v>-0.59095886310898127</v>
+        <v>-0.58955848595531046</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>3.7928666508000002</v>
+        <v>3.7929251750000001</v>
       </c>
       <c r="C327" s="5">
-        <v>-2.894425099999598E-3</v>
+        <v>-2.8681219999997509E-3</v>
       </c>
       <c r="D327" s="5">
-        <v>-0.91122176236964059</v>
+        <v>-0.90296778139216105</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>3.7978553301</v>
+        <v>3.7979049981999999</v>
       </c>
       <c r="C328" s="5">
-        <v>4.9886792999997986E-3</v>
+        <v>4.9798231999997888E-3</v>
       </c>
       <c r="D328" s="5">
-        <v>1.5898031988175632</v>
+        <v>1.586935842654924</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>3.7987875779000002</v>
+        <v>3.7988251770999999</v>
       </c>
       <c r="C329" s="5">
-        <v>9.3224780000022989E-4</v>
+        <v>9.2017889999995717E-4</v>
       </c>
       <c r="D329" s="5">
-        <v>0.29495829003116647</v>
+        <v>0.29113085127538962</v>
       </c>
       <c r="E329" s="5">
-        <v>2.7321105433463666</v>
+        <v>2.7325266486579514</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>3.7919793830000001</v>
+        <v>3.7919914815000002</v>
       </c>
       <c r="C330" s="5">
-        <v>-6.8081949000000641E-3</v>
+        <v>-6.8336955999996896E-3</v>
       </c>
       <c r="D330" s="5">
-        <v>-2.1295694771966689</v>
+        <v>-2.1374462700117891</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>3.7920084609</v>
+        <v>3.7920422885999998</v>
       </c>
       <c r="C331" s="5">
-        <v>2.9077899999840895E-5</v>
+        <v>5.0807099999605754E-5</v>
       </c>
       <c r="D331" s="5">
-        <v>9.2023052241652081E-3</v>
+        <v>1.6079417209646785E-2</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>3.7954759877000002</v>
+        <v>3.7954736018999999</v>
       </c>
       <c r="C332" s="5">
-        <v>3.4675268000001758E-3</v>
+        <v>3.4313133000001272E-3</v>
       </c>
       <c r="D332" s="5">
-        <v>1.1028518200249859</v>
+        <v>1.0912669002400621</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>3.8157380269000001</v>
+        <v>3.8153392188000002</v>
       </c>
       <c r="C333" s="5">
-        <v>2.0262039199999915E-2</v>
+        <v>1.9865616900000216E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>6.5976483225484994</v>
+        <v>6.4648334891433734</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>3.8193631156999999</v>
+        <v>3.8191788</v>
       </c>
       <c r="C334" s="5">
-        <v>3.6250887999997872E-3</v>
+        <v>3.8395811999998308E-3</v>
       </c>
       <c r="D334" s="5">
-        <v>1.1460191540681119</v>
+        <v>1.2143311945625346</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>3.7938082807</v>
+        <v>3.7940259175</v>
       </c>
       <c r="C335" s="5">
-        <v>-2.5554834999999887E-2</v>
+        <v>-2.5152882500000029E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>-7.7400606229448439</v>
+        <v>-7.6230480468877033</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>3.8005011960999999</v>
+        <v>3.8005870574</v>
       </c>
       <c r="C336" s="5">
-        <v>6.6929153999999436E-3</v>
+        <v>6.5611399000000681E-3</v>
       </c>
       <c r="D336" s="5">
-        <v>2.1376640548260717</v>
+        <v>2.0950535636726331</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>3.798219553</v>
+        <v>3.7982454755999999</v>
       </c>
       <c r="C337" s="5">
-        <v>-2.2816430999998971E-3</v>
+        <v>-2.3415818000001032E-3</v>
       </c>
       <c r="D337" s="5">
-        <v>-0.71804981002017154</v>
+        <v>-0.73683249501076409</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>3.7988212326999999</v>
+        <v>3.7989332199999999</v>
       </c>
       <c r="C338" s="5">
-        <v>6.01679699999913E-4</v>
+        <v>6.8774439999996773E-4</v>
       </c>
       <c r="D338" s="5">
-        <v>0.19025888994843587</v>
+        <v>0.21749928331393775</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>3.8007798466999998</v>
+        <v>3.8008508111000001</v>
       </c>
       <c r="C339" s="5">
-        <v>1.9586139999998586E-3</v>
+        <v>1.9175911000002266E-3</v>
       </c>
       <c r="D339" s="5">
-        <v>0.62045908724137622</v>
+        <v>0.60740960151852708</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>3.8004334734</v>
+        <v>3.8004936338999999</v>
       </c>
       <c r="C340" s="5">
-        <v>-3.4637329999975819E-4</v>
+        <v>-3.5717720000016939E-4</v>
       </c>
       <c r="D340" s="5">
-        <v>-0.10930380239994042</v>
+        <v>-0.11270928580944251</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>3.7989009027999998</v>
+        <v>3.7989588801999998</v>
       </c>
       <c r="C341" s="5">
-        <v>-1.532570600000227E-3</v>
+        <v>-1.5347537000001132E-3</v>
       </c>
       <c r="D341" s="5">
-        <v>-0.4828426096500138</v>
+        <v>-0.48352124015529352</v>
       </c>
       <c r="E341" s="5">
-        <v>2.9831860212103933E-3</v>
+        <v>3.5195907620577671E-3</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>3.7931503492999998</v>
+        <v>3.7931926879</v>
       </c>
       <c r="C342" s="5">
-        <v>-5.7505534999999774E-3</v>
+        <v>-5.7661922999998616E-3</v>
       </c>
       <c r="D342" s="5">
-        <v>-1.8014423820243763</v>
+        <v>-1.8062732952599747</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>3.6914346464999999</v>
+        <v>3.6914711217999998</v>
       </c>
       <c r="C343" s="5">
-        <v>-0.10171570279999997</v>
+        <v>-0.10172156610000016</v>
       </c>
       <c r="D343" s="5">
-        <v>-27.832523066620606</v>
+        <v>-27.833632225680226</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>3.7915356907</v>
+        <v>3.7914288315000002</v>
       </c>
       <c r="C344" s="5">
-        <v>0.1001010442000001</v>
+        <v>9.9957709700000397E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>37.860412350332972</v>
+        <v>37.797454799030206</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>3.712691586</v>
+        <v>3.7121312677999998</v>
       </c>
       <c r="C345" s="5">
-        <v>-7.8844104699999917E-2</v>
+        <v>-7.9297563700000406E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>-22.288605194708254</v>
+        <v>-22.402987063290468</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>3.7178503535999998</v>
+        <v>3.7176165611999998</v>
       </c>
       <c r="C346" s="5">
-        <v>5.1587675999997806E-3</v>
+        <v>5.4852934000000353E-3</v>
       </c>
       <c r="D346" s="5">
-        <v>1.6801961954884481</v>
+        <v>1.7876825619077108</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>3.7868349125999998</v>
+        <v>3.7871552333</v>
       </c>
       <c r="C347" s="5">
-        <v>6.8984559000000001E-2</v>
+        <v>6.9538672100000198E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>24.684827279074707</v>
+        <v>24.905670084798381</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>3.7986268629</v>
+        <v>3.7987377322999998</v>
       </c>
       <c r="C348" s="5">
-        <v>1.1791950300000131E-2</v>
+        <v>1.1582498999999746E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>3.801386008798846</v>
+        <v>3.7324041207153602</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>3.7995203303</v>
+        <v>3.7995362185000001</v>
       </c>
       <c r="C349" s="5">
-        <v>8.9346740000006974E-4</v>
+        <v>7.9848620000033677E-4</v>
       </c>
       <c r="D349" s="5">
-        <v>0.28261500832003073</v>
+        <v>0.25252913684572498</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>3.8028828375999999</v>
+        <v>3.8030695140000002</v>
       </c>
       <c r="C350" s="5">
-        <v>3.3625072999998729E-3</v>
+        <v>3.5332955000000332E-3</v>
       </c>
       <c r="D350" s="5">
-        <v>1.0671628170728642</v>
+        <v>1.1216389073126276</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>3.8103851536</v>
+        <v>3.8104606828000001</v>
       </c>
       <c r="C351" s="5">
-        <v>7.5023160000000644E-3</v>
+        <v>7.3911687999999032E-3</v>
       </c>
       <c r="D351" s="5">
-        <v>2.3932128399040131</v>
+        <v>2.3572604754311</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>3.8057009290999999</v>
+        <v>3.8057572348000002</v>
       </c>
       <c r="C352" s="5">
-        <v>-4.684224500000056E-3</v>
+        <v>-4.7034479999998879E-3</v>
       </c>
       <c r="D352" s="5">
-        <v>-1.465263650055082</v>
+        <v>-1.4712071881515021</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>3.7969449192</v>
+        <v>3.7972131517999999</v>
       </c>
       <c r="C353" s="5">
-        <v>-8.756009899999917E-3</v>
+        <v>-8.5440830000003132E-3</v>
       </c>
       <c r="D353" s="5">
-        <v>-2.7262431495123862</v>
+        <v>-2.6610321140472681</v>
       </c>
       <c r="E353" s="5">
-        <v>-5.1488144862066321E-2</v>
+        <v>-4.5952811153038287E-2</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>3.6938996774000001</v>
+        <v>3.6939609044999999</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.10304524179999985</v>
+        <v>-0.10325224729999993</v>
       </c>
       <c r="D354" s="5">
-        <v>-28.11974806329729</v>
+        <v>-28.166368935556598</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>3.7899199924999998</v>
+        <v>3.7899228423000002</v>
       </c>
       <c r="C355" s="5">
-        <v>9.6020315099999642E-2</v>
+        <v>9.5961937800000285E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>36.06278215748722</v>
+        <v>36.036949367300309</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>3.7869622063000001</v>
+        <v>3.7867162889000001</v>
       </c>
       <c r="C356" s="5">
-        <v>-2.9577861999996458E-3</v>
+        <v>-3.2065534000000895E-3</v>
       </c>
       <c r="D356" s="5">
-        <v>-0.93251251633728049</v>
+        <v>-1.0105769890381366</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>3.8091660909999998</v>
+        <v>3.8084181657</v>
       </c>
       <c r="C357" s="5">
-        <v>2.2203884699999676E-2</v>
+        <v>2.1701876799999908E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>7.2672790573328205</v>
+        <v>7.0982371877484907</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>3.8162884734999998</v>
+        <v>3.8159797108000002</v>
       </c>
       <c r="C358" s="5">
-        <v>7.1223824999999685E-3</v>
+        <v>7.5615451000001777E-3</v>
       </c>
       <c r="D358" s="5">
-        <v>2.266980230284088</v>
+        <v>2.4087692840727426</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>3.8805169580999999</v>
+        <v>3.8808521813999999</v>
       </c>
       <c r="C359" s="5">
-        <v>6.422848460000008E-2</v>
+        <v>6.4872470599999676E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>22.174531010063792</v>
+        <v>22.420043706926695</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>3.7964532748000002</v>
+        <v>3.7965705908</v>
       </c>
       <c r="C360" s="5">
-        <v>-8.4063683299999692E-2</v>
+        <v>-8.4281590599999845E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>-23.111448117859535</v>
+        <v>-23.16262180634061</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>3.9014751055999999</v>
+        <v>3.9014874180999999</v>
       </c>
       <c r="C361" s="5">
-        <v>0.10502183079999972</v>
+        <v>0.10491682729999985</v>
       </c>
       <c r="D361" s="5">
-        <v>38.742454072340223</v>
+        <v>38.696268610003393</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>3.9080537431</v>
+        <v>3.9083218723000002</v>
       </c>
       <c r="C362" s="5">
-        <v>6.5786375000000952E-3</v>
+        <v>6.8344542000002839E-3</v>
       </c>
       <c r="D362" s="5">
-        <v>2.0423021168117783</v>
+        <v>2.1224790776439351</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>3.8197350906</v>
+        <v>3.8198124509000002</v>
       </c>
       <c r="C363" s="5">
-        <v>-8.8318652499999928E-2</v>
+        <v>-8.8509421399999955E-2</v>
       </c>
       <c r="D363" s="5">
-        <v>-23.989672552296859</v>
+        <v>-24.033765013143416</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>3.9089532526999999</v>
+        <v>3.9093819562999998</v>
       </c>
       <c r="C364" s="5">
-        <v>8.9218162099999887E-2</v>
+        <v>8.9569505399999638E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>31.924904282014221</v>
+        <v>32.066530854640682</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>3.8933000751</v>
+        <v>3.8937611487999999</v>
       </c>
       <c r="C365" s="5">
-        <v>-1.5653177599999957E-2</v>
+        <v>-1.5620807499999945E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-4.700896080195438</v>
+        <v>-4.6908842853802479</v>
       </c>
       <c r="E365" s="5">
-        <v>2.5377022303579189</v>
+        <v>2.5426014590261614</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>3.8949294275000002</v>
+        <v>3.8949696277000001</v>
       </c>
       <c r="C366" s="5">
-        <v>1.6293524000001725E-3</v>
+        <v>1.2084789000001983E-3</v>
       </c>
       <c r="D366" s="5">
-        <v>0.50335950940980645</v>
+        <v>0.37307185246446828</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>3.8896815537</v>
+        <v>3.8895980427999999</v>
       </c>
       <c r="C367" s="5">
-        <v>-5.2478738000001357E-3</v>
+        <v>-5.3715849000002258E-3</v>
       </c>
       <c r="D367" s="5">
-        <v>-1.6049046593063832</v>
+        <v>-1.6424346721852112</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>3.8886249684999998</v>
+        <v>3.8881078985999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-1.0565852000001819E-3</v>
+        <v>-1.4901441999999321E-3</v>
       </c>
       <c r="D368" s="5">
-        <v>-0.32547900888587611</v>
+        <v>-0.4587646226727915</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>3.6035907711999999</v>
+        <v>3.6022102244999998</v>
       </c>
       <c r="C369" s="5">
-        <v>-0.2850341972999999</v>
+        <v>-0.28589767410000011</v>
       </c>
       <c r="D369" s="5">
-        <v>-59.8881338594895</v>
+        <v>-60.00838404924248</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>3.5120205449999999</v>
+        <v>3.5117867007000001</v>
       </c>
       <c r="C370" s="5">
-        <v>-9.1570226199999993E-2</v>
+        <v>-9.0423523799999739E-2</v>
       </c>
       <c r="D370" s="5">
-        <v>-26.572459471501354</v>
+        <v>-26.292971560426015</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>3.4764420447000002</v>
+        <v>3.4768524105999998</v>
       </c>
       <c r="C371" s="5">
-        <v>-3.557850029999976E-2</v>
+        <v>-3.4934290100000265E-2</v>
       </c>
       <c r="D371" s="5">
-        <v>-11.501613911516095</v>
+        <v>-11.305332479199981</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>3.4945737030999999</v>
+        <v>3.4948124882</v>
       </c>
       <c r="C372" s="5">
-        <v>1.813165839999975E-2</v>
+        <v>1.7960077600000179E-2</v>
       </c>
       <c r="D372" s="5">
-        <v>6.4413880436320348</v>
+        <v>6.377916341609069</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>3.4014645618000001</v>
+        <v>3.4016242797</v>
       </c>
       <c r="C373" s="5">
-        <v>-9.3109141299999809E-2</v>
+        <v>-9.318820849999998E-2</v>
       </c>
       <c r="D373" s="5">
-        <v>-27.67957769110021</v>
+        <v>-27.698124106145926</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>3.4093739142000001</v>
+        <v>3.4097879972</v>
       </c>
       <c r="C374" s="5">
-        <v>7.9093524000000137E-3</v>
+        <v>8.1637175000000006E-3</v>
       </c>
       <c r="D374" s="5">
-        <v>2.826297917198306</v>
+        <v>2.9182563015640151</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>3.4286607023000002</v>
+        <v>3.4288672143999999</v>
       </c>
       <c r="C375" s="5">
-        <v>1.9286788100000063E-2</v>
+        <v>1.9079217199999832E-2</v>
       </c>
       <c r="D375" s="5">
-        <v>7.003629741937023</v>
+        <v>6.9250525739210644</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>3.4135732154</v>
+        <v>3.4144442947</v>
       </c>
       <c r="C376" s="5">
-        <v>-1.5087486900000169E-2</v>
+        <v>-1.442291969999987E-2</v>
       </c>
       <c r="D376" s="5">
-        <v>-5.1545396788464704</v>
+        <v>-4.9324335936194119</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>3.3908001431999999</v>
+        <v>3.3914433078999999</v>
       </c>
       <c r="C377" s="5">
-        <v>-2.2773072200000133E-2</v>
+        <v>-2.3000986800000067E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>-7.718286952269815</v>
+        <v>-7.7907776990357558</v>
       </c>
       <c r="E377" s="5">
-        <v>-12.906786587393814</v>
+        <v>-12.900581769244035</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>3.3933615069999998</v>
+        <v>3.3932526997000001</v>
       </c>
       <c r="C378" s="5">
-        <v>2.5613637999999384E-3</v>
+        <v>1.8093918000001707E-3</v>
       </c>
       <c r="D378" s="5">
-        <v>0.91023901247551109</v>
+        <v>0.64210206567714145</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>3.3927199515000002</v>
+        <v>3.3923513972000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-6.4155549999966865E-4</v>
+        <v>-9.0130249999997858E-4</v>
       </c>
       <c r="D379" s="5">
-        <v>-0.22663856005735727</v>
+        <v>-0.31827407233516736</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>3.3934346214</v>
+        <v>3.3924233323999999</v>
       </c>
       <c r="C380" s="5">
-        <v>7.1466989999979802E-4</v>
+        <v>7.1935199999817456E-5</v>
       </c>
       <c r="D380" s="5">
-        <v>0.25307074546716546</v>
+        <v>2.544910541513179E-2</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>3.3995878147999998</v>
+        <v>3.3974250160000001</v>
       </c>
       <c r="C381" s="5">
-        <v>6.1531933999998678E-3</v>
+        <v>5.0016836000001952E-3</v>
       </c>
       <c r="D381" s="5">
-        <v>2.1977490154987844</v>
+        <v>1.7836603144506746</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>3.4045660802</v>
+        <v>3.4043248111</v>
       </c>
       <c r="C382" s="5">
-        <v>4.9782654000001259E-3</v>
+        <v>6.8997950999998281E-3</v>
       </c>
       <c r="D382" s="5">
-        <v>1.7714701592931315</v>
+        <v>2.4644744177386269</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>3.3726395155</v>
+        <v>3.3731847633999998</v>
       </c>
       <c r="C383" s="5">
-        <v>-3.1926564699999993E-2</v>
+        <v>-3.1140047700000117E-2</v>
       </c>
       <c r="D383" s="5">
-        <v>-10.690455563874558</v>
+        <v>-10.440908460107723</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>3.3906352721999999</v>
+        <v>3.3911943404999998</v>
       </c>
       <c r="C384" s="5">
-        <v>1.7995756699999976E-2</v>
+        <v>1.8009577099999952E-2</v>
       </c>
       <c r="D384" s="5">
-        <v>6.5942597101134925</v>
+        <v>6.5983753606222884</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>3.4007530407000002</v>
+        <v>3.4012824292000001</v>
       </c>
       <c r="C385" s="5">
-        <v>1.0117768500000235E-2</v>
+        <v>1.0088088700000331E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>3.6401978489590592</v>
+        <v>3.6287360789116097</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>3.4105294706999998</v>
+        <v>3.4112633438</v>
       </c>
       <c r="C386" s="5">
-        <v>9.776429999999614E-3</v>
+        <v>9.980914599999835E-3</v>
       </c>
       <c r="D386" s="5">
-        <v>3.504811651153461</v>
+        <v>3.5787399629798156</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>3.4385857527999999</v>
+        <v>3.4390981421000002</v>
       </c>
       <c r="C387" s="5">
-        <v>2.8056282100000107E-2</v>
+        <v>2.7834798300000241E-2</v>
       </c>
       <c r="D387" s="5">
-        <v>10.330765922243245</v>
+        <v>10.243213555138709</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>3.4162087544999999</v>
+        <v>3.4179321466000001</v>
       </c>
       <c r="C388" s="5">
-        <v>-2.2376998299999951E-2</v>
+        <v>-2.116599550000009E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>-7.5356113751240077</v>
+        <v>-7.1404858694137152</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>3.4898346991000002</v>
+        <v>3.4906604771</v>
       </c>
       <c r="C389" s="5">
-        <v>7.362594460000027E-2</v>
+        <v>7.2728330499999938E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>29.159234473248308</v>
+        <v>28.744908687843697</v>
       </c>
       <c r="E389" s="5">
-        <v>2.9206839600560697</v>
+        <v>2.9255146022604706</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>3.3909271957999998</v>
+        <v>3.3905865550000001</v>
       </c>
       <c r="C390" s="5">
-        <v>-9.8907503300000421E-2</v>
+        <v>-0.10007392209999999</v>
       </c>
       <c r="D390" s="5">
-        <v>-29.178795694031457</v>
+        <v>-29.464666911246418</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>3.4987216290999998</v>
+        <v>3.4977915747999999</v>
       </c>
       <c r="C391" s="5">
-        <v>0.10779443330000005</v>
+        <v>0.10720501979999986</v>
       </c>
       <c r="D391" s="5">
-        <v>45.576439257339032</v>
+        <v>45.287784563629366</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>3.4987060271999999</v>
+        <v>3.4970958243000001</v>
       </c>
       <c r="C392" s="5">
-        <v>-1.5601899999939661E-5</v>
+        <v>-6.9575049999981431E-4</v>
       </c>
       <c r="D392" s="5">
-        <v>-5.3510461261674358E-3</v>
+        <v>-0.2384326783926638</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>3.4951495744000001</v>
+        <v>3.4897808523</v>
       </c>
       <c r="C393" s="5">
-        <v>-3.5564527999998319E-3</v>
+        <v>-7.3149720000000862E-3</v>
       </c>
       <c r="D393" s="5">
-        <v>-1.2130096043204919</v>
+        <v>-2.4813964269865929</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>3.4952828047</v>
+        <v>3.4951152984</v>
       </c>
       <c r="C394" s="5">
-        <v>1.3323029999989799E-4</v>
+        <v>5.334446100000001E-3</v>
       </c>
       <c r="D394" s="5">
-        <v>4.5751942606364615E-2</v>
+        <v>1.849809019549209</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>3.5718632289999999</v>
+        <v>3.5742082016999999</v>
       </c>
       <c r="C395" s="5">
-        <v>7.6580424299999894E-2</v>
+        <v>7.909290329999985E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>29.7029951692253</v>
+        <v>30.803715532663478</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>3.5876812447000002</v>
+        <v>3.5891873369999998</v>
       </c>
       <c r="C396" s="5">
-        <v>1.5818015700000299E-2</v>
+        <v>1.4979135299999946E-2</v>
       </c>
       <c r="D396" s="5">
-        <v>5.4455733542859486</v>
+        <v>5.1466299098565926</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>3.5987440021000001</v>
+        <v>3.5999411471</v>
       </c>
       <c r="C397" s="5">
-        <v>1.1062757399999956E-2</v>
+        <v>1.0753810100000205E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>3.7636513356829493</v>
+        <v>3.655246325559891</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>3.6101238438999999</v>
+        <v>3.6112394236999998</v>
       </c>
       <c r="C398" s="5">
-        <v>1.1379841799999735E-2</v>
+        <v>1.1298276599999824E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>3.8613006211689616</v>
+        <v>3.8318483032451667</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>3.6447081355000002</v>
+        <v>3.6456435504</v>
       </c>
       <c r="C399" s="5">
-        <v>3.4584291600000316E-2</v>
+        <v>3.4404126700000148E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>12.121233933956098</v>
+        <v>12.050822414079644</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>3.7193130916000001</v>
+        <v>3.7216226193000002</v>
       </c>
       <c r="C400" s="5">
-        <v>7.4604956099999953E-2</v>
+        <v>7.5979068900000168E-2</v>
       </c>
       <c r="D400" s="5">
-        <v>27.526309327887198</v>
+        <v>28.084786226318712</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>3.6904122415999998</v>
+        <v>3.6915122765000001</v>
       </c>
       <c r="C401" s="5">
-        <v>-2.8900850000000311E-2</v>
+        <v>-3.0110342800000023E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>-8.9362100355960159</v>
+        <v>-9.288194049750043</v>
       </c>
       <c r="E401" s="5">
-        <v>5.7474797460099536</v>
+        <v>5.753976954151252</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>3.6884095403999999</v>
+        <v>3.6876646702999998</v>
       </c>
       <c r="C402" s="5">
-        <v>-2.0027011999999011E-3</v>
+        <v>-3.847606200000353E-3</v>
       </c>
       <c r="D402" s="5">
-        <v>-0.6492720145689912</v>
+        <v>-1.2435963515462278</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>3.7043954508999999</v>
+        <v>3.7025641391000002</v>
       </c>
       <c r="C403" s="5">
-        <v>1.5985910499999978E-2</v>
+        <v>1.4899468800000371E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>5.3266972485622732</v>
+        <v>4.9576299141913305</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>3.7007640383</v>
+        <v>3.6983974976999998</v>
       </c>
       <c r="C404" s="5">
-        <v>-3.6314125999998836E-3</v>
+        <v>-4.1666414000003371E-3</v>
       </c>
       <c r="D404" s="5">
-        <v>-1.1700361519432656</v>
+        <v>-1.3420804173335465</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>3.7960057766999999</v>
+        <v>3.7877127285999999</v>
       </c>
       <c r="C405" s="5">
-        <v>9.5241738399999942E-2</v>
+        <v>8.9315230900000042E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>35.651822501025478</v>
+        <v>33.156190448471065</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>3.7904964462000001</v>
+        <v>3.7898374923000002</v>
       </c>
       <c r="C406" s="5">
-        <v>-5.5093304999997983E-3</v>
+        <v>2.124763700000365E-3</v>
       </c>
       <c r="D406" s="5">
-        <v>-1.7277839143017615</v>
+        <v>0.67523541819285438</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>3.7686606872000001</v>
+        <v>3.7726269050000001</v>
       </c>
       <c r="C407" s="5">
-        <v>-2.183575900000001E-2</v>
+        <v>-1.7210587300000135E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>-6.6979206829271831</v>
+        <v>-5.3154243288268344</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>3.7832650296999999</v>
+        <v>3.7859663702000002</v>
       </c>
       <c r="C408" s="5">
-        <v>1.4604342499999756E-2</v>
+        <v>1.3339465200000067E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>4.7506543721941963</v>
+        <v>4.3265224593681317</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>3.7964710373999999</v>
+        <v>3.7984660526999998</v>
       </c>
       <c r="C409" s="5">
-        <v>1.3206007700000022E-2</v>
+        <v>1.2499682499999665E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>4.2701264233543368</v>
+        <v>4.0346403335882464</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>3.8110044539999999</v>
+        <v>3.812558755</v>
       </c>
       <c r="C410" s="5">
-        <v>1.453341659999996E-2</v>
+        <v>1.4092702300000148E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>4.6917316361400063</v>
+        <v>4.5441053172732504</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>3.7488581656000002</v>
+        <v>3.7503142598000001</v>
       </c>
       <c r="C411" s="5">
-        <v>-6.2146288399999694E-2</v>
+        <v>-6.2244495199999861E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>-17.905390879706829</v>
+        <v>-17.924527569563729</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>3.7190273561999998</v>
+        <v>3.7222338767999998</v>
       </c>
       <c r="C412" s="5">
-        <v>-2.983080940000038E-2</v>
+        <v>-2.8080383000000264E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>-9.1417516849335634</v>
+        <v>-8.6240396664388879</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>3.6932735380000001</v>
+        <v>3.6946194384000002</v>
       </c>
       <c r="C413" s="5">
-        <v>-2.5753818199999667E-2</v>
+        <v>-2.7614438399999663E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>-8.0005529379470364</v>
+        <v>-8.5481192701411075</v>
       </c>
       <c r="E413" s="5">
-        <v>7.7533245954120034E-2</v>
+        <v>8.4170433883690166E-2</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>3.6876636122000002</v>
+        <v>3.6865940458000002</v>
       </c>
       <c r="C414" s="5">
-        <v>-5.6099257999999708E-3</v>
+        <v>-8.0253926000000142E-3</v>
       </c>
       <c r="D414" s="5">
-        <v>-1.8075981906462313</v>
+        <v>-2.5757036543039291</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>3.6089563349999998</v>
+        <v>3.6063110969999999</v>
       </c>
       <c r="C415" s="5">
-        <v>-7.870727720000037E-2</v>
+        <v>-8.0282948800000309E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>-22.809482057866958</v>
+        <v>-23.218878553897159</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>3.6016711869</v>
+        <v>3.5986516508999999</v>
       </c>
       <c r="C416" s="5">
-        <v>-7.2851480999998053E-3</v>
+        <v>-7.6594460999999114E-3</v>
       </c>
       <c r="D416" s="5">
-        <v>-2.3956422087860196</v>
+        <v>-2.5191181334381585</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>3.5955490006000002</v>
+        <v>3.5834730587000001</v>
       </c>
       <c r="C417" s="5">
-        <v>-6.1221862999998322E-3</v>
+        <v>-1.5178592199999841E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>-2.02081958018272</v>
+        <v>-4.9456456922809426</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>3.6875717153999998</v>
+        <v>3.6859038792000001</v>
       </c>
       <c r="C418" s="5">
-        <v>9.2022714799999683E-2</v>
+        <v>0.10243082049999996</v>
       </c>
       <c r="D418" s="5">
-        <v>35.4263460941145</v>
+        <v>40.242079190002933</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>3.6671223609000001</v>
+        <v>3.6734946865000002</v>
       </c>
       <c r="C419" s="5">
-        <v>-2.0449354499999739E-2</v>
+        <v>-1.2409192699999849E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-6.4553156911295932</v>
+        <v>-3.9660205046520236</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>3.6817064602</v>
+        <v>3.6857573869000002</v>
       </c>
       <c r="C420" s="5">
-        <v>1.4584099299999931E-2</v>
+        <v>1.2262700399999993E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>4.8781695679980697</v>
+        <v>4.0801581221192817</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>3.6941535081999999</v>
+        <v>3.6969677675999999</v>
       </c>
       <c r="C421" s="5">
-        <v>1.244704799999985E-2</v>
+        <v>1.1210380699999689E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>4.1332313055574277</v>
+        <v>3.7115283807003685</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>3.7100098196000002</v>
+        <v>3.7120078678000001</v>
       </c>
       <c r="C422" s="5">
-        <v>1.5856311400000322E-2</v>
+        <v>1.5040100200000239E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>5.2740787198419348</v>
+        <v>4.9925991188979335</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>3.7407732766000001</v>
+        <v>3.7426481795000002</v>
       </c>
       <c r="C423" s="5">
-        <v>3.0763456999999939E-2</v>
+        <v>3.0640311700000034E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>10.416997752080736</v>
+        <v>10.367547321965031</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>3.7151989035000001</v>
+        <v>3.7186030520000002</v>
       </c>
       <c r="C424" s="5">
-        <v>-2.5574373099999992E-2</v>
+        <v>-2.4045127499999985E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>-7.902425028472992</v>
+        <v>-7.4428851104855198</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>3.6954872651000001</v>
+        <v>3.6968094356000001</v>
       </c>
       <c r="C425" s="5">
-        <v>-1.9711638400000009E-2</v>
+        <v>-2.1793616400000104E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>-6.1842658357472935</v>
+        <v>-6.8105151301427025</v>
       </c>
       <c r="E425" s="5">
-        <v>5.9939429809974243E-2</v>
+        <v>5.9275312018280957E-2</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>4.1026680231999997</v>
+        <v>4.1107890003999996</v>
       </c>
       <c r="C426" s="5">
-        <v>0.40718075809999954</v>
+        <v>0.41397956479999953</v>
       </c>
       <c r="D426" s="5">
-        <v>250.53872068319046</v>
+        <v>257.41885684687833</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>4.1314535904999996</v>
+        <v>4.1386850740999996</v>
       </c>
       <c r="C427" s="5">
-        <v>2.8785567299999926E-2</v>
+        <v>2.7896073700000024E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>8.7521936035796166</v>
+        <v>8.4541912533393049</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>4.0980845231999998</v>
+        <v>4.1039905389999998</v>
       </c>
       <c r="C428" s="5">
-        <v>-3.3369067299999777E-2</v>
+        <v>-3.4694535099999868E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>-9.2730325397166737</v>
+        <v>-9.6084899680069835</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>4.1000920894000004</v>
+        <v>4.1120254086000001</v>
       </c>
       <c r="C429" s="5">
-        <v>2.0075662000005323E-3</v>
+        <v>8.0348696000003272E-3</v>
       </c>
       <c r="D429" s="5">
-        <v>0.58944145859129993</v>
+        <v>2.3748464769258959</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>4.0999397465999996</v>
+        <v>4.0771408724000002</v>
       </c>
       <c r="C430" s="5">
-        <v>-1.5234280000075984E-4</v>
+        <v>-3.4884536199999872E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>-4.4578024525532278E-2</v>
+        <v>-9.7184235916326074</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>4.0973921905999999</v>
+        <v>4.0585785045999998</v>
       </c>
       <c r="C431" s="5">
-        <v>-2.5475559999996733E-3</v>
+        <v>-1.8562367800000423E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>-0.74309415738581519</v>
+        <v>-5.3285993525876263</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>4.1015458668999996</v>
+        <v>4.062454679</v>
       </c>
       <c r="C432" s="5">
-        <v>4.1536762999996313E-3</v>
+        <v>3.8761744000002096E-3</v>
       </c>
       <c r="D432" s="5">
-        <v>1.223289422032825</v>
+        <v>1.152107865913865</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>4.0970451869</v>
+        <v>4.0577109390999997</v>
       </c>
       <c r="C433" s="5">
-        <v>-4.5006799999995906E-3</v>
+        <v>-4.7437399000003211E-3</v>
       </c>
       <c r="D433" s="5">
-        <v>-1.3088576795552864</v>
+        <v>-1.3922790569060983</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>4.0612289813000002</v>
+      </c>
+      <c r="C434" s="5">
+        <v>3.5180422000005152E-3</v>
+      </c>
+      <c r="D434" s="5">
+        <v>1.0453775480898209</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>4.0573955739000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-3.833407400000155E-3</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-1.1268221185223193</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>4.0580164496000002</v>
+      </c>
+      <c r="C436" s="5">
+        <v>6.2087570000013415E-4</v>
+      </c>
+      <c r="D436" s="5">
+        <v>0.1837824786300235</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">