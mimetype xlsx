--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A3444AA1-4D69-44A9-B276-AF30D0E84752}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{AE0FB583-13A0-431A-AF7B-EB9D1B1618DD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C63E7042-E029-4070-88C3-F00F86B9B47D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{E1555562-CE17-4C0D-BC15-1CED757CA384}"/>
   </bookViews>
   <sheets>
     <sheet name="larfirea" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Financial Activities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD01662C-C644-40F6-8275-66B46B213199}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2E32C854-B4CD-4E90-94EE-FB022DCF9592}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>4.0585785045999998</v>
       </c>
       <c r="C431" s="5">
         <v>-1.8562367800000423E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-5.3285993525876263</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>4.062454679</v>
       </c>
       <c r="C432" s="5">
         <v>3.8761744000002096E-3</v>
       </c>
       <c r="D432" s="5">
         <v>1.152107865913865</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>4.0577109390999997</v>
       </c>
       <c r="C433" s="5">
         <v>-4.7437399000003211E-3</v>
       </c>
       <c r="D433" s="5">
         <v>-1.3922790569060983</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>4.0612289813000002</v>
       </c>
       <c r="C434" s="5">
         <v>3.5180422000005152E-3</v>
       </c>
       <c r="D434" s="5">
         <v>1.0453775480898209</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>4.0573955739000001</v>
       </c>
       <c r="C435" s="5">
         <v>-3.833407400000155E-3</v>
       </c>
       <c r="D435" s="5">
         <v>-1.1268221185223193</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>4.0580164496000002</v>
+        <v>4.0580587623</v>
       </c>
       <c r="C436" s="5">
-        <v>6.2087570000013415E-4</v>
+        <v>6.6318839999990331E-4</v>
       </c>
       <c r="D436" s="5">
-        <v>0.1837824786300235</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.19631852276533746</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>4.0522864920000004</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-5.7722702999996045E-3</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-1.6936153237608331</v>
+      </c>
+      <c r="E437" s="5">
+        <v>9.6157798391440572</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>