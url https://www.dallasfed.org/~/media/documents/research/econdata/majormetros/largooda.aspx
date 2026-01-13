--- v0 (2025-10-10)
+++ v1 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{82A13403-687A-4FD3-AC83-B5418D8BB599}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C2F830E4-D73B-4CE5-8400-B849C51ACF17}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{F8C45967-4F15-4F9F-8703-2A204871F4AD}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7E66F915-00B3-4E7E-85AA-9E74306F2DCE}"/>
   </bookViews>
   <sheets>
     <sheet name="largooda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Goods Producing Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8CB1EA2B-D191-4120-AD1B-6BCA106344C0}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C2924E7A-0E1B-4458-BB56-C666EFC9E862}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -2945,99 +2944,99 @@
         <v>0.18092038599999949</v>
       </c>
       <c r="D143" s="5">
         <v>54.677106011406451</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
         <v>4.9732417004</v>
       </c>
       <c r="C144" s="5">
         <v>-9.5290764599999633E-2</v>
       </c>
       <c r="D144" s="5">
         <v>-20.367929598937483</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>5.0043765665000004</v>
+        <v>5.0043765664000004</v>
       </c>
       <c r="C145" s="5">
-        <v>3.113486610000038E-2</v>
+        <v>3.1134866000000372E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>7.7767251447417696</v>
+        <v>7.7767251188981534</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>5.0607880707000001</v>
+        <v>5.0607880706000001</v>
       </c>
       <c r="C146" s="5">
         <v>5.641150419999974E-2</v>
       </c>
       <c r="D146" s="5">
-        <v>14.397893804690721</v>
+        <v>14.397893804996675</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>4.9898267737999999</v>
+        <v>4.9898267736999999</v>
       </c>
       <c r="C147" s="5">
         <v>-7.0961296900000193E-2</v>
       </c>
       <c r="D147" s="5">
-        <v>-15.587295000142587</v>
+        <v>-15.587295000427282</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
         <v>5.0112187037</v>
       </c>
       <c r="C148" s="5">
-        <v>2.1391929900000051E-2</v>
+        <v>2.1391930000000059E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>5.2675841641921073</v>
+        <v>5.2675841895076791</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
         <v>5.1612767183999999</v>
       </c>
       <c r="C149" s="5">
         <v>0.15005801469999991</v>
       </c>
       <c r="D149" s="5">
         <v>42.483785639539093</v>
       </c>
       <c r="E149" s="5">
         <v>7.2596926194509859</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
         <v>5.0585620633000001</v>
@@ -3158,3963 +3157,3990 @@
         <v>-2.7020692699999849E-2</v>
       </c>
       <c r="D158" s="5">
         <v>-6.1938448183016304</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
         <v>5.0094505572000001</v>
       </c>
       <c r="C159" s="5">
         <v>-4.8208016900000317E-2</v>
       </c>
       <c r="D159" s="5">
         <v>-10.85704308532689</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>5.0346095222000002</v>
+        <v>5.0346095220000002</v>
       </c>
       <c r="C160" s="5">
-        <v>2.5158965000000144E-2</v>
+        <v>2.5158964800000128E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>6.1960541603671482</v>
+        <v>6.1960541097435096</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>4.8985463518000003</v>
+        <v>4.8985463517000003</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.13606317039999993</v>
+        <v>-0.13606317029999992</v>
       </c>
       <c r="D161" s="5">
-        <v>-28.01912067694532</v>
+        <v>-28.019120660265273</v>
       </c>
       <c r="E161" s="5">
-        <v>-5.0904142702398296</v>
+        <v>-5.0904142721773349</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>4.9804817107000003</v>
+        <v>4.9804817108000004</v>
       </c>
       <c r="C162" s="5">
-        <v>8.1935358900000033E-2</v>
+        <v>8.1935359100000049E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>22.025201430143483</v>
+        <v>22.025201489436963</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>4.9093570541</v>
+        <v>4.9093570543</v>
       </c>
       <c r="C163" s="5">
-        <v>-7.1124656600000336E-2</v>
+        <v>-7.1124656500000327E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>-15.852884223946351</v>
+        <v>-15.852884203084406</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>4.9329433328999999</v>
+        <v>4.9329433327999999</v>
       </c>
       <c r="C164" s="5">
-        <v>2.358627879999986E-2</v>
+        <v>2.3586278499999835E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>5.9200283416465771</v>
+        <v>5.9200282640997637</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>4.8451480564000002</v>
+        <v>4.8451480563000002</v>
       </c>
       <c r="C165" s="5">
         <v>-8.779527649999963E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>-19.385880857662631</v>
+        <v>-19.385880858018002</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>4.8467286453999998</v>
+        <v>4.8467286454999998</v>
       </c>
       <c r="C166" s="5">
-        <v>1.580588999999577E-3</v>
+        <v>1.5805891999995936E-3</v>
       </c>
       <c r="D166" s="5">
-        <v>0.39216832628967691</v>
+        <v>0.39216837600997145</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>4.8174120815999997</v>
+        <v>4.8174120817999997</v>
       </c>
       <c r="C167" s="5">
-        <v>-2.9316563800000139E-2</v>
+        <v>-2.9316563700000131E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>-7.0218065228574655</v>
+        <v>-7.0218064995568259</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>4.7480154289999996</v>
+        <v>4.7480154288999996</v>
       </c>
       <c r="C168" s="5">
-        <v>-6.9396652600000053E-2</v>
+        <v>-6.9396652900000078E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>-15.98053940743368</v>
+        <v>-15.980539470526478</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
         <v>4.8879778436999999</v>
       </c>
       <c r="C169" s="5">
-        <v>0.13996241470000026</v>
+        <v>0.13996241480000027</v>
       </c>
       <c r="D169" s="5">
-        <v>41.711562088346341</v>
+        <v>41.711562124162008</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
         <v>4.8811069657999999</v>
       </c>
       <c r="C170" s="5">
         <v>-6.8708778999999609E-3</v>
       </c>
       <c r="D170" s="5">
         <v>-1.6738224878666497</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
         <v>5.0170475796999998</v>
       </c>
       <c r="C171" s="5">
         <v>0.1359406138999999</v>
       </c>
       <c r="D171" s="5">
         <v>39.0460758409763</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>4.9365094109000003</v>
+        <v>4.9365094106000003</v>
       </c>
       <c r="C172" s="5">
-        <v>-8.0538168799999532E-2</v>
+        <v>-8.0538169099999557E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>-17.650494671828366</v>
+        <v>-17.650494731882517</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>4.9230250606999997</v>
+        <v>4.9230250605999997</v>
       </c>
       <c r="C173" s="5">
-        <v>-1.3484350200000605E-2</v>
+        <v>-1.3484350000000589E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>-3.2290672141237486</v>
+        <v>-3.2290671671406646</v>
       </c>
       <c r="E173" s="5">
-        <v>0.49971373427966093</v>
+        <v>0.49971373428985277</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
         <v>4.9842675498000002</v>
       </c>
       <c r="C174" s="5">
-        <v>6.1242489100000519E-2</v>
+        <v>6.1242489200000527E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>15.992952140494697</v>
+        <v>15.99295216876817</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>5.0034122078000003</v>
+        <v>5.0034122081000003</v>
       </c>
       <c r="C175" s="5">
-        <v>1.9144658000000092E-2</v>
+        <v>1.9144658300000117E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>4.707850859646534</v>
+        <v>4.707850934984803</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>4.9379674137</v>
+        <v>4.9379674135</v>
       </c>
       <c r="C176" s="5">
-        <v>-6.5444794100000259E-2</v>
+        <v>-6.54447946000003E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>-14.614676257200232</v>
+        <v>-14.614676360135615</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>5.1230056640999999</v>
+        <v>5.1230056638999999</v>
       </c>
       <c r="C177" s="5">
         <v>0.18503825039999988</v>
       </c>
       <c r="D177" s="5">
-        <v>55.496062720891537</v>
+        <v>55.496062723621556</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>5.1389560269999999</v>
+        <v>5.1389560270999999</v>
       </c>
       <c r="C178" s="5">
-        <v>1.5950362899999959E-2</v>
+        <v>1.5950363199999984E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>3.8008203681703767</v>
+        <v>3.8008204410369339</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>5.2017724012000004</v>
+        <v>5.2017724016000004</v>
       </c>
       <c r="C179" s="5">
-        <v>6.2816374200000524E-2</v>
+        <v>6.2816374500000549E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>15.695731159326275</v>
+        <v>15.695731239070021</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
         <v>5.2361821023999999</v>
       </c>
       <c r="C180" s="5">
-        <v>3.4409701199999532E-2</v>
+        <v>3.4409700799999499E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>8.2332624491420638</v>
+        <v>8.2332623492683545</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>5.2846968909000003</v>
+        <v>5.2846968911000003</v>
       </c>
       <c r="C181" s="5">
-        <v>4.851478850000035E-2</v>
+        <v>4.8514788700000366E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>11.702808526592911</v>
+        <v>11.702808577321932</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>5.2040599972999999</v>
+        <v>5.2040599974999999</v>
       </c>
       <c r="C182" s="5">
         <v>-8.063689360000037E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>-16.849178748892335</v>
+        <v>-16.849178748307246</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
         <v>5.2214897871000003</v>
       </c>
       <c r="C183" s="5">
-        <v>1.7429789800000428E-2</v>
+        <v>1.7429789600000412E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>4.0939901178344895</v>
+        <v>4.0939900698285792</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>5.2366263263999997</v>
+        <v>5.2366263256999996</v>
       </c>
       <c r="C184" s="5">
-        <v>1.5136539299999363E-2</v>
+        <v>1.5136538599999305E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>3.5346744759154891</v>
+        <v>3.5346743098368716</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>5.2377437789999997</v>
+        <v>5.2377437783999996</v>
       </c>
       <c r="C185" s="5">
-        <v>1.1174525999999574E-3</v>
+        <v>1.1174526999999657E-3</v>
       </c>
       <c r="D185" s="5">
-        <v>0.25637079295879328</v>
+        <v>0.2563708159623701</v>
       </c>
       <c r="E185" s="5">
-        <v>6.3927913106184953</v>
+        <v>6.3927913005919823</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>5.1823063868999997</v>
+        <v>5.1823063862999996</v>
       </c>
       <c r="C186" s="5">
         <v>-5.5437392099999983E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>-11.987160752305947</v>
+        <v>-11.9871607536002</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>5.1952076918000003</v>
+        <v>5.1952076919000003</v>
       </c>
       <c r="C187" s="5">
-        <v>1.2901304900000632E-2</v>
+        <v>1.290130560000069E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>3.0286344241740037</v>
+        <v>3.0286345911139323</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>5.2445258613999997</v>
+        <v>5.2445258605999996</v>
       </c>
       <c r="C188" s="5">
-        <v>4.9318169599999351E-2</v>
+        <v>4.9318168699999276E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>12.005617417140368</v>
+        <v>12.005617186244756</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>5.3146778541000002</v>
+        <v>5.3146778534000001</v>
       </c>
       <c r="C189" s="5">
-        <v>7.0151992700000498E-2</v>
+        <v>7.0151992800000507E-2</v>
       </c>
       <c r="D189" s="5">
-        <v>17.286645767527009</v>
+        <v>17.286645796842826</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>5.3365953129000001</v>
+        <v>5.3365953163000004</v>
       </c>
       <c r="C190" s="5">
-        <v>2.1917458799999956E-2</v>
+        <v>2.1917462900000295E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>5.062541722308378</v>
+        <v>5.0625426916001359</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>5.2884104675000003</v>
+        <v>5.2884104687000004</v>
       </c>
       <c r="C191" s="5">
-        <v>-4.8184845399999787E-2</v>
+        <v>-4.8184847599999969E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>-10.312766324422263</v>
+        <v>-10.312766765897653</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>5.4297912261999999</v>
+        <v>5.4297912229999996</v>
       </c>
       <c r="C192" s="5">
-        <v>0.14138075869999955</v>
+        <v>0.14138075429999919</v>
       </c>
       <c r="D192" s="5">
-        <v>37.244738170233241</v>
+        <v>37.244736825916867</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>5.4000987066999997</v>
+        <v>5.4000987083999998</v>
       </c>
       <c r="C193" s="5">
-        <v>-2.9692519500000181E-2</v>
+        <v>-2.9692514599999775E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>-6.3683230547569742</v>
+        <v>-6.3683220388714883</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>5.4277629960000002</v>
+        <v>5.4277629976000004</v>
       </c>
       <c r="C194" s="5">
-        <v>2.7664289300000533E-2</v>
+        <v>2.7664289200000525E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>6.3237123363349745</v>
+        <v>6.3237123107810378</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>5.4173576009</v>
+        <v>5.4173576017</v>
       </c>
       <c r="C195" s="5">
-        <v>-1.040539510000027E-2</v>
+        <v>-1.0405395900000336E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>-2.2763808879675329</v>
+        <v>-2.276381060477739</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>5.3271254688000003</v>
+        <v>5.3271254676000002</v>
       </c>
       <c r="C196" s="5">
-        <v>-9.0232132099999696E-2</v>
+        <v>-9.0232134099999861E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>-18.254273795430176</v>
+        <v>-18.254274161261019</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>5.5411610752999998</v>
+        <v>5.5411610702000003</v>
       </c>
       <c r="C197" s="5">
-        <v>0.21403560649999953</v>
+        <v>0.2140356026000001</v>
       </c>
       <c r="D197" s="5">
-        <v>60.433178703596127</v>
+        <v>60.433177365348079</v>
       </c>
       <c r="E197" s="5">
-        <v>5.7929007050041115</v>
+        <v>5.792900619752861</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>5.3733641619999997</v>
+        <v>5.3733641607999996</v>
       </c>
       <c r="C198" s="5">
-        <v>-0.16779691330000013</v>
+        <v>-0.16779690940000069</v>
       </c>
       <c r="D198" s="5">
-        <v>-30.8573539471668</v>
+        <v>-30.857353368807217</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>5.3919072649000004</v>
+        <v>5.3919072656000004</v>
       </c>
       <c r="C199" s="5">
-        <v>1.8543102900000719E-2</v>
+        <v>1.8543104800000876E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>4.2206258880731928</v>
+        <v>4.2206263297369428</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>5.5409648917999998</v>
+        <v>5.5409648898999997</v>
       </c>
       <c r="C200" s="5">
-        <v>0.14905762689999946</v>
+        <v>0.14905762429999925</v>
       </c>
       <c r="D200" s="5">
-        <v>38.712567668586971</v>
+        <v>38.712566881712803</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>5.5148105686999997</v>
+        <v>5.514810572</v>
       </c>
       <c r="C201" s="5">
-        <v>-2.6154323100000099E-2</v>
+        <v>-2.6154317899999668E-2</v>
       </c>
       <c r="D201" s="5">
-        <v>-5.5194507392750891</v>
+        <v>-5.5194496720727066</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>5.3376188304000003</v>
+        <v>5.3376188381</v>
       </c>
       <c r="C202" s="5">
-        <v>-0.17719173829999946</v>
+        <v>-0.17719173389999998</v>
       </c>
       <c r="D202" s="5">
-        <v>-32.422286922179246</v>
+        <v>-32.422286237588281</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>5.4855292195000001</v>
+        <v>5.4855292196000001</v>
       </c>
       <c r="C203" s="5">
-        <v>0.14791038909999976</v>
+        <v>0.14791038150000002</v>
       </c>
       <c r="D203" s="5">
-        <v>38.819895052108187</v>
+        <v>38.819892679352243</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>5.3334668193999999</v>
+        <v>5.3334668092999999</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.15206240010000016</v>
+        <v>-0.15206241030000012</v>
       </c>
       <c r="D204" s="5">
-        <v>-28.63376620480329</v>
+        <v>-28.633767842172286</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>5.3194191121000003</v>
+        <v>5.3194191243000004</v>
       </c>
       <c r="C205" s="5">
-        <v>-1.4047707299999601E-2</v>
+        <v>-1.4047684999999532E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>-3.1152683392244196</v>
+        <v>-3.115263471131513</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>5.1483539109000001</v>
+        <v>5.1483539090999999</v>
       </c>
       <c r="C206" s="5">
-        <v>-0.17106520120000024</v>
+        <v>-0.17106521520000051</v>
       </c>
       <c r="D206" s="5">
-        <v>-32.446133197583627</v>
+        <v>-32.446135340211079</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>5.316163543</v>
+        <v>5.3161635404999998</v>
       </c>
       <c r="C207" s="5">
-        <v>0.16780963209999999</v>
+        <v>0.16780963139999994</v>
       </c>
       <c r="D207" s="5">
-        <v>46.946507573512775</v>
+        <v>46.946507360785603</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>5.4216852769999999</v>
+        <v>5.4216852723000004</v>
       </c>
       <c r="C208" s="5">
-        <v>0.10552173399999987</v>
+        <v>0.10552173180000057</v>
       </c>
       <c r="D208" s="5">
-        <v>26.599400705685582</v>
+        <v>26.59940010313564</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>5.3278221289000003</v>
+        <v>5.3278221175000002</v>
       </c>
       <c r="C209" s="5">
-        <v>-9.3863148099999627E-2</v>
+        <v>-9.3863154800000181E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>-18.906701793700677</v>
+        <v>-18.906703032308712</v>
       </c>
       <c r="E209" s="5">
-        <v>-3.8500766085102334</v>
+        <v>-3.8500767257483748</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>5.4643941294999996</v>
+        <v>5.4643941285000004</v>
       </c>
       <c r="C210" s="5">
-        <v>0.1365720005999993</v>
+        <v>0.13657201100000016</v>
       </c>
       <c r="D210" s="5">
-        <v>35.490106780263829</v>
+        <v>35.490109961639192</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>5.3911208451999997</v>
+        <v>5.3911208498000001</v>
       </c>
       <c r="C211" s="5">
-        <v>-7.3273284299999908E-2</v>
+        <v>-7.3273278700000333E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>-14.955817695761464</v>
+        <v>-14.95581663822917</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>5.5356724037999996</v>
+        <v>5.5356724064999998</v>
       </c>
       <c r="C212" s="5">
-        <v>0.14455155859999991</v>
+        <v>0.14455155669999975</v>
       </c>
       <c r="D212" s="5">
-        <v>37.371224552362861</v>
+        <v>37.371223949837493</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>5.4144048751999998</v>
+        <v>5.4144048876999999</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.12126752859999979</v>
+        <v>-0.12126751879999986</v>
       </c>
       <c r="D213" s="5">
-        <v>-23.340820911608297</v>
+        <v>-23.340819236534081</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>5.5374181906000004</v>
+        <v>5.5374182053999998</v>
       </c>
       <c r="C214" s="5">
-        <v>0.1230133154000006</v>
+        <v>0.1230133176999999</v>
       </c>
       <c r="D214" s="5">
-        <v>30.942051165740956</v>
+        <v>30.942051737804732</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>5.5809468025999998</v>
+        <v>5.5809468004999996</v>
       </c>
       <c r="C215" s="5">
-        <v>4.3528611999999356E-2</v>
+        <v>4.3528595099999734E-2</v>
       </c>
       <c r="D215" s="5">
-        <v>9.8516836958140175</v>
+        <v>9.8516796765530934</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>5.5415688289</v>
+        <v>5.5415688066</v>
       </c>
       <c r="C216" s="5">
-        <v>-3.9377973699999735E-2</v>
+        <v>-3.937799389999963E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>-8.145976046016056</v>
+        <v>-8.1459800668534417</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>5.5354310461000003</v>
+        <v>5.5354310626999998</v>
       </c>
       <c r="C217" s="5">
-        <v>-6.1377827999997692E-3</v>
+        <v>-6.1377439000001033E-3</v>
       </c>
       <c r="D217" s="5">
-        <v>-1.321040499513082</v>
+        <v>-1.3210321832516025</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>5.4591872130999999</v>
+        <v>5.4591872017999998</v>
       </c>
       <c r="C218" s="5">
-        <v>-7.6243833000000372E-2</v>
+        <v>-7.6243860900000016E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>-15.332153742262767</v>
+        <v>-15.332158892202807</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>5.4109564571000002</v>
+        <v>5.4109564612999996</v>
       </c>
       <c r="C219" s="5">
-        <v>-4.8230755999999708E-2</v>
+        <v>-4.8230740500000202E-2</v>
       </c>
       <c r="D219" s="5">
-        <v>-10.101465045001079</v>
+        <v>-10.101461974669757</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>5.5089741492000002</v>
+        <v>5.5089741389000002</v>
       </c>
       <c r="C220" s="5">
-        <v>9.8017692099999998E-2</v>
+        <v>9.8017677600000575E-2</v>
       </c>
       <c r="D220" s="5">
-        <v>24.039596332632595</v>
+        <v>24.039592394306752</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>5.4174720669000003</v>
+        <v>5.4174720458000003</v>
       </c>
       <c r="C221" s="5">
-        <v>-9.1502082299999898E-2</v>
+        <v>-9.1502093099999904E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>-18.20790066677419</v>
+        <v>-18.20790265444877</v>
       </c>
       <c r="E221" s="5">
-        <v>1.6826751312456034</v>
+        <v>1.6826749527828921</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>5.4509588458999998</v>
+        <v>5.4509588416000003</v>
       </c>
       <c r="C222" s="5">
-        <v>3.3486778999999522E-2</v>
+        <v>3.3486795800000024E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>7.6749476530641347</v>
+        <v>7.6749516662647066</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>5.3980205842000002</v>
+        <v>5.3980205843000002</v>
       </c>
       <c r="C223" s="5">
-        <v>-5.29382616999996E-2</v>
+        <v>-5.2938257300000124E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>-11.051301523036283</v>
+        <v>-11.051300661254416</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>5.3290099262000004</v>
+        <v>5.3290099113</v>
       </c>
       <c r="C224" s="5">
-        <v>-6.9010657999999836E-2</v>
+        <v>-6.9010673000000189E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-14.307282684522814</v>
+        <v>-14.307285578751738</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>5.3174827684999997</v>
+        <v>5.3174828048</v>
       </c>
       <c r="C225" s="5">
-        <v>-1.1527157700000679E-2</v>
+        <v>-1.1527106499999995E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>-2.5650549697642466</v>
+        <v>-2.5650437188862174</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>5.4309124135999998</v>
+        <v>5.4309125049000002</v>
       </c>
       <c r="C226" s="5">
-        <v>0.11342964510000009</v>
+        <v>0.1134297001000002</v>
       </c>
       <c r="D226" s="5">
-        <v>28.825100825642046</v>
+        <v>28.825116260899296</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>5.2801114798000004</v>
+        <v>5.2801114854</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.15080093379999937</v>
+        <v>-0.15080101950000024</v>
       </c>
       <c r="D227" s="5">
-        <v>-28.674714670423683</v>
+        <v>-28.674728151404516</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>5.1608822977999997</v>
+        <v>5.1608821740000002</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.11922918200000066</v>
+        <v>-0.11922931139999982</v>
       </c>
       <c r="D228" s="5">
-        <v>-23.972563118795666</v>
+        <v>-23.972585971481152</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>5.1519910816000003</v>
+        <v>5.1519911389999997</v>
       </c>
       <c r="C229" s="5">
-        <v>-8.891216199999441E-3</v>
+        <v>-8.8910350000004357E-3</v>
       </c>
       <c r="D229" s="5">
-        <v>-2.0478939873049273</v>
+        <v>-2.047852695229313</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>5.1697912950999996</v>
+        <v>5.1697913068999997</v>
       </c>
       <c r="C230" s="5">
-        <v>1.7800213499999273E-2</v>
+        <v>1.7800167899999941E-2</v>
       </c>
       <c r="D230" s="5">
-        <v>4.2257191883508849</v>
+        <v>4.2257081085329551</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>5.1013418036999996</v>
+        <v>5.1013418257999996</v>
       </c>
       <c r="C231" s="5">
-        <v>-6.8449491400000007E-2</v>
+        <v>-6.8449481100000042E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>-14.780898762157568</v>
+        <v>-14.780896666071508</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>4.9987394534999998</v>
+        <v>4.9987394344</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.10260235019999975</v>
+        <v>-0.1026023913999996</v>
       </c>
       <c r="D232" s="5">
-        <v>-21.63666160362191</v>
+        <v>-21.6366692705245</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>5.0115635211000003</v>
+        <v>5.0115634808999996</v>
       </c>
       <c r="C233" s="5">
-        <v>1.2824067600000433E-2</v>
+        <v>1.2824046499999575E-2</v>
       </c>
       <c r="D233" s="5">
-        <v>3.1223644454031918</v>
+        <v>3.1223592474352246</v>
       </c>
       <c r="E233" s="5">
-        <v>-7.4925821635527186</v>
+        <v>-7.492582545297843</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>4.7381480079999996</v>
+        <v>4.7381479694999999</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.27341551310000067</v>
+        <v>-0.27341551139999964</v>
       </c>
       <c r="D234" s="5">
-        <v>-48.993608250051523</v>
+        <v>-48.993608313761726</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>4.7057488649000003</v>
+        <v>4.7057488358999997</v>
       </c>
       <c r="C235" s="5">
-        <v>-3.239914309999925E-2</v>
+        <v>-3.2399133600000241E-2</v>
       </c>
       <c r="D235" s="5">
-        <v>-7.9038491603529382</v>
+        <v>-7.9038469910879039</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>4.7331542292000002</v>
+        <v>4.7331541622</v>
       </c>
       <c r="C236" s="5">
-        <v>2.7405364299999846E-2</v>
+        <v>2.7405326300000254E-2</v>
       </c>
       <c r="D236" s="5">
-        <v>7.2168194056658086</v>
+        <v>7.2168091221276098</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>4.3066607500999998</v>
+        <v>4.3066607958000001</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.42649347910000035</v>
+        <v>-0.42649336639999991</v>
       </c>
       <c r="D237" s="5">
-        <v>-67.798205508024182</v>
+        <v>-67.798195937545742</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>4.3147704401000002</v>
+        <v>4.3147705708000004</v>
       </c>
       <c r="C238" s="5">
-        <v>8.1096900000003913E-3</v>
+        <v>8.1097750000003188E-3</v>
       </c>
       <c r="D238" s="5">
-        <v>2.2832195477111794</v>
+        <v>2.2832437027087371</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>4.1814691161999997</v>
+        <v>4.1814691498999998</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.13330132390000049</v>
+        <v>-0.13330142090000052</v>
       </c>
       <c r="D239" s="5">
-        <v>-31.379419999110915</v>
+        <v>-31.379438305923468</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>4.1825780137999997</v>
+        <v>4.1825778571000001</v>
       </c>
       <c r="C240" s="5">
-        <v>1.1088975999999917E-3</v>
+        <v>1.1087072000002252E-3</v>
       </c>
       <c r="D240" s="5">
-        <v>0.31869653375553586</v>
+        <v>0.31864173050810685</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>4.1695115830000002</v>
+        <v>4.1695117183999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.3066430799999473E-2</v>
+        <v>-1.3066138700000174E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>-3.6850699934283582</v>
+        <v>-3.6849891596339446</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>4.0801759024999997</v>
+        <v>4.0801759860000004</v>
       </c>
       <c r="C242" s="5">
-        <v>-8.9335680500000514E-2</v>
+        <v>-8.9335732399999479E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>-22.88756394757716</v>
+        <v>-22.887575060116561</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>3.9928982730999998</v>
+        <v>3.9928983312000002</v>
       </c>
       <c r="C243" s="5">
-        <v>-8.7277629399999945E-2</v>
+        <v>-8.7277654800000271E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>-22.854195733369743</v>
+        <v>-22.854201208225199</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>3.9896603749000001</v>
+        <v>3.9896603421000001</v>
       </c>
       <c r="C244" s="5">
-        <v>-3.2378981999996448E-3</v>
+        <v>-3.2379891000000605E-3</v>
       </c>
       <c r="D244" s="5">
-        <v>-0.96876879654892445</v>
+        <v>-0.96879585831688431</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>4.0028618848999997</v>
+        <v>4.0028617954000003</v>
       </c>
       <c r="C245" s="5">
-        <v>1.3201509999999583E-2</v>
+        <v>1.3201453300000221E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>4.0437834980647125</v>
+        <v>4.0437658467240789</v>
       </c>
       <c r="E245" s="5">
-        <v>-20.127483807260973</v>
+        <v>-20.127484952437481</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>4.0407462729999999</v>
+        <v>4.0407461523999997</v>
       </c>
       <c r="C246" s="5">
-        <v>3.7884388100000166E-2</v>
+        <v>3.7884356999999369E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>11.967429305075751</v>
+        <v>11.967419245515455</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>4.0101467583000003</v>
+        <v>4.0101466471</v>
       </c>
       <c r="C247" s="5">
-        <v>-3.0599514699999553E-2</v>
+        <v>-3.0599505299999663E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>-8.7181932103249427</v>
+        <v>-8.7181908921538103</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>4.0403297029000003</v>
+        <v>4.0403295492</v>
       </c>
       <c r="C248" s="5">
-        <v>3.0182944599999928E-2</v>
+        <v>3.0182902099999964E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>9.4154057554907578</v>
+        <v>9.4153922162650403</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>4.1034910282999997</v>
+        <v>4.1034910667000002</v>
       </c>
       <c r="C249" s="5">
-        <v>6.3161325399999413E-2</v>
+        <v>6.3161517500000208E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>20.459257956083277</v>
+        <v>20.459326472369543</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>4.1044493661999999</v>
+        <v>4.1044494600999997</v>
       </c>
       <c r="C250" s="5">
-        <v>9.5833790000021679E-4</v>
+        <v>9.5839339999947981E-4</v>
       </c>
       <c r="D250" s="5">
-        <v>0.28061077346013263</v>
+        <v>0.28062704265798821</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>4.0763628568000003</v>
+        <v>4.0763628638</v>
       </c>
       <c r="C251" s="5">
-        <v>-2.8086509399999571E-2</v>
+        <v>-2.8086596299999655E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>-7.909421903907865</v>
+        <v>-7.9094452879805761</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>4.0922174229000001</v>
+        <v>4.0922173284000003</v>
       </c>
       <c r="C252" s="5">
-        <v>1.5854566099999801E-2</v>
+        <v>1.5854464600000284E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>4.7684146933629323</v>
+        <v>4.7683835019264098</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>4.0722636998999997</v>
+        <v>4.0722640766999998</v>
       </c>
       <c r="C253" s="5">
-        <v>-1.9953723000000423E-2</v>
+        <v>-1.9953251700000507E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>-5.6968248741251726</v>
+        <v>-5.6966940329057465</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>4.0806588446000003</v>
+        <v>4.0806592133999997</v>
       </c>
       <c r="C254" s="5">
-        <v>8.3951447000005786E-3</v>
+        <v>8.3951366999999166E-3</v>
       </c>
       <c r="D254" s="5">
-        <v>2.5020943721420164</v>
+        <v>2.5020917265712539</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>4.1875714682999998</v>
+        <v>4.1875718403000004</v>
       </c>
       <c r="C255" s="5">
-        <v>0.10691262369999954</v>
+        <v>0.1069126269000007</v>
       </c>
       <c r="D255" s="5">
-        <v>36.390251368248428</v>
+        <v>36.390248842425251</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>4.1877066914999999</v>
+        <v>4.1877064225999998</v>
       </c>
       <c r="C256" s="5">
-        <v>1.3522320000003418E-4</v>
+        <v>1.3458229999940841E-4</v>
       </c>
       <c r="D256" s="5">
-        <v>3.8756750464319367E-2</v>
+        <v>3.8573024183352622E-2</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>4.2025445146999996</v>
+        <v>4.2025441890000002</v>
       </c>
       <c r="C257" s="5">
-        <v>1.4837823199999711E-2</v>
+        <v>1.4837766400000341E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>4.3356669914951018</v>
+        <v>4.3356503534076163</v>
       </c>
       <c r="E257" s="5">
-        <v>4.9884966192129454</v>
+        <v>4.9884908299724584</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>4.2489082946999996</v>
+        <v>4.2489076579000002</v>
       </c>
       <c r="C258" s="5">
-        <v>4.6363780000000077E-2</v>
+        <v>4.6363468900000093E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>14.072359455433192</v>
+        <v>14.072260386185675</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>4.2137681712999999</v>
+        <v>4.2137680071999997</v>
       </c>
       <c r="C259" s="5">
-        <v>-3.5140123399999723E-2</v>
+        <v>-3.513965070000058E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>-9.4852475417608986</v>
+        <v>-9.4851270520225022</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>4.2461897714000001</v>
+        <v>4.2461896756000002</v>
       </c>
       <c r="C260" s="5">
-        <v>3.242160010000017E-2</v>
+        <v>3.2421668400000492E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>9.633969152861166</v>
+        <v>9.6339907056247611</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>4.2945304014000003</v>
+        <v>4.2945304362999996</v>
       </c>
       <c r="C261" s="5">
-        <v>4.8340630000000218E-2</v>
+        <v>4.8340760699999485E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>14.550075597566646</v>
+        <v>14.550117781353844</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>4.2948917303999998</v>
+        <v>4.2948916019999999</v>
       </c>
       <c r="C262" s="5">
-        <v>3.6132899999952173E-4</v>
+        <v>3.6116570000022108E-4</v>
       </c>
       <c r="D262" s="5">
-        <v>0.10101116147789302</v>
+        <v>0.10096548828342211</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>4.3679973107999999</v>
+        <v>4.3679970004999999</v>
       </c>
       <c r="C263" s="5">
-        <v>7.3105580400000036E-2</v>
+        <v>7.3105398500000085E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>22.450822135669668</v>
+        <v>22.450761679104538</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>4.5037482633000003</v>
+        <v>4.5037484835999999</v>
       </c>
       <c r="C264" s="5">
-        <v>0.13575095250000047</v>
+        <v>0.13575148309999996</v>
       </c>
       <c r="D264" s="5">
-        <v>44.377974290247124</v>
+        <v>44.37818211538913</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>4.4807347350000004</v>
+        <v>4.4807357044999998</v>
       </c>
       <c r="C265" s="5">
-        <v>-2.3013528299999919E-2</v>
+        <v>-2.3012779100000103E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>-5.9624047003854042</v>
+        <v>-5.9622157343597548</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>4.4883247329999998</v>
+        <v>4.4883257951999997</v>
       </c>
       <c r="C266" s="5">
-        <v>7.5899979999993761E-3</v>
+        <v>7.5900906999999407E-3</v>
       </c>
       <c r="D266" s="5">
-        <v>2.0517469153644718</v>
+        <v>2.0517717600940788</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>4.3774121565000002</v>
+        <v>4.3774124405999997</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.11091257649999964</v>
+        <v>-0.11091335460000007</v>
       </c>
       <c r="D267" s="5">
-        <v>-25.93755832267146</v>
+        <v>-25.937710971490201</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>4.4786698362999999</v>
+        <v>4.4786698893999999</v>
       </c>
       <c r="C268" s="5">
-        <v>0.10125767979999978</v>
+        <v>0.1012574488000002</v>
       </c>
       <c r="D268" s="5">
-        <v>31.576793273666205</v>
+        <v>31.576709519550427</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>4.3991224079000002</v>
+        <v>4.3991216087999998</v>
       </c>
       <c r="C269" s="5">
-        <v>-7.9547428399999731E-2</v>
+        <v>-7.9548280600000076E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>-19.350071682475601</v>
+        <v>-19.350258957278179</v>
       </c>
       <c r="E269" s="5">
-        <v>4.677592170942968</v>
+        <v>4.6775812688545582</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>4.4536355961999998</v>
+        <v>4.4536343647000001</v>
       </c>
       <c r="C270" s="5">
-        <v>5.4513188299999626E-2</v>
+        <v>5.4512755900000265E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>15.926732252824571</v>
+        <v>15.926600283088789</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>4.4147597552000004</v>
+        <v>4.4147595302999996</v>
       </c>
       <c r="C271" s="5">
-        <v>-3.8875840999999411E-2</v>
+        <v>-3.8874834400000502E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>-9.9862727706821914</v>
+        <v>-9.9860291144082574</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>4.5484265339999999</v>
+        <v>4.5484264508000001</v>
       </c>
       <c r="C272" s="5">
-        <v>0.13366677879999944</v>
+        <v>0.13366692050000051</v>
       </c>
       <c r="D272" s="5">
-        <v>43.037303445605104</v>
+        <v>43.037359488851791</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>4.5955059900000004</v>
+        <v>4.5955058513000004</v>
       </c>
       <c r="C273" s="5">
-        <v>4.7079456000000519E-2</v>
+        <v>4.7079400500000368E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>13.152935563759026</v>
+        <v>13.152919419614427</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>4.5915298553000001</v>
+        <v>4.5915294129999999</v>
       </c>
       <c r="C274" s="5">
-        <v>-3.9761347000002445E-3</v>
+        <v>-3.9764383000004955E-3</v>
       </c>
       <c r="D274" s="5">
-        <v>-1.0333402716557027</v>
+        <v>-1.0334188288567359</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>4.5570649633000002</v>
+        <v>4.5570642343000003</v>
       </c>
       <c r="C275" s="5">
-        <v>-3.4464891999999914E-2</v>
+        <v>-3.4465178699999655E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>-8.6447130802120853</v>
+        <v>-8.6447828484140565</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>4.5116116538000002</v>
+        <v>4.5116121370000002</v>
       </c>
       <c r="C276" s="5">
-        <v>-4.5453309500000039E-2</v>
+        <v>-4.5452097300000105E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>-11.333843929903399</v>
+        <v>-11.333559765614421</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>4.5865564143000004</v>
+        <v>4.5865580961000001</v>
       </c>
       <c r="C277" s="5">
-        <v>7.4944760500000207E-2</v>
+        <v>7.4945959099999904E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>21.859771211264633</v>
+        <v>21.860150798483179</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>4.5990473039999999</v>
+        <v>4.5990494175999999</v>
       </c>
       <c r="C278" s="5">
-        <v>1.2490889699999563E-2</v>
+        <v>1.2491321499999763E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>3.3174414949288966</v>
+        <v>3.3175566646950205</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>4.5689456248000004</v>
+        <v>4.5689464378000002</v>
       </c>
       <c r="C279" s="5">
-        <v>-3.0101679199999509E-2</v>
+        <v>-3.0102979799999652E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>-7.5775758589390563</v>
+        <v>-7.5778882088162085</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>4.5786469159000003</v>
+        <v>4.5786476713999997</v>
       </c>
       <c r="C280" s="5">
-        <v>9.7012910999998425E-3</v>
+        <v>9.7012335999995258E-3</v>
       </c>
       <c r="D280" s="5">
-        <v>2.5779402021102404</v>
+        <v>2.5779242795752833</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>4.5970089845000004</v>
+        <v>4.5970079182000001</v>
       </c>
       <c r="C281" s="5">
-        <v>1.8362068600000114E-2</v>
+        <v>1.8360246800000368E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>4.9200242120980509</v>
+        <v>4.9195244243237735</v>
       </c>
       <c r="E281" s="5">
-        <v>4.4983193976287916</v>
+        <v>4.4983141408082128</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>4.5510130129000004</v>
+        <v>4.5510108515000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-4.5995971600000018E-2</v>
+        <v>-4.5997066700000033E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>-11.367561683357719</v>
+        <v>-11.367820105545023</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>4.6080337558000002</v>
+        <v>4.6080327961999998</v>
       </c>
       <c r="C283" s="5">
-        <v>5.702074289999981E-2</v>
+        <v>5.7021944699999771E-2</v>
       </c>
       <c r="D283" s="5">
-        <v>16.115686501016647</v>
+        <v>16.116058093616601</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>4.5439860277999999</v>
+        <v>4.5439847522000001</v>
       </c>
       <c r="C284" s="5">
-        <v>-6.4047728000000248E-2</v>
+        <v>-6.4048043999999749E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>-15.461210327423592</v>
+        <v>-15.461283853525709</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>4.6008325480999996</v>
+        <v>4.6008309403999998</v>
       </c>
       <c r="C285" s="5">
-        <v>5.6846520299999703E-2</v>
+        <v>5.6846188199999759E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>16.089589636003289</v>
+        <v>16.089493912166052</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>4.6896228603000001</v>
+        <v>4.6896211580999996</v>
       </c>
       <c r="C286" s="5">
-        <v>8.8790312200000443E-2</v>
+        <v>8.8790217699999729E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>25.781825653885026</v>
+        <v>25.781805224602273</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>4.7525570757000004</v>
+        <v>4.7525561460999999</v>
       </c>
       <c r="C287" s="5">
-        <v>6.2934215400000326E-2</v>
+        <v>6.2934988000000303E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>17.347293361668314</v>
+        <v>17.347529049296529</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>4.6162644307000003</v>
+        <v>4.6162664601000003</v>
       </c>
       <c r="C288" s="5">
-        <v>-0.13629264500000016</v>
+        <v>-0.13628968599999958</v>
       </c>
       <c r="D288" s="5">
-        <v>-29.472247429481225</v>
+        <v>-29.471709820256798</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>4.592476027</v>
+        <v>4.5924802617999996</v>
       </c>
       <c r="C289" s="5">
-        <v>-2.3788403700000238E-2</v>
+        <v>-2.3786198300000727E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>-6.0115179128194747</v>
+        <v>-6.010973721210167</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>4.6059528625999997</v>
+        <v>4.6059578484000001</v>
       </c>
       <c r="C290" s="5">
-        <v>1.3476835599999681E-2</v>
+        <v>1.3477586600000535E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>3.5788520777084498</v>
+        <v>3.5790513863514173</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>4.5614001732</v>
+        <v>4.5614027996999997</v>
       </c>
       <c r="C291" s="5">
-        <v>-4.4552689399999679E-2</v>
+        <v>-4.4555048700000377E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>-11.009380986807848</v>
+        <v>-11.009922039176445</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>4.4759615775999997</v>
+        <v>4.4759640462999997</v>
       </c>
       <c r="C292" s="5">
-        <v>-8.5438595600000333E-2</v>
+        <v>-8.5438753400000067E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>-20.30004040931318</v>
+        <v>-20.300063615132501</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>4.4879901325000002</v>
+        <v>4.4879880991999999</v>
       </c>
       <c r="C293" s="5">
-        <v>1.2028554900000543E-2</v>
+        <v>1.2024052900000193E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>3.2729357384928548</v>
+        <v>3.2716907703240095</v>
       </c>
       <c r="E293" s="5">
-        <v>-2.3715170531009466</v>
+        <v>-2.3715386386083948</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>4.6547480795</v>
+        <v>4.6547426022999998</v>
       </c>
       <c r="C294" s="5">
-        <v>0.1667579469999998</v>
+        <v>0.16675450309999995</v>
       </c>
       <c r="D294" s="5">
-        <v>54.928550033923187</v>
+        <v>54.927204693583562</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>4.5028640151000001</v>
+        <v>4.5028602262000001</v>
       </c>
       <c r="C295" s="5">
-        <v>-0.15188406439999991</v>
+        <v>-0.15188237609999966</v>
       </c>
       <c r="D295" s="5">
-        <v>-32.839827581646055</v>
+        <v>-32.839557396488416</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>4.6440956053000004</v>
+        <v>4.6440900977000004</v>
       </c>
       <c r="C296" s="5">
-        <v>0.14123159020000031</v>
+        <v>0.14122987150000021</v>
       </c>
       <c r="D296" s="5">
-        <v>44.859786660988398</v>
+        <v>44.859187822176459</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>4.6159737764999997</v>
+        <v>4.6159692583999998</v>
       </c>
       <c r="C297" s="5">
-        <v>-2.8121828800000692E-2</v>
+        <v>-2.8120839300000533E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>-7.0292842972523362</v>
+        <v>-7.0290532021113901</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>4.5918729521000001</v>
+        <v>4.5918592034000003</v>
       </c>
       <c r="C298" s="5">
-        <v>-2.410082439999961E-2</v>
+        <v>-2.411005499999952E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>-6.0885887274807811</v>
+        <v>-6.0908598667347764</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>4.5504376974999996</v>
+        <v>4.5504400861000001</v>
       </c>
       <c r="C299" s="5">
-        <v>-4.1435254600000526E-2</v>
+        <v>-4.1419117300000252E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>-10.306760695795303</v>
+        <v>-10.302972986639569</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>4.5145641430000003</v>
+        <v>4.5145725103999998</v>
       </c>
       <c r="C300" s="5">
-        <v>-3.5873554499999294E-2</v>
+        <v>-3.5867575700000209E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>-9.0606462980103544</v>
+        <v>-9.0591965252283639</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>4.4929846659999999</v>
+        <v>4.4929972367</v>
       </c>
       <c r="C301" s="5">
-        <v>-2.1579477000000402E-2</v>
+        <v>-2.1575273699999897E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>-5.5875424504621236</v>
+        <v>-5.5864724588278953</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>4.5049230724999996</v>
+        <v>4.5049368189000001</v>
       </c>
       <c r="C302" s="5">
-        <v>1.1938406499999665E-2</v>
+        <v>1.1939582200000132E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>3.2355590389355093</v>
+        <v>3.2358731635975468</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>4.6589909852</v>
+        <v>4.6590018001000004</v>
       </c>
       <c r="C303" s="5">
-        <v>0.15406791270000042</v>
+        <v>0.15406498120000034</v>
       </c>
       <c r="D303" s="5">
-        <v>49.711061867678552</v>
+        <v>49.709750191309944</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>4.6836401598000004</v>
+        <v>4.6836484333000001</v>
       </c>
       <c r="C304" s="5">
-        <v>2.4649174600000379E-2</v>
+        <v>2.4646633199999712E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>6.5368404678564307</v>
+        <v>6.5361311552893042</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>4.6877208925999998</v>
+        <v>4.6877184947000003</v>
       </c>
       <c r="C305" s="5">
-        <v>4.0807327999994314E-3</v>
+        <v>4.0700614000002133E-3</v>
       </c>
       <c r="D305" s="5">
-        <v>1.0505532770326065</v>
+        <v>1.0477910036949423</v>
       </c>
       <c r="E305" s="5">
-        <v>4.4503386639297426</v>
+        <v>4.4503325562651019</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>4.5508181909000003</v>
+        <v>4.5508010146000002</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.13690270169999952</v>
+        <v>-0.13691748010000016</v>
       </c>
       <c r="D306" s="5">
-        <v>-29.929877798784897</v>
+        <v>-29.932621252179771</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>4.5003843223000004</v>
+        <v>4.5003712465000003</v>
       </c>
       <c r="C307" s="5">
-        <v>-5.0433868599999876E-2</v>
+        <v>-5.0429768099999883E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>-12.517454336202272</v>
+        <v>-12.516542220938298</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>4.4350296671000002</v>
+        <v>4.4350104941000001</v>
       </c>
       <c r="C308" s="5">
-        <v>-6.5354655200000167E-2</v>
+        <v>-6.5360752400000166E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>-16.099777151905691</v>
+        <v>-16.101204385881797</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>4.3219477398999997</v>
+        <v>4.3219265194999998</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.11308192720000054</v>
+        <v>-0.1130839746000003</v>
       </c>
       <c r="D309" s="5">
-        <v>-26.650732238242036</v>
+        <v>-26.651248764254433</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>4.2964564857000003</v>
+        <v>4.2964159923</v>
       </c>
       <c r="C310" s="5">
-        <v>-2.5491254199999425E-2</v>
+        <v>-2.55105271999998E-2</v>
       </c>
       <c r="D310" s="5">
-        <v>-6.8525698771698229</v>
+        <v>-6.8576164156492814</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>4.2523226529000002</v>
+        <v>4.2523704278999999</v>
       </c>
       <c r="C311" s="5">
-        <v>-4.413383280000005E-2</v>
+        <v>-4.4045564400000181E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-11.653467544738271</v>
+        <v>-11.631562111640081</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>4.2094764170000003</v>
+        <v>4.2094744945000002</v>
       </c>
       <c r="C312" s="5">
-        <v>-4.2846235899999918E-2</v>
+        <v>-4.2895933399999642E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>-11.44309101231633</v>
+        <v>-11.455514690412583</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>4.1922108317999998</v>
+        <v>4.1922200898000002</v>
       </c>
       <c r="C313" s="5">
-        <v>-1.7265585200000544E-2</v>
+        <v>-1.7254404700000059E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>-4.812390619555396</v>
+        <v>-4.8093463722154395</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>4.1035864538000002</v>
+        <v>4.1036723021999997</v>
       </c>
       <c r="C314" s="5">
-        <v>-8.862437799999956E-2</v>
+        <v>-8.8547787600000483E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>-22.61698246156223</v>
+        <v>-22.599604863035381</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>4.0618356762000003</v>
+        <v>4.0618466179999997</v>
       </c>
       <c r="C315" s="5">
-        <v>-4.17507775999999E-2</v>
+        <v>-4.1825684199999991E-2</v>
       </c>
       <c r="D315" s="5">
-        <v>-11.548511160766061</v>
+        <v>-11.567854778854269</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>3.9934574884999998</v>
+        <v>3.9934644339999998</v>
       </c>
       <c r="C316" s="5">
-        <v>-6.8378187700000481E-2</v>
+        <v>-6.8382183999999846E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>-18.431854284326487</v>
+        <v>-18.43278864354777</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>3.9924847955999998</v>
+        <v>3.9924770751000001</v>
       </c>
       <c r="C317" s="5">
-        <v>-9.7269290000001618E-4</v>
+        <v>-9.8735889999979065E-4</v>
       </c>
       <c r="D317" s="5">
-        <v>-0.29189469969049808</v>
+        <v>-0.29628931123183433</v>
       </c>
       <c r="E317" s="5">
-        <v>-14.831004510048674</v>
+        <v>-14.83112564003256</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>3.9452232283000002</v>
+        <v>3.945187239</v>
       </c>
       <c r="C318" s="5">
-        <v>-4.7261567299999641E-2</v>
+        <v>-4.7289836100000038E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>-13.31584369695179</v>
+        <v>-13.323320952676454</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>3.9050020769999998</v>
+        <v>3.9049660274</v>
       </c>
       <c r="C319" s="5">
-        <v>-4.0221151300000368E-2</v>
+        <v>-4.0221211600000029E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>-11.570686596454472</v>
+        <v>-11.57080268745756</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>3.8214521745000001</v>
+        <v>3.8214018826</v>
       </c>
       <c r="C320" s="5">
-        <v>-8.3549902499999718E-2</v>
+        <v>-8.3564144799999962E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>-22.858884517365684</v>
+        <v>-22.862521307917316</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>3.8287555489999998</v>
+        <v>3.828699834</v>
       </c>
       <c r="C321" s="5">
-        <v>7.3033744999997374E-3</v>
+        <v>7.2979514000000023E-3</v>
       </c>
       <c r="D321" s="5">
-        <v>2.3176426758928725</v>
+        <v>2.3159344001966176</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>3.7993685338000001</v>
+        <v>3.7992896802999998</v>
       </c>
       <c r="C322" s="5">
-        <v>-2.9387015199999755E-2</v>
+        <v>-2.9410153700000219E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>-8.8313784668814677</v>
+        <v>-8.8381641725570397</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>3.750027615</v>
+        <v>3.7501598115000001</v>
       </c>
       <c r="C323" s="5">
-        <v>-4.9340918800000022E-2</v>
+        <v>-4.9129868799999699E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>-14.517634589948747</v>
+        <v>-14.460164868851066</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>3.7995140932</v>
+        <v>3.7994929685000001</v>
       </c>
       <c r="C324" s="5">
-        <v>4.9486478199999961E-2</v>
+        <v>4.9333156999999961E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>17.036985318107423</v>
+        <v>16.979682064583535</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>3.7881014766000001</v>
+        <v>3.788100536</v>
       </c>
       <c r="C325" s="5">
-        <v>-1.1412616599999925E-2</v>
+        <v>-1.1392432500000105E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>-3.5454905050695373</v>
+        <v>-3.5393424289457687</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>3.7989495778000002</v>
+        <v>3.7991564244</v>
       </c>
       <c r="C326" s="5">
-        <v>1.0848101200000126E-2</v>
+        <v>1.1055888400000047E-2</v>
       </c>
       <c r="D326" s="5">
-        <v>3.4911227320266747</v>
+        <v>3.5590706255378857</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>3.7667250871000002</v>
+        <v>3.7667346578999998</v>
       </c>
       <c r="C327" s="5">
-        <v>-3.2224490699999997E-2</v>
+        <v>-3.2421766500000171E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>-9.7172576224051177</v>
+        <v>-9.7734747122443224</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>3.8120407694999998</v>
+        <v>3.8120544060000001</v>
       </c>
       <c r="C328" s="5">
-        <v>4.5315682399999613E-2</v>
+        <v>4.5319748100000279E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>15.431236068978915</v>
+        <v>15.432671581208556</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>3.8073067587999998</v>
+        <v>3.8072982076000002</v>
       </c>
       <c r="C329" s="5">
-        <v>-4.7340107000000131E-3</v>
+        <v>-4.7561983999999669E-3</v>
       </c>
       <c r="D329" s="5">
-        <v>-1.480092207137651</v>
+        <v>-1.4869763931536828</v>
       </c>
       <c r="E329" s="5">
-        <v>-4.6381651097101013</v>
+        <v>-4.6381948854486987</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>3.8417025846000001</v>
+        <v>3.8416353624999999</v>
       </c>
       <c r="C330" s="5">
-        <v>3.4395825800000335E-2</v>
+        <v>3.4337154899999778E-2</v>
       </c>
       <c r="D330" s="5">
-        <v>11.396216333182263</v>
+        <v>11.375829816755401</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>3.8019079186</v>
+        <v>3.8018265963000002</v>
       </c>
       <c r="C331" s="5">
-        <v>-3.9794666000000145E-2</v>
+        <v>-3.9808766199999734E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>-11.746029706607331</v>
+        <v>-11.750151365020878</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>3.9080264171999999</v>
+        <v>3.9079457963999999</v>
       </c>
       <c r="C332" s="5">
-        <v>0.10611849859999989</v>
+        <v>0.10611920009999976</v>
       </c>
       <c r="D332" s="5">
-        <v>39.146010673439193</v>
+        <v>39.147280256027116</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>3.9298987164999999</v>
+        <v>3.9297115640000002</v>
       </c>
       <c r="C333" s="5">
-        <v>2.1872299300000009E-2</v>
+        <v>2.1765767600000263E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>6.9267587894038751</v>
+        <v>6.8921276908763263</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>3.9999776231999999</v>
+        <v>3.9998271017000002</v>
       </c>
       <c r="C334" s="5">
-        <v>7.0078906700000054E-2</v>
+        <v>7.0115537700000008E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>23.627318596591262</v>
+        <v>23.642143739611576</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>3.9438743239999998</v>
+        <v>3.9441900898000002</v>
       </c>
       <c r="C335" s="5">
-        <v>-5.6103299200000123E-2</v>
+        <v>-5.5637011900000033E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>-15.591522861256236</v>
+        <v>-15.472227234907121</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>3.8911928164999998</v>
+        <v>3.8911620673999998</v>
       </c>
       <c r="C336" s="5">
-        <v>-5.2681507500000002E-2</v>
+        <v>-5.3028022400000374E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>-14.902615587669388</v>
+        <v>-14.992394199876458</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>3.8846829939999998</v>
+        <v>3.8846608597999999</v>
       </c>
       <c r="C337" s="5">
-        <v>-6.5098224999999843E-3</v>
+        <v>-6.5012075999999475E-3</v>
       </c>
       <c r="D337" s="5">
-        <v>-1.9891863796189679</v>
+        <v>-1.9865936482638125</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>3.8972545466000001</v>
+        <v>3.8976169159</v>
       </c>
       <c r="C338" s="5">
-        <v>1.2571552600000313E-2</v>
+        <v>1.2956056100000168E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>3.9532941072395911</v>
+        <v>4.0764570679500345</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>3.8752850833000001</v>
+        <v>3.8753023569999998</v>
       </c>
       <c r="C339" s="5">
-        <v>-2.1969463300000047E-2</v>
+        <v>-2.2314558900000225E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>-6.5587560459993144</v>
+        <v>-6.6579591941225207</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>3.8237287756999998</v>
+        <v>3.8237643446999998</v>
       </c>
       <c r="C340" s="5">
-        <v>-5.1556307600000295E-2</v>
+        <v>-5.1538012299999991E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>-14.846780512394931</v>
+        <v>-14.841829823861019</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>3.8184785097999998</v>
+        <v>3.8184938996</v>
       </c>
       <c r="C341" s="5">
-        <v>-5.2502658999999952E-3</v>
+        <v>-5.2704450999998542E-3</v>
       </c>
       <c r="D341" s="5">
-        <v>-1.6353034142038592</v>
+        <v>-1.641525916782105</v>
       </c>
       <c r="E341" s="5">
-        <v>0.29342923246671315</v>
+        <v>0.29405871012813112</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>3.7383647543</v>
+        <v>3.7383035359000001</v>
       </c>
       <c r="C342" s="5">
-        <v>-8.0113755499999773E-2</v>
+        <v>-8.0190363699999878E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>-22.465342563242395</v>
+        <v>-22.484326482985274</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>3.8001766262999999</v>
+        <v>3.8000803421999998</v>
       </c>
       <c r="C343" s="5">
-        <v>6.1811871999999823E-2</v>
+        <v>6.1776806299999709E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>21.748973287398776</v>
+        <v>21.735881767834275</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>3.7915937372999999</v>
+        <v>3.791298303</v>
       </c>
       <c r="C344" s="5">
-        <v>-8.5828889999999269E-3</v>
+        <v>-8.7820391999997582E-3</v>
       </c>
       <c r="D344" s="5">
-        <v>-2.6768452853775715</v>
+        <v>-2.7382378464565149</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>3.8300113007999999</v>
+        <v>3.8297406379000001</v>
       </c>
       <c r="C345" s="5">
-        <v>3.8417563499999918E-2</v>
+        <v>3.8442334900000041E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>12.859753573714228</v>
+        <v>12.869572555322971</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>3.7998653682999999</v>
+        <v>3.7996687335999999</v>
       </c>
       <c r="C346" s="5">
-        <v>-3.0145932499999972E-2</v>
+        <v>-3.0071904300000174E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>-9.0468279653118095</v>
+        <v>-9.0261730941363254</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>3.8408282954000001</v>
+        <v>3.8412907373</v>
       </c>
       <c r="C347" s="5">
-        <v>4.0962927100000268E-2</v>
+        <v>4.1622003700000132E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>13.731350036448164</v>
+        <v>13.966530220790974</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>3.9793722099000002</v>
+        <v>3.9793632149999998</v>
       </c>
       <c r="C348" s="5">
-        <v>0.13854391450000003</v>
+        <v>0.13807247769999975</v>
       </c>
       <c r="D348" s="5">
-        <v>52.994579180977986</v>
+        <v>52.769558689640661</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>4.0823666317000002</v>
+        <v>4.0824167061000001</v>
       </c>
       <c r="C349" s="5">
-        <v>0.10299442180000007</v>
+        <v>0.10305349110000028</v>
       </c>
       <c r="D349" s="5">
-        <v>35.884310095044292</v>
+        <v>35.907998965680889</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>4.0015692164000001</v>
+        <v>4.0020275977999997</v>
       </c>
       <c r="C350" s="5">
-        <v>-8.0797415300000175E-2</v>
+        <v>-8.0389108300000345E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>-21.328046390103992</v>
+        <v>-21.231430281878371</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>3.9909467606</v>
+        <v>3.9910209473</v>
       </c>
       <c r="C351" s="5">
-        <v>-1.0622455800000097E-2</v>
+        <v>-1.1006650499999715E-2</v>
       </c>
       <c r="D351" s="5">
-        <v>-3.1393875616772315</v>
+        <v>-3.2508548165254947</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>4.0389915315999998</v>
+        <v>4.0390364036999999</v>
       </c>
       <c r="C352" s="5">
-        <v>4.804477099999982E-2</v>
+        <v>4.8015456399999934E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>15.44206838301303</v>
+        <v>15.431708281477663</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>4.0333330589000003</v>
+        <v>4.0334059678000003</v>
       </c>
       <c r="C353" s="5">
-        <v>-5.6584726999995283E-3</v>
+        <v>-5.6304358999996751E-3</v>
       </c>
       <c r="D353" s="5">
-        <v>-1.6682606392792176</v>
+        <v>-1.6600396548448915</v>
       </c>
       <c r="E353" s="5">
-        <v>5.6267057297450629</v>
+        <v>5.6281893817484718</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>4.0284411936</v>
+        <v>4.0283749937</v>
       </c>
       <c r="C354" s="5">
-        <v>-4.8918653000002976E-3</v>
+        <v>-5.0309741000003072E-3</v>
       </c>
       <c r="D354" s="5">
-        <v>-1.4457614598932689</v>
+        <v>-1.4865659252815022</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>3.9942091392000001</v>
+        <v>3.9940598409999999</v>
       </c>
       <c r="C355" s="5">
-        <v>-3.4232054399999878E-2</v>
+        <v>-3.4315152700000073E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>-9.7337764699173981</v>
+        <v>-9.7564623192749949</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>4.0777557069999997</v>
+        <v>4.0771546955</v>
       </c>
       <c r="C356" s="5">
-        <v>8.3546567799999583E-2</v>
+        <v>8.3094854500000093E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>28.199059140687833</v>
+        <v>28.029918346552552</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>4.0295703810000001</v>
+        <v>4.0289607304999997</v>
       </c>
       <c r="C357" s="5">
-        <v>-4.8185325999999584E-2</v>
+        <v>-4.8193965000000283E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>-13.293731372694662</v>
+        <v>-13.297796349423386</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>4.1047294679000004</v>
+        <v>4.1043770401000002</v>
       </c>
       <c r="C358" s="5">
-        <v>7.5159086900000283E-2</v>
+        <v>7.5416309600000453E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>24.827284415934649</v>
+        <v>24.925351735425938</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>4.1357434342000001</v>
+        <v>4.1366953252999998</v>
       </c>
       <c r="C359" s="5">
-        <v>3.1013966299999751E-2</v>
+        <v>3.2318285199999686E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>9.4532337746643602</v>
+        <v>9.8690659762449062</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>4.0705974552999997</v>
+        <v>4.0705446331999999</v>
       </c>
       <c r="C360" s="5">
-        <v>-6.5145978900000401E-2</v>
+        <v>-6.6150692099999908E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>-17.347724640629501</v>
+        <v>-17.588498506127547</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>3.9848949550000001</v>
+        <v>3.9849542716999999</v>
       </c>
       <c r="C361" s="5">
-        <v>-8.5702500299999596E-2</v>
+        <v>-8.559036149999999E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>-22.535156252171106</v>
+        <v>-22.509252148665947</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>4.0006586765999996</v>
+        <v>4.0015082874000001</v>
       </c>
       <c r="C362" s="5">
-        <v>1.5763721599999503E-2</v>
+        <v>1.6554015700000146E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>4.8516993878359838</v>
+        <v>5.1004420539385809</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>3.9906073000000002</v>
+        <v>3.9907272048000002</v>
       </c>
       <c r="C363" s="5">
-        <v>-1.005137659999944E-2</v>
+        <v>-1.0781082599999881E-2</v>
       </c>
       <c r="D363" s="5">
-        <v>-2.973602230916661</v>
+        <v>-3.1856238811948212</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>3.9477948369</v>
+        <v>3.9478888075</v>
       </c>
       <c r="C364" s="5">
-        <v>-4.2812463100000198E-2</v>
+        <v>-4.2838397300000164E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>-12.140852585664652</v>
+        <v>-12.14743468277767</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>3.9374707622999998</v>
+        <v>3.9376706861000002</v>
       </c>
       <c r="C365" s="5">
-        <v>-1.0324074600000177E-2</v>
+        <v>-1.0218121399999891E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-3.093433387043143</v>
+        <v>-3.0620650562910967</v>
       </c>
       <c r="E365" s="5">
-        <v>-2.3767513170892096</v>
+        <v>-2.3735592812696327</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>4.2192199364</v>
+        <v>4.2192951314</v>
       </c>
       <c r="C366" s="5">
-        <v>0.28174917410000022</v>
+        <v>0.28162444529999986</v>
       </c>
       <c r="D366" s="5">
-        <v>129.18061009486303</v>
+        <v>129.09000578700324</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>4.0967177881000003</v>
+        <v>4.0967017684</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.12250214829999972</v>
+        <v>-0.12259336300000001</v>
       </c>
       <c r="D367" s="5">
-        <v>-29.782300546439622</v>
+        <v>-29.800610011903039</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>3.9694400716999998</v>
+        <v>3.9682987297999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.12727771640000052</v>
+        <v>-0.12840303860000013</v>
       </c>
       <c r="D368" s="5">
-        <v>-31.527146935635475</v>
+        <v>-31.759829416626673</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>3.7294866</v>
+        <v>3.7280750876000002</v>
       </c>
       <c r="C369" s="5">
-        <v>-0.23995347169999981</v>
+        <v>-0.2402236421999997</v>
       </c>
       <c r="D369" s="5">
-        <v>-52.680775591041936</v>
+        <v>-52.732403943969494</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>3.8077412422000001</v>
+        <v>3.8072495814999998</v>
       </c>
       <c r="C370" s="5">
-        <v>7.8254642200000113E-2</v>
+        <v>7.9174493899999643E-2</v>
       </c>
       <c r="D370" s="5">
-        <v>28.29818782596465</v>
+        <v>28.68275787634229</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>3.6451636696</v>
+        <v>3.646600158</v>
       </c>
       <c r="C371" s="5">
-        <v>-0.16257757260000005</v>
+        <v>-0.16064942349999978</v>
       </c>
       <c r="D371" s="5">
-        <v>-40.762699045077191</v>
+        <v>-40.389661757912265</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>3.4719433874000001</v>
+        <v>3.4719714737</v>
       </c>
       <c r="C372" s="5">
-        <v>-0.17322028219999996</v>
+        <v>-0.1746286843</v>
       </c>
       <c r="D372" s="5">
-        <v>-44.247130664751033</v>
+        <v>-44.504723193489106</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>3.4904318230000002</v>
+        <v>3.4905042693000001</v>
       </c>
       <c r="C373" s="5">
-        <v>1.848843560000013E-2</v>
+        <v>1.8532795600000096E-2</v>
       </c>
       <c r="D373" s="5">
-        <v>6.5806326343054611</v>
+        <v>6.5968332655414796</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>3.5023657923</v>
+        <v>3.5034142523999998</v>
       </c>
       <c r="C374" s="5">
-        <v>1.1933969299999792E-2</v>
+        <v>1.2909983099999689E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>4.1809024543122852</v>
+        <v>4.5297294921551101</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>3.5923541974000002</v>
+        <v>3.5926545888999999</v>
       </c>
       <c r="C375" s="5">
-        <v>8.9988405100000168E-2</v>
+        <v>8.9240336500000073E-2</v>
       </c>
       <c r="D375" s="5">
-        <v>35.585040790769519</v>
+        <v>35.234551631753263</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>3.6482290704000002</v>
+        <v>3.6485125829</v>
       </c>
       <c r="C376" s="5">
-        <v>5.5874873000000047E-2</v>
+        <v>5.5857994000000133E-2</v>
       </c>
       <c r="D376" s="5">
-        <v>20.347033556951445</v>
+        <v>20.338503413129949</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>3.6335031398000002</v>
+        <v>3.6338877861999999</v>
       </c>
       <c r="C377" s="5">
-        <v>-1.4725930600000048E-2</v>
+        <v>-1.4624796700000164E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>-4.7376519005606248</v>
+        <v>-4.705471316871634</v>
       </c>
       <c r="E377" s="5">
-        <v>-7.7198699584106301</v>
+        <v>-7.7147868401579611</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>3.6070390040999998</v>
+        <v>3.6071930798</v>
       </c>
       <c r="C378" s="5">
-        <v>-2.6464135700000391E-2</v>
+        <v>-2.6694706399999824E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>-8.39828929723142</v>
+        <v>-8.4676689571385957</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>3.5980352492000001</v>
+        <v>3.5979960091000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-9.0037548999997163E-3</v>
+        <v>-9.1970706999999763E-3</v>
       </c>
       <c r="D379" s="5">
-        <v>-2.9546116020968682</v>
+        <v>-3.0170348818562176</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>3.6779948567999998</v>
+        <v>3.6763859770999998</v>
       </c>
       <c r="C380" s="5">
-        <v>7.995960759999976E-2</v>
+        <v>7.8389967999999755E-2</v>
       </c>
       <c r="D380" s="5">
-        <v>30.18125275204082</v>
+        <v>29.516495105506358</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>3.6248841243999999</v>
+        <v>3.6220162116000001</v>
       </c>
       <c r="C381" s="5">
-        <v>-5.3110732399999971E-2</v>
+        <v>-5.4369765499999723E-2</v>
       </c>
       <c r="D381" s="5">
-        <v>-16.016082885106965</v>
+        <v>-16.372046891519986</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>3.6085874481000002</v>
+        <v>3.6076933085</v>
       </c>
       <c r="C382" s="5">
-        <v>-1.6296676299999646E-2</v>
+        <v>-1.4322903100000062E-2</v>
       </c>
       <c r="D382" s="5">
-        <v>-5.2635139348001569</v>
+        <v>-4.6434230172783479</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>3.6466335583</v>
+        <v>3.6491750496000002</v>
       </c>
       <c r="C383" s="5">
-        <v>3.8046110199999816E-2</v>
+        <v>4.1481741100000136E-2</v>
       </c>
       <c r="D383" s="5">
-        <v>13.411914351553023</v>
+        <v>14.704651861429641</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>3.7731424481000002</v>
+        <v>3.7731834256000001</v>
       </c>
       <c r="C384" s="5">
-        <v>0.12650888980000019</v>
+        <v>0.12400837599999992</v>
       </c>
       <c r="D384" s="5">
-        <v>50.568084999045638</v>
+        <v>49.333985142652459</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>3.7931898627999998</v>
+        <v>3.7932668836999999</v>
       </c>
       <c r="C385" s="5">
-        <v>2.0047414699999599E-2</v>
+        <v>2.0083458099999785E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>6.5654828095593309</v>
+        <v>6.5775611006858803</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>3.8009637759000001</v>
+        <v>3.8024840079</v>
       </c>
       <c r="C386" s="5">
-        <v>7.773913100000307E-3</v>
+        <v>9.217124200000093E-3</v>
       </c>
       <c r="D386" s="5">
-        <v>2.4872389768168857</v>
+        <v>2.955122638892993</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>3.5930857311</v>
+        <v>3.5937108062999998</v>
       </c>
       <c r="C387" s="5">
-        <v>-0.20787804480000016</v>
+        <v>-0.20877320160000012</v>
       </c>
       <c r="D387" s="5">
-        <v>-49.0802588868507</v>
+        <v>-49.21812266222647</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>3.6394213816000001</v>
+        <v>3.6400852109000001</v>
       </c>
       <c r="C388" s="5">
-        <v>4.6335650500000103E-2</v>
+        <v>4.6374404600000307E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>16.621104854029479</v>
+        <v>16.632905716801027</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>3.7226903277000001</v>
+        <v>3.7234269383999998</v>
       </c>
       <c r="C389" s="5">
-        <v>8.3268946100000019E-2</v>
+        <v>8.3341727499999685E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>31.188215322504355</v>
+        <v>31.212568065632329</v>
       </c>
       <c r="E389" s="5">
-        <v>2.4545785284475929</v>
+        <v>2.4640043245152565</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>3.8086643159000002</v>
+        <v>3.8091051236000002</v>
       </c>
       <c r="C390" s="5">
-        <v>8.5973988200000129E-2</v>
+        <v>8.5678185200000367E-2</v>
       </c>
       <c r="D390" s="5">
-        <v>31.519283018916845</v>
+        <v>31.389743255242486</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>3.8080936318999998</v>
+        <v>3.8082586247000001</v>
       </c>
       <c r="C391" s="5">
-        <v>-5.7068400000037656E-4</v>
+        <v>-8.464989000001033E-4</v>
       </c>
       <c r="D391" s="5">
-        <v>-0.1796579211781002</v>
+        <v>-0.26635075405185837</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>3.7870660970999999</v>
+        <v>3.7850283263</v>
       </c>
       <c r="C392" s="5">
-        <v>-2.102753479999997E-2</v>
+        <v>-2.3230298400000127E-2</v>
       </c>
       <c r="D392" s="5">
-        <v>-6.4285835189604175</v>
+        <v>-7.0793163742534411</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>3.9241854246000001</v>
+        <v>3.9176690203</v>
       </c>
       <c r="C393" s="5">
-        <v>0.13711932750000022</v>
+        <v>0.132640694</v>
       </c>
       <c r="D393" s="5">
-        <v>53.23558238284658</v>
+        <v>51.18311870875425</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>3.9087341053000002</v>
+        <v>3.9065821462999999</v>
       </c>
       <c r="C394" s="5">
-        <v>-1.5451319299999877E-2</v>
+        <v>-1.108687400000008E-2</v>
       </c>
       <c r="D394" s="5">
-        <v>-4.6239583344586226</v>
+        <v>-3.343598335661524</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>3.9438481037000002</v>
+        <v>3.9483844359</v>
       </c>
       <c r="C395" s="5">
-        <v>3.5113998399999957E-2</v>
+        <v>4.1802289600000098E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>11.329079862786728</v>
+        <v>13.623887565244308</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>3.9726847987</v>
+        <v>3.9732895867</v>
       </c>
       <c r="C396" s="5">
-        <v>2.8836694999999857E-2</v>
+        <v>2.4905150799999998E-2</v>
       </c>
       <c r="D396" s="5">
-        <v>9.1357769631317254</v>
+        <v>7.8374111029912985</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>3.9886609651999998</v>
+        <v>3.9891389069000001</v>
       </c>
       <c r="C397" s="5">
-        <v>1.5976166499999778E-2</v>
+        <v>1.5849320200000072E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>4.9339867109520208</v>
+        <v>4.8931873894555222</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>4.1963285722999997</v>
+        <v>4.1984684851000003</v>
       </c>
       <c r="C398" s="5">
-        <v>0.20766760709999987</v>
+        <v>0.2093295782000002</v>
       </c>
       <c r="D398" s="5">
-        <v>83.868933517391639</v>
+        <v>84.731458890696572</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>4.0918720404000002</v>
+        <v>4.0932910272000003</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.10445653189999948</v>
+        <v>-0.10517745789999999</v>
       </c>
       <c r="D399" s="5">
-        <v>-26.102338262516579</v>
+        <v>-26.246826791963251</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>4.0346129388999996</v>
+        <v>4.0360818292999996</v>
       </c>
       <c r="C400" s="5">
-        <v>-5.7259101500000575E-2</v>
+        <v>-5.7209197900000675E-2</v>
       </c>
       <c r="D400" s="5">
-        <v>-15.558100562718257</v>
+        <v>-15.54058457488453</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>4.1177894570999998</v>
+        <v>4.1192208603999996</v>
       </c>
       <c r="C401" s="5">
-        <v>8.317651820000016E-2</v>
+        <v>8.3139031099999983E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>27.745945348164859</v>
+        <v>27.720727953172553</v>
       </c>
       <c r="E401" s="5">
-        <v>10.613268755129157</v>
+        <v>10.629829147932114</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>4.0114495629000002</v>
+        <v>4.0121355336000004</v>
       </c>
       <c r="C402" s="5">
-        <v>-0.10633989419999956</v>
+        <v>-0.10708532679999916</v>
       </c>
       <c r="D402" s="5">
-        <v>-26.94559890811561</v>
+        <v>-27.100221697435188</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>4.0153506001999997</v>
+        <v>4.0151820293</v>
       </c>
       <c r="C403" s="5">
-        <v>3.9010372999994658E-3</v>
+        <v>3.0464956999995962E-3</v>
       </c>
       <c r="D403" s="5">
-        <v>1.1732328202688214</v>
+        <v>0.91499927484244292</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>4.103585453</v>
+        <v>4.1004654774000002</v>
       </c>
       <c r="C404" s="5">
-        <v>8.8234852800000318E-2</v>
+        <v>8.5283448100000214E-2</v>
       </c>
       <c r="D404" s="5">
-        <v>29.801621869766471</v>
+        <v>28.687110990888588</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>4.0207231843000004</v>
+        <v>4.0109924438000002</v>
       </c>
       <c r="C405" s="5">
-        <v>-8.2862268699999575E-2</v>
+        <v>-8.9473033600000029E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>-21.713241599024226</v>
+        <v>-23.25957362374368</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>4.1087485173999996</v>
+        <v>4.1038488749999997</v>
       </c>
       <c r="C406" s="5">
-        <v>8.8025333099999159E-2</v>
+        <v>9.2856431199999534E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>29.677501598439203</v>
+        <v>31.605544742755388</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>4.0352788168</v>
+        <v>4.0431330843</v>
       </c>
       <c r="C407" s="5">
-        <v>-7.3469700599999577E-2</v>
+        <v>-6.0715790699999772E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>-19.468118373471743</v>
+        <v>-16.378081089561626</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>3.983707683</v>
+        <v>3.9849438805999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-5.1571133800000002E-2</v>
+        <v>-5.8189203700000025E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>-14.3027299387526</v>
+        <v>-15.966960255337714</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>4.0918883362000003</v>
+        <v>4.0927923767000003</v>
       </c>
       <c r="C409" s="5">
-        <v>0.10818065320000025</v>
+        <v>0.10784849610000036</v>
       </c>
       <c r="D409" s="5">
-        <v>37.92269227701874</v>
+        <v>37.774882874960269</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>4.0913376587999997</v>
+        <v>4.0941189630999997</v>
       </c>
       <c r="C410" s="5">
-        <v>-5.5067740000058762E-4</v>
+        <v>1.3265863999993854E-3</v>
       </c>
       <c r="D410" s="5">
-        <v>-0.16137390024942855</v>
+        <v>0.38964708930167014</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>4.0859393201999996</v>
+        <v>4.0881529762</v>
       </c>
       <c r="C411" s="5">
-        <v>-5.3983386000000522E-3</v>
+        <v>-5.9659868999997201E-3</v>
       </c>
       <c r="D411" s="5">
-        <v>-1.5719068127071134</v>
+        <v>-1.7347038002762383</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>4.1264760661000004</v>
+        <v>4.1288991606999996</v>
       </c>
       <c r="C412" s="5">
-        <v>4.0536745900000781E-2</v>
+        <v>4.0746184499999671E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>12.576829598610018</v>
+        <v>12.638187683831958</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>4.1102029265000004</v>
+        <v>4.1124109846000003</v>
       </c>
       <c r="C413" s="5">
-        <v>-1.6273139599999986E-2</v>
+        <v>-1.6488176099999308E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>-4.6310055591529125</v>
+        <v>-4.6881694988749834</v>
       </c>
       <c r="E413" s="5">
-        <v>-0.18423794317405928</v>
+        <v>-0.16531951140240642</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>4.1185461084000003</v>
+        <v>4.1196762069000004</v>
       </c>
       <c r="C414" s="5">
-        <v>8.3431818999999408E-3</v>
+        <v>7.2652223000000404E-3</v>
       </c>
       <c r="D414" s="5">
-        <v>2.4632245832179267</v>
+        <v>2.1407100842429028</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>4.1250058330000003</v>
+        <v>4.1247232568000003</v>
       </c>
       <c r="C415" s="5">
-        <v>6.4597245999999942E-3</v>
+        <v>5.0470498999999336E-3</v>
       </c>
       <c r="D415" s="5">
-        <v>1.8984587388650276</v>
+        <v>1.4800765144320271</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>4.1134067517000004</v>
+        <v>4.1095576708000001</v>
       </c>
       <c r="C416" s="5">
-        <v>-1.159908129999998E-2</v>
+        <v>-1.5165586000000175E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>-3.3225749138662497</v>
+        <v>-4.3239651878604901</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>4.2197079197000003</v>
+        <v>4.2048930548000003</v>
       </c>
       <c r="C417" s="5">
-        <v>0.10630116799999989</v>
+        <v>9.533538400000019E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>35.821590700199991</v>
+        <v>31.679601195804707</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>4.2050561879000004</v>
+        <v>4.1975768935</v>
       </c>
       <c r="C418" s="5">
-        <v>-1.4651731799999901E-2</v>
+        <v>-7.3161613000003456E-3</v>
       </c>
       <c r="D418" s="5">
-        <v>-4.0880000150128044</v>
+        <v>-2.068034563388832</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>4.3253107142999996</v>
+        <v>4.3366811048000002</v>
       </c>
       <c r="C419" s="5">
-        <v>0.12025452639999923</v>
+        <v>0.13910421130000028</v>
       </c>
       <c r="D419" s="5">
-        <v>40.263959315550643</v>
+        <v>47.878803024945469</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>4.1888963963999997</v>
+        <v>4.1912560533000001</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.13641431789999992</v>
+        <v>-0.14542505150000018</v>
       </c>
       <c r="D420" s="5">
-        <v>-31.924992605003432</v>
+        <v>-33.588930972882494</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>4.1897002985</v>
+        <v>4.1912828809000002</v>
       </c>
       <c r="C421" s="5">
-        <v>8.0390210000036433E-4</v>
+        <v>2.6827600000167706E-5</v>
       </c>
       <c r="D421" s="5">
-        <v>0.23053838563211748</v>
+        <v>7.6812900389633398E-3</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>4.1881284404999999</v>
+        <v>4.1914698709999998</v>
       </c>
       <c r="C422" s="5">
-        <v>-1.5718580000001481E-3</v>
+        <v>1.8699009999956218E-4</v>
       </c>
       <c r="D422" s="5">
-        <v>-0.44927851561034071</v>
+        <v>5.3549997532975624E-2</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>4.2135764372000004</v>
+        <v>4.2166727369999997</v>
       </c>
       <c r="C423" s="5">
-        <v>2.544799670000053E-2</v>
+        <v>2.5202865999999879E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>7.5401446261909921</v>
+        <v>7.458943736082424</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>4.2413016004999999</v>
+        <v>4.2446737053000003</v>
       </c>
       <c r="C424" s="5">
-        <v>2.7725163299999522E-2</v>
+        <v>2.800096830000065E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>8.188065671214261</v>
+        <v>8.2662213584002266</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>4.2255637607000001</v>
+        <v>4.2285802656999998</v>
       </c>
       <c r="C425" s="5">
-        <v>-1.5737839799999875E-2</v>
+        <v>-1.6093439600000536E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>-4.3629801443746397</v>
+        <v>-4.4560455394508924</v>
       </c>
       <c r="E425" s="5">
-        <v>2.806694371614249</v>
+        <v>2.8248460947854159</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>4.2782329578000002</v>
+        <v>4.2797579342000001</v>
       </c>
       <c r="C426" s="5">
-        <v>5.2669197100000176E-2</v>
+        <v>5.1177668500000273E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>16.026512087512401</v>
+        <v>15.530199943036415</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>4.2916095144000002</v>
+        <v>4.2909204770000002</v>
       </c>
       <c r="C427" s="5">
-        <v>1.3376556599999923E-2</v>
+        <v>1.1162542800000175E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>3.8171840778052024</v>
+        <v>3.1751530612669887</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>4.2834023015999998</v>
+        <v>4.2784989936000004</v>
       </c>
       <c r="C428" s="5">
-        <v>-8.207212800000363E-3</v>
+        <v>-1.2421483399999822E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>-2.2708784392827086</v>
+        <v>-3.4190174432505716</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>4.3124755463</v>
+        <v>4.2820204331999996</v>
       </c>
       <c r="C429" s="5">
-        <v>2.9073244700000167E-2</v>
+        <v>3.5214395999991766E-3</v>
       </c>
       <c r="D429" s="5">
-        <v>8.4559435180166176</v>
+        <v>0.99214914769514273</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>4.3172229311999999</v>
+        <v>4.2701090246</v>
       </c>
       <c r="C430" s="5">
-        <v>4.7473848999999291E-3</v>
+        <v>-1.1911408599999618E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>1.3290466978061577</v>
+        <v>-3.2874712816897023</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>4.3224594127999998</v>
+        <v>4.2157930416999996</v>
       </c>
       <c r="C431" s="5">
-        <v>5.2364815999998982E-3</v>
+        <v>-5.4315982900000392E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>1.4652631364977076</v>
+        <v>-14.240186235173102</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>4.3334084123999999</v>
+        <v>4.2210085212999999</v>
       </c>
       <c r="C432" s="5">
-        <v>1.0948999600000064E-2</v>
+        <v>5.21547960000035E-3</v>
       </c>
       <c r="D432" s="5">
-        <v>3.0823656952518652</v>
+        <v>1.4946977267687123</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>4.3411609349000004</v>
+        <v>4.2065122193000004</v>
       </c>
       <c r="C433" s="5">
-        <v>7.7525225000005804E-3</v>
+        <v>-1.4496301999999517E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>2.1680654038267244</v>
+        <v>-4.0442264281851825</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>4.0949869824</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.11152523690000038</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-27.562334025051026</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>4.1204457470999998</v>
+      </c>
+      <c r="C435" s="5">
+        <v>2.5458764699999747E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>7.7209306932800592</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>4.1152285874999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-5.2171595999999099E-3</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-1.5088602652537531</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">