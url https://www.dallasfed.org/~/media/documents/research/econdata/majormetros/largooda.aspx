--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C2F830E4-D73B-4CE5-8400-B849C51ACF17}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{2BB0BE46-2672-4BF3-A6D4-F8A08DA9A402}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7E66F915-00B3-4E7E-85AA-9E74306F2DCE}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{03DE5CD9-AE39-48FD-8A9F-D4F52F99C4C1}"/>
   </bookViews>
   <sheets>
     <sheet name="largooda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Goods Producing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C2924E7A-0E1B-4458-BB56-C666EFC9E862}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EBDCF550-DAF0-4140-BF0A-2EF9BCA2DC47}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>4.2157930416999996</v>
       </c>
       <c r="C431" s="5">
         <v>-5.4315982900000392E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-14.240186235173102</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>4.2210085212999999</v>
       </c>
       <c r="C432" s="5">
         <v>5.21547960000035E-3</v>
       </c>
       <c r="D432" s="5">
         <v>1.4946977267687123</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>4.2065122193000004</v>
       </c>
       <c r="C433" s="5">
         <v>-1.4496301999999517E-2</v>
       </c>
       <c r="D433" s="5">
         <v>-4.0442264281851825</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>4.0949869824</v>
       </c>
       <c r="C434" s="5">
         <v>-0.11152523690000038</v>
       </c>
       <c r="D434" s="5">
         <v>-27.562334025051026</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>4.1204457470999998</v>
       </c>
       <c r="C435" s="5">
         <v>2.5458764699999747E-2</v>
       </c>
       <c r="D435" s="5">
         <v>7.7209306932800592</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>4.1152285874999999</v>
+        <v>4.1160176353000004</v>
       </c>
       <c r="C436" s="5">
-        <v>-5.2171595999999099E-3</v>
+        <v>-4.4281117999993569E-3</v>
       </c>
       <c r="D436" s="5">
-        <v>-1.5088602652537531</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.2820066001789643</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>4.1193749182000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>3.3572828999997029E-3</v>
+      </c>
+      <c r="D437" s="5">
+        <v>0.98319846558641011</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-2.5825534964019847</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>