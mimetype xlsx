--- v0 (2025-10-07)
+++ v1 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9D983FAD-5A70-4362-AC8B-1A5569E7F650}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A3E215C4-2D32-4BDF-BE98-12A1E493BE74}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{8207FB7F-833D-4657-BCB0-CB71B83E5050}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CD8A6DA1-6066-4BE1-A6B9-D43176250317}"/>
   </bookViews>
   <sheets>
     <sheet name="largovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Government Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B6417B4F-42B7-4E84-B01A-29ABE2FF56A2}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E0042C3D-8300-4E09-9ED1-A2547D5FD881}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -1011,85 +1010,85 @@
         <v>5.9248975599999198E-2</v>
       </c>
       <c r="D7" s="5">
         <v>7.5827726190327294</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
         <v>9.8077662205999996</v>
       </c>
       <c r="C8" s="5">
         <v>5.0592584600000379E-2</v>
       </c>
       <c r="D8" s="5">
         <v>6.4027520570784757</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>9.8403509107999998</v>
+        <v>9.8403509106999998</v>
       </c>
       <c r="C9" s="5">
-        <v>3.258469020000021E-2</v>
+        <v>3.2584690100000202E-2</v>
       </c>
       <c r="D9" s="5">
-        <v>4.0604657055987925</v>
+        <v>4.0604656929088767</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>9.9608490243999999</v>
+        <v>9.9608490242999999</v>
       </c>
       <c r="C10" s="5">
         <v>0.12049811360000007</v>
       </c>
       <c r="D10" s="5">
-        <v>15.725552062445658</v>
+        <v>15.725552062616565</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
         <v>10.112188243</v>
       </c>
       <c r="C11" s="5">
-        <v>0.15133921860000044</v>
+        <v>0.15133921870000044</v>
       </c>
       <c r="D11" s="5">
-        <v>19.835490038795854</v>
+        <v>19.83549005323264</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
         <v>10.100304754</v>
       </c>
       <c r="C12" s="5">
         <v>-1.188348900000058E-2</v>
       </c>
       <c r="D12" s="5">
         <v>-1.401118844034277</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
         <v>10.24951639</v>
       </c>
       <c r="C13" s="5">
         <v>0.14921163600000042</v>
@@ -1179,71 +1178,71 @@
         <v>4.9179117000001327E-2</v>
       </c>
       <c r="D19" s="5">
         <v>5.7669989502241226</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
         <v>10.598929108</v>
       </c>
       <c r="C20" s="5">
         <v>4.8787905999999381E-2</v>
       </c>
       <c r="D20" s="5">
         <v>5.6925999714682929</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>10.626660177</v>
+        <v>10.626660176</v>
       </c>
       <c r="C21" s="5">
-        <v>2.7731068999999664E-2</v>
+        <v>2.7731067999999581E-2</v>
       </c>
       <c r="D21" s="5">
-        <v>3.1852605861613092</v>
+        <v>3.1852604696408271</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
         <v>10.836586710000001</v>
       </c>
       <c r="C22" s="5">
-        <v>0.20992653300000086</v>
+        <v>0.20992653400000094</v>
       </c>
       <c r="D22" s="5">
-        <v>26.458670403218719</v>
+        <v>26.45867054602029</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
         <v>10.923977598</v>
       </c>
       <c r="C23" s="5">
         <v>8.7390887999999833E-2</v>
       </c>
       <c r="D23" s="5">
         <v>10.118296804018323</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
         <v>11.024398714</v>
       </c>
       <c r="C24" s="5">
         <v>0.1004211159999997</v>
@@ -1277,5844 +1276,5871 @@
         <v>-6.5492624000000887E-2</v>
       </c>
       <c r="D26" s="5">
         <v>-6.8705657156069577</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
         <v>10.921967647000001</v>
       </c>
       <c r="C27" s="5">
         <v>-8.6519017999998837E-2</v>
       </c>
       <c r="D27" s="5">
         <v>-9.0339827049428223</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>11.089201059000001</v>
+        <v>11.089201060000001</v>
       </c>
       <c r="C28" s="5">
-        <v>0.16723341199999986</v>
+        <v>0.16723341299999994</v>
       </c>
       <c r="D28" s="5">
-        <v>20.003099773740928</v>
+        <v>20.003099903600585</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
         <v>10.946917506</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.1422835530000004</v>
+        <v>-0.14228355400000048</v>
       </c>
       <c r="D29" s="5">
-        <v>-14.355584299913648</v>
+        <v>-14.355584392592391</v>
       </c>
       <c r="E29" s="5">
         <v>4.7727103946332505</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>11.202552075</v>
+        <v>11.202552076</v>
       </c>
       <c r="C30" s="5">
-        <v>0.2556345689999997</v>
+        <v>0.25563456999999978</v>
       </c>
       <c r="D30" s="5">
-        <v>31.917226802537723</v>
+        <v>31.917226943845268</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
         <v>11.043459263000001</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.15909281199999903</v>
+        <v>-0.15909281299999911</v>
       </c>
       <c r="D31" s="5">
-        <v>-15.771717502806059</v>
+        <v>-15.771717593030022</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>11.086022162000001</v>
+        <v>11.086022161000001</v>
       </c>
       <c r="C32" s="5">
-        <v>4.2562898999999987E-2</v>
+        <v>4.2562897999999905E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>4.7242617518152175</v>
+        <v>4.7242616384570502</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
         <v>11.015229095</v>
       </c>
       <c r="C33" s="5">
-        <v>-7.079306700000032E-2</v>
+        <v>-7.0793066000000238E-2</v>
       </c>
       <c r="D33" s="5">
-        <v>-7.3994642936435095</v>
+        <v>-7.3994641934086225</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>11.12083988</v>
+        <v>11.120839878</v>
       </c>
       <c r="C34" s="5">
-        <v>0.10561078499999965</v>
+        <v>0.10561078299999949</v>
       </c>
       <c r="D34" s="5">
-        <v>12.131761413138564</v>
+        <v>12.131761171145916</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
         <v>11.036277924</v>
       </c>
       <c r="C35" s="5">
-        <v>-8.4561955999999938E-2</v>
+        <v>-8.4561953999999773E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>-8.7526015176543339</v>
+        <v>-8.7526013207322677</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
         <v>11.15419704</v>
       </c>
       <c r="C36" s="5">
         <v>0.11791911599999949</v>
       </c>
       <c r="D36" s="5">
         <v>13.602581603242081</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>11.104926894</v>
+        <v>11.104926896</v>
       </c>
       <c r="C37" s="5">
-        <v>-4.9270145999999571E-2</v>
+        <v>-4.9270143999999405E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>-5.1737227264481707</v>
+        <v>-5.1737225215092497</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>11.225472066</v>
+        <v>11.225472067</v>
       </c>
       <c r="C38" s="5">
-        <v>0.12054517199999992</v>
+        <v>0.12054517099999984</v>
       </c>
       <c r="D38" s="5">
-        <v>13.832668222597878</v>
+        <v>13.832668098269284</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>11.708461246000001</v>
+        <v>11.708461247000001</v>
       </c>
       <c r="C39" s="5">
         <v>0.48298918000000057</v>
       </c>
       <c r="D39" s="5">
-        <v>65.783960959710726</v>
+        <v>65.783960952400022</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>11.676444309000001</v>
+        <v>11.676444310000001</v>
       </c>
       <c r="C40" s="5">
         <v>-3.2016936999999857E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>-3.2325105368443574</v>
+        <v>-3.2325105365723639</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
         <v>11.542703565</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.13374074400000069</v>
+        <v>-0.13374074500000077</v>
       </c>
       <c r="D41" s="5">
-        <v>-12.911028501834387</v>
+        <v>-12.911028591336537</v>
       </c>
       <c r="E41" s="5">
         <v>5.4425006735772774</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>11.494489059999999</v>
+        <v>11.494489060999999</v>
       </c>
       <c r="C42" s="5">
-        <v>-4.8214505000000685E-2</v>
+        <v>-4.8214504000000602E-2</v>
       </c>
       <c r="D42" s="5">
-        <v>-4.8988987333533851</v>
+        <v>-4.8988986340698819</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>11.635769098000001</v>
+        <v>11.635769097000001</v>
       </c>
       <c r="C43" s="5">
-        <v>0.14128003800000144</v>
+        <v>0.14128003600000127</v>
       </c>
       <c r="D43" s="5">
-        <v>15.788406790406849</v>
+        <v>15.788406550113333</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>11.670453176000001</v>
+        <v>11.670453174</v>
       </c>
       <c r="C44" s="5">
-        <v>3.468407799999973E-2</v>
+        <v>3.4684076999999647E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>3.6362076195583182</v>
+        <v>3.6362075133133498</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>11.895488429</v>
+        <v>11.895488427</v>
       </c>
       <c r="C45" s="5">
         <v>0.22503525299999971</v>
       </c>
       <c r="D45" s="5">
-        <v>25.757733252999437</v>
+        <v>25.757733257891857</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>11.91058007</v>
+        <v>11.910580065</v>
       </c>
       <c r="C46" s="5">
-        <v>1.5091640999999711E-2</v>
+        <v>1.5091637999999463E-2</v>
       </c>
       <c r="D46" s="5">
-        <v>1.5330915165276071</v>
+        <v>1.5330912099008609</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>11.621796296999999</v>
+        <v>11.621796295999999</v>
       </c>
       <c r="C47" s="5">
-        <v>-0.28878377300000047</v>
+        <v>-0.28878376900000013</v>
       </c>
       <c r="D47" s="5">
-        <v>-25.512370839370469</v>
+        <v>-25.512370541047879</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>11.889460685</v>
+        <v>11.889460686</v>
       </c>
       <c r="C48" s="5">
-        <v>0.26766438800000003</v>
+        <v>0.2676643900000002</v>
       </c>
       <c r="D48" s="5">
-        <v>31.421601033821723</v>
+        <v>31.42160130216347</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>12.059060547</v>
+        <v>12.059060551</v>
       </c>
       <c r="C49" s="5">
-        <v>0.1695998620000001</v>
+        <v>0.16959986500000035</v>
       </c>
       <c r="D49" s="5">
-        <v>18.526605508242366</v>
+        <v>18.526605860398114</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>12.339606465999999</v>
+        <v>12.339606479</v>
       </c>
       <c r="C50" s="5">
-        <v>0.2805459189999997</v>
+        <v>0.28054592800000044</v>
       </c>
       <c r="D50" s="5">
-        <v>31.781365902539438</v>
+        <v>31.78136704400454</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>12.100990210999999</v>
+        <v>12.100990212999999</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.23861625500000017</v>
+        <v>-0.23861626600000108</v>
       </c>
       <c r="D51" s="5">
-        <v>-20.889304548350339</v>
+        <v>-20.889305391584166</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>12.279897012999999</v>
+        <v>12.279897013999999</v>
       </c>
       <c r="C52" s="5">
-        <v>0.1789068020000002</v>
+        <v>0.17890680100000012</v>
       </c>
       <c r="D52" s="5">
-        <v>19.25752147459945</v>
+        <v>19.257521354614383</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>12.246723598999999</v>
+        <v>12.246723596000001</v>
       </c>
       <c r="C53" s="5">
-        <v>-3.3173414000000179E-2</v>
+        <v>-3.3173417999998733E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>-3.193994613988782</v>
+        <v>-3.1939949931553469</v>
       </c>
       <c r="E53" s="5">
-        <v>6.0992646136624584</v>
+        <v>6.0992645876720264</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>12.290871377</v>
+        <v>12.290871371</v>
       </c>
       <c r="C54" s="5">
-        <v>4.4147778000001026E-2</v>
+        <v>4.4147774999999001E-2</v>
       </c>
       <c r="D54" s="5">
-        <v>4.4126436067323693</v>
+        <v>4.4126433020097222</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>12.215436565999999</v>
+        <v>12.215436558</v>
       </c>
       <c r="C55" s="5">
-        <v>-7.5434811000000934E-2</v>
+        <v>-7.5434812999999323E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>-7.1213643117068788</v>
+        <v>-7.121364497547777</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>12.227204958</v>
+        <v>12.227204950999999</v>
       </c>
       <c r="C56" s="5">
-        <v>1.176839200000046E-2</v>
+        <v>1.1768392999998767E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>1.162229447768981</v>
+        <v>1.1622295478164624</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>12.273882799000001</v>
+        <v>12.273882794</v>
       </c>
       <c r="C57" s="5">
-        <v>4.6677841000001052E-2</v>
+        <v>4.6677843000001218E-2</v>
       </c>
       <c r="D57" s="5">
-        <v>4.6784680837153925</v>
+        <v>4.6784682911355624</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>12.296477398</v>
+        <v>12.296477391</v>
       </c>
       <c r="C58" s="5">
-        <v>2.2594598999999604E-2</v>
+        <v>2.2594596999999439E-2</v>
       </c>
       <c r="D58" s="5">
-        <v>2.2315455519653637</v>
+        <v>2.231545353350195</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>12.692771102</v>
+        <v>12.692771103</v>
       </c>
       <c r="C59" s="5">
-        <v>0.39629370399999964</v>
+        <v>0.3962937120000003</v>
       </c>
       <c r="D59" s="5">
-        <v>46.321716713012819</v>
+        <v>46.321717850905195</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>12.654262722</v>
+        <v>12.654262728000001</v>
       </c>
       <c r="C60" s="5">
-        <v>-3.8508379999999676E-2</v>
+        <v>-3.8508374999999262E-2</v>
       </c>
       <c r="D60" s="5">
-        <v>-3.5805202114732482</v>
+        <v>-3.5805197540243028</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>12.829416918</v>
+        <v>12.829416931000001</v>
       </c>
       <c r="C61" s="5">
-        <v>0.17515419599999937</v>
+        <v>0.17515420299999995</v>
       </c>
       <c r="D61" s="5">
-        <v>17.934497707090969</v>
+        <v>17.934498470100625</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>12.753161792</v>
+        <v>12.753161824999999</v>
       </c>
       <c r="C62" s="5">
-        <v>-7.6255125999999507E-2</v>
+        <v>-7.6255106000001405E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>-6.9039169766357489</v>
+        <v>-6.9039152179048768</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>12.698082252000001</v>
+        <v>12.698082262</v>
       </c>
       <c r="C63" s="5">
-        <v>-5.5079539999999483E-2</v>
+        <v>-5.5079562999999609E-2</v>
       </c>
       <c r="D63" s="5">
-        <v>-5.061317977888935</v>
+        <v>-5.061320028647831</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>12.677437466000001</v>
+        <v>12.677437469999999</v>
       </c>
       <c r="C64" s="5">
-        <v>-2.0644786000000082E-2</v>
+        <v>-2.0644792000000578E-2</v>
       </c>
       <c r="D64" s="5">
-        <v>-1.9336315455995012</v>
+        <v>-1.9336321010466229</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>12.735736757</v>
+        <v>12.735736749000001</v>
       </c>
       <c r="C65" s="5">
-        <v>5.8299290999999087E-2</v>
+        <v>5.8299279000001647E-2</v>
       </c>
       <c r="D65" s="5">
-        <v>5.6601350823436869</v>
+        <v>5.6601338858381478</v>
       </c>
       <c r="E65" s="5">
-        <v>3.993012123176598</v>
+        <v>3.9930120833274962</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>12.890314283</v>
+        <v>12.890314263</v>
       </c>
       <c r="C66" s="5">
-        <v>0.15457752600000063</v>
+        <v>0.15457751399999964</v>
       </c>
       <c r="D66" s="5">
-        <v>15.57747134950025</v>
+        <v>15.577470068810761</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>12.877972475</v>
+        <v>12.877972446999999</v>
       </c>
       <c r="C67" s="5">
-        <v>-1.2341808000000398E-2</v>
+        <v>-1.234181600000106E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>-1.1429068221561534</v>
+        <v>-1.1429075608592076</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>12.958631155000001</v>
+        <v>12.958631125</v>
       </c>
       <c r="C68" s="5">
-        <v>8.0658680000000871E-2</v>
+        <v>8.0658678000000705E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>7.7803608035469818</v>
+        <v>7.7803606214359888</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>13.025203064999999</v>
+        <v>13.025203039000001</v>
       </c>
       <c r="C69" s="5">
-        <v>6.6571909999998624E-2</v>
+        <v>6.6571914000000731E-2</v>
       </c>
       <c r="D69" s="5">
-        <v>6.3419181662328628</v>
+        <v>6.341918573219596</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>13.070754203</v>
+        <v>13.070754183</v>
       </c>
       <c r="C70" s="5">
-        <v>4.5551138000000435E-2</v>
+        <v>4.5551143999999155E-2</v>
       </c>
       <c r="D70" s="5">
-        <v>4.2782514775315139</v>
+        <v>4.278252060651111</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>13.194615133999999</v>
+        <v>13.194615186</v>
       </c>
       <c r="C71" s="5">
-        <v>0.1238609309999994</v>
+        <v>0.12386100300000003</v>
       </c>
       <c r="D71" s="5">
-        <v>11.983220059061139</v>
+        <v>11.983227411165442</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>13.357295475000001</v>
+        <v>13.357295479999999</v>
       </c>
       <c r="C72" s="5">
-        <v>0.1626803410000015</v>
+        <v>0.16268029399999939</v>
       </c>
       <c r="D72" s="5">
-        <v>15.840833016781009</v>
+        <v>15.840828058782531</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>13.423796625</v>
+        <v>13.423796652</v>
       </c>
       <c r="C73" s="5">
-        <v>6.6501149999998788E-2</v>
+        <v>6.6501172000000608E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>6.1407053386580257</v>
+        <v>6.1407074237198156</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>13.593860081000001</v>
+        <v>13.593860150999999</v>
       </c>
       <c r="C74" s="5">
-        <v>0.17006345600000117</v>
+        <v>0.1700634989999994</v>
       </c>
       <c r="D74" s="5">
-        <v>16.307890806288029</v>
+        <v>16.307895186019984</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>13.583951066999999</v>
+        <v>13.583951105000001</v>
       </c>
       <c r="C75" s="5">
-        <v>-9.9090140000015481E-3</v>
+        <v>-9.9090459999988667E-3</v>
       </c>
       <c r="D75" s="5">
-        <v>-0.87122131018333437</v>
+        <v>-0.87122410795188454</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>13.649134945</v>
+        <v>13.649134974000001</v>
       </c>
       <c r="C76" s="5">
-        <v>6.5183878000000917E-2</v>
+        <v>6.5183869000000172E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>5.9127461733678111</v>
+        <v>5.9127453183441592</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>13.817609903999999</v>
+        <v>13.817609917</v>
       </c>
       <c r="C77" s="5">
-        <v>0.1684749589999992</v>
+        <v>0.16847494299999966</v>
       </c>
       <c r="D77" s="5">
-        <v>15.860020477029568</v>
+        <v>15.860018831101286</v>
       </c>
       <c r="E77" s="5">
-        <v>8.4947825763229901</v>
+        <v>8.4947827465493795</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>13.896192727000001</v>
+        <v>13.896192719</v>
       </c>
       <c r="C78" s="5">
-        <v>7.8582823000001412E-2</v>
+        <v>7.8582801999999674E-2</v>
       </c>
       <c r="D78" s="5">
-        <v>7.0421475280621149</v>
+        <v>7.0421455800757871</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>13.944386157</v>
+        <v>13.944385894</v>
       </c>
       <c r="C79" s="5">
-        <v>4.8193429999999537E-2</v>
+        <v>4.8193174999999755E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>4.2420317776999283</v>
+        <v>4.2420089049913567</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>13.987406764999999</v>
+        <v>13.987406734</v>
       </c>
       <c r="C80" s="5">
-        <v>4.3020607999999072E-2</v>
+        <v>4.3020840000000504E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>3.7656578995371781</v>
+        <v>3.7656786248918106</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>13.965396938</v>
+        <v>13.965396907000001</v>
       </c>
       <c r="C81" s="5">
         <v>-2.200982699999976E-2</v>
       </c>
       <c r="D81" s="5">
-        <v>-1.871998621415738</v>
+        <v>-1.8719986255287924</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>14.133572249</v>
+        <v>14.133572228</v>
       </c>
       <c r="C82" s="5">
-        <v>0.1681753110000006</v>
+        <v>0.16817532099999966</v>
       </c>
       <c r="D82" s="5">
-        <v>15.447334409447544</v>
+        <v>15.447335426236064</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>14.002229785999999</v>
+        <v>14.002229905</v>
       </c>
       <c r="C83" s="5">
-        <v>-0.13134246300000108</v>
+        <v>-0.13134232300000015</v>
       </c>
       <c r="D83" s="5">
-        <v>-10.598854054452723</v>
+        <v>-10.598843342974916</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>13.982237334000001</v>
+        <v>13.982237367</v>
       </c>
       <c r="C84" s="5">
-        <v>-1.9992451999998551E-2</v>
+        <v>-1.9992538000000337E-2</v>
       </c>
       <c r="D84" s="5">
-        <v>-1.6999747491465489</v>
+        <v>-1.6999819901336144</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>14.126055775999999</v>
+        <v>14.126055853</v>
       </c>
       <c r="C85" s="5">
-        <v>0.14381844199999883</v>
+        <v>0.14381848600000069</v>
       </c>
       <c r="D85" s="5">
-        <v>13.065723431321663</v>
+        <v>13.065727624860891</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>14.165417811999999</v>
+        <v>14.165417936000001</v>
       </c>
       <c r="C86" s="5">
-        <v>3.9362035999999989E-2</v>
+        <v>3.9362083000000325E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>3.3955061013270393</v>
+        <v>3.3955101992543479</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>14.182511831999999</v>
+        <v>14.18251193</v>
       </c>
       <c r="C87" s="5">
-        <v>1.7094020000000043E-2</v>
+        <v>1.7093993999999668E-2</v>
       </c>
       <c r="D87" s="5">
-        <v>1.4577415789990944</v>
+        <v>1.457739334192576</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>14.187849423999999</v>
+        <v>14.187849492</v>
       </c>
       <c r="C88" s="5">
-        <v>5.3375920000000576E-3</v>
+        <v>5.3375619999993518E-3</v>
       </c>
       <c r="D88" s="5">
-        <v>0.45255630523659551</v>
+        <v>0.4525537532375834</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>14.175538782</v>
+        <v>14.175538805</v>
       </c>
       <c r="C89" s="5">
-        <v>-1.2310641999999206E-2</v>
+        <v>-1.2310686999999376E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>-1.0362722021053705</v>
+        <v>-1.0362759670657362</v>
       </c>
       <c r="E89" s="5">
-        <v>2.5903819870930489</v>
+        <v>2.5903820570273517</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>14.189656352</v>
+        <v>14.189656319999999</v>
       </c>
       <c r="C90" s="5">
-        <v>1.4117569999999802E-2</v>
+        <v>1.4117514999998804E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>1.2016606872926827</v>
+        <v>1.20165597816424</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>14.306752627</v>
+        <v>14.306752073</v>
       </c>
       <c r="C91" s="5">
-        <v>0.11709627499999975</v>
+        <v>0.11709575300000097</v>
       </c>
       <c r="D91" s="5">
-        <v>10.364724321268826</v>
+        <v>10.364676024161756</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>14.332744552999999</v>
+        <v>14.332744465999999</v>
       </c>
       <c r="C92" s="5">
-        <v>2.5991925999999665E-2</v>
+        <v>2.5992392999999225E-2</v>
       </c>
       <c r="D92" s="5">
-        <v>2.2020276864359811</v>
+        <v>2.2020677328249638</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>14.402603838999999</v>
+        <v>14.402603756</v>
       </c>
       <c r="C93" s="5">
-        <v>6.9859285999999798E-2</v>
+        <v>6.9859290000000129E-2</v>
       </c>
       <c r="D93" s="5">
-        <v>6.0082957497454847</v>
+        <v>6.0082961404961832</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>14.391411602</v>
+        <v>14.391411544</v>
       </c>
       <c r="C94" s="5">
-        <v>-1.1192236999999494E-2</v>
+        <v>-1.1192211999999202E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>-0.92854248454496968</v>
+        <v>-0.92854042465267961</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>14.636041816000001</v>
+        <v>14.636041991999999</v>
       </c>
       <c r="C95" s="5">
-        <v>0.24463021400000073</v>
+        <v>0.24463044799999878</v>
       </c>
       <c r="D95" s="5">
-        <v>22.417347879232707</v>
+        <v>22.417371464587752</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>14.508785174</v>
+        <v>14.508785408</v>
       </c>
       <c r="C96" s="5">
-        <v>-0.12725664200000075</v>
+        <v>-0.12725658399999951</v>
       </c>
       <c r="D96" s="5">
-        <v>-9.9489244283493043</v>
+        <v>-9.948919994539974</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>14.344762878999999</v>
+        <v>14.344762994</v>
       </c>
       <c r="C97" s="5">
-        <v>-0.16402229500000054</v>
+        <v>-0.16402241399999973</v>
       </c>
       <c r="D97" s="5">
-        <v>-12.753526776243607</v>
+        <v>-12.753535268426985</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>14.577708697</v>
+        <v>14.577708865</v>
       </c>
       <c r="C98" s="5">
-        <v>0.23294581800000103</v>
+        <v>0.23294587100000008</v>
       </c>
       <c r="D98" s="5">
-        <v>21.32511917334028</v>
+        <v>21.325124280033503</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>14.571149984</v>
+        <v>14.571150386999999</v>
       </c>
       <c r="C99" s="5">
-        <v>-6.5587130000004379E-3</v>
+        <v>-6.5584780000005338E-3</v>
       </c>
       <c r="D99" s="5">
-        <v>-0.53856262964623314</v>
+        <v>-0.53854337437201361</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>14.630692084</v>
+        <v>14.630692203000001</v>
       </c>
       <c r="C100" s="5">
-        <v>5.954209999999982E-2</v>
+        <v>5.9541816000001191E-2</v>
       </c>
       <c r="D100" s="5">
-        <v>5.0152816459057226</v>
+        <v>5.0152570423345644</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>14.626484832999999</v>
+        <v>14.626484845</v>
       </c>
       <c r="C101" s="5">
-        <v>-4.2072510000004115E-3</v>
+        <v>-4.207358000000383E-3</v>
       </c>
       <c r="D101" s="5">
-        <v>-0.34453078514086188</v>
+        <v>-0.34453953069345511</v>
       </c>
       <c r="E101" s="5">
-        <v>3.181156342167446</v>
+        <v>3.1811562594075138</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>14.667856167</v>
+        <v>14.667855983000001</v>
       </c>
       <c r="C102" s="5">
-        <v>4.1371334000000815E-2</v>
+        <v>4.1371138000000585E-2</v>
       </c>
       <c r="D102" s="5">
-        <v>3.4475309670912946</v>
+        <v>3.4475143763430971</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>14.583342233</v>
+        <v>14.583340965</v>
       </c>
       <c r="C103" s="5">
-        <v>-8.451393400000029E-2</v>
+        <v>-8.4515018000001163E-2</v>
       </c>
       <c r="D103" s="5">
-        <v>-6.6992573449895287</v>
+        <v>-6.6993406484288975</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>14.703271837999999</v>
+        <v>14.703271793000001</v>
       </c>
       <c r="C104" s="5">
-        <v>0.11992960499999938</v>
+        <v>0.1199308280000011</v>
       </c>
       <c r="D104" s="5">
-        <v>10.32730961657311</v>
+        <v>10.327420678249343</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>14.754285785</v>
+        <v>14.754285734</v>
       </c>
       <c r="C105" s="5">
-        <v>5.1013947000001281E-2</v>
+        <v>5.1013940999999008E-2</v>
       </c>
       <c r="D105" s="5">
-        <v>4.2438532083152403</v>
+        <v>4.243852712848839</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>14.74108771</v>
+        <v>14.741087698999999</v>
       </c>
       <c r="C106" s="5">
-        <v>-1.3198075000000031E-2</v>
+        <v>-1.3198035000000274E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>-1.0681643599150248</v>
+        <v>-1.0681611421659576</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>15.084277353999999</v>
+        <v>15.084277553</v>
       </c>
       <c r="C107" s="5">
-        <v>0.34318964399999885</v>
+        <v>0.34318985400000024</v>
       </c>
       <c r="D107" s="5">
-        <v>31.807385856391758</v>
+        <v>31.807407903168627</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>15.031127162000001</v>
+        <v>15.031127674</v>
       </c>
       <c r="C108" s="5">
-        <v>-5.3150191999998597E-2</v>
+        <v>-5.3149878999999345E-2</v>
       </c>
       <c r="D108" s="5">
-        <v>-4.147272130173385</v>
+        <v>-4.1472481246942579</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>15.03797005</v>
+        <v>15.037970242</v>
       </c>
       <c r="C109" s="5">
-        <v>6.8428879999995473E-3</v>
+        <v>6.8425679999997158E-3</v>
       </c>
       <c r="D109" s="5">
-        <v>0.54766732586648548</v>
+        <v>0.54764163195855087</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>15.151101577</v>
+        <v>15.151102072</v>
       </c>
       <c r="C110" s="5">
-        <v>0.11313152700000018</v>
+        <v>0.11313183000000038</v>
       </c>
       <c r="D110" s="5">
-        <v>9.4107339783460873</v>
+        <v>9.4107601098479599</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>15.176558533</v>
+        <v>15.176559206</v>
       </c>
       <c r="C111" s="5">
-        <v>2.5456955999999309E-2</v>
+        <v>2.5457133999999826E-2</v>
       </c>
       <c r="D111" s="5">
-        <v>2.034983085583586</v>
+        <v>2.034997379231096</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>15.316016294000001</v>
+        <v>15.316016395</v>
       </c>
       <c r="C112" s="5">
-        <v>0.13945776100000096</v>
+        <v>0.13945718899999981</v>
       </c>
       <c r="D112" s="5">
-        <v>11.601548769645298</v>
+        <v>11.601498213754358</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>15.378649000999999</v>
+        <v>15.378648898</v>
       </c>
       <c r="C113" s="5">
-        <v>6.2632706999998788E-2</v>
+        <v>6.2632502999999673E-2</v>
       </c>
       <c r="D113" s="5">
-        <v>5.0191215459425509</v>
+        <v>5.0191047949721179</v>
       </c>
       <c r="E113" s="5">
-        <v>5.1424807572560516</v>
+        <v>5.1424799667920462</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>15.344892423999999</v>
+        <v>15.344891891</v>
       </c>
       <c r="C114" s="5">
-        <v>-3.3756577000000121E-2</v>
+        <v>-3.3757007000000172E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>-2.6024662518215114</v>
+        <v>-2.6024990207346166</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>15.435746355999999</v>
+        <v>15.435744549000001</v>
       </c>
       <c r="C115" s="5">
-        <v>9.0853931999999915E-2</v>
+        <v>9.0852658000001085E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>7.3409475304432092</v>
+        <v>7.3408414803211031</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>15.369428978</v>
+        <v>15.369428659</v>
       </c>
       <c r="C116" s="5">
-        <v>-6.6317377999999039E-2</v>
+        <v>-6.6315890000000266E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>-5.0355217172320943</v>
+        <v>-5.0354119643109314</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>15.323257319</v>
+        <v>15.323257035999999</v>
       </c>
       <c r="C117" s="5">
-        <v>-4.6171659000000531E-2</v>
+        <v>-4.6171623000001105E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>-3.5459769525264417</v>
+        <v>-3.5459743056389326</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>15.393584371999999</v>
+        <v>15.393584214000001</v>
       </c>
       <c r="C118" s="5">
-        <v>7.0327052999999751E-2</v>
+        <v>7.0327178000001211E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>5.6486474077671378</v>
+        <v>5.6486578094798512</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>15.264211996</v>
+        <v>15.264212083</v>
       </c>
       <c r="C119" s="5">
-        <v>-0.12937237599999918</v>
+        <v>-0.12937213100000022</v>
       </c>
       <c r="D119" s="5">
-        <v>-9.631808272669895</v>
+        <v>-9.6317909614238033</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>15.158776697</v>
+        <v>15.158778719000001</v>
       </c>
       <c r="C120" s="5">
-        <v>-0.10543529899999982</v>
+        <v>-0.10543336399999959</v>
       </c>
       <c r="D120" s="5">
-        <v>-7.9810663026946616</v>
+        <v>-7.9809253055188485</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>15.402744518</v>
+        <v>15.402745226</v>
       </c>
       <c r="C121" s="5">
-        <v>0.24396782100000003</v>
+        <v>0.24396650699999967</v>
       </c>
       <c r="D121" s="5">
-        <v>21.117661736333517</v>
+        <v>21.117534675886816</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>15.532563005</v>
+        <v>15.532563712</v>
       </c>
       <c r="C122" s="5">
-        <v>0.12981848699999965</v>
+        <v>0.12981848599999957</v>
       </c>
       <c r="D122" s="5">
-        <v>10.59618440164356</v>
+        <v>10.596183806341376</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>15.743911724</v>
+        <v>15.743912512</v>
       </c>
       <c r="C123" s="5">
-        <v>0.21134871900000007</v>
+        <v>0.21134879999999967</v>
       </c>
       <c r="D123" s="5">
-        <v>17.607296029812925</v>
+        <v>17.607302428329398</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>16.009381626</v>
+        <v>16.009381535999999</v>
       </c>
       <c r="C124" s="5">
-        <v>0.26546990199999954</v>
+        <v>0.26546902399999972</v>
       </c>
       <c r="D124" s="5">
-        <v>22.220184657667087</v>
+        <v>22.220103005621095</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>15.940196987</v>
+        <v>15.940196587999999</v>
       </c>
       <c r="C125" s="5">
-        <v>-6.9184638999999493E-2</v>
+        <v>-6.918494800000019E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>-5.0643078692497401</v>
+        <v>-5.0643299809337128</v>
       </c>
       <c r="E125" s="5">
-        <v>3.6514780067058217</v>
+        <v>3.6514761064154966</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>15.519138576</v>
+        <v>15.519137484</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.42105841100000063</v>
+        <v>-0.42105910399999935</v>
       </c>
       <c r="D126" s="5">
-        <v>-27.475102312238885</v>
+        <v>-27.475141766069065</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>15.614239713</v>
+        <v>15.614237096</v>
       </c>
       <c r="C127" s="5">
-        <v>9.5101137000000335E-2</v>
+        <v>9.5099612000000278E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>7.6065669652727319</v>
+        <v>7.6064414030700744</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>15.962420723999999</v>
+        <v>15.962419780999999</v>
       </c>
       <c r="C128" s="5">
-        <v>0.34818101099999943</v>
+        <v>0.34818268499999938</v>
       </c>
       <c r="D128" s="5">
-        <v>30.297154420974138</v>
+        <v>30.297324110479408</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>16.098204186</v>
+        <v>16.098203403999999</v>
       </c>
       <c r="C129" s="5">
-        <v>0.13578346200000091</v>
+        <v>0.13578362300000002</v>
       </c>
       <c r="D129" s="5">
-        <v>10.699112313681303</v>
+        <v>10.699126260981707</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>16.46000007</v>
+        <v>16.459999754999998</v>
       </c>
       <c r="C130" s="5">
-        <v>0.36179588399999929</v>
+        <v>0.36179635099999885</v>
       </c>
       <c r="D130" s="5">
-        <v>30.565613478448594</v>
+        <v>30.565659603964491</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>16.203995013</v>
+        <v>16.203995286000001</v>
       </c>
       <c r="C131" s="5">
-        <v>-0.25600505699999943</v>
+        <v>-0.25600446899999696</v>
       </c>
       <c r="D131" s="5">
-        <v>-17.147194732849989</v>
+        <v>-17.147158955344199</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>16.271141878000002</v>
+        <v>16.27114564</v>
       </c>
       <c r="C132" s="5">
-        <v>6.7146865000001554E-2</v>
+        <v>6.7150353999998913E-2</v>
       </c>
       <c r="D132" s="5">
-        <v>5.0875273498707463</v>
+        <v>5.0877976679067016</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>16.102754411999999</v>
+        <v>16.102756374999998</v>
       </c>
       <c r="C133" s="5">
-        <v>-0.16838746600000221</v>
+        <v>-0.16838926500000184</v>
       </c>
       <c r="D133" s="5">
-        <v>-11.735584535421317</v>
+        <v>-11.735700305339758</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>16.214618389999998</v>
+        <v>16.214619924000001</v>
       </c>
       <c r="C134" s="5">
-        <v>0.11186397799999881</v>
+        <v>0.11186354900000239</v>
       </c>
       <c r="D134" s="5">
-        <v>8.6622644862512921</v>
+        <v>8.6622288903005717</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>16.132278532000001</v>
+        <v>16.132279309000001</v>
       </c>
       <c r="C135" s="5">
-        <v>-8.2339857999997434E-2</v>
+        <v>-8.2340614999999673E-2</v>
       </c>
       <c r="D135" s="5">
-        <v>-5.9264016758863942</v>
+        <v>-5.9264541031022961</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>16.204406747</v>
+        <v>16.204406637999998</v>
       </c>
       <c r="C136" s="5">
-        <v>7.2128214999999329E-2</v>
+        <v>7.2127328999997076E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>5.4991814334987232</v>
+        <v>5.4991119422189039</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>16.243668228000001</v>
+        <v>16.243667628000001</v>
       </c>
       <c r="C137" s="5">
-        <v>3.9261481000000487E-2</v>
+        <v>3.9260990000002494E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>2.9465261693494949</v>
+        <v>2.9464888480639884</v>
       </c>
       <c r="E137" s="5">
-        <v>1.9038111087805065</v>
+        <v>1.9038098954717864</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>16.195119246000001</v>
+        <v>16.195117382999999</v>
       </c>
       <c r="C138" s="5">
-        <v>-4.8548981999999796E-2</v>
+        <v>-4.8550245000001269E-2</v>
       </c>
       <c r="D138" s="5">
-        <v>-3.52817944224878</v>
+        <v>-3.5282698523485312</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>16.195910087000001</v>
+        <v>16.195906211</v>
       </c>
       <c r="C139" s="5">
-        <v>7.9084100000059721E-4</v>
+        <v>7.8882800000101838E-4</v>
       </c>
       <c r="D139" s="5">
-        <v>5.8614210150143009E-2</v>
+        <v>5.8464980791206322E-2</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>16.456784880000001</v>
+        <v>16.456784495000001</v>
       </c>
       <c r="C140" s="5">
-        <v>0.26087479299999927</v>
+        <v>0.26087828400000035</v>
       </c>
       <c r="D140" s="5">
-        <v>21.136667228995588</v>
+        <v>21.136981106767848</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>16.302252286000002</v>
+        <v>16.302248199000001</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.15453259399999908</v>
+        <v>-0.15453629599999985</v>
       </c>
       <c r="D141" s="5">
-        <v>-10.704122052227127</v>
+        <v>-10.704365622811263</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>16.440916737999999</v>
+        <v>16.440912790999999</v>
       </c>
       <c r="C142" s="5">
-        <v>0.13866445199999688</v>
+        <v>0.13866459199999781</v>
       </c>
       <c r="D142" s="5">
-        <v>10.69832303060554</v>
+        <v>10.698337151001148</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>16.632457275</v>
+        <v>16.632453987000002</v>
       </c>
       <c r="C143" s="5">
-        <v>0.19154053700000162</v>
+        <v>0.19154119600000286</v>
       </c>
       <c r="D143" s="5">
-        <v>14.911802996756919</v>
+        <v>14.911861444616715</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>16.521770069999999</v>
+        <v>16.521785498</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.1106872050000014</v>
+        <v>-0.11066848900000181</v>
       </c>
       <c r="D144" s="5">
-        <v>-7.6999601750585729</v>
+        <v>-7.698706934777233</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>16.578450705000002</v>
+        <v>16.578456229</v>
       </c>
       <c r="C145" s="5">
-        <v>5.6680635000002866E-2</v>
+        <v>5.6670731000000529E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>4.1953698832351893</v>
+        <v>4.1946189362755959</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>16.818814278000001</v>
+        <v>16.818814357000001</v>
       </c>
       <c r="C146" s="5">
-        <v>0.24036357299999977</v>
+        <v>0.24035812800000045</v>
       </c>
       <c r="D146" s="5">
-        <v>18.854927489107155</v>
+        <v>18.854458954697773</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>17.208487155</v>
+        <v>17.208487326</v>
       </c>
       <c r="C147" s="5">
-        <v>0.38967287699999886</v>
+        <v>0.38967296899999937</v>
       </c>
       <c r="D147" s="5">
-        <v>31.633917156346158</v>
+        <v>31.633925433229003</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>17.280786056</v>
+        <v>17.280786001999999</v>
       </c>
       <c r="C148" s="5">
-        <v>7.2298900999999915E-2</v>
+        <v>7.2298675999999062E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>5.1597676065886944</v>
+        <v>5.1597511236608495</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>17.458606401000001</v>
+        <v>17.458605823999999</v>
       </c>
       <c r="C149" s="5">
-        <v>0.17782034500000066</v>
+        <v>0.17781982200000002</v>
       </c>
       <c r="D149" s="5">
-        <v>13.071451424947433</v>
+        <v>13.071410821342312</v>
       </c>
       <c r="E149" s="5">
-        <v>7.4794569548382706</v>
+        <v>7.4794573727041236</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>16.885422278</v>
+        <v>16.885420105000001</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.57318412300000077</v>
+        <v>-0.57318571899999782</v>
       </c>
       <c r="D150" s="5">
-        <v>-33.007185303100371</v>
+        <v>-33.007262190409982</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>17.411672892999999</v>
+        <v>17.411667831999999</v>
       </c>
       <c r="C151" s="5">
-        <v>0.52625061499999859</v>
+        <v>0.52624772699999767</v>
       </c>
       <c r="D151" s="5">
-        <v>44.52496800038017</v>
+        <v>44.524687085359574</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>17.460787571000001</v>
+        <v>17.460787346</v>
       </c>
       <c r="C152" s="5">
-        <v>4.9114678000002243E-2</v>
+        <v>4.9119514000000919E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>3.4379605519339052</v>
+        <v>3.4383053498324267</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>17.706242216</v>
+        <v>17.706233878999999</v>
       </c>
       <c r="C153" s="5">
-        <v>0.24545464499999881</v>
+        <v>0.24544653299999908</v>
       </c>
       <c r="D153" s="5">
-        <v>18.236309773164507</v>
+        <v>18.235659997865984</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>17.799026904000002</v>
+        <v>17.799017681999999</v>
       </c>
       <c r="C154" s="5">
-        <v>9.2784688000001836E-2</v>
+        <v>9.2783802999999665E-2</v>
       </c>
       <c r="D154" s="5">
-        <v>6.4727087160693975</v>
+        <v>6.4726483239052834</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>18.006810319</v>
+        <v>18.006801084999999</v>
       </c>
       <c r="C155" s="5">
-        <v>0.20778341499999797</v>
+        <v>0.20778340300000053</v>
       </c>
       <c r="D155" s="5">
-        <v>14.944015128897735</v>
+        <v>14.944022456214533</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>18.136044946999998</v>
+        <v>18.136066114999998</v>
       </c>
       <c r="C156" s="5">
-        <v>0.12923462799999896</v>
+        <v>0.12926502999999911</v>
       </c>
       <c r="D156" s="5">
-        <v>8.9606094408497547</v>
+        <v>8.9628060877404039</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>18.370821657</v>
+        <v>18.370841149</v>
       </c>
       <c r="C157" s="5">
-        <v>0.234776710000002</v>
+        <v>0.23477503400000188</v>
       </c>
       <c r="D157" s="5">
-        <v>16.68955178037832</v>
+        <v>16.689403144262727</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>18.435412819</v>
+        <v>18.435409358000001</v>
       </c>
       <c r="C158" s="5">
-        <v>6.4591161999999258E-2</v>
+        <v>6.456820900000082E-2</v>
       </c>
       <c r="D158" s="5">
-        <v>4.3017108198247112</v>
+        <v>4.3001478499377521</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>18.305165215999999</v>
+        <v>18.305166688</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.13024760300000082</v>
+        <v>-0.13024267000000123</v>
       </c>
       <c r="D159" s="5">
-        <v>-8.15628732005964</v>
+        <v>-8.1559917838029286</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>18.455797592</v>
+        <v>18.455798874999999</v>
       </c>
       <c r="C160" s="5">
-        <v>0.15063237600000079</v>
+        <v>0.15063218699999936</v>
       </c>
       <c r="D160" s="5">
-        <v>10.334158319470554</v>
+        <v>10.334143891722736</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>18.273277418999999</v>
+        <v>18.273277934999999</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.18252017300000034</v>
+        <v>-0.18252093999999985</v>
       </c>
       <c r="D161" s="5">
-        <v>-11.242809151968359</v>
+        <v>-11.242853118179463</v>
       </c>
       <c r="E161" s="5">
-        <v>4.6663003866868502</v>
+        <v>4.6663068014290543</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>18.395489537</v>
+        <v>18.395487718999998</v>
       </c>
       <c r="C162" s="5">
-        <v>0.1222121180000002</v>
+        <v>0.12220978399999893</v>
       </c>
       <c r="D162" s="5">
-        <v>8.3275260660978354</v>
+        <v>8.3273608885838346</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>18.416858202</v>
+        <v>18.416852343999999</v>
       </c>
       <c r="C163" s="5">
-        <v>2.1368665000000675E-2</v>
+        <v>2.1364625000000359E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>1.4028907290707826</v>
+        <v>1.4026239388888362</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>18.346206068000001</v>
+        <v>18.346205892</v>
       </c>
       <c r="C164" s="5">
-        <v>-7.0652133999999478E-2</v>
+        <v>-7.0646451999998305E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>-4.5076292733827517</v>
+        <v>-4.5072757772450007</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>18.232371520000001</v>
+        <v>18.232357081</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.11383454799999981</v>
+        <v>-0.11384881100000044</v>
       </c>
       <c r="D165" s="5">
-        <v>-7.1968462973054486</v>
+        <v>-7.1977175478995958</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>18.538141029999998</v>
+        <v>18.538121920999998</v>
       </c>
       <c r="C166" s="5">
-        <v>0.30576950999999752</v>
+        <v>0.30576483999999837</v>
       </c>
       <c r="D166" s="5">
-        <v>22.088916294181836</v>
+        <v>22.088566362087271</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>18.27819981</v>
+        <v>18.278176424000002</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.2599412199999982</v>
+        <v>-0.25994549699999681</v>
       </c>
       <c r="D167" s="5">
-        <v>-15.587480017305433</v>
+        <v>-15.587731891254641</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>17.156888420000001</v>
+        <v>17.156922882</v>
       </c>
       <c r="C168" s="5">
-        <v>-1.1213113899999989</v>
+        <v>-1.1212535420000016</v>
       </c>
       <c r="D168" s="5">
-        <v>-53.219886041880116</v>
+        <v>-53.218040201155993</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>17.972292181</v>
+        <v>17.972326834</v>
       </c>
       <c r="C169" s="5">
-        <v>0.81540376099999889</v>
+        <v>0.81540395200000049</v>
       </c>
       <c r="D169" s="5">
-        <v>74.5739036073292</v>
+        <v>74.573734959735361</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>18.309638075999999</v>
+        <v>18.309633082000001</v>
       </c>
       <c r="C170" s="5">
-        <v>0.33734589499999856</v>
+        <v>0.33730624800000086</v>
       </c>
       <c r="D170" s="5">
-        <v>25.001571167938952</v>
+        <v>24.998269841951128</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>18.511891225999999</v>
+        <v>18.51189428</v>
       </c>
       <c r="C171" s="5">
-        <v>0.20225315000000066</v>
+        <v>0.20226119799999864</v>
       </c>
       <c r="D171" s="5">
-        <v>14.091255672445513</v>
+        <v>14.091854964701177</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>18.740701249000001</v>
+        <v>18.740704203</v>
       </c>
       <c r="C172" s="5">
-        <v>0.22881002300000119</v>
+        <v>0.22880992300000003</v>
       </c>
       <c r="D172" s="5">
-        <v>15.883225033866943</v>
+        <v>15.883214812687129</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>18.673863632</v>
+        <v>18.673864605999999</v>
       </c>
       <c r="C173" s="5">
-        <v>-6.6837617000000904E-2</v>
+        <v>-6.6839597000001305E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>-4.1967712416654752</v>
+        <v>-4.196892489808679</v>
       </c>
       <c r="E173" s="5">
-        <v>2.1921968556307458</v>
+        <v>2.1921993001197126</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>18.622087655000001</v>
+        <v>18.622086206999999</v>
       </c>
       <c r="C174" s="5">
-        <v>-5.1775976999998363E-2</v>
+        <v>-5.1778398999999808E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>-3.2769010180266012</v>
+        <v>-3.2770518079690003</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>18.748767079</v>
+        <v>18.748761742999999</v>
       </c>
       <c r="C175" s="5">
-        <v>0.12667942399999887</v>
+        <v>0.12667553600000048</v>
       </c>
       <c r="D175" s="5">
-        <v>8.4756262985563389</v>
+        <v>8.4753570429125791</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>18.860220233</v>
+        <v>18.860216686000001</v>
       </c>
       <c r="C176" s="5">
-        <v>0.11145315399999944</v>
+        <v>0.1114549430000018</v>
       </c>
       <c r="D176" s="5">
-        <v>7.3713841817363734</v>
+        <v>7.3715085663309532</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>18.833877969</v>
+        <v>18.833862357000001</v>
       </c>
       <c r="C177" s="5">
-        <v>-2.6342264000000171E-2</v>
+        <v>-2.6354329000000121E-2</v>
       </c>
       <c r="D177" s="5">
-        <v>-1.6632368465062108</v>
+        <v>-1.6639930898644795</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>18.698300108000002</v>
+        <v>18.698277973</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.13557786099999802</v>
+        <v>-0.13558438400000128</v>
       </c>
       <c r="D178" s="5">
-        <v>-8.3044023752610876</v>
+        <v>-8.3047928502591581</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>18.634579577</v>
+        <v>18.634544252000001</v>
       </c>
       <c r="C179" s="5">
-        <v>-6.3720531000001301E-2</v>
+        <v>-6.3733720999998411E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-4.0136062216851069</v>
+        <v>-4.0144261795588161</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>18.562624</v>
+        <v>18.562653317999999</v>
       </c>
       <c r="C180" s="5">
-        <v>-7.1955577000000659E-2</v>
+        <v>-7.189093400000246E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>-4.5365277131988684</v>
+        <v>-4.5325467115807978</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>18.275156605999999</v>
+        <v>18.275203695999998</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.2874673940000001</v>
+        <v>-0.28744962200000046</v>
       </c>
       <c r="D181" s="5">
-        <v>-17.079698299363631</v>
+        <v>-17.078705926763071</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>19.253522700000001</v>
+        <v>19.253520346999998</v>
       </c>
       <c r="C182" s="5">
-        <v>0.97836609400000185</v>
+        <v>0.97831665100000009</v>
       </c>
       <c r="D182" s="5">
-        <v>86.977405357712541</v>
+        <v>86.971349788193962</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>19.434152773000001</v>
+        <v>19.434160233</v>
       </c>
       <c r="C183" s="5">
-        <v>0.18063007299999967</v>
+        <v>0.18063988600000158</v>
       </c>
       <c r="D183" s="5">
-        <v>11.857454759154763</v>
+        <v>11.858134055858427</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>19.360458838</v>
+        <v>19.360464453999999</v>
       </c>
       <c r="C184" s="5">
-        <v>-7.3693935000001431E-2</v>
+        <v>-7.3695779000001238E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>-4.4566642119798106</v>
+        <v>-4.4567717377424039</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>19.496128582000001</v>
+        <v>19.496130067999999</v>
       </c>
       <c r="C185" s="5">
-        <v>0.1356697440000012</v>
+        <v>0.13566561400000055</v>
       </c>
       <c r="D185" s="5">
-        <v>8.7408732915530862</v>
+        <v>8.7405942339442877</v>
       </c>
       <c r="E185" s="5">
-        <v>4.4032931063657799</v>
+        <v>4.4032956184966832</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>19.449844182</v>
+        <v>19.449842396000001</v>
       </c>
       <c r="C186" s="5">
-        <v>-4.6284400000001114E-2</v>
+        <v>-4.6287671999998281E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>-2.8119314251114913</v>
+        <v>-2.81212740992971</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>19.567290956000001</v>
+        <v>19.567285818999999</v>
       </c>
       <c r="C187" s="5">
-        <v>0.11744677400000114</v>
+        <v>0.11744342299999744</v>
       </c>
       <c r="D187" s="5">
-        <v>7.4916963231909106</v>
+        <v>7.4914761321937196</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>19.498090433000002</v>
+        <v>19.498084483</v>
       </c>
       <c r="C188" s="5">
-        <v>-6.9200522999999237E-2</v>
+        <v>-6.9201335999999003E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>-4.1622673768408784</v>
+        <v>-4.1623164014466756</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>19.543308595999999</v>
+        <v>19.543294060000001</v>
       </c>
       <c r="C189" s="5">
-        <v>4.5218162999997702E-2</v>
+        <v>4.5209577000001389E-2</v>
       </c>
       <c r="D189" s="5">
-        <v>2.8187010508135657</v>
+        <v>2.8181598646113803</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>19.582126806000002</v>
+        <v>19.582104660999999</v>
       </c>
       <c r="C190" s="5">
-        <v>3.8818210000002296E-2</v>
+        <v>3.8810600999998002E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>2.4097310774705782</v>
+        <v>2.4092553715788112</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>19.784115996000001</v>
+        <v>19.784073077999999</v>
       </c>
       <c r="C191" s="5">
-        <v>0.20198918999999904</v>
+        <v>0.20196841699999979</v>
       </c>
       <c r="D191" s="5">
-        <v>13.104919066649302</v>
+        <v>13.10350964396072</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>20.772829260000002</v>
+        <v>20.772860793</v>
       </c>
       <c r="C192" s="5">
-        <v>0.98871326400000115</v>
+        <v>0.98878771500000084</v>
       </c>
       <c r="D192" s="5">
-        <v>79.53454352534844</v>
+        <v>79.542487694839821</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>20.999985173999999</v>
+        <v>21.000023496000001</v>
       </c>
       <c r="C193" s="5">
-        <v>0.22715591399999724</v>
+        <v>0.22716270300000119</v>
       </c>
       <c r="D193" s="5">
-        <v>13.941003390436535</v>
+        <v>13.941422965789062</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>20.574590174000001</v>
+        <v>20.574594613999999</v>
       </c>
       <c r="C194" s="5">
-        <v>-0.42539499999999819</v>
+        <v>-0.42542888200000206</v>
       </c>
       <c r="D194" s="5">
-        <v>-21.774839758847662</v>
+        <v>-21.776350168811099</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>20.364946016000001</v>
+        <v>20.364955691999999</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.20964415799999969</v>
+        <v>-0.20963892199999989</v>
       </c>
       <c r="D195" s="5">
-        <v>-11.564865783314326</v>
+        <v>-11.564590576391653</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>20.075261975</v>
+        <v>20.075268424000001</v>
       </c>
       <c r="C196" s="5">
-        <v>-0.289684041000001</v>
+        <v>-0.289687267999998</v>
       </c>
       <c r="D196" s="5">
-        <v>-15.795461819529333</v>
+        <v>-15.795617317169198</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>20.329222384000001</v>
+        <v>20.329223197000001</v>
       </c>
       <c r="C197" s="5">
-        <v>0.25396040900000116</v>
+        <v>0.25395477300000024</v>
       </c>
       <c r="D197" s="5">
-        <v>16.282549153937744</v>
+        <v>16.282156701840588</v>
       </c>
       <c r="E197" s="5">
-        <v>4.273124269241646</v>
+        <v>4.2731204915759102</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>20.672904302999999</v>
+        <v>20.672901975999999</v>
       </c>
       <c r="C198" s="5">
-        <v>0.343681918999998</v>
+        <v>0.34367877899999755</v>
       </c>
       <c r="D198" s="5">
-        <v>22.28374496021619</v>
+        <v>22.283521101197202</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>20.394753622</v>
+        <v>20.394749185999999</v>
       </c>
       <c r="C199" s="5">
-        <v>-0.27815068099999962</v>
+        <v>-0.27815279000000004</v>
       </c>
       <c r="D199" s="5">
-        <v>-15.002994099624868</v>
+        <v>-15.003101138804432</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>20.428159915999998</v>
+        <v>20.428153049999999</v>
       </c>
       <c r="C200" s="5">
-        <v>3.3406293999998837E-2</v>
+        <v>3.3403864000000283E-2</v>
       </c>
       <c r="D200" s="5">
-        <v>1.9833864167644544</v>
+        <v>1.9832412768199026</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>20.540788296999999</v>
+        <v>20.540779229000002</v>
       </c>
       <c r="C201" s="5">
-        <v>0.11262838100000039</v>
+        <v>0.11262617900000294</v>
       </c>
       <c r="D201" s="5">
-        <v>6.8204225180386047</v>
+        <v>6.8202874648959133</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>20.478265588999999</v>
+        <v>20.478252300000001</v>
       </c>
       <c r="C202" s="5">
-        <v>-6.2522707999999483E-2</v>
+        <v>-6.2526929000000564E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>-3.5920661217826888</v>
+        <v>-3.592306141290913</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>19.859222246000002</v>
+        <v>19.859186573999999</v>
       </c>
       <c r="C203" s="5">
-        <v>-0.61904334299999775</v>
+        <v>-0.61906572600000231</v>
       </c>
       <c r="D203" s="5">
-        <v>-30.812318372064396</v>
+        <v>-30.813270924667179</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>20.402816448999999</v>
+        <v>20.402832889999999</v>
       </c>
       <c r="C204" s="5">
-        <v>0.54359420299999783</v>
+        <v>0.54364631600000024</v>
       </c>
       <c r="D204" s="5">
-        <v>38.272125078610529</v>
+        <v>38.276442662646247</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>20.568174149000001</v>
+        <v>20.56819848</v>
       </c>
       <c r="C205" s="5">
-        <v>0.16535770000000127</v>
+        <v>0.1653655900000004</v>
       </c>
       <c r="D205" s="5">
-        <v>10.17103241524897</v>
+        <v>10.171530993523525</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>20.761272565999999</v>
+        <v>20.761277719999999</v>
       </c>
       <c r="C206" s="5">
-        <v>0.19309841699999808</v>
+        <v>0.19307923999999943</v>
       </c>
       <c r="D206" s="5">
-        <v>11.866165660687766</v>
+        <v>11.864910941809637</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>20.566562168000001</v>
+        <v>20.566573237</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.19471039799999801</v>
+        <v>-0.19470448299999887</v>
       </c>
       <c r="D207" s="5">
-        <v>-10.691501013789406</v>
+        <v>-10.691190270133911</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>20.692366078999999</v>
+        <v>20.692373013000001</v>
       </c>
       <c r="C208" s="5">
-        <v>0.12580391099999844</v>
+        <v>0.12579977600000092</v>
       </c>
       <c r="D208" s="5">
-        <v>7.5923530044112342</v>
+        <v>7.592090775235949</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>20.741989104000002</v>
+        <v>20.741991482</v>
       </c>
       <c r="C209" s="5">
-        <v>4.9623025000002485E-2</v>
+        <v>4.9618468999998555E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>2.9160202918166567</v>
+        <v>2.9157480347948184</v>
       </c>
       <c r="E209" s="5">
-        <v>2.0304107663501547</v>
+        <v>2.0304183834280121</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>20.689264978000001</v>
+        <v>20.689264149</v>
       </c>
       <c r="C210" s="5">
-        <v>-5.2724126000001093E-2</v>
+        <v>-5.2727332999999987E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>-3.0079985744714044</v>
+        <v>-3.0081786485919304</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>20.702106787999998</v>
+        <v>20.702104139999999</v>
       </c>
       <c r="C211" s="5">
-        <v>1.2841809999997622E-2</v>
+        <v>1.2839990999999884E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>0.74738706093593343</v>
+        <v>0.74728086445459141</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>20.737554285000002</v>
+        <v>20.737549452</v>
       </c>
       <c r="C212" s="5">
-        <v>3.5447497000003381E-2</v>
+        <v>3.5445312000000229E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>2.0741793318335811</v>
+        <v>2.0740505398844755</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>20.360181437000001</v>
+        <v>20.360175730000002</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.37737284800000026</v>
+        <v>-0.37737372199999797</v>
       </c>
       <c r="D213" s="5">
-        <v>-19.778773918595505</v>
+        <v>-19.778819400730296</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>21.006583226</v>
+        <v>21.006574657000002</v>
       </c>
       <c r="C214" s="5">
-        <v>0.64640178899999867</v>
+        <v>0.6463989269999999</v>
       </c>
       <c r="D214" s="5">
-        <v>45.507474370633695</v>
+        <v>45.507251538740825</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>21.232265376000001</v>
+        <v>21.232242887999998</v>
       </c>
       <c r="C215" s="5">
-        <v>0.2256821500000008</v>
+        <v>0.22566823099999667</v>
       </c>
       <c r="D215" s="5">
-        <v>13.681808911841852</v>
+        <v>13.680920528141849</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>21.327366284</v>
+        <v>21.327373404999999</v>
       </c>
       <c r="C216" s="5">
-        <v>9.5100907999999151E-2</v>
+        <v>9.5130517000001191E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>5.5092968634479877</v>
+        <v>5.5110606140412965</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>21.4382135</v>
+        <v>21.438221333000001</v>
       </c>
       <c r="C217" s="5">
-        <v>0.1108472159999998</v>
+        <v>0.11084792800000187</v>
       </c>
       <c r="D217" s="5">
-        <v>6.4183123329812686</v>
+        <v>6.4183525403610941</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>21.428112858999999</v>
+        <v>21.428115202000001</v>
       </c>
       <c r="C218" s="5">
-        <v>-1.0100641000001076E-2</v>
+        <v>-1.0106131000000573E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>-0.56391870247530784</v>
+        <v>-0.56422420925558159</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>21.567710642000002</v>
+        <v>21.567718033999999</v>
       </c>
       <c r="C219" s="5">
-        <v>0.13959778300000281</v>
+        <v>0.13960283199999779</v>
       </c>
       <c r="D219" s="5">
-        <v>8.1039289967814057</v>
+        <v>8.1042317645396942</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>21.713864310000002</v>
+        <v>21.713867236999999</v>
       </c>
       <c r="C220" s="5">
-        <v>0.14615366800000018</v>
+        <v>0.14614920300000023</v>
       </c>
       <c r="D220" s="5">
-        <v>8.4418344459105565</v>
+        <v>8.4415638589075535</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>21.756688360999998</v>
+        <v>21.75670727</v>
       </c>
       <c r="C221" s="5">
-        <v>4.2824050999996643E-2</v>
+        <v>4.2840033000000943E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>2.3924788762743399</v>
+        <v>2.3933811378042957</v>
       </c>
       <c r="E221" s="5">
-        <v>4.8920055444649613</v>
+        <v>4.8920846818425012</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>21.879572105000001</v>
+        <v>21.879576002</v>
       </c>
       <c r="C222" s="5">
-        <v>0.12288374400000279</v>
+        <v>0.12286873200000059</v>
       </c>
       <c r="D222" s="5">
-        <v>6.9922694419539244</v>
+        <v>6.9913822652937885</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>22.093516529999999</v>
+        <v>22.093509173000001</v>
       </c>
       <c r="C223" s="5">
-        <v>0.21394442499999755</v>
+        <v>0.21393317100000075</v>
       </c>
       <c r="D223" s="5">
-        <v>12.386012364293929</v>
+        <v>12.385323073771492</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>22.221718581000001</v>
+        <v>22.221707777999999</v>
       </c>
       <c r="C224" s="5">
-        <v>0.12820205100000237</v>
+        <v>0.12819860499999791</v>
       </c>
       <c r="D224" s="5">
-        <v>7.1898260194923402</v>
+        <v>7.1896290230430981</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>22.166247479999999</v>
+        <v>22.166237940999999</v>
       </c>
       <c r="C225" s="5">
-        <v>-5.5471101000001966E-2</v>
+        <v>-5.546983700000041E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>-2.9547210928596801</v>
+        <v>-2.9546561030758256</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>22.245101073000001</v>
+        <v>22.245095187</v>
       </c>
       <c r="C226" s="5">
-        <v>7.8853593000001609E-2</v>
+        <v>7.8857246000001879E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>4.3533673570464337</v>
+        <v>4.353574905379709</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>22.120713930000001</v>
+        <v>22.120707425999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.12438714299999987</v>
+        <v>-0.12438776100000126</v>
       </c>
       <c r="D227" s="5">
-        <v>-6.507435517642957</v>
+        <v>-6.5074685304050028</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>22.280909526999999</v>
+        <v>22.28091117</v>
       </c>
       <c r="C228" s="5">
-        <v>0.16019559699999775</v>
+        <v>0.16020374400000037</v>
       </c>
       <c r="D228" s="5">
-        <v>9.0448875907862547</v>
+        <v>9.0453688244164674</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>22.133534869999998</v>
+        <v>22.133541538999999</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.1473746570000003</v>
+        <v>-0.14736963100000011</v>
       </c>
       <c r="D229" s="5">
-        <v>-7.6547911915061491</v>
+        <v>-7.654539014277284</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>22.465435455000001</v>
+        <v>22.465432361000001</v>
       </c>
       <c r="C230" s="5">
-        <v>0.33190058500000319</v>
+        <v>0.33189082200000186</v>
       </c>
       <c r="D230" s="5">
-        <v>19.555275194311594</v>
+        <v>19.554645335536836</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>22.538456425</v>
+        <v>22.538469939999999</v>
       </c>
       <c r="C231" s="5">
-        <v>7.3020969999998186E-2</v>
+        <v>7.3037578999997521E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>3.9709329926689074</v>
+        <v>3.971852970170775</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>22.545380689999998</v>
+        <v>22.545379845999999</v>
       </c>
       <c r="C232" s="5">
-        <v>6.9242649999985417E-3</v>
+        <v>6.9099060000006318E-3</v>
       </c>
       <c r="D232" s="5">
-        <v>0.36928759589891502</v>
+        <v>0.36852028301350703</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>22.644608338000001</v>
+        <v>22.644645659999998</v>
       </c>
       <c r="C233" s="5">
-        <v>9.9227648000002944E-2</v>
+        <v>9.9265813999998898E-2</v>
       </c>
       <c r="D233" s="5">
-        <v>5.4112313001048129</v>
+        <v>5.4133634919330209</v>
       </c>
       <c r="E233" s="5">
-        <v>4.0811357053385233</v>
+        <v>4.0812167897499974</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>22.758621749</v>
+        <v>22.758638588</v>
       </c>
       <c r="C234" s="5">
-        <v>0.1140134109999984</v>
+        <v>0.11399292800000183</v>
       </c>
       <c r="D234" s="5">
-        <v>6.2120355538964667</v>
+        <v>6.2108779345216414</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>22.687917955</v>
+        <v>22.687898198999999</v>
       </c>
       <c r="C235" s="5">
-        <v>-7.0703793999999931E-2</v>
+        <v>-7.0740389000000903E-2</v>
       </c>
       <c r="D235" s="5">
-        <v>-3.6649734061610317</v>
+        <v>-3.6668353523658381</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>22.717778743</v>
+        <v>22.717740748000001</v>
       </c>
       <c r="C236" s="5">
-        <v>2.9860788000000582E-2</v>
+        <v>2.9842549000001384E-2</v>
       </c>
       <c r="D236" s="5">
-        <v>1.590867711805366</v>
+        <v>1.5898903621706539</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>22.88100953</v>
+        <v>22.880967504000001</v>
       </c>
       <c r="C237" s="5">
-        <v>0.16323078699999982</v>
+        <v>0.16322675600000025</v>
       </c>
       <c r="D237" s="5">
-        <v>8.9712162723896149</v>
+        <v>8.9710015017199218</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>22.788368810000001</v>
+        <v>22.788343432000001</v>
       </c>
       <c r="C238" s="5">
-        <v>-9.2640719999998566E-2</v>
+        <v>-9.2624071999999558E-2</v>
       </c>
       <c r="D238" s="5">
-        <v>-4.7518190351040328</v>
+        <v>-4.750992564075684</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>22.795915175000001</v>
+        <v>22.795918584999999</v>
       </c>
       <c r="C239" s="5">
-        <v>7.5463649999996107E-3</v>
+        <v>7.5751529999976697E-3</v>
       </c>
       <c r="D239" s="5">
-        <v>0.39810438156420158</v>
+        <v>0.39962630037326807</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>22.888310366999999</v>
+        <v>22.888335882</v>
       </c>
       <c r="C240" s="5">
-        <v>9.2395191999997905E-2</v>
+        <v>9.2417297000000787E-2</v>
       </c>
       <c r="D240" s="5">
-        <v>4.9736793459539408</v>
+        <v>4.974895165335913</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>22.965088659999999</v>
+        <v>22.965105164000001</v>
       </c>
       <c r="C241" s="5">
-        <v>7.6778293000000275E-2</v>
+        <v>7.6769282000000771E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>4.1004747628426319</v>
+        <v>4.0999799476855392</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>23.032700261999999</v>
+        <v>23.032723368999999</v>
       </c>
       <c r="C242" s="5">
-        <v>6.7611601999999493E-2</v>
+        <v>6.761820499999871E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>3.5906966897263137</v>
+        <v>3.5910504354104145</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>23.205041015999999</v>
+        <v>23.205089032</v>
       </c>
       <c r="C243" s="5">
-        <v>0.17234075400000037</v>
+        <v>0.17236566300000078</v>
       </c>
       <c r="D243" s="5">
-        <v>9.3578123653881953</v>
+        <v>9.3592112507187686</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>23.344392501000002</v>
+        <v>23.344417264000001</v>
       </c>
       <c r="C244" s="5">
-        <v>0.13935148500000238</v>
+        <v>0.13932823200000044</v>
       </c>
       <c r="D244" s="5">
-        <v>7.449113013577624</v>
+        <v>7.4478127556712126</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>23.313564207999999</v>
+        <v>23.313625986000002</v>
       </c>
       <c r="C245" s="5">
-        <v>-3.082829300000256E-2</v>
+        <v>-3.0791277999998812E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>-1.5732444279810909</v>
+        <v>-1.5713674881625006</v>
       </c>
       <c r="E245" s="5">
-        <v>2.9541507630203467</v>
+        <v>2.954253893147496</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>23.541033128999999</v>
+        <v>23.541065612000001</v>
       </c>
       <c r="C246" s="5">
-        <v>0.22746892099999982</v>
+        <v>0.2274396259999989</v>
       </c>
       <c r="D246" s="5">
-        <v>12.357516933677083</v>
+        <v>12.355804584284646</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>23.491937062000002</v>
+        <v>23.491879211000001</v>
       </c>
       <c r="C247" s="5">
-        <v>-4.9096066999997134E-2</v>
+        <v>-4.9186401000000046E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>-2.4741550635852372</v>
+        <v>-2.4786518036759131</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>23.724700761000001</v>
+        <v>23.724597826</v>
       </c>
       <c r="C248" s="5">
-        <v>0.23276369899999949</v>
+        <v>0.23271861499999957</v>
       </c>
       <c r="D248" s="5">
-        <v>12.559712976303917</v>
+        <v>12.557178866358054</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>23.318986094</v>
+        <v>23.318850649000002</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.40571466700000158</v>
+        <v>-0.40574717699999852</v>
       </c>
       <c r="D249" s="5">
-        <v>-18.696912074842984</v>
+        <v>-18.69834589511229</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>23.661963695000001</v>
+        <v>23.661828555</v>
       </c>
       <c r="C250" s="5">
-        <v>0.34297760100000119</v>
+        <v>0.342977905999998</v>
       </c>
       <c r="D250" s="5">
-        <v>19.149834342079952</v>
+        <v>19.149973149743449</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>23.681420483</v>
+        <v>23.681324783000001</v>
       </c>
       <c r="C251" s="5">
-        <v>1.9456787999999392E-2</v>
+        <v>1.9496228000001281E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>0.9912122653698896</v>
+        <v>0.99323632066172785</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>23.419668574999999</v>
+        <v>23.419954193999999</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.26175190800000081</v>
+        <v>-0.26137058900000198</v>
       </c>
       <c r="D252" s="5">
-        <v>-12.486319609127394</v>
+        <v>-12.469266678325951</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>23.557884855000001</v>
+        <v>23.557877501</v>
       </c>
       <c r="C253" s="5">
-        <v>0.13821628000000175</v>
+        <v>0.13792330700000122</v>
       </c>
       <c r="D253" s="5">
-        <v>7.316524348094311</v>
+        <v>7.3004180563381205</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>22.872704392999999</v>
+        <v>22.872779012999999</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.68518046200000171</v>
+        <v>-0.68509848800000128</v>
       </c>
       <c r="D254" s="5">
-        <v>-29.826252557285038</v>
+        <v>-29.823242404533858</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>22.896224955000001</v>
+        <v>22.896379791000001</v>
       </c>
       <c r="C255" s="5">
-        <v>2.3520562000001632E-2</v>
+        <v>2.3600778000002265E-2</v>
       </c>
       <c r="D255" s="5">
-        <v>1.240992540366137</v>
+        <v>1.2452448615814404</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>22.970146585999998</v>
+        <v>22.970274911000001</v>
       </c>
       <c r="C256" s="5">
-        <v>7.392163099999749E-2</v>
+        <v>7.3895119999999537E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>3.9438024006240413</v>
+        <v>3.942335673501085</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>23.013701610999998</v>
+        <v>23.013795652999999</v>
       </c>
       <c r="C257" s="5">
-        <v>4.3555024999999858E-2</v>
+        <v>4.3520741999998336E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>2.2992698484528784</v>
+        <v>2.2974281791896534</v>
       </c>
       <c r="E257" s="5">
-        <v>-1.286215159229509</v>
+        <v>-1.2860733597598761</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>23.092821989000001</v>
+        <v>23.092881689999999</v>
       </c>
       <c r="C258" s="5">
-        <v>7.9120378000002489E-2</v>
+        <v>7.908603699999972E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>4.204472501897305</v>
+        <v>4.202595486477767</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>23.033826612999999</v>
+        <v>23.033745862</v>
       </c>
       <c r="C259" s="5">
-        <v>-5.8995376000002153E-2</v>
+        <v>-5.9135827999998725E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>-3.0229371216761614</v>
+        <v>-3.0300251357865848</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>22.883608616</v>
+        <v>22.883392993000001</v>
       </c>
       <c r="C260" s="5">
-        <v>-0.1502179969999986</v>
+        <v>-0.15035286899999889</v>
       </c>
       <c r="D260" s="5">
-        <v>-7.5512559747607622</v>
+        <v>-7.557819836168167</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>22.639795749000001</v>
+        <v>22.639463366000001</v>
       </c>
       <c r="C261" s="5">
-        <v>-0.24381286699999904</v>
+        <v>-0.24392962699999998</v>
       </c>
       <c r="D261" s="5">
-        <v>-12.062134994808316</v>
+        <v>-12.067684220678498</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>22.592918261000001</v>
+        <v>22.592559968</v>
       </c>
       <c r="C262" s="5">
-        <v>-4.6877487999999801E-2</v>
+        <v>-4.6903398000001317E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>-2.4565931506352445</v>
+        <v>-2.4579711945547089</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>22.764242970000002</v>
+        <v>22.763873347000001</v>
       </c>
       <c r="C263" s="5">
-        <v>0.1713247090000003</v>
+        <v>0.17131337900000077</v>
       </c>
       <c r="D263" s="5">
-        <v>9.4890215806195712</v>
+        <v>9.4885244618185371</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>22.508303088000002</v>
+        <v>22.508601862999999</v>
       </c>
       <c r="C264" s="5">
-        <v>-0.25593988199999984</v>
+        <v>-0.25527148400000144</v>
       </c>
       <c r="D264" s="5">
-        <v>-12.687885324332182</v>
+        <v>-12.656959799805668</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>22.474767645</v>
+        <v>22.474464396999998</v>
       </c>
       <c r="C265" s="5">
-        <v>-3.3535443000001663E-2</v>
+        <v>-3.4137466000000671E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>-1.7733187233840209</v>
+        <v>-1.8048642401178761</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>22.597589905</v>
+        <v>22.599101167000001</v>
       </c>
       <c r="C266" s="5">
-        <v>0.12282225999999952</v>
+        <v>0.12463677000000217</v>
       </c>
       <c r="D266" s="5">
-        <v>6.7586194902515828</v>
+        <v>6.8616286274645555</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>22.596705344</v>
+        <v>22.596664892</v>
       </c>
       <c r="C267" s="5">
-        <v>-8.8456099999945081E-4</v>
+        <v>-2.4362750000008759E-3</v>
       </c>
       <c r="D267" s="5">
-        <v>-4.696273838687981E-2</v>
+        <v>-0.12928820375812666</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>22.549134291000001</v>
+        <v>22.549117498000001</v>
       </c>
       <c r="C268" s="5">
-        <v>-4.7571052999998642E-2</v>
+        <v>-4.7547393999998633E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>-2.4972182986902625</v>
+        <v>-2.4959950859998137</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>22.603259696999999</v>
+        <v>22.603700484000001</v>
       </c>
       <c r="C269" s="5">
-        <v>5.4125405999997156E-2</v>
+        <v>5.4582985999999778E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>2.9187306795842805</v>
+        <v>2.9437375052140835</v>
       </c>
       <c r="E269" s="5">
-        <v>-1.7834676095905388</v>
+        <v>-1.7819536385191626</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>22.448778208</v>
+        <v>22.448700202000001</v>
       </c>
       <c r="C270" s="5">
-        <v>-0.15448148899999836</v>
+        <v>-0.1550002819999996</v>
       </c>
       <c r="D270" s="5">
-        <v>-7.9000038273492894</v>
+        <v>-7.9253930660375111</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>22.365645284999999</v>
+        <v>22.365436404</v>
       </c>
       <c r="C271" s="5">
-        <v>-8.3132923000000858E-2</v>
+        <v>-8.3263798000000833E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>-4.3544688273078558</v>
+        <v>-4.361199620282008</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>22.432728132000001</v>
+        <v>22.432361036</v>
       </c>
       <c r="C272" s="5">
-        <v>6.7082847000001777E-2</v>
+        <v>6.6924631999999207E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>3.6592167891649652</v>
+        <v>3.650478652305611</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>22.555803672</v>
+        <v>22.555238444</v>
       </c>
       <c r="C273" s="5">
-        <v>0.12307553999999854</v>
+        <v>0.1228774080000008</v>
       </c>
       <c r="D273" s="5">
-        <v>6.7860575155083591</v>
+        <v>6.7749160790966156</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>22.423283596000001</v>
+        <v>22.422609608999998</v>
       </c>
       <c r="C274" s="5">
-        <v>-0.13252007599999871</v>
+        <v>-0.132628835000002</v>
       </c>
       <c r="D274" s="5">
-        <v>-6.8268354200155867</v>
+        <v>-6.8324239720849222</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>22.455617113999999</v>
+        <v>22.454905744000001</v>
       </c>
       <c r="C275" s="5">
-        <v>3.2333517999997952E-2</v>
+        <v>3.2296135000002835E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>1.7441433898510939</v>
+        <v>1.7421636456174117</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>22.678770609000001</v>
+        <v>22.678998949</v>
       </c>
       <c r="C276" s="5">
-        <v>0.22315349500000181</v>
+        <v>0.22409320499999907</v>
       </c>
       <c r="D276" s="5">
-        <v>12.598904019156221</v>
+        <v>12.655327272199045</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>22.682219237999998</v>
+        <v>22.681506160000001</v>
       </c>
       <c r="C277" s="5">
-        <v>3.4486289999975384E-3</v>
+        <v>2.5072110000010639E-3</v>
       </c>
       <c r="D277" s="5">
-        <v>0.18262972681095668</v>
+        <v>0.13274321552798618</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>22.55866086</v>
+        <v>22.561385281</v>
       </c>
       <c r="C278" s="5">
-        <v>-0.12355837799999847</v>
+        <v>-0.12012087900000168</v>
       </c>
       <c r="D278" s="5">
-        <v>-6.3445065047069811</v>
+        <v>-6.1732961608648278</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>22.614991357000001</v>
+        <v>22.615829699999999</v>
       </c>
       <c r="C279" s="5">
-        <v>5.6330497000001145E-2</v>
+        <v>5.44444189999993E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>3.037978655643081</v>
+        <v>2.9345470811834806</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>22.639236133000001</v>
+        <v>22.63883985</v>
       </c>
       <c r="C280" s="5">
-        <v>2.4244775999999746E-2</v>
+        <v>2.3010150000001062E-2</v>
       </c>
       <c r="D280" s="5">
-        <v>1.2940926017993348</v>
+        <v>1.2277780864133225</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>22.609843644000001</v>
+        <v>22.610501272</v>
       </c>
       <c r="C281" s="5">
-        <v>-2.9392488999999244E-2</v>
+        <v>-2.8338577999999615E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>-1.5468815231730937</v>
+        <v>-1.4918230795441412</v>
       </c>
       <c r="E281" s="5">
-        <v>2.9128307546177901E-2</v>
+        <v>3.0087055899596926E-2</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>22.594745866</v>
+        <v>22.594432032</v>
       </c>
       <c r="C282" s="5">
-        <v>-1.5097778000001227E-2</v>
+        <v>-1.6069240000000207E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>-0.79836655890256347</v>
+        <v>-0.84951198338254486</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>22.666146197</v>
+        <v>22.665790733000001</v>
       </c>
       <c r="C283" s="5">
-        <v>7.1400330999999539E-2</v>
+        <v>7.135870100000119E-2</v>
       </c>
       <c r="D283" s="5">
-        <v>3.8586554794200589</v>
+        <v>3.8564209646253733</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>22.655380788999999</v>
+        <v>22.654867071999998</v>
       </c>
       <c r="C284" s="5">
-        <v>-1.0765408000001031E-2</v>
+        <v>-1.0923661000003193E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>-0.56845996113384922</v>
+        <v>-0.57680328646273482</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>22.686100351</v>
+        <v>22.685396874999999</v>
       </c>
       <c r="C285" s="5">
-        <v>3.0719562000001588E-2</v>
+        <v>3.05298030000003E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>1.6393296924664735</v>
+        <v>1.629165371849739</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>22.746531716</v>
+        <v>22.745441303</v>
       </c>
       <c r="C286" s="5">
-        <v>6.043136499999946E-2</v>
+        <v>6.0044428000001204E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>3.2438179539921119</v>
+        <v>3.2228461870471348</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>22.636656473999999</v>
+        <v>22.635740198000001</v>
       </c>
       <c r="C287" s="5">
-        <v>-0.10987524200000109</v>
+        <v>-0.10970110499999919</v>
       </c>
       <c r="D287" s="5">
-        <v>-5.6449563272351622</v>
+        <v>-5.6365088925350415</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>22.660646707000001</v>
+        <v>22.660440185999999</v>
       </c>
       <c r="C288" s="5">
-        <v>2.3990233000002803E-2</v>
+        <v>2.4699987999998285E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>1.2791940883511543</v>
+        <v>1.3173203238870501</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>22.709380134</v>
+        <v>22.707960922000002</v>
       </c>
       <c r="C289" s="5">
-        <v>4.8733426999998386E-2</v>
+        <v>4.7520736000002728E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>2.6114350666018193</v>
+        <v>2.5457238890486122</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>22.782959863999999</v>
+        <v>22.788120974000002</v>
       </c>
       <c r="C290" s="5">
-        <v>7.3579729999998733E-2</v>
+        <v>8.0160052000000093E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>3.9581111953530979</v>
+        <v>4.3192695669586945</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>22.639015236999999</v>
+        <v>22.640129568999999</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.14394462699999977</v>
+        <v>-0.14799140500000263</v>
       </c>
       <c r="D291" s="5">
-        <v>-7.3237098975435959</v>
+        <v>-7.5206645836546793</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>22.641225287000001</v>
+        <v>22.639751668999999</v>
       </c>
       <c r="C292" s="5">
-        <v>2.2100500000021839E-3</v>
+        <v>-3.7790000000015311E-4</v>
       </c>
       <c r="D292" s="5">
-        <v>0.11720847272360668</v>
+        <v>-2.0028081983580748E-2</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>22.647688850000002</v>
+        <v>22.647914285999999</v>
       </c>
       <c r="C293" s="5">
-        <v>6.4635630000005051E-3</v>
+        <v>8.1626169999999831E-3</v>
       </c>
       <c r="D293" s="5">
-        <v>0.34311153370103487</v>
+        <v>0.43351126673887297</v>
       </c>
       <c r="E293" s="5">
-        <v>0.16738375813598605</v>
+        <v>0.16546742396343905</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>22.715623152999999</v>
+        <v>22.717211591000002</v>
       </c>
       <c r="C294" s="5">
-        <v>6.7934302999997698E-2</v>
+        <v>6.9297305000002751E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>3.6595181332143234</v>
+        <v>3.7341433635837529</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>22.774748164999998</v>
+        <v>22.773831855000001</v>
       </c>
       <c r="C295" s="5">
-        <v>5.9125011999999089E-2</v>
+        <v>5.662026399999931E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>3.1685051899507766</v>
+        <v>3.0322159253310943</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>22.785405883999999</v>
+        <v>22.783717357</v>
       </c>
       <c r="C296" s="5">
-        <v>1.0657719000001009E-2</v>
+        <v>9.8855019999994909E-3</v>
       </c>
       <c r="D296" s="5">
-        <v>0.56300210232858028</v>
+        <v>0.52213278283876896</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>22.800779206000001</v>
+        <v>22.800104709999999</v>
       </c>
       <c r="C297" s="5">
-        <v>1.5373322000002076E-2</v>
+        <v>1.6387352999998939E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>0.81265167882735856</v>
+        <v>0.86653123657804976</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>22.772399059000001</v>
+        <v>22.77112717</v>
       </c>
       <c r="C298" s="5">
-        <v>-2.8380147000000022E-2</v>
+        <v>-2.8977539999999635E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>-1.483457959411727</v>
+        <v>-1.5145108300181342</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>22.813561475</v>
+        <v>22.812806635000001</v>
       </c>
       <c r="C299" s="5">
-        <v>4.1162415999998814E-2</v>
+        <v>4.1679465000001414E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>2.1907631467124045</v>
+        <v>2.2186845287113677</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>22.837087956000001</v>
+        <v>22.837110712000001</v>
       </c>
       <c r="C300" s="5">
-        <v>2.3526481000001098E-2</v>
+        <v>2.4304077000000035E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>1.2445429017906795</v>
+        <v>1.2859616045675093</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>22.754894187000001</v>
+        <v>22.753688779000001</v>
       </c>
       <c r="C301" s="5">
-        <v>-8.2193768999999861E-2</v>
+        <v>-8.3421933000000337E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>-4.2344848588852235</v>
+        <v>-4.2964879916401522</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>22.809348096000001</v>
+        <v>22.814531455000001</v>
       </c>
       <c r="C302" s="5">
-        <v>5.4453908999999356E-2</v>
+        <v>6.084267600000004E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>2.9097760206493684</v>
+        <v>3.2563776449193504</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>23.163753106000001</v>
+        <v>23.165051678000001</v>
       </c>
       <c r="C303" s="5">
-        <v>0.35440501000000069</v>
+        <v>0.35052022300000019</v>
       </c>
       <c r="D303" s="5">
-        <v>20.324107975330463</v>
+        <v>20.077222091875345</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>23.054221574</v>
+        <v>23.052868901</v>
       </c>
       <c r="C304" s="5">
-        <v>-0.10953153200000187</v>
+        <v>-0.11218277700000101</v>
       </c>
       <c r="D304" s="5">
-        <v>-5.5290186949524252</v>
+        <v>-5.6589978450872653</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>23.091950843999999</v>
+        <v>23.089528079000001</v>
       </c>
       <c r="C305" s="5">
-        <v>3.7729269999999815E-2</v>
+        <v>3.6659178000000736E-2</v>
       </c>
       <c r="D305" s="5">
-        <v>1.9816273742738089</v>
+        <v>1.9250452386919026</v>
       </c>
       <c r="E305" s="5">
-        <v>1.9616217660990865</v>
+        <v>1.9499093268513068</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>23.036701953000001</v>
+        <v>23.041064786</v>
       </c>
       <c r="C306" s="5">
-        <v>-5.5248890999997968E-2</v>
+        <v>-4.8463293000001073E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>-2.833591688885595</v>
+        <v>-2.4898416095476161</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>23.088328343000001</v>
+        <v>23.087504676999998</v>
       </c>
       <c r="C307" s="5">
-        <v>5.1626389999999134E-2</v>
+        <v>4.6439890999998568E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>2.7226554993686314</v>
+        <v>2.4456250044307959</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>23.091722919999999</v>
+        <v>23.089203436999998</v>
       </c>
       <c r="C308" s="5">
-        <v>3.3945769999981223E-3</v>
+        <v>1.6987600000000214E-3</v>
       </c>
       <c r="D308" s="5">
-        <v>0.17657354608275888</v>
+        <v>8.8330774039468984E-2</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>23.021307851</v>
+        <v>23.020805143</v>
       </c>
       <c r="C309" s="5">
-        <v>-7.0415068999999164E-2</v>
+        <v>-6.8398293999997861E-2</v>
       </c>
       <c r="D309" s="5">
-        <v>-3.5984854724587789</v>
+        <v>-3.4974693133230095</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>23.085888381</v>
+        <v>23.084588971999999</v>
       </c>
       <c r="C310" s="5">
-        <v>6.4580530000000635E-2</v>
+        <v>6.3783828999998349E-2</v>
       </c>
       <c r="D310" s="5">
-        <v>3.4187272974612659</v>
+        <v>3.3759821334805595</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>23.084639264</v>
+        <v>23.084124612</v>
       </c>
       <c r="C311" s="5">
-        <v>-1.2491170000004104E-3</v>
+        <v>-4.6435999999872024E-4</v>
       </c>
       <c r="D311" s="5">
-        <v>-6.4909540630697649E-2</v>
+        <v>-2.4136030970578481E-2</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>23.12322868</v>
+        <v>23.123269623999999</v>
       </c>
       <c r="C312" s="5">
-        <v>3.8589416000000654E-2</v>
+        <v>3.9145011999998758E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>2.0245251625098604</v>
+        <v>2.0539921404193917</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>23.110749064</v>
+        <v>23.110013065</v>
       </c>
       <c r="C313" s="5">
-        <v>-1.2479616000000249E-2</v>
+        <v>-1.3256558999998447E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>-0.64572152117986503</v>
+        <v>-0.68579430722131018</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>23.247122792999999</v>
+        <v>23.252712470999999</v>
       </c>
       <c r="C314" s="5">
-        <v>0.13637372899999889</v>
+        <v>0.14269940599999842</v>
       </c>
       <c r="D314" s="5">
-        <v>7.3154499392998673</v>
+        <v>7.6666412248105775</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>23.081333618999999</v>
+        <v>23.080576551</v>
       </c>
       <c r="C315" s="5">
-        <v>-0.16578917400000037</v>
+        <v>-0.17213591999999878</v>
       </c>
       <c r="D315" s="5">
-        <v>-8.2300985802660982</v>
+        <v>-8.5304837806643654</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>23.176309971999999</v>
+        <v>23.175505682000001</v>
       </c>
       <c r="C316" s="5">
-        <v>9.4976352999999847E-2</v>
+        <v>9.4929131000000666E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>5.0511251471163643</v>
+        <v>5.0487260232965792</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>23.137010115999999</v>
+        <v>23.132297097999999</v>
       </c>
       <c r="C317" s="5">
-        <v>-3.9299855999999522E-2</v>
+        <v>-4.3208584000002048E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>-2.015958414347685</v>
+        <v>-2.214489145747256</v>
       </c>
       <c r="E317" s="5">
-        <v>0.19512977619084992</v>
+        <v>0.1852312392599087</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>23.364841707</v>
+        <v>23.372251004999999</v>
       </c>
       <c r="C318" s="5">
-        <v>0.22783159100000105</v>
+        <v>0.2399539070000003</v>
       </c>
       <c r="D318" s="5">
-        <v>12.477920783245633</v>
+        <v>13.183042198007788</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>23.210872134999999</v>
+        <v>23.210273280999999</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.15396957200000116</v>
+        <v>-0.16197772399999977</v>
       </c>
       <c r="D319" s="5">
-        <v>-7.6273522458477956</v>
+        <v>-8.0066262870182374</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>23.198835467999999</v>
+        <v>23.195917956999999</v>
       </c>
       <c r="C320" s="5">
-        <v>-1.2036667000000278E-2</v>
+        <v>-1.435532400000028E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>-0.62052276645334636</v>
+        <v>-0.7396686072839942</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>23.309702121000001</v>
+        <v>23.309305101</v>
       </c>
       <c r="C321" s="5">
-        <v>0.1108666530000022</v>
+        <v>0.11338714400000072</v>
       </c>
       <c r="D321" s="5">
-        <v>5.887931889387743</v>
+        <v>6.0261886276162135</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>23.395047254000001</v>
+        <v>23.393794543999999</v>
       </c>
       <c r="C322" s="5">
-        <v>8.5345133000000573E-2</v>
+        <v>8.4489442999998943E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>4.4831932630561511</v>
+        <v>4.4374210412117199</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>23.562927587000001</v>
+        <v>23.562453512000001</v>
       </c>
       <c r="C323" s="5">
-        <v>0.16788033299999938</v>
+        <v>0.16865896800000257</v>
       </c>
       <c r="D323" s="5">
-        <v>8.9591890635471572</v>
+        <v>9.002904827978341</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>23.522630951</v>
+        <v>23.522748536999998</v>
       </c>
       <c r="C324" s="5">
-        <v>-4.0296636000000774E-2</v>
+        <v>-3.9704975000002918E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>-2.0330119236537825</v>
+        <v>-2.0034779917205148</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>23.484368200999999</v>
+        <v>23.484498769000002</v>
       </c>
       <c r="C325" s="5">
-        <v>-3.8262750000001233E-2</v>
+        <v>-3.8249767999996465E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>-1.9345938903501114</v>
+        <v>-1.9339337885078689</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>23.591902197</v>
+        <v>23.595837938999999</v>
       </c>
       <c r="C326" s="5">
-        <v>0.1075339960000008</v>
+        <v>0.11133916999999727</v>
       </c>
       <c r="D326" s="5">
-        <v>5.6352681554881601</v>
+        <v>5.8398731959634631</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>23.384838603999999</v>
+        <v>23.382876994</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.20706359300000088</v>
+        <v>-0.21296094499999896</v>
       </c>
       <c r="D327" s="5">
-        <v>-10.03843273688897</v>
+        <v>-10.308665795084638</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>23.397541077</v>
+        <v>23.398372565999999</v>
       </c>
       <c r="C328" s="5">
-        <v>1.2702473000000936E-2</v>
+        <v>1.5495571999998958E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>0.65378212314712858</v>
+        <v>0.79813147205287649</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>23.269340931999999</v>
+        <v>23.263210796999999</v>
       </c>
       <c r="C329" s="5">
-        <v>-0.12820014500000099</v>
+        <v>-0.13516176899999977</v>
       </c>
       <c r="D329" s="5">
-        <v>-6.3804881937518543</v>
+        <v>-6.7158088878656041</v>
       </c>
       <c r="E329" s="5">
-        <v>0.57194432356015845</v>
+        <v>0.56593471217054603</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>23.315696726999999</v>
+        <v>23.32283099</v>
       </c>
       <c r="C330" s="5">
-        <v>4.6355795000000199E-2</v>
+        <v>5.9620193000000654E-2</v>
       </c>
       <c r="D330" s="5">
-        <v>2.4169361542858203</v>
+        <v>3.1191464821550996</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>23.32571841</v>
+        <v>23.326447389999998</v>
       </c>
       <c r="C331" s="5">
-        <v>1.0021683000001502E-2</v>
+        <v>3.6163999999985208E-3</v>
       </c>
       <c r="D331" s="5">
-        <v>0.51701180169512195</v>
+        <v>0.18622880239738127</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>23.388715436999998</v>
+        <v>23.388216440000001</v>
       </c>
       <c r="C332" s="5">
-        <v>6.2997026999997985E-2</v>
+        <v>6.1769050000002323E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>3.2894816943532801</v>
+        <v>3.224322190150386</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>23.302360400000001</v>
+        <v>23.302014380999999</v>
       </c>
       <c r="C333" s="5">
-        <v>-8.6355036999997026E-2</v>
+        <v>-8.6202059000001441E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>-4.3417264068539403</v>
+        <v>-4.3342808795648002</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>23.306975184999999</v>
+        <v>23.304663141999999</v>
       </c>
       <c r="C334" s="5">
-        <v>4.6147849999975676E-3</v>
+        <v>2.6487609999996664E-3</v>
       </c>
       <c r="D334" s="5">
-        <v>0.23790627596682601</v>
+        <v>0.13649039416452347</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>23.280310622999998</v>
+        <v>23.278010627</v>
       </c>
       <c r="C335" s="5">
-        <v>-2.6664562000000558E-2</v>
+        <v>-2.6652514999998544E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>-1.3642654801202303</v>
+        <v>-1.3637874164150188</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>23.085999735000001</v>
+        <v>23.085788505</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.19431088799999685</v>
+        <v>-0.19222212200000044</v>
       </c>
       <c r="D336" s="5">
-        <v>-9.5686555162452169</v>
+        <v>-9.4713161509943475</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>23.144787273999999</v>
+        <v>23.145505292999999</v>
       </c>
       <c r="C337" s="5">
-        <v>5.8787538999997224E-2</v>
+        <v>5.9716787999999354E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>3.0989128710986691</v>
+        <v>3.1486253580459644</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>23.208615354999999</v>
+        <v>23.21184427</v>
       </c>
       <c r="C338" s="5">
-        <v>6.3828081000000481E-2</v>
+        <v>6.6338977000000909E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>3.3599875744463326</v>
+        <v>3.4941451846448368</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>23.369484751000002</v>
+        <v>23.367587632999999</v>
       </c>
       <c r="C339" s="5">
-        <v>0.1608693960000025</v>
+        <v>0.15574336299999914</v>
       </c>
       <c r="D339" s="5">
-        <v>8.642281187848134</v>
+        <v>8.3554555606557557</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>23.31673</v>
+        <v>23.317631047999999</v>
       </c>
       <c r="C340" s="5">
-        <v>-5.2754751000001932E-2</v>
+        <v>-4.9956585000000331E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>-2.6755230003928765</v>
+        <v>-2.5354786892878622</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>23.393708019999998</v>
+        <v>23.390044591999999</v>
       </c>
       <c r="C341" s="5">
-        <v>7.6978019999998537E-2</v>
+        <v>7.2413543999999774E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>4.0344214719126192</v>
+        <v>3.7909489039624988</v>
       </c>
       <c r="E341" s="5">
-        <v>0.53446759993520665</v>
+        <v>0.54521190607255132</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>23.356061462</v>
+        <v>23.361504053000001</v>
       </c>
       <c r="C342" s="5">
-        <v>-3.764655799999872E-2</v>
+        <v>-2.8540538999997977E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>-1.9141111887446494</v>
+        <v>-1.4544535312485452</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>23.541124342</v>
+        <v>23.542129739</v>
       </c>
       <c r="C343" s="5">
-        <v>0.18506288000000026</v>
+        <v>0.18062568599999906</v>
       </c>
       <c r="D343" s="5">
-        <v>9.9337649282730709</v>
+        <v>9.6830163874603858</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>23.598813670999998</v>
+        <v>23.600043842000002</v>
       </c>
       <c r="C344" s="5">
-        <v>5.7689328999998679E-2</v>
+        <v>5.791410300000166E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>2.9806526536458655</v>
+        <v>2.9922941834099381</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>23.304897016999998</v>
+        <v>23.304330906000001</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.29391665400000022</v>
+        <v>-0.29571293600000104</v>
       </c>
       <c r="D345" s="5">
-        <v>-13.963209127975452</v>
+        <v>-14.042071058506567</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>23.621882322000001</v>
+        <v>23.619061767000002</v>
       </c>
       <c r="C346" s="5">
-        <v>0.31698530500000288</v>
+        <v>0.31473086100000103</v>
       </c>
       <c r="D346" s="5">
-        <v>17.600119176301511</v>
+        <v>17.465962757773145</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>23.322274529000001</v>
+        <v>23.317727122000001</v>
       </c>
       <c r="C347" s="5">
-        <v>-0.29960779299999984</v>
+        <v>-0.30133464500000073</v>
       </c>
       <c r="D347" s="5">
-        <v>-14.202068337693607</v>
+        <v>-14.279857441836096</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>24.208921033999999</v>
+        <v>24.208408961</v>
       </c>
       <c r="C348" s="5">
-        <v>0.88664650499999809</v>
+        <v>0.89068183899999909</v>
       </c>
       <c r="D348" s="5">
-        <v>56.478389581094412</v>
+        <v>56.805171459321244</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>23.822353709000001</v>
+        <v>23.823399443</v>
       </c>
       <c r="C349" s="5">
-        <v>-0.38656732499999791</v>
+        <v>-0.38500951800000038</v>
       </c>
       <c r="D349" s="5">
-        <v>-17.565156451906105</v>
+        <v>-17.500784000168579</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>23.253016318</v>
+        <v>23.256109382999998</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.56933739100000125</v>
+        <v>-0.56729006000000126</v>
       </c>
       <c r="D350" s="5">
-        <v>-25.19415508156785</v>
+        <v>-25.114118449399015</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>23.6339203</v>
+        <v>23.633299415</v>
       </c>
       <c r="C351" s="5">
-        <v>0.38090398199999953</v>
+        <v>0.37719003200000145</v>
       </c>
       <c r="D351" s="5">
-        <v>21.528361641001069</v>
+        <v>21.296298715288042</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>23.698707827</v>
+        <v>23.699442697999999</v>
       </c>
       <c r="C352" s="5">
-        <v>6.4787527000000011E-2</v>
+        <v>6.6143282999998831E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>3.3396059410826684</v>
+        <v>3.4106614948153924</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>23.797133720000001</v>
+        <v>23.795565234000001</v>
       </c>
       <c r="C353" s="5">
-        <v>9.8425893000001707E-2</v>
+        <v>9.6122536000002867E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>5.0992969847361902</v>
+        <v>4.9771317048102226</v>
       </c>
       <c r="E353" s="5">
-        <v>1.7245051517916776</v>
+        <v>1.7337318037379923</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>23.57788407</v>
+        <v>23.581294208999999</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.21924965000000185</v>
+        <v>-0.21427102500000217</v>
       </c>
       <c r="D354" s="5">
-        <v>-10.512551795863645</v>
+        <v>-10.286182679438404</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>23.869185557000002</v>
+        <v>23.870190561000001</v>
       </c>
       <c r="C355" s="5">
-        <v>0.29130148700000191</v>
+        <v>0.28889635200000185</v>
       </c>
       <c r="D355" s="5">
-        <v>15.875940467948467</v>
+        <v>15.733474683054816</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>23.832234357000001</v>
+        <v>23.834617668</v>
       </c>
       <c r="C356" s="5">
-        <v>-3.6951200000000739E-2</v>
+        <v>-3.5572893000001216E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>-1.8419497777483973</v>
+        <v>-1.7737318798715651</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>23.720439224</v>
+        <v>23.719580192999999</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.1117951330000011</v>
+        <v>-0.11503747500000117</v>
       </c>
       <c r="D357" s="5">
-        <v>-5.486121231958685</v>
+        <v>-5.6404845497518563</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>24.139158342000002</v>
+        <v>24.136664912000001</v>
       </c>
       <c r="C358" s="5">
-        <v>0.41871911800000206</v>
+        <v>0.41708471900000177</v>
       </c>
       <c r="D358" s="5">
-        <v>23.365227691756729</v>
+        <v>23.265957852784492</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>23.984738891999999</v>
+        <v>23.978142657999999</v>
       </c>
       <c r="C359" s="5">
-        <v>-0.15441945000000246</v>
+        <v>-0.15852225400000108</v>
       </c>
       <c r="D359" s="5">
-        <v>-7.41205248641299</v>
+        <v>-7.6026869000052173</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>23.969251472</v>
+        <v>23.967829068</v>
       </c>
       <c r="C360" s="5">
-        <v>-1.5487419999999474E-2</v>
+        <v>-1.0313589999999095E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>-0.7721177380256572</v>
+        <v>-0.51493027048706841</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>24.288639288999999</v>
+        <v>24.289796450000001</v>
       </c>
       <c r="C361" s="5">
-        <v>0.31938781699999907</v>
+        <v>0.32196738200000041</v>
       </c>
       <c r="D361" s="5">
-        <v>17.215369491406673</v>
+        <v>17.365950349088632</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>24.317418733</v>
+        <v>24.322590375000001</v>
       </c>
       <c r="C362" s="5">
-        <v>2.877944400000132E-2</v>
+        <v>3.2793925000000002E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>1.4311747740004543</v>
+        <v>1.6322181662985491</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>24.392188372</v>
+        <v>24.392501462999999</v>
       </c>
       <c r="C363" s="5">
-        <v>7.4769638999999444E-2</v>
+        <v>6.991108799999779E-2</v>
       </c>
       <c r="D363" s="5">
-        <v>3.7527233698145146</v>
+        <v>3.5042463134036028</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>24.475968345999998</v>
+        <v>24.475981205</v>
       </c>
       <c r="C364" s="5">
-        <v>8.3779973999998703E-2</v>
+        <v>8.3479742000001522E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>4.2004060092803552</v>
+        <v>4.18501434585139</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>24.485976502</v>
+        <v>24.486131856</v>
       </c>
       <c r="C365" s="5">
-        <v>1.0008156000001378E-2</v>
+        <v>1.0150651000000011E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>0.49178169811074923</v>
+        <v>0.49879934700371997</v>
       </c>
       <c r="E365" s="5">
-        <v>2.8946460111751504</v>
+        <v>2.9020811870158481</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>24.669715946</v>
+        <v>24.671187287999999</v>
       </c>
       <c r="C366" s="5">
-        <v>0.18373944400000042</v>
+        <v>0.18505543199999863</v>
       </c>
       <c r="D366" s="5">
-        <v>9.3857242237350249</v>
+        <v>9.4557034829322095</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>24.624523322000002</v>
+        <v>24.624414906999998</v>
       </c>
       <c r="C367" s="5">
-        <v>-4.519262399999846E-2</v>
+        <v>-4.6772381000000252E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>-2.1762741999439061</v>
+        <v>-2.2514239286794413</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>24.687044633999999</v>
+        <v>24.688125121999999</v>
       </c>
       <c r="C368" s="5">
-        <v>6.2521311999997664E-2</v>
+        <v>6.3710215000000403E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>3.0896915192050178</v>
+        <v>3.1492977036535086</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>23.134518417999999</v>
+        <v>23.132816283</v>
       </c>
       <c r="C369" s="5">
-        <v>-1.5525262160000004</v>
+        <v>-1.5553088389999985</v>
       </c>
       <c r="D369" s="5">
-        <v>-54.133422615517226</v>
+        <v>-54.197963567645814</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>23.359957207000001</v>
+        <v>23.361185818999999</v>
       </c>
       <c r="C370" s="5">
-        <v>0.2254387890000018</v>
+        <v>0.22836953599999887</v>
       </c>
       <c r="D370" s="5">
-        <v>12.341172831526471</v>
+        <v>12.511392935284938</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>23.430463132</v>
+        <v>23.424943752000001</v>
       </c>
       <c r="C371" s="5">
-        <v>7.0505924999999081E-2</v>
+        <v>6.3757933000001543E-2</v>
       </c>
       <c r="D371" s="5">
-        <v>3.6826198161687973</v>
+        <v>3.3246812480663746</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>23.940287389000002</v>
+        <v>23.937635704000002</v>
       </c>
       <c r="C372" s="5">
-        <v>0.50982425700000178</v>
+        <v>0.51269195200000084</v>
       </c>
       <c r="D372" s="5">
-        <v>29.47378315150404</v>
+        <v>29.667864815410461</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>24.123130589999999</v>
+        <v>24.123367715000001</v>
       </c>
       <c r="C373" s="5">
-        <v>0.18284320099999718</v>
+        <v>0.18573201099999892</v>
       </c>
       <c r="D373" s="5">
-        <v>9.5599183741452709</v>
+        <v>9.7185860597608364</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>23.964010791</v>
+        <v>23.970930266</v>
       </c>
       <c r="C374" s="5">
-        <v>-0.15911979899999906</v>
+        <v>-0.15243744900000067</v>
       </c>
       <c r="D374" s="5">
-        <v>-7.6344409555614279</v>
+        <v>-7.3248240133695912</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>23.075302752999999</v>
+        <v>23.075375031</v>
       </c>
       <c r="C375" s="5">
-        <v>-0.88870803800000076</v>
+        <v>-0.89555523499999978</v>
       </c>
       <c r="D375" s="5">
-        <v>-36.458887328806313</v>
+        <v>-36.676260275746053</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>22.966413816999999</v>
+        <v>22.965838275999999</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.1088889359999996</v>
+        <v>-0.1095367550000006</v>
       </c>
       <c r="D376" s="5">
-        <v>-5.517943692051186</v>
+        <v>-5.5499027277736594</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>22.971017332999999</v>
+        <v>22.970823664000001</v>
       </c>
       <c r="C377" s="5">
-        <v>4.6035159999995301E-3</v>
+        <v>4.9853880000014783E-3</v>
       </c>
       <c r="D377" s="5">
-        <v>0.24080004367028618</v>
+        <v>0.2608053471458982</v>
       </c>
       <c r="E377" s="5">
-        <v>-6.1870482023711038</v>
+        <v>-6.1884343387160756</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>22.770110755000001</v>
+        <v>22.770292014999999</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.20090657799999789</v>
+        <v>-0.20053164900000198</v>
       </c>
       <c r="D378" s="5">
-        <v>-10.004879575628001</v>
+        <v>-9.9871760231723954</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>22.700757670000002</v>
+        <v>22.700105752999999</v>
       </c>
       <c r="C379" s="5">
-        <v>-6.9353084999999481E-2</v>
+        <v>-7.0186261999999999E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>-3.5943438282207696</v>
+        <v>-3.6367668644455287</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>22.643810954999999</v>
+        <v>22.643926346000001</v>
       </c>
       <c r="C380" s="5">
-        <v>-5.6946715000002257E-2</v>
+        <v>-5.6179406999998349E-2</v>
       </c>
       <c r="D380" s="5">
-        <v>-2.9691102079976828</v>
+        <v>-2.9297299917189656</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>22.762962109</v>
+        <v>22.760893794000001</v>
       </c>
       <c r="C381" s="5">
-        <v>0.11915115400000076</v>
+        <v>0.11696744800000047</v>
       </c>
       <c r="D381" s="5">
-        <v>6.5003561486192796</v>
+        <v>6.3777853462813505</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>22.970909581000001</v>
+        <v>22.975902790999999</v>
       </c>
       <c r="C382" s="5">
-        <v>0.20794747200000074</v>
+        <v>0.2150089969999982</v>
       </c>
       <c r="D382" s="5">
-        <v>11.530333884676946</v>
+        <v>11.943601123554393</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>23.148530552</v>
+        <v>23.14497132</v>
       </c>
       <c r="C383" s="5">
-        <v>0.17762097099999963</v>
+        <v>0.16906852900000047</v>
       </c>
       <c r="D383" s="5">
-        <v>9.6838846305018933</v>
+        <v>9.1965060017902509</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>23.509002067000001</v>
+        <v>23.505524223999998</v>
       </c>
       <c r="C384" s="5">
-        <v>0.36047151500000041</v>
+        <v>0.36055290399999862</v>
       </c>
       <c r="D384" s="5">
-        <v>20.373031682782106</v>
+        <v>20.381439566816105</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>23.538351625000001</v>
+        <v>23.537567880000001</v>
       </c>
       <c r="C385" s="5">
-        <v>2.9349557999999831E-2</v>
+        <v>3.2043656000002585E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>1.5084566416603273</v>
+        <v>1.6482087323814509</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>23.587353063999998</v>
+        <v>23.594311207000001</v>
       </c>
       <c r="C386" s="5">
-        <v>4.900143899999776E-2</v>
+        <v>5.674332699999951E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>2.5269265196071311</v>
+        <v>2.9315743137039885</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>23.880782829000001</v>
+        <v>23.88038203</v>
       </c>
       <c r="C387" s="5">
-        <v>0.29342976500000262</v>
+        <v>0.28607082299999931</v>
       </c>
       <c r="D387" s="5">
-        <v>15.993116398228757</v>
+        <v>15.560018136138432</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>23.783067895999999</v>
+        <v>23.781758426</v>
       </c>
       <c r="C388" s="5">
-        <v>-9.7714933000002446E-2</v>
+        <v>-9.8623604000000142E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>-4.8011289214016983</v>
+        <v>-4.8448459679720335</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>23.853521316999998</v>
+        <v>23.852883073000001</v>
       </c>
       <c r="C389" s="5">
-        <v>7.045342099999985E-2</v>
+        <v>7.1124647000001318E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>3.6132959080083626</v>
+        <v>3.6484930286797113</v>
       </c>
       <c r="E389" s="5">
-        <v>3.8418149758313147</v>
+        <v>3.8399119766104439</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>23.884327999</v>
+        <v>23.883531637000001</v>
       </c>
       <c r="C390" s="5">
-        <v>3.0806682000001473E-2</v>
+        <v>3.0648563999999823E-2</v>
       </c>
       <c r="D390" s="5">
-        <v>1.5608489634095335</v>
+        <v>1.5528229146825945</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>23.842681443</v>
+        <v>23.841998931999999</v>
       </c>
       <c r="C391" s="5">
-        <v>-4.164655599999989E-2</v>
+        <v>-4.1532705000001613E-2</v>
       </c>
       <c r="D391" s="5">
-        <v>-2.0724620024718976</v>
+        <v>-2.0669187572934233</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>23.96282227</v>
+        <v>23.962463813999999</v>
       </c>
       <c r="C392" s="5">
-        <v>0.12014082700000017</v>
+        <v>0.12046488200000027</v>
       </c>
       <c r="D392" s="5">
-        <v>6.2171010239243651</v>
+        <v>6.2345225536271309</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>23.970778662000001</v>
+        <v>23.968011402999998</v>
       </c>
       <c r="C393" s="5">
-        <v>7.9563920000005339E-3</v>
+        <v>5.5475889999989647E-3</v>
       </c>
       <c r="D393" s="5">
-        <v>0.39916522606309179</v>
+        <v>0.27816797068724863</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>23.956055360000001</v>
+        <v>23.965839580000001</v>
       </c>
       <c r="C394" s="5">
-        <v>-1.472330200000016E-2</v>
+        <v>-2.1718229999976302E-3</v>
       </c>
       <c r="D394" s="5">
-        <v>-0.73457765863149671</v>
+        <v>-0.10868190493891206</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>23.947112574999998</v>
+        <v>23.945072653</v>
       </c>
       <c r="C395" s="5">
-        <v>-8.9427850000021181E-3</v>
+        <v>-2.0766927000000379E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>-0.44704089230938049</v>
+        <v>-1.0348849955327366</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>24.120107296</v>
+        <v>24.116767318000001</v>
       </c>
       <c r="C396" s="5">
-        <v>0.17299472100000202</v>
+        <v>0.17169466500000041</v>
       </c>
       <c r="D396" s="5">
-        <v>9.0217012793278215</v>
+        <v>8.952000797737437</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>23.908527528</v>
+        <v>23.906684181999999</v>
       </c>
       <c r="C397" s="5">
-        <v>-0.211579768</v>
+        <v>-0.2100831360000015</v>
       </c>
       <c r="D397" s="5">
-        <v>-10.03302214189935</v>
+        <v>-9.9667322543108288</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>24.129569241999999</v>
+        <v>24.133153282999999</v>
       </c>
       <c r="C398" s="5">
-        <v>0.22104171399999828</v>
+        <v>0.22646910099999928</v>
       </c>
       <c r="D398" s="5">
-        <v>11.676262629594847</v>
+        <v>11.979035850323804</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>24.113710519000001</v>
+        <v>24.112765821</v>
       </c>
       <c r="C399" s="5">
-        <v>-1.5858722999997354E-2</v>
+        <v>-2.0387461999998635E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>-0.78583363937142492</v>
+        <v>-1.00905177624252</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>24.203136472000001</v>
+        <v>24.201087891</v>
       </c>
       <c r="C400" s="5">
-        <v>8.9425952999999225E-2</v>
+        <v>8.8322070000000252E-2</v>
       </c>
       <c r="D400" s="5">
-        <v>4.542114447949297</v>
+        <v>4.4850912179190017</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>24.355188181999999</v>
+        <v>24.354290243000001</v>
       </c>
       <c r="C401" s="5">
-        <v>0.15205170999999851</v>
+        <v>0.15320235200000099</v>
       </c>
       <c r="D401" s="5">
-        <v>7.8047951838023044</v>
+        <v>7.8666181051024964</v>
       </c>
       <c r="E401" s="5">
-        <v>2.1031144975751204</v>
+        <v>2.1020820353895076</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>24.206178768000001</v>
+        <v>24.205417187999998</v>
       </c>
       <c r="C402" s="5">
-        <v>-0.14900941399999823</v>
+        <v>-0.14887305500000281</v>
       </c>
       <c r="D402" s="5">
-        <v>-7.0997331269995856</v>
+        <v>-7.0937057933927576</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>24.339251467</v>
+        <v>24.339251397000002</v>
       </c>
       <c r="C403" s="5">
-        <v>0.13307269899999952</v>
+        <v>0.13383420900000331</v>
       </c>
       <c r="D403" s="5">
-        <v>6.8001289352805916</v>
+        <v>6.8404555186129867</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>24.459252278000001</v>
+        <v>24.460121715</v>
       </c>
       <c r="C404" s="5">
-        <v>0.1200008110000006</v>
+        <v>0.12087031799999792</v>
       </c>
       <c r="D404" s="5">
-        <v>6.0795099517648499</v>
+        <v>6.1247713270436765</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>24.572224474999999</v>
+        <v>24.575299854000001</v>
       </c>
       <c r="C405" s="5">
-        <v>0.11297219699999772</v>
+        <v>0.11517813900000107</v>
       </c>
       <c r="D405" s="5">
-        <v>5.6855401294602093</v>
+        <v>5.7992383646833012</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>24.541400304</v>
+        <v>24.54978109</v>
       </c>
       <c r="C406" s="5">
-        <v>-3.0824170999999012E-2</v>
+        <v>-2.5518764000000971E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>-1.4949752879355516</v>
+        <v>-1.2389769872829914</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>24.544160553000001</v>
+        <v>24.539706869</v>
       </c>
       <c r="C407" s="5">
-        <v>2.7602490000013802E-3</v>
+        <v>-1.0074220999999994E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>0.13505132239279849</v>
+        <v>-0.49132078767983867</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>24.422511569000001</v>
+        <v>24.418426781000001</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.12164898400000013</v>
+        <v>-0.1212800879999989</v>
       </c>
       <c r="D408" s="5">
-        <v>-5.7881157147230411</v>
+        <v>-5.7720568043268532</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>24.610043601000001</v>
+        <v>24.607224022</v>
       </c>
       <c r="C409" s="5">
-        <v>0.18753203200000002</v>
+        <v>0.18879724099999962</v>
       </c>
       <c r="D409" s="5">
-        <v>9.613667693822169</v>
+        <v>9.6829990380175914</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>24.68735749</v>
+        <v>24.687828752000001</v>
       </c>
       <c r="C410" s="5">
-        <v>7.7313888999999136E-2</v>
+        <v>8.0604730000001013E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>3.8356950001824819</v>
+        <v>4.0023800716745495</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>24.651792114999999</v>
+        <v>24.650862669999999</v>
       </c>
       <c r="C411" s="5">
-        <v>-3.5565375000000898E-2</v>
+        <v>-3.6966082000002842E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>-1.7151251278602064</v>
+        <v>-1.7820846350017905</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>24.723843303999999</v>
+        <v>24.722144046</v>
       </c>
       <c r="C412" s="5">
-        <v>7.2051188999999738E-2</v>
+        <v>7.1281376000001728E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>3.5642414233233444</v>
+        <v>3.5256876107209401</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>24.673099857</v>
+        <v>24.672870796000002</v>
       </c>
       <c r="C413" s="5">
-        <v>-5.0743446999998554E-2</v>
+        <v>-4.9273249999998825E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>-2.4352788031892003</v>
+        <v>-2.3656536315969201</v>
       </c>
       <c r="E413" s="5">
-        <v>1.305313975093636</v>
+        <v>1.3081085501621903</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>24.710827962</v>
+        <v>24.710977368000002</v>
       </c>
       <c r="C414" s="5">
-        <v>3.7728104999999346E-2</v>
+        <v>3.8106572000000227E-2</v>
       </c>
       <c r="D414" s="5">
-        <v>1.8504538438041118</v>
+        <v>1.8691920204114476</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>24.803654955999999</v>
+        <v>24.805157911999999</v>
       </c>
       <c r="C415" s="5">
-        <v>9.2826993999999274E-2</v>
+        <v>9.4180543999996758E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>4.6021495490163433</v>
+        <v>4.6706396855528354</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>24.756249561000001</v>
+        <v>24.759854343000001</v>
       </c>
       <c r="C416" s="5">
-        <v>-4.7405394999998407E-2</v>
+        <v>-4.5303568999997879E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>-2.2695159754182015</v>
+        <v>-2.1697705266258471</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>24.772797962999999</v>
+        <v>24.782910314999999</v>
       </c>
       <c r="C417" s="5">
-        <v>1.6548401999997964E-2</v>
+        <v>2.3055971999998093E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>0.80509987581827147</v>
+        <v>1.1231610830088501</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>24.822752513000001</v>
+        <v>24.826706632</v>
       </c>
       <c r="C418" s="5">
-        <v>4.9954550000002484E-2</v>
+        <v>4.379631700000175E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>2.4468286591166288</v>
+        <v>2.1413715948638279</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>24.840082709000001</v>
+        <v>24.829125379000001</v>
       </c>
       <c r="C419" s="5">
-        <v>1.7330195999999631E-2</v>
+        <v>2.4187470000001099E-3</v>
       </c>
       <c r="D419" s="5">
-        <v>0.84101374753764446</v>
+        <v>0.11697291219219252</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>24.816827179000001</v>
+        <v>24.811572216999998</v>
       </c>
       <c r="C420" s="5">
-        <v>-2.3255530000000135E-2</v>
+        <v>-1.7553162000002231E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>-1.1176850029903984</v>
+        <v>-0.84505938153722759</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>25.365873540999999</v>
+        <v>25.362465327999999</v>
       </c>
       <c r="C421" s="5">
-        <v>0.54904636199999857</v>
+        <v>0.5508931110000006</v>
       </c>
       <c r="D421" s="5">
-        <v>30.029771620688894</v>
+        <v>30.150601266527911</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>24.879343723000002</v>
+        <v>24.878029121000001</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.4865298179999975</v>
+        <v>-0.48443620699999812</v>
       </c>
       <c r="D422" s="5">
-        <v>-20.737244471591055</v>
+        <v>-20.65965837276962</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>24.586236492000001</v>
+        <v>24.696950547</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.29310723100000047</v>
+        <v>-0.18107857400000071</v>
       </c>
       <c r="D423" s="5">
-        <v>-13.256365548443604</v>
+        <v>-8.3930712281096724</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>24.66272352</v>
+        <v>24.771926009000001</v>
       </c>
       <c r="C424" s="5">
-        <v>7.6487027999998958E-2</v>
+        <v>7.4975462000001158E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>3.7977059156619086</v>
+        <v>3.7044289687476306</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>24.689223348999999</v>
+        <v>24.799606502</v>
       </c>
       <c r="C425" s="5">
-        <v>2.6499828999998698E-2</v>
+        <v>2.7680492999998307E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>1.2970342237277999</v>
+        <v>1.3491682321358001</v>
       </c>
       <c r="E425" s="5">
-        <v>6.5348464900827352E-2</v>
+        <v>0.51366420652008138</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>24.802816055000001</v>
+        <v>24.914378283000001</v>
       </c>
       <c r="C426" s="5">
-        <v>0.11359270600000215</v>
+        <v>0.11477178100000174</v>
       </c>
       <c r="D426" s="5">
-        <v>5.6629586274674626</v>
+        <v>5.6971243257960547</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>24.757216365000001</v>
+        <v>24.868070629999998</v>
       </c>
       <c r="C427" s="5">
-        <v>-4.5599689999999526E-2</v>
+        <v>-4.6307653000003057E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-2.1840139851518892</v>
+        <v>-2.207746104742736</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>24.727104799999999</v>
+        <v>24.844614376999999</v>
       </c>
       <c r="C428" s="5">
-        <v>-3.0111565000002116E-2</v>
+        <v>-2.3456252999999094E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>-1.4498050546935981</v>
+        <v>-1.1260197814988882</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>24.846894055</v>
+        <v>24.906361852</v>
       </c>
       <c r="C429" s="5">
-        <v>0.11978925500000059</v>
+        <v>6.1747475000000662E-2</v>
       </c>
       <c r="D429" s="5">
-        <v>5.9707637582296247</v>
+        <v>3.023523269519468</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>24.842960366</v>
+        <v>24.947817471</v>
       </c>
       <c r="C430" s="5">
-        <v>-3.933689000000129E-3</v>
+        <v>4.145561900000061E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>-0.18981522090882885</v>
+        <v>2.0157374675320305</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>24.792273709</v>
+        <v>24.042653722000001</v>
       </c>
       <c r="C431" s="5">
-        <v>-5.0686656999999968E-2</v>
+        <v>-0.90516374899999974</v>
       </c>
       <c r="D431" s="5">
-        <v>-2.4210508141938258</v>
+        <v>-35.820234940784204</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>24.590084859000001</v>
+        <v>23.874729859999999</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.20218884999999887</v>
+        <v>-0.16792386200000209</v>
       </c>
       <c r="D432" s="5">
-        <v>-9.3591364021577519</v>
+        <v>-8.0667152427280513</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>24.740920638999999</v>
+        <v>23.990530574000001</v>
       </c>
       <c r="C433" s="5">
-        <v>0.15083577999999775</v>
+        <v>0.11580071400000236</v>
       </c>
       <c r="D433" s="5">
-        <v>7.6142900393470603</v>
+        <v>5.9782245668683842</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>24.01322687</v>
+      </c>
+      <c r="C434" s="5">
+        <v>2.269629599999945E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>1.1411884947635231</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>23.924084168</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-8.9142702000000185E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-4.3648436844136889</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>23.884040047999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-4.0044120000001016E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-1.9901715803708586</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">