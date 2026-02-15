--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A3E215C4-2D32-4BDF-BE98-12A1E493BE74}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{FEED8492-6D0C-4266-8E94-7691EC9D7EE1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CD8A6DA1-6066-4BE1-A6B9-D43176250317}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{836D241D-F604-495F-B35B-A1763473DAF4}"/>
   </bookViews>
   <sheets>
     <sheet name="largovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Government Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E0042C3D-8300-4E09-9ED1-A2547D5FD881}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{02D3B6D1-F7D6-44D8-919A-C9FEEB1AC061}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>24.042653722000001</v>
       </c>
       <c r="C431" s="5">
         <v>-0.90516374899999974</v>
       </c>
       <c r="D431" s="5">
         <v>-35.820234940784204</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>23.874729859999999</v>
       </c>
       <c r="C432" s="5">
         <v>-0.16792386200000209</v>
       </c>
       <c r="D432" s="5">
         <v>-8.0667152427280513</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>23.990530574000001</v>
       </c>
       <c r="C433" s="5">
         <v>0.11580071400000236</v>
       </c>
       <c r="D433" s="5">
         <v>5.9782245668683842</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>24.01322687</v>
       </c>
       <c r="C434" s="5">
         <v>2.269629599999945E-2</v>
       </c>
       <c r="D434" s="5">
         <v>1.1411884947635231</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>23.924084168</v>
       </c>
       <c r="C435" s="5">
         <v>-8.9142702000000185E-2</v>
       </c>
       <c r="D435" s="5">
         <v>-4.3648436844136889</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>23.884040047999999</v>
+        <v>23.871241943000001</v>
       </c>
       <c r="C436" s="5">
-        <v>-4.0044120000001016E-2</v>
+        <v>-5.2842224999999132E-2</v>
       </c>
       <c r="D436" s="5">
-        <v>-1.9901715803708586</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-2.6185325880219268</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>24.023088459</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.1518465159999991</v>
+      </c>
+      <c r="D437" s="5">
+        <v>7.9060789002921128</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-3.1311708229619484</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>