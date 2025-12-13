--- v0 (2025-10-10)
+++ v1 (2025-12-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A8059527-645C-4C88-B4ED-7AA75B3FEC28}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{52C24FCE-4099-4A28-8EEA-1B99B9ADB4CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{EB45CF87-B94E-4F1D-9CD8-E1C120BB879E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{065E9800-2F57-4A2C-AF47-FE8313E30F1C}"/>
   </bookViews>
   <sheets>
     <sheet name="larinfoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Information Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D642EAA-E222-41A1-9415-4D4D2FA235E0}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0E419BD1-2265-4825-B7D9-A9FBF3EBC1FE}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-2.1106022999999308E-3</v>
       </c>
       <c r="D431" s="5">
         <v>-3.7706793661712257</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>0.65820226250000002</v>
       </c>
       <c r="C432" s="5">
         <v>3.1302519999998335E-4</v>
       </c>
       <c r="D432" s="5">
         <v>0.57245926949058834</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>0.65825646999999998</v>
+        <v>0.65804910240000003</v>
       </c>
       <c r="C433" s="5">
-        <v>5.4207499999958664E-5</v>
+        <v>-1.531600999999938E-4</v>
       </c>
       <c r="D433" s="5">
-        <v>9.8873061649795702E-2</v>
+        <v>-0.27887640615007481</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>0.66045385469999995</v>
+      </c>
+      <c r="C434" s="5">
+        <v>2.4047522999999238E-3</v>
+      </c>
+      <c r="D434" s="5">
+        <v>4.4744607639177758</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>