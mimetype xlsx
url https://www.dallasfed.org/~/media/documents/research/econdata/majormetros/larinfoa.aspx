--- v1 (2025-12-13)
+++ v2 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{52C24FCE-4099-4A28-8EEA-1B99B9ADB4CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C8FECDEE-6E6C-4CB7-959C-A7B698F093B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{065E9800-2F57-4A2C-AF47-FE8313E30F1C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{ACA5DF2F-2294-4D30-92D5-7C69F7F42D04}"/>
   </bookViews>
   <sheets>
     <sheet name="larinfoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Information Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0E419BD1-2265-4825-B7D9-A9FBF3EBC1FE}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD739EB1-5F2E-45BC-89D9-0AF633CD6931}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -2574,4555 +2574,4573 @@
         <v>-2.2677599999965103E-5</v>
       </c>
       <c r="D117" s="5">
         <v>-3.8661687636765141E-2</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
         <v>0.70325306180000002</v>
       </c>
       <c r="C118" s="5">
         <v>-4.7774830000002488E-4</v>
       </c>
       <c r="D118" s="5">
         <v>-0.81162027824424055</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>0.69466519380000002</v>
+        <v>0.69466519370000002</v>
       </c>
       <c r="C119" s="5">
-        <v>-8.5878679999999985E-3</v>
+        <v>-8.5878681000000068E-3</v>
       </c>
       <c r="D119" s="5">
-        <v>-13.708724352501422</v>
+        <v>-13.708724501565406</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
         <v>0.69138647740000003</v>
       </c>
       <c r="C120" s="5">
-        <v>-3.2787163999999924E-3</v>
+        <v>-3.2787162999999842E-3</v>
       </c>
       <c r="D120" s="5">
-        <v>-5.5190821447206879</v>
+        <v>-5.5190819815094994</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
         <v>0.687793812</v>
       </c>
       <c r="C121" s="5">
         <v>-3.592665400000028E-3</v>
       </c>
       <c r="D121" s="5">
         <v>-6.0604235594638904</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>0.68883446150000005</v>
+        <v>0.68883446140000004</v>
       </c>
       <c r="C122" s="5">
-        <v>1.040649500000046E-3</v>
+        <v>1.0406494000000377E-3</v>
       </c>
       <c r="D122" s="5">
-        <v>1.8308159505029176</v>
+        <v>1.8308157731062424</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>0.70770908830000001</v>
+        <v>0.70770908850000003</v>
       </c>
       <c r="C123" s="5">
-        <v>1.8874626799999961E-2</v>
+        <v>1.8874627099999985E-2</v>
       </c>
       <c r="D123" s="5">
-        <v>38.318056891165739</v>
+        <v>38.318057601193203</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
         <v>0.70947955340000002</v>
       </c>
       <c r="C124" s="5">
-        <v>1.7704651000000071E-3</v>
+        <v>1.7704648999999906E-3</v>
       </c>
       <c r="D124" s="5">
-        <v>3.0436738231677918</v>
+        <v>3.0436734737236737</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>0.70911063060000001</v>
+        <v>0.70911063070000002</v>
       </c>
       <c r="C125" s="5">
-        <v>-3.6892280000000444E-4</v>
+        <v>-3.6892269999999616E-4</v>
       </c>
       <c r="D125" s="5">
-        <v>-0.62220740453959866</v>
+        <v>-0.62220723636650099</v>
       </c>
       <c r="E125" s="5">
-        <v>0.38740089427020674</v>
+        <v>0.3874009084270158</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
         <v>0.70241641539999999</v>
       </c>
       <c r="C126" s="5">
-        <v>-6.6942152000000199E-3</v>
+        <v>-6.6942153000000282E-3</v>
       </c>
       <c r="D126" s="5">
-        <v>-10.758291590768065</v>
+        <v>-10.758291741788351</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>0.70218371550000003</v>
+        <v>0.70218371560000004</v>
       </c>
       <c r="C127" s="5">
-        <v>-2.3269989999996632E-4</v>
+        <v>-2.3269979999995805E-4</v>
       </c>
       <c r="D127" s="5">
-        <v>-0.39681824296748935</v>
+        <v>-0.39681807275008252</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
         <v>0.70175041930000004</v>
       </c>
       <c r="C128" s="5">
-        <v>-4.3329619999998847E-4</v>
+        <v>-4.3329629999999675E-4</v>
       </c>
       <c r="D128" s="5">
-        <v>-0.73797552626796437</v>
+        <v>-0.73797569590217105</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>0.70095290330000004</v>
+        <v>0.70095290340000005</v>
       </c>
       <c r="C129" s="5">
-        <v>-7.9751599999999812E-4</v>
+        <v>-7.9751589999998984E-4</v>
       </c>
       <c r="D129" s="5">
-        <v>-1.3552680044174759</v>
+        <v>-1.3552678355419956</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
         <v>0.69974298069999996</v>
       </c>
       <c r="C130" s="5">
-        <v>-1.2099226000000796E-3</v>
+        <v>-1.2099227000000878E-3</v>
       </c>
       <c r="D130" s="5">
-        <v>-2.0517816141135792</v>
+        <v>-2.0517817817966133</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
         <v>0.6946730445</v>
       </c>
       <c r="C131" s="5">
         <v>-5.0699361999999581E-3</v>
       </c>
       <c r="D131" s="5">
         <v>-8.3562696474952407</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>0.69106767550000003</v>
+        <v>0.69106767540000003</v>
       </c>
       <c r="C132" s="5">
-        <v>-3.6053689999999694E-3</v>
+        <v>-3.6053690999999777E-3</v>
       </c>
       <c r="D132" s="5">
-        <v>-6.0532876220581011</v>
+        <v>-6.0532877851912748</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>0.68999972809999999</v>
+        <v>0.68999972789999997</v>
       </c>
       <c r="C133" s="5">
-        <v>-1.0679474000000466E-3</v>
+        <v>-1.0679475000000549E-3</v>
       </c>
       <c r="D133" s="5">
-        <v>-1.8387495925383357</v>
+        <v>-1.8387497635174888</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>0.68759747530000004</v>
+        <v>0.68759747490000001</v>
       </c>
       <c r="C134" s="5">
-        <v>-2.4022527999999488E-3</v>
+        <v>-2.4022529999999653E-3</v>
       </c>
       <c r="D134" s="5">
-        <v>-4.0987549566425692</v>
+        <v>-4.0987552925430437</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>0.71119017849999999</v>
+        <v>0.71119017880000002</v>
       </c>
       <c r="C135" s="5">
-        <v>2.3592703199999954E-2</v>
+        <v>2.3592703900000012E-2</v>
       </c>
       <c r="D135" s="5">
-        <v>49.90555421153735</v>
+        <v>49.905556016815254</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>0.61167270129999995</v>
+        <v>0.61167270139999996</v>
       </c>
       <c r="C136" s="5">
-        <v>-9.9517477200000037E-2</v>
+        <v>-9.9517477400000054E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>-83.616745506382443</v>
+        <v>-83.616745557172251</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
         <v>0.61087095759999999</v>
       </c>
       <c r="C137" s="5">
-        <v>-8.0174369999996831E-4</v>
+        <v>-8.0174379999997658E-4</v>
       </c>
       <c r="D137" s="5">
-        <v>-1.561597995060704</v>
+        <v>-1.5615981881804575</v>
       </c>
       <c r="E137" s="5">
-        <v>-13.853927548212964</v>
+        <v>-13.853927560361424</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>0.70226509530000003</v>
+        <v>0.70226509540000004</v>
       </c>
       <c r="C138" s="5">
-        <v>9.1394137700000044E-2</v>
+        <v>9.1394137800000053E-2</v>
       </c>
       <c r="D138" s="5">
-        <v>432.86753409688981</v>
+        <v>432.86753500743015</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>0.70139961100000003</v>
+        <v>0.70139961110000004</v>
       </c>
       <c r="C139" s="5">
         <v>-8.6548429999999676E-4</v>
       </c>
       <c r="D139" s="5">
-        <v>-1.4689184923902032</v>
+        <v>-1.4689184921824028</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>0.69991899059999996</v>
+        <v>0.69991899069999997</v>
       </c>
       <c r="C140" s="5">
         <v>-1.4806204000000767E-3</v>
       </c>
       <c r="D140" s="5">
-        <v>-2.50393713041418</v>
+        <v>-2.5039371300612956</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>0.69906206839999996</v>
+        <v>0.69906206859999998</v>
       </c>
       <c r="C141" s="5">
-        <v>-8.5692219999999875E-4</v>
+        <v>-8.5692209999999047E-4</v>
       </c>
       <c r="D141" s="5">
-        <v>-1.4593267016727141</v>
+        <v>-1.4593265323121329</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>0.6979315438</v>
+        <v>0.69793154400000001</v>
       </c>
       <c r="C142" s="5">
         <v>-1.1305245999999602E-3</v>
       </c>
       <c r="D142" s="5">
-        <v>-1.9234738947856767</v>
+        <v>-1.9234738942401797</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>0.69490892209999999</v>
+        <v>0.6949089222</v>
       </c>
       <c r="C143" s="5">
-        <v>-3.0226217000000055E-3</v>
+        <v>-3.0226218000000138E-3</v>
       </c>
       <c r="D143" s="5">
-        <v>-5.0749736555339204</v>
+        <v>-5.0749738180349224</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>0.69072813929999999</v>
+        <v>0.69072813919999998</v>
       </c>
       <c r="C144" s="5">
-        <v>-4.1807828000000047E-3</v>
+        <v>-4.1807830000000212E-3</v>
       </c>
       <c r="D144" s="5">
-        <v>-6.9853975275492193</v>
+        <v>-6.985397849765107</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>0.69086787650000003</v>
+        <v>0.6908678761</v>
       </c>
       <c r="C145" s="5">
-        <v>1.3973720000004519E-4</v>
+        <v>1.3973690000002037E-4</v>
       </c>
       <c r="D145" s="5">
-        <v>0.24303533403071675</v>
+        <v>0.2430348117157477</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>0.6854872903</v>
+        <v>0.68548728960000005</v>
       </c>
       <c r="C146" s="5">
-        <v>-5.3805862000000371E-3</v>
+        <v>-5.3805864999999509E-3</v>
       </c>
       <c r="D146" s="5">
-        <v>-8.9556735719575009</v>
+        <v>-8.9556740550634455</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>0.71412247279999996</v>
+        <v>0.7141224733</v>
       </c>
       <c r="C147" s="5">
-        <v>2.8635182499999967E-2</v>
+        <v>2.8635183699999955E-2</v>
       </c>
       <c r="D147" s="5">
-        <v>63.410334530331447</v>
+        <v>63.410337905731474</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
         <v>0.71348142199999998</v>
       </c>
       <c r="C148" s="5">
-        <v>-6.4105079999998704E-4</v>
+        <v>-6.4105130000002841E-4</v>
       </c>
       <c r="D148" s="5">
-        <v>-1.0719089800877879</v>
+        <v>-1.0719098112737635</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>0.71364480060000002</v>
+        <v>0.7136448004</v>
       </c>
       <c r="C149" s="5">
-        <v>1.6337860000004145E-4</v>
+        <v>1.633784000000249E-4</v>
       </c>
       <c r="D149" s="5">
-        <v>0.27513179721891934</v>
+        <v>0.27513145999200628</v>
       </c>
       <c r="E149" s="5">
-        <v>16.824149474019777</v>
+        <v>16.824149441279634</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>0.70198326659999999</v>
+        <v>0.7019832667</v>
       </c>
       <c r="C150" s="5">
-        <v>-1.1661534000000029E-2</v>
+        <v>-1.1661533700000004E-2</v>
       </c>
       <c r="D150" s="5">
-        <v>-17.939181202155694</v>
+        <v>-17.939180785905517</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
         <v>0.70063648509999998</v>
       </c>
       <c r="C151" s="5">
-        <v>-1.346781500000005E-3</v>
+        <v>-1.3467816000000132E-3</v>
       </c>
       <c r="D151" s="5">
-        <v>-2.2781069672677567</v>
+        <v>-2.2781071343177417</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>0.69819056769999999</v>
+        <v>0.69819056779999999</v>
       </c>
       <c r="C152" s="5">
-        <v>-2.4459173999999972E-3</v>
+        <v>-2.445917299999989E-3</v>
       </c>
       <c r="D152" s="5">
-        <v>-4.1096864155691577</v>
+        <v>-4.1096862507597258</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>0.69732377410000002</v>
+        <v>0.69732377450000005</v>
       </c>
       <c r="C153" s="5">
-        <v>-8.6679359999997097E-4</v>
+        <v>-8.6679329999994614E-4</v>
       </c>
       <c r="D153" s="5">
-        <v>-1.479652317196456</v>
+        <v>-1.4796518083652233</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>0.69629275450000006</v>
+        <v>0.69629275489999998</v>
       </c>
       <c r="C154" s="5">
-        <v>-1.0310195999999605E-3</v>
+        <v>-1.0310196000000715E-3</v>
       </c>
       <c r="D154" s="5">
-        <v>-1.7598882133560645</v>
+        <v>-1.7598882123549098</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>0.69533598080000003</v>
+        <v>0.69533598129999996</v>
       </c>
       <c r="C155" s="5">
-        <v>-9.5677370000002426E-4</v>
+        <v>-9.5677360000001599E-4</v>
       </c>
       <c r="D155" s="5">
-        <v>-1.6365114173596984</v>
+        <v>-1.6365112466724563</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>0.69062352640000002</v>
+        <v>0.69062352680000005</v>
       </c>
       <c r="C156" s="5">
-        <v>-4.7124544000000101E-3</v>
+        <v>-4.7124544999999074E-3</v>
       </c>
       <c r="D156" s="5">
-        <v>-7.8362814083566938</v>
+        <v>-7.8362815630700027</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
         <v>0.69208896230000005</v>
       </c>
       <c r="C157" s="5">
-        <v>1.4654359000000339E-3</v>
+        <v>1.4654355000000008E-3</v>
       </c>
       <c r="D157" s="5">
-        <v>2.5762106945742991</v>
+        <v>2.5762099816446504</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>0.68445330820000005</v>
+        <v>0.68445330469999999</v>
       </c>
       <c r="C158" s="5">
-        <v>-7.6356541E-3</v>
+        <v>-7.6356576000000675E-3</v>
       </c>
       <c r="D158" s="5">
-        <v>-12.464776059058824</v>
+        <v>-12.464781430468918</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>0.61605708680000004</v>
+        <v>0.61605708780000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-6.8396221400000012E-2</v>
+        <v>-6.8396216899999973E-2</v>
       </c>
       <c r="D159" s="5">
-        <v>-71.730015467050762</v>
+        <v>-71.730013181661079</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>0.61389903820000002</v>
+        <v>0.61389903859999995</v>
       </c>
       <c r="C160" s="5">
-        <v>-2.1580486000000176E-3</v>
+        <v>-2.1580492000000673E-3</v>
       </c>
       <c r="D160" s="5">
-        <v>-4.123550777399732</v>
+        <v>-4.1235518953037449</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
         <v>0.61511984159999999</v>
       </c>
       <c r="C161" s="5">
-        <v>1.2208033999999701E-3</v>
+        <v>1.220803000000048E-3</v>
       </c>
       <c r="D161" s="5">
-        <v>2.4126012191914015</v>
+        <v>2.4126004184400696</v>
       </c>
       <c r="E161" s="5">
-        <v>-13.805881990195223</v>
+        <v>-13.805881966039191</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>0.60243157130000002</v>
+        <v>0.60243157160000005</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.2688270299999971E-2</v>
+        <v>-1.2688269999999946E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>-22.128982267627141</v>
+        <v>-22.128981802286852</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>0.60042151489999995</v>
+        <v>0.60042151499999996</v>
       </c>
       <c r="C163" s="5">
-        <v>-2.0100564000000709E-3</v>
+        <v>-2.0100566000000875E-3</v>
       </c>
       <c r="D163" s="5">
-        <v>-3.9312217535682925</v>
+        <v>-3.9312221356516908</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>0.59697730339999999</v>
+        <v>0.59697730360000001</v>
       </c>
       <c r="C164" s="5">
-        <v>-3.4442114999999607E-3</v>
+        <v>-3.4442113999999524E-3</v>
       </c>
       <c r="D164" s="5">
-        <v>-6.6705110129288041</v>
+        <v>-6.6705108242484652</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>0.59618310490000004</v>
+        <v>0.59618310510000005</v>
       </c>
       <c r="C165" s="5">
         <v>-7.9419849999995407E-4</v>
       </c>
       <c r="D165" s="5">
-        <v>-1.5848100615369343</v>
+        <v>-1.5848100610099336</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
         <v>0.59539104109999996</v>
       </c>
       <c r="C166" s="5">
-        <v>-7.920638000000757E-4</v>
+        <v>-7.9206400000009225E-4</v>
       </c>
       <c r="D166" s="5">
-        <v>-1.5826715315772955</v>
+        <v>-1.582671927766921</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>0.59465715340000003</v>
+        <v>0.59465715360000004</v>
       </c>
       <c r="C167" s="5">
-        <v>-7.3388769999993553E-4</v>
+        <v>-7.3388749999991898E-4</v>
       </c>
       <c r="D167" s="5">
-        <v>-1.4691509908410616</v>
+        <v>-1.4691505931765048</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>0.6900953205</v>
+        <v>0.69009532119999994</v>
       </c>
       <c r="C168" s="5">
-        <v>9.5438167099999971E-2</v>
+        <v>9.5438167599999901E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>496.63567652765499</v>
+        <v>496.63568138205596</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>0.59150334950000005</v>
+        <v>0.5915033502</v>
       </c>
       <c r="C169" s="5">
         <v>-9.8591970999999945E-2</v>
       </c>
       <c r="D169" s="5">
-        <v>-84.275475949765337</v>
+        <v>-84.275475917862323</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>0.58413003949999998</v>
+        <v>0.58413003409999997</v>
       </c>
       <c r="C170" s="5">
-        <v>-7.3733100000000773E-3</v>
+        <v>-7.3733161000000269E-3</v>
       </c>
       <c r="D170" s="5">
-        <v>-13.974344330111354</v>
+        <v>-13.974355094957325</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>0.71918442199999999</v>
+        <v>0.7191844248</v>
       </c>
       <c r="C171" s="5">
-        <v>0.13505438250000001</v>
+        <v>0.13505439070000003</v>
       </c>
       <c r="D171" s="5">
-        <v>1113.3016001710023</v>
+        <v>1113.301791452614</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>0.71634273059999998</v>
+        <v>0.71634273299999995</v>
       </c>
       <c r="C172" s="5">
-        <v>-2.8416914000000126E-3</v>
+        <v>-2.8416918000000457E-3</v>
       </c>
       <c r="D172" s="5">
-        <v>-4.6398257585836049</v>
+        <v>-4.6398263798902999</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>0.71821289700000002</v>
+        <v>0.71821289430000002</v>
       </c>
       <c r="C173" s="5">
-        <v>1.8701664000000395E-3</v>
+        <v>1.8701613000000616E-3</v>
       </c>
       <c r="D173" s="5">
-        <v>3.1782357403518979</v>
+        <v>3.1782269375783656</v>
       </c>
       <c r="E173" s="5">
-        <v>16.759832544475017</v>
+        <v>16.759832105536177</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>0.6004839314</v>
+        <v>0.6004839327</v>
       </c>
       <c r="C174" s="5">
-        <v>-0.11772896560000001</v>
+        <v>-0.11772896160000001</v>
       </c>
       <c r="D174" s="5">
-        <v>-88.332487067891321</v>
+        <v>-88.332486238435919</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>0.59854382049999999</v>
+        <v>0.59854382149999996</v>
       </c>
       <c r="C175" s="5">
-        <v>-1.9401109000000138E-3</v>
+        <v>-1.9401112000000387E-3</v>
       </c>
       <c r="D175" s="5">
-        <v>-3.8089353033594953</v>
+        <v>-3.8089358738100931</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>0.69514509970000005</v>
+        <v>0.69514509989999995</v>
       </c>
       <c r="C176" s="5">
-        <v>9.6601279200000056E-2</v>
+        <v>9.660127839999999E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>502.21860794229588</v>
+        <v>502.21859794779056</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>0.69451471050000002</v>
+        <v>0.69451470950000005</v>
       </c>
       <c r="C177" s="5">
-        <v>-6.3038920000002552E-4</v>
+        <v>-6.3039039999990276E-4</v>
       </c>
       <c r="D177" s="5">
-        <v>-1.0828033300842588</v>
+        <v>-1.0828053807135363</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>0.69412238059999998</v>
+        <v>0.69412237860000003</v>
       </c>
       <c r="C178" s="5">
-        <v>-3.9232990000004353E-4</v>
+        <v>-3.9233090000001525E-4</v>
       </c>
       <c r="D178" s="5">
-        <v>-0.67577531463072216</v>
+        <v>-0.67577703271954892</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>0.69401198610000003</v>
+        <v>0.6940119844</v>
       </c>
       <c r="C179" s="5">
-        <v>-1.10394499999944E-4</v>
+        <v>-1.103942000000302E-4</v>
       </c>
       <c r="D179" s="5">
-        <v>-0.19068335301749562</v>
+        <v>-0.19068283583265622</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>0.69033140930000003</v>
+        <v>0.69033140910000002</v>
       </c>
       <c r="C180" s="5">
-        <v>-3.6805768000000016E-3</v>
+        <v>-3.6805752999999886E-3</v>
       </c>
       <c r="D180" s="5">
-        <v>-6.1816152158694626</v>
+        <v>-6.1816127843112856</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>0.6927797617</v>
+        <v>0.69277976340000003</v>
       </c>
       <c r="C181" s="5">
-        <v>2.4483523999999646E-3</v>
+        <v>2.4483543000000108E-3</v>
       </c>
       <c r="D181" s="5">
-        <v>4.3399681700291515</v>
+        <v>4.3399716052327841</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>0.68687629849999998</v>
+        <v>0.68687629370000003</v>
       </c>
       <c r="C182" s="5">
-        <v>-5.9034632000000142E-3</v>
+        <v>-5.9034696999999969E-3</v>
       </c>
       <c r="D182" s="5">
-        <v>-9.7597968221660008</v>
+        <v>-9.7598070467849407</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>0.72064048089999999</v>
+        <v>0.72064048739999997</v>
       </c>
       <c r="C183" s="5">
-        <v>3.3764182400000009E-2</v>
+        <v>3.3764193699999945E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>77.861308258825332</v>
+        <v>77.861342425086505</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>0.71803315369999998</v>
+        <v>0.71803315990000005</v>
       </c>
       <c r="C184" s="5">
-        <v>-2.6073272000000092E-3</v>
+        <v>-2.607327499999923E-3</v>
       </c>
       <c r="D184" s="5">
-        <v>-4.2563198835929956</v>
+        <v>-4.2563203259922799</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>0.61990102120000001</v>
+        <v>0.61990101720000002</v>
       </c>
       <c r="C185" s="5">
-        <v>-9.8132132499999969E-2</v>
+        <v>-9.8132142700000036E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>-82.855127759276627</v>
+        <v>-82.855130863322941</v>
       </c>
       <c r="E185" s="5">
-        <v>-13.68840300844667</v>
+        <v>-13.688403240910741</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>0.69857374859999999</v>
+        <v>0.69857375150000001</v>
       </c>
       <c r="C186" s="5">
-        <v>7.8672727399999975E-2</v>
+        <v>7.8672734299999991E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>319.4487609534346</v>
+        <v>319.44881432724452</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>0.69664215819999997</v>
+        <v>0.69664216000000001</v>
       </c>
       <c r="C187" s="5">
-        <v>-1.9315904000000161E-3</v>
+        <v>-1.9315914999999961E-3</v>
       </c>
       <c r="D187" s="5">
-        <v>-3.2680603214298887</v>
+        <v>-3.2680621409489019</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>0.69319119350000002</v>
+        <v>0.69319119360000003</v>
       </c>
       <c r="C188" s="5">
-        <v>-3.4509646999999477E-3</v>
+        <v>-3.4509663999999773E-3</v>
       </c>
       <c r="D188" s="5">
-        <v>-5.7851401563255518</v>
+        <v>-5.7851429144421758</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>0.69254213740000004</v>
+        <v>0.69254213389999997</v>
       </c>
       <c r="C189" s="5">
-        <v>-6.4905609999998948E-4</v>
+        <v>-6.490597000000653E-4</v>
       </c>
       <c r="D189" s="5">
-        <v>-1.1178283779896714</v>
+        <v>-1.1178345459878836</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>0.69238409820000002</v>
+        <v>0.69238409150000002</v>
       </c>
       <c r="C190" s="5">
-        <v>-1.5803920000001526E-4</v>
+        <v>-1.5804239999994696E-4</v>
       </c>
       <c r="D190" s="5">
-        <v>-0.27349843873213375</v>
+        <v>-0.27350397099862311</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>0.69264749280000004</v>
+        <v>0.69264748570000001</v>
       </c>
       <c r="C191" s="5">
-        <v>2.6339460000002202E-4</v>
+        <v>2.6339419999998892E-4</v>
       </c>
       <c r="D191" s="5">
-        <v>0.45745660320242187</v>
+        <v>0.45745591147503539</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>0.69081643010000005</v>
+        <v>0.6908164242</v>
       </c>
       <c r="C192" s="5">
-        <v>-1.8310626999999968E-3</v>
+        <v>-1.8310615000000086E-3</v>
       </c>
       <c r="D192" s="5">
-        <v>-3.1265651348726609</v>
+        <v>-3.1265631471398381</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>0.69325950219999999</v>
+        <v>0.69325949799999997</v>
       </c>
       <c r="C193" s="5">
-        <v>2.4430720999999433E-3</v>
+        <v>2.443073799999973E-3</v>
       </c>
       <c r="D193" s="5">
-        <v>4.3273255784564757</v>
+        <v>4.3273286860942006</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>0.69282569449999998</v>
+        <v>0.69282568570000003</v>
       </c>
       <c r="C194" s="5">
-        <v>-4.3380770000001068E-4</v>
+        <v>-4.3381229999994719E-4</v>
       </c>
       <c r="D194" s="5">
-        <v>-0.74832204051243911</v>
+        <v>-0.74832995278043546</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>0.62309716609999999</v>
+        <v>0.62309721539999996</v>
       </c>
       <c r="C195" s="5">
-        <v>-6.9728528399999989E-2</v>
+        <v>-6.9728470300000067E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>-71.998487961367118</v>
+        <v>-71.998457107327241</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>0.62004528319999996</v>
+        <v>0.62004528619999999</v>
       </c>
       <c r="C196" s="5">
-        <v>-3.0518829000000247E-3</v>
+        <v>-3.0519291999999698E-3</v>
       </c>
       <c r="D196" s="5">
-        <v>-5.7217343841673092</v>
+        <v>-5.7218184228632225</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>0.62230816730000005</v>
+        <v>0.62230815610000001</v>
       </c>
       <c r="C197" s="5">
-        <v>2.2628841000000843E-3</v>
+        <v>2.2628699000000196E-3</v>
       </c>
       <c r="D197" s="5">
-        <v>4.4684406964183632</v>
+        <v>4.468412068888683</v>
       </c>
       <c r="E197" s="5">
-        <v>0.38831136224624085</v>
+        <v>0.38831020327612098</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>0.59445340329999996</v>
+        <v>0.59445340420000004</v>
       </c>
       <c r="C198" s="5">
-        <v>-2.7854764000000087E-2</v>
+        <v>-2.7854751899999974E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>-42.27714494622181</v>
+        <v>-42.27713143109932</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>0.59344319599999995</v>
+        <v>0.59344319700000003</v>
       </c>
       <c r="C199" s="5">
-        <v>-1.01020730000001E-3</v>
+        <v>-1.0102072000000017E-3</v>
       </c>
       <c r="D199" s="5">
-        <v>-2.0203135221498636</v>
+        <v>-2.020313320995204</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>0.59112359920000002</v>
+        <v>0.59112359879999998</v>
       </c>
       <c r="C200" s="5">
-        <v>-2.3195967999999345E-3</v>
+        <v>-2.3195982000000503E-3</v>
       </c>
       <c r="D200" s="5">
-        <v>-4.5909183331727448</v>
+        <v>-4.5909210371717251</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>0.59037865109999998</v>
+        <v>0.59037864659999995</v>
       </c>
       <c r="C201" s="5">
-        <v>-7.4494810000003131E-4</v>
+        <v>-7.4495220000003748E-4</v>
       </c>
       <c r="D201" s="5">
-        <v>-1.5018307277943177</v>
+        <v>-1.5018389372809526</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>0.5898661556</v>
+        <v>0.58986614709999996</v>
       </c>
       <c r="C202" s="5">
-        <v>-5.1249549999998756E-4</v>
+        <v>-5.1249949999998545E-4</v>
       </c>
       <c r="D202" s="5">
-        <v>-1.0367360440490025</v>
+        <v>-1.0367441049887516</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>0.59107226670000002</v>
+        <v>0.59107224069999997</v>
       </c>
       <c r="C203" s="5">
-        <v>1.206111100000018E-3</v>
+        <v>1.2060936000000133E-3</v>
       </c>
       <c r="D203" s="5">
-        <v>2.4814466938883228</v>
+        <v>2.4814103197794868</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>0.59213224149999999</v>
+        <v>0.59213222929999998</v>
       </c>
       <c r="C204" s="5">
-        <v>1.0599747999999742E-3</v>
+        <v>1.0599886000000058E-3</v>
       </c>
       <c r="D204" s="5">
-        <v>2.173322648856435</v>
+        <v>2.1733513199390764</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>0.59584226259999995</v>
+        <v>0.59584225300000004</v>
       </c>
       <c r="C205" s="5">
-        <v>3.7100210999999605E-3</v>
+        <v>3.7100237000000647E-3</v>
       </c>
       <c r="D205" s="5">
-        <v>7.7832169483224911</v>
+        <v>7.7832227580870272</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>0.59939850979999998</v>
+        <v>0.59939849599999995</v>
       </c>
       <c r="C206" s="5">
-        <v>3.5562472000000289E-3</v>
+        <v>3.5562429999999035E-3</v>
       </c>
       <c r="D206" s="5">
-        <v>7.401972418919156</v>
+        <v>7.4019635112998028</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>0.62665898279999999</v>
+        <v>0.62665909289999999</v>
       </c>
       <c r="C207" s="5">
-        <v>2.7260473000000007E-2</v>
+        <v>2.7260596900000045E-2</v>
       </c>
       <c r="D207" s="5">
-        <v>70.524712635550685</v>
+        <v>70.525119269351592</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>0.61991466989999999</v>
+        <v>0.61991466650000004</v>
       </c>
       <c r="C208" s="5">
-        <v>-6.7443128999999935E-3</v>
+        <v>-6.7444263999999476E-3</v>
       </c>
       <c r="D208" s="5">
-        <v>-12.177108369631306</v>
+        <v>-12.177299308601707</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>0.6205524134</v>
+        <v>0.62055239620000002</v>
       </c>
       <c r="C209" s="5">
-        <v>6.3774350000000979E-4</v>
+        <v>6.3772969999997819E-4</v>
       </c>
       <c r="D209" s="5">
-        <v>1.2415212647506557</v>
+        <v>1.2414942543898855</v>
       </c>
       <c r="E209" s="5">
-        <v>-0.28213576363905757</v>
+        <v>-0.28213673286934249</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>0.69225828789999999</v>
+        <v>0.69225828410000001</v>
       </c>
       <c r="C210" s="5">
-        <v>7.1705874499999989E-2</v>
+        <v>7.1705887899999987E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>271.42945368742375</v>
+        <v>271.42955276086292</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>0.69131881409999996</v>
+        <v>0.6913188119</v>
       </c>
       <c r="C211" s="5">
-        <v>-9.3947380000003466E-4</v>
+        <v>-9.394722000000133E-4</v>
       </c>
       <c r="D211" s="5">
-        <v>-1.6164366744111813</v>
+        <v>-1.6164339508110359</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>0.68961142980000001</v>
+        <v>0.689611427</v>
       </c>
       <c r="C212" s="5">
-        <v>-1.7073842999999478E-3</v>
+        <v>-1.7073848999999974E-3</v>
       </c>
       <c r="D212" s="5">
-        <v>-2.9237712221655165</v>
+        <v>-2.9237722448841152</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>0.68861682130000001</v>
+        <v>0.68861681490000004</v>
       </c>
       <c r="C213" s="5">
-        <v>-9.9460849999999379E-4</v>
+        <v>-9.9461209999995859E-4</v>
       </c>
       <c r="D213" s="5">
-        <v>-1.7170653396033742</v>
+        <v>-1.7170715122458269</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>0.68775177639999996</v>
+        <v>0.68775176609999999</v>
       </c>
       <c r="C214" s="5">
-        <v>-8.6504490000005596E-4</v>
+        <v>-8.6504880000004558E-4</v>
       </c>
       <c r="D214" s="5">
-        <v>-1.4970760811938599</v>
+        <v>-1.497082797919369</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>0.68977817370000005</v>
+        <v>0.68977812869999999</v>
       </c>
       <c r="C215" s="5">
-        <v>2.0263973000000934E-3</v>
+        <v>2.0263625999999979E-3</v>
       </c>
       <c r="D215" s="5">
-        <v>3.5935527276713009</v>
+        <v>3.5934902458189422</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>0.69356517390000005</v>
+        <v>0.69356515549999997</v>
       </c>
       <c r="C216" s="5">
-        <v>3.7870002000000014E-3</v>
+        <v>3.7870267999999818E-3</v>
       </c>
       <c r="D216" s="5">
-        <v>6.7908284212552683</v>
+        <v>6.7908780261736856</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>0.69832737190000005</v>
+        <v>0.69832735690000003</v>
       </c>
       <c r="C217" s="5">
-        <v>4.7621979999999953E-3</v>
+        <v>4.7622014000000545E-3</v>
       </c>
       <c r="D217" s="5">
-        <v>8.5579038992538834</v>
+        <v>8.5579104774641035</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>0.60515701740000005</v>
+        <v>0.60515700049999999</v>
       </c>
       <c r="C218" s="5">
-        <v>-9.3170354499999997E-2</v>
+        <v>-9.3170356400000043E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>-82.064722398219445</v>
+        <v>-82.064723785708196</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>0.72933422420000005</v>
+        <v>0.72933439499999997</v>
       </c>
       <c r="C219" s="5">
-        <v>0.1241772068</v>
+        <v>0.12417739449999998</v>
       </c>
       <c r="D219" s="5">
-        <v>839.07923242431627</v>
+        <v>839.08218616514989</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>0.7190800852</v>
+        <v>0.71908007490000003</v>
       </c>
       <c r="C220" s="5">
-        <v>-1.0254139000000051E-2</v>
+        <v>-1.0254320099999936E-2</v>
       </c>
       <c r="D220" s="5">
-        <v>-15.626121462453213</v>
+        <v>-15.626373075123535</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>0.71832353770000001</v>
+        <v>0.71832351360000002</v>
       </c>
       <c r="C221" s="5">
-        <v>-7.5654749999998216E-4</v>
+        <v>-7.5656130000001376E-4</v>
       </c>
       <c r="D221" s="5">
-        <v>-1.2552454387228407</v>
+        <v>-1.2552682208953003</v>
       </c>
       <c r="E221" s="5">
-        <v>15.755498196246332</v>
+        <v>15.755497521032691</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>0.69001170199999995</v>
+        <v>0.69001169240000004</v>
       </c>
       <c r="C222" s="5">
-        <v>-2.8311835700000065E-2</v>
+        <v>-2.8311821199999976E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>-38.278523952512877</v>
+        <v>-38.278509407819769</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>0.68954811559999996</v>
+        <v>0.68954810919999998</v>
       </c>
       <c r="C223" s="5">
-        <v>-4.635863999999934E-4</v>
+        <v>-4.635832000000617E-4</v>
       </c>
       <c r="D223" s="5">
-        <v>-0.80325105588657797</v>
+        <v>-0.80324554288818684</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>0.68875502850000003</v>
+        <v>0.6887550227</v>
       </c>
       <c r="C224" s="5">
-        <v>-7.9308709999992288E-4</v>
+        <v>-7.9308649999998426E-4</v>
       </c>
       <c r="D224" s="5">
-        <v>-1.3714883392575539</v>
+        <v>-1.3714873208793166</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>0.68774878989999999</v>
+        <v>0.68774878230000003</v>
       </c>
       <c r="C225" s="5">
-        <v>-1.0062386000000423E-3</v>
+        <v>-1.0062403999999692E-3</v>
       </c>
       <c r="D225" s="5">
-        <v>-1.7391248293964767</v>
+        <v>-1.7391279299852958</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>0.68668108029999997</v>
+        <v>0.68668107050000005</v>
       </c>
       <c r="C226" s="5">
-        <v>-1.0677096000000219E-3</v>
+        <v>-1.0677117999999819E-3</v>
       </c>
       <c r="D226" s="5">
-        <v>-1.8471393592847218</v>
+        <v>-1.8471431530872828</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>0.68980880710000003</v>
+        <v>0.68980874599999997</v>
       </c>
       <c r="C227" s="5">
-        <v>3.1277268000000635E-3</v>
+        <v>3.1276754999999268E-3</v>
       </c>
       <c r="D227" s="5">
-        <v>5.6048437355502578</v>
+        <v>5.6047495735905617</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>0.69546753400000005</v>
+        <v>0.69546751399999995</v>
       </c>
       <c r="C228" s="5">
-        <v>5.6587269000000218E-3</v>
+        <v>5.6587679999999807E-3</v>
       </c>
       <c r="D228" s="5">
-        <v>10.300507994476726</v>
+        <v>10.300587169496334</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>0.70257820699999995</v>
+        <v>0.70257819310000003</v>
       </c>
       <c r="C229" s="5">
-        <v>7.1106729999999008E-3</v>
+        <v>7.1106791000000724E-3</v>
       </c>
       <c r="D229" s="5">
-        <v>12.983171648684188</v>
+        <v>12.983183814747456</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>0.60840756799999995</v>
+        <v>0.60840755520000001</v>
       </c>
       <c r="C230" s="5">
-        <v>-9.4170639E-2</v>
+        <v>-9.417063790000002E-2</v>
       </c>
       <c r="D230" s="5">
-        <v>-82.217238740266225</v>
+        <v>-82.217239007915481</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>0.62808094749999999</v>
+        <v>0.62808113889999995</v>
       </c>
       <c r="C231" s="5">
-        <v>1.9673379500000032E-2</v>
+        <v>1.9673583699999941E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>46.504897441572091</v>
+        <v>46.505470176524135</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>0.71545297210000003</v>
+        <v>0.71545296039999995</v>
       </c>
       <c r="C232" s="5">
-        <v>8.7372024600000042E-2</v>
+        <v>8.7371821500000002E-2</v>
       </c>
       <c r="D232" s="5">
-        <v>377.2936665928566</v>
+        <v>377.29182753987732</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>0.61334114650000005</v>
+        <v>0.61334112360000004</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.10211182559999998</v>
+        <v>-0.10211183679999991</v>
       </c>
       <c r="D233" s="5">
-        <v>-84.243777598152263</v>
+        <v>-84.243781565544325</v>
       </c>
       <c r="E233" s="5">
-        <v>-14.614917330447375</v>
+        <v>-14.614917653727211</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>0.69156847089999995</v>
+        <v>0.69156845730000005</v>
       </c>
       <c r="C234" s="5">
-        <v>7.8227324399999909E-2</v>
+        <v>7.8227333700000012E-2</v>
       </c>
       <c r="D234" s="5">
-        <v>322.27659894336716</v>
+        <v>322.2766884881712</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>0.69052848980000003</v>
+        <v>0.69052848010000001</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.0399810999999204E-3</v>
+        <v>-1.0399772000000418E-3</v>
       </c>
       <c r="D235" s="5">
-        <v>-1.7897099676781658</v>
+        <v>-1.7897033464613243</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>0.68937057719999995</v>
+        <v>0.68937057040000005</v>
       </c>
       <c r="C236" s="5">
-        <v>-1.1579126000000883E-3</v>
+        <v>-1.1579096999999594E-3</v>
       </c>
       <c r="D236" s="5">
-        <v>-1.993765121425195</v>
+        <v>-1.9937602017377043</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>0.68826586970000003</v>
+        <v>0.68826586310000004</v>
       </c>
       <c r="C237" s="5">
-        <v>-1.1047074999999129E-3</v>
+        <v>-1.1047073000000074E-3</v>
       </c>
       <c r="D237" s="5">
-        <v>-1.9061262323076256</v>
+        <v>-1.9061259088887561</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>0.68730711690000001</v>
+        <v>0.68730710839999998</v>
       </c>
       <c r="C238" s="5">
-        <v>-9.5875280000001784E-4</v>
+        <v>-9.5875470000006402E-4</v>
       </c>
       <c r="D238" s="5">
-        <v>-1.6588496451617862</v>
+        <v>-1.6588529232127835</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>0.69060361159999994</v>
+        <v>0.6906035506</v>
       </c>
       <c r="C239" s="5">
-        <v>3.2964946999999301E-3</v>
+        <v>3.2964422000000271E-3</v>
       </c>
       <c r="D239" s="5">
-        <v>5.9097764256834884</v>
+        <v>5.909679885037189</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>0.59648274690000003</v>
+        <v>0.59648272359999999</v>
       </c>
       <c r="C240" s="5">
-        <v>-9.4120864699999918E-2</v>
+        <v>-9.4120827000000018E-2</v>
       </c>
       <c r="D240" s="5">
-        <v>-82.76431717693238</v>
+        <v>-82.764306987288123</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>0.60389017249999999</v>
+        <v>0.60389014919999995</v>
       </c>
       <c r="C241" s="5">
         <v>7.4074255999999616E-3</v>
       </c>
       <c r="D241" s="5">
-        <v>15.963391725674558</v>
+        <v>15.96339239243456</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>0.60948564910000003</v>
+        <v>0.60948562250000005</v>
       </c>
       <c r="C242" s="5">
-        <v>5.5954766000000378E-3</v>
+        <v>5.5954733000000978E-3</v>
       </c>
       <c r="D242" s="5">
-        <v>11.703367332164172</v>
+        <v>11.70336054929091</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>0.52452223190000002</v>
+        <v>0.52452245019999999</v>
       </c>
       <c r="C243" s="5">
-        <v>-8.4963417200000002E-2</v>
+        <v>-8.4963172300000056E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>-83.495400295432376</v>
+        <v>-83.495309223154891</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>0.61100852630000002</v>
+        <v>0.61100849430000004</v>
       </c>
       <c r="C244" s="5">
-        <v>8.6486294399999997E-2</v>
+        <v>8.6486044100000048E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>524.31021574979354</v>
+        <v>524.30670543354006</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>0.60992043399999996</v>
+        <v>0.6099203997</v>
       </c>
       <c r="C245" s="5">
-        <v>-1.0880923000000653E-3</v>
+        <v>-1.0880946000000336E-3</v>
       </c>
       <c r="D245" s="5">
-        <v>-2.1161695204356401</v>
+        <v>-2.1161740596013501</v>
       </c>
       <c r="E245" s="5">
-        <v>-0.55771775944272184</v>
+        <v>-0.55771963893797016</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>0.59475092870000001</v>
+        <v>0.59475091000000002</v>
       </c>
       <c r="C246" s="5">
-        <v>-1.5169505299999941E-2</v>
+        <v>-1.5169489699999983E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>-26.083168463894868</v>
+        <v>-26.083146470578754</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>0.59269900890000005</v>
+        <v>0.5926990406</v>
       </c>
       <c r="C247" s="5">
-        <v>-2.0519197999999683E-3</v>
+        <v>-2.0518694000000171E-3</v>
       </c>
       <c r="D247" s="5">
-        <v>-4.0623964413613489</v>
+        <v>-4.0622986702894659</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>0.59142679899999995</v>
+        <v>0.59142681360000005</v>
       </c>
       <c r="C248" s="5">
-        <v>-1.2722099000000986E-3</v>
+        <v>-1.2722269999999591E-3</v>
       </c>
       <c r="D248" s="5">
-        <v>-2.5455706545993828</v>
+        <v>-2.5456043325988165</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>0.59019208249999999</v>
+        <v>0.59019208190000005</v>
       </c>
       <c r="C249" s="5">
-        <v>-1.2347164999999549E-3</v>
+        <v>-1.2347316999999913E-3</v>
       </c>
       <c r="D249" s="5">
-        <v>-2.4766628361492016</v>
+        <v>-2.4766929154807604</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>0.58826261769999999</v>
+        <v>0.58826267389999998</v>
       </c>
       <c r="C250" s="5">
-        <v>-1.9294648000000025E-3</v>
+        <v>-1.9294080000000768E-3</v>
       </c>
       <c r="D250" s="5">
-        <v>-3.8532817905602368</v>
+        <v>-3.853170392397498</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>0.5910911848</v>
+        <v>0.59109109059999998</v>
       </c>
       <c r="C251" s="5">
-        <v>2.8285671000000123E-3</v>
+        <v>2.8284167000000027E-3</v>
       </c>
       <c r="D251" s="5">
-        <v>5.9250741876428092</v>
+        <v>5.924750182176286</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>0.59695986729999995</v>
+        <v>0.59695979340000005</v>
       </c>
       <c r="C252" s="5">
-        <v>5.8686824999999443E-3</v>
+        <v>5.8687028000000696E-3</v>
       </c>
       <c r="D252" s="5">
-        <v>12.586892137123428</v>
+        <v>12.586940196915242</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>0.60404858979999998</v>
+        <v>0.60404850880000005</v>
       </c>
       <c r="C253" s="5">
-        <v>7.0887225000000331E-3</v>
+        <v>7.0887154000000008E-3</v>
       </c>
       <c r="D253" s="5">
-        <v>15.218144071942575</v>
+        <v>15.218129829241999</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>0.60702009400000001</v>
+        <v>0.60702001250000004</v>
       </c>
       <c r="C254" s="5">
-        <v>2.9715042000000302E-3</v>
+        <v>2.9715036999999889E-3</v>
       </c>
       <c r="D254" s="5">
-        <v>6.0655416984090049</v>
+        <v>6.0655414855111056</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>0.62092236320000005</v>
+        <v>0.62092258349999996</v>
       </c>
       <c r="C255" s="5">
-        <v>1.3902269200000039E-2</v>
+        <v>1.3902570999999919E-2</v>
       </c>
       <c r="D255" s="5">
-        <v>31.223255852527121</v>
+        <v>31.224025962839018</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>0.60655638160000003</v>
+        <v>0.60655633450000002</v>
       </c>
       <c r="C256" s="5">
-        <v>-1.4365981600000022E-2</v>
+        <v>-1.4366248999999942E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>-24.48964793790087</v>
+        <v>-24.490039786841344</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>0.60579179009999995</v>
+        <v>0.6057917746</v>
       </c>
       <c r="C257" s="5">
-        <v>-7.6459150000007803E-4</v>
+        <v>-7.6455990000001695E-4</v>
       </c>
       <c r="D257" s="5">
-        <v>-1.5022104917610024</v>
+        <v>-1.5021489521359066</v>
       </c>
       <c r="E257" s="5">
-        <v>-0.67691516300304455</v>
+        <v>-0.6769121187011895</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>0.59959195759999995</v>
+        <v>0.59959198039999995</v>
       </c>
       <c r="C258" s="5">
-        <v>-6.1998325000000021E-3</v>
+        <v>-6.1997942000000528E-3</v>
       </c>
       <c r="D258" s="5">
-        <v>-11.612879062278958</v>
+        <v>-11.612811592253669</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>0.59611028210000006</v>
+        <v>0.59611041440000001</v>
       </c>
       <c r="C259" s="5">
-        <v>-3.4816754999998922E-3</v>
+        <v>-3.481565999999936E-3</v>
       </c>
       <c r="D259" s="5">
-        <v>-6.7498010556223065</v>
+        <v>-6.7495952564046728</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>0.59441999980000004</v>
+        <v>0.59442009149999997</v>
       </c>
       <c r="C260" s="5">
-        <v>-1.6902823000000122E-3</v>
+        <v>-1.6903229000000408E-3</v>
       </c>
       <c r="D260" s="5">
-        <v>-3.3500565877390587</v>
+        <v>-3.3501350722089152</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>0.59302849849999995</v>
+        <v>0.59302853710000003</v>
       </c>
       <c r="C261" s="5">
-        <v>-1.3915013000000975E-3</v>
+        <v>-1.3915543999999391E-3</v>
       </c>
       <c r="D261" s="5">
-        <v>-2.7732402418557678</v>
+        <v>-2.7733442881170967</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>0.59046893869999995</v>
+        <v>0.59046905189999999</v>
       </c>
       <c r="C262" s="5">
-        <v>-2.5595597999999997E-3</v>
+        <v>-2.5594852000000445E-3</v>
       </c>
       <c r="D262" s="5">
-        <v>-5.0581020042239189</v>
+        <v>-5.0579577428682239</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>0.59196578529999999</v>
+        <v>0.59196562350000004</v>
       </c>
       <c r="C263" s="5">
-        <v>1.4968466000000458E-3</v>
+        <v>1.4965716000000517E-3</v>
       </c>
       <c r="D263" s="5">
-        <v>3.0847899119496924</v>
+        <v>3.0842146526057768</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>0.59647242239999998</v>
+        <v>0.59647222170000003</v>
       </c>
       <c r="C264" s="5">
-        <v>4.5066370999999883E-3</v>
+        <v>4.5065981999999893E-3</v>
       </c>
       <c r="D264" s="5">
-        <v>9.5280001832392269</v>
+        <v>9.5279171807616247</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>0.60169610029999998</v>
+        <v>0.60169588200000002</v>
       </c>
       <c r="C265" s="5">
-        <v>5.2236779000000011E-3</v>
+        <v>5.2236602999999882E-3</v>
       </c>
       <c r="D265" s="5">
-        <v>11.030407078741922</v>
+        <v>11.030371998259291</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>0.60341249230000005</v>
+        <v>0.60341230079999997</v>
       </c>
       <c r="C266" s="5">
-        <v>1.7163920000000665E-3</v>
+        <v>1.7164187999999525E-3</v>
       </c>
       <c r="D266" s="5">
-        <v>3.4773273695723361</v>
+        <v>3.4773838012485125</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>0.6157274666</v>
+        <v>0.61572764790000001</v>
       </c>
       <c r="C267" s="5">
-        <v>1.2314974299999948E-2</v>
+        <v>1.231534710000004E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>27.435598233034519</v>
+        <v>27.436533833158052</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>0.60388210490000005</v>
+        <v>0.60388205309999998</v>
       </c>
       <c r="C268" s="5">
-        <v>-1.1845361699999946E-2</v>
+        <v>-1.1845594800000026E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>-20.79299432404347</v>
+        <v>-20.79335572268327</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>0.60437054589999994</v>
+        <v>0.6043705747</v>
       </c>
       <c r="C269" s="5">
-        <v>4.884409999998951E-4</v>
+        <v>4.8852160000001366E-4</v>
       </c>
       <c r="D269" s="5">
-        <v>0.97493151077059359</v>
+        <v>0.97509318939976719</v>
       </c>
       <c r="E269" s="5">
-        <v>-0.23460935311873099</v>
+        <v>-0.23460204637780757</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>0.60256374430000004</v>
+        <v>0.60256384279999997</v>
       </c>
       <c r="C270" s="5">
-        <v>-1.8068015999999076E-3</v>
+        <v>-1.8067319000000248E-3</v>
       </c>
       <c r="D270" s="5">
-        <v>-3.5290678035461154</v>
+        <v>-3.5289337297507828</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>0.59882466909999998</v>
+        <v>0.59882497560000003</v>
       </c>
       <c r="C271" s="5">
-        <v>-3.7390752000000527E-3</v>
+        <v>-3.7388671999999401E-3</v>
       </c>
       <c r="D271" s="5">
-        <v>-7.1973807700555064</v>
+        <v>-7.1969928160674934</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>0.59772884770000001</v>
+        <v>0.59772914690000001</v>
       </c>
       <c r="C272" s="5">
-        <v>-1.0958213999999744E-3</v>
+        <v>-1.0958287000000233E-3</v>
       </c>
       <c r="D272" s="5">
-        <v>-2.1739770443568007</v>
+        <v>-2.1739902796729993</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>0.59705307659999995</v>
+        <v>0.59705334119999998</v>
       </c>
       <c r="C273" s="5">
-        <v>-6.7577110000005547E-4</v>
+        <v>-6.7580570000003171E-4</v>
       </c>
       <c r="D273" s="5">
-        <v>-1.3482733153014625</v>
+        <v>-1.3483412484892709</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>0.59316972069999996</v>
+        <v>0.59316995910000003</v>
       </c>
       <c r="C274" s="5">
-        <v>-3.8833558999999962E-3</v>
+        <v>-3.8833820999999435E-3</v>
       </c>
       <c r="D274" s="5">
-        <v>-7.5318014528429345</v>
+        <v>-7.5318472446542888</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>0.59303936599999996</v>
+        <v>0.59303914820000003</v>
       </c>
       <c r="C275" s="5">
-        <v>-1.303547000000016E-4</v>
+        <v>-1.3081090000000017E-4</v>
       </c>
       <c r="D275" s="5">
-        <v>-0.26339292927149982</v>
+        <v>-0.26431349691148354</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>0.59608908380000003</v>
+        <v>0.59608876089999996</v>
       </c>
       <c r="C276" s="5">
-        <v>3.0497178000000735E-3</v>
+        <v>3.0496126999999262E-3</v>
       </c>
       <c r="D276" s="5">
-        <v>6.348593348615017</v>
+        <v>6.3483707352616658</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>0.59850489490000003</v>
+        <v>0.59850327479999998</v>
       </c>
       <c r="C277" s="5">
-        <v>2.4158110999999982E-3</v>
+        <v>2.414513900000026E-3</v>
       </c>
       <c r="D277" s="5">
-        <v>4.9732047374519306</v>
+        <v>4.9704772946384645</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>0.59962272729999999</v>
+        <v>0.59962283439999997</v>
       </c>
       <c r="C278" s="5">
-        <v>1.1178323999999629E-3</v>
+        <v>1.1195595999999863E-3</v>
       </c>
       <c r="D278" s="5">
-        <v>2.2644165776498637</v>
+        <v>2.2679576807854929</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>0.60990643190000005</v>
+        <v>0.60990683619999997</v>
       </c>
       <c r="C279" s="5">
-        <v>1.0283704600000054E-2</v>
+        <v>1.0284001799999998E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>22.637004794750794</v>
+        <v>22.637717478797082</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>0.60188990470000003</v>
+        <v>0.60189006209999996</v>
       </c>
       <c r="C280" s="5">
-        <v>-8.0165272000000121E-3</v>
+        <v>-8.0167741000000126E-3</v>
       </c>
       <c r="D280" s="5">
-        <v>-14.68092283280027</v>
+        <v>-14.681333774996242</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>0.60316317119999996</v>
+        <v>0.60316338869999997</v>
       </c>
       <c r="C281" s="5">
-        <v>1.2732664999999255E-3</v>
+        <v>1.2733266000000132E-3</v>
       </c>
       <c r="D281" s="5">
-        <v>2.5682820575058996</v>
+        <v>2.5684040185965262</v>
       </c>
       <c r="E281" s="5">
-        <v>-0.19977391489223173</v>
+        <v>-0.19974268280669172</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>0.60482782840000004</v>
+        <v>0.60482810210000004</v>
       </c>
       <c r="C282" s="5">
-        <v>1.6646572000000859E-3</v>
+        <v>1.664713400000073E-3</v>
       </c>
       <c r="D282" s="5">
-        <v>3.3625915681092522</v>
+        <v>3.3627055893042934</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>0.60149918749999998</v>
+        <v>0.60149964889999996</v>
       </c>
       <c r="C283" s="5">
-        <v>-3.3286409000000683E-3</v>
+        <v>-3.328453200000081E-3</v>
       </c>
       <c r="D283" s="5">
-        <v>-6.4078637994546934</v>
+        <v>-6.4075105173028835</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>0.70085656249999995</v>
+        <v>0.70085698539999997</v>
       </c>
       <c r="C284" s="5">
-        <v>9.935737499999997E-2</v>
+        <v>9.9357336500000004E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>526.22325370968156</v>
+        <v>526.22202371781657</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>0.60076187700000006</v>
+        <v>0.60076224310000004</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.10009468549999989</v>
+        <v>-0.10009474229999993</v>
       </c>
       <c r="D285" s="5">
-        <v>-84.264568546207983</v>
+        <v>-84.26456741545401</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>0.69615805070000003</v>
+        <v>0.69615819580000005</v>
       </c>
       <c r="C286" s="5">
-        <v>9.5396173699999975E-2</v>
+        <v>9.5395952700000008E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>486.22699392209751</v>
+        <v>486.22417326474459</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>0.69440421220000004</v>
+        <v>0.69440384099999997</v>
       </c>
       <c r="C287" s="5">
-        <v>-1.7538384999999934E-3</v>
+        <v>-1.7543548000000797E-3</v>
       </c>
       <c r="D287" s="5">
-        <v>-2.9816330411061909</v>
+        <v>-2.9824980399369649</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>0.69529492270000004</v>
+        <v>0.69529451679999998</v>
       </c>
       <c r="C288" s="5">
-        <v>8.9071050000000263E-4</v>
+        <v>8.9067580000001811E-4</v>
       </c>
       <c r="D288" s="5">
-        <v>1.5501425465750618</v>
+        <v>1.5500825644477301</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>0.6943135909</v>
+        <v>0.69431072510000003</v>
       </c>
       <c r="C289" s="5">
-        <v>-9.8133180000004039E-4</v>
+        <v>-9.8379169999995852E-4</v>
       </c>
       <c r="D289" s="5">
-        <v>-1.6805814627643745</v>
+        <v>-1.6847624154507357</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>0.69657160549999997</v>
+        <v>0.69657220450000001</v>
       </c>
       <c r="C290" s="5">
-        <v>2.258014599999969E-3</v>
+        <v>2.2614793999999883E-3</v>
       </c>
       <c r="D290" s="5">
-        <v>3.9731518063460758</v>
+        <v>3.9793747405910018</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>0.60616435239999999</v>
+        <v>0.60616512219999996</v>
       </c>
       <c r="C291" s="5">
-        <v>-9.0407253099999974E-2</v>
+        <v>-9.0407082300000052E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>-81.142005526111035</v>
+        <v>-81.141912738616412</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>0.70102348619999999</v>
+        <v>0.70102386729999999</v>
       </c>
       <c r="C292" s="5">
-        <v>9.4859133799999995E-2</v>
+        <v>9.485874510000003E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>472.4085446497096</v>
+        <v>472.40355566227186</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>0.70318817330000005</v>
+        <v>0.70318846580000005</v>
       </c>
       <c r="C293" s="5">
-        <v>2.1646871000000623E-3</v>
+        <v>2.1645985000000589E-3</v>
       </c>
       <c r="D293" s="5">
-        <v>3.7690582299215514</v>
+        <v>3.768899250420743</v>
       </c>
       <c r="E293" s="5">
-        <v>16.58340675890393</v>
+        <v>16.583413213388898</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>0.70564507259999998</v>
+        <v>0.70564534089999997</v>
       </c>
       <c r="C294" s="5">
-        <v>2.4568992999999262E-3</v>
+        <v>2.4568750999999223E-3</v>
       </c>
       <c r="D294" s="5">
-        <v>4.2742476184855605</v>
+        <v>4.2742028934311671</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>0.70298390170000002</v>
+        <v>0.70298440149999997</v>
       </c>
       <c r="C295" s="5">
-        <v>-2.6611708999999539E-3</v>
+        <v>-2.6609394000000064E-3</v>
       </c>
       <c r="D295" s="5">
-        <v>-4.4328139719344462</v>
+        <v>-4.4324346653848323</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>0.7029048993</v>
+        <v>0.70290552880000001</v>
       </c>
       <c r="C296" s="5">
-        <v>-7.9002400000027784E-5</v>
+        <v>-7.8872699999954499E-5</v>
       </c>
       <c r="D296" s="5">
-        <v>-0.13477450082600706</v>
+        <v>-0.13455327944080775</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>0.70330806690000003</v>
+        <v>0.70330887060000002</v>
       </c>
       <c r="C297" s="5">
-        <v>4.0316760000003171E-4</v>
+        <v>4.0334180000001219E-4</v>
       </c>
       <c r="D297" s="5">
-        <v>0.69046362805484929</v>
+        <v>0.69076228405409168</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>0.69755804099999996</v>
+        <v>0.69755858179999997</v>
       </c>
       <c r="C298" s="5">
-        <v>-5.7500259000000664E-3</v>
+        <v>-5.7502888000000585E-3</v>
       </c>
       <c r="D298" s="5">
-        <v>-9.3814712422090061</v>
+        <v>-9.3818708322113249</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>0.69489663440000005</v>
+        <v>0.69489648069999999</v>
       </c>
       <c r="C299" s="5">
-        <v>-2.6614065999999159E-3</v>
+        <v>-2.6621010999999806E-3</v>
       </c>
       <c r="D299" s="5">
-        <v>-4.483520519214645</v>
+        <v>-4.4846626522423332</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>0.69509666780000001</v>
+        <v>0.69509620750000001</v>
       </c>
       <c r="C300" s="5">
-        <v>2.0003339999996594E-4</v>
+        <v>1.9972680000002185E-4</v>
       </c>
       <c r="D300" s="5">
-        <v>0.34598021132343781</v>
+        <v>0.34544915016745392</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>0.69269440950000005</v>
+        <v>0.69268944040000002</v>
       </c>
       <c r="C301" s="5">
-        <v>-2.4022582999999598E-3</v>
+        <v>-2.4067670999999846E-3</v>
       </c>
       <c r="D301" s="5">
-        <v>-4.0692781276669869</v>
+        <v>-4.0767735512886478</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>0.69533025530000003</v>
+        <v>0.69532966269999996</v>
       </c>
       <c r="C302" s="5">
-        <v>2.6358457999999807E-3</v>
+        <v>2.6402222999999392E-3</v>
       </c>
       <c r="D302" s="5">
-        <v>4.663036689478095</v>
+        <v>4.6709763311870267</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>0.70431164300000004</v>
+        <v>0.70431082730000005</v>
       </c>
       <c r="C303" s="5">
-        <v>8.9813877000000097E-3</v>
+        <v>8.9811646000000911E-3</v>
       </c>
       <c r="D303" s="5">
-        <v>16.650039709726251</v>
+        <v>16.649611517836082</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>0.70069917820000005</v>
+        <v>0.70069865519999996</v>
       </c>
       <c r="C304" s="5">
-        <v>-3.6124647999999926E-3</v>
+        <v>-3.6121721000000884E-3</v>
       </c>
       <c r="D304" s="5">
-        <v>-5.9841917030029173</v>
+        <v>-5.9837271639430973</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>0.70286146660000004</v>
+        <v>0.70286253639999996</v>
       </c>
       <c r="C305" s="5">
-        <v>2.1622883999999898E-3</v>
+        <v>2.1638811999999952E-3</v>
       </c>
       <c r="D305" s="5">
-        <v>3.7665827786698136</v>
+        <v>3.7694075015532125</v>
       </c>
       <c r="E305" s="5">
-        <v>-4.6460778551893345E-2</v>
+        <v>-4.6350219870183729E-2</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>0.70497386510000004</v>
+        <v>0.70497687519999996</v>
       </c>
       <c r="C306" s="5">
-        <v>2.1123985000000012E-3</v>
+        <v>2.1143388000000041E-3</v>
       </c>
       <c r="D306" s="5">
-        <v>3.6667282106200627</v>
+        <v>3.6701464474997225</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>0.70350691700000001</v>
+        <v>0.70351138000000002</v>
       </c>
       <c r="C307" s="5">
-        <v>-1.4669481000000317E-3</v>
+        <v>-1.4654951999999444E-3</v>
       </c>
       <c r="D307" s="5">
-        <v>-2.4686450897437373</v>
+        <v>-2.4662175619382332</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>0.70355143909999995</v>
+        <v>0.70355579680000002</v>
       </c>
       <c r="C308" s="5">
-        <v>4.4522099999944054E-5</v>
+        <v>4.4416800000002254E-5</v>
       </c>
       <c r="D308" s="5">
-        <v>7.5969573212120167E-2</v>
+        <v>7.5789352874777727E-2</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>0.7038611038</v>
+        <v>0.70386388070000006</v>
       </c>
       <c r="C309" s="5">
-        <v>3.096647000000452E-4</v>
+        <v>3.0808390000003349E-4</v>
       </c>
       <c r="D309" s="5">
-        <v>0.52945456890360898</v>
+        <v>0.52674198555100471</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>0.69853475259999998</v>
+        <v>0.69853456530000002</v>
       </c>
       <c r="C310" s="5">
-        <v>-5.3263512000000235E-3</v>
+        <v>-5.3293154000000342E-3</v>
       </c>
       <c r="D310" s="5">
-        <v>-8.7122265633531981</v>
+        <v>-8.7168419895953253</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>0.69553958000000005</v>
+        <v>0.69553601050000002</v>
       </c>
       <c r="C311" s="5">
-        <v>-2.995172599999929E-3</v>
+        <v>-2.9985547999999973E-3</v>
       </c>
       <c r="D311" s="5">
-        <v>-5.0257274588282002</v>
+        <v>-5.0312706041937609</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>0.79478519969999994</v>
+        <v>0.79477967360000001</v>
       </c>
       <c r="C312" s="5">
-        <v>9.9245619699999899E-2</v>
+        <v>9.924366309999999E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>395.60430380795975</v>
+        <v>395.59347414806825</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>0.79161571669999997</v>
+        <v>0.79160402100000005</v>
       </c>
       <c r="C313" s="5">
-        <v>-3.169482999999973E-3</v>
+        <v>-3.1756525999999674E-3</v>
       </c>
       <c r="D313" s="5">
-        <v>-4.681841640881923</v>
+        <v>-4.6907877114995111</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>0.79729973870000004</v>
+        <v>0.79729707989999998</v>
       </c>
       <c r="C314" s="5">
-        <v>5.6840220000000663E-3</v>
+        <v>5.6930588999999365E-3</v>
       </c>
       <c r="D314" s="5">
-        <v>8.9648848289182403</v>
+        <v>8.9798443123149987</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>0.80390226200000003</v>
+        <v>0.80389916530000005</v>
       </c>
       <c r="C315" s="5">
-        <v>6.6025232999999961E-3</v>
+        <v>6.6020854000000684E-3</v>
       </c>
       <c r="D315" s="5">
-        <v>10.402662457342227</v>
+        <v>10.401977082618519</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>0.80186105139999997</v>
+        <v>0.80186062410000003</v>
       </c>
       <c r="C316" s="5">
-        <v>-2.0412106000000652E-3</v>
+        <v>-2.0385412000000214E-3</v>
       </c>
       <c r="D316" s="5">
-        <v>-3.0047601592996243</v>
+        <v>-3.0008967148599242</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>0.80313987490000005</v>
+        <v>0.80314523230000001</v>
       </c>
       <c r="C317" s="5">
-        <v>1.2788235000000814E-3</v>
+        <v>1.2846081999999814E-3</v>
       </c>
       <c r="D317" s="5">
-        <v>1.9306595107057234</v>
+        <v>1.939470898788076</v>
       </c>
       <c r="E317" s="5">
-        <v>14.267165446568519</v>
+        <v>14.267753750774537</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>0.80228478810000003</v>
+        <v>0.80228163559999999</v>
       </c>
       <c r="C318" s="5">
-        <v>-8.5508680000001558E-4</v>
+        <v>-8.6359670000002442E-4</v>
       </c>
       <c r="D318" s="5">
-        <v>-1.2701608610900528</v>
+        <v>-1.2827184472635089</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>0.80303637309999998</v>
+        <v>0.80306345970000004</v>
       </c>
       <c r="C319" s="5">
-        <v>7.5158499999994355E-4</v>
+        <v>7.8182410000005031E-4</v>
       </c>
       <c r="D319" s="5">
-        <v>1.1299772144942821</v>
+        <v>1.1756890727277369</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>0.80214394710000003</v>
+        <v>0.80215903020000001</v>
       </c>
       <c r="C320" s="5">
-        <v>-8.9242599999994621E-4</v>
+        <v>-9.0442950000002575E-4</v>
       </c>
       <c r="D320" s="5">
-        <v>-1.3254564390729473</v>
+        <v>-1.3431290692204167</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>0.80298392149999998</v>
+        <v>0.8029921511</v>
       </c>
       <c r="C321" s="5">
-        <v>8.3997439999994317E-4</v>
+        <v>8.3312089999998395E-4</v>
       </c>
       <c r="D321" s="5">
-        <v>1.2638565465378226</v>
+        <v>1.2534618361795147</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>0.79876775749999995</v>
+        <v>0.79876597719999998</v>
       </c>
       <c r="C322" s="5">
-        <v>-4.2161640000000222E-3</v>
+        <v>-4.2261739000000187E-3</v>
       </c>
       <c r="D322" s="5">
-        <v>-6.1219366125960128</v>
+        <v>-6.1359919577659072</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>0.79620846199999995</v>
+        <v>0.79619723610000004</v>
       </c>
       <c r="C323" s="5">
-        <v>-2.5592955000000028E-3</v>
+        <v>-2.5687410999999383E-3</v>
       </c>
       <c r="D323" s="5">
-        <v>-3.7778285835259107</v>
+        <v>-3.7915340545338183</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>0.7952152871</v>
+        <v>0.79519877849999998</v>
       </c>
       <c r="C324" s="5">
-        <v>-9.9317489999994901E-4</v>
+        <v>-9.9845760000005779E-4</v>
       </c>
       <c r="D324" s="5">
-        <v>-1.4866298420167845</v>
+        <v>-1.4945036992238592</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>0.79187828910000002</v>
+        <v>0.79185198209999996</v>
       </c>
       <c r="C325" s="5">
-        <v>-3.3369979999999799E-3</v>
+        <v>-3.3467964000000183E-3</v>
       </c>
       <c r="D325" s="5">
-        <v>-4.9210034236088607</v>
+        <v>-4.9352202127554197</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>0.80088242350000005</v>
+        <v>0.8008691148</v>
       </c>
       <c r="C326" s="5">
-        <v>9.0041344000000301E-3</v>
+        <v>9.0171327000000412E-3</v>
       </c>
       <c r="D326" s="5">
-        <v>14.531228100097682</v>
+        <v>14.554050330626511</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>0.80494787420000002</v>
+        <v>0.80493415030000004</v>
       </c>
       <c r="C327" s="5">
-        <v>4.0654506999999729E-3</v>
+        <v>4.065035500000036E-3</v>
       </c>
       <c r="D327" s="5">
-        <v>6.2644362812661836</v>
+        <v>6.2638855495454449</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>0.80392776779999997</v>
+        <v>0.80391657189999999</v>
       </c>
       <c r="C328" s="5">
-        <v>-1.0201064000000537E-3</v>
+        <v>-1.0175784000000521E-3</v>
       </c>
       <c r="D328" s="5">
-        <v>-1.5101987841295239</v>
+        <v>-1.5065077402323879</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>0.80328208280000002</v>
+        <v>0.80327978990000004</v>
       </c>
       <c r="C329" s="5">
-        <v>-6.4568499999995144E-4</v>
+        <v>-6.3678199999994689E-4</v>
       </c>
       <c r="D329" s="5">
-        <v>-0.95954945437103367</v>
+        <v>-0.9463894577330656</v>
       </c>
       <c r="E329" s="5">
-        <v>1.7706492286628794E-2</v>
+        <v>1.6753831634486183E-2</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>0.79799348130000003</v>
+        <v>0.79797222140000001</v>
       </c>
       <c r="C330" s="5">
-        <v>-5.2886014999999897E-3</v>
+        <v>-5.3075685000000261E-3</v>
       </c>
       <c r="D330" s="5">
-        <v>-7.6205946320366706</v>
+        <v>-7.6469607170829619</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>0.80040527620000002</v>
+        <v>0.80055584739999996</v>
       </c>
       <c r="C331" s="5">
-        <v>2.4117948999999861E-3</v>
+        <v>2.58362599999995E-3</v>
       </c>
       <c r="D331" s="5">
-        <v>3.6876877063254154</v>
+        <v>3.9552268062283513</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>0.80155088200000002</v>
+        <v>0.80157248420000005</v>
       </c>
       <c r="C332" s="5">
-        <v>1.1456058000000047E-3</v>
+        <v>1.0166368000000814E-3</v>
       </c>
       <c r="D332" s="5">
-        <v>1.731123870143958</v>
+        <v>1.5345852594462084</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>0.80111370159999995</v>
+        <v>0.8011583538</v>
       </c>
       <c r="C333" s="5">
-        <v>-4.3718040000007008E-4</v>
+        <v>-4.1413040000004564E-4</v>
       </c>
       <c r="D333" s="5">
-        <v>-0.65254197203501452</v>
+        <v>-0.61821829797078509</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>0.79853271930000003</v>
+        <v>0.79851706820000001</v>
       </c>
       <c r="C334" s="5">
-        <v>-2.5809822999999232E-3</v>
+        <v>-2.6412855999999874E-3</v>
       </c>
       <c r="D334" s="5">
-        <v>-3.7983162089693767</v>
+        <v>-3.8852464458944858</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>0.79636402299999998</v>
+        <v>0.79627321120000005</v>
       </c>
       <c r="C335" s="5">
-        <v>-2.1686963000000503E-3</v>
+        <v>-2.2438569999999602E-3</v>
       </c>
       <c r="D335" s="5">
-        <v>-3.2107792345712927</v>
+        <v>-3.3204058279291848</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>0.79454987990000003</v>
+        <v>0.79449964220000002</v>
       </c>
       <c r="C336" s="5">
-        <v>-1.8141430999999431E-3</v>
+        <v>-1.7735690000000304E-3</v>
       </c>
       <c r="D336" s="5">
-        <v>-2.6996474588821151</v>
+        <v>-2.6403038003484647</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>0.79232547529999997</v>
+        <v>0.79227467259999995</v>
       </c>
       <c r="C337" s="5">
-        <v>-2.2244046000000628E-3</v>
+        <v>-2.2249696000000707E-3</v>
       </c>
       <c r="D337" s="5">
-        <v>-3.3082452405670204</v>
+        <v>-3.3092786639518645</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>0.80732150390000001</v>
+        <v>0.80730934080000005</v>
       </c>
       <c r="C338" s="5">
-        <v>1.4996028600000044E-2</v>
+        <v>1.5034668200000101E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>25.231853548337746</v>
+        <v>25.30559336537501</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>0.80812404370000002</v>
+        <v>0.80810732350000003</v>
       </c>
       <c r="C339" s="5">
-        <v>8.0253980000000169E-4</v>
+        <v>7.9798269999997729E-4</v>
       </c>
       <c r="D339" s="5">
-        <v>1.1994361999670522</v>
+        <v>1.1926063814819976</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>0.80579507589999999</v>
+        <v>0.80578086699999996</v>
       </c>
       <c r="C340" s="5">
-        <v>-2.3289678000000258E-3</v>
+        <v>-2.3264565000000736E-3</v>
       </c>
       <c r="D340" s="5">
-        <v>-3.4040383995889933</v>
+        <v>-3.4004950313442528</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>0.80289516080000001</v>
+        <v>0.80289424200000004</v>
       </c>
       <c r="C341" s="5">
-        <v>-2.8999150999999834E-3</v>
+        <v>-2.8866249999999205E-3</v>
       </c>
       <c r="D341" s="5">
-        <v>-4.234126477495737</v>
+        <v>-4.2151753851315199</v>
       </c>
       <c r="E341" s="5">
-        <v>-4.8167637282703346E-2</v>
+        <v>-4.7996713579456785E-2</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>0.79359583509999998</v>
+        <v>0.79356741119999996</v>
       </c>
       <c r="C342" s="5">
-        <v>-9.2993257000000273E-3</v>
+        <v>-9.3268308000000744E-3</v>
       </c>
       <c r="D342" s="5">
-        <v>-13.046618700810331</v>
+        <v>-13.082790261335187</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>0.79689912190000001</v>
+        <v>0.79718463849999999</v>
       </c>
       <c r="C343" s="5">
-        <v>3.3032868000000271E-3</v>
+        <v>3.6172273000000255E-3</v>
       </c>
       <c r="D343" s="5">
-        <v>5.1108674856289449</v>
+        <v>5.6090559477496971</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>0.80042001129999996</v>
+        <v>0.8004544777</v>
       </c>
       <c r="C344" s="5">
-        <v>3.5208893999999491E-3</v>
+        <v>3.2698392000000132E-3</v>
       </c>
       <c r="D344" s="5">
-        <v>5.4326385827075052</v>
+        <v>5.034652739960932</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>0.79921081110000003</v>
+        <v>0.79929385659999996</v>
       </c>
       <c r="C345" s="5">
-        <v>-1.2092001999999269E-3</v>
+        <v>-1.1606211000000366E-3</v>
       </c>
       <c r="D345" s="5">
-        <v>-1.7978613657287701</v>
+        <v>-1.7261344442282889</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>0.79837082910000001</v>
+        <v>0.79834082230000003</v>
       </c>
       <c r="C346" s="5">
-        <v>-8.3998200000001688E-4</v>
+        <v>-9.5303429999993305E-4</v>
       </c>
       <c r="D346" s="5">
-        <v>-1.2539520894295775</v>
+        <v>-1.421468456652053</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>0.79756590390000004</v>
+        <v>0.79739491200000001</v>
       </c>
       <c r="C347" s="5">
-        <v>-8.0492519999997292E-4</v>
+        <v>-9.4591030000001908E-4</v>
       </c>
       <c r="D347" s="5">
-        <v>-1.2031653014099808</v>
+        <v>-1.4125852856114784</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>0.79273957699999997</v>
+        <v>0.79263268259999997</v>
       </c>
       <c r="C348" s="5">
-        <v>-4.8263269000000664E-3</v>
+        <v>-4.7622294000000398E-3</v>
       </c>
       <c r="D348" s="5">
-        <v>-7.0247118736155638</v>
+        <v>-6.9358992932908254</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>0.79084401209999999</v>
+        <v>0.79076284490000004</v>
       </c>
       <c r="C349" s="5">
-        <v>-1.8955648999999797E-3</v>
+        <v>-1.8698376999999322E-3</v>
       </c>
       <c r="D349" s="5">
-        <v>-2.8319513607690916</v>
+        <v>-2.7943844390375561</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>0.71584771680000003</v>
+        <v>0.71586900279999999</v>
       </c>
       <c r="C350" s="5">
-        <v>-7.499629529999996E-2</v>
+        <v>-7.4893842100000052E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>-69.747744406306722</v>
+        <v>-69.699650931559773</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>0.71360229399999997</v>
+        <v>0.71346966909999998</v>
       </c>
       <c r="C351" s="5">
-        <v>-2.2454228000000631E-3</v>
+        <v>-2.3993337000000059E-3</v>
       </c>
       <c r="D351" s="5">
-        <v>-3.6998152126556882</v>
+        <v>-3.9486466636194373</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>0.70490133050000003</v>
+        <v>0.70491837970000004</v>
       </c>
       <c r="C352" s="5">
-        <v>-8.7009634999999363E-3</v>
+        <v>-8.5512893999999395E-3</v>
       </c>
       <c r="D352" s="5">
-        <v>-13.689205620369883</v>
+        <v>-13.471369665620314</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>0.80063639070000003</v>
+        <v>0.80066487559999999</v>
       </c>
       <c r="C353" s="5">
-        <v>9.5735060199999999E-2</v>
+        <v>9.574649589999995E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>360.9819777188809</v>
+        <v>361.04499366344317</v>
       </c>
       <c r="E353" s="5">
-        <v>-0.28132814971126852</v>
+        <v>-0.27766625831650016</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>0.7900299958</v>
+        <v>0.79003144920000001</v>
       </c>
       <c r="C354" s="5">
-        <v>-1.0606394900000038E-2</v>
+        <v>-1.0633426399999979E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>-14.788333300015587</v>
+        <v>-14.822824276396485</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>0.69337058770000004</v>
+        <v>0.69379615400000005</v>
       </c>
       <c r="C355" s="5">
-        <v>-9.6659408099999955E-2</v>
+        <v>-9.623529519999996E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>-79.113675914377751</v>
+        <v>-78.959788623538159</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>0.80082925429999996</v>
+        <v>0.80090006729999996</v>
       </c>
       <c r="C356" s="5">
-        <v>0.10745866659999992</v>
+        <v>0.10710391329999991</v>
       </c>
       <c r="D356" s="5">
-        <v>463.5003259944848</v>
+        <v>459.96038753185292</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>0.7991374671</v>
+        <v>0.79929634090000001</v>
       </c>
       <c r="C357" s="5">
-        <v>-1.6917871999999612E-3</v>
+        <v>-1.6037263999999496E-3</v>
       </c>
       <c r="D357" s="5">
-        <v>-2.5058047139485673</v>
+        <v>-2.3765984598823509</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>0.80050113700000003</v>
+        <v>0.80050674899999996</v>
       </c>
       <c r="C358" s="5">
-        <v>1.3636699000000307E-3</v>
+        <v>1.2104080999999489E-3</v>
       </c>
       <c r="D358" s="5">
-        <v>2.0670408605262258</v>
+        <v>1.8324225132656968</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>0.79839937039999997</v>
+        <v>0.79795624939999998</v>
       </c>
       <c r="C359" s="5">
-        <v>-2.1017666000000546E-3</v>
+        <v>-2.550499599999978E-3</v>
       </c>
       <c r="D359" s="5">
-        <v>-3.1055744431209176</v>
+        <v>-3.7570356331896759</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>0.78710156080000004</v>
+        <v>0.78692536879999997</v>
       </c>
       <c r="C360" s="5">
-        <v>-1.1297809599999931E-2</v>
+        <v>-1.1030880600000015E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>-15.719509701557355</v>
+        <v>-15.383785789152471</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>0.78514169190000005</v>
+        <v>0.7850559936</v>
       </c>
       <c r="C361" s="5">
-        <v>-1.9598688999999947E-3</v>
+        <v>-1.8693751999999675E-3</v>
       </c>
       <c r="D361" s="5">
-        <v>-2.9473963396377312</v>
+        <v>-2.8137000252537514</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>0.82648463009999995</v>
+        <v>0.82654184360000005</v>
       </c>
       <c r="C362" s="5">
-        <v>4.1342938199999901E-2</v>
+        <v>4.1485850000000046E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>85.11469868288988</v>
+        <v>85.511369512402439</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>0.82133122780000001</v>
+        <v>0.82107106220000003</v>
       </c>
       <c r="C363" s="5">
-        <v>-5.1534022999999429E-3</v>
+        <v>-5.4707814000000132E-3</v>
       </c>
       <c r="D363" s="5">
-        <v>-7.2310487747285652</v>
+        <v>-7.659798327522771</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>0.80371173520000005</v>
+        <v>0.80379935719999995</v>
       </c>
       <c r="C364" s="5">
-        <v>-1.7619492599999953E-2</v>
+        <v>-1.7271705000000082E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>-22.912548140201849</v>
+        <v>-22.51762917154614</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>0.79646484399999995</v>
+        <v>0.79653925120000002</v>
       </c>
       <c r="C365" s="5">
-        <v>-7.2468912000001051E-3</v>
+        <v>-7.2601059999999329E-3</v>
       </c>
       <c r="D365" s="5">
-        <v>-10.299345078054234</v>
+        <v>-10.316133607960843</v>
       </c>
       <c r="E365" s="5">
-        <v>-0.52102886509478585</v>
+        <v>-0.51527480794112401</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>0.78670679560000001</v>
+        <v>0.78677960020000004</v>
       </c>
       <c r="C366" s="5">
-        <v>-9.7580483999999412E-3</v>
+        <v>-9.7596509999999803E-3</v>
       </c>
       <c r="D366" s="5">
-        <v>-13.750717623531905</v>
+        <v>-13.751626594422417</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>0.79243347220000004</v>
+        <v>0.79298839310000002</v>
       </c>
       <c r="C367" s="5">
-        <v>5.7266766000000358E-3</v>
+        <v>6.208792899999982E-3</v>
       </c>
       <c r="D367" s="5">
-        <v>9.0935115789811061</v>
+        <v>9.891696167372821</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>0.70010617289999999</v>
+        <v>0.70026783989999997</v>
       </c>
       <c r="C368" s="5">
-        <v>-9.2327299300000054E-2</v>
+        <v>-9.2720553200000055E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>-77.384138200688156</v>
+        <v>-77.51110006024922</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>0.50020733350000002</v>
+        <v>0.50043563390000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-0.19989883939999997</v>
+        <v>-0.19983220599999996</v>
       </c>
       <c r="D369" s="5">
-        <v>-98.230568426153738</v>
+        <v>-98.225775643459528</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>0.50344300519999996</v>
+        <v>0.50347999649999997</v>
       </c>
       <c r="C370" s="5">
-        <v>3.2356716999999424E-3</v>
+        <v>3.0443625999999613E-3</v>
       </c>
       <c r="D370" s="5">
-        <v>8.0446032272840426</v>
+        <v>7.5493845221453082</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>0.50019747589999997</v>
+        <v>0.49949293900000002</v>
       </c>
       <c r="C371" s="5">
-        <v>-3.2455292999999941E-3</v>
+        <v>-3.9870574999999464E-3</v>
       </c>
       <c r="D371" s="5">
-        <v>-7.467516985585176</v>
+        <v>-9.0996420919004279</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>0.48316856670000002</v>
+        <v>0.48285278980000002</v>
       </c>
       <c r="C372" s="5">
-        <v>-1.7028909199999942E-2</v>
+        <v>-1.664014920000001E-2</v>
       </c>
       <c r="D372" s="5">
-        <v>-34.0087851560952</v>
+        <v>-33.407594877388625</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>0.48023428169999999</v>
+        <v>0.4800594292</v>
       </c>
       <c r="C373" s="5">
-        <v>-2.9342850000000364E-3</v>
+        <v>-2.7933606000000166E-3</v>
       </c>
       <c r="D373" s="5">
-        <v>-7.0490494427099755</v>
+        <v>-6.725460623570334</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>0.53207386850000005</v>
+        <v>0.53208230550000002</v>
       </c>
       <c r="C374" s="5">
-        <v>5.1839586800000059E-2</v>
+        <v>5.202287630000002E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>242.15686064662901</v>
+        <v>243.72074663928481</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>0.52584404600000001</v>
+        <v>0.52542023910000002</v>
       </c>
       <c r="C375" s="5">
-        <v>-6.2298225000000373E-3</v>
+        <v>-6.6620663999999996E-3</v>
       </c>
       <c r="D375" s="5">
-        <v>-13.179882593828097</v>
+        <v>-14.03220783778416</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>0.50122791799999999</v>
+        <v>0.50140466080000001</v>
       </c>
       <c r="C376" s="5">
-        <v>-2.4616128000000015E-2</v>
+        <v>-2.4015578300000007E-2</v>
       </c>
       <c r="D376" s="5">
-        <v>-43.747801091249158</v>
+        <v>-42.960090636291767</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>0.49209596490000002</v>
+        <v>0.49229343250000002</v>
       </c>
       <c r="C377" s="5">
-        <v>-9.1319530999999787E-3</v>
+        <v>-9.1112282999999961E-3</v>
       </c>
       <c r="D377" s="5">
-        <v>-19.799954872961223</v>
+        <v>-19.753129390007985</v>
       </c>
       <c r="E377" s="5">
-        <v>-38.214979781329802</v>
+        <v>-38.195960618594562</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>0.48564162519999998</v>
+        <v>0.48592287109999999</v>
       </c>
       <c r="C378" s="5">
-        <v>-6.4543397000000335E-3</v>
+        <v>-6.3705614000000299E-3</v>
       </c>
       <c r="D378" s="5">
-        <v>-14.652029432817804</v>
+        <v>-14.46978121429744</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>0.49374127699999998</v>
+        <v>0.49451135839999999</v>
       </c>
       <c r="C379" s="5">
-        <v>8.0996517999999962E-3</v>
+        <v>8.5884873000000028E-3</v>
       </c>
       <c r="D379" s="5">
-        <v>21.955779326484539</v>
+        <v>23.397729372614904</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>0.50101775810000004</v>
+        <v>0.50137929299999995</v>
       </c>
       <c r="C380" s="5">
-        <v>7.2764811000000651E-3</v>
+        <v>6.8679345999999586E-3</v>
       </c>
       <c r="D380" s="5">
-        <v>19.191202156455912</v>
+        <v>17.999853260866306</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>0.50210549459999998</v>
+        <v>0.50244452740000001</v>
       </c>
       <c r="C381" s="5">
-        <v>1.0877364999999362E-3</v>
+        <v>1.0652344000000591E-3</v>
       </c>
       <c r="D381" s="5">
-        <v>2.6365997078737102</v>
+        <v>2.5795335916127371</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>0.5061634612</v>
+        <v>0.50618686800000001</v>
       </c>
       <c r="C382" s="5">
-        <v>4.0579666000000181E-3</v>
+        <v>3.7423406000000048E-3</v>
       </c>
       <c r="D382" s="5">
-        <v>10.141200879915125</v>
+        <v>9.313310167409794</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>0.500594557</v>
+        <v>0.49950793310000002</v>
       </c>
       <c r="C383" s="5">
-        <v>-5.5689042000000022E-3</v>
+        <v>-6.6789348999999887E-3</v>
       </c>
       <c r="D383" s="5">
-        <v>-12.432291794523531</v>
+        <v>-14.733548159393205</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>0.58054629579999995</v>
+        <v>0.57995748570000005</v>
       </c>
       <c r="C384" s="5">
-        <v>7.995173879999995E-2</v>
+        <v>8.0449552600000029E-2</v>
       </c>
       <c r="D384" s="5">
-        <v>491.84614373804072</v>
+        <v>500.12983861220243</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>0.57785059380000003</v>
+        <v>0.57744974169999996</v>
       </c>
       <c r="C385" s="5">
-        <v>-2.695701999999911E-3</v>
+        <v>-2.5077440000000895E-3</v>
       </c>
       <c r="D385" s="5">
-        <v>-5.4319429563777337</v>
+        <v>-5.0671768300462716</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>0.53307035339999997</v>
+        <v>0.53289566290000001</v>
       </c>
       <c r="C386" s="5">
-        <v>-4.478024040000006E-2</v>
+        <v>-4.4554078799999952E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>-62.013647570121222</v>
+        <v>-61.846364116627207</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>0.52667301919999998</v>
+        <v>0.52613718990000002</v>
       </c>
       <c r="C387" s="5">
-        <v>-6.3973341999999933E-3</v>
+        <v>-6.7584729999999871E-3</v>
       </c>
       <c r="D387" s="5">
-        <v>-13.487574788174161</v>
+        <v>-14.201087530853162</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>0.5999043758</v>
+        <v>0.60011014799999995</v>
       </c>
       <c r="C388" s="5">
-        <v>7.3231356600000019E-2</v>
+        <v>7.397295809999993E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>376.97049018679803</v>
+        <v>384.82347422929683</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>0.58613072960000001</v>
+        <v>0.58646011549999999</v>
       </c>
       <c r="C389" s="5">
-        <v>-1.3773646199999989E-2</v>
+        <v>-1.3650032499999964E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>-24.325504151473986</v>
+        <v>-24.12649818091235</v>
       </c>
       <c r="E389" s="5">
-        <v>19.109029824926328</v>
+        <v>19.128161536057053</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>0.58793891509999996</v>
+        <v>0.5885160586</v>
       </c>
       <c r="C390" s="5">
-        <v>1.808185499999948E-3</v>
+        <v>2.0559431000000128E-3</v>
       </c>
       <c r="D390" s="5">
-        <v>3.7654052460161846</v>
+        <v>4.2888874044501479</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>0.59822159799999997</v>
+        <v>0.59929211650000003</v>
       </c>
       <c r="C391" s="5">
-        <v>1.0282682900000006E-2</v>
+        <v>1.0776057900000025E-2</v>
       </c>
       <c r="D391" s="5">
-        <v>23.128498448466317</v>
+        <v>24.326286985579749</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>0.60128961970000006</v>
+        <v>0.60224094100000003</v>
       </c>
       <c r="C392" s="5">
-        <v>3.0680217000000898E-3</v>
+        <v>2.9488245000000024E-3</v>
       </c>
       <c r="D392" s="5">
-        <v>6.3308816511310706</v>
+        <v>6.0670610076914988</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>0.60312992899999995</v>
+        <v>0.60429257739999998</v>
       </c>
       <c r="C393" s="5">
-        <v>1.8403092999998982E-3</v>
+        <v>2.0516363999999454E-3</v>
       </c>
       <c r="D393" s="5">
-        <v>3.7351838170660345</v>
+        <v>4.1654766579831248</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>0.6071791165</v>
+        <v>0.60710103250000003</v>
       </c>
       <c r="C394" s="5">
-        <v>4.049187500000051E-3</v>
+        <v>2.8084551000000513E-3</v>
       </c>
       <c r="D394" s="5">
-        <v>8.3605876723735548</v>
+        <v>5.7217979456632984</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>0.70143407440000005</v>
+        <v>0.69913056439999999</v>
       </c>
       <c r="C395" s="5">
-        <v>9.4254957900000047E-2</v>
+        <v>9.2029531899999961E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>464.98953138403829</v>
+        <v>443.9610572145985</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>0.68130165440000001</v>
+        <v>0.68023626749999999</v>
       </c>
       <c r="C396" s="5">
-        <v>-2.013242000000004E-2</v>
+        <v>-1.8894296899999996E-2</v>
       </c>
       <c r="D396" s="5">
-        <v>-29.493198951169774</v>
+        <v>-28.01899103073049</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>0.67853867010000002</v>
+        <v>0.67779358069999995</v>
       </c>
       <c r="C397" s="5">
-        <v>-2.7629842999999932E-3</v>
+        <v>-2.4426868000000379E-3</v>
       </c>
       <c r="D397" s="5">
-        <v>-4.7594451820689887</v>
+        <v>-4.2250311132169927</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>0.62886538940000003</v>
+        <v>0.62846192069999995</v>
       </c>
       <c r="C398" s="5">
-        <v>-4.9673280699999989E-2</v>
+        <v>-4.9331659999999999E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>-59.839687777837305</v>
+        <v>-59.618894530524514</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>0.62370387289999996</v>
+        <v>0.62307132470000004</v>
       </c>
       <c r="C399" s="5">
-        <v>-5.161516500000074E-3</v>
+        <v>-5.3905959999999142E-3</v>
       </c>
       <c r="D399" s="5">
-        <v>-9.4165264738111034</v>
+        <v>-9.8209715000762579</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>0.59783578770000001</v>
+        <v>0.59808748150000002</v>
       </c>
       <c r="C400" s="5">
-        <v>-2.5868085199999946E-2</v>
+        <v>-2.4983843200000022E-2</v>
       </c>
       <c r="D400" s="5">
-        <v>-39.849170433840641</v>
+        <v>-38.803952181876433</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>0.68195755489999998</v>
+        <v>0.68249138730000003</v>
       </c>
       <c r="C401" s="5">
-        <v>8.4121767199999975E-2</v>
+        <v>8.4403905800000012E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>385.40609869458899</v>
+        <v>387.5167637535414</v>
       </c>
       <c r="E401" s="5">
-        <v>16.349053284647972</v>
+        <v>16.37473193179153</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>0.69175677830000004</v>
+        <v>0.69274178549999998</v>
       </c>
       <c r="C402" s="5">
-        <v>9.7992234000000566E-3</v>
+        <v>1.0250398199999955E-2</v>
       </c>
       <c r="D402" s="5">
-        <v>18.673278507884671</v>
+        <v>19.588801553719893</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>0.60388854039999995</v>
+        <v>0.60535977279999997</v>
       </c>
       <c r="C403" s="5">
-        <v>-8.786823790000009E-2</v>
+        <v>-8.7382012700000011E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>-80.409731868240357</v>
+        <v>-80.170759513960817</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>0.70229094800000003</v>
+        <v>0.70384629669999998</v>
       </c>
       <c r="C404" s="5">
-        <v>9.8402407600000075E-2</v>
+        <v>9.8486523900000011E-2</v>
       </c>
       <c r="D404" s="5">
-        <v>511.96049654090672</v>
+        <v>510.33919887895314</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>0.70425535210000001</v>
+        <v>0.70644913570000001</v>
       </c>
       <c r="C405" s="5">
-        <v>1.9644040999999834E-3</v>
+        <v>2.6028390000000234E-3</v>
       </c>
       <c r="D405" s="5">
-        <v>3.4086873297078935</v>
+        <v>4.5290055528685036</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>0.70767505320000001</v>
+        <v>0.70734759739999997</v>
       </c>
       <c r="C406" s="5">
-        <v>3.4197011000000055E-3</v>
+        <v>8.9846169999996395E-4</v>
       </c>
       <c r="D406" s="5">
-        <v>5.9850870313658433</v>
+        <v>1.5368801873210769</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>0.70022233239999998</v>
+        <v>0.69669229710000002</v>
       </c>
       <c r="C407" s="5">
-        <v>-7.4527208000000345E-3</v>
+        <v>-1.0655300299999948E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>-11.930636396928051</v>
+        <v>-16.651552798376478</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>0.6818913915</v>
+        <v>0.68030743199999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-1.8330940899999981E-2</v>
+        <v>-1.6384865100000034E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>-27.263734343958067</v>
+        <v>-24.842819534857707</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>0.6801404835</v>
+        <v>0.67904816329999995</v>
       </c>
       <c r="C409" s="5">
-        <v>-1.7509079999999955E-3</v>
+        <v>-1.259268700000038E-3</v>
       </c>
       <c r="D409" s="5">
-        <v>-3.0381224187647216</v>
+        <v>-2.198759965900543</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>0.72366414970000004</v>
+        <v>0.7229967008</v>
       </c>
       <c r="C410" s="5">
-        <v>4.3523666200000033E-2</v>
+        <v>4.3948537500000051E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>110.50440535630047</v>
+        <v>112.24078328883826</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>0.72072408389999998</v>
+        <v>0.72009454530000006</v>
       </c>
       <c r="C411" s="5">
-        <v>-2.9400658000000579E-3</v>
+        <v>-2.9021554999999477E-3</v>
       </c>
       <c r="D411" s="5">
-        <v>-4.7678215739274554</v>
+        <v>-4.7119437984298296</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>0.69861261819999998</v>
+        <v>0.6988702685</v>
       </c>
       <c r="C412" s="5">
-        <v>-2.2111465699999999E-2</v>
+        <v>-2.1224276800000053E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>-31.196791910098685</v>
+        <v>-30.163168661412143</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>0.67825454669999996</v>
+        <v>0.67895092869999996</v>
       </c>
       <c r="C413" s="5">
-        <v>-2.0358071500000019E-2</v>
+        <v>-1.9919339800000047E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>-29.874582667892703</v>
+        <v>-29.319134267797875</v>
       </c>
       <c r="E413" s="5">
-        <v>-0.54299687325012336</v>
+        <v>-0.51875505916733067</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>0.69478744660000002</v>
+        <v>0.69614392199999997</v>
       </c>
       <c r="C414" s="5">
-        <v>1.6532899900000064E-2</v>
+        <v>1.7192993300000015E-2</v>
       </c>
       <c r="D414" s="5">
-        <v>33.509137819641154</v>
+        <v>34.998140919278953</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>0.60953529039999998</v>
+        <v>0.61147159740000001</v>
       </c>
       <c r="C415" s="5">
-        <v>-8.525215620000004E-2</v>
+        <v>-8.467232459999996E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>-79.214393309922087</v>
+        <v>-78.907549416766713</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>0.70230859059999995</v>
+        <v>0.70451629709999997</v>
       </c>
       <c r="C416" s="5">
-        <v>9.2773300199999964E-2</v>
+        <v>9.3044699699999955E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>447.45636198212918</v>
+        <v>447.23902078206265</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>0.70411893979999995</v>
+        <v>0.70741554709999999</v>
       </c>
       <c r="C417" s="5">
-        <v>1.8103492000000054E-3</v>
+        <v>2.8992500000000199E-3</v>
       </c>
       <c r="D417" s="5">
-        <v>3.1374876183149158</v>
+        <v>5.0516013473260291</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>0.70656826449999999</v>
+        <v>0.70561531899999996</v>
       </c>
       <c r="C418" s="5">
-        <v>2.4493247000000329E-3</v>
+        <v>-1.8002281000000231E-3</v>
       </c>
       <c r="D418" s="5">
-        <v>4.2550761744947874</v>
+        <v>-3.0113739268095685</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>0.69922028309999995</v>
+        <v>0.6945232174</v>
       </c>
       <c r="C419" s="5">
-        <v>-7.3479814000000365E-3</v>
+        <v>-1.1092101599999959E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-11.789824069163323</v>
+        <v>-17.315289198686568</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>0.68498708429999999</v>
+        <v>0.68295675469999995</v>
       </c>
       <c r="C420" s="5">
-        <v>-1.4233198799999958E-2</v>
+        <v>-1.1566462700000057E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>-21.869540486066331</v>
+        <v>-18.25198139111226</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>0.68450212269999999</v>
+        <v>0.68313398560000005</v>
       </c>
       <c r="C421" s="5">
-        <v>-4.849616000000001E-4</v>
+        <v>1.7723090000010266E-4</v>
       </c>
       <c r="D421" s="5">
-        <v>-0.84628336405354609</v>
+        <v>0.31185121287657935</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>0.71677873599999997</v>
+        <v>0.71592984670000004</v>
       </c>
       <c r="C422" s="5">
-        <v>3.2276613299999979E-2</v>
+        <v>3.279586109999999E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>73.829613841875769</v>
+        <v>75.539524455729619</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>0.71935588559999997</v>
+        <v>0.71880464830000002</v>
       </c>
       <c r="C423" s="5">
-        <v>2.5771495999999949E-3</v>
+        <v>2.8748015999999765E-3</v>
       </c>
       <c r="D423" s="5">
-        <v>4.40090383633569</v>
+        <v>4.9264316210721804</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>0.70159147249999998</v>
+        <v>0.7018564933</v>
       </c>
       <c r="C424" s="5">
-        <v>-1.7764413099999987E-2</v>
+        <v>-1.694815500000002E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>-25.922553067106591</v>
+        <v>-24.898373383348115</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>0.72141670199999997</v>
+        <v>0.72224717599999999</v>
       </c>
       <c r="C425" s="5">
-        <v>1.9825229499999986E-2</v>
+        <v>2.0390682699999996E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>39.708455615028001</v>
+        <v>41.010146172152815</v>
       </c>
       <c r="E425" s="5">
-        <v>6.3637104255330756</v>
+        <v>6.376933217088343</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>0.6690303943</v>
+        <v>0.67068410280000001</v>
       </c>
       <c r="C426" s="5">
-        <v>-5.2386307699999968E-2</v>
+        <v>-5.1563073199999976E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>-59.531615504791155</v>
+        <v>-58.886360857908691</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>0.67789035050000002</v>
+        <v>0.68020748080000004</v>
       </c>
       <c r="C427" s="5">
-        <v>8.8599562000000187E-3</v>
+        <v>9.5233780000000268E-3</v>
       </c>
       <c r="D427" s="5">
-        <v>17.101711571324895</v>
+        <v>18.435172853006332</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>0.65964424389999998</v>
+        <v>0.66215784749999995</v>
       </c>
       <c r="C428" s="5">
-        <v>-1.8246106600000034E-2</v>
+        <v>-1.804963330000009E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>-27.921805071587858</v>
+        <v>-27.582835161338558</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>0.66001794530000002</v>
+        <v>0.66859355529999998</v>
       </c>
       <c r="C429" s="5">
-        <v>3.7370140000003715E-4</v>
+        <v>6.4357078000000234E-3</v>
       </c>
       <c r="D429" s="5">
-        <v>0.68194577104405685</v>
+        <v>12.307269211589222</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>0.65999983959999997</v>
+        <v>0.6840526374</v>
       </c>
       <c r="C430" s="5">
-        <v>-1.8105700000048408E-5</v>
+        <v>1.5459082100000021E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>-3.2913593304417788E-2</v>
+        <v>31.561261094134508</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>0.65788923730000004</v>
+        <v>0.70031195140000002</v>
       </c>
       <c r="C431" s="5">
-        <v>-2.1106022999999308E-3</v>
+        <v>1.6259314000000025E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>-3.7706793661712257</v>
+        <v>32.563571391685421</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>0.65820226250000002</v>
+        <v>0.7007480412</v>
       </c>
       <c r="C432" s="5">
-        <v>3.1302519999998335E-4</v>
+        <v>4.3608979999998354E-4</v>
       </c>
       <c r="D432" s="5">
-        <v>0.57245926949058834</v>
+        <v>0.74981407608438744</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>0.65804910240000003</v>
+        <v>0.70058498089999999</v>
       </c>
       <c r="C433" s="5">
-        <v>-1.531600999999938E-4</v>
+        <v>-1.6306030000001748E-4</v>
       </c>
       <c r="D433" s="5">
-        <v>-0.27887640615007481</v>
+        <v>-0.27887645368889213</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>0.66045385469999995</v>
+        <v>0.70314517489999995</v>
       </c>
       <c r="C434" s="5">
-        <v>2.4047522999999238E-3</v>
+        <v>2.5601939999999601E-3</v>
       </c>
       <c r="D434" s="5">
-        <v>4.4744607639177758</v>
+        <v>4.4744608167669453</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>0.70398906240000003</v>
+      </c>
+      <c r="C435" s="5">
+        <v>8.438875000000845E-4</v>
+      </c>
+      <c r="D435" s="5">
+        <v>1.449738029432468</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>0.70100226970000001</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-2.9867927000000183E-3</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-4.974065612867351</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">