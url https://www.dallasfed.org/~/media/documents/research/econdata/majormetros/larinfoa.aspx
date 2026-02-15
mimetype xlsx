--- v2 (2026-01-13)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C8FECDEE-6E6C-4CB7-959C-A7B698F093B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{5A10E194-489E-49B7-A1A7-4659A7AADFDC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{ACA5DF2F-2294-4D30-92D5-7C69F7F42D04}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{FEDDF09D-C0DA-4996-9E01-085D22F30635}"/>
   </bookViews>
   <sheets>
     <sheet name="larinfoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Information Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD739EB1-5F2E-45BC-89D9-0AF633CD6931}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D535A9C9-08B7-443B-8FDF-C39F53D2159A}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>0.70031195140000002</v>
       </c>
       <c r="C431" s="5">
         <v>1.6259314000000025E-2</v>
       </c>
       <c r="D431" s="5">
         <v>32.563571391685421</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>0.7007480412</v>
       </c>
       <c r="C432" s="5">
         <v>4.3608979999998354E-4</v>
       </c>
       <c r="D432" s="5">
         <v>0.74981407608438744</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>0.70058498089999999</v>
       </c>
       <c r="C433" s="5">
         <v>-1.6306030000001748E-4</v>
       </c>
       <c r="D433" s="5">
         <v>-0.27887645368889213</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>0.70314517489999995</v>
       </c>
       <c r="C434" s="5">
         <v>2.5601939999999601E-3</v>
       </c>
       <c r="D434" s="5">
         <v>4.4744608167669453</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>0.70398906240000003</v>
       </c>
       <c r="C435" s="5">
         <v>8.438875000000845E-4</v>
       </c>
       <c r="D435" s="5">
         <v>1.449738029432468</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>0.70100226970000001</v>
+        <v>0.70284322690000001</v>
       </c>
       <c r="C436" s="5">
-        <v>-2.9867927000000183E-3</v>
+        <v>-1.1458355000000253E-3</v>
       </c>
       <c r="D436" s="5">
-        <v>-4.974065612867351</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.9357689150148016</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>0.70310948470000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>2.6625780000000265E-4</v>
+      </c>
+      <c r="D437" s="5">
+        <v>0.45554386366499777</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-2.6497426277233393</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>