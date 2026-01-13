--- v0 (2025-10-10)
+++ v1 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{85149412-8297-4103-89F6-ADEF76ED189A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{81589004-F2B3-4DA9-B506-8584CA9FF783}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{9B0E6AE5-F39C-453B-A0B5-3E1D8BCFBB5B}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{081344BA-104B-4EAD-8059-D47CB2FCE09F}"/>
   </bookViews>
   <sheets>
     <sheet name="larleiha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Leisure and Hospitality Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC61160E-A51E-4F18-9C1A-9264C75BF0BD}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{57A115DE-23A5-4F45-9A1B-E43F79600896}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -975,6146 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>4.0901631022</v>
+        <v>4.0901631343</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>4.0958964867000001</v>
+        <v>4.0958965240999996</v>
       </c>
       <c r="C7" s="5">
-        <v>5.7333845000000494E-3</v>
+        <v>5.7333897999995997E-3</v>
       </c>
       <c r="D7" s="5">
-        <v>1.6951286612147509</v>
+        <v>1.6951302269035518</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>4.0640295479999997</v>
+        <v>4.0640298763000002</v>
       </c>
       <c r="C8" s="5">
-        <v>-3.1866938700000347E-2</v>
+        <v>-3.186664779999937E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>-8.9469257860137592</v>
+        <v>-8.9468474976729055</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>4.1102572994999997</v>
+        <v>4.1102573078000004</v>
       </c>
       <c r="C9" s="5">
-        <v>4.6227751500000025E-2</v>
+        <v>4.6227431500000193E-2</v>
       </c>
       <c r="D9" s="5">
-        <v>14.537006650023532</v>
+        <v>14.536898395352216</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>4.1533477603</v>
+        <v>4.1533476791000004</v>
       </c>
       <c r="C10" s="5">
-        <v>4.309046080000023E-2</v>
+        <v>4.309037129999993E-2</v>
       </c>
       <c r="D10" s="5">
-        <v>13.33171022099593</v>
+        <v>13.331680886447717</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>4.1929416643000001</v>
+        <v>4.1929416243000004</v>
       </c>
       <c r="C11" s="5">
-        <v>3.959390400000018E-2</v>
+        <v>3.9593945200000036E-2</v>
       </c>
       <c r="D11" s="5">
-        <v>12.05888276736642</v>
+        <v>12.058896228757332</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>4.1414394806999999</v>
+        <v>4.1414394232999996</v>
       </c>
       <c r="C12" s="5">
-        <v>-5.1502183600000251E-2</v>
+        <v>-5.1502201000000802E-2</v>
       </c>
       <c r="D12" s="5">
-        <v>-13.783579097701971</v>
+        <v>-13.78358356723728</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>4.1333581183000003</v>
+        <v>4.1333580504</v>
       </c>
       <c r="C13" s="5">
-        <v>-8.0813623999995698E-3</v>
+        <v>-8.0813728999995504E-3</v>
       </c>
       <c r="D13" s="5">
-        <v>-2.3166414134662139</v>
+        <v>-2.3166444229798189</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>4.1111101572999997</v>
+        <v>4.1111101281</v>
       </c>
       <c r="C14" s="5">
-        <v>-2.2247961000000593E-2</v>
+        <v>-2.2247922300000056E-2</v>
       </c>
       <c r="D14" s="5">
-        <v>-6.2712228522351037</v>
+        <v>-6.2712123644154127</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>4.1703640587999997</v>
+        <v>4.1703639790000002</v>
       </c>
       <c r="C15" s="5">
-        <v>5.9253901499999984E-2</v>
+        <v>5.9253850900000238E-2</v>
       </c>
       <c r="D15" s="5">
-        <v>18.734864934844065</v>
+        <v>18.734847790980602</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>4.1299248533000004</v>
+        <v>4.1299247829999999</v>
       </c>
       <c r="C16" s="5">
-        <v>-4.0439205499999353E-2</v>
+        <v>-4.0439196000000344E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>-11.035208660611728</v>
+        <v>-11.035206404907626</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>4.1050244702000001</v>
+        <v>4.1050244208000004</v>
       </c>
       <c r="C17" s="5">
-        <v>-2.4900383100000312E-2</v>
+        <v>-2.4900362199999471E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>-6.9999439609400582</v>
+        <v>-6.9999383942517586</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>4.0869322757999997</v>
+        <v>4.0869324128000004</v>
       </c>
       <c r="C18" s="5">
-        <v>-1.8092194400000317E-2</v>
+        <v>-1.8092007999999993E-2</v>
       </c>
       <c r="D18" s="5">
-        <v>-5.1624579398565569</v>
+        <v>-5.1624060953734503</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>4.0957006937999996</v>
+        <v>4.0957007115000001</v>
       </c>
       <c r="C19" s="5">
-        <v>8.7684179999998335E-3</v>
+        <v>8.7682986999997325E-3</v>
       </c>
       <c r="D19" s="5">
-        <v>2.6051706317272494</v>
+        <v>2.6051346790417318</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>4.0682372461999998</v>
+        <v>4.0682376218999998</v>
       </c>
       <c r="C20" s="5">
-        <v>-2.7463447599999746E-2</v>
+        <v>-2.7463089600000323E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>-7.7562990743145992</v>
+        <v>-7.7562016339537632</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>4.0101417056999997</v>
+        <v>4.0101416924000004</v>
       </c>
       <c r="C21" s="5">
-        <v>-5.8095540500000098E-2</v>
+        <v>-5.8095929499999421E-2</v>
       </c>
       <c r="D21" s="5">
-        <v>-15.852469639106392</v>
+        <v>-15.852566239910571</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>3.9577852486</v>
+        <v>3.957785157</v>
       </c>
       <c r="C22" s="5">
-        <v>-5.2356457099999698E-2</v>
+        <v>-5.2356535400000404E-2</v>
       </c>
       <c r="D22" s="5">
-        <v>-14.589734494752227</v>
+        <v>-14.589754816585131</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>4.1009500250000004</v>
+        <v>4.1009499653999999</v>
       </c>
       <c r="C23" s="5">
-        <v>0.14316477640000036</v>
+        <v>0.1431648083999999</v>
       </c>
       <c r="D23" s="5">
-        <v>53.174692567290059</v>
+        <v>53.174708395210459</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>4.0255510426000001</v>
+        <v>4.0255509671</v>
       </c>
       <c r="C24" s="5">
-        <v>-7.5398982400000314E-2</v>
+        <v>-7.5398998299999853E-2</v>
       </c>
       <c r="D24" s="5">
-        <v>-19.963087019646121</v>
+        <v>-19.963091074615512</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>4.1254552052999998</v>
+        <v>4.1254551258000003</v>
       </c>
       <c r="C25" s="5">
-        <v>9.9904162699999688E-2</v>
+        <v>9.9904158700000245E-2</v>
       </c>
       <c r="D25" s="5">
-        <v>34.201836070529488</v>
+        <v>34.201835240510839</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>4.1108688584999999</v>
+        <v>4.1108688281000001</v>
       </c>
       <c r="C26" s="5">
-        <v>-1.4586346799999816E-2</v>
+        <v>-1.4586297700000195E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>-4.1612899235448308</v>
+        <v>-4.1612762658716385</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>4.0709809550999996</v>
+        <v>4.0709808603999997</v>
       </c>
       <c r="C27" s="5">
-        <v>-3.9887903400000368E-2</v>
+        <v>-3.988796770000036E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>-11.04192469756059</v>
+        <v>-11.041941635720764</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>4.1396854626000001</v>
+        <v>4.1396853770000002</v>
       </c>
       <c r="C28" s="5">
-        <v>6.8704507500000567E-2</v>
+        <v>6.8704516600000431E-2</v>
       </c>
       <c r="D28" s="5">
-        <v>22.24167243800672</v>
+        <v>22.241676228927233</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>4.1125294753999997</v>
+        <v>4.1125294118999998</v>
       </c>
       <c r="C29" s="5">
-        <v>-2.7155987200000453E-2</v>
+        <v>-2.7155965100000401E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>-7.5940039164665514</v>
+        <v>-7.5939981089926274</v>
       </c>
       <c r="E29" s="5">
-        <v>0.18282485901073287</v>
+        <v>0.18282451772935193</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>4.0862890200999997</v>
+        <v>4.0862892461999998</v>
       </c>
       <c r="C30" s="5">
-        <v>-2.6240455299999965E-2</v>
+        <v>-2.6240165699999984E-2</v>
       </c>
       <c r="D30" s="5">
-        <v>-7.3936676201961422</v>
+        <v>-7.39358897294432</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>4.0950160902999997</v>
+        <v>4.0950160689999997</v>
       </c>
       <c r="C31" s="5">
-        <v>8.7270701999999645E-3</v>
+        <v>8.7268227999999226E-3</v>
       </c>
       <c r="D31" s="5">
-        <v>2.5931541703986039</v>
+        <v>2.5930796473897066</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>4.1754581501999999</v>
+        <v>4.1754588378999999</v>
       </c>
       <c r="C32" s="5">
-        <v>8.0442059900000196E-2</v>
+        <v>8.0442768900000239E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>26.29387008811279</v>
+        <v>26.294127579228</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>4.2116811594000003</v>
+        <v>4.2116811252000002</v>
       </c>
       <c r="C33" s="5">
-        <v>3.6223009200000433E-2</v>
+        <v>3.6222287300000211E-2</v>
       </c>
       <c r="D33" s="5">
-        <v>10.921621446608821</v>
+        <v>10.9213914121556</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>4.2534908273000003</v>
+        <v>4.2534905400999996</v>
       </c>
       <c r="C34" s="5">
-        <v>4.1809667899999958E-2</v>
+        <v>4.1809414899999453E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>12.584907463874551</v>
+        <v>12.584827212380723</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>4.2056649051999999</v>
+        <v>4.2056646919</v>
       </c>
       <c r="C35" s="5">
-        <v>-4.7825922100000362E-2</v>
+        <v>-4.7825848199999577E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>-12.688793331438198</v>
+        <v>-12.688775725615786</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>4.1986346567000004</v>
+        <v>4.1986345561</v>
       </c>
       <c r="C36" s="5">
-        <v>-7.0302484999995585E-3</v>
+        <v>-7.0301358000000036E-3</v>
       </c>
       <c r="D36" s="5">
-        <v>-1.9875968861463145</v>
+        <v>-1.9875654157640144</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>4.2146240373000001</v>
+        <v>4.2146239234999996</v>
       </c>
       <c r="C37" s="5">
-        <v>1.598938059999977E-2</v>
+        <v>1.5989367399999566E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>4.6668229974649256</v>
+        <v>4.6668191778976853</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>4.3115245709999996</v>
+        <v>4.3115245198999999</v>
       </c>
       <c r="C38" s="5">
-        <v>9.6900533699999514E-2</v>
+        <v>9.6900596400000261E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>31.360353501066584</v>
+        <v>31.360377381224815</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>4.3744353235000002</v>
+        <v>4.3744352176000003</v>
       </c>
       <c r="C39" s="5">
-        <v>6.2910752500000555E-2</v>
+        <v>6.2910697700000462E-2</v>
       </c>
       <c r="D39" s="5">
-        <v>18.985382889553115</v>
+        <v>18.985365246092911</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>4.4507016727000002</v>
+        <v>4.4507016197000002</v>
       </c>
       <c r="C40" s="5">
-        <v>7.6266349199999972E-2</v>
+        <v>7.6266402099999908E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>23.04892386440045</v>
+        <v>23.048942027315423</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>4.5108202113999996</v>
+        <v>4.5108202241999997</v>
       </c>
       <c r="C41" s="5">
-        <v>6.0118538699999391E-2</v>
+        <v>6.0118604499999506E-2</v>
       </c>
       <c r="D41" s="5">
-        <v>17.469303697357795</v>
+        <v>17.469324483585268</v>
       </c>
       <c r="E41" s="5">
-        <v>9.6848117048756279</v>
+        <v>9.6848137097210074</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>4.4981940852999998</v>
+        <v>4.4981945555999996</v>
       </c>
       <c r="C42" s="5">
-        <v>-1.2626126099999802E-2</v>
+        <v>-1.2625668600000139E-2</v>
       </c>
       <c r="D42" s="5">
-        <v>-3.307660143140756</v>
+        <v>-3.3075421218188406</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>4.5084985017000001</v>
+        <v>4.5084985455000002</v>
       </c>
       <c r="C43" s="5">
-        <v>1.0304416400000349E-2</v>
+        <v>1.0303989900000587E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>2.7838483381274148</v>
+        <v>2.7837313643221506</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>4.5906971884000001</v>
+        <v>4.5906982263999998</v>
       </c>
       <c r="C44" s="5">
-        <v>8.2198686699999968E-2</v>
+        <v>8.2199680899999628E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>24.211156412736521</v>
+        <v>24.211478956391442</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>4.5103258755000004</v>
+        <v>4.5103257998000004</v>
       </c>
       <c r="C45" s="5">
-        <v>-8.0371312899999658E-2</v>
+        <v>-8.0372426599999436E-2</v>
       </c>
       <c r="D45" s="5">
-        <v>-19.09948369054295</v>
+        <v>-19.099719492355426</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>4.3474765920999996</v>
+        <v>4.3474760244999997</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.16284928340000082</v>
+        <v>-0.16284977530000067</v>
       </c>
       <c r="D46" s="5">
-        <v>-35.679120617551128</v>
+        <v>-35.679208434628343</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>4.3089019638000003</v>
+        <v>4.3089014434999999</v>
       </c>
       <c r="C47" s="5">
-        <v>-3.8574628299999247E-2</v>
+        <v>-3.8574580999999775E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>-10.142914224834476</v>
+        <v>-10.142903648501489</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>4.3660849134999999</v>
+        <v>4.366084678</v>
       </c>
       <c r="C48" s="5">
-        <v>5.7182949699999597E-2</v>
+        <v>5.7183234500000069E-2</v>
       </c>
       <c r="D48" s="5">
-        <v>17.140419802578812</v>
+        <v>17.140513718602215</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>4.3084521424000002</v>
+        <v>4.3084518785999997</v>
       </c>
       <c r="C49" s="5">
-        <v>-5.7632771099999758E-2</v>
+        <v>-5.7632799400000323E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>-14.739250671799775</v>
+        <v>-14.739258130412235</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>4.4136248648</v>
+        <v>4.4136247171000003</v>
       </c>
       <c r="C50" s="5">
-        <v>0.10517272239999986</v>
+        <v>0.10517283850000059</v>
       </c>
       <c r="D50" s="5">
-        <v>33.564097088444989</v>
+        <v>33.564141587623709</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>4.2754026245999999</v>
+        <v>4.2754026308000004</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.13822224020000018</v>
+        <v>-0.13822208629999988</v>
       </c>
       <c r="D51" s="5">
-        <v>-31.737966325635291</v>
+        <v>-31.73793772543727</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>4.2660722006</v>
+        <v>4.2660723046999998</v>
       </c>
       <c r="C52" s="5">
-        <v>-9.3304239999998373E-3</v>
+        <v>-9.3303261000006188E-3</v>
       </c>
       <c r="D52" s="5">
-        <v>-2.5876137925713305</v>
+        <v>-2.5875869632315252</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>4.3202032714999996</v>
+        <v>4.3202035936999996</v>
       </c>
       <c r="C53" s="5">
-        <v>5.4131070899999578E-2</v>
+        <v>5.413128899999986E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>16.335366218537217</v>
+        <v>16.335436268248536</v>
       </c>
       <c r="E53" s="5">
-        <v>-4.2257711672538445</v>
+        <v>-4.2257642961997295</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>4.5099701306000002</v>
+        <v>4.5099708958000004</v>
       </c>
       <c r="C54" s="5">
-        <v>0.18976685910000057</v>
+        <v>0.18976730210000081</v>
       </c>
       <c r="D54" s="5">
-        <v>67.507327392310842</v>
+        <v>67.507518529055744</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>4.5116249924999998</v>
+        <v>4.5116252596999997</v>
       </c>
       <c r="C55" s="5">
-        <v>1.6548618999996378E-3</v>
+        <v>1.6543638999992893E-3</v>
       </c>
       <c r="D55" s="5">
-        <v>0.44121065443440965</v>
+        <v>0.44107753729138999</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>4.4882050428999998</v>
+        <v>4.4882064131000003</v>
       </c>
       <c r="C56" s="5">
-        <v>-2.3419949600000045E-2</v>
+        <v>-2.3418846599999377E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>-6.0544211105712069</v>
+        <v>-6.0541437103724061</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>4.6096727591000004</v>
+        <v>4.6096725662000004</v>
       </c>
       <c r="C57" s="5">
-        <v>0.12146771620000063</v>
+        <v>0.12146615310000008</v>
       </c>
       <c r="D57" s="5">
-        <v>37.774511008071741</v>
+        <v>37.773937091644363</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>4.741994633</v>
+        <v>4.7419935236999997</v>
       </c>
       <c r="C58" s="5">
-        <v>0.13232187389999961</v>
+        <v>0.13232095749999928</v>
       </c>
       <c r="D58" s="5">
-        <v>40.440234682420176</v>
+        <v>40.439910966365986</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>4.8048087766999998</v>
+        <v>4.804807619</v>
       </c>
       <c r="C59" s="5">
-        <v>6.2814143699999825E-2</v>
+        <v>6.2814095300000261E-2</v>
       </c>
       <c r="D59" s="5">
-        <v>17.106391967636615</v>
+        <v>17.106382109593877</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>4.9287513598999997</v>
+        <v>4.9287507209000001</v>
       </c>
       <c r="C60" s="5">
-        <v>0.12394258319999985</v>
+        <v>0.12394310190000013</v>
       </c>
       <c r="D60" s="5">
-        <v>35.746806363736397</v>
+        <v>35.746987665163552</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>5.0022974543999998</v>
+        <v>5.0022967749999996</v>
       </c>
       <c r="C61" s="5">
-        <v>7.3546094500000159E-2</v>
+        <v>7.3546054099999481E-2</v>
       </c>
       <c r="D61" s="5">
-        <v>19.451397588147245</v>
+        <v>19.451388743746321</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>4.9139697669000002</v>
+        <v>4.9139693120999999</v>
       </c>
       <c r="C62" s="5">
-        <v>-8.8327687499999641E-2</v>
+        <v>-8.8327462899999709E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>-19.247568566673134</v>
+        <v>-19.247526641483169</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>4.9795967343000003</v>
+        <v>4.9795967151999996</v>
       </c>
       <c r="C63" s="5">
-        <v>6.5626967400000069E-2</v>
+        <v>6.5627403099999704E-2</v>
       </c>
       <c r="D63" s="5">
-        <v>17.257416006193303</v>
+        <v>17.257540838712671</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>4.8701654972000004</v>
+        <v>4.8701664741000004</v>
       </c>
       <c r="C64" s="5">
-        <v>-0.10943123709999991</v>
+        <v>-0.10943024109999921</v>
       </c>
       <c r="D64" s="5">
-        <v>-23.406034700370071</v>
+        <v>-23.405846808128562</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>4.8111886263999999</v>
+        <v>4.8111893753999997</v>
       </c>
       <c r="C65" s="5">
-        <v>-5.8976870800000469E-2</v>
+        <v>-5.8977098700000674E-2</v>
       </c>
       <c r="D65" s="5">
-        <v>-13.601943357688329</v>
+        <v>-13.601989919184753</v>
       </c>
       <c r="E65" s="5">
-        <v>11.364866976028365</v>
+        <v>11.364876007602675</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>4.8238059677000003</v>
+        <v>4.8238074316999997</v>
       </c>
       <c r="C66" s="5">
-        <v>1.2617341300000362E-2</v>
+        <v>1.2618056300000013E-2</v>
       </c>
       <c r="D66" s="5">
-        <v>3.192790466143669</v>
+        <v>3.1929735088215727</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>4.8263289980000001</v>
+        <v>4.8263303188000002</v>
       </c>
       <c r="C67" s="5">
-        <v>2.5230302999998955E-3</v>
+        <v>2.5228871000004816E-3</v>
       </c>
       <c r="D67" s="5">
-        <v>0.62945342322167086</v>
+        <v>0.62941740283726233</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>4.6931991659000003</v>
+        <v>4.6932019241000003</v>
       </c>
       <c r="C68" s="5">
-        <v>-0.13312983209999985</v>
+        <v>-0.13312839469999993</v>
       </c>
       <c r="D68" s="5">
-        <v>-28.513384117617726</v>
+        <v>-28.513114724856482</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>4.7141063114000001</v>
+        <v>4.7141044178999998</v>
       </c>
       <c r="C69" s="5">
-        <v>2.0907145499999835E-2</v>
+        <v>2.0902493799999533E-2</v>
       </c>
       <c r="D69" s="5">
-        <v>5.4786714615603804</v>
+        <v>5.4774191821144402</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>4.9407876098000001</v>
+        <v>4.9407851752000003</v>
       </c>
       <c r="C70" s="5">
-        <v>0.22668129839999995</v>
+        <v>0.22668075730000048</v>
       </c>
       <c r="D70" s="5">
-        <v>75.695951307966098</v>
+        <v>75.695759261111846</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>5.0025404904000004</v>
+        <v>5.0025383744000003</v>
       </c>
       <c r="C71" s="5">
-        <v>6.1752880600000282E-2</v>
+        <v>6.1753199199999997E-2</v>
       </c>
       <c r="D71" s="5">
-        <v>16.073512590922114</v>
+        <v>16.073609772901222</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>4.7145839645000001</v>
+        <v>4.7145828865999997</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.28795652590000032</v>
+        <v>-0.28795548780000058</v>
       </c>
       <c r="D72" s="5">
-        <v>-50.905465470491215</v>
+        <v>-50.905350969636267</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>4.5934628664000003</v>
+        <v>4.5934620220999998</v>
       </c>
       <c r="C73" s="5">
-        <v>-0.12112109809999971</v>
+        <v>-0.12112086449999993</v>
       </c>
       <c r="D73" s="5">
-        <v>-26.825119483668026</v>
+        <v>-26.825080121735979</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>4.5133888629000003</v>
+        <v>4.5133884494999998</v>
       </c>
       <c r="C74" s="5">
-        <v>-8.0074003500000046E-2</v>
+        <v>-8.007357259999992E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>-19.025082094104697</v>
+        <v>-19.024992493152084</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>4.4822183920000001</v>
+        <v>4.4822187155000002</v>
       </c>
       <c r="C75" s="5">
-        <v>-3.1170470900000247E-2</v>
+        <v>-3.1169733999999671E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>-7.9798101786668347</v>
+        <v>-7.9796293386851902</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>4.4716392259999997</v>
+        <v>4.4716412530999996</v>
       </c>
       <c r="C76" s="5">
-        <v>-1.0579166000000306E-2</v>
+        <v>-1.057746240000057E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>-2.7958232058095001</v>
+        <v>-2.7953786129021552</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>4.5163493668000001</v>
+        <v>4.5163507255999997</v>
       </c>
       <c r="C77" s="5">
-        <v>4.4710140800000353E-2</v>
+        <v>4.4709472500000125E-2</v>
       </c>
       <c r="D77" s="5">
-        <v>12.680631349784388</v>
+        <v>12.680425196922652</v>
       </c>
       <c r="E77" s="5">
-        <v>-6.128199962523917</v>
+        <v>-6.1281863338727423</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>4.4211145500000004</v>
+        <v>4.4211160815000001</v>
       </c>
       <c r="C78" s="5">
-        <v>-9.5234816799999678E-2</v>
+        <v>-9.5234644099999599E-2</v>
       </c>
       <c r="D78" s="5">
-        <v>-22.566150142152321</v>
+        <v>-22.566107822946215</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>4.4208131758000002</v>
+        <v>4.4208153707999998</v>
       </c>
       <c r="C79" s="5">
-        <v>-3.0137420000020398E-4</v>
+        <v>-3.0071070000037281E-4</v>
       </c>
       <c r="D79" s="5">
-        <v>-8.1769761394479001E-2</v>
+        <v>-8.1589777650792339E-2</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>4.4840614912000003</v>
+        <v>4.4840652883000001</v>
       </c>
       <c r="C80" s="5">
-        <v>6.3248315400000088E-2</v>
+        <v>6.3249917500000308E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>18.58582285028767</v>
+        <v>18.586321315999442</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>4.5204377124999997</v>
+        <v>4.5204340633999998</v>
       </c>
       <c r="C81" s="5">
-        <v>3.6376221299999401E-2</v>
+        <v>3.6368775099999695E-2</v>
       </c>
       <c r="D81" s="5">
-        <v>10.181113855144464</v>
+        <v>10.178926943827026</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>4.4533797717999999</v>
+        <v>4.4533761605000004</v>
       </c>
       <c r="C82" s="5">
-        <v>-6.7057940699999818E-2</v>
+        <v>-6.7057902899999355E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>-16.418355401655482</v>
+        <v>-16.418359079952648</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>4.5138658962999996</v>
+        <v>4.513862907</v>
       </c>
       <c r="C83" s="5">
-        <v>6.0486124499999683E-2</v>
+        <v>6.0486746499999633E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>17.572849176365011</v>
+        <v>17.573058922775008</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>4.3175576793000001</v>
+        <v>4.3175564470000003</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.19630821699999945</v>
+        <v>-0.19630645999999974</v>
       </c>
       <c r="D84" s="5">
-        <v>-41.349198798085986</v>
+        <v>-41.348933579160516</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>4.4780367999999999</v>
+        <v>4.4780358847999997</v>
       </c>
       <c r="C85" s="5">
-        <v>0.16047912069999981</v>
+        <v>0.1604794377999994</v>
       </c>
       <c r="D85" s="5">
-        <v>54.950906533931573</v>
+        <v>54.951057222030016</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>4.6092516729000002</v>
+        <v>4.6092513173</v>
       </c>
       <c r="C86" s="5">
-        <v>0.13121487290000022</v>
+        <v>0.13121543250000034</v>
       </c>
       <c r="D86" s="5">
-        <v>41.420759369972004</v>
+        <v>41.420975279093057</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>4.6925570822999996</v>
+        <v>4.6925579642999997</v>
       </c>
       <c r="C87" s="5">
-        <v>8.3305409399999419E-2</v>
+        <v>8.3306646999999678E-2</v>
       </c>
       <c r="D87" s="5">
-        <v>23.979450596444973</v>
+        <v>23.979845010009981</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>4.6665451164</v>
+        <v>4.6665489652999996</v>
       </c>
       <c r="C88" s="5">
-        <v>-2.6011965899999545E-2</v>
+        <v>-2.6008999000000088E-2</v>
       </c>
       <c r="D88" s="5">
-        <v>-6.452786354720863</v>
+        <v>-6.4520714699199511</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>4.5161170282</v>
+        <v>4.5161198855000002</v>
       </c>
       <c r="C89" s="5">
-        <v>-0.15042808819999998</v>
+        <v>-0.15042907979999942</v>
       </c>
       <c r="D89" s="5">
-        <v>-32.510436070613892</v>
+        <v>-32.510591644210422</v>
       </c>
       <c r="E89" s="5">
-        <v>-5.1443894422353864E-3</v>
+        <v>-5.1112084517912493E-3</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>4.6318118382</v>
+        <v>4.6318126096999999</v>
       </c>
       <c r="C90" s="5">
-        <v>0.11569480999999993</v>
+        <v>0.11569272419999965</v>
       </c>
       <c r="D90" s="5">
-        <v>35.465483368545648</v>
+        <v>35.464725646329832</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>4.7345851206000003</v>
+        <v>4.7345878918000004</v>
       </c>
       <c r="C91" s="5">
-        <v>0.10277328240000028</v>
+        <v>0.10277528210000053</v>
       </c>
       <c r="D91" s="5">
-        <v>30.128446847930988</v>
+        <v>30.129100736197746</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>4.7739996293000004</v>
+        <v>4.7740043170000002</v>
       </c>
       <c r="C92" s="5">
-        <v>3.9414508700000184E-2</v>
+        <v>3.9416425199999772E-2</v>
       </c>
       <c r="D92" s="5">
-        <v>10.460098070001035</v>
+        <v>10.460623789764668</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>4.7233023470999997</v>
+        <v>4.7232966118000004</v>
       </c>
       <c r="C93" s="5">
-        <v>-5.0697282200000693E-2</v>
+        <v>-5.0707705199999786E-2</v>
       </c>
       <c r="D93" s="5">
-        <v>-12.024775067909154</v>
+        <v>-12.027093550116152</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>4.7572363966999998</v>
+        <v>4.7572314263999997</v>
       </c>
       <c r="C94" s="5">
-        <v>3.3934049600000016E-2</v>
+        <v>3.3934814599999363E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>8.9702225497311225</v>
+        <v>8.9704441552512328</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>4.7120014476999996</v>
+        <v>4.7119971310000004</v>
       </c>
       <c r="C95" s="5">
-        <v>-4.5234949000000135E-2</v>
+        <v>-4.5234295399999347E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>-10.832172120736649</v>
+        <v>-10.83203443138483</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>4.7195112977000004</v>
+        <v>4.7195100632000004</v>
       </c>
       <c r="C96" s="5">
-        <v>7.5098500000008173E-3</v>
+        <v>7.5129322000000442E-3</v>
       </c>
       <c r="D96" s="5">
-        <v>1.9293789570676623</v>
+        <v>1.9301795554108603</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>4.7661699020999997</v>
+        <v>4.7661692241000004</v>
       </c>
       <c r="C97" s="5">
-        <v>4.6658604399999248E-2</v>
+        <v>4.6659160899999996E-2</v>
       </c>
       <c r="D97" s="5">
-        <v>12.530403729943718</v>
+        <v>12.530564857118609</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>4.8067331948999996</v>
+        <v>4.8067331703000002</v>
       </c>
       <c r="C98" s="5">
-        <v>4.0563292799999928E-2</v>
+        <v>4.0563946199999812E-2</v>
       </c>
       <c r="D98" s="5">
-        <v>10.704675114808481</v>
+        <v>10.704857292488889</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>4.7967682666</v>
+        <v>4.7967699705999998</v>
       </c>
       <c r="C99" s="5">
-        <v>-9.9649282999996203E-3</v>
+        <v>-9.9631997000004802E-3</v>
       </c>
       <c r="D99" s="5">
-        <v>-2.4595718847662873</v>
+        <v>-2.4591500914208031</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>5.0599741943999996</v>
+        <v>5.0599794777999998</v>
       </c>
       <c r="C100" s="5">
-        <v>0.26320592779999963</v>
+        <v>0.26320950720000003</v>
       </c>
       <c r="D100" s="5">
-        <v>89.843078056316685</v>
+        <v>89.844647493706219</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>5.0199483421000002</v>
+        <v>5.0199538705000002</v>
       </c>
       <c r="C101" s="5">
-        <v>-4.0025852299999443E-2</v>
+        <v>-4.0025607299999599E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>-9.090063795374892</v>
+        <v>-9.0900014704295646</v>
       </c>
       <c r="E101" s="5">
-        <v>11.156294461678584</v>
+        <v>11.156346549117746</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>5.0480838721000003</v>
+        <v>5.0480831118999996</v>
       </c>
       <c r="C102" s="5">
-        <v>2.8135530000000131E-2</v>
+        <v>2.8129241399999394E-2</v>
       </c>
       <c r="D102" s="5">
-        <v>6.93694347298206</v>
+        <v>6.9353370216957311</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>4.9317387056999999</v>
+        <v>4.9317408619999998</v>
       </c>
       <c r="C103" s="5">
-        <v>-0.11634516640000037</v>
+        <v>-0.11634224989999975</v>
       </c>
       <c r="D103" s="5">
-        <v>-24.406933954451194</v>
+        <v>-24.406400730384469</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>4.9527971299000004</v>
+        <v>4.9528010651000001</v>
       </c>
       <c r="C104" s="5">
-        <v>2.1058424200000481E-2</v>
+        <v>2.106020310000023E-2</v>
       </c>
       <c r="D104" s="5">
-        <v>5.2460409888398729</v>
+        <v>5.2464922573027595</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>5.3214029121999999</v>
+        <v>5.3213959210999997</v>
       </c>
       <c r="C105" s="5">
-        <v>0.36860578229999952</v>
+        <v>0.36859485599999964</v>
       </c>
       <c r="D105" s="5">
-        <v>136.6504003009079</v>
+        <v>136.64441318334059</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>5.3585932851999996</v>
+        <v>5.3585874937</v>
       </c>
       <c r="C106" s="5">
-        <v>3.719037299999961E-2</v>
+        <v>3.7191572600000278E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>8.7165922925084729</v>
+        <v>8.7168962423364693</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>5.4054766582999996</v>
+        <v>5.4054709916999997</v>
       </c>
       <c r="C107" s="5">
-        <v>4.6883373100000014E-2</v>
+        <v>4.688349799999969E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>11.019280792289688</v>
+        <v>11.019324063484293</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>5.4239259176000001</v>
+        <v>5.4239249535000003</v>
       </c>
       <c r="C108" s="5">
-        <v>1.844925930000052E-2</v>
+        <v>1.8453961800000585E-2</v>
       </c>
       <c r="D108" s="5">
-        <v>4.1734466449432794</v>
+        <v>4.1745349192527259</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>5.4483384523999998</v>
+        <v>5.4483381424999999</v>
       </c>
       <c r="C109" s="5">
-        <v>2.4412534799999719E-2</v>
+        <v>2.4413188999999669E-2</v>
       </c>
       <c r="D109" s="5">
-        <v>5.5368067737784799</v>
+        <v>5.5369598483987703</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>5.4066951676999997</v>
+        <v>5.4066954313000002</v>
       </c>
       <c r="C110" s="5">
-        <v>-4.1643284700000116E-2</v>
+        <v>-4.1642711199999738E-2</v>
       </c>
       <c r="D110" s="5">
-        <v>-8.7960442395215495</v>
+        <v>-8.7959286284817413</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>5.4125908603999999</v>
+        <v>5.4125932351000001</v>
       </c>
       <c r="C111" s="5">
-        <v>5.8956927000002324E-3</v>
+        <v>5.8978037999999344E-3</v>
       </c>
       <c r="D111" s="5">
-        <v>1.3164079860338518</v>
+        <v>1.3168821258316088</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>5.3644908764999997</v>
+        <v>5.3644971641000003</v>
       </c>
       <c r="C112" s="5">
-        <v>-4.8099983900000254E-2</v>
+        <v>-4.8096070999999796E-2</v>
       </c>
       <c r="D112" s="5">
-        <v>-10.157933285967335</v>
+        <v>-10.157142664249786</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>5.3350115747000002</v>
+        <v>5.3350192956000004</v>
       </c>
       <c r="C113" s="5">
-        <v>-2.9479301799999469E-2</v>
+        <v>-2.9477868499999893E-2</v>
       </c>
       <c r="D113" s="5">
-        <v>-6.3986182709495072</v>
+        <v>-6.398309233887689</v>
       </c>
       <c r="E113" s="5">
-        <v>6.2762245969288033</v>
+        <v>6.2762613607168172</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>5.1392583029000001</v>
+        <v>5.1392560109999996</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.19575327180000013</v>
+        <v>-0.19576328460000081</v>
       </c>
       <c r="D114" s="5">
-        <v>-36.147050594814012</v>
+        <v>-36.148501193498269</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>5.2190802705000001</v>
+        <v>5.2190813932999998</v>
       </c>
       <c r="C115" s="5">
-        <v>7.9821967600000043E-2</v>
+        <v>7.9825382300000136E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>20.315716858179499</v>
+        <v>20.316671340590652</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>5.2336285773000002</v>
+        <v>5.2336316958999998</v>
       </c>
       <c r="C116" s="5">
-        <v>1.4548306800000077E-2</v>
+        <v>1.4550302600000009E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>3.3967911164451303</v>
+        <v>3.3972635292317088</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>5.3176588484999998</v>
+        <v>5.3176516174000001</v>
       </c>
       <c r="C117" s="5">
-        <v>8.4030271199999618E-2</v>
+        <v>8.4019921500000372E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>21.062847721480658</v>
+        <v>21.06000659521019</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>5.2613277567000001</v>
+        <v>5.2613224691999996</v>
       </c>
       <c r="C118" s="5">
-        <v>-5.6331091799999733E-2</v>
+        <v>-5.6329148200000567E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>-11.996767885385129</v>
+        <v>-11.996393145315999</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>5.3088574539</v>
+        <v>5.3088519529999996</v>
       </c>
       <c r="C119" s="5">
-        <v>4.7529697199999887E-2</v>
+        <v>4.7529483799999994E-2</v>
       </c>
       <c r="D119" s="5">
-        <v>11.395715320298372</v>
+        <v>11.395673614333091</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>5.5372483445</v>
+        <v>5.5372480187999997</v>
       </c>
       <c r="C120" s="5">
-        <v>0.22839089060000006</v>
+        <v>0.22839606580000016</v>
       </c>
       <c r="D120" s="5">
-        <v>65.773554845846391</v>
+        <v>65.775499091991804</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>5.5385507261000004</v>
+        <v>5.5385511328000003</v>
       </c>
       <c r="C121" s="5">
-        <v>1.3023816000004018E-3</v>
+        <v>1.3031140000006047E-3</v>
       </c>
       <c r="D121" s="5">
-        <v>0.28260990907957861</v>
+        <v>0.28276905841766453</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>5.5164511932</v>
+        <v>5.5164520068999998</v>
       </c>
       <c r="C122" s="5">
-        <v>-2.209953290000044E-2</v>
+        <v>-2.2099125900000516E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>-4.684460693524195</v>
+        <v>-4.6843759692415503</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>5.4259801757000004</v>
+        <v>5.4259829785999996</v>
       </c>
       <c r="C123" s="5">
-        <v>-9.047101749999964E-2</v>
+        <v>-9.0469028300000254E-2</v>
       </c>
       <c r="D123" s="5">
-        <v>-17.998637026694432</v>
+        <v>-17.998273859019665</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>5.3762241916000004</v>
+        <v>5.3762296755000003</v>
       </c>
       <c r="C124" s="5">
-        <v>-4.9755984099999928E-2</v>
+        <v>-4.9753303099999258E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>-10.465581640959176</v>
+        <v>-10.465040718033569</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>5.3623282242999997</v>
+        <v>5.3623365414000004</v>
       </c>
       <c r="C125" s="5">
-        <v>-1.3895967300000756E-2</v>
+        <v>-1.3893134099999926E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>-3.0579340514136466</v>
+        <v>-3.0573163401700909</v>
       </c>
       <c r="E125" s="5">
-        <v>0.51202606062827893</v>
+        <v>0.51203649483573255</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>5.7406430747000003</v>
+        <v>5.7406394873000002</v>
       </c>
       <c r="C126" s="5">
-        <v>0.37831485040000068</v>
+        <v>0.3783029458999998</v>
       </c>
       <c r="D126" s="5">
-        <v>126.61352420612566</v>
+        <v>126.60760712615429</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>5.7977125565999996</v>
+        <v>5.7977121937999998</v>
       </c>
       <c r="C127" s="5">
-        <v>5.7069481899999275E-2</v>
+        <v>5.7072706499999626E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>12.603946720626036</v>
+        <v>12.604706578707692</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>5.8142658166999999</v>
+        <v>5.8142670866000001</v>
       </c>
       <c r="C128" s="5">
-        <v>1.6553260100000244E-2</v>
+        <v>1.6554892800000331E-2</v>
       </c>
       <c r="D128" s="5">
-        <v>3.4804809170100759</v>
+        <v>3.480829838193622</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>5.7122290667</v>
+        <v>5.7122230599000003</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.1020367499999999</v>
+        <v>-0.10204402669999979</v>
       </c>
       <c r="D129" s="5">
-        <v>-19.14092254600569</v>
+        <v>-19.142154809617551</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>5.7548246723999998</v>
+        <v>5.7548202185999999</v>
       </c>
       <c r="C130" s="5">
-        <v>4.2595605699999872E-2</v>
+        <v>4.2597158699999582E-2</v>
       </c>
       <c r="D130" s="5">
-        <v>9.3245717382106861</v>
+        <v>9.3249359788081243</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>5.8029112680999999</v>
+        <v>5.8029062661999999</v>
       </c>
       <c r="C131" s="5">
-        <v>4.8086595700000068E-2</v>
+        <v>4.8086047600000015E-2</v>
       </c>
       <c r="D131" s="5">
-        <v>10.500945934665573</v>
+        <v>10.500829193438953</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>5.6494482489999998</v>
+        <v>5.6494485594999997</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.15346301910000015</v>
+        <v>-0.15345770670000025</v>
       </c>
       <c r="D132" s="5">
-        <v>-27.502795871706443</v>
+        <v>-27.501998172996533</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>5.6330213011000003</v>
+        <v>5.6330221137000001</v>
       </c>
       <c r="C133" s="5">
-        <v>-1.6426947899999433E-2</v>
+        <v>-1.6426445799999634E-2</v>
       </c>
       <c r="D133" s="5">
-        <v>-3.4339858891746844</v>
+        <v>-3.4338824143289814</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>5.6289432331000002</v>
+        <v>5.6289441988000002</v>
       </c>
       <c r="C134" s="5">
-        <v>-4.0780680000001013E-3</v>
+        <v>-4.0779148999998682E-3</v>
       </c>
       <c r="D134" s="5">
-        <v>-0.86529817464643388</v>
+        <v>-0.86526569428468925</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>5.8502194027999996</v>
+        <v>5.8502223032999998</v>
       </c>
       <c r="C135" s="5">
-        <v>0.22127616969999941</v>
+        <v>0.22127810449999963</v>
       </c>
       <c r="D135" s="5">
-        <v>58.833980511326423</v>
+        <v>58.8345985041544</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>5.8918586726999997</v>
+        <v>5.8918634288999998</v>
       </c>
       <c r="C136" s="5">
-        <v>4.1639269900000109E-2</v>
+        <v>4.1641125599999995E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>8.88348293576</v>
+        <v>8.8838898853994976</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>5.8806306497999996</v>
+        <v>5.8806390371999999</v>
       </c>
       <c r="C137" s="5">
-        <v>-1.1228022900000134E-2</v>
+        <v>-1.1224391699999892E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>-2.2630040557810482</v>
+        <v>-2.262278032886178</v>
       </c>
       <c r="E137" s="5">
-        <v>9.6656229126604654</v>
+        <v>9.6656092320658527</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>6.0325861740000004</v>
+        <v>6.0325819590999998</v>
       </c>
       <c r="C138" s="5">
-        <v>0.1519555242000008</v>
+        <v>0.15194292189999992</v>
       </c>
       <c r="D138" s="5">
-        <v>35.817451014016214</v>
+        <v>35.813987772561063</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>6.1684177305999999</v>
+        <v>6.1684159052999998</v>
       </c>
       <c r="C139" s="5">
-        <v>0.13583155659999946</v>
+        <v>0.1358339462</v>
       </c>
       <c r="D139" s="5">
-        <v>30.629994656210592</v>
+        <v>30.630626036965936</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>6.1869762810999998</v>
+        <v>6.1869757182000003</v>
       </c>
       <c r="C140" s="5">
-        <v>1.8558550499999882E-2</v>
+        <v>1.8559812900000416E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>3.6707142972693951</v>
+        <v>3.6709692394247373</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>6.2991483946000004</v>
+        <v>6.2991442444999999</v>
       </c>
       <c r="C141" s="5">
-        <v>0.11217211350000067</v>
+        <v>0.11216852629999963</v>
       </c>
       <c r="D141" s="5">
-        <v>24.062537990259926</v>
+        <v>24.061692600439955</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>6.3427624449</v>
+        <v>6.3427595228999998</v>
       </c>
       <c r="C142" s="5">
-        <v>4.3614050299999541E-2</v>
+        <v>4.3615278399999902E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>8.6323760791543247</v>
+        <v>8.6326343889765678</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>6.3911521995999996</v>
+        <v>6.3911482450000001</v>
       </c>
       <c r="C143" s="5">
-        <v>4.8389754699999621E-2</v>
+        <v>4.8388722100000336E-2</v>
       </c>
       <c r="D143" s="5">
-        <v>9.5490376868532678</v>
+        <v>9.5488298779591076</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>6.3614824162000003</v>
+        <v>6.3614831899000004</v>
       </c>
       <c r="C144" s="5">
-        <v>-2.9669783399999261E-2</v>
+        <v>-2.9665055099999726E-2</v>
       </c>
       <c r="D144" s="5">
-        <v>-5.4307264625391261</v>
+        <v>-5.4298862473742719</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>6.4386163528000004</v>
+        <v>6.4386174790000004</v>
       </c>
       <c r="C145" s="5">
-        <v>7.7133936600000119E-2</v>
+        <v>7.7134289099999975E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>15.560817725962316</v>
+        <v>15.560891625863182</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>6.4532547393000002</v>
+        <v>6.4532557921000002</v>
       </c>
       <c r="C146" s="5">
-        <v>1.4638386499999712E-2</v>
+        <v>1.4638313099999856E-2</v>
       </c>
       <c r="D146" s="5">
-        <v>2.762610681768396</v>
+        <v>2.7625961665027621</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>6.4743348488999999</v>
+        <v>6.4743375285000004</v>
       </c>
       <c r="C147" s="5">
-        <v>2.108010959999973E-2</v>
+        <v>2.1081736400000217E-2</v>
       </c>
       <c r="D147" s="5">
-        <v>3.9911011783525074</v>
+        <v>3.99141407282122</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>6.5012959533999997</v>
+        <v>6.5012989087999999</v>
       </c>
       <c r="C148" s="5">
-        <v>2.6961104499999777E-2</v>
+        <v>2.6961380299999504E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>5.1132231009946238</v>
+        <v>5.1132744457688117</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>6.5986079005000002</v>
+        <v>6.5986151653</v>
       </c>
       <c r="C149" s="5">
-        <v>9.7311947100000573E-2</v>
+        <v>9.7316256500000087E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>19.51671113263167</v>
+        <v>19.517638164298369</v>
       </c>
       <c r="E149" s="5">
-        <v>12.209187984360481</v>
+        <v>12.209151480956336</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>6.6290241493000002</v>
+        <v>6.6290205159999998</v>
       </c>
       <c r="C150" s="5">
-        <v>3.0416248799999934E-2</v>
+        <v>3.0405350699999723E-2</v>
       </c>
       <c r="D150" s="5">
-        <v>5.6738040704882975</v>
+        <v>5.6717129561149493</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>6.6357068889999997</v>
+        <v>6.6357043603000001</v>
       </c>
       <c r="C151" s="5">
-        <v>6.6827396999995514E-3</v>
+        <v>6.6838443000003522E-3</v>
       </c>
       <c r="D151" s="5">
-        <v>1.2164536872663945</v>
+        <v>1.2166565435843602</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>6.6613429424000001</v>
+        <v>6.6613407870000003</v>
       </c>
       <c r="C152" s="5">
-        <v>2.5636053400000414E-2</v>
+        <v>2.5636426700000214E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>4.7358068825801736</v>
+        <v>4.7358791582675197</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>6.6806841278000002</v>
+        <v>6.6806824457999996</v>
       </c>
       <c r="C153" s="5">
-        <v>1.9341185400000072E-2</v>
+        <v>1.9341658799999273E-2</v>
       </c>
       <c r="D153" s="5">
-        <v>3.5403776657290109</v>
+        <v>3.540466873406789</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>6.7311132064999999</v>
+        <v>6.7311119769000003</v>
       </c>
       <c r="C154" s="5">
-        <v>5.0429078699999685E-2</v>
+        <v>5.0429531100000702E-2</v>
       </c>
       <c r="D154" s="5">
-        <v>9.4438794000875745</v>
+        <v>9.4439701464515089</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>6.7859620789999999</v>
+        <v>6.7859598523000004</v>
       </c>
       <c r="C155" s="5">
-        <v>5.4848872500000034E-2</v>
+        <v>5.4847875400000135E-2</v>
       </c>
       <c r="D155" s="5">
-        <v>10.228628521968419</v>
+        <v>10.228436116886064</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>6.8870162197000004</v>
+        <v>6.8870169420999998</v>
       </c>
       <c r="C156" s="5">
-        <v>0.10105414070000052</v>
+        <v>0.10105708979999939</v>
       </c>
       <c r="D156" s="5">
-        <v>19.40874356199085</v>
+        <v>19.409364049204768</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>6.8488665492000003</v>
+        <v>6.8488674333999997</v>
       </c>
       <c r="C157" s="5">
-        <v>-3.8149670500000177E-2</v>
+        <v>-3.8149508700000112E-2</v>
       </c>
       <c r="D157" s="5">
-        <v>-6.4484088053159976</v>
+        <v>-6.4483816282518092</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>6.8653564703000001</v>
+        <v>6.8653571534999998</v>
       </c>
       <c r="C158" s="5">
-        <v>1.6489921099999805E-2</v>
+        <v>1.6489720100000049E-2</v>
       </c>
       <c r="D158" s="5">
-        <v>2.9277919902665372</v>
+        <v>2.9277554457393551</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>6.8009014843999998</v>
+        <v>6.8009031912999998</v>
       </c>
       <c r="C159" s="5">
-        <v>-6.4454985900000317E-2</v>
+        <v>-6.4453962199999992E-2</v>
       </c>
       <c r="D159" s="5">
-        <v>-10.70221191891838</v>
+        <v>-10.702049610461506</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>6.9092767238999997</v>
+        <v>6.9092783762999996</v>
       </c>
       <c r="C160" s="5">
-        <v>0.10837523949999994</v>
+        <v>0.10837518499999987</v>
       </c>
       <c r="D160" s="5">
-        <v>20.890796148791189</v>
+        <v>20.890778994817506</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>6.9056024571999997</v>
+        <v>6.9056066795</v>
       </c>
       <c r="C161" s="5">
-        <v>-3.6742667000000395E-3</v>
+        <v>-3.6716967999996797E-3</v>
       </c>
       <c r="D161" s="5">
-        <v>-0.63628178707507699</v>
+        <v>-0.6358378994986702</v>
       </c>
       <c r="E161" s="5">
-        <v>4.6524139838152401</v>
+        <v>4.6523627535421275</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>6.9166816489</v>
+        <v>6.9166796425000001</v>
       </c>
       <c r="C162" s="5">
-        <v>1.1079191700000379E-2</v>
+        <v>1.1072963000000158E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>1.9423324953265375</v>
+        <v>1.9412296741667667</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>6.9195953931999998</v>
+        <v>6.9195935926000001</v>
       </c>
       <c r="C163" s="5">
-        <v>2.9137442999997987E-3</v>
+        <v>2.9139500999999512E-3</v>
       </c>
       <c r="D163" s="5">
-        <v>0.50668888902043463</v>
+        <v>0.50672490714340768</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>6.9462847335999998</v>
+        <v>6.9462831990999998</v>
       </c>
       <c r="C164" s="5">
-        <v>2.6689340399999928E-2</v>
+        <v>2.6689606499999741E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>4.7279413115659974</v>
+        <v>4.7279907114263553</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>6.8627097370000003</v>
+        <v>6.8627087471000001</v>
       </c>
       <c r="C165" s="5">
-        <v>-8.3574996599999452E-2</v>
+        <v>-8.3574451999999688E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>-13.519819165725933</v>
+        <v>-13.519739604450965</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>6.919675872</v>
+        <v>6.9196753136</v>
       </c>
       <c r="C166" s="5">
-        <v>5.6966134999999696E-2</v>
+        <v>5.6966566499999871E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>10.428572259351565</v>
+        <v>10.428656466780373</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>6.9782206673999996</v>
+        <v>6.9782197863000004</v>
       </c>
       <c r="C167" s="5">
-        <v>5.8544795399999572E-2</v>
+        <v>5.8544472700000405E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>10.638775743471696</v>
+        <v>10.638715245946241</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>7.1063255434999997</v>
+        <v>7.1063259099999998</v>
       </c>
       <c r="C168" s="5">
-        <v>0.1281048761000001</v>
+        <v>0.12810612369999941</v>
       </c>
       <c r="D168" s="5">
-        <v>24.395537512310806</v>
+        <v>24.395802979719996</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>7.2558316121999997</v>
+        <v>7.2558322304000002</v>
       </c>
       <c r="C169" s="5">
-        <v>0.14950606870000005</v>
+        <v>0.14950632040000045</v>
       </c>
       <c r="D169" s="5">
-        <v>28.382302114066029</v>
+        <v>28.382353918895053</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>7.3764872896</v>
+        <v>7.3764878192000003</v>
       </c>
       <c r="C170" s="5">
-        <v>0.12065567740000027</v>
+        <v>0.12065558880000005</v>
       </c>
       <c r="D170" s="5">
-        <v>21.884599970545125</v>
+        <v>21.884580364567551</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>7.5340029505999997</v>
+        <v>7.5340040449999996</v>
       </c>
       <c r="C171" s="5">
-        <v>0.1575156609999997</v>
+        <v>0.15751622579999935</v>
       </c>
       <c r="D171" s="5">
-        <v>28.858849775653606</v>
+        <v>28.858963376210479</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>7.7105511187999998</v>
+        <v>7.7105517203999998</v>
       </c>
       <c r="C172" s="5">
-        <v>0.17654816820000008</v>
+        <v>0.17654767540000016</v>
       </c>
       <c r="D172" s="5">
-        <v>32.043071392991649</v>
+        <v>32.042964852561731</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>7.7153328714000002</v>
+        <v>7.7153343624000001</v>
       </c>
       <c r="C173" s="5">
-        <v>4.7817526000004662E-3</v>
+        <v>4.7826420000003367E-3</v>
       </c>
       <c r="D173" s="5">
-        <v>0.74673203439488134</v>
+        <v>0.74687134131674604</v>
       </c>
       <c r="E173" s="5">
-        <v>11.725702706152008</v>
+        <v>11.725655984777706</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>7.6200226296000002</v>
+        <v>7.6200221342000001</v>
       </c>
       <c r="C174" s="5">
-        <v>-9.5310241800000028E-2</v>
+        <v>-9.5312228200000071E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>-13.857173766623132</v>
+        <v>-13.857440737774462</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>7.6150955381000003</v>
+        <v>7.6150947934</v>
       </c>
       <c r="C175" s="5">
-        <v>-4.9270914999999249E-3</v>
+        <v>-4.927340800000124E-3</v>
       </c>
       <c r="D175" s="5">
-        <v>-0.77316416835897517</v>
+        <v>-0.77320319983068542</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>8.1244021524000001</v>
+        <v>8.1244012453999996</v>
       </c>
       <c r="C176" s="5">
-        <v>0.50930661429999979</v>
+        <v>0.50930645199999969</v>
       </c>
       <c r="D176" s="5">
-        <v>117.46665522479836</v>
+        <v>117.46661909127872</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>8.0450655969000007</v>
+        <v>8.0450649663</v>
       </c>
       <c r="C177" s="5">
-        <v>-7.9336555499999406E-2</v>
+        <v>-7.9336279099999629E-2</v>
       </c>
       <c r="D177" s="5">
-        <v>-11.108932028777406</v>
+        <v>-11.108896555328418</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>8.0049891226999996</v>
+        <v>8.0049886967999999</v>
       </c>
       <c r="C178" s="5">
-        <v>-4.0076474200001044E-2</v>
+        <v>-4.0076269500000095E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-5.8167052545864077</v>
+        <v>-5.8166767971381201</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>7.9511839836</v>
+        <v>7.9511838246000002</v>
       </c>
       <c r="C179" s="5">
-        <v>-5.3805139099999622E-2</v>
+        <v>-5.3804872199999743E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-7.7741472028024505</v>
+        <v>-7.7741104519376103</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>7.9210243956999999</v>
+        <v>7.9210244412000002</v>
       </c>
       <c r="C180" s="5">
-        <v>-3.0159587900000062E-2</v>
+        <v>-3.0159383400000017E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>-4.4579452674979763</v>
+        <v>-4.4579157550549642</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>7.8529662496999997</v>
+        <v>7.8529665299999998</v>
       </c>
       <c r="C181" s="5">
-        <v>-6.8058146000000264E-2</v>
+        <v>-6.8057911200000376E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>-9.8369569126269258</v>
+        <v>-9.8369245087678969</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>7.7616426590999996</v>
+        <v>7.7616429864000001</v>
       </c>
       <c r="C182" s="5">
-        <v>-9.132359060000006E-2</v>
+        <v>-9.1323543599999724E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>-13.096161522526861</v>
+        <v>-13.09615476969217</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>7.8553710225</v>
+        <v>7.8553716257000001</v>
       </c>
       <c r="C183" s="5">
-        <v>9.3728363400000347E-2</v>
+        <v>9.3728639300000083E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>15.493275122173312</v>
+        <v>15.493323101759593</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>7.9160417023000003</v>
+        <v>7.9160422226999998</v>
       </c>
       <c r="C184" s="5">
-        <v>6.0670679800000293E-2</v>
+        <v>6.067059699999966E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>9.6721742216057791</v>
+        <v>9.6721596813162947</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>7.9280986250999996</v>
+        <v>7.9280987408000003</v>
       </c>
       <c r="C185" s="5">
-        <v>1.205692279999937E-2</v>
+        <v>1.2056518100000524E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>1.8431088534848206</v>
+        <v>1.8430463467728586</v>
       </c>
       <c r="E185" s="5">
-        <v>2.7577002476290025</v>
+        <v>2.7576818891594357</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>8.0422526177999991</v>
+        <v>8.0422524707999994</v>
       </c>
       <c r="C186" s="5">
-        <v>0.11415399269999948</v>
+        <v>0.11415372999999907</v>
       </c>
       <c r="D186" s="5">
-        <v>18.714563400237783</v>
+        <v>18.714516571448847</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>8.0281085188999999</v>
+        <v>8.0281082374999997</v>
       </c>
       <c r="C187" s="5">
-        <v>-1.4144098899999236E-2</v>
+        <v>-1.4144233299999698E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>-2.0901729243207989</v>
+        <v>-2.0901926316668318</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>7.9138771714000002</v>
+        <v>7.9138767860000003</v>
       </c>
       <c r="C188" s="5">
-        <v>-0.11423134749999964</v>
+        <v>-0.11423145149999936</v>
       </c>
       <c r="D188" s="5">
-        <v>-15.799852389393799</v>
+        <v>-15.799866178772348</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>7.9361861472999999</v>
+        <v>7.9361859152000003</v>
       </c>
       <c r="C189" s="5">
-        <v>2.2308975899999695E-2</v>
+        <v>2.2309129199999944E-2</v>
       </c>
       <c r="D189" s="5">
-        <v>3.4357064671206805</v>
+        <v>3.4357306133365961</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>7.8948787720000002</v>
+        <v>7.8948785721999997</v>
       </c>
       <c r="C190" s="5">
-        <v>-4.1307375299999727E-2</v>
+        <v>-4.1307343000000607E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>-6.0701912958939008</v>
+        <v>-6.070186856875381</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>7.6349608057999996</v>
+        <v>7.6349606719000001</v>
       </c>
       <c r="C191" s="5">
-        <v>-0.25991796620000063</v>
+        <v>-0.25991790029999962</v>
       </c>
       <c r="D191" s="5">
-        <v>-33.083047386181761</v>
+        <v>-33.083041147005574</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>7.8253431340999997</v>
+        <v>7.8253430278999998</v>
       </c>
       <c r="C192" s="5">
-        <v>0.19038232830000013</v>
+        <v>0.19038235599999975</v>
       </c>
       <c r="D192" s="5">
-        <v>34.387519323523684</v>
+        <v>34.387525720029458</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>8.0578474974999992</v>
+        <v>8.0578476362</v>
       </c>
       <c r="C193" s="5">
-        <v>0.23250436339999947</v>
+        <v>0.23250460830000019</v>
       </c>
       <c r="D193" s="5">
-        <v>42.097960187237369</v>
+        <v>42.098012679922277</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>8.0519999273000007</v>
+        <v>8.0520001608000005</v>
       </c>
       <c r="C194" s="5">
-        <v>-5.8475701999984864E-3</v>
+        <v>-5.8474753999995244E-3</v>
       </c>
       <c r="D194" s="5">
-        <v>-0.86737112973923614</v>
+        <v>-0.86735710924474851</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>7.9657111386999997</v>
+        <v>7.9657114993000002</v>
       </c>
       <c r="C195" s="5">
-        <v>-8.6288788600000998E-2</v>
+        <v>-8.6288661500000252E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>-12.128205727354191</v>
+        <v>-12.12818857124166</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>7.9163849834000004</v>
+        <v>7.9163854921999999</v>
       </c>
       <c r="C196" s="5">
-        <v>-4.9326155299999286E-2</v>
+        <v>-4.9326007100000346E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>-7.182848984906343</v>
+        <v>-7.1828278195511626</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>7.9351991116000002</v>
+        <v>7.9351993125</v>
       </c>
       <c r="C197" s="5">
-        <v>1.8814128199999836E-2</v>
+        <v>1.8813820300000117E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>2.8895026196384732</v>
+        <v>2.8894545239307901</v>
       </c>
       <c r="E197" s="5">
-        <v>8.956102636665797E-2</v>
+        <v>8.9562099718287769E-2</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>7.9653059209999997</v>
+        <v>7.9653059182000003</v>
       </c>
       <c r="C198" s="5">
-        <v>3.0106809399999435E-2</v>
+        <v>3.0106605700000344E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>4.6491197511404181</v>
+        <v>4.6490875161617096</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>7.9358695475000003</v>
+        <v>7.9358693821999999</v>
       </c>
       <c r="C199" s="5">
-        <v>-2.9436373499999391E-2</v>
+        <v>-2.9436536000000402E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>-4.3456514565217041</v>
+        <v>-4.3456749621799133</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>8.0026565963999996</v>
+        <v>8.0026562272999993</v>
       </c>
       <c r="C200" s="5">
-        <v>6.6787048899999313E-2</v>
+        <v>6.6786845099999326E-2</v>
       </c>
       <c r="D200" s="5">
-        <v>10.579833795795901</v>
+        <v>10.579800233437853</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>8.1430664192000002</v>
+        <v>8.1430660281999998</v>
       </c>
       <c r="C201" s="5">
-        <v>0.14040982280000058</v>
+        <v>0.14040980090000055</v>
       </c>
       <c r="D201" s="5">
-        <v>23.209884763955625</v>
+        <v>23.209881963455171</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>8.1875172037000006</v>
+        <v>8.1875167653999998</v>
       </c>
       <c r="C202" s="5">
-        <v>4.4450784500000395E-2</v>
+        <v>4.4450737200000034E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>6.7507612735398848</v>
+        <v>6.7507542069784154</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>8.1996126298000007</v>
+        <v>8.1996122142000001</v>
       </c>
       <c r="C203" s="5">
-        <v>1.209542610000014E-2</v>
+        <v>1.2095448800000241E-2</v>
       </c>
       <c r="D203" s="5">
-        <v>1.787236140105164</v>
+        <v>1.7872396180418804</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>8.2227371808999994</v>
+        <v>8.2227367965999996</v>
       </c>
       <c r="C204" s="5">
-        <v>2.3124551099998669E-2</v>
+        <v>2.3124582399999483E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>3.4372304400257736</v>
+        <v>3.4372353417831736</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>8.2610136876000002</v>
+        <v>8.2610137036999998</v>
       </c>
       <c r="C205" s="5">
-        <v>3.8276506700000823E-2</v>
+        <v>3.8276907100000201E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>5.7312066740833112</v>
+        <v>5.731268444610671</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>8.1324482811000003</v>
+        <v>8.1324493870999994</v>
       </c>
       <c r="C206" s="5">
-        <v>-0.12856540649999992</v>
+        <v>-0.12856431660000034</v>
       </c>
       <c r="D206" s="5">
-        <v>-17.157037792790486</v>
+        <v>-17.156904532008312</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>8.1700910601000007</v>
+        <v>8.1700914849000004</v>
       </c>
       <c r="C207" s="5">
-        <v>3.7642779000000459E-2</v>
+        <v>3.764209780000094E-2</v>
       </c>
       <c r="D207" s="5">
-        <v>5.6980666680165548</v>
+        <v>5.6979601195064733</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>8.2179786510999993</v>
+        <v>8.2179795709000008</v>
       </c>
       <c r="C208" s="5">
-        <v>4.7887590999998508E-2</v>
+        <v>4.7888086000000385E-2</v>
       </c>
       <c r="D208" s="5">
-        <v>7.2648279180099973</v>
+        <v>7.2649050596463205</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>8.1245168400000001</v>
+        <v>8.1245175017999998</v>
       </c>
       <c r="C209" s="5">
-        <v>-9.3461811099999181E-2</v>
+        <v>-9.3462069100000988E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>-12.825309556801944</v>
+        <v>-12.825341429445093</v>
       </c>
       <c r="E209" s="5">
-        <v>2.3857968242189109</v>
+        <v>2.3858025721140264</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>8.2025733718999998</v>
+        <v>8.2025736781000003</v>
       </c>
       <c r="C210" s="5">
-        <v>7.8056531899999726E-2</v>
+        <v>7.8056176300000502E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>12.15818369877406</v>
+        <v>12.158124307800655</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>8.2578921241999996</v>
+        <v>8.2578919262999992</v>
       </c>
       <c r="C211" s="5">
-        <v>5.5318752299999829E-2</v>
+        <v>5.5318248199998976E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>8.3999237661212653</v>
+        <v>8.3998440340589333</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>8.2942835674000008</v>
+        <v>8.2942827704000006</v>
       </c>
       <c r="C212" s="5">
-        <v>3.6391443200001206E-2</v>
+        <v>3.6390844100001374E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>5.4183188478530209</v>
+        <v>5.4182276079235647</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>8.1560926897999995</v>
+        <v>8.1560915475000009</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.13819087760000137</v>
+        <v>-0.13819122289999974</v>
       </c>
       <c r="D213" s="5">
-        <v>-18.259124839501084</v>
+        <v>-18.259167963886558</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>8.1876422597000005</v>
+        <v>8.1876409888000001</v>
       </c>
       <c r="C214" s="5">
-        <v>3.1549569900001018E-2</v>
+        <v>3.1549441299999259E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>4.7419065447471986</v>
+        <v>4.7418874813980993</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>8.2868797092000008</v>
+        <v>8.2868784908999995</v>
       </c>
       <c r="C215" s="5">
-        <v>9.9237449500000352E-2</v>
+        <v>9.9237502099999375E-2</v>
       </c>
       <c r="D215" s="5">
-        <v>15.554299774284663</v>
+        <v>15.554311153429779</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>8.4038176610999997</v>
+        <v>8.4038166013000009</v>
       </c>
       <c r="C216" s="5">
-        <v>0.11693795189999889</v>
+        <v>0.11693811040000135</v>
       </c>
       <c r="D216" s="5">
-        <v>18.311519893800821</v>
+        <v>18.31154957510719</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>8.1603703395</v>
+        <v>8.1603699158000005</v>
       </c>
       <c r="C217" s="5">
-        <v>-0.24344732159999971</v>
+        <v>-0.24344668550000037</v>
       </c>
       <c r="D217" s="5">
-        <v>-29.725304384647909</v>
+        <v>-29.72524182240749</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>8.324437284</v>
+        <v>8.3244402641999997</v>
       </c>
       <c r="C218" s="5">
-        <v>0.16406694450000003</v>
+        <v>0.16407034839999923</v>
       </c>
       <c r="D218" s="5">
-        <v>26.981427364997579</v>
+        <v>26.982052005111168</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>8.1730095979000001</v>
+        <v>8.1730104782000002</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.1514276860999999</v>
+        <v>-0.15142978599999957</v>
       </c>
       <c r="D219" s="5">
-        <v>-19.772089971584339</v>
+        <v>-19.772330941791015</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>8.0126626337999998</v>
+        <v>8.0126644791999997</v>
       </c>
       <c r="C220" s="5">
-        <v>-0.16034696410000038</v>
+        <v>-0.16034599900000046</v>
       </c>
       <c r="D220" s="5">
-        <v>-21.161530757793855</v>
+        <v>-21.161414768418439</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>8.2002728221000005</v>
+        <v>8.2002760673000008</v>
       </c>
       <c r="C221" s="5">
-        <v>0.18761018830000076</v>
+        <v>0.18761158810000111</v>
       </c>
       <c r="D221" s="5">
-        <v>32.013190791378008</v>
+        <v>32.013452862779459</v>
       </c>
       <c r="E221" s="5">
-        <v>0.93243676629515271</v>
+        <v>0.93246848792210013</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>8.2240888886000008</v>
+        <v>8.2240903784999997</v>
       </c>
       <c r="C222" s="5">
-        <v>2.3816066500000233E-2</v>
+        <v>2.3814311199998883E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>3.5413753492983258</v>
+        <v>3.541108734811349</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>8.2642043028999996</v>
+        <v>8.2642051089000006</v>
       </c>
       <c r="C223" s="5">
-        <v>4.0115414299998875E-2</v>
+        <v>4.0114730400000909E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>6.0129677014600924</v>
+        <v>6.0128613062259584</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>8.3893299652</v>
+        <v>8.3893299094000007</v>
       </c>
       <c r="C224" s="5">
-        <v>0.12512566230000033</v>
+        <v>0.12512480050000008</v>
       </c>
       <c r="D224" s="5">
-        <v>19.760823633986657</v>
+        <v>19.760673913383119</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>8.4861371590000001</v>
+        <v>8.4861247702</v>
       </c>
       <c r="C225" s="5">
-        <v>9.6807193800000135E-2</v>
+        <v>9.6794860799999327E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>14.760715682871183</v>
+        <v>14.758714406647577</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>8.5003502772000008</v>
+        <v>8.5003491491999998</v>
       </c>
       <c r="C226" s="5">
-        <v>1.4213118200000707E-2</v>
+        <v>1.4224378999999843E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>2.0284536011273113</v>
+        <v>2.0300785447108005</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>8.4890378613999999</v>
+        <v>8.4890366631000003</v>
       </c>
       <c r="C227" s="5">
-        <v>-1.1312415800000863E-2</v>
+        <v>-1.1312486099999575E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-1.5853437266426074</v>
+        <v>-1.5853537154596697</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>8.3828526059000001</v>
+        <v>8.3828516292999993</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.1061852554999998</v>
+        <v>-0.10618503380000099</v>
       </c>
       <c r="D228" s="5">
-        <v>-14.019431040147378</v>
+        <v>-14.019405598013435</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>8.2571274864999999</v>
+        <v>8.2571273628000004</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.1257251194000002</v>
+        <v>-0.1257242664999989</v>
       </c>
       <c r="D229" s="5">
-        <v>-16.584661153632329</v>
+        <v>-16.584559534936904</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>8.4019529864999996</v>
+        <v>8.4019589007000004</v>
       </c>
       <c r="C230" s="5">
-        <v>0.14482549999999961</v>
+        <v>0.14483153790000003</v>
       </c>
       <c r="D230" s="5">
-        <v>23.201241864041133</v>
+        <v>23.202304684126894</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>8.4736573991000004</v>
+        <v>8.4736599759000004</v>
       </c>
       <c r="C231" s="5">
-        <v>7.1704412600000822E-2</v>
+        <v>7.170107520000002E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>10.735748634619391</v>
+        <v>10.735217353857918</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>8.4070134285000009</v>
+        <v>8.4070176481000001</v>
       </c>
       <c r="C232" s="5">
-        <v>-6.6643970599999491E-2</v>
+        <v>-6.6642327800000345E-2</v>
       </c>
       <c r="D232" s="5">
-        <v>-9.0400773899133373</v>
+        <v>-9.0398614666454939</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>8.4773257681</v>
+        <v>8.4773328427999992</v>
       </c>
       <c r="C233" s="5">
-        <v>7.0312339599999163E-2</v>
+        <v>7.031519469999914E-2</v>
       </c>
       <c r="D233" s="5">
-        <v>10.51101762053146</v>
+        <v>10.511458731905776</v>
       </c>
       <c r="E233" s="5">
-        <v>3.3785820546522904</v>
+        <v>3.3786274172501241</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>8.3397422494000004</v>
+        <v>8.3397452389000009</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.13758351869999963</v>
+        <v>-0.13758760389999836</v>
       </c>
       <c r="D234" s="5">
-        <v>-17.827770681573995</v>
+        <v>-17.82824012614288</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>8.3753397510000003</v>
+        <v>8.3753409147000006</v>
       </c>
       <c r="C235" s="5">
-        <v>3.5597501599999859E-2</v>
+        <v>3.5595675799999782E-2</v>
       </c>
       <c r="D235" s="5">
-        <v>5.244076375051776</v>
+        <v>5.2437991364476799</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>8.2982089949999995</v>
+        <v>8.2982083550999999</v>
       </c>
       <c r="C236" s="5">
-        <v>-7.7130756000000744E-2</v>
+        <v>-7.7132559600000761E-2</v>
       </c>
       <c r="D236" s="5">
-        <v>-10.508204622319695</v>
+        <v>-10.508436645573783</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>8.2035865689000005</v>
+        <v>8.2035623841999996</v>
       </c>
       <c r="C237" s="5">
-        <v>-9.4622426099999046E-2</v>
+        <v>-9.4645970900000265E-2</v>
       </c>
       <c r="D237" s="5">
-        <v>-12.856948909092846</v>
+        <v>-12.85995106327411</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>8.2169849984999992</v>
+        <v>8.2169807920999993</v>
       </c>
       <c r="C238" s="5">
-        <v>1.3398429599998707E-2</v>
+        <v>1.3418407899999707E-2</v>
       </c>
       <c r="D238" s="5">
-        <v>1.9775900966512161</v>
+        <v>1.9805713365815825</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>8.2217520164</v>
+        <v>8.2217509294000006</v>
       </c>
       <c r="C239" s="5">
-        <v>4.7670179000007806E-3</v>
+        <v>4.7701373000013092E-3</v>
       </c>
       <c r="D239" s="5">
-        <v>0.69839599750374237</v>
+        <v>0.6988548269043493</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>8.2624192911000005</v>
+        <v>8.2624191652000007</v>
       </c>
       <c r="C240" s="5">
-        <v>4.0667274700000533E-2</v>
+        <v>4.0668235800000119E-2</v>
       </c>
       <c r="D240" s="5">
-        <v>6.0997305392508583</v>
+        <v>6.0998794684968383</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>8.1493207003000006</v>
+        <v>8.1493217564999991</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.11309859079999995</v>
+        <v>-0.11309740870000162</v>
       </c>
       <c r="D241" s="5">
-        <v>-15.244060105147671</v>
+        <v>-15.24391278880114</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>7.9805571094000003</v>
+        <v>7.9805651996</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.16876359090000026</v>
+        <v>-0.16875655689999913</v>
       </c>
       <c r="D242" s="5">
-        <v>-22.206804702840589</v>
+        <v>-22.205979344693894</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>8.0557102407999999</v>
+        <v>8.0557151855000004</v>
       </c>
       <c r="C243" s="5">
-        <v>7.5153131399999573E-2</v>
+        <v>7.5149985900000438E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>11.904492162402569</v>
+        <v>11.903955122326115</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>8.0026316332</v>
+        <v>8.0026391518000004</v>
       </c>
       <c r="C244" s="5">
-        <v>-5.3078607599999827E-2</v>
+        <v>-5.3076033700000025E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>-7.6263978263938821</v>
+        <v>-7.6260367897658892</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>7.9713281478000004</v>
+        <v>7.9713400850999996</v>
       </c>
       <c r="C245" s="5">
-        <v>-3.1303485399999609E-2</v>
+        <v>-3.1299066700000822E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>-4.5942973542104077</v>
+        <v>-4.5936585006077113</v>
       </c>
       <c r="E245" s="5">
-        <v>-5.9688353867921151</v>
+        <v>-5.9687730455192822</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>7.8270642866999998</v>
+        <v>7.8270720350999996</v>
       </c>
       <c r="C246" s="5">
-        <v>-0.14426386110000067</v>
+        <v>-0.14426804999999998</v>
       </c>
       <c r="D246" s="5">
-        <v>-19.680950880589975</v>
+        <v>-19.681440098521307</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>7.7680308695000004</v>
+        <v>7.7680381552000002</v>
       </c>
       <c r="C247" s="5">
-        <v>-5.9033417199999327E-2</v>
+        <v>-5.903387989999942E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>-8.684499739723428</v>
+        <v>-8.6845567659847962</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>7.8217359931999999</v>
+        <v>7.821735919</v>
       </c>
       <c r="C248" s="5">
-        <v>5.3705123699999469E-2</v>
+        <v>5.3697763799999798E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>8.6191811881790592</v>
+        <v>8.6179463330574144</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>7.8144369318000004</v>
+        <v>7.8143731152000004</v>
       </c>
       <c r="C249" s="5">
-        <v>-7.2990613999994736E-3</v>
+        <v>-7.3628037999995399E-3</v>
       </c>
       <c r="D249" s="5">
-        <v>-1.114082418488449</v>
+        <v>-1.1237613497744214</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>7.8301716467000002</v>
+        <v>7.8301721437999996</v>
       </c>
       <c r="C250" s="5">
-        <v>1.573471489999978E-2</v>
+        <v>1.5799028599999154E-2</v>
       </c>
       <c r="D250" s="5">
-        <v>2.443192349990464</v>
+        <v>2.4533101621972087</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>7.8638977698000003</v>
+        <v>7.8639020057</v>
       </c>
       <c r="C251" s="5">
-        <v>3.3726123100000116E-2</v>
+        <v>3.372986190000038E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>5.292859374578418</v>
+        <v>5.2934597554791685</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>7.9439097084999997</v>
+        <v>7.9439133970000002</v>
       </c>
       <c r="C252" s="5">
-        <v>8.0011938699999341E-2</v>
+        <v>8.0011391300000234E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>12.916467339179395</v>
+        <v>12.916366617571228</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>8.0375520116000008</v>
+        <v>8.0375558519000005</v>
       </c>
       <c r="C253" s="5">
-        <v>9.3642303100001101E-2</v>
+        <v>9.3642454900000338E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>15.099639740805969</v>
+        <v>15.099658354847723</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>7.9461571765999999</v>
+        <v>7.9461677553000003</v>
       </c>
       <c r="C254" s="5">
-        <v>-9.1394835000000896E-2</v>
+        <v>-9.1388096600000246E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>-12.823333285025463</v>
+        <v>-12.8224404148358</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>8.1441337160000007</v>
+        <v>8.1441416956000001</v>
       </c>
       <c r="C255" s="5">
-        <v>0.19797653940000082</v>
+        <v>0.19797394029999982</v>
       </c>
       <c r="D255" s="5">
-        <v>34.354721279345135</v>
+        <v>34.354154572448039</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>8.3069170271000008</v>
+        <v>8.3069283993000003</v>
       </c>
       <c r="C256" s="5">
-        <v>0.16278331110000011</v>
+        <v>0.16278670370000015</v>
       </c>
       <c r="D256" s="5">
-        <v>26.805976776610031</v>
+        <v>26.806569021685501</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>8.4822986339999993</v>
+        <v>8.4823202936000008</v>
       </c>
       <c r="C257" s="5">
-        <v>0.17538160689999849</v>
+        <v>0.17539189430000057</v>
       </c>
       <c r="D257" s="5">
-        <v>28.494408897761826</v>
+        <v>28.496235330179132</v>
       </c>
       <c r="E257" s="5">
-        <v>6.4101047745854123</v>
+        <v>6.4102171409688546</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>8.5480716531999992</v>
+        <v>8.5480845700000003</v>
       </c>
       <c r="C258" s="5">
-        <v>6.5773019199999894E-2</v>
+        <v>6.5764276399999488E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>9.7122559696463107</v>
+        <v>9.710883575094309</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>8.5849307955</v>
+        <v>8.5849430129000002</v>
       </c>
       <c r="C259" s="5">
-        <v>3.6859142300000869E-2</v>
+        <v>3.6858442899999844E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>5.2988761419083374</v>
+        <v>5.2987650019887811</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>8.5411223955000004</v>
+        <v>8.5411186740999998</v>
       </c>
       <c r="C260" s="5">
-        <v>-4.3808399999999637E-2</v>
+        <v>-4.3824338800000362E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>-5.9545558516950425</v>
+        <v>-5.9566535959965305</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>8.4063839951000006</v>
+        <v>8.4062781345000008</v>
       </c>
       <c r="C261" s="5">
-        <v>-0.13473840039999985</v>
+        <v>-0.13484053959999898</v>
       </c>
       <c r="D261" s="5">
-        <v>-17.371218939048649</v>
+        <v>-17.383272531851524</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>8.5211624935000003</v>
+        <v>8.5211629373999997</v>
       </c>
       <c r="C262" s="5">
-        <v>0.11477849839999976</v>
+        <v>0.11488480289999892</v>
       </c>
       <c r="D262" s="5">
-        <v>17.672633878791345</v>
+        <v>17.690490956593429</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>8.5844878464000001</v>
+        <v>8.5844943056999998</v>
       </c>
       <c r="C263" s="5">
-        <v>6.3325352899999743E-2</v>
+        <v>6.3331368300000079E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>9.2915325170775489</v>
+        <v>9.2924510216021883</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>8.5190322218999999</v>
+        <v>8.5190433470000002</v>
       </c>
       <c r="C264" s="5">
-        <v>-6.5455624500000198E-2</v>
+        <v>-6.5450958699999617E-2</v>
       </c>
       <c r="D264" s="5">
-        <v>-8.7757189126345896</v>
+        <v>-8.7751130295109512</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>8.6171786657999991</v>
+        <v>8.6171882199999992</v>
       </c>
       <c r="C265" s="5">
-        <v>9.8146443899999269E-2</v>
+        <v>9.8144872999998967E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>14.735560070480647</v>
+        <v>14.73528859878137</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>8.7067809763999993</v>
+        <v>8.7067941995999991</v>
       </c>
       <c r="C266" s="5">
-        <v>8.9602310600000123E-2</v>
+        <v>8.9605979599999941E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>13.216640959845073</v>
+        <v>13.21719796673424</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>8.7385370645999991</v>
+        <v>8.7385496879000009</v>
       </c>
       <c r="C267" s="5">
-        <v>3.1756088199999866E-2</v>
+        <v>3.1755488300001744E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>4.4656125976226146</v>
+        <v>4.4655196204549163</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>8.8219580410000003</v>
+        <v>8.8219756961000009</v>
       </c>
       <c r="C268" s="5">
-        <v>8.3420976400001123E-2</v>
+        <v>8.3426008200000012E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>12.076629687832341</v>
+        <v>12.077378422490902</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>8.8072654188000001</v>
+        <v>8.8072986654999994</v>
       </c>
       <c r="C269" s="5">
-        <v>-1.4692622200000116E-2</v>
+        <v>-1.4677030600001473E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>-1.9803469836944032</v>
+        <v>-1.9782607371531702</v>
       </c>
       <c r="E269" s="5">
-        <v>3.8311169981379845</v>
+        <v>3.831243818335861</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>8.9654709207999996</v>
+        <v>8.9654888136000004</v>
       </c>
       <c r="C270" s="5">
-        <v>0.1582055019999995</v>
+        <v>0.15819014810000098</v>
       </c>
       <c r="D270" s="5">
-        <v>23.81813556810144</v>
+        <v>23.815492079180434</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>9.0024072871000005</v>
+        <v>9.0024218069999993</v>
       </c>
       <c r="C271" s="5">
-        <v>3.6936366300000856E-2</v>
+        <v>3.6932993399998892E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>5.0573915575853556</v>
+        <v>5.0569088987396871</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>9.0559426307000006</v>
+        <v>9.0559427583000005</v>
       </c>
       <c r="C272" s="5">
-        <v>5.3535343600000118E-2</v>
+        <v>5.3520951300001229E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>7.3742299736238026</v>
+        <v>7.3721699552400155</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>9.0943597276000006</v>
+        <v>9.0941988450999993</v>
       </c>
       <c r="C273" s="5">
-        <v>3.8417096899999947E-2</v>
+        <v>3.8256086799998812E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>5.2111078414695644</v>
+        <v>5.1887575600493951</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>9.0046505686000007</v>
+        <v>9.0046481173000004</v>
       </c>
       <c r="C274" s="5">
-        <v>-8.9709158999999872E-2</v>
+        <v>-8.9550727799998953E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>-11.21556650405353</v>
+        <v>-11.19700688758326</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>9.1923269938000001</v>
+        <v>9.1923324812999994</v>
       </c>
       <c r="C275" s="5">
-        <v>0.18767642519999939</v>
+        <v>0.18768436399999899</v>
       </c>
       <c r="D275" s="5">
-        <v>28.086454941180872</v>
+        <v>28.087790927477108</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>9.3898867274000004</v>
+        <v>9.3899062289999993</v>
       </c>
       <c r="C276" s="5">
-        <v>0.19755973360000034</v>
+        <v>0.19757374769999991</v>
       </c>
       <c r="D276" s="5">
-        <v>29.068023924070594</v>
+        <v>29.070316046183198</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>9.4105315834999992</v>
+        <v>9.4105437542000008</v>
       </c>
       <c r="C277" s="5">
-        <v>2.0644856099998776E-2</v>
+        <v>2.0637525200001505E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>2.6704912066047859</v>
+        <v>2.669525822953922</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>9.4608447592000005</v>
+        <v>9.4608623059999992</v>
       </c>
       <c r="C278" s="5">
-        <v>5.0313175700001267E-2</v>
+        <v>5.0318551799998446E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>6.60783317513991</v>
+        <v>6.6085513330546908</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>9.4308064869999999</v>
+        <v>9.4308300095999993</v>
       </c>
       <c r="C279" s="5">
-        <v>-3.0038272200000549E-2</v>
+        <v>-3.0032296399999936E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>-3.7441780359956822</v>
+        <v>-3.7434393050631676</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>9.4435458828000005</v>
+        <v>9.4435784867999999</v>
       </c>
       <c r="C280" s="5">
-        <v>1.2739395800000608E-2</v>
+        <v>1.2748477200000607E-2</v>
       </c>
       <c r="D280" s="5">
-        <v>1.6330910375102592</v>
+        <v>1.6342597645051082</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>9.3365475083000007</v>
+        <v>9.3365999366000008</v>
       </c>
       <c r="C281" s="5">
-        <v>-0.10699837449999983</v>
+        <v>-0.10697855019999913</v>
       </c>
       <c r="D281" s="5">
-        <v>-12.780297659980633</v>
+        <v>-12.77803390511979</v>
       </c>
       <c r="E281" s="5">
-        <v>6.009607572064235</v>
+        <v>6.0098026784692005</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>9.3873363368000007</v>
+        <v>9.3873663791999995</v>
       </c>
       <c r="C282" s="5">
-        <v>5.0788828499999994E-2</v>
+        <v>5.076644259999874E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>6.7266317632960648</v>
+        <v>6.7235387909787336</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>9.5386170301999993</v>
+        <v>9.5386407266000006</v>
       </c>
       <c r="C283" s="5">
-        <v>0.15128069339999861</v>
+        <v>0.15127434740000112</v>
       </c>
       <c r="D283" s="5">
-        <v>21.148044676819431</v>
+        <v>21.147003704725709</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>9.3688895540000008</v>
+        <v>9.3689031158000002</v>
       </c>
       <c r="C284" s="5">
-        <v>-0.16972747619999851</v>
+        <v>-0.16973761080000038</v>
       </c>
       <c r="D284" s="5">
-        <v>-19.381914306243797</v>
+        <v>-19.382917242510779</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>9.7647643254999998</v>
+        <v>9.7644630225999993</v>
       </c>
       <c r="C285" s="5">
-        <v>0.39587477149999906</v>
+        <v>0.39555990679999908</v>
       </c>
       <c r="D285" s="5">
-        <v>64.317477956486172</v>
+        <v>64.253792669733741</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>9.7694168680000004</v>
+        <v>9.7694228908999996</v>
       </c>
       <c r="C286" s="5">
-        <v>4.6525425000005782E-3</v>
+        <v>4.9598683000002808E-3</v>
       </c>
       <c r="D286" s="5">
-        <v>0.57325550309514917</v>
+        <v>0.61124692397636071</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>9.6924845632000007</v>
+        <v>9.6925014892999997</v>
       </c>
       <c r="C287" s="5">
-        <v>-7.6932304799999685E-2</v>
+        <v>-7.6921401599999939E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>-9.0510444307360558</v>
+        <v>-9.0498113675027803</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>9.7718207109000002</v>
+        <v>9.7718612384999997</v>
       </c>
       <c r="C288" s="5">
-        <v>7.9336147699999415E-2</v>
+        <v>7.9359749199999996E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>10.276878783446897</v>
+        <v>10.280056227365165</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>9.8151381942999993</v>
+        <v>9.8151645272000003</v>
       </c>
       <c r="C289" s="5">
-        <v>4.331748339999919E-2</v>
+        <v>4.3303288700000664E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>5.4511069682033009</v>
+        <v>5.4492537821265508</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>9.8386740742000001</v>
+        <v>9.8387036934999994</v>
       </c>
       <c r="C290" s="5">
-        <v>2.3535879900000722E-2</v>
+        <v>2.3539166299999081E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>2.9157545611413704</v>
+        <v>2.9161591565402656</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>9.8114353105000003</v>
+        <v>9.8114738250000002</v>
       </c>
       <c r="C291" s="5">
-        <v>-2.723876369999978E-2</v>
+        <v>-2.7229868499999199E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>-3.2721242974471876</v>
+        <v>-3.2710622541126444</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>9.8604368070999993</v>
+        <v>9.8604858143000005</v>
       </c>
       <c r="C292" s="5">
-        <v>4.9001496599998973E-2</v>
+        <v>4.901198930000028E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>6.1605873468735028</v>
+        <v>6.1619181107738896</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>9.7593252228999994</v>
+        <v>9.7593889004999994</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.10111158419999988</v>
+        <v>-0.10109691380000108</v>
       </c>
       <c r="D293" s="5">
-        <v>-11.634316748966278</v>
+        <v>-11.63266814556173</v>
       </c>
       <c r="E293" s="5">
-        <v>4.528201824327005</v>
+        <v>4.5282968829224668</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>10.135514053</v>
+        <v>10.135549964999999</v>
       </c>
       <c r="C294" s="5">
-        <v>0.37618883010000026</v>
+        <v>0.37616106449999975</v>
       </c>
       <c r="D294" s="5">
-        <v>57.438836604618814</v>
+        <v>57.433203678284464</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>10.173535174</v>
+        <v>10.173557924000001</v>
       </c>
       <c r="C295" s="5">
-        <v>3.802112099999988E-2</v>
+        <v>3.8007959000001534E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>4.5955793562014513</v>
+        <v>4.5939389084124205</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>10.173337829999999</v>
+        <v>10.173438045999999</v>
       </c>
       <c r="C296" s="5">
-        <v>-1.9734400000004371E-4</v>
+        <v>-1.1987800000134996E-4</v>
       </c>
       <c r="D296" s="5">
-        <v>-2.327485309180366E-2</v>
+        <v>-1.4139033616622498E-2</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>10.336117158</v>
+        <v>10.335551965000001</v>
       </c>
       <c r="C297" s="5">
-        <v>0.16277932800000094</v>
+        <v>0.16211391900000116</v>
       </c>
       <c r="D297" s="5">
-        <v>20.983872550933079</v>
+        <v>20.890218434104323</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>10.330747363</v>
+        <v>10.330775697</v>
       </c>
       <c r="C298" s="5">
-        <v>-5.3697950000000105E-3</v>
+        <v>-4.7762680000005275E-3</v>
       </c>
       <c r="D298" s="5">
-        <v>-0.62164289631305714</v>
+        <v>-0.55313702146393418</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>10.475012295000001</v>
+        <v>10.475060388999999</v>
       </c>
       <c r="C299" s="5">
-        <v>0.14426493200000046</v>
+        <v>0.14428469199999938</v>
       </c>
       <c r="D299" s="5">
-        <v>18.106446757268955</v>
+        <v>18.109066785256477</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>10.153755085</v>
+        <v>10.153830592</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.32125721000000063</v>
+        <v>-0.3212297969999991</v>
       </c>
       <c r="D300" s="5">
-        <v>-31.18775797427471</v>
+        <v>-31.18540865303121</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>10.723301283</v>
+        <v>10.723355858</v>
       </c>
       <c r="C301" s="5">
-        <v>0.56954619799999939</v>
+        <v>0.56952526599999942</v>
       </c>
       <c r="D301" s="5">
-        <v>92.49608130140183</v>
+        <v>92.490660002970642</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>10.542046737</v>
+        <v>10.542100488000001</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.18125454599999991</v>
+        <v>-0.18125536999999881</v>
       </c>
       <c r="D302" s="5">
-        <v>-18.500086155537577</v>
+        <v>-18.500077020024499</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>10.596479851</v>
+        <v>10.596542712</v>
       </c>
       <c r="C303" s="5">
-        <v>5.443311400000006E-2</v>
+        <v>5.4442223999998873E-2</v>
       </c>
       <c r="D303" s="5">
-        <v>6.3751419399837195</v>
+        <v>6.376205939089008</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>10.474018947999999</v>
+        <v>10.474093043</v>
       </c>
       <c r="C304" s="5">
-        <v>-0.12246090300000034</v>
+        <v>-0.12244966899999987</v>
       </c>
       <c r="D304" s="5">
-        <v>-13.019707705920347</v>
+        <v>-13.018515813337928</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>10.573204034</v>
+        <v>10.573293151</v>
       </c>
       <c r="C305" s="5">
-        <v>9.9185086000000311E-2</v>
+        <v>9.9200107999999787E-2</v>
       </c>
       <c r="D305" s="5">
-        <v>11.974490013784722</v>
+        <v>11.97630991348495</v>
       </c>
       <c r="E305" s="5">
-        <v>8.3394988127893921</v>
+        <v>8.3397050655323426</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>10.464542037999999</v>
+        <v>10.464592986</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.10866199600000037</v>
+        <v>-0.10870016500000013</v>
       </c>
       <c r="D306" s="5">
-        <v>-11.658785051613085</v>
+        <v>-11.662558818291402</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>10.391450110999999</v>
+        <v>10.391480316000001</v>
       </c>
       <c r="C307" s="5">
-        <v>-7.3091927000000112E-2</v>
+        <v>-7.3112669999998658E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>-8.067057798446486</v>
+        <v>-8.0692221400260333</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>10.585293185999999</v>
+        <v>10.585494187</v>
       </c>
       <c r="C308" s="5">
-        <v>0.1938430750000002</v>
+        <v>0.19401387099999923</v>
       </c>
       <c r="D308" s="5">
-        <v>24.830529769941336</v>
+        <v>24.854622107119752</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>10.406156122000001</v>
+        <v>10.405134644</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.17913706399999896</v>
+        <v>-0.18035954299999979</v>
       </c>
       <c r="D309" s="5">
-        <v>-18.52031327921927</v>
+        <v>-18.634781121965595</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>10.505828592</v>
+        <v>10.505858466999999</v>
       </c>
       <c r="C310" s="5">
-        <v>9.9672469999999791E-2</v>
+        <v>0.10072382299999916</v>
       </c>
       <c r="D310" s="5">
-        <v>12.119120481008894</v>
+        <v>12.255103908756727</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>10.556740303</v>
+        <v>10.556772265999999</v>
       </c>
       <c r="C311" s="5">
-        <v>5.0911710999999471E-2</v>
+        <v>5.0913798999999926E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>5.9727797746306655</v>
+        <v>5.9730138565665003</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>10.643481268</v>
+        <v>10.643957917</v>
       </c>
       <c r="C312" s="5">
-        <v>8.6740965000000614E-2</v>
+        <v>8.7185651000000419E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>10.317991425618445</v>
+        <v>10.3732804856564</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>10.536190779</v>
+        <v>10.536223026</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.10729048900000038</v>
+        <v>-0.10773489099999978</v>
       </c>
       <c r="D313" s="5">
-        <v>-11.447850481215715</v>
+        <v>-11.492173826848983</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>10.779634223</v>
+        <v>10.779684366</v>
       </c>
       <c r="C314" s="5">
-        <v>0.2434434440000004</v>
+        <v>0.24346133999999964</v>
       </c>
       <c r="D314" s="5">
-        <v>31.536046570097163</v>
+        <v>31.538557946797809</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>10.776458055000001</v>
+        <v>10.776533958</v>
       </c>
       <c r="C315" s="5">
-        <v>-3.1761679999995351E-3</v>
+        <v>-3.1504079999997714E-3</v>
       </c>
       <c r="D315" s="5">
-        <v>-0.3530018756704445</v>
+        <v>-0.35014186279211934</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>10.883529385999999</v>
+        <v>10.883626977</v>
       </c>
       <c r="C316" s="5">
-        <v>0.10707133099999844</v>
+        <v>0.10709301900000057</v>
       </c>
       <c r="D316" s="5">
-        <v>12.596408043348095</v>
+        <v>12.599006926360845</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>10.975179580000001</v>
+        <v>10.975274761</v>
       </c>
       <c r="C317" s="5">
-        <v>9.1650194000001406E-2</v>
+        <v>9.1647783999999177E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>10.586616385042792</v>
+        <v>10.586225621617196</v>
       </c>
       <c r="E317" s="5">
-        <v>3.8018328664364942</v>
+        <v>3.8018581747351066</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>10.991654024000001</v>
+        <v>10.991681599</v>
       </c>
       <c r="C318" s="5">
-        <v>1.6474443999999977E-2</v>
+        <v>1.6406837999999979E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>1.81622220555544</v>
+        <v>1.8086917931751101</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>10.895493274</v>
+        <v>10.895458484000001</v>
       </c>
       <c r="C319" s="5">
-        <v>-9.6160750000001016E-2</v>
+        <v>-9.6223114999999027E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>-10.00753173750919</v>
+        <v>-10.013688941372722</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>10.789051285999999</v>
+        <v>10.789322365</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.10644198800000026</v>
+        <v>-0.10613611900000031</v>
       </c>
       <c r="D320" s="5">
-        <v>-11.113393280239537</v>
+        <v>-11.083182916063173</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>11.084133318999999</v>
+        <v>11.082627681</v>
       </c>
       <c r="C321" s="5">
-        <v>0.29508203299999991</v>
+        <v>0.29330531599999965</v>
       </c>
       <c r="D321" s="5">
-        <v>38.236203917640466</v>
+        <v>37.969436545265033</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>11.091641031</v>
+        <v>11.091623437000001</v>
       </c>
       <c r="C322" s="5">
-        <v>7.5077120000006659E-3</v>
+        <v>8.9957560000009096E-3</v>
       </c>
       <c r="D322" s="5">
-        <v>0.81584123654816487</v>
+        <v>0.97839883439592157</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>10.924356338999999</v>
+        <v>10.92438508</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.16728469200000085</v>
+        <v>-0.16723835700000045</v>
       </c>
       <c r="D323" s="5">
-        <v>-16.670144976263536</v>
+        <v>-16.665927898054044</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>10.941717593</v>
+        <v>10.942682327</v>
       </c>
       <c r="C324" s="5">
-        <v>1.736125400000077E-2</v>
+        <v>1.8297246999999572E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>1.9238271251436734</v>
+        <v>2.0284980501602101</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>11.043567268</v>
+        <v>11.043684064000001</v>
       </c>
       <c r="C325" s="5">
-        <v>0.10184967500000042</v>
+        <v>0.1010017370000007</v>
       </c>
       <c r="D325" s="5">
-        <v>11.760041331858462</v>
+        <v>11.656031562778168</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>11.030265714</v>
+        <v>11.030144137000001</v>
       </c>
       <c r="C326" s="5">
-        <v>-1.3301553999999882E-2</v>
+        <v>-1.3539927000000063E-2</v>
       </c>
       <c r="D326" s="5">
-        <v>-1.4358175937649764</v>
+        <v>-1.4613598290260543</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>11.066045773999999</v>
+        <v>11.066242041000001</v>
       </c>
       <c r="C327" s="5">
-        <v>3.578005999999867E-2</v>
+        <v>3.6097904000000014E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>3.9627726661712437</v>
+        <v>3.9986559898693486</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>11.186566844</v>
+        <v>11.186768351</v>
       </c>
       <c r="C328" s="5">
-        <v>0.12052107000000056</v>
+        <v>0.12052630999999892</v>
       </c>
       <c r="D328" s="5">
-        <v>13.881273969147511</v>
+        <v>13.881652964117098</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>11.076474511000001</v>
+        <v>11.076611506000001</v>
       </c>
       <c r="C329" s="5">
-        <v>-0.11009233299999899</v>
+        <v>-0.11015684499999878</v>
       </c>
       <c r="D329" s="5">
-        <v>-11.191044001974326</v>
+        <v>-11.197059834768829</v>
       </c>
       <c r="E329" s="5">
-        <v>0.9229455450969537</v>
+        <v>0.92331852465412645</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>11.077368492</v>
+        <v>11.07737807</v>
       </c>
       <c r="C330" s="5">
-        <v>8.9398099999904446E-4</v>
+        <v>7.6656399999919245E-4</v>
       </c>
       <c r="D330" s="5">
-        <v>9.6894868269292722E-2</v>
+        <v>8.3078386737134302E-2</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>11.27999749</v>
+        <v>11.279888101999999</v>
       </c>
       <c r="C331" s="5">
-        <v>0.20262899799999978</v>
+        <v>0.20251003199999928</v>
       </c>
       <c r="D331" s="5">
-        <v>24.299333930921851</v>
+        <v>24.283580417815486</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>11.405263958999999</v>
+        <v>11.405481649</v>
       </c>
       <c r="C332" s="5">
-        <v>0.1252664689999996</v>
+        <v>0.12559354700000114</v>
       </c>
       <c r="D332" s="5">
-        <v>14.171065560885609</v>
+        <v>14.210508225931395</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>11.074745381</v>
+        <v>11.072449352</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.33051857799999951</v>
+        <v>-0.33303229700000081</v>
       </c>
       <c r="D333" s="5">
-        <v>-29.734698920741252</v>
+        <v>-29.925361221886515</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>11.392016672</v>
+        <v>11.391901261999999</v>
       </c>
       <c r="C334" s="5">
-        <v>0.31727129100000084</v>
+        <v>0.31945190999999973</v>
       </c>
       <c r="D334" s="5">
-        <v>40.346743657326932</v>
+        <v>40.679273413595027</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>11.494472264000001</v>
+        <v>11.494751977</v>
       </c>
       <c r="C335" s="5">
-        <v>0.1024555920000001</v>
+        <v>0.10285071500000065</v>
       </c>
       <c r="D335" s="5">
-        <v>11.342533099901031</v>
+        <v>11.388591802837777</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>11.541245828999999</v>
+        <v>11.542906258</v>
       </c>
       <c r="C336" s="5">
-        <v>4.677356499999874E-2</v>
+        <v>4.815428100000041E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>4.9938495881509892</v>
+        <v>5.1445496996809004</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>11.537926644000001</v>
+        <v>11.538223089000001</v>
       </c>
       <c r="C337" s="5">
-        <v>-3.3191849999987255E-3</v>
+        <v>-4.683168999999765E-3</v>
       </c>
       <c r="D337" s="5">
-        <v>-0.34456660027762931</v>
+        <v>-0.48577709150333659</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>11.483558419</v>
+        <v>11.483323353999999</v>
       </c>
       <c r="C338" s="5">
-        <v>-5.4368225000001047E-2</v>
+        <v>-5.4899735000001115E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>-5.5102875521729988</v>
+        <v>-5.5626158271265052</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>11.553263874000001</v>
+        <v>11.55362111</v>
       </c>
       <c r="C339" s="5">
-        <v>6.9705455000001137E-2</v>
+        <v>7.0297756000000433E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>7.5321929890846961</v>
+        <v>7.5985266742821134</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>11.481816309999999</v>
+        <v>11.482115051999999</v>
       </c>
       <c r="C340" s="5">
-        <v>-7.1447564000001407E-2</v>
+        <v>-7.150605800000065E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>-7.1737463126829049</v>
+        <v>-7.1792064975911067</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>11.484076977999999</v>
+        <v>11.484266613000001</v>
       </c>
       <c r="C341" s="5">
-        <v>2.2606679999999102E-3</v>
+        <v>2.1515610000015783E-3</v>
       </c>
       <c r="D341" s="5">
-        <v>0.23652540259972987</v>
+        <v>0.22509230712488559</v>
       </c>
       <c r="E341" s="5">
-        <v>3.6798935130055055</v>
+        <v>3.6803232358486149</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>11.475717795</v>
+        <v>11.475735831</v>
       </c>
       <c r="C342" s="5">
-        <v>-8.3591829999996037E-3</v>
+        <v>-8.5307820000011247E-3</v>
       </c>
       <c r="D342" s="5">
-        <v>-0.86998359372282286</v>
+        <v>-0.8877552936276456</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>11.559463040000001</v>
+        <v>11.559238025000001</v>
       </c>
       <c r="C343" s="5">
-        <v>8.3745245000001134E-2</v>
+        <v>8.350219400000114E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>9.1173000528810952</v>
+        <v>9.0897565737655395</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>11.424850069</v>
+        <v>11.424372581</v>
       </c>
       <c r="C344" s="5">
-        <v>-0.13461297100000102</v>
+        <v>-0.13486544400000078</v>
       </c>
       <c r="D344" s="5">
-        <v>-13.113123583359855</v>
+        <v>-13.136401236562579</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>11.571410109</v>
+        <v>11.568569334999999</v>
       </c>
       <c r="C345" s="5">
-        <v>0.14656004000000067</v>
+        <v>0.14419675399999932</v>
       </c>
       <c r="D345" s="5">
-        <v>16.527738524525049</v>
+        <v>16.243197374128336</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>11.503519535000001</v>
+        <v>11.503234642000001</v>
       </c>
       <c r="C346" s="5">
-        <v>-6.7890573999999759E-2</v>
+        <v>-6.5334692999998722E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>-6.8177096772866879</v>
+        <v>-6.5705274401302471</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>11.466522347</v>
+        <v>11.466904145999999</v>
       </c>
       <c r="C347" s="5">
-        <v>-3.6997188000000847E-2</v>
+        <v>-3.6330496000001489E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>-3.7918531627244345</v>
+        <v>-3.724796985477119</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>11.241594255000001</v>
+        <v>11.244230124</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.22492809199999897</v>
+        <v>-0.22267402199999964</v>
       </c>
       <c r="D348" s="5">
-        <v>-21.158620853984555</v>
+        <v>-20.968082825189072</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>11.430186322999999</v>
+        <v>11.43041279</v>
       </c>
       <c r="C349" s="5">
-        <v>0.18859206799999839</v>
+        <v>0.18618266600000055</v>
       </c>
       <c r="D349" s="5">
-        <v>22.096958180611303</v>
+        <v>21.782888459534135</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>11.435066003999999</v>
+        <v>11.435292821000001</v>
       </c>
       <c r="C350" s="5">
-        <v>4.8796810000002466E-3</v>
+        <v>4.880031000000784E-3</v>
       </c>
       <c r="D350" s="5">
-        <v>0.51349870366736994</v>
+        <v>0.51352542299007986</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>11.444776943000001</v>
+        <v>11.445012355999999</v>
       </c>
       <c r="C351" s="5">
-        <v>9.7109390000014173E-3</v>
+        <v>9.7195349999985581E-3</v>
       </c>
       <c r="D351" s="5">
-        <v>1.0238427861545718</v>
+        <v>1.0247328988877369</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>11.380907928999999</v>
+        <v>11.381076767</v>
       </c>
       <c r="C352" s="5">
-        <v>-6.3869014000001556E-2</v>
+        <v>-6.3935588999999737E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>-6.4949802860352452</v>
+        <v>-6.5014141519900708</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>11.482303331000001</v>
+        <v>11.482755813000001</v>
       </c>
       <c r="C353" s="5">
-        <v>0.10139540200000141</v>
+        <v>0.10167904600000099</v>
       </c>
       <c r="D353" s="5">
-        <v>11.230852923822754</v>
+        <v>11.263654451436778</v>
       </c>
       <c r="E353" s="5">
-        <v>-1.5444401873976332E-2</v>
+        <v>-1.3155389463792577E-2</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>11.553824971999999</v>
+        <v>11.553641319</v>
       </c>
       <c r="C354" s="5">
-        <v>7.1521640999998581E-2</v>
+        <v>7.0885505999999765E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>7.7360933203942883</v>
+        <v>7.6646211942780873</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>11.538874182000001</v>
+        <v>11.538542587</v>
       </c>
       <c r="C355" s="5">
-        <v>-1.4950789999998548E-2</v>
+        <v>-1.5098732000000226E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>-1.5418106365332473</v>
+        <v>-1.5569823434439689</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>11.657489476</v>
+        <v>11.656177037000001</v>
       </c>
       <c r="C356" s="5">
-        <v>0.11861529399999959</v>
+        <v>0.11763445000000061</v>
       </c>
       <c r="D356" s="5">
-        <v>13.05743545739424</v>
+        <v>12.9437314990557</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>11.576837179</v>
+        <v>11.573703569999999</v>
       </c>
       <c r="C357" s="5">
-        <v>-8.0652297000000317E-2</v>
+        <v>-8.2473467000001577E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>-7.9934558913563052</v>
+        <v>-8.1678740663082117</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>11.519043374000001</v>
+        <v>11.518552867</v>
       </c>
       <c r="C358" s="5">
-        <v>-5.779380499999931E-2</v>
+        <v>-5.5150702999998913E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>-5.8288530459940642</v>
+        <v>-5.5706976712148526</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>11.638651498</v>
+        <v>11.639067474000001</v>
       </c>
       <c r="C359" s="5">
-        <v>0.11960812399999909</v>
+        <v>0.1205146070000005</v>
       </c>
       <c r="D359" s="5">
-        <v>13.197023179901368</v>
+        <v>13.303464965962375</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>11.633026331</v>
+        <v>11.636741302000001</v>
       </c>
       <c r="C360" s="5">
-        <v>-5.62516699999982E-3</v>
+        <v>-2.3261720000000707E-3</v>
       </c>
       <c r="D360" s="5">
-        <v>-0.57844206207826598</v>
+        <v>-0.23956730791887537</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>11.718430717</v>
+        <v>11.718560781000001</v>
       </c>
       <c r="C361" s="5">
-        <v>8.5404386000000443E-2</v>
+        <v>8.1819478999999973E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>9.1744334638685476</v>
+        <v>8.7714125277011501</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>11.563644347</v>
+        <v>11.564698118000001</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.15478637000000006</v>
+        <v>-0.15386266299999996</v>
       </c>
       <c r="D362" s="5">
-        <v>-14.748263956964824</v>
+        <v>-14.666357654822203</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>11.727442187999999</v>
+        <v>11.727728264</v>
       </c>
       <c r="C363" s="5">
-        <v>0.16379784099999917</v>
+        <v>0.16303014599999877</v>
       </c>
       <c r="D363" s="5">
-        <v>18.386695051257028</v>
+        <v>18.291933165916241</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>11.888167991</v>
+        <v>11.888447951</v>
       </c>
       <c r="C364" s="5">
-        <v>0.16072580300000006</v>
+        <v>0.16071968700000028</v>
       </c>
       <c r="D364" s="5">
-        <v>17.744218864764871</v>
+        <v>17.743026019026775</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>11.881958201</v>
+        <v>11.882146348999999</v>
       </c>
       <c r="C365" s="5">
-        <v>-6.2097899999997708E-3</v>
+        <v>-6.3016020000006279E-3</v>
       </c>
       <c r="D365" s="5">
-        <v>-0.62502287193842987</v>
+        <v>-0.63422204459064879</v>
       </c>
       <c r="E365" s="5">
-        <v>3.4806158527532327</v>
+        <v>3.4781766895002342</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>12.057066397</v>
+        <v>12.056709017999999</v>
       </c>
       <c r="C366" s="5">
-        <v>0.17510819600000005</v>
+        <v>0.17456266900000017</v>
       </c>
       <c r="D366" s="5">
-        <v>19.191033979627313</v>
+        <v>19.126008169720144</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>12.052365142999999</v>
+        <v>12.051733127</v>
       </c>
       <c r="C367" s="5">
-        <v>-4.7012540000004321E-3</v>
+        <v>-4.9758909999990664E-3</v>
       </c>
       <c r="D367" s="5">
-        <v>-0.46689815548991431</v>
+        <v>-0.49412606297011274</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>11.969230772</v>
+        <v>11.966998265999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-8.3134370999999874E-2</v>
+        <v>-8.473486100000116E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>-7.9704038215212547</v>
+        <v>-8.1183757542175208</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>7.4305907850999997</v>
+        <v>7.4286333265</v>
       </c>
       <c r="C369" s="5">
-        <v>-4.5386399868999998</v>
+        <v>-4.5383649394999992</v>
       </c>
       <c r="D369" s="5">
-        <v>-99.672293353000597</v>
+        <v>-99.672595736380615</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>8.6725170712999997</v>
+        <v>8.6717809276000004</v>
       </c>
       <c r="C370" s="5">
-        <v>1.2419262862</v>
+        <v>1.2431476011000004</v>
       </c>
       <c r="D370" s="5">
-        <v>538.94257099993069</v>
+        <v>540.31327655225527</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>9.3730959014999993</v>
+        <v>9.3731631975000003</v>
       </c>
       <c r="C371" s="5">
-        <v>0.70057883019999956</v>
+        <v>0.70138226989999986</v>
       </c>
       <c r="D371" s="5">
-        <v>154.01231117620773</v>
+        <v>154.2930959029211</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>9.1645063270999998</v>
+        <v>9.1678773053999993</v>
       </c>
       <c r="C372" s="5">
-        <v>-0.20858957439999948</v>
+        <v>-0.20528589210000092</v>
       </c>
       <c r="D372" s="5">
-        <v>-23.667026935759328</v>
+        <v>-23.336019335588297</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>9.2317551868999992</v>
+        <v>9.2320418278999998</v>
       </c>
       <c r="C373" s="5">
-        <v>6.7248859799999394E-2</v>
+        <v>6.4164522500000487E-2</v>
       </c>
       <c r="D373" s="5">
-        <v>9.1697823373513074</v>
+        <v>8.7295654611174722</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>9.5558448600000006</v>
+        <v>9.5577821474999993</v>
       </c>
       <c r="C374" s="5">
-        <v>0.32408967310000136</v>
+        <v>0.32574031959999949</v>
       </c>
       <c r="D374" s="5">
-        <v>51.292616875013032</v>
+        <v>51.604595551791292</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>9.7103769482000004</v>
+        <v>9.7110836143999997</v>
       </c>
       <c r="C375" s="5">
-        <v>0.15453208819999986</v>
+        <v>0.15330146690000035</v>
       </c>
       <c r="D375" s="5">
-        <v>21.228291902615727</v>
+        <v>21.039408868759104</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>9.7756194164999997</v>
+        <v>9.7762485152000007</v>
       </c>
       <c r="C376" s="5">
-        <v>6.5242468299999246E-2</v>
+        <v>6.5164900800001035E-2</v>
       </c>
       <c r="D376" s="5">
-        <v>8.3673251806791527</v>
+        <v>8.3563764165947685</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>9.8684904739999997</v>
+        <v>9.8684151297000007</v>
       </c>
       <c r="C377" s="5">
-        <v>9.287105750000002E-2</v>
+        <v>9.2166614499999966E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>12.015285721105373</v>
+        <v>11.91856425551503</v>
       </c>
       <c r="E377" s="5">
-        <v>-16.9455883696893</v>
+        <v>-16.947537592561922</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>9.8849477544000006</v>
+        <v>9.8841279075999999</v>
       </c>
       <c r="C378" s="5">
-        <v>1.645728040000094E-2</v>
+        <v>1.5712777899999253E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>2.0196488155431735</v>
+        <v>1.9274963412507118</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>9.6332144462000002</v>
+        <v>9.6327402195000005</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.25173330820000039</v>
+        <v>-0.25138768809999945</v>
       </c>
       <c r="D379" s="5">
-        <v>-26.622620085535509</v>
+        <v>-26.592928956394481</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>9.9581203576000004</v>
+        <v>9.9551982880000001</v>
       </c>
       <c r="C380" s="5">
-        <v>0.32490591140000014</v>
+        <v>0.32245806849999958</v>
       </c>
       <c r="D380" s="5">
-        <v>48.89280540798169</v>
+        <v>48.45704056401425</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>10.318933301</v>
+        <v>10.315418150999999</v>
       </c>
       <c r="C381" s="5">
-        <v>0.36081294339999914</v>
+        <v>0.36021986299999931</v>
       </c>
       <c r="D381" s="5">
-        <v>53.281312784586873</v>
+        <v>53.194464351522356</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>10.444636826</v>
+        <v>10.442944892</v>
       </c>
       <c r="C382" s="5">
-        <v>0.12570352500000048</v>
+        <v>0.1275267410000005</v>
       </c>
       <c r="D382" s="5">
-        <v>15.638502619460537</v>
+        <v>15.886750479856172</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>10.648259483</v>
+        <v>10.648133339999999</v>
       </c>
       <c r="C383" s="5">
-        <v>0.20362265700000037</v>
+        <v>0.20518844799999947</v>
       </c>
       <c r="D383" s="5">
-        <v>26.073376972114069</v>
+        <v>26.300751968196078</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>10.749210096000001</v>
+        <v>10.753198966999999</v>
       </c>
       <c r="C384" s="5">
-        <v>0.10095061300000019</v>
+        <v>0.10506562700000011</v>
       </c>
       <c r="D384" s="5">
-        <v>11.988933177131278</v>
+        <v>12.504633439042689</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>10.713205253</v>
+        <v>10.714483525</v>
       </c>
       <c r="C385" s="5">
-        <v>-3.6004843000000619E-2</v>
+        <v>-3.8715441999999101E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>-3.9462132789068072</v>
+        <v>-4.2359032147293423</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>10.648372461999999</v>
+        <v>10.651951886000001</v>
       </c>
       <c r="C386" s="5">
-        <v>-6.4832791000000611E-2</v>
+        <v>-6.2531638999999473E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>-7.0251050470400811</v>
+        <v>-6.7829281959702055</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>10.785902671000001</v>
+        <v>10.788055283</v>
       </c>
       <c r="C387" s="5">
-        <v>0.13753020900000124</v>
+        <v>0.1361033969999994</v>
       </c>
       <c r="D387" s="5">
-        <v>16.64850061606764</v>
+        <v>16.457538540782114</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>10.879134275</v>
+        <v>10.881349698999999</v>
       </c>
       <c r="C388" s="5">
-        <v>9.3231603999999635E-2</v>
+        <v>9.3294415999999103E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>10.880220335262681</v>
+        <v>10.88562585031152</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>11.082209893</v>
+        <v>11.082871086999999</v>
       </c>
       <c r="C389" s="5">
-        <v>0.20307561799999974</v>
+        <v>0.20152138799999975</v>
       </c>
       <c r="D389" s="5">
-        <v>24.848811055656238</v>
+        <v>24.633321218887684</v>
       </c>
       <c r="E389" s="5">
-        <v>12.298936926551463</v>
+        <v>12.30649442021312</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>10.82238085</v>
+        <v>10.820559159</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.25982904299999987</v>
+        <v>-0.26231192799999903</v>
       </c>
       <c r="D390" s="5">
-        <v>-24.77584778115024</v>
+        <v>-24.981380942884979</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>11.067057894</v>
+        <v>11.066546518000001</v>
       </c>
       <c r="C391" s="5">
-        <v>0.24467704399999946</v>
+        <v>0.24598735900000079</v>
       </c>
       <c r="D391" s="5">
-        <v>30.771295074599902</v>
+        <v>30.963092423146499</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>11.061079920999999</v>
+        <v>11.055800373</v>
       </c>
       <c r="C392" s="5">
-        <v>-5.9779730000002473E-3</v>
+        <v>-1.0746145000000595E-2</v>
       </c>
       <c r="D392" s="5">
-        <v>-0.64626879320230923</v>
+        <v>-1.1590540270005723</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>11.12974062</v>
+        <v>11.119062031</v>
       </c>
       <c r="C393" s="5">
-        <v>6.8660699000000491E-2</v>
+        <v>6.3261658000000054E-2</v>
       </c>
       <c r="D393" s="5">
-        <v>7.7085438114321336</v>
+        <v>7.0867101916570308</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>11.129386322</v>
+        <v>11.126501888</v>
       </c>
       <c r="C394" s="5">
-        <v>-3.5429799999953104E-4</v>
+        <v>7.4398569999996056E-3</v>
       </c>
       <c r="D394" s="5">
-        <v>-3.8193448000067853E-2</v>
+        <v>0.80589145274767571</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>11.243059572</v>
+        <v>11.246026083</v>
       </c>
       <c r="C395" s="5">
-        <v>0.11367324999999973</v>
+        <v>0.11952419500000033</v>
       </c>
       <c r="D395" s="5">
-        <v>12.969063206148746</v>
+        <v>13.680319561912402</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>11.348010196000001</v>
+        <v>11.35420205</v>
       </c>
       <c r="C396" s="5">
-        <v>0.10495062400000066</v>
+        <v>0.10817596699999932</v>
       </c>
       <c r="D396" s="5">
-        <v>11.795022144361722</v>
+        <v>12.173528826116598</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>11.398619936999999</v>
+        <v>11.402127864000001</v>
       </c>
       <c r="C397" s="5">
-        <v>5.060974099999882E-2</v>
+        <v>4.7925814000000955E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>5.4849912534175704</v>
+        <v>5.184431273226231</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>11.534112766</v>
+        <v>11.539976262</v>
       </c>
       <c r="C398" s="5">
-        <v>0.13549282900000037</v>
+        <v>0.13784839799999915</v>
       </c>
       <c r="D398" s="5">
-        <v>15.234636918385602</v>
+        <v>15.512265838570528</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>11.565900522</v>
+        <v>11.569334215</v>
       </c>
       <c r="C399" s="5">
-        <v>3.1787755999999945E-2</v>
+        <v>2.9357952999999881E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>3.3577661873920528</v>
+        <v>3.0959061765853724</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>11.581357042</v>
+        <v>11.584382559</v>
       </c>
       <c r="C400" s="5">
-        <v>1.5456520000000751E-2</v>
+        <v>1.5048344000000213E-2</v>
       </c>
       <c r="D400" s="5">
-        <v>1.6155042995634972</v>
+        <v>1.5720662469142388</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>11.489299878000001</v>
+        <v>11.490328649</v>
       </c>
       <c r="C401" s="5">
-        <v>-9.2057163999999858E-2</v>
+        <v>-9.4053909999999519E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>-9.1323344263279935</v>
+        <v>-9.3193311565197394</v>
       </c>
       <c r="E401" s="5">
-        <v>3.6733646892677552</v>
+        <v>3.676462162209404</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>11.659071762</v>
+        <v>11.654946812</v>
       </c>
       <c r="C402" s="5">
-        <v>0.16977188399999932</v>
+        <v>0.1646181630000001</v>
       </c>
       <c r="D402" s="5">
-        <v>19.246303563374624</v>
+        <v>18.613506078286001</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>11.675984964</v>
+        <v>11.675101175</v>
       </c>
       <c r="C403" s="5">
-        <v>1.6913201999999572E-2</v>
+        <v>2.015436299999962E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>1.7547331389170306</v>
+        <v>2.0949550729620459</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>11.961323355999999</v>
+        <v>11.9542389</v>
       </c>
       <c r="C404" s="5">
-        <v>0.28533839199999989</v>
+        <v>0.279137725</v>
       </c>
       <c r="D404" s="5">
-        <v>33.606764738320628</v>
+        <v>32.780816704299596</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>11.940099756</v>
+        <v>11.920017193</v>
       </c>
       <c r="C405" s="5">
-        <v>-2.122359999999901E-2</v>
+        <v>-3.4221707000000379E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>-2.1085660576864007</v>
+        <v>-3.3816953618389101</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>12.012672362</v>
+        <v>12.009772912000001</v>
       </c>
       <c r="C406" s="5">
-        <v>7.2572605999999595E-2</v>
+        <v>8.9755719000001122E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>7.542498734931069</v>
+        <v>9.4195602822979794</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>11.948074371000001</v>
+        <v>11.955576592</v>
       </c>
       <c r="C407" s="5">
-        <v>-6.4597990999999411E-2</v>
+        <v>-5.4196320000000853E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>-6.26550994841174</v>
+        <v>-5.2828186227261824</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>11.853903171000001</v>
+        <v>11.862413994000001</v>
       </c>
       <c r="C408" s="5">
-        <v>-9.4171199999999899E-2</v>
+        <v>-9.3162597999999264E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>-9.0586288607537035</v>
+        <v>-8.9603441038690885</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>11.885992239</v>
+        <v>11.892161394</v>
       </c>
       <c r="C409" s="5">
-        <v>3.2089067999999443E-2</v>
+        <v>2.9747399999999757E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>3.2972604547931494</v>
+        <v>3.0510959328409859</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>11.911092414000001</v>
+        <v>11.918388745</v>
       </c>
       <c r="C410" s="5">
-        <v>2.5100175000000391E-2</v>
+        <v>2.6227350999999288E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>2.5637336489201079</v>
+        <v>2.6788572742291406</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>11.844973313000001</v>
+        <v>11.849588947999999</v>
       </c>
       <c r="C411" s="5">
-        <v>-6.6119100999999958E-2</v>
+        <v>-6.8799797000000495E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>-6.4616060846752754</v>
+        <v>-6.7113384813422776</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>11.779243337</v>
+        <v>11.783052591000001</v>
       </c>
       <c r="C412" s="5">
-        <v>-6.5729976000000079E-2</v>
+        <v>-6.6536356999998603E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>-6.4595006534113208</v>
+        <v>-6.5338467329686516</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>11.798256629999999</v>
+        <v>11.799410532</v>
       </c>
       <c r="C413" s="5">
-        <v>1.9013292999998654E-2</v>
+        <v>1.6357940999998988E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>1.9542511287890196</v>
+        <v>1.6786910431437319</v>
       </c>
       <c r="E413" s="5">
-        <v>2.6890824965896787</v>
+        <v>2.6899307447302512</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>11.878441505</v>
+        <v>11.872157403999999</v>
       </c>
       <c r="C414" s="5">
-        <v>8.0184875000000488E-2</v>
+        <v>7.274687199999974E-2</v>
       </c>
       <c r="D414" s="5">
-        <v>8.4674669810566261</v>
+        <v>7.6544563284202338</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>12.082277119</v>
+        <v>12.08060725</v>
       </c>
       <c r="C415" s="5">
-        <v>0.20383561400000083</v>
+        <v>0.2084498460000006</v>
       </c>
       <c r="D415" s="5">
-        <v>22.651241758968467</v>
+        <v>23.228009150378703</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>11.952947787999999</v>
+        <v>11.945036995000001</v>
       </c>
       <c r="C416" s="5">
-        <v>-0.12932933100000099</v>
+        <v>-0.13557025499999931</v>
       </c>
       <c r="D416" s="5">
-        <v>-12.114999471807398</v>
+        <v>-12.665707556561223</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>11.849659132999999</v>
+        <v>11.820195211</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.10328865500000006</v>
+        <v>-0.1248417840000009</v>
       </c>
       <c r="D417" s="5">
-        <v>-9.8906157516566733</v>
+        <v>-11.845233743223238</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>11.912143344</v>
+        <v>11.909166445</v>
       </c>
       <c r="C418" s="5">
-        <v>6.2484211000001011E-2</v>
+        <v>8.8971234000000621E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>6.5144768119345331</v>
+        <v>9.415939346861645</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>11.864376715000001</v>
+        <v>11.878091482</v>
       </c>
       <c r="C419" s="5">
-        <v>-4.7766628999999838E-2</v>
+        <v>-3.1074963000000011E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-4.7071744840288972</v>
+        <v>-3.0866495193177301</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>11.966420866</v>
+        <v>11.977419058000001</v>
       </c>
       <c r="C420" s="5">
-        <v>0.10204415099999942</v>
+        <v>9.9327576000000306E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>10.823571922043506</v>
+        <v>10.509330087736824</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>12.077529220000001</v>
+        <v>12.086310573</v>
       </c>
       <c r="C421" s="5">
-        <v>0.11110835400000063</v>
+        <v>0.10889151499999983</v>
       </c>
       <c r="D421" s="5">
-        <v>11.728993006122357</v>
+        <v>11.472069012245868</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>12.093689864</v>
+        <v>12.101800884999999</v>
       </c>
       <c r="C422" s="5">
-        <v>1.616064399999928E-2</v>
+        <v>1.5490311999998951E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>1.6175602128537303</v>
+        <v>1.5488569166297816</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>12.226287134</v>
+        <v>12.231432841</v>
       </c>
       <c r="C423" s="5">
-        <v>0.13259726999999977</v>
+        <v>0.12963195600000077</v>
       </c>
       <c r="D423" s="5">
-        <v>13.980134614939255</v>
+        <v>13.639151991582011</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>12.233828822</v>
+        <v>12.236966428000001</v>
       </c>
       <c r="C424" s="5">
-        <v>7.5416879999998798E-3</v>
+        <v>5.5335870000003951E-3</v>
       </c>
       <c r="D424" s="5">
-        <v>0.74272688989567293</v>
+        <v>0.54424138962418933</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>12.227545462</v>
+        <v>12.22718562</v>
       </c>
       <c r="C425" s="5">
-        <v>-6.283359999999405E-3</v>
+        <v>-9.7808080000003628E-3</v>
       </c>
       <c r="D425" s="5">
-        <v>-0.61458838664474325</v>
+        <v>-0.95493523345094866</v>
       </c>
       <c r="E425" s="5">
-        <v>3.6385785244612112</v>
+        <v>3.6253937164053562</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>12.159889209999999</v>
+        <v>12.188764962</v>
       </c>
       <c r="C426" s="5">
-        <v>-6.7656252000000805E-2</v>
+        <v>-3.8420657999999719E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>-6.4413423192886672</v>
+        <v>-3.7061906346289253</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>12.220379402000001</v>
+        <v>12.256811926999999</v>
       </c>
       <c r="C427" s="5">
-        <v>6.0490192000001386E-2</v>
+        <v>6.8046964999998849E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>6.135545772007478</v>
+        <v>6.9088937008181528</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>12.036544676</v>
+        <v>12.086827516</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.18383472600000061</v>
+        <v>-0.16998441099999972</v>
       </c>
       <c r="D428" s="5">
-        <v>-16.630785117306402</v>
+        <v>-15.429747163147967</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>12.110250616</v>
+        <v>12.220684053999999</v>
       </c>
       <c r="C429" s="5">
-        <v>7.370593999999997E-2</v>
+        <v>0.13385653799999986</v>
       </c>
       <c r="D429" s="5">
-        <v>7.6008205864421807</v>
+        <v>14.129601289608363</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>12.189941494999999</v>
+        <v>12.152334016999999</v>
       </c>
       <c r="C430" s="5">
-        <v>7.9690878999999271E-2</v>
+        <v>-6.8350037000000086E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>8.1886959066980189</v>
+        <v>-6.5089192116961296</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>12.223354901</v>
+        <v>12.155157601999999</v>
       </c>
       <c r="C431" s="5">
-        <v>3.3413406000001089E-2</v>
+        <v>2.8235849999997953E-3</v>
       </c>
       <c r="D431" s="5">
-        <v>3.33932095751166</v>
+        <v>0.2791756160879455</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>12.228431984</v>
+        <v>12.162175672</v>
       </c>
       <c r="C432" s="5">
-        <v>5.0770829999997602E-3</v>
+        <v>7.0180700000008756E-3</v>
       </c>
       <c r="D432" s="5">
-        <v>0.49957128010480467</v>
+        <v>0.69505302553012349</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>12.284834823000001</v>
+        <v>12.21879605</v>
       </c>
       <c r="C433" s="5">
-        <v>5.6402839000000426E-2</v>
+        <v>5.662037799999986E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>5.6775145534125659</v>
+        <v>5.7318240507257867</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>12.308207047</v>
+      </c>
+      <c r="C434" s="5">
+        <v>8.9410996999999881E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>9.143161407045298</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>12.374843497000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>6.6636450000000735E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>6.6937704057908887</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>12.457746929000001</v>
+      </c>
+      <c r="C436" s="5">
+        <v>8.2903432000000166E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>8.3421546911822464</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">