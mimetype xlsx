--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{81589004-F2B3-4DA9-B506-8584CA9FF783}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{AE2CD7AC-7848-471B-B42F-0B6D0F29F343}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{081344BA-104B-4EAD-8059-D47CB2FCE09F}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1C0E868C-6966-4E49-BD77-911F292E3B17}"/>
   </bookViews>
   <sheets>
     <sheet name="larleiha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Leisure and Hospitality Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{57A115DE-23A5-4F45-9A1B-E43F79600896}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7DC77115-37F5-40A3-8F01-FCA1E8082441}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>12.155157601999999</v>
       </c>
       <c r="C431" s="5">
         <v>2.8235849999997953E-3</v>
       </c>
       <c r="D431" s="5">
         <v>0.2791756160879455</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>12.162175672</v>
       </c>
       <c r="C432" s="5">
         <v>7.0180700000008756E-3</v>
       </c>
       <c r="D432" s="5">
         <v>0.69505302553012349</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>12.21879605</v>
       </c>
       <c r="C433" s="5">
         <v>5.662037799999986E-2</v>
       </c>
       <c r="D433" s="5">
         <v>5.7318240507257867</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>12.308207047</v>
       </c>
       <c r="C434" s="5">
         <v>8.9410996999999881E-2</v>
       </c>
       <c r="D434" s="5">
         <v>9.143161407045298</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>12.374843497000001</v>
       </c>
       <c r="C435" s="5">
         <v>6.6636450000000735E-2</v>
       </c>
       <c r="D435" s="5">
         <v>6.6937704057908887</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>12.457746929000001</v>
+        <v>12.453673590999999</v>
       </c>
       <c r="C436" s="5">
-        <v>8.2903432000000166E-2</v>
+        <v>7.8830093999998851E-2</v>
       </c>
       <c r="D436" s="5">
-        <v>8.3421546911822464</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>7.9178197488652735</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>12.47708941</v>
+      </c>
+      <c r="C437" s="5">
+        <v>2.3415819000000226E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>2.2797603566020674</v>
+      </c>
+      <c r="E437" s="5">
+        <v>2.0438373781717312</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>