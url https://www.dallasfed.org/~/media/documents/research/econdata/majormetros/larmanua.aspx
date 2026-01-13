--- v0 (2025-10-10)
+++ v1 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A8369F34-3097-4B5F-B493-1E0A582E8E13}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{239B5E34-4735-4D0A-9EC9-A9E17DED3629}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{A3659FF2-491F-4903-A4B4-33719394FB09}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{E57289C2-7129-413C-988D-7393A6EBBB01}"/>
   </bookViews>
   <sheets>
     <sheet name="larmanua" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Manufacturing Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{05184BD6-BDEA-4375-8E85-BE7BCB3D6517}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{93E6484F-613B-470A-A2D0-3C5BE33E2271}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -3001,74 +3000,74 @@
         <v>-5.1988819999992941E-4</v>
       </c>
       <c r="D147" s="5">
         <v>-0.4209318678796925</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
         <v>1.4705193263</v>
       </c>
       <c r="C148" s="5">
         <v>-8.2056811999999812E-3</v>
       </c>
       <c r="D148" s="5">
         <v>-6.4594694356063016</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>1.4540134866000001</v>
+        <v>1.4540134867000001</v>
       </c>
       <c r="C149" s="5">
-        <v>-1.6505839699999969E-2</v>
+        <v>-1.6505839599999961E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>-12.668206625568102</v>
+        <v>-12.668206553493045</v>
       </c>
       <c r="E149" s="5">
-        <v>-10.678156129703066</v>
+        <v>-10.678156123559946</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
         <v>1.3999113374000001</v>
       </c>
       <c r="C150" s="5">
-        <v>-5.4102149200000005E-2</v>
+        <v>-5.4102149300000013E-2</v>
       </c>
       <c r="D150" s="5">
-        <v>-36.556789607471138</v>
+        <v>-36.556789659830969</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
         <v>1.4051156627000001</v>
       </c>
       <c r="C151" s="5">
         <v>5.2043253000000345E-3</v>
       </c>
       <c r="D151" s="5">
         <v>4.5534887989898465</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
         <v>1.4233276763</v>
       </c>
       <c r="C152" s="5">
         <v>1.821201359999991E-2</v>
@@ -3130,172 +3129,172 @@
         <v>-7.7164026399999974E-2</v>
       </c>
       <c r="D156" s="5">
         <v>-49.043860892986416</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
         <v>1.2732895120000001</v>
       </c>
       <c r="C157" s="5">
         <v>-6.1912356999999973E-2</v>
       </c>
       <c r="D157" s="5">
         <v>-43.433049993568616</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>1.2743019949000001</v>
+        <v>1.2743019948000001</v>
       </c>
       <c r="C158" s="5">
-        <v>1.0124829000000002E-3</v>
+        <v>1.0124827999999919E-3</v>
       </c>
       <c r="D158" s="5">
-        <v>0.95838944591888353</v>
+        <v>0.95838935084717747</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
         <v>1.2821327677000001</v>
       </c>
       <c r="C159" s="5">
-        <v>7.8307727999999965E-3</v>
+        <v>7.8307729000000048E-3</v>
       </c>
       <c r="D159" s="5">
-        <v>7.6285873727223841</v>
+        <v>7.6285874740754434</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>1.2853978481999999</v>
+        <v>1.2853978480999999</v>
       </c>
       <c r="C160" s="5">
-        <v>3.2650804999998506E-3</v>
+        <v>3.2650803999998423E-3</v>
       </c>
       <c r="D160" s="5">
-        <v>3.0990887046837834</v>
+        <v>3.0990886084343972</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
         <v>1.2765900063</v>
       </c>
       <c r="C161" s="5">
-        <v>-8.8078418999999464E-3</v>
+        <v>-8.8078417999999381E-3</v>
       </c>
       <c r="D161" s="5">
-        <v>-7.9197561947537238</v>
+        <v>-7.9197561087909873</v>
       </c>
       <c r="E161" s="5">
-        <v>-12.202327002817503</v>
+        <v>-12.202327008855807</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>1.3088476554999999</v>
+        <v>1.3088476556999999</v>
       </c>
       <c r="C162" s="5">
-        <v>3.225764919999996E-2</v>
+        <v>3.2257649399999977E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>34.91241287566671</v>
+        <v>34.912413123052424</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>1.3056785044999999</v>
+        <v>1.3056785046999999</v>
       </c>
       <c r="C163" s="5">
         <v>-3.1691510000000367E-3</v>
       </c>
       <c r="D163" s="5">
-        <v>-2.8672109006635527</v>
+        <v>-2.8672109002311874</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>1.3367492502</v>
+        <v>1.3367492501</v>
       </c>
       <c r="C164" s="5">
-        <v>3.1070745700000124E-2</v>
+        <v>3.1070745400000099E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>32.606355098700178</v>
+        <v>32.606354735912532</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>1.3074228018</v>
+        <v>1.3074228017</v>
       </c>
       <c r="C165" s="5">
         <v>-2.9326448399999983E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>-23.370980462250678</v>
+        <v>-23.370980463793735</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
         <v>1.3209149089000001</v>
       </c>
       <c r="C166" s="5">
-        <v>1.3492107100000039E-2</v>
+        <v>1.3492107200000047E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>13.111157098356063</v>
+        <v>13.111157202173684</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
         <v>1.2986556412000001</v>
       </c>
       <c r="C167" s="5">
         <v>-2.2259267699999974E-2</v>
       </c>
       <c r="D167" s="5">
         <v>-18.448871985159354</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
         <v>1.3172440692</v>
       </c>
       <c r="C168" s="5">
         <v>1.8588427999999935E-2</v>
@@ -3329,144 +3328,144 @@
         <v>2.3428349000000903E-3</v>
       </c>
       <c r="D170" s="5">
         <v>2.0751635463794438</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
         <v>1.3848609802</v>
       </c>
       <c r="C171" s="5">
         <v>1.4894647500000024E-2</v>
       </c>
       <c r="D171" s="5">
         <v>13.855866456134237</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>1.3914272501</v>
+        <v>1.3914272499</v>
       </c>
       <c r="C172" s="5">
-        <v>6.5662698999999769E-3</v>
+        <v>6.5662696999999604E-3</v>
       </c>
       <c r="D172" s="5">
-        <v>5.840506169369486</v>
+        <v>5.8405059868106068</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
         <v>1.3903581030000001</v>
       </c>
       <c r="C173" s="5">
-        <v>-1.0691470999999453E-3</v>
+        <v>-1.0691468999999287E-3</v>
       </c>
       <c r="D173" s="5">
-        <v>-0.91817117823451699</v>
+        <v>-0.91817100733354584</v>
       </c>
       <c r="E173" s="5">
         <v>8.9118743009542598</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>1.4196939549000001</v>
+        <v>1.4196939552000001</v>
       </c>
       <c r="C174" s="5">
-        <v>2.9335851899999987E-2</v>
+        <v>2.9335852200000012E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>28.474438933645207</v>
+        <v>28.474439259425409</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>1.4045312483000001</v>
+        <v>1.4045312486999999</v>
       </c>
       <c r="C175" s="5">
-        <v>-1.5162706599999964E-2</v>
+        <v>-1.5162706500000178E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>-12.089636903225021</v>
+        <v>-12.089636825709926</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>1.3459735835</v>
+        <v>1.3459735831999999</v>
       </c>
       <c r="C176" s="5">
-        <v>-5.8557664800000131E-2</v>
+        <v>-5.8557665499999967E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>-40.012389152852244</v>
+        <v>-40.012389518305959</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>1.4058220319000001</v>
+        <v>1.4058220317000001</v>
       </c>
       <c r="C177" s="5">
-        <v>5.9848448400000143E-2</v>
+        <v>5.9848448500000151E-2</v>
       </c>
       <c r="D177" s="5">
-        <v>68.548816186970328</v>
+        <v>68.548816350034002</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
         <v>1.4141296549</v>
       </c>
       <c r="C178" s="5">
-        <v>8.3076229999998752E-3</v>
+        <v>8.3076231999998917E-3</v>
       </c>
       <c r="D178" s="5">
-        <v>7.3264126452306177</v>
+        <v>7.3264128284567409</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
         <v>1.4911116625</v>
       </c>
       <c r="C179" s="5">
         <v>7.6982007600000069E-2</v>
       </c>
       <c r="D179" s="5">
         <v>88.908390303677095</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
         <v>1.5004909545</v>
       </c>
       <c r="C180" s="5">
         <v>9.3792919999999835E-3</v>
@@ -3500,3621 +3499,3648 @@
         <v>-8.8021242199999961E-2</v>
       </c>
       <c r="D182" s="5">
         <v>-50.23488263490097</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
         <v>1.3874797413</v>
       </c>
       <c r="C183" s="5">
         <v>-8.2507830399999982E-2</v>
       </c>
       <c r="D183" s="5">
         <v>-50.001629222694511</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>1.3953094826000001</v>
+        <v>1.3953094823000001</v>
       </c>
       <c r="C184" s="5">
-        <v>7.829741300000137E-3</v>
+        <v>7.8297410000001122E-3</v>
       </c>
       <c r="D184" s="5">
-        <v>6.9859483400816602</v>
+        <v>6.9859480640499738</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
         <v>1.4032264154</v>
       </c>
       <c r="C185" s="5">
-        <v>7.9169327999999428E-3</v>
+        <v>7.9169330999999676E-3</v>
       </c>
       <c r="D185" s="5">
-        <v>7.025304047641745</v>
+        <v>7.0253043237749946</v>
       </c>
       <c r="E185" s="5">
         <v>0.92553942557920266</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>1.4246225825000001</v>
+        <v>1.4246225829000001</v>
       </c>
       <c r="C186" s="5">
-        <v>2.139616710000003E-2</v>
+        <v>2.1396167500000063E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>19.912614639643778</v>
+        <v>19.912615043666904</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>1.5010872369999999</v>
+        <v>1.5010872374999999</v>
       </c>
       <c r="C187" s="5">
-        <v>7.646465449999984E-2</v>
+        <v>7.6464654599999848E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>87.272193273550485</v>
+        <v>87.27219339111781</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>1.4562578667999999</v>
+        <v>1.4562578662000001</v>
       </c>
       <c r="C188" s="5">
-        <v>-4.4829370199999996E-2</v>
+        <v>-4.4829371299999865E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>-30.499452632370748</v>
+        <v>-30.499453253794584</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>1.5104469042999999</v>
+        <v>1.5104469038999999</v>
       </c>
       <c r="C189" s="5">
-        <v>5.4189037500000037E-2</v>
+        <v>5.4189037699999831E-2</v>
       </c>
       <c r="D189" s="5">
-        <v>55.026573298325118</v>
+        <v>55.026573572150014</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
         <v>1.5102496797</v>
       </c>
       <c r="C190" s="5">
-        <v>-1.9722459999993447E-4</v>
+        <v>-1.9722419999990137E-4</v>
       </c>
       <c r="D190" s="5">
-        <v>-0.15657592983575608</v>
+        <v>-0.15657561254655006</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>1.4855586729000001</v>
+        <v>1.4855586730000001</v>
       </c>
       <c r="C191" s="5">
-        <v>-2.4691006799999915E-2</v>
+        <v>-2.4691006699999907E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>-17.947336649256474</v>
+        <v>-17.947336582976302</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>1.4866010933</v>
+        <v>1.4866010934</v>
       </c>
       <c r="C192" s="5">
         <v>1.0424203999999104E-3</v>
       </c>
       <c r="D192" s="5">
-        <v>0.84530049802113982</v>
+        <v>0.84530049796394113</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>1.459479661</v>
+        <v>1.4594796612000001</v>
       </c>
       <c r="C193" s="5">
-        <v>-2.712143229999997E-2</v>
+        <v>-2.7121432199999962E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>-19.824220461801744</v>
+        <v>-19.824220394677681</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>1.4723348807000001</v>
+        <v>1.4723348808000001</v>
       </c>
       <c r="C194" s="5">
-        <v>1.2855219700000031E-2</v>
+        <v>1.2855219600000023E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>11.097080418235873</v>
+        <v>11.097080326093266</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>1.4870773930000001</v>
+        <v>1.4870773931000001</v>
       </c>
       <c r="C195" s="5">
         <v>1.474251230000001E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>12.699929715452306</v>
+        <v>12.699929714541636</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>1.3943192133</v>
+        <v>1.3943192124999999</v>
       </c>
       <c r="C196" s="5">
-        <v>-9.275817970000011E-2</v>
+        <v>-9.2758180600000184E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>-53.831721032195802</v>
+        <v>-53.831721387323796</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>1.5095287568</v>
+        <v>1.5095287562999999</v>
       </c>
       <c r="C197" s="5">
-        <v>0.11520954350000001</v>
+        <v>0.11520954380000004</v>
       </c>
       <c r="D197" s="5">
-        <v>159.26873436059964</v>
+        <v>159.26873511515737</v>
       </c>
       <c r="E197" s="5">
-        <v>7.5755658697244321</v>
+        <v>7.5755658340922682</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>1.3261366728999999</v>
+        <v>1.3261366730999999</v>
       </c>
       <c r="C198" s="5">
-        <v>-0.18339208390000006</v>
+        <v>-0.1833920832</v>
       </c>
       <c r="D198" s="5">
-        <v>-78.8669231581692</v>
+        <v>-78.866923035924543</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>1.2990463701999999</v>
+        <v>1.2990463707</v>
       </c>
       <c r="C199" s="5">
-        <v>-2.7090302700000013E-2</v>
+        <v>-2.7090302399999988E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>-21.93858439037384</v>
+        <v>-21.938584171099016</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>1.4576137164</v>
+        <v>1.4576137159</v>
       </c>
       <c r="C200" s="5">
-        <v>0.15856734620000013</v>
+        <v>0.15856734520000004</v>
       </c>
       <c r="D200" s="5">
-        <v>298.30294025044594</v>
+        <v>298.30293677123416</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>1.4175455631</v>
+        <v>1.4175455634</v>
       </c>
       <c r="C201" s="5">
-        <v>-4.006815330000002E-2</v>
+        <v>-4.0068152499999954E-2</v>
       </c>
       <c r="D201" s="5">
-        <v>-28.429349144601602</v>
+        <v>-28.429348668233235</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>1.3066513626</v>
+        <v>1.3066513633000001</v>
       </c>
       <c r="C202" s="5">
-        <v>-0.11089420049999998</v>
+        <v>-0.11089420009999995</v>
       </c>
       <c r="D202" s="5">
-        <v>-62.375357302129885</v>
+        <v>-62.375357155805922</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>1.2888106467</v>
+        <v>1.2888106474000001</v>
       </c>
       <c r="C203" s="5">
         <v>-1.7840715900000026E-2</v>
       </c>
       <c r="D203" s="5">
-        <v>-15.208430787283078</v>
+        <v>-15.208430779737469</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>1.2819799361999999</v>
+        <v>1.2819799366</v>
       </c>
       <c r="C204" s="5">
-        <v>-6.830710500000059E-3</v>
+        <v>-6.8307108000000838E-3</v>
       </c>
       <c r="D204" s="5">
-        <v>-6.1778549240926068</v>
+        <v>-6.1778551843016061</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>1.2650090343</v>
+        <v>1.2650090344</v>
       </c>
       <c r="C205" s="5">
-        <v>-1.6970901899999946E-2</v>
+        <v>-1.6970902199999971E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>-14.7785760640196</v>
+        <v>-14.778576302264524</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>1.2780580543</v>
+        <v>1.2780580539999999</v>
       </c>
       <c r="C206" s="5">
-        <v>1.3049019999999967E-2</v>
+        <v>1.3049019599999934E-2</v>
       </c>
       <c r="D206" s="5">
-        <v>13.105429612342977</v>
+        <v>13.105429186457783</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>1.2837689160000001</v>
+        <v>1.2837689154</v>
       </c>
       <c r="C207" s="5">
-        <v>5.7108617000001249E-3</v>
+        <v>5.7108614000001001E-3</v>
       </c>
       <c r="D207" s="5">
-        <v>5.4958295080756336</v>
+        <v>5.4958292135616871</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>1.3915401268000001</v>
+        <v>1.3915401248999999</v>
       </c>
       <c r="C208" s="5">
-        <v>0.10777121079999996</v>
+        <v>0.10777120949999985</v>
       </c>
       <c r="D208" s="5">
-        <v>163.09133269384947</v>
+        <v>163.09132985871457</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>1.3074863972999999</v>
+        <v>1.3074863958</v>
       </c>
       <c r="C209" s="5">
-        <v>-8.4053729500000118E-2</v>
+        <v>-8.4053729099999863E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>-52.652468658089326</v>
+        <v>-52.652468534140517</v>
       </c>
       <c r="E209" s="5">
-        <v>-13.384465753955087</v>
+        <v>-13.384465824634251</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>1.3286052645999999</v>
+        <v>1.3286052641999999</v>
       </c>
       <c r="C210" s="5">
-        <v>2.111886730000001E-2</v>
+        <v>2.1118868399999879E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>21.200797226141745</v>
+        <v>21.200798456821989</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>1.3008142674000001</v>
+        <v>1.3008142682999999</v>
       </c>
       <c r="C211" s="5">
-        <v>-2.7790997199999889E-2</v>
+        <v>-2.7790995900000004E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>-22.40533335797722</v>
+        <v>-22.405332433413371</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>1.3502885282999999</v>
+        <v>1.3502885289</v>
       </c>
       <c r="C212" s="5">
-        <v>4.9474260899999845E-2</v>
+        <v>4.9474260600000042E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>56.507601747264012</v>
+        <v>56.507601282389984</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>1.3229657924</v>
+        <v>1.3229657944</v>
       </c>
       <c r="C213" s="5">
-        <v>-2.7322735899999895E-2</v>
+        <v>-2.7322734500000001E-2</v>
       </c>
       <c r="D213" s="5">
-        <v>-21.753586134041104</v>
+        <v>-21.753585131793528</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>1.4080753094</v>
+        <v>1.4080753119</v>
       </c>
       <c r="C214" s="5">
-        <v>8.5109517000000023E-2</v>
+        <v>8.5109517500000065E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>111.31348854255809</v>
+        <v>111.3134892112849</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>1.3901406906</v>
+        <v>1.3901406921999999</v>
       </c>
       <c r="C215" s="5">
-        <v>-1.7934618800000024E-2</v>
+        <v>-1.7934619700000098E-2</v>
       </c>
       <c r="D215" s="5">
-        <v>-14.257830147785921</v>
+        <v>-14.257830790348681</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>1.3788943151999999</v>
+        <v>1.3788943150999999</v>
       </c>
       <c r="C216" s="5">
-        <v>-1.1246375400000064E-2</v>
+        <v>-1.1246377099999982E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>-9.2875900016671231</v>
+        <v>-9.2875913334897859</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>1.3659866401</v>
+        <v>1.3659866386999999</v>
       </c>
       <c r="C217" s="5">
-        <v>-1.2907675099999905E-2</v>
+        <v>-1.2907676400000012E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>-10.672403660432705</v>
+        <v>-10.672404681316793</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>1.2782616872000001</v>
+        <v>1.2782616856</v>
       </c>
       <c r="C218" s="5">
-        <v>-8.7724952899999931E-2</v>
+        <v>-8.7724953099999947E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>-54.910040546085014</v>
+        <v>-54.910040668801649</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>1.1799908977</v>
+        <v>1.1799908961000001</v>
       </c>
       <c r="C219" s="5">
-        <v>-9.8270789500000122E-2</v>
+        <v>-9.82707894999999E-2</v>
       </c>
       <c r="D219" s="5">
-        <v>-61.70812606560898</v>
+        <v>-61.708126113508712</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>1.2872901940999999</v>
+        <v>1.2872901916999999</v>
       </c>
       <c r="C220" s="5">
-        <v>0.10729929639999991</v>
+        <v>0.10729929559999984</v>
       </c>
       <c r="D220" s="5">
-        <v>184.167002195257</v>
+        <v>184.16700046147798</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>1.2037032110999999</v>
+        <v>1.2037032106000001</v>
       </c>
       <c r="C221" s="5">
-        <v>-8.3586983000000004E-2</v>
+        <v>-8.3586981099999846E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>-55.319760066650225</v>
+        <v>-55.319759289751943</v>
       </c>
       <c r="E221" s="5">
-        <v>-7.9376111609509303</v>
+        <v>-7.9376110935746365</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>1.2265870889999999</v>
+        <v>1.2265870892999999</v>
       </c>
       <c r="C222" s="5">
-        <v>2.2883877900000016E-2</v>
+        <v>2.288387869999986E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>25.35672546050629</v>
+        <v>25.356726453279997</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>1.2066349808000001</v>
+        <v>1.2066349804000001</v>
       </c>
       <c r="C223" s="5">
-        <v>-1.9952108199999818E-2</v>
+        <v>-1.9952108899999876E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>-17.864620116570261</v>
+        <v>-17.864620684370379</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>1.1399031274</v>
+        <v>1.1399031179000001</v>
       </c>
       <c r="C224" s="5">
-        <v>-6.6731853400000096E-2</v>
+        <v>-6.6731862499999961E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-49.47522317666224</v>
+        <v>-49.475228028581157</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>1.1243958777</v>
+        <v>1.1243959037</v>
       </c>
       <c r="C225" s="5">
-        <v>-1.5507249699999948E-2</v>
+        <v>-1.5507214200000119E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>-15.157082456639447</v>
+        <v>-15.157050429209718</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>1.104042475</v>
+        <v>1.1040424681000001</v>
       </c>
       <c r="C226" s="5">
-        <v>-2.0353402700000078E-2</v>
+        <v>-2.0353435599999914E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>-19.684670123108262</v>
+        <v>-19.684698432606563</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>1.0942637769000001</v>
+        <v>1.0942637694999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-9.7786980999998718E-3</v>
+        <v>-9.7786986000001352E-3</v>
       </c>
       <c r="D227" s="5">
-        <v>-10.125829802195929</v>
+        <v>-10.125830355222243</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>1.0847410784</v>
+        <v>1.0847410724</v>
       </c>
       <c r="C228" s="5">
-        <v>-9.522698500000093E-3</v>
+        <v>-9.5226970999999772E-3</v>
       </c>
       <c r="D228" s="5">
-        <v>-9.9572469162926716</v>
+        <v>-9.957245585896068</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>1.0753699596999999</v>
+        <v>1.0753699582</v>
       </c>
       <c r="C229" s="5">
-        <v>-9.3711187000000695E-3</v>
+        <v>-9.3711141999999192E-3</v>
       </c>
       <c r="D229" s="5">
-        <v>-9.8881799585454733</v>
+        <v>-9.8881754856772979</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>1.0822871303999999</v>
+        <v>1.0822871357999999</v>
       </c>
       <c r="C230" s="5">
-        <v>6.9171706999999749E-3</v>
+        <v>6.9171775999998797E-3</v>
       </c>
       <c r="D230" s="5">
-        <v>7.9978541672781178</v>
+        <v>7.9978624411700894</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>1.0786925674000001</v>
+        <v>1.0786925755000001</v>
       </c>
       <c r="C231" s="5">
-        <v>-3.5945629999998285E-3</v>
+        <v>-3.5945602999998272E-3</v>
       </c>
       <c r="D231" s="5">
-        <v>-3.9135153951170287</v>
+        <v>-3.91351248985774</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>0.98556575400000002</v>
+        <v>0.98556576659999995</v>
       </c>
       <c r="C232" s="5">
-        <v>-9.3126813400000064E-2</v>
+        <v>-9.3126808900000135E-2</v>
       </c>
       <c r="D232" s="5">
-        <v>-66.158078210139621</v>
+        <v>-66.158076067765364</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>1.0009604838999999</v>
+        <v>1.0009604996000001</v>
       </c>
       <c r="C233" s="5">
-        <v>1.5394729899999904E-2</v>
+        <v>1.539473300000016E-2</v>
       </c>
       <c r="D233" s="5">
-        <v>20.441439915514326</v>
+        <v>20.441444107454586</v>
       </c>
       <c r="E233" s="5">
-        <v>-16.843248844931157</v>
+        <v>-16.843247506080882</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>0.91928144320000005</v>
+        <v>0.91928144570000003</v>
       </c>
       <c r="C234" s="5">
-        <v>-8.1679040699999872E-2</v>
+        <v>-8.1679053900000076E-2</v>
       </c>
       <c r="D234" s="5">
-        <v>-63.993680615626843</v>
+        <v>-63.993686217670856</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>0.90974553920000001</v>
+        <v>0.90974552590000002</v>
       </c>
       <c r="C235" s="5">
-        <v>-9.5359040000000395E-3</v>
+        <v>-9.5359198000000145E-3</v>
       </c>
       <c r="D235" s="5">
-        <v>-11.761666799426006</v>
+        <v>-11.761685158985014</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>0.93185981679999996</v>
+        <v>0.93185977340000004</v>
       </c>
       <c r="C236" s="5">
-        <v>2.2114277599999954E-2</v>
+        <v>2.2114247500000017E-2</v>
       </c>
       <c r="D236" s="5">
-        <v>33.403676716276735</v>
+        <v>33.403625562822349</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>0.817547515</v>
+        <v>0.81754752200000003</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.11431230179999996</v>
+        <v>-0.11431225140000001</v>
       </c>
       <c r="D237" s="5">
-        <v>-79.205474388744946</v>
+        <v>-79.205460630485874</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>0.80281468700000003</v>
+        <v>0.80281465139999997</v>
       </c>
       <c r="C238" s="5">
-        <v>-1.4732827999999976E-2</v>
+        <v>-1.4732870600000059E-2</v>
       </c>
       <c r="D238" s="5">
-        <v>-19.605252633396674</v>
+        <v>-19.605303673924745</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>0.79671947949999999</v>
+        <v>0.79671945870000005</v>
       </c>
       <c r="C239" s="5">
-        <v>-6.0952075000000328E-3</v>
+        <v>-6.0951926999999184E-3</v>
       </c>
       <c r="D239" s="5">
-        <v>-8.7397783616353415</v>
+        <v>-8.739758389961338</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>0.79068441919999999</v>
+        <v>0.79068442139999995</v>
       </c>
       <c r="C240" s="5">
-        <v>-6.0350603000000058E-3</v>
+        <v>-6.0350373000001012E-3</v>
       </c>
       <c r="D240" s="5">
-        <v>-8.7205649909551486</v>
+        <v>-8.7205333467913029</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>0.7843773168</v>
+        <v>0.78437734479999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-6.3071023999999865E-3</v>
+        <v>-6.3070765999999612E-3</v>
       </c>
       <c r="D241" s="5">
-        <v>-9.1631343732428423</v>
+        <v>-9.1630984948116065</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>0.7858558833</v>
+        <v>0.78585593170000001</v>
       </c>
       <c r="C242" s="5">
-        <v>1.4785665000000003E-3</v>
+        <v>1.4785869000000229E-3</v>
       </c>
       <c r="D242" s="5">
-        <v>2.285623095276712</v>
+        <v>2.2856548755806561</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>0.78365897009999996</v>
+        <v>0.78365901979999997</v>
       </c>
       <c r="C243" s="5">
-        <v>-2.1969132000000391E-3</v>
+        <v>-2.1969119000000426E-3</v>
       </c>
       <c r="D243" s="5">
-        <v>-3.3035783885652314</v>
+        <v>-3.303576263320851</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>0.78600603700000005</v>
+        <v>0.78600608250000004</v>
       </c>
       <c r="C244" s="5">
-        <v>2.3470669000000832E-3</v>
+        <v>2.3470627000000688E-3</v>
       </c>
       <c r="D244" s="5">
-        <v>3.6538103121442234</v>
+        <v>3.6538034301351274</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>0.79575657259999999</v>
+        <v>0.7957566022</v>
       </c>
       <c r="C245" s="5">
-        <v>9.7505355999999432E-3</v>
+        <v>9.7505196999999599E-3</v>
       </c>
       <c r="D245" s="5">
-        <v>15.945055375890238</v>
+        <v>15.945026588652112</v>
       </c>
       <c r="E245" s="5">
-        <v>-20.500700537195293</v>
+        <v>-20.500698826976983</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>0.82043534520000005</v>
+        <v>0.8204353311</v>
       </c>
       <c r="C246" s="5">
-        <v>2.4678772600000065E-2</v>
+        <v>2.4678728900000002E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>44.267840412698291</v>
+        <v>44.267746263589828</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>0.81345986830000006</v>
+        <v>0.81345980819999997</v>
       </c>
       <c r="C247" s="5">
-        <v>-6.9754768999999994E-3</v>
+        <v>-6.9755229000000307E-3</v>
       </c>
       <c r="D247" s="5">
-        <v>-9.7387712573178025</v>
+        <v>-9.738832666653785</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>0.82796657849999999</v>
+        <v>0.82796646340000002</v>
       </c>
       <c r="C248" s="5">
-        <v>1.4506710199999939E-2</v>
+        <v>1.4506655200000051E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>23.628925126542889</v>
+        <v>23.628828498215505</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>0.81511242859999999</v>
+        <v>0.81511239160000004</v>
       </c>
       <c r="C249" s="5">
-        <v>-1.28541499E-2</v>
+        <v>-1.2854071799999978E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>-17.118709602619031</v>
+        <v>-17.118616487654336</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>0.79971807139999995</v>
+        <v>0.79971790840000001</v>
       </c>
       <c r="C250" s="5">
-        <v>-1.5394357200000042E-2</v>
+        <v>-1.5394483200000031E-2</v>
       </c>
       <c r="D250" s="5">
-        <v>-20.451363973776104</v>
+        <v>-20.451515207684924</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>0.79521592900000004</v>
+        <v>0.79521586219999996</v>
       </c>
       <c r="C251" s="5">
-        <v>-4.5021423999999088E-3</v>
+        <v>-4.5020462000000538E-3</v>
       </c>
       <c r="D251" s="5">
-        <v>-6.5502959210150262</v>
+        <v>-6.5501615557514441</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>0.79400847900000004</v>
+        <v>0.79400853849999997</v>
       </c>
       <c r="C252" s="5">
-        <v>-1.2074499999999988E-3</v>
+        <v>-1.2073236999999848E-3</v>
       </c>
       <c r="D252" s="5">
-        <v>-1.8069314929935354</v>
+        <v>-1.8067442128246292</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>0.78951501449999995</v>
+        <v>0.7895151426</v>
       </c>
       <c r="C253" s="5">
-        <v>-4.4934645000000994E-3</v>
+        <v>-4.4933958999999746E-3</v>
       </c>
       <c r="D253" s="5">
-        <v>-6.5836185061380448</v>
+        <v>-6.5835206259698742</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>0.78893670130000004</v>
+        <v>0.78893686870000002</v>
       </c>
       <c r="C254" s="5">
-        <v>-5.7831319999990249E-4</v>
+        <v>-5.7827389999998147E-4</v>
       </c>
       <c r="D254" s="5">
-        <v>-0.8754574883963584</v>
+        <v>-0.87539809357765064</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>0.78138642849999995</v>
+        <v>0.78138659020000001</v>
       </c>
       <c r="C255" s="5">
-        <v>-7.5502728000000907E-3</v>
+        <v>-7.5502785000000072E-3</v>
       </c>
       <c r="D255" s="5">
-        <v>-10.898616331356559</v>
+        <v>-10.898621938819552</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>0.78323662520000004</v>
+        <v>0.78323675820000005</v>
       </c>
       <c r="C256" s="5">
-        <v>1.8501967000000841E-3</v>
+        <v>1.8501680000000409E-3</v>
       </c>
       <c r="D256" s="5">
-        <v>2.8787035109584247</v>
+        <v>2.8786576702872768</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>0.79093110740000006</v>
+        <v>0.79093119710000004</v>
       </c>
       <c r="C257" s="5">
-        <v>7.694482200000019E-3</v>
+        <v>7.6944388999999891E-3</v>
       </c>
       <c r="D257" s="5">
-        <v>12.447040859814873</v>
+        <v>12.446964758983992</v>
       </c>
       <c r="E257" s="5">
-        <v>-0.6063996661986093</v>
+        <v>-0.60639209108153125</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>0.82269107139999997</v>
+        <v>0.82269104479999999</v>
       </c>
       <c r="C258" s="5">
-        <v>3.1759963999999918E-2</v>
+        <v>3.1759847699999955E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>60.390088473874435</v>
+        <v>60.38980796427991</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>0.81870356700000002</v>
+        <v>0.81870325519999998</v>
       </c>
       <c r="C259" s="5">
-        <v>-3.9875043999999527E-3</v>
+        <v>-3.9877896000000135E-3</v>
       </c>
       <c r="D259" s="5">
-        <v>-5.663712043372449</v>
+        <v>-5.6641065718281647</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>0.82421737419999996</v>
+        <v>0.82421716820000002</v>
       </c>
       <c r="C260" s="5">
-        <v>5.5138071999999427E-3</v>
+        <v>5.5139130000000369E-3</v>
       </c>
       <c r="D260" s="5">
-        <v>8.3879468874188401</v>
+        <v>8.3881171589484715</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>0.91127884589999997</v>
+        <v>0.91127866270000002</v>
       </c>
       <c r="C261" s="5">
-        <v>8.7061471700000004E-2</v>
+        <v>8.7061494500000003E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>233.66779038603366</v>
+        <v>233.66798617401122</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>0.89704408970000005</v>
+        <v>0.8970436101</v>
       </c>
       <c r="C262" s="5">
-        <v>-1.4234756199999921E-2</v>
+        <v>-1.423505260000002E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>-17.215314430455553</v>
+        <v>-17.21564584219697</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>0.89231701399999996</v>
+        <v>0.89231660859999995</v>
       </c>
       <c r="C263" s="5">
-        <v>-4.7270757000000829E-3</v>
+        <v>-4.7270015000000498E-3</v>
       </c>
       <c r="D263" s="5">
-        <v>-6.1434434463374599</v>
+        <v>-6.1433529812853109</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>0.89955903960000005</v>
+        <v>0.89955937500000005</v>
       </c>
       <c r="C264" s="5">
-        <v>7.2420256000000904E-3</v>
+        <v>7.2427664000001002E-3</v>
       </c>
       <c r="D264" s="5">
-        <v>10.185888770810635</v>
+        <v>10.186982488713593</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>0.89801050729999998</v>
+        <v>0.89801114039999996</v>
       </c>
       <c r="C265" s="5">
-        <v>-1.5485323000000717E-3</v>
+        <v>-1.5482346000000868E-3</v>
       </c>
       <c r="D265" s="5">
-        <v>-2.0462756080004363</v>
+        <v>-2.0458851793165866</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>0.89527773200000005</v>
+        <v>0.89527845959999997</v>
       </c>
       <c r="C266" s="5">
-        <v>-2.7327752999999344E-3</v>
+        <v>-2.732680799999998E-3</v>
       </c>
       <c r="D266" s="5">
-        <v>-3.5912678021207789</v>
+        <v>-3.5911431967662111</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>0.77725549319999998</v>
+        <v>0.77725537259999999</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.11802223880000007</v>
+        <v>-0.11802308699999997</v>
       </c>
       <c r="D267" s="5">
-        <v>-81.665367456140658</v>
+        <v>-81.665580401330899</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>0.87479824930000005</v>
+        <v>0.87479901599999998</v>
       </c>
       <c r="C268" s="5">
-        <v>9.7542756100000072E-2</v>
+        <v>9.7543643399999991E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>313.1704582957193</v>
+        <v>313.17557300554063</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>0.78445740519999996</v>
+        <v>0.78445723150000002</v>
       </c>
       <c r="C269" s="5">
-        <v>-9.0340844100000095E-2</v>
+        <v>-9.0341784499999966E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>-72.964304777209705</v>
+        <v>-72.96466095086474</v>
       </c>
       <c r="E269" s="5">
-        <v>-0.81849128696946938</v>
+        <v>-0.81852449666131033</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>0.82491676219999999</v>
+        <v>0.82491656160000004</v>
       </c>
       <c r="C270" s="5">
-        <v>4.0459357000000029E-2</v>
+        <v>4.0459330100000024E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>82.847546535145611</v>
+        <v>82.847498813875802</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>0.82419918410000004</v>
+        <v>0.82419851320000004</v>
       </c>
       <c r="C271" s="5">
-        <v>-7.1757809999994926E-4</v>
+        <v>-7.1804840000000425E-4</v>
       </c>
       <c r="D271" s="5">
-        <v>-1.0388755802752225</v>
+        <v>-1.0395534535567741</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>0.82137753390000001</v>
+        <v>0.82137717960000001</v>
       </c>
       <c r="C272" s="5">
-        <v>-2.8216502000000254E-3</v>
+        <v>-2.8213336000000311E-3</v>
       </c>
       <c r="D272" s="5">
-        <v>-4.0317276737328882</v>
+        <v>-4.0312870010477226</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>0.80673871259999996</v>
+        <v>0.80673836980000002</v>
       </c>
       <c r="C273" s="5">
-        <v>-1.4638821300000049E-2</v>
+        <v>-1.4638809799999986E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>-19.410041316595482</v>
+        <v>-19.410035100386015</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>0.79371069090000002</v>
+        <v>0.79370996100000002</v>
       </c>
       <c r="C274" s="5">
-        <v>-1.3028021699999948E-2</v>
+        <v>-1.3028408800000002E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>-17.746954293285498</v>
+        <v>-17.747442563224467</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>0.79023824320000002</v>
+        <v>0.79023759049999998</v>
       </c>
       <c r="C275" s="5">
-        <v>-3.472447699999992E-3</v>
+        <v>-3.4723705000000438E-3</v>
       </c>
       <c r="D275" s="5">
-        <v>-5.1254434612757915</v>
+        <v>-5.1253368397857653</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>0.80437774279999996</v>
+        <v>0.8043783659</v>
       </c>
       <c r="C276" s="5">
-        <v>1.4139499599999938E-2</v>
+        <v>1.4140775400000027E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>23.715473479972605</v>
+        <v>23.71784971510662</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>0.80593712969999998</v>
+        <v>0.8059383457</v>
       </c>
       <c r="C277" s="5">
-        <v>1.5593869000000149E-3</v>
+        <v>1.5599797999999998E-3</v>
       </c>
       <c r="D277" s="5">
-        <v>2.3513157018646869</v>
+        <v>2.3522174196952017</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>0.80490819400000002</v>
+        <v>0.80490966819999998</v>
       </c>
       <c r="C278" s="5">
-        <v>-1.0289356999999555E-3</v>
+        <v>-1.0286775000000192E-3</v>
       </c>
       <c r="D278" s="5">
-        <v>-1.5213216796124196</v>
+        <v>-1.5209403180705627</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>0.77465104039999999</v>
+        <v>0.77465102900000005</v>
       </c>
       <c r="C279" s="5">
-        <v>-3.0257153600000031E-2</v>
+        <v>-3.0258639199999937E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>-36.858176583967705</v>
+        <v>-36.859575458785521</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>0.77245096749999997</v>
+        <v>0.77245253970000005</v>
       </c>
       <c r="C280" s="5">
-        <v>-2.2000729000000163E-3</v>
+        <v>-2.198489299999995E-3</v>
       </c>
       <c r="D280" s="5">
-        <v>-3.3553637787251733</v>
+        <v>-3.3529862290630486</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>0.78198847339999999</v>
+        <v>0.78198808340000003</v>
       </c>
       <c r="C281" s="5">
-        <v>9.5375059000000206E-3</v>
+        <v>9.5355436999999821E-3</v>
       </c>
       <c r="D281" s="5">
-        <v>15.865238797973436</v>
+        <v>15.861715529351471</v>
       </c>
       <c r="E281" s="5">
-        <v>-0.31473114838791449</v>
+        <v>-0.31475879128280981</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>0.72044770479999998</v>
+        <v>0.72044698549999997</v>
       </c>
       <c r="C282" s="5">
-        <v>-6.1540768600000018E-2</v>
+        <v>-6.1541097900000064E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>-62.603984871903016</v>
+        <v>-62.604209103160535</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>0.72190512259999995</v>
+        <v>0.72190347899999996</v>
       </c>
       <c r="C283" s="5">
-        <v>1.4574177999999716E-3</v>
+        <v>1.456493499999989E-3</v>
       </c>
       <c r="D283" s="5">
-        <v>2.4547120764641051</v>
+        <v>2.4531404144449986</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>0.715248471</v>
+        <v>0.7152470004</v>
       </c>
       <c r="C284" s="5">
-        <v>-6.656651599999952E-3</v>
+        <v>-6.6564785999999598E-3</v>
       </c>
       <c r="D284" s="5">
-        <v>-10.520865577642624</v>
+        <v>-10.520628616627691</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>0.70471707549999996</v>
+        <v>0.70471558540000001</v>
       </c>
       <c r="C285" s="5">
-        <v>-1.053139550000004E-2</v>
+        <v>-1.0531414999999988E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>-16.306008696025941</v>
+        <v>-16.306067345735052</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>0.79346585510000001</v>
+        <v>0.79346426420000005</v>
       </c>
       <c r="C286" s="5">
-        <v>8.874877960000005E-2</v>
+        <v>8.8748678800000036E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>315.10826032509584</v>
+        <v>315.10880560134592</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>0.78948965709999996</v>
+        <v>0.78948902330000004</v>
       </c>
       <c r="C287" s="5">
-        <v>-3.9761980000000419E-3</v>
+        <v>-3.97524090000001E-3</v>
       </c>
       <c r="D287" s="5">
-        <v>-5.8504116347163908</v>
+        <v>-5.8490533787361461</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>0.70633183560000001</v>
+        <v>0.70633383859999999</v>
       </c>
       <c r="C288" s="5">
-        <v>-8.3157821499999951E-2</v>
+        <v>-8.3155184700000051E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>-73.700467076203537</v>
+        <v>-73.699318738521512</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>0.70924745410000001</v>
+        <v>0.7092509374</v>
       </c>
       <c r="C289" s="5">
-        <v>2.9156184999999946E-3</v>
+        <v>2.9170988000000175E-3</v>
       </c>
       <c r="D289" s="5">
-        <v>5.0674164355907436</v>
+        <v>5.0700332473178067</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>0.70859664280000001</v>
+        <v>0.70860062109999999</v>
       </c>
       <c r="C290" s="5">
-        <v>-6.5081129999999821E-4</v>
+        <v>-6.5031630000000895E-4</v>
       </c>
       <c r="D290" s="5">
-        <v>-1.0955896050735325</v>
+        <v>-1.0947551597937588</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>0.77346966159999997</v>
+        <v>0.77347132949999997</v>
       </c>
       <c r="C291" s="5">
-        <v>6.487301879999996E-2</v>
+        <v>6.4870708399999977E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>186.10820961196913</v>
+        <v>186.09633773184589</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>0.77199531889999995</v>
+        <v>0.77199842220000003</v>
       </c>
       <c r="C292" s="5">
-        <v>-1.4743427000000198E-3</v>
+        <v>-1.4729072999999371E-3</v>
       </c>
       <c r="D292" s="5">
-        <v>-2.263541356837917</v>
+        <v>-2.2613558081518437</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>0.77990114560000001</v>
+        <v>0.77989963880000002</v>
       </c>
       <c r="C293" s="5">
-        <v>7.9058267000000626E-3</v>
+        <v>7.9012165999999828E-3</v>
       </c>
       <c r="D293" s="5">
-        <v>13.005269687036147</v>
+        <v>12.997198854288317</v>
       </c>
       <c r="E293" s="5">
-        <v>-0.2669256480117288</v>
+        <v>-0.26706859661079774</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>0.82221807280000003</v>
+        <v>0.82221406330000002</v>
       </c>
       <c r="C294" s="5">
-        <v>4.2316927200000021E-2</v>
+        <v>4.2314424500000003E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>88.525249227239016</v>
+        <v>88.518588188725133</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>0.72013407699999998</v>
+        <v>0.7201285905</v>
       </c>
       <c r="C295" s="5">
-        <v>-0.10208399580000005</v>
+        <v>-0.10208547280000002</v>
       </c>
       <c r="D295" s="5">
-        <v>-79.624131667715645</v>
+        <v>-79.624802176079726</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>0.81456960739999995</v>
+        <v>0.81456308560000001</v>
       </c>
       <c r="C296" s="5">
-        <v>9.4435530399999967E-2</v>
+        <v>9.4434495100000015E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>338.7105469752143</v>
+        <v>338.7085058199122</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>0.80633206629999998</v>
+        <v>0.8063263034</v>
       </c>
       <c r="C297" s="5">
-        <v>-8.2375410999999676E-3</v>
+        <v>-8.2367822000000146E-3</v>
       </c>
       <c r="D297" s="5">
-        <v>-11.48257927620987</v>
+        <v>-11.481666422060277</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>0.79459037809999999</v>
+        <v>0.79458696890000002</v>
       </c>
       <c r="C298" s="5">
-        <v>-1.1741688199999989E-2</v>
+        <v>-1.1739334499999976E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>-16.140465629091494</v>
+        <v>-16.137590983092608</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>0.7893569412</v>
+        <v>0.78935771899999996</v>
       </c>
       <c r="C299" s="5">
-        <v>-5.2334368999999992E-3</v>
+        <v>-5.2292499000000658E-3</v>
       </c>
       <c r="D299" s="5">
-        <v>-7.6234866622641784</v>
+        <v>-7.6176380679768396</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>0.70575703310000004</v>
+        <v>0.70576334900000004</v>
       </c>
       <c r="C300" s="5">
-        <v>-8.3599908099999953E-2</v>
+        <v>-8.3594369999999918E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>-73.903552601168585</v>
+        <v>-73.901058585905005</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>0.70875266650000002</v>
+        <v>0.70876259580000001</v>
       </c>
       <c r="C301" s="5">
-        <v>2.9956333999999751E-3</v>
+        <v>2.9992467999999661E-3</v>
       </c>
       <c r="D301" s="5">
-        <v>5.2140875454422364</v>
+        <v>5.2204768056822726</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>0.70824941180000001</v>
+        <v>0.70826030200000001</v>
       </c>
       <c r="C302" s="5">
-        <v>-5.0325470000001093E-4</v>
+        <v>-5.0229379999999768E-4</v>
       </c>
       <c r="D302" s="5">
-        <v>-0.8487485143938045</v>
+        <v>-0.847122428459679</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>0.77260950890000002</v>
+        <v>0.7726172389</v>
       </c>
       <c r="C303" s="5">
-        <v>6.4360097100000013E-2</v>
+        <v>6.4356936899999995E-2</v>
       </c>
       <c r="D303" s="5">
-        <v>183.97879823256312</v>
+        <v>183.96049548221046</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>0.7796222303</v>
+        <v>0.77962894810000005</v>
       </c>
       <c r="C304" s="5">
-        <v>7.0127213999999771E-3</v>
+        <v>7.0117092000000492E-3</v>
       </c>
       <c r="D304" s="5">
-        <v>11.452543222652057</v>
+        <v>11.450686478118733</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>0.78539213080000003</v>
+        <v>0.78538899890000002</v>
       </c>
       <c r="C305" s="5">
-        <v>5.7699005000000358E-3</v>
+        <v>5.7600507999999717E-3</v>
       </c>
       <c r="D305" s="5">
-        <v>9.2516429230237627</v>
+        <v>9.2351195587128121</v>
       </c>
       <c r="E305" s="5">
-        <v>0.7040616917898701</v>
+        <v>0.70385467910285548</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>0.71542013169999996</v>
+        <v>0.71541011980000002</v>
       </c>
       <c r="C306" s="5">
-        <v>-6.9971999100000071E-2</v>
+        <v>-6.9978879100000002E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>-67.364119367476462</v>
+        <v>-67.368038114528119</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>0.71642652340000001</v>
+        <v>0.71641198019999996</v>
       </c>
       <c r="C307" s="5">
-        <v>1.0063917000000533E-3</v>
+        <v>1.0018603999999431E-3</v>
       </c>
       <c r="D307" s="5">
-        <v>1.7011789220957807</v>
+        <v>1.6934841198437134</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>0.70942415420000005</v>
+        <v>0.7094057399</v>
       </c>
       <c r="C308" s="5">
-        <v>-7.0023691999999693E-3</v>
+        <v>-7.0062402999999662E-3</v>
       </c>
       <c r="D308" s="5">
-        <v>-11.118416589850078</v>
+        <v>-11.124450211814718</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>0.70637985830000005</v>
+        <v>0.70635955230000003</v>
       </c>
       <c r="C309" s="5">
-        <v>-3.0442958999999936E-3</v>
+        <v>-3.0461875999999721E-3</v>
       </c>
       <c r="D309" s="5">
-        <v>-5.0296508947522023</v>
+        <v>-5.0328304067585261</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>0.69879888570000004</v>
+        <v>0.6987815731</v>
       </c>
       <c r="C310" s="5">
-        <v>-7.5809726000000133E-3</v>
+        <v>-7.577979200000029E-3</v>
       </c>
       <c r="D310" s="5">
-        <v>-12.144944372101829</v>
+        <v>-12.140756872466385</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>0.68830886359999999</v>
+        <v>0.68834311159999995</v>
       </c>
       <c r="C311" s="5">
-        <v>-1.0490022100000052E-2</v>
+        <v>-1.0438461500000051E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-16.598492551607634</v>
+        <v>-16.523867615043088</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>0.70298614459999997</v>
+        <v>0.70298223650000002</v>
       </c>
       <c r="C312" s="5">
-        <v>1.4677280999999986E-2</v>
+        <v>1.4639124900000078E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>28.813339479815149</v>
+        <v>28.727864450090546</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>0.70558683529999999</v>
+        <v>0.70559176160000003</v>
       </c>
       <c r="C313" s="5">
-        <v>2.600690700000019E-3</v>
+        <v>2.6095251000000097E-3</v>
       </c>
       <c r="D313" s="5">
-        <v>4.5308411930757631</v>
+        <v>4.5465735872036062</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>0.70440695980000001</v>
+        <v>0.70448605139999998</v>
       </c>
       <c r="C314" s="5">
-        <v>-1.1798754999999828E-3</v>
+        <v>-1.105710200000054E-3</v>
       </c>
       <c r="D314" s="5">
-        <v>-1.9882758510303411</v>
+        <v>-1.8643582116897317</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>0.67638959310000002</v>
+        <v>0.67639190999999999</v>
       </c>
       <c r="C315" s="5">
-        <v>-2.801736669999999E-2</v>
+        <v>-2.8094141399999994E-2</v>
       </c>
       <c r="D315" s="5">
-        <v>-38.556019361908767</v>
+        <v>-38.636224673487632</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>0.6938774003</v>
+        <v>0.69387700539999997</v>
       </c>
       <c r="C316" s="5">
-        <v>1.7487807199999983E-2</v>
+        <v>1.7485095399999984E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>35.84069936720924</v>
+        <v>35.834188122557876</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>0.69721824310000002</v>
+        <v>0.69720711940000002</v>
       </c>
       <c r="C317" s="5">
-        <v>3.3408428000000212E-3</v>
+        <v>3.3301140000000506E-3</v>
       </c>
       <c r="D317" s="5">
-        <v>5.933176102662352</v>
+        <v>5.9136200061019828</v>
       </c>
       <c r="E317" s="5">
-        <v>-11.226734295158536</v>
+        <v>-11.227796623521058</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>0.70989862209999999</v>
+        <v>0.70987543279999998</v>
       </c>
       <c r="C318" s="5">
-        <v>1.2680378999999964E-2</v>
+        <v>1.2668313399999964E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>24.145531716473066</v>
+        <v>24.120638085749956</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>0.71106381630000004</v>
+        <v>0.7110329889</v>
       </c>
       <c r="C319" s="5">
-        <v>1.1651942000000526E-3</v>
+        <v>1.1575561000000123E-3</v>
       </c>
       <c r="D319" s="5">
-        <v>1.9875018462418126</v>
+        <v>1.9744213551244005</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>0.70724441189999998</v>
+        <v>0.7072041603</v>
       </c>
       <c r="C320" s="5">
-        <v>-3.8194044000000593E-3</v>
+        <v>-3.8288286000000005E-3</v>
       </c>
       <c r="D320" s="5">
-        <v>-6.2586197956855045</v>
+        <v>-6.2738722041116528</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>0.70607133529999999</v>
+        <v>0.70602475669999998</v>
       </c>
       <c r="C321" s="5">
-        <v>-1.1730765999999893E-3</v>
+        <v>-1.1794036000000174E-3</v>
       </c>
       <c r="D321" s="5">
-        <v>-1.9723320480734552</v>
+        <v>-1.9829842894949823</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>0.70204003540000004</v>
+        <v>0.70199561399999999</v>
       </c>
       <c r="C322" s="5">
-        <v>-4.0312998999999516E-3</v>
+        <v>-4.029142699999988E-3</v>
       </c>
       <c r="D322" s="5">
-        <v>-6.6402701896426723</v>
+        <v>-6.637251868989269</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>0.68496034059999999</v>
+        <v>0.68506946790000001</v>
       </c>
       <c r="C323" s="5">
-        <v>-1.7079694800000045E-2</v>
+        <v>-1.6926146099999984E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>-25.588070836716504</v>
+        <v>-25.389051018643105</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>0.70048300289999998</v>
+        <v>0.70045562920000004</v>
       </c>
       <c r="C324" s="5">
-        <v>1.552266229999999E-2</v>
+        <v>1.5386161300000034E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>30.85372876836685</v>
+        <v>30.542585411875443</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>0.70243150200000004</v>
+        <v>0.70241892350000001</v>
       </c>
       <c r="C325" s="5">
-        <v>1.9484991000000562E-3</v>
+        <v>1.9632942999999736E-3</v>
       </c>
       <c r="D325" s="5">
-        <v>3.3895254744801928</v>
+        <v>3.415796170202734</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>0.69597338630000005</v>
+        <v>0.69616352270000004</v>
       </c>
       <c r="C326" s="5">
-        <v>-6.4581156999999889E-3</v>
+        <v>-6.2554007999999772E-3</v>
       </c>
       <c r="D326" s="5">
-        <v>-10.491592494052583</v>
+        <v>-10.178412850774466</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>0.67649821099999996</v>
+        <v>0.67648669309999998</v>
       </c>
       <c r="C327" s="5">
-        <v>-1.9475175300000092E-2</v>
+        <v>-1.9676829600000056E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>-28.864197243743206</v>
+        <v>-29.111475716294134</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>0.71044275359999998</v>
+        <v>0.7104343877</v>
       </c>
       <c r="C328" s="5">
-        <v>3.3944542600000016E-2</v>
+        <v>3.3947694600000022E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>79.948917009012149</v>
+        <v>79.960254637548346</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>0.71242721639999995</v>
+        <v>0.71240514939999999</v>
       </c>
       <c r="C329" s="5">
-        <v>1.9844627999999753E-3</v>
+        <v>1.97076169999999E-3</v>
       </c>
       <c r="D329" s="5">
-        <v>3.4039096657359158</v>
+        <v>3.3800891565670677</v>
       </c>
       <c r="E329" s="5">
-        <v>2.181379137811601</v>
+        <v>2.1798443499944531</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>0.70265884540000001</v>
+        <v>0.70261742709999997</v>
       </c>
       <c r="C330" s="5">
-        <v>-9.7683709999999424E-3</v>
+        <v>-9.7877223000000235E-3</v>
       </c>
       <c r="D330" s="5">
-        <v>-15.267857753902137</v>
+        <v>-15.296294481618688</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>0.70406447270000005</v>
+        <v>0.70401401210000003</v>
       </c>
       <c r="C331" s="5">
-        <v>1.4056273000000452E-3</v>
+        <v>1.3965850000000612E-3</v>
       </c>
       <c r="D331" s="5">
-        <v>2.4271172956285891</v>
+        <v>2.4114764552551016</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>0.70327647059999998</v>
+        <v>0.70321338229999997</v>
       </c>
       <c r="C332" s="5">
-        <v>-7.8800210000007365E-4</v>
+        <v>-8.0062980000006334E-4</v>
       </c>
       <c r="D332" s="5">
-        <v>-1.3348256727997998</v>
+        <v>-1.3561791873169637</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>0.70458248749999997</v>
+        <v>0.70447252790000003</v>
       </c>
       <c r="C333" s="5">
-        <v>1.3060168999999844E-3</v>
+        <v>1.2591456000000667E-3</v>
       </c>
       <c r="D333" s="5">
-        <v>2.2513578245351162</v>
+        <v>2.1699588322575902</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>0.7048859851</v>
+        <v>0.70479042430000005</v>
       </c>
       <c r="C334" s="5">
-        <v>3.0349760000003556E-4</v>
+        <v>3.1789640000001729E-4</v>
       </c>
       <c r="D334" s="5">
-        <v>0.51812412504288474</v>
+        <v>0.54285138857381732</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>0.68139976619999998</v>
+        <v>0.68162281079999998</v>
       </c>
       <c r="C335" s="5">
-        <v>-2.3486218900000022E-2</v>
+        <v>-2.3167613500000073E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>-33.411803397455287</v>
+        <v>-33.040924015269283</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>0.70055827770000001</v>
+        <v>0.70051327279999998</v>
       </c>
       <c r="C336" s="5">
-        <v>1.9158511500000031E-2</v>
+        <v>1.8890461999999997E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>39.478563343039937</v>
+        <v>38.824791663315224</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>0.70256706950000003</v>
+        <v>0.70253362829999999</v>
       </c>
       <c r="C337" s="5">
-        <v>2.0087918000000204E-3</v>
+        <v>2.0203555000000151E-3</v>
       </c>
       <c r="D337" s="5">
-        <v>3.4956865488996014</v>
+        <v>3.5163593794116155</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>0.68904302110000004</v>
+        <v>0.6893714098</v>
       </c>
       <c r="C338" s="5">
-        <v>-1.3524048399999988E-2</v>
+        <v>-1.3162218499999989E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>-20.804121150899057</v>
+        <v>-20.304498865237509</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>0.67777278370000005</v>
+        <v>0.67774351310000003</v>
       </c>
       <c r="C339" s="5">
-        <v>-1.1270237399999994E-2</v>
+        <v>-1.1627896699999973E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>-17.954749362620039</v>
+        <v>-18.464785540766037</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>0.61924822759999998</v>
+        <v>0.61923520679999999</v>
       </c>
       <c r="C340" s="5">
-        <v>-5.8524556100000069E-2</v>
+        <v>-5.8508306300000035E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>-66.164876949127034</v>
+        <v>-66.155878164585346</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>0.619932861</v>
+        <v>0.61990742980000002</v>
       </c>
       <c r="C341" s="5">
-        <v>6.8463340000002315E-4</v>
+        <v>6.7222300000002733E-4</v>
       </c>
       <c r="D341" s="5">
-        <v>1.3348027299183718</v>
+        <v>1.3104897436790885</v>
       </c>
       <c r="E341" s="5">
-        <v>-12.982990159666786</v>
+        <v>-12.98386454363829</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>0.59731398700000005</v>
+        <v>0.5972629787</v>
       </c>
       <c r="C342" s="5">
-        <v>-2.2618873999999956E-2</v>
+        <v>-2.2644451100000018E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>-35.982852158963539</v>
+        <v>-36.016933308443491</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>0.59834547910000002</v>
+        <v>0.59827734710000002</v>
       </c>
       <c r="C343" s="5">
-        <v>1.0314920999999755E-3</v>
+        <v>1.0143684000000208E-3</v>
       </c>
       <c r="D343" s="5">
-        <v>2.0920568559638975</v>
+        <v>2.0571791374367265</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>0.59964008609999997</v>
+        <v>0.59955525170000001</v>
       </c>
       <c r="C344" s="5">
-        <v>1.2946069999999477E-3</v>
+        <v>1.2779045999999905E-3</v>
       </c>
       <c r="D344" s="5">
-        <v>2.6274944768688302</v>
+        <v>2.5934954372275776</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>0.60245882740000001</v>
+        <v>0.60230223049999998</v>
       </c>
       <c r="C345" s="5">
-        <v>2.8187413000000383E-3</v>
+        <v>2.7469787999999662E-3</v>
       </c>
       <c r="D345" s="5">
-        <v>5.789014612737553</v>
+        <v>5.6387175848155779</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>0.60464868849999998</v>
+        <v>0.60452127580000004</v>
       </c>
       <c r="C346" s="5">
-        <v>2.1898610999999679E-3</v>
+        <v>2.2190453000000554E-3</v>
       </c>
       <c r="D346" s="5">
-        <v>4.4501135665858005</v>
+        <v>4.5118233844086086</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>0.68068216839999995</v>
+        <v>0.68098437680000001</v>
       </c>
       <c r="C347" s="5">
-        <v>7.6033479899999978E-2</v>
+        <v>7.6463100999999978E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>314.2810818661622</v>
+        <v>317.54827916877446</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>0.7034364568</v>
+        <v>0.70339504109999995</v>
       </c>
       <c r="C348" s="5">
-        <v>2.2754288400000044E-2</v>
+        <v>2.2410664299999938E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>48.376795435566677</v>
+        <v>47.484318578329201</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>0.70559169560000001</v>
+        <v>0.70556282130000003</v>
       </c>
       <c r="C349" s="5">
-        <v>2.1552388000000144E-3</v>
+        <v>2.1677802000000801E-3</v>
       </c>
       <c r="D349" s="5">
-        <v>3.7392389754976829</v>
+        <v>3.7615930853100776</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>0.5873950671</v>
+        <v>0.58775749769999996</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.11819662850000001</v>
+        <v>-0.11780532360000007</v>
       </c>
       <c r="D350" s="5">
-        <v>-88.920452819563351</v>
+        <v>-88.832656451736099</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>0.58060713539999997</v>
+        <v>0.58059401769999996</v>
       </c>
       <c r="C351" s="5">
-        <v>-6.7879317000000272E-3</v>
+        <v>-7.1634799999999998E-3</v>
       </c>
       <c r="D351" s="5">
-        <v>-13.018902052287451</v>
+        <v>-13.683753782288532</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>0.62454752629999999</v>
+        <v>0.62456643889999996</v>
       </c>
       <c r="C352" s="5">
-        <v>4.3940390900000015E-2</v>
+        <v>4.39724212E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>139.99239779642116</v>
+        <v>140.14472115900651</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>0.62410742320000001</v>
+        <v>0.62410475710000002</v>
       </c>
       <c r="C353" s="5">
-        <v>-4.4010309999997776E-4</v>
+        <v>-4.6168179999994674E-4</v>
       </c>
       <c r="D353" s="5">
-        <v>-0.84234048185205523</v>
+        <v>-0.88344688255229675</v>
       </c>
       <c r="E353" s="5">
-        <v>0.67338940434067407</v>
+        <v>0.67708936822294952</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>0.69247982990000001</v>
+        <v>0.69242001350000004</v>
       </c>
       <c r="C354" s="5">
-        <v>6.8372406699999999E-2</v>
+        <v>6.8315256400000024E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>248.15557910151017</v>
+        <v>247.81269567387719</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>0.69430245180000005</v>
+        <v>0.69420072290000001</v>
       </c>
       <c r="C355" s="5">
-        <v>1.8226219000000432E-3</v>
+        <v>1.780709399999969E-3</v>
       </c>
       <c r="D355" s="5">
-        <v>3.2045512436122969</v>
+        <v>3.1300892967108362</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>0.69637876229999995</v>
+        <v>0.69622629469999997</v>
       </c>
       <c r="C356" s="5">
-        <v>2.0763104999999005E-3</v>
+        <v>2.025571799999959E-3</v>
       </c>
       <c r="D356" s="5">
-        <v>3.6482149943533937</v>
+        <v>3.5581583567787067</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>0.70060348589999999</v>
+        <v>0.70016281309999995</v>
       </c>
       <c r="C357" s="5">
-        <v>4.2247236000000354E-3</v>
+        <v>3.9365183999999775E-3</v>
       </c>
       <c r="D357" s="5">
-        <v>7.5279366781492385</v>
+        <v>6.9999151056183928</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>0.70547104559999996</v>
+        <v>0.70520145739999995</v>
       </c>
       <c r="C358" s="5">
-        <v>4.8675596999999682E-3</v>
+        <v>5.0386443000000058E-3</v>
       </c>
       <c r="D358" s="5">
-        <v>8.6632775160388356</v>
+        <v>8.9858017231215559</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>0.77790994479999998</v>
+        <v>0.77861052720000001</v>
       </c>
       <c r="C359" s="5">
-        <v>7.2438899200000018E-2</v>
+        <v>7.340906980000006E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>223.14806238531335</v>
+        <v>228.15939447613562</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>0.70837737560000003</v>
+        <v>0.70826306780000003</v>
       </c>
       <c r="C360" s="5">
-        <v>-6.953256919999995E-2</v>
+        <v>-7.0347459399999979E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>-67.48945106233235</v>
+        <v>-67.90097071711871</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>0.71209098240000002</v>
+        <v>0.71200300760000002</v>
       </c>
       <c r="C361" s="5">
-        <v>3.7136067999999911E-3</v>
+        <v>3.7399397999999806E-3</v>
       </c>
       <c r="D361" s="5">
-        <v>6.4754901579817004</v>
+        <v>6.5238325869222402</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>0.78501367339999994</v>
+        <v>0.78570283070000002</v>
       </c>
       <c r="C362" s="5">
-        <v>7.2922690999999928E-2</v>
+        <v>7.3699823100000006E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>222.18166628676008</v>
+        <v>226.07527990486901</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>0.77467014280000002</v>
+        <v>0.77464823260000004</v>
       </c>
       <c r="C363" s="5">
-        <v>-1.0343530599999928E-2</v>
+        <v>-1.1054598099999979E-2</v>
       </c>
       <c r="D363" s="5">
-        <v>-14.714508425830243</v>
+        <v>-15.636498169260161</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>0.72357265839999996</v>
+        <v>0.72363815340000004</v>
       </c>
       <c r="C364" s="5">
-        <v>-5.1097484400000059E-2</v>
+        <v>-5.1010079200000003E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>-55.905546887092505</v>
+        <v>-55.842643283622294</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>0.72464818389999996</v>
+        <v>0.72470710940000005</v>
       </c>
       <c r="C365" s="5">
-        <v>1.0755255000000075E-3</v>
+        <v>1.0689560000000098E-3</v>
       </c>
       <c r="D365" s="5">
-        <v>1.7983464013984429</v>
+        <v>1.7871092994782511</v>
       </c>
       <c r="E365" s="5">
-        <v>16.109528097662263</v>
+        <v>16.119465707562398</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>0.78901238559999998</v>
+        <v>0.7890229084</v>
       </c>
       <c r="C366" s="5">
-        <v>6.4364201700000012E-2</v>
+        <v>6.4315798999999951E-2</v>
       </c>
       <c r="D366" s="5">
-        <v>177.63828320539946</v>
+        <v>177.41190226448796</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>0.79215007640000001</v>
+        <v>0.79213056370000001</v>
       </c>
       <c r="C367" s="5">
-        <v>3.137690800000037E-3</v>
+        <v>3.1076553000000118E-3</v>
       </c>
       <c r="D367" s="5">
-        <v>4.8778494498157077</v>
+        <v>4.8300744619822256</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>0.79544843990000003</v>
+        <v>0.79538913190000005</v>
       </c>
       <c r="C368" s="5">
-        <v>3.2983635000000122E-3</v>
+        <v>3.2585682000000338E-3</v>
       </c>
       <c r="D368" s="5">
-        <v>5.1126031421651064</v>
+        <v>5.0496438763599993</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>0.69939495750000003</v>
+        <v>0.69809320789999996</v>
       </c>
       <c r="C369" s="5">
-        <v>-9.6053482400000001E-2</v>
+        <v>-9.7295924000000089E-2</v>
       </c>
       <c r="D369" s="5">
-        <v>-78.653555484419229</v>
+        <v>-79.106792370030959</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>0.80571732200000001</v>
+        <v>0.80526232060000003</v>
       </c>
       <c r="C370" s="5">
-        <v>0.10632236449999999</v>
+        <v>0.10716911270000007</v>
       </c>
       <c r="D370" s="5">
-        <v>446.41478902951343</v>
+        <v>454.99310651174784</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>0.78094853440000001</v>
+        <v>0.78212847569999999</v>
       </c>
       <c r="C371" s="5">
-        <v>-2.4768787600000008E-2</v>
+        <v>-2.3133844900000033E-2</v>
       </c>
       <c r="D371" s="5">
-        <v>-31.24938878445619</v>
+        <v>-29.516309439448907</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>0.71313916879999995</v>
+        <v>0.71305747909999995</v>
       </c>
       <c r="C372" s="5">
-        <v>-6.780936560000006E-2</v>
+        <v>-6.9070996600000045E-2</v>
       </c>
       <c r="D372" s="5">
-        <v>-66.378079605950973</v>
+        <v>-67.027088411503129</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>0.71694266740000001</v>
+        <v>0.71677015690000001</v>
       </c>
       <c r="C373" s="5">
-        <v>3.8034986000000659E-3</v>
+        <v>3.7126778000000638E-3</v>
       </c>
       <c r="D373" s="5">
-        <v>6.5912712414010644</v>
+        <v>6.4301087536385193</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>0.68841626300000003</v>
+        <v>0.68921418440000004</v>
       </c>
       <c r="C374" s="5">
-        <v>-2.8526404399999983E-2</v>
+        <v>-2.755597249999997E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>-38.567197237740828</v>
+        <v>-37.527123484612844</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>0.77680239790000005</v>
+        <v>0.77687972289999996</v>
       </c>
       <c r="C375" s="5">
-        <v>8.8386134900000024E-2</v>
+        <v>8.7665538499999918E-2</v>
       </c>
       <c r="D375" s="5">
-        <v>326.10166649490901</v>
+        <v>320.72173803013857</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>0.81719795049999999</v>
+        <v>0.81739591410000001</v>
       </c>
       <c r="C376" s="5">
-        <v>4.039555259999994E-2</v>
+        <v>4.0516191200000051E-2</v>
       </c>
       <c r="D376" s="5">
-        <v>83.738655868379936</v>
+        <v>84.053514742419395</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>0.8193518541</v>
+        <v>0.81953021550000005</v>
       </c>
       <c r="C377" s="5">
-        <v>2.1539036000000067E-3</v>
+        <v>2.1343014000000382E-3</v>
       </c>
       <c r="D377" s="5">
-        <v>3.209117470144629</v>
+        <v>3.1787101027572762</v>
       </c>
       <c r="E377" s="5">
-        <v>13.068917069565034</v>
+        <v>13.084335018943861</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>0.78945900729999996</v>
+        <v>0.78954796329999999</v>
       </c>
       <c r="C378" s="5">
-        <v>-2.9892846800000039E-2</v>
+        <v>-2.9982252200000059E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>-35.98087701833478</v>
+        <v>-36.061481821970908</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>0.79320985870000005</v>
+        <v>0.79323756820000002</v>
       </c>
       <c r="C379" s="5">
-        <v>3.7508514000000881E-3</v>
+        <v>3.6896049000000319E-3</v>
       </c>
       <c r="D379" s="5">
-        <v>5.8527707221557534</v>
+        <v>5.7540681004704552</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>0.79684649890000003</v>
+        <v>0.79680941900000002</v>
       </c>
       <c r="C380" s="5">
-        <v>3.6366401999999853E-3</v>
+        <v>3.5718507999999982E-3</v>
       </c>
       <c r="D380" s="5">
-        <v>5.6425280935754607</v>
+        <v>5.539301805467578</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>0.79891600770000004</v>
+        <v>0.79633691829999997</v>
       </c>
       <c r="C381" s="5">
-        <v>2.0695088000000084E-3</v>
+        <v>-4.7250070000004474E-4</v>
       </c>
       <c r="D381" s="5">
-        <v>3.1614532338906542</v>
+        <v>-0.70927279749621874</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>0.80510576280000001</v>
+        <v>0.80440425390000003</v>
       </c>
       <c r="C382" s="5">
-        <v>6.1897550999999718E-3</v>
+        <v>8.0673356000000584E-3</v>
       </c>
       <c r="D382" s="5">
-        <v>9.7038188258518954</v>
+        <v>12.857415723169119</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>0.78396379439999997</v>
+        <v>0.78570993580000004</v>
       </c>
       <c r="C383" s="5">
-        <v>-2.1141968400000044E-2</v>
+        <v>-1.8694318099999996E-2</v>
       </c>
       <c r="D383" s="5">
-        <v>-27.336409819227868</v>
+        <v>-24.585537825784488</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>0.81792900810000002</v>
+        <v>0.81786613480000003</v>
       </c>
       <c r="C384" s="5">
-        <v>3.3965213700000052E-2</v>
+        <v>3.2156198999999996E-2</v>
       </c>
       <c r="D384" s="5">
-        <v>66.354768912711563</v>
+        <v>61.822821312201228</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>0.82166723529999997</v>
+        <v>0.82141615020000003</v>
       </c>
       <c r="C385" s="5">
-        <v>3.7382271999999439E-3</v>
+        <v>3.550015399999995E-3</v>
       </c>
       <c r="D385" s="5">
-        <v>5.62441172570598</v>
+        <v>5.334864124172678</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>0.79096744090000004</v>
+        <v>0.79211335589999998</v>
       </c>
       <c r="C386" s="5">
-        <v>-3.0699794399999925E-2</v>
+        <v>-2.9302794300000046E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>-36.678433926793886</v>
+        <v>-35.332036715493018</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>0.78114672080000003</v>
+        <v>0.78140979850000003</v>
       </c>
       <c r="C387" s="5">
-        <v>-9.8207201000000133E-3</v>
+        <v>-1.0703557399999952E-2</v>
       </c>
       <c r="D387" s="5">
-        <v>-13.922808820242816</v>
+        <v>-15.062749024250866</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>0.80453976959999995</v>
+        <v>0.80494236360000004</v>
       </c>
       <c r="C388" s="5">
-        <v>2.3393048799999927E-2</v>
+        <v>2.3532565100000014E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>42.488178232550311</v>
+        <v>42.768100846793985</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>0.80880398789999997</v>
+        <v>0.80917342660000002</v>
       </c>
       <c r="C389" s="5">
-        <v>4.2642183000000111E-3</v>
+        <v>4.2310629999999794E-3</v>
       </c>
       <c r="D389" s="5">
-        <v>6.5489577001405674</v>
+        <v>6.493212606253862</v>
       </c>
       <c r="E389" s="5">
-        <v>-1.2873426901054752</v>
+        <v>-1.2637470472862677</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>0.79197688180000003</v>
+        <v>0.79221953479999996</v>
       </c>
       <c r="C390" s="5">
-        <v>-1.6827106099999933E-2</v>
+        <v>-1.6953891800000065E-2</v>
       </c>
       <c r="D390" s="5">
-        <v>-22.298277408218347</v>
+        <v>-22.438317436609378</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>0.79618636710000001</v>
+        <v>0.79631898820000002</v>
       </c>
       <c r="C391" s="5">
-        <v>4.2094852999999821E-3</v>
+        <v>4.0994534000000638E-3</v>
       </c>
       <c r="D391" s="5">
-        <v>6.5679937754897999</v>
+        <v>6.3893836777682678</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>0.80045966599999996</v>
+        <v>0.80047396319999997</v>
       </c>
       <c r="C392" s="5">
-        <v>4.2732988999999444E-3</v>
+        <v>4.1549749999999497E-3</v>
       </c>
       <c r="D392" s="5">
-        <v>6.6342198917274109</v>
+        <v>6.4441172361251242</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>0.9001537356</v>
+        <v>0.89541983329999997</v>
       </c>
       <c r="C393" s="5">
-        <v>9.9694069600000046E-2</v>
+        <v>9.4945870099999996E-2</v>
       </c>
       <c r="D393" s="5">
-        <v>309.00330509421423</v>
+        <v>283.84332458528286</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>0.80438155950000001</v>
+        <v>0.80302221600000001</v>
       </c>
       <c r="C394" s="5">
-        <v>-9.5772176099999995E-2</v>
+        <v>-9.2397617299999957E-2</v>
       </c>
       <c r="D394" s="5">
-        <v>-74.073433144672208</v>
+        <v>-72.934864289212371</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>0.78661286900000005</v>
+        <v>0.78912213980000001</v>
       </c>
       <c r="C395" s="5">
-        <v>-1.7768690499999962E-2</v>
+        <v>-1.39000762E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>-23.513058216366424</v>
+        <v>-18.903891651997164</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>0.81734534979999995</v>
+        <v>0.81753059650000004</v>
       </c>
       <c r="C396" s="5">
-        <v>3.0732480799999906E-2</v>
+        <v>2.8408456700000029E-2</v>
       </c>
       <c r="D396" s="5">
-        <v>58.39249022062809</v>
+        <v>52.868303280628815</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>0.81799821800000005</v>
+        <v>0.81786182009999997</v>
       </c>
       <c r="C397" s="5">
-        <v>6.5286820000010071E-4</v>
+        <v>3.3122359999993023E-4</v>
       </c>
       <c r="D397" s="5">
-        <v>0.96274218772554043</v>
+        <v>0.48726642208343218</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>0.89368299949999996</v>
+        <v>0.89512733170000003</v>
       </c>
       <c r="C398" s="5">
-        <v>7.5684781499999909E-2</v>
+        <v>7.7265511600000059E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>189.18360443078632</v>
+        <v>195.43272487227659</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>0.88290968650000001</v>
+        <v>0.88359398509999998</v>
       </c>
       <c r="C399" s="5">
-        <v>-1.0773312999999951E-2</v>
+        <v>-1.153334660000005E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>-13.544341873625543</v>
+        <v>-14.411543632221424</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>0.89704735170000005</v>
+        <v>0.89785696510000002</v>
       </c>
       <c r="C400" s="5">
-        <v>1.4137665200000038E-2</v>
+        <v>1.4262980000000036E-2</v>
       </c>
       <c r="D400" s="5">
-        <v>21.001023058561998</v>
+        <v>21.1861148077511</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>0.90187705419999997</v>
+        <v>0.90260084819999997</v>
       </c>
       <c r="C401" s="5">
-        <v>4.8297024999999216E-3</v>
+        <v>4.7438830999999571E-3</v>
       </c>
       <c r="D401" s="5">
-        <v>6.6555920432321614</v>
+        <v>6.5278042213850362</v>
       </c>
       <c r="E401" s="5">
-        <v>11.507493495631426</v>
+        <v>11.546031855317462</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>0.8953816148</v>
+        <v>0.89587156530000001</v>
       </c>
       <c r="C402" s="5">
-        <v>-6.4954393999999693E-3</v>
+        <v>-6.7292828999999665E-3</v>
       </c>
       <c r="D402" s="5">
-        <v>-8.3083010577160721</v>
+        <v>-8.5886376451151047</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>0.89932710910000002</v>
+        <v>0.8995682519</v>
       </c>
       <c r="C403" s="5">
-        <v>3.9454943000000187E-3</v>
+        <v>3.6966865999999987E-3</v>
       </c>
       <c r="D403" s="5">
-        <v>5.4178482282180696</v>
+        <v>5.065566538775812</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>0.90370520229999995</v>
+        <v>0.90372275580000005</v>
       </c>
       <c r="C404" s="5">
-        <v>4.3780931999999328E-3</v>
+        <v>4.1545039000000505E-3</v>
       </c>
       <c r="D404" s="5">
-        <v>6.0008065534745691</v>
+        <v>5.6849581944318661</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>0.9017353468</v>
+        <v>0.89556095579999995</v>
       </c>
       <c r="C405" s="5">
-        <v>-1.9698554999999507E-3</v>
+        <v>-8.1618000000001079E-3</v>
       </c>
       <c r="D405" s="5">
-        <v>-2.5845733827676187</v>
+        <v>-10.31512682986957</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>1.0058767064</v>
+        <v>1.0026723076999999</v>
       </c>
       <c r="C406" s="5">
-        <v>0.10414135960000004</v>
+        <v>0.10711135189999998</v>
       </c>
       <c r="D406" s="5">
-        <v>271.18283791865349</v>
+        <v>287.94167130486079</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>0.98127235430000004</v>
+        <v>0.98502350360000002</v>
       </c>
       <c r="C407" s="5">
-        <v>-2.4604352100000004E-2</v>
+        <v>-1.7648804099999915E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>-25.708735757913249</v>
+        <v>-19.192648450272966</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>0.91708745270000003</v>
+        <v>0.91751439010000002</v>
       </c>
       <c r="C408" s="5">
-        <v>-6.4184901600000011E-2</v>
+        <v>-6.7509113499999995E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>-55.592711373540816</v>
+        <v>-57.34249084113663</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>1.0176112675</v>
+        <v>1.017671964</v>
       </c>
       <c r="C409" s="5">
-        <v>0.10052381479999994</v>
+        <v>0.10015757390000002</v>
       </c>
       <c r="D409" s="5">
-        <v>248.38052187094434</v>
+        <v>246.68824025186123</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>0.99706850179999995</v>
+        <v>0.99897523789999998</v>
       </c>
       <c r="C410" s="5">
-        <v>-2.0542765700000021E-2</v>
+        <v>-1.8696726100000061E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>-21.708056065287508</v>
+        <v>-19.949701340966865</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>0.98343637299999997</v>
+        <v>0.98463964729999998</v>
       </c>
       <c r="C411" s="5">
-        <v>-1.3632128799999976E-2</v>
+        <v>-1.4335590600000003E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>-15.227451063658071</v>
+        <v>-15.924172858705921</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>0.99297637230000002</v>
+        <v>0.99429062010000002</v>
       </c>
       <c r="C412" s="5">
-        <v>9.539999300000046E-3</v>
+        <v>9.6509728000000461E-3</v>
       </c>
       <c r="D412" s="5">
-        <v>12.282422263716164</v>
+        <v>12.41707492247015</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>0.99989058350000004</v>
+        <v>1.0010700052999999</v>
       </c>
       <c r="C413" s="5">
-        <v>6.91421120000002E-3</v>
+        <v>6.7793851999998767E-3</v>
       </c>
       <c r="D413" s="5">
-        <v>8.6832871144927779</v>
+        <v>8.4958879915329355</v>
       </c>
       <c r="E413" s="5">
-        <v>10.867726243123222</v>
+        <v>10.909490867017336</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>0.99692307290000004</v>
+        <v>0.99778886470000006</v>
       </c>
       <c r="C414" s="5">
-        <v>-2.9675106000000007E-3</v>
+        <v>-3.2811405999998433E-3</v>
       </c>
       <c r="D414" s="5">
-        <v>-3.5038405651532267</v>
+        <v>-3.8630261642012997</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>1.0014951609</v>
+        <v>1.0020202898999999</v>
       </c>
       <c r="C415" s="5">
-        <v>4.5720879999999742E-3</v>
+        <v>4.2314251999998609E-3</v>
       </c>
       <c r="D415" s="5">
-        <v>5.6444028027069937</v>
+        <v>5.2093537078851782</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>1.0069164336</v>
+        <v>1.0071868632000001</v>
       </c>
       <c r="C416" s="5">
-        <v>5.4212727000000349E-3</v>
+        <v>5.1665733000001435E-3</v>
       </c>
       <c r="D416" s="5">
-        <v>6.6927440128952354</v>
+        <v>6.3659059697521947</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>1.0038371992999999</v>
+        <v>0.99533218229999998</v>
       </c>
       <c r="C417" s="5">
-        <v>-3.0792343000001221E-3</v>
+        <v>-1.1854680900000081E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>-3.6086024261670291</v>
+        <v>-13.244717968412512</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>1.0060751346000001</v>
+        <v>1.0012011541000001</v>
       </c>
       <c r="C418" s="5">
-        <v>2.2379353000001601E-3</v>
+        <v>5.8689718000001223E-3</v>
       </c>
       <c r="D418" s="5">
-        <v>2.7083047740972699</v>
+        <v>7.3098385338962402</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>1.0751803225000001</v>
+        <v>1.0794645168999999</v>
       </c>
       <c r="C419" s="5">
-        <v>6.9105187899999976E-2</v>
+        <v>7.8263362799999792E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>121.92728740885622</v>
+        <v>146.74272445855743</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>1.0173108441000001</v>
+        <v>1.0182278166000001</v>
       </c>
       <c r="C420" s="5">
-        <v>-5.7869478400000007E-2</v>
+        <v>-6.1236700299999836E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>-48.516460517023141</v>
+        <v>-50.382025456342014</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>1.0134625626</v>
+        <v>1.0138182552999999</v>
       </c>
       <c r="C421" s="5">
-        <v>-3.8482815000000503E-3</v>
+        <v>-4.4095613000001421E-3</v>
       </c>
       <c r="D421" s="5">
-        <v>-4.4460953717391121</v>
+        <v>-5.0747393099607185</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>0.99794616020000004</v>
+        <v>1.0001059929</v>
       </c>
       <c r="C422" s="5">
-        <v>-1.5516402399999962E-2</v>
+        <v>-1.3712262399999897E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>-16.901571217893196</v>
+        <v>-15.075876851327196</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>1.0136956697999999</v>
+        <v>1.0154357985</v>
       </c>
       <c r="C423" s="5">
-        <v>1.5749509599999878E-2</v>
+        <v>1.5329805599999968E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>20.671790923469089</v>
+        <v>20.026539433879332</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>1.0125839256</v>
+        <v>1.0143660218999999</v>
       </c>
       <c r="C424" s="5">
-        <v>-1.1117441999999311E-3</v>
+        <v>-1.0697766000000719E-3</v>
       </c>
       <c r="D424" s="5">
-        <v>-1.3081590478012717</v>
+        <v>-1.2569180775639732</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>1.0168657617000001</v>
+        <v>1.0183960194999999</v>
       </c>
       <c r="C425" s="5">
-        <v>4.2818361000001026E-3</v>
+        <v>4.0299976000000015E-3</v>
       </c>
       <c r="D425" s="5">
-        <v>5.1940438135387179</v>
+        <v>4.8730741677743383</v>
       </c>
       <c r="E425" s="5">
-        <v>1.6977035767834048</v>
+        <v>1.7307495088525471</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>1.053051443</v>
+        <v>1.0541670727000001</v>
       </c>
       <c r="C426" s="5">
-        <v>3.6185681299999883E-2</v>
+        <v>3.577105320000018E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>52.13584624312395</v>
+        <v>51.325822426272502</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>1.0658089714000001</v>
+        <v>1.0664614269999999</v>
       </c>
       <c r="C427" s="5">
-        <v>1.2757528400000107E-2</v>
+        <v>1.229435429999981E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>15.546663104386882</v>
+        <v>14.928691779954084</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>1.0689478626</v>
+        <v>1.0693228984000001</v>
       </c>
       <c r="C428" s="5">
-        <v>3.1388911999998825E-3</v>
+        <v>2.8614714000001484E-3</v>
       </c>
       <c r="D428" s="5">
-        <v>3.591905060006928</v>
+        <v>3.267717580628382</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>1.0706336338</v>
+        <v>1.0788297829</v>
       </c>
       <c r="C429" s="5">
-        <v>1.6857712000000191E-3</v>
+        <v>9.5068844999999236E-3</v>
       </c>
       <c r="D429" s="5">
-        <v>1.9089464894461505</v>
+        <v>11.20612962379921</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>1.0720010408</v>
+        <v>1.0783406093000001</v>
       </c>
       <c r="C430" s="5">
-        <v>1.3674070000000427E-3</v>
+        <v>-4.8917359999989252E-4</v>
       </c>
       <c r="D430" s="5">
-        <v>1.5434450151223578</v>
+        <v>-0.54276088841854753</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>1.0739897324000001</v>
+        <v>1.0572919294000001</v>
       </c>
       <c r="C431" s="5">
-        <v>1.9886916000000365E-3</v>
+        <v>-2.1048679900000034E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>2.2489999227154112</v>
+        <v>-21.065388125554019</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>1.0757333381</v>
+        <v>1.0589005354000001</v>
       </c>
       <c r="C432" s="5">
-        <v>1.7436056999999838E-3</v>
+        <v>1.6086060000000124E-3</v>
       </c>
       <c r="D432" s="5">
-        <v>1.9656715344463338</v>
+        <v>1.8410830223027919</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1.0771256847999999</v>
+        <v>1.0601887216999999</v>
       </c>
       <c r="C433" s="5">
-        <v>1.3923466999998801E-3</v>
+        <v>1.2881862999998273E-3</v>
       </c>
       <c r="D433" s="5">
-        <v>1.5642925760483539</v>
+        <v>1.4696456893592336</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>1.0603735134000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>1.8479170000018641E-4</v>
+      </c>
+      <c r="D434" s="5">
+        <v>0.20936154159987286</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>1.0601149886000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-2.5852479999999289E-4</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-0.29217450045280202</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>1.0619302640999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>1.8152754999998244E-3</v>
+      </c>
+      <c r="D436" s="5">
+        <v>2.0742687224715395</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">