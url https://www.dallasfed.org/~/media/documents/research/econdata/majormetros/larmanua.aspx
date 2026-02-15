--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{239B5E34-4735-4D0A-9EC9-A9E17DED3629}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9D2C4DA8-E264-4304-90F3-64D1CD32B886}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{E57289C2-7129-413C-988D-7393A6EBBB01}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{9ED309DB-8235-4DAE-AF39-5C8B7B1C0FCA}"/>
   </bookViews>
   <sheets>
     <sheet name="larmanua" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Manufacturing Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{93E6484F-613B-470A-A2D0-3C5BE33E2271}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7138DE62-E947-458C-BACB-54E8A02F3D8A}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>1.0572919294000001</v>
       </c>
       <c r="C431" s="5">
         <v>-2.1048679900000034E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-21.065388125554019</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>1.0589005354000001</v>
       </c>
       <c r="C432" s="5">
         <v>1.6086060000000124E-3</v>
       </c>
       <c r="D432" s="5">
         <v>1.8410830223027919</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>1.0601887216999999</v>
       </c>
       <c r="C433" s="5">
         <v>1.2881862999998273E-3</v>
       </c>
       <c r="D433" s="5">
         <v>1.4696456893592336</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>1.0603735134000001</v>
       </c>
       <c r="C434" s="5">
         <v>1.8479170000018641E-4</v>
       </c>
       <c r="D434" s="5">
         <v>0.20936154159987286</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>1.0601149886000001</v>
       </c>
       <c r="C435" s="5">
         <v>-2.5852479999999289E-4</v>
       </c>
       <c r="D435" s="5">
         <v>-0.29217450045280202</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>1.0619302640999999</v>
+        <v>1.0617543691</v>
       </c>
       <c r="C436" s="5">
-        <v>1.8152754999998244E-3</v>
+        <v>1.6393804999998984E-3</v>
       </c>
       <c r="D436" s="5">
-        <v>2.0742687224715395</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>1.8715660782780086</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>1.0596239701000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-2.130398999999894E-3</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-2.3813927258248491</v>
+      </c>
+      <c r="E437" s="5">
+        <v>4.0483220486507543</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>