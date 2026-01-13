--- v0 (2025-10-10)
+++ v1 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{FFCE3BE7-22D5-4CCE-9E68-EC1069528C1E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D4B8A054-F9FD-40B8-B43F-50E8833C1E3E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{623831CD-9A46-4610-9E53-CB5B27D6BD9D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{921384FF-3B4A-4E45-A5D4-1755C6457BFF}"/>
   </bookViews>
   <sheets>
     <sheet name="larnrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D707A41E-EA4C-475A-81A0-0127639C89F0}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E3FC8638-B0F4-4D35-A5F8-9154621DA74E}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -2830,74 +2829,74 @@
         <v>-0.10966247780000016</v>
       </c>
       <c r="D135" s="5">
         <v>-32.509350316099251</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
         <v>3.2272388386999999</v>
       </c>
       <c r="C136" s="5">
         <v>-6.5159455599999916E-2</v>
       </c>
       <c r="D136" s="5">
         <v>-21.327151745481988</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>3.1841079508000001</v>
+        <v>3.1841079507000001</v>
       </c>
       <c r="C137" s="5">
-        <v>-4.3130887899999859E-2</v>
+        <v>-4.3130887999999867E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>-14.909689468252086</v>
+        <v>-14.909689500320178</v>
       </c>
       <c r="E137" s="5">
-        <v>-8.0705327311697097</v>
+        <v>-8.0705327340568456</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
         <v>3.3355580728000001</v>
       </c>
       <c r="C138" s="5">
-        <v>0.15145012199999996</v>
+        <v>0.15145012209999997</v>
       </c>
       <c r="D138" s="5">
-        <v>74.650034679562111</v>
+        <v>74.65003474538257</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
         <v>3.3004169354999999</v>
       </c>
       <c r="C139" s="5">
         <v>-3.5141137300000125E-2</v>
       </c>
       <c r="D139" s="5">
         <v>-11.934945370915063</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
         <v>3.3924071562</v>
       </c>
       <c r="C140" s="5">
         <v>9.1990220700000069E-2</v>
@@ -3001,74 +3000,74 @@
         <v>-7.0441408800000271E-2</v>
       </c>
       <c r="D147" s="5">
         <v>-21.208618215441888</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
         <v>3.5406993775000002</v>
       </c>
       <c r="C148" s="5">
         <v>2.9597611300000271E-2</v>
       </c>
       <c r="D148" s="5">
         <v>10.598095367389337</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>3.7072632317999998</v>
+        <v>3.7072632316999998</v>
       </c>
       <c r="C149" s="5">
-        <v>0.16656385429999965</v>
+        <v>0.16656385419999964</v>
       </c>
       <c r="D149" s="5">
-        <v>73.609078373085396</v>
+        <v>73.609078316889722</v>
       </c>
       <c r="E149" s="5">
-        <v>16.430199260943979</v>
+        <v>16.430199261459965</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
         <v>3.6586507258999998</v>
       </c>
       <c r="C150" s="5">
-        <v>-4.8612505899999991E-2</v>
+        <v>-4.8612505799999983E-2</v>
       </c>
       <c r="D150" s="5">
-        <v>-14.648662713708294</v>
+        <v>-14.648662686081016</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
         <v>3.8096623254000002</v>
       </c>
       <c r="C151" s="5">
         <v>0.15101159950000032</v>
       </c>
       <c r="D151" s="5">
         <v>62.474938076799582</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
         <v>3.7969982942999998</v>
       </c>
       <c r="C152" s="5">
         <v>-1.2664031100000361E-2</v>
@@ -3130,3991 +3129,4018 @@
         <v>-1.3559326000000205E-2</v>
       </c>
       <c r="D156" s="5">
         <v>-4.168425768004413</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
         <v>3.8113897548</v>
       </c>
       <c r="C157" s="5">
         <v>-3.33924200000002E-3</v>
       </c>
       <c r="D157" s="5">
         <v>-1.0453834696578568</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>3.7833565791999999</v>
+        <v>3.7833565792999999</v>
       </c>
       <c r="C158" s="5">
-        <v>-2.8033175600000071E-2</v>
+        <v>-2.8033175500000063E-2</v>
       </c>
       <c r="D158" s="5">
-        <v>-8.4776936105313005</v>
+        <v>-8.477693581502276</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
         <v>3.7273177894999998</v>
       </c>
       <c r="C159" s="5">
-        <v>-5.6038789700000091E-2</v>
+        <v>-5.6038789800000099E-2</v>
       </c>
       <c r="D159" s="5">
-        <v>-16.395479123030967</v>
+        <v>-16.395479149548542</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>3.7492116740000001</v>
+        <v>3.7492116739000001</v>
       </c>
       <c r="C160" s="5">
-        <v>2.1893884500000294E-2</v>
+        <v>2.1893884400000285E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>7.2809133885400223</v>
+        <v>7.280913354202867</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>3.6219563455000001</v>
+        <v>3.6219563454000001</v>
       </c>
       <c r="C161" s="5">
         <v>-0.12725532849999999</v>
       </c>
       <c r="D161" s="5">
-        <v>-33.924720130651764</v>
+        <v>-33.924720131394778</v>
       </c>
       <c r="E161" s="5">
-        <v>-2.3010744305464459</v>
+        <v>-2.3010744306085185</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
         <v>3.6716340552000002</v>
       </c>
       <c r="C162" s="5">
-        <v>4.9677709700000072E-2</v>
+        <v>4.9677709800000081E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>17.759006693022393</v>
+        <v>17.759006732037431</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
         <v>3.6036785496000001</v>
       </c>
       <c r="C163" s="5">
         <v>-6.7955505600000077E-2</v>
       </c>
       <c r="D163" s="5">
         <v>-20.082872808379172</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
         <v>3.5961940826999998</v>
       </c>
       <c r="C164" s="5">
         <v>-7.4844669000002639E-3</v>
       </c>
       <c r="D164" s="5">
         <v>-2.4640027274509202</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>3.5377252546000002</v>
+        <v>3.5377252547000002</v>
       </c>
       <c r="C165" s="5">
-        <v>-5.8468828099999648E-2</v>
+        <v>-5.846882799999964E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>-17.856773517180692</v>
+        <v>-17.8567734893176</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>3.5258137365</v>
+        <v>3.5258137366</v>
       </c>
       <c r="C166" s="5">
         <v>-1.191151810000024E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>-3.9664103531635631</v>
+        <v>-3.9664103530535399</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>3.5187564403999998</v>
+        <v>3.5187564405999998</v>
       </c>
       <c r="C167" s="5">
-        <v>-7.0572961000001655E-3</v>
+        <v>-7.0572960000001572E-3</v>
       </c>
       <c r="D167" s="5">
-        <v>-2.3756624711045671</v>
+        <v>-2.3756624377451074</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
         <v>3.4307713598</v>
       </c>
       <c r="C168" s="5">
-        <v>-8.7985080599999765E-2</v>
+        <v>-8.7985080799999782E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>-26.204339207024276</v>
+        <v>-26.204339257357244</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
         <v>3.5203543459</v>
       </c>
       <c r="C169" s="5">
         <v>8.9582986099999928E-2</v>
       </c>
       <c r="D169" s="5">
         <v>36.249604704892469</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
         <v>3.5111406331000001</v>
       </c>
       <c r="C170" s="5">
         <v>-9.2137127999998292E-3</v>
       </c>
       <c r="D170" s="5">
         <v>-3.0959037783720667</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
         <v>3.6321865994999998</v>
       </c>
       <c r="C171" s="5">
         <v>0.12104596639999965</v>
       </c>
       <c r="D171" s="5">
         <v>50.18934538058042</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>3.5450821607999998</v>
+        <v>3.5450821605999998</v>
       </c>
       <c r="C172" s="5">
-        <v>-8.7104438699999953E-2</v>
+        <v>-8.710443889999997E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>-25.26950888834152</v>
+        <v>-25.269508938933662</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>3.5326669577000001</v>
+        <v>3.5326669576</v>
       </c>
       <c r="C173" s="5">
-        <v>-1.2415203099999772E-2</v>
+        <v>-1.2415202999999764E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>-4.1225010064907863</v>
+        <v>-4.1225009741505003</v>
       </c>
       <c r="E173" s="5">
-        <v>-2.4652253998294404</v>
+        <v>-2.4652253998974971</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>3.5645735949000001</v>
+        <v>3.5645735945000001</v>
       </c>
       <c r="C174" s="5">
-        <v>3.1906637200000088E-2</v>
+        <v>3.1906636900000063E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>11.393198227276024</v>
+        <v>11.393198115114389</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
         <v>3.5988809594000002</v>
       </c>
       <c r="C175" s="5">
-        <v>3.4307364500000048E-2</v>
+        <v>3.4307364900000081E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>12.180856653117722</v>
+        <v>12.180856804178998</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>3.5919938301999998</v>
+        <v>3.5919938302999999</v>
       </c>
       <c r="C176" s="5">
-        <v>-6.8871292000003415E-3</v>
+        <v>-6.8871291000003332E-3</v>
       </c>
       <c r="D176" s="5">
-        <v>-2.2724065960472051</v>
+        <v>-2.2724065633988322</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>3.7171836320999998</v>
+        <v>3.7171836322999998</v>
       </c>
       <c r="C177" s="5">
-        <v>0.12518980189999995</v>
+        <v>0.12518980199999996</v>
       </c>
       <c r="D177" s="5">
-        <v>50.848574138217217</v>
+        <v>50.848574185217664</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>3.7248263720999999</v>
+        <v>3.7248263721999999</v>
       </c>
       <c r="C178" s="5">
-        <v>7.6427400000000922E-3</v>
+        <v>7.642739900000084E-3</v>
       </c>
       <c r="D178" s="5">
-        <v>2.4953606785698357</v>
+        <v>2.4953606454137134</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>3.7106607386000001</v>
+        <v>3.7106607391000002</v>
       </c>
       <c r="C179" s="5">
-        <v>-1.4165633499999775E-2</v>
+        <v>-1.4165633099999742E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-4.4693819187253014</v>
+        <v>-4.4693817950322234</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
         <v>3.7356911478999999</v>
       </c>
       <c r="C180" s="5">
-        <v>2.5030409299999778E-2</v>
+        <v>2.5030408799999737E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>8.4018190797927375</v>
+        <v>8.4018189045109271</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>3.7266880770999999</v>
+        <v>3.7266880773</v>
       </c>
       <c r="C181" s="5">
-        <v>-9.0030707999999571E-3</v>
+        <v>-9.0030705999999405E-3</v>
       </c>
       <c r="D181" s="5">
-        <v>-2.8539900684801278</v>
+        <v>-2.8539900059177614</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>3.7340724256</v>
+        <v>3.7340724258</v>
       </c>
       <c r="C182" s="5">
         <v>7.3843485000000264E-3</v>
       </c>
       <c r="D182" s="5">
-        <v>2.4038581665964065</v>
+        <v>2.4038581664659775</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
         <v>3.8340100457999999</v>
       </c>
       <c r="C183" s="5">
-        <v>9.9937620199999966E-2</v>
+        <v>9.9937619999999949E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>37.292278015194725</v>
+        <v>37.292277926952998</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>3.8413168438</v>
+        <v>3.8413168434</v>
       </c>
       <c r="C184" s="5">
-        <v>7.3067980000001143E-3</v>
+        <v>7.3067976000000812E-3</v>
       </c>
       <c r="D184" s="5">
-        <v>2.3110659772696662</v>
+        <v>2.3110658494246428</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>3.8345173635999998</v>
+        <v>3.8345173630999998</v>
       </c>
       <c r="C185" s="5">
-        <v>-6.7994802000002075E-3</v>
+        <v>-6.7994803000002157E-3</v>
       </c>
       <c r="D185" s="5">
-        <v>-2.1035514100816388</v>
+        <v>-2.1035514409349032</v>
       </c>
       <c r="E185" s="5">
-        <v>8.5445474910129668</v>
+        <v>8.5445474799319641</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>3.7576838044</v>
+        <v>3.7576838034</v>
       </c>
       <c r="C186" s="5">
-        <v>-7.683355919999979E-2</v>
+        <v>-7.6833559699999832E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>-21.564207056311602</v>
+        <v>-21.564207184061747</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>3.6941204548000002</v>
+        <v>3.6941204544000001</v>
       </c>
       <c r="C187" s="5">
-        <v>-6.3563349599999874E-2</v>
+        <v>-6.3563348999999825E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>-18.512717736433014</v>
+        <v>-18.51271758208831</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>3.7882679947</v>
+        <v>3.7882679943999999</v>
       </c>
       <c r="C188" s="5">
-        <v>9.4147539899999799E-2</v>
+        <v>9.4147539999999807E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>35.255741276000506</v>
+        <v>35.255741323212916</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>3.8042309498</v>
+        <v>3.8042309495</v>
       </c>
       <c r="C189" s="5">
         <v>1.5962955100000009E-2</v>
       </c>
       <c r="D189" s="5">
-        <v>5.1753959805709515</v>
+        <v>5.1753959809903938</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>3.8263456331999999</v>
+        <v>3.8263456366000002</v>
       </c>
       <c r="C190" s="5">
-        <v>2.211468339999989E-2</v>
+        <v>2.2114687100000197E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>7.2032304451311147</v>
+        <v>7.2032316896782689</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>3.8028517946</v>
+        <v>3.8028517958000001</v>
       </c>
       <c r="C191" s="5">
-        <v>-2.3493838599999872E-2</v>
+        <v>-2.3493840800000054E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>-7.1242278300848731</v>
+        <v>-7.1242284687251134</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>3.9431901328999999</v>
+        <v>3.9431901296</v>
       </c>
       <c r="C192" s="5">
-        <v>0.14033833829999987</v>
+        <v>0.14033833379999994</v>
       </c>
       <c r="D192" s="5">
-        <v>54.475573695664806</v>
+        <v>54.475571559381606</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>3.9406190457000001</v>
+        <v>3.9406190471999998</v>
       </c>
       <c r="C193" s="5">
-        <v>-2.5710871999997664E-3</v>
+        <v>-2.5710824000002575E-3</v>
       </c>
       <c r="D193" s="5">
-        <v>-0.7796388454763159</v>
+        <v>-0.77963739582328495</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>3.9554281153000002</v>
+        <v>3.9554281167999998</v>
       </c>
       <c r="C194" s="5">
         <v>1.4809069600000058E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>4.6040572922105172</v>
+        <v>4.6040572904217036</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>3.9302802079000001</v>
+        <v>3.9302802087000002</v>
       </c>
       <c r="C195" s="5">
-        <v>-2.5147907400000058E-2</v>
+        <v>-2.5147908099999672E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>-7.3681755499318546</v>
+        <v>-7.3681757452120467</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>3.9328062555000001</v>
+        <v>3.9328062551</v>
       </c>
       <c r="C196" s="5">
-        <v>2.5260475999999699E-3</v>
+        <v>2.5260463999998706E-3</v>
       </c>
       <c r="D196" s="5">
-        <v>0.7739894428576477</v>
+        <v>0.77398907371484249</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>4.0316323184999998</v>
+        <v>4.0316323139000003</v>
       </c>
       <c r="C197" s="5">
-        <v>9.8826062999999742E-2</v>
+        <v>9.8826058800000283E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>34.69156264282185</v>
+        <v>34.691560963053661</v>
       </c>
       <c r="E197" s="5">
-        <v>5.140541460866932</v>
+        <v>5.1405413546137479</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>4.047227489</v>
+        <v>4.0472274877999999</v>
       </c>
       <c r="C198" s="5">
-        <v>1.5595170500000144E-2</v>
+        <v>1.5595173899999537E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>4.7418833356265511</v>
+        <v>4.7418843970527869</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>4.0928608947000003</v>
+        <v>4.0928608949000003</v>
       </c>
       <c r="C199" s="5">
-        <v>4.5633405700000296E-2</v>
+        <v>4.5633407100000412E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>14.401684387852654</v>
+        <v>14.401684861976705</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>4.0833511753999998</v>
+        <v>4.0833511739999997</v>
       </c>
       <c r="C200" s="5">
-        <v>-9.509719300000441E-3</v>
+        <v>-9.5097209000005734E-3</v>
       </c>
       <c r="D200" s="5">
-        <v>-2.7528311350847878</v>
+        <v>-2.7528315922102586</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>4.0972650055999997</v>
+        <v>4.0972650086</v>
       </c>
       <c r="C201" s="5">
-        <v>1.3913830199999921E-2</v>
+        <v>1.3913834600000285E-2</v>
       </c>
       <c r="D201" s="5">
-        <v>4.1664524650246504</v>
+        <v>4.1664538088362457</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>4.0309674678</v>
+        <v>4.0309674746999997</v>
       </c>
       <c r="C202" s="5">
-        <v>-6.6297537799999695E-2</v>
+        <v>-6.6297533900000261E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>-17.77897915533655</v>
+        <v>-17.778978188859405</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>4.1967185727</v>
+        <v>4.1967185723</v>
       </c>
       <c r="C203" s="5">
-        <v>0.1657511049</v>
+        <v>0.16575109760000029</v>
       </c>
       <c r="D203" s="5">
-        <v>62.183491087248385</v>
+        <v>62.183487570343999</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>4.0514868833</v>
+        <v>4.0514868728</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.14523168940000009</v>
+        <v>-0.14523169950000003</v>
       </c>
       <c r="D204" s="5">
-        <v>-34.467749300501936</v>
+        <v>-34.467751263582258</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>4.0544100778000001</v>
+        <v>4.0544100900000002</v>
       </c>
       <c r="C205" s="5">
-        <v>2.9231945000001147E-3</v>
+        <v>2.9232172000002166E-3</v>
       </c>
       <c r="D205" s="5">
-        <v>0.86925793338765711</v>
+        <v>0.86926471266184357</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>3.8702958566999999</v>
+        <v>3.8702958551000002</v>
       </c>
       <c r="C206" s="5">
-        <v>-0.1841142211000002</v>
+        <v>-0.18411423490000001</v>
       </c>
       <c r="D206" s="5">
-        <v>-42.747044869731546</v>
+        <v>-42.747047221092572</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>4.0323946270000004</v>
+        <v>4.0323946251000002</v>
       </c>
       <c r="C207" s="5">
-        <v>0.16209877030000053</v>
+        <v>0.16209877000000006</v>
       </c>
       <c r="D207" s="5">
-        <v>63.616217513643633</v>
+        <v>63.616217400200647</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>4.0301451502000001</v>
+        <v>4.0301451473999998</v>
       </c>
       <c r="C208" s="5">
-        <v>-2.2494768000003162E-3</v>
+        <v>-2.2494777000003907E-3</v>
       </c>
       <c r="D208" s="5">
-        <v>-0.66737153083277212</v>
+        <v>-0.66737179733821206</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>4.0203357315000003</v>
+        <v>4.0203357217000004</v>
       </c>
       <c r="C209" s="5">
-        <v>-9.809418699999739E-3</v>
+        <v>-9.80942569999943E-3</v>
       </c>
       <c r="D209" s="5">
-        <v>-2.8820279190515663</v>
+        <v>-2.8820299501883695</v>
       </c>
       <c r="E209" s="5">
-        <v>-0.28019884026037056</v>
+        <v>-0.28019896956009704</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>4.1357888648000003</v>
+        <v>4.1357888643000003</v>
       </c>
       <c r="C210" s="5">
-        <v>0.11545313329999995</v>
+        <v>0.11545314259999984</v>
       </c>
       <c r="D210" s="5">
-        <v>40.45993185420074</v>
+        <v>40.459935759062461</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>4.0903065777999998</v>
+        <v>4.0903065815000001</v>
       </c>
       <c r="C211" s="5">
-        <v>-4.5482287000000454E-2</v>
+        <v>-4.5482282800000107E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>-12.427043474805298</v>
+        <v>-12.427042397160159</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>4.1853838755000004</v>
+        <v>4.1853838775999996</v>
       </c>
       <c r="C212" s="5">
-        <v>9.5077297700000507E-2</v>
+        <v>9.5077296099999487E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>31.750792076819035</v>
+        <v>31.750791439938219</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>4.0914390829</v>
+        <v>4.0914390932</v>
       </c>
       <c r="C213" s="5">
-        <v>-9.3944792600000326E-2</v>
+        <v>-9.3944784399999648E-2</v>
       </c>
       <c r="D213" s="5">
-        <v>-23.846562687320084</v>
+        <v>-23.846560845285037</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>4.1293428812000004</v>
+        <v>4.1293428934999996</v>
       </c>
       <c r="C214" s="5">
-        <v>3.7903798300000346E-2</v>
+        <v>3.7903800299999624E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>11.701313769367673</v>
+        <v>11.701314387608308</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>4.1908061119999998</v>
+        <v>4.1908061083000003</v>
       </c>
       <c r="C215" s="5">
-        <v>6.146323079999938E-2</v>
+        <v>6.1463214800000721E-2</v>
       </c>
       <c r="D215" s="5">
-        <v>19.398664688443134</v>
+        <v>19.398659155652066</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>4.1626745137999999</v>
+        <v>4.1626744913999998</v>
       </c>
       <c r="C216" s="5">
-        <v>-2.8131598199999885E-2</v>
+        <v>-2.8131616900000544E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>-7.7643898861761595</v>
+        <v>-7.7643948649851353</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>4.1694444061000002</v>
+        <v>4.1694444239999999</v>
       </c>
       <c r="C217" s="5">
-        <v>6.7698923000003575E-3</v>
+        <v>6.7699326000001392E-3</v>
       </c>
       <c r="D217" s="5">
-        <v>1.969150539768294</v>
+        <v>1.9691623775232037</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>4.1809255259000002</v>
+        <v>4.1809255162000003</v>
       </c>
       <c r="C218" s="5">
-        <v>1.1481119799999995E-2</v>
+        <v>1.1481092200000376E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>3.3548662977243238</v>
+        <v>3.3548580956497487</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>4.2309655594000004</v>
+        <v>4.2309655652</v>
       </c>
       <c r="C219" s="5">
-        <v>5.0040033500000192E-2</v>
+        <v>5.0040048999999698E-2</v>
       </c>
       <c r="D219" s="5">
-        <v>15.346574687246051</v>
+        <v>15.3465797960465</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>4.2216839550999996</v>
+        <v>4.2216839471999998</v>
       </c>
       <c r="C220" s="5">
-        <v>-9.2816043000008008E-3</v>
+        <v>-9.281618000000158E-3</v>
       </c>
       <c r="D220" s="5">
-        <v>-2.6009472144302381</v>
+        <v>-2.6009510038024763</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>4.2137688557999997</v>
+        <v>4.2137688351999998</v>
       </c>
       <c r="C221" s="5">
-        <v>-7.9150992999998948E-3</v>
+        <v>-7.9151120000000574E-3</v>
       </c>
       <c r="D221" s="5">
-        <v>-2.2267858833358245</v>
+        <v>-2.2267894236381647</v>
       </c>
       <c r="E221" s="5">
-        <v>4.8113674384061556</v>
+        <v>4.8113671815001036</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>4.2243717569000001</v>
+        <v>4.2243717522999997</v>
       </c>
       <c r="C222" s="5">
-        <v>1.0602901100000395E-2</v>
+        <v>1.0602917099999942E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>3.0616420091998942</v>
+        <v>3.061646708582999</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>4.1913856033999997</v>
+        <v>4.1913856038999997</v>
       </c>
       <c r="C223" s="5">
-        <v>-3.2986153500000448E-2</v>
+        <v>-3.2986148400000026E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>-8.9781111423949849</v>
+        <v>-8.9781098227104899</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>4.1891067988000001</v>
+        <v>4.1891067933999997</v>
       </c>
       <c r="C224" s="5">
-        <v>-2.2788045999995177E-3</v>
+        <v>-2.2788105000000058E-3</v>
       </c>
       <c r="D224" s="5">
-        <v>-0.65047777916512617</v>
+        <v>-0.65047945819201036</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>4.1930868909000001</v>
+        <v>4.1930869011</v>
       </c>
       <c r="C225" s="5">
-        <v>3.9800920999999434E-3</v>
+        <v>3.980107700000346E-3</v>
       </c>
       <c r="D225" s="5">
-        <v>1.1461029528838207</v>
+        <v>1.1461074700281459</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>4.3268699384999998</v>
+        <v>4.3268700367999999</v>
       </c>
       <c r="C226" s="5">
-        <v>0.1337830475999997</v>
+        <v>0.13378313569999989</v>
       </c>
       <c r="D226" s="5">
-        <v>45.773890807010773</v>
+        <v>45.773926292914879</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>4.1858477028000003</v>
+        <v>4.1858477158999996</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.1410222356999995</v>
+        <v>-0.14102232090000033</v>
       </c>
       <c r="D227" s="5">
-        <v>-32.808399701207989</v>
+        <v>-32.808415495727147</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>4.0761412193000002</v>
+        <v>4.0761411016000002</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.10970648350000012</v>
+        <v>-0.10970661429999939</v>
       </c>
       <c r="D228" s="5">
-        <v>-27.290763105423888</v>
+        <v>-27.290791030077632</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>4.0766211218999997</v>
+        <v>4.0766211807000001</v>
       </c>
       <c r="C229" s="5">
-        <v>4.7990259999952656E-4</v>
+        <v>4.8007909999991938E-4</v>
       </c>
       <c r="D229" s="5">
-        <v>0.14137296592811044</v>
+        <v>0.14142499826832466</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>4.0875041646000003</v>
+        <v>4.0875041711</v>
       </c>
       <c r="C230" s="5">
-        <v>1.0883042700000622E-2</v>
+        <v>1.0882990399999848E-2</v>
       </c>
       <c r="D230" s="5">
-        <v>3.2510065141065692</v>
+        <v>3.2509906132494493</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>4.0226492363000004</v>
+        <v>4.0226492502999998</v>
       </c>
       <c r="C231" s="5">
-        <v>-6.4854928299999948E-2</v>
+        <v>-6.4854920800000215E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>-17.463227612485898</v>
+        <v>-17.463225740471689</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>4.0131736995000002</v>
+        <v>4.0131736678000003</v>
       </c>
       <c r="C232" s="5">
-        <v>-9.4755368000001283E-3</v>
+        <v>-9.4755824999994687E-3</v>
       </c>
       <c r="D232" s="5">
-        <v>-2.7903209120938355</v>
+        <v>-2.7903341862052566</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>4.0106030372000001</v>
+        <v>4.0106029811999999</v>
       </c>
       <c r="C233" s="5">
-        <v>-2.5706623000001372E-3</v>
+        <v>-2.5706866000003714E-3</v>
       </c>
       <c r="D233" s="5">
-        <v>-0.76596485767440603</v>
+        <v>-0.76597207873916329</v>
       </c>
       <c r="E233" s="5">
-        <v>-4.8214751580489263</v>
+        <v>-4.8214760217228925</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>3.8188665648</v>
+        <v>3.8188665238000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.19173647240000014</v>
+        <v>-0.19173645739999978</v>
       </c>
       <c r="D234" s="5">
-        <v>-44.448259961892674</v>
+        <v>-44.448257810828487</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>3.7960033257000001</v>
+        <v>3.7960033100000001</v>
       </c>
       <c r="C235" s="5">
-        <v>-2.2863239099999877E-2</v>
+        <v>-2.2863213800000004E-2</v>
       </c>
       <c r="D235" s="5">
-        <v>-6.9523940084478486</v>
+        <v>-6.9523866388081501</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>3.8012944122999999</v>
+        <v>3.8012943887000001</v>
       </c>
       <c r="C236" s="5">
-        <v>5.2910865999997725E-3</v>
+        <v>5.291078700000007E-3</v>
       </c>
       <c r="D236" s="5">
-        <v>1.6855111448831561</v>
+        <v>1.6855086159859312</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>3.4891132351</v>
+        <v>3.4891132738000001</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.31218117719999983</v>
+        <v>-0.3121811149</v>
       </c>
       <c r="D237" s="5">
-        <v>-64.239574027313154</v>
+        <v>-64.239566603424365</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>3.5119557531000001</v>
+        <v>3.5119559194000001</v>
       </c>
       <c r="C238" s="5">
-        <v>2.2842518000000034E-2</v>
+        <v>2.2842645599999933E-2</v>
       </c>
       <c r="D238" s="5">
-        <v>8.1453018309598502</v>
+        <v>8.1453488883066925</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>3.3847496367000001</v>
+        <v>3.3847496912000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.12720611640000001</v>
+        <v>-0.12720622819999994</v>
       </c>
       <c r="D239" s="5">
-        <v>-35.771145569834559</v>
+        <v>-35.771169656342359</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>3.3918935946</v>
+        <v>3.3918934357000001</v>
       </c>
       <c r="C240" s="5">
-        <v>7.1439578999998865E-3</v>
+        <v>7.1437444999999933E-3</v>
       </c>
       <c r="D240" s="5">
-        <v>2.5623666161835423</v>
+        <v>2.5622891422953487</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>3.3851342662000001</v>
+        <v>3.3851343736000001</v>
       </c>
       <c r="C241" s="5">
-        <v>-6.7593283999998199E-3</v>
+        <v>-6.7590620999999906E-3</v>
       </c>
       <c r="D241" s="5">
-        <v>-2.3653102060282927</v>
+        <v>-2.365218147474113</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>3.2943200191000002</v>
+        <v>3.2943200543</v>
       </c>
       <c r="C242" s="5">
-        <v>-9.0814247099999967E-2</v>
+        <v>-9.0814319300000168E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>-27.842972020072267</v>
+        <v>-27.842990239918141</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>3.2092393029999999</v>
+        <v>3.2092393114000002</v>
       </c>
       <c r="C243" s="5">
-        <v>-8.5080716100000231E-2</v>
+        <v>-8.5080742899999784E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>-26.947378959131139</v>
+        <v>-26.947386031455846</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>3.2036543379000002</v>
+        <v>3.2036542595999999</v>
       </c>
       <c r="C244" s="5">
-        <v>-5.584965099999728E-3</v>
+        <v>-5.5850518000002403E-3</v>
       </c>
       <c r="D244" s="5">
-        <v>-2.0684592860578221</v>
+        <v>-2.0684910843638549</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>3.2071053123</v>
+        <v>3.2071051931999999</v>
       </c>
       <c r="C245" s="5">
-        <v>3.4509743999997511E-3</v>
+        <v>3.450933599999928E-3</v>
       </c>
       <c r="D245" s="5">
-        <v>1.3003251623020962</v>
+        <v>1.3003097296605759</v>
       </c>
       <c r="E245" s="5">
-        <v>-20.034336917596352</v>
+        <v>-20.034338770665052</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>3.2203109277999999</v>
+        <v>3.2203108213</v>
       </c>
       <c r="C246" s="5">
-        <v>1.320561549999999E-2</v>
+        <v>1.3205628100000144E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>5.054585888899088</v>
+        <v>5.0545910134007999</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>3.1966868900000001</v>
+        <v>3.1966868388999998</v>
       </c>
       <c r="C247" s="5">
-        <v>-2.3624037799999886E-2</v>
+        <v>-2.3623982400000187E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>-8.4564963354333287</v>
+        <v>-8.4564775660389344</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>3.2123631243999999</v>
+        <v>3.2123630857999999</v>
       </c>
       <c r="C248" s="5">
-        <v>1.5676234399999878E-2</v>
+        <v>1.5676246900000024E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>6.0460222861375756</v>
+        <v>6.046027337183002</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>3.2883785998000001</v>
+        <v>3.2883786751000001</v>
       </c>
       <c r="C249" s="5">
-        <v>7.6015475400000199E-2</v>
+        <v>7.6015589300000297E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>32.399448540095065</v>
+        <v>32.399504012667336</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>3.3047312947999998</v>
+        <v>3.3047315517000002</v>
       </c>
       <c r="C250" s="5">
-        <v>1.6352694999999695E-2</v>
+        <v>1.6352876600000066E-2</v>
       </c>
       <c r="D250" s="5">
-        <v>6.133400324896332</v>
+        <v>6.1334701669018665</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>3.2811469278000001</v>
+        <v>3.2811470015999999</v>
       </c>
       <c r="C251" s="5">
-        <v>-2.3584366999999773E-2</v>
+        <v>-2.3584550100000268E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>-8.2355846422945582</v>
+        <v>-8.2356454764587532</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>3.2982089439000002</v>
+        <v>3.2982087899999999</v>
       </c>
       <c r="C252" s="5">
-        <v>1.7062016100000132E-2</v>
+        <v>1.7061788399999944E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>6.4216140349518946</v>
+        <v>6.4215257214483401</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>3.2827486855000001</v>
+        <v>3.2827489340999998</v>
       </c>
       <c r="C253" s="5">
-        <v>-1.5460258400000093E-2</v>
+        <v>-1.5459855900000097E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>-5.4821895015319093</v>
+        <v>-5.4820506839822976</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>3.2917221432999999</v>
+        <v>3.2917223447000001</v>
       </c>
       <c r="C254" s="5">
-        <v>8.9734577999998066E-3</v>
+        <v>8.9734106000003422E-3</v>
       </c>
       <c r="D254" s="5">
-        <v>3.3299916768195548</v>
+        <v>3.3299736410579595</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>3.4061850398</v>
+        <v>3.4061852501000001</v>
       </c>
       <c r="C255" s="5">
-        <v>0.11446289650000008</v>
+        <v>0.11446290539999993</v>
       </c>
       <c r="D255" s="5">
-        <v>50.709565693693072</v>
+        <v>50.709566700760632</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>3.4044700663</v>
+        <v>3.4044696643000001</v>
       </c>
       <c r="C256" s="5">
-        <v>-1.7149734999999389E-3</v>
+        <v>-1.7155857999999746E-3</v>
       </c>
       <c r="D256" s="5">
-        <v>-0.60251537609107286</v>
+        <v>-0.60272986054287214</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>3.4116134073</v>
+        <v>3.4116129918999998</v>
       </c>
       <c r="C257" s="5">
-        <v>7.1433409999999142E-3</v>
+        <v>7.1433275999996937E-3</v>
       </c>
       <c r="D257" s="5">
-        <v>2.5471298502677486</v>
+        <v>2.5471253211450051</v>
       </c>
       <c r="E257" s="5">
-        <v>6.3767190374342642</v>
+        <v>6.3767100353806949</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>3.4262172232000001</v>
+        <v>3.4262166129999998</v>
       </c>
       <c r="C258" s="5">
-        <v>1.460381590000015E-2</v>
+        <v>1.4603621100000019E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>5.2594210880884118</v>
+        <v>5.2593499284588674</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>3.3950646042999999</v>
+        <v>3.3950647520000001</v>
       </c>
       <c r="C259" s="5">
-        <v>-3.1152618900000206E-2</v>
+        <v>-3.115186099999967E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>-10.38147593696328</v>
+        <v>-10.381237621313034</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>3.4219723970999998</v>
+        <v>3.4219725074</v>
       </c>
       <c r="C260" s="5">
-        <v>2.6907792799999886E-2</v>
+        <v>2.69077553999999E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>9.9363997645151905</v>
+        <v>9.9363848947996214</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>3.3832515554999998</v>
+        <v>3.3832517735000001</v>
       </c>
       <c r="C261" s="5">
-        <v>-3.87208416E-2</v>
+        <v>-3.8720733899999971E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>-12.764459249989535</v>
+        <v>-12.764425539886981</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>3.3978476406999998</v>
+        <v>3.3978479919</v>
       </c>
       <c r="C262" s="5">
-        <v>1.4596085199999997E-2</v>
+        <v>1.4596218399999916E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>5.3016879409809592</v>
+        <v>5.3017371267676028</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>3.4756802968999998</v>
+        <v>3.4756803919000001</v>
       </c>
       <c r="C263" s="5">
-        <v>7.7832656200000017E-2</v>
+        <v>7.7832400000000135E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>31.229371454202305</v>
+        <v>31.229251730921128</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>3.6041892237000002</v>
+        <v>3.6041891086</v>
       </c>
       <c r="C264" s="5">
-        <v>0.12850892680000037</v>
+        <v>0.12850871669999986</v>
       </c>
       <c r="D264" s="5">
-        <v>54.601300327698986</v>
+        <v>54.601190373117994</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>3.5827242277</v>
+        <v>3.5827245641999999</v>
       </c>
       <c r="C265" s="5">
-        <v>-2.146499600000018E-2</v>
+        <v>-2.1464544400000118E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>-6.917173732120907</v>
+        <v>-6.9170331493963015</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>3.593047001</v>
+        <v>3.5930473356000001</v>
       </c>
       <c r="C266" s="5">
-        <v>1.0322773299999977E-2</v>
+        <v>1.0322771400000263E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>3.5128371961633986</v>
+        <v>3.5128362041316974</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>3.6001566632999999</v>
+        <v>3.6001570680000001</v>
       </c>
       <c r="C267" s="5">
-        <v>7.1096622999999859E-3</v>
+        <v>7.1097324000000128E-3</v>
       </c>
       <c r="D267" s="5">
-        <v>2.4004860720012511</v>
+        <v>2.40050977255859</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>3.603871587</v>
+        <v>3.6038708734</v>
       </c>
       <c r="C268" s="5">
-        <v>3.714923700000039E-3</v>
+        <v>3.713805399999881E-3</v>
       </c>
       <c r="D268" s="5">
-        <v>1.2453057434119952</v>
+        <v>1.2449286000092208</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>3.6146650026999998</v>
+        <v>3.6146643773</v>
       </c>
       <c r="C269" s="5">
-        <v>1.0793415699999809E-2</v>
+        <v>1.0793503900000001E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>3.6537353641760584</v>
+        <v>3.6537664501804512</v>
       </c>
       <c r="E269" s="5">
-        <v>5.95177621724432</v>
+        <v>5.9517707864899627</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>3.6287188339999998</v>
+        <v>3.6287178029999998</v>
       </c>
       <c r="C270" s="5">
-        <v>1.4053831300000041E-2</v>
+        <v>1.4053425699999789E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>4.7666783515927902</v>
+        <v>4.7665386705582291</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>3.5905605711000002</v>
+        <v>3.5905610172000002</v>
       </c>
       <c r="C271" s="5">
-        <v>-3.8158262899999684E-2</v>
+        <v>-3.8156785799999593E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>-11.913924004361586</v>
+        <v>-11.913492348283871</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>3.7270490001000001</v>
+        <v>3.7270492711999998</v>
       </c>
       <c r="C272" s="5">
-        <v>0.13648842899999991</v>
+        <v>0.13648825399999964</v>
       </c>
       <c r="D272" s="5">
-        <v>56.471101799425803</v>
+        <v>56.471005092952979</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>3.7887672773999999</v>
+        <v>3.7887674814999999</v>
       </c>
       <c r="C273" s="5">
-        <v>6.1718277299999791E-2</v>
+        <v>6.171821030000002E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>21.785035668948851</v>
+        <v>21.785008093779723</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>3.7978191643999999</v>
+        <v>3.7978194520000002</v>
       </c>
       <c r="C274" s="5">
-        <v>9.0518870000000362E-3</v>
+        <v>9.0519705000002837E-3</v>
       </c>
       <c r="D274" s="5">
-        <v>2.9049396221354051</v>
+        <v>2.9049666135762653</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>3.7668267201000001</v>
+        <v>3.7668266438</v>
       </c>
       <c r="C275" s="5">
-        <v>-3.0992444299999811E-2</v>
+        <v>-3.0992808200000166E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>-9.3649186085840501</v>
+        <v>-9.3650230021319665</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>3.7072339109999999</v>
+        <v>3.7072337710999999</v>
       </c>
       <c r="C276" s="5">
-        <v>-5.9592809100000199E-2</v>
+        <v>-5.9592872700000132E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>-17.416714003229028</v>
+        <v>-17.416731327140734</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>3.7806192846000002</v>
+        <v>3.7806197504000001</v>
       </c>
       <c r="C277" s="5">
-        <v>7.3385373600000303E-2</v>
+        <v>7.3385979300000237E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>26.518919661633976</v>
+        <v>26.519164011935992</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>3.7941391100000001</v>
+        <v>3.7941397494000002</v>
       </c>
       <c r="C278" s="5">
-        <v>1.3519825399999963E-2</v>
+        <v>1.3519999000000116E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>4.3767227188496571</v>
+        <v>4.3767794777702651</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>3.7942945843999998</v>
+        <v>3.7942954087</v>
       </c>
       <c r="C279" s="5">
-        <v>1.5547439999963331E-4</v>
+        <v>1.5565929999983297E-4</v>
       </c>
       <c r="D279" s="5">
-        <v>4.918410438710108E-2</v>
+        <v>4.9242602137100633E-2</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>3.8061959484000001</v>
+        <v>3.8061951317</v>
       </c>
       <c r="C280" s="5">
-        <v>1.1901364000000303E-2</v>
+        <v>1.1899722999999973E-2</v>
       </c>
       <c r="D280" s="5">
-        <v>3.8295950135189605</v>
+        <v>3.8290569885277348</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>3.8150205111000002</v>
+        <v>3.8150198348000002</v>
       </c>
       <c r="C281" s="5">
-        <v>8.8245627000000937E-3</v>
+        <v>8.8247031000001641E-3</v>
       </c>
       <c r="D281" s="5">
-        <v>2.8179203557648025</v>
+        <v>2.8179663748963968</v>
       </c>
       <c r="E281" s="5">
-        <v>5.5428513638288379</v>
+        <v>5.5428509146859373</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>3.8305653081000002</v>
+        <v>3.8305638658999999</v>
       </c>
       <c r="C282" s="5">
-        <v>1.5544796999999999E-2</v>
+        <v>1.5544031099999689E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>5.0006352380291608</v>
+        <v>5.0003842132558818</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>3.8861286331999998</v>
+        <v>3.8861293172</v>
       </c>
       <c r="C283" s="5">
-        <v>5.5563325099999616E-2</v>
+        <v>5.5565451300000124E-2</v>
       </c>
       <c r="D283" s="5">
-        <v>18.864347193462084</v>
+        <v>18.865135279038103</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>3.8287375568000002</v>
+        <v>3.8287377518999999</v>
       </c>
       <c r="C284" s="5">
-        <v>-5.739107639999963E-2</v>
+        <v>-5.7391565300000114E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>-16.350929852850527</v>
+        <v>-16.351055380450642</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>3.8961154726</v>
+        <v>3.8961153550000001</v>
       </c>
       <c r="C285" s="5">
-        <v>6.7377915799999855E-2</v>
+        <v>6.7377603100000183E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>23.286254584820188</v>
+        <v>23.286134542551263</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>3.8961570052000001</v>
+        <v>3.8961568939000002</v>
       </c>
       <c r="C286" s="5">
-        <v>4.1532600000060427E-5</v>
+        <v>4.1538900000137602E-5</v>
       </c>
       <c r="D286" s="5">
-        <v>1.2792752813095554E-2</v>
+        <v>1.2794693821049918E-2</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>3.9630674185000001</v>
+        <v>3.9630671228000001</v>
       </c>
       <c r="C287" s="5">
-        <v>6.6910413300000027E-2</v>
+        <v>6.6910228899999868E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>22.670498900600535</v>
+        <v>22.670431116857138</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>3.9099325951999999</v>
+        <v>3.9099326214999999</v>
       </c>
       <c r="C288" s="5">
-        <v>-5.3134823300000189E-2</v>
+        <v>-5.3134501300000192E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>-14.95403367399687</v>
+        <v>-14.953950661899039</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>3.8832285728999998</v>
+        <v>3.8832293243999998</v>
       </c>
       <c r="C289" s="5">
-        <v>-2.670402230000013E-2</v>
+        <v>-2.6703297100000079E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>-7.8947875429676628</v>
+        <v>-7.8945810818399131</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>3.8973562196999998</v>
+        <v>3.8973572273000001</v>
       </c>
       <c r="C290" s="5">
-        <v>1.4127646800000004E-2</v>
+        <v>1.4127902900000322E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>4.4541676374131534</v>
+        <v>4.454249123834142</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>3.7879305114999999</v>
+        <v>3.7879314702000002</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.10942570819999986</v>
+        <v>-0.10942575709999991</v>
       </c>
       <c r="D291" s="5">
-        <v>-28.94693552954767</v>
+        <v>-28.946940168648151</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>3.7039662587</v>
+        <v>3.7039656241999999</v>
       </c>
       <c r="C292" s="5">
-        <v>-8.3964252799999972E-2</v>
+        <v>-8.3965846000000344E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>-23.584717836515466</v>
+        <v>-23.585106999773465</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>3.7080889869</v>
+        <v>3.7080884604</v>
       </c>
       <c r="C293" s="5">
-        <v>4.1227282000000365E-3</v>
+        <v>4.1228362000000907E-3</v>
       </c>
       <c r="D293" s="5">
-        <v>1.3438763880031068</v>
+        <v>1.3439120399465931</v>
       </c>
       <c r="E293" s="5">
-        <v>-2.8029082383404624</v>
+        <v>-2.8029048086353092</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>3.8325300066999999</v>
+        <v>3.8325285390000001</v>
       </c>
       <c r="C294" s="5">
-        <v>0.12444101979999989</v>
+        <v>0.12444007860000017</v>
       </c>
       <c r="D294" s="5">
-        <v>48.602115553309019</v>
+        <v>48.601685847087175</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>3.7827299381000001</v>
+        <v>3.7827316356999998</v>
       </c>
       <c r="C295" s="5">
-        <v>-4.9800068599999747E-2</v>
+        <v>-4.9796903300000306E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>-14.525361304010421</v>
+        <v>-14.524508192864493</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>3.8295259978999998</v>
+        <v>3.8295270120999998</v>
       </c>
       <c r="C296" s="5">
-        <v>4.6796059799999679E-2</v>
+        <v>4.6795376399999977E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>15.898076101199777</v>
+        <v>15.897820282810372</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>3.8096417102000002</v>
+        <v>3.8096429551000002</v>
       </c>
       <c r="C297" s="5">
-        <v>-1.9884287699999614E-2</v>
+        <v>-1.9884056999999622E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>-6.0559390882235604</v>
+        <v>-6.0558692623979837</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>3.797282574</v>
+        <v>3.7972722344999998</v>
       </c>
       <c r="C298" s="5">
-        <v>-1.2359136200000176E-2</v>
+        <v>-1.2370720600000329E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>-3.8242903883664026</v>
+        <v>-3.8278099486899086</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>3.7610807563000002</v>
+        <v>3.7610823671000002</v>
       </c>
       <c r="C299" s="5">
-        <v>-3.6201817699999861E-2</v>
+        <v>-3.6189867399999631E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>-10.859122130961685</v>
+        <v>-10.855751308719086</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>3.8088071099</v>
+        <v>3.8088091614000001</v>
       </c>
       <c r="C300" s="5">
-        <v>4.7726353599999882E-2</v>
+        <v>4.7726794299999931E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>16.336460905752091</v>
+        <v>16.336614943067417</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>3.7842319995000002</v>
+        <v>3.7842346408999998</v>
       </c>
       <c r="C301" s="5">
-        <v>-2.4575110399999822E-2</v>
+        <v>-2.4574520500000308E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>-7.4736787297328249</v>
+        <v>-7.4735017658445368</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>3.7966736606000002</v>
+        <v>3.7966765168999999</v>
       </c>
       <c r="C302" s="5">
-        <v>1.2441661100000001E-2</v>
+        <v>1.2441876000000018E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>4.0174462453605342</v>
+        <v>4.0175140416178756</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>3.8863814763</v>
+        <v>3.8863845610999999</v>
       </c>
       <c r="C303" s="5">
-        <v>8.9707815699999749E-2</v>
+        <v>8.9708044200000003E-2</v>
       </c>
       <c r="D303" s="5">
-        <v>32.34449990632524</v>
+        <v>32.344565702090364</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>3.9040179295000002</v>
+        <v>3.9040194853000001</v>
       </c>
       <c r="C304" s="5">
-        <v>1.7636453200000179E-2</v>
+        <v>1.7634924200000235E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>5.5836113878769744</v>
+        <v>5.5831106271365449</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>3.9023287618000002</v>
+        <v>3.9023294958000001</v>
       </c>
       <c r="C305" s="5">
-        <v>-1.6891676999999383E-3</v>
+        <v>-1.6899894999999887E-3</v>
       </c>
       <c r="D305" s="5">
-        <v>-0.51797521317510364</v>
+        <v>-0.51822640851747481</v>
       </c>
       <c r="E305" s="5">
-        <v>5.2382716700223098</v>
+        <v>5.2383064070442131</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>3.8353980592000001</v>
+        <v>3.8353908948000002</v>
       </c>
       <c r="C306" s="5">
-        <v>-6.6930702600000114E-2</v>
+        <v>-6.6938600999999931E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>-18.747062378266289</v>
+        <v>-18.749067086778403</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>3.7839577988999999</v>
+        <v>3.7839592663000001</v>
       </c>
       <c r="C307" s="5">
-        <v>-5.1440260300000151E-2</v>
+        <v>-5.1431628500000048E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>-14.958662706135362</v>
+        <v>-14.956360676250135</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>3.7256055129000001</v>
+        <v>3.7256047541999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-5.8352285999999864E-2</v>
+        <v>-5.83545121000002E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>-17.013585670453878</v>
+        <v>-17.014174645901036</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>3.6155678817000001</v>
+        <v>3.6155669671999999</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.11003763119999999</v>
+        <v>-0.110037787</v>
       </c>
       <c r="D309" s="5">
-        <v>-30.216005332787788</v>
+        <v>-30.216046607984037</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>3.5976575998999998</v>
+        <v>3.5976344191999998</v>
       </c>
       <c r="C310" s="5">
-        <v>-1.7910281800000316E-2</v>
+        <v>-1.7932548000000104E-2</v>
       </c>
       <c r="D310" s="5">
-        <v>-5.7850771094331011</v>
+        <v>-5.792075543796682</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>3.5640137893000001</v>
+        <v>3.5640273162999998</v>
       </c>
       <c r="C311" s="5">
-        <v>-3.3643810599999657E-2</v>
+        <v>-3.3607102900000019E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-10.662339784813302</v>
+        <v>-10.651362661180341</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>3.5064902724000002</v>
+        <v>3.5064922580000002</v>
       </c>
       <c r="C312" s="5">
-        <v>-5.7523516899999905E-2</v>
+        <v>-5.7535058299999609E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>-17.738021022873074</v>
+        <v>-17.741208614699289</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>3.4866239964000001</v>
+        <v>3.4866283282000001</v>
       </c>
       <c r="C313" s="5">
-        <v>-1.9866276000000127E-2</v>
+        <v>-1.9863929800000069E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>-6.5907861941146066</v>
+        <v>-6.590028298094019</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>3.3991794939000002</v>
+        <v>3.3991862508000001</v>
       </c>
       <c r="C314" s="5">
-        <v>-8.744450249999991E-2</v>
+        <v>-8.7442077399999985E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>-26.272789973369694</v>
+        <v>-26.272130498129055</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>3.3854460832000002</v>
+        <v>3.3854547080000001</v>
       </c>
       <c r="C315" s="5">
-        <v>-1.3733410700000004E-2</v>
+        <v>-1.3731542799999996E-2</v>
       </c>
       <c r="D315" s="5">
-        <v>-4.7419599826799441</v>
+        <v>-4.7413200675903822</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>3.2995800881999999</v>
+        <v>3.2995874287000002</v>
       </c>
       <c r="C316" s="5">
-        <v>-8.586599500000025E-2</v>
+        <v>-8.5867279299999932E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>-26.529453478060304</v>
+        <v>-26.529738190543629</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>3.2952665524000002</v>
+        <v>3.2952699556999998</v>
       </c>
       <c r="C317" s="5">
-        <v>-4.3135357999997126E-3</v>
+        <v>-4.3174730000004047E-3</v>
       </c>
       <c r="D317" s="5">
-        <v>-1.5575275070250916</v>
+        <v>-1.5589354889016249</v>
       </c>
       <c r="E317" s="5">
-        <v>-15.556408658915366</v>
+        <v>-15.556337330134895</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>3.2353246061999998</v>
+        <v>3.2353118062999999</v>
       </c>
       <c r="C318" s="5">
-        <v>-5.9941946200000373E-2</v>
+        <v>-5.9958149399999883E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>-19.771674692535512</v>
+        <v>-19.776477742059107</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>3.1939382607</v>
+        <v>3.1939330385</v>
       </c>
       <c r="C319" s="5">
-        <v>-4.1386345499999866E-2</v>
+        <v>-4.1378767799999938E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>-14.315182983929631</v>
+        <v>-14.312796182426135</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>3.1142077626</v>
+        <v>3.1141977223000001</v>
       </c>
       <c r="C320" s="5">
-        <v>-7.9730498099999991E-2</v>
+        <v>-7.9735316199999851E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>-26.166612914653818</v>
+        <v>-26.168020755693476</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>3.1226842136999999</v>
+        <v>3.1226750772999998</v>
       </c>
       <c r="C321" s="5">
-        <v>8.4764510999999487E-3</v>
+        <v>8.4773549999996867E-3</v>
       </c>
       <c r="D321" s="5">
-        <v>3.3155799855052903</v>
+        <v>3.3159497092054124</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>3.0973284984</v>
+        <v>3.0972940663999999</v>
       </c>
       <c r="C322" s="5">
-        <v>-2.5355715299999915E-2</v>
+        <v>-2.538101089999989E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>-9.3202302420669287</v>
+        <v>-9.3291428109374301</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>3.0650672744</v>
+        <v>3.0650903436000001</v>
       </c>
       <c r="C323" s="5">
-        <v>-3.2261223999999977E-2</v>
+        <v>-3.2203722799999834E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>-11.807244392196804</v>
+        <v>-11.787511841880482</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>3.0990310904</v>
+        <v>3.0990373393000001</v>
       </c>
       <c r="C324" s="5">
-        <v>3.396381599999998E-2</v>
+        <v>3.3946995700000038E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>14.138211913506971</v>
+        <v>14.130665262423658</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>3.0856699746</v>
+        <v>3.0856816125000002</v>
       </c>
       <c r="C325" s="5">
-        <v>-1.336111579999999E-2</v>
+        <v>-1.3355726799999967E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>-5.0527268986196532</v>
+        <v>-5.0507270756964928</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>3.1029761914999998</v>
+        <v>3.1029929017</v>
       </c>
       <c r="C326" s="5">
-        <v>1.7306216899999782E-2</v>
+        <v>1.7311289199999802E-2</v>
       </c>
       <c r="D326" s="5">
-        <v>6.941833341183945</v>
+        <v>6.9439041149736758</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>3.0902268761</v>
+        <v>3.0902479648000001</v>
       </c>
       <c r="C327" s="5">
-        <v>-1.2749315399999794E-2</v>
+        <v>-1.2744936899999892E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>-4.8205778654100921</v>
+        <v>-4.818934184217194</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>3.1015980159000001</v>
+        <v>3.1016200182999998</v>
       </c>
       <c r="C328" s="5">
-        <v>1.1371139800000041E-2</v>
+        <v>1.1372053499999701E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>4.5061234452666854</v>
+        <v>4.5064615048234113</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>3.0948795425000002</v>
+        <v>3.0948930581999998</v>
       </c>
       <c r="C329" s="5">
-        <v>-6.7184733999998691E-3</v>
+        <v>-6.7269600999999568E-3</v>
       </c>
       <c r="D329" s="5">
-        <v>-2.5686138880668952</v>
+        <v>-2.5718018991460756</v>
       </c>
       <c r="E329" s="5">
-        <v>-6.0810561668844247</v>
+        <v>-6.0807430102470805</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>3.1390437392999999</v>
+        <v>3.1390179354000001</v>
       </c>
       <c r="C330" s="5">
-        <v>4.4164196799999722E-2</v>
+        <v>4.4124877200000245E-2</v>
       </c>
       <c r="D330" s="5">
-        <v>18.534126302554597</v>
+        <v>18.5162231504979</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>3.0978434459000002</v>
+        <v>3.0978125841000002</v>
       </c>
       <c r="C331" s="5">
-        <v>-4.1200293399999754E-2</v>
+        <v>-4.1205351299999915E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>-14.661463843620904</v>
+        <v>-14.663247802823165</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>3.2047499465999998</v>
+        <v>3.204732414</v>
       </c>
       <c r="C332" s="5">
-        <v>0.10690650069999963</v>
+        <v>0.10691982989999982</v>
       </c>
       <c r="D332" s="5">
-        <v>50.250592230875604</v>
+        <v>50.258690777430147</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>3.2253162289000001</v>
+        <v>3.2252390361000001</v>
       </c>
       <c r="C333" s="5">
-        <v>2.0566282300000349E-2</v>
+        <v>2.0506622100000094E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>7.9786353132878851</v>
+        <v>7.9547148304538906</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>3.2950916381000002</v>
+        <v>3.2950366774000002</v>
       </c>
       <c r="C334" s="5">
-        <v>6.9775409200000027E-2</v>
+        <v>6.9797641300000102E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>29.283274210048681</v>
+        <v>29.294528528561735</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>3.2624745577000001</v>
+        <v>3.2625672790000002</v>
       </c>
       <c r="C335" s="5">
-        <v>-3.2617080400000109E-2</v>
+        <v>-3.246939839999996E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>-11.252600136947489</v>
+        <v>-11.204557209807565</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>3.1906345387999999</v>
+        <v>3.1906487945999999</v>
       </c>
       <c r="C336" s="5">
-        <v>-7.1840018900000135E-2</v>
+        <v>-7.191848440000026E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>-23.447541378254677</v>
+        <v>-23.469541354796498</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>3.1821159245000001</v>
+        <v>3.1821272315</v>
       </c>
       <c r="C337" s="5">
-        <v>-8.5186142999997827E-3</v>
+        <v>-8.5215630999999625E-3</v>
       </c>
       <c r="D337" s="5">
-        <v>-3.1572267599266124</v>
+        <v>-3.1582897557625667</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>3.2082115254999999</v>
+        <v>3.2082455059999999</v>
       </c>
       <c r="C338" s="5">
-        <v>2.6095600999999746E-2</v>
+        <v>2.6118274499999927E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>10.297069279678706</v>
+        <v>10.306385426599141</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>3.1975122996000001</v>
+        <v>3.1975588439</v>
       </c>
       <c r="C339" s="5">
-        <v>-1.0699225899999831E-2</v>
+        <v>-1.0686662099999911E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>-3.929345741366741</v>
+        <v>-3.924775013610482</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>3.2044805480999998</v>
+        <v>3.2045291378999998</v>
       </c>
       <c r="C340" s="5">
-        <v>6.968248499999774E-3</v>
+        <v>6.9702939999998215E-3</v>
       </c>
       <c r="D340" s="5">
-        <v>2.6466999103041955</v>
+        <v>2.6474471759631024</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>3.1985456487000001</v>
+        <v>3.1985864697999999</v>
       </c>
       <c r="C341" s="5">
-        <v>-5.9348993999996935E-3</v>
+        <v>-5.9426680999998815E-3</v>
       </c>
       <c r="D341" s="5">
-        <v>-2.1999757072225679</v>
+        <v>-2.2027930748813374</v>
       </c>
       <c r="E341" s="5">
-        <v>3.3496006799754063</v>
+        <v>3.3504683247539635</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>3.1410507672999999</v>
+        <v>3.1410405572000002</v>
       </c>
       <c r="C342" s="5">
-        <v>-5.7494881400000253E-2</v>
+        <v>-5.7545912599999749E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>-19.560598551333651</v>
+        <v>-19.576053839423846</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>3.2018311472000001</v>
+        <v>3.2018029951</v>
       </c>
       <c r="C343" s="5">
-        <v>6.0780379900000181E-2</v>
+        <v>6.0762437899999799E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>25.858233579660173</v>
+        <v>25.849863786824613</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>3.1919536512</v>
+        <v>3.1917430513</v>
       </c>
       <c r="C344" s="5">
-        <v>-9.8774960000000966E-3</v>
+        <v>-1.0059943799999971E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>-3.639772329206814</v>
+        <v>-3.7058774382476733</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>3.2275524734999999</v>
+        <v>3.2274384074000002</v>
       </c>
       <c r="C345" s="5">
-        <v>3.5598822299999888E-2</v>
+        <v>3.5695356100000186E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>14.235430433259367</v>
+        <v>14.27743826498391</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>3.1952166798000001</v>
+        <v>3.1951474578000001</v>
       </c>
       <c r="C346" s="5">
-        <v>-3.2335793699999726E-2</v>
+        <v>-3.2290949600000118E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>-11.3815734208354</v>
+        <v>-11.367027291934761</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>3.160146127</v>
+        <v>3.1603063604999999</v>
       </c>
       <c r="C347" s="5">
-        <v>-3.5070552800000154E-2</v>
+        <v>-3.4841097300000179E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>-12.404417394067879</v>
+        <v>-12.328315299647342</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>3.2759357531000002</v>
+        <v>3.2759681738999999</v>
       </c>
       <c r="C348" s="5">
-        <v>0.11578962610000021</v>
+        <v>0.11566181340000004</v>
       </c>
       <c r="D348" s="5">
-        <v>54.006314978398251</v>
+        <v>53.930919806967538</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>3.3767749360999999</v>
+        <v>3.3768538848</v>
       </c>
       <c r="C349" s="5">
-        <v>0.10083918299999972</v>
+        <v>0.10088571090000009</v>
       </c>
       <c r="D349" s="5">
-        <v>43.880148358503313</v>
+        <v>43.903429533442818</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>3.4141741494</v>
+        <v>3.4142701001</v>
       </c>
       <c r="C350" s="5">
-        <v>3.7399213300000067E-2</v>
+        <v>3.7416215299999944E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>14.130744220069079</v>
+        <v>14.137213699840956</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>3.4103396251999998</v>
+        <v>3.4104269295999998</v>
       </c>
       <c r="C351" s="5">
-        <v>-3.8345242000001889E-3</v>
+        <v>-3.8431705000001593E-3</v>
       </c>
       <c r="D351" s="5">
-        <v>-1.3394487924868637</v>
+        <v>-1.3424128892531861</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>3.4144440053</v>
+        <v>3.4144699647999999</v>
       </c>
       <c r="C352" s="5">
-        <v>4.1043801000002489E-3</v>
+        <v>4.0430352000000447E-3</v>
       </c>
       <c r="D352" s="5">
-        <v>1.4538109393208654</v>
+        <v>1.4319032184092473</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>3.4092256356999999</v>
+        <v>3.4093012106999998</v>
       </c>
       <c r="C353" s="5">
-        <v>-5.2183696000001056E-3</v>
+        <v>-5.1687541000000614E-3</v>
       </c>
       <c r="D353" s="5">
-        <v>-1.8186484960405869</v>
+        <v>-1.8014871832480739</v>
       </c>
       <c r="E353" s="5">
-        <v>6.5867431682779864</v>
+        <v>6.5877456460689432</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>3.3359613637000001</v>
+        <v>3.3359549801999999</v>
       </c>
       <c r="C354" s="5">
-        <v>-7.3264271999999853E-2</v>
+        <v>-7.3346230499999887E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>-22.948127088255877</v>
+        <v>-22.970389786696575</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>3.2999066874</v>
+        <v>3.2998591181000001</v>
       </c>
       <c r="C355" s="5">
-        <v>-3.6054676300000033E-2</v>
+        <v>-3.609586209999982E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>-12.225620689668604</v>
+        <v>-12.238787868254219</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>3.3813769446999999</v>
+        <v>3.3809284008999998</v>
       </c>
       <c r="C356" s="5">
-        <v>8.1470257299999904E-2</v>
+        <v>8.1069282799999698E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>33.999486410371674</v>
+        <v>33.809484694685096</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>3.3289668951000002</v>
+        <v>3.3287979174000002</v>
       </c>
       <c r="C357" s="5">
-        <v>-5.2410049599999731E-2</v>
+        <v>-5.2130483499999603E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>-17.093101266383172</v>
+        <v>-17.011581373495911</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>3.3992584223</v>
+        <v>3.3991755826999999</v>
       </c>
       <c r="C358" s="5">
-        <v>7.0291527199999759E-2</v>
+        <v>7.037766529999967E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>28.498030474325621</v>
+        <v>28.538731046843967</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>3.3578334893999999</v>
+        <v>3.3580847981000002</v>
       </c>
       <c r="C359" s="5">
-        <v>-4.1424932900000044E-2</v>
+        <v>-4.1090784599999708E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>-13.682334206512415</v>
+        <v>-13.579510193298749</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>3.3622200798000001</v>
+        <v>3.3622815654</v>
       </c>
       <c r="C360" s="5">
-        <v>4.3865904000002232E-3</v>
+        <v>4.1967672999998484E-3</v>
       </c>
       <c r="D360" s="5">
-        <v>1.5789631010803884</v>
+        <v>1.5100517377539591</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>3.2728039726000002</v>
+        <v>3.2729512641</v>
       </c>
       <c r="C361" s="5">
-        <v>-8.9416107199999928E-2</v>
+        <v>-8.933030129999997E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>-27.635382047987854</v>
+        <v>-27.612178261133312</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>3.2156450031000001</v>
+        <v>3.2158054567000001</v>
       </c>
       <c r="C362" s="5">
-        <v>-5.7158969500000101E-2</v>
+        <v>-5.714580739999997E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>-19.057381025396669</v>
+        <v>-19.052628372744884</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>3.2159371572</v>
+        <v>3.2160789722000001</v>
       </c>
       <c r="C363" s="5">
-        <v>2.9215409999983066E-4</v>
+        <v>2.7351549999998781E-4</v>
       </c>
       <c r="D363" s="5">
-        <v>0.10907925436209887</v>
+        <v>0.10211195506946158</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>3.2242221784999998</v>
+        <v>3.2242506541</v>
       </c>
       <c r="C364" s="5">
-        <v>8.2850212999998618E-3</v>
+        <v>8.1716818999999496E-3</v>
       </c>
       <c r="D364" s="5">
-        <v>3.1356688582579562</v>
+        <v>3.0920333139927259</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>3.2128225784</v>
+        <v>3.2129635767</v>
       </c>
       <c r="C365" s="5">
-        <v>-1.1399600099999851E-2</v>
+        <v>-1.1287077400000012E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-4.161195928158989</v>
+        <v>-4.1208737172004017</v>
       </c>
       <c r="E365" s="5">
-        <v>-5.7609286766868273</v>
+        <v>-5.7588820073685376</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>3.4302075508000001</v>
+        <v>3.4302722229999998</v>
       </c>
       <c r="C366" s="5">
-        <v>0.2173849724000001</v>
+        <v>0.2173086462999998</v>
       </c>
       <c r="D366" s="5">
-        <v>119.38345156320911</v>
+        <v>119.31756322996519</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>3.3045677115999998</v>
+        <v>3.3045712047000002</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.12563983920000021</v>
+        <v>-0.12570101829999958</v>
       </c>
       <c r="D367" s="5">
-        <v>-36.095553395150795</v>
+        <v>-36.10919924286533</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>3.1739916317999999</v>
+        <v>3.1729095978999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.13057607979999997</v>
+        <v>-0.13166160680000027</v>
       </c>
       <c r="D368" s="5">
-        <v>-38.35562305822814</v>
+        <v>-38.608109013936399</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>3.0300916426</v>
+        <v>3.0299818797000002</v>
       </c>
       <c r="C369" s="5">
-        <v>-0.14389998919999991</v>
+        <v>-0.14292771819999972</v>
       </c>
       <c r="D369" s="5">
-        <v>-42.694034494610236</v>
+        <v>-42.484090141847005</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>3.0020239202000001</v>
+        <v>3.001987261</v>
       </c>
       <c r="C370" s="5">
-        <v>-2.8067722399999884E-2</v>
+        <v>-2.7994618700000196E-2</v>
       </c>
       <c r="D370" s="5">
-        <v>-10.566419590888254</v>
+        <v>-10.540644656973086</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>2.8642151350999998</v>
+        <v>2.8644716823</v>
       </c>
       <c r="C371" s="5">
-        <v>-0.13780878510000028</v>
+        <v>-0.13751557869999997</v>
       </c>
       <c r="D371" s="5">
-        <v>-43.101889673178853</v>
+        <v>-43.032355942132725</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>2.7588042185999999</v>
+        <v>2.7589139946999999</v>
       </c>
       <c r="C372" s="5">
-        <v>-0.1054109164999999</v>
+        <v>-0.10555768760000017</v>
       </c>
       <c r="D372" s="5">
-        <v>-36.234913487729045</v>
+        <v>-36.27298930713112</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>2.7734891556000001</v>
+        <v>2.7737341124000001</v>
       </c>
       <c r="C373" s="5">
-        <v>1.4684937000000176E-2</v>
+        <v>1.4820117700000246E-2</v>
       </c>
       <c r="D373" s="5">
-        <v>6.577882757897302</v>
+        <v>6.6399630630276985</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>2.8139495292999999</v>
+        <v>2.8142000679999999</v>
       </c>
       <c r="C374" s="5">
-        <v>4.0460373699999774E-2</v>
+        <v>4.046595559999977E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>18.981099824994651</v>
+        <v>18.982118787090929</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>2.8155517994000001</v>
+        <v>2.8157748660999999</v>
       </c>
       <c r="C375" s="5">
-        <v>1.6022701000002471E-3</v>
+        <v>1.5747981000000522E-3</v>
       </c>
       <c r="D375" s="5">
-        <v>0.68542700059515127</v>
+        <v>0.67357854052882971</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>2.8310311199</v>
+        <v>2.8311166689</v>
       </c>
       <c r="C376" s="5">
-        <v>1.5479320499999893E-2</v>
+        <v>1.5341802800000082E-2</v>
       </c>
       <c r="D376" s="5">
-        <v>6.8005426582149475</v>
+        <v>6.7377551785618328</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>2.8141512856999999</v>
+        <v>2.8143575706999999</v>
       </c>
       <c r="C377" s="5">
-        <v>-1.6879834200000055E-2</v>
+        <v>-1.67590982000001E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>-6.9248872508907988</v>
+        <v>-6.8767562523788577</v>
       </c>
       <c r="E377" s="5">
-        <v>-12.40875532250959</v>
+        <v>-12.406178796754485</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>2.8175799968000002</v>
+        <v>2.8176451165</v>
       </c>
       <c r="C378" s="5">
-        <v>3.4287111000002035E-3</v>
+        <v>3.2875458000001245E-3</v>
       </c>
       <c r="D378" s="5">
-        <v>1.4718956259865079</v>
+        <v>1.4108014865589213</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>2.8048253905</v>
+        <v>2.8047584409000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-1.2754606300000138E-2</v>
+        <v>-1.2886675599999897E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>-5.2989274769611239</v>
+        <v>-5.3523026741604252</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>2.8811483579999999</v>
+        <v>2.8795765582000001</v>
       </c>
       <c r="C380" s="5">
-        <v>7.6322967499999894E-2</v>
+        <v>7.4818117299999987E-2</v>
       </c>
       <c r="D380" s="5">
-        <v>38.012206638088486</v>
+        <v>37.15068747251928</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>2.8259681166999999</v>
+        <v>2.8256792932999999</v>
       </c>
       <c r="C381" s="5">
-        <v>-5.5180241299999988E-2</v>
+        <v>-5.3897264900000241E-2</v>
       </c>
       <c r="D381" s="5">
-        <v>-20.709778587338</v>
+        <v>-20.286683970747397</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>2.8034816853</v>
+        <v>2.8032890545</v>
       </c>
       <c r="C382" s="5">
-        <v>-2.2486431399999951E-2</v>
+        <v>-2.2390238799999906E-2</v>
       </c>
       <c r="D382" s="5">
-        <v>-9.1414950000736628</v>
+        <v>-9.1049680634092915</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>2.8626697639000001</v>
+        <v>2.8634651137999998</v>
       </c>
       <c r="C383" s="5">
-        <v>5.9188078600000082E-2</v>
+        <v>6.0176059299999807E-2</v>
       </c>
       <c r="D383" s="5">
-        <v>28.493847048474041</v>
+        <v>29.029252348614754</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>2.9552134400000001</v>
+        <v>2.9553172908000001</v>
       </c>
       <c r="C384" s="5">
-        <v>9.2543676100000027E-2</v>
+        <v>9.1852177000000257E-2</v>
       </c>
       <c r="D384" s="5">
-        <v>46.491095780027479</v>
+        <v>46.065153803763835</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>2.9715226275000002</v>
+        <v>2.9718507335000002</v>
       </c>
       <c r="C385" s="5">
-        <v>1.63091875000001E-2</v>
+        <v>1.6533442700000123E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>6.8273022830757979</v>
+        <v>6.923836256454341</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>3.0099963349999999</v>
+        <v>3.0103706520000002</v>
       </c>
       <c r="C386" s="5">
-        <v>3.8473707499999676E-2</v>
+        <v>3.8519918500000028E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>16.692542277576194</v>
+        <v>16.712063579189508</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>2.8119390104000002</v>
+        <v>2.8123010077999999</v>
       </c>
       <c r="C387" s="5">
-        <v>-0.1980573245999997</v>
+        <v>-0.19806964420000028</v>
       </c>
       <c r="D387" s="5">
-        <v>-55.814562425450255</v>
+        <v>-55.812241381909324</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>2.8348816119000002</v>
+        <v>2.8351428474000002</v>
       </c>
       <c r="C388" s="5">
-        <v>2.2942601500000048E-2</v>
+        <v>2.2841839600000302E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>10.242324409541915</v>
+        <v>10.193941186523258</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>2.9138863397999999</v>
+        <v>2.9142535119000001</v>
       </c>
       <c r="C389" s="5">
-        <v>7.9004727899999683E-2</v>
+        <v>7.9110664499999928E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>39.075992116701229</v>
+        <v>39.132502258558333</v>
       </c>
       <c r="E389" s="5">
-        <v>3.5440544581522682</v>
+        <v>3.5495113428374303</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>3.0166874341000001</v>
+        <v>3.0168855888000001</v>
       </c>
       <c r="C390" s="5">
-        <v>0.10280109430000017</v>
+        <v>0.10263207689999998</v>
       </c>
       <c r="D390" s="5">
-        <v>51.59765417997</v>
+        <v>51.487969210352638</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>3.0119072648</v>
+        <v>3.0119396365000002</v>
       </c>
       <c r="C391" s="5">
-        <v>-4.7801693000000256E-3</v>
+        <v>-4.945952299999945E-3</v>
       </c>
       <c r="D391" s="5">
-        <v>-1.8850061324079181</v>
+        <v>-1.9496655750422476</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>2.9866064310999998</v>
+        <v>2.9845543631</v>
       </c>
       <c r="C392" s="5">
-        <v>-2.5300833700000247E-2</v>
+        <v>-2.7385273400000187E-2</v>
       </c>
       <c r="D392" s="5">
-        <v>-9.6273954140457914</v>
+        <v>-10.38127482762221</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>3.0240316890000001</v>
+        <v>3.0222491868999999</v>
       </c>
       <c r="C393" s="5">
-        <v>3.7425257900000286E-2</v>
+        <v>3.7694823799999888E-2</v>
       </c>
       <c r="D393" s="5">
-        <v>16.118148655285513</v>
+        <v>16.254375150738465</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>3.1043525457999999</v>
+        <v>3.1035599302999999</v>
       </c>
       <c r="C394" s="5">
-        <v>8.0320856799999785E-2</v>
+        <v>8.1310743399999996E-2</v>
       </c>
       <c r="D394" s="5">
-        <v>36.967137130165909</v>
+        <v>37.517636742227033</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>3.1572352346999999</v>
+        <v>3.1592622961000001</v>
       </c>
       <c r="C395" s="5">
-        <v>5.288268890000003E-2</v>
+        <v>5.5702365800000209E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>22.470321545887415</v>
+        <v>23.795990902137532</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>3.1553394489</v>
+        <v>3.1557589901999998</v>
       </c>
       <c r="C396" s="5">
-        <v>-1.8957857999999383E-3</v>
+        <v>-3.5033059000002531E-3</v>
       </c>
       <c r="D396" s="5">
-        <v>-0.71817421626825251</v>
+        <v>-1.322594150451617</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>3.1706627472000002</v>
+        <v>3.1712770867</v>
       </c>
       <c r="C397" s="5">
-        <v>1.5323298300000232E-2</v>
+        <v>1.5518096500000134E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>5.9857688384923557</v>
+        <v>6.0631054043857935</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>3.3026455727999999</v>
+        <v>3.3033411533999999</v>
       </c>
       <c r="C398" s="5">
-        <v>0.13198282559999974</v>
+        <v>0.13206406669999993</v>
       </c>
       <c r="D398" s="5">
-        <v>63.13345425071364</v>
+        <v>63.166447684540294</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>3.2089623539000001</v>
+        <v>3.2096970421000002</v>
       </c>
       <c r="C399" s="5">
-        <v>-9.3683218899999865E-2</v>
+        <v>-9.3644111299999722E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>-29.200232164991068</v>
+        <v>-29.18465592916133</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>3.1375655871000001</v>
+        <v>3.1382248641000001</v>
       </c>
       <c r="C400" s="5">
-        <v>-7.1396766799999956E-2</v>
+        <v>-7.1472178000000053E-2</v>
       </c>
       <c r="D400" s="5">
-        <v>-23.6624372807394</v>
+        <v>-23.679676298078977</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>3.2159124029999999</v>
+        <v>3.2166200121999999</v>
       </c>
       <c r="C401" s="5">
-        <v>7.8346815899999811E-2</v>
+        <v>7.8395148099999812E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>34.442559502498057</v>
+        <v>34.458544915247735</v>
       </c>
       <c r="E401" s="5">
-        <v>10.365059854075497</v>
+        <v>10.375435735611971</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>3.1160679481</v>
+        <v>3.1162639683000002</v>
       </c>
       <c r="C402" s="5">
-        <v>-9.9844454899999935E-2</v>
+        <v>-0.10035604389999975</v>
       </c>
       <c r="D402" s="5">
-        <v>-31.509158425200891</v>
+        <v>-31.638160025596896</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>3.1160234911</v>
+        <v>3.1156137775000001</v>
       </c>
       <c r="C403" s="5">
-        <v>-4.4456999999997748E-5</v>
+        <v>-6.5019080000006113E-4</v>
       </c>
       <c r="D403" s="5">
-        <v>-1.7119079209204635E-2</v>
+        <v>-0.25008607853044262</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>3.1998802507000002</v>
+        <v>3.1967427216000002</v>
       </c>
       <c r="C404" s="5">
-        <v>8.3856759600000164E-2</v>
+        <v>8.1128944100000044E-2</v>
       </c>
       <c r="D404" s="5">
-        <v>37.529554145516329</v>
+        <v>36.134698108001317</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>3.1189878375000002</v>
+        <v>3.115431488</v>
       </c>
       <c r="C405" s="5">
-        <v>-8.0892413199999957E-2</v>
+        <v>-8.1311233600000143E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>-26.453931354064885</v>
+        <v>-26.59489907610152</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>3.102871811</v>
+        <v>3.1011765673</v>
       </c>
       <c r="C406" s="5">
-        <v>-1.6116026500000213E-2</v>
+        <v>-1.4254920700000007E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>-6.0272724214172291</v>
+        <v>-5.3546101575046023</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>3.0540064625999999</v>
+        <v>3.0581095808000001</v>
       </c>
       <c r="C407" s="5">
-        <v>-4.8865348400000119E-2</v>
+        <v>-4.306698649999996E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>-17.344184792983196</v>
+        <v>-15.44902979851871</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>3.0666202302999999</v>
+        <v>3.0674294903999999</v>
       </c>
       <c r="C408" s="5">
-        <v>1.26137677E-2</v>
+        <v>9.3199095999998427E-3</v>
       </c>
       <c r="D408" s="5">
-        <v>5.0704362706560424</v>
+        <v>3.7190529524480542</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>3.0742770686999998</v>
+        <v>3.0751204128</v>
       </c>
       <c r="C409" s="5">
-        <v>7.6568383999999767E-3</v>
+        <v>7.6909224000001331E-3</v>
       </c>
       <c r="D409" s="5">
-        <v>3.0376894557784917</v>
+        <v>3.0505824684898819</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>3.0942691569999998</v>
+        <v>3.0951437251999998</v>
       </c>
       <c r="C410" s="5">
-        <v>1.9992088299999988E-2</v>
+        <v>2.0023312399999771E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>8.0888740773504821</v>
+        <v>8.0996613169768139</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>3.1025029473000001</v>
+        <v>3.1035133289000001</v>
       </c>
       <c r="C411" s="5">
-        <v>8.2337903000002655E-3</v>
+        <v>8.3696037000002832E-3</v>
       </c>
       <c r="D411" s="5">
-        <v>3.2403271725622407</v>
+        <v>3.2936281003326906</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>3.1334996938000002</v>
+        <v>3.1346085405999999</v>
       </c>
       <c r="C412" s="5">
-        <v>3.0996746500000061E-2</v>
+        <v>3.1095211699999847E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>12.670298859892393</v>
+        <v>12.708422533659514</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>3.1103123429999999</v>
+        <v>3.1113409793</v>
       </c>
       <c r="C413" s="5">
-        <v>-2.3187350800000228E-2</v>
+        <v>-2.3267561299999961E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>-8.5271592160719329</v>
+        <v>-8.5525586770871413</v>
       </c>
       <c r="E413" s="5">
-        <v>-3.2836733955032393</v>
+        <v>-3.2729707736909419</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>3.1216230353999999</v>
+        <v>3.1218873422</v>
       </c>
       <c r="C414" s="5">
-        <v>1.1310692399999933E-2</v>
+        <v>1.0546362899999995E-2</v>
       </c>
       <c r="D414" s="5">
-        <v>4.4521626396017533</v>
+        <v>4.14427796631891</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>3.1235106721000001</v>
+        <v>3.1227029668999999</v>
       </c>
       <c r="C415" s="5">
-        <v>1.8876367000002503E-3</v>
+        <v>8.1562469999996168E-4</v>
       </c>
       <c r="D415" s="5">
-        <v>0.72805485508271595</v>
+        <v>0.3139630465476495</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>3.1064903181000001</v>
+        <v>3.1023708075999998</v>
       </c>
       <c r="C416" s="5">
-        <v>-1.7020354000000015E-2</v>
+        <v>-2.0332159300000097E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>-6.3464761179952038</v>
+        <v>-7.5394757705836817</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>3.2158707203999999</v>
+        <v>3.2095608725</v>
       </c>
       <c r="C417" s="5">
-        <v>0.10938040229999979</v>
+        <v>0.10719006490000016</v>
       </c>
       <c r="D417" s="5">
-        <v>51.475685334574692</v>
+        <v>50.322136969762511</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>3.1989810532999998</v>
+        <v>3.1963757393000001</v>
       </c>
       <c r="C418" s="5">
-        <v>-1.6889667100000061E-2</v>
+        <v>-1.3185133199999921E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>-6.1234683765824416</v>
+        <v>-4.8198236502758558</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>3.2501303918</v>
+        <v>3.2572165879999999</v>
       </c>
       <c r="C419" s="5">
-        <v>5.1149338500000141E-2</v>
+        <v>6.0840848699999839E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>20.967694217831912</v>
+        <v>25.390821030058895</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>3.1715855522999998</v>
+        <v>3.1730282367</v>
       </c>
       <c r="C420" s="5">
-        <v>-7.854483950000013E-2</v>
+        <v>-8.4188351299999908E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>-25.439681823978578</v>
+        <v>-26.965579363131763</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>3.176237736</v>
+        <v>3.1774646255999999</v>
       </c>
       <c r="C421" s="5">
-        <v>4.6521837000002009E-3</v>
+        <v>4.4363888999998657E-3</v>
       </c>
       <c r="D421" s="5">
-        <v>1.7744687971068762</v>
+        <v>1.6907496308513625</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>3.1901822803000002</v>
+        <v>3.1913638781000002</v>
       </c>
       <c r="C422" s="5">
-        <v>1.3944544300000139E-2</v>
+        <v>1.3899252500000348E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>5.397416879741912</v>
+        <v>5.3773346906260899</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>3.1998807673999998</v>
+        <v>3.2012369385000001</v>
       </c>
       <c r="C423" s="5">
-        <v>9.6984870999996531E-3</v>
+        <v>9.8730603999999111E-3</v>
       </c>
       <c r="D423" s="5">
-        <v>3.7097463863074109</v>
+        <v>3.7762403069372619</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>3.2287176747999999</v>
+        <v>3.2303076834</v>
       </c>
       <c r="C424" s="5">
-        <v>2.8836907400000111E-2</v>
+        <v>2.9070744899999834E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>11.366687004768238</v>
+        <v>11.458411891720143</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>3.2086979989</v>
+        <v>3.2101842462999999</v>
       </c>
       <c r="C425" s="5">
-        <v>-2.0019675899999978E-2</v>
+        <v>-2.0123437100000086E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>-7.1920312674110924</v>
+        <v>-7.2246022173618973</v>
       </c>
       <c r="E425" s="5">
-        <v>3.1632082263835848</v>
+        <v>3.1768702838297802</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>3.2251815148</v>
+        <v>3.2255908615000002</v>
       </c>
       <c r="C426" s="5">
-        <v>1.6483515900000079E-2</v>
+        <v>1.5406615200000306E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>6.3417547613604741</v>
+        <v>5.9136293855274857</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>3.2258005429000001</v>
+        <v>3.2244590500000001</v>
       </c>
       <c r="C427" s="5">
-        <v>6.1902810000002972E-4</v>
+        <v>-1.1318115000000795E-3</v>
       </c>
       <c r="D427" s="5">
-        <v>0.2305663693676685</v>
+        <v>-0.42025037454221925</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>3.2144544389999998</v>
+        <v>3.2091760952000001</v>
       </c>
       <c r="C428" s="5">
-        <v>-1.1346103900000237E-2</v>
+        <v>-1.528295479999997E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>-4.1400569808769605</v>
+        <v>-5.5416854339132122</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>3.2418419125</v>
+        <v>3.2031906502999998</v>
       </c>
       <c r="C429" s="5">
-        <v>2.7387473500000148E-2</v>
+        <v>-5.9854449000003029E-3</v>
       </c>
       <c r="D429" s="5">
-        <v>10.717099243527306</v>
+        <v>-2.2153072606557633</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>3.2452218903999999</v>
+        <v>3.1917684152999999</v>
       </c>
       <c r="C430" s="5">
-        <v>3.3799778999998864E-3</v>
+        <v>-1.1422234999999947E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>1.2583318406427235</v>
+        <v>-4.1961382203576703</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>3.2484696805</v>
+        <v>3.1585011123000002</v>
       </c>
       <c r="C431" s="5">
-        <v>3.2477901000000919E-3</v>
+        <v>-3.3267302999999693E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>1.2075822105643397</v>
+        <v>-11.814752783536587</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>3.2576750742999998</v>
+        <v>3.1621079860000001</v>
       </c>
       <c r="C432" s="5">
-        <v>9.2053937999998503E-3</v>
+        <v>3.6068736999999018E-3</v>
       </c>
       <c r="D432" s="5">
-        <v>3.4540190699333451</v>
+        <v>1.3789885597621954</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>3.2640352501000001</v>
+        <v>3.1463234977000001</v>
       </c>
       <c r="C433" s="5">
-        <v>6.3601758000002562E-3</v>
+        <v>-1.578448830000001E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>2.3681617380575393</v>
+        <v>-5.828362815136634</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>3.034613469</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.11171002870000013</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-35.19625741705412</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>3.0603307584000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>2.5717289400000176E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>10.657240047054216</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>3.0532983234</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-7.0324350000001701E-3</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-2.7229338881804011</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">