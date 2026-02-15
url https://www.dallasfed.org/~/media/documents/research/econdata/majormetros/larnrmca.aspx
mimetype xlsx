--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D4B8A054-F9FD-40B8-B43F-50E8833C1E3E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{0CE0E84A-DE48-4402-AA74-44DF4E7B3268}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{921384FF-3B4A-4E45-A5D4-1755C6457BFF}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7297653F-98CC-449F-B205-B6F2CF0FD390}"/>
   </bookViews>
   <sheets>
     <sheet name="larnrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E3FC8638-B0F4-4D35-A5F8-9154621DA74E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EEA16145-9321-4153-BDBF-FA22F5609206}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>3.1585011123000002</v>
       </c>
       <c r="C431" s="5">
         <v>-3.3267302999999693E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-11.814752783536587</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>3.1621079860000001</v>
       </c>
       <c r="C432" s="5">
         <v>3.6068736999999018E-3</v>
       </c>
       <c r="D432" s="5">
         <v>1.3789885597621954</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>3.1463234977000001</v>
       </c>
       <c r="C433" s="5">
         <v>-1.578448830000001E-2</v>
       </c>
       <c r="D433" s="5">
         <v>-5.828362815136634</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>3.034613469</v>
       </c>
       <c r="C434" s="5">
         <v>-0.11171002870000013</v>
       </c>
       <c r="D434" s="5">
         <v>-35.19625741705412</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>3.0603307584000001</v>
       </c>
       <c r="C435" s="5">
         <v>2.5717289400000176E-2</v>
       </c>
       <c r="D435" s="5">
         <v>10.657240047054216</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>3.0532983234</v>
+        <v>3.0542632661</v>
       </c>
       <c r="C436" s="5">
-        <v>-7.0324350000001701E-3</v>
+        <v>-6.0674923000001435E-3</v>
       </c>
       <c r="D436" s="5">
-        <v>-2.7229338881804011</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-2.3533789439890151</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>3.0597509481</v>
+      </c>
+      <c r="C437" s="5">
+        <v>5.4876820000000492E-3</v>
+      </c>
+      <c r="D437" s="5">
+        <v>2.1775087202634547</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-4.6861266101279604</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>