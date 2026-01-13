--- v0 (2025-10-10)
+++ v1 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4197C924-395E-410D-B34A-F9D74621CC18}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{39091C9A-577F-4879-A258-49CBBCD4ED82}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{A6BC3354-EA51-43BC-B06F-D37B367718A0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{43001936-59FD-4148-8D20-3A89258DBA24}"/>
   </bookViews>
   <sheets>
     <sheet name="larpbsva" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Professional and Business Services Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0C94E6A0-AC5D-4402-98B6-1F2BE6BC66B6}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BE743C6C-953E-4189-97ED-EEFBD66EC083}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -975,6146 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>2.2501472202000001</v>
+        <v>2.2501472169999999</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>2.3036548533999999</v>
+        <v>2.3036548403000001</v>
       </c>
       <c r="C7" s="5">
-        <v>5.3507633199999738E-2</v>
+        <v>5.3507623300000251E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>32.57991338125057</v>
+        <v>32.579906596627772</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>2.3432206357999998</v>
+        <v>2.3432206152999999</v>
       </c>
       <c r="C8" s="5">
-        <v>3.9565782399999971E-2</v>
+        <v>3.9565774999999803E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>22.673079073762569</v>
+        <v>22.673074566223427</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>2.3110750197000001</v>
+        <v>2.3110749975</v>
       </c>
       <c r="C9" s="5">
-        <v>-3.2145616099999774E-2</v>
+        <v>-3.2145617799999915E-2</v>
       </c>
       <c r="D9" s="5">
-        <v>-15.275245383077197</v>
+        <v>-15.275246254667785</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>2.4070062172000002</v>
+        <v>2.4070062052000001</v>
       </c>
       <c r="C10" s="5">
-        <v>9.593119750000012E-2</v>
+        <v>9.5931207700000076E-2</v>
       </c>
       <c r="D10" s="5">
-        <v>62.913856581421904</v>
+        <v>62.913865614290884</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>2.4149465812000002</v>
+        <v>2.4149465986999998</v>
       </c>
       <c r="C11" s="5">
-        <v>7.9403639999999776E-3</v>
+        <v>7.9403934999997539E-3</v>
       </c>
       <c r="D11" s="5">
-        <v>4.0312455613095377</v>
+        <v>4.0312608314119203</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>2.499503217</v>
+        <v>2.4995031971000001</v>
       </c>
       <c r="C12" s="5">
-        <v>8.4556635799999835E-2</v>
+        <v>8.4556598400000293E-2</v>
       </c>
       <c r="D12" s="5">
-        <v>51.131174625498964</v>
+        <v>51.131147044451033</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>2.5298068913999998</v>
+        <v>2.5298068756999998</v>
       </c>
       <c r="C13" s="5">
-        <v>3.0303674399999814E-2</v>
+        <v>3.0303678599999717E-2</v>
       </c>
       <c r="D13" s="5">
-        <v>15.55907448952043</v>
+        <v>15.559076923991544</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>2.4582649032999999</v>
+        <v>2.4582649447999998</v>
       </c>
       <c r="C14" s="5">
-        <v>-7.1541988099999898E-2</v>
+        <v>-7.154193090000005E-2</v>
       </c>
       <c r="D14" s="5">
-        <v>-29.124568877564972</v>
+        <v>-29.124549241240928</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>2.4962616840999998</v>
+        <v>2.4962617024</v>
       </c>
       <c r="C15" s="5">
-        <v>3.7996780799999907E-2</v>
+        <v>3.7996757600000208E-2</v>
       </c>
       <c r="D15" s="5">
-        <v>20.20904827138823</v>
+        <v>20.209034494186561</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>2.4710811051000001</v>
+        <v>2.4710811264000001</v>
       </c>
       <c r="C16" s="5">
-        <v>-2.5180578999999703E-2</v>
+        <v>-2.5180575999999899E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>-11.455279546960817</v>
+        <v>-11.455278177620187</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>2.5144159925</v>
+        <v>2.5144160014999999</v>
       </c>
       <c r="C17" s="5">
-        <v>4.3334887399999911E-2</v>
+        <v>4.3334875099999781E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>23.197406175347311</v>
+        <v>23.197398723852601</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>2.5473172024999999</v>
+        <v>2.5473172122999999</v>
       </c>
       <c r="C18" s="5">
-        <v>3.2901209999999903E-2</v>
+        <v>3.2901210799999969E-2</v>
       </c>
       <c r="D18" s="5">
-        <v>16.882846199504044</v>
+        <v>16.882846575153685</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>2.6084716628</v>
+        <v>2.6084716679</v>
       </c>
       <c r="C19" s="5">
-        <v>6.1154460300000046E-2</v>
+        <v>6.1154455600000102E-2</v>
       </c>
       <c r="D19" s="5">
-        <v>32.934325280028467</v>
+        <v>32.934322261860594</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>2.6459012837000002</v>
+        <v>2.6459012347000002</v>
       </c>
       <c r="C20" s="5">
-        <v>3.7429620900000238E-2</v>
+        <v>3.7429566800000202E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>18.645198324422484</v>
+        <v>18.645169174187302</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>2.6049639194999998</v>
+        <v>2.6049638623</v>
       </c>
       <c r="C21" s="5">
-        <v>-4.0937364200000381E-2</v>
+        <v>-4.0937372400000172E-2</v>
       </c>
       <c r="D21" s="5">
-        <v>-17.065180292728467</v>
+        <v>-17.065183715151399</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>2.6058256693000001</v>
+        <v>2.6058256471000001</v>
       </c>
       <c r="C22" s="5">
-        <v>8.6174980000031098E-4</v>
+        <v>8.6178480000009827E-4</v>
       </c>
       <c r="D22" s="5">
-        <v>0.39769584913846856</v>
+        <v>0.39771203972032154</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>2.6190422341000001</v>
+        <v>2.6190422711000001</v>
       </c>
       <c r="C23" s="5">
-        <v>1.3216564799999997E-2</v>
+        <v>1.321662400000001E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>6.2590006662081477</v>
+        <v>6.2590295431677934</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>2.4032421281</v>
+        <v>2.4032421199999998</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.2158001060000001</v>
+        <v>-0.21580015110000028</v>
       </c>
       <c r="D24" s="5">
-        <v>-64.366349221382805</v>
+        <v>-64.366356703485977</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>2.5309421951000002</v>
+        <v>2.5309421908999998</v>
       </c>
       <c r="C25" s="5">
-        <v>0.12770006700000014</v>
+        <v>0.12770007090000002</v>
       </c>
       <c r="D25" s="5">
-        <v>86.129998690214066</v>
+        <v>86.130002511803539</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>2.5591961044999998</v>
+        <v>2.5591961679000002</v>
       </c>
       <c r="C26" s="5">
-        <v>2.825390939999961E-2</v>
+        <v>2.8253977000000319E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>14.24996522916684</v>
+        <v>14.250001468620033</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>2.4894598341999998</v>
+        <v>2.4894598671999999</v>
       </c>
       <c r="C27" s="5">
-        <v>-6.9736270299999958E-2</v>
+        <v>-6.9736300700000253E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>-28.217481558084035</v>
+        <v>-28.217491479159541</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>2.5695434092</v>
+        <v>2.5695434306</v>
       </c>
       <c r="C28" s="5">
-        <v>8.0083575000000184E-2</v>
+        <v>8.0083563400000113E-2</v>
       </c>
       <c r="D28" s="5">
-        <v>46.221092338194424</v>
+        <v>46.221083692036679</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>2.5104766001000001</v>
+        <v>2.5104766041</v>
       </c>
       <c r="C29" s="5">
-        <v>-5.9066809099999951E-2</v>
+        <v>-5.9066826500000058E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>-24.351098627419777</v>
+        <v>-24.351104741368136</v>
       </c>
       <c r="E29" s="5">
-        <v>-0.15667226154106872</v>
+        <v>-0.15667245983360667</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>2.5398467695</v>
+        <v>2.5398467781999998</v>
       </c>
       <c r="C30" s="5">
-        <v>2.9370169399999924E-2</v>
+        <v>2.9370174099999868E-2</v>
       </c>
       <c r="D30" s="5">
-        <v>14.978347181294538</v>
+        <v>14.978349709089823</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>2.5172940633000001</v>
+        <v>2.5172940556999999</v>
       </c>
       <c r="C31" s="5">
-        <v>-2.2552706199999939E-2</v>
+        <v>-2.2552722499999955E-2</v>
       </c>
       <c r="D31" s="5">
-        <v>-10.150177162373542</v>
+        <v>-10.150184110839289</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>2.4540021132000001</v>
+        <v>2.4540019983999999</v>
       </c>
       <c r="C32" s="5">
-        <v>-6.3291950099999994E-2</v>
+        <v>-6.3292057299999982E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>-26.329813477558339</v>
+        <v>-26.329852164661606</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>2.4989770724999998</v>
+        <v>2.4989769538000002</v>
       </c>
       <c r="C33" s="5">
-        <v>4.4974959299999728E-2</v>
+        <v>4.4974955400000294E-2</v>
       </c>
       <c r="D33" s="5">
-        <v>24.350653146667689</v>
+        <v>24.350652074203705</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>2.5063592670000001</v>
+        <v>2.5063592326999999</v>
       </c>
       <c r="C34" s="5">
-        <v>7.3821945000003275E-3</v>
+        <v>7.3822788999997613E-3</v>
       </c>
       <c r="D34" s="5">
-        <v>3.6030705015710485</v>
+        <v>3.6031125406978282</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>2.5204107000999998</v>
+        <v>2.5204107834</v>
       </c>
       <c r="C35" s="5">
-        <v>1.4051433099999677E-2</v>
+        <v>1.4051550700000082E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>6.9389437614814087</v>
+        <v>6.93900373545564</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>2.5135984204000001</v>
+        <v>2.5135984727</v>
       </c>
       <c r="C36" s="5">
-        <v>-6.812279699999646E-3</v>
+        <v>-6.8123106999999905E-3</v>
       </c>
       <c r="D36" s="5">
-        <v>-3.1956304282264369</v>
+        <v>-3.1956446507367509</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>2.4357280833999999</v>
+        <v>2.4357281445000001</v>
       </c>
       <c r="C37" s="5">
-        <v>-7.7870337000000234E-2</v>
+        <v>-7.787032819999995E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>-31.451981643945139</v>
+        <v>-31.45197812489997</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>2.5545780220999998</v>
+        <v>2.5545781489000001</v>
       </c>
       <c r="C38" s="5">
-        <v>0.11884993869999994</v>
+        <v>0.11885000440000004</v>
       </c>
       <c r="D38" s="5">
-        <v>77.126856830446599</v>
+        <v>77.126909015161573</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>2.580992921</v>
+        <v>2.5809929864000001</v>
       </c>
       <c r="C39" s="5">
-        <v>2.641489890000015E-2</v>
+        <v>2.6414837499999955E-2</v>
       </c>
       <c r="D39" s="5">
-        <v>13.138835132758043</v>
+        <v>13.138802145155459</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>2.5636553287999999</v>
+        <v>2.5636553407</v>
       </c>
       <c r="C40" s="5">
-        <v>-1.7337592200000085E-2</v>
+        <v>-1.7337645700000071E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>-7.7696470075602209</v>
+        <v>-7.7696699145616162</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>2.6062589992</v>
+        <v>2.6062589603999999</v>
       </c>
       <c r="C41" s="5">
-        <v>4.2603670400000127E-2</v>
+        <v>4.2603619699999928E-2</v>
       </c>
       <c r="D41" s="5">
-        <v>21.869556698670788</v>
+        <v>21.869528138716234</v>
       </c>
       <c r="E41" s="5">
-        <v>3.8153073841112439</v>
+        <v>3.8153056731766499</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>2.5289054418000001</v>
+        <v>2.5289053931000001</v>
       </c>
       <c r="C42" s="5">
-        <v>-7.7353557399999939E-2</v>
+        <v>-7.735356729999987E-2</v>
       </c>
       <c r="D42" s="5">
-        <v>-30.34051991874923</v>
+        <v>-30.34052357177962</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>2.5251622165000001</v>
+        <v>2.5251621270000002</v>
       </c>
       <c r="C43" s="5">
-        <v>-3.7432253000000415E-3</v>
+        <v>-3.7432660999998646E-3</v>
       </c>
       <c r="D43" s="5">
-        <v>-1.7618223034101321</v>
+        <v>-1.7618413843172309</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>2.5691645084000001</v>
+        <v>2.5691642658</v>
       </c>
       <c r="C44" s="5">
-        <v>4.4002291900000046E-2</v>
+        <v>4.4002138799999813E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>23.035822481829559</v>
+        <v>23.035735395646341</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>2.5971955289999999</v>
+        <v>2.5971953138999999</v>
       </c>
       <c r="C45" s="5">
-        <v>2.8031020599999845E-2</v>
+        <v>2.80310480999999E-2</v>
       </c>
       <c r="D45" s="5">
-        <v>13.907623943686588</v>
+        <v>13.907639809858029</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>2.5059783114999998</v>
+        <v>2.5059782759</v>
       </c>
       <c r="C46" s="5">
-        <v>-9.1217217500000114E-2</v>
+        <v>-9.1217037999999917E-2</v>
       </c>
       <c r="D46" s="5">
-        <v>-34.886365572148691</v>
+        <v>-34.886311959583416</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>2.5162466363</v>
+        <v>2.5162468201000001</v>
       </c>
       <c r="C47" s="5">
-        <v>1.0268324800000173E-2</v>
+        <v>1.0268544200000118E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>5.0293776806430435</v>
+        <v>5.0294876481355333</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>2.6259089468000001</v>
+        <v>2.6259091585999998</v>
       </c>
       <c r="C48" s="5">
-        <v>0.10966231050000008</v>
+        <v>0.10966233849999973</v>
       </c>
       <c r="D48" s="5">
-        <v>66.846640557676125</v>
+        <v>66.846655799079031</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>2.6424927264</v>
+        <v>2.6424929514</v>
       </c>
       <c r="C49" s="5">
-        <v>1.6583779599999904E-2</v>
+        <v>1.6583792800000108E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>7.8473931949066822</v>
+        <v>7.8473990045470288</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>2.7531935815000002</v>
+        <v>2.7531938385000001</v>
       </c>
       <c r="C50" s="5">
-        <v>0.11070085510000016</v>
+        <v>0.11070088710000014</v>
       </c>
       <c r="D50" s="5">
-        <v>63.634688559269478</v>
+        <v>63.634704659481933</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>2.5647238212999999</v>
+        <v>2.5647239563999999</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.18846976020000028</v>
+        <v>-0.18846988210000015</v>
       </c>
       <c r="D51" s="5">
-        <v>-57.298189800058537</v>
+        <v>-57.298210640194888</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>2.5633942362000002</v>
+        <v>2.5633941981000001</v>
       </c>
       <c r="C52" s="5">
-        <v>-1.3295850999996972E-3</v>
+        <v>-1.329758299999817E-3</v>
       </c>
       <c r="D52" s="5">
-        <v>-0.62032440014903045</v>
+        <v>-0.6204049445708959</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>2.4962476601999999</v>
+        <v>2.4962475497000001</v>
       </c>
       <c r="C53" s="5">
-        <v>-6.7146576000000291E-2</v>
+        <v>-6.7146648400000064E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>-27.277766631188992</v>
+        <v>-27.277792290499658</v>
       </c>
       <c r="E53" s="5">
-        <v>-4.2210439957720443</v>
+        <v>-4.2210468096814058</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>2.6198970959999999</v>
+        <v>2.6198969318000001</v>
       </c>
       <c r="C54" s="5">
-        <v>0.12364943579999998</v>
+        <v>0.12364938209999998</v>
       </c>
       <c r="D54" s="5">
-        <v>78.631790856769541</v>
+        <v>78.631751398203306</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>2.6325871174</v>
+        <v>2.6325868431999999</v>
       </c>
       <c r="C55" s="5">
-        <v>1.2690021400000084E-2</v>
+        <v>1.2689911399999865E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>5.9698254576235232</v>
+        <v>5.969772707701293</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>2.5795102954</v>
+        <v>2.5795097901999999</v>
       </c>
       <c r="C56" s="5">
-        <v>-5.3076821999999968E-2</v>
+        <v>-5.3077052999999985E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>-21.68333848566909</v>
+        <v>-21.683424660618368</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>2.8040304710999999</v>
+        <v>2.8040299619</v>
       </c>
       <c r="C57" s="5">
-        <v>0.22452017569999994</v>
+        <v>0.22452017170000005</v>
       </c>
       <c r="D57" s="5">
-        <v>172.2360019381421</v>
+        <v>172.23604850809781</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>2.8100779436000001</v>
+        <v>2.8100775653999999</v>
       </c>
       <c r="C58" s="5">
-        <v>6.0474725000001506E-3</v>
+        <v>6.0476034999998873E-3</v>
       </c>
       <c r="D58" s="5">
-        <v>2.6189694685194276</v>
+        <v>2.6190273563938549</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>2.7103402013000002</v>
+        <v>2.7103411919</v>
       </c>
       <c r="C59" s="5">
-        <v>-9.9737742299999876E-2</v>
+        <v>-9.9736373499999864E-2</v>
       </c>
       <c r="D59" s="5">
-        <v>-35.186527817632197</v>
+        <v>-35.186138876421161</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>2.7374324205999998</v>
+        <v>2.7374322438999998</v>
       </c>
       <c r="C60" s="5">
-        <v>2.7092219299999609E-2</v>
+        <v>2.7091051999999838E-2</v>
       </c>
       <c r="D60" s="5">
-        <v>12.676979314611625</v>
+        <v>12.676397850642829</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>2.7416247991999998</v>
+        <v>2.7416267617000001</v>
       </c>
       <c r="C61" s="5">
-        <v>4.1923785999999907E-3</v>
+        <v>4.1945178000002414E-3</v>
       </c>
       <c r="D61" s="5">
-        <v>1.8533599264842993</v>
+        <v>1.8543137253565156</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>2.7444338496</v>
+        <v>2.744433812</v>
       </c>
       <c r="C62" s="5">
-        <v>2.8090504000002348E-3</v>
+        <v>2.8070502999999469E-3</v>
       </c>
       <c r="D62" s="5">
-        <v>1.2364643013205834</v>
+        <v>1.2355780610201261</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>2.8516907512</v>
+        <v>2.8516906583999999</v>
       </c>
       <c r="C63" s="5">
-        <v>0.10725690160000001</v>
+        <v>0.10725684639999988</v>
       </c>
       <c r="D63" s="5">
-        <v>58.414860159448125</v>
+        <v>58.414824341901465</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>2.9659785194000001</v>
+        <v>2.9659782408000002</v>
       </c>
       <c r="C64" s="5">
-        <v>0.11428776820000008</v>
+        <v>0.11428758240000025</v>
       </c>
       <c r="D64" s="5">
-        <v>60.245887097775451</v>
+        <v>60.245769048250899</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>2.8976851504000001</v>
+        <v>2.8976848287000001</v>
       </c>
       <c r="C65" s="5">
-        <v>-6.8293369000000048E-2</v>
+        <v>-6.8293412100000062E-2</v>
       </c>
       <c r="D65" s="5">
-        <v>-24.386676837387778</v>
+        <v>-24.386692342128512</v>
       </c>
       <c r="E65" s="5">
-        <v>16.081637114798021</v>
+        <v>16.081629365975548</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>2.8139098177999999</v>
+        <v>2.8139093637000001</v>
       </c>
       <c r="C66" s="5">
-        <v>-8.3775332600000141E-2</v>
+        <v>-8.3775464999999993E-2</v>
       </c>
       <c r="D66" s="5">
-        <v>-29.675321625699425</v>
+        <v>-29.675364121965732</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>2.7335163444999999</v>
+        <v>2.7335156854</v>
       </c>
       <c r="C67" s="5">
-        <v>-8.0393473300000018E-2</v>
+        <v>-8.0393678300000104E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>-29.378326737281981</v>
+        <v>-29.378394314677102</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>2.6877522892000001</v>
+        <v>2.6877513393000001</v>
       </c>
       <c r="C68" s="5">
-        <v>-4.5764055299999828E-2</v>
+        <v>-4.5764346099999909E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>-18.33973498859125</v>
+        <v>-18.339845033906776</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>2.6129364074999999</v>
+        <v>2.6129354989000002</v>
       </c>
       <c r="C69" s="5">
-        <v>-7.4815881700000197E-2</v>
+        <v>-7.4815840399999889E-2</v>
       </c>
       <c r="D69" s="5">
-        <v>-28.735179247389897</v>
+        <v>-28.73517438433435</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>2.6139533830000001</v>
+        <v>2.6139527309999999</v>
       </c>
       <c r="C70" s="5">
-        <v>1.016975500000239E-3</v>
+        <v>1.0172320999997098E-3</v>
       </c>
       <c r="D70" s="5">
-        <v>0.46805056832093239</v>
+        <v>0.46816908146849467</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>2.6012207410000001</v>
+        <v>2.601222865</v>
       </c>
       <c r="C71" s="5">
-        <v>-1.2732642000000016E-2</v>
+        <v>-1.2729865999999923E-2</v>
       </c>
       <c r="D71" s="5">
-        <v>-5.6911517745761753</v>
+        <v>-5.6899454020120643</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>2.5450829394999999</v>
+        <v>2.5450829837</v>
       </c>
       <c r="C72" s="5">
-        <v>-5.6137801500000251E-2</v>
+        <v>-5.6139881300000027E-2</v>
       </c>
       <c r="D72" s="5">
-        <v>-23.034378919640673</v>
+        <v>-23.035117021836083</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>2.5366900660999998</v>
+        <v>2.5366944348999998</v>
       </c>
       <c r="C73" s="5">
-        <v>-8.392873400000056E-3</v>
+        <v>-8.3885488000001729E-3</v>
       </c>
       <c r="D73" s="5">
-        <v>-3.886228099810507</v>
+        <v>-3.8842617349483244</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>2.5403078372999999</v>
+        <v>2.5403079075999999</v>
       </c>
       <c r="C74" s="5">
-        <v>3.6177712000000639E-3</v>
+        <v>3.6134727000001199E-3</v>
       </c>
       <c r="D74" s="5">
-        <v>1.7249017402564348</v>
+        <v>1.722833202904317</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>2.4400539582</v>
+        <v>2.4400538310000002</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.10025387909999983</v>
+        <v>-0.10025407659999974</v>
       </c>
       <c r="D75" s="5">
-        <v>-38.318207555243092</v>
+        <v>-38.318266624517108</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>2.4717020326000001</v>
+        <v>2.4717009218000001</v>
       </c>
       <c r="C76" s="5">
-        <v>3.1648074400000059E-2</v>
+        <v>3.1647090799999944E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>16.724013967534155</v>
+        <v>16.723457507631267</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>2.4011081524</v>
+        <v>2.4011066659</v>
       </c>
       <c r="C77" s="5">
-        <v>-7.0593880200000125E-2</v>
+        <v>-7.0594255900000125E-2</v>
       </c>
       <c r="D77" s="5">
-        <v>-29.37031149419964</v>
+        <v>-29.370455309364051</v>
       </c>
       <c r="E77" s="5">
-        <v>-17.137023942420104</v>
+        <v>-17.137066042575167</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>2.4097562476999999</v>
+        <v>2.4097544668999999</v>
       </c>
       <c r="C78" s="5">
-        <v>8.6480952999998806E-3</v>
+        <v>8.647800999999955E-3</v>
       </c>
       <c r="D78" s="5">
-        <v>4.4087055813061049</v>
+        <v>4.4085553496002738</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>2.4311337644000002</v>
+        <v>2.4311319164</v>
       </c>
       <c r="C79" s="5">
-        <v>2.1377516700000321E-2</v>
+        <v>2.137744950000009E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>11.180566048594054</v>
+        <v>11.180537839935777</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>2.3943071260000002</v>
+        <v>2.3943053864000001</v>
       </c>
       <c r="C80" s="5">
-        <v>-3.68266384E-2</v>
+        <v>-3.6826529999999913E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>-16.737003356145742</v>
+        <v>-16.736969802038047</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>2.4247794220999999</v>
+        <v>2.4247782771000002</v>
       </c>
       <c r="C81" s="5">
-        <v>3.0472296099999685E-2</v>
+        <v>3.0472890700000033E-2</v>
       </c>
       <c r="D81" s="5">
-        <v>16.388093893357425</v>
+        <v>16.388449132243686</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>2.4175108396999998</v>
+        <v>2.4175104734000001</v>
       </c>
       <c r="C82" s="5">
-        <v>-7.2685824000000565E-3</v>
+        <v>-7.2678037000000195E-3</v>
       </c>
       <c r="D82" s="5">
-        <v>-3.538434054600903</v>
+        <v>-3.5380628444913298</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>2.4868356459999998</v>
+        <v>2.4868405677999998</v>
       </c>
       <c r="C83" s="5">
-        <v>6.9324806300000041E-2</v>
+        <v>6.9330094399999709E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>40.392479947943414</v>
+        <v>40.396069536159459</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>2.4531089157000001</v>
+        <v>2.4531102903000002</v>
       </c>
       <c r="C84" s="5">
-        <v>-3.372673029999973E-2</v>
+        <v>-3.3730277499999683E-2</v>
       </c>
       <c r="D84" s="5">
-        <v>-15.113825038147588</v>
+        <v>-15.11527025338899</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>2.4309420082000002</v>
+        <v>2.4309498474</v>
       </c>
       <c r="C85" s="5">
-        <v>-2.2166907499999944E-2</v>
+        <v>-2.2160442900000188E-2</v>
       </c>
       <c r="D85" s="5">
-        <v>-10.320493001568664</v>
+        <v>-10.317625647652108</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>2.4310294477999999</v>
+        <v>2.4310302040999998</v>
       </c>
       <c r="C86" s="5">
-        <v>8.7439599999683537E-5</v>
+        <v>8.035669999983952E-5</v>
       </c>
       <c r="D86" s="5">
-        <v>4.3171856894153038E-2</v>
+        <v>3.9674028345015877E-2</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>2.5391454122999999</v>
+        <v>2.5391449637000001</v>
       </c>
       <c r="C87" s="5">
-        <v>0.10811596450000005</v>
+        <v>0.10811475960000028</v>
       </c>
       <c r="D87" s="5">
-        <v>68.565323673894852</v>
+        <v>68.564337010633466</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>2.4702234109000001</v>
+        <v>2.4702203185</v>
       </c>
       <c r="C88" s="5">
-        <v>-6.8922001399999822E-2</v>
+        <v>-6.8924645200000079E-2</v>
       </c>
       <c r="D88" s="5">
-        <v>-28.123995774093981</v>
+        <v>-28.124923139107782</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>2.6190550543</v>
+        <v>2.6190506643</v>
       </c>
       <c r="C89" s="5">
-        <v>0.14883164339999988</v>
+        <v>0.14883034579999999</v>
       </c>
       <c r="D89" s="5">
-        <v>101.79050743496983</v>
+        <v>101.78947998382965</v>
       </c>
       <c r="E89" s="5">
-        <v>9.0769298201813129</v>
+        <v>9.0768145162059444</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>2.6030883374</v>
+        <v>2.6030834883999998</v>
       </c>
       <c r="C90" s="5">
-        <v>-1.5966716899999955E-2</v>
+        <v>-1.5967175900000186E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>-7.0752621231827018</v>
+        <v>-7.0754702118547179</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>2.6207260289000001</v>
+        <v>2.6207217778</v>
       </c>
       <c r="C91" s="5">
-        <v>1.7637691500000052E-2</v>
+        <v>1.7638289400000229E-2</v>
       </c>
       <c r="D91" s="5">
-        <v>8.4407689249548454</v>
+        <v>8.4410821197118189</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>2.7062083087</v>
+        <v>2.7062053261000001</v>
       </c>
       <c r="C92" s="5">
-        <v>8.5482279799999894E-2</v>
+        <v>8.5483548300000045E-2</v>
       </c>
       <c r="D92" s="5">
-        <v>46.98574293330757</v>
+        <v>46.986660084882239</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>2.6304020919000002</v>
+        <v>2.6304017441999998</v>
       </c>
       <c r="C93" s="5">
-        <v>-7.580621679999977E-2</v>
+        <v>-7.580358190000025E-2</v>
       </c>
       <c r="D93" s="5">
-        <v>-28.889944468797644</v>
+        <v>-28.889116787360823</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>2.7247947275</v>
+        <v>2.7247953729000001</v>
       </c>
       <c r="C94" s="5">
-        <v>9.4392635599999775E-2</v>
+        <v>9.4393628700000232E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>52.665107595275941</v>
+        <v>52.665783683924957</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>2.6696547256000001</v>
+        <v>2.6696623107000002</v>
       </c>
       <c r="C95" s="5">
-        <v>-5.5140001899999902E-2</v>
+        <v>-5.5133062199999916E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>-21.755165967035762</v>
+        <v>-21.752720593460172</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>2.7550875777999999</v>
+        <v>2.7550926054999998</v>
       </c>
       <c r="C96" s="5">
-        <v>8.5432852199999854E-2</v>
+        <v>8.543029479999964E-2</v>
       </c>
       <c r="D96" s="5">
-        <v>45.936439604048388</v>
+        <v>45.934659748399213</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>2.9266896024000002</v>
+        <v>2.9267023637</v>
       </c>
       <c r="C97" s="5">
-        <v>0.17160202460000029</v>
+        <v>0.17160975820000024</v>
       </c>
       <c r="D97" s="5">
-        <v>106.48812109868295</v>
+        <v>106.49440363480748</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>2.9245761567000002</v>
+        <v>2.9245825118000002</v>
       </c>
       <c r="C98" s="5">
-        <v>-2.1134457000000495E-3</v>
+        <v>-2.1198518999998583E-3</v>
       </c>
       <c r="D98" s="5">
-        <v>-0.8631206610214881</v>
+        <v>-0.86572274763724311</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>2.9448725811999998</v>
+        <v>2.9448697055999999</v>
       </c>
       <c r="C99" s="5">
-        <v>2.0296424499999688E-2</v>
+        <v>2.028719379999977E-2</v>
       </c>
       <c r="D99" s="5">
-        <v>8.6532901500615758</v>
+        <v>8.6491838195862378</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>2.9688278538000001</v>
+        <v>2.9688326259000002</v>
       </c>
       <c r="C100" s="5">
-        <v>2.3955272600000299E-2</v>
+        <v>2.3962920300000246E-2</v>
       </c>
       <c r="D100" s="5">
-        <v>10.210275940230783</v>
+        <v>10.213693232264331</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>3.0309767964000001</v>
+        <v>3.0309580542000001</v>
       </c>
       <c r="C101" s="5">
-        <v>6.2148942599999923E-2</v>
+        <v>6.2125428299999896E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>28.224539596634401</v>
+        <v>28.212552232944411</v>
       </c>
       <c r="E101" s="5">
-        <v>15.727876411902898</v>
+        <v>15.727354782198976</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>3.0980019421999998</v>
+        <v>3.0979726401000001</v>
       </c>
       <c r="C102" s="5">
-        <v>6.7025145799999741E-2</v>
+        <v>6.7014585899999979E-2</v>
       </c>
       <c r="D102" s="5">
-        <v>30.013631355546757</v>
+        <v>30.008522136992475</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>3.2127956132</v>
+        <v>3.2127983099000001</v>
       </c>
       <c r="C103" s="5">
-        <v>0.11479367100000015</v>
+        <v>0.11482566980000009</v>
       </c>
       <c r="D103" s="5">
-        <v>54.745115451180681</v>
+        <v>54.764239031503962</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>3.3154409569999999</v>
+        <v>3.3154435390999999</v>
       </c>
       <c r="C104" s="5">
-        <v>0.1026453437999999</v>
+        <v>0.10264522919999974</v>
       </c>
       <c r="D104" s="5">
-        <v>45.847302336231351</v>
+        <v>45.847196360170031</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>3.4411005176999998</v>
+        <v>3.4411019665999998</v>
       </c>
       <c r="C105" s="5">
-        <v>0.12565956069999995</v>
+        <v>0.12565842749999989</v>
       </c>
       <c r="D105" s="5">
-        <v>56.268962609937745</v>
+        <v>56.26829174298387</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>3.4256233960000002</v>
+        <v>3.4256273976</v>
       </c>
       <c r="C106" s="5">
-        <v>-1.5477121699999596E-2</v>
+        <v>-1.5474568999999772E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>-5.2657359942626432</v>
+        <v>-5.2648867015708589</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>3.5595477332000001</v>
+        <v>3.5595597009</v>
       </c>
       <c r="C107" s="5">
-        <v>0.13392433719999985</v>
+        <v>0.13393230329999994</v>
       </c>
       <c r="D107" s="5">
-        <v>58.439134434535724</v>
+        <v>58.443305870978769</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>3.6558756450000001</v>
+        <v>3.6558842158</v>
       </c>
       <c r="C108" s="5">
-        <v>9.6327911799999999E-2</v>
+        <v>9.6324514900000047E-2</v>
       </c>
       <c r="D108" s="5">
-        <v>37.771416283673553</v>
+        <v>37.769733696194784</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>3.7160822339999999</v>
+        <v>3.7160992462000002</v>
       </c>
       <c r="C109" s="5">
-        <v>6.0206588999999866E-2</v>
+        <v>6.0215030400000202E-2</v>
       </c>
       <c r="D109" s="5">
-        <v>21.654118285553171</v>
+        <v>21.657379041938828</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>3.7084604923</v>
+        <v>3.7084719960000001</v>
       </c>
       <c r="C110" s="5">
-        <v>-7.6217416999999621E-3</v>
+        <v>-7.6272502000001019E-3</v>
       </c>
       <c r="D110" s="5">
-        <v>-2.4336433780530076</v>
+        <v>-2.4353714261750259</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>3.5550278635999999</v>
+        <v>3.5550217352</v>
       </c>
       <c r="C111" s="5">
-        <v>-0.15343262870000007</v>
+        <v>-0.15345026080000013</v>
       </c>
       <c r="D111" s="5">
-        <v>-39.772861717365871</v>
+        <v>-39.776349403682964</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>3.7679855804</v>
+        <v>3.7679974941999999</v>
       </c>
       <c r="C112" s="5">
-        <v>0.21295771680000009</v>
+        <v>0.21297575899999988</v>
       </c>
       <c r="D112" s="5">
-        <v>100.99936143963207</v>
+        <v>101.01114608849149</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>3.754311688</v>
+        <v>3.7542778172000002</v>
       </c>
       <c r="C113" s="5">
-        <v>-1.3673892399999943E-2</v>
+        <v>-1.3719676999999653E-2</v>
       </c>
       <c r="D113" s="5">
-        <v>-4.2688843281418869</v>
+        <v>-4.2828796434846268</v>
       </c>
       <c r="E113" s="5">
-        <v>23.864745268229392</v>
+        <v>23.864393702106689</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>3.7965751969000001</v>
+        <v>3.7965209228000001</v>
       </c>
       <c r="C114" s="5">
-        <v>4.226350890000008E-2</v>
+        <v>4.2243105599999886E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>14.377386282553184</v>
+        <v>14.370148120490423</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>3.8065590256999999</v>
+        <v>3.8065686895000002</v>
       </c>
       <c r="C115" s="5">
-        <v>9.9838287999998165E-3</v>
+        <v>1.0047766700000071E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>3.2016754459234908</v>
+        <v>3.2225255669143804</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>3.8244634917</v>
+        <v>3.8244723056000001</v>
       </c>
       <c r="C116" s="5">
-        <v>1.7904466000000063E-2</v>
+        <v>1.7903616099999908E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>5.7926296125194288</v>
+        <v>5.7923324052073344</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>3.9391868442</v>
+        <v>3.9391912148000001</v>
       </c>
       <c r="C117" s="5">
-        <v>0.11472335249999999</v>
+        <v>0.11471890920000005</v>
       </c>
       <c r="D117" s="5">
-        <v>42.571505589057338</v>
+        <v>42.569460973552189</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>4.0219042349</v>
+        <v>4.0219127818000002</v>
       </c>
       <c r="C118" s="5">
-        <v>8.271739070000006E-2</v>
+        <v>8.2721567000000107E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>28.322181893490097</v>
+        <v>28.323745741721051</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>4.1558283355999999</v>
+        <v>4.1558435197000003</v>
       </c>
       <c r="C119" s="5">
-        <v>0.13392410069999983</v>
+        <v>0.1339307379000001</v>
       </c>
       <c r="D119" s="5">
-        <v>48.15301476802312</v>
+        <v>48.155732385613788</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>4.0561999234000004</v>
+        <v>4.0562121337999999</v>
       </c>
       <c r="C120" s="5">
-        <v>-9.9628412199999516E-2</v>
+        <v>-9.9631385900000424E-2</v>
       </c>
       <c r="D120" s="5">
-        <v>-25.262075805139961</v>
+        <v>-25.262652822041975</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>4.1071946831000004</v>
+        <v>4.1072132377999999</v>
       </c>
       <c r="C121" s="5">
-        <v>5.0994759700000003E-2</v>
+        <v>5.1001104000000019E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>16.174614300397682</v>
+        <v>16.176715636761486</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>4.1944227076000002</v>
+        <v>4.1944383939999996</v>
       </c>
       <c r="C122" s="5">
-        <v>8.722802449999989E-2</v>
+        <v>8.7225156199999709E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>28.683504905568459</v>
+        <v>28.682303857810876</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>4.3691012240999996</v>
+        <v>4.3690924224999996</v>
       </c>
       <c r="C123" s="5">
-        <v>0.17467851649999933</v>
+        <v>0.1746540285</v>
       </c>
       <c r="D123" s="5">
-        <v>63.169479850172671</v>
+        <v>63.158213069081427</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>4.4583170675000003</v>
+        <v>4.4583389927999999</v>
       </c>
       <c r="C124" s="5">
-        <v>8.9215843400000772E-2</v>
+        <v>8.9246570300000272E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>27.45184836615897</v>
+        <v>27.46245128572269</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>4.4658980526000001</v>
+        <v>4.4658490410000002</v>
       </c>
       <c r="C125" s="5">
-        <v>7.5809850999997153E-3</v>
+        <v>7.510048200000341E-3</v>
       </c>
       <c r="D125" s="5">
-        <v>2.0596887650215612</v>
+        <v>2.0402267868590007</v>
       </c>
       <c r="E125" s="5">
-        <v>18.953843573362896</v>
+        <v>18.953611278845138</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>4.6060723075999999</v>
+        <v>4.6059934854</v>
       </c>
       <c r="C126" s="5">
-        <v>0.1401742549999998</v>
+        <v>0.14014444439999973</v>
       </c>
       <c r="D126" s="5">
-        <v>44.898322981019568</v>
+        <v>44.887650530300128</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>4.6080292443999999</v>
+        <v>4.6080464924999998</v>
       </c>
       <c r="C127" s="5">
-        <v>1.9569368000000864E-3</v>
+        <v>2.0530070999997818E-3</v>
       </c>
       <c r="D127" s="5">
-        <v>0.51102526916597668</v>
+        <v>0.53618334838059223</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>4.5388907504000002</v>
+        <v>4.5389063189999996</v>
       </c>
       <c r="C128" s="5">
-        <v>-6.9138493999999717E-2</v>
+        <v>-6.9140173500000124E-2</v>
       </c>
       <c r="D128" s="5">
-        <v>-16.59078479297801</v>
+        <v>-16.591098084682976</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>4.3344151892999996</v>
+        <v>4.3344234235999997</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.20447556110000065</v>
+        <v>-0.20448289539999998</v>
       </c>
       <c r="D129" s="5">
-        <v>-42.48655783354679</v>
+        <v>-42.487613972339986</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>4.4102934622000003</v>
+        <v>4.4103063569999996</v>
       </c>
       <c r="C130" s="5">
-        <v>7.5878272900000709E-2</v>
+        <v>7.5882933399999963E-2</v>
       </c>
       <c r="D130" s="5">
-        <v>23.152645847183773</v>
+        <v>23.154159222858194</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>4.4491108953999996</v>
+        <v>4.4491300994999996</v>
       </c>
       <c r="C131" s="5">
-        <v>3.8817433199999307E-2</v>
+        <v>3.882374249999998E-2</v>
       </c>
       <c r="D131" s="5">
-        <v>11.088450084146029</v>
+        <v>11.090306506423108</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>4.4561533403000002</v>
+        <v>4.4561665860000002</v>
       </c>
       <c r="C132" s="5">
-        <v>7.0424449000006106E-3</v>
+        <v>7.0364865000005494E-3</v>
       </c>
       <c r="D132" s="5">
-        <v>1.9160898694951856</v>
+        <v>1.9144462607321389</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>4.4060765431000002</v>
+        <v>4.4060925765999999</v>
       </c>
       <c r="C133" s="5">
-        <v>-5.0076797200000023E-2</v>
+        <v>-5.0074009400000286E-2</v>
       </c>
       <c r="D133" s="5">
-        <v>-12.682171347018478</v>
+        <v>-12.681472978341413</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>4.3836004146000001</v>
+        <v>4.3836150311999997</v>
       </c>
       <c r="C134" s="5">
-        <v>-2.2476128500000137E-2</v>
+        <v>-2.2477545400000132E-2</v>
       </c>
       <c r="D134" s="5">
-        <v>-5.9525419396030621</v>
+        <v>-5.9528856654863187</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>4.2753217548000002</v>
+        <v>4.2753121949999997</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.10827865979999984</v>
+        <v>-0.10830283620000003</v>
       </c>
       <c r="D135" s="5">
-        <v>-25.927987508040118</v>
+        <v>-25.932938690579022</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>4.3445626975999998</v>
+        <v>4.3445853450999996</v>
       </c>
       <c r="C136" s="5">
-        <v>6.9240942799999594E-2</v>
+        <v>6.9273150099999903E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>21.262682721758974</v>
+        <v>21.273522443973313</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>4.4811864656999996</v>
+        <v>4.4811346331999999</v>
       </c>
       <c r="C137" s="5">
-        <v>0.13662376809999977</v>
+        <v>0.13654928810000033</v>
       </c>
       <c r="D137" s="5">
-        <v>44.9984497969945</v>
+        <v>44.969256575403804</v>
       </c>
       <c r="E137" s="5">
-        <v>0.34233681378146308</v>
+        <v>0.34227740480401447</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>4.0188093889000003</v>
+        <v>4.0187282279999996</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.46237707679999929</v>
+        <v>-0.46240640520000031</v>
       </c>
       <c r="D138" s="5">
-        <v>-72.932215452292326</v>
+        <v>-72.935018026562986</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>4.4111860845999997</v>
+        <v>4.4112019592999996</v>
       </c>
       <c r="C139" s="5">
-        <v>0.39237669569999944</v>
+        <v>0.39247373129999996</v>
       </c>
       <c r="D139" s="5">
-        <v>205.84095883444431</v>
+        <v>205.92829817454424</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>4.4487078650000003</v>
+        <v>4.4487244497000002</v>
       </c>
       <c r="C140" s="5">
-        <v>3.7521780400000537E-2</v>
+        <v>3.7522490400000663E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>10.698594649121462</v>
+        <v>10.698766334226217</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>4.3267528646000004</v>
+        <v>4.3267660844</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.12195500039999985</v>
+        <v>-0.12195836530000026</v>
       </c>
       <c r="D141" s="5">
-        <v>-28.362829129136458</v>
+        <v>-28.363407338680979</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>4.5055747043999999</v>
+        <v>4.5055881722000004</v>
       </c>
       <c r="C142" s="5">
-        <v>0.17882183979999944</v>
+        <v>0.17882208780000042</v>
       </c>
       <c r="D142" s="5">
-        <v>62.576309183849418</v>
+        <v>62.576179991860272</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>4.2426059048999996</v>
+        <v>4.2426258876</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.26296879950000029</v>
+        <v>-0.26296228460000037</v>
       </c>
       <c r="D143" s="5">
-        <v>-51.405181267837641</v>
+        <v>-51.40417776001469</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>4.4510174473999999</v>
+        <v>4.4510295446999999</v>
       </c>
       <c r="C144" s="5">
-        <v>0.20841154250000038</v>
+        <v>0.20840365709999986</v>
       </c>
       <c r="D144" s="5">
-        <v>77.794881890423937</v>
+        <v>77.79063166395683</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>4.5074091928</v>
+        <v>4.5074211967000002</v>
       </c>
       <c r="C145" s="5">
-        <v>5.6391745400000026E-2</v>
+        <v>5.6391652000000292E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>16.308719180190366</v>
+        <v>16.308642801218177</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>4.4843780902999999</v>
+        <v>4.4843907678999999</v>
       </c>
       <c r="C146" s="5">
-        <v>-2.3031102500000067E-2</v>
+        <v>-2.303042880000028E-2</v>
       </c>
       <c r="D146" s="5">
-        <v>-5.9621196814593329</v>
+        <v>-5.9619347165879795</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>4.3769535317999999</v>
+        <v>4.3769439651999997</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.10742455849999999</v>
+        <v>-0.10744680270000018</v>
       </c>
       <c r="D147" s="5">
-        <v>-25.245633288379132</v>
+        <v>-25.250129836903966</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>4.2241305364999997</v>
+        <v>4.2241563759999998</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.15282299530000021</v>
+        <v>-0.15278758919999991</v>
       </c>
       <c r="D148" s="5">
-        <v>-34.719310094734453</v>
+        <v>-34.712805639374707</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>4.1779102244999997</v>
+        <v>4.1778590546999999</v>
       </c>
       <c r="C149" s="5">
-        <v>-4.6220311999999986E-2</v>
+        <v>-4.6297321299999972E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>-12.368292054228913</v>
+        <v>-12.387602071023396</v>
       </c>
       <c r="E149" s="5">
-        <v>-6.7677666064856705</v>
+        <v>-6.7678300993922473</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>4.2409991031000001</v>
+        <v>4.2409189724000003</v>
       </c>
       <c r="C150" s="5">
-        <v>6.3088878600000342E-2</v>
+        <v>6.3059917700000412E-2</v>
       </c>
       <c r="D150" s="5">
-        <v>19.704072116734174</v>
+        <v>19.694524854033869</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>4.2201809848999998</v>
+        <v>4.2201976519000004</v>
       </c>
       <c r="C151" s="5">
-        <v>-2.0818118200000235E-2</v>
+        <v>-2.0721320499999862E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>-5.7340717149808924</v>
+        <v>-5.7082274402116546</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>4.2562321620999999</v>
+        <v>4.2562501517999998</v>
       </c>
       <c r="C152" s="5">
-        <v>3.6051177200000062E-2</v>
+        <v>3.6052499899999368E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>10.746699868054277</v>
+        <v>10.747068409068717</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>4.3286318750000001</v>
+        <v>4.3286480277999999</v>
       </c>
       <c r="C153" s="5">
-        <v>7.2399712900000246E-2</v>
+        <v>7.2397876000000139E-2</v>
       </c>
       <c r="D153" s="5">
-        <v>22.434589191353925</v>
+        <v>22.433861854470205</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>4.3012654224000002</v>
+        <v>4.3012772470999998</v>
       </c>
       <c r="C154" s="5">
-        <v>-2.7366452599999924E-2</v>
+        <v>-2.7370780700000097E-2</v>
       </c>
       <c r="D154" s="5">
-        <v>-7.3283115365214702</v>
+        <v>-7.3294041220189232</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>4.2416146210000001</v>
+        <v>4.2416355391999998</v>
       </c>
       <c r="C155" s="5">
-        <v>-5.965080140000012E-2</v>
+        <v>-5.9641707900000007E-2</v>
       </c>
       <c r="D155" s="5">
-        <v>-15.429368166034385</v>
+        <v>-15.427153201598964</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>4.245778971</v>
+        <v>4.2457865863000004</v>
       </c>
       <c r="C156" s="5">
-        <v>4.1643499999999278E-3</v>
+        <v>4.1510471000005822E-3</v>
       </c>
       <c r="D156" s="5">
-        <v>1.184523584839714</v>
+        <v>1.1807134127095331</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>4.3042079225999998</v>
+        <v>4.3042141584999998</v>
       </c>
       <c r="C157" s="5">
-        <v>5.8428951599999834E-2</v>
+        <v>5.8427572199999389E-2</v>
       </c>
       <c r="D157" s="5">
-        <v>17.823068868166516</v>
+        <v>17.822581329676712</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>4.3853850938000001</v>
+        <v>4.3853910202000002</v>
       </c>
       <c r="C158" s="5">
-        <v>8.1177171200000231E-2</v>
+        <v>8.117686170000038E-2</v>
       </c>
       <c r="D158" s="5">
-        <v>25.133595167844746</v>
+        <v>25.133448921476997</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>4.2627970309999998</v>
+        <v>4.2627893873999998</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.12258806280000023</v>
+        <v>-0.12260163280000036</v>
       </c>
       <c r="D159" s="5">
-        <v>-28.838839401135385</v>
+        <v>-28.841524540190143</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>4.5118320389999997</v>
+        <v>4.5118496576</v>
       </c>
       <c r="C160" s="5">
-        <v>0.24903500799999989</v>
+        <v>0.24906027020000021</v>
       </c>
       <c r="D160" s="5">
-        <v>97.651097950073449</v>
+        <v>97.664613159902288</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>4.4717985754000003</v>
+        <v>4.4717614430000001</v>
       </c>
       <c r="C161" s="5">
-        <v>-4.0033463599999486E-2</v>
+        <v>-4.0088214599999894E-2</v>
       </c>
       <c r="D161" s="5">
-        <v>-10.143041906226403</v>
+        <v>-10.156205367951642</v>
       </c>
       <c r="E161" s="5">
-        <v>7.0343385833565142</v>
+        <v>7.0347607339545482</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>4.3604674022000003</v>
+        <v>4.3604113196999998</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.11133117319999997</v>
+        <v>-0.11135012330000027</v>
       </c>
       <c r="D162" s="5">
-        <v>-26.105905646761805</v>
+        <v>-26.109947198555382</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>4.4329405976</v>
+        <v>4.4329497476000004</v>
       </c>
       <c r="C163" s="5">
-        <v>7.2473195399999746E-2</v>
+        <v>7.2538427900000535E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>21.872693750814665</v>
+        <v>21.89452420665652</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>4.3599338297000001</v>
+        <v>4.3599468827000001</v>
       </c>
       <c r="C164" s="5">
-        <v>-7.3006767899999936E-2</v>
+        <v>-7.3002864900000297E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>-18.067569825471896</v>
+        <v>-18.066655692581467</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>4.5315729429999996</v>
+        <v>4.5315895626999998</v>
       </c>
       <c r="C165" s="5">
-        <v>0.17163911329999948</v>
+        <v>0.17164267999999971</v>
       </c>
       <c r="D165" s="5">
-        <v>58.938431865198517</v>
+        <v>58.939716753068218</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>4.4053494466999998</v>
+        <v>4.4053571373000002</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.12622349629999974</v>
+        <v>-0.12623242539999957</v>
       </c>
       <c r="D166" s="5">
-        <v>-28.751345949582941</v>
+        <v>-28.752989028406915</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>4.5474906072000003</v>
+        <v>4.5475090095999997</v>
       </c>
       <c r="C167" s="5">
-        <v>0.14214116050000047</v>
+        <v>0.14215187229999948</v>
       </c>
       <c r="D167" s="5">
-        <v>46.385264985748684</v>
+        <v>46.389306974367564</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>4.4415164519000001</v>
+        <v>4.4415197703000002</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.10597415530000021</v>
+        <v>-0.10598923929999948</v>
       </c>
       <c r="D168" s="5">
-        <v>-24.64473992791849</v>
+        <v>-24.647723553037672</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>4.2941451129999999</v>
+        <v>4.2941464077999996</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.1473713389000002</v>
+        <v>-0.14737336250000066</v>
       </c>
       <c r="D169" s="5">
-        <v>-33.29701071667639</v>
+        <v>-33.297367394059222</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>4.2924188694999996</v>
+        <v>4.2924186432999996</v>
       </c>
       <c r="C170" s="5">
-        <v>-1.7262435000002796E-3</v>
+        <v>-1.7277645000000064E-3</v>
       </c>
       <c r="D170" s="5">
-        <v>-0.48133405267022367</v>
+        <v>-0.48175707499319431</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>4.3490747341000002</v>
+        <v>4.3490699822999996</v>
       </c>
       <c r="C171" s="5">
-        <v>5.6655864600000605E-2</v>
+        <v>5.6651339000000078E-2</v>
       </c>
       <c r="D171" s="5">
-        <v>17.040805739979792</v>
+        <v>17.039345215716615</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>4.2888519287999998</v>
+        <v>4.2888622706000001</v>
       </c>
       <c r="C172" s="5">
-        <v>-6.0222805300000459E-2</v>
+        <v>-6.02077116999995E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>-15.40782642015972</v>
+        <v>-15.404269495681655</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>4.2573571801999996</v>
+        <v>4.2573351333999998</v>
       </c>
       <c r="C173" s="5">
-        <v>-3.1494748600000122E-2</v>
+        <v>-3.1527137200000332E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>-8.4647394876601556</v>
+        <v>-8.4730759743581245</v>
       </c>
       <c r="E173" s="5">
-        <v>-4.7954171366231257</v>
+        <v>-4.7951196040580069</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>4.3786947646999996</v>
+        <v>4.3786637589000001</v>
       </c>
       <c r="C174" s="5">
-        <v>0.12133758449999998</v>
+        <v>0.12132862550000034</v>
       </c>
       <c r="D174" s="5">
-        <v>40.105443674855465</v>
+        <v>40.102245013692482</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>4.3496167026999997</v>
+        <v>4.3496191310999999</v>
       </c>
       <c r="C175" s="5">
-        <v>-2.907806199999996E-2</v>
+        <v>-2.9044627800000278E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>-7.6842527728751104</v>
+        <v>-7.675789556434931</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>4.4683102914999999</v>
+        <v>4.4683174868000002</v>
       </c>
       <c r="C176" s="5">
-        <v>0.11869358880000025</v>
+        <v>0.11869835570000031</v>
       </c>
       <c r="D176" s="5">
-        <v>38.13636907992548</v>
+        <v>38.1381129116944</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>4.2385824840000002</v>
+        <v>4.2385965900000002</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.22972780749999977</v>
+        <v>-0.22972089679999996</v>
       </c>
       <c r="D177" s="5">
-        <v>-46.920383065742833</v>
+        <v>-46.919288956388947</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>4.3156257025000002</v>
+        <v>4.3156292456000003</v>
       </c>
       <c r="C178" s="5">
-        <v>7.7043218500000066E-2</v>
+        <v>7.7032655600000055E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>24.130236441908881</v>
+        <v>24.126502162768592</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>4.4450513624000001</v>
+        <v>4.4450671646000002</v>
       </c>
       <c r="C179" s="5">
-        <v>0.12942565989999988</v>
+        <v>0.1294379189999999</v>
       </c>
       <c r="D179" s="5">
-        <v>42.559496115306025</v>
+        <v>42.564173301443461</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>4.2310087658000004</v>
+        <v>4.2310086657000001</v>
       </c>
       <c r="C180" s="5">
-        <v>-0.21404259659999969</v>
+        <v>-0.21405849890000006</v>
       </c>
       <c r="D180" s="5">
-        <v>-44.689740235171129</v>
+        <v>-44.692115424790387</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>4.1874869884999999</v>
+        <v>4.1874847595000002</v>
       </c>
       <c r="C181" s="5">
-        <v>-4.3521777300000508E-2</v>
+        <v>-4.3523906199999907E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>-11.668715510720762</v>
+        <v>-11.669254656710581</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>4.1048708447999998</v>
+        <v>4.1048660434000004</v>
       </c>
       <c r="C182" s="5">
-        <v>-8.2616143700000144E-2</v>
+        <v>-8.2618716099999823E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>-21.267812547240428</v>
+        <v>-21.268414736533515</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>4.1284271142</v>
+        <v>4.1284250422</v>
       </c>
       <c r="C183" s="5">
-        <v>2.3556269400000218E-2</v>
+        <v>2.3558998799999564E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>7.1078977784590602</v>
+        <v>7.1087560992754373</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>4.1821997633999999</v>
+        <v>4.1822001709999999</v>
       </c>
       <c r="C184" s="5">
-        <v>5.3772649199999911E-2</v>
+        <v>5.3775128799999905E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>16.799724141468573</v>
+        <v>16.80056418704887</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>4.1497004384</v>
+        <v>4.1496936768000001</v>
       </c>
       <c r="C185" s="5">
-        <v>-3.2499324999999857E-2</v>
+        <v>-3.2506494199999736E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>-8.9366374616373641</v>
+        <v>-8.9385245089716356</v>
       </c>
       <c r="E185" s="5">
-        <v>-2.5287223327346564</v>
+        <v>-2.5283763957298588</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>4.0799938836000003</v>
+        <v>4.0799877529000002</v>
       </c>
       <c r="C186" s="5">
-        <v>-6.9706554799999765E-2</v>
+        <v>-6.9705923899999966E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>-18.395673603825323</v>
+        <v>-18.395549440248992</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>4.1649564554999996</v>
+        <v>4.1649517738000004</v>
       </c>
       <c r="C187" s="5">
-        <v>8.496257189999934E-2</v>
+        <v>8.4964020900000214E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>28.059392837776855</v>
+        <v>28.059974570799273</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>4.1684391131999998</v>
+        <v>4.1684401146000001</v>
       </c>
       <c r="C188" s="5">
-        <v>3.4826577000002246E-3</v>
+        <v>3.4883407999997118E-3</v>
       </c>
       <c r="D188" s="5">
-        <v>1.0080448694216093</v>
+        <v>1.009698550853888</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>4.2462392695000002</v>
+        <v>4.2462500504999996</v>
       </c>
       <c r="C189" s="5">
-        <v>7.7800156300000367E-2</v>
+        <v>7.7809935899999516E-2</v>
       </c>
       <c r="D189" s="5">
-        <v>24.845243582321341</v>
+        <v>24.848687434242024</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>4.3279405044999999</v>
+        <v>4.3279400984</v>
       </c>
       <c r="C190" s="5">
-        <v>8.1701234999999706E-2</v>
+        <v>8.1690047900000451E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>25.696109237617961</v>
+        <v>25.692138135679144</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>4.3381547436999996</v>
+        <v>4.3381655564999999</v>
       </c>
       <c r="C191" s="5">
-        <v>1.0214239199999753E-2</v>
+        <v>1.0225458099999862E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>2.8691353293058164</v>
+        <v>2.8723280056280442</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>4.5215216506000004</v>
+        <v>4.5215203055000002</v>
       </c>
       <c r="C192" s="5">
-        <v>0.18336690690000079</v>
+        <v>0.18335474900000026</v>
       </c>
       <c r="D192" s="5">
-        <v>64.34439761306767</v>
+        <v>64.338895506808512</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>4.6866021437000001</v>
+        <v>4.6865999696999996</v>
       </c>
       <c r="C193" s="5">
-        <v>0.16508049309999961</v>
+        <v>0.16507966419999942</v>
       </c>
       <c r="D193" s="5">
-        <v>53.773558753764817</v>
+        <v>53.773251722583538</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>4.8189329135000003</v>
+        <v>4.8189289527000003</v>
       </c>
       <c r="C194" s="5">
-        <v>0.13233076980000025</v>
+        <v>0.13232898300000073</v>
       </c>
       <c r="D194" s="5">
-        <v>39.673341106231376</v>
+        <v>39.672740988026092</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>4.8221548485000003</v>
+        <v>4.8221534579999998</v>
       </c>
       <c r="C195" s="5">
-        <v>3.2219350000000091E-3</v>
+        <v>3.2245052999995139E-3</v>
       </c>
       <c r="D195" s="5">
-        <v>0.80527606710802946</v>
+        <v>0.80592150733496126</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>4.7758581488000003</v>
+        <v>4.7758585876000001</v>
       </c>
       <c r="C196" s="5">
-        <v>-4.6296699700000055E-2</v>
+        <v>-4.6294870399999688E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>-10.931692284986404</v>
+        <v>-10.931285881000862</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>4.9407693540000004</v>
+        <v>4.9407665418000004</v>
       </c>
       <c r="C197" s="5">
-        <v>0.16491120520000013</v>
+        <v>0.16490795420000026</v>
       </c>
       <c r="D197" s="5">
-        <v>50.285796792999008</v>
+        <v>50.284604619796866</v>
       </c>
       <c r="E197" s="5">
-        <v>19.063277635168596</v>
+        <v>19.06340387057266</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>4.8800611021</v>
+        <v>4.8800586385000004</v>
       </c>
       <c r="C198" s="5">
-        <v>-6.0708251900000398E-2</v>
+        <v>-6.0707903299999977E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>-13.787914617422992</v>
+        <v>-13.787848041424022</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>4.8726585575000003</v>
+        <v>4.8726564496</v>
       </c>
       <c r="C199" s="5">
-        <v>-7.402544599999672E-3</v>
+        <v>-7.4021889000004393E-3</v>
       </c>
       <c r="D199" s="5">
-        <v>-1.8051651642880695</v>
+        <v>-1.8050800502331987</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>4.8644793702999998</v>
+        <v>4.8644801965999998</v>
       </c>
       <c r="C200" s="5">
-        <v>-8.1791872000005483E-3</v>
+        <v>-8.1762530000002442E-3</v>
       </c>
       <c r="D200" s="5">
-        <v>-1.995812966457855</v>
+        <v>-1.9951044387691352</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>4.8443702449000003</v>
+        <v>4.8443763374</v>
       </c>
       <c r="C201" s="5">
-        <v>-2.0109125399999428E-2</v>
+        <v>-2.0103859199999796E-2</v>
       </c>
       <c r="D201" s="5">
-        <v>-4.8493971900348987</v>
+        <v>-4.8481551461509671</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>4.9359141695000002</v>
+        <v>4.9359129298999997</v>
       </c>
       <c r="C202" s="5">
-        <v>9.1543924599999826E-2</v>
+        <v>9.1536592499999792E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>25.188159502435049</v>
+        <v>25.185892940941578</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>4.9355912998999996</v>
+        <v>4.9355986144999999</v>
       </c>
       <c r="C203" s="5">
-        <v>-3.2286960000060816E-4</v>
+        <v>-3.143153999998205E-4</v>
       </c>
       <c r="D203" s="5">
-        <v>-7.8466550957034809E-2</v>
+        <v>-7.6388382835324009E-2</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>5.0094016856000003</v>
+        <v>5.0094001446999998</v>
       </c>
       <c r="C204" s="5">
-        <v>7.3810385700000758E-2</v>
+        <v>7.380153019999991E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>19.497827750358464</v>
+        <v>19.495261521767972</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>5.1912151147000003</v>
+        <v>5.1912134794</v>
       </c>
       <c r="C205" s="5">
-        <v>0.18181342909999998</v>
+        <v>0.18181333470000016</v>
       </c>
       <c r="D205" s="5">
-        <v>53.390342379323471</v>
+        <v>53.390328737371043</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>5.2325485241000003</v>
+        <v>5.2325457752000002</v>
       </c>
       <c r="C206" s="5">
-        <v>4.1333409399999965E-2</v>
+        <v>4.1332295800000196E-2</v>
       </c>
       <c r="D206" s="5">
-        <v>9.984343258571716</v>
+        <v>9.9840656583060969</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>5.3258507907999997</v>
+        <v>5.3258496818000003</v>
       </c>
       <c r="C207" s="5">
-        <v>9.3302266699999414E-2</v>
+        <v>9.3303906600000097E-2</v>
       </c>
       <c r="D207" s="5">
-        <v>23.625701001804057</v>
+        <v>23.626171448100799</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>5.4905619790999998</v>
+        <v>5.4905611811000004</v>
       </c>
       <c r="C208" s="5">
-        <v>0.16471118830000009</v>
+        <v>0.16471149930000006</v>
       </c>
       <c r="D208" s="5">
-        <v>44.123114766142614</v>
+        <v>44.12322353187259</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>5.4389782801999997</v>
+        <v>5.4389776972000003</v>
       </c>
       <c r="C209" s="5">
-        <v>-5.158369890000003E-2</v>
+        <v>-5.1583483900000004E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>-10.70928223835711</v>
+        <v>-10.709241359911836</v>
       </c>
       <c r="E209" s="5">
-        <v>10.083630513872377</v>
+        <v>10.083681371807817</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>5.5702187871</v>
+        <v>5.5702183670999998</v>
       </c>
       <c r="C210" s="5">
-        <v>0.13124050690000022</v>
+        <v>0.1312406698999995</v>
       </c>
       <c r="D210" s="5">
-        <v>33.124855837662359</v>
+        <v>33.124906619369376</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>5.5633443952999997</v>
+        <v>5.5633439207000004</v>
       </c>
       <c r="C211" s="5">
-        <v>-6.8743918000002679E-3</v>
+        <v>-6.8744463999994565E-3</v>
       </c>
       <c r="D211" s="5">
-        <v>-1.4709486901864355</v>
+        <v>-1.4709604041994284</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>5.6521578728000001</v>
+        <v>5.6521586011</v>
       </c>
       <c r="C212" s="5">
-        <v>8.8813477500000459E-2</v>
+        <v>8.8814680399999624E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>20.93167263088711</v>
+        <v>20.93198341867517</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>5.6284050808000003</v>
+        <v>5.6284075044000001</v>
       </c>
       <c r="C213" s="5">
-        <v>-2.3752791999999801E-2</v>
+        <v>-2.3751096699999863E-2</v>
       </c>
       <c r="D213" s="5">
-        <v>-4.9279734957454968</v>
+        <v>-4.9276292415599947</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>5.6382388110999999</v>
+        <v>5.6382381864999997</v>
       </c>
       <c r="C214" s="5">
-        <v>9.8337302999995657E-3</v>
+        <v>9.8306820999995992E-3</v>
       </c>
       <c r="D214" s="5">
-        <v>2.1168580661233616</v>
+        <v>2.1161946590691816</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>5.7454889691000002</v>
+        <v>5.7454926924</v>
       </c>
       <c r="C215" s="5">
-        <v>0.10725015800000026</v>
+        <v>0.1072545059000003</v>
       </c>
       <c r="D215" s="5">
-        <v>25.372515935264971</v>
+        <v>25.373657559386807</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>5.7065727337999999</v>
+        <v>5.7065719515</v>
       </c>
       <c r="C216" s="5">
-        <v>-3.8916235300000324E-2</v>
+        <v>-3.8920740900000084E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>-7.8319621867708573</v>
+        <v>-7.8328305451481173</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>5.600370968</v>
+        <v>5.6003701034000004</v>
       </c>
       <c r="C217" s="5">
-        <v>-0.10620176579999985</v>
+        <v>-0.10620184809999955</v>
       </c>
       <c r="D217" s="5">
-        <v>-20.182657656552216</v>
+        <v>-20.182674221933471</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>5.5416159094999999</v>
+        <v>5.5416143036000003</v>
       </c>
       <c r="C218" s="5">
-        <v>-5.8755058500000068E-2</v>
+        <v>-5.8755799800000119E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>-11.887908433826954</v>
+        <v>-11.888051605131256</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>5.5464130497999999</v>
+        <v>5.5464124002000004</v>
       </c>
       <c r="C219" s="5">
-        <v>4.7971403000000024E-3</v>
+        <v>4.7980966000000791E-3</v>
       </c>
       <c r="D219" s="5">
-        <v>1.0437488594082778</v>
+        <v>1.0439582243934709</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>5.4030397103999999</v>
+        <v>5.4030392659000004</v>
       </c>
       <c r="C220" s="5">
-        <v>-0.14337333940000008</v>
+        <v>-0.14337313429999998</v>
       </c>
       <c r="D220" s="5">
-        <v>-26.968300799096689</v>
+        <v>-26.96827025527212</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>5.4416179328999998</v>
+        <v>5.4416176932000004</v>
       </c>
       <c r="C221" s="5">
-        <v>3.8578222499999981E-2</v>
+        <v>3.8578427300000051E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>8.9127280082355043</v>
+        <v>8.9127779588154219</v>
       </c>
       <c r="E221" s="5">
-        <v>4.8532142693225033E-2</v>
+        <v>4.8538459743263651E-2</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>5.4585218926000003</v>
+        <v>5.4585219322</v>
       </c>
       <c r="C222" s="5">
-        <v>1.690395970000047E-2</v>
+        <v>1.6904238999999599E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>3.7920591287580185</v>
+        <v>3.7921230282896401</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>5.4391363105000003</v>
+        <v>5.4391364835999996</v>
       </c>
       <c r="C223" s="5">
-        <v>-1.9385582099999965E-2</v>
+        <v>-1.9385448600000466E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>-4.1794551011754333</v>
+        <v>-4.1794268492188369</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>5.4396756012000003</v>
+        <v>5.4396758262000002</v>
       </c>
       <c r="C224" s="5">
-        <v>5.3929069999991697E-4</v>
+        <v>5.3934260000065848E-4</v>
       </c>
       <c r="D224" s="5">
-        <v>0.11904497816528359</v>
+        <v>0.11905643721703552</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>5.6980199370999998</v>
+        <v>5.6980201923999996</v>
       </c>
       <c r="C225" s="5">
-        <v>0.2583443358999995</v>
+        <v>0.25834436619999934</v>
       </c>
       <c r="D225" s="5">
-        <v>74.506481271304594</v>
+        <v>74.506488479700963</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>6.0394245930999997</v>
+        <v>6.0394247276000002</v>
       </c>
       <c r="C226" s="5">
-        <v>0.34140465599999992</v>
+        <v>0.34140453520000058</v>
       </c>
       <c r="D226" s="5">
-        <v>101.02921825859701</v>
+        <v>101.0291638969976</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>5.9649724107999997</v>
+        <v>5.9649741350000003</v>
       </c>
       <c r="C227" s="5">
-        <v>-7.4452182299999947E-2</v>
+        <v>-7.4450592599999865E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-13.830313256932957</v>
+        <v>-13.830037392404837</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>5.9049995931000003</v>
+        <v>5.9049994019999996</v>
       </c>
       <c r="C228" s="5">
-        <v>-5.9972817699999403E-2</v>
+        <v>-5.9974733000000668E-2</v>
       </c>
       <c r="D228" s="5">
-        <v>-11.419690670581916</v>
+        <v>-11.420032324010576</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>5.9134728177999998</v>
+        <v>5.9134725575999996</v>
       </c>
       <c r="C229" s="5">
-        <v>8.4732246999994487E-3</v>
+        <v>8.4731555999999486E-3</v>
       </c>
       <c r="D229" s="5">
-        <v>1.7355632619265648</v>
+        <v>1.735549052956542</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>6.0544678234999996</v>
+        <v>6.0544671405999999</v>
       </c>
       <c r="C230" s="5">
-        <v>0.14099500569999979</v>
+        <v>0.14099458300000034</v>
       </c>
       <c r="D230" s="5">
-        <v>32.678467793849173</v>
+        <v>32.678358268043354</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>6.0672762481999998</v>
+        <v>6.0672758670000002</v>
       </c>
       <c r="C231" s="5">
-        <v>1.2808424700000209E-2</v>
+        <v>1.2808726400000303E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>2.5683866978729819</v>
+        <v>2.5684481944786342</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>6.1280308046999998</v>
+        <v>6.1280305231999996</v>
       </c>
       <c r="C232" s="5">
-        <v>6.0754556500000056E-2</v>
+        <v>6.0754656199999424E-2</v>
       </c>
       <c r="D232" s="5">
-        <v>12.700552963646539</v>
+        <v>12.700575809041915</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>6.245745501</v>
+        <v>6.2457453577999997</v>
       </c>
       <c r="C233" s="5">
-        <v>0.1177146963000002</v>
+        <v>0.1177148346000001</v>
       </c>
       <c r="D233" s="5">
-        <v>25.649315929511339</v>
+        <v>25.649350622066081</v>
       </c>
       <c r="E233" s="5">
-        <v>14.777361770260434</v>
+        <v>14.777364194564058</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>5.9378166784999999</v>
+        <v>5.9378167146000003</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.30792882250000009</v>
+        <v>-0.30792864319999946</v>
       </c>
       <c r="D234" s="5">
-        <v>-45.485753029739605</v>
+        <v>-45.48573405401379</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>5.9027455192999998</v>
+        <v>5.9027456210000002</v>
       </c>
       <c r="C235" s="5">
-        <v>-3.5071159200000146E-2</v>
+        <v>-3.5071093600000047E-2</v>
       </c>
       <c r="D235" s="5">
-        <v>-6.8619160200784517</v>
+        <v>-6.8619035586548582</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>5.8163568919999999</v>
+        <v>5.8163570149000003</v>
       </c>
       <c r="C236" s="5">
-        <v>-8.6388627299999854E-2</v>
+        <v>-8.6388606099999876E-2</v>
       </c>
       <c r="D236" s="5">
-        <v>-16.215469272466422</v>
+        <v>-16.215465350551561</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>5.7718667224000004</v>
+        <v>5.7718668656999998</v>
       </c>
       <c r="C237" s="5">
-        <v>-4.4490169599999518E-2</v>
+        <v>-4.4490149200000495E-2</v>
       </c>
       <c r="D237" s="5">
-        <v>-8.8024928111230079</v>
+        <v>-8.8024887649546191</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>5.6437736894999997</v>
+        <v>5.6437737582</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.12809303290000074</v>
+        <v>-0.1280931074999998</v>
       </c>
       <c r="D238" s="5">
-        <v>-23.609464283069602</v>
+        <v>-23.609475883383702</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>5.4954039630000002</v>
+        <v>5.4954042476999998</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.14836972649999947</v>
+        <v>-0.14836951050000025</v>
       </c>
       <c r="D239" s="5">
-        <v>-27.362584373343367</v>
+        <v>-27.362549826206926</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>5.5200807824</v>
+        <v>5.5200807680999997</v>
       </c>
       <c r="C240" s="5">
-        <v>2.4676819399999772E-2</v>
+        <v>2.4676520399999902E-2</v>
       </c>
       <c r="D240" s="5">
-        <v>5.5236316426923615</v>
+        <v>5.5235627600930481</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>5.4194151751000001</v>
+        <v>5.4194152543999996</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.10066560729999985</v>
+        <v>-0.1006655137000001</v>
       </c>
       <c r="D241" s="5">
-        <v>-19.816709108061236</v>
+        <v>-19.816692535985247</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>5.3559648237999999</v>
+        <v>5.3559648659999999</v>
       </c>
       <c r="C242" s="5">
-        <v>-6.3450351300000207E-2</v>
+        <v>-6.3450388399999724E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>-13.179253516428723</v>
+        <v>-13.179260552564765</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>5.4883235157000003</v>
+        <v>5.4883233193000001</v>
       </c>
       <c r="C243" s="5">
-        <v>0.13235869190000038</v>
+        <v>0.13235845330000018</v>
       </c>
       <c r="D243" s="5">
-        <v>34.036737641579947</v>
+        <v>34.036667410429608</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>5.6436899419</v>
+        <v>5.6436897799999999</v>
       </c>
       <c r="C244" s="5">
-        <v>0.15536642619999963</v>
+        <v>0.15536646069999982</v>
       </c>
       <c r="D244" s="5">
-        <v>39.791675904665745</v>
+        <v>39.791687811825874</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>5.7488502609000003</v>
+        <v>5.7488501443000004</v>
       </c>
       <c r="C245" s="5">
-        <v>0.10516031900000034</v>
+        <v>0.10516036430000053</v>
       </c>
       <c r="D245" s="5">
-        <v>24.799891810303222</v>
+        <v>24.799904397005879</v>
       </c>
       <c r="E245" s="5">
-        <v>-7.9557394712999834</v>
+        <v>-7.9557392278161281</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>6.1205230017999996</v>
+        <v>6.1205229517999999</v>
       </c>
       <c r="C246" s="5">
-        <v>0.37167274089999935</v>
+        <v>0.37167280749999954</v>
       </c>
       <c r="D246" s="5">
-        <v>112.07547636762074</v>
+        <v>112.07550719426985</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>6.0647067551999996</v>
+        <v>6.0647067142999997</v>
       </c>
       <c r="C247" s="5">
-        <v>-5.5816246600000063E-2</v>
+        <v>-5.5816237500000199E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>-10.410881395778649</v>
+        <v>-10.41087986348268</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>6.0984589851999997</v>
+        <v>6.0984589712000004</v>
       </c>
       <c r="C248" s="5">
-        <v>3.3752230000000161E-2</v>
+        <v>3.375225690000061E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>6.8866857855931496</v>
+        <v>6.8866914911301036</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>6.1558472949</v>
+        <v>6.1558473006999996</v>
       </c>
       <c r="C249" s="5">
-        <v>5.7388309700000306E-2</v>
+        <v>5.738832949999928E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>11.895537661653144</v>
+        <v>11.895542009271963</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>6.0411954730000001</v>
+        <v>6.0411954640000003</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.1146518218999999</v>
+        <v>-0.11465183669999934</v>
       </c>
       <c r="D250" s="5">
-        <v>-20.196745328211708</v>
+        <v>-20.196747657156234</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>6.1341715831999997</v>
+        <v>6.1341717820000001</v>
       </c>
       <c r="C251" s="5">
-        <v>9.2976110199999518E-2</v>
+        <v>9.2976317999999836E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>20.114759998695455</v>
+        <v>20.11480885906176</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>6.438842631</v>
+        <v>6.4388427169</v>
       </c>
       <c r="C252" s="5">
-        <v>0.30467104780000032</v>
+        <v>0.30467093489999986</v>
       </c>
       <c r="D252" s="5">
-        <v>78.905088252263795</v>
+        <v>78.905047316551034</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>6.5124476234999999</v>
+        <v>6.5124479590000002</v>
       </c>
       <c r="C253" s="5">
-        <v>7.3604992499999966E-2</v>
+        <v>7.360524210000019E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>14.613874018327987</v>
+        <v>14.613926524085041</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>6.6608210487999999</v>
+        <v>6.6608212359000003</v>
       </c>
       <c r="C254" s="5">
-        <v>0.14837342529999997</v>
+        <v>0.14837327690000013</v>
       </c>
       <c r="D254" s="5">
-        <v>31.039512722507045</v>
+        <v>31.039475884005885</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>6.5013227128000004</v>
+        <v>6.5013225815000002</v>
       </c>
       <c r="C255" s="5">
-        <v>-0.15949833599999952</v>
+        <v>-0.15949865440000011</v>
       </c>
       <c r="D255" s="5">
-        <v>-25.236866109989354</v>
+        <v>-25.236909429698585</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>6.4543828711</v>
+        <v>6.4543825661999996</v>
       </c>
       <c r="C256" s="5">
-        <v>-4.6939841700000429E-2</v>
+        <v>-4.6940015300000582E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>-8.3281493847309651</v>
+        <v>-8.3281791340700355</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>6.5419585319999998</v>
+        <v>6.5419583334000002</v>
       </c>
       <c r="C257" s="5">
-        <v>8.7575660899999797E-2</v>
+        <v>8.7575767200000598E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>17.553822323700107</v>
+        <v>17.553846137291828</v>
       </c>
       <c r="E257" s="5">
-        <v>13.79594588667954</v>
+        <v>13.79594474012109</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>6.6109951012000003</v>
+        <v>6.6109948952000002</v>
       </c>
       <c r="C258" s="5">
-        <v>6.9036569200000564E-2</v>
+        <v>6.9036561799999951E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>13.424946034879358</v>
+        <v>13.42494494282902</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>6.6389248554</v>
+        <v>6.6389246418000001</v>
       </c>
       <c r="C259" s="5">
-        <v>2.7929754199999657E-2</v>
+        <v>2.7929746599999916E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>5.1891659768370069</v>
+        <v>5.1891646973071692</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>6.6847655196</v>
+        <v>6.6847654000999999</v>
       </c>
       <c r="C260" s="5">
-        <v>4.5840664199999992E-2</v>
+        <v>4.5840758299999784E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>8.6078214800822792</v>
+        <v>8.6078401138183658</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>6.8502020837000002</v>
+        <v>6.8502020656999996</v>
       </c>
       <c r="C261" s="5">
-        <v>0.16543656410000018</v>
+        <v>0.1654366655999997</v>
       </c>
       <c r="D261" s="5">
-        <v>34.093110248980139</v>
+        <v>34.093134786104848</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>6.9423426651</v>
+        <v>6.9423427765000003</v>
       </c>
       <c r="C262" s="5">
-        <v>9.214058139999981E-2</v>
+        <v>9.2140710800000747E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>17.390229173653292</v>
+        <v>17.390255479561787</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>6.9627278088000004</v>
+        <v>6.9627281654999997</v>
       </c>
       <c r="C263" s="5">
-        <v>2.0385143700000441E-2</v>
+        <v>2.0385388999999421E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>3.5810861373306579</v>
+        <v>3.5811298694365279</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>7.0581987140000004</v>
+        <v>7.0581991489</v>
       </c>
       <c r="C264" s="5">
-        <v>9.5470905200000011E-2</v>
+        <v>9.5470983400000264E-2</v>
       </c>
       <c r="D264" s="5">
-        <v>17.753428365878008</v>
+        <v>17.753443042240246</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>6.9992845064999996</v>
+        <v>6.9992852192999999</v>
       </c>
       <c r="C265" s="5">
-        <v>-5.891420750000087E-2</v>
+        <v>-5.8913929600000081E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>-9.5690297327249212</v>
+        <v>-9.5689860841915433</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>7.2610929831000002</v>
+        <v>7.2610933506000004</v>
       </c>
       <c r="C266" s="5">
-        <v>0.26180847660000062</v>
+        <v>0.26180813130000047</v>
       </c>
       <c r="D266" s="5">
-        <v>55.374668145765483</v>
+        <v>55.37457263370149</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>7.4053295796</v>
+        <v>7.4053293832999998</v>
       </c>
       <c r="C267" s="5">
-        <v>0.14423659649999987</v>
+        <v>0.14423603269999941</v>
       </c>
       <c r="D267" s="5">
-        <v>26.621870248817679</v>
+        <v>26.621753067700649</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>7.4515146576999998</v>
+        <v>7.4515139932999999</v>
       </c>
       <c r="C268" s="5">
-        <v>4.6185078099999721E-2</v>
+        <v>4.618461000000007E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>7.7462138977811845</v>
+        <v>7.7461328875515933</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>7.5329668419000004</v>
+        <v>7.5329663459000002</v>
       </c>
       <c r="C269" s="5">
-        <v>8.1452184200000666E-2</v>
+        <v>8.1452352600000388E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>13.935207735383104</v>
+        <v>13.935239617882544</v>
       </c>
       <c r="E269" s="5">
-        <v>15.148495745616275</v>
+        <v>15.148491659453157</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>7.6166178458999996</v>
+        <v>7.6166168590999996</v>
       </c>
       <c r="C270" s="5">
-        <v>8.3651003999999141E-2</v>
+        <v>8.3650513199999388E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>14.170347296278019</v>
+        <v>14.170260004067314</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>7.6335325540000003</v>
+        <v>7.6335312398999999</v>
       </c>
       <c r="C271" s="5">
-        <v>1.691470810000073E-2</v>
+        <v>1.6914380800000295E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>2.6977083700181925</v>
+        <v>2.6976558838601727</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>7.6835643315000004</v>
+        <v>7.6835667982000002</v>
       </c>
       <c r="C272" s="5">
-        <v>5.0031777500000096E-2</v>
+        <v>5.0035558300000282E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>8.1548594576382971</v>
+        <v>8.1554995427597365</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>7.5461346411000001</v>
+        <v>7.5461333782000004</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.1374296904000003</v>
+        <v>-0.13743341999999981</v>
       </c>
       <c r="D273" s="5">
-        <v>-19.472945138160313</v>
+        <v>-19.473417083042264</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>7.4342990663000004</v>
+        <v>7.4342978945000002</v>
       </c>
       <c r="C274" s="5">
-        <v>-0.11183557479999973</v>
+        <v>-0.11183548370000018</v>
       </c>
       <c r="D274" s="5">
-        <v>-16.403953862613776</v>
+        <v>-16.40394409548994</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>7.4696473611999998</v>
+        <v>7.4696464056999998</v>
       </c>
       <c r="C275" s="5">
-        <v>3.5348294899999466E-2</v>
+        <v>3.5348511199999599E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>5.8573112730047505</v>
+        <v>5.8573490044908194</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>7.4692430679999999</v>
+        <v>7.4692499959000003</v>
       </c>
       <c r="C276" s="5">
-        <v>-4.0429319999990554E-4</v>
+        <v>-3.9640979999955306E-4</v>
       </c>
       <c r="D276" s="5">
-        <v>-6.4930433725185477E-2</v>
+        <v>-6.3664718911538021E-2</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>7.6041223946000001</v>
+        <v>7.6041221021999998</v>
       </c>
       <c r="C277" s="5">
-        <v>0.13487932660000013</v>
+        <v>0.13487210629999957</v>
       </c>
       <c r="D277" s="5">
-        <v>23.956718437218427</v>
+        <v>23.955281574814368</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>7.6738220942000002</v>
+        <v>7.6738214295000002</v>
       </c>
       <c r="C278" s="5">
-        <v>6.9699699600000109E-2</v>
+        <v>6.9699327300000391E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>11.571053891973527</v>
+        <v>11.570989404369158</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>7.5925851346000002</v>
+        <v>7.5925856538999996</v>
       </c>
       <c r="C279" s="5">
-        <v>-8.1236959599999992E-2</v>
+        <v>-8.1235775600000615E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>-11.989330380473262</v>
+        <v>-11.989166664807627</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>7.6370502106</v>
+        <v>7.6370480599999997</v>
       </c>
       <c r="C280" s="5">
-        <v>4.4465075999999826E-2</v>
+        <v>4.4462406100000074E-2</v>
       </c>
       <c r="D280" s="5">
-        <v>7.2584971379912711</v>
+        <v>7.2580466576432023</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>7.6150585723999997</v>
+        <v>7.6150564804999998</v>
       </c>
       <c r="C281" s="5">
-        <v>-2.1991638200000274E-2</v>
+        <v>-2.1991579499999858E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>-3.4013123279326929</v>
+        <v>-3.4013043351558192</v>
       </c>
       <c r="E281" s="5">
-        <v>1.0897662530968244</v>
+        <v>1.0897451393059754</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>7.7296305790000002</v>
+        <v>7.7296278109000003</v>
       </c>
       <c r="C282" s="5">
-        <v>0.11457200660000044</v>
+        <v>0.11457133040000045</v>
       </c>
       <c r="D282" s="5">
-        <v>19.626082689191037</v>
+        <v>19.625962953458931</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>7.7511613766999998</v>
+        <v>7.7511585922000004</v>
       </c>
       <c r="C283" s="5">
-        <v>2.153079769999966E-2</v>
+        <v>2.1530781300000079E-2</v>
       </c>
       <c r="D283" s="5">
-        <v>3.3942738102306969</v>
+        <v>3.3942724193005702</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>7.6866285309000002</v>
+        <v>7.6866339863000004</v>
       </c>
       <c r="C284" s="5">
-        <v>-6.4532845799999627E-2</v>
+        <v>-6.4524605899999976E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>-9.5456667746877333</v>
+        <v>-9.5445064599957945</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>7.6378649289</v>
+        <v>7.6378636629000001</v>
       </c>
       <c r="C285" s="5">
-        <v>-4.8763602000000184E-2</v>
+        <v>-4.8770323400000315E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>-7.3526581425041311</v>
+        <v>-7.353631466877375</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>7.8421257728000002</v>
+        <v>7.8421250158999998</v>
       </c>
       <c r="C286" s="5">
-        <v>0.20426084390000021</v>
+        <v>0.2042613529999997</v>
       </c>
       <c r="D286" s="5">
-        <v>37.259354748500925</v>
+        <v>37.259468787912617</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>7.7592541150000001</v>
+        <v>7.7592535300999996</v>
       </c>
       <c r="C287" s="5">
-        <v>-8.2871657800000165E-2</v>
+        <v>-8.2871485800000144E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>-11.969318661148431</v>
+        <v>-11.969296333491975</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>7.7653936816</v>
+        <v>7.7654081366999996</v>
       </c>
       <c r="C288" s="5">
-        <v>6.1395665999999238E-3</v>
+        <v>6.154606600000001E-3</v>
       </c>
       <c r="D288" s="5">
-        <v>0.95365188139222568</v>
+        <v>0.95599830090109528</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>7.8289227861999997</v>
+        <v>7.8289215696000003</v>
       </c>
       <c r="C289" s="5">
-        <v>6.3529104599999719E-2</v>
+        <v>6.3513432900000666E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>10.271271259862802</v>
+        <v>10.268602454109832</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>7.6699279842000001</v>
+        <v>7.6699254631000002</v>
       </c>
       <c r="C290" s="5">
-        <v>-0.1589948019999996</v>
+        <v>-0.15899610650000007</v>
       </c>
       <c r="D290" s="5">
-        <v>-21.824383104168543</v>
+        <v>-21.824545679149654</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>7.6752255692000002</v>
+        <v>7.6752252006999999</v>
       </c>
       <c r="C291" s="5">
-        <v>5.2975850000001046E-3</v>
+        <v>5.2997375999996876E-3</v>
       </c>
       <c r="D291" s="5">
-        <v>0.83199049851512275</v>
+        <v>0.83233012672931928</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>7.9198069346000004</v>
+        <v>7.9198009513000001</v>
       </c>
       <c r="C292" s="5">
-        <v>0.24458136540000019</v>
+        <v>0.24457575060000014</v>
       </c>
       <c r="D292" s="5">
-        <v>45.707316920419359</v>
+        <v>45.706079915565944</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>7.6983253810000001</v>
+        <v>7.6983189984999996</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.22148155360000032</v>
+        <v>-0.22148195280000049</v>
       </c>
       <c r="D293" s="5">
-        <v>-28.849161487167009</v>
+        <v>-28.849224319776635</v>
       </c>
       <c r="E293" s="5">
-        <v>1.0934493518118371</v>
+        <v>1.0933933085488068</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>7.6445956858999997</v>
+        <v>7.64458737</v>
       </c>
       <c r="C294" s="5">
-        <v>-5.3729695100000363E-2</v>
+        <v>-5.3731628499999573E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>-8.0611444827781593</v>
+        <v>-8.0614299393170885</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>7.6806331460999999</v>
+        <v>7.6806288631999999</v>
       </c>
       <c r="C295" s="5">
-        <v>3.6037460200000204E-2</v>
+        <v>3.6041493199999941E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>5.8059312806210794</v>
+        <v>5.8066044514628379</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>7.7904439255</v>
+        <v>7.7904547610000003</v>
       </c>
       <c r="C296" s="5">
-        <v>0.10981077940000006</v>
+        <v>0.1098258978000004</v>
       </c>
       <c r="D296" s="5">
-        <v>18.572016268079871</v>
+        <v>18.574788741648774</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>7.9397036886999999</v>
+        <v>7.9397066809999997</v>
       </c>
       <c r="C297" s="5">
-        <v>0.1492597631999999</v>
+        <v>0.14925191999999932</v>
       </c>
       <c r="D297" s="5">
-        <v>25.575543405595646</v>
+        <v>25.574015424135599</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>7.9491960214999997</v>
+        <v>7.9492002555000001</v>
       </c>
       <c r="C298" s="5">
-        <v>9.4923327999998364E-3</v>
+        <v>9.4935745000004346E-3</v>
       </c>
       <c r="D298" s="5">
-        <v>1.4441344098506725</v>
+        <v>1.4443240144296432</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>8.0438759706000003</v>
+        <v>8.04387893</v>
       </c>
       <c r="C299" s="5">
-        <v>9.4679949100000549E-2</v>
+        <v>9.4678674499999893E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>15.267243724845914</v>
+        <v>15.267015876043688</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>8.0457928229999993</v>
+        <v>8.0458156317</v>
       </c>
       <c r="C300" s="5">
-        <v>1.9168523999990583E-3</v>
+        <v>1.936701700000043E-3</v>
       </c>
       <c r="D300" s="5">
-        <v>0.28633460615949957</v>
+        <v>0.28930346574176369</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>8.0612014864999999</v>
+        <v>8.0611981124999996</v>
       </c>
       <c r="C301" s="5">
-        <v>1.5408663500000586E-2</v>
+        <v>1.5382480799999598E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>2.3225066389377602</v>
+        <v>2.3185119587920466</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>7.9634779480000004</v>
+        <v>7.9634715579000002</v>
       </c>
       <c r="C302" s="5">
-        <v>-9.7723538499999485E-2</v>
+        <v>-9.772655459999946E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>-13.615451907643983</v>
+        <v>-13.615849840241534</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>8.0626535987000008</v>
+        <v>8.0626517056000004</v>
       </c>
       <c r="C303" s="5">
-        <v>9.917565070000034E-2</v>
+        <v>9.9180147700000276E-2</v>
       </c>
       <c r="D303" s="5">
-        <v>16.011925334662202</v>
+        <v>16.012715555988489</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>8.1017607368999993</v>
+        <v>8.1017500743999999</v>
       </c>
       <c r="C304" s="5">
-        <v>3.9107138199998559E-2</v>
+        <v>3.9098368799999506E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>5.9782989712277024</v>
+        <v>5.9769238810015057</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>8.2802021307999993</v>
+        <v>8.2801885966000004</v>
       </c>
       <c r="C305" s="5">
-        <v>0.17844139390000002</v>
+        <v>0.17843852220000045</v>
       </c>
       <c r="D305" s="5">
-        <v>29.878810739810223</v>
+        <v>29.87831441588391</v>
       </c>
       <c r="E305" s="5">
-        <v>7.5584847483338491</v>
+        <v>7.5583981153986679</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>8.0537631473999998</v>
+        <v>8.0537443052000004</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.22643898339999957</v>
+        <v>-0.2264442914</v>
       </c>
       <c r="D306" s="5">
-        <v>-28.303991777814229</v>
+        <v>-28.304598347889264</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>8.2132604624999992</v>
+        <v>8.2132470125000001</v>
       </c>
       <c r="C307" s="5">
-        <v>0.15949731509999943</v>
+        <v>0.15950270729999971</v>
       </c>
       <c r="D307" s="5">
-        <v>26.532155714876438</v>
+        <v>26.53322156245197</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>7.9866618593999998</v>
+        <v>7.9866663673999998</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.22659860309999935</v>
+        <v>-0.22658064510000031</v>
       </c>
       <c r="D308" s="5">
-        <v>-28.518044613655857</v>
+        <v>-28.516155716954238</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>8.2403930971000001</v>
+        <v>8.2403949227000002</v>
       </c>
       <c r="C309" s="5">
-        <v>0.25373123770000028</v>
+        <v>0.25372855530000038</v>
       </c>
       <c r="D309" s="5">
-        <v>45.543087804532668</v>
+        <v>45.54248892836754</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>8.2799176309</v>
+        <v>8.2799665935999993</v>
       </c>
       <c r="C310" s="5">
-        <v>3.9524533799999872E-2</v>
+        <v>3.9571670899999134E-2</v>
       </c>
       <c r="D310" s="5">
-        <v>5.9100178872271147</v>
+        <v>5.9172520445107013</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>8.2333772515000003</v>
+        <v>8.2333879558999996</v>
       </c>
       <c r="C311" s="5">
-        <v>-4.6540379399999665E-2</v>
+        <v>-4.6578637699999703E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-6.5403856382158176</v>
+        <v>-6.5455593696867931</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>8.0269325420000008</v>
+        <v>8.0269668640000003</v>
       </c>
       <c r="C312" s="5">
-        <v>-0.20644470949999949</v>
+        <v>-0.20642109189999935</v>
       </c>
       <c r="D312" s="5">
-        <v>-26.267463127441026</v>
+        <v>-26.264830188163568</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>8.1783505777999999</v>
+        <v>8.1783608899000004</v>
       </c>
       <c r="C313" s="5">
-        <v>0.15141803579999902</v>
+        <v>0.15139402590000017</v>
       </c>
       <c r="D313" s="5">
-        <v>25.139184817023839</v>
+        <v>25.134657446519459</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>8.3437370692999995</v>
+        <v>8.3436916615999994</v>
       </c>
       <c r="C314" s="5">
-        <v>0.16538649149999962</v>
+        <v>0.16533077169999899</v>
       </c>
       <c r="D314" s="5">
-        <v>27.156521847164704</v>
+        <v>27.146294226376313</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>8.6580441525000005</v>
+        <v>8.6580468470999996</v>
       </c>
       <c r="C315" s="5">
-        <v>0.314307083200001</v>
+        <v>0.31435518550000019</v>
       </c>
       <c r="D315" s="5">
-        <v>55.851230137056419</v>
+        <v>55.861990545195603</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>8.6900390078999994</v>
+        <v>8.6900334440999991</v>
       </c>
       <c r="C316" s="5">
-        <v>3.1994855399998912E-2</v>
+        <v>3.1986596999999506E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>4.5257172905765808</v>
+        <v>4.5245238535164267</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>8.7648853098000004</v>
+        <v>8.7648628609999992</v>
       </c>
       <c r="C317" s="5">
-        <v>7.4846301900000967E-2</v>
+        <v>7.4829416900000112E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>10.839393494404415</v>
+        <v>10.836838490285094</v>
       </c>
       <c r="E317" s="5">
-        <v>5.8535186864233424</v>
+        <v>5.8534205923644667</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>8.8519363192</v>
+        <v>8.8518925005</v>
       </c>
       <c r="C318" s="5">
-        <v>8.7051009399999657E-2</v>
+        <v>8.7029639500000755E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>12.591218633269797</v>
+        <v>12.587990953131456</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>8.8414113956999998</v>
+        <v>8.8413622745999998</v>
       </c>
       <c r="C319" s="5">
-        <v>-1.0524923500000227E-2</v>
+        <v>-1.053022590000019E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>-1.4175024715049944</v>
+        <v>-1.4182189103308818</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>8.8832432011000009</v>
+        <v>8.8832264592999994</v>
       </c>
       <c r="C320" s="5">
-        <v>4.1831805400001087E-2</v>
+        <v>4.186418469999964E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>5.8277196368367035</v>
+        <v>5.8323818687554763</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>9.0552110076000005</v>
+        <v>9.0551769147000005</v>
       </c>
       <c r="C321" s="5">
-        <v>0.17196780649999965</v>
+        <v>0.17195045540000109</v>
       </c>
       <c r="D321" s="5">
-        <v>25.870591205743665</v>
+        <v>25.867751054742129</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>8.9980356575999991</v>
+        <v>8.9982325508999992</v>
       </c>
       <c r="C322" s="5">
-        <v>-5.7175350000001401E-2</v>
+        <v>-5.6944363800001341E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>-7.3192327883890407</v>
+        <v>-7.2907050618956415</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>9.1274549540999992</v>
+        <v>9.1274601222000005</v>
       </c>
       <c r="C323" s="5">
-        <v>0.12941929650000006</v>
+        <v>0.12922757130000129</v>
       </c>
       <c r="D323" s="5">
-        <v>18.692659535504539</v>
+        <v>18.662303703529972</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>9.3283099090999997</v>
+        <v>9.3283653853999997</v>
       </c>
       <c r="C324" s="5">
-        <v>0.2008549550000005</v>
+        <v>0.20090526319999924</v>
       </c>
       <c r="D324" s="5">
-        <v>29.849180223542394</v>
+        <v>29.85756489398932</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>9.1779803154999993</v>
+        <v>9.1780108967</v>
       </c>
       <c r="C325" s="5">
-        <v>-0.15032959360000042</v>
+        <v>-0.15035448869999968</v>
       </c>
       <c r="D325" s="5">
-        <v>-17.713257304189021</v>
+        <v>-17.715839480453432</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>9.4227785217999998</v>
+        <v>9.4226992056000007</v>
       </c>
       <c r="C326" s="5">
-        <v>0.24479820630000049</v>
+        <v>0.24468830890000071</v>
       </c>
       <c r="D326" s="5">
-        <v>37.145744755572373</v>
+        <v>37.126409318658673</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>9.3630592497999992</v>
+        <v>9.3630708483999996</v>
       </c>
       <c r="C327" s="5">
-        <v>-5.9719272000000601E-2</v>
+        <v>-5.9628357200001147E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>-7.3457255797980237</v>
+        <v>-7.3349885965520283</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>9.2767291514999997</v>
+        <v>9.2767309613000002</v>
       </c>
       <c r="C328" s="5">
-        <v>-8.6330098299999491E-2</v>
+        <v>-8.6339887099999402E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>-10.520146770987715</v>
+        <v>-10.521267414008918</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>9.3503275414000004</v>
+        <v>9.3502812847999994</v>
       </c>
       <c r="C329" s="5">
-        <v>7.3598389900000782E-2</v>
+        <v>7.3550323499999237E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>9.9469967205018328</v>
+        <v>9.9402125503177388</v>
       </c>
       <c r="E329" s="5">
-        <v>6.6794055016945686</v>
+        <v>6.6791509814131844</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>9.7444557031999999</v>
+        <v>9.7443672815000006</v>
       </c>
       <c r="C330" s="5">
-        <v>0.39412816179999943</v>
+        <v>0.39408599670000122</v>
       </c>
       <c r="D330" s="5">
-        <v>64.122882219621104</v>
+        <v>64.114754350982068</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>9.4570747491000002</v>
+        <v>9.4569788013</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.28738095409999964</v>
+        <v>-0.28738848020000063</v>
       </c>
       <c r="D331" s="5">
-        <v>-30.17823351453961</v>
+        <v>-30.179131334768083</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>9.6842119815000007</v>
+        <v>9.6841792482999995</v>
       </c>
       <c r="C332" s="5">
-        <v>0.2271372324000005</v>
+        <v>0.22720044699999953</v>
       </c>
       <c r="D332" s="5">
-        <v>32.950381236464835</v>
+        <v>32.961175541272866</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>9.5695449802999999</v>
+        <v>9.5691698408000008</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.11466700120000084</v>
+        <v>-0.11500940749999877</v>
       </c>
       <c r="D333" s="5">
-        <v>-13.318980702836502</v>
+        <v>-13.356233847133382</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>9.7163291918999999</v>
+        <v>9.7168397381999991</v>
       </c>
       <c r="C334" s="5">
-        <v>0.14678421159999999</v>
+        <v>0.14766989739999836</v>
       </c>
       <c r="D334" s="5">
-        <v>20.041437473186473</v>
+        <v>20.17367006103321</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>9.8267406904999994</v>
+        <v>9.8269178574999998</v>
       </c>
       <c r="C335" s="5">
-        <v>0.11041149859999955</v>
+        <v>0.11007811930000067</v>
       </c>
       <c r="D335" s="5">
-        <v>14.521573612752814</v>
+        <v>14.474151032932658</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>9.9377242510000006</v>
+        <v>9.9378825066999994</v>
       </c>
       <c r="C336" s="5">
-        <v>0.11098356050000113</v>
+        <v>0.1109646491999996</v>
       </c>
       <c r="D336" s="5">
-        <v>14.427221110178113</v>
+        <v>14.424331686983205</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>9.8600411784999995</v>
+        <v>9.8601229146999998</v>
       </c>
       <c r="C337" s="5">
-        <v>-7.768307250000106E-2</v>
+        <v>-7.77595919999996E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>-8.9874167245985852</v>
+        <v>-8.995754925603606</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>9.9046677834000008</v>
+        <v>9.9045555771</v>
       </c>
       <c r="C338" s="5">
-        <v>4.4626604900001254E-2</v>
+        <v>4.4432662400000211E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>5.5684669698354394</v>
+        <v>5.5436170100697346</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>9.7829349367000003</v>
+        <v>9.7829142720999993</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.12173284670000051</v>
+        <v>-0.1216413050000007</v>
       </c>
       <c r="D339" s="5">
-        <v>-13.791314531057175</v>
+        <v>-13.781779620395774</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>9.7651779407999992</v>
+        <v>9.7651393847999994</v>
       </c>
       <c r="C340" s="5">
-        <v>-1.7756995900001016E-2</v>
+        <v>-1.7774887299999875E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>-2.1565056249257863</v>
+        <v>-2.1586613005804223</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>9.7479928182000002</v>
+        <v>9.7478681178999995</v>
       </c>
       <c r="C341" s="5">
-        <v>-1.7185122599999048E-2</v>
+        <v>-1.7271266899999915E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>-2.0914835973322554</v>
+        <v>-2.1018740768897426</v>
       </c>
       <c r="E341" s="5">
-        <v>4.2529555787139683</v>
+        <v>4.252137673615497</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>9.7299169194000008</v>
+        <v>9.7296799226000008</v>
       </c>
       <c r="C342" s="5">
-        <v>-1.8075898799999379E-2</v>
+        <v>-1.8188195299998711E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>-2.2026296641089571</v>
+        <v>-2.2162014436583832</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>9.7565127269000005</v>
+        <v>9.7563162915999992</v>
       </c>
       <c r="C343" s="5">
-        <v>2.659580749999968E-2</v>
+        <v>2.6636368999998439E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>3.329850493742148</v>
+        <v>3.3350880466691768</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>9.7885207918999999</v>
+        <v>9.7884352433000004</v>
       </c>
       <c r="C344" s="5">
-        <v>3.2008064999999419E-2</v>
+        <v>3.2118951700001119E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>4.0086422335962268</v>
+        <v>4.0228643987744395</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>9.7925001768000008</v>
+        <v>9.7917709124000005</v>
       </c>
       <c r="C345" s="5">
-        <v>3.9793849000009374E-3</v>
+        <v>3.3356691000001604E-3</v>
       </c>
       <c r="D345" s="5">
-        <v>0.48893532516127713</v>
+        <v>0.40969916909603388</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>9.6144785215000006</v>
+        <v>9.6152789691000002</v>
       </c>
       <c r="C346" s="5">
-        <v>-0.17802165530000025</v>
+        <v>-0.17649194330000029</v>
       </c>
       <c r="D346" s="5">
-        <v>-19.760955923722157</v>
+        <v>-19.60894325828939</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>9.7307176832</v>
+        <v>9.7314501568999994</v>
       </c>
       <c r="C347" s="5">
-        <v>0.11623916169999937</v>
+        <v>0.11617118779999913</v>
       </c>
       <c r="D347" s="5">
-        <v>15.512682151381174</v>
+        <v>15.501622035535313</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>9.7460511891999992</v>
+        <v>9.7463550549000004</v>
       </c>
       <c r="C348" s="5">
-        <v>1.5333505999999275E-2</v>
+        <v>1.4904898000001054E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>1.9074152107204201</v>
+        <v>1.8535077877920969</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>10.02988496</v>
+        <v>10.030036673</v>
       </c>
       <c r="C349" s="5">
-        <v>0.28383377080000116</v>
+        <v>0.28368161809999926</v>
       </c>
       <c r="D349" s="5">
-        <v>41.126042985370212</v>
+        <v>41.098861555700971</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>9.8964398009999996</v>
+        <v>9.8963275498000005</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.13344515900000076</v>
+        <v>-0.13370912319999917</v>
       </c>
       <c r="D350" s="5">
-        <v>-14.847691730330038</v>
+        <v>-14.874733814467566</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>10.405704775</v>
+        <v>10.405601785</v>
       </c>
       <c r="C351" s="5">
-        <v>0.50926497400000059</v>
+        <v>0.50927423519999948</v>
       </c>
       <c r="D351" s="5">
-        <v>82.603944707612214</v>
+        <v>82.607111402723902</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>10.358389327999999</v>
+        <v>10.358220478</v>
       </c>
       <c r="C352" s="5">
-        <v>-4.7315447000000788E-2</v>
+        <v>-4.7381307000000206E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>-5.3220684263016071</v>
+        <v>-5.3293433034426574</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>10.457076044000001</v>
+        <v>10.456739413999999</v>
       </c>
       <c r="C353" s="5">
-        <v>9.868671600000134E-2</v>
+        <v>9.8518935999999613E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>12.051179212364449</v>
+        <v>12.029813733868821</v>
       </c>
       <c r="E353" s="5">
-        <v>7.2741459603469005</v>
+        <v>7.2720649020507455</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>10.532571942000001</v>
+        <v>10.532037222</v>
       </c>
       <c r="C354" s="5">
-        <v>7.5495897999999784E-2</v>
+        <v>7.5297808000000188E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>9.0159430456267629</v>
+        <v>8.9916429633659423</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>10.445836748</v>
+        <v>10.445424263</v>
       </c>
       <c r="C355" s="5">
-        <v>-8.6735194000000959E-2</v>
+        <v>-8.6612958999999989E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>-9.4464251722294446</v>
+        <v>-9.4341661901336415</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>10.199445206</v>
+        <v>10.199167591</v>
       </c>
       <c r="C356" s="5">
-        <v>-0.24639154199999957</v>
+        <v>-0.24625667199999945</v>
       </c>
       <c r="D356" s="5">
-        <v>-24.906943904207658</v>
+        <v>-24.895886611545436</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>10.49031795</v>
+        <v>10.489067731</v>
       </c>
       <c r="C357" s="5">
-        <v>0.29087274399999963</v>
+        <v>0.28990014000000031</v>
       </c>
       <c r="D357" s="5">
-        <v>40.134551091475657</v>
+        <v>39.979984245316032</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>10.702258227</v>
+        <v>10.703006858</v>
       </c>
       <c r="C358" s="5">
-        <v>0.21194027700000007</v>
+        <v>0.21393912699999973</v>
       </c>
       <c r="D358" s="5">
-        <v>27.128022030524335</v>
+        <v>27.416880139717993</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>10.630584159</v>
+        <v>10.63370847</v>
       </c>
       <c r="C359" s="5">
-        <v>-7.1674068000000091E-2</v>
+        <v>-6.9298387999999989E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>-7.7470094385087567</v>
+        <v>-7.4988032166226626</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>10.451573996</v>
+        <v>10.451796718000001</v>
       </c>
       <c r="C360" s="5">
-        <v>-0.17901016299999917</v>
+        <v>-0.18191175199999954</v>
       </c>
       <c r="D360" s="5">
-        <v>-18.436691143303573</v>
+        <v>-18.703011936161897</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>10.605688981</v>
+        <v>10.605776626999999</v>
       </c>
       <c r="C361" s="5">
-        <v>0.15411498499999965</v>
+        <v>0.15397990899999847</v>
       </c>
       <c r="D361" s="5">
-        <v>19.202742661301599</v>
+        <v>19.18408319172147</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>10.501745586</v>
+        <v>10.501608365999999</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.10394339499999994</v>
+        <v>-0.10416826099999987</v>
       </c>
       <c r="D362" s="5">
-        <v>-11.147168719132994</v>
+        <v>-11.169909118496923</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>10.319829163</v>
+        <v>10.319692042</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.18191642300000055</v>
+        <v>-0.18191632399999946</v>
       </c>
       <c r="D363" s="5">
-        <v>-18.916557258359525</v>
+        <v>-18.916772040603234</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>10.260248504</v>
+        <v>10.259157809</v>
       </c>
       <c r="C364" s="5">
-        <v>-5.9580658999999869E-2</v>
+        <v>-6.053423300000027E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>-6.7122841741619759</v>
+        <v>-6.8163591284106761</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>10.178815288999999</v>
+        <v>10.178209323999999</v>
       </c>
       <c r="C365" s="5">
-        <v>-8.1433215000000558E-2</v>
+        <v>-8.0948485000000403E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-9.1191778995912465</v>
+        <v>-9.0681523038081853</v>
       </c>
       <c r="E365" s="5">
-        <v>-2.6609805057280833</v>
+        <v>-2.6636418769993453</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>9.9362799004000006</v>
+        <v>9.9353166376999997</v>
       </c>
       <c r="C366" s="5">
-        <v>-0.24253538859999857</v>
+        <v>-0.24289268629999938</v>
       </c>
       <c r="D366" s="5">
-        <v>-25.128074696860601</v>
+        <v>-25.161683102008691</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>9.9344832605000004</v>
+        <v>9.9336771173000002</v>
       </c>
       <c r="C367" s="5">
-        <v>-1.7966399000002298E-3</v>
+        <v>-1.6395203999994834E-3</v>
       </c>
       <c r="D367" s="5">
-        <v>-0.21676372921836107</v>
+        <v>-0.19784370095581316</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>9.7104020976999994</v>
+        <v>9.7098328079999998</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.22408116280000101</v>
+        <v>-0.22384430930000043</v>
       </c>
       <c r="D368" s="5">
-        <v>-23.949306320887342</v>
+        <v>-23.928750922979034</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>8.4827597011000009</v>
+        <v>8.4813927360000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-1.2276423965999985</v>
+        <v>-1.2284400719999997</v>
       </c>
       <c r="D369" s="5">
-        <v>-80.248530765164176</v>
+        <v>-80.272817416558098</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>8.6746918339000008</v>
+        <v>8.6754669779999993</v>
       </c>
       <c r="C370" s="5">
-        <v>0.19193213279999988</v>
+        <v>0.19407424199999923</v>
       </c>
       <c r="D370" s="5">
-        <v>30.798478545284613</v>
+        <v>31.192269561924736</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>8.8337063995000005</v>
+        <v>8.8394352654000006</v>
       </c>
       <c r="C371" s="5">
-        <v>0.15901456559999971</v>
+        <v>0.16396828740000124</v>
       </c>
       <c r="D371" s="5">
-        <v>24.356033982310432</v>
+        <v>25.192958719749782</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>9.3562381937999994</v>
+        <v>9.3566822517000006</v>
       </c>
       <c r="C372" s="5">
-        <v>0.52253179429999896</v>
+        <v>0.51724698629999999</v>
       </c>
       <c r="D372" s="5">
-        <v>99.296516010182884</v>
+        <v>97.864708574455662</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>9.3922174381999994</v>
+        <v>9.3924740337999992</v>
       </c>
       <c r="C373" s="5">
-        <v>3.5979244399999999E-2</v>
+        <v>3.579178209999867E-2</v>
       </c>
       <c r="D373" s="5">
-        <v>4.7134392169600581</v>
+        <v>4.6881346513938604</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>9.2979183868999993</v>
+        <v>9.2980746695000001</v>
       </c>
       <c r="C374" s="5">
-        <v>-9.4299051300000158E-2</v>
+        <v>-9.4399364299999178E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>-11.404615379463245</v>
+        <v>-11.41578986467573</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>9.4178117705000002</v>
+        <v>9.4176921470000003</v>
       </c>
       <c r="C375" s="5">
-        <v>0.1198933836000009</v>
+        <v>0.11961747750000029</v>
       </c>
       <c r="D375" s="5">
-        <v>16.619537841688746</v>
+        <v>16.578247676840906</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>9.6694139188000001</v>
+        <v>9.6672315974000007</v>
       </c>
       <c r="C376" s="5">
-        <v>0.25160214829999994</v>
+        <v>0.24953945040000036</v>
       </c>
       <c r="D376" s="5">
-        <v>37.215048676667742</v>
+        <v>36.864747260183961</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>9.7014094197999992</v>
+        <v>9.7001413582999998</v>
       </c>
       <c r="C377" s="5">
-        <v>3.1995500999999038E-2</v>
+        <v>3.2909760899999085E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>4.043793754937397</v>
+        <v>4.1624727835796849</v>
       </c>
       <c r="E377" s="5">
-        <v>-4.6901909077367909</v>
+        <v>-4.6969751798356612</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>9.9573832953999997</v>
+        <v>9.9555144993999996</v>
       </c>
       <c r="C378" s="5">
-        <v>0.25597387560000051</v>
+        <v>0.25537314109999976</v>
       </c>
       <c r="D378" s="5">
-        <v>36.686210329901847</v>
+        <v>36.592782529406762</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>9.9267940862999993</v>
+        <v>9.9248361268000007</v>
       </c>
       <c r="C379" s="5">
-        <v>-3.0589209100000403E-2</v>
+        <v>-3.0678372599998838E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>-3.6247628690725731</v>
+        <v>-3.6358210327602114</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>9.9252682059000001</v>
+        <v>9.9231751444</v>
       </c>
       <c r="C380" s="5">
-        <v>-1.5258803999991244E-3</v>
+        <v>-1.6609824000006768E-3</v>
       </c>
       <c r="D380" s="5">
-        <v>-0.18430011132772872</v>
+        <v>-0.20064263414576455</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>9.9696828973000002</v>
+        <v>9.9671582855</v>
       </c>
       <c r="C381" s="5">
-        <v>4.4414691400000095E-2</v>
+        <v>4.3983141100000012E-2</v>
       </c>
       <c r="D381" s="5">
-        <v>5.5040484050215444</v>
+        <v>5.450436497642408</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>9.8436652087999992</v>
+        <v>9.8491960672999994</v>
       </c>
       <c r="C382" s="5">
-        <v>-0.12601768850000106</v>
+        <v>-0.11796221820000063</v>
       </c>
       <c r="D382" s="5">
-        <v>-14.156804834067028</v>
+        <v>-13.313167668208015</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>9.8309529947000005</v>
+        <v>9.8383366740000007</v>
       </c>
       <c r="C383" s="5">
-        <v>-1.2712214099998675E-2</v>
+        <v>-1.0859393299998743E-2</v>
       </c>
       <c r="D383" s="5">
-        <v>-1.5387329329059951</v>
+        <v>-1.3150858649506936</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>10.052099201000001</v>
+        <v>10.052592963</v>
       </c>
       <c r="C384" s="5">
-        <v>0.22114620630000026</v>
+        <v>0.21425628899999971</v>
       </c>
       <c r="D384" s="5">
-        <v>30.59716674991677</v>
+        <v>29.502160056123472</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>9.9994776232000007</v>
+        <v>10.000171586</v>
       </c>
       <c r="C385" s="5">
-        <v>-5.2621577800000097E-2</v>
+        <v>-5.2421376999999936E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>-6.1041140266869576</v>
+        <v>-6.0812625280015631</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>9.9875822202000002</v>
+        <v>9.9878396925999997</v>
       </c>
       <c r="C386" s="5">
-        <v>-1.1895403000000471E-2</v>
+        <v>-1.2331893400000737E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>-1.4182198516932587</v>
+        <v>-1.469806313838018</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>10.004844800000001</v>
+        <v>10.004748157</v>
       </c>
       <c r="C387" s="5">
-        <v>1.7262579800000566E-2</v>
+        <v>1.6908464400000156E-2</v>
       </c>
       <c r="D387" s="5">
-        <v>2.0939158839006433</v>
+        <v>2.050508345424995</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>9.8817890056</v>
+        <v>9.8785302948000009</v>
       </c>
       <c r="C388" s="5">
-        <v>-0.12305579440000081</v>
+        <v>-0.12621786219999898</v>
       </c>
       <c r="D388" s="5">
-        <v>-13.800916648385165</v>
+        <v>-14.131455438046858</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>9.8250961665999998</v>
+        <v>9.8235899060000005</v>
       </c>
       <c r="C389" s="5">
-        <v>-5.6692839000000106E-2</v>
+        <v>-5.4940388800000406E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>-6.671389806088901</v>
+        <v>-6.4735052984178036</v>
       </c>
       <c r="E389" s="5">
-        <v>1.2749358515636189</v>
+        <v>1.2726468938967672</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>9.7668838702999992</v>
+        <v>9.7637796372000007</v>
       </c>
       <c r="C390" s="5">
-        <v>-5.8212296300000688E-2</v>
+        <v>-5.9810268799999733E-2</v>
       </c>
       <c r="D390" s="5">
-        <v>-6.8826584657522787</v>
+        <v>-7.0663619415449848</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>9.8321322984999995</v>
+        <v>9.8285509692000002</v>
       </c>
       <c r="C391" s="5">
-        <v>6.5248428200000319E-2</v>
+        <v>6.4771331999999404E-2</v>
       </c>
       <c r="D391" s="5">
-        <v>8.3179113033476924</v>
+        <v>8.2575766592634992</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>9.8315705490000003</v>
+        <v>9.8273615044000007</v>
       </c>
       <c r="C392" s="5">
-        <v>-5.6174949999920898E-4</v>
+        <v>-1.1894647999994845E-3</v>
       </c>
       <c r="D392" s="5">
-        <v>-6.8539315047089211E-2</v>
+        <v>-0.14512903002678046</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>9.8685311373999998</v>
+        <v>9.8613435706000008</v>
       </c>
       <c r="C393" s="5">
-        <v>3.6960588399999494E-2</v>
+        <v>3.3982066200000105E-2</v>
       </c>
       <c r="D393" s="5">
-        <v>4.6057095132805426</v>
+        <v>4.2293175812375017</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>9.8250982103000002</v>
+        <v>9.8380817333999993</v>
       </c>
       <c r="C394" s="5">
-        <v>-4.3432927099999574E-2</v>
+        <v>-2.3261837200001523E-2</v>
       </c>
       <c r="D394" s="5">
-        <v>-5.155399057110122</v>
+        <v>-2.7942319274311678</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>9.9319663522999999</v>
+        <v>9.9416767831000001</v>
       </c>
       <c r="C395" s="5">
-        <v>0.10686814199999972</v>
+        <v>0.10359504970000089</v>
       </c>
       <c r="D395" s="5">
-        <v>13.862331476615841</v>
+        <v>13.394126284357011</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>9.6417019870999994</v>
+        <v>9.6438472762000007</v>
       </c>
       <c r="C396" s="5">
-        <v>-0.29026436520000054</v>
+        <v>-0.29782950689999943</v>
       </c>
       <c r="D396" s="5">
-        <v>-29.947833473324813</v>
+        <v>-30.579423715799294</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>9.5039817076999995</v>
+        <v>9.5058538774999999</v>
       </c>
       <c r="C397" s="5">
-        <v>-0.13772027939999987</v>
+        <v>-0.13799339870000082</v>
       </c>
       <c r="D397" s="5">
-        <v>-15.856096629168325</v>
+        <v>-15.88184858496402</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>9.4689818672000001</v>
+        <v>9.4694524260000001</v>
       </c>
       <c r="C398" s="5">
-        <v>-3.499984049999938E-2</v>
+        <v>-3.6401451499999737E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>-4.3307613738403195</v>
+        <v>-4.4996883207422567</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>9.3825572651000009</v>
+        <v>9.3818931361000004</v>
       </c>
       <c r="C399" s="5">
-        <v>-8.6424602099999248E-2</v>
+        <v>-8.7559289899999726E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>-10.419131999060804</v>
+        <v>-10.548550213987296</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>9.1938612376000002</v>
+        <v>9.1891629961000003</v>
       </c>
       <c r="C400" s="5">
-        <v>-0.1886960275000007</v>
+        <v>-0.19273014000000011</v>
       </c>
       <c r="D400" s="5">
-        <v>-21.635268263647177</v>
+        <v>-22.048284256994322</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>9.2400582249000003</v>
+        <v>9.2372348870999996</v>
       </c>
       <c r="C401" s="5">
-        <v>4.6196987300000103E-2</v>
+        <v>4.8071890999999312E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>6.1991787424705125</v>
+        <v>6.4614519640722179</v>
       </c>
       <c r="E401" s="5">
-        <v>-5.954526365745016</v>
+        <v>-5.968846669198502</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>9.3845880320999999</v>
+        <v>9.3793277345000003</v>
       </c>
       <c r="C402" s="5">
-        <v>0.14452980719999964</v>
+        <v>0.14209284740000072</v>
       </c>
       <c r="D402" s="5">
-        <v>20.471982255389285</v>
+        <v>20.103783983740687</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>9.3433458906000002</v>
+        <v>9.3370028564999998</v>
       </c>
       <c r="C403" s="5">
-        <v>-4.1242141499999718E-2</v>
+        <v>-4.232487800000051E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>-5.1479831247186585</v>
+        <v>-5.2826881316735079</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>9.4393409421999994</v>
+        <v>9.4313717750000006</v>
       </c>
       <c r="C404" s="5">
-        <v>9.5995051599999215E-2</v>
+        <v>9.4368918500000731E-2</v>
       </c>
       <c r="D404" s="5">
-        <v>13.050100467343517</v>
+        <v>12.825814013583891</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>9.4690609337999998</v>
+        <v>9.4594537484999996</v>
       </c>
       <c r="C405" s="5">
-        <v>2.9719991600000384E-2</v>
+        <v>2.808197349999908E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>3.8443475074992017</v>
+        <v>3.6321054043950252</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>9.5104871913999993</v>
+        <v>9.5345452817999998</v>
       </c>
       <c r="C406" s="5">
-        <v>4.1426257599999516E-2</v>
+        <v>7.5091533300000179E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>5.3780711359013855</v>
+        <v>9.9530120279806678</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>9.5244238427999992</v>
+        <v>9.5357568508000004</v>
       </c>
       <c r="C407" s="5">
-        <v>1.3936651399999889E-2</v>
+        <v>1.211569000000523E-3</v>
       </c>
       <c r="D407" s="5">
-        <v>1.7727201599589959</v>
+        <v>0.1525924201329909</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>9.6411834382000006</v>
+        <v>9.6447506986999993</v>
       </c>
       <c r="C408" s="5">
-        <v>0.11675959540000136</v>
+        <v>0.108993847899999</v>
       </c>
       <c r="D408" s="5">
-        <v>15.744293989568604</v>
+        <v>14.611989811899573</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>9.8099557111000006</v>
+        <v>9.8127328819000006</v>
       </c>
       <c r="C409" s="5">
-        <v>0.16877227290000008</v>
+        <v>0.16798218320000124</v>
       </c>
       <c r="D409" s="5">
-        <v>23.151698935560681</v>
+        <v>23.023377533978007</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>9.9570744187999995</v>
+        <v>9.9571390740000005</v>
       </c>
       <c r="C410" s="5">
-        <v>0.14711870769999891</v>
+        <v>0.14440619209999994</v>
       </c>
       <c r="D410" s="5">
-        <v>19.557403967791267</v>
+        <v>19.161278736041275</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>9.8610634012999991</v>
+        <v>9.8594363846000004</v>
       </c>
       <c r="C411" s="5">
-        <v>-9.6011017500000406E-2</v>
+        <v>-9.7702689400000153E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>-10.976641069624392</v>
+        <v>-11.159663842507639</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>9.8996953292000001</v>
+        <v>9.8931786882000008</v>
       </c>
       <c r="C412" s="5">
-        <v>3.8631927900000917E-2</v>
+        <v>3.3742303600000412E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>4.8037772917569832</v>
+        <v>4.1849935413122097</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>9.9463851025000007</v>
+        <v>9.9423668442000004</v>
       </c>
       <c r="C413" s="5">
-        <v>4.6689773300000681E-2</v>
+        <v>4.9188155999999594E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>5.808679238736203</v>
+        <v>6.1321984143321018</v>
       </c>
       <c r="E413" s="5">
-        <v>7.6441821080369232</v>
+        <v>7.6335826220542691</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>9.7833058525999999</v>
+        <v>9.7758726360000008</v>
       </c>
       <c r="C414" s="5">
-        <v>-0.16307924990000089</v>
+        <v>-0.1664942081999996</v>
       </c>
       <c r="D414" s="5">
-        <v>-17.994245348273907</v>
+        <v>-18.343827774356946</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>9.8608970391999993</v>
+        <v>9.8518448202000002</v>
       </c>
       <c r="C415" s="5">
-        <v>7.7591186599999418E-2</v>
+        <v>7.5972184199999404E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>9.9434900487562103</v>
+        <v>9.7347889519136199</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>9.6476445518999991</v>
+        <v>9.6362256882999997</v>
       </c>
       <c r="C416" s="5">
-        <v>-0.21325248730000013</v>
+        <v>-0.21561913190000048</v>
       </c>
       <c r="D416" s="5">
-        <v>-23.076605266984785</v>
+        <v>-23.321641738945665</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>9.7778408968000008</v>
+        <v>9.7673807995999997</v>
       </c>
       <c r="C417" s="5">
-        <v>0.13019634490000165</v>
+        <v>0.13115511130000002</v>
       </c>
       <c r="D417" s="5">
-        <v>17.45190417878506</v>
+        <v>17.612608513931317</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>9.9023459259000006</v>
+        <v>9.9359443020999993</v>
       </c>
       <c r="C418" s="5">
-        <v>0.12450502909999983</v>
+        <v>0.16856350249999963</v>
       </c>
       <c r="D418" s="5">
-        <v>16.396931312877385</v>
+        <v>22.792641460858022</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>9.8208906936999991</v>
+        <v>9.8336872046000003</v>
       </c>
       <c r="C419" s="5">
-        <v>-8.1455232200001504E-2</v>
+        <v>-0.10225709749999901</v>
       </c>
       <c r="D419" s="5">
-        <v>-9.4364572899563015</v>
+        <v>-11.674338452402822</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>9.7470092310999998</v>
+        <v>9.7525251705000002</v>
       </c>
       <c r="C420" s="5">
-        <v>-7.3881462599999281E-2</v>
+        <v>-8.1162034100000113E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>-8.6631562698831104</v>
+        <v>-9.4667148676973909</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>9.7057646755999993</v>
+        <v>9.7093300176999993</v>
       </c>
       <c r="C421" s="5">
-        <v>-4.1244555500000502E-2</v>
+        <v>-4.3195152800000969E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>-4.9612843112777032</v>
+        <v>-5.1873693873749183</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>9.5468516768999994</v>
+        <v>9.5465187149999995</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.15891299869999997</v>
+        <v>-0.16281130269999977</v>
       </c>
       <c r="D422" s="5">
-        <v>-17.971453533314463</v>
+        <v>-18.366355725072083</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>9.9902634499000005</v>
+        <v>9.9872163439000001</v>
       </c>
       <c r="C423" s="5">
-        <v>0.44341177300000112</v>
+        <v>0.44069762890000064</v>
       </c>
       <c r="D423" s="5">
-        <v>72.42537884551983</v>
+        <v>71.867259889176822</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>10.088960901</v>
+        <v>10.080665902</v>
       </c>
       <c r="C424" s="5">
-        <v>9.8697451099999611E-2</v>
+        <v>9.3449558099999663E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>12.521101620709118</v>
+        <v>11.824551330829646</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>9.7163915789999997</v>
+        <v>9.7106227442000002</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.37256932200000037</v>
+        <v>-0.37004315779999963</v>
       </c>
       <c r="D425" s="5">
-        <v>-36.334692709522663</v>
+        <v>-36.159786673324376</v>
       </c>
       <c r="E425" s="5">
-        <v>-2.3123327835174234</v>
+        <v>-2.3308745656995256</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>9.7336218893000002</v>
+        <v>9.7317801201999998</v>
       </c>
       <c r="C426" s="5">
-        <v>1.723031030000044E-2</v>
+        <v>2.1157375999999672E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>2.1488668393524257</v>
+        <v>2.6461036799573456</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>9.6531361792000006</v>
+        <v>9.6470030734000005</v>
       </c>
       <c r="C427" s="5">
-        <v>-8.0485710099999608E-2</v>
+        <v>-8.4777046799999312E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-9.4835454291352974</v>
+        <v>-9.9670360741590294</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>9.6542671425000002</v>
+        <v>9.6405420168999996</v>
       </c>
       <c r="C428" s="5">
-        <v>1.1309632999996211E-3</v>
+        <v>-6.4610565000009501E-3</v>
       </c>
       <c r="D428" s="5">
-        <v>0.14068286223372084</v>
+        <v>-0.80074313021484267</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>9.7098241326999997</v>
+        <v>9.6748782216000002</v>
       </c>
       <c r="C429" s="5">
-        <v>5.555699019999949E-2</v>
+        <v>3.433620470000065E-2</v>
       </c>
       <c r="D429" s="5">
-        <v>7.128401107905491</v>
+        <v>4.3587011900923622</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>9.6147154768000007</v>
+        <v>9.5990983543000006</v>
       </c>
       <c r="C430" s="5">
-        <v>-9.5108655899998951E-2</v>
+        <v>-7.5779867299999637E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>-11.141111576980645</v>
+        <v>-9.0046474298464361</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>9.5890307623000002</v>
+        <v>9.6190407723</v>
       </c>
       <c r="C431" s="5">
-        <v>-2.5684714500000538E-2</v>
+        <v>1.9942417999999407E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>-3.1589923916144236</v>
+        <v>2.5217210695272607</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>9.6064074430000002</v>
+        <v>9.6358877303000003</v>
       </c>
       <c r="C432" s="5">
-        <v>1.737668069999998E-2</v>
+        <v>1.6846958000000356E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>2.1963747223737284</v>
+        <v>2.1220651284581171</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>9.5815299457999998</v>
+        <v>9.6111433030000004</v>
       </c>
       <c r="C433" s="5">
-        <v>-2.487749720000032E-2</v>
+        <v>-2.4744427299999927E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>-3.0637304312608027</v>
+        <v>-3.0383814555044353</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>9.6169995986999997</v>
+      </c>
+      <c r="C434" s="5">
+        <v>5.8562956999992366E-3</v>
+      </c>
+      <c r="D434" s="5">
+        <v>0.73364362776597858</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>9.5615476857000008</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-5.5451912999998854E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-6.7039689584690869</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>9.5867365083999996</v>
+      </c>
+      <c r="C436" s="5">
+        <v>2.5188822699998781E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>3.2074737245047169</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">