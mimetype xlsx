--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{39091C9A-577F-4879-A258-49CBBCD4ED82}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{FE232108-6E24-4293-B2A8-BE3252D42EFC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{43001936-59FD-4148-8D20-3A89258DBA24}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{3B9F1C5B-213C-4013-83FF-2D2879FC45D5}"/>
   </bookViews>
   <sheets>
     <sheet name="larpbsva" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Professional and Business Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BE743C6C-953E-4189-97ED-EEFBD66EC083}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C026EA77-7B1F-45A1-8C6C-3466B44CCE17}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>9.6190407723</v>
       </c>
       <c r="C431" s="5">
         <v>1.9942417999999407E-2</v>
       </c>
       <c r="D431" s="5">
         <v>2.5217210695272607</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>9.6358877303000003</v>
       </c>
       <c r="C432" s="5">
         <v>1.6846958000000356E-2</v>
       </c>
       <c r="D432" s="5">
         <v>2.1220651284581171</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>9.6111433030000004</v>
       </c>
       <c r="C433" s="5">
         <v>-2.4744427299999927E-2</v>
       </c>
       <c r="D433" s="5">
         <v>-3.0383814555044353</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>9.6169995986999997</v>
       </c>
       <c r="C434" s="5">
         <v>5.8562956999992366E-3</v>
       </c>
       <c r="D434" s="5">
         <v>0.73364362776597858</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>9.5615476857000008</v>
       </c>
       <c r="C435" s="5">
         <v>-5.5451912999998854E-2</v>
       </c>
       <c r="D435" s="5">
         <v>-6.7039689584690869</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>9.5867365083999996</v>
+        <v>9.5879682724999995</v>
       </c>
       <c r="C436" s="5">
-        <v>2.5188822699998781E-2</v>
+        <v>2.6420586799998702E-2</v>
       </c>
       <c r="D436" s="5">
-        <v>3.2074737245047169</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3.3667151559881869</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>9.6269594663000007</v>
+      </c>
+      <c r="C437" s="5">
+        <v>3.8991193800001156E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>4.9906586140756604</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.86156449595335971</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>