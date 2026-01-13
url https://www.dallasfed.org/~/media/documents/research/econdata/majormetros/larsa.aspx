--- v0 (2025-10-07)
+++ v1 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7325162F-9A65-4BE9-AA05-9AA2EA0F0546}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4F4FDC8E-39CA-4852-B3C6-599C13C4BD6E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{2BD9A32D-F0C2-4D5B-AE69-C26CC97F61BB}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{5A59F61E-0341-405A-A68E-E07FCC6BAF44}"/>
   </bookViews>
   <sheets>
     <sheet name="larnaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Total Nonfarm Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2B98930D-82F1-4EB2-8E84-6C3FE574EF2A}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{65166EB7-2343-4816-90CC-4A3703BA9647}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -975,6146 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>43.657971559000003</v>
+        <v>43.657969494</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>43.848329831999997</v>
+        <v>43.848328637999998</v>
       </c>
       <c r="C7" s="5">
-        <v>0.19035827299999397</v>
+        <v>0.19035914399999854</v>
       </c>
       <c r="D7" s="5">
-        <v>5.3595791850534091</v>
+        <v>5.3596045589321628</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>44.304138788000003</v>
+        <v>44.304141184999999</v>
       </c>
       <c r="C8" s="5">
-        <v>0.45580895600000559</v>
+        <v>0.45581254700000073</v>
       </c>
       <c r="D8" s="5">
-        <v>13.212639514631874</v>
+        <v>13.212750010480923</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>43.607936762999998</v>
+        <v>43.607943319</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.69620202500000516</v>
+        <v>-0.69619786599999856</v>
       </c>
       <c r="D9" s="5">
-        <v>-17.309639696930812</v>
+        <v>-17.309544203105698</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>43.806791077</v>
+        <v>43.806804454000002</v>
       </c>
       <c r="C10" s="5">
-        <v>0.19885431400000186</v>
+        <v>0.19886113500000135</v>
       </c>
       <c r="D10" s="5">
-        <v>5.6114067336318296</v>
+        <v>5.6116032014124295</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>44.310110852000001</v>
+        <v>44.310124274000003</v>
       </c>
       <c r="C11" s="5">
-        <v>0.50331977500000136</v>
+        <v>0.50331982000000153</v>
       </c>
       <c r="D11" s="5">
-        <v>14.692954401687031</v>
+        <v>14.692951025497813</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>44.666849220000003</v>
+        <v>44.666861728000001</v>
       </c>
       <c r="C12" s="5">
-        <v>0.35673836800000203</v>
+        <v>0.35673745399999746</v>
       </c>
       <c r="D12" s="5">
-        <v>10.100625191375023</v>
+        <v>10.100594959725528</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>45.169537237</v>
+        <v>45.169550612999998</v>
       </c>
       <c r="C13" s="5">
-        <v>0.50268801699999699</v>
+        <v>0.50268888499999775</v>
       </c>
       <c r="D13" s="5">
-        <v>14.37309444350452</v>
+        <v>14.373116540484654</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>45.552643865999997</v>
+        <v>45.552651873000002</v>
       </c>
       <c r="C14" s="5">
-        <v>0.3831066289999967</v>
+        <v>0.38310126000000366</v>
       </c>
       <c r="D14" s="5">
-        <v>10.66629389728655</v>
+        <v>10.666134067691369</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>45.555444291000001</v>
+        <v>45.555447942999997</v>
       </c>
       <c r="C15" s="5">
-        <v>2.80042500000377E-3</v>
+        <v>2.7960699999951544E-3</v>
       </c>
       <c r="D15" s="5">
-        <v>7.3796956860228136E-2</v>
+        <v>7.3682141953157476E-2</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>45.790141404000003</v>
+        <v>45.790139074000002</v>
       </c>
       <c r="C16" s="5">
-        <v>0.23469711300000284</v>
+        <v>0.23469113100000527</v>
       </c>
       <c r="D16" s="5">
-        <v>6.3605017183781198</v>
+        <v>6.3603344555214214</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>45.938798439000003</v>
+        <v>45.938733775000003</v>
       </c>
       <c r="C17" s="5">
-        <v>0.14865703499999938</v>
+        <v>0.14859470100000038</v>
       </c>
       <c r="D17" s="5">
-        <v>3.9661028409556653</v>
+        <v>3.964410209327518</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>46.734766186999998</v>
+        <v>46.734759693000001</v>
       </c>
       <c r="C18" s="5">
-        <v>0.79596774799999537</v>
+        <v>0.796025917999998</v>
       </c>
       <c r="D18" s="5">
-        <v>22.892480531868653</v>
+        <v>22.894351449226981</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>47.066063417999999</v>
+        <v>47.066060264999997</v>
       </c>
       <c r="C19" s="5">
-        <v>0.33129723100000064</v>
+        <v>0.33130057199999641</v>
       </c>
       <c r="D19" s="5">
-        <v>8.8462864504855752</v>
+        <v>8.8463804459565143</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>47.425919778000001</v>
+        <v>47.425911077000002</v>
       </c>
       <c r="C20" s="5">
-        <v>0.35985636000000198</v>
+        <v>0.35985081200000479</v>
       </c>
       <c r="D20" s="5">
-        <v>9.5707515078231165</v>
+        <v>9.5705983620120385</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>47.380442004000002</v>
+        <v>47.380453641999999</v>
       </c>
       <c r="C21" s="5">
-        <v>-4.5477773999998305E-2</v>
+        <v>-4.5457435000002988E-2</v>
       </c>
       <c r="D21" s="5">
-        <v>-1.1446572541155331</v>
+        <v>-1.1441482341820852</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>47.784916437</v>
+        <v>47.784937130000003</v>
       </c>
       <c r="C22" s="5">
-        <v>0.40447443299999719</v>
+        <v>0.40448348800000389</v>
       </c>
       <c r="D22" s="5">
-        <v>10.739020090562068</v>
+        <v>10.73926914169272</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>48.164308902999998</v>
+        <v>48.164328767999997</v>
       </c>
       <c r="C23" s="5">
-        <v>0.37939246599999876</v>
+        <v>0.3793916379999942</v>
       </c>
       <c r="D23" s="5">
-        <v>9.9547578636041578</v>
+        <v>9.9547306798139612</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>47.973305314000001</v>
+        <v>47.973322391000004</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.19100358899999748</v>
+        <v>-0.19100637699999368</v>
       </c>
       <c r="D24" s="5">
-        <v>-4.6563647818507192</v>
+        <v>-4.6564293945068673</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>48.472386597000003</v>
+        <v>48.472402166000002</v>
       </c>
       <c r="C25" s="5">
-        <v>0.49908128300000243</v>
+        <v>0.49907977499999845</v>
       </c>
       <c r="D25" s="5">
-        <v>13.223645954358719</v>
+        <v>13.223598705312533</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>48.248849569999997</v>
+        <v>48.248859185000001</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.22353702700000611</v>
+        <v>-0.22354298100000136</v>
       </c>
       <c r="D26" s="5">
-        <v>-5.3957357916086357</v>
+        <v>-5.3958741942750628</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>48.029697659</v>
+        <v>48.029701097999997</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.21915191099999731</v>
+        <v>-0.21915808700000383</v>
       </c>
       <c r="D27" s="5">
-        <v>-5.3164173846111602</v>
+        <v>-5.3165624524123212</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>48.576762623999997</v>
+        <v>48.576753095000001</v>
       </c>
       <c r="C28" s="5">
-        <v>0.54706496499999702</v>
+        <v>0.54705199700000406</v>
       </c>
       <c r="D28" s="5">
-        <v>14.557778472585724</v>
+        <v>14.557410377999712</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>48.228647745000004</v>
+        <v>48.228577915000002</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.34811487899999349</v>
+        <v>-0.34817517999999836</v>
       </c>
       <c r="D29" s="5">
-        <v>-8.2685612882279163</v>
+        <v>-8.2699391559027049</v>
       </c>
       <c r="E29" s="5">
-        <v>4.9845650818242104</v>
+        <v>4.9845608527550267</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>48.679469107000003</v>
+        <v>48.679456672999997</v>
       </c>
       <c r="C30" s="5">
-        <v>0.45082136199999923</v>
+        <v>0.45087875799999466</v>
       </c>
       <c r="D30" s="5">
-        <v>11.812144381030265</v>
+        <v>11.813744383590707</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>48.724971345999997</v>
+        <v>48.724960465999999</v>
       </c>
       <c r="C31" s="5">
-        <v>4.5502238999993949E-2</v>
+        <v>4.5503793000001735E-2</v>
       </c>
       <c r="D31" s="5">
-        <v>1.1274625218247847</v>
+        <v>1.1275015147661493</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>48.971431789</v>
+        <v>48.971389780999999</v>
       </c>
       <c r="C32" s="5">
-        <v>0.24646044300000369</v>
+        <v>0.24642931500000032</v>
       </c>
       <c r="D32" s="5">
-        <v>6.2415779844418928</v>
+        <v>6.2407690482621847</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>49.251887584000002</v>
+        <v>49.251929556999997</v>
       </c>
       <c r="C33" s="5">
-        <v>0.28045579500000173</v>
+        <v>0.28053977599999769</v>
       </c>
       <c r="D33" s="5">
-        <v>7.0929626501898602</v>
+        <v>7.0951602424887517</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>49.850670414</v>
+        <v>49.850710505000002</v>
       </c>
       <c r="C34" s="5">
-        <v>0.59878282999999755</v>
+        <v>0.59878094800000525</v>
       </c>
       <c r="D34" s="5">
-        <v>15.605230731803443</v>
+        <v>15.605164158372142</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>49.917961867000002</v>
+        <v>49.917989634000001</v>
       </c>
       <c r="C35" s="5">
-        <v>6.7291453000002832E-2</v>
+        <v>6.7279128999999216E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>1.6319129419545053</v>
+        <v>1.6316105235956835</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>50.373297454999999</v>
+        <v>50.373321851</v>
       </c>
       <c r="C36" s="5">
-        <v>0.45533558799999696</v>
+        <v>0.45533221699999871</v>
       </c>
       <c r="D36" s="5">
-        <v>11.512212091757345</v>
+        <v>11.512115814253555</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>49.769097875</v>
+        <v>49.769117026000004</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.60419957999999951</v>
+        <v>-0.6042048249999965</v>
       </c>
       <c r="D37" s="5">
-        <v>-13.480768336341242</v>
+        <v>-13.480871647672954</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>50.848845957999998</v>
+        <v>50.848854826</v>
       </c>
       <c r="C38" s="5">
-        <v>1.0797480829999984</v>
+        <v>1.0797377999999966</v>
       </c>
       <c r="D38" s="5">
-        <v>29.376674976201599</v>
+        <v>29.376348329937073</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>52.110595357000001</v>
+        <v>52.110594355000003</v>
       </c>
       <c r="C39" s="5">
-        <v>1.2617493990000028</v>
+        <v>1.2617395290000033</v>
       </c>
       <c r="D39" s="5">
-        <v>34.195888339916223</v>
+        <v>34.195576532011884</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>52.260776079000003</v>
+        <v>52.260755338000003</v>
       </c>
       <c r="C40" s="5">
-        <v>0.15018072200000177</v>
+        <v>0.15016098299999925</v>
       </c>
       <c r="D40" s="5">
-        <v>3.5137012923053712</v>
+        <v>3.5132321939154165</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>52.599618972999998</v>
+        <v>52.599542092</v>
       </c>
       <c r="C41" s="5">
-        <v>0.33884289399999545</v>
+        <v>0.33878675399999736</v>
       </c>
       <c r="D41" s="5">
-        <v>8.0639706241758535</v>
+        <v>8.0625898964528773</v>
       </c>
       <c r="E41" s="5">
-        <v>9.0630184182453064</v>
+        <v>9.0630169205974997</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>52.119716242999999</v>
+        <v>52.119695636000003</v>
       </c>
       <c r="C42" s="5">
-        <v>-0.47990272999999917</v>
+        <v>-0.47984645599999709</v>
       </c>
       <c r="D42" s="5">
-        <v>-10.415405306578041</v>
+        <v>-10.414259065065778</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>52.906034984000001</v>
+        <v>52.906016227999999</v>
       </c>
       <c r="C43" s="5">
-        <v>0.78631874100000232</v>
+        <v>0.7863205919999956</v>
       </c>
       <c r="D43" s="5">
-        <v>19.684543048917401</v>
+        <v>19.684601736824337</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>53.135367891999998</v>
+        <v>53.135291702000004</v>
       </c>
       <c r="C44" s="5">
-        <v>0.22933290799999639</v>
+        <v>0.22927547400000492</v>
       </c>
       <c r="D44" s="5">
-        <v>5.3274875567479896</v>
+        <v>5.3261233169731748</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>53.228358223999997</v>
+        <v>53.228432482999999</v>
       </c>
       <c r="C45" s="5">
-        <v>9.2990331999999398E-2</v>
+        <v>9.3140780999995343E-2</v>
       </c>
       <c r="D45" s="5">
-        <v>2.1204100271663195</v>
+        <v>2.1238768539193931</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>52.717703078</v>
+        <v>52.717764858000002</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.51065514599999773</v>
+        <v>-0.51066762499999641</v>
       </c>
       <c r="D46" s="5">
-        <v>-10.923959441855258</v>
+        <v>-10.9241980223455</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>52.664224103000002</v>
+        <v>52.664262328</v>
       </c>
       <c r="C47" s="5">
-        <v>-5.347897499999732E-2</v>
+        <v>-5.3502530000002935E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>-1.2105595671403679</v>
+        <v>-1.2110883782375681</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>52.960844203999997</v>
+        <v>52.960876904999999</v>
       </c>
       <c r="C48" s="5">
-        <v>0.29662010099999492</v>
+        <v>0.29661457699999971</v>
       </c>
       <c r="D48" s="5">
-        <v>6.9720968120420501</v>
+        <v>6.9719577031886359</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>53.297111000999998</v>
+        <v>53.297133021</v>
       </c>
       <c r="C49" s="5">
-        <v>0.33626679700000039</v>
+        <v>0.33625611600000127</v>
       </c>
       <c r="D49" s="5">
-        <v>7.8910032359014171</v>
+        <v>7.890738730043978</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>54.153274541000002</v>
+        <v>54.153280885999997</v>
       </c>
       <c r="C50" s="5">
-        <v>0.85616354000000428</v>
+        <v>0.85614786499999695</v>
       </c>
       <c r="D50" s="5">
-        <v>21.074490522228718</v>
+        <v>21.074060483700197</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>53.774574536999999</v>
+        <v>53.774567900000001</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.37870000400000237</v>
+        <v>-0.37871298599999648</v>
       </c>
       <c r="D51" s="5">
-        <v>-8.076379061147632</v>
+        <v>-8.0766444516908287</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>54.385616102</v>
+        <v>54.385584618000003</v>
       </c>
       <c r="C52" s="5">
-        <v>0.61104156500000073</v>
+        <v>0.6110167180000019</v>
       </c>
       <c r="D52" s="5">
-        <v>14.520922500554967</v>
+        <v>14.520296557581958</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>54.471899641</v>
+        <v>54.471814311999999</v>
       </c>
       <c r="C53" s="5">
-        <v>8.6283539000000076E-2</v>
+        <v>8.6229693999996471E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>1.9205172903551171</v>
+        <v>1.9193094471684713</v>
       </c>
       <c r="E53" s="5">
-        <v>3.5594947350494399</v>
+        <v>3.5594838767327497</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>54.676254227999998</v>
+        <v>54.676227855</v>
       </c>
       <c r="C54" s="5">
-        <v>0.20435458699999742</v>
+        <v>0.20441354300000114</v>
       </c>
       <c r="D54" s="5">
-        <v>4.5959329107877256</v>
+        <v>4.5972936669353537</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>54.947169928999998</v>
+        <v>54.947143767999997</v>
       </c>
       <c r="C55" s="5">
-        <v>0.27091570099999984</v>
+        <v>0.27091591299999607</v>
       </c>
       <c r="D55" s="5">
-        <v>6.1106307752835543</v>
+        <v>6.1106387163416764</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>55.117655141</v>
+        <v>55.117552857</v>
       </c>
       <c r="C56" s="5">
-        <v>0.17048521200000266</v>
+        <v>0.17040908900000318</v>
       </c>
       <c r="D56" s="5">
-        <v>3.7874524456169345</v>
+        <v>3.7857342016176299</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>56.203282588999997</v>
+        <v>56.203385480999998</v>
       </c>
       <c r="C57" s="5">
-        <v>1.0856274479999968</v>
+        <v>1.0858326239999982</v>
       </c>
       <c r="D57" s="5">
-        <v>26.372151773536867</v>
+        <v>26.377742274048476</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>56.902598136999998</v>
+        <v>56.902678018000003</v>
       </c>
       <c r="C58" s="5">
-        <v>0.69931554800000129</v>
+        <v>0.69929253700000515</v>
       </c>
       <c r="D58" s="5">
-        <v>15.99652497671611</v>
+        <v>15.995930763798016</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>57.268125355000002</v>
+        <v>57.268171131999999</v>
       </c>
       <c r="C59" s="5">
-        <v>0.36552721800000398</v>
+        <v>0.36549311399999596</v>
       </c>
       <c r="D59" s="5">
-        <v>7.9867437331571534</v>
+        <v>7.9859604337726209</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>58.090932832999997</v>
+        <v>58.090969837999999</v>
       </c>
       <c r="C60" s="5">
-        <v>0.82280747799999432</v>
+        <v>0.82279870600000038</v>
       </c>
       <c r="D60" s="5">
-        <v>18.671000244696479</v>
+        <v>18.670769083480245</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>58.724616855999997</v>
+        <v>58.724639838000002</v>
       </c>
       <c r="C61" s="5">
-        <v>0.63368402300000071</v>
+        <v>0.63367000000000218</v>
       </c>
       <c r="D61" s="5">
-        <v>13.904818742214452</v>
+        <v>13.904482951765452</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>58.773156581000002</v>
+        <v>58.773157044000001</v>
       </c>
       <c r="C62" s="5">
-        <v>4.8539725000004807E-2</v>
+        <v>4.8517205999999646E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>0.99639987979194267</v>
+        <v>0.99593512664741812</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>57.885611504000003</v>
+        <v>57.885596243000002</v>
       </c>
       <c r="C63" s="5">
-        <v>-0.88754507699999863</v>
+        <v>-0.88756080099999934</v>
       </c>
       <c r="D63" s="5">
-        <v>-16.689582664639623</v>
+        <v>-16.689854107958602</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>58.197282997999999</v>
+        <v>58.197243888000003</v>
       </c>
       <c r="C64" s="5">
-        <v>0.31167149399999516</v>
+        <v>0.31164764500000075</v>
       </c>
       <c r="D64" s="5">
-        <v>6.6559305021177462</v>
+        <v>6.6554078244345227</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>58.534467096</v>
+        <v>58.534386840000003</v>
       </c>
       <c r="C65" s="5">
-        <v>0.3371840980000016</v>
+        <v>0.33714295200000066</v>
       </c>
       <c r="D65" s="5">
-        <v>7.1784595290991016</v>
+        <v>7.1775604352850575</v>
       </c>
       <c r="E65" s="5">
-        <v>7.4580976279046141</v>
+        <v>7.4581186239376374</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>57.169029322</v>
+        <v>57.169000165999996</v>
       </c>
       <c r="C66" s="5">
-        <v>-1.3654377740000001</v>
+        <v>-1.3653866740000069</v>
       </c>
       <c r="D66" s="5">
-        <v>-24.666213990288476</v>
+        <v>-24.665435552603498</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>56.543195634</v>
+        <v>56.543170150999998</v>
       </c>
       <c r="C67" s="5">
-        <v>-0.62583368800000017</v>
+        <v>-0.62583001499999824</v>
       </c>
       <c r="D67" s="5">
-        <v>-12.373719681691187</v>
+        <v>-12.373657311611153</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>56.533534125999999</v>
+        <v>56.533430289999998</v>
       </c>
       <c r="C68" s="5">
-        <v>-9.6615080000006515E-3</v>
+        <v>-9.7398609999999053E-3</v>
       </c>
       <c r="D68" s="5">
-        <v>-0.20485082274822597</v>
+        <v>-0.20651064350264425</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>55.273524188000003</v>
+        <v>55.273628056</v>
       </c>
       <c r="C69" s="5">
-        <v>-1.2600099379999961</v>
+        <v>-1.2598022339999986</v>
       </c>
       <c r="D69" s="5">
-        <v>-23.698646908335352</v>
+        <v>-23.695244513521885</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>55.495366341</v>
+        <v>55.495447366999997</v>
       </c>
       <c r="C70" s="5">
-        <v>0.22184215299999721</v>
+        <v>0.2218193109999973</v>
       </c>
       <c r="D70" s="5">
-        <v>4.9239915170975923</v>
+        <v>4.9234638181047785</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>55.995223995000003</v>
+        <v>55.995274344000002</v>
       </c>
       <c r="C71" s="5">
-        <v>0.49985765400000304</v>
+        <v>0.499826977000005</v>
       </c>
       <c r="D71" s="5">
-        <v>11.360497774647937</v>
+        <v>11.359748254391477</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>55.082393531000001</v>
+        <v>55.082429748999999</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.91283046400000245</v>
+        <v>-0.91284459500000281</v>
       </c>
       <c r="D72" s="5">
-        <v>-17.900254884017929</v>
+        <v>-17.900492948342549</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>54.857643475000003</v>
+        <v>54.857665079999997</v>
       </c>
       <c r="C73" s="5">
-        <v>-0.22475005599999776</v>
+        <v>-0.22476466900000247</v>
       </c>
       <c r="D73" s="5">
-        <v>-4.7879036153636978</v>
+        <v>-4.7882048884918538</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>54.920818275000002</v>
+        <v>54.920815042999998</v>
       </c>
       <c r="C74" s="5">
-        <v>6.3174799999998754E-2</v>
+        <v>6.3149963000000753E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>1.3907228354991918</v>
+        <v>1.3901720592677247</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>54.774391987000001</v>
+        <v>54.774373574999998</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.14642628800000068</v>
+        <v>-0.14644146799999902</v>
       </c>
       <c r="D75" s="5">
-        <v>-3.1528612341822249</v>
+        <v>-3.1531834954176663</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>54.901312289000003</v>
+        <v>54.901272142000003</v>
       </c>
       <c r="C76" s="5">
-        <v>0.12692030200000204</v>
+        <v>0.1268985670000049</v>
       </c>
       <c r="D76" s="5">
-        <v>2.8162877000569742</v>
+        <v>2.8158002097568913</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>55.194510784999999</v>
+        <v>55.194441283000003</v>
       </c>
       <c r="C77" s="5">
-        <v>0.29319849599999515</v>
+        <v>0.29316914099999991</v>
       </c>
       <c r="D77" s="5">
-        <v>6.6001842928320231</v>
+        <v>6.5995089243251481</v>
       </c>
       <c r="E77" s="5">
-        <v>-5.7059651803479721</v>
+        <v>-5.7059546316416192</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>55.281803748000002</v>
+        <v>55.281776905999997</v>
       </c>
       <c r="C78" s="5">
-        <v>8.7292963000002999E-2</v>
+        <v>8.73356229999942E-2</v>
       </c>
       <c r="D78" s="5">
-        <v>1.914457792280766</v>
+        <v>1.9154039764601505</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>55.887465327000001</v>
+        <v>55.887441084999999</v>
       </c>
       <c r="C79" s="5">
-        <v>0.60566157899999951</v>
+        <v>0.60566417900000147</v>
       </c>
       <c r="D79" s="5">
-        <v>13.968938393219489</v>
+        <v>13.96900921452322</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>56.116252387000003</v>
+        <v>56.116157645000001</v>
       </c>
       <c r="C80" s="5">
-        <v>0.22878706000000193</v>
+        <v>0.22871656000000229</v>
       </c>
       <c r="D80" s="5">
-        <v>5.0245807816549526</v>
+        <v>5.0229996862230175</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>56.061568043000001</v>
+        <v>56.061664933000003</v>
       </c>
       <c r="C81" s="5">
-        <v>-5.4684344000001772E-2</v>
+        <v>-5.4492711999998278E-2</v>
       </c>
       <c r="D81" s="5">
-        <v>-1.1631326530369246</v>
+        <v>-1.1590803434345154</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>56.294824726999998</v>
+        <v>56.294896565000002</v>
       </c>
       <c r="C82" s="5">
-        <v>0.23325668399999699</v>
+        <v>0.23323163199999897</v>
       </c>
       <c r="D82" s="5">
-        <v>5.1087244701908618</v>
+        <v>5.1081541416940546</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>56.189431814000002</v>
+        <v>56.189478286000003</v>
       </c>
       <c r="C83" s="5">
-        <v>-0.10539291299999576</v>
+        <v>-0.10541827899999845</v>
       </c>
       <c r="D83" s="5">
-        <v>-2.2236027404813674</v>
+        <v>-2.2241296089563267</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>56.525830810999999</v>
+        <v>56.525861261999999</v>
       </c>
       <c r="C84" s="5">
-        <v>0.33639899699999631</v>
+        <v>0.33638297599999589</v>
       </c>
       <c r="D84" s="5">
-        <v>7.4255942723685742</v>
+        <v>7.4252225592549514</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>56.900583222999998</v>
+        <v>56.900602374000002</v>
       </c>
       <c r="C85" s="5">
-        <v>0.37475241199999942</v>
+        <v>0.37474111200000237</v>
       </c>
       <c r="D85" s="5">
-        <v>8.2523076524167571</v>
+        <v>8.2520450674203438</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>57.408761044999999</v>
+        <v>57.408754604999999</v>
       </c>
       <c r="C86" s="5">
-        <v>0.50817782200000039</v>
+        <v>0.50815223099999685</v>
       </c>
       <c r="D86" s="5">
-        <v>11.259595715263405</v>
+        <v>11.2589965873783</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>57.906186097999999</v>
+        <v>57.906166218000003</v>
       </c>
       <c r="C87" s="5">
-        <v>0.49742505300000062</v>
+        <v>0.49741161300000414</v>
       </c>
       <c r="D87" s="5">
-        <v>10.907636110428376</v>
+        <v>10.907328493917046</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>58.228979729000002</v>
+        <v>58.228945576999998</v>
       </c>
       <c r="C88" s="5">
-        <v>0.32279363100000324</v>
+        <v>0.32277935899999477</v>
       </c>
       <c r="D88" s="5">
-        <v>6.8982575673585345</v>
+        <v>6.8979455981601712</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>58.230355684999999</v>
+        <v>58.230307007</v>
       </c>
       <c r="C89" s="5">
-        <v>1.3759559999968474E-3</v>
+        <v>1.3614300000028834E-3</v>
       </c>
       <c r="D89" s="5">
-        <v>2.8359792954324448E-2</v>
+        <v>2.8060375908789403E-2</v>
       </c>
       <c r="E89" s="5">
-        <v>5.5002659808428556</v>
+        <v>5.5003106353303188</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>58.528875857000003</v>
+        <v>58.528850767999998</v>
       </c>
       <c r="C90" s="5">
-        <v>0.29852017200000347</v>
+        <v>0.29854376099999769</v>
       </c>
       <c r="D90" s="5">
-        <v>6.3283022648958243</v>
+        <v>6.3288219510039934</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>59.018433623</v>
+        <v>59.018415026</v>
       </c>
       <c r="C91" s="5">
-        <v>0.48955776599999723</v>
+        <v>0.48956425800000147</v>
       </c>
       <c r="D91" s="5">
-        <v>10.512130870356895</v>
+        <v>10.512281461328499</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>59.514503347000002</v>
+        <v>59.514440624999999</v>
       </c>
       <c r="C92" s="5">
-        <v>0.4960697240000016</v>
+        <v>0.49602559899999932</v>
       </c>
       <c r="D92" s="5">
-        <v>10.566004916181782</v>
+        <v>10.565024699907388</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>60.073015152000004</v>
+        <v>60.073078498000001</v>
       </c>
       <c r="C93" s="5">
-        <v>0.55851180500000197</v>
+        <v>0.55863787300000212</v>
       </c>
       <c r="D93" s="5">
-        <v>11.861180862251963</v>
+        <v>11.864011045639122</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>60.203827584000003</v>
+        <v>60.203876024000003</v>
       </c>
       <c r="C94" s="5">
-        <v>0.13081243199999903</v>
+        <v>0.13079752600000205</v>
       </c>
       <c r="D94" s="5">
-        <v>2.6445926110360007</v>
+        <v>2.6442848215769033</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>60.596485221000002</v>
+        <v>60.596524096000003</v>
       </c>
       <c r="C95" s="5">
-        <v>0.39265763699999923</v>
+        <v>0.39264807200000007</v>
       </c>
       <c r="D95" s="5">
-        <v>8.1135117382419963</v>
+        <v>8.1133001892442547</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>60.747259557</v>
+        <v>60.747284004000001</v>
       </c>
       <c r="C96" s="5">
-        <v>0.15077433599999779</v>
+        <v>0.15075990799999772</v>
       </c>
       <c r="D96" s="5">
-        <v>3.0270049117637754</v>
+        <v>3.0267093060824424</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>61.072049800999999</v>
+        <v>61.072068363</v>
       </c>
       <c r="C97" s="5">
-        <v>0.32479024399999901</v>
+        <v>0.3247843589999988</v>
       </c>
       <c r="D97" s="5">
-        <v>6.6079696383243292</v>
+        <v>6.607843625497889</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>61.405021321</v>
+        <v>61.405020342</v>
       </c>
       <c r="C98" s="5">
-        <v>0.33297152000000096</v>
+        <v>0.33295197900000062</v>
       </c>
       <c r="D98" s="5">
-        <v>6.742329632596844</v>
+        <v>6.7419198973596384</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>61.819476807999997</v>
+        <v>61.819459715999997</v>
       </c>
       <c r="C99" s="5">
-        <v>0.4144554869999979</v>
+        <v>0.41443937399999697</v>
       </c>
       <c r="D99" s="5">
-        <v>8.4069846330665499</v>
+        <v>8.4066457024196914</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>62.457530654999999</v>
+        <v>62.457517961999997</v>
       </c>
       <c r="C100" s="5">
-        <v>0.63805384700000189</v>
+        <v>0.63805824599999994</v>
       </c>
       <c r="D100" s="5">
-        <v>13.113337049108464</v>
+        <v>13.113436484417607</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>62.560155485999999</v>
+        <v>62.560114693000003</v>
       </c>
       <c r="C101" s="5">
-        <v>0.10262483099999997</v>
+        <v>0.10259673100000555</v>
       </c>
       <c r="D101" s="5">
-        <v>1.9896533569853769</v>
+        <v>1.9891040407668426</v>
       </c>
       <c r="E101" s="5">
-        <v>7.4356403117684211</v>
+        <v>7.4356600686984242</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>62.978980151999998</v>
+        <v>62.978936077999997</v>
       </c>
       <c r="C102" s="5">
-        <v>0.41882466599999901</v>
+        <v>0.418821384999994</v>
       </c>
       <c r="D102" s="5">
-        <v>8.3362129679626094</v>
+        <v>8.3361508777734183</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>63.150397511999998</v>
+        <v>63.150391947000003</v>
       </c>
       <c r="C103" s="5">
-        <v>0.17141735999999952</v>
+        <v>0.17145586900000609</v>
       </c>
       <c r="D103" s="5">
-        <v>3.3155234223879448</v>
+        <v>3.316281800053944</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>63.433971258</v>
+        <v>63.433946611000003</v>
       </c>
       <c r="C104" s="5">
-        <v>0.28357374600000185</v>
+        <v>0.2835546640000004</v>
       </c>
       <c r="D104" s="5">
-        <v>5.5236364853274322</v>
+        <v>5.5232560654587148</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>63.879328581999999</v>
+        <v>63.879358943</v>
       </c>
       <c r="C105" s="5">
-        <v>0.44535732399999972</v>
+        <v>0.44541233199999652</v>
       </c>
       <c r="D105" s="5">
-        <v>8.7580218875586304</v>
+        <v>8.7591492779525595</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>63.684266620000002</v>
+        <v>63.684293854000003</v>
       </c>
       <c r="C106" s="5">
-        <v>-0.19506196199999692</v>
+        <v>-0.19506508899999631</v>
       </c>
       <c r="D106" s="5">
-        <v>-3.6034014098440537</v>
+        <v>-3.603456524552795</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>63.748296248999999</v>
+        <v>63.748326233999997</v>
       </c>
       <c r="C107" s="5">
-        <v>6.4029628999996646E-2</v>
+        <v>6.4032379999993339E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>1.213201837801936</v>
+        <v>1.2132537292736778</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>64.282940647000004</v>
+        <v>64.282959442000006</v>
       </c>
       <c r="C108" s="5">
-        <v>0.53464439800000463</v>
+        <v>0.53463320800000957</v>
       </c>
       <c r="D108" s="5">
-        <v>10.541623725418404</v>
+        <v>10.541387627117803</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>64.413010808999999</v>
+        <v>64.413029577000003</v>
       </c>
       <c r="C109" s="5">
-        <v>0.13007016199999555</v>
+        <v>0.13007013499999687</v>
       </c>
       <c r="D109" s="5">
-        <v>2.4552855996940126</v>
+        <v>2.4552843584577655</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>64.149006252000007</v>
+        <v>64.149012268000007</v>
       </c>
       <c r="C110" s="5">
-        <v>-0.2640045569999927</v>
+        <v>-0.2640173089999962</v>
       </c>
       <c r="D110" s="5">
-        <v>-4.8089753546248115</v>
+        <v>-4.8092010576213813</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>64.112490058000006</v>
+        <v>64.112476016000002</v>
       </c>
       <c r="C111" s="5">
-        <v>-3.6516194000000723E-2</v>
+        <v>-3.6536252000004765E-2</v>
       </c>
       <c r="D111" s="5">
-        <v>-0.68095368153299196</v>
+        <v>-0.68132648833421072</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>64.340277276999998</v>
+        <v>64.340284408000002</v>
       </c>
       <c r="C112" s="5">
-        <v>0.22778721899999255</v>
+        <v>0.22780839200000003</v>
       </c>
       <c r="D112" s="5">
-        <v>4.347825061524313</v>
+        <v>4.3482380967868162</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>64.349724183999996</v>
+        <v>64.349688061999998</v>
       </c>
       <c r="C113" s="5">
-        <v>9.4469069999973954E-3</v>
+        <v>9.4036539999962088E-3</v>
       </c>
       <c r="D113" s="5">
-        <v>0.17633507316732189</v>
+        <v>0.17552704818231124</v>
       </c>
       <c r="E113" s="5">
-        <v>2.8605566659764436</v>
+        <v>2.8605659976519204</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>64.213085268</v>
+        <v>64.213019711000001</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.13663891599999545</v>
+        <v>-0.1366683509999973</v>
       </c>
       <c r="D114" s="5">
-        <v>-2.5185078944703787</v>
+        <v>-2.5190455118023536</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>64.472352432999998</v>
+        <v>64.472359754999999</v>
       </c>
       <c r="C115" s="5">
-        <v>0.25926716499999714</v>
+        <v>0.25934004399999822</v>
       </c>
       <c r="D115" s="5">
-        <v>4.9541839782169639</v>
+        <v>4.9556128311310621</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>64.456628592000001</v>
+        <v>64.456634308000005</v>
       </c>
       <c r="C116" s="5">
-        <v>-1.5723840999996241E-2</v>
+        <v>-1.5725446999994119E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>-0.29226977629764894</v>
+        <v>-0.29229955493070836</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>64.860008351999994</v>
+        <v>64.860011345999993</v>
       </c>
       <c r="C117" s="5">
-        <v>0.40337975999999287</v>
+        <v>0.40337703799998792</v>
       </c>
       <c r="D117" s="5">
-        <v>7.7737443026099751</v>
+        <v>7.7736893136663321</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>65.363533125999993</v>
+        <v>65.363545341999995</v>
       </c>
       <c r="C118" s="5">
-        <v>0.50352477399999884</v>
+        <v>0.50353399600000159</v>
       </c>
       <c r="D118" s="5">
-        <v>9.7241507823871984</v>
+        <v>9.7243360832361745</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>65.482826970999994</v>
+        <v>65.482851839999995</v>
       </c>
       <c r="C119" s="5">
-        <v>0.1192938450000014</v>
+        <v>0.11930649800000026</v>
       </c>
       <c r="D119" s="5">
-        <v>2.2122174913048909</v>
+        <v>2.2124540748855059</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>65.547541933999995</v>
+        <v>65.547559612000001</v>
       </c>
       <c r="C120" s="5">
-        <v>6.4714963000000125E-2</v>
+        <v>6.4707772000005548E-2</v>
       </c>
       <c r="D120" s="5">
-        <v>1.1923959780689275</v>
+        <v>1.1922623051671355</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>65.716301036999994</v>
+        <v>65.716320495999994</v>
       </c>
       <c r="C121" s="5">
-        <v>0.1687591029999993</v>
+        <v>0.16876088399999389</v>
       </c>
       <c r="D121" s="5">
-        <v>3.1336537258020325</v>
+        <v>3.133686409382519</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>66.289887145999998</v>
+        <v>66.289901681000003</v>
       </c>
       <c r="C122" s="5">
-        <v>0.57358610900000429</v>
+        <v>0.57358118500000899</v>
       </c>
       <c r="D122" s="5">
-        <v>10.991579372151893</v>
+        <v>10.991477026549568</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>66.738187406999998</v>
+        <v>66.738177984999993</v>
       </c>
       <c r="C123" s="5">
-        <v>0.44830026099999998</v>
+        <v>0.44827630399998952</v>
       </c>
       <c r="D123" s="5">
-        <v>8.4240260877799464</v>
+        <v>8.4235571209550599</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>67.447085306999995</v>
+        <v>67.447108494999995</v>
       </c>
       <c r="C124" s="5">
-        <v>0.70889789999999664</v>
+        <v>0.70893051000000185</v>
       </c>
       <c r="D124" s="5">
-        <v>13.518162671902267</v>
+        <v>13.518823314015327</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>67.640106994999996</v>
+        <v>67.640064742999996</v>
       </c>
       <c r="C125" s="5">
-        <v>0.19302168800000175</v>
+        <v>0.19295624800000155</v>
       </c>
       <c r="D125" s="5">
-        <v>3.4887620327946678</v>
+        <v>3.4875593498374657</v>
       </c>
       <c r="E125" s="5">
-        <v>5.1132819180258915</v>
+        <v>5.1132752622355726</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>67.433036838999996</v>
+        <v>67.432949253000004</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.20707015600000034</v>
+        <v>-0.20711548999999252</v>
       </c>
       <c r="D126" s="5">
-        <v>-3.612394527661178</v>
+        <v>-3.6131743394505311</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>67.923445901999997</v>
+        <v>67.923459847999993</v>
       </c>
       <c r="C127" s="5">
-        <v>0.49040906300000131</v>
+        <v>0.49051059499998928</v>
       </c>
       <c r="D127" s="5">
-        <v>9.0847155731105023</v>
+        <v>9.0866845862780821</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>68.412934308999994</v>
+        <v>68.412947325000005</v>
       </c>
       <c r="C128" s="5">
-        <v>0.48948840699999607</v>
+        <v>0.48948747700001149</v>
       </c>
       <c r="D128" s="5">
-        <v>8.9988943745439087</v>
+        <v>8.9988746723949742</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>68.573359620999994</v>
+        <v>68.573362848000002</v>
       </c>
       <c r="C129" s="5">
-        <v>0.16042531200000099</v>
+        <v>0.16041552299999751</v>
       </c>
       <c r="D129" s="5">
-        <v>2.8505244260061957</v>
+        <v>2.8503476911343029</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>69.237992074000005</v>
+        <v>69.238002277999996</v>
       </c>
       <c r="C130" s="5">
-        <v>0.66463245300001006</v>
+        <v>0.66463942999999404</v>
       </c>
       <c r="D130" s="5">
-        <v>12.271221390161458</v>
+        <v>12.271356542295099</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>69.169661662999999</v>
+        <v>69.169682571999999</v>
       </c>
       <c r="C131" s="5">
-        <v>-6.8330411000005142E-2</v>
+        <v>-6.8319705999996927E-2</v>
       </c>
       <c r="D131" s="5">
-        <v>-1.1778632284484392</v>
+        <v>-1.1776795259074047</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>68.885131974000004</v>
+        <v>68.885149690000006</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.28452968899999576</v>
+        <v>-0.28453288199999349</v>
       </c>
       <c r="D132" s="5">
-        <v>-4.8260441240153718</v>
+        <v>-4.8260956366297902</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>69.368131942999995</v>
+        <v>69.368150417999999</v>
       </c>
       <c r="C133" s="5">
-        <v>0.48299996899999087</v>
+        <v>0.48300072799999327</v>
       </c>
       <c r="D133" s="5">
-        <v>8.7461909367923631</v>
+        <v>8.7462028783032775</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>69.632508974000004</v>
+        <v>69.632525208999994</v>
       </c>
       <c r="C134" s="5">
-        <v>0.26437703100000931</v>
+        <v>0.2643747909999945</v>
       </c>
       <c r="D134" s="5">
-        <v>4.6705567808723147</v>
+        <v>4.6705151051609217</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>69.183635585999994</v>
+        <v>69.183628580999994</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.44887338800000975</v>
+        <v>-0.44889662799999996</v>
       </c>
       <c r="D135" s="5">
-        <v>-7.4671286609391485</v>
+        <v>-7.4674999814727361</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>69.461467685000002</v>
+        <v>69.461494172000002</v>
       </c>
       <c r="C136" s="5">
-        <v>0.27783209900000827</v>
+        <v>0.27786559100000829</v>
       </c>
       <c r="D136" s="5">
-        <v>4.9269143542339133</v>
+        <v>4.927521972887039</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>69.786936691999998</v>
+        <v>69.786894290999996</v>
       </c>
       <c r="C137" s="5">
-        <v>0.32546900699999526</v>
+        <v>0.32540011899999399</v>
       </c>
       <c r="D137" s="5">
-        <v>5.7699156467083235</v>
+        <v>5.7686605071084252</v>
       </c>
       <c r="E137" s="5">
-        <v>3.17390050426547</v>
+        <v>3.1739022665884908</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>69.134947808000007</v>
+        <v>69.134858413000003</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.65198888399999078</v>
+        <v>-0.65203587799999241</v>
       </c>
       <c r="D138" s="5">
-        <v>-10.652573492880013</v>
+        <v>-10.653308433443842</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>69.860098300000004</v>
+        <v>69.860108647000004</v>
       </c>
       <c r="C139" s="5">
-        <v>0.72515049199999737</v>
+        <v>0.72525023400000066</v>
       </c>
       <c r="D139" s="5">
-        <v>13.338806993919473</v>
+        <v>13.340767085753736</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>70.270928714999997</v>
+        <v>70.270942989000005</v>
       </c>
       <c r="C140" s="5">
-        <v>0.4108304149999924</v>
+        <v>0.41083434200000113</v>
       </c>
       <c r="D140" s="5">
-        <v>7.2896950356362566</v>
+        <v>7.2897658697612222</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>70.100950381000004</v>
+        <v>70.100955169000002</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.16997833399999251</v>
+        <v>-0.1699878200000029</v>
       </c>
       <c r="D141" s="5">
-        <v>-2.8643723148597089</v>
+        <v>-2.8645294723055881</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>70.310090862999999</v>
+        <v>70.310097314999993</v>
       </c>
       <c r="C142" s="5">
-        <v>0.20914048199999513</v>
+        <v>0.2091421459999907</v>
       </c>
       <c r="D142" s="5">
-        <v>3.6394357052852877</v>
+        <v>3.6394648861177492</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>70.872965933000003</v>
+        <v>70.872980788999996</v>
       </c>
       <c r="C143" s="5">
-        <v>0.56287507000000403</v>
+        <v>0.56288347400000305</v>
       </c>
       <c r="D143" s="5">
-        <v>10.041216488895177</v>
+        <v>10.041372108688229</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>70.633589025000006</v>
+        <v>70.633616953000001</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.239376907999997</v>
+        <v>-0.23936383599999544</v>
       </c>
       <c r="D144" s="5">
-        <v>-3.9786082209350759</v>
+        <v>-3.9783941566532088</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>71.015157806000005</v>
+        <v>71.015176384</v>
       </c>
       <c r="C145" s="5">
-        <v>0.38156878099999858</v>
+        <v>0.38155943099999945</v>
       </c>
       <c r="D145" s="5">
-        <v>6.6786197211657683</v>
+        <v>6.6784484554484491</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>71.117057857999995</v>
+        <v>71.117072153999999</v>
       </c>
       <c r="C146" s="5">
-        <v>0.10190005199999064</v>
+        <v>0.10189576999999872</v>
       </c>
       <c r="D146" s="5">
-        <v>1.7355410993423304</v>
+        <v>1.7354671350861439</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>71.497983204999997</v>
+        <v>71.497976378999994</v>
       </c>
       <c r="C147" s="5">
-        <v>0.38092534700000158</v>
+        <v>0.38090422499999477</v>
       </c>
       <c r="D147" s="5">
-        <v>6.6203543364198758</v>
+        <v>6.61997499223963</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>71.539742789000002</v>
+        <v>71.539771459999997</v>
       </c>
       <c r="C148" s="5">
-        <v>4.1759584000004679E-2</v>
+        <v>4.179508100000362E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>0.70313579290759431</v>
+        <v>0.70373547146227455</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>72.259457080999994</v>
+        <v>72.259414571999997</v>
       </c>
       <c r="C149" s="5">
-        <v>0.71971429199999193</v>
+        <v>0.71964311199999997</v>
       </c>
       <c r="D149" s="5">
-        <v>12.763315798128794</v>
+        <v>12.761977459060292</v>
       </c>
       <c r="E149" s="5">
-        <v>3.5429558971936226</v>
+        <v>3.5429578950597618</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>71.775865336999999</v>
+        <v>71.775778059999993</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.48359174399999461</v>
+        <v>-0.4836365120000039</v>
       </c>
       <c r="D150" s="5">
-        <v>-7.7418132013556846</v>
+        <v>-7.7425081060841672</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>72.533950833000006</v>
+        <v>72.533960213</v>
       </c>
       <c r="C151" s="5">
-        <v>0.75808549600000674</v>
+        <v>0.75818215300000702</v>
       </c>
       <c r="D151" s="5">
-        <v>13.437006613012636</v>
+        <v>13.438837889467713</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>72.960427370999994</v>
+        <v>72.960441443999997</v>
       </c>
       <c r="C152" s="5">
-        <v>0.42647653799998864</v>
+        <v>0.4264812309999968</v>
       </c>
       <c r="D152" s="5">
-        <v>7.2883158186560104</v>
+        <v>7.2883976581557652</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>72.889315875999998</v>
+        <v>72.889321985999999</v>
       </c>
       <c r="C153" s="5">
-        <v>-7.1111494999996694E-2</v>
+        <v>-7.1119457999998303E-2</v>
       </c>
       <c r="D153" s="5">
-        <v>-1.1633407014606134</v>
+        <v>-1.1634700504615902</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>73.353555735</v>
+        <v>73.353557013</v>
       </c>
       <c r="C154" s="5">
-        <v>0.46423985900000275</v>
+        <v>0.46423502700000085</v>
       </c>
       <c r="D154" s="5">
-        <v>7.9164273295054377</v>
+        <v>7.9163413375127112</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>73.742728052000004</v>
+        <v>73.742736917000002</v>
       </c>
       <c r="C155" s="5">
-        <v>0.38917231700000343</v>
+        <v>0.38917990400000235</v>
       </c>
       <c r="D155" s="5">
-        <v>6.5556178072721405</v>
+        <v>6.5557492451160382</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>74.355378961</v>
+        <v>74.355407897999996</v>
       </c>
       <c r="C156" s="5">
-        <v>0.61265090899999564</v>
+        <v>0.61267098099999373</v>
       </c>
       <c r="D156" s="5">
-        <v>10.437940104294018</v>
+        <v>10.438296540578374</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>74.476039756999995</v>
+        <v>74.476066033999999</v>
       </c>
       <c r="C157" s="5">
-        <v>0.12066079599999568</v>
+        <v>0.12065813600000297</v>
       </c>
       <c r="D157" s="5">
-        <v>1.9647841870071181</v>
+        <v>1.9647397140408529</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>75.031573425000005</v>
+        <v>75.031578295000003</v>
       </c>
       <c r="C158" s="5">
-        <v>0.55553366800000958</v>
+        <v>0.55551226100000406</v>
       </c>
       <c r="D158" s="5">
-        <v>9.3275823092535894</v>
+        <v>9.3272045802926371</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>74.719151303999993</v>
+        <v>74.719146781000006</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.31242212100001154</v>
+        <v>-0.31243151399999647</v>
       </c>
       <c r="D159" s="5">
-        <v>-4.8837940451855077</v>
+        <v>-4.8839372208601795</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>75.417259666000007</v>
+        <v>75.417280610000006</v>
       </c>
       <c r="C160" s="5">
-        <v>0.69810836200001347</v>
+        <v>0.69813382899999965</v>
       </c>
       <c r="D160" s="5">
-        <v>11.806180639790176</v>
+        <v>11.806634450754473</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>75.213004420999994</v>
+        <v>75.212974204000005</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.20425524500001302</v>
+        <v>-0.20430640600000061</v>
       </c>
       <c r="D161" s="5">
-        <v>-3.2020255128678898</v>
+        <v>-3.2028147546711905</v>
       </c>
       <c r="E161" s="5">
-        <v>4.0874197777173826</v>
+        <v>4.0874391932099741</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>75.534537520000001</v>
+        <v>75.534478233000002</v>
       </c>
       <c r="C162" s="5">
-        <v>0.32153309900000693</v>
+        <v>0.32150402899999619</v>
       </c>
       <c r="D162" s="5">
-        <v>5.2523128763929172</v>
+        <v>5.2518289520588901</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>75.310650917999993</v>
+        <v>75.310654197000005</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.22388660200000743</v>
+        <v>-0.22382403599999634</v>
       </c>
       <c r="D163" s="5">
-        <v>-3.4994204478534741</v>
+        <v>-3.4984611047403247</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>75.351402190000002</v>
+        <v>75.351412647000004</v>
       </c>
       <c r="C164" s="5">
-        <v>4.0751272000008498E-2</v>
+        <v>4.0758449999998447E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>0.65126677881945927</v>
+        <v>0.65138180731780793</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>75.158148081999997</v>
+        <v>75.158147937999999</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.19325410800000498</v>
+        <v>-0.19326470900000459</v>
       </c>
       <c r="D165" s="5">
-        <v>-3.0346019530990365</v>
+        <v>-3.0347656604944317</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>75.580933920000007</v>
+        <v>75.580919757999993</v>
       </c>
       <c r="C166" s="5">
-        <v>0.42278583800001002</v>
+        <v>0.42277181999999414</v>
       </c>
       <c r="D166" s="5">
-        <v>6.9631546216245566</v>
+        <v>6.9629165740767496</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>75.426189031000007</v>
+        <v>75.426179090000005</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.15474488899999983</v>
+        <v>-0.15474066799998809</v>
       </c>
       <c r="D167" s="5">
-        <v>-2.4294092839712622</v>
+        <v>-2.4293442110977614</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>74.285829679000003</v>
+        <v>74.285864060999998</v>
       </c>
       <c r="C168" s="5">
-        <v>-1.1403593520000044</v>
+        <v>-1.140315029000007</v>
       </c>
       <c r="D168" s="5">
-        <v>-16.707527025556868</v>
+        <v>-16.706932683477305</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>75.239257496999997</v>
+        <v>75.239291696999999</v>
       </c>
       <c r="C169" s="5">
-        <v>0.95342781799999443</v>
+        <v>0.95342763600000069</v>
       </c>
       <c r="D169" s="5">
-        <v>16.536581310833931</v>
+        <v>16.53656972623272</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>75.731330311999997</v>
+        <v>75.731329165999995</v>
       </c>
       <c r="C170" s="5">
-        <v>0.49207281500000022</v>
+        <v>0.49203746899999601</v>
       </c>
       <c r="D170" s="5">
-        <v>8.1366763426915725</v>
+        <v>8.1360668658415403</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>76.445986258999994</v>
+        <v>76.445988415000002</v>
       </c>
       <c r="C171" s="5">
-        <v>0.71465594699999713</v>
+        <v>0.71465924900000743</v>
       </c>
       <c r="D171" s="5">
-        <v>11.930701806896016</v>
+        <v>11.930760013600782</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>76.758672865999998</v>
+        <v>76.758691339999999</v>
       </c>
       <c r="C172" s="5">
-        <v>0.31268660700000339</v>
+        <v>0.31270292499999641</v>
       </c>
       <c r="D172" s="5">
-        <v>5.0202943881441309</v>
+        <v>5.0205621567616099</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>76.734569996000005</v>
+        <v>76.734556616000006</v>
       </c>
       <c r="C173" s="5">
-        <v>-2.4102869999993004E-2</v>
+        <v>-2.4134723999992502E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>-0.37616002259465153</v>
+        <v>-0.37665620029532221</v>
       </c>
       <c r="E173" s="5">
-        <v>2.0230086362235333</v>
+        <v>2.0230318347377318</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>76.932514941999997</v>
+        <v>76.932487018000003</v>
       </c>
       <c r="C174" s="5">
-        <v>0.19794494599999268</v>
+        <v>0.19793040199999723</v>
       </c>
       <c r="D174" s="5">
-        <v>3.1398256884350273</v>
+        <v>3.1395922623809192</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>77.151692647000004</v>
+        <v>77.151692142000002</v>
       </c>
       <c r="C175" s="5">
-        <v>0.21917770500000699</v>
+        <v>0.21920512399999836</v>
       </c>
       <c r="D175" s="5">
-        <v>3.4728341418063913</v>
+        <v>3.4732767026681488</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>77.887421649999993</v>
+        <v>77.887422440999998</v>
       </c>
       <c r="C176" s="5">
-        <v>0.73572900299998878</v>
+        <v>0.73573029899999653</v>
       </c>
       <c r="D176" s="5">
-        <v>12.063046722348769</v>
+        <v>12.063069181439779</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>77.709476765999995</v>
+        <v>77.709470214999996</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.17794488399999864</v>
+        <v>-0.17795222600000216</v>
       </c>
       <c r="D177" s="5">
-        <v>-2.7073822547386439</v>
+        <v>-2.7074925341375455</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>77.630591972999994</v>
+        <v>77.630567677000002</v>
       </c>
       <c r="C178" s="5">
-        <v>-7.8884793000000286E-2</v>
+        <v>-7.8902537999994138E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-1.2113711963468776</v>
+        <v>-1.2116422738798205</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>77.556431638000007</v>
+        <v>77.556392665000004</v>
       </c>
       <c r="C179" s="5">
-        <v>-7.4160334999987754E-2</v>
+        <v>-7.4175011999997764E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-1.140353398272298</v>
+        <v>-1.14057825490399</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>77.369289323999993</v>
+        <v>77.369311690000004</v>
       </c>
       <c r="C180" s="5">
-        <v>-0.18714231400001324</v>
+        <v>-0.18708097500000065</v>
       </c>
       <c r="D180" s="5">
-        <v>-2.8574580460582033</v>
+        <v>-2.856535273739369</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>76.895787842000004</v>
+        <v>76.895827147999995</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.47350148199998898</v>
+        <v>-0.47348454200000845</v>
       </c>
       <c r="D181" s="5">
-        <v>-7.1017958058293136</v>
+        <v>-7.1015482375754502</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>77.679701469999998</v>
+        <v>77.679701066999996</v>
       </c>
       <c r="C182" s="5">
-        <v>0.78391362799999342</v>
+        <v>0.78387391900000125</v>
       </c>
       <c r="D182" s="5">
-        <v>12.943167589126281</v>
+        <v>12.942467776664458</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>78.282673661999993</v>
+        <v>78.282689876000006</v>
       </c>
       <c r="C183" s="5">
-        <v>0.60297219199999574</v>
+        <v>0.60298880900000995</v>
       </c>
       <c r="D183" s="5">
-        <v>9.7228871830590045</v>
+        <v>9.7231667254672907</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>78.445249446999995</v>
+        <v>78.445272037999999</v>
       </c>
       <c r="C184" s="5">
-        <v>0.16257578500000136</v>
+        <v>0.16258216199999254</v>
       </c>
       <c r="D184" s="5">
-        <v>2.5207982195125656</v>
+        <v>2.5208977013474465</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>78.466377729000001</v>
+        <v>78.466389724999999</v>
       </c>
       <c r="C185" s="5">
-        <v>2.1128282000006493E-2</v>
+        <v>2.1117687000000274E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>0.32368474312569617</v>
+        <v>0.3235220942858108</v>
       </c>
       <c r="E185" s="5">
-        <v>2.2568807423958503</v>
+        <v>2.2569142057685232</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>78.725332825999999</v>
+        <v>78.725336953999999</v>
       </c>
       <c r="C186" s="5">
-        <v>0.25895509699999764</v>
+        <v>0.25894722900000033</v>
       </c>
       <c r="D186" s="5">
-        <v>4.032925037510382</v>
+        <v>4.0327996421852585</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>79.208919086999998</v>
+        <v>79.208912918999999</v>
       </c>
       <c r="C187" s="5">
-        <v>0.48358626099999924</v>
+        <v>0.483575965</v>
       </c>
       <c r="D187" s="5">
-        <v>7.6254491878624764</v>
+        <v>7.6252808977482323</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>79.265859145999997</v>
+        <v>79.265848114999997</v>
       </c>
       <c r="C188" s="5">
-        <v>5.6940058999998655E-2</v>
+        <v>5.6935195999997745E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>0.86604981370363987</v>
+        <v>0.86597562323937893</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>79.988606196000006</v>
+        <v>79.988591205000006</v>
       </c>
       <c r="C189" s="5">
-        <v>0.72274705000000949</v>
+        <v>0.72274309000000869</v>
       </c>
       <c r="D189" s="5">
-        <v>11.507350448366482</v>
+        <v>11.507285886137941</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>80.117677757999999</v>
+        <v>80.117640851000004</v>
       </c>
       <c r="C190" s="5">
-        <v>0.12907156199999292</v>
+        <v>0.12904964599999857</v>
       </c>
       <c r="D190" s="5">
-        <v>1.9536269510827209</v>
+        <v>1.9532926508528448</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>80.071691197000007</v>
+        <v>80.071612442000003</v>
       </c>
       <c r="C191" s="5">
-        <v>-4.5986560999992321E-2</v>
+        <v>-4.6028409000001602E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>-0.68661493786429384</v>
+        <v>-0.6872381034756625</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>82.169073850000004</v>
+        <v>82.169097438999998</v>
       </c>
       <c r="C192" s="5">
-        <v>2.0973826529999968</v>
+        <v>2.0974849969999951</v>
       </c>
       <c r="D192" s="5">
-        <v>36.380628385385826</v>
+        <v>36.382707881808372</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>82.708265882000006</v>
+        <v>82.708288340999999</v>
       </c>
       <c r="C193" s="5">
-        <v>0.53919203200000254</v>
+        <v>0.53919090200000142</v>
       </c>
       <c r="D193" s="5">
-        <v>8.1648815620733117</v>
+        <v>8.1648613992751695</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>82.711114292000005</v>
+        <v>82.711126289000006</v>
       </c>
       <c r="C194" s="5">
-        <v>2.8484099999985801E-3</v>
+        <v>2.8379480000069179E-3</v>
       </c>
       <c r="D194" s="5">
-        <v>4.1334919534419257E-2</v>
+        <v>4.118305958376034E-2</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>82.224806149000003</v>
+        <v>82.224820674</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.48630814300000225</v>
+        <v>-0.48630561500000624</v>
       </c>
       <c r="D195" s="5">
-        <v>-6.8317713399844271</v>
+        <v>-6.8317360074139355</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>81.901218087000004</v>
+        <v>81.901280439999994</v>
       </c>
       <c r="C196" s="5">
-        <v>-0.3235880619999989</v>
+        <v>-0.32354023400000642</v>
       </c>
       <c r="D196" s="5">
-        <v>-4.6216002408823513</v>
+        <v>-4.6209310605078269</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>82.978737116999994</v>
+        <v>82.978791685000004</v>
       </c>
       <c r="C197" s="5">
-        <v>1.0775190299999906</v>
+        <v>1.0775112450000108</v>
       </c>
       <c r="D197" s="5">
-        <v>16.981589847642397</v>
+        <v>16.981444268480985</v>
       </c>
       <c r="E197" s="5">
-        <v>5.7506915937732828</v>
+        <v>5.7507449696800883</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>82.891161199999999</v>
+        <v>82.891158661999995</v>
       </c>
       <c r="C198" s="5">
-        <v>-8.7575916999995229E-2</v>
+        <v>-8.7633023000009302E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>-1.259156521282434</v>
+        <v>-1.2599719978036217</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>82.880733531999994</v>
+        <v>82.880722358</v>
       </c>
       <c r="C199" s="5">
-        <v>-1.0427668000005497E-2</v>
+        <v>-1.0436303999995289E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>-0.15085501514937594</v>
+        <v>-0.15097986857537382</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>83.313046327999999</v>
+        <v>83.313026234000006</v>
       </c>
       <c r="C200" s="5">
-        <v>0.43231279600000505</v>
+        <v>0.43230387600000597</v>
       </c>
       <c r="D200" s="5">
-        <v>6.4420285270596844</v>
+        <v>6.4418926647539232</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>83.693423702999993</v>
+        <v>83.693398849999994</v>
       </c>
       <c r="C201" s="5">
-        <v>0.3803773749999948</v>
+        <v>0.38037261599998828</v>
       </c>
       <c r="D201" s="5">
-        <v>5.6184608552907855</v>
+        <v>5.6183901761060806</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>83.815096921000006</v>
+        <v>83.815052999000002</v>
       </c>
       <c r="C202" s="5">
-        <v>0.12167321800001218</v>
+        <v>0.12165414900000826</v>
       </c>
       <c r="D202" s="5">
-        <v>1.7585730479579897</v>
+        <v>1.7582957581909087</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>83.894234745999995</v>
+        <v>83.894128046000006</v>
       </c>
       <c r="C203" s="5">
-        <v>7.9137824999989448E-2</v>
+        <v>7.9075047000003451E-2</v>
       </c>
       <c r="D203" s="5">
-        <v>1.1389369133641525</v>
+        <v>1.1380293301767708</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>84.511925039000005</v>
+        <v>84.511947225</v>
       </c>
       <c r="C204" s="5">
-        <v>0.61769029300000966</v>
+        <v>0.61781917899999428</v>
       </c>
       <c r="D204" s="5">
-        <v>9.2019839892285802</v>
+        <v>9.2039946688534879</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>85.283907275000004</v>
+        <v>85.283906626999993</v>
       </c>
       <c r="C205" s="5">
-        <v>0.77198223599999949</v>
+        <v>0.77195940199999313</v>
       </c>
       <c r="D205" s="5">
-        <v>11.5293419791074</v>
+        <v>11.528980467661199</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>85.303371357000003</v>
+        <v>85.303392693999996</v>
       </c>
       <c r="C206" s="5">
-        <v>1.9464081999998939E-2</v>
+        <v>1.9486067000002549E-2</v>
       </c>
       <c r="D206" s="5">
-        <v>0.27421632242530247</v>
+        <v>0.27452644568299878</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>85.241232271000001</v>
+        <v>85.241236939000004</v>
       </c>
       <c r="C207" s="5">
-        <v>-6.2139086000001953E-2</v>
+        <v>-6.2155754999992041E-2</v>
       </c>
       <c r="D207" s="5">
-        <v>-0.87064410883478383</v>
+        <v>-0.870876509645091</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>85.989596606999996</v>
+        <v>85.989703296000002</v>
       </c>
       <c r="C208" s="5">
-        <v>0.74836433599999452</v>
+        <v>0.74846635699999808</v>
       </c>
       <c r="D208" s="5">
-        <v>11.059140156068015</v>
+        <v>11.060720703502191</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>85.914467716000004</v>
+        <v>85.914568368000005</v>
       </c>
       <c r="C209" s="5">
-        <v>-7.5128890999991427E-2</v>
+        <v>-7.5134927999997103E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>-1.0434134881124102</v>
+        <v>-1.0434956408643448</v>
       </c>
       <c r="E209" s="5">
-        <v>3.5379311628479293</v>
+        <v>3.5379843733380101</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>86.441497429999998</v>
+        <v>86.441488304999993</v>
       </c>
       <c r="C210" s="5">
-        <v>0.52702971399999399</v>
+        <v>0.52691993699998818</v>
       </c>
       <c r="D210" s="5">
-        <v>7.6147333192451372</v>
+        <v>7.6130841154715245</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>86.133381661000001</v>
+        <v>86.133363290999995</v>
       </c>
       <c r="C211" s="5">
-        <v>-0.30811576899999693</v>
+        <v>-0.30812501399999803</v>
       </c>
       <c r="D211" s="5">
-        <v>-4.1944650105954278</v>
+        <v>-4.1945888424267057</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>86.907756804000002</v>
+        <v>86.907727858000001</v>
       </c>
       <c r="C212" s="5">
-        <v>0.77437514300000032</v>
+        <v>0.77436456700000633</v>
       </c>
       <c r="D212" s="5">
-        <v>11.33827936909395</v>
+        <v>11.33811932006601</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>86.429358652999994</v>
+        <v>86.429319543999995</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.47839815100000749</v>
+        <v>-0.47840831400000638</v>
       </c>
       <c r="D213" s="5">
-        <v>-6.4092345274533553</v>
+        <v>-6.4093686589875798</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>87.644442287999993</v>
+        <v>87.644385697000004</v>
       </c>
       <c r="C214" s="5">
-        <v>1.2150836349999992</v>
+        <v>1.2150661530000093</v>
       </c>
       <c r="D214" s="5">
-        <v>18.238006155878917</v>
+        <v>18.237732044831901</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>88.059074788000004</v>
+        <v>88.058956570999996</v>
       </c>
       <c r="C215" s="5">
-        <v>0.4146325000000104</v>
+        <v>0.41457087399999182</v>
       </c>
       <c r="D215" s="5">
-        <v>5.8270855527243093</v>
+        <v>5.8262006903410546</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>88.458703483999997</v>
+        <v>88.458731618000002</v>
       </c>
       <c r="C216" s="5">
-        <v>0.39962869599999351</v>
+        <v>0.39977504700000566</v>
       </c>
       <c r="D216" s="5">
-        <v>5.5838318162501732</v>
+        <v>5.5859357277032506</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>88.585203938999996</v>
+        <v>88.585180621000006</v>
       </c>
       <c r="C217" s="5">
-        <v>0.12650045499999862</v>
+        <v>0.12644900300000472</v>
       </c>
       <c r="D217" s="5">
-        <v>1.7296230168818427</v>
+        <v>1.7289134265471517</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>88.477489750999993</v>
+        <v>88.477517449999993</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.10771418800000276</v>
+        <v>-0.10766317100001288</v>
       </c>
       <c r="D218" s="5">
-        <v>-1.449407874788089</v>
+        <v>-1.4487263484124213</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>88.650033880999999</v>
+        <v>88.650022200999999</v>
       </c>
       <c r="C219" s="5">
-        <v>0.17254413000000568</v>
+        <v>0.17250475100000529</v>
       </c>
       <c r="D219" s="5">
-        <v>2.3654408266709837</v>
+        <v>2.3648944218657153</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>88.968983280000003</v>
+        <v>88.969127056999994</v>
       </c>
       <c r="C220" s="5">
-        <v>0.31894939900000452</v>
+        <v>0.31910485599999561</v>
       </c>
       <c r="D220" s="5">
-        <v>4.4038850329409573</v>
+        <v>4.4060747659972588</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>89.240014326999997</v>
+        <v>89.240170528999997</v>
       </c>
       <c r="C221" s="5">
-        <v>0.27103104699999392</v>
+        <v>0.27104347200000234</v>
       </c>
       <c r="D221" s="5">
-        <v>3.7175012488366521</v>
+        <v>3.7176684286901907</v>
       </c>
       <c r="E221" s="5">
-        <v>3.8707643769533284</v>
+        <v>3.8708244994671404</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>89.728002931000006</v>
+        <v>89.727985046000001</v>
       </c>
       <c r="C222" s="5">
-        <v>0.48798860400000876</v>
+        <v>0.48781451700000389</v>
       </c>
       <c r="D222" s="5">
-        <v>6.7629205445417506</v>
+        <v>6.7604227295844366</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>90.141209415999995</v>
+        <v>90.141174058000004</v>
       </c>
       <c r="C223" s="5">
-        <v>0.41320648499998924</v>
+        <v>0.41318901200000369</v>
       </c>
       <c r="D223" s="5">
-        <v>5.6682576185648426</v>
+        <v>5.6680129841537585</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>90.265195661000007</v>
+        <v>90.265149539999996</v>
       </c>
       <c r="C224" s="5">
-        <v>0.12398624500001176</v>
+        <v>0.12397548199999164</v>
       </c>
       <c r="D224" s="5">
-        <v>1.6631042420040654</v>
+        <v>1.6629594346361465</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>90.864632627999995</v>
+        <v>90.864565722999998</v>
       </c>
       <c r="C225" s="5">
-        <v>0.59943696699998839</v>
+        <v>0.59941618300000243</v>
       </c>
       <c r="D225" s="5">
-        <v>8.2666168483857447</v>
+        <v>8.2663240543862528</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>91.479357557</v>
+        <v>91.479294546000006</v>
       </c>
       <c r="C226" s="5">
-        <v>0.61472492900000475</v>
+        <v>0.6147288230000072</v>
       </c>
       <c r="D226" s="5">
-        <v>8.4273319128345783</v>
+        <v>8.4273937358437578</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>91.384837645000005</v>
+        <v>91.384728989999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-9.4519911999995543E-2</v>
+        <v>-9.4565556000006268E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-1.2328633054104476</v>
+        <v>-1.2334561234221608</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>90.138048626</v>
+        <v>90.138089272000002</v>
       </c>
       <c r="C228" s="5">
-        <v>-1.2467890190000048</v>
+        <v>-1.2466397179999973</v>
       </c>
       <c r="D228" s="5">
-        <v>-15.19761087687086</v>
+        <v>-15.195942036993825</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>90.149026414999994</v>
+        <v>90.149005856000002</v>
       </c>
       <c r="C229" s="5">
-        <v>1.0977788999994686E-2</v>
+        <v>1.0916584000000285E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>0.14624428401763812</v>
+        <v>0.14542831234745091</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>91.210991352999997</v>
+        <v>91.211018711999998</v>
       </c>
       <c r="C230" s="5">
-        <v>1.0619649380000027</v>
+        <v>1.0620128559999955</v>
       </c>
       <c r="D230" s="5">
-        <v>15.088948512144862</v>
+        <v>15.089677729873374</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>91.109935327000002</v>
+        <v>91.109929324000007</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.10105602599999486</v>
+        <v>-0.10108938799999123</v>
       </c>
       <c r="D231" s="5">
-        <v>-1.3214525053370618</v>
+        <v>-1.321885711432913</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>90.783504648999994</v>
+        <v>90.783656066999995</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.32643067800000836</v>
+        <v>-0.32627325700001109</v>
       </c>
       <c r="D232" s="5">
-        <v>-4.215668415365748</v>
+        <v>-4.2136755577449447</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>90.443221461999997</v>
+        <v>90.443401859000005</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.34028318699999716</v>
+        <v>-0.3402542079999904</v>
       </c>
       <c r="D233" s="5">
-        <v>-4.4063725895775114</v>
+        <v>-4.4059978400173954</v>
       </c>
       <c r="E233" s="5">
-        <v>1.3482820952842145</v>
+        <v>1.3483068475412585</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>90.090938093000005</v>
+        <v>90.090930306000004</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.35228336899999135</v>
+        <v>-0.35247155300000088</v>
       </c>
       <c r="D234" s="5">
-        <v>-4.5752491632035657</v>
+        <v>-4.5776321047144908</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>89.534835752999996</v>
+        <v>89.534781738000007</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.55610234000000958</v>
+        <v>-0.55614856799999757</v>
       </c>
       <c r="D235" s="5">
-        <v>-7.1608436083110956</v>
+        <v>-7.1614194135752101</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>89.040325093999996</v>
+        <v>89.040247206000004</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.49451065899999946</v>
+        <v>-0.49453453200000297</v>
       </c>
       <c r="D236" s="5">
-        <v>-6.4300605092300849</v>
+        <v>-6.4303653205082583</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>88.178467772000005</v>
+        <v>88.178343678000005</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.86185732199999165</v>
+        <v>-0.86190352799999914</v>
       </c>
       <c r="D237" s="5">
-        <v>-11.016448955835379</v>
+        <v>-11.017017618597002</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>87.813285644000004</v>
+        <v>87.813202707000002</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.36518212800000072</v>
+        <v>-0.36514097100000242</v>
       </c>
       <c r="D238" s="5">
-        <v>-4.8580279939279265</v>
+        <v>-4.8574995712247997</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>87.246066628999998</v>
+        <v>87.245982462000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.56721901500000627</v>
+        <v>-0.56722024500000146</v>
       </c>
       <c r="D239" s="5">
-        <v>-7.4817195473519167</v>
+        <v>-7.4817420164400179</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>86.979103991000002</v>
+        <v>86.979176507000005</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.26696263799999542</v>
+        <v>-0.26680595499999527</v>
       </c>
       <c r="D240" s="5">
-        <v>-3.6106889623850447</v>
+        <v>-3.608608751592679</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>86.955231397999995</v>
+        <v>86.955231548</v>
       </c>
       <c r="C241" s="5">
-        <v>-2.3872593000007214E-2</v>
+        <v>-2.3944959000004928E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>-0.32885952595295143</v>
+        <v>-0.32985462821957245</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>86.567621111999998</v>
+        <v>86.567675953000006</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.38761028599999747</v>
+        <v>-0.38755559499999492</v>
       </c>
       <c r="D242" s="5">
-        <v>-5.2198881217067949</v>
+        <v>-5.2191695573646335</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>87.238645027000004</v>
+        <v>87.238675104999999</v>
       </c>
       <c r="C243" s="5">
-        <v>0.67102391500000635</v>
+        <v>0.67099915199999316</v>
       </c>
       <c r="D243" s="5">
-        <v>9.7087180597945633</v>
+        <v>9.7083379510466639</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>87.264725583000001</v>
+        <v>87.264907805000007</v>
       </c>
       <c r="C244" s="5">
-        <v>2.6080555999996591E-2</v>
+        <v>2.6232700000008435E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>0.35933820819098461</v>
+        <v>0.36143779329900205</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>87.462162016999997</v>
+        <v>87.462371394000002</v>
       </c>
       <c r="C245" s="5">
-        <v>0.19743643399999655</v>
+        <v>0.1974635889999945</v>
       </c>
       <c r="D245" s="5">
-        <v>2.7490407689901186</v>
+        <v>2.7494177715149393</v>
       </c>
       <c r="E245" s="5">
-        <v>-3.2960562403811511</v>
+        <v>-3.2960176239803407</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>87.751997708999994</v>
+        <v>87.751965877999993</v>
       </c>
       <c r="C246" s="5">
-        <v>0.28983569199999693</v>
+        <v>0.28959448399999133</v>
       </c>
       <c r="D246" s="5">
-        <v>4.0498938917555183</v>
+        <v>4.0464519982656988</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>87.605552863</v>
+        <v>87.605461486999999</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.1464448459999943</v>
+        <v>-0.14650439099999346</v>
       </c>
       <c r="D247" s="5">
-        <v>-1.9843394595956299</v>
+        <v>-1.9851396183911851</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>88.149534713999998</v>
+        <v>88.149399759000005</v>
       </c>
       <c r="C248" s="5">
-        <v>0.54398185099999807</v>
+        <v>0.54393827200000544</v>
       </c>
       <c r="D248" s="5">
-        <v>7.7111529442788873</v>
+        <v>7.7105222675009299</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>88.209955856999997</v>
+        <v>88.209694352</v>
       </c>
       <c r="C249" s="5">
-        <v>6.0421142999999233E-2</v>
+        <v>6.0294592999994734E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>0.82563494453142816</v>
+        <v>0.82390043605116148</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>88.470195751000006</v>
+        <v>88.470020410000004</v>
       </c>
       <c r="C250" s="5">
-        <v>0.26023989400000858</v>
+        <v>0.26032605800000397</v>
       </c>
       <c r="D250" s="5">
-        <v>3.598293463960367</v>
+        <v>3.5995150882330185</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>88.533978414000003</v>
+        <v>88.533835619000001</v>
       </c>
       <c r="C251" s="5">
-        <v>6.3782662999997797E-2</v>
+        <v>6.3815208999997708E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>0.86857976263978731</v>
+        <v>0.86902645663451406</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>88.824006444999995</v>
+        <v>88.824350215999999</v>
       </c>
       <c r="C252" s="5">
-        <v>0.29002803099999142</v>
+        <v>0.29051459699999782</v>
       </c>
       <c r="D252" s="5">
-        <v>4.0026811604734203</v>
+        <v>4.0095245034470262</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>89.190519825999999</v>
+        <v>89.190517921999998</v>
       </c>
       <c r="C253" s="5">
-        <v>0.3665133810000043</v>
+        <v>0.36616770599999882</v>
       </c>
       <c r="D253" s="5">
-        <v>5.0654782077469873</v>
+        <v>5.0605718626215879</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>88.673786571999997</v>
+        <v>88.673883971999999</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.51673325400000181</v>
+        <v>-0.51663394999999923</v>
       </c>
       <c r="D254" s="5">
-        <v>-6.734996842440566</v>
+        <v>-6.7337436265818003</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>89.008816389000003</v>
+        <v>89.008971661000004</v>
       </c>
       <c r="C255" s="5">
-        <v>0.33502981700000589</v>
+        <v>0.33508768900000518</v>
       </c>
       <c r="D255" s="5">
-        <v>4.6292858217092947</v>
+        <v>4.6300969706527084</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>89.388640957999996</v>
+        <v>89.388906106999997</v>
       </c>
       <c r="C256" s="5">
-        <v>0.37982456899999306</v>
+        <v>0.37993444599999293</v>
       </c>
       <c r="D256" s="5">
-        <v>5.2426321858756619</v>
+        <v>5.2441752100430117</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>89.819218399999997</v>
+        <v>89.819433941</v>
       </c>
       <c r="C257" s="5">
-        <v>0.43057744200000059</v>
+        <v>0.43052783400000294</v>
       </c>
       <c r="D257" s="5">
-        <v>5.9359206996036029</v>
+        <v>5.935200514614869</v>
       </c>
       <c r="E257" s="5">
-        <v>2.6949441091358661</v>
+        <v>2.6949447052857955</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>90.348434921000006</v>
+        <v>90.348399752999995</v>
       </c>
       <c r="C258" s="5">
-        <v>0.52921652100000927</v>
+        <v>0.52896581199999559</v>
       </c>
       <c r="D258" s="5">
-        <v>7.3041076197860821</v>
+        <v>7.3005164697124592</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>90.661030538999995</v>
+        <v>90.660914278999996</v>
       </c>
       <c r="C259" s="5">
-        <v>0.31259561799998892</v>
+        <v>0.31251452600000107</v>
       </c>
       <c r="D259" s="5">
-        <v>4.2317934670893287</v>
+        <v>4.2306763859727203</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>90.610536289999999</v>
+        <v>90.610289550000005</v>
       </c>
       <c r="C260" s="5">
-        <v>-5.0494248999996216E-2</v>
+        <v>-5.062472899999193E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>-0.66630425604355947</v>
+        <v>-0.6680215936148981</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>90.788029768000001</v>
+        <v>90.787531758</v>
       </c>
       <c r="C261" s="5">
-        <v>0.17749347800000237</v>
+        <v>0.17724220799999557</v>
       </c>
       <c r="D261" s="5">
-        <v>2.3761248293340698</v>
+        <v>2.3727313096285618</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>90.871960146999996</v>
+        <v>90.871589667999999</v>
       </c>
       <c r="C262" s="5">
-        <v>8.3930378999994559E-2</v>
+        <v>8.4057909999998515E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>1.1150163204402652</v>
+        <v>1.1167253655206544</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>91.372091959000002</v>
+        <v>91.371730060000004</v>
       </c>
       <c r="C263" s="5">
-        <v>0.50013181200000645</v>
+        <v>0.50014039200000582</v>
       </c>
       <c r="D263" s="5">
-        <v>6.8080694363368277</v>
+        <v>6.8082183921973183</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>91.719627649000003</v>
+        <v>91.719999896000004</v>
       </c>
       <c r="C264" s="5">
-        <v>0.34753569000000084</v>
+        <v>0.34826983600000005</v>
       </c>
       <c r="D264" s="5">
-        <v>4.6609271269256514</v>
+        <v>4.6709992348997975</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>91.526633484000001</v>
+        <v>91.526363778000004</v>
       </c>
       <c r="C265" s="5">
-        <v>-0.19299416500000177</v>
+        <v>-0.19363611800000058</v>
       </c>
       <c r="D265" s="5">
-        <v>-2.4959923700584308</v>
+        <v>-2.5041885359038063</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>92.367702674</v>
+        <v>92.369221198999995</v>
       </c>
       <c r="C266" s="5">
-        <v>0.84106918999999891</v>
+        <v>0.84285742099999084</v>
       </c>
       <c r="D266" s="5">
-        <v>11.601965695055583</v>
+        <v>11.627931731007269</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>92.391662717000003</v>
+        <v>92.391634119000003</v>
       </c>
       <c r="C267" s="5">
-        <v>2.3960043000002429E-2</v>
+        <v>2.241292000000783E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>0.31172267545658272</v>
+        <v>0.29156277393611596</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>92.455435418999997</v>
+        <v>92.455569326000003</v>
       </c>
       <c r="C268" s="5">
-        <v>6.3772701999994297E-2</v>
+        <v>6.3935207000000105E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>0.8314433661938514</v>
+        <v>0.83357037160103342</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>92.797678603999998</v>
+        <v>92.798194533</v>
       </c>
       <c r="C269" s="5">
-        <v>0.34224318500000095</v>
+        <v>0.34262520699999754</v>
       </c>
       <c r="D269" s="5">
-        <v>4.5336144611682672</v>
+        <v>4.5387718964950974</v>
       </c>
       <c r="E269" s="5">
-        <v>3.3160611471096946</v>
+        <v>3.3163876249283408</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>92.848210954999999</v>
+        <v>92.847987767000006</v>
       </c>
       <c r="C270" s="5">
-        <v>5.0532351000001086E-2</v>
+        <v>4.9793234000006237E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>0.65541255677739052</v>
+        <v>0.64579418316208503</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>92.711280833000004</v>
+        <v>92.711013278999999</v>
       </c>
       <c r="C271" s="5">
-        <v>-0.13693012199999544</v>
+        <v>-0.136974488000007</v>
       </c>
       <c r="D271" s="5">
-        <v>-1.7554443383941742</v>
+        <v>-1.7560126904920592</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>93.174460668999998</v>
+        <v>93.174071554999998</v>
       </c>
       <c r="C272" s="5">
-        <v>0.46317983599999479</v>
+        <v>0.46305827599999816</v>
       </c>
       <c r="D272" s="5">
-        <v>6.1626323476778877</v>
+        <v>6.1609885706250367</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>93.064297229000005</v>
+        <v>93.063488671000002</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.11016343999999378</v>
+        <v>-0.11058288399999583</v>
       </c>
       <c r="D273" s="5">
-        <v>-1.4096121977649423</v>
+        <v>-1.4149501395383957</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>92.975661694999999</v>
+        <v>92.974984422000006</v>
       </c>
       <c r="C274" s="5">
-        <v>-8.8635534000005123E-2</v>
+        <v>-8.8504248999996094E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>-1.1369263325308965</v>
+        <v>-1.1352609524569401</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>93.468178151999993</v>
+        <v>93.467622200999998</v>
       </c>
       <c r="C275" s="5">
-        <v>0.49251645699999358</v>
+        <v>0.49263777899999184</v>
       </c>
       <c r="D275" s="5">
-        <v>6.5452266668877934</v>
+        <v>6.5469353202342928</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>93.783737047000002</v>
+        <v>93.784047212000004</v>
       </c>
       <c r="C276" s="5">
-        <v>0.31555889500000944</v>
+        <v>0.31642501100000686</v>
       </c>
       <c r="D276" s="5">
-        <v>4.1274132250864959</v>
+        <v>4.1389785990695094</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>94.074594458999997</v>
+        <v>94.073942940999999</v>
       </c>
       <c r="C277" s="5">
-        <v>0.29085741199999404</v>
+        <v>0.28989572899999416</v>
       </c>
       <c r="D277" s="5">
-        <v>3.7857782543287977</v>
+        <v>3.7730348052180007</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>94.101828608999995</v>
+        <v>94.104543382000003</v>
       </c>
       <c r="C278" s="5">
-        <v>2.7234149999998181E-2</v>
+        <v>3.0600441000004253E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>0.34794798610953137</v>
+        <v>0.39103596571106181</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>94.187080085999995</v>
+        <v>94.187951905999995</v>
       </c>
       <c r="C279" s="5">
-        <v>8.5251476999999909E-2</v>
+        <v>8.3408523999992212E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>1.092572350045784</v>
+        <v>1.0688070512945513</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>94.432433939000006</v>
+        <v>94.432210393000005</v>
       </c>
       <c r="C280" s="5">
-        <v>0.24535385300001167</v>
+        <v>0.2442584870000104</v>
       </c>
       <c r="D280" s="5">
-        <v>3.1711331973731216</v>
+        <v>3.1567437126975184</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>94.197182190000007</v>
+        <v>94.197862588999996</v>
       </c>
       <c r="C281" s="5">
-        <v>-0.23525174899999968</v>
+        <v>-0.23434780400000932</v>
       </c>
       <c r="D281" s="5">
-        <v>-2.9488387645940306</v>
+        <v>-2.9376690424096963</v>
       </c>
       <c r="E281" s="5">
-        <v>1.5081234865498949</v>
+        <v>1.5082923359055922</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>94.337151984000002</v>
+        <v>94.336660343000005</v>
       </c>
       <c r="C282" s="5">
-        <v>0.13996979399999532</v>
+        <v>0.13879775400000938</v>
       </c>
       <c r="D282" s="5">
-        <v>1.7977530503605621</v>
+        <v>1.7825643455837925</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>95.062262942000004</v>
+        <v>95.061816637999996</v>
       </c>
       <c r="C283" s="5">
-        <v>0.72511095800000192</v>
+        <v>0.72515629499999079</v>
       </c>
       <c r="D283" s="5">
-        <v>9.6237490096512843</v>
+        <v>9.624428688398833</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>94.709214301000003</v>
+        <v>94.708673101000002</v>
       </c>
       <c r="C284" s="5">
-        <v>-0.35304864100000088</v>
+        <v>-0.35314353699999401</v>
       </c>
       <c r="D284" s="5">
-        <v>-4.3667259289687284</v>
+        <v>-4.367895874718986</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>95.245931278</v>
+        <v>95.244769642999998</v>
       </c>
       <c r="C285" s="5">
-        <v>0.53671697699999754</v>
+        <v>0.53609654199999568</v>
       </c>
       <c r="D285" s="5">
-        <v>7.016411784075216</v>
+        <v>7.0080880858395922</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>95.780968236999996</v>
+        <v>95.779815483999997</v>
       </c>
       <c r="C286" s="5">
-        <v>0.5350369589999957</v>
+        <v>0.53504584099999875</v>
       </c>
       <c r="D286" s="5">
-        <v>6.9531266440355122</v>
+        <v>6.9533331014599353</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>95.616258565999999</v>
+        <v>95.615874390000002</v>
       </c>
       <c r="C287" s="5">
-        <v>-0.16470967099999712</v>
+        <v>-0.16394109399999479</v>
       </c>
       <c r="D287" s="5">
-        <v>-2.0441730782325584</v>
+        <v>-2.0347483258668309</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>95.765134477000004</v>
+        <v>95.764977466000005</v>
       </c>
       <c r="C288" s="5">
-        <v>0.14887591100000463</v>
+        <v>0.14910307600000294</v>
       </c>
       <c r="D288" s="5">
-        <v>1.8845012029784058</v>
+        <v>1.8874090587836623</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>95.950609873999994</v>
+        <v>95.949267366000001</v>
       </c>
       <c r="C289" s="5">
-        <v>0.18547539699999049</v>
+        <v>0.18428989999999601</v>
       </c>
       <c r="D289" s="5">
-        <v>2.3490462191972483</v>
+        <v>2.3338764994616179</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>95.711971281999993</v>
+        <v>95.717110179000002</v>
       </c>
       <c r="C290" s="5">
-        <v>-0.23863859200000093</v>
+        <v>-0.23215718699999854</v>
       </c>
       <c r="D290" s="5">
-        <v>-2.9440291049506517</v>
+        <v>-2.8651702677198632</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>95.472348539999999</v>
+        <v>95.473542823000002</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.23962274199999456</v>
+        <v>-0.24356735599999979</v>
       </c>
       <c r="D291" s="5">
-        <v>-2.9632730790365769</v>
+        <v>-3.0112137176354747</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>95.904703390999998</v>
+        <v>95.903474957</v>
       </c>
       <c r="C292" s="5">
-        <v>0.43235485099999948</v>
+        <v>0.42993213399999775</v>
       </c>
       <c r="D292" s="5">
-        <v>5.5717222237449793</v>
+        <v>5.5396525786126194</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>95.846176159999999</v>
+        <v>95.846417063999994</v>
       </c>
       <c r="C293" s="5">
-        <v>-5.8527230999999347E-2</v>
+        <v>-5.7057893000006743E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>-0.72986434257074073</v>
+        <v>-0.71160995335847188</v>
       </c>
       <c r="E293" s="5">
-        <v>1.750576749391386</v>
+        <v>1.7500975390417173</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>96.222437755000001</v>
+        <v>96.223756089999995</v>
       </c>
       <c r="C294" s="5">
-        <v>0.37626159500000256</v>
+        <v>0.37733902600000135</v>
       </c>
       <c r="D294" s="5">
-        <v>4.8138734853850451</v>
+        <v>4.8279455360941359</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>96.115458493000006</v>
+        <v>96.114354853999998</v>
       </c>
       <c r="C295" s="5">
-        <v>-0.10697926199999586</v>
+        <v>-0.10940123599999652</v>
       </c>
       <c r="D295" s="5">
-        <v>-1.3260215027643851</v>
+        <v>-1.3558362488537701</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>96.545889501000005</v>
+        <v>96.544220214000006</v>
       </c>
       <c r="C296" s="5">
-        <v>0.43043100799999934</v>
+        <v>0.42986536000000797</v>
       </c>
       <c r="D296" s="5">
-        <v>5.5082826964681031</v>
+        <v>5.5009297733512597</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>97.052567035999999</v>
+        <v>97.051000058</v>
       </c>
       <c r="C297" s="5">
-        <v>0.50667753499999435</v>
+        <v>0.50677984399999332</v>
       </c>
       <c r="D297" s="5">
-        <v>6.4826535938613317</v>
+        <v>6.4841159668016957</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>97.283364579999997</v>
+        <v>97.281899761000005</v>
       </c>
       <c r="C298" s="5">
-        <v>0.23079754399999786</v>
+        <v>0.23089970300000573</v>
       </c>
       <c r="D298" s="5">
-        <v>2.8913026630035255</v>
+        <v>2.892646562953316</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>97.447180703000001</v>
+        <v>97.44755653</v>
       </c>
       <c r="C299" s="5">
-        <v>0.1638161230000037</v>
+        <v>0.1656567689999946</v>
       </c>
       <c r="D299" s="5">
-        <v>2.039508230816045</v>
+        <v>2.0626706499125902</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>97.119487883999994</v>
+        <v>97.119506060000006</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.32769281900000635</v>
+        <v>-0.32805046999999377</v>
       </c>
       <c r="D300" s="5">
-        <v>-3.9615243405486944</v>
+        <v>-3.9657532827763631</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>98.034440205999999</v>
+        <v>98.033323641999999</v>
       </c>
       <c r="C301" s="5">
-        <v>0.91495232200000487</v>
+        <v>0.91381758199999297</v>
       </c>
       <c r="D301" s="5">
-        <v>11.909633959601917</v>
+        <v>11.894088476977727</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>97.944494763999998</v>
+        <v>97.949787723</v>
       </c>
       <c r="C302" s="5">
-        <v>-8.9945442000001208E-2</v>
+        <v>-8.3535918999999126E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>-1.0954470168371255</v>
+        <v>-1.0177623991223572</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>99.069454718000003</v>
+        <v>99.071021032000004</v>
       </c>
       <c r="C303" s="5">
-        <v>1.1249599540000048</v>
+        <v>1.1212333090000044</v>
       </c>
       <c r="D303" s="5">
-        <v>14.687717011599233</v>
+        <v>14.635116597139497</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>99.096182209000006</v>
+        <v>99.095067771999993</v>
       </c>
       <c r="C304" s="5">
-        <v>2.6727491000002601E-2</v>
+        <v>2.4046739999988631E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>0.32422326988115202</v>
+        <v>0.29165583398405026</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>100.00888342</v>
+        <v>100.00646119</v>
       </c>
       <c r="C305" s="5">
-        <v>0.91270121099999812</v>
+        <v>0.91139341800000295</v>
       </c>
       <c r="D305" s="5">
-        <v>11.629727436296267</v>
+        <v>11.612348891204416</v>
       </c>
       <c r="E305" s="5">
-        <v>4.3431125025280348</v>
+        <v>4.3403230432935258</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>99.467409525999997</v>
+        <v>99.471385190999996</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.54147389400000634</v>
+        <v>-0.53507599900000002</v>
       </c>
       <c r="D306" s="5">
-        <v>-6.3070854633240137</v>
+        <v>-6.2348888199511343</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>99.765129240999997</v>
+        <v>99.763923720999998</v>
       </c>
       <c r="C307" s="5">
-        <v>0.2977197149999995</v>
+        <v>0.29253853000000163</v>
       </c>
       <c r="D307" s="5">
-        <v>3.6514884971899031</v>
+        <v>3.5867650346952162</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>99.846044483</v>
+        <v>99.843512184000005</v>
       </c>
       <c r="C308" s="5">
-        <v>8.0915242000003218E-2</v>
+        <v>7.9588463000007437E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>0.97762215951404663</v>
+        <v>0.96153321784060442</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>99.761371284999996</v>
+        <v>99.759307187000005</v>
       </c>
       <c r="C309" s="5">
-        <v>-8.467319800000439E-2</v>
+        <v>-8.4204997000000503E-2</v>
       </c>
       <c r="D309" s="5">
-        <v>-1.0129119815191157</v>
+        <v>-1.0073624624720945</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>100.01797639999999</v>
+        <v>100.01623357</v>
       </c>
       <c r="C310" s="5">
-        <v>0.25660511499999927</v>
+        <v>0.2569263829999926</v>
       </c>
       <c r="D310" s="5">
-        <v>3.1306701658732505</v>
+        <v>3.1347112113319531</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>100.2823626</v>
+        <v>100.28360752</v>
       </c>
       <c r="C311" s="5">
-        <v>0.26438620000000412</v>
+        <v>0.26737395000000674</v>
       </c>
       <c r="D311" s="5">
-        <v>3.2185904178372082</v>
+        <v>3.2555567923680639</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>99.976241521999995</v>
+        <v>99.976666535999996</v>
       </c>
       <c r="C312" s="5">
-        <v>-0.30612107800000388</v>
+        <v>-0.30694098400000769</v>
       </c>
       <c r="D312" s="5">
-        <v>-3.6022303229444108</v>
+        <v>-3.6116725183509168</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>99.894122167999996</v>
+        <v>99.893676619000004</v>
       </c>
       <c r="C313" s="5">
-        <v>-8.2119353999999589E-2</v>
+        <v>-8.298991699999192E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>-0.98122571276459958</v>
+        <v>-0.99157623394283689</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>100.63011305000001</v>
+        <v>100.63595599999999</v>
       </c>
       <c r="C314" s="5">
-        <v>0.73599088200001006</v>
+        <v>0.7422793809999888</v>
       </c>
       <c r="D314" s="5">
-        <v>9.2084665916833508</v>
+        <v>9.2904327400256115</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>100.5657744</v>
+        <v>100.56546161</v>
       </c>
       <c r="C315" s="5">
-        <v>-6.4338650000010489E-2</v>
+        <v>-7.0494389999993246E-2</v>
       </c>
       <c r="D315" s="5">
-        <v>-0.76453719145825882</v>
+        <v>-0.83735594614903208</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>100.70236111</v>
+        <v>100.70177117999999</v>
       </c>
       <c r="C316" s="5">
-        <v>0.13658671000000311</v>
+        <v>0.13630956999999455</v>
       </c>
       <c r="D316" s="5">
-        <v>1.6420494665684515</v>
+        <v>1.6386979392155832</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>100.79809333</v>
+        <v>100.79379326999999</v>
       </c>
       <c r="C317" s="5">
-        <v>9.5732220000002144E-2</v>
+        <v>9.2022090000000389E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>1.1467578202945861</v>
+        <v>1.1020977903219986</v>
       </c>
       <c r="E317" s="5">
-        <v>0.78913980739652168</v>
+        <v>0.78728121226503411</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>101.19269301999999</v>
+        <v>101.19927842</v>
       </c>
       <c r="C318" s="5">
-        <v>0.39459968999999262</v>
+        <v>0.40548515000000407</v>
       </c>
       <c r="D318" s="5">
-        <v>4.8001827469655867</v>
+        <v>4.9357603364907021</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>100.99720490999999</v>
+        <v>100.99560574</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.19548810999999944</v>
+        <v>-0.20367267999999683</v>
       </c>
       <c r="D319" s="5">
-        <v>-2.2937348945384461</v>
+        <v>-2.3885533942385462</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>100.733408</v>
+        <v>100.73011338000001</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.26379690999999639</v>
+        <v>-0.2654923599999961</v>
       </c>
       <c r="D320" s="5">
-        <v>-3.0896710425672769</v>
+        <v>-3.1092909954096748</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>101.45456224</v>
+        <v>101.45168135</v>
       </c>
       <c r="C321" s="5">
-        <v>0.72115424000000417</v>
+        <v>0.72156796999999528</v>
       </c>
       <c r="D321" s="5">
-        <v>8.9373105561012967</v>
+        <v>8.9429457191655857</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>101.44948349000001</v>
+        <v>101.4474987</v>
       </c>
       <c r="C322" s="5">
-        <v>-5.0787499999955799E-3</v>
+        <v>-4.1826500000041733E-3</v>
       </c>
       <c r="D322" s="5">
-        <v>-6.0054690182065329E-2</v>
+        <v>-4.9462384166132356E-2</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>101.51619717</v>
+        <v>101.51822446</v>
       </c>
       <c r="C323" s="5">
-        <v>6.6713679999992337E-2</v>
+        <v>7.0725760000001969E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>0.79198630775516587</v>
+        <v>0.83981468967746498</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>101.96573342000001</v>
+        <v>101.96718405</v>
       </c>
       <c r="C324" s="5">
-        <v>0.44953625000000841</v>
+        <v>0.44895959000000119</v>
       </c>
       <c r="D324" s="5">
-        <v>5.445216205393999</v>
+        <v>5.4379491208765174</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>101.94744752</v>
+        <v>101.94812261</v>
       </c>
       <c r="C325" s="5">
-        <v>-1.8285900000009292E-2</v>
+        <v>-1.9061440000001539E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>-0.21498839808969938</v>
+        <v>-0.22409390979084565</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>102.52974813</v>
+        <v>102.53405118000001</v>
       </c>
       <c r="C326" s="5">
-        <v>0.58230061000000433</v>
+        <v>0.5859285700000072</v>
       </c>
       <c r="D326" s="5">
-        <v>7.0736001745279831</v>
+        <v>7.1190252830143574</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>102.06466003</v>
+        <v>102.06376032</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.46508810000000267</v>
+        <v>-0.47029086000000575</v>
       </c>
       <c r="D327" s="5">
-        <v>-5.3095820300649521</v>
+        <v>-5.3672684718631398</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>102.22520405</v>
+        <v>102.22662092</v>
       </c>
       <c r="C328" s="5">
-        <v>0.16054402000000323</v>
+        <v>0.16286060000000191</v>
       </c>
       <c r="D328" s="5">
-        <v>1.9039723582663592</v>
+        <v>1.93170459510561</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>101.98168654</v>
+        <v>101.97657432</v>
       </c>
       <c r="C329" s="5">
-        <v>-0.24351751000000377</v>
+        <v>-0.25004660000000456</v>
       </c>
       <c r="D329" s="5">
-        <v>-2.8214430882298025</v>
+        <v>-2.8960362013351948</v>
       </c>
       <c r="E329" s="5">
-        <v>1.1742218239436886</v>
+        <v>1.1734661546387581</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>102.39101003</v>
+        <v>102.39674139</v>
       </c>
       <c r="C330" s="5">
-        <v>0.40932349000000556</v>
+        <v>0.42016707000000508</v>
       </c>
       <c r="D330" s="5">
-        <v>4.9241950614438812</v>
+        <v>5.0578743166648232</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>102.27882683</v>
+        <v>102.27744663</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.11218320000000404</v>
+        <v>-0.1192947600000025</v>
       </c>
       <c r="D331" s="5">
-        <v>-1.3068684155233989</v>
+        <v>-1.389106585352462</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>102.92655829</v>
+        <v>102.9240004</v>
       </c>
       <c r="C332" s="5">
-        <v>0.64773146000000281</v>
+        <v>0.64655376999999703</v>
       </c>
       <c r="D332" s="5">
-        <v>7.8699694307950541</v>
+        <v>7.855269045394353</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>102.2506169</v>
+        <v>102.24587664000001</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.67594139000000553</v>
+        <v>-0.67812375999999119</v>
       </c>
       <c r="D333" s="5">
-        <v>-7.6021571376946762</v>
+        <v>-7.6260020106365793</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>103.09644923</v>
+        <v>103.09364184</v>
       </c>
       <c r="C334" s="5">
-        <v>0.84583233000000746</v>
+        <v>0.84776519999999778</v>
       </c>
       <c r="D334" s="5">
-        <v>10.390894442908682</v>
+        <v>10.416237652601112</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>103.19002922999999</v>
+        <v>103.19192483</v>
       </c>
       <c r="C335" s="5">
-        <v>9.3579999999988672E-2</v>
+        <v>9.8282990000001291E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>1.094686748191176</v>
+        <v>1.1500220017649498</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>103.12247658</v>
+        <v>103.12500162000001</v>
       </c>
       <c r="C336" s="5">
-        <v>-6.7552649999996106E-2</v>
+        <v>-6.6923209999998789E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>-0.78274951123357139</v>
+        <v>-0.7754678337921761</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>103.16137406999999</v>
+        <v>103.16323413000001</v>
       </c>
       <c r="C337" s="5">
-        <v>3.8897489999996537E-2</v>
+        <v>3.8232510000000275E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>0.45357662771527973</v>
+        <v>0.44579565935307652</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>103.33160388</v>
+        <v>103.33535388999999</v>
       </c>
       <c r="C338" s="5">
-        <v>0.17022981000000925</v>
+        <v>0.17211975999998685</v>
       </c>
       <c r="D338" s="5">
-        <v>1.998228110864031</v>
+        <v>2.0205803441670112</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>103.35326886999999</v>
+        <v>103.35301117</v>
       </c>
       <c r="C339" s="5">
-        <v>2.166498999999078E-2</v>
+        <v>1.7657280000008768E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>0.25188797731936496</v>
+        <v>0.20524108951596176</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>103.2408454</v>
+        <v>103.24246442</v>
       </c>
       <c r="C340" s="5">
-        <v>-0.11242346999999597</v>
+        <v>-0.11054674999999747</v>
       </c>
       <c r="D340" s="5">
-        <v>-1.2975300443429649</v>
+        <v>-1.2760004017035365</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>103.35567537</v>
+        <v>103.35621618</v>
       </c>
       <c r="C341" s="5">
-        <v>0.11482997000000239</v>
+        <v>0.11375175999999954</v>
       </c>
       <c r="D341" s="5">
-        <v>1.3428992045835253</v>
+        <v>1.330192394063201</v>
       </c>
       <c r="E341" s="5">
-        <v>1.3472897699736475</v>
+        <v>1.3529007707894891</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>103.49575738</v>
+        <v>103.49858792000001</v>
       </c>
       <c r="C342" s="5">
-        <v>0.14008201000000042</v>
+        <v>0.14237174000000152</v>
       </c>
       <c r="D342" s="5">
-        <v>1.6385859501420574</v>
+        <v>1.6655641580344716</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>103.74731248000001</v>
+        <v>103.74381726</v>
       </c>
       <c r="C343" s="5">
-        <v>0.25155510000000447</v>
+        <v>0.24522933999999452</v>
       </c>
       <c r="D343" s="5">
-        <v>2.9560091320542714</v>
+        <v>2.8806244315992213</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>103.84462241</v>
+        <v>103.83937114</v>
       </c>
       <c r="C344" s="5">
-        <v>9.7309929999994438E-2</v>
+        <v>9.5553879999997093E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>1.1313661590257595</v>
+        <v>1.1108836684733392</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>103.64674946</v>
+        <v>103.64038947</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.19787295000000427</v>
+        <v>-0.19898166999999489</v>
       </c>
       <c r="D345" s="5">
-        <v>-2.2627537234681139</v>
+        <v>-2.2754129049236349</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>103.82417104</v>
+        <v>103.82125769</v>
       </c>
       <c r="C346" s="5">
-        <v>0.17742158000000074</v>
+        <v>0.18086821999999358</v>
       </c>
       <c r="D346" s="5">
-        <v>2.0735995681640196</v>
+        <v>2.1144003027831815</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>104.01150704</v>
+        <v>104.0129276</v>
       </c>
       <c r="C347" s="5">
-        <v>0.18733600000000195</v>
+        <v>0.19166991000000166</v>
       </c>
       <c r="D347" s="5">
-        <v>2.18684734693253</v>
+        <v>2.2380170663949039</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>105.02443645</v>
+        <v>105.02924446999999</v>
       </c>
       <c r="C348" s="5">
-        <v>1.0129294099999981</v>
+        <v>1.0163168699999972</v>
       </c>
       <c r="D348" s="5">
-        <v>12.333075728589904</v>
+        <v>12.376383539211577</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>105.40486543</v>
+        <v>105.40733727</v>
       </c>
       <c r="C349" s="5">
-        <v>0.38042898000000491</v>
+        <v>0.37809280000000456</v>
       </c>
       <c r="D349" s="5">
-        <v>4.4344008553123926</v>
+        <v>4.4064224550737663</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>104.38538058</v>
+        <v>104.38990038</v>
       </c>
       <c r="C350" s="5">
-        <v>-1.0194848499999978</v>
+        <v>-1.017436889999999</v>
       </c>
       <c r="D350" s="5">
-        <v>-11.008556808039971</v>
+        <v>-10.987359090902061</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>105.32565993999999</v>
+        <v>105.32639577</v>
       </c>
       <c r="C351" s="5">
-        <v>0.94027935999999102</v>
+        <v>0.93649539000000459</v>
       </c>
       <c r="D351" s="5">
-        <v>11.36125591635022</v>
+        <v>11.312741465266951</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>105.64087551</v>
+        <v>105.64471733000001</v>
       </c>
       <c r="C352" s="5">
-        <v>0.31521557000000655</v>
+        <v>0.31832156000000111</v>
       </c>
       <c r="D352" s="5">
-        <v>3.6510328578030604</v>
+        <v>3.6875824099500409</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>105.97920483999999</v>
+        <v>105.98521355</v>
       </c>
       <c r="C353" s="5">
-        <v>0.33832932999999343</v>
+        <v>0.34049621999999147</v>
       </c>
       <c r="D353" s="5">
-        <v>3.9115871982659645</v>
+        <v>3.9369397207979606</v>
       </c>
       <c r="E353" s="5">
-        <v>2.5383506620300311</v>
+        <v>2.5436277247431915</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>106.18034502</v>
+        <v>106.17970262</v>
       </c>
       <c r="C354" s="5">
-        <v>0.2011401800000101</v>
+        <v>0.19448907000000304</v>
       </c>
       <c r="D354" s="5">
-        <v>2.3014303840253048</v>
+        <v>2.2244318475162839</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>106.42845282</v>
+        <v>106.4194646</v>
       </c>
       <c r="C355" s="5">
-        <v>0.24810779999999966</v>
+        <v>0.23976197999999727</v>
       </c>
       <c r="D355" s="5">
-        <v>2.840315071548094</v>
+        <v>2.7436002242424928</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>106.62449581</v>
+        <v>106.61539781</v>
       </c>
       <c r="C356" s="5">
-        <v>0.19604298999999514</v>
+        <v>0.19593321000000685</v>
       </c>
       <c r="D356" s="5">
-        <v>2.2329521095673766</v>
+        <v>2.2318794167379474</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>106.92463773999999</v>
+        <v>106.91651355</v>
       </c>
       <c r="C357" s="5">
-        <v>0.30014192999999523</v>
+        <v>0.30111574000000019</v>
       </c>
       <c r="D357" s="5">
-        <v>3.4307238088682634</v>
+        <v>3.4423265499336386</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>107.45038049999999</v>
+        <v>107.44795293</v>
       </c>
       <c r="C358" s="5">
-        <v>0.52574275999999998</v>
+        <v>0.5314393799999948</v>
       </c>
       <c r="D358" s="5">
-        <v>6.0625446166797214</v>
+        <v>6.130519407176771</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>107.43781423</v>
+        <v>107.44041253</v>
       </c>
       <c r="C359" s="5">
-        <v>-1.2566269999993551E-2</v>
+        <v>-7.5403999999963389E-3</v>
       </c>
       <c r="D359" s="5">
-        <v>-0.14024918500388228</v>
+        <v>-8.4180182917559243E-2</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>106.94250889</v>
+        <v>106.94875888</v>
       </c>
       <c r="C360" s="5">
-        <v>-0.49530534000000159</v>
+        <v>-0.49165365000000349</v>
       </c>
       <c r="D360" s="5">
-        <v>-5.3940499766803924</v>
+        <v>-5.3551511201670898</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>107.75467849</v>
+        <v>107.75788828</v>
       </c>
       <c r="C361" s="5">
-        <v>0.81216960000000427</v>
+        <v>0.80912940000000333</v>
       </c>
       <c r="D361" s="5">
-        <v>9.5038032094878488</v>
+        <v>9.4661579147185648</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>107.64819939</v>
+        <v>107.65750874</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.10647910000000138</v>
+        <v>-0.10037954000000582</v>
       </c>
       <c r="D362" s="5">
-        <v>-1.179371153144293</v>
+        <v>-1.1121247822970304</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>107.66964335999999</v>
+        <v>107.67267739</v>
       </c>
       <c r="C363" s="5">
-        <v>2.1443969999992873E-2</v>
+        <v>1.5168650000006778E-2</v>
       </c>
       <c r="D363" s="5">
-        <v>0.23930707881154589</v>
+        <v>0.1692078193345159</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>107.85755816</v>
+        <v>107.86387614</v>
       </c>
       <c r="C364" s="5">
-        <v>0.18791480000000149</v>
+        <v>0.19119874999999809</v>
       </c>
       <c r="D364" s="5">
-        <v>2.1145698097027488</v>
+        <v>2.1518239400698747</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>107.76709082000001</v>
+        <v>107.77762591</v>
       </c>
       <c r="C365" s="5">
-        <v>-9.0467339999989349E-2</v>
+        <v>-8.6250230000004535E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-1.0018898333347903</v>
+        <v>-0.95533653381014716</v>
       </c>
       <c r="E365" s="5">
-        <v>1.6870158468345275</v>
+        <v>1.6911909689689031</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>108.17406092</v>
+        <v>108.16915199</v>
       </c>
       <c r="C366" s="5">
-        <v>0.40697009999999523</v>
+        <v>0.39152608000000555</v>
       </c>
       <c r="D366" s="5">
-        <v>4.626980965475358</v>
+        <v>4.4474269203907291</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>107.99079202</v>
+        <v>107.97381559</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.18326890000000162</v>
+        <v>-0.19533640000000219</v>
       </c>
       <c r="D367" s="5">
-        <v>-2.0142069272505725</v>
+        <v>-2.1456164255233223</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>107.30371469000001</v>
+        <v>107.28363256</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.68707732999999394</v>
+        <v>-0.69018303000000003</v>
       </c>
       <c r="D368" s="5">
-        <v>-7.3732629120595528</v>
+        <v>-7.4065523384381997</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>93.837150015000006</v>
+        <v>93.827398549999998</v>
       </c>
       <c r="C369" s="5">
-        <v>-13.466564675000001</v>
+        <v>-13.456234010000003</v>
       </c>
       <c r="D369" s="5">
-        <v>-79.995825836272289</v>
+        <v>-79.975832803879072</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>96.091090406000006</v>
+        <v>96.093010970999998</v>
       </c>
       <c r="C370" s="5">
-        <v>2.2539403910000004</v>
+        <v>2.2656124210000002</v>
       </c>
       <c r="D370" s="5">
-        <v>32.953492600594856</v>
+        <v>33.151332684739799</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>98.224974359000001</v>
+        <v>98.232271005000001</v>
       </c>
       <c r="C371" s="5">
-        <v>2.1338839529999944</v>
+        <v>2.139260034000003</v>
       </c>
       <c r="D371" s="5">
-        <v>30.1564305546</v>
+        <v>30.241261180322553</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>98.921121886999998</v>
+        <v>98.929174553999999</v>
       </c>
       <c r="C372" s="5">
-        <v>0.69614752799999735</v>
+        <v>0.69690354899999818</v>
       </c>
       <c r="D372" s="5">
-        <v>8.8442042012219169</v>
+        <v>8.8535033816578679</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>99.238403175000002</v>
+        <v>99.243635448999996</v>
       </c>
       <c r="C373" s="5">
-        <v>0.31728128800000377</v>
+        <v>0.3144608949999963</v>
       </c>
       <c r="D373" s="5">
-        <v>3.9175292432245934</v>
+        <v>3.8817727353979592</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>99.417405231999993</v>
+        <v>99.433783065</v>
       </c>
       <c r="C374" s="5">
-        <v>0.17900205699999105</v>
+        <v>0.1901476160000044</v>
       </c>
       <c r="D374" s="5">
-        <v>2.1861125362513834</v>
+        <v>2.3235449945134601</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>99.425590068000005</v>
+        <v>99.432720649000004</v>
       </c>
       <c r="C375" s="5">
-        <v>8.1848360000122966E-3</v>
+        <v>-1.0624159999963467E-3</v>
       </c>
       <c r="D375" s="5">
-        <v>9.8838344749418994E-2</v>
+        <v>-1.2820836572102756E-2</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>99.781697954999999</v>
+        <v>99.792920413000004</v>
       </c>
       <c r="C376" s="5">
-        <v>0.35610788699999318</v>
+        <v>0.36019976400000076</v>
       </c>
       <c r="D376" s="5">
-        <v>4.383668030178467</v>
+        <v>4.4347223563595328</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>99.822887506000001</v>
+        <v>99.832612605999998</v>
       </c>
       <c r="C377" s="5">
-        <v>4.1189551000002211E-2</v>
+        <v>3.9692192999993381E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>0.49648218029305635</v>
+        <v>0.47834021165753526</v>
       </c>
       <c r="E377" s="5">
-        <v>-7.3716412436788836</v>
+        <v>-7.3716722157477381</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>100.12267591</v>
+        <v>100.11014408</v>
       </c>
       <c r="C378" s="5">
-        <v>0.2997884039999974</v>
+        <v>0.27753147399999989</v>
       </c>
       <c r="D378" s="5">
-        <v>3.663970566195518</v>
+        <v>3.3874435573440387</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>100.04384247</v>
+        <v>100.01556139</v>
       </c>
       <c r="C379" s="5">
-        <v>-7.8833439999996813E-2</v>
+        <v>-9.458268999999575E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>-0.94076124177171483</v>
+        <v>-1.1278707433542423</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>100.58326176</v>
+        <v>100.54899627</v>
       </c>
       <c r="C380" s="5">
-        <v>0.53941928999999789</v>
+        <v>0.5334348800000015</v>
       </c>
       <c r="D380" s="5">
-        <v>6.6655595031075876</v>
+        <v>6.5913472179875976</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>101.51290625999999</v>
+        <v>101.49418762000001</v>
       </c>
       <c r="C381" s="5">
-        <v>0.92964449999999488</v>
+        <v>0.94519135000000176</v>
       </c>
       <c r="D381" s="5">
-        <v>11.672582268964105</v>
+        <v>11.882248426269104</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>101.72144167</v>
+        <v>101.73185814</v>
       </c>
       <c r="C382" s="5">
-        <v>0.2085354100000103</v>
+        <v>0.23767051999999467</v>
       </c>
       <c r="D382" s="5">
-        <v>2.4931737200193371</v>
+        <v>2.846534659456923</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>102.30363197</v>
+        <v>102.32063006</v>
       </c>
       <c r="C383" s="5">
-        <v>0.5821902999999935</v>
+        <v>0.58877191999999923</v>
       </c>
       <c r="D383" s="5">
-        <v>7.088428839555494</v>
+        <v>7.1703736596191003</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>103.63933905</v>
+        <v>103.65224018000001</v>
       </c>
       <c r="C384" s="5">
-        <v>1.3357070800000059</v>
+        <v>1.3316101200000077</v>
       </c>
       <c r="D384" s="5">
-        <v>16.843077923832837</v>
+        <v>16.784671543854213</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>103.68073692999999</v>
+        <v>103.69280995</v>
       </c>
       <c r="C385" s="5">
-        <v>4.1397879999991005E-2</v>
+        <v>4.0569769999990513E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>0.48038456997745449</v>
+        <v>0.47069569314519555</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>103.73088043</v>
+        <v>103.75659263999999</v>
       </c>
       <c r="C386" s="5">
-        <v>5.0143500000004337E-2</v>
+        <v>6.3782689999996478E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>0.58190670005959788</v>
+        <v>0.74063670160298134</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>104.61167029000001</v>
+        <v>104.62654686</v>
       </c>
       <c r="C387" s="5">
-        <v>0.88078986000000725</v>
+        <v>0.86995422000001099</v>
       </c>
       <c r="D387" s="5">
-        <v>10.67890851946478</v>
+        <v>10.53868395182409</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>104.8436784</v>
+        <v>104.86124992000001</v>
       </c>
       <c r="C388" s="5">
-        <v>0.23200810999999533</v>
+        <v>0.23470306000000107</v>
       </c>
       <c r="D388" s="5">
-        <v>2.6940682791588788</v>
+        <v>2.7253567417909519</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>105.28940127</v>
+        <v>105.30570403999999</v>
       </c>
       <c r="C389" s="5">
-        <v>0.44572286999999733</v>
+        <v>0.44445411999998896</v>
       </c>
       <c r="D389" s="5">
-        <v>5.2225633880657485</v>
+        <v>5.206456028406814</v>
       </c>
       <c r="E389" s="5">
-        <v>5.4762128211041983</v>
+        <v>5.4822680596371187</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>104.81142462</v>
+        <v>104.78068524</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.47797665000000222</v>
+        <v>-0.52501879999999801</v>
       </c>
       <c r="D390" s="5">
-        <v>-5.3135976287556064</v>
+        <v>-5.8214370697194928</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>105.54266188</v>
+        <v>105.49672313000001</v>
       </c>
       <c r="C391" s="5">
-        <v>0.73123726000000033</v>
+        <v>0.71603789000000972</v>
       </c>
       <c r="D391" s="5">
-        <v>8.7008726648121648</v>
+        <v>8.5157632205719693</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>105.81332551</v>
+        <v>105.75106991</v>
       </c>
       <c r="C392" s="5">
-        <v>0.27066363000000138</v>
+        <v>0.25434677999999167</v>
       </c>
       <c r="D392" s="5">
-        <v>3.1211730000698656</v>
+        <v>2.9318073147393653</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>106.82366911</v>
+        <v>106.78134061</v>
       </c>
       <c r="C393" s="5">
-        <v>1.0103435999999988</v>
+        <v>1.0302707000000026</v>
       </c>
       <c r="D393" s="5">
-        <v>12.079329793299864</v>
+        <v>12.338129624602946</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>106.84250656</v>
+        <v>106.86962615</v>
       </c>
       <c r="C394" s="5">
-        <v>1.8837450000006584E-2</v>
+        <v>8.8285540000001106E-2</v>
       </c>
       <c r="D394" s="5">
-        <v>0.21181520092823369</v>
+        <v>0.99666977602641538</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>107.49165970999999</v>
+        <v>107.53303019000001</v>
       </c>
       <c r="C395" s="5">
-        <v>0.64915314999998941</v>
+        <v>0.66340404000000319</v>
       </c>
       <c r="D395" s="5">
-        <v>7.5395971638356984</v>
+        <v>7.7087849113266049</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>107.71171653</v>
+        <v>107.74024503</v>
       </c>
       <c r="C396" s="5">
-        <v>0.22005682000001059</v>
+        <v>0.2072148399999918</v>
       </c>
       <c r="D396" s="5">
-        <v>2.484489205729834</v>
+        <v>2.3370511566755292</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>107.66124154000001</v>
+        <v>107.68652754999999</v>
       </c>
       <c r="C397" s="5">
-        <v>-5.0474989999997888E-2</v>
+        <v>-5.3717480000003093E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>-0.56088717693051349</v>
+        <v>-0.59666194406738926</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>108.62385986</v>
+        <v>108.6578765</v>
       </c>
       <c r="C398" s="5">
-        <v>0.96261831999999004</v>
+        <v>0.97134895000000654</v>
       </c>
       <c r="D398" s="5">
-        <v>11.273094853268461</v>
+        <v>11.377658848115214</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>108.12200762000001</v>
+        <v>108.14339282</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.50185223999999096</v>
+        <v>-0.51448367999999789</v>
       </c>
       <c r="D399" s="5">
-        <v>-5.4053790840078335</v>
+        <v>-5.536218204404042</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>108.30397644</v>
+        <v>108.32522462</v>
       </c>
       <c r="C400" s="5">
-        <v>0.18196881999999448</v>
+        <v>0.18183179999999766</v>
       </c>
       <c r="D400" s="5">
-        <v>2.0383938356331122</v>
+        <v>2.0364382135001247</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>108.8865825</v>
+        <v>108.90365715999999</v>
       </c>
       <c r="C401" s="5">
-        <v>0.58260606000000337</v>
+        <v>0.57843253999999433</v>
       </c>
       <c r="D401" s="5">
-        <v>6.6496858186716468</v>
+        <v>6.599309789575325</v>
       </c>
       <c r="E401" s="5">
-        <v>3.4164704012092706</v>
+        <v>3.4166744838753704</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>109.10861684</v>
+        <v>109.05267225</v>
       </c>
       <c r="C402" s="5">
-        <v>0.22203433999999334</v>
+        <v>0.14901509000000601</v>
       </c>
       <c r="D402" s="5">
-        <v>2.4745915230880211</v>
+        <v>1.6543981365382709</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>109.47133961</v>
+        <v>109.40183485</v>
       </c>
       <c r="C403" s="5">
-        <v>0.36272277000000486</v>
+        <v>0.34916259999999966</v>
       </c>
       <c r="D403" s="5">
-        <v>4.0630589272992124</v>
+        <v>3.9105217961804106</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>110.52762092</v>
+        <v>110.44006194000001</v>
       </c>
       <c r="C404" s="5">
-        <v>1.0562813100000028</v>
+        <v>1.0382270900000066</v>
       </c>
       <c r="D404" s="5">
-        <v>12.213387513361319</v>
+        <v>12.001651808773794</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>110.44429598000001</v>
+        <v>110.38418476</v>
       </c>
       <c r="C405" s="5">
-        <v>-8.3324939999997127E-2</v>
+        <v>-5.5877180000010185E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>-0.90091845950874827</v>
+        <v>-0.60545367375677284</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>110.77072541</v>
+        <v>110.81426269000001</v>
       </c>
       <c r="C406" s="5">
-        <v>0.32642942999999036</v>
+        <v>0.43007793000001016</v>
       </c>
       <c r="D406" s="5">
-        <v>3.6049495980119417</v>
+        <v>4.7769325972559784</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>110.66629555999999</v>
+        <v>110.73724366</v>
       </c>
       <c r="C407" s="5">
-        <v>-0.10442985000000249</v>
+        <v>-7.7019030000002431E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>-1.125460488966723</v>
+        <v>-0.83085291016171681</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>110.61397672</v>
+        <v>110.65743827999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-5.231883999999809E-2</v>
+        <v>-7.9805380000010473E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>-0.56584182048395881</v>
+        <v>-0.86138839481697538</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>111.0564646</v>
+        <v>111.09558724</v>
       </c>
       <c r="C409" s="5">
-        <v>0.44248788000000161</v>
+        <v>0.43814896000000658</v>
       </c>
       <c r="D409" s="5">
-        <v>4.9073831865243278</v>
+        <v>4.8562597692577425</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>111.62261314</v>
+        <v>111.66311248</v>
       </c>
       <c r="C410" s="5">
-        <v>0.56614854000000037</v>
+        <v>0.56752523999999482</v>
       </c>
       <c r="D410" s="5">
-        <v>6.2918821112582846</v>
+        <v>6.3053305959178463</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>111.4549379</v>
+        <v>111.48243449</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.16767523999999412</v>
+        <v>-0.18067798999999241</v>
       </c>
       <c r="D411" s="5">
-        <v>-1.7877757991583088</v>
+        <v>-1.9244892302874295</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>111.44258250999999</v>
+        <v>111.46493947</v>
       </c>
       <c r="C412" s="5">
-        <v>-1.2355390000010402E-2</v>
+        <v>-1.7495019999998362E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>-0.13294549210153273</v>
+        <v>-0.18815442298070195</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>111.40456291</v>
+        <v>111.42404934</v>
       </c>
       <c r="C413" s="5">
-        <v>-3.8019599999998377E-2</v>
+        <v>-4.0890130000008185E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>-0.40862307326148262</v>
+        <v>-0.43932446828087723</v>
       </c>
       <c r="E413" s="5">
-        <v>2.3124799696969012</v>
+        <v>2.3143319937337647</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>112.15018598</v>
+        <v>112.06836443</v>
       </c>
       <c r="C414" s="5">
-        <v>0.74562307000000771</v>
+        <v>0.64431509000000631</v>
       </c>
       <c r="D414" s="5">
-        <v>8.3338628129092651</v>
+        <v>7.1640592023610061</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>112.26809365</v>
+        <v>112.17760766000001</v>
       </c>
       <c r="C415" s="5">
-        <v>0.11790766999999391</v>
+        <v>0.10924323000000413</v>
       </c>
       <c r="D415" s="5">
-        <v>1.2689253922444577</v>
+        <v>1.1760410252127818</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>112.11806905</v>
+        <v>112.00623795</v>
       </c>
       <c r="C416" s="5">
-        <v>-0.15002459999999473</v>
+        <v>-0.17136971000000756</v>
       </c>
       <c r="D416" s="5">
-        <v>-1.5918345968924164</v>
+        <v>-1.8178723478624037</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>112.26946579</v>
+        <v>112.19461681</v>
       </c>
       <c r="C417" s="5">
-        <v>0.15139673999999559</v>
+        <v>0.18837886000000026</v>
       </c>
       <c r="D417" s="5">
-        <v>1.6324884925901673</v>
+        <v>2.0370067009416015</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>112.72274170999999</v>
+        <v>112.77937805000001</v>
       </c>
       <c r="C418" s="5">
-        <v>0.45327591999999584</v>
+        <v>0.58476124000000596</v>
       </c>
       <c r="D418" s="5">
-        <v>4.9539158796061189</v>
+        <v>6.4368731167951942</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>112.56052782</v>
+        <v>112.66155935</v>
       </c>
       <c r="C419" s="5">
-        <v>-0.16221388999998965</v>
+        <v>-0.11781870000000083</v>
       </c>
       <c r="D419" s="5">
-        <v>-1.7132600363002681</v>
+        <v>-1.2464416415143509</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>112.63515928</v>
+        <v>112.69415711000001</v>
       </c>
       <c r="C420" s="5">
-        <v>7.4631459999991989E-2</v>
+        <v>3.2597760000001585E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>0.798548707267277</v>
+        <v>0.34776389503237137</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>113.3952501</v>
+        <v>113.44702263000001</v>
       </c>
       <c r="C421" s="5">
-        <v>0.76009082000000205</v>
+        <v>0.75286552000000029</v>
       </c>
       <c r="D421" s="5">
-        <v>8.4053280915286308</v>
+        <v>8.3179505844189094</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>112.75775607999999</v>
+        <v>112.80296164000001</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.63749402000000543</v>
+        <v>-0.64406098999999983</v>
       </c>
       <c r="D422" s="5">
-        <v>-6.5415148210299812</v>
+        <v>-6.6038881943161982</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>113.06239871</v>
+        <v>113.20431512</v>
       </c>
       <c r="C423" s="5">
-        <v>0.30464263000000358</v>
+        <v>0.40135347999999738</v>
       </c>
       <c r="D423" s="5">
-        <v>3.290705918939052</v>
+        <v>4.3541567058593467</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>113.4803074</v>
+        <v>113.60985497999999</v>
       </c>
       <c r="C424" s="5">
-        <v>0.41790869000000441</v>
+        <v>0.40553985999999043</v>
       </c>
       <c r="D424" s="5">
-        <v>4.5268111005553946</v>
+        <v>4.3845651959646181</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>113.09074205</v>
+        <v>113.21489931000001</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.38956534999999803</v>
+        <v>-0.39495566999998744</v>
       </c>
       <c r="D425" s="5">
-        <v>-4.0425713094964681</v>
+        <v>-4.0928578458489406</v>
       </c>
       <c r="E425" s="5">
-        <v>1.5135638038113575</v>
+        <v>1.607238276303713</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>113.31355504</v>
+        <v>113.69244479</v>
       </c>
       <c r="C426" s="5">
-        <v>0.22281298999999422</v>
+        <v>0.4775454799999892</v>
       </c>
       <c r="D426" s="5">
-        <v>2.3900455963792533</v>
+        <v>5.1807467089430848</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>113.28114909</v>
+        <v>113.66747220000001</v>
       </c>
       <c r="C427" s="5">
-        <v>-3.2405949999997574E-2</v>
+        <v>-2.4972589999990191E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-0.34264243183859122</v>
+        <v>-0.26326227719031259</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>112.85578676</v>
+        <v>113.25062243000001</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.42536232999999868</v>
+        <v>-0.4168497699999989</v>
       </c>
       <c r="D428" s="5">
-        <v>-4.4140096349461704</v>
+        <v>-4.3130422721018524</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>113.25101553</v>
+        <v>113.44174713</v>
       </c>
       <c r="C429" s="5">
-        <v>0.39522877000000278</v>
+        <v>0.19112469999998893</v>
       </c>
       <c r="D429" s="5">
-        <v>4.2843810231669499</v>
+        <v>2.0440547382723162</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>113.44438018</v>
+        <v>113.21914423</v>
       </c>
       <c r="C430" s="5">
-        <v>0.19336464999999237</v>
+        <v>-0.22260289999999827</v>
       </c>
       <c r="D430" s="5">
-        <v>2.0682288970283347</v>
+        <v>-2.329471645663328</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>113.54536967</v>
+        <v>112.28102183999999</v>
       </c>
       <c r="C431" s="5">
-        <v>0.10098949000000346</v>
+        <v>-0.93812239000000375</v>
       </c>
       <c r="D431" s="5">
-        <v>1.0734996767807647</v>
+        <v>-9.5022334015383727</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>113.87420225</v>
+        <v>112.63042295</v>
       </c>
       <c r="C432" s="5">
-        <v>0.32883257999999671</v>
+        <v>0.34940111000000229</v>
       </c>
       <c r="D432" s="5">
-        <v>3.5311474413860289</v>
+        <v>3.7987929398094034</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>114.19448928</v>
+        <v>112.80815151</v>
       </c>
       <c r="C433" s="5">
-        <v>0.32028703000000291</v>
+        <v>0.17772856000000559</v>
       </c>
       <c r="D433" s="5">
-        <v>3.4278717003136006</v>
+        <v>1.9100969442660709</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>112.64874605</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.15940546000000211</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-1.6825635021931129</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>112.49605652</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.15268953000000351</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-1.614466571042994</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>112.46755258</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-2.8503939999993122E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-0.30362932217814498</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">