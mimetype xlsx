--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4F4FDC8E-39CA-4852-B3C6-599C13C4BD6E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6E561C40-A345-4A37-9A65-F3FF1D48624C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{5A59F61E-0341-405A-A68E-E07FCC6BAF44}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{3753819B-528E-4AED-B3FE-13D93FC7A7CD}"/>
   </bookViews>
   <sheets>
     <sheet name="larnaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Total Nonfarm Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{65166EB7-2343-4816-90CC-4A3703BA9647}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{925B69E5-CEBA-47A7-AD8C-6B5BD5A7AEE4}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>112.28102183999999</v>
       </c>
       <c r="C431" s="5">
         <v>-0.93812239000000375</v>
       </c>
       <c r="D431" s="5">
         <v>-9.5022334015383727</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>112.63042295</v>
       </c>
       <c r="C432" s="5">
         <v>0.34940111000000229</v>
       </c>
       <c r="D432" s="5">
         <v>3.7987929398094034</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>112.80815151</v>
       </c>
       <c r="C433" s="5">
         <v>0.17772856000000559</v>
       </c>
       <c r="D433" s="5">
         <v>1.9100969442660709</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>112.64874605</v>
       </c>
       <c r="C434" s="5">
         <v>-0.15940546000000211</v>
       </c>
       <c r="D434" s="5">
         <v>-1.6825635021931129</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>112.49605652</v>
       </c>
       <c r="C435" s="5">
         <v>-0.15268953000000351</v>
       </c>
       <c r="D435" s="5">
         <v>-1.614466571042994</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>112.46755258</v>
+        <v>112.44550735999999</v>
       </c>
       <c r="C436" s="5">
-        <v>-2.8503939999993122E-2</v>
+        <v>-5.0549160000002757E-2</v>
       </c>
       <c r="D436" s="5">
-        <v>-0.30362932217814498</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.53787934288817008</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>112.47022445</v>
+      </c>
+      <c r="C437" s="5">
+        <v>2.4717090000009989E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>0.26409586160149878</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.6577534092584103</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>