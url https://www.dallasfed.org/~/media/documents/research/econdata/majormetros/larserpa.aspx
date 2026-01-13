--- v0 (2025-10-10)
+++ v1 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{12B27A7B-CB79-4758-92E4-771A63FCBDB3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{74453455-3D88-4409-A60E-E3D2441E30AD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{7D15BD77-4FD5-415E-ABC6-602BA9245CBE}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{83724E77-8480-4AA9-9C4F-8513E0B634C0}"/>
   </bookViews>
   <sheets>
     <sheet name="larserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Services Providing Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{536A0158-6218-4F1C-9598-92A77E3F0F20}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8B501534-D044-43F8-AB39-3F1A38D2668A}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -975,6146 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>39.378685279000003</v>
+        <v>39.378683213999999</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>39.556663612000001</v>
+        <v>39.556662418000002</v>
       </c>
       <c r="C7" s="5">
-        <v>0.17797833299999866</v>
+        <v>0.17797920400000322</v>
       </c>
       <c r="D7" s="5">
-        <v>5.5604663596824144</v>
+        <v>5.5604945506512404</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>39.913098386000001</v>
+        <v>39.913100782999997</v>
       </c>
       <c r="C8" s="5">
-        <v>0.35643477400000023</v>
+        <v>0.35643836499999537</v>
       </c>
       <c r="D8" s="5">
-        <v>11.365189993519053</v>
+        <v>11.365310588746947</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>39.207734387999999</v>
+        <v>39.207740944000001</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.70536399800000282</v>
+        <v>-0.70535983899999621</v>
       </c>
       <c r="D9" s="5">
-        <v>-19.262433154025771</v>
+        <v>-19.262329335374439</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>39.450663507000002</v>
+        <v>39.450676884000003</v>
       </c>
       <c r="C10" s="5">
-        <v>0.24292911900000291</v>
+        <v>0.2429359400000024</v>
       </c>
       <c r="D10" s="5">
-        <v>7.6938178796486456</v>
+        <v>7.694039991656787</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>39.921863903000002</v>
+        <v>39.921877324999997</v>
       </c>
       <c r="C11" s="5">
-        <v>0.47120039600000041</v>
+        <v>0.47120044099999348</v>
       </c>
       <c r="D11" s="5">
-        <v>15.312921404052604</v>
+        <v>15.312917425754623</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>40.328717935</v>
+        <v>40.328730444000001</v>
       </c>
       <c r="C12" s="5">
-        <v>0.40685403199999826</v>
+        <v>0.40685311900000443</v>
       </c>
       <c r="D12" s="5">
-        <v>12.938827036986101</v>
+        <v>12.938791758404889</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>40.735994177999999</v>
+        <v>40.736007553999997</v>
       </c>
       <c r="C13" s="5">
-        <v>0.40727624299999832</v>
+        <v>0.40727710999999545</v>
       </c>
       <c r="D13" s="5">
-        <v>12.81500025851714</v>
+        <v>12.815024873300462</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>41.273766305000002</v>
+        <v>41.273774312</v>
       </c>
       <c r="C14" s="5">
-        <v>0.53777212700000376</v>
+        <v>0.53776675800000362</v>
       </c>
       <c r="D14" s="5">
-        <v>17.044058130594909</v>
+        <v>17.043869417004199</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>41.237393949000001</v>
+        <v>41.237397600999998</v>
       </c>
       <c r="C15" s="5">
-        <v>-3.6372356000001105E-2</v>
+        <v>-3.6376711000002615E-2</v>
       </c>
       <c r="D15" s="5">
-        <v>-1.0523851211871382</v>
+        <v>-1.0525103138730008</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>41.412408454999998</v>
+        <v>41.412406124999997</v>
       </c>
       <c r="C16" s="5">
-        <v>0.17501450599999657</v>
+        <v>0.175008523999999</v>
       </c>
       <c r="D16" s="5">
-        <v>5.2134656547408786</v>
+        <v>5.2132828060272862</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>41.488164968</v>
+        <v>41.488100305000003</v>
       </c>
       <c r="C17" s="5">
-        <v>7.5756513000001746E-2</v>
+        <v>7.5694180000006384E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>2.2174045431422762</v>
+        <v>2.2155617922233528</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>42.261117417999998</v>
+        <v>42.261110924</v>
       </c>
       <c r="C18" s="5">
-        <v>0.77295244999999824</v>
+        <v>0.77301061899999723</v>
       </c>
       <c r="D18" s="5">
-        <v>24.796094984737937</v>
+        <v>24.798198954645411</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>42.469449658999999</v>
+        <v>42.469446507000001</v>
       </c>
       <c r="C19" s="5">
-        <v>0.20833224100000081</v>
+        <v>0.20833558300000021</v>
       </c>
       <c r="D19" s="5">
-        <v>6.0786262899352961</v>
+        <v>6.0787274198222718</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>42.825100378999998</v>
+        <v>42.825091678</v>
       </c>
       <c r="C20" s="5">
-        <v>0.35565071999999986</v>
+        <v>0.35564517099999904</v>
       </c>
       <c r="D20" s="5">
-        <v>10.525140726114612</v>
+        <v>10.524969690093776</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>42.783128009000002</v>
+        <v>42.783139646999999</v>
       </c>
       <c r="C21" s="5">
-        <v>-4.1972369999996317E-2</v>
+        <v>-4.1952031000001E-2</v>
       </c>
       <c r="D21" s="5">
-        <v>-1.1697865714896283</v>
+        <v>-1.1692230024385908</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>43.127338457999997</v>
+        <v>43.127359151999997</v>
       </c>
       <c r="C22" s="5">
-        <v>0.34421044899999487</v>
+        <v>0.34421950499999809</v>
       </c>
       <c r="D22" s="5">
-        <v>10.0934488638033</v>
+        <v>10.093723408562694</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>43.459207571999997</v>
+        <v>43.459227437000003</v>
       </c>
       <c r="C23" s="5">
-        <v>0.33186911399999985</v>
+        <v>0.33186828500000587</v>
       </c>
       <c r="D23" s="5">
-        <v>9.6351343439743395</v>
+        <v>9.6351044273629505</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>43.135714425000003</v>
+        <v>43.135731501999999</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.32349314699999354</v>
+        <v>-0.32349593500000395</v>
       </c>
       <c r="D24" s="5">
-        <v>-8.5755606927952357</v>
+        <v>-8.5756278406258435</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>43.644618850999997</v>
+        <v>43.644634420000003</v>
       </c>
       <c r="C25" s="5">
-        <v>0.50890442599999375</v>
+        <v>0.50890291800000398</v>
       </c>
       <c r="D25" s="5">
-        <v>15.11303853957353</v>
+        <v>15.112984434707721</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>43.471047321999997</v>
+        <v>43.471056937</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.17357152900000017</v>
+        <v>-0.17357748300000253</v>
       </c>
       <c r="D26" s="5">
-        <v>-4.6693003461248717</v>
+        <v>-4.6694553998895767</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>43.225250148000001</v>
+        <v>43.225253586999997</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.24579717399999623</v>
+        <v>-0.24580335000000275</v>
       </c>
       <c r="D27" s="5">
-        <v>-6.5780472602813722</v>
+        <v>-6.578206027051503</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>43.806361348999999</v>
+        <v>43.806351820000003</v>
       </c>
       <c r="C28" s="5">
-        <v>0.5811112009999988</v>
+        <v>0.58109823300000585</v>
       </c>
       <c r="D28" s="5">
-        <v>17.380509928162692</v>
+        <v>17.38009146436066</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>43.375962833000003</v>
+        <v>43.375893003000002</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.43039851599999679</v>
+        <v>-0.43045881700000166</v>
       </c>
       <c r="D29" s="5">
-        <v>-11.17333384993926</v>
+        <v>-11.174817975077234</v>
       </c>
       <c r="E29" s="5">
-        <v>4.5502081532313277</v>
+        <v>4.5502027909735121</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>43.823448151999997</v>
+        <v>43.823435717999999</v>
       </c>
       <c r="C30" s="5">
-        <v>0.44748531899999477</v>
+        <v>0.44754271499999732</v>
       </c>
       <c r="D30" s="5">
-        <v>13.106878151988921</v>
+        <v>13.108678126113226</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>43.916096144000001</v>
+        <v>43.916085262999999</v>
       </c>
       <c r="C31" s="5">
-        <v>9.2647992000003399E-2</v>
+        <v>9.2649545000000444E-2</v>
       </c>
       <c r="D31" s="5">
-        <v>2.5666505791750449</v>
+        <v>2.5666948405548728</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>44.156084747999998</v>
+        <v>44.156042741</v>
       </c>
       <c r="C32" s="5">
-        <v>0.239988603999997</v>
+        <v>0.23995747800000089</v>
       </c>
       <c r="D32" s="5">
-        <v>6.7583792941608101</v>
+        <v>6.7574779638974958</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>44.460122665999997</v>
+        <v>44.460164638999998</v>
       </c>
       <c r="C33" s="5">
-        <v>0.3040379179999988</v>
+        <v>0.30412189799999823</v>
       </c>
       <c r="D33" s="5">
-        <v>8.5828360211909427</v>
+        <v>8.5853057302198508</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>44.894966400999998</v>
+        <v>44.895006492</v>
       </c>
       <c r="C34" s="5">
-        <v>0.43484373500000117</v>
+        <v>0.43484185300000178</v>
       </c>
       <c r="D34" s="5">
-        <v>12.389032193702398</v>
+        <v>12.388963325330661</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>44.994466146000001</v>
+        <v>44.994493912999999</v>
       </c>
       <c r="C35" s="5">
-        <v>9.9499745000002804E-2</v>
+        <v>9.9487420999999188E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>2.6921932657865799</v>
+        <v>2.691853303977676</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>45.347345476999998</v>
+        <v>45.347369872000002</v>
       </c>
       <c r="C36" s="5">
-        <v>0.35287933099999691</v>
+        <v>0.35287595900000213</v>
       </c>
       <c r="D36" s="5">
-        <v>9.8280303977443815</v>
+        <v>9.8279260678857838</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>44.853069562999998</v>
+        <v>44.853088714000002</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.49427591399999926</v>
+        <v>-0.49428115799999972</v>
       </c>
       <c r="D37" s="5">
-        <v>-12.323419809249291</v>
+        <v>-12.323536580462536</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>45.765096182999997</v>
+        <v>45.765105052000003</v>
       </c>
       <c r="C38" s="5">
-        <v>0.9120266199999989</v>
+        <v>0.91201633800000081</v>
       </c>
       <c r="D38" s="5">
-        <v>27.322898337090695</v>
+        <v>27.322542071043209</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>47.023927311000001</v>
+        <v>47.023926308</v>
       </c>
       <c r="C39" s="5">
-        <v>1.2588311280000042</v>
+        <v>1.2588212559999974</v>
       </c>
       <c r="D39" s="5">
-        <v>38.488660772567897</v>
+        <v>38.488303267002166</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>47.094333556000002</v>
+        <v>47.094312815000002</v>
       </c>
       <c r="C40" s="5">
-        <v>7.0406245000000922E-2</v>
+        <v>7.0386507000002041E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>1.8115611263440634</v>
+        <v>1.8110491159277098</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>47.441039148999998</v>
+        <v>47.440962269000003</v>
       </c>
       <c r="C41" s="5">
-        <v>0.34670559299999582</v>
+        <v>0.34664945400000136</v>
       </c>
       <c r="D41" s="5">
-        <v>9.2009592750395441</v>
+        <v>9.1994128364007786</v>
       </c>
       <c r="E41" s="5">
-        <v>9.3717258373048118</v>
+        <v>9.3717246713948867</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>46.889332242000002</v>
+        <v>46.889311634999999</v>
       </c>
       <c r="C42" s="5">
-        <v>-0.55170690699999625</v>
+        <v>-0.55165063400000491</v>
       </c>
       <c r="D42" s="5">
-        <v>-13.096302232332546</v>
+        <v>-13.095070564489875</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>47.471795393000001</v>
+        <v>47.471776638000001</v>
       </c>
       <c r="C43" s="5">
-        <v>0.5824631509999989</v>
+        <v>0.58246500300000292</v>
       </c>
       <c r="D43" s="5">
-        <v>15.968305246961823</v>
+        <v>15.968367041780729</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>47.709853408000001</v>
+        <v>47.709777217000003</v>
       </c>
       <c r="C44" s="5">
-        <v>0.23805801500000001</v>
+        <v>0.23800057900000127</v>
       </c>
       <c r="D44" s="5">
-        <v>6.1864496283852599</v>
+        <v>6.1849181459730618</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>47.731998652999998</v>
+        <v>47.732072912</v>
       </c>
       <c r="C45" s="5">
-        <v>2.214524499999726E-2</v>
+        <v>2.229569499999684E-2</v>
       </c>
       <c r="D45" s="5">
-        <v>0.55842218933066512</v>
+        <v>0.56222664534710809</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>47.257434422000003</v>
+        <v>47.257496201999999</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.47456423099999512</v>
+        <v>-0.4745767100000009</v>
       </c>
       <c r="D46" s="5">
-        <v>-11.299463261187414</v>
+        <v>-11.299727702908168</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>47.208188305999997</v>
+        <v>47.208226529999997</v>
       </c>
       <c r="C47" s="5">
-        <v>-4.9246116000006168E-2</v>
+        <v>-4.9269672000001208E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>-1.2433559223193447</v>
+        <v>-1.2439456363347201</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>47.550807415999998</v>
+        <v>47.550840117</v>
       </c>
       <c r="C48" s="5">
-        <v>0.34261911000000111</v>
+        <v>0.34261358700000244</v>
       </c>
       <c r="D48" s="5">
-        <v>9.0653357481981658</v>
+        <v>9.0651760983406113</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>47.694914162000003</v>
+        <v>47.694936181000003</v>
       </c>
       <c r="C49" s="5">
-        <v>0.14410674600000561</v>
+        <v>0.14409606400000285</v>
       </c>
       <c r="D49" s="5">
-        <v>3.6979354274881748</v>
+        <v>3.6976541456788414</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>48.464490775000002</v>
+        <v>48.464497119999997</v>
       </c>
       <c r="C50" s="5">
-        <v>0.76957661299999813</v>
+        <v>0.76956093899999445</v>
       </c>
       <c r="D50" s="5">
-        <v>21.176662981756955</v>
+        <v>21.176182043026849</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>47.912637009000001</v>
+        <v>47.912630372000002</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.55185376600000069</v>
+        <v>-0.5518667479999948</v>
       </c>
       <c r="D51" s="5">
-        <v>-12.840035798633419</v>
+        <v>-12.840317614460107</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>48.421691926000001</v>
+        <v>48.421660441999997</v>
       </c>
       <c r="C52" s="5">
-        <v>0.50905491700000027</v>
+        <v>0.50903006999999434</v>
       </c>
       <c r="D52" s="5">
-        <v>13.521633929061206</v>
+        <v>13.520936887880053</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>48.204569204999999</v>
+        <v>48.204483875999998</v>
       </c>
       <c r="C53" s="5">
-        <v>-0.21712272100000263</v>
+        <v>-0.21717656599999913</v>
       </c>
       <c r="D53" s="5">
-        <v>-5.2500588500431045</v>
+        <v>-5.2513322128118762</v>
       </c>
       <c r="E53" s="5">
-        <v>1.60942945115925</v>
+        <v>1.6094142498009889</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>49.066570005999999</v>
+        <v>49.066543633000002</v>
       </c>
       <c r="C54" s="5">
-        <v>0.86200080100000065</v>
+        <v>0.86205975700000437</v>
       </c>
       <c r="D54" s="5">
-        <v>23.70006408591059</v>
+        <v>23.701893846876978</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>49.205002022999999</v>
+        <v>49.204975861999998</v>
       </c>
       <c r="C55" s="5">
-        <v>0.13843201699999952</v>
+        <v>0.13843222899999574</v>
       </c>
       <c r="D55" s="5">
-        <v>3.4386041321948113</v>
+        <v>3.4386113571911681</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>49.292474505999998</v>
+        <v>49.292372221999997</v>
       </c>
       <c r="C56" s="5">
-        <v>8.7472482999999102E-2</v>
+        <v>8.7396359999999618E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>2.154240198247237</v>
+        <v>2.1523482726501841</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>50.318585173000002</v>
+        <v>50.318688065000003</v>
       </c>
       <c r="C57" s="5">
-        <v>1.0261106670000046</v>
+        <v>1.0263158430000061</v>
       </c>
       <c r="D57" s="5">
-        <v>28.048239153313848</v>
+        <v>28.054569790476979</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>50.944082451</v>
+        <v>50.944162331999998</v>
       </c>
       <c r="C58" s="5">
-        <v>0.62549727799999744</v>
+        <v>0.6254742669999942</v>
       </c>
       <c r="D58" s="5">
-        <v>15.980206782172379</v>
+        <v>15.979543196053392</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>51.380238141</v>
+        <v>51.380283918000003</v>
       </c>
       <c r="C59" s="5">
-        <v>0.43615568999999965</v>
+        <v>0.43612158600000583</v>
       </c>
       <c r="D59" s="5">
-        <v>10.771597432904411</v>
+        <v>10.770697439263532</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>51.980692505</v>
+        <v>51.980729511</v>
       </c>
       <c r="C60" s="5">
-        <v>0.60045436400000085</v>
+        <v>0.60044559299999634</v>
       </c>
       <c r="D60" s="5">
-        <v>14.961223782516297</v>
+        <v>14.96097680836581</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>52.532004694000001</v>
+        <v>52.532027675999998</v>
       </c>
       <c r="C61" s="5">
-        <v>0.55131218900000079</v>
+        <v>0.55129816499999862</v>
       </c>
       <c r="D61" s="5">
-        <v>13.496628438636126</v>
+        <v>13.496254673509856</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>52.561888531000001</v>
+        <v>52.561888994999997</v>
       </c>
       <c r="C62" s="5">
-        <v>2.9883836999999858E-2</v>
+        <v>2.9861318999998332E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>0.68478287842062002</v>
+        <v>0.68426496782227897</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>52.227833627999999</v>
+        <v>52.227818366999998</v>
       </c>
       <c r="C63" s="5">
-        <v>-0.33405490300000196</v>
+        <v>-0.3340706279999992</v>
       </c>
       <c r="D63" s="5">
-        <v>-7.3655316575244045</v>
+        <v>-7.3658662840213829</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>52.516972832999997</v>
+        <v>52.516933723000001</v>
       </c>
       <c r="C64" s="5">
-        <v>0.2891392049999979</v>
+        <v>0.28911535600000349</v>
       </c>
       <c r="D64" s="5">
-        <v>6.8493961444891172</v>
+        <v>6.8488159393048198</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>52.770527162999997</v>
+        <v>52.770446907</v>
       </c>
       <c r="C65" s="5">
-        <v>0.25355433000000005</v>
+        <v>0.25351318399999911</v>
       </c>
       <c r="D65" s="5">
-        <v>5.9500036749642105</v>
+        <v>5.9490168974281943</v>
       </c>
       <c r="E65" s="5">
-        <v>9.4720439022747183</v>
+        <v>9.4720711930976531</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>51.270286919999997</v>
+        <v>51.270257764</v>
       </c>
       <c r="C66" s="5">
-        <v>-1.5002402430000004</v>
+        <v>-1.5001891430000001</v>
       </c>
       <c r="D66" s="5">
-        <v>-29.25564650279555</v>
+        <v>-29.254838164020747</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>50.800219986999998</v>
+        <v>50.800194503</v>
       </c>
       <c r="C67" s="5">
-        <v>-0.47006693299999824</v>
+        <v>-0.47006326099999995</v>
       </c>
       <c r="D67" s="5">
-        <v>-10.463906626615415</v>
+        <v>-10.463834616874079</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>50.644400677999997</v>
+        <v>50.644296842000003</v>
       </c>
       <c r="C68" s="5">
-        <v>-0.15581930900000174</v>
+        <v>-0.15589766099999736</v>
       </c>
       <c r="D68" s="5">
-        <v>-3.6192908471530782</v>
+        <v>-3.621081946129534</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>49.286599174000003</v>
+        <v>49.286703041999999</v>
       </c>
       <c r="C69" s="5">
-        <v>-1.357801503999994</v>
+        <v>-1.3575938000000036</v>
       </c>
       <c r="D69" s="5">
-        <v>-27.827957536387526</v>
+        <v>-27.82435658895308</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>49.529989995000001</v>
+        <v>49.530071020999998</v>
       </c>
       <c r="C70" s="5">
-        <v>0.24339082099999843</v>
+        <v>0.24336797899999851</v>
       </c>
       <c r="D70" s="5">
-        <v>6.0895614135627607</v>
+        <v>6.088961122100689</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>49.976375449999999</v>
+        <v>49.976425798999998</v>
       </c>
       <c r="C71" s="5">
-        <v>0.44638545499999793</v>
+        <v>0.4463547779999999</v>
       </c>
       <c r="D71" s="5">
-        <v>11.36742655817573</v>
+        <v>11.366586707164107</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>49.164245668</v>
+        <v>49.164281887000001</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.81212978199999952</v>
+        <v>-0.81214391199999625</v>
       </c>
       <c r="D72" s="5">
-        <v>-17.848500645448762</v>
+        <v>-17.848767566943437</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>48.974356819999997</v>
+        <v>48.974378426000001</v>
       </c>
       <c r="C73" s="5">
-        <v>-0.1898888480000025</v>
+        <v>-0.18990346100000011</v>
       </c>
       <c r="D73" s="5">
-        <v>-4.5376036866430329</v>
+        <v>-4.5379422232797006</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>49.004671911000003</v>
+        <v>49.004668678999998</v>
       </c>
       <c r="C74" s="5">
-        <v>3.0315091000005623E-2</v>
+        <v>3.0290252999996881E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>0.74533320281020554</v>
+        <v>0.74472012202901894</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>48.721077759000003</v>
+        <v>48.721059347000001</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.28359415199999916</v>
+        <v>-0.28360933199999749</v>
       </c>
       <c r="D75" s="5">
-        <v>-6.7276733733605321</v>
+        <v>-6.7280225321715514</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>48.803998073000002</v>
+        <v>48.803957924999999</v>
       </c>
       <c r="C76" s="5">
-        <v>8.2920313999998996E-2</v>
+        <v>8.2898577999998224E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>2.061553500797153</v>
+        <v>2.0610088223556922</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>49.046897117999997</v>
+        <v>49.046827616999998</v>
       </c>
       <c r="C77" s="5">
-        <v>0.24289904499999437</v>
+        <v>0.2428696919999993</v>
       </c>
       <c r="D77" s="5">
-        <v>6.138668493445576</v>
+        <v>6.1379114370250676</v>
       </c>
       <c r="E77" s="5">
-        <v>-7.056268423277789</v>
+        <v>-7.0562587740867988</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>48.984750607999999</v>
+        <v>48.984723764999998</v>
       </c>
       <c r="C78" s="5">
-        <v>-6.2146509999998045E-2</v>
+        <v>-6.2103851999999904E-2</v>
       </c>
       <c r="D78" s="5">
-        <v>-1.509948425340657</v>
+        <v>-1.5089213119232725</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>49.567116075999998</v>
+        <v>49.567091834999999</v>
       </c>
       <c r="C79" s="5">
-        <v>0.582365467999999</v>
+        <v>0.58236807000000113</v>
       </c>
       <c r="D79" s="5">
-        <v>15.237280705568978</v>
+        <v>15.237362200699089</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>49.560876804000003</v>
+        <v>49.560782060999998</v>
       </c>
       <c r="C80" s="5">
-        <v>-6.2392719999948554E-3</v>
+        <v>-6.3097740000017666E-3</v>
       </c>
       <c r="D80" s="5">
-        <v>-0.15094574237966008</v>
+        <v>-0.15265026695939765</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>49.756966353000003</v>
+        <v>49.757063242999997</v>
       </c>
       <c r="C81" s="5">
-        <v>0.19608954899999986</v>
+        <v>0.19628118199999989</v>
       </c>
       <c r="D81" s="5">
-        <v>4.8525395133179661</v>
+        <v>4.8573950288531176</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>50.119190428000003</v>
+        <v>50.119262266</v>
       </c>
       <c r="C82" s="5">
-        <v>0.36222407500000031</v>
+        <v>0.36219902300000228</v>
       </c>
       <c r="D82" s="5">
-        <v>9.0942448936232942</v>
+        <v>9.093572105861881</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>49.852848766000001</v>
+        <v>49.852895238000002</v>
       </c>
       <c r="C83" s="5">
-        <v>-0.26634166200000209</v>
+        <v>-0.26636702799999767</v>
       </c>
       <c r="D83" s="5">
-        <v>-6.1938744992501515</v>
+        <v>-6.1944386391341588</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>50.095725797999997</v>
+        <v>50.095756248999997</v>
       </c>
       <c r="C84" s="5">
-        <v>0.24287703199999555</v>
+        <v>0.24286101099999513</v>
       </c>
       <c r="D84" s="5">
-        <v>6.0054788481802568</v>
+        <v>6.0050662837926039</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>50.419291843000003</v>
+        <v>50.419310993000003</v>
       </c>
       <c r="C85" s="5">
-        <v>0.32356604500000685</v>
+        <v>0.32355474400000617</v>
       </c>
       <c r="D85" s="5">
-        <v>8.032100686036614</v>
+        <v>8.0318050571988042</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>50.885287497999997</v>
+        <v>50.885281057999997</v>
       </c>
       <c r="C86" s="5">
-        <v>0.46599565499999329</v>
+        <v>0.46597006499999338</v>
       </c>
       <c r="D86" s="5">
-        <v>11.672410928741982</v>
+        <v>11.671732354678888</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>51.552074105000003</v>
+        <v>51.552054224999999</v>
       </c>
       <c r="C87" s="5">
-        <v>0.66678660700000592</v>
+        <v>0.66677316700000233</v>
       </c>
       <c r="D87" s="5">
-        <v>16.908725296810356</v>
+        <v>16.908361846319899</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>51.822906187999997</v>
+        <v>51.822872036</v>
       </c>
       <c r="C88" s="5">
-        <v>0.27083208299999484</v>
+        <v>0.27081781100000057</v>
       </c>
       <c r="D88" s="5">
-        <v>6.4896634231644157</v>
+        <v>6.4893140725708065</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>51.823124462000003</v>
+        <v>51.823075783</v>
       </c>
       <c r="C89" s="5">
-        <v>2.1827400000518082E-4</v>
+        <v>2.0374700000047596E-4</v>
       </c>
       <c r="D89" s="5">
-        <v>5.0544225920212682E-3</v>
+        <v>4.718026566341571E-3</v>
       </c>
       <c r="E89" s="5">
-        <v>5.6603526566028961</v>
+        <v>5.6604031308188807</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>52.219086052999998</v>
+        <v>52.219060964000001</v>
       </c>
       <c r="C90" s="5">
-        <v>0.39596159099999539</v>
+        <v>0.39598518100000035</v>
       </c>
       <c r="D90" s="5">
-        <v>9.5640497068345312</v>
+        <v>9.5646530209809519</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>52.624116852</v>
+        <v>52.624098255</v>
       </c>
       <c r="C91" s="5">
-        <v>0.40503079900000216</v>
+        <v>0.4050372909999993</v>
       </c>
       <c r="D91" s="5">
-        <v>9.7151619175774186</v>
+        <v>9.7153292071644906</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>53.102396116999998</v>
+        <v>53.102333395000002</v>
       </c>
       <c r="C92" s="5">
-        <v>0.47827926499999762</v>
+        <v>0.47823514000000245</v>
       </c>
       <c r="D92" s="5">
-        <v>11.468349396522148</v>
+        <v>11.467242174192771</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>53.210876012999996</v>
+        <v>53.210939359000001</v>
       </c>
       <c r="C93" s="5">
-        <v>0.10847989599999863</v>
+        <v>0.10860596399999878</v>
       </c>
       <c r="D93" s="5">
-        <v>2.4791440629228889</v>
+        <v>2.4820606070093953</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>53.292245592999997</v>
+        <v>53.292294034000001</v>
       </c>
       <c r="C94" s="5">
-        <v>8.1369580000000497E-2</v>
+        <v>8.1354675000000043E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>1.8505414555767263</v>
+        <v>1.8501974030741053</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>53.836101767000002</v>
+        <v>53.836140641999997</v>
       </c>
       <c r="C95" s="5">
-        <v>0.54385617400000541</v>
+        <v>0.54384660799999551</v>
       </c>
       <c r="D95" s="5">
-        <v>12.95748577876703</v>
+        <v>12.957232478971758</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>54.124726078000002</v>
+        <v>54.124750524</v>
       </c>
       <c r="C96" s="5">
-        <v>0.28862431099999952</v>
+        <v>0.28860988200000293</v>
       </c>
       <c r="D96" s="5">
-        <v>6.6265290884492734</v>
+        <v>6.626183058057955</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>54.395205662000002</v>
+        <v>54.395224224000003</v>
       </c>
       <c r="C97" s="5">
-        <v>0.27047958400000027</v>
+        <v>0.2704737000000037</v>
       </c>
       <c r="D97" s="5">
-        <v>6.1644074724192865</v>
+        <v>6.1642668040809534</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>54.717283897000002</v>
+        <v>54.717282916999999</v>
       </c>
       <c r="C98" s="5">
-        <v>0.32207823499999932</v>
+        <v>0.32205869299999534</v>
       </c>
       <c r="D98" s="5">
-        <v>7.341311963277164</v>
+        <v>7.3408493401829533</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>54.857518059</v>
+        <v>54.857500967</v>
       </c>
       <c r="C99" s="5">
-        <v>0.14023416199999872</v>
+        <v>0.14021805000000143</v>
       </c>
       <c r="D99" s="5">
-        <v>3.1191870573104019</v>
+        <v>3.1188236734571051</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>55.538674409999999</v>
+        <v>55.538661716</v>
       </c>
       <c r="C100" s="5">
-        <v>0.68115635099999849</v>
+        <v>0.68116074900000001</v>
       </c>
       <c r="D100" s="5">
-        <v>15.961082597393306</v>
+        <v>15.961198107710262</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>55.691043043000001</v>
+        <v>55.691002249999997</v>
       </c>
       <c r="C101" s="5">
-        <v>0.15236863300000181</v>
+        <v>0.15234053399999681</v>
       </c>
       <c r="D101" s="5">
-        <v>3.3422956343430732</v>
+        <v>3.3416707132767343</v>
       </c>
       <c r="E101" s="5">
-        <v>7.4636923596457461</v>
+        <v>7.4637145876795374</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>56.146325482999998</v>
+        <v>56.146281408999997</v>
       </c>
       <c r="C102" s="5">
-        <v>0.45528243999999773</v>
+        <v>0.45527915899999982</v>
       </c>
       <c r="D102" s="5">
-        <v>10.263517990525717</v>
+        <v>10.263448528504892</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>56.276746715000002</v>
+        <v>56.276741149999999</v>
       </c>
       <c r="C103" s="5">
-        <v>0.13042123200000333</v>
+        <v>0.13045974100000279</v>
       </c>
       <c r="D103" s="5">
-        <v>2.823346496465029</v>
+        <v>2.8241930633680967</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>56.741400556999999</v>
+        <v>56.741375910000002</v>
       </c>
       <c r="C104" s="5">
-        <v>0.46465384199999704</v>
+        <v>0.4646347600000027</v>
       </c>
       <c r="D104" s="5">
-        <v>10.37045026716914</v>
+        <v>10.370005932566762</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>57.502034711999997</v>
+        <v>57.502065074000001</v>
       </c>
       <c r="C105" s="5">
-        <v>0.7606341549999982</v>
+        <v>0.76068916399999864</v>
       </c>
       <c r="D105" s="5">
-        <v>17.326991239498881</v>
+        <v>17.328346219544844</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>57.571172134999998</v>
+        <v>57.571199368999999</v>
       </c>
       <c r="C106" s="5">
-        <v>6.9137423000000808E-2</v>
+        <v>6.9134294999997792E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>1.4523964649779231</v>
+        <v>1.4523295468160224</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>58.014203311000003</v>
+        <v>58.014233296</v>
       </c>
       <c r="C107" s="5">
-        <v>0.44303117600000519</v>
+        <v>0.44303392700000188</v>
       </c>
       <c r="D107" s="5">
-        <v>9.6354822254744121</v>
+        <v>9.6355398589943029</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>58.562000320000003</v>
+        <v>58.562019114000002</v>
       </c>
       <c r="C108" s="5">
-        <v>0.54779700899999995</v>
+        <v>0.54778581800000126</v>
       </c>
       <c r="D108" s="5">
-        <v>11.938334359356739</v>
+        <v>11.938071173017551</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>58.83610324</v>
+        <v>58.836122007999997</v>
       </c>
       <c r="C109" s="5">
-        <v>0.27410291999999714</v>
+        <v>0.27410289399999499</v>
       </c>
       <c r="D109" s="5">
-        <v>5.7635414722414291</v>
+        <v>5.7635390138552456</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>58.694265094999999</v>
+        <v>58.694271110999999</v>
       </c>
       <c r="C110" s="5">
-        <v>-0.14183814500000125</v>
+        <v>-0.14185089699999764</v>
       </c>
       <c r="D110" s="5">
-        <v>-2.8548295646179112</v>
+        <v>-2.8550819364057012</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>58.702971443000003</v>
+        <v>58.702957400999999</v>
       </c>
       <c r="C111" s="5">
-        <v>8.7063480000040272E-3</v>
+        <v>8.6862899999999854E-3</v>
       </c>
       <c r="D111" s="5">
-        <v>0.17814594568921205</v>
+        <v>0.17773517425110352</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>58.900983797000002</v>
+        <v>58.900990929000002</v>
       </c>
       <c r="C112" s="5">
-        <v>0.19801235399999939</v>
+        <v>0.1980335280000034</v>
       </c>
       <c r="D112" s="5">
-        <v>4.1236931447084846</v>
+        <v>4.1241433209270095</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>58.981920469000002</v>
+        <v>58.981884346000001</v>
       </c>
       <c r="C113" s="5">
-        <v>8.0936671999999987E-2</v>
+        <v>8.0893416999998635E-2</v>
       </c>
       <c r="D113" s="5">
-        <v>1.6614562218790541</v>
+        <v>1.6605613691626164</v>
       </c>
       <c r="E113" s="5">
-        <v>5.9091682363698217</v>
+        <v>5.9091809503212911</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>58.832161425999999</v>
+        <v>58.832095869</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.14975904300000309</v>
+        <v>-0.14978847700000131</v>
       </c>
       <c r="D114" s="5">
-        <v>-3.0046890890290778</v>
+        <v>-3.0052732287334294</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>59.192627115999997</v>
+        <v>59.192634437999999</v>
       </c>
       <c r="C115" s="5">
-        <v>0.36046568999999806</v>
+        <v>0.36053856899999914</v>
       </c>
       <c r="D115" s="5">
-        <v>7.6053181032502692</v>
+        <v>7.6069167048094188</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>59.270437041000001</v>
+        <v>59.270442756999998</v>
       </c>
       <c r="C116" s="5">
-        <v>7.7809925000003943E-2</v>
+        <v>7.780831899999896E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>1.5888793492068176</v>
+        <v>1.5888461192550274</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>59.712565716999997</v>
+        <v>59.712568709999999</v>
       </c>
       <c r="C117" s="5">
-        <v>0.44212867599999583</v>
+        <v>0.44212595300000146</v>
       </c>
       <c r="D117" s="5">
-        <v>9.3279568353475959</v>
+        <v>9.3278960719544344</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>60.257606789999997</v>
+        <v>60.257619005999999</v>
       </c>
       <c r="C118" s="5">
-        <v>0.54504107300000015</v>
+        <v>0.54505029599999943</v>
       </c>
       <c r="D118" s="5">
-        <v>11.5202571471821</v>
+        <v>11.520461371452551</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>60.263655317999998</v>
+        <v>60.263680186999999</v>
       </c>
       <c r="C119" s="5">
-        <v>6.0485280000008856E-3</v>
+        <v>6.061180999999749E-3</v>
       </c>
       <c r="D119" s="5">
-        <v>0.12051992170967196</v>
+        <v>0.12077215401151697</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>60.326496122000002</v>
+        <v>60.326513798999997</v>
       </c>
       <c r="C120" s="5">
-        <v>6.2840804000003914E-2</v>
+        <v>6.2833611999998595E-2</v>
       </c>
       <c r="D120" s="5">
-        <v>1.2585190373924915</v>
+        <v>1.2583736532403522</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>60.553370446999999</v>
+        <v>60.553389906</v>
       </c>
       <c r="C121" s="5">
-        <v>0.22687432499999716</v>
+        <v>0.22687610700000249</v>
       </c>
       <c r="D121" s="5">
-        <v>4.6074556678765033</v>
+        <v>4.6074912311306448</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>61.170044343999997</v>
+        <v>61.170058879000003</v>
       </c>
       <c r="C122" s="5">
-        <v>0.61667389699999831</v>
+        <v>0.61666897300000301</v>
       </c>
       <c r="D122" s="5">
-        <v>12.929053503225862</v>
+        <v>12.92894002781042</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>61.601577493999997</v>
+        <v>61.601568071999999</v>
       </c>
       <c r="C123" s="5">
-        <v>0.43153314999999992</v>
+        <v>0.43150919299999657</v>
       </c>
       <c r="D123" s="5">
-        <v>8.801895303191376</v>
+        <v>8.8013853713346357</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>62.285154222000003</v>
+        <v>62.285177410999999</v>
       </c>
       <c r="C124" s="5">
-        <v>0.68357672800000557</v>
+        <v>0.6836093390000002</v>
       </c>
       <c r="D124" s="5">
-        <v>14.159622714454967</v>
+        <v>14.160342270821168</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>62.464054376999997</v>
+        <v>62.464012124999996</v>
       </c>
       <c r="C125" s="5">
-        <v>0.17890015499999379</v>
+        <v>0.17883471399999706</v>
       </c>
       <c r="D125" s="5">
-        <v>3.5017057262160645</v>
+        <v>3.5004031965012006</v>
       </c>
       <c r="E125" s="5">
-        <v>5.9037309743587452</v>
+        <v>5.903724198727045</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>62.325811545000001</v>
+        <v>62.325723959000001</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.13824283199999599</v>
+        <v>-0.13828816599999527</v>
       </c>
       <c r="D126" s="5">
-        <v>-2.6236998439368997</v>
+        <v>-2.6245515388671037</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>62.831286607999999</v>
+        <v>62.831300554999999</v>
       </c>
       <c r="C127" s="5">
-        <v>0.50547506299999867</v>
+        <v>0.50557659599999738</v>
       </c>
       <c r="D127" s="5">
-        <v>10.178315760726786</v>
+        <v>10.180467258739668</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>63.322305040000003</v>
+        <v>63.322318056</v>
       </c>
       <c r="C128" s="5">
-        <v>0.49101843200000417</v>
+        <v>0.49101750100000174</v>
       </c>
       <c r="D128" s="5">
-        <v>9.7916093788008141</v>
+        <v>9.7915877404387111</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>63.646868957999999</v>
+        <v>63.646872184999999</v>
       </c>
       <c r="C129" s="5">
-        <v>0.32456391799999551</v>
+        <v>0.32455412899999914</v>
       </c>
       <c r="D129" s="5">
-        <v>6.327092837931203</v>
+        <v>6.3268952611972518</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>64.234611892999993</v>
+        <v>64.234622096999999</v>
       </c>
       <c r="C130" s="5">
-        <v>0.5877429349999943</v>
+        <v>0.5877499119999996</v>
       </c>
       <c r="D130" s="5">
-        <v>11.661826426490741</v>
+        <v>11.661971346027556</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>64.172962619000003</v>
+        <v>64.172983528000003</v>
       </c>
       <c r="C131" s="5">
-        <v>-6.1649273999989873E-2</v>
+        <v>-6.1638568999995869E-2</v>
       </c>
       <c r="D131" s="5">
-        <v>-1.1456419599489842</v>
+        <v>-1.1454438943261147</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>63.878990346000002</v>
+        <v>63.879008061999997</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.29397227300000139</v>
+        <v>-0.29397546600000624</v>
       </c>
       <c r="D132" s="5">
-        <v>-5.3607162873437364</v>
+        <v>-5.3607713511276796</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>64.235668261000001</v>
+        <v>64.235686736000005</v>
       </c>
       <c r="C133" s="5">
-        <v>0.35667791499999879</v>
+        <v>0.3566786740000083</v>
       </c>
       <c r="D133" s="5">
-        <v>6.9100273411947688</v>
+        <v>6.910040524368255</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>64.542931218000007</v>
+        <v>64.542947454</v>
       </c>
       <c r="C134" s="5">
-        <v>0.30726295700000605</v>
+        <v>0.30726071799999488</v>
       </c>
       <c r="D134" s="5">
-        <v>5.8934898593777874</v>
+        <v>5.8934440380615349</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>64.221017024999995</v>
+        <v>64.221010019999994</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.32191419300001201</v>
+        <v>-0.32193743400000585</v>
       </c>
       <c r="D135" s="5">
-        <v>-5.8236342864513846</v>
+        <v>-5.8240418393430975</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>64.578111332999995</v>
+        <v>64.578137819999995</v>
       </c>
       <c r="C136" s="5">
-        <v>0.35709430800000064</v>
+        <v>0.35712780000000066</v>
       </c>
       <c r="D136" s="5">
-        <v>6.8803643590621633</v>
+        <v>6.8810303080842683</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>64.974992342999997</v>
+        <v>64.974949941000006</v>
       </c>
       <c r="C137" s="5">
-        <v>0.39688101000000131</v>
+        <v>0.39681212100001062</v>
       </c>
       <c r="D137" s="5">
-        <v>7.6293633376783632</v>
+        <v>7.6279907567577077</v>
       </c>
       <c r="E137" s="5">
-        <v>4.0198126603266937</v>
+        <v>4.019815139276095</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>64.203011536000005</v>
+        <v>64.202922139999998</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.77198080699999139</v>
+        <v>-0.77202780100000723</v>
       </c>
       <c r="D138" s="5">
-        <v>-13.361693779606199</v>
+        <v>-13.362462923661788</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>65.056744034999994</v>
+        <v>65.056754381999994</v>
       </c>
       <c r="C139" s="5">
-        <v>0.85373249899998882</v>
+        <v>0.85383224199999574</v>
       </c>
       <c r="D139" s="5">
-        <v>17.177192803005291</v>
+        <v>17.179374347395626</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>65.369768483000001</v>
+        <v>65.369782756999996</v>
       </c>
       <c r="C140" s="5">
-        <v>0.31302444800000728</v>
+        <v>0.3130283750000018</v>
       </c>
       <c r="D140" s="5">
-        <v>5.9291471066118318</v>
+        <v>5.9292225011190469</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>65.084627071</v>
+        <v>65.084631857999995</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.28514141200000154</v>
+        <v>-0.28515089900000135</v>
       </c>
       <c r="D141" s="5">
-        <v>-5.1106030649231364</v>
+        <v>-5.1107679530246646</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>65.422478784000006</v>
+        <v>65.422485236</v>
       </c>
       <c r="C142" s="5">
-        <v>0.33785171300000627</v>
+        <v>0.33785337800000548</v>
       </c>
       <c r="D142" s="5">
-        <v>6.4101098833271308</v>
+        <v>6.4101418959288781</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>65.804433467999999</v>
+        <v>65.804448324000006</v>
       </c>
       <c r="C143" s="5">
-        <v>0.38195468399999299</v>
+        <v>0.38196308800000622</v>
       </c>
       <c r="D143" s="5">
-        <v>7.2353351766196061</v>
+        <v>7.2354987826589667</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>65.660347324</v>
+        <v>65.660375252999998</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.14408614399999919</v>
+        <v>-0.14407307100000821</v>
       </c>
       <c r="D144" s="5">
-        <v>-2.5961205842099155</v>
+        <v>-2.5958872871560512</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>66.010781238999996</v>
+        <v>66.010799817999995</v>
       </c>
       <c r="C145" s="5">
-        <v>0.35043391499999643</v>
+        <v>0.3504245649999973</v>
       </c>
       <c r="D145" s="5">
-        <v>6.5958663695127262</v>
+        <v>6.5956822979093666</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>66.056269787000005</v>
+        <v>66.056284082999994</v>
       </c>
       <c r="C146" s="5">
-        <v>4.5488548000008677E-2</v>
+        <v>4.5484264999998913E-2</v>
       </c>
       <c r="D146" s="5">
-        <v>0.83007077841761312</v>
+        <v>0.82999209171483734</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>66.508156431000003</v>
+        <v>66.508149606000003</v>
       </c>
       <c r="C147" s="5">
-        <v>0.45188664399999823</v>
+        <v>0.45186552300000926</v>
       </c>
       <c r="D147" s="5">
-        <v>8.5251440977716761</v>
+        <v>8.5247286115467169</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>66.528524085000001</v>
+        <v>66.528552755999996</v>
       </c>
       <c r="C148" s="5">
-        <v>2.0367653999997515E-2</v>
+        <v>2.040314999999282E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>0.36811115116546222</v>
+        <v>0.36875380250160905</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>67.098180361999994</v>
+        <v>67.098137854000001</v>
       </c>
       <c r="C149" s="5">
-        <v>0.56965627699999288</v>
+        <v>0.56958509800000456</v>
       </c>
       <c r="D149" s="5">
-        <v>10.773083714074749</v>
+        <v>10.771668737612528</v>
       </c>
       <c r="E149" s="5">
-        <v>3.2677002988962034</v>
+        <v>3.2677022682248147</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>66.717303272999999</v>
+        <v>66.717215996999997</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.38087708899999484</v>
+        <v>-0.38092185700000414</v>
       </c>
       <c r="D150" s="5">
-        <v>-6.603007337378541</v>
+        <v>-6.6037634326290391</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>67.319172844999997</v>
+        <v>67.319182224000002</v>
       </c>
       <c r="C151" s="5">
-        <v>0.60186957199999824</v>
+        <v>0.60196622700000546</v>
       </c>
       <c r="D151" s="5">
-        <v>11.379034547984412</v>
+        <v>11.380969176680411</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>67.7401014</v>
+        <v>67.740115474000007</v>
       </c>
       <c r="C152" s="5">
-        <v>0.42092855500000326</v>
+        <v>0.42093325000000448</v>
       </c>
       <c r="D152" s="5">
-        <v>7.7667672538971999</v>
+        <v>7.7668557648680858</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>67.703435982000002</v>
+        <v>67.703442092000003</v>
       </c>
       <c r="C153" s="5">
-        <v>-3.666541799999834E-2</v>
+        <v>-3.6673382000003585E-2</v>
       </c>
       <c r="D153" s="5">
-        <v>-0.64758916505094355</v>
+        <v>-0.64772927346393727</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>68.083219978000002</v>
+        <v>68.083221256000002</v>
       </c>
       <c r="C154" s="5">
-        <v>0.37978399600000046</v>
+        <v>0.37977916399999856</v>
       </c>
       <c r="D154" s="5">
-        <v>6.9430411667929404</v>
+        <v>6.9429494412999171</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>68.502073834000001</v>
+        <v>68.502082698999999</v>
       </c>
       <c r="C155" s="5">
-        <v>0.41885385599999836</v>
+        <v>0.41886144299999728</v>
       </c>
       <c r="D155" s="5">
-        <v>7.6374958690770933</v>
+        <v>7.6376387785976663</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>69.205448094999994</v>
+        <v>69.205477032000005</v>
       </c>
       <c r="C156" s="5">
-        <v>0.70337426099999334</v>
+        <v>0.70339433300000564</v>
       </c>
       <c r="D156" s="5">
-        <v>13.041727395496938</v>
+        <v>13.042119044524902</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>69.391360489999997</v>
+        <v>69.391386767</v>
       </c>
       <c r="C157" s="5">
-        <v>0.18591239500000256</v>
+        <v>0.18590973499999564</v>
       </c>
       <c r="D157" s="5">
-        <v>3.2717196055790376</v>
+        <v>3.271670712371888</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>69.97391485</v>
+        <v>69.973919721000001</v>
       </c>
       <c r="C158" s="5">
-        <v>0.58255436000000316</v>
+        <v>0.58253295400000127</v>
       </c>
       <c r="D158" s="5">
-        <v>10.55267049174069</v>
+        <v>10.552260474923546</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>69.709700746999999</v>
+        <v>69.709696223999998</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.26421410300000048</v>
+        <v>-0.26422349700000325</v>
       </c>
       <c r="D159" s="5">
-        <v>-4.4381487678539555</v>
+        <v>-4.4383029988466216</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>70.382650143999996</v>
+        <v>70.382671087999995</v>
       </c>
       <c r="C160" s="5">
-        <v>0.67294939699999645</v>
+        <v>0.67297486399999684</v>
       </c>
       <c r="D160" s="5">
-        <v>12.219612549781434</v>
+        <v>12.220100647793753</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>70.314458068999997</v>
+        <v>70.314427852999998</v>
       </c>
       <c r="C161" s="5">
-        <v>-6.8192074999998908E-2</v>
+        <v>-6.8243234999997071E-2</v>
       </c>
       <c r="D161" s="5">
-        <v>-1.1564758528008423</v>
+        <v>-1.1573385158769489</v>
       </c>
       <c r="E161" s="5">
-        <v>4.7933903567100256</v>
+        <v>4.7934117128531684</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>70.554055809999994</v>
+        <v>70.553996522000006</v>
       </c>
       <c r="C162" s="5">
-        <v>0.2395977409999972</v>
+        <v>0.23956866900000762</v>
       </c>
       <c r="D162" s="5">
-        <v>4.1665318095214676</v>
+        <v>4.1660185692188323</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>70.401293863999996</v>
+        <v>70.401297142999994</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.15276194599999826</v>
+        <v>-0.15269937900001196</v>
       </c>
       <c r="D163" s="5">
-        <v>-2.5674926690295363</v>
+        <v>-2.5664557130028687</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>70.418458857000005</v>
+        <v>70.418469314000006</v>
       </c>
       <c r="C164" s="5">
-        <v>1.7164993000008621E-2</v>
+        <v>1.7172171000012781E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>0.29297239636820738</v>
+        <v>0.29309506133223806</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>70.313000025999997</v>
+        <v>70.312999880999996</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.10545883100000708</v>
+        <v>-0.10546943300001033</v>
       </c>
       <c r="D165" s="5">
-        <v>-1.7823935920858403</v>
+        <v>-1.7825710438659881</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>70.734205274999994</v>
+        <v>70.734191112999994</v>
       </c>
       <c r="C166" s="5">
-        <v>0.42120524899999623</v>
+        <v>0.42119123199999819</v>
       </c>
       <c r="D166" s="5">
-        <v>7.4301549464291128</v>
+        <v>7.4298994965760423</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>70.608776950000006</v>
+        <v>70.608767008000001</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.12542832499998724</v>
+        <v>-0.12542410499999335</v>
       </c>
       <c r="D167" s="5">
-        <v>-2.1072506620690823</v>
+        <v>-2.1071808720004914</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>69.537814249999997</v>
+        <v>69.537848632000006</v>
       </c>
       <c r="C168" s="5">
-        <v>-1.0709627000000097</v>
+        <v>-1.0709183759999945</v>
       </c>
       <c r="D168" s="5">
-        <v>-16.756916336905149</v>
+        <v>-16.756281782517679</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>70.351279653999995</v>
+        <v>70.351313852999994</v>
       </c>
       <c r="C169" s="5">
-        <v>0.81346540399999867</v>
+        <v>0.81346522099998708</v>
       </c>
       <c r="D169" s="5">
-        <v>14.977163475372945</v>
+        <v>14.977151998334847</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>70.850223346000007</v>
+        <v>70.850222200000005</v>
       </c>
       <c r="C170" s="5">
-        <v>0.49894369200001165</v>
+        <v>0.49890834700001108</v>
       </c>
       <c r="D170" s="5">
-        <v>8.8505596885422033</v>
+        <v>8.8499035926607803</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>71.428938680000002</v>
+        <v>71.428940835999995</v>
       </c>
       <c r="C171" s="5">
-        <v>0.57871533399999464</v>
+        <v>0.57871863599999074</v>
       </c>
       <c r="D171" s="5">
-        <v>10.25433732309844</v>
+        <v>10.254398658235363</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>71.822163454999995</v>
+        <v>71.822181929999999</v>
       </c>
       <c r="C172" s="5">
-        <v>0.39322477499999309</v>
+        <v>0.39324109400000395</v>
       </c>
       <c r="D172" s="5">
-        <v>6.8098803798729124</v>
+        <v>6.8101713927996022</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>71.811544936000004</v>
+        <v>71.811531555000002</v>
       </c>
       <c r="C173" s="5">
-        <v>-1.0618518999990556E-2</v>
+        <v>-1.0650374999997325E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>-0.17726932764858816</v>
+        <v>-0.17780066366329672</v>
       </c>
       <c r="E173" s="5">
-        <v>2.1291309186098006</v>
+        <v>2.1291557760092505</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>71.948247391999999</v>
+        <v>71.948219468000005</v>
       </c>
       <c r="C174" s="5">
-        <v>0.13670245599999475</v>
+        <v>0.13668791300000294</v>
       </c>
       <c r="D174" s="5">
-        <v>2.3084228941641971</v>
+        <v>2.3081751721087951</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>72.148280439000004</v>
+        <v>72.148279932999998</v>
       </c>
       <c r="C175" s="5">
-        <v>0.20003304700000513</v>
+        <v>0.20006046499999286</v>
       </c>
       <c r="D175" s="5">
-        <v>3.3877740197304274</v>
+        <v>3.3882468325936888</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>72.949454235999994</v>
+        <v>72.949455028000003</v>
       </c>
       <c r="C176" s="5">
-        <v>0.80117379699998992</v>
+        <v>0.80117509500000494</v>
       </c>
       <c r="D176" s="5">
-        <v>14.170196590640538</v>
+        <v>14.170221073528699</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>72.586471101000001</v>
+        <v>72.586464551000006</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.36298313499999324</v>
+        <v>-0.36299047699999676</v>
       </c>
       <c r="D177" s="5">
-        <v>-5.8102528131563913</v>
+        <v>-5.8103670773494542</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>72.491635946000002</v>
+        <v>72.491611649999996</v>
       </c>
       <c r="C178" s="5">
-        <v>-9.4835154999998394E-2</v>
+        <v>-9.4852901000010093E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-1.5565982633651165</v>
+        <v>-1.5568875905682455</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>72.354659237000007</v>
+        <v>72.354620263000001</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.13697670899999537</v>
+        <v>-0.1369913869999948</v>
       </c>
       <c r="D179" s="5">
-        <v>-2.2440454002065957</v>
+        <v>-2.244284115770534</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>72.133107222000007</v>
+        <v>72.133129588000003</v>
       </c>
       <c r="C180" s="5">
-        <v>-0.22155201500000032</v>
+        <v>-0.2214906749999983</v>
       </c>
       <c r="D180" s="5">
-        <v>-3.6131795398329891</v>
+        <v>-3.6121978720639492</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>71.611090950999994</v>
+        <v>71.611130256999999</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.52201627100001247</v>
+        <v>-0.52199933100000351</v>
       </c>
       <c r="D181" s="5">
-        <v>-8.3467656213058401</v>
+        <v>-8.3465029621662801</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>72.475641472999996</v>
+        <v>72.475641069999995</v>
       </c>
       <c r="C182" s="5">
-        <v>0.86455052200000182</v>
+        <v>0.86451081299999544</v>
       </c>
       <c r="D182" s="5">
-        <v>15.489189990539941</v>
+        <v>15.488421608688663</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>73.061183874999998</v>
+        <v>73.061200088999996</v>
       </c>
       <c r="C183" s="5">
-        <v>0.58554240200000152</v>
+        <v>0.58555901900000151</v>
       </c>
       <c r="D183" s="5">
-        <v>10.13760977455771</v>
+        <v>10.137910429564002</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>73.208623121000002</v>
+        <v>73.208645712000006</v>
       </c>
       <c r="C184" s="5">
-        <v>0.14743924600000469</v>
+        <v>0.14744562300001007</v>
       </c>
       <c r="D184" s="5">
-        <v>2.4486887968084181</v>
+        <v>2.448795335619991</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>73.228633950000003</v>
+        <v>73.228645946</v>
       </c>
       <c r="C185" s="5">
-        <v>2.0010829000000285E-2</v>
+        <v>2.0000233999994066E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>0.32850130318367032</v>
+        <v>0.32832701089884342</v>
       </c>
       <c r="E185" s="5">
-        <v>1.973344279478928</v>
+        <v>1.9733799855175649</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>73.543026439000002</v>
+        <v>73.543030568000006</v>
       </c>
       <c r="C186" s="5">
-        <v>0.31439248899999939</v>
+        <v>0.31438462200000572</v>
       </c>
       <c r="D186" s="5">
-        <v>5.2753718404223715</v>
+        <v>5.2752358183904224</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>74.013711395000001</v>
+        <v>74.013705227000003</v>
       </c>
       <c r="C187" s="5">
-        <v>0.47068495599999949</v>
+        <v>0.47067465899999661</v>
       </c>
       <c r="D187" s="5">
-        <v>7.9563548713281973</v>
+        <v>7.9561741785592499</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>74.021333284999997</v>
+        <v>74.021322253999998</v>
       </c>
       <c r="C188" s="5">
-        <v>7.6218899999958012E-3</v>
+        <v>7.6170269999948914E-3</v>
       </c>
       <c r="D188" s="5">
-        <v>0.12364533452431381</v>
+        <v>0.12356641064650287</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>74.673928341000007</v>
+        <v>74.673913352</v>
       </c>
       <c r="C189" s="5">
-        <v>0.65259505600000978</v>
+        <v>0.65259109800000203</v>
       </c>
       <c r="D189" s="5">
-        <v>11.107952170791613</v>
+        <v>11.107883237549277</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>74.781082444999996</v>
+        <v>74.781045535000004</v>
       </c>
       <c r="C190" s="5">
-        <v>0.10715410399998859</v>
+        <v>0.10713218300000449</v>
       </c>
       <c r="D190" s="5">
-        <v>1.7356074038240576</v>
+        <v>1.7352498874830369</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>74.783280728999998</v>
+        <v>74.783201973000004</v>
       </c>
       <c r="C191" s="5">
-        <v>2.1982840000021042E-3</v>
+        <v>2.1564380000000938E-3</v>
       </c>
       <c r="D191" s="5">
-        <v>3.5281213593973959E-2</v>
+        <v>3.4609519549966272E-2</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>76.739282623999998</v>
+        <v>76.739306216000003</v>
       </c>
       <c r="C192" s="5">
-        <v>1.956001895</v>
+        <v>1.9561042429999986</v>
       </c>
       <c r="D192" s="5">
-        <v>36.319710811699579</v>
+        <v>36.321936474053018</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>77.308167174999994</v>
+        <v>77.308189632999998</v>
       </c>
       <c r="C193" s="5">
-        <v>0.56888455099999646</v>
+        <v>0.56888341699999501</v>
       </c>
       <c r="D193" s="5">
-        <v>9.2676758127460346</v>
+        <v>9.2676536128277078</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>77.283351296000006</v>
+        <v>77.283363291000001</v>
       </c>
       <c r="C194" s="5">
-        <v>-2.4815878999987717E-2</v>
+        <v>-2.4826341999997226E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>-0.38451999665432002</v>
+        <v>-0.38468172218177887</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>76.807448547999996</v>
+        <v>76.807463072999994</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.47590274800000998</v>
+        <v>-0.4759002180000067</v>
       </c>
       <c r="D195" s="5">
-        <v>-7.1442705996110138</v>
+        <v>-7.1442328245724607</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>76.574092618999998</v>
+        <v>76.574154973000006</v>
       </c>
       <c r="C196" s="5">
-        <v>-0.23335592899999824</v>
+        <v>-0.23330809999998792</v>
       </c>
       <c r="D196" s="5">
-        <v>-3.5855234647098277</v>
+        <v>-3.5848001373930405</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>77.437576042000003</v>
+        <v>77.437630615000003</v>
       </c>
       <c r="C197" s="5">
-        <v>0.86348342300000525</v>
+        <v>0.86347564199999738</v>
       </c>
       <c r="D197" s="5">
-        <v>14.403336700986413</v>
+        <v>14.403186291594405</v>
       </c>
       <c r="E197" s="5">
-        <v>5.7476725496119929</v>
+        <v>5.7477297506002945</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>77.517797037999998</v>
+        <v>77.517794500999997</v>
       </c>
       <c r="C198" s="5">
-        <v>8.0220995999994216E-2</v>
+        <v>8.0163885999994022E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>1.2502403618906976</v>
+        <v>1.2493443460547038</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>77.488826266999993</v>
+        <v>77.488815091999996</v>
       </c>
       <c r="C199" s="5">
-        <v>-2.8970771000004447E-2</v>
+        <v>-2.897940900000151E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>-0.44755598762966642</v>
+        <v>-0.44768917244271123</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>77.772081435999993</v>
+        <v>77.772061343999994</v>
       </c>
       <c r="C200" s="5">
-        <v>0.28325516900000025</v>
+        <v>0.28324625199999787</v>
       </c>
       <c r="D200" s="5">
-        <v>4.4757928238844169</v>
+        <v>4.475649737717835</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>78.178613134000003</v>
+        <v>78.178588278000007</v>
       </c>
       <c r="C201" s="5">
-        <v>0.4065316980000091</v>
+        <v>0.40652693400001283</v>
       </c>
       <c r="D201" s="5">
-        <v>6.4561794146859697</v>
+        <v>6.4561032849220323</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>78.477478090999995</v>
+        <v>78.477434160000001</v>
       </c>
       <c r="C202" s="5">
-        <v>0.29886495699999216</v>
+        <v>0.29884588199999484</v>
       </c>
       <c r="D202" s="5">
-        <v>4.6851108624129223</v>
+        <v>4.684807042371042</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>78.408705526999995</v>
+        <v>78.408598826000002</v>
       </c>
       <c r="C203" s="5">
-        <v>-6.8772563999999647E-2</v>
+        <v>-6.8835333999999193E-2</v>
       </c>
       <c r="D203" s="5">
-        <v>-1.0465482697019857</v>
+        <v>-1.0474994539498073</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>79.178458219999996</v>
+        <v>79.178480414999996</v>
       </c>
       <c r="C204" s="5">
-        <v>0.76975269300000093</v>
+        <v>0.76988158899999348</v>
       </c>
       <c r="D204" s="5">
-        <v>12.437992159939636</v>
+        <v>12.440206510464002</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>79.964488162999999</v>
+        <v>79.964487503000001</v>
       </c>
       <c r="C205" s="5">
-        <v>0.78602994300000262</v>
+        <v>0.78600708800000518</v>
       </c>
       <c r="D205" s="5">
-        <v>12.585238248761655</v>
+        <v>12.58484838508458</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>80.155017446000002</v>
+        <v>80.155038785000002</v>
       </c>
       <c r="C206" s="5">
-        <v>0.1905292830000036</v>
+        <v>0.19055128200000127</v>
       </c>
       <c r="D206" s="5">
-        <v>2.8969767161375337</v>
+        <v>2.8973156287962487</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>79.925068727999999</v>
+        <v>79.925073398999999</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.22994871800000283</v>
+        <v>-0.22996538600000349</v>
       </c>
       <c r="D207" s="5">
-        <v>-3.3887580569300191</v>
+        <v>-3.3889989424990552</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>80.567911330000001</v>
+        <v>80.568018023999997</v>
       </c>
       <c r="C208" s="5">
-        <v>0.64284260200000176</v>
+        <v>0.64294462499999838</v>
       </c>
       <c r="D208" s="5">
-        <v>10.090295932893278</v>
+        <v>10.09196821411631</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>80.586645587000007</v>
+        <v>80.586746250999994</v>
       </c>
       <c r="C209" s="5">
-        <v>1.8734257000005528E-2</v>
+        <v>1.8728226999996878E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>0.27939016223126334</v>
+        <v>0.27929974950477998</v>
       </c>
       <c r="E209" s="5">
-        <v>4.0665910607687872</v>
+        <v>4.0666477150580471</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>80.977103299999996</v>
+        <v>80.977094175999994</v>
       </c>
       <c r="C210" s="5">
-        <v>0.39045771299998933</v>
+        <v>0.39034792500000037</v>
       </c>
       <c r="D210" s="5">
-        <v>5.9717002281424847</v>
+        <v>5.9699684785978535</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>80.742260815999998</v>
+        <v>80.742242442000006</v>
       </c>
       <c r="C211" s="5">
-        <v>-0.23484248399999785</v>
+        <v>-0.23485173399998871</v>
       </c>
       <c r="D211" s="5">
-        <v>-3.425154591942503</v>
+        <v>-3.4252877374263302</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>81.372084400000006</v>
+        <v>81.372055451999998</v>
       </c>
       <c r="C212" s="5">
-        <v>0.62982358400000749</v>
+        <v>0.62981300999999235</v>
       </c>
       <c r="D212" s="5">
-        <v>9.7727192604498256</v>
+        <v>9.7725504060281807</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>81.014953778000006</v>
+        <v>81.014914656000002</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.35713062199999968</v>
+        <v>-0.35714079599999593</v>
       </c>
       <c r="D213" s="5">
-        <v>-5.1413429003107192</v>
+        <v>-5.1414876355623811</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>82.107024096999993</v>
+        <v>82.106967491999995</v>
       </c>
       <c r="C214" s="5">
-        <v>1.092070318999987</v>
+        <v>1.0920528359999935</v>
       </c>
       <c r="D214" s="5">
-        <v>17.430653697312849</v>
+        <v>17.430362695068524</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>82.478127986000004</v>
+        <v>82.478009771000004</v>
       </c>
       <c r="C215" s="5">
-        <v>0.37110388900001112</v>
+        <v>0.37104227900000808</v>
       </c>
       <c r="D215" s="5">
-        <v>5.5605880347861847</v>
+        <v>5.5596457400124644</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>82.917134654999998</v>
+        <v>82.917162810999997</v>
       </c>
       <c r="C216" s="5">
-        <v>0.43900666899999408</v>
+        <v>0.43915303999999367</v>
       </c>
       <c r="D216" s="5">
-        <v>6.577588324231165</v>
+        <v>6.5798557114848277</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>83.049772892999997</v>
+        <v>83.049749558000002</v>
       </c>
       <c r="C217" s="5">
-        <v>0.13263823799999841</v>
+        <v>0.13258674700000483</v>
       </c>
       <c r="D217" s="5">
-        <v>1.9365566822737268</v>
+        <v>1.9357976116777476</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>83.018302536999997</v>
+        <v>83.018330247999998</v>
       </c>
       <c r="C218" s="5">
-        <v>-3.1470355999999811E-2</v>
+        <v>-3.1419310000003975E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>-0.45377391224403762</v>
+        <v>-0.45303953321513823</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>83.239077424000001</v>
+        <v>83.239065740000001</v>
       </c>
       <c r="C219" s="5">
-        <v>0.22077488700000458</v>
+        <v>0.22073549200000286</v>
       </c>
       <c r="D219" s="5">
-        <v>3.2383148299936604</v>
+        <v>3.2377274131902167</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>83.460009131000007</v>
+        <v>83.460152918000006</v>
       </c>
       <c r="C220" s="5">
-        <v>0.22093170700000542</v>
+        <v>0.22108717800000477</v>
       </c>
       <c r="D220" s="5">
-        <v>3.2319278047599598</v>
+        <v>3.2342359194143633</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>83.822542260000006</v>
+        <v>83.822698482999996</v>
       </c>
       <c r="C221" s="5">
-        <v>0.36253312899999912</v>
+        <v>0.36254556499999069</v>
       </c>
       <c r="D221" s="5">
-        <v>5.3389067304245641</v>
+        <v>5.3390848496842835</v>
       </c>
       <c r="E221" s="5">
-        <v>4.0154254460269989</v>
+        <v>4.0154893733035601</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>84.277044085</v>
+        <v>84.277026203999995</v>
       </c>
       <c r="C222" s="5">
-        <v>0.45450182499999414</v>
+        <v>0.45432772099999852</v>
       </c>
       <c r="D222" s="5">
-        <v>6.7042203356920016</v>
+        <v>6.7015622781069872</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>84.743188830999998</v>
+        <v>84.743153473999996</v>
       </c>
       <c r="C223" s="5">
-        <v>0.46614474599999767</v>
+        <v>0.4661272700000012</v>
       </c>
       <c r="D223" s="5">
-        <v>6.8430034882714486</v>
+        <v>6.8427405829390553</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>84.936185734999995</v>
+        <v>84.936139628999996</v>
       </c>
       <c r="C224" s="5">
-        <v>0.19299690399999747</v>
+        <v>0.19298615499999983</v>
       </c>
       <c r="D224" s="5">
-        <v>2.7674125888363488</v>
+        <v>2.7672576906927038</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>85.547149859000001</v>
+        <v>85.547082918000001</v>
       </c>
       <c r="C225" s="5">
-        <v>0.61096412400000588</v>
+        <v>0.61094328900000505</v>
       </c>
       <c r="D225" s="5">
-        <v>8.9816779299169767</v>
+        <v>8.9813644904547019</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>86.048445143999999</v>
+        <v>86.048382040999996</v>
       </c>
       <c r="C226" s="5">
-        <v>0.50129528499999765</v>
+        <v>0.50129912299999546</v>
       </c>
       <c r="D226" s="5">
-        <v>7.2629626024186988</v>
+        <v>7.263025880908347</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>86.104726166000006</v>
+        <v>86.104617504999993</v>
       </c>
       <c r="C227" s="5">
-        <v>5.6281022000007397E-2</v>
+        <v>5.6235463999996682E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>0.78770408004620318</v>
+        <v>0.78706474003094051</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>84.977166327999996</v>
+        <v>84.977207097999994</v>
       </c>
       <c r="C228" s="5">
-        <v>-1.1275598380000105</v>
+        <v>-1.1274104069999993</v>
       </c>
       <c r="D228" s="5">
-        <v>-14.630436721832973</v>
+        <v>-14.628652404319343</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>84.997035332999999</v>
+        <v>84.997014716999999</v>
       </c>
       <c r="C229" s="5">
-        <v>1.9869005000003881E-2</v>
+        <v>1.9807619000005161E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>0.28094007459764647</v>
+        <v>0.28007085261185782</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>86.041200058000001</v>
+        <v>86.041227406000004</v>
       </c>
       <c r="C230" s="5">
-        <v>1.0441647250000017</v>
+        <v>1.0442126890000054</v>
       </c>
       <c r="D230" s="5">
-        <v>15.779634333680104</v>
+        <v>15.780412927492593</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>86.008593523000002</v>
+        <v>86.008587497999997</v>
       </c>
       <c r="C231" s="5">
-        <v>-3.2606534999999326E-2</v>
+        <v>-3.2639908000007267E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>-0.4538103911021496</v>
+        <v>-0.45427375621782673</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>85.784765195999995</v>
+        <v>85.784916632000005</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.22382832700000677</v>
+        <v>-0.22367086599999197</v>
       </c>
       <c r="D232" s="5">
-        <v>-3.0785611549301373</v>
+        <v>-3.0764265126656865</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>85.431657940999997</v>
+        <v>85.431838377999995</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.35310725499999762</v>
+        <v>-0.35307825400001036</v>
       </c>
       <c r="D233" s="5">
-        <v>-4.8291357736525935</v>
+        <v>-4.8287397554191092</v>
       </c>
       <c r="E233" s="5">
-        <v>1.9196693844107493</v>
+        <v>1.9196946938260906</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>85.352790084999995</v>
+        <v>85.352782336999994</v>
       </c>
       <c r="C234" s="5">
-        <v>-7.8867856000002234E-2</v>
+        <v>-7.9056041000001187E-2</v>
       </c>
       <c r="D234" s="5">
-        <v>-1.1021952512551003</v>
+        <v>-1.1048094849585466</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>84.829086888000006</v>
+        <v>84.829032901999994</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.52370319699998902</v>
+        <v>-0.52374943499999915</v>
       </c>
       <c r="D235" s="5">
-        <v>-7.1194369677974434</v>
+        <v>-7.1200451103072604</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>84.307170865000003</v>
+        <v>84.307093043999998</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.52191602300000284</v>
+        <v>-0.52193985799999609</v>
       </c>
       <c r="D236" s="5">
-        <v>-7.1382888619257461</v>
+        <v>-7.1386082939687734</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>83.871807021999999</v>
+        <v>83.871682882000002</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.43536384300000464</v>
+        <v>-0.4354101619999966</v>
       </c>
       <c r="D237" s="5">
-        <v>-6.0238148308470745</v>
+        <v>-6.024443023772208</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>83.498515204</v>
+        <v>83.498432136000005</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.37329181799999844</v>
+        <v>-0.37325074599999652</v>
       </c>
       <c r="D238" s="5">
-        <v>-5.2120712573756727</v>
+        <v>-5.2115192800429311</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>83.064597512999995</v>
+        <v>83.064513312000003</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.43391769100000488</v>
+        <v>-0.4339188240000027</v>
       </c>
       <c r="D239" s="5">
-        <v>-6.0608671161744176</v>
+        <v>-6.0608883504702504</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>82.796525977000002</v>
+        <v>82.796598650000007</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.26807153599999367</v>
+        <v>-0.26791466199999547</v>
       </c>
       <c r="D240" s="5">
-        <v>-3.8047125022856787</v>
+        <v>-3.8025291394465754</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>82.785719814999993</v>
+        <v>82.785719830000005</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.0806162000008612E-2</v>
+        <v>-1.0878820000002065E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>-0.15650523861104881</v>
+        <v>-0.15755664316876583</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>82.487445210000004</v>
+        <v>82.487499967000005</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.29827460499998892</v>
+        <v>-0.29821986299999992</v>
       </c>
       <c r="D242" s="5">
-        <v>-4.2389094396429794</v>
+        <v>-4.2381468249812375</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>83.245746753999995</v>
+        <v>83.245776774000007</v>
       </c>
       <c r="C243" s="5">
-        <v>0.75830154399999117</v>
+        <v>0.75827680700000144</v>
       </c>
       <c r="D243" s="5">
-        <v>11.606735972128668</v>
+        <v>11.606329898831525</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>83.275065208000001</v>
+        <v>83.275247462999999</v>
       </c>
       <c r="C244" s="5">
-        <v>2.9318454000005545E-2</v>
+        <v>2.9470688999992944E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>0.42344955693252029</v>
+        <v>0.42565243245993312</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>83.459300131999996</v>
+        <v>83.459509597999997</v>
       </c>
       <c r="C245" s="5">
-        <v>0.18423492399999475</v>
+        <v>0.18426213499999733</v>
       </c>
       <c r="D245" s="5">
-        <v>2.6873827524414473</v>
+        <v>2.6877785602380966</v>
       </c>
       <c r="E245" s="5">
-        <v>-2.3086966313613289</v>
+        <v>-2.3086577761247229</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>83.711251435999998</v>
+        <v>83.711219725999996</v>
       </c>
       <c r="C246" s="5">
-        <v>0.2519513040000021</v>
+        <v>0.25171012799999914</v>
       </c>
       <c r="D246" s="5">
-        <v>3.6833811138077266</v>
+        <v>3.6797871817629613</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>83.595406104999995</v>
+        <v>83.59531484</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.11584533100000272</v>
+        <v>-0.1159048859999956</v>
       </c>
       <c r="D247" s="5">
-        <v>-1.6480602513627374</v>
+        <v>-1.6489016820400826</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>84.109205011</v>
+        <v>84.109070209999999</v>
       </c>
       <c r="C248" s="5">
-        <v>0.51379890600000522</v>
+        <v>0.51375536999999838</v>
       </c>
       <c r="D248" s="5">
-        <v>7.6300133821502802</v>
+        <v>7.6293534688586018</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>84.106464828</v>
+        <v>84.106203285000007</v>
       </c>
       <c r="C249" s="5">
-        <v>-2.7401830000002292E-3</v>
+        <v>-2.8669249999921931E-3</v>
       </c>
       <c r="D249" s="5">
-        <v>-3.9087641690238595E-2</v>
+        <v>-4.0895293494602747E-2</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>84.365746384999994</v>
+        <v>84.365570950000006</v>
       </c>
       <c r="C250" s="5">
-        <v>0.25928155699999422</v>
+        <v>0.25936766499999919</v>
       </c>
       <c r="D250" s="5">
-        <v>3.7627058296075822</v>
+        <v>3.7639886070800266</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>84.457615556999997</v>
+        <v>84.457472756000001</v>
       </c>
       <c r="C251" s="5">
-        <v>9.1869172000002663E-2</v>
+        <v>9.1901805999995645E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>1.3145817740658261</v>
+        <v>1.3150542954371902</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>84.731789022000001</v>
+        <v>84.732132887000006</v>
       </c>
       <c r="C252" s="5">
-        <v>0.27417346500000406</v>
+        <v>0.27466013100000453</v>
       </c>
       <c r="D252" s="5">
-        <v>3.9658529997359526</v>
+        <v>3.9730257308940642</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>85.118256126000006</v>
+        <v>85.118253844999998</v>
       </c>
       <c r="C253" s="5">
-        <v>0.38646710400000472</v>
+        <v>0.38612095799999224</v>
       </c>
       <c r="D253" s="5">
-        <v>5.612687538408756</v>
+        <v>5.6075104477841142</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>84.593127727999999</v>
+        <v>84.593224758999995</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.52512839800000677</v>
+        <v>-0.52502908600000353</v>
       </c>
       <c r="D254" s="5">
-        <v>-7.1571668257287557</v>
+        <v>-7.1558590371258557</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>84.821244921000002</v>
+        <v>84.821399821</v>
       </c>
       <c r="C255" s="5">
-        <v>0.22811719300000277</v>
+        <v>0.22817506200000537</v>
       </c>
       <c r="D255" s="5">
-        <v>3.2843960873915723</v>
+        <v>3.2852378512639113</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>85.200934266000004</v>
+        <v>85.201199685000006</v>
       </c>
       <c r="C256" s="5">
-        <v>0.37968934500000273</v>
+        <v>0.37979986400000598</v>
       </c>
       <c r="D256" s="5">
-        <v>5.5058587193278496</v>
+        <v>5.5074907164579523</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>85.616673884999997</v>
+        <v>85.616889752000006</v>
       </c>
       <c r="C257" s="5">
-        <v>0.4157396189999929</v>
+        <v>0.41569006699999989</v>
       </c>
       <c r="D257" s="5">
-        <v>6.015151713096234</v>
+        <v>6.0143961784280942</v>
       </c>
       <c r="E257" s="5">
-        <v>2.5849411025348656</v>
+        <v>2.584942284458025</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>86.099526625999999</v>
+        <v>86.099492095000002</v>
       </c>
       <c r="C258" s="5">
-        <v>0.48285274100000208</v>
+        <v>0.48260234299999638</v>
       </c>
       <c r="D258" s="5">
-        <v>6.981563607206609</v>
+        <v>6.9778119892022206</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>86.447262366999993</v>
+        <v>86.447146271999998</v>
       </c>
       <c r="C259" s="5">
-        <v>0.34773574099999394</v>
+        <v>0.34765417699999546</v>
       </c>
       <c r="D259" s="5">
-        <v>4.9556371008317335</v>
+        <v>4.9544508159517164</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>86.364346518999994</v>
+        <v>86.364099874999994</v>
       </c>
       <c r="C260" s="5">
-        <v>-8.2915847999998959E-2</v>
+        <v>-8.3046397000003935E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>-1.1449269769042147</v>
+        <v>-1.1467216547880521</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>86.493499366999998</v>
+        <v>86.493001320999994</v>
       </c>
       <c r="C261" s="5">
-        <v>0.12915284800000393</v>
+        <v>0.12890144600000042</v>
       </c>
       <c r="D261" s="5">
-        <v>1.8093637859615486</v>
+        <v>1.8058180132033197</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>86.577068417000007</v>
+        <v>86.576698066000006</v>
       </c>
       <c r="C262" s="5">
-        <v>8.356905000000836E-2</v>
+        <v>8.3696745000011674E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>1.1656076784627656</v>
+        <v>1.167404995601129</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>87.004094648000006</v>
+        <v>87.003733060000002</v>
       </c>
       <c r="C263" s="5">
-        <v>0.42702623099999926</v>
+        <v>0.427034993999996</v>
       </c>
       <c r="D263" s="5">
-        <v>6.0820229301986828</v>
+        <v>6.0821778720716591</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>87.215879385999997</v>
+        <v>87.216251412000005</v>
       </c>
       <c r="C264" s="5">
-        <v>0.21178473799999153</v>
+        <v>0.21251835200000357</v>
       </c>
       <c r="D264" s="5">
-        <v>2.9604573226374331</v>
+        <v>2.9708629057343172</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>87.045898749000003</v>
+        <v>87.045628074000007</v>
       </c>
       <c r="C265" s="5">
-        <v>-0.16998063699999477</v>
+        <v>-0.17062333799999863</v>
       </c>
       <c r="D265" s="5">
-        <v>-2.3138494899950346</v>
+        <v>-2.3224944941746539</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>87.879377941000001</v>
+        <v>87.880895404</v>
       </c>
       <c r="C266" s="5">
-        <v>0.83347919199999865</v>
+        <v>0.83526732999999354</v>
       </c>
       <c r="D266" s="5">
-        <v>12.115052382445146</v>
+        <v>12.142470540236472</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>88.014250559999994</v>
+        <v>88.014221679000002</v>
       </c>
       <c r="C267" s="5">
-        <v>0.13487261899999226</v>
+        <v>0.13332627500000171</v>
       </c>
       <c r="D267" s="5">
-        <v>1.8573222668029743</v>
+        <v>1.8358177007609777</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>87.976765583000002</v>
+        <v>87.976899435999997</v>
       </c>
       <c r="C268" s="5">
-        <v>-3.7484976999991204E-2</v>
+        <v>-3.7322243000005528E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>-0.50988055180568592</v>
+        <v>-0.507672327227493</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>88.398556196000001</v>
+        <v>88.399072923999995</v>
       </c>
       <c r="C269" s="5">
-        <v>0.42179061299999887</v>
+        <v>0.42217348799999854</v>
       </c>
       <c r="D269" s="5">
-        <v>5.907365622235683</v>
+        <v>5.9128610358481382</v>
       </c>
       <c r="E269" s="5">
-        <v>3.2492296006927601</v>
+        <v>3.249572812162338</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>88.394575359000001</v>
+        <v>88.394353402999997</v>
       </c>
       <c r="C270" s="5">
-        <v>-3.9808370000002924E-3</v>
+        <v>-4.7195209999983945E-3</v>
       </c>
       <c r="D270" s="5">
-        <v>-5.4026011419117115E-2</v>
+        <v>-6.4047758752694417E-2</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>88.296521077999998</v>
+        <v>88.296253747999998</v>
       </c>
       <c r="C271" s="5">
-        <v>-9.805428100000313E-2</v>
+        <v>-9.809965499999862E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>-1.323043922369338</v>
+        <v>-1.323655723881012</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>88.626034134999998</v>
+        <v>88.625645104</v>
       </c>
       <c r="C272" s="5">
-        <v>0.32951305699999978</v>
+        <v>0.32939135600000213</v>
       </c>
       <c r="D272" s="5">
-        <v>4.571341472912005</v>
+        <v>4.569632441649718</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>88.468791238999998</v>
+        <v>88.467982820000003</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.15724289599999963</v>
+        <v>-0.15766228399999704</v>
       </c>
       <c r="D273" s="5">
-        <v>-2.1084213316917122</v>
+        <v>-2.1139990583163626</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>88.384131839999995</v>
+        <v>88.383455009000002</v>
       </c>
       <c r="C274" s="5">
-        <v>-8.4659399000003077E-2</v>
+        <v>-8.4527811000000952E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>-1.1423043837769264</v>
+        <v>-1.140548561901189</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>88.911113189000005</v>
+        <v>88.910557965999999</v>
       </c>
       <c r="C275" s="5">
-        <v>0.52698134900001037</v>
+        <v>0.52710295699999676</v>
       </c>
       <c r="D275" s="5">
-        <v>7.3942349120196704</v>
+        <v>7.39605609262588</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>89.272125392999996</v>
+        <v>89.272435075000004</v>
       </c>
       <c r="C276" s="5">
-        <v>0.36101220399999079</v>
+        <v>0.36187710900000525</v>
       </c>
       <c r="D276" s="5">
-        <v>4.9827444937089238</v>
+        <v>4.9949824289376332</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>89.488038044000007</v>
+        <v>89.487384844999994</v>
       </c>
       <c r="C277" s="5">
-        <v>0.21591265100001067</v>
+        <v>0.21494976999998983</v>
       </c>
       <c r="D277" s="5">
-        <v>2.9412279035964772</v>
+        <v>2.9279267690832667</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>89.502781304999999</v>
+        <v>89.505493964999999</v>
       </c>
       <c r="C278" s="5">
-        <v>1.4743260999992458E-2</v>
+        <v>1.8109120000005419E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>0.19788067316135471</v>
+        <v>0.24310853503086705</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>89.618134460999997</v>
+        <v>89.619005469000001</v>
       </c>
       <c r="C279" s="5">
-        <v>0.11535315599999763</v>
+        <v>0.11351150400000165</v>
       </c>
       <c r="D279" s="5">
-        <v>1.5575966774699301</v>
+        <v>1.5325086416581479</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>89.853787022999995</v>
+        <v>89.853562722000007</v>
       </c>
       <c r="C280" s="5">
-        <v>0.23565256199999851</v>
+        <v>0.23455725300000552</v>
       </c>
       <c r="D280" s="5">
-        <v>3.2014596630959735</v>
+        <v>3.1863330696102921</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>89.600173205999994</v>
+        <v>89.600854670999993</v>
       </c>
       <c r="C281" s="5">
-        <v>-0.25361381700000152</v>
+        <v>-0.25270805100001326</v>
       </c>
       <c r="D281" s="5">
-        <v>-3.3349320713438768</v>
+        <v>-3.3232133689402255</v>
       </c>
       <c r="E281" s="5">
-        <v>1.3593174614025649</v>
+        <v>1.3594958716741434</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>89.786138972000003</v>
+        <v>89.785649492000005</v>
       </c>
       <c r="C282" s="5">
-        <v>0.18596576600000958</v>
+        <v>0.18479482100001121</v>
       </c>
       <c r="D282" s="5">
-        <v>2.5192367474301758</v>
+        <v>2.5031746007658562</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>90.454229186000006</v>
+        <v>90.453783842000007</v>
       </c>
       <c r="C283" s="5">
-        <v>0.6680902140000029</v>
+        <v>0.66813435000000254</v>
       </c>
       <c r="D283" s="5">
-        <v>9.3037270049129326</v>
+        <v>9.3044198250823875</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>90.165228272999997</v>
+        <v>90.164688347999999</v>
       </c>
       <c r="C284" s="5">
-        <v>-0.28900091300000952</v>
+        <v>-0.28909549400000856</v>
       </c>
       <c r="D284" s="5">
-        <v>-3.7673349522475141</v>
+        <v>-3.7685645215684405</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>90.645098730000001</v>
+        <v>90.643938703000003</v>
       </c>
       <c r="C285" s="5">
-        <v>0.47987045700000408</v>
+        <v>0.4792503550000049</v>
       </c>
       <c r="D285" s="5">
-        <v>6.5768493975455256</v>
+        <v>6.5681411238382559</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>91.091345376999996</v>
+        <v>91.090194326000002</v>
       </c>
       <c r="C286" s="5">
-        <v>0.44624664699999528</v>
+        <v>0.44625562299999899</v>
       </c>
       <c r="D286" s="5">
-        <v>6.0702228748312548</v>
+        <v>6.0704281003817639</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>90.863701489999997</v>
+        <v>90.863318243999998</v>
       </c>
       <c r="C287" s="5">
-        <v>-0.22764388699999927</v>
+        <v>-0.22687608200000398</v>
       </c>
       <c r="D287" s="5">
-        <v>-2.9580091845023748</v>
+        <v>-2.9482053284984655</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>91.148870045999999</v>
+        <v>91.148711005999999</v>
       </c>
       <c r="C288" s="5">
-        <v>0.28516855600000213</v>
+        <v>0.28539276200000074</v>
       </c>
       <c r="D288" s="5">
-        <v>3.8317981278887858</v>
+        <v>3.8348794628624061</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>91.358133846000001</v>
+        <v>91.356787104000006</v>
       </c>
       <c r="C289" s="5">
-        <v>0.20926380000000222</v>
+        <v>0.20807609800000648</v>
       </c>
       <c r="D289" s="5">
-        <v>2.7900712276411666</v>
+        <v>2.7740413996912405</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>91.106018419999998</v>
+        <v>91.111152331</v>
       </c>
       <c r="C290" s="5">
-        <v>-0.25211542600000314</v>
+        <v>-0.24563477300000613</v>
       </c>
       <c r="D290" s="5">
-        <v>-3.2617627425125639</v>
+        <v>-3.1792011216844163</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>90.910948367000003</v>
+        <v>90.912140023999996</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.19507005299999491</v>
+        <v>-0.19901230700000383</v>
       </c>
       <c r="D291" s="5">
-        <v>-2.5393165026710296</v>
+        <v>-2.5898755290154285</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>91.428741813000002</v>
+        <v>91.427510909999995</v>
       </c>
       <c r="C292" s="5">
-        <v>0.51779344599999888</v>
+        <v>0.51537088599999947</v>
       </c>
       <c r="D292" s="5">
-        <v>7.052955190749155</v>
+        <v>7.0188266597369431</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>91.358186027000002</v>
+        <v>91.358428965000002</v>
       </c>
       <c r="C293" s="5">
-        <v>-7.0555785999999898E-2</v>
+        <v>-6.9081944999993539E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>-0.92212259540784824</v>
+        <v>-0.90295244720911549</v>
       </c>
       <c r="E293" s="5">
-        <v>1.9620640877090256</v>
+        <v>1.961559742318908</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>91.567689674999997</v>
+        <v>91.569013487999996</v>
       </c>
       <c r="C294" s="5">
-        <v>0.20950364799999477</v>
+        <v>0.21058452299999431</v>
       </c>
       <c r="D294" s="5">
-        <v>2.7868287599383645</v>
+        <v>2.8013818444538208</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>91.612594478000005</v>
+        <v>91.611494628000003</v>
       </c>
       <c r="C295" s="5">
-        <v>4.4904803000008542E-2</v>
+        <v>4.248114000000669E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>0.5900699509315821</v>
+        <v>0.55813250116962809</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>91.901793896000001</v>
+        <v>91.900130116</v>
       </c>
       <c r="C296" s="5">
-        <v>0.28919941799999549</v>
+        <v>0.28863548799999705</v>
       </c>
       <c r="D296" s="5">
-        <v>3.8545849130741994</v>
+        <v>3.8469848591081712</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>92.436593259000006</v>
+        <v>92.435030800000007</v>
       </c>
       <c r="C297" s="5">
-        <v>0.53479936300000475</v>
+        <v>0.53490068400000723</v>
       </c>
       <c r="D297" s="5">
-        <v>7.2109907640839799</v>
+        <v>7.212535740563264</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>92.691491627999994</v>
+        <v>92.690040558000007</v>
       </c>
       <c r="C298" s="5">
-        <v>0.25489836899998863</v>
+        <v>0.25500975799999992</v>
       </c>
       <c r="D298" s="5">
-        <v>3.3597090019386266</v>
+        <v>3.3612572022873488</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>92.896743005000005</v>
+        <v>92.897116444000005</v>
       </c>
       <c r="C299" s="5">
-        <v>0.20525137700001039</v>
+        <v>0.20707588599999838</v>
       </c>
       <c r="D299" s="5">
-        <v>2.6898217827549864</v>
+        <v>2.7140695712660756</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>92.604923740999993</v>
+        <v>92.604933549999998</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.29181926400001146</v>
+        <v>-0.29218289400000685</v>
       </c>
       <c r="D300" s="5">
-        <v>-3.7051439035455713</v>
+        <v>-3.709666580197879</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>93.541455540000001</v>
+        <v>93.540326405000002</v>
       </c>
       <c r="C301" s="5">
-        <v>0.93653179900000794</v>
+        <v>0.93539285500000346</v>
       </c>
       <c r="D301" s="5">
-        <v>12.834144287743609</v>
+        <v>12.817657777894143</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>93.439571690999998</v>
+        <v>93.444850904000006</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.10188384900000358</v>
+        <v>-9.5475500999995688E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>-1.2992193356293646</v>
+        <v>-1.2179731901704072</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>94.410463733</v>
+        <v>94.412019232000006</v>
       </c>
       <c r="C303" s="5">
-        <v>0.97089204200000268</v>
+        <v>0.96716832799999963</v>
       </c>
       <c r="D303" s="5">
-        <v>13.206535957907883</v>
+        <v>13.152180927208201</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>94.412542048999995</v>
+        <v>94.411419339000005</v>
       </c>
       <c r="C304" s="5">
-        <v>2.078315999995084E-3</v>
+        <v>-5.9989300000040657E-4</v>
       </c>
       <c r="D304" s="5">
-        <v>2.6419541667666024E-2</v>
+        <v>-7.6245212112024952E-3</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>95.321162525999995</v>
+        <v>95.318742693000004</v>
       </c>
       <c r="C305" s="5">
-        <v>0.90862047699999948</v>
+        <v>0.90732335399999897</v>
       </c>
       <c r="D305" s="5">
-        <v>12.180060579133812</v>
+        <v>12.161895851080363</v>
       </c>
       <c r="E305" s="5">
-        <v>4.3378449938014096</v>
+        <v>4.3349188168693598</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>94.916591335000007</v>
+        <v>94.920584176000006</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.40457119099998806</v>
+        <v>-0.39815851699999882</v>
       </c>
       <c r="D306" s="5">
-        <v>-4.9759281237482744</v>
+        <v>-4.8989817874312003</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>95.264744918000005</v>
+        <v>95.263552473999994</v>
       </c>
       <c r="C307" s="5">
-        <v>0.34815358299999843</v>
+        <v>0.34296829799998818</v>
       </c>
       <c r="D307" s="5">
-        <v>4.491486354446228</v>
+        <v>4.4230670173956099</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>95.411014815000001</v>
+        <v>95.408501689000005</v>
       </c>
       <c r="C308" s="5">
-        <v>0.14626989699999626</v>
+        <v>0.14494921500001112</v>
       </c>
       <c r="D308" s="5">
-        <v>1.8581243209577991</v>
+        <v>1.8412297722500526</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>95.439423544999997</v>
+        <v>95.437380666999999</v>
       </c>
       <c r="C309" s="5">
-        <v>2.840872999999533E-2</v>
+        <v>2.8878977999994504E-2</v>
       </c>
       <c r="D309" s="5">
-        <v>0.35788697065401998</v>
+        <v>0.36383051705268787</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>95.721519915000002</v>
+        <v>95.719817574999993</v>
       </c>
       <c r="C310" s="5">
-        <v>0.28209637000000498</v>
+        <v>0.28243690799999399</v>
       </c>
       <c r="D310" s="5">
-        <v>3.6051493255807143</v>
+        <v>3.6096509552254741</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>96.030039946000002</v>
+        <v>96.031237087999997</v>
       </c>
       <c r="C311" s="5">
-        <v>0.30852003100000047</v>
+        <v>0.31141951300000414</v>
       </c>
       <c r="D311" s="5">
-        <v>3.9370252584114862</v>
+        <v>3.9747621285248336</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>95.766765105000005</v>
+        <v>95.767192042000005</v>
       </c>
       <c r="C312" s="5">
-        <v>-0.26327484099999765</v>
+        <v>-0.26404504599999257</v>
       </c>
       <c r="D312" s="5">
-        <v>-3.2407489843385151</v>
+        <v>-3.2500469107892616</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>95.701911335999995</v>
+        <v>95.701456528999998</v>
       </c>
       <c r="C313" s="5">
-        <v>-6.485376900000972E-2</v>
+        <v>-6.5735513000007018E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>-0.80962647667432996</v>
+        <v>-0.82058889343356034</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>96.526526598000004</v>
+        <v>96.532283694</v>
       </c>
       <c r="C314" s="5">
-        <v>0.8246152620000089</v>
+        <v>0.83082716500000231</v>
       </c>
       <c r="D314" s="5">
-        <v>10.844157916884111</v>
+        <v>10.929842328609363</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>96.503938726000001</v>
+        <v>96.503614995999996</v>
       </c>
       <c r="C315" s="5">
-        <v>-2.2587872000002562E-2</v>
+        <v>-2.8668698000004156E-2</v>
       </c>
       <c r="D315" s="5">
-        <v>-0.28044713526126364</v>
+        <v>-0.35580117055941107</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>96.708903625000005</v>
+        <v>96.708306745000002</v>
       </c>
       <c r="C316" s="5">
-        <v>0.2049648990000037</v>
+        <v>0.20469174900000553</v>
       </c>
       <c r="D316" s="5">
-        <v>2.5786664026390849</v>
+        <v>2.5751984497700553</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>96.805608530000001</v>
+        <v>96.801316197000006</v>
       </c>
       <c r="C317" s="5">
-        <v>9.6704904999995733E-2</v>
+        <v>9.3009452000003989E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>1.2065718846484774</v>
+        <v>1.1602273539122798</v>
       </c>
       <c r="E317" s="5">
-        <v>1.5573100082524771</v>
+        <v>1.5553850817934478</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>97.247469791</v>
+        <v>97.254091181999996</v>
       </c>
       <c r="C318" s="5">
-        <v>0.44186126099999967</v>
+        <v>0.45277498499999069</v>
       </c>
       <c r="D318" s="5">
-        <v>5.6169191293755194</v>
+        <v>5.7595048925617398</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>97.092202830999994</v>
+        <v>97.090639714999995</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.15526696000000584</v>
+        <v>-0.16345146700000157</v>
       </c>
       <c r="D319" s="5">
-        <v>-1.899204952056277</v>
+        <v>-1.9982584850875673</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>96.911955823</v>
+        <v>96.908711500999999</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.18024700799999493</v>
+        <v>-0.18192821399999559</v>
       </c>
       <c r="D320" s="5">
-        <v>-2.2051361652245194</v>
+        <v>-2.2255279536781747</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>97.625806687999997</v>
+        <v>97.622981515000006</v>
       </c>
       <c r="C321" s="5">
-        <v>0.71385086499999773</v>
+        <v>0.71427001400000734</v>
       </c>
       <c r="D321" s="5">
-        <v>9.2062076541825846</v>
+        <v>9.212155212553963</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>97.650114955000006</v>
+        <v>97.648209021</v>
       </c>
       <c r="C322" s="5">
-        <v>2.4308267000009209E-2</v>
+        <v>2.5227505999993127E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>0.29920265811471669</v>
+        <v>0.31054236162917359</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>97.766169555000005</v>
+        <v>97.768064649999999</v>
       </c>
       <c r="C323" s="5">
-        <v>0.11605459999999823</v>
+        <v>0.11985562899999991</v>
       </c>
       <c r="D323" s="5">
-        <v>1.4355278520767234</v>
+        <v>1.4828913815245981</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>98.166219326999993</v>
+        <v>98.167691086000005</v>
       </c>
       <c r="C324" s="5">
-        <v>0.40004977199998848</v>
+        <v>0.39962643600000547</v>
       </c>
       <c r="D324" s="5">
-        <v>5.0223142371390805</v>
+        <v>5.0167800943986318</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>98.159346040000003</v>
+        <v>98.160022075000001</v>
       </c>
       <c r="C325" s="5">
-        <v>-6.8732869999905688E-3</v>
+        <v>-7.6690110000043887E-3</v>
       </c>
       <c r="D325" s="5">
-        <v>-8.3987842007759994E-2</v>
+        <v>-9.3705576337577146E-2</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>98.730798547000006</v>
+        <v>98.734894758999999</v>
       </c>
       <c r="C326" s="5">
-        <v>0.57145250700000361</v>
+        <v>0.57487268399999891</v>
       </c>
       <c r="D326" s="5">
-        <v>7.2141037699253063</v>
+        <v>7.2586292611727554</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>98.297934939000001</v>
+        <v>98.297025665000007</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.43286360800000523</v>
+        <v>-0.43786909399999274</v>
       </c>
       <c r="D327" s="5">
-        <v>-5.1361089089979046</v>
+        <v>-5.1938498484321975</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>98.413163276000006</v>
+        <v>98.414566511000004</v>
       </c>
       <c r="C328" s="5">
-        <v>0.1152283370000049</v>
+        <v>0.11754084599999715</v>
       </c>
       <c r="D328" s="5">
-        <v>1.4157875295477851</v>
+        <v>1.4444014493140589</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>98.174379783000006</v>
+        <v>98.169276111000002</v>
       </c>
       <c r="C329" s="5">
-        <v>-0.23878349299999968</v>
+        <v>-0.2452904000000018</v>
       </c>
       <c r="D329" s="5">
-        <v>-2.8730619321354567</v>
+        <v>-2.950242089128674</v>
       </c>
       <c r="E329" s="5">
-        <v>1.4139379668026475</v>
+        <v>1.413162514460109</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>98.549307447000004</v>
+        <v>98.555106023999997</v>
       </c>
       <c r="C330" s="5">
-        <v>0.37492766399999766</v>
+        <v>0.38582991299999492</v>
       </c>
       <c r="D330" s="5">
-        <v>4.6802916721016663</v>
+        <v>4.8195982908415758</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>98.476918913999995</v>
+        <v>98.475620031999995</v>
       </c>
       <c r="C331" s="5">
-        <v>-7.2388533000008692E-2</v>
+        <v>-7.948599200000217E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>-0.87789718747669498</v>
+        <v>-0.96353427770983213</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>99.018531870000004</v>
+        <v>99.016054605999997</v>
       </c>
       <c r="C332" s="5">
-        <v>0.54161295600000869</v>
+        <v>0.5404345740000025</v>
       </c>
       <c r="D332" s="5">
-        <v>6.8032252436607044</v>
+        <v>6.7880661978906964</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>98.320718181999993</v>
+        <v>98.316165075000001</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.69781368800001076</v>
+        <v>-0.69988953099999662</v>
       </c>
       <c r="D333" s="5">
-        <v>-8.1365583431188053</v>
+        <v>-8.1600260477477704</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>99.096471609999995</v>
+        <v>99.093814737000002</v>
       </c>
       <c r="C334" s="5">
-        <v>0.77575342800000158</v>
+        <v>0.77764966200000174</v>
       </c>
       <c r="D334" s="5">
-        <v>9.8899032614621074</v>
+        <v>9.9156184791218784</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>99.246154903000004</v>
+        <v>99.247734743999999</v>
       </c>
       <c r="C335" s="5">
-        <v>0.1496832930000096</v>
+        <v>0.15392000699999642</v>
       </c>
       <c r="D335" s="5">
-        <v>1.8277109761352106</v>
+        <v>1.8799370744690513</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>99.231283759999997</v>
+        <v>99.233839553999999</v>
       </c>
       <c r="C336" s="5">
-        <v>-1.4871143000007692E-2</v>
+        <v>-1.3895189999999502E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>-0.17966108747364817</v>
+        <v>-0.16787682266965476</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>99.276691079000003</v>
+        <v>99.278573274999999</v>
       </c>
       <c r="C337" s="5">
-        <v>4.5407319000005941E-2</v>
+        <v>4.473372100000006E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>0.55049299694827081</v>
+        <v>0.54229241074155166</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>99.434349335999997</v>
+        <v>99.437736975000007</v>
       </c>
       <c r="C338" s="5">
-        <v>0.15765825699999425</v>
+        <v>0.15916370000000768</v>
       </c>
       <c r="D338" s="5">
-        <v>1.9224164476975059</v>
+        <v>1.9408982170940003</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>99.477983784000003</v>
+        <v>99.477708813000007</v>
       </c>
       <c r="C339" s="5">
-        <v>4.3634448000005932E-2</v>
+        <v>3.9971837999999593E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>0.52786486294105206</v>
+        <v>0.4834421710590675</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>99.417116626999999</v>
+        <v>99.418700071000004</v>
       </c>
       <c r="C340" s="5">
-        <v>-6.0867157000004113E-2</v>
+        <v>-5.9008742000003167E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>-0.73177285699426164</v>
+        <v>-0.70950494073962478</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>99.537196856999998</v>
+        <v>99.537722283999997</v>
       </c>
       <c r="C341" s="5">
-        <v>0.12008022999999923</v>
+        <v>0.11902221299999383</v>
       </c>
       <c r="D341" s="5">
-        <v>1.4590786412674639</v>
+        <v>1.4461148687157754</v>
       </c>
       <c r="E341" s="5">
-        <v>1.3881595962330406</v>
+        <v>1.3939658386119547</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>99.757392624999994</v>
+        <v>99.760284381999995</v>
       </c>
       <c r="C342" s="5">
-        <v>0.22019576799999641</v>
+        <v>0.22256209799999738</v>
       </c>
       <c r="D342" s="5">
-        <v>2.6871734606010111</v>
+        <v>2.7163926812049377</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>99.947135849999995</v>
+        <v>99.943736916999995</v>
       </c>
       <c r="C343" s="5">
-        <v>0.18974322500000085</v>
+        <v>0.18345253500000069</v>
       </c>
       <c r="D343" s="5">
-        <v>2.3064855031629916</v>
+        <v>2.2291767176436883</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>100.05302867</v>
+        <v>100.04807284</v>
       </c>
       <c r="C344" s="5">
-        <v>0.10589282000000821</v>
+        <v>0.10433592300000782</v>
       </c>
       <c r="D344" s="5">
-        <v>1.2788207761500914</v>
+        <v>1.2599538340783312</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>99.816738161999993</v>
+        <v>99.810648830999995</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.23629050800001039</v>
+        <v>-0.2374240090000086</v>
       </c>
       <c r="D345" s="5">
-        <v>-2.7974606561583015</v>
+        <v>-2.8108430191359002</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>100.02430567</v>
+        <v>100.02158896</v>
       </c>
       <c r="C346" s="5">
-        <v>0.207567508000011</v>
+        <v>0.21094012900000791</v>
       </c>
       <c r="D346" s="5">
-        <v>2.5241220680363829</v>
+        <v>2.5657710289213487</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>100.17067874</v>
+        <v>100.17163686000001</v>
       </c>
       <c r="C347" s="5">
-        <v>0.14637306999999566</v>
+        <v>0.15004790000000412</v>
       </c>
       <c r="D347" s="5">
-        <v>1.7702528692217001</v>
+        <v>1.8151137546445595</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>101.04506424</v>
+        <v>101.04988126000001</v>
       </c>
       <c r="C348" s="5">
-        <v>0.87438550000000248</v>
+        <v>0.87824439999999981</v>
       </c>
       <c r="D348" s="5">
-        <v>10.992556368860452</v>
+        <v>11.043321805228112</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>101.32249880000001</v>
+        <v>101.32492057</v>
       </c>
       <c r="C349" s="5">
-        <v>0.27743456000000322</v>
+        <v>0.27503930999999682</v>
       </c>
       <c r="D349" s="5">
-        <v>3.3449951042779924</v>
+        <v>3.3155217460372421</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>100.38381136</v>
+        <v>100.38787278</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.93868744000000959</v>
+        <v>-0.93704779000000826</v>
       </c>
       <c r="D350" s="5">
-        <v>-10.567891566181576</v>
+        <v>-10.550121308337424</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>101.33471317999999</v>
+        <v>101.33537483000001</v>
       </c>
       <c r="C351" s="5">
-        <v>0.95090181999999857</v>
+        <v>0.94750205000001131</v>
       </c>
       <c r="D351" s="5">
-        <v>11.978524430907722</v>
+        <v>11.932942194227758</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>101.60188398</v>
+        <v>101.60568092</v>
       </c>
       <c r="C352" s="5">
-        <v>0.26717080000000237</v>
+        <v>0.27030608999999117</v>
       </c>
       <c r="D352" s="5">
-        <v>3.2101053530066537</v>
+        <v>3.2483093279677577</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>101.94587178</v>
+        <v>101.95180757999999</v>
       </c>
       <c r="C353" s="5">
-        <v>0.34398780000000784</v>
+        <v>0.34612665999999592</v>
       </c>
       <c r="D353" s="5">
-        <v>4.139286074371884</v>
+        <v>4.1653490527595594</v>
       </c>
       <c r="E353" s="5">
-        <v>2.4198741767466281</v>
+        <v>2.4252969031300031</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>102.15190382999999</v>
+        <v>102.15132762</v>
       </c>
       <c r="C354" s="5">
-        <v>0.20603204999999036</v>
+        <v>0.19952004000001011</v>
       </c>
       <c r="D354" s="5">
-        <v>2.4523330394220277</v>
+        <v>2.3738468620581932</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>102.43424367999999</v>
+        <v>102.42540476000001</v>
       </c>
       <c r="C355" s="5">
-        <v>0.28233984999999961</v>
+        <v>0.27407714000000283</v>
       </c>
       <c r="D355" s="5">
-        <v>3.3675924277879909</v>
+        <v>3.2675995433703475</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>102.54674009999999</v>
+        <v>102.53824312</v>
       </c>
       <c r="C356" s="5">
-        <v>0.11249641999999938</v>
+        <v>0.11283835999999781</v>
       </c>
       <c r="D356" s="5">
-        <v>1.3258662513937702</v>
+        <v>1.3300362173545244</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>102.89506736</v>
+        <v>102.88755282</v>
       </c>
       <c r="C357" s="5">
-        <v>0.34832726000000491</v>
+        <v>0.34930969999999206</v>
       </c>
       <c r="D357" s="5">
-        <v>4.1531387305779655</v>
+        <v>4.1654244188589207</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>103.34565103</v>
+        <v>103.34357589</v>
       </c>
       <c r="C358" s="5">
-        <v>0.45058367000000032</v>
+        <v>0.45602307000000053</v>
       </c>
       <c r="D358" s="5">
-        <v>5.3833004032745491</v>
+        <v>5.4502872403487057</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>103.3020708</v>
+        <v>103.30371721</v>
       </c>
       <c r="C359" s="5">
-        <v>-4.3580230000003439E-2</v>
+        <v>-3.9858679999994706E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>-0.50486067096197074</v>
+        <v>-0.46184857890484432</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>102.87191144000001</v>
+        <v>102.87821425</v>
       </c>
       <c r="C360" s="5">
-        <v>-0.43015935999999044</v>
+        <v>-0.42550296000000287</v>
       </c>
       <c r="D360" s="5">
-        <v>-4.8840427028297384</v>
+        <v>-4.8322905504958431</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>103.76978353</v>
+        <v>103.77293401</v>
       </c>
       <c r="C361" s="5">
-        <v>0.8978720899999928</v>
+        <v>0.89471976000000097</v>
       </c>
       <c r="D361" s="5">
-        <v>10.991371004733598</v>
+        <v>10.950213949145793</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>103.64754071</v>
+        <v>103.65600044999999</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.12224281999999675</v>
+        <v>-0.11693356000000676</v>
       </c>
       <c r="D362" s="5">
-        <v>-1.4045001551050262</v>
+        <v>-1.3438368504750775</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>103.67903606</v>
+        <v>103.68195018</v>
       </c>
       <c r="C363" s="5">
-        <v>3.1495350000000144E-2</v>
+        <v>2.5949730000007776E-2</v>
       </c>
       <c r="D363" s="5">
-        <v>0.36525371422317932</v>
+        <v>0.30082761976368833</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>103.90976332</v>
+        <v>103.91598732999999</v>
       </c>
       <c r="C364" s="5">
-        <v>0.23072725999999477</v>
+        <v>0.23403714999999181</v>
       </c>
       <c r="D364" s="5">
-        <v>2.7034087633943882</v>
+        <v>2.7425951563620155</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>103.82962005</v>
+        <v>103.83995521999999</v>
       </c>
       <c r="C365" s="5">
-        <v>-8.0143269999993549E-2</v>
+        <v>-7.6032109999999875E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-0.92161702714464999</v>
+        <v>-0.87447820187760428</v>
       </c>
       <c r="E365" s="5">
-        <v>1.8477925953344521</v>
+        <v>1.8520001604860115</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>103.95484098999999</v>
+        <v>103.94985685</v>
       </c>
       <c r="C366" s="5">
-        <v>0.12522093999999129</v>
+        <v>0.10990163000001019</v>
       </c>
       <c r="D366" s="5">
-        <v>1.4568662929415055</v>
+        <v>1.2774693880366783</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>103.89407423999999</v>
+        <v>103.87711382000001</v>
       </c>
       <c r="C367" s="5">
-        <v>-6.0766749999999092E-2</v>
+        <v>-7.2743029999998043E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>-0.69920857720772167</v>
+        <v>-0.83652300551937397</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>103.33427462</v>
+        <v>103.31533383</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.55979961999999261</v>
+        <v>-0.56177999000000511</v>
       </c>
       <c r="D368" s="5">
-        <v>-6.2775979102792201</v>
+        <v>-6.3001476648038901</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>90.107663415000005</v>
+        <v>90.099323462000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-13.226611204999998</v>
+        <v>-13.216010367999999</v>
       </c>
       <c r="D369" s="5">
-        <v>-80.671061895360424</v>
+        <v>-80.650000428851087</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>92.283349162999997</v>
+        <v>92.285761389000001</v>
       </c>
       <c r="C370" s="5">
-        <v>2.1756857479999923</v>
+        <v>2.1864379270000001</v>
       </c>
       <c r="D370" s="5">
-        <v>33.149467502781292</v>
+        <v>33.339258675178286</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>94.579810688999999</v>
+        <v>94.585670847000003</v>
       </c>
       <c r="C371" s="5">
-        <v>2.2964615260000016</v>
+        <v>2.2999094580000019</v>
       </c>
       <c r="D371" s="5">
-        <v>34.307762261380233</v>
+        <v>34.365503916010923</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>95.449178500000002</v>
+        <v>95.457203079999999</v>
       </c>
       <c r="C372" s="5">
-        <v>0.8693678110000036</v>
+        <v>0.87153223299999638</v>
       </c>
       <c r="D372" s="5">
-        <v>11.605360393622632</v>
+        <v>11.634975745607189</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>95.747971351999993</v>
+        <v>95.753131178999993</v>
       </c>
       <c r="C373" s="5">
-        <v>0.29879285199999117</v>
+        <v>0.29592809899999395</v>
       </c>
       <c r="D373" s="5">
-        <v>3.8218193701288428</v>
+        <v>3.7842260687075413</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>95.915039438999997</v>
+        <v>95.930368813000001</v>
       </c>
       <c r="C374" s="5">
-        <v>0.16706808700000408</v>
+        <v>0.17723763400000792</v>
       </c>
       <c r="D374" s="5">
-        <v>2.1140596453796068</v>
+        <v>2.2439349744007187</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>95.833235870999999</v>
+        <v>95.840066059999998</v>
       </c>
       <c r="C375" s="5">
-        <v>-8.1803567999997995E-2</v>
+        <v>-9.0302753000003122E-2</v>
       </c>
       <c r="D375" s="5">
-        <v>-1.0186631662907231</v>
+        <v>-1.1237736997876113</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>96.133468884999999</v>
+        <v>96.144407830000006</v>
       </c>
       <c r="C376" s="5">
-        <v>0.3002330139999998</v>
+        <v>0.30434177000000773</v>
       </c>
       <c r="D376" s="5">
-        <v>3.8249027142601255</v>
+        <v>3.8778838709129682</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>96.189384365999999</v>
+        <v>96.198724819999995</v>
       </c>
       <c r="C377" s="5">
-        <v>5.5915480999999545E-2</v>
+        <v>5.4316989999989573E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>0.70021030094689074</v>
+        <v>0.68005308123502139</v>
       </c>
       <c r="E377" s="5">
-        <v>-7.3584355604121354</v>
+        <v>-7.3586611086367881</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>96.515636903000001</v>
+        <v>96.502950999000007</v>
       </c>
       <c r="C378" s="5">
-        <v>0.32625253700000201</v>
+        <v>0.30422617900001114</v>
       </c>
       <c r="D378" s="5">
-        <v>4.1469195759017641</v>
+        <v>3.8616805528555398</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>96.445807219000002</v>
+        <v>96.417565381000003</v>
       </c>
       <c r="C379" s="5">
-        <v>-6.9829683999998338E-2</v>
+        <v>-8.538561800000366E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>-0.86476118950246095</v>
+        <v>-1.0566058826831259</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>96.905266898999997</v>
+        <v>96.872610288999994</v>
       </c>
       <c r="C380" s="5">
-        <v>0.45945967999999482</v>
+        <v>0.45504490799999076</v>
       </c>
       <c r="D380" s="5">
-        <v>5.8688891880884997</v>
+        <v>5.8127726315167383</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>97.888022131</v>
+        <v>97.872171412</v>
       </c>
       <c r="C381" s="5">
-        <v>0.98275523200000237</v>
+        <v>0.99956112300000655</v>
       </c>
       <c r="D381" s="5">
-        <v>12.871957642358112</v>
+        <v>13.109389602053124</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>98.112854221999996</v>
+        <v>98.124164832999995</v>
       </c>
       <c r="C382" s="5">
-        <v>0.22483209099999613</v>
+        <v>0.25199342099999456</v>
       </c>
       <c r="D382" s="5">
-        <v>2.7912810866902671</v>
+        <v>3.1337940909755613</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>98.65699841</v>
+        <v>98.671455014000003</v>
       </c>
       <c r="C383" s="5">
-        <v>0.54414418800000419</v>
+        <v>0.54729018100000815</v>
       </c>
       <c r="D383" s="5">
-        <v>6.862137532991941</v>
+        <v>6.9022161178713626</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>99.866196606000003</v>
+        <v>99.879056758999994</v>
       </c>
       <c r="C384" s="5">
-        <v>1.2091981960000027</v>
+        <v>1.207601744999991</v>
       </c>
       <c r="D384" s="5">
-        <v>15.741030277665846</v>
+        <v>15.716369349579317</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>99.887547061999996</v>
+        <v>99.899543062999996</v>
       </c>
       <c r="C385" s="5">
-        <v>2.1350455999993301E-2</v>
+        <v>2.0486304000002065E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>0.25685062043427909</v>
+        <v>0.2464111852945372</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>99.929916649999996</v>
+        <v>99.954108629000004</v>
       </c>
       <c r="C386" s="5">
-        <v>4.2369587999999681E-2</v>
+        <v>5.4565566000007948E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>0.51019661978128905</v>
+        <v>0.65741786034581029</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>101.01858455999999</v>
+        <v>101.03283605</v>
       </c>
       <c r="C387" s="5">
-        <v>1.0886679099999981</v>
+        <v>1.0787274209999964</v>
       </c>
       <c r="D387" s="5">
-        <v>13.885660843409941</v>
+        <v>13.747725676171797</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>101.20425702</v>
+        <v>101.22116471</v>
       </c>
       <c r="C388" s="5">
-        <v>0.18567246000000637</v>
+        <v>0.18832865999999626</v>
       </c>
       <c r="D388" s="5">
-        <v>2.2280372352134092</v>
+        <v>2.2599166236125789</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>101.56671093999999</v>
+        <v>101.58227711000001</v>
       </c>
       <c r="C389" s="5">
-        <v>0.36245391999999299</v>
+        <v>0.36111240000001033</v>
       </c>
       <c r="D389" s="5">
-        <v>4.3833654638202102</v>
+        <v>4.366078195421097</v>
       </c>
       <c r="E389" s="5">
-        <v>5.5903534568214841</v>
+        <v>5.5962823832367059</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>101.00276030000001</v>
+        <v>100.97158012</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.5639506399999874</v>
+        <v>-0.6106969900000081</v>
       </c>
       <c r="D390" s="5">
-        <v>-6.4632561634979773</v>
+        <v>-6.9803920494727834</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>101.73456824</v>
+        <v>101.68846449999999</v>
       </c>
       <c r="C391" s="5">
-        <v>0.73180793999999594</v>
+        <v>0.71688437999999621</v>
       </c>
       <c r="D391" s="5">
-        <v>9.0494908763325999</v>
+        <v>8.8605294917081689</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>102.02625940999999</v>
+        <v>101.96604158</v>
       </c>
       <c r="C392" s="5">
-        <v>0.29169116999999289</v>
+        <v>0.27757708000000036</v>
       </c>
       <c r="D392" s="5">
-        <v>3.4953928483398622</v>
+        <v>3.325245197843163</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>102.89948368</v>
+        <v>102.86367159</v>
       </c>
       <c r="C393" s="5">
-        <v>0.87322427000000857</v>
+        <v>0.89763001000000031</v>
       </c>
       <c r="D393" s="5">
-        <v>10.768117366761199</v>
+        <v>11.09065911982816</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>102.93377246</v>
+        <v>102.963044</v>
       </c>
       <c r="C394" s="5">
-        <v>3.4288779999997132E-2</v>
+        <v>9.9372410000000855E-2</v>
       </c>
       <c r="D394" s="5">
-        <v>0.4006048365851278</v>
+        <v>1.1654506644558138</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>103.5478116</v>
+        <v>103.58464576</v>
       </c>
       <c r="C395" s="5">
-        <v>0.6140391400000027</v>
+        <v>0.62160176000000433</v>
       </c>
       <c r="D395" s="5">
-        <v>7.3980564112367198</v>
+        <v>7.4900189118312088</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>103.73903172999999</v>
+        <v>103.76695544</v>
       </c>
       <c r="C396" s="5">
-        <v>0.19122012999999072</v>
+        <v>0.18230968000000303</v>
       </c>
       <c r="D396" s="5">
-        <v>2.2386680308087881</v>
+        <v>2.1325728839606706</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>103.67258056999999</v>
+        <v>103.69738864999999</v>
       </c>
       <c r="C397" s="5">
-        <v>-6.6451159999999732E-2</v>
+        <v>-6.9566790000010315E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>-0.76597066696691973</v>
+        <v>-0.80153667599514034</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>104.42753128</v>
+        <v>104.45940802</v>
       </c>
       <c r="C398" s="5">
-        <v>0.7549507100000028</v>
+        <v>0.76201937000000441</v>
       </c>
       <c r="D398" s="5">
-        <v>9.0971051893320887</v>
+        <v>9.1834679629735341</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>104.03013558000001</v>
+        <v>104.05010179</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.39739569999998992</v>
+        <v>-0.40930622999999855</v>
       </c>
       <c r="D399" s="5">
-        <v>-4.4721859991978752</v>
+        <v>-4.6019738389864395</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>104.2693635</v>
+        <v>104.28914279999999</v>
       </c>
       <c r="C400" s="5">
-        <v>0.23922791999999049</v>
+        <v>0.239041009999994</v>
       </c>
       <c r="D400" s="5">
-        <v>2.7946933860488743</v>
+        <v>2.7919395700429561</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>104.76879304000001</v>
+        <v>104.7844363</v>
       </c>
       <c r="C401" s="5">
-        <v>0.49942954000000839</v>
+        <v>0.4952935000000025</v>
       </c>
       <c r="D401" s="5">
-        <v>5.9016239468902443</v>
+        <v>5.8503267723684527</v>
       </c>
       <c r="E401" s="5">
-        <v>3.1526885830650109</v>
+        <v>3.1522813635418645</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>105.09716727999999</v>
+        <v>105.04053672000001</v>
       </c>
       <c r="C402" s="5">
-        <v>0.32837423999998805</v>
+        <v>0.25610042000000988</v>
       </c>
       <c r="D402" s="5">
-        <v>3.8266488398603249</v>
+        <v>2.9726310117807797</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>105.45598901</v>
+        <v>105.38665281999999</v>
       </c>
       <c r="C403" s="5">
-        <v>0.3588217300000025</v>
+        <v>0.34611609999998905</v>
       </c>
       <c r="D403" s="5">
-        <v>4.174844883276263</v>
+        <v>4.0265384680753913</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>106.42403546</v>
+        <v>106.33959647</v>
       </c>
       <c r="C404" s="5">
-        <v>0.96804645000000278</v>
+        <v>0.9529436500000088</v>
       </c>
       <c r="D404" s="5">
-        <v>11.589076882234473</v>
+        <v>11.407072421795572</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>106.42357278999999</v>
+        <v>106.37319232</v>
       </c>
       <c r="C405" s="5">
-        <v>-4.6267000000455027E-4</v>
+        <v>3.359584999999754E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>-5.2167794842739035E-3</v>
+        <v>0.37977523997834162</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>106.66197689000001</v>
+        <v>106.71041381000001</v>
       </c>
       <c r="C406" s="5">
-        <v>0.238404100000011</v>
+        <v>0.33722149000000456</v>
       </c>
       <c r="D406" s="5">
-        <v>2.7215414598782406</v>
+        <v>3.8712443210728198</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>106.63101675</v>
+        <v>106.69411058</v>
       </c>
       <c r="C407" s="5">
-        <v>-3.0960140000004799E-2</v>
+        <v>-1.6303230000005442E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>-0.34776135566573219</v>
+        <v>-0.18318216871967552</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>106.63026904</v>
+        <v>106.67249440000001</v>
       </c>
       <c r="C408" s="5">
-        <v>-7.477099999988468E-4</v>
+        <v>-2.1616179999995211E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>-8.4142252800289974E-3</v>
+        <v>-0.24284874902213982</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>106.96457626</v>
+        <v>107.00279485999999</v>
       </c>
       <c r="C409" s="5">
-        <v>0.33430721999999946</v>
+        <v>0.33030045999998947</v>
       </c>
       <c r="D409" s="5">
-        <v>3.8277973566772205</v>
+        <v>3.7796135387511809</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>107.53127548000001</v>
+        <v>107.56899351</v>
       </c>
       <c r="C410" s="5">
-        <v>0.56669922000000383</v>
+        <v>0.56619865000000402</v>
       </c>
       <c r="D410" s="5">
-        <v>6.5461756668240945</v>
+        <v>6.5378196118071497</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>107.36899858</v>
+        <v>107.39428152000001</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.16227690000000905</v>
+        <v>-0.1747119899999916</v>
       </c>
       <c r="D411" s="5">
-        <v>-1.7959805655023864</v>
+        <v>-1.9317057543416727</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>107.31610645000001</v>
+        <v>107.33604031</v>
       </c>
       <c r="C412" s="5">
-        <v>-5.2892129999989379E-2</v>
+        <v>-5.8241210000005594E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>-0.58954513036986178</v>
+        <v>-0.6488368560627289</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>107.29435998</v>
+        <v>107.31163836</v>
       </c>
       <c r="C413" s="5">
-        <v>-2.1746470000010731E-2</v>
+        <v>-2.4401949999997896E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>-0.24289643312443987</v>
+        <v>-0.27246909450181489</v>
       </c>
       <c r="E413" s="5">
-        <v>2.410609940916042</v>
+        <v>2.4118105219028685</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>108.03163987000001</v>
+        <v>107.94868821999999</v>
       </c>
       <c r="C414" s="5">
-        <v>0.7372798900000106</v>
+        <v>0.63704985999999053</v>
       </c>
       <c r="D414" s="5">
-        <v>8.5647659181172351</v>
+        <v>7.3609943926875365</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>108.14308782000001</v>
+        <v>108.05288441</v>
       </c>
       <c r="C415" s="5">
-        <v>0.11144794999999874</v>
+        <v>0.10419619000001035</v>
       </c>
       <c r="D415" s="5">
-        <v>1.2449961210721172</v>
+        <v>1.1644547027777508</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>108.00466230000001</v>
+        <v>107.89668028</v>
       </c>
       <c r="C416" s="5">
-        <v>-0.13842551999999841</v>
+        <v>-0.1562041300000061</v>
       </c>
       <c r="D416" s="5">
-        <v>-1.5252584689419479</v>
+        <v>-1.7210253162239786</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>108.04975786999999</v>
+        <v>107.98972375</v>
       </c>
       <c r="C417" s="5">
-        <v>4.5095569999986651E-2</v>
+        <v>9.3043469999997797E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>0.50219246830147668</v>
+        <v>1.0397283740962937</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>108.51768552</v>
+        <v>108.58180115</v>
       </c>
       <c r="C418" s="5">
-        <v>0.46792765000000713</v>
+        <v>0.59207740000000797</v>
       </c>
       <c r="D418" s="5">
-        <v>5.3223871491225205</v>
+        <v>6.7813322106743179</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>108.2352171</v>
+        <v>108.32487824</v>
       </c>
       <c r="C419" s="5">
-        <v>-0.28246842000000072</v>
+        <v>-0.25692291000000012</v>
       </c>
       <c r="D419" s="5">
-        <v>-3.0792332527329935</v>
+        <v>-2.8027411090936094</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>108.44626288000001</v>
+        <v>108.50290106</v>
       </c>
       <c r="C420" s="5">
-        <v>0.21104578000000629</v>
+        <v>0.17802281999999536</v>
       </c>
       <c r="D420" s="5">
-        <v>2.3651143009402631</v>
+        <v>1.9900223928902339</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>109.2055498</v>
+        <v>109.25573975</v>
       </c>
       <c r="C421" s="5">
-        <v>0.75928691999999387</v>
+        <v>0.75283869000000436</v>
       </c>
       <c r="D421" s="5">
-        <v>8.7330146658207486</v>
+        <v>8.6513035344129676</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>108.56962763999999</v>
+        <v>108.61149177</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.6359221600000069</v>
+        <v>-0.64424798000000294</v>
       </c>
       <c r="D422" s="5">
-        <v>-6.7682869716759297</v>
+        <v>-6.8509989015076993</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>108.84882227999999</v>
+        <v>108.98764239</v>
       </c>
       <c r="C423" s="5">
-        <v>0.27919464000000005</v>
+        <v>0.37615062000000421</v>
       </c>
       <c r="D423" s="5">
-        <v>3.1299086752620608</v>
+        <v>4.2360035474378277</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>109.2390058</v>
+        <v>109.36518128</v>
       </c>
       <c r="C424" s="5">
-        <v>0.39018352000000789</v>
+        <v>0.37753888999999674</v>
       </c>
       <c r="D424" s="5">
-        <v>4.3873935239629791</v>
+        <v>4.2369821183940282</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>108.86517829</v>
+        <v>108.98631905000001</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.37382750999999814</v>
+        <v>-0.37886222999999575</v>
       </c>
       <c r="D425" s="5">
-        <v>-4.0301113285311718</v>
+        <v>-4.0787363482890697</v>
       </c>
       <c r="E425" s="5">
-        <v>1.4640269165059783</v>
+        <v>1.5605769472849973</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>109.03532208</v>
+        <v>109.41268685999999</v>
       </c>
       <c r="C426" s="5">
-        <v>0.17014378999999735</v>
+        <v>0.42636780999998791</v>
       </c>
       <c r="D426" s="5">
-        <v>1.8916679060889452</v>
+        <v>4.7968866880798933</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>108.98953957000001</v>
+        <v>109.37655171999999</v>
       </c>
       <c r="C427" s="5">
-        <v>-4.5782509999995114E-2</v>
+        <v>-3.6135139999998955E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-0.50270236655974854</v>
+        <v>-0.39559844880331374</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>108.57238445999999</v>
+        <v>108.97212344</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.41715511000001015</v>
+        <v>-0.40442827999999054</v>
       </c>
       <c r="D428" s="5">
-        <v>-4.4975097989457762</v>
+        <v>-4.3479602915577846</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>108.93853998</v>
+        <v>109.15972669999999</v>
       </c>
       <c r="C429" s="5">
-        <v>0.36615552000000662</v>
+        <v>0.18760325999998884</v>
       </c>
       <c r="D429" s="5">
-        <v>4.1228615170596727</v>
+        <v>2.0855591531934836</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>109.12715725</v>
+        <v>108.94903521000001</v>
       </c>
       <c r="C430" s="5">
-        <v>0.18861726999999462</v>
+        <v>-0.21069148999998788</v>
       </c>
       <c r="D430" s="5">
-        <v>2.0975919021991141</v>
+        <v>-2.2917153798341805</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>109.22291026000001</v>
+        <v>108.0652288</v>
       </c>
       <c r="C431" s="5">
-        <v>9.5753010000009908E-2</v>
+        <v>-0.88380641000000537</v>
       </c>
       <c r="D431" s="5">
-        <v>1.0580295352868863</v>
+        <v>-9.3117413578720836</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>109.54079383</v>
+        <v>108.40941443</v>
       </c>
       <c r="C432" s="5">
-        <v>0.31788356999999223</v>
+        <v>0.34418562999999835</v>
       </c>
       <c r="D432" s="5">
-        <v>3.5489444935462799</v>
+        <v>3.8896433884759274</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>109.85332835</v>
+        <v>108.60163928999999</v>
       </c>
       <c r="C433" s="5">
-        <v>0.31253451999999982</v>
+        <v>0.19222485999999606</v>
       </c>
       <c r="D433" s="5">
-        <v>3.478001034737721</v>
+        <v>2.1486393441343621</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>108.55375907</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-4.7880219999996143E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-0.52777422953960151</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>108.37561076999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.1781483000000037</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-1.9516495789925314</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>108.35232399</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-2.3286779999992291E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-0.25754074485044853</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">