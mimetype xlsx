--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{74453455-3D88-4409-A60E-E3D2441E30AD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B06AAEB9-068E-40A9-B7AE-11C1B7D8A67F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{83724E77-8480-4AA9-9C4F-8513E0B634C0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{868FD2E0-DEA6-4F35-8C37-133FD5D825D1}"/>
   </bookViews>
   <sheets>
     <sheet name="larserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Services Providing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8B501534-D044-43F8-AB39-3F1A38D2668A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2301D8CC-E280-495C-9F57-D03095419654}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>108.0652288</v>
       </c>
       <c r="C431" s="5">
         <v>-0.88380641000000537</v>
       </c>
       <c r="D431" s="5">
         <v>-9.3117413578720836</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>108.40941443</v>
       </c>
       <c r="C432" s="5">
         <v>0.34418562999999835</v>
       </c>
       <c r="D432" s="5">
         <v>3.8896433884759274</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>108.60163928999999</v>
       </c>
       <c r="C433" s="5">
         <v>0.19222485999999606</v>
       </c>
       <c r="D433" s="5">
         <v>2.1486393441343621</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>108.55375907</v>
       </c>
       <c r="C434" s="5">
         <v>-4.7880219999996143E-2</v>
       </c>
       <c r="D434" s="5">
         <v>-0.52777422953960151</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>108.37561076999999</v>
       </c>
       <c r="C435" s="5">
         <v>-0.1781483000000037</v>
       </c>
       <c r="D435" s="5">
         <v>-1.9516495789925314</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>108.35232399</v>
+        <v>108.32948973000001</v>
       </c>
       <c r="C436" s="5">
-        <v>-2.3286779999992291E-2</v>
+        <v>-4.6121039999988511E-2</v>
       </c>
       <c r="D436" s="5">
-        <v>-0.25754074485044853</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.50948630605435197</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>108.35084953</v>
+      </c>
+      <c r="C437" s="5">
+        <v>2.1359799999999041E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>0.23686601807575425</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.58307274301875323</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>