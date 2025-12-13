--- v0 (2025-10-10)
+++ v1 (2025-12-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{AAFD91FF-36BF-4CC8-AFC4-2A8593B95821}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E5C84BE8-CC47-4455-990F-B68558996995}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{7753B232-1284-4490-9196-CF45CA5085A4}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{72262797-9F55-4670-AA0A-763F2E92CB88}"/>
   </bookViews>
   <sheets>
     <sheet name="larttula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Trade, Transportation and Utilities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{46269969-F677-4F31-8E1D-06B5B31DC5B8}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F5304EB-169A-4C90-AE2A-B3C563E894FD}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>0.10443502500000079</v>
       </c>
       <c r="D431" s="5">
         <v>3.5456127586675157</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>36.339537352999997</v>
       </c>
       <c r="C432" s="5">
         <v>0.31866111899999794</v>
       </c>
       <c r="D432" s="5">
         <v>11.147947985611562</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>36.433752980999998</v>
+        <v>36.348832661000003</v>
       </c>
       <c r="C433" s="5">
-        <v>9.4215628000000606E-2</v>
+        <v>9.2953080000057753E-3</v>
       </c>
       <c r="D433" s="5">
-        <v>3.1559272545488737</v>
+        <v>0.30738078413681258</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>36.149746657000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.19908600400000154</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-6.3780938181008047</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>