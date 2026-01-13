--- v1 (2025-12-13)
+++ v2 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E5C84BE8-CC47-4455-990F-B68558996995}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{64E7671F-4231-461E-84B8-6C76CAC6C141}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{72262797-9F55-4670-AA0A-763F2E92CB88}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{720C6D6B-DEC9-4DFF-9460-2D8CDB9AD3A5}"/>
   </bookViews>
   <sheets>
     <sheet name="larttula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Trade, Transportation and Utilities Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F5304EB-169A-4C90-AE2A-B3C563E894FD}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A12CAC9A-F895-4447-9683-ED1B8FC46930}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>16.248235198</v>
+        <v>16.248233104000001</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>16.357050709999999</v>
+        <v>16.357049491000001</v>
       </c>
       <c r="C7" s="5">
-        <v>0.10881551199999961</v>
+        <v>0.10881638700000096</v>
       </c>
       <c r="D7" s="5">
-        <v>8.3392031949934378</v>
+        <v>8.3392738552789503</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>16.697424108</v>
+        <v>16.697426196999999</v>
       </c>
       <c r="C8" s="5">
-        <v>0.34037339800000055</v>
+        <v>0.34037670599999714</v>
       </c>
       <c r="D8" s="5">
-        <v>28.036483449643178</v>
+        <v>28.036790174542858</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>16.153412927000002</v>
+        <v>16.153419497000002</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.54401118099999834</v>
+        <v>-0.54400669999999707</v>
       </c>
       <c r="D9" s="5">
-        <v>-32.798680339779118</v>
+        <v>-32.798453239792579</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>16.172107740000001</v>
+        <v>16.172121211</v>
       </c>
       <c r="C10" s="5">
-        <v>1.8694812999999755E-2</v>
+        <v>1.8701713999998759E-2</v>
       </c>
       <c r="D10" s="5">
-        <v>1.3976690834907268</v>
+        <v>1.3981877362382988</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>16.388560107</v>
+        <v>16.388573551</v>
       </c>
       <c r="C11" s="5">
-        <v>0.2164523669999987</v>
+        <v>0.21645234000000002</v>
       </c>
       <c r="D11" s="5">
-        <v>17.297854293334879</v>
+        <v>17.297836488855765</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>16.569465352999998</v>
+        <v>16.569477938999999</v>
       </c>
       <c r="C12" s="5">
-        <v>0.18090524599999824</v>
+        <v>0.18090438799999831</v>
       </c>
       <c r="D12" s="5">
-        <v>14.080748947986654</v>
+        <v>14.080665799188985</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>16.700232033999999</v>
+        <v>16.700245494000001</v>
       </c>
       <c r="C13" s="5">
-        <v>0.13076668100000077</v>
+        <v>0.13076755500000203</v>
       </c>
       <c r="D13" s="5">
-        <v>9.8925169491062661</v>
+        <v>9.8925781198704996</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>17.295464611</v>
+        <v>17.295472605</v>
       </c>
       <c r="C14" s="5">
-        <v>0.59523257700000087</v>
+        <v>0.59522711099999981</v>
       </c>
       <c r="D14" s="5">
-        <v>52.235778611284587</v>
+        <v>52.235150595215039</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>17.211632878</v>
+        <v>17.211636591000001</v>
       </c>
       <c r="C15" s="5">
-        <v>-8.3831733000000241E-2</v>
+        <v>-8.3836013999999182E-2</v>
       </c>
       <c r="D15" s="5">
-        <v>-5.6638621036310006</v>
+        <v>-5.6641411221437838</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>17.137464635000001</v>
+        <v>17.137462354</v>
       </c>
       <c r="C16" s="5">
-        <v>-7.4168242999999023E-2</v>
+        <v>-7.4174237000001142E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>-5.0502183661006228</v>
+        <v>-5.0506158171301996</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>17.072703356000002</v>
+        <v>17.072638733000002</v>
       </c>
       <c r="C17" s="5">
-        <v>-6.476127899999895E-2</v>
+        <v>-6.482362099999861E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>-4.441643106451032</v>
+        <v>-4.4458308466817753</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>17.729659732999998</v>
+        <v>17.729653092</v>
       </c>
       <c r="C18" s="5">
-        <v>0.65695637699999665</v>
+        <v>0.65701435899999794</v>
       </c>
       <c r="D18" s="5">
-        <v>57.317586867437129</v>
+        <v>57.324025571433722</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>17.867294308999998</v>
+        <v>17.867291133999998</v>
       </c>
       <c r="C19" s="5">
-        <v>0.13763457599999995</v>
+        <v>0.13763804199999896</v>
       </c>
       <c r="D19" s="5">
-        <v>9.7237608896767256</v>
+        <v>9.7240201072976937</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>18.109456525999999</v>
+        <v>18.109447499000002</v>
       </c>
       <c r="C20" s="5">
-        <v>0.24216221700000062</v>
+        <v>0.24215636500000315</v>
       </c>
       <c r="D20" s="5">
-        <v>17.532916139735466</v>
+        <v>17.532463728234269</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>18.149512697999999</v>
+        <v>18.149524407000001</v>
       </c>
       <c r="C21" s="5">
-        <v>4.005617199999989E-2</v>
+        <v>4.0076907999999634E-2</v>
       </c>
       <c r="D21" s="5">
-        <v>2.6868006194232574</v>
+        <v>2.6882098329863213</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>18.367725888999999</v>
+        <v>18.367746696000001</v>
       </c>
       <c r="C22" s="5">
-        <v>0.21821319100000025</v>
+        <v>0.21822228899999985</v>
       </c>
       <c r="D22" s="5">
-        <v>15.421056843933844</v>
+        <v>15.421732281341182</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>18.504400047000001</v>
+        <v>18.504419934000001</v>
       </c>
       <c r="C23" s="5">
-        <v>0.13667415800000171</v>
+        <v>0.1366732380000002</v>
       </c>
       <c r="D23" s="5">
-        <v>9.3038430751756209</v>
+        <v>9.3037668885550104</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>18.362962684999999</v>
+        <v>18.362979845000002</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.14143736200000134</v>
+        <v>-0.1414400889999996</v>
       </c>
       <c r="D24" s="5">
-        <v>-8.7962041564259135</v>
+        <v>-8.7963576276526076</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>18.495738467999999</v>
+        <v>18.495754120000001</v>
       </c>
       <c r="C25" s="5">
-        <v>0.13277578299999959</v>
+        <v>0.13277427499999916</v>
       </c>
       <c r="D25" s="5">
-        <v>9.03027043493665</v>
+        <v>9.030154984162774</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>18.387469681999999</v>
+        <v>18.387479264</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.10826878600000001</v>
+        <v>-0.10827485600000131</v>
       </c>
       <c r="D26" s="5">
-        <v>-6.8026580497335232</v>
+        <v>-6.8030216674240807</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>18.220089644000002</v>
+        <v>18.220093144</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.16738003799999746</v>
+        <v>-0.16738611999999975</v>
       </c>
       <c r="D27" s="5">
-        <v>-10.392888718337655</v>
+        <v>-10.393242507996437</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>18.439786905999998</v>
+        <v>18.439777441</v>
       </c>
       <c r="C28" s="5">
-        <v>0.21969726199999684</v>
+        <v>0.21968429700000058</v>
       </c>
       <c r="D28" s="5">
-        <v>15.46880269651998</v>
+        <v>15.467825296920612</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>18.263066802000001</v>
+        <v>18.262997031000001</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.17672010399999749</v>
+        <v>-0.17678040999999922</v>
       </c>
       <c r="D29" s="5">
-        <v>-10.91312672124346</v>
+        <v>-10.916662025969181</v>
       </c>
       <c r="E29" s="5">
-        <v>6.9723196214362959</v>
+        <v>6.9723158594056978</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>18.391696357000001</v>
+        <v>18.391683688000001</v>
       </c>
       <c r="C30" s="5">
-        <v>0.12862955499999984</v>
+        <v>0.12868665699999937</v>
       </c>
       <c r="D30" s="5">
-        <v>8.786991508038632</v>
+        <v>8.7910795781895636</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>18.600306877000001</v>
+        <v>18.600296024999999</v>
       </c>
       <c r="C31" s="5">
-        <v>0.20861052000000058</v>
+        <v>0.20861233699999815</v>
       </c>
       <c r="D31" s="5">
-        <v>14.493242573903252</v>
+        <v>14.493387401955538</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>18.729639162000002</v>
+        <v>18.729596581999999</v>
       </c>
       <c r="C32" s="5">
-        <v>0.12933228500000027</v>
+        <v>0.12930055700000054</v>
       </c>
       <c r="D32" s="5">
-        <v>8.6704867432942692</v>
+        <v>8.6682829630833282</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>19.043256766999999</v>
+        <v>19.043298893999999</v>
       </c>
       <c r="C33" s="5">
-        <v>0.31361760499999747</v>
+        <v>0.31370231200000021</v>
       </c>
       <c r="D33" s="5">
-        <v>22.051115285255474</v>
+        <v>22.057685097174208</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>19.151848872999999</v>
+        <v>19.151889288</v>
       </c>
       <c r="C34" s="5">
-        <v>0.10859210599999969</v>
+        <v>0.10859039400000015</v>
       </c>
       <c r="D34" s="5">
-        <v>7.0616160034020714</v>
+        <v>7.0614850451341971</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>19.228939310000001</v>
+        <v>19.228967208</v>
       </c>
       <c r="C35" s="5">
-        <v>7.709043700000251E-2</v>
+        <v>7.7077920000000688E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>4.9386497809347674</v>
+        <v>4.9378194195045078</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>19.460276935</v>
+        <v>19.460301379000001</v>
       </c>
       <c r="C36" s="5">
-        <v>0.23133762499999833</v>
+        <v>0.23133417100000031</v>
       </c>
       <c r="D36" s="5">
-        <v>15.431476608809458</v>
+        <v>15.431206864381842</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>19.283539628</v>
+        <v>19.28355883</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.17673730699999979</v>
+        <v>-0.17674254900000008</v>
       </c>
       <c r="D37" s="5">
-        <v>-10.370110706684798</v>
+        <v>-10.37039070148551</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>19.883114447000001</v>
+        <v>19.883123239</v>
       </c>
       <c r="C38" s="5">
-        <v>0.59957481900000076</v>
+        <v>0.59956440899999919</v>
       </c>
       <c r="D38" s="5">
-        <v>44.401562267364312</v>
+        <v>44.40060300479707</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>20.245793871</v>
+        <v>20.245792907999999</v>
       </c>
       <c r="C39" s="5">
-        <v>0.36267942399999953</v>
+        <v>0.36266966899999886</v>
       </c>
       <c r="D39" s="5">
-        <v>24.223792036924706</v>
+        <v>24.223061976460713</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>20.332416344999999</v>
+        <v>20.332395644999998</v>
       </c>
       <c r="C40" s="5">
-        <v>8.6622473999998562E-2</v>
+        <v>8.6602736999999763E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>5.2568089476894508</v>
+        <v>5.2555831166232636</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>20.644261364999998</v>
+        <v>20.644184509999999</v>
       </c>
       <c r="C41" s="5">
-        <v>0.31184501999999981</v>
+        <v>0.31178886500000047</v>
       </c>
       <c r="D41" s="5">
-        <v>20.039521572834662</v>
+        <v>20.035625507473132</v>
       </c>
       <c r="E41" s="5">
-        <v>13.038306155345335</v>
+        <v>13.038317177394919</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>20.155722676</v>
+        <v>20.155701647000001</v>
       </c>
       <c r="C42" s="5">
-        <v>-0.48853868899999853</v>
+        <v>-0.48848286299999799</v>
       </c>
       <c r="D42" s="5">
-        <v>-24.978057405335431</v>
+        <v>-24.975645105423393</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>20.430005834999999</v>
+        <v>20.429987126</v>
       </c>
       <c r="C43" s="5">
-        <v>0.27428315899999944</v>
+        <v>0.27428547899999955</v>
       </c>
       <c r="D43" s="5">
-        <v>17.609227454930764</v>
+        <v>17.609407490009723</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>20.352835204000002</v>
+        <v>20.352758219999998</v>
       </c>
       <c r="C44" s="5">
-        <v>-7.7170630999997769E-2</v>
+        <v>-7.7228906000001984E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>-4.4397877380074497</v>
+        <v>-4.4430750098221949</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>20.132920705</v>
+        <v>20.132995257000001</v>
       </c>
       <c r="C45" s="5">
-        <v>-0.21991449900000148</v>
+        <v>-0.21976296299999731</v>
       </c>
       <c r="D45" s="5">
-        <v>-12.222662670619222</v>
+        <v>-12.214777670823995</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>19.930277066999999</v>
+        <v>19.930339454999999</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.2026436380000014</v>
+        <v>-0.20265580200000244</v>
       </c>
       <c r="D46" s="5">
-        <v>-11.431632821319749</v>
+        <v>-11.432241470024984</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>20.161819446999999</v>
+        <v>20.16185801</v>
       </c>
       <c r="C47" s="5">
-        <v>0.23154238000000049</v>
+        <v>0.23151855500000096</v>
       </c>
       <c r="D47" s="5">
-        <v>14.867354797951249</v>
+        <v>14.865676411997097</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>20.253028053000001</v>
+        <v>20.253060777000002</v>
       </c>
       <c r="C48" s="5">
-        <v>9.1208606000002135E-2</v>
+        <v>9.1202767000002183E-2</v>
       </c>
       <c r="D48" s="5">
-        <v>5.5657205438967461</v>
+        <v>5.5653444151432696</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>20.178970811999999</v>
+        <v>20.178992866000002</v>
       </c>
       <c r="C49" s="5">
-        <v>-7.4057241000001994E-2</v>
+        <v>-7.4067911000000208E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>-4.3007410969140185</v>
+        <v>-4.3013415172189928</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>20.281869464</v>
+        <v>20.281875686999999</v>
       </c>
       <c r="C50" s="5">
-        <v>0.10289865200000037</v>
+        <v>0.1028828209999979</v>
       </c>
       <c r="D50" s="5">
-        <v>6.2937313876437972</v>
+        <v>6.2927287104432628</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>20.369983756</v>
+        <v>20.369976975</v>
       </c>
       <c r="C51" s="5">
-        <v>8.8114292000000205E-2</v>
+        <v>8.8101288000000721E-2</v>
       </c>
       <c r="D51" s="5">
-        <v>5.3397766813148229</v>
+        <v>5.3389680319848143</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>20.534811612999999</v>
+        <v>20.534780061999999</v>
       </c>
       <c r="C52" s="5">
-        <v>0.1648278569999988</v>
+        <v>0.16480308699999924</v>
       </c>
       <c r="D52" s="5">
-        <v>10.154053625423231</v>
+        <v>10.152462695031028</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>20.516743247000001</v>
+        <v>20.516657709</v>
       </c>
       <c r="C53" s="5">
-        <v>-1.8068365999997837E-2</v>
+        <v>-1.8122352999998981E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>-1.05077265136575</v>
+        <v>-1.0538986736563838</v>
       </c>
       <c r="E53" s="5">
-        <v>-0.61769280937408189</v>
+        <v>-0.61773716921694755</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>20.926283263999998</v>
+        <v>20.926256295999998</v>
       </c>
       <c r="C54" s="5">
-        <v>0.40954001699999765</v>
+        <v>0.40959858699999785</v>
       </c>
       <c r="D54" s="5">
-        <v>26.766387413869829</v>
+        <v>26.770769256688709</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>21.056918443000001</v>
+        <v>21.056892297000001</v>
       </c>
       <c r="C55" s="5">
-        <v>0.13063517900000221</v>
+        <v>0.13063600100000272</v>
       </c>
       <c r="D55" s="5">
-        <v>7.7537971894519275</v>
+        <v>7.7538580042146865</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>21.147524755999999</v>
+        <v>21.147421613999999</v>
       </c>
       <c r="C56" s="5">
-        <v>9.0606312999998551E-2</v>
+        <v>9.0529316999997889E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>5.2874782315824431</v>
+        <v>5.2828849464562344</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>21.738263656000001</v>
+        <v>21.738367255</v>
       </c>
       <c r="C57" s="5">
-        <v>0.59073890000000162</v>
+        <v>0.59094564100000113</v>
       </c>
       <c r="D57" s="5">
-        <v>39.182206730169213</v>
+        <v>39.198313279737754</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>22.025604221999998</v>
+        <v>22.025685596999999</v>
       </c>
       <c r="C58" s="5">
-        <v>0.28734056599999747</v>
+        <v>0.28731834199999895</v>
       </c>
       <c r="D58" s="5">
-        <v>17.067340188338576</v>
+        <v>17.065835401744465</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>22.073407983999999</v>
+        <v>22.073453925999999</v>
       </c>
       <c r="C59" s="5">
-        <v>4.7803762000000916E-2</v>
+        <v>4.7768329000000165E-2</v>
       </c>
       <c r="D59" s="5">
-        <v>2.6357622252474178</v>
+        <v>2.6337753418704812</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>22.442161071000001</v>
+        <v>22.442198888</v>
       </c>
       <c r="C60" s="5">
-        <v>0.36875308700000176</v>
+        <v>0.36874496200000095</v>
       </c>
       <c r="D60" s="5">
-        <v>21.995388706156604</v>
+        <v>21.994808634268615</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>22.668702413999998</v>
+        <v>22.668724099999999</v>
       </c>
       <c r="C61" s="5">
-        <v>0.2265413429999974</v>
+        <v>0.22652521199999853</v>
       </c>
       <c r="D61" s="5">
-        <v>12.809022111804392</v>
+        <v>12.808036025013635</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>22.792911008000001</v>
+        <v>22.792911930999999</v>
       </c>
       <c r="C62" s="5">
-        <v>0.12420859400000239</v>
+        <v>0.12418783100000041</v>
       </c>
       <c r="D62" s="5">
-        <v>6.7769725714967421</v>
+        <v>6.7757986883075993</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>22.305017008</v>
+        <v>22.305001848</v>
       </c>
       <c r="C63" s="5">
-        <v>-0.48789400000000072</v>
+        <v>-0.48791008299999916</v>
       </c>
       <c r="D63" s="5">
-        <v>-22.868253272377547</v>
+        <v>-22.868919838653735</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>22.627929385000002</v>
+        <v>22.627889572000001</v>
       </c>
       <c r="C64" s="5">
-        <v>0.32291237700000153</v>
+        <v>0.32288772400000099</v>
       </c>
       <c r="D64" s="5">
-        <v>18.824794636323361</v>
+        <v>18.823254967273527</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>22.809777310000001</v>
+        <v>22.809696635000002</v>
       </c>
       <c r="C65" s="5">
-        <v>0.18184792499999958</v>
+        <v>0.18180706300000082</v>
       </c>
       <c r="D65" s="5">
-        <v>10.081608444408175</v>
+        <v>10.079260557680204</v>
       </c>
       <c r="E65" s="5">
-        <v>11.176403756650277</v>
+        <v>11.17647405597706</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>21.316072555000002</v>
+        <v>21.316042409000001</v>
       </c>
       <c r="C66" s="5">
-        <v>-1.4937047549999996</v>
+        <v>-1.4936542260000003</v>
       </c>
       <c r="D66" s="5">
-        <v>-55.635689732135063</v>
+        <v>-55.634559690761179</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>20.959293358</v>
+        <v>20.959267240999999</v>
       </c>
       <c r="C67" s="5">
-        <v>-0.3567791970000016</v>
+        <v>-0.3567751680000022</v>
       </c>
       <c r="D67" s="5">
-        <v>-18.335490433815728</v>
+        <v>-18.335325644979427</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>20.922473642</v>
+        <v>20.922368028000001</v>
       </c>
       <c r="C68" s="5">
-        <v>-3.6819716000000113E-2</v>
+        <v>-3.6899212999998099E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>-2.0878207319242614</v>
+        <v>-2.0922875442638267</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>19.649348013000001</v>
+        <v>19.649454708</v>
       </c>
       <c r="C69" s="5">
-        <v>-1.273125628999999</v>
+        <v>-1.2729133200000007</v>
       </c>
       <c r="D69" s="5">
-        <v>-52.921633874124943</v>
+        <v>-52.915714156730331</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>19.630932690000002</v>
+        <v>19.631016823</v>
       </c>
       <c r="C70" s="5">
-        <v>-1.8415322999999262E-2</v>
+        <v>-1.8437885000000875E-2</v>
       </c>
       <c r="D70" s="5">
-        <v>-1.1188582246931866</v>
+        <v>-1.12021590408663</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>19.676847503000001</v>
+        <v>19.676897790999998</v>
       </c>
       <c r="C71" s="5">
-        <v>4.5914812999999555E-2</v>
+        <v>4.5880967999998745E-2</v>
       </c>
       <c r="D71" s="5">
-        <v>2.8430695032089615</v>
+        <v>2.840934458331934</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>19.127668975999999</v>
+        <v>19.127706225000001</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.54917852700000225</v>
+        <v>-0.54919156599999752</v>
       </c>
       <c r="D72" s="5">
-        <v>-28.800272863224773</v>
+        <v>-28.800792594452972</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>19.054468450000002</v>
+        <v>19.054486505</v>
       </c>
       <c r="C73" s="5">
-        <v>-7.3200525999997268E-2</v>
+        <v>-7.3219720000000876E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>-4.4968954700040698</v>
+        <v>-4.4980413171893385</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>18.907420924</v>
+        <v>18.907417965</v>
       </c>
       <c r="C74" s="5">
-        <v>-0.14704752600000148</v>
+        <v>-0.14706853999999936</v>
       </c>
       <c r="D74" s="5">
-        <v>-8.8775356994503554</v>
+        <v>-8.8787429318644921</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>18.829637342000002</v>
+        <v>18.829618695000001</v>
       </c>
       <c r="C75" s="5">
-        <v>-7.7783581999998574E-2</v>
+        <v>-7.7799269999999865E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>-4.8265189151671883</v>
+        <v>-4.8274711800336938</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>18.834416077</v>
+        <v>18.834374984</v>
       </c>
       <c r="C76" s="5">
-        <v>4.7787349999985906E-3</v>
+        <v>4.7562889999994695E-3</v>
       </c>
       <c r="D76" s="5">
-        <v>0.3049709909024978</v>
+        <v>0.30353683451596059</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>18.908869211999999</v>
+        <v>18.908799825999999</v>
       </c>
       <c r="C77" s="5">
-        <v>7.4453134999998838E-2</v>
+        <v>7.4424841999999103E-2</v>
       </c>
       <c r="D77" s="5">
-        <v>4.8481498872426254</v>
+        <v>4.8462781184658521</v>
       </c>
       <c r="E77" s="5">
-        <v>-17.101912241334382</v>
+        <v>-17.101923236516569</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>18.524686985999999</v>
+        <v>18.524660400999998</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.38418222600000007</v>
+        <v>-0.38413942500000076</v>
       </c>
       <c r="D78" s="5">
-        <v>-21.832927841807958</v>
+        <v>-21.830831946255536</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>19.050735267</v>
+        <v>19.050710943999999</v>
       </c>
       <c r="C79" s="5">
-        <v>0.52604828100000134</v>
+        <v>0.5260505430000002</v>
       </c>
       <c r="D79" s="5">
-        <v>39.93629255604327</v>
+        <v>39.936558486010831</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>18.876587483000002</v>
+        <v>18.876490713999999</v>
       </c>
       <c r="C80" s="5">
-        <v>-0.17414778399999875</v>
+        <v>-0.17422022999999953</v>
       </c>
       <c r="D80" s="5">
-        <v>-10.434466462549551</v>
+        <v>-10.438603936709445</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>18.977719349000001</v>
+        <v>18.977821064</v>
       </c>
       <c r="C81" s="5">
-        <v>0.10113186599999935</v>
+        <v>0.10133035000000135</v>
       </c>
       <c r="D81" s="5">
-        <v>6.6218996933670171</v>
+        <v>6.6353171229188934</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>19.045839393000001</v>
+        <v>19.045915230999999</v>
       </c>
       <c r="C82" s="5">
-        <v>6.812004400000049E-2</v>
+        <v>6.8094166999998151E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>4.3934319640267505</v>
+        <v>4.391705938049717</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>19.054031030000001</v>
+        <v>19.054075446999999</v>
       </c>
       <c r="C83" s="5">
-        <v>8.1916369999994743E-3</v>
+        <v>8.1602160000002755E-3</v>
       </c>
       <c r="D83" s="5">
-        <v>0.51734401933332119</v>
+        <v>0.51535288611241903</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>19.217199981</v>
+        <v>19.217230262000001</v>
       </c>
       <c r="C84" s="5">
-        <v>0.1631689509999994</v>
+        <v>0.16315481500000217</v>
       </c>
       <c r="D84" s="5">
-        <v>10.774270156900867</v>
+        <v>10.773266038145813</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>19.237741339999999</v>
+        <v>19.237753492</v>
       </c>
       <c r="C85" s="5">
-        <v>2.0541358999999204E-2</v>
+        <v>2.0523229999998449E-2</v>
       </c>
       <c r="D85" s="5">
-        <v>1.2902536795825537</v>
+        <v>1.2891062119836816</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>19.627019196999999</v>
+        <v>19.627012232999999</v>
       </c>
       <c r="C86" s="5">
-        <v>0.38927785699999973</v>
+        <v>0.38925874099999902</v>
       </c>
       <c r="D86" s="5">
-        <v>27.175423685772728</v>
+        <v>27.173918204461287</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>19.861462067000001</v>
+        <v>19.861441653</v>
       </c>
       <c r="C87" s="5">
-        <v>0.2344428700000023</v>
+        <v>0.23442942000000144</v>
       </c>
       <c r="D87" s="5">
-        <v>15.314100326243363</v>
+        <v>15.313169049082909</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>20.015745560999999</v>
+        <v>20.01571058</v>
       </c>
       <c r="C88" s="5">
-        <v>0.15428349399999775</v>
+        <v>0.15426892700000039</v>
       </c>
       <c r="D88" s="5">
-        <v>9.7303281246566407</v>
+        <v>9.7293802489967227</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>20.111353243</v>
+        <v>20.111306070000001</v>
       </c>
       <c r="C89" s="5">
-        <v>9.5607682000000693E-2</v>
+        <v>9.5595490000000893E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>5.8849583751404255</v>
+        <v>5.8841986520105083</v>
       </c>
       <c r="E89" s="5">
-        <v>6.3593651080778413</v>
+        <v>6.3595059182261382</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>20.357071016999999</v>
+        <v>20.357050038000001</v>
       </c>
       <c r="C90" s="5">
-        <v>0.24571777399999917</v>
+        <v>0.24574396799999931</v>
       </c>
       <c r="D90" s="5">
-        <v>15.687908698621111</v>
+        <v>15.689734326197291</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>20.433787299999999</v>
+        <v>20.433770742</v>
       </c>
       <c r="C91" s="5">
-        <v>7.6716282999999663E-2</v>
+        <v>7.6720703999999529E-2</v>
       </c>
       <c r="D91" s="5">
-        <v>4.6171585666466397</v>
+        <v>4.6174350408273002</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>20.742932113999998</v>
+        <v>20.742867775000001</v>
       </c>
       <c r="C92" s="5">
-        <v>0.30914481399999971</v>
+        <v>0.30909703300000047</v>
       </c>
       <c r="D92" s="5">
-        <v>19.744432887574458</v>
+        <v>19.741140328139984</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>20.699446178999999</v>
+        <v>20.699515690999998</v>
       </c>
       <c r="C93" s="5">
-        <v>-4.3485934999999643E-2</v>
+        <v>-4.3352084000002122E-2</v>
       </c>
       <c r="D93" s="5">
-        <v>-2.4869010080602383</v>
+        <v>-2.4793416308500404</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>20.767587101</v>
+        <v>20.767639925000001</v>
       </c>
       <c r="C94" s="5">
-        <v>6.8140922000001325E-2</v>
+        <v>6.8124234000002559E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>4.0226171988273718</v>
+        <v>4.0216003918682075</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>21.031569958999999</v>
+        <v>21.031605381999999</v>
       </c>
       <c r="C95" s="5">
-        <v>0.26398285799999854</v>
+        <v>0.26396545699999763</v>
       </c>
       <c r="D95" s="5">
-        <v>16.366461565623315</v>
+        <v>16.365261647736485</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>21.107561063999999</v>
+        <v>21.107581492000001</v>
       </c>
       <c r="C96" s="5">
-        <v>7.5991104999999948E-2</v>
+        <v>7.5976110000002706E-2</v>
       </c>
       <c r="D96" s="5">
-        <v>4.4230409529936621</v>
+        <v>4.4221431630155905</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>21.329862670000001</v>
+        <v>21.329869041999999</v>
       </c>
       <c r="C97" s="5">
-        <v>0.22230160600000204</v>
+        <v>0.22228754999999722</v>
       </c>
       <c r="D97" s="5">
-        <v>13.396606823221768</v>
+        <v>13.395696385939981</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>21.236662207999998</v>
+        <v>21.236654742999999</v>
       </c>
       <c r="C98" s="5">
-        <v>-9.3200462000002204E-2</v>
+        <v>-9.3214298999999556E-2</v>
       </c>
       <c r="D98" s="5">
-        <v>-5.1191867333287622</v>
+        <v>-5.1199270864136341</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>21.379879963</v>
+        <v>21.379863637</v>
       </c>
       <c r="C99" s="5">
-        <v>0.143217755000002</v>
+        <v>0.1432088940000007</v>
       </c>
       <c r="D99" s="5">
-        <v>8.3996900215389516</v>
+        <v>8.399153963912509</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>21.582113325000002</v>
+        <v>21.582090431000001</v>
       </c>
       <c r="C100" s="5">
-        <v>0.20223336200000119</v>
+        <v>0.20222679400000132</v>
       </c>
       <c r="D100" s="5">
-        <v>11.960408181795668</v>
+        <v>11.960008925919997</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>21.703220650999999</v>
+        <v>21.703193052</v>
       </c>
       <c r="C101" s="5">
-        <v>0.12110732599999707</v>
+        <v>0.12110262099999858</v>
       </c>
       <c r="D101" s="5">
-        <v>6.9455223164580637</v>
+        <v>6.9452516988585344</v>
       </c>
       <c r="E101" s="5">
-        <v>7.9152675047069021</v>
+        <v>7.9153833990653233</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>21.993795852000002</v>
+        <v>21.993782017000001</v>
       </c>
       <c r="C102" s="5">
-        <v>0.29057520100000289</v>
+        <v>0.29058896500000131</v>
       </c>
       <c r="D102" s="5">
-        <v>17.303790385424911</v>
+        <v>17.304694961837708</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>22.226923364000001</v>
+        <v>22.226914212000001</v>
       </c>
       <c r="C103" s="5">
-        <v>0.23312751199999937</v>
+        <v>0.2331321949999996</v>
       </c>
       <c r="D103" s="5">
-        <v>13.488002023274248</v>
+        <v>13.488297938972792</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>22.415760516999999</v>
+        <v>22.415729394</v>
       </c>
       <c r="C104" s="5">
-        <v>0.18883715299999793</v>
+        <v>0.18881518199999903</v>
       </c>
       <c r="D104" s="5">
-        <v>10.685189244292337</v>
+        <v>10.68389198951747</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>22.436595531999998</v>
+        <v>22.436631489</v>
       </c>
       <c r="C105" s="5">
-        <v>2.0835014999999402E-2</v>
+        <v>2.0902095000000287E-2</v>
       </c>
       <c r="D105" s="5">
-        <v>1.121096414008349</v>
+        <v>1.1247259750718719</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>22.505978690999999</v>
+        <v>22.506007738000001</v>
       </c>
       <c r="C106" s="5">
-        <v>6.9383159000000916E-2</v>
+        <v>6.9376249000001167E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>3.7746633122511364</v>
+        <v>3.7742748183592134</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>22.393954733000001</v>
+        <v>22.393978222000001</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.1120239579999982</v>
+        <v>-0.11202951599999977</v>
       </c>
       <c r="D107" s="5">
-        <v>-5.8121872217305697</v>
+        <v>-5.8124604436795346</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>22.807482091000001</v>
+        <v>22.807492793000002</v>
       </c>
       <c r="C108" s="5">
-        <v>0.41352735799999962</v>
+        <v>0.41351457100000033</v>
       </c>
       <c r="D108" s="5">
-        <v>24.554252095063987</v>
+        <v>24.553385698612097</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>22.913952058</v>
+        <v>22.913953953</v>
       </c>
       <c r="C109" s="5">
-        <v>0.10646996699999889</v>
+        <v>0.1064611599999985</v>
       </c>
       <c r="D109" s="5">
-        <v>5.747933923239068</v>
+        <v>5.7474434259068063</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>22.837642374000001</v>
+        <v>22.837636155999999</v>
       </c>
       <c r="C110" s="5">
-        <v>-7.6309683999998157E-2</v>
+        <v>-7.6317797000001519E-2</v>
       </c>
       <c r="D110" s="5">
-        <v>-3.9239337672761776</v>
+        <v>-3.9243430164647597</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>22.895789358999998</v>
+        <v>22.895778389</v>
       </c>
       <c r="C111" s="5">
-        <v>5.8146984999996931E-2</v>
+        <v>5.8142233000001653E-2</v>
       </c>
       <c r="D111" s="5">
-        <v>3.0984739789965188</v>
+        <v>3.0982180587675989</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>22.741772053999998</v>
+        <v>22.741760828</v>
       </c>
       <c r="C112" s="5">
-        <v>-0.15401730499999999</v>
+        <v>-0.15401756099999986</v>
       </c>
       <c r="D112" s="5">
-        <v>-7.7802002025207369</v>
+        <v>-7.7802162506319323</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>22.787068662999999</v>
+        <v>22.787058765000001</v>
       </c>
       <c r="C113" s="5">
-        <v>4.5296609000001098E-2</v>
+        <v>4.5297937000000843E-2</v>
       </c>
       <c r="D113" s="5">
-        <v>2.4164941801247508</v>
+        <v>2.4165670104956183</v>
       </c>
       <c r="E113" s="5">
-        <v>4.993950111962131</v>
+        <v>4.9940380219772429</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>22.917560744999999</v>
+        <v>22.917552246</v>
       </c>
       <c r="C114" s="5">
-        <v>0.13049208199999995</v>
+        <v>0.13049348099999847</v>
       </c>
       <c r="D114" s="5">
-        <v>7.0925259626659631</v>
+        <v>7.0926075905971109</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>23.232906503999999</v>
+        <v>23.232904797</v>
       </c>
       <c r="C115" s="5">
-        <v>0.3153457589999995</v>
+        <v>0.31535255100000015</v>
       </c>
       <c r="D115" s="5">
-        <v>17.820766146806697</v>
+        <v>17.821186594749005</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>23.208224791999999</v>
+        <v>23.208218939999998</v>
       </c>
       <c r="C116" s="5">
-        <v>-2.4681711999999578E-2</v>
+        <v>-2.4685857000001477E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>-1.2674095707704169</v>
+        <v>-1.2676212674075371</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>23.272195945</v>
+        <v>23.27220208</v>
       </c>
       <c r="C117" s="5">
-        <v>6.3971153000000669E-2</v>
+        <v>6.3983140000001271E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>3.3582888098505848</v>
+        <v>3.3589285226783172</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>23.441297599999999</v>
+        <v>23.441306755999999</v>
       </c>
       <c r="C118" s="5">
-        <v>0.16910165499999863</v>
+        <v>0.1691046759999999</v>
       </c>
       <c r="D118" s="5">
-        <v>9.0765526120162541</v>
+        <v>9.0767188099533769</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>23.473790180000002</v>
+        <v>23.473805323000001</v>
       </c>
       <c r="C119" s="5">
-        <v>3.2492580000003102E-2</v>
+        <v>3.2498567000001088E-2</v>
       </c>
       <c r="D119" s="5">
-        <v>1.676090225285809</v>
+        <v>1.6764007562832806</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>23.613018016000002</v>
+        <v>23.613021877000001</v>
       </c>
       <c r="C120" s="5">
-        <v>0.13922783599999988</v>
+        <v>0.13921655400000077</v>
       </c>
       <c r="D120" s="5">
-        <v>7.3542795263701555</v>
+        <v>7.3536591181962541</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>23.491251763000001</v>
+        <v>23.491251601999998</v>
       </c>
       <c r="C121" s="5">
-        <v>-0.12176625300000055</v>
+        <v>-0.12177027500000293</v>
       </c>
       <c r="D121" s="5">
-        <v>-6.0155659193837145</v>
+        <v>-6.0157580591997721</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>23.725370514000002</v>
+        <v>23.725367845000001</v>
       </c>
       <c r="C122" s="5">
-        <v>0.23411875100000046</v>
+        <v>0.23411624300000256</v>
       </c>
       <c r="D122" s="5">
-        <v>12.637273373827739</v>
+        <v>12.637130583196532</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>23.801013662999999</v>
+        <v>23.801009402999998</v>
       </c>
       <c r="C123" s="5">
-        <v>7.5643148999997578E-2</v>
+        <v>7.5641557999997389E-2</v>
       </c>
       <c r="D123" s="5">
-        <v>3.8937452926027127</v>
+        <v>3.8936623999208386</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>24.013682518</v>
+        <v>24.013678289000001</v>
       </c>
       <c r="C124" s="5">
-        <v>0.21266885500000043</v>
+        <v>0.212668886000003</v>
       </c>
       <c r="D124" s="5">
-        <v>11.265296914913447</v>
+        <v>11.265300754955954</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>24.061694911</v>
+        <v>24.061693691999999</v>
       </c>
       <c r="C125" s="5">
-        <v>4.8012393000000486E-2</v>
+        <v>4.8015402999997292E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>2.4258119964503555</v>
+        <v>2.4259661840967395</v>
       </c>
       <c r="E125" s="5">
-        <v>5.5936385098520613</v>
+        <v>5.593679026965015</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>23.631194188999999</v>
+        <v>23.631189938999999</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.43050072200000145</v>
+        <v>-0.43050375299999999</v>
       </c>
       <c r="D126" s="5">
-        <v>-19.47820686468047</v>
+        <v>-19.478331691663087</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>23.844646835999999</v>
+        <v>23.844646445999999</v>
       </c>
       <c r="C127" s="5">
-        <v>0.21345264700000044</v>
+        <v>0.21345650700000007</v>
       </c>
       <c r="D127" s="5">
-        <v>11.394232463042453</v>
+        <v>11.394451006937366</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>23.908473735000001</v>
+        <v>23.908470983000001</v>
       </c>
       <c r="C128" s="5">
-        <v>6.3826899000002157E-2</v>
+        <v>6.3824537000002124E-2</v>
       </c>
       <c r="D128" s="5">
-        <v>3.2598518079118621</v>
+        <v>3.2597294453487136</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>24.313517426000001</v>
+        <v>24.313519191000001</v>
       </c>
       <c r="C129" s="5">
-        <v>0.40504369099999948</v>
+        <v>0.40504820800000019</v>
       </c>
       <c r="D129" s="5">
-        <v>22.335155959007679</v>
+        <v>22.33543150555537</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>24.356869330999999</v>
+        <v>24.356871426000001</v>
       </c>
       <c r="C130" s="5">
-        <v>4.335190499999797E-2</v>
+        <v>4.3352235000000405E-2</v>
       </c>
       <c r="D130" s="5">
-        <v>2.1607526634195962</v>
+        <v>2.1607691145697938</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>24.459046520000001</v>
+        <v>24.459053424</v>
       </c>
       <c r="C131" s="5">
-        <v>0.1021771890000025</v>
+        <v>0.10218199799999894</v>
       </c>
       <c r="D131" s="5">
-        <v>5.1517928217525322</v>
+        <v>5.1520404608460746</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>24.126679638999999</v>
+        <v>24.126680093000001</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.33236688100000222</v>
+        <v>-0.33237333099999944</v>
       </c>
       <c r="D132" s="5">
-        <v>-15.141292215294012</v>
+        <v>-15.141560487561756</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>24.573220141</v>
+        <v>24.573219792</v>
       </c>
       <c r="C133" s="5">
-        <v>0.44654050200000128</v>
+        <v>0.44653969899999879</v>
       </c>
       <c r="D133" s="5">
-        <v>24.616102811342522</v>
+        <v>24.616053433773178</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>24.712847102000001</v>
+        <v>24.712846113000001</v>
       </c>
       <c r="C134" s="5">
-        <v>0.13962696100000116</v>
+        <v>0.1396263210000015</v>
       </c>
       <c r="D134" s="5">
-        <v>7.03566966191016</v>
+        <v>7.0356365015562528</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>24.704323520999999</v>
+        <v>24.704322244</v>
       </c>
       <c r="C135" s="5">
-        <v>-8.5235810000021672E-3</v>
+        <v>-8.5238690000011275E-3</v>
       </c>
       <c r="D135" s="5">
-        <v>-0.4131015987781872</v>
+        <v>-0.41311554694219987</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>24.901231019000001</v>
+        <v>24.901230017</v>
       </c>
       <c r="C136" s="5">
-        <v>0.19690749800000162</v>
+        <v>0.19690777299999951</v>
       </c>
       <c r="D136" s="5">
-        <v>9.9953221870595854</v>
+        <v>9.9953373035628346</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>25.036522403999999</v>
+        <v>25.036523919</v>
       </c>
       <c r="C137" s="5">
-        <v>0.1352913849999986</v>
+        <v>0.1352939020000008</v>
       </c>
       <c r="D137" s="5">
-        <v>6.7181403304916065</v>
+        <v>6.7182693535343896</v>
       </c>
       <c r="E137" s="5">
-        <v>4.051366691356173</v>
+        <v>4.051378259062921</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>24.437623282000001</v>
+        <v>24.437620843000001</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.59889912199999884</v>
+        <v>-0.59890307599999915</v>
       </c>
       <c r="D138" s="5">
-        <v>-25.214133488623357</v>
+        <v>-25.214277361587435</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>24.649093828000002</v>
+        <v>24.649093945000001</v>
       </c>
       <c r="C139" s="5">
-        <v>0.21147054600000104</v>
+        <v>0.21147310199999936</v>
       </c>
       <c r="D139" s="5">
-        <v>10.892942619709389</v>
+        <v>10.893081748414968</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>24.617318383000001</v>
+        <v>24.617317305</v>
       </c>
       <c r="C140" s="5">
-        <v>-3.1775445000000957E-2</v>
+        <v>-3.1776640000000356E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>-1.5360135620764659</v>
+        <v>-1.5360709117417715</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>24.427380415999998</v>
+        <v>24.427380286999998</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.18993796700000232</v>
+        <v>-0.18993701800000196</v>
       </c>
       <c r="D141" s="5">
-        <v>-8.8757766290193274</v>
+        <v>-8.8757345193925872</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>24.362573435000002</v>
+        <v>24.362573346000001</v>
       </c>
       <c r="C142" s="5">
-        <v>-6.4806980999996711E-2</v>
+        <v>-6.4806940999996954E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>-3.1376092885483375</v>
+        <v>-3.1376073964599405</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>24.463932282999998</v>
+        <v>24.463935339999999</v>
       </c>
       <c r="C143" s="5">
-        <v>0.10135884799999673</v>
+        <v>0.10136199399999768</v>
       </c>
       <c r="D143" s="5">
-        <v>5.1083592367869857</v>
+        <v>5.1085214560322667</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>24.134655211999998</v>
+        <v>24.134654910999998</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.32927707099999992</v>
+        <v>-0.32928042900000065</v>
       </c>
       <c r="D144" s="5">
-        <v>-15.008010529268102</v>
+        <v>-15.008150695719191</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>24.267969127000001</v>
+        <v>24.267969069999999</v>
       </c>
       <c r="C145" s="5">
-        <v>0.13331391500000223</v>
+        <v>0.1333141590000011</v>
       </c>
       <c r="D145" s="5">
-        <v>6.8336383215665597</v>
+        <v>6.8336512991848286</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>24.104977232</v>
+        <v>24.104977066</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.16299189500000111</v>
+        <v>-0.16299200399999947</v>
       </c>
       <c r="D146" s="5">
-        <v>-7.7684511047235949</v>
+        <v>-7.7684561270295998</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>24.000788107999998</v>
+        <v>24.000787831</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.10418912400000124</v>
+        <v>-0.10418923499999977</v>
       </c>
       <c r="D147" s="5">
-        <v>-5.0652249079128575</v>
+        <v>-5.0652302106765079</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>23.892890369</v>
+        <v>23.892890066</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.10789773899999844</v>
+        <v>-0.10789776500000059</v>
       </c>
       <c r="D148" s="5">
-        <v>-5.2633003258894533</v>
+        <v>-5.2633016222390143</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>24.033453878</v>
+        <v>24.0334556</v>
       </c>
       <c r="C149" s="5">
-        <v>0.1405635089999997</v>
+        <v>0.14056553400000027</v>
       </c>
       <c r="D149" s="5">
-        <v>7.2926507830110454</v>
+        <v>7.2927593611518127</v>
       </c>
       <c r="E149" s="5">
-        <v>-4.0064211387430664</v>
+        <v>-4.0064200695160483</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>24.149579575000001</v>
+        <v>24.149577649000001</v>
       </c>
       <c r="C150" s="5">
-        <v>0.11612569700000108</v>
+        <v>0.11612204900000123</v>
       </c>
       <c r="D150" s="5">
-        <v>5.9547994048446684</v>
+        <v>5.9546069024392523</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>24.136420112</v>
+        <v>24.136420051000002</v>
       </c>
       <c r="C151" s="5">
-        <v>-1.3159463000000926E-2</v>
+        <v>-1.3157597999999382E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>-0.65194154716712305</v>
+        <v>-0.65184948051165703</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>24.317208349000001</v>
+        <v>24.317207609</v>
       </c>
       <c r="C152" s="5">
-        <v>0.18078823700000157</v>
+        <v>0.18078755799999868</v>
       </c>
       <c r="D152" s="5">
-        <v>9.3680106351348602</v>
+        <v>9.3679740137120326</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>24.225915151999999</v>
+        <v>24.225915227000002</v>
       </c>
       <c r="C153" s="5">
-        <v>-9.129319700000238E-2</v>
+        <v>-9.1292381999998895E-2</v>
       </c>
       <c r="D153" s="5">
-        <v>-4.4132463721118569</v>
+        <v>-4.413207915277928</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>24.361146227999999</v>
+        <v>24.361146433999998</v>
       </c>
       <c r="C154" s="5">
-        <v>0.13523107600000017</v>
+        <v>0.1352312069999968</v>
       </c>
       <c r="D154" s="5">
-        <v>6.9080287353168401</v>
+        <v>6.908035611936203</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>24.572141178999999</v>
+        <v>24.572142388</v>
       </c>
       <c r="C155" s="5">
-        <v>0.21099495099999999</v>
+        <v>0.21099595400000126</v>
       </c>
       <c r="D155" s="5">
-        <v>10.903026744370026</v>
+        <v>10.903080970602929</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>25.043875608</v>
+        <v>25.043875521</v>
       </c>
       <c r="C156" s="5">
-        <v>0.4717344290000014</v>
+        <v>0.47173313300000075</v>
       </c>
       <c r="D156" s="5">
-        <v>25.632624747145648</v>
+        <v>25.632545333336342</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>25.056288706</v>
+        <v>25.056288746</v>
       </c>
       <c r="C157" s="5">
-        <v>1.2413097999999678E-2</v>
+        <v>1.2413224999999528E-2</v>
       </c>
       <c r="D157" s="5">
-        <v>0.59640896532844323</v>
+        <v>0.59641508598693438</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>25.210303585999998</v>
+        <v>25.210303451000001</v>
       </c>
       <c r="C158" s="5">
-        <v>0.1540148799999983</v>
+        <v>0.15401470500000158</v>
       </c>
       <c r="D158" s="5">
-        <v>7.6306524115780983</v>
+        <v>7.6306434334270534</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>25.401337193</v>
+        <v>25.401336976</v>
       </c>
       <c r="C159" s="5">
-        <v>0.19103360700000138</v>
+        <v>0.19103352499999815</v>
       </c>
       <c r="D159" s="5">
-        <v>9.4818302208935954</v>
+        <v>9.4818260326826618</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>25.494071227999999</v>
+        <v>25.494071046999998</v>
       </c>
       <c r="C160" s="5">
-        <v>9.2734034999999437E-2</v>
+        <v>9.2734070999998863E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>4.4699490164012312</v>
+        <v>4.4699508256127451</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>25.541460785999998</v>
+        <v>25.541461932000001</v>
       </c>
       <c r="C161" s="5">
-        <v>4.7389557999998999E-2</v>
+        <v>4.7390885000002214E-2</v>
       </c>
       <c r="D161" s="5">
-        <v>2.2535624046210456</v>
+        <v>2.2536261714925399</v>
       </c>
       <c r="E161" s="5">
-        <v>6.2746158569427113</v>
+        <v>6.27461301070662</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>25.466963641</v>
+        <v>25.466962542000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-7.449714499999871E-2</v>
+        <v>-7.4499389999999721E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>-3.4444518652421263</v>
+        <v>-3.4445538535365139</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>25.418407461000001</v>
+        <v>25.418407430999999</v>
       </c>
       <c r="C163" s="5">
-        <v>-4.8556179999998506E-2</v>
+        <v>-4.8555111000002427E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>-2.2641200182613064</v>
+        <v>-2.2640707902098933</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>25.416080968999999</v>
+        <v>25.416080609000002</v>
       </c>
       <c r="C164" s="5">
-        <v>-2.3264920000016787E-3</v>
+        <v>-2.3268219999970086E-3</v>
       </c>
       <c r="D164" s="5">
-        <v>-0.1097781376324436</v>
+        <v>-0.10979370134338584</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>25.301701859000001</v>
+        <v>25.301701899000001</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.11437910999999801</v>
+        <v>-0.11437871000000044</v>
       </c>
       <c r="D165" s="5">
-        <v>-5.2686376715525896</v>
+        <v>-5.2686197728001645</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>25.458255713</v>
+        <v>25.458255769000001</v>
       </c>
       <c r="C166" s="5">
-        <v>0.15655385399999844</v>
+        <v>0.15655386999999976</v>
       </c>
       <c r="D166" s="5">
-        <v>7.6829452409507226</v>
+        <v>7.6829460405070549</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>25.289367240000001</v>
+        <v>25.289367951999999</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.1688884729999991</v>
+        <v>-0.16888781700000166</v>
       </c>
       <c r="D167" s="5">
-        <v>-7.6765926983815351</v>
+        <v>-7.6765639439436928</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>25.245594008000001</v>
+        <v>25.245593798000002</v>
       </c>
       <c r="C168" s="5">
-        <v>-4.3773231999999496E-2</v>
+        <v>-4.3774153999997623E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>-2.0574137197996389</v>
+        <v>-2.0574565862132577</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>25.140299855999999</v>
+        <v>25.140299850000002</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.10529415200000258</v>
+        <v>-0.10529394799999992</v>
       </c>
       <c r="D169" s="5">
-        <v>-4.8917227319509538</v>
+        <v>-4.8917135106825942</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>25.123906655999999</v>
+        <v>25.123906599000001</v>
       </c>
       <c r="C170" s="5">
-        <v>-1.6393199999999553E-2</v>
+        <v>-1.639325100000022E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-0.77968212765361367</v>
+        <v>-0.7796845447735401</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>25.100822400999999</v>
+        <v>25.100822310000002</v>
       </c>
       <c r="C171" s="5">
-        <v>-2.3084255000000553E-2</v>
+        <v>-2.3084288999999814E-2</v>
       </c>
       <c r="D171" s="5">
-        <v>-1.0970247175921766</v>
+        <v>-1.0970263276816605</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>24.986671180999998</v>
+        <v>24.986671089000001</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.11415122000000011</v>
+        <v>-0.11415122100000019</v>
       </c>
       <c r="D172" s="5">
-        <v>-5.3227993100658626</v>
+        <v>-5.3227993743523712</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>25.052154603999998</v>
+        <v>25.052155142</v>
       </c>
       <c r="C173" s="5">
-        <v>6.5483422999999874E-2</v>
+        <v>6.548405299999871E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>3.1906097817403944</v>
+        <v>3.190640933539135</v>
       </c>
       <c r="E173" s="5">
-        <v>-1.9157329570914872</v>
+        <v>-1.9157352515791759</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>25.302903480000001</v>
+        <v>25.302903167</v>
       </c>
       <c r="C174" s="5">
-        <v>0.25074887600000295</v>
+        <v>0.25074802500000004</v>
       </c>
       <c r="D174" s="5">
-        <v>12.694652261565009</v>
+        <v>12.694606491334826</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>25.397583267000002</v>
+        <v>25.397583144999999</v>
       </c>
       <c r="C175" s="5">
-        <v>9.4679787000000459E-2</v>
+        <v>9.4679977999998499E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>4.5837976959871352</v>
+        <v>4.583807192006395</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>25.322986141000001</v>
+        <v>25.322986037</v>
       </c>
       <c r="C176" s="5">
-        <v>-7.4597126000000458E-2</v>
+        <v>-7.4597107999998968E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>-3.4682246673302775</v>
+        <v>-3.4682238603252369</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>25.472197513000001</v>
+        <v>25.472197479999998</v>
       </c>
       <c r="C177" s="5">
-        <v>0.1492113719999999</v>
+        <v>0.14921144299999867</v>
       </c>
       <c r="D177" s="5">
-        <v>7.3045050672843059</v>
+        <v>7.3045086874082843</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>25.346875468</v>
+        <v>25.346875444999998</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.12532204500000077</v>
+        <v>-0.12532203499999994</v>
       </c>
       <c r="D178" s="5">
-        <v>-5.7467770194324919</v>
+        <v>-5.7467765804530835</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>25.298627948</v>
+        <v>25.298628293</v>
       </c>
       <c r="C179" s="5">
-        <v>-4.8247520000000321E-2</v>
+        <v>-4.8247151999998295E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-2.260425288870016</v>
+        <v>-2.2604082299745198</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>25.353111367</v>
+        <v>25.353111219999999</v>
       </c>
       <c r="C180" s="5">
-        <v>5.448341900000031E-2</v>
+        <v>5.4482926999998682E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>2.615165838539113</v>
+        <v>2.61514190637675</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>25.232508736</v>
+        <v>25.232508727999999</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.12060263100000057</v>
+        <v>-0.12060249199999973</v>
       </c>
       <c r="D181" s="5">
-        <v>-5.5612961362556002</v>
+        <v>-5.5612899247721064</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>25.331626045</v>
+        <v>25.331626027999999</v>
       </c>
       <c r="C182" s="5">
-        <v>9.9117309000000375E-2</v>
+        <v>9.9117299999999631E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>4.8169771440818021</v>
+        <v>4.816976698760822</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
         <v>25.407274236999999</v>
       </c>
       <c r="C183" s="5">
-        <v>7.564819199999917E-2</v>
+        <v>7.5648209000000577E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>3.6430260562115402</v>
+        <v>3.6430268908669516</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>25.468555652999999</v>
+        <v>25.468555680000001</v>
       </c>
       <c r="C184" s="5">
-        <v>6.1281415999999922E-2</v>
+        <v>6.1281443000002156E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>2.9330624272631223</v>
+        <v>2.9330637367331436</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>25.446983992</v>
+        <v>25.446984032</v>
       </c>
       <c r="C185" s="5">
-        <v>-2.1571660999999409E-2</v>
+        <v>-2.1571648000001886E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>-1.0116688442139976</v>
+        <v>-1.0116682363092377</v>
       </c>
       <c r="E185" s="5">
-        <v>1.5760296638795301</v>
+        <v>1.5760276421810326</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>25.532494289999999</v>
+        <v>25.532494311000001</v>
       </c>
       <c r="C186" s="5">
-        <v>8.5510297999999096E-2</v>
+        <v>8.5510279000001077E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>4.1077647930050309</v>
+        <v>4.1077638567669439</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>25.793306897000001</v>
+        <v>25.793306866000002</v>
       </c>
       <c r="C187" s="5">
-        <v>0.26081260700000186</v>
+        <v>0.26081255500000111</v>
       </c>
       <c r="D187" s="5">
-        <v>12.970586919577865</v>
+        <v>12.97058417528274</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>25.844528653000001</v>
+        <v>25.844528588999999</v>
       </c>
       <c r="C188" s="5">
-        <v>5.122175600000034E-2</v>
+        <v>5.122172299999761E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>2.4092264115836759</v>
+        <v>2.4092248453563725</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
         <v>26.037055599999999</v>
       </c>
       <c r="C189" s="5">
-        <v>0.19252694699999751</v>
+        <v>0.19252701099999925</v>
       </c>
       <c r="D189" s="5">
-        <v>9.314822465452167</v>
+        <v>9.3148257138685473</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>25.949704435000001</v>
+        <v>25.949704371999999</v>
       </c>
       <c r="C190" s="5">
-        <v>-8.7351164999997621E-2</v>
+        <v>-8.7351227999999281E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>-3.9523946048001468</v>
+        <v>-3.9523974029819442</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>25.901196513999999</v>
+        <v>25.901196597999999</v>
       </c>
       <c r="C191" s="5">
-        <v>-4.8507921000002341E-2</v>
+        <v>-4.8507774000000836E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>-2.220247108154183</v>
+        <v>-2.2202404542024712</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>26.272751419999999</v>
+        <v>26.272751378999999</v>
       </c>
       <c r="C192" s="5">
-        <v>0.37155490600000007</v>
+        <v>0.37155478100000039</v>
       </c>
       <c r="D192" s="5">
-        <v>18.639349859839104</v>
+        <v>18.639343021022526</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>26.224444324</v>
+        <v>26.22444436</v>
       </c>
       <c r="C193" s="5">
-        <v>-4.8307095999998495E-2</v>
+        <v>-4.8307018999999229E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>-2.1842354036039513</v>
+        <v>-2.1842319605078986</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>26.235860347999999</v>
+        <v>26.235860346999999</v>
       </c>
       <c r="C194" s="5">
-        <v>1.141602399999897E-2</v>
+        <v>1.1415986999999461E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>0.52363648905735527</v>
+        <v>0.52363478713501888</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>26.308814067</v>
+        <v>26.308814064</v>
       </c>
       <c r="C195" s="5">
-        <v>7.2953719000000916E-2</v>
+        <v>7.2953717000000751E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>3.3883331961357399</v>
+        <v>3.3883331019517016</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>26.434005807999998</v>
+        <v>26.43400583</v>
       </c>
       <c r="C196" s="5">
-        <v>0.1251917409999983</v>
+        <v>0.12519176600000037</v>
       </c>
       <c r="D196" s="5">
-        <v>5.8621019983462919</v>
+        <v>5.8621032004632978</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>26.724189783</v>
+        <v>26.724189819999999</v>
       </c>
       <c r="C197" s="5">
-        <v>0.29018397500000148</v>
+        <v>0.29018398999999917</v>
       </c>
       <c r="D197" s="5">
-        <v>13.998410001467111</v>
+        <v>13.998410756937396</v>
       </c>
       <c r="E197" s="5">
-        <v>5.0190851355961463</v>
+        <v>5.0190851159174432</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>26.450078431000001</v>
+        <v>26.450078459</v>
       </c>
       <c r="C198" s="5">
-        <v>-0.27411135199999848</v>
+        <v>-0.27411136099999922</v>
       </c>
       <c r="D198" s="5">
-        <v>-11.637294860271641</v>
+        <v>-11.637295205856901</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>26.505095128000001</v>
+        <v>26.505095126000001</v>
       </c>
       <c r="C199" s="5">
-        <v>5.5016696999999226E-2</v>
+        <v>5.5016667000000297E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>2.5247779262312475</v>
+        <v>2.524776531006423</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>26.660219905000002</v>
+        <v>26.660219858000001</v>
       </c>
       <c r="C200" s="5">
-        <v>0.15512477700000105</v>
+        <v>0.15512473200000088</v>
       </c>
       <c r="D200" s="5">
-        <v>7.2537092914529477</v>
+        <v>7.2537071196052461</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>26.826994419999998</v>
+        <v>26.826994406000001</v>
       </c>
       <c r="C201" s="5">
-        <v>0.16677451499999663</v>
+        <v>0.16677454799999936</v>
       </c>
       <c r="D201" s="5">
-        <v>7.7704010596349349</v>
+        <v>7.770402664634446</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>27.063612977999998</v>
+        <v>27.063612772999999</v>
       </c>
       <c r="C202" s="5">
-        <v>0.23661855799999998</v>
+        <v>0.23661836699999839</v>
       </c>
       <c r="D202" s="5">
-        <v>11.113048593871167</v>
+        <v>11.113039189862484</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>27.396852272</v>
+        <v>27.396852294999999</v>
       </c>
       <c r="C203" s="5">
-        <v>0.33323929400000196</v>
+        <v>0.33323952199999951</v>
       </c>
       <c r="D203" s="5">
-        <v>15.818710377107337</v>
+        <v>15.818722071450741</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>27.410081018</v>
+        <v>27.410081162000001</v>
       </c>
       <c r="C204" s="5">
-        <v>1.3228745999999347E-2</v>
+        <v>1.3228867000002253E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>0.58096897521648927</v>
+        <v>0.5809743028246217</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>27.610737144000002</v>
+        <v>27.610737180000001</v>
       </c>
       <c r="C205" s="5">
-        <v>0.20065612600000193</v>
+        <v>0.2006560180000001</v>
       </c>
       <c r="D205" s="5">
-        <v>9.1470964539621669</v>
+        <v>9.1470912807816838</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>27.637404312000001</v>
+        <v>27.637404321000002</v>
       </c>
       <c r="C206" s="5">
-        <v>2.6667167999999464E-2</v>
+        <v>2.6667141000000782E-2</v>
       </c>
       <c r="D206" s="5">
-        <v>1.1651676831680335</v>
+        <v>1.1651664956570329</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>27.704846099000001</v>
+        <v>27.704846113999999</v>
       </c>
       <c r="C207" s="5">
-        <v>6.744178699999992E-2</v>
+        <v>6.7441792999996864E-2</v>
       </c>
       <c r="D207" s="5">
-        <v>2.9679059186319412</v>
+        <v>2.9679061852476929</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>27.80424236</v>
+        <v>27.804242387999999</v>
       </c>
       <c r="C208" s="5">
-        <v>9.9396260999998987E-2</v>
+        <v>9.9396274000000062E-2</v>
       </c>
       <c r="D208" s="5">
-        <v>4.3911979846369853</v>
+        <v>4.3911985679153442</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>27.883472572999999</v>
+        <v>27.883472612999999</v>
       </c>
       <c r="C209" s="5">
-        <v>7.9230212999998884E-2</v>
+        <v>7.9230224999999876E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>3.4735921314142937</v>
+        <v>3.4735926622351698</v>
       </c>
       <c r="E209" s="5">
-        <v>4.3379529909544745</v>
+        <v>4.3379529961742991</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>27.944128416000002</v>
+        <v>27.944128436</v>
       </c>
       <c r="C210" s="5">
-        <v>6.0655843000002818E-2</v>
+        <v>6.0655823000001163E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>2.6418590813584331</v>
+        <v>2.6418581959765319</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>27.826364566999999</v>
+        <v>27.826364558000002</v>
       </c>
       <c r="C211" s="5">
-        <v>-0.11776384900000281</v>
+        <v>-0.1177638779999981</v>
       </c>
       <c r="D211" s="5">
-        <v>-4.9415282510871243</v>
+        <v>-4.9415294364449247</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>28.171166999</v>
+        <v>28.171166937999999</v>
       </c>
       <c r="C212" s="5">
-        <v>0.3448024320000016</v>
+        <v>0.3448023799999973</v>
       </c>
       <c r="D212" s="5">
-        <v>15.925881987571589</v>
+        <v>15.925879425284585</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>28.340902573000001</v>
+        <v>28.340902549999999</v>
       </c>
       <c r="C213" s="5">
-        <v>0.16973557400000061</v>
+        <v>0.1697356120000002</v>
       </c>
       <c r="D213" s="5">
-        <v>7.4746569856280809</v>
+        <v>7.4746587316009139</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>28.580027828999999</v>
+        <v>28.580027350000002</v>
       </c>
       <c r="C214" s="5">
-        <v>0.23912525599999768</v>
+        <v>0.23912480000000258</v>
       </c>
       <c r="D214" s="5">
-        <v>10.608280958176785</v>
+        <v>10.608259789867326</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>28.399339677</v>
+        <v>28.399339730000001</v>
       </c>
       <c r="C215" s="5">
-        <v>-0.18068815199999833</v>
+        <v>-0.18068762000000049</v>
       </c>
       <c r="D215" s="5">
-        <v>-7.3282981235565092</v>
+        <v>-7.3282774100983827</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>28.343423392999998</v>
+        <v>28.343423758</v>
       </c>
       <c r="C216" s="5">
-        <v>-5.5916284000002037E-2</v>
+        <v>-5.5915972000001091E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>-2.3372959070405042</v>
+        <v>-2.3372830020545243</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>28.303827210000001</v>
+        <v>28.303827299000002</v>
       </c>
       <c r="C217" s="5">
-        <v>-3.9596182999996898E-2</v>
+        <v>-3.9596458999998418E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>-1.663596705463577</v>
+        <v>-1.6636081911340916</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>28.436560468</v>
+        <v>28.436560509</v>
       </c>
       <c r="C218" s="5">
-        <v>0.13273325799999824</v>
+        <v>0.13273320999999783</v>
       </c>
       <c r="D218" s="5">
-        <v>5.774946077633869</v>
+        <v>5.7749439164674898</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>28.391985799</v>
+        <v>28.391985847000001</v>
       </c>
       <c r="C219" s="5">
-        <v>-4.457466899999929E-2</v>
+        <v>-4.457466199999871E-2</v>
       </c>
       <c r="D219" s="5">
-        <v>-1.864882813400448</v>
+        <v>-1.864882520394151</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>28.583037208</v>
+        <v>28.583037256000001</v>
       </c>
       <c r="C220" s="5">
         <v>0.19105140899999995</v>
       </c>
       <c r="D220" s="5">
-        <v>8.3805289917356696</v>
+        <v>8.3805289770390026</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>28.645319490999999</v>
+        <v>28.645319542999999</v>
       </c>
       <c r="C221" s="5">
-        <v>6.2282282999998273E-2</v>
+        <v>6.2282286999998604E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>2.6463591336935322</v>
+        <v>2.6463593011970543</v>
       </c>
       <c r="E221" s="5">
-        <v>2.7322526489677923</v>
+        <v>2.7322526880845022</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>28.724085766000002</v>
+        <v>28.724085762000001</v>
       </c>
       <c r="C222" s="5">
-        <v>7.8766275000003105E-2</v>
+        <v>7.8766219000002025E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>3.3500121964766816</v>
+        <v>3.3500097724294964</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>28.83964898</v>
+        <v>28.839648893</v>
       </c>
       <c r="C223" s="5">
-        <v>0.11556321399999803</v>
+        <v>0.11556313099999826</v>
       </c>
       <c r="D223" s="5">
-        <v>4.9361348218357692</v>
+        <v>4.9361311984863931</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>28.677359457000001</v>
+        <v>28.677359316</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.16228952299999833</v>
+        <v>-0.16228957699999924</v>
       </c>
       <c r="D224" s="5">
-        <v>-6.5476387074035358</v>
+        <v>-6.5476408382188156</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>28.965592989000001</v>
+        <v>28.965592835999999</v>
       </c>
       <c r="C225" s="5">
-        <v>0.28823353199999957</v>
+        <v>0.28823351999999858</v>
       </c>
       <c r="D225" s="5">
-        <v>12.750679064356142</v>
+        <v>12.750678570023254</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>28.889198579999999</v>
+        <v>28.889197835000001</v>
       </c>
       <c r="C226" s="5">
-        <v>-7.6394409000002383E-2</v>
+        <v>-7.6395000999998075E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>-3.1193947110725317</v>
+        <v>-3.1194185507393279</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>29.107190159000002</v>
+        <v>29.107190145000001</v>
       </c>
       <c r="C227" s="5">
-        <v>0.2179915790000031</v>
+        <v>0.21799230999999963</v>
       </c>
       <c r="D227" s="5">
-        <v>9.4403486363831881</v>
+        <v>9.440381871939806</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>29.063281949</v>
+        <v>29.063282882999999</v>
       </c>
       <c r="C228" s="5">
-        <v>-4.3908210000001446E-2</v>
+        <v>-4.3907262000001168E-2</v>
       </c>
       <c r="D228" s="5">
-        <v>-1.7952570401445822</v>
+        <v>-1.7952186015238736</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>29.219766698000001</v>
+        <v>29.219766978999999</v>
       </c>
       <c r="C229" s="5">
-        <v>0.15648474900000053</v>
+        <v>0.15648409599999979</v>
       </c>
       <c r="D229" s="5">
-        <v>6.6559447894593893</v>
+        <v>6.6559159667713752</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>29.029986722</v>
+        <v>29.029986740999998</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.18977997600000052</v>
+        <v>-0.18978023800000088</v>
       </c>
       <c r="D230" s="5">
-        <v>-7.5214273941239256</v>
+        <v>-7.521437339951853</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>28.980490335999999</v>
+        <v>28.980490380999999</v>
       </c>
       <c r="C231" s="5">
-        <v>-4.949638600000128E-2</v>
+        <v>-4.9496359999999129E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>-2.0269327527662195</v>
+        <v>-2.0269316966871953</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>28.677549565</v>
+        <v>28.677549713000001</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.30294077099999939</v>
+        <v>-0.30294066799999797</v>
       </c>
       <c r="D232" s="5">
-        <v>-11.847279928168497</v>
+        <v>-11.847276111441907</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>28.413299276</v>
+        <v>28.413299272</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.26425028899999958</v>
+        <v>-0.2642504410000015</v>
       </c>
       <c r="D233" s="5">
-        <v>-10.513912462051811</v>
+        <v>-10.513918155096391</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.80997600698046179</v>
+        <v>-0.80997620100452528</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>28.097246298999998</v>
+        <v>28.097246197</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.31605297700000179</v>
+        <v>-0.31605307499999924</v>
       </c>
       <c r="D234" s="5">
-        <v>-12.561013967532542</v>
+        <v>-12.561017628920778</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>27.538846835000001</v>
+        <v>27.538846562</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.55839946399999718</v>
+        <v>-0.55839963500000067</v>
       </c>
       <c r="D235" s="5">
-        <v>-21.406993006075759</v>
+        <v>-21.406998931693</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>27.284143877000002</v>
+        <v>27.284143482000001</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.25470295799999931</v>
+        <v>-0.25470307999999875</v>
       </c>
       <c r="D236" s="5">
-        <v>-10.551108061799507</v>
+        <v>-10.551112960740594</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>26.789276018999999</v>
+        <v>26.789275564</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.49486785800000277</v>
+        <v>-0.49486791800000063</v>
       </c>
       <c r="D237" s="5">
-        <v>-19.719928415283348</v>
+        <v>-19.719930830559228</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>26.494661937</v>
+        <v>26.494660902</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.29461408199999894</v>
+        <v>-0.29461466200000075</v>
       </c>
       <c r="D238" s="5">
-        <v>-12.427274595520476</v>
+        <v>-12.42729779885523</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>26.217829828999999</v>
+        <v>26.217829934000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.27683210800000069</v>
+        <v>-0.27683096799999873</v>
       </c>
       <c r="D239" s="5">
-        <v>-11.842291257954496</v>
+        <v>-11.842245695166609</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>25.958623593999999</v>
+        <v>25.958625246</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.25920623500000062</v>
+        <v>-0.25920468800000052</v>
       </c>
       <c r="D240" s="5">
-        <v>-11.239641027690228</v>
+        <v>-11.23957750916299</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>25.953200024000001</v>
+        <v>25.953200804000002</v>
       </c>
       <c r="C241" s="5">
-        <v>-5.4235699999978237E-3</v>
+        <v>-5.4244419999989191E-3</v>
       </c>
       <c r="D241" s="5">
-        <v>-0.25042970278528198</v>
+        <v>-0.25046990461385921</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>25.727789838</v>
+        <v>25.727790006999999</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.22541018600000129</v>
+        <v>-0.22541079700000211</v>
       </c>
       <c r="D242" s="5">
-        <v>-9.9385807011306291</v>
+        <v>-9.9386060825868316</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>25.967704937000001</v>
+        <v>25.967705017</v>
       </c>
       <c r="C243" s="5">
-        <v>0.23991509900000096</v>
+        <v>0.23991501000000071</v>
       </c>
       <c r="D243" s="5">
-        <v>11.782304666008226</v>
+        <v>11.782299987217737</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>25.674204404000001</v>
+        <v>25.674204672999998</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.29350053299999956</v>
+        <v>-0.29350034400000169</v>
       </c>
       <c r="D244" s="5">
-        <v>-12.750866830104624</v>
+        <v>-12.750859085844068</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>25.694913618000001</v>
+        <v>25.694913552999999</v>
       </c>
       <c r="C245" s="5">
-        <v>2.0709214000000031E-2</v>
+        <v>2.0708880000000818E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>0.97224444624359752</v>
+        <v>0.97222868594064593</v>
       </c>
       <c r="E245" s="5">
-        <v>-9.5673002687729038</v>
+        <v>-9.5673004848079835</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>25.680155222</v>
+        <v>25.680154969</v>
       </c>
       <c r="C246" s="5">
-        <v>-1.4758396000001284E-2</v>
+        <v>-1.4758583999999075E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>-0.68707121022332229</v>
+        <v>-0.68707993658990718</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>25.730563333999999</v>
+        <v>25.730562662000001</v>
       </c>
       <c r="C247" s="5">
-        <v>5.0408111999999505E-2</v>
+        <v>5.0407693000000364E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>2.3811023276336662</v>
+        <v>2.3810823450936214</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>25.784298291999999</v>
+        <v>25.784297110000001</v>
       </c>
       <c r="C248" s="5">
-        <v>5.3734957999999722E-2</v>
+        <v>5.3734448000000157E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>2.5350308530621701</v>
+        <v>2.5350065829589097</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>25.907556022000001</v>
+        <v>25.907554469000001</v>
       </c>
       <c r="C249" s="5">
-        <v>0.1232577300000024</v>
+        <v>0.12325735900000012</v>
       </c>
       <c r="D249" s="5">
-        <v>5.8896590499648571</v>
+        <v>5.8896411308306362</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>26.094379854</v>
+        <v>26.094377956999999</v>
       </c>
       <c r="C250" s="5">
-        <v>0.18682383199999819</v>
+        <v>0.18682348799999815</v>
       </c>
       <c r="D250" s="5">
-        <v>9.0049976308625101</v>
+        <v>9.0049809482002807</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>26.033331488999998</v>
+        <v>26.033332613999999</v>
       </c>
       <c r="C251" s="5">
-        <v>-6.1048365000001326E-2</v>
+        <v>-6.1045342999999974E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>-2.7715819552130649</v>
+        <v>-2.7714467164414835</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>26.137218678</v>
+        <v>26.137220811999999</v>
       </c>
       <c r="C252" s="5">
-        <v>0.10388718900000171</v>
+        <v>0.10388819799999993</v>
       </c>
       <c r="D252" s="5">
-        <v>4.8951664328319877</v>
+        <v>4.8952148090555037</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>26.188090153000001</v>
+        <v>26.188093844000001</v>
       </c>
       <c r="C253" s="5">
-        <v>5.0871475000000999E-2</v>
+        <v>5.0873032000001928E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>2.3607527026636044</v>
+        <v>2.3608255375650034</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>26.325912904999999</v>
+        <v>26.325913306</v>
       </c>
       <c r="C254" s="5">
-        <v>0.13782275199999816</v>
+        <v>0.1378194619999995</v>
       </c>
       <c r="D254" s="5">
-        <v>6.5014091799312279</v>
+        <v>6.5012485208263859</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>26.369972781000001</v>
+        <v>26.369972729000001</v>
       </c>
       <c r="C255" s="5">
-        <v>4.4059876000002163E-2</v>
+        <v>4.4059423000000209E-2</v>
       </c>
       <c r="D255" s="5">
-        <v>2.0269481520577948</v>
+        <v>2.0269270887023572</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>26.464274489000001</v>
+        <v>26.464274559</v>
       </c>
       <c r="C256" s="5">
-        <v>9.4301707999999707E-2</v>
+        <v>9.4301829999999143E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>4.376740596088613</v>
+        <v>4.3767463789965877</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>26.572627891</v>
+        <v>26.572627530999998</v>
       </c>
       <c r="C257" s="5">
-        <v>0.10835340199999877</v>
+        <v>0.10835297199999872</v>
       </c>
       <c r="D257" s="5">
-        <v>5.025355967761036</v>
+        <v>5.0253355598436134</v>
       </c>
       <c r="E257" s="5">
-        <v>3.4159066889609457</v>
+        <v>3.4159055495149637</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>26.884908888999998</v>
+        <v>26.884908076999999</v>
       </c>
       <c r="C258" s="5">
-        <v>0.31228099799999853</v>
+        <v>0.31228054600000021</v>
       </c>
       <c r="D258" s="5">
-        <v>15.050565325252929</v>
+        <v>15.05054233119083</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>27.128308515000001</v>
+        <v>27.128306945999999</v>
       </c>
       <c r="C259" s="5">
-        <v>0.2433996260000022</v>
+        <v>0.24339886899999996</v>
       </c>
       <c r="D259" s="5">
-        <v>11.421695070175787</v>
+        <v>11.421658122595368</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>27.188866530999999</v>
+        <v>27.188864323000001</v>
       </c>
       <c r="C260" s="5">
-        <v>6.0558015999998105E-2</v>
+        <v>6.0557377000002077E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>2.7118718493515104</v>
+        <v>2.7118430405867144</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>27.519182982</v>
+        <v>27.519179961999999</v>
       </c>
       <c r="C261" s="5">
-        <v>0.33031645100000162</v>
+        <v>0.33031563899999838</v>
       </c>
       <c r="D261" s="5">
-        <v>15.593442643617639</v>
+        <v>15.59340306638779</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>27.384697011</v>
+        <v>27.384692022999999</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.13448597100000015</v>
+        <v>-0.13448793899999956</v>
       </c>
       <c r="D262" s="5">
-        <v>-5.709302028530594</v>
+        <v>-5.7093839526717538</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>27.540552395999999</v>
+        <v>27.540554251</v>
       </c>
       <c r="C263" s="5">
-        <v>0.15585538499999885</v>
+        <v>0.15586222800000016</v>
       </c>
       <c r="D263" s="5">
-        <v>7.047488001844604</v>
+        <v>7.0478085034797688</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>27.810161122</v>
+        <v>27.810167707000002</v>
       </c>
       <c r="C264" s="5">
-        <v>0.2696087260000013</v>
+        <v>0.26961345600000186</v>
       </c>
       <c r="D264" s="5">
-        <v>12.401031692484455</v>
+        <v>12.401260220258671</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>27.618443831</v>
+        <v>27.618450864</v>
       </c>
       <c r="C265" s="5">
-        <v>-0.19171729099999979</v>
+        <v>-0.1917168430000018</v>
       </c>
       <c r="D265" s="5">
-        <v>-7.9659796946006338</v>
+        <v>-7.965959964666891</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>27.826960042</v>
+        <v>27.826961497999999</v>
       </c>
       <c r="C266" s="5">
-        <v>0.20851621099999917</v>
+        <v>0.20851063399999958</v>
       </c>
       <c r="D266" s="5">
-        <v>9.4457039397080713</v>
+        <v>9.4454382164369974</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>27.873228770000001</v>
+        <v>27.873229163000001</v>
       </c>
       <c r="C267" s="5">
-        <v>4.6268728000001147E-2</v>
+        <v>4.6267665000002012E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>2.0136246356861287</v>
+        <v>2.0135778435084406</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>27.843050556000001</v>
+        <v>27.843050246000001</v>
       </c>
       <c r="C268" s="5">
-        <v>-3.0178213999999315E-2</v>
+        <v>-3.0178917000000638E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>-1.2915255107702972</v>
+        <v>-1.2915553997566831</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>28.061002542000001</v>
+        <v>28.061000041</v>
       </c>
       <c r="C269" s="5">
-        <v>0.21795198599999921</v>
+        <v>0.21794979499999911</v>
       </c>
       <c r="D269" s="5">
-        <v>9.8086129489430629</v>
+        <v>9.808510176804063</v>
       </c>
       <c r="E269" s="5">
-        <v>5.6011571648286518</v>
+        <v>5.6011491835485483</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>28.109120982</v>
+        <v>28.109119522</v>
       </c>
       <c r="C270" s="5">
-        <v>4.8118439999999651E-2</v>
+        <v>4.8119481000000519E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>2.0772542050434328</v>
+        <v>2.0772997561915973</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>28.130938930999999</v>
+        <v>28.130935821000001</v>
       </c>
       <c r="C271" s="5">
-        <v>2.1817948999999004E-2</v>
+        <v>2.1816299000001038E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>0.93541161654566718</v>
+        <v>0.93534062182991651</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>28.197099556000001</v>
+        <v>28.197095128000001</v>
       </c>
       <c r="C272" s="5">
-        <v>6.6160625000001971E-2</v>
+        <v>6.6159306999999501E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>2.8590519761257038</v>
+        <v>2.8589946017718582</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>28.217115043</v>
+        <v>28.217110459000001</v>
       </c>
       <c r="C273" s="5">
-        <v>2.0015486999998444E-2</v>
+        <v>2.0015330999999748E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>0.85514392324801403</v>
+        <v>0.85513736705755683</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>28.378136972</v>
+        <v>28.378129174000001</v>
       </c>
       <c r="C274" s="5">
-        <v>0.16102192900000034</v>
+        <v>0.16101871500000087</v>
       </c>
       <c r="D274" s="5">
-        <v>7.0669080666659445</v>
+        <v>7.0667637391576443</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>28.533083819000002</v>
+        <v>28.533084617</v>
       </c>
       <c r="C275" s="5">
-        <v>0.1549468470000015</v>
+        <v>0.15495544299999864</v>
       </c>
       <c r="D275" s="5">
-        <v>6.7524815391807991</v>
+        <v>6.7528693800744</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>28.690401832999999</v>
+        <v>28.690408183999999</v>
       </c>
       <c r="C276" s="5">
-        <v>0.15731801399999767</v>
+        <v>0.15732356699999883</v>
       </c>
       <c r="D276" s="5">
-        <v>6.8206029810332414</v>
+        <v>6.8208508850273075</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>28.643806306999998</v>
+        <v>28.643829818</v>
       </c>
       <c r="C277" s="5">
-        <v>-4.6595526000000831E-2</v>
+        <v>-4.6578365999998539E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>-1.9315822493987</v>
+        <v>-1.9308768107122787</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>28.723581987999999</v>
+        <v>28.723581042999999</v>
       </c>
       <c r="C278" s="5">
-        <v>7.9775681000000986E-2</v>
+        <v>7.9751224999998982E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>3.3937850823817062</v>
+        <v>3.3927258740908739</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>28.878138067999998</v>
+        <v>28.878135628999999</v>
       </c>
       <c r="C279" s="5">
-        <v>0.15455607999999899</v>
+        <v>0.15455458599999972</v>
       </c>
       <c r="D279" s="5">
-        <v>6.6515292937320503</v>
+        <v>6.6514633081607544</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>29.012570707999998</v>
+        <v>29.012570671999999</v>
       </c>
       <c r="C280" s="5">
-        <v>0.13443263999999999</v>
+        <v>0.13443504299999987</v>
       </c>
       <c r="D280" s="5">
-        <v>5.7314727120097109</v>
+        <v>5.7315782965884798</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>29.054113581999999</v>
+        <v>29.054111837000001</v>
       </c>
       <c r="C281" s="5">
-        <v>4.1542874000001007E-2</v>
+        <v>4.1541165000001712E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>1.7318675302915087</v>
+        <v>1.7317957245028825</v>
       </c>
       <c r="E281" s="5">
-        <v>3.5391146075895552</v>
+        <v>3.5391176171517769</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>29.145366260999999</v>
+        <v>29.145367902</v>
       </c>
       <c r="C282" s="5">
-        <v>9.1252679000000114E-2</v>
+        <v>9.1256064999999609E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>3.8347324247117065</v>
+        <v>3.8348774167069832</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>29.241134843000001</v>
+        <v>29.241133163000001</v>
       </c>
       <c r="C283" s="5">
-        <v>9.5768582000001601E-2</v>
+        <v>9.5765261000000379E-2</v>
       </c>
       <c r="D283" s="5">
-        <v>4.0151198849667669</v>
+        <v>4.0149778953301629</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>29.309429948999998</v>
+        <v>29.309423573</v>
       </c>
       <c r="C284" s="5">
-        <v>6.8295105999997219E-2</v>
+        <v>6.8290409999999468E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>2.8389843859908837</v>
+        <v>2.8387868272023331</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>29.307974398999999</v>
+        <v>29.307963473000001</v>
       </c>
       <c r="C285" s="5">
-        <v>-1.455549999999306E-3</v>
+        <v>-1.460099999999187E-3</v>
       </c>
       <c r="D285" s="5">
-        <v>-5.9577514896413941E-2</v>
+        <v>-5.9763714163107995E-2</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>29.377118063000001</v>
+        <v>29.377100335000002</v>
       </c>
       <c r="C286" s="5">
-        <v>6.9143664000002047E-2</v>
+        <v>6.9136862000000576E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>2.8680770807474998</v>
+        <v>2.8677923463093835</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>29.315198293000002</v>
+        <v>29.315191523999999</v>
       </c>
       <c r="C287" s="5">
-        <v>-6.1919769999999374E-2</v>
+        <v>-6.1908811000002117E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>-2.5001897687591423</v>
+        <v>-2.4997538747104864</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>29.481376666999999</v>
+        <v>29.481380952999999</v>
       </c>
       <c r="C288" s="5">
-        <v>0.16617837399999758</v>
+        <v>0.16618942899999922</v>
       </c>
       <c r="D288" s="5">
-        <v>7.0185544493091001</v>
+        <v>7.0190376828982437</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>29.651100853999999</v>
+        <v>29.651135943</v>
       </c>
       <c r="C289" s="5">
-        <v>0.16972418699999992</v>
+        <v>0.16975499000000127</v>
       </c>
       <c r="D289" s="5">
-        <v>7.1313924317842892</v>
+        <v>7.1327268887665829</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>29.525427693000001</v>
+        <v>29.525422182</v>
       </c>
       <c r="C290" s="5">
-        <v>-0.12567316099999815</v>
+        <v>-0.12571376100000009</v>
       </c>
       <c r="D290" s="5">
-        <v>-4.9691740534403177</v>
+        <v>-4.970736402327713</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>29.376354783</v>
+        <v>29.376352407999999</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.149072910000001</v>
+        <v>-0.14906977400000088</v>
       </c>
       <c r="D291" s="5">
-        <v>-5.8933124299306305</v>
+        <v>-5.8931929459602461</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>29.478877992000001</v>
+        <v>29.478890132</v>
       </c>
       <c r="C292" s="5">
-        <v>0.102523209000001</v>
+        <v>0.10253772400000116</v>
       </c>
       <c r="D292" s="5">
-        <v>4.2693198069249094</v>
+        <v>4.2699362500597582</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>29.559542832000002</v>
+        <v>29.559558601999999</v>
       </c>
       <c r="C293" s="5">
-        <v>8.0664840000000737E-2</v>
+        <v>8.0668469999999104E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>3.3335048709032478</v>
+        <v>3.3336557533610867</v>
       </c>
       <c r="E293" s="5">
-        <v>1.7396133892487287</v>
+        <v>1.7396737777966464</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>29.481086768000001</v>
+        <v>29.481107832999999</v>
       </c>
       <c r="C294" s="5">
-        <v>-7.8456064000000936E-2</v>
+        <v>-7.8450768999999809E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>-3.1389189011041485</v>
+        <v>-3.1387084880033944</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>29.457970977999999</v>
+        <v>29.457976897999998</v>
       </c>
       <c r="C295" s="5">
-        <v>-2.3115790000002079E-2</v>
+        <v>-2.3130935000001074E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>-0.9368595000320612</v>
+        <v>-0.93746999818927756</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>29.515283967999999</v>
+        <v>29.515265674999998</v>
       </c>
       <c r="C296" s="5">
-        <v>5.7312989999999786E-2</v>
+        <v>5.7288777000000124E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>2.3598478668729772</v>
+        <v>2.3588397357876323</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>29.596416295000001</v>
+        <v>29.596373486000001</v>
       </c>
       <c r="C297" s="5">
-        <v>8.1132327000002391E-2</v>
+        <v>8.1107811000002528E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>3.3489186574781282</v>
+        <v>3.3478934676792971</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>29.87156396</v>
+        <v>29.871507922999999</v>
       </c>
       <c r="C298" s="5">
-        <v>0.27514766499999865</v>
+        <v>0.2751344369999984</v>
       </c>
       <c r="D298" s="5">
-        <v>11.744461228321089</v>
+        <v>11.743885289690237</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>29.803407064999998</v>
+        <v>29.803396545999998</v>
       </c>
       <c r="C299" s="5">
-        <v>-6.8156895000001327E-2</v>
+        <v>-6.8111377000001028E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>-2.7038981450412614</v>
+        <v>-2.7021199607491497</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>29.784884349999999</v>
+        <v>29.784877417000001</v>
       </c>
       <c r="C300" s="5">
-        <v>-1.8522714999999579E-2</v>
+        <v>-1.8519128999997747E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>-0.74325184458180482</v>
+        <v>-0.74310870372064075</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>30.039266217000002</v>
+        <v>30.039321560000001</v>
       </c>
       <c r="C301" s="5">
-        <v>0.25438186700000287</v>
+        <v>0.25444414300000062</v>
       </c>
       <c r="D301" s="5">
-        <v>10.744156420403449</v>
+        <v>10.746914147242537</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>30.227697205999998</v>
+        <v>30.227705228000001</v>
       </c>
       <c r="C302" s="5">
-        <v>0.18843098899999688</v>
+        <v>0.18838366800000017</v>
       </c>
       <c r="D302" s="5">
-        <v>7.7925935280192205</v>
+        <v>7.790553721869875</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>30.577472791999998</v>
+        <v>30.577491716000001</v>
       </c>
       <c r="C303" s="5">
-        <v>0.34977558599999981</v>
+        <v>0.34978648799999945</v>
       </c>
       <c r="D303" s="5">
-        <v>14.804339033512637</v>
+        <v>14.804826036044382</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>30.75321495</v>
+        <v>30.753265544000001</v>
       </c>
       <c r="C304" s="5">
-        <v>0.17574215800000204</v>
+        <v>0.17577382800000052</v>
       </c>
       <c r="D304" s="5">
-        <v>7.1191762284921856</v>
+        <v>7.1204954390681863</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>31.175318386000001</v>
+        <v>31.175370477000001</v>
       </c>
       <c r="C305" s="5">
-        <v>0.42210343600000044</v>
+        <v>0.42210493299999996</v>
       </c>
       <c r="D305" s="5">
-        <v>17.772660286309574</v>
+        <v>17.772696669270992</v>
       </c>
       <c r="E305" s="5">
-        <v>5.4661723396169259</v>
+        <v>5.4662922973778061</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>31.006550487999998</v>
+        <v>31.006574212</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.16876789800000225</v>
+        <v>-0.168796265000001</v>
       </c>
       <c r="D306" s="5">
-        <v>-6.3062399354237852</v>
+        <v>-6.3072583159240692</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>31.168775565000001</v>
+        <v>31.168747624000002</v>
       </c>
       <c r="C307" s="5">
-        <v>0.16222507700000222</v>
+        <v>0.16217341200000135</v>
       </c>
       <c r="D307" s="5">
-        <v>6.462206492114686</v>
+        <v>6.460083779390513</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>31.320900475999998</v>
+        <v>31.320849824</v>
       </c>
       <c r="C308" s="5">
-        <v>0.15212491099999781</v>
+        <v>0.15210219999999808</v>
       </c>
       <c r="D308" s="5">
-        <v>6.0166246533928325</v>
+        <v>6.0157077147708238</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>31.481816067</v>
+        <v>31.481785297999998</v>
       </c>
       <c r="C309" s="5">
-        <v>0.16091559100000197</v>
+        <v>0.16093547399999864</v>
       </c>
       <c r="D309" s="5">
-        <v>6.3423987010318594</v>
+        <v>6.3432152068874093</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>31.566235124999999</v>
+        <v>31.566006709</v>
       </c>
       <c r="C310" s="5">
-        <v>8.4419057999998159E-2</v>
+        <v>8.4221411000001467E-2</v>
       </c>
       <c r="D310" s="5">
-        <v>3.2657059812326361</v>
+        <v>3.2579504965380979</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>31.691226165</v>
+        <v>31.691258213000001</v>
       </c>
       <c r="C311" s="5">
-        <v>0.12499104000000116</v>
+        <v>0.12525150400000129</v>
       </c>
       <c r="D311" s="5">
-        <v>4.8564302737045706</v>
+        <v>4.8668082642334243</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>31.589089099999999</v>
+        <v>31.589047509</v>
       </c>
       <c r="C312" s="5">
-        <v>-0.10213706500000086</v>
+        <v>-0.10221070400000087</v>
       </c>
       <c r="D312" s="5">
-        <v>-3.79963493239589</v>
+        <v>-3.8023222139557444</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>31.518529249</v>
+        <v>31.518753167</v>
       </c>
       <c r="C313" s="5">
-        <v>-7.055985099999873E-2</v>
+        <v>-7.0294342000000398E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>-2.6477279693380873</v>
+        <v>-2.6378899121622168</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>31.741784383999999</v>
+        <v>31.741745597000001</v>
       </c>
       <c r="C314" s="5">
-        <v>0.22325513499999872</v>
+        <v>0.22299243000000146</v>
       </c>
       <c r="D314" s="5">
-        <v>8.8390447581629505</v>
+        <v>8.8281706372172373</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>31.580889548999998</v>
+        <v>31.580882860999999</v>
       </c>
       <c r="C315" s="5">
-        <v>-0.16089483500000057</v>
+        <v>-0.16086273600000212</v>
       </c>
       <c r="D315" s="5">
-        <v>-5.9158949354389474</v>
+        <v>-5.9147544247436734</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>31.539538398000001</v>
+        <v>31.539558524</v>
       </c>
       <c r="C316" s="5">
-        <v>-4.1351150999997088E-2</v>
+        <v>-4.1324336999998934E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>-1.5599809309891355</v>
+        <v>-1.5589769639113182</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>31.413577061000002</v>
+        <v>31.414109270000001</v>
       </c>
       <c r="C317" s="5">
-        <v>-0.12596133699999967</v>
+        <v>-0.1254492539999994</v>
       </c>
       <c r="D317" s="5">
-        <v>-4.68862976338702</v>
+        <v>-4.6699807545169003</v>
       </c>
       <c r="E317" s="5">
-        <v>0.76425418354988395</v>
+        <v>0.76579296203114211</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>31.409675331999999</v>
+        <v>31.409545524999999</v>
       </c>
       <c r="C318" s="5">
-        <v>-3.9017290000025184E-3</v>
+        <v>-4.5637450000022284E-3</v>
       </c>
       <c r="D318" s="5">
-        <v>-0.1489444406814866</v>
+        <v>-0.17419307440342813</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>31.468452178</v>
+        <v>31.468248155000001</v>
       </c>
       <c r="C319" s="5">
-        <v>5.877684600000066E-2</v>
+        <v>5.8702630000002642E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>2.2688133134788346</v>
+        <v>2.2659284913852717</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>31.417483129000001</v>
+        <v>31.417307732000001</v>
       </c>
       <c r="C320" s="5">
-        <v>-5.0969048999998989E-2</v>
+        <v>-5.0940423000000123E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>-1.9264034205685565</v>
+        <v>-1.9253434714650908</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>31.459344617999999</v>
+        <v>31.459286884000001</v>
       </c>
       <c r="C321" s="5">
-        <v>4.1861488999998642E-2</v>
+        <v>4.1979151999999686E-2</v>
       </c>
       <c r="D321" s="5">
-        <v>1.6106814509122991</v>
+        <v>1.6152511118561419</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>31.360828526999999</v>
+        <v>31.360429561</v>
       </c>
       <c r="C322" s="5">
-        <v>-9.8516091000000472E-2</v>
+        <v>-9.8857323000000719E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>-3.6937918209192677</v>
+        <v>-3.7063724567099832</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>31.377762917999998</v>
+        <v>31.377865983</v>
       </c>
       <c r="C323" s="5">
-        <v>1.6934390999999493E-2</v>
+        <v>1.7436421999999396E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>0.64991046040576705</v>
+        <v>0.66924497549094575</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>31.397776270000001</v>
+        <v>31.397656939000001</v>
       </c>
       <c r="C324" s="5">
-        <v>2.0013352000002982E-2</v>
+        <v>1.9790956000001358E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>0.76807420054063602</v>
+        <v>0.75950693382416112</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>31.408615311999998</v>
+        <v>31.408976963000001</v>
       </c>
       <c r="C325" s="5">
-        <v>1.0839041999997079E-2</v>
+        <v>1.1320023999999762E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>0.4150477008685316</v>
+        <v>0.43350361266720761</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>31.355380203999999</v>
+        <v>31.355324283000002</v>
       </c>
       <c r="C326" s="5">
-        <v>-5.3235107999999087E-2</v>
+        <v>-5.3652679999999009E-2</v>
       </c>
       <c r="D326" s="5">
-        <v>-2.0150512024801892</v>
+        <v>-2.0306857445462678</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>31.188423848999999</v>
+        <v>31.188529900999999</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.16695635499999995</v>
+        <v>-0.16679438200000263</v>
       </c>
       <c r="D327" s="5">
-        <v>-6.2057366959856974</v>
+        <v>-6.1999019659438765</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>31.148334327000001</v>
+        <v>31.148509356999998</v>
       </c>
       <c r="C328" s="5">
-        <v>-4.0089521999998823E-2</v>
+        <v>-4.0020544000000768E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>-1.5316187584866303</v>
+        <v>-1.5289968648273033</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>31.160485349999998</v>
+        <v>31.161653059999999</v>
       </c>
       <c r="C329" s="5">
-        <v>1.2151022999997707E-2</v>
+        <v>1.3143703000000784E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>0.46912791756232863</v>
+        <v>0.50753954550546432</v>
       </c>
       <c r="E329" s="5">
-        <v>-0.80567619061191476</v>
+        <v>-0.80363956154279048</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>30.986533983000001</v>
+        <v>30.986275426999999</v>
       </c>
       <c r="C330" s="5">
-        <v>-0.17395136699999725</v>
+        <v>-0.17537763300000009</v>
       </c>
       <c r="D330" s="5">
-        <v>-6.4970214159927657</v>
+        <v>-6.5484161998188073</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>30.949023946000001</v>
+        <v>30.948425087</v>
       </c>
       <c r="C331" s="5">
-        <v>-3.7510037000000551E-2</v>
+        <v>-3.7850339999998539E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>-1.4429998774656116</v>
+        <v>-1.4560154755959176</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>31.013302929000002</v>
+        <v>31.012462337999999</v>
       </c>
       <c r="C332" s="5">
-        <v>6.4278983000001233E-2</v>
+        <v>6.4037250999998463E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>2.5209850961487978</v>
+        <v>2.5114455070506692</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>30.936587618000001</v>
+        <v>30.936531000999999</v>
       </c>
       <c r="C333" s="5">
-        <v>-7.6715311000000952E-2</v>
+        <v>-7.5931337000000099E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>-2.9282980348562582</v>
+        <v>-2.8988523343078776</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>31.058434101</v>
+        <v>31.058160924999999</v>
       </c>
       <c r="C334" s="5">
-        <v>0.12184648299999878</v>
+        <v>0.1216299240000005</v>
       </c>
       <c r="D334" s="5">
-        <v>4.8300444793156538</v>
+        <v>4.8212825361704681</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>30.866901347999999</v>
+        <v>30.867134314000001</v>
       </c>
       <c r="C335" s="5">
-        <v>-0.19153275300000061</v>
+        <v>-0.19102661099999807</v>
       </c>
       <c r="D335" s="5">
-        <v>-7.1543121719405134</v>
+        <v>-7.1361018646583059</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>31.000730876999999</v>
+        <v>31.000425203999999</v>
       </c>
       <c r="C336" s="5">
-        <v>0.13382952899999978</v>
+        <v>0.13329088999999783</v>
       </c>
       <c r="D336" s="5">
-        <v>5.3287155601370761</v>
+        <v>5.3067155603322202</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>31.108440837</v>
+        <v>31.108903729000001</v>
       </c>
       <c r="C337" s="5">
-        <v>0.1077099600000011</v>
+        <v>0.10847852500000243</v>
       </c>
       <c r="D337" s="5">
-        <v>4.249922606384704</v>
+        <v>4.2808770098505811</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>31.179876613000001</v>
+        <v>31.179716191000001</v>
       </c>
       <c r="C338" s="5">
-        <v>7.1435776000001283E-2</v>
+        <v>7.0812461999999243E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>2.7906874129532522</v>
+        <v>2.7659899012154376</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>31.297594021999998</v>
+        <v>31.297827914999999</v>
       </c>
       <c r="C339" s="5">
-        <v>0.11771740899999728</v>
+        <v>0.11811172399999847</v>
       </c>
       <c r="D339" s="5">
-        <v>4.6257842838897556</v>
+        <v>4.6416277883708057</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>31.370848820999999</v>
+        <v>31.370666615000001</v>
       </c>
       <c r="C340" s="5">
-        <v>7.3254799000000759E-2</v>
+        <v>7.2838700000001921E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>2.8451473350317391</v>
+        <v>2.8287576165177741</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>31.400384777999999</v>
+        <v>31.404219091000002</v>
       </c>
       <c r="C341" s="5">
-        <v>2.9535957000000224E-2</v>
+        <v>3.3552476000000553E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>1.135680490872204</v>
+        <v>1.2910361747810128</v>
       </c>
       <c r="E341" s="5">
-        <v>0.7698834767989382</v>
+        <v>0.77841194924079815</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>31.457108481999999</v>
+        <v>31.456046423</v>
       </c>
       <c r="C342" s="5">
-        <v>5.6723703999999486E-2</v>
+        <v>5.1827331999998449E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>2.189426412794826</v>
+        <v>1.9984712188968246</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>31.520526573000001</v>
+        <v>31.519049616</v>
       </c>
       <c r="C343" s="5">
-        <v>6.3418091000002619E-2</v>
+        <v>6.3003193000000124E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>2.4462270204478109</v>
+        <v>2.4301294088504122</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>31.495107582999999</v>
+        <v>31.493365305000001</v>
       </c>
       <c r="C344" s="5">
-        <v>-2.541899000000214E-2</v>
+        <v>-2.5684310999999127E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>-0.96343125871048985</v>
+        <v>-0.97348784845925351</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>31.510364890000002</v>
+        <v>31.510227004000001</v>
       </c>
       <c r="C345" s="5">
-        <v>1.5257307000002385E-2</v>
+        <v>1.6861698999999675E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>0.58287239924810219</v>
+        <v>0.64438108719369058</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>31.552209926</v>
+        <v>31.552094232000002</v>
       </c>
       <c r="C346" s="5">
-        <v>4.1845035999998004E-2</v>
+        <v>4.1867228000000978E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>1.6052631794737593</v>
+        <v>1.6061278216786379</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>31.769209105000002</v>
+        <v>31.769452688000001</v>
       </c>
       <c r="C347" s="5">
-        <v>0.21699917900000187</v>
+        <v>0.21735845599999948</v>
       </c>
       <c r="D347" s="5">
-        <v>8.5724017957096166</v>
+        <v>8.5871695047173411</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>31.903833500000001</v>
+        <v>31.903481381999999</v>
       </c>
       <c r="C348" s="5">
-        <v>0.13462439499999945</v>
+        <v>0.13402869399999773</v>
       </c>
       <c r="D348" s="5">
-        <v>5.2052961754810445</v>
+        <v>5.181685512883516</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>32.026009873</v>
+        <v>32.026406692000002</v>
       </c>
       <c r="C349" s="5">
-        <v>0.12217637299999851</v>
+        <v>0.12292531000000295</v>
       </c>
       <c r="D349" s="5">
-        <v>4.6934609008316919</v>
+        <v>4.7228973379698003</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>31.907663407000001</v>
+        <v>31.907177193999999</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.11834646599999843</v>
+        <v>-0.11922949800000282</v>
       </c>
       <c r="D350" s="5">
-        <v>-4.3453633937151963</v>
+        <v>-4.3770718824967636</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>32.00200821</v>
+        <v>32.001946666000002</v>
       </c>
       <c r="C351" s="5">
-        <v>9.4344802999998478E-2</v>
+        <v>9.4769472000002963E-2</v>
       </c>
       <c r="D351" s="5">
-        <v>3.6064428016885142</v>
+        <v>3.6229984998415565</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>32.198589556000002</v>
+        <v>32.200432302999999</v>
       </c>
       <c r="C352" s="5">
-        <v>0.1965813460000021</v>
+        <v>0.19848563699999744</v>
       </c>
       <c r="D352" s="5">
-        <v>7.6255512900754274</v>
+        <v>7.7019738266431936</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>32.120957472999997</v>
+        <v>32.126769316999997</v>
       </c>
       <c r="C353" s="5">
-        <v>-7.763208300000457E-2</v>
+        <v>-7.3662986000002206E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>-2.8551879680537851</v>
+        <v>-2.7108898743228194</v>
       </c>
       <c r="E353" s="5">
-        <v>2.294789379475537</v>
+        <v>2.3008062194008527</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>32.431343185000003</v>
+        <v>32.428658626999997</v>
       </c>
       <c r="C354" s="5">
-        <v>0.31038571200000575</v>
+        <v>0.30188930999999997</v>
       </c>
       <c r="D354" s="5">
-        <v>12.23219116110339</v>
+        <v>11.877605056578954</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>32.384426828000002</v>
+        <v>32.382286239000003</v>
       </c>
       <c r="C355" s="5">
-        <v>-4.691635700000063E-2</v>
+        <v>-4.6372387999994658E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>-1.7222177066439692</v>
+        <v>-1.7025461547210519</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>32.583539833000003</v>
+        <v>32.580704961999999</v>
       </c>
       <c r="C356" s="5">
-        <v>0.19911300500000095</v>
+        <v>0.19841872299999608</v>
       </c>
       <c r="D356" s="5">
-        <v>7.6327870482360671</v>
+        <v>7.6057891185807636</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>32.686882877000002</v>
+        <v>32.686366476000003</v>
       </c>
       <c r="C357" s="5">
-        <v>0.10334304399999894</v>
+        <v>0.10566151400000479</v>
       </c>
       <c r="D357" s="5">
-        <v>3.873058143680197</v>
+        <v>3.9618556952705442</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>32.644353625000001</v>
+        <v>32.644239054000003</v>
       </c>
       <c r="C358" s="5">
-        <v>-4.252925200000135E-2</v>
+        <v>-4.2127422000000081E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>-1.5502080502790894</v>
+        <v>-1.5356889481117353</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>32.668415383000003</v>
+        <v>32.668598715000002</v>
       </c>
       <c r="C359" s="5">
-        <v>2.4061758000001987E-2</v>
+        <v>2.4359660999998312E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>0.88810007306434624</v>
+        <v>0.89914376809088203</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>32.504533772000002</v>
+        <v>32.504190858999998</v>
       </c>
       <c r="C360" s="5">
-        <v>-0.16388161100000076</v>
+        <v>-0.16440785600000396</v>
       </c>
       <c r="D360" s="5">
-        <v>-5.8564729800698156</v>
+        <v>-5.8747293764476627</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>32.553921586999998</v>
+        <v>32.554451856</v>
       </c>
       <c r="C361" s="5">
-        <v>4.9387814999995783E-2</v>
+        <v>5.0260997000002305E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>1.8386100431675434</v>
+        <v>1.8714137503786032</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>32.634962606000002</v>
+        <v>32.634673112999998</v>
       </c>
       <c r="C362" s="5">
-        <v>8.1041019000004155E-2</v>
+        <v>8.0221256999998047E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>3.0285709877822198</v>
+        <v>2.9974699268743521</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>32.507255987000001</v>
+        <v>32.507567264000002</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.12770661900000135</v>
+        <v>-0.12710584899999589</v>
       </c>
       <c r="D363" s="5">
-        <v>-4.5960618966723432</v>
+        <v>-4.5749414212360673</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>32.432680120999997</v>
+        <v>32.436988902000003</v>
       </c>
       <c r="C364" s="5">
-        <v>-7.4575866000003543E-2</v>
+        <v>-7.0578361999999117E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>-2.7184840630957385</v>
+        <v>-2.5744764203276205</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>32.415781592000002</v>
+        <v>32.423467584000001</v>
       </c>
       <c r="C365" s="5">
-        <v>-1.6898528999995222E-2</v>
+        <v>-1.3521318000002225E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-0.62345216179561236</v>
+        <v>-0.4990732467970993</v>
       </c>
       <c r="E365" s="5">
-        <v>0.91785594887021649</v>
+        <v>0.92352350798934335</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>32.521587381000003</v>
+        <v>32.516621626999999</v>
       </c>
       <c r="C366" s="5">
-        <v>0.10580578900000148</v>
+        <v>9.315404299999841E-2</v>
       </c>
       <c r="D366" s="5">
-        <v>3.9879110723957778</v>
+        <v>3.5026566134936932</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>32.462626976000003</v>
+        <v>32.459028936000003</v>
       </c>
       <c r="C367" s="5">
-        <v>-5.8960405000000549E-2</v>
+        <v>-5.7592690999996421E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>-2.1539919814191677</v>
+        <v>-2.1048294557036162</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>32.258557211000003</v>
+        <v>32.253318100000001</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.20406976499999985</v>
+        <v>-0.20571083600000151</v>
       </c>
       <c r="D368" s="5">
-        <v>-7.2881311287297468</v>
+        <v>-7.3454990110293323</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>28.765300484000001</v>
+        <v>28.764060223000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-3.4932567270000021</v>
+        <v>-3.489257877</v>
       </c>
       <c r="D369" s="5">
-        <v>-74.725201108323461</v>
+        <v>-74.688990076485865</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>28.931367147</v>
+        <v>28.931407562</v>
       </c>
       <c r="C370" s="5">
-        <v>0.16606666299999873</v>
+        <v>0.1673473389999991</v>
       </c>
       <c r="D370" s="5">
-        <v>7.152053679784065</v>
+        <v>7.2093067108957465</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>30.063761086</v>
+        <v>30.064399549000001</v>
       </c>
       <c r="C371" s="5">
-        <v>1.132393939</v>
+        <v>1.1329919870000005</v>
       </c>
       <c r="D371" s="5">
-        <v>58.522990967173925</v>
+        <v>58.560736256885072</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>30.20266951</v>
+        <v>30.203310565999999</v>
       </c>
       <c r="C372" s="5">
-        <v>0.13890842400000025</v>
+        <v>0.13891101699999808</v>
       </c>
       <c r="D372" s="5">
-        <v>5.6876466898293732</v>
+        <v>5.6876316995140286</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>30.401552505000002</v>
+        <v>30.402983616</v>
       </c>
       <c r="C373" s="5">
-        <v>0.19888299500000173</v>
+        <v>0.19967305000000124</v>
       </c>
       <c r="D373" s="5">
-        <v>8.1944989979422456</v>
+        <v>8.2280630067397489</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>30.448623263999998</v>
+        <v>30.449611055999998</v>
       </c>
       <c r="C374" s="5">
-        <v>4.7070758999996798E-2</v>
+        <v>4.6627439999998188E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>1.8738650937466073</v>
+        <v>1.8559795314140759</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>30.808778620999998</v>
+        <v>30.810443113000002</v>
       </c>
       <c r="C375" s="5">
-        <v>0.36015535700000001</v>
+        <v>0.3608320570000032</v>
       </c>
       <c r="D375" s="5">
-        <v>15.15474802617276</v>
+        <v>15.184578369004399</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>30.774165610000001</v>
+        <v>30.782195136999999</v>
       </c>
       <c r="C376" s="5">
-        <v>-3.4613010999997584E-2</v>
+        <v>-2.824797600000295E-2</v>
       </c>
       <c r="D376" s="5">
-        <v>-1.3398751806792064</v>
+        <v>-1.0946665534902644</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>30.791913947000001</v>
+        <v>30.799212561000001</v>
       </c>
       <c r="C377" s="5">
-        <v>1.7748337000000447E-2</v>
+        <v>1.7017424000002279E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>0.69427363595226943</v>
+        <v>0.66542086256990984</v>
       </c>
       <c r="E377" s="5">
-        <v>-5.0094971191463111</v>
+        <v>-5.009504362209305</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>31.123362878999998</v>
+        <v>31.114579580000001</v>
       </c>
       <c r="C378" s="5">
-        <v>0.33144893199999714</v>
+        <v>0.31536701899999997</v>
       </c>
       <c r="D378" s="5">
-        <v>13.70982308012878</v>
+        <v>13.003498453394213</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>31.445676945999999</v>
+        <v>31.438908863000002</v>
       </c>
       <c r="C379" s="5">
-        <v>0.32231406700000065</v>
+        <v>0.32432928300000086</v>
       </c>
       <c r="D379" s="5">
-        <v>13.160064086372403</v>
+        <v>13.251074430472709</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>31.639230787999999</v>
+        <v>31.629810063000001</v>
       </c>
       <c r="C380" s="5">
-        <v>0.19355384200000003</v>
+        <v>0.19090119999999899</v>
       </c>
       <c r="D380" s="5">
-        <v>7.6414689110505973</v>
+        <v>7.5348988143942197</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>31.755488404000001</v>
+        <v>31.752815085000002</v>
       </c>
       <c r="C381" s="5">
-        <v>0.11625761600000217</v>
+        <v>0.12300502200000096</v>
       </c>
       <c r="D381" s="5">
-        <v>4.4995843086653942</v>
+        <v>4.7677948898022127</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>31.712434586000001</v>
+        <v>31.713525287</v>
       </c>
       <c r="C382" s="5">
-        <v>-4.3053818000000632E-2</v>
+        <v>-3.9289798000002207E-2</v>
       </c>
       <c r="D382" s="5">
-        <v>-1.6148724138420167</v>
+        <v>-1.4747735907983395</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>31.857887130000002</v>
+        <v>31.860712016000001</v>
       </c>
       <c r="C383" s="5">
-        <v>0.14545254400000118</v>
+        <v>0.14718672900000129</v>
       </c>
       <c r="D383" s="5">
-        <v>5.6449199384926096</v>
+        <v>5.7137484550334738</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>32.09557212</v>
+        <v>32.099058317999997</v>
       </c>
       <c r="C384" s="5">
-        <v>0.23768498999999821</v>
+        <v>0.23834630199999651</v>
       </c>
       <c r="D384" s="5">
-        <v>9.329617375270093</v>
+        <v>9.3557885526468034</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>32.241380350999997</v>
+        <v>32.245344815999999</v>
       </c>
       <c r="C385" s="5">
-        <v>0.14580823099999662</v>
+        <v>0.14628649800000204</v>
       </c>
       <c r="D385" s="5">
-        <v>5.5898236550379732</v>
+        <v>5.6079964706716501</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>32.351141531000003</v>
+        <v>32.354731260999998</v>
       </c>
       <c r="C386" s="5">
-        <v>0.10976118000000668</v>
+        <v>0.10938644499999839</v>
       </c>
       <c r="D386" s="5">
-        <v>4.1625951984753495</v>
+        <v>4.1475979326673684</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>32.72347886</v>
+        <v>32.727565388999999</v>
       </c>
       <c r="C387" s="5">
-        <v>0.37233732899999694</v>
+        <v>0.37283412800000093</v>
       </c>
       <c r="D387" s="5">
-        <v>14.719777563079962</v>
+        <v>14.738938562911329</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>32.914013699999998</v>
+        <v>32.924264792000002</v>
       </c>
       <c r="C388" s="5">
-        <v>0.19053483999999798</v>
+        <v>0.19669940300000377</v>
       </c>
       <c r="D388" s="5">
-        <v>7.2152431811045359</v>
+        <v>7.455497439579406</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>32.948331121999999</v>
+        <v>32.957906731000001</v>
       </c>
       <c r="C389" s="5">
-        <v>3.4317422000000875E-2</v>
+        <v>3.3641938999998899E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>1.2583661739018481</v>
+        <v>1.2330716652791063</v>
       </c>
       <c r="E389" s="5">
-        <v>7.0031930418865462</v>
+        <v>7.0089264968205223</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>32.742730162999997</v>
+        <v>32.726612983000003</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.20560095900000164</v>
+        <v>-0.2312937479999988</v>
       </c>
       <c r="D390" s="5">
-        <v>-7.236397554815122</v>
+        <v>-8.1038571474479344</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>33.143861885</v>
+        <v>33.129215940000002</v>
       </c>
       <c r="C391" s="5">
-        <v>0.40113172200000236</v>
+        <v>0.40260295699999915</v>
       </c>
       <c r="D391" s="5">
-        <v>15.733385578100956</v>
+        <v>15.803361041560837</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>33.212457241000003</v>
+        <v>33.192323549999998</v>
       </c>
       <c r="C392" s="5">
-        <v>6.8595356000002994E-2</v>
+        <v>6.3107609999995873E-2</v>
       </c>
       <c r="D392" s="5">
-        <v>2.512015694894365</v>
+        <v>2.3099731380684441</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>33.750183315999998</v>
+        <v>33.747161871000003</v>
       </c>
       <c r="C393" s="5">
-        <v>0.53772607499999481</v>
+        <v>0.55483832100000541</v>
       </c>
       <c r="D393" s="5">
-        <v>21.255524161915474</v>
+        <v>22.009934174620383</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>33.794635999999997</v>
+        <v>33.801306691000001</v>
       </c>
       <c r="C394" s="5">
-        <v>4.4452683999999465E-2</v>
+        <v>5.4144819999997651E-2</v>
       </c>
       <c r="D394" s="5">
-        <v>1.5920312371458634</v>
+        <v>1.9423918548441721</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>33.956997442000002</v>
+        <v>33.965613587</v>
       </c>
       <c r="C395" s="5">
-        <v>0.16236144200000524</v>
+        <v>0.16430689599999937</v>
       </c>
       <c r="D395" s="5">
-        <v>5.9200327939587183</v>
+        <v>5.9916613131942853</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>34.085550306000002</v>
+        <v>34.094744173999999</v>
       </c>
       <c r="C396" s="5">
-        <v>0.12855286399999954</v>
+        <v>0.1291305869999988</v>
       </c>
       <c r="D396" s="5">
-        <v>4.6387003721700237</v>
+        <v>4.658777933386582</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>34.270269558999999</v>
+        <v>34.278553969999997</v>
       </c>
       <c r="C397" s="5">
-        <v>0.18471925299999725</v>
+        <v>0.18380979599999847</v>
       </c>
       <c r="D397" s="5">
-        <v>6.7005174271261181</v>
+        <v>6.6646919317188136</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>34.552728418000001</v>
+        <v>34.559125448000003</v>
       </c>
       <c r="C398" s="5">
-        <v>0.28245885900000189</v>
+        <v>0.28057147800000592</v>
       </c>
       <c r="D398" s="5">
-        <v>10.351416993380669</v>
+        <v>10.276508603613577</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>34.436755151</v>
+        <v>34.442141432</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.1159732670000011</v>
+        <v>-0.11698401600000352</v>
       </c>
       <c r="D399" s="5">
-        <v>-3.9541701983865307</v>
+        <v>-3.9872685869007385</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>34.539403444000001</v>
+        <v>34.551129123999999</v>
       </c>
       <c r="C400" s="5">
-        <v>0.10264829300000144</v>
+        <v>0.10898769199999947</v>
       </c>
       <c r="D400" s="5">
-        <v>3.6361603795419972</v>
+        <v>3.8640339047084415</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>34.813978341999999</v>
+        <v>34.822510831000002</v>
       </c>
       <c r="C401" s="5">
-        <v>0.27457489799999735</v>
+        <v>0.2713817070000033</v>
       </c>
       <c r="D401" s="5">
-        <v>9.9678845015757958</v>
+        <v>9.8434210559971369</v>
       </c>
       <c r="E401" s="5">
-        <v>5.6623420867416341</v>
+        <v>5.6575319398126878</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>34.857946151999997</v>
+        <v>34.832710585999997</v>
       </c>
       <c r="C402" s="5">
-        <v>4.3967809999998053E-2</v>
+        <v>1.0199754999995037E-2</v>
       </c>
       <c r="D402" s="5">
-        <v>1.5260941127756444</v>
+        <v>0.35205512162512775</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>34.945331660999997</v>
+        <v>34.921113165999998</v>
       </c>
       <c r="C403" s="5">
-        <v>8.7385509000000638E-2</v>
+        <v>8.8402580000000341E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>3.0501109618120692</v>
+        <v>3.0883746705443915</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>35.200412145999998</v>
+        <v>35.170246880999997</v>
       </c>
       <c r="C404" s="5">
-        <v>0.25508048500000058</v>
+        <v>0.24913371499999926</v>
       </c>
       <c r="D404" s="5">
-        <v>9.1196543862571922</v>
+        <v>8.905058797142452</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>35.153394147999997</v>
+        <v>35.148777578000001</v>
       </c>
       <c r="C405" s="5">
-        <v>-4.7017998000001171E-2</v>
+        <v>-2.1469302999996387E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>-1.5911443716715157</v>
+        <v>-0.73007283061123918</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>35.277278488</v>
+        <v>35.292572532999998</v>
       </c>
       <c r="C406" s="5">
-        <v>0.12388434000000359</v>
+        <v>0.14379495499999706</v>
       </c>
       <c r="D406" s="5">
-        <v>4.3118671569608802</v>
+        <v>5.0212263427567905</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>35.351241418000001</v>
+        <v>35.368661797000001</v>
       </c>
       <c r="C407" s="5">
-        <v>7.3962930000000426E-2</v>
+        <v>7.6089264000003709E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>2.5451560069567947</v>
+        <v>2.6180475665709357</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>35.479479529999999</v>
+        <v>35.494634634000001</v>
       </c>
       <c r="C408" s="5">
-        <v>0.12823811199999824</v>
+        <v>0.12597283699999906</v>
       </c>
       <c r="D408" s="5">
-        <v>4.440958959610275</v>
+        <v>4.3587773728982038</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>35.379769472</v>
+        <v>35.392544332</v>
       </c>
       <c r="C409" s="5">
-        <v>-9.9710057999999435E-2</v>
+        <v>-0.10209030200000058</v>
       </c>
       <c r="D409" s="5">
-        <v>-3.3207879284088193</v>
+        <v>-3.3973821705602036</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>35.548556355000002</v>
+        <v>35.557603612999998</v>
       </c>
       <c r="C410" s="5">
-        <v>0.16878688300000277</v>
+        <v>0.16505928099999778</v>
       </c>
       <c r="D410" s="5">
-        <v>5.8774898405709708</v>
+        <v>5.74221271112072</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>35.660898975999999</v>
+        <v>35.667330032000002</v>
       </c>
       <c r="C411" s="5">
-        <v>0.11234262099999626</v>
+        <v>0.10972641900000468</v>
       </c>
       <c r="D411" s="5">
-        <v>3.8589250516103402</v>
+        <v>3.7665537710756425</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>35.655343018000003</v>
+        <v>35.665603695000001</v>
       </c>
       <c r="C412" s="5">
-        <v>-5.555957999995087E-3</v>
+        <v>-1.7263370000009104E-3</v>
       </c>
       <c r="D412" s="5">
-        <v>-0.18679953918921965</v>
+        <v>-5.8065827013220606E-2</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>35.690044915999998</v>
+        <v>35.698258389000003</v>
       </c>
       <c r="C413" s="5">
-        <v>3.4701897999994458E-2</v>
+        <v>3.2654694000001427E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>1.1741833582703531</v>
+        <v>1.1042449523151587</v>
       </c>
       <c r="E413" s="5">
-        <v>2.5164218963826368</v>
+        <v>2.5148891826042075</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>36.366657994000001</v>
+        <v>36.332809210000001</v>
       </c>
       <c r="C414" s="5">
-        <v>0.67661307800000259</v>
+        <v>0.63455082099999771</v>
       </c>
       <c r="D414" s="5">
-        <v>25.278219783097434</v>
+        <v>23.544494042605102</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>36.154321348000003</v>
+        <v>36.119796704000002</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.21233664599999713</v>
+        <v>-0.21301250599999833</v>
       </c>
       <c r="D415" s="5">
-        <v>-6.7858468895839019</v>
+        <v>-6.8128933315459435</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>36.286292381000003</v>
+        <v>36.245215913999999</v>
       </c>
       <c r="C416" s="5">
-        <v>0.13197103299999924</v>
+        <v>0.12541920999999689</v>
       </c>
       <c r="D416" s="5">
-        <v>4.4692752315727002</v>
+        <v>4.2472787741677509</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>36.254604368000003</v>
+        <v>36.249242809999998</v>
       </c>
       <c r="C417" s="5">
-        <v>-3.1688013000000126E-2</v>
+        <v>4.0268959999991694E-3</v>
       </c>
       <c r="D417" s="5">
-        <v>-1.042914710495868</v>
+        <v>0.13340323604495996</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>36.268084340999998</v>
+        <v>36.294115982999998</v>
       </c>
       <c r="C418" s="5">
-        <v>1.3479972999995482E-2</v>
+        <v>4.4873172999999156E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>0.44709047044666494</v>
+        <v>1.495643562738258</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>36.245263293000001</v>
+        <v>36.272182700000002</v>
       </c>
       <c r="C419" s="5">
-        <v>-2.282104799999729E-2</v>
+        <v>-2.193328299999564E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-0.75247100362626496</v>
+        <v>-0.72277926101913526</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>36.177063848000003</v>
+        <v>36.197528953999999</v>
       </c>
       <c r="C420" s="5">
-        <v>-6.8199444999997638E-2</v>
+        <v>-7.4653746000002741E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>-2.2347107714346226</v>
+        <v>-2.4420183935962347</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>36.185326990999997</v>
+        <v>36.201832564999997</v>
       </c>
       <c r="C421" s="5">
-        <v>8.2631429999935335E-3</v>
+        <v>4.3036109999974315E-3</v>
       </c>
       <c r="D421" s="5">
-        <v>0.27443459141842652</v>
+        <v>0.14276420760686026</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>36.142931654999998</v>
+        <v>36.153679386</v>
       </c>
       <c r="C422" s="5">
-        <v>-4.2395335999998451E-2</v>
+        <v>-4.8153178999996271E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>-1.3969156882866707</v>
+        <v>-1.5845317541935855</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>36.071747190000004</v>
+        <v>36.078252524</v>
       </c>
       <c r="C423" s="5">
-        <v>-7.1184464999994645E-2</v>
+        <v>-7.5426862000000483E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>-2.3379976136793768</v>
+        <v>-2.4750132284312887</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>36.131581873999998</v>
+        <v>36.139372422999998</v>
       </c>
       <c r="C424" s="5">
-        <v>5.9834683999994809E-2</v>
+        <v>6.1119898999997702E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>2.0087831758343055</v>
+        <v>2.0519601052618297</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>36.080323638000003</v>
+        <v>36.086271105000002</v>
       </c>
       <c r="C425" s="5">
-        <v>-5.125823599999535E-2</v>
+        <v>-5.3101317999995956E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>-1.6891651378717065</v>
+        <v>-1.7490379803524414</v>
       </c>
       <c r="E425" s="5">
-        <v>1.0935226417298161</v>
+        <v>1.0869233780871568</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>35.872999421000003</v>
+        <v>35.969133692</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.20732421700000003</v>
+        <v>-0.1171374130000018</v>
       </c>
       <c r="D426" s="5">
-        <v>-6.6816196543839741</v>
+        <v>-3.8264501424450814</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>35.841842489999998</v>
+        <v>35.948532937000003</v>
       </c>
       <c r="C427" s="5">
-        <v>-3.1156931000005272E-2</v>
+        <v>-2.0600754999996695E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-1.0372768422821643</v>
+        <v>-0.68512027235585471</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>35.726400257000002</v>
+        <v>35.831777217000003</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.11544223299999601</v>
+        <v>-0.11675572000000045</v>
       </c>
       <c r="D428" s="5">
-        <v>-3.7973156381031603</v>
+        <v>-3.8285568771898038</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>35.768941910000002</v>
+        <v>35.794547250999997</v>
       </c>
       <c r="C429" s="5">
-        <v>4.2541653000000679E-2</v>
+        <v>-3.7229966000005277E-2</v>
       </c>
       <c r="D429" s="5">
-        <v>1.4383103262340713</v>
+        <v>-1.2397245937916357</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>35.916441208999998</v>
+        <v>35.742599662000003</v>
       </c>
       <c r="C430" s="5">
-        <v>0.14749929899999614</v>
+        <v>-5.1947588999993854E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>5.0621913208119373</v>
+        <v>-1.727691409938803</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>36.020876233999999</v>
+        <v>35.804864295000002</v>
       </c>
       <c r="C431" s="5">
-        <v>0.10443502500000079</v>
+        <v>6.2264632999998071E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>3.5456127586675157</v>
+        <v>2.1105799331252229</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>36.339537352999997</v>
+        <v>36.113963351000002</v>
       </c>
       <c r="C432" s="5">
-        <v>0.31866111899999794</v>
+        <v>0.30909905600000087</v>
       </c>
       <c r="D432" s="5">
-        <v>11.147947985611562</v>
+        <v>10.86576328237976</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>36.348832661000003</v>
+        <v>36.123200959000002</v>
       </c>
       <c r="C433" s="5">
-        <v>9.2953080000057753E-3</v>
+        <v>9.2376079999993976E-3</v>
       </c>
       <c r="D433" s="5">
-        <v>0.30738078413681258</v>
+        <v>0.30738077361003313</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>36.149746657000001</v>
+        <v>35.925350762000001</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.19908600400000154</v>
+        <v>-0.19785019700000106</v>
       </c>
       <c r="D434" s="5">
-        <v>-6.3780938181008047</v>
+        <v>-6.3780937940824511</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>35.825548306000002</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-9.980245599999904E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-3.2831939759868201</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>35.744749226000003</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-8.0799079999998469E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-2.6730972262029251</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">