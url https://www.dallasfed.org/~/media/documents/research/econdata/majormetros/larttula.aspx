--- v2 (2026-01-13)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{64E7671F-4231-461E-84B8-6C76CAC6C141}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{CC5319F0-456D-434A-BBB5-52AAEA632F53}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{720C6D6B-DEC9-4DFF-9460-2D8CDB9AD3A5}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6FC700CF-861F-46DC-9DDE-C64C617C80DD}"/>
   </bookViews>
   <sheets>
     <sheet name="larttula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Laredo Trade, Transportation and Utilities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A12CAC9A-F895-4447-9683-ED1B8FC46930}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{925A273A-0F4E-4BA2-A62D-8F8D6F1571AF}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>35.804864295000002</v>
       </c>
       <c r="C431" s="5">
         <v>6.2264632999998071E-2</v>
       </c>
       <c r="D431" s="5">
         <v>2.1105799331252229</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>36.113963351000002</v>
       </c>
       <c r="C432" s="5">
         <v>0.30909905600000087</v>
       </c>
       <c r="D432" s="5">
         <v>10.86576328237976</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>36.123200959000002</v>
       </c>
       <c r="C433" s="5">
         <v>9.2376079999993976E-3</v>
       </c>
       <c r="D433" s="5">
         <v>0.30738077361003313</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>35.925350762000001</v>
       </c>
       <c r="C434" s="5">
         <v>-0.19785019700000106</v>
       </c>
       <c r="D434" s="5">
         <v>-6.3780937940824511</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>35.825548306000002</v>
       </c>
       <c r="C435" s="5">
         <v>-9.980245599999904E-2</v>
       </c>
       <c r="D435" s="5">
         <v>-3.2831939759868201</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>35.744749226000003</v>
+        <v>35.733206150999997</v>
       </c>
       <c r="C436" s="5">
-        <v>-8.0799079999998469E-2</v>
+        <v>-9.2342155000004311E-2</v>
       </c>
       <c r="D436" s="5">
-        <v>-2.6730972262029251</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-3.0495861456818818</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>35.531629565000003</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.20157658599999451</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-6.5632573187049399</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-1.5369876770757518</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>