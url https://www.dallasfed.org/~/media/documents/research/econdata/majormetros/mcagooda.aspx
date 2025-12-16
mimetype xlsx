--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{0622A08B-E6EA-4FD8-AC26-5344FEA30E09}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4F9B8D4E-20F8-4F4D-9B36-EC90F99CB27E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{11D863C6-72D8-4A25-B948-E4A1C4EC684B}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{3767A92A-26E8-423A-A276-CCB4766339F1}"/>
   </bookViews>
   <sheets>
     <sheet name="mcagooda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Goods Producing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{91E8AEA7-E495-4DCC-A837-ACD03460DB56}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{207C9ED3-8642-4513-A658-D308AC991C4D}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.10729714200000018</v>
       </c>
       <c r="D431" s="5">
         <v>-7.4679543944294879</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>16.552887117000001</v>
       </c>
       <c r="C432" s="5">
         <v>1.7377701000000911E-2</v>
       </c>
       <c r="D432" s="5">
         <v>1.2684337877880703</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>16.553124574999998</v>
+        <v>16.621960919999999</v>
       </c>
       <c r="C433" s="5">
-        <v>2.3745799999730366E-4</v>
+        <v>6.9073802999998435E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>1.7215853736995967E-2</v>
+        <v>5.1240398798971576</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>16.568034594</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-5.3926325999999136E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-3.8244165882626469</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>