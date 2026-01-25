--- v1 (2025-12-16)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4F9B8D4E-20F8-4F4D-9B36-EC90F99CB27E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B4AF25AA-0308-418E-A615-35B7650B442D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{3767A92A-26E8-423A-A276-CCB4766339F1}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{99722ED6-F46E-40FE-B862-CB7555FB8B4A}"/>
   </bookViews>
   <sheets>
     <sheet name="mcagooda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Goods Producing Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{207C9ED3-8642-4513-A658-D308AC991C4D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{17193893-4331-4BA2-9501-47D21A834E8D}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>18.127209400000002</v>
+        <v>18.127208777</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>17.823429264000001</v>
+        <v>17.823433743999999</v>
       </c>
       <c r="C7" s="5">
-        <v>-0.30378013600000031</v>
+        <v>-0.30377503300000086</v>
       </c>
       <c r="D7" s="5">
-        <v>-18.356092276201508</v>
+        <v>-18.355812345468504</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>17.652493420999999</v>
+        <v>17.652514098000001</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.17093584300000231</v>
+        <v>-0.17091964599999798</v>
       </c>
       <c r="D8" s="5">
-        <v>-10.920556113403901</v>
+        <v>-10.919572691503532</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>18.030093453999999</v>
+        <v>18.030117215000001</v>
       </c>
       <c r="C9" s="5">
-        <v>0.37760003300000022</v>
+        <v>0.3776031169999996</v>
       </c>
       <c r="D9" s="5">
-        <v>28.914875519669181</v>
+        <v>28.915102177232722</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>17.960193570000001</v>
+        <v>17.960226012</v>
       </c>
       <c r="C10" s="5">
-        <v>-6.9899883999998025E-2</v>
+        <v>-6.9891203000000957E-2</v>
       </c>
       <c r="D10" s="5">
-        <v>-4.5542876837239232</v>
+        <v>-4.553728208050412</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>18.203315866000001</v>
+        <v>18.203336627999999</v>
       </c>
       <c r="C11" s="5">
-        <v>0.24312229599999924</v>
+        <v>0.24311061599999917</v>
       </c>
       <c r="D11" s="5">
-        <v>17.509750515560786</v>
+        <v>17.50881171197538</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>18.152179735000001</v>
+        <v>18.152150285000001</v>
       </c>
       <c r="C12" s="5">
-        <v>-5.1136130999999807E-2</v>
+        <v>-5.1186342999997692E-2</v>
       </c>
       <c r="D12" s="5">
-        <v>-3.3194001830429198</v>
+        <v>-3.3226056217359079</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>18.028118352</v>
+        <v>18.028092643000001</v>
       </c>
       <c r="C13" s="5">
-        <v>-0.1240613830000008</v>
+        <v>-0.12405764200000036</v>
       </c>
       <c r="D13" s="5">
-        <v>-7.9000469626400172</v>
+        <v>-7.8998299621255486</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>17.978042375000001</v>
+        <v>17.978021666</v>
       </c>
       <c r="C14" s="5">
-        <v>-5.0075976999998772E-2</v>
+        <v>-5.0070977000000738E-2</v>
       </c>
       <c r="D14" s="5">
-        <v>-3.2827385336774872</v>
+        <v>-3.2824203581830358</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>17.751925433</v>
+        <v>17.751911858</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.22611694200000088</v>
+        <v>-0.22610980800000036</v>
       </c>
       <c r="D15" s="5">
-        <v>-14.091372089340082</v>
+        <v>-14.090972922808763</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>17.661708735000001</v>
+        <v>17.661698922999999</v>
       </c>
       <c r="C16" s="5">
-        <v>-9.0216697999998985E-2</v>
+        <v>-9.0212935000000272E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>-5.9308887092673679</v>
+        <v>-5.9306526100446284</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>17.636082712</v>
+        <v>17.636075760000001</v>
       </c>
       <c r="C17" s="5">
-        <v>-2.5626023000000941E-2</v>
+        <v>-2.5623162999998783E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>-1.7272966944818946</v>
+        <v>-1.7271064064651509</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>17.434377746999999</v>
+        <v>17.434376054000001</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.20170496500000112</v>
+        <v>-0.20169970599999942</v>
       </c>
       <c r="D18" s="5">
-        <v>-12.893233090291412</v>
+        <v>-12.892922552449182</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>17.310642869999999</v>
+        <v>17.310648822000001</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.12373487700000041</v>
+        <v>-0.12372723200000024</v>
       </c>
       <c r="D19" s="5">
-        <v>-8.1919121781811377</v>
+        <v>-8.191426392772394</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>17.220798573</v>
+        <v>17.220821178000001</v>
       </c>
       <c r="C20" s="5">
-        <v>-8.9844296999999074E-2</v>
+        <v>-8.9827643999999651E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>-6.0533965764285931</v>
+        <v>-6.0523043603484039</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>17.250833146000002</v>
+        <v>17.250860692</v>
       </c>
       <c r="C21" s="5">
-        <v>3.0034573000001785E-2</v>
+        <v>3.0039513999998491E-2</v>
       </c>
       <c r="D21" s="5">
-        <v>2.1130978625621744</v>
+        <v>2.1134460301797109</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>17.148843676999999</v>
+        <v>17.148884255999999</v>
       </c>
       <c r="C22" s="5">
-        <v>-0.10198946900000294</v>
+        <v>-0.10197643600000106</v>
       </c>
       <c r="D22" s="5">
-        <v>-6.8683703055050671</v>
+        <v>-6.8675103374481461</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>17.129363582</v>
+        <v>17.129399851999999</v>
       </c>
       <c r="C23" s="5">
-        <v>-1.9480094999998698E-2</v>
+        <v>-1.9484403999999955E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>-1.3546463832014521</v>
+        <v>-1.3549409749947672</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>17.180561225999998</v>
+        <v>17.180514346999999</v>
       </c>
       <c r="C24" s="5">
-        <v>5.1197643999998377E-2</v>
+        <v>5.1114495000000204E-2</v>
       </c>
       <c r="D24" s="5">
-        <v>3.6462101530705837</v>
+        <v>3.6401830625950593</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>17.241890749</v>
+        <v>17.241855700999999</v>
       </c>
       <c r="C25" s="5">
-        <v>6.1329523000001274E-2</v>
+        <v>6.1341353999999626E-2</v>
       </c>
       <c r="D25" s="5">
-        <v>4.368756364896198</v>
+        <v>4.3696279123294213</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>16.975386397000001</v>
+        <v>16.975361442000001</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.26650435199999833</v>
+        <v>-0.26649425899999812</v>
       </c>
       <c r="D26" s="5">
-        <v>-17.049815614788244</v>
+        <v>-17.049255544807984</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>16.840878686</v>
+        <v>16.840862575999999</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.13450771100000125</v>
+        <v>-0.13449886600000127</v>
       </c>
       <c r="D27" s="5">
-        <v>-9.1048007080173914</v>
+        <v>-9.1042406435208001</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>16.949950754</v>
+        <v>16.949938964000001</v>
       </c>
       <c r="C28" s="5">
-        <v>0.10907206799999969</v>
+        <v>0.10907638800000186</v>
       </c>
       <c r="D28" s="5">
-        <v>8.0548637640472052</v>
+        <v>8.0552022233889797</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>16.812312860999999</v>
+        <v>16.812304814000001</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.13763789300000084</v>
+        <v>-0.13763415000000023</v>
       </c>
       <c r="D29" s="5">
-        <v>-9.3206769076118796</v>
+        <v>-9.320440843558508</v>
       </c>
       <c r="E29" s="5">
-        <v>-4.6709343818142184</v>
+        <v>-4.6709424319234198</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>16.944956076</v>
+        <v>16.944955731</v>
       </c>
       <c r="C30" s="5">
-        <v>0.13264321500000165</v>
+        <v>0.13265091699999942</v>
       </c>
       <c r="D30" s="5">
-        <v>9.889402102636403</v>
+        <v>9.8900064222138706</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>17.082156779999998</v>
+        <v>17.082166788999999</v>
       </c>
       <c r="C31" s="5">
-        <v>0.13720070399999784</v>
+        <v>0.13721105799999833</v>
       </c>
       <c r="D31" s="5">
-        <v>10.160797944768053</v>
+        <v>10.161599424208045</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>16.873149042000001</v>
+        <v>16.873176119</v>
       </c>
       <c r="C32" s="5">
-        <v>-0.20900773799999683</v>
+        <v>-0.2089906699999986</v>
       </c>
       <c r="D32" s="5">
-        <v>-13.733680351316924</v>
+        <v>-13.732625682354527</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>16.980997811000002</v>
+        <v>16.981032507999998</v>
       </c>
       <c r="C33" s="5">
-        <v>0.10784876900000029</v>
+        <v>0.10785638899999839</v>
       </c>
       <c r="D33" s="5">
-        <v>7.9455540175805695</v>
+        <v>7.9461220857733217</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>16.828905296999999</v>
+        <v>16.828958458999999</v>
       </c>
       <c r="C34" s="5">
-        <v>-0.15209251400000312</v>
+        <v>-0.15207404899999943</v>
       </c>
       <c r="D34" s="5">
-        <v>-10.233989137271704</v>
+        <v>-10.232787324547498</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>17.265229489999999</v>
+        <v>17.265285587000001</v>
       </c>
       <c r="C35" s="5">
-        <v>0.4363241930000008</v>
+        <v>0.43632712800000206</v>
       </c>
       <c r="D35" s="5">
-        <v>35.955839765346667</v>
+        <v>35.955986861325883</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>17.140890487</v>
+        <v>17.140811111000001</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.12433900299999934</v>
+        <v>-0.12447447599999961</v>
       </c>
       <c r="D36" s="5">
-        <v>-8.3078200429311906</v>
+        <v>-8.3164899738166209</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>17.179866178000001</v>
+        <v>17.179821912000001</v>
       </c>
       <c r="C37" s="5">
-        <v>3.8975691000000978E-2</v>
+        <v>3.9010800999999873E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>2.762995757828568</v>
+        <v>2.765528918951965</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>16.994900223999998</v>
+        <v>16.994871981999999</v>
       </c>
       <c r="C38" s="5">
-        <v>-0.1849659540000026</v>
+        <v>-0.18494993000000193</v>
       </c>
       <c r="D38" s="5">
-        <v>-12.181480443701275</v>
+        <v>-12.180516370136552</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>17.219978458</v>
+        <v>17.219958172999998</v>
       </c>
       <c r="C39" s="5">
-        <v>0.22507823400000149</v>
+        <v>0.22508619099999905</v>
       </c>
       <c r="D39" s="5">
-        <v>17.102944492126369</v>
+        <v>17.103624348554082</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>17.210395022</v>
+        <v>17.210380478000001</v>
       </c>
       <c r="C40" s="5">
-        <v>-9.5834359999997787E-3</v>
+        <v>-9.5776949999972771E-3</v>
       </c>
       <c r="D40" s="5">
-        <v>-0.66579569438882658</v>
+        <v>-0.66539884726880549</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>17.267044436999999</v>
+        <v>17.267037249000001</v>
       </c>
       <c r="C41" s="5">
-        <v>5.6649414999998982E-2</v>
+        <v>5.6656771000000106E-2</v>
       </c>
       <c r="D41" s="5">
-        <v>4.0221957710478984</v>
+        <v>4.0227310123198468</v>
       </c>
       <c r="E41" s="5">
-        <v>2.7047532350819692</v>
+        <v>2.7047596390313622</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>17.345335884000001</v>
+        <v>17.345339029000002</v>
       </c>
       <c r="C42" s="5">
-        <v>7.8291447000001568E-2</v>
+        <v>7.8301780000000321E-2</v>
       </c>
       <c r="D42" s="5">
-        <v>5.5787436779740629</v>
+        <v>5.5795008084359665</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>17.229527840999999</v>
+        <v>17.229542184</v>
       </c>
       <c r="C43" s="5">
-        <v>-0.11580804300000125</v>
+        <v>-0.11579684500000198</v>
       </c>
       <c r="D43" s="5">
-        <v>-7.7241734090871317</v>
+        <v>-7.723452382367646</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>17.516052651999999</v>
+        <v>17.516083716000001</v>
       </c>
       <c r="C44" s="5">
-        <v>0.2865248109999996</v>
+        <v>0.2865415320000011</v>
       </c>
       <c r="D44" s="5">
-        <v>21.886158515687605</v>
+        <v>21.887534849497527</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>17.722252549</v>
+        <v>17.722294331000001</v>
       </c>
       <c r="C45" s="5">
-        <v>0.20619989700000119</v>
+        <v>0.20621061499999982</v>
       </c>
       <c r="D45" s="5">
-        <v>15.077958755838349</v>
+        <v>15.078765419497419</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>17.717579011000002</v>
+        <v>17.717643138</v>
       </c>
       <c r="C46" s="5">
-        <v>-4.6735379999987003E-3</v>
+        <v>-4.6511930000008306E-3</v>
       </c>
       <c r="D46" s="5">
-        <v>-0.31599360737248894</v>
+        <v>-0.31448422664827058</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>18.207853540999999</v>
+        <v>18.207933331</v>
       </c>
       <c r="C47" s="5">
-        <v>0.4902745299999971</v>
+        <v>0.49029019299999987</v>
       </c>
       <c r="D47" s="5">
-        <v>38.756225876657325</v>
+        <v>38.75749595521156</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>17.714232168999999</v>
+        <v>17.714113966999999</v>
       </c>
       <c r="C48" s="5">
-        <v>-0.49362137199999978</v>
+        <v>-0.49381936400000015</v>
       </c>
       <c r="D48" s="5">
-        <v>-28.094357340050948</v>
+        <v>-28.103895624798646</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>18.159814356999998</v>
+        <v>18.159761854999999</v>
       </c>
       <c r="C49" s="5">
-        <v>0.44558218799999949</v>
+        <v>0.44564788799999988</v>
       </c>
       <c r="D49" s="5">
-        <v>34.731413346161055</v>
+        <v>34.737527525749279</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>18.243152113000001</v>
+        <v>18.24312235</v>
       </c>
       <c r="C50" s="5">
-        <v>8.3337756000002372E-2</v>
+        <v>8.3360495000000867E-2</v>
       </c>
       <c r="D50" s="5">
-        <v>5.648101613572365</v>
+        <v>5.6496985814894263</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>18.388784846</v>
+        <v>18.38876217</v>
       </c>
       <c r="C51" s="5">
-        <v>0.14563273299999935</v>
+        <v>0.14563981999999953</v>
       </c>
       <c r="D51" s="5">
-        <v>10.011433947560811</v>
+        <v>10.01195978471452</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>18.252919086999999</v>
+        <v>18.252903539999998</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.13586575900000142</v>
+        <v>-0.13585863000000131</v>
       </c>
       <c r="D52" s="5">
-        <v>-8.5146474549294027</v>
+        <v>-8.5142287557174576</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>18.381123278</v>
+        <v>18.381119756</v>
       </c>
       <c r="C53" s="5">
-        <v>0.1282041910000018</v>
+        <v>0.12821621600000199</v>
       </c>
       <c r="D53" s="5">
-        <v>8.7618609179745732</v>
+        <v>8.7627225044406778</v>
       </c>
       <c r="E53" s="5">
-        <v>6.4520528980208214</v>
+        <v>6.4520768151149932</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>18.534593359999999</v>
+        <v>18.534601765000001</v>
       </c>
       <c r="C54" s="5">
-        <v>0.15347008199999834</v>
+        <v>0.15348200900000109</v>
       </c>
       <c r="D54" s="5">
-        <v>10.49234068083662</v>
+        <v>10.493196008755445</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>18.791851994000002</v>
+        <v>18.79186928</v>
       </c>
       <c r="C55" s="5">
-        <v>0.25725863400000293</v>
+        <v>0.25726751499999878</v>
       </c>
       <c r="D55" s="5">
-        <v>17.988112023762714</v>
+        <v>17.988772367424065</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>18.866229885999999</v>
+        <v>18.866263032999999</v>
       </c>
       <c r="C56" s="5">
-        <v>7.4377891999997559E-2</v>
+        <v>7.4393752999998952E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>4.854353160144087</v>
+        <v>4.855406424378006</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>18.540729000999999</v>
+        <v>18.540775571000001</v>
       </c>
       <c r="C57" s="5">
-        <v>-0.3255008850000003</v>
+        <v>-0.32548746199999812</v>
       </c>
       <c r="D57" s="5">
-        <v>-18.847816592601252</v>
+        <v>-18.847081528644118</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>18.899723950999999</v>
+        <v>18.899789819999999</v>
       </c>
       <c r="C58" s="5">
-        <v>0.35899494999999959</v>
+        <v>0.35901424899999768</v>
       </c>
       <c r="D58" s="5">
-        <v>25.876267764827411</v>
+        <v>25.877738128240992</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>18.746167013000001</v>
+        <v>18.746251225999998</v>
       </c>
       <c r="C59" s="5">
-        <v>-0.1535569379999977</v>
+        <v>-0.15353859400000047</v>
       </c>
       <c r="D59" s="5">
-        <v>-9.3256915700304699</v>
+        <v>-9.3245957558946593</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>19.606289490999998</v>
+        <v>19.606150518</v>
       </c>
       <c r="C60" s="5">
-        <v>0.86012247799999741</v>
+        <v>0.85989929200000148</v>
       </c>
       <c r="D60" s="5">
-        <v>71.314903753228776</v>
+        <v>71.291098505618905</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>19.753395319999999</v>
+        <v>19.753345113000002</v>
       </c>
       <c r="C61" s="5">
-        <v>0.14710582900000091</v>
+        <v>0.14719459500000198</v>
       </c>
       <c r="D61" s="5">
-        <v>9.384587521146571</v>
+        <v>9.390555510458821</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>20.024874322999999</v>
+        <v>20.024846749000002</v>
       </c>
       <c r="C62" s="5">
-        <v>0.27147900299999961</v>
+        <v>0.27150163599999999</v>
       </c>
       <c r="D62" s="5">
-        <v>17.797622799901312</v>
+        <v>17.79926920445083</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>19.961367506999999</v>
+        <v>19.961344636</v>
       </c>
       <c r="C63" s="5">
-        <v>-6.3506816000000299E-2</v>
+        <v>-6.350211300000197E-2</v>
       </c>
       <c r="D63" s="5">
-        <v>-3.7399913471178214</v>
+        <v>-3.7397242546492016</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>19.991773895000001</v>
+        <v>19.991759930000001</v>
       </c>
       <c r="C64" s="5">
-        <v>3.0406388000002949E-2</v>
+        <v>3.041529400000087E-2</v>
       </c>
       <c r="D64" s="5">
-        <v>1.8433063037254893</v>
+        <v>1.8438528692342304</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>19.872382234</v>
+        <v>19.872382847000001</v>
       </c>
       <c r="C65" s="5">
-        <v>-0.11939166100000165</v>
+        <v>-0.11937708299999983</v>
       </c>
       <c r="D65" s="5">
-        <v>-6.9356800861775314</v>
+        <v>-6.9348655266709303</v>
       </c>
       <c r="E65" s="5">
-        <v>8.1129914284664864</v>
+        <v>8.1130154789031295</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>19.502543500000002</v>
+        <v>19.502555114</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.36983873399999823</v>
+        <v>-0.36982773300000105</v>
       </c>
       <c r="D66" s="5">
-        <v>-20.182911982022734</v>
+        <v>-20.182371141140585</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>19.961741931999999</v>
+        <v>19.961759049000001</v>
       </c>
       <c r="C67" s="5">
-        <v>0.45919843199999733</v>
+        <v>0.45920393500000145</v>
       </c>
       <c r="D67" s="5">
-        <v>32.216658467538849</v>
+        <v>32.217074122522483</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>19.936576949999999</v>
+        <v>19.936607144</v>
       </c>
       <c r="C68" s="5">
-        <v>-2.5164981999999725E-2</v>
+        <v>-2.5151905000001307E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>-1.5023475487985549</v>
+        <v>-1.50157097648278</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>19.945475788</v>
+        <v>19.945519618999999</v>
       </c>
       <c r="C69" s="5">
-        <v>8.8988380000003531E-3</v>
+        <v>8.9124749999989206E-3</v>
       </c>
       <c r="D69" s="5">
-        <v>0.5369457494985852</v>
+        <v>0.53776979828832339</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>20.000103717999998</v>
+        <v>20.000161174999999</v>
       </c>
       <c r="C70" s="5">
-        <v>5.462792999999877E-2</v>
+        <v>5.464155599999998E-2</v>
       </c>
       <c r="D70" s="5">
-        <v>3.3365997076423737</v>
+        <v>3.337437100117957</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>20.190734628000001</v>
+        <v>20.190821411000002</v>
       </c>
       <c r="C71" s="5">
-        <v>0.19063091000000298</v>
+        <v>0.19066023600000293</v>
       </c>
       <c r="D71" s="5">
-        <v>12.056866772713892</v>
+        <v>12.058783391009808</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>19.966007949000002</v>
+        <v>19.96586413</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.22472667899999976</v>
+        <v>-0.22495728100000179</v>
       </c>
       <c r="D72" s="5">
-        <v>-12.568198529379648</v>
+        <v>-12.580264721497613</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>20.109217827999998</v>
+        <v>20.109173057</v>
       </c>
       <c r="C73" s="5">
-        <v>0.14320987899999693</v>
+        <v>0.14330892699999964</v>
       </c>
       <c r="D73" s="5">
-        <v>8.9550253575484859</v>
+        <v>8.9615325518276112</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>20.183112550000001</v>
+        <v>20.183090179000001</v>
       </c>
       <c r="C74" s="5">
-        <v>7.3894722000002133E-2</v>
+        <v>7.3917122000001001E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>4.4998247462168406</v>
+        <v>4.5012267151057106</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>20.465894629000001</v>
+        <v>20.465876270999999</v>
       </c>
       <c r="C75" s="5">
-        <v>0.28278207900000041</v>
+        <v>0.28278609199999849</v>
       </c>
       <c r="D75" s="5">
-        <v>18.171051784546322</v>
+        <v>18.171351557813932</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>20.857118723999999</v>
+        <v>20.857108998000001</v>
       </c>
       <c r="C76" s="5">
-        <v>0.39122409499999833</v>
+        <v>0.391232727000002</v>
       </c>
       <c r="D76" s="5">
-        <v>25.511336382516923</v>
+        <v>25.511985060727362</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>20.863385814000001</v>
+        <v>20.863390623000001</v>
       </c>
       <c r="C77" s="5">
-        <v>6.267090000001474E-3</v>
+        <v>6.2816249999997353E-3</v>
       </c>
       <c r="D77" s="5">
-        <v>0.36116920729516444</v>
+        <v>0.36200840905018516</v>
       </c>
       <c r="E77" s="5">
-        <v>4.9868383585359721</v>
+        <v>4.9868593194379196</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>20.656259234</v>
+        <v>20.656272498</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.20712658000000062</v>
+        <v>-0.20711812500000093</v>
       </c>
       <c r="D78" s="5">
-        <v>-11.283861066410793</v>
+        <v>-11.283422846489099</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>20.782852220999999</v>
+        <v>20.782866503000001</v>
       </c>
       <c r="C79" s="5">
-        <v>0.12659298699999866</v>
+        <v>0.12659400500000118</v>
       </c>
       <c r="D79" s="5">
-        <v>7.6072890862700859</v>
+        <v>7.607347286295818</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>20.628472057</v>
+        <v>20.628496006999999</v>
       </c>
       <c r="C80" s="5">
-        <v>-0.1543801639999991</v>
+        <v>-0.15437049600000208</v>
       </c>
       <c r="D80" s="5">
-        <v>-8.5585846679453468</v>
+        <v>-8.5580647506061425</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>20.194805518999999</v>
+        <v>20.194841037</v>
       </c>
       <c r="C81" s="5">
-        <v>-0.43366653800000066</v>
+        <v>-0.4336549699999992</v>
       </c>
       <c r="D81" s="5">
-        <v>-22.505412964255246</v>
+        <v>-22.504857092140185</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>20.321452935</v>
+        <v>20.321493159999999</v>
       </c>
       <c r="C82" s="5">
-        <v>0.12664741600000085</v>
+        <v>0.12665212299999951</v>
       </c>
       <c r="D82" s="5">
-        <v>7.7906192302741539</v>
+        <v>7.790904658988107</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>20.619108772000001</v>
+        <v>20.619177595</v>
       </c>
       <c r="C83" s="5">
-        <v>0.29765583700000064</v>
+        <v>0.29768443500000075</v>
       </c>
       <c r="D83" s="5">
-        <v>19.064312121783299</v>
+        <v>19.066252962967113</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>20.388165345000001</v>
+        <v>20.388042404</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.2309434269999997</v>
+        <v>-0.23113519099999991</v>
       </c>
       <c r="D84" s="5">
-        <v>-12.642723067067575</v>
+        <v>-12.652542720380367</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>20.518482415000001</v>
+        <v>20.518453219000001</v>
       </c>
       <c r="C85" s="5">
-        <v>0.13031707000000026</v>
+        <v>0.13041081500000118</v>
       </c>
       <c r="D85" s="5">
-        <v>7.9456318787732405</v>
+        <v>7.9515998690215195</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>20.532795406000002</v>
+        <v>20.532782021999999</v>
       </c>
       <c r="C86" s="5">
-        <v>1.4312991000000608E-2</v>
+        <v>1.4328802999997947E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>0.84029795098807814</v>
+        <v>0.84123102387656523</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>20.80417628</v>
+        <v>20.804163749000001</v>
       </c>
       <c r="C87" s="5">
-        <v>0.27138087399999833</v>
+        <v>0.2713817270000014</v>
       </c>
       <c r="D87" s="5">
-        <v>17.065612909734561</v>
+        <v>17.065682452775842</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>20.847734513999999</v>
+        <v>20.847729226999999</v>
       </c>
       <c r="C88" s="5">
-        <v>4.3558233999998919E-2</v>
+        <v>4.3565477999997881E-2</v>
       </c>
       <c r="D88" s="5">
-        <v>2.5416057836533446</v>
+        <v>2.542034897100276</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>20.992187143999999</v>
+        <v>20.992193942</v>
       </c>
       <c r="C89" s="5">
-        <v>0.14445262999999997</v>
+        <v>0.14446471500000158</v>
       </c>
       <c r="D89" s="5">
-        <v>8.6390248260037374</v>
+        <v>8.6397776128915194</v>
       </c>
       <c r="E89" s="5">
-        <v>0.61735583643172109</v>
+        <v>0.61736522757718237</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>20.919882208000001</v>
+        <v>20.919893400999999</v>
       </c>
       <c r="C90" s="5">
-        <v>-7.2304935999998321E-2</v>
+        <v>-7.2300541000000607E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>-4.0558399393602063</v>
+        <v>-4.0555967708074681</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>20.794974656000001</v>
+        <v>20.794983439999999</v>
       </c>
       <c r="C91" s="5">
-        <v>-0.12490755199999981</v>
+        <v>-0.12490996100000018</v>
       </c>
       <c r="D91" s="5">
-        <v>-6.9342403579646277</v>
+        <v>-6.934366143459048</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>20.640032647999998</v>
+        <v>20.640048247999999</v>
       </c>
       <c r="C92" s="5">
-        <v>-0.15494200800000257</v>
+        <v>-0.15493519199999994</v>
       </c>
       <c r="D92" s="5">
-        <v>-8.5836632585913559</v>
+        <v>-8.5832975162929532</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>21.358159858</v>
+        <v>21.358183433000001</v>
       </c>
       <c r="C93" s="5">
-        <v>0.71812721000000224</v>
+        <v>0.71813518500000129</v>
       </c>
       <c r="D93" s="5">
-        <v>50.744485450469348</v>
+        <v>50.745114925500779</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>21.458480768000001</v>
+        <v>21.458502019000001</v>
       </c>
       <c r="C94" s="5">
-        <v>0.10032091000000065</v>
+        <v>0.10031858600000021</v>
       </c>
       <c r="D94" s="5">
-        <v>5.7844085607835716</v>
+        <v>5.7842645302293327</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>21.553425182000002</v>
+        <v>21.55347476</v>
       </c>
       <c r="C95" s="5">
-        <v>9.4944414000000421E-2</v>
+        <v>9.4972740999999417E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>5.4406077354714366</v>
+        <v>5.4422651539289379</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>20.480837055999999</v>
+        <v>20.480749575000001</v>
       </c>
       <c r="C96" s="5">
-        <v>-1.072588126000003</v>
+        <v>-1.0727251849999995</v>
       </c>
       <c r="D96" s="5">
-        <v>-45.802797129394193</v>
+        <v>-45.807070910725635</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>20.904763674000002</v>
+        <v>20.904747204</v>
       </c>
       <c r="C97" s="5">
-        <v>0.42392661800000297</v>
+        <v>0.42399762899999871</v>
       </c>
       <c r="D97" s="5">
-        <v>27.870604628605399</v>
+        <v>27.875950000743789</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>20.644942733000001</v>
+        <v>20.644936027</v>
       </c>
       <c r="C98" s="5">
-        <v>-0.25982094100000097</v>
+        <v>-0.25981117699999956</v>
       </c>
       <c r="D98" s="5">
-        <v>-13.936095880074973</v>
+        <v>-13.9356176729454</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>20.642315769</v>
+        <v>20.642309707999999</v>
       </c>
       <c r="C99" s="5">
-        <v>-2.6269640000009531E-3</v>
+        <v>-2.6263190000008763E-3</v>
       </c>
       <c r="D99" s="5">
-        <v>-0.15258708191412396</v>
+        <v>-0.15254969284578257</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>20.460853583999999</v>
+        <v>20.460852219</v>
       </c>
       <c r="C100" s="5">
-        <v>-0.18146218500000089</v>
+        <v>-0.18145748899999958</v>
       </c>
       <c r="D100" s="5">
-        <v>-10.053563024649693</v>
+        <v>-10.05331811012854</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>20.459776049999999</v>
+        <v>20.459782574999998</v>
       </c>
       <c r="C101" s="5">
-        <v>-1.0775340000002132E-3</v>
+        <v>-1.0696440000010909E-3</v>
       </c>
       <c r="D101" s="5">
-        <v>-6.3177537255554306E-2</v>
+        <v>-6.2715071155206026E-2</v>
       </c>
       <c r="E101" s="5">
-        <v>-2.5362345064276703</v>
+        <v>-2.5362349855904465</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>21.085759768999999</v>
+        <v>21.085767413999999</v>
       </c>
       <c r="C102" s="5">
-        <v>0.6259837190000006</v>
+        <v>0.6259848390000009</v>
       </c>
       <c r="D102" s="5">
-        <v>43.568956301683585</v>
+        <v>43.569031500550139</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>20.624747965000001</v>
+        <v>20.624751959000001</v>
       </c>
       <c r="C103" s="5">
-        <v>-0.46101180399999819</v>
+        <v>-0.4610154549999983</v>
       </c>
       <c r="D103" s="5">
-        <v>-23.300461523920944</v>
+        <v>-23.300616993178981</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>20.546681593999999</v>
+        <v>20.546689226000002</v>
       </c>
       <c r="C104" s="5">
-        <v>-7.8066371000002022E-2</v>
+        <v>-7.806273299999944E-2</v>
       </c>
       <c r="D104" s="5">
-        <v>-4.4487246281259889</v>
+        <v>-4.4485207643614411</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>20.615336841000001</v>
+        <v>20.615350425999999</v>
       </c>
       <c r="C105" s="5">
-        <v>6.8655247000002362E-2</v>
+        <v>6.8661199999997535E-2</v>
       </c>
       <c r="D105" s="5">
-        <v>4.0842298831711199</v>
+        <v>4.0845890098766713</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>20.577509276000001</v>
+        <v>20.577516072000002</v>
       </c>
       <c r="C106" s="5">
-        <v>-3.7827565000000618E-2</v>
+        <v>-3.7834353999997461E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>-2.1798216675593562</v>
+        <v>-2.1802075225099138</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>20.457444543000001</v>
+        <v>20.457468970000001</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.12006473299999953</v>
+        <v>-0.1200471020000009</v>
       </c>
       <c r="D107" s="5">
-        <v>-6.7813268673078237</v>
+        <v>-6.7803606222204387</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>20.568094547000001</v>
+        <v>20.568048044000001</v>
       </c>
       <c r="C108" s="5">
-        <v>0.11065000400000002</v>
+        <v>0.11057907400000033</v>
       </c>
       <c r="D108" s="5">
-        <v>6.6871538599897473</v>
+        <v>6.6827307401423619</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>20.677794448</v>
+        <v>20.677789504</v>
       </c>
       <c r="C109" s="5">
-        <v>0.10969990099999904</v>
+        <v>0.10974145999999863</v>
       </c>
       <c r="D109" s="5">
-        <v>6.5913213258705028</v>
+        <v>6.593907477233496</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>20.738081972</v>
+        <v>20.738079364000001</v>
       </c>
       <c r="C110" s="5">
-        <v>6.0287523999999593E-2</v>
+        <v>6.0289860000001028E-2</v>
       </c>
       <c r="D110" s="5">
-        <v>3.5553344730170799</v>
+        <v>3.5554753143026918</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>20.677722874000001</v>
+        <v>20.677720818000001</v>
       </c>
       <c r="C111" s="5">
-        <v>-6.0359097999999278E-2</v>
+        <v>-6.0358545999999791E-2</v>
       </c>
       <c r="D111" s="5">
-        <v>-3.4372812228602445</v>
+        <v>-3.4372507148646148</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>20.2854676</v>
+        <v>20.285468358999999</v>
       </c>
       <c r="C112" s="5">
-        <v>-0.39225527400000004</v>
+        <v>-0.39225245900000161</v>
       </c>
       <c r="D112" s="5">
-        <v>-20.532829421719011</v>
+        <v>-20.532698923838154</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>20.851513837999999</v>
+        <v>20.851517815000001</v>
       </c>
       <c r="C113" s="5">
-        <v>0.56604623799999843</v>
+        <v>0.56604945600000178</v>
       </c>
       <c r="D113" s="5">
-        <v>39.133211743095472</v>
+        <v>39.133467715480272</v>
       </c>
       <c r="E113" s="5">
-        <v>1.9146729027857523</v>
+        <v>1.9146598384611746</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>20.983730383000001</v>
+        <v>20.98373316</v>
       </c>
       <c r="C114" s="5">
-        <v>0.13221654500000213</v>
+        <v>0.13221534499999876</v>
       </c>
       <c r="D114" s="5">
-        <v>7.8800854616594807</v>
+        <v>7.8800098736624857</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>20.826348254999999</v>
+        <v>20.826349039</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.15738212800000184</v>
+        <v>-0.15738412099999977</v>
       </c>
       <c r="D115" s="5">
-        <v>-8.6380949637162701</v>
+        <v>-8.6381987829359126</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>21.128062830000001</v>
+        <v>21.128065054</v>
       </c>
       <c r="C116" s="5">
-        <v>0.30171457500000187</v>
+        <v>0.30171601500000023</v>
       </c>
       <c r="D116" s="5">
-        <v>18.838904715724603</v>
+        <v>18.839001143863698</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>21.327759493999999</v>
+        <v>21.327765049</v>
       </c>
       <c r="C117" s="5">
-        <v>0.19969666399999753</v>
+        <v>0.19969999499999957</v>
       </c>
       <c r="D117" s="5">
-        <v>11.95066047678981</v>
+        <v>11.950868968255591</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>20.998400410999999</v>
+        <v>20.998400650000001</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.32935908299999994</v>
+        <v>-0.32936439899999925</v>
       </c>
       <c r="D118" s="5">
-        <v>-17.035607395757403</v>
+        <v>-17.035855369474639</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>21.274195969000001</v>
+        <v>21.274211861000001</v>
       </c>
       <c r="C119" s="5">
-        <v>0.27579555800000222</v>
+        <v>0.27581121100000061</v>
       </c>
       <c r="D119" s="5">
-        <v>16.950830744903644</v>
+        <v>16.951863134541423</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>21.567045014000001</v>
+        <v>21.567024764999999</v>
       </c>
       <c r="C120" s="5">
-        <v>0.29284904500000053</v>
+        <v>0.29281290399999804</v>
       </c>
       <c r="D120" s="5">
-        <v>17.828370524993286</v>
+        <v>17.825986794580562</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>21.64776226</v>
+        <v>21.647759135000001</v>
       </c>
       <c r="C121" s="5">
-        <v>8.0717245999998966E-2</v>
+        <v>8.0734370000001832E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>4.5847541756308896</v>
+        <v>4.5857513289117469</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>21.688493140999999</v>
+        <v>21.688491118999998</v>
       </c>
       <c r="C122" s="5">
-        <v>4.073088099999822E-2</v>
+        <v>4.0731983999997112E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>2.281346311564092</v>
+        <v>2.2814090643411333</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>21.810439581000001</v>
+        <v>21.810439641999999</v>
       </c>
       <c r="C123" s="5">
-        <v>0.1219464400000021</v>
+        <v>0.12194852300000036</v>
       </c>
       <c r="D123" s="5">
-        <v>6.9597726807699267</v>
+        <v>6.9598959318578846</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>21.993193448</v>
+        <v>21.993194544000001</v>
       </c>
       <c r="C124" s="5">
-        <v>0.18275386699999885</v>
+        <v>0.18275490200000277</v>
       </c>
       <c r="D124" s="5">
-        <v>10.531612580159045</v>
+        <v>10.531674968781157</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>21.969091337999998</v>
+        <v>21.969092628999999</v>
       </c>
       <c r="C125" s="5">
-        <v>-2.4102110000001176E-2</v>
+        <v>-2.4101915000002805E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>-1.3071698689728795</v>
+        <v>-1.3071592921269137</v>
       </c>
       <c r="E125" s="5">
-        <v>5.3596947861086042</v>
+        <v>5.3596808823002995</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>21.701427181</v>
+        <v>21.701427521999999</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.26766415699999868</v>
+        <v>-0.26766510699999913</v>
       </c>
       <c r="D126" s="5">
-        <v>-13.67940661095297</v>
+        <v>-13.679451205325055</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>21.928393607</v>
+        <v>21.928393876000001</v>
       </c>
       <c r="C127" s="5">
-        <v>0.22696642600000061</v>
+        <v>0.22696635400000176</v>
       </c>
       <c r="D127" s="5">
-        <v>13.298005776360867</v>
+        <v>13.298001091191459</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>21.718759471999999</v>
+        <v>21.718759445</v>
       </c>
       <c r="C128" s="5">
-        <v>-0.20963413500000172</v>
+        <v>-0.20963443100000134</v>
       </c>
       <c r="D128" s="5">
-        <v>-10.887552538035205</v>
+        <v>-10.887566985334651</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>21.836642423000001</v>
+        <v>21.836644578000001</v>
       </c>
       <c r="C129" s="5">
-        <v>0.11788295100000212</v>
+        <v>0.11788513300000147</v>
       </c>
       <c r="D129" s="5">
-        <v>6.7112390064352212</v>
+        <v>6.7113669709925494</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>21.912269838</v>
+        <v>21.912269796</v>
       </c>
       <c r="C130" s="5">
-        <v>7.5627414999999587E-2</v>
+        <v>7.5625217999998995E-2</v>
       </c>
       <c r="D130" s="5">
-        <v>4.2360770102896961</v>
+        <v>4.2359511714922027</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>21.976854765999999</v>
+        <v>21.976863547000001</v>
       </c>
       <c r="C131" s="5">
-        <v>6.4584927999998598E-2</v>
+        <v>6.459375100000031E-2</v>
       </c>
       <c r="D131" s="5">
-        <v>3.594822169602474</v>
+        <v>3.5953212575584148</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>21.836501634000001</v>
+        <v>21.836493651000001</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.14035313199999777</v>
+        <v>-0.14036989599999927</v>
       </c>
       <c r="D132" s="5">
-        <v>-7.4001481455382105</v>
+        <v>-7.4009983607803527</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>21.981997679999999</v>
+        <v>21.981996793</v>
       </c>
       <c r="C133" s="5">
-        <v>0.1454960459999981</v>
+        <v>0.14550314199999903</v>
       </c>
       <c r="D133" s="5">
-        <v>8.2951837696265684</v>
+        <v>8.2956064197865498</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>22.133848663999999</v>
+        <v>22.133847423999999</v>
       </c>
       <c r="C134" s="5">
-        <v>0.1518509839999993</v>
+        <v>0.15185063099999851</v>
       </c>
       <c r="D134" s="5">
-        <v>8.6118827804279707</v>
+        <v>8.6118623549765303</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>22.143562607</v>
+        <v>22.143561686999998</v>
       </c>
       <c r="C135" s="5">
-        <v>9.7139430000012794E-3</v>
+        <v>9.7142629999993346E-3</v>
       </c>
       <c r="D135" s="5">
-        <v>0.52792038113496087</v>
+        <v>0.52793784371603092</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>22.109244274999998</v>
+        <v>22.109244279999999</v>
       </c>
       <c r="C136" s="5">
-        <v>-3.4318332000001561E-2</v>
+        <v>-3.4317406999999633E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>-1.8440019156726883</v>
+        <v>-1.8439527121620003</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>22.004291152</v>
+        <v>22.004290829999999</v>
       </c>
       <c r="C137" s="5">
-        <v>-0.10495312299999782</v>
+        <v>-0.10495345</v>
       </c>
       <c r="D137" s="5">
-        <v>-5.550031748321671</v>
+        <v>-5.5500485902523771</v>
       </c>
       <c r="E137" s="5">
-        <v>0.16022425988606592</v>
+        <v>0.16021690833756264</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>22.347470938000001</v>
+        <v>22.347470349999998</v>
       </c>
       <c r="C138" s="5">
-        <v>0.34317978600000032</v>
+        <v>0.34317951999999963</v>
       </c>
       <c r="D138" s="5">
-        <v>20.407068041087339</v>
+        <v>20.407051167444436</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>22.525913271</v>
+        <v>22.525913456000001</v>
       </c>
       <c r="C139" s="5">
-        <v>0.17844233299999956</v>
+        <v>0.17844310600000313</v>
       </c>
       <c r="D139" s="5">
-        <v>10.014091824551841</v>
+        <v>10.014137402694811</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>22.310574264</v>
+        <v>22.310574707000001</v>
       </c>
       <c r="C140" s="5">
-        <v>-0.21533900700000075</v>
+        <v>-0.21533874900000072</v>
       </c>
       <c r="D140" s="5">
-        <v>-10.887198795937625</v>
+        <v>-10.887186345140732</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>22.169864324999999</v>
+        <v>22.169865776999998</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.14070993900000062</v>
+        <v>-0.1407089300000024</v>
       </c>
       <c r="D141" s="5">
-        <v>-7.3111622785126169</v>
+        <v>-7.311111516618074</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>22.110124994</v>
+        <v>22.110126227999999</v>
       </c>
       <c r="C142" s="5">
-        <v>-5.9739330999999396E-2</v>
+        <v>-5.973954899999967E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>-3.1860478826014393</v>
+        <v>-3.186059131735175</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>22.270661939</v>
+        <v>22.27066735</v>
       </c>
       <c r="C143" s="5">
-        <v>0.16053694500000049</v>
+        <v>0.16054112200000148</v>
       </c>
       <c r="D143" s="5">
-        <v>9.0694525339277909</v>
+        <v>9.0696974873855964</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>21.395689641000001</v>
+        <v>21.395687751000001</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.87497229799999943</v>
+        <v>-0.87497959899999955</v>
       </c>
       <c r="D144" s="5">
-        <v>-38.181570436673397</v>
+        <v>-38.18181620220922</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>21.291620347999999</v>
+        <v>21.291619780000001</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.10406929300000201</v>
+        <v>-0.1040679709999992</v>
       </c>
       <c r="D145" s="5">
-        <v>-5.6831930913488478</v>
+        <v>-5.6831233062519022</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>21.062739853</v>
+        <v>21.062738061000001</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.22888049499999852</v>
+        <v>-0.22888171900000032</v>
       </c>
       <c r="D146" s="5">
-        <v>-12.163746827505816</v>
+        <v>-12.163808385229469</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>21.358281738999999</v>
+        <v>21.358278919</v>
       </c>
       <c r="C147" s="5">
-        <v>0.29554188599999875</v>
+        <v>0.29554085799999896</v>
       </c>
       <c r="D147" s="5">
-        <v>18.199970142188505</v>
+        <v>18.199903542743989</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>21.331845538</v>
+        <v>21.331843510999999</v>
       </c>
       <c r="C148" s="5">
-        <v>-2.6436200999999215E-2</v>
+        <v>-2.6435408000001104E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>-1.475229559026725</v>
+        <v>-1.4751858011965879</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>21.245654158000001</v>
+        <v>21.245652463999999</v>
       </c>
       <c r="C149" s="5">
-        <v>-8.6191379999998929E-2</v>
+        <v>-8.6191046999999799E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>-4.7422919948524767</v>
+        <v>-4.7422745189101061</v>
       </c>
       <c r="E149" s="5">
-        <v>-3.4476774950828015</v>
+        <v>-3.4476837806819649</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>21.014734017999999</v>
+        <v>21.014732437999999</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.23092014000000205</v>
+        <v>-0.23092002599999972</v>
       </c>
       <c r="D150" s="5">
-        <v>-12.290733568486523</v>
+        <v>-12.290728781023208</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>20.973084989</v>
+        <v>20.973084354000001</v>
       </c>
       <c r="C151" s="5">
-        <v>-4.164902899999845E-2</v>
+        <v>-4.164808399999842E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>-2.352522138965929</v>
+        <v>-2.3524695165939913</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>21.047799436999998</v>
+        <v>21.047799435999998</v>
       </c>
       <c r="C152" s="5">
-        <v>7.4714447999998157E-2</v>
+        <v>7.4715081999997324E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>4.3596370389957784</v>
+        <v>4.3596748957403619</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>20.58483794</v>
+        <v>20.584849955999999</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.46296149699999845</v>
+        <v>-0.46294947999999891</v>
       </c>
       <c r="D153" s="5">
-        <v>-23.424636678288479</v>
+        <v>-23.424100240305957</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>20.202534577000002</v>
+        <v>20.202536260999999</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.38230336299999834</v>
+        <v>-0.38231369500000056</v>
       </c>
       <c r="D154" s="5">
-        <v>-20.145227266863628</v>
+        <v>-20.14570675299041</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>20.529032109999999</v>
+        <v>20.529033624</v>
       </c>
       <c r="C155" s="5">
-        <v>0.32649753299999773</v>
+        <v>0.32649736300000143</v>
       </c>
       <c r="D155" s="5">
-        <v>21.213609319049876</v>
+        <v>21.213595345552626</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>20.564990974000001</v>
+        <v>20.564989651000001</v>
       </c>
       <c r="C156" s="5">
-        <v>3.5958864000001256E-2</v>
+        <v>3.5956027000001001E-2</v>
       </c>
       <c r="D156" s="5">
-        <v>2.1223007688150552</v>
+        <v>2.1221315541249952</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>20.929261395000001</v>
+        <v>20.929260543000002</v>
       </c>
       <c r="C157" s="5">
-        <v>0.36427042100000051</v>
+        <v>0.3642708920000004</v>
       </c>
       <c r="D157" s="5">
-        <v>23.453823956646769</v>
+        <v>23.453858954444783</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>20.516893154000002</v>
+        <v>20.516889683999999</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.41236824099999936</v>
+        <v>-0.41237085900000281</v>
       </c>
       <c r="D158" s="5">
-        <v>-21.242424917285675</v>
+        <v>-21.242546286123886</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>20.149223448000001</v>
+        <v>20.149218067</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.36766970600000093</v>
+        <v>-0.36767161699999917</v>
       </c>
       <c r="D159" s="5">
-        <v>-19.506540072261835</v>
+        <v>-19.506634663489152</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>20.147033136000001</v>
+        <v>20.147028838000001</v>
       </c>
       <c r="C160" s="5">
-        <v>-2.19031199999975E-3</v>
+        <v>-2.18922899999896E-3</v>
       </c>
       <c r="D160" s="5">
-        <v>-0.13036748224224404</v>
+        <v>-0.13030309531963935</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>19.984159864999999</v>
+        <v>19.984156888000001</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.16287327100000226</v>
+        <v>-0.16287194999999954</v>
       </c>
       <c r="D161" s="5">
-        <v>-9.2811504770289428</v>
+        <v>-9.2810804090062362</v>
       </c>
       <c r="E161" s="5">
-        <v>-5.9376580434685744</v>
+        <v>-5.9376645557840941</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>20.262826376</v>
+        <v>20.262824155000001</v>
       </c>
       <c r="C162" s="5">
-        <v>0.27866651100000084</v>
+        <v>0.27866726699999944</v>
       </c>
       <c r="D162" s="5">
-        <v>18.078148637656977</v>
+        <v>18.078204406078548</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>20.204408907000001</v>
+        <v>20.204408743999998</v>
       </c>
       <c r="C163" s="5">
-        <v>-5.8417468999998334E-2</v>
+        <v>-5.8415411000002138E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>-3.4052517415252392</v>
+        <v>-3.405134040313984</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>20.189687849999999</v>
+        <v>20.189689488999999</v>
       </c>
       <c r="C164" s="5">
-        <v>-1.4721057000002702E-2</v>
+        <v>-1.4719254999999265E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>-0.87083217817407466</v>
+        <v>-0.87072601363403779</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>20.487110582</v>
+        <v>20.48713429</v>
       </c>
       <c r="C165" s="5">
-        <v>0.29742273200000113</v>
+        <v>0.29744480100000104</v>
       </c>
       <c r="D165" s="5">
-        <v>19.182718203468397</v>
+        <v>19.184257150265882</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>20.500738032000001</v>
+        <v>20.500741259000002</v>
       </c>
       <c r="C166" s="5">
-        <v>1.3627450000001318E-2</v>
+        <v>1.3606969000001357E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>0.8011329425942737</v>
+        <v>0.79992357118250368</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>20.415523907000001</v>
+        <v>20.415525537000001</v>
       </c>
       <c r="C167" s="5">
-        <v>-8.5214125000000251E-2</v>
+        <v>-8.5215722000000937E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>-4.8754972573057831</v>
+        <v>-4.8755858003934343</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>20.478643129000002</v>
+        <v>20.478641183000001</v>
       </c>
       <c r="C168" s="5">
-        <v>6.3119222000000974E-2</v>
+        <v>6.311564599999997E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>3.7738147620261397</v>
+        <v>3.7735970028270671</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>20.600466719</v>
+        <v>20.600463743999999</v>
       </c>
       <c r="C169" s="5">
-        <v>0.12182358999999821</v>
+        <v>0.12182256099999833</v>
       </c>
       <c r="D169" s="5">
-        <v>7.3768311008271858</v>
+        <v>7.3767674628296476</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>20.599578231999999</v>
+        <v>20.599571490999999</v>
       </c>
       <c r="C170" s="5">
-        <v>-8.8848700000099257E-4</v>
+        <v>-8.92252999999954E-4</v>
       </c>
       <c r="D170" s="5">
-        <v>-5.1743076461996385E-2</v>
+        <v>-5.1962353360668345E-2</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>19.831729265</v>
+        <v>19.831717595000001</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.76784896699999905</v>
+        <v>-0.76785389599999831</v>
       </c>
       <c r="D171" s="5">
-        <v>-36.609076567624633</v>
+        <v>-36.609275268467769</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>20.037638000000001</v>
+        <v>20.037629568</v>
       </c>
       <c r="C172" s="5">
-        <v>0.20590873500000129</v>
+        <v>0.20591197299999919</v>
       </c>
       <c r="D172" s="5">
-        <v>13.19605636066774</v>
+        <v>13.19628407915625</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>19.979226915999998</v>
+        <v>19.979219570000001</v>
       </c>
       <c r="C173" s="5">
-        <v>-5.8411084000002944E-2</v>
+        <v>-5.8409997999998353E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>-3.4425390927427801</v>
+        <v>-3.4424775359420123</v>
       </c>
       <c r="E173" s="5">
-        <v>-2.4684295128363232E-2</v>
+        <v>-2.470616112388857E-2</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>19.974568976</v>
+        <v>19.974561949999998</v>
       </c>
       <c r="C174" s="5">
-        <v>-4.6579399999977511E-3</v>
+        <v>-4.6576200000032486E-3</v>
       </c>
       <c r="D174" s="5">
-        <v>-0.27940852428751661</v>
+        <v>-0.27938945615070265</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>19.929303184999998</v>
+        <v>19.92929749</v>
       </c>
       <c r="C175" s="5">
-        <v>-4.5265791000002054E-2</v>
+        <v>-4.5264459999998508E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>-2.6857655504949784</v>
+        <v>-2.6856884925739899</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>19.919145180000001</v>
+        <v>19.919168604999999</v>
       </c>
       <c r="C176" s="5">
-        <v>-1.0158004999997416E-2</v>
+        <v>-1.0128885000000309E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>-0.60993061398655346</v>
+        <v>-0.60818718109347802</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>19.755224075000001</v>
+        <v>19.755251766000001</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.16392110500000001</v>
+        <v>-0.16391683899999876</v>
       </c>
       <c r="D177" s="5">
-        <v>-9.4402620370422454</v>
+        <v>-9.440016764050041</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>19.816187392</v>
+        <v>19.816212972999999</v>
       </c>
       <c r="C178" s="5">
-        <v>6.0963316999998796E-2</v>
+        <v>6.0961206999998296E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>3.7666235164041773</v>
+        <v>3.7664855599503833</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>19.619415438000001</v>
+        <v>19.61941491</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.19677195399999903</v>
+        <v>-0.19679806299999925</v>
       </c>
       <c r="D179" s="5">
-        <v>-11.286123946210614</v>
+        <v>-11.287526848121466</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>19.601361237999999</v>
+        <v>19.601346852999999</v>
       </c>
       <c r="C180" s="5">
-        <v>-1.8054200000001686E-2</v>
+        <v>-1.8068057000000692E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>-1.098693499312553</v>
+        <v>-1.0995325337953998</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>19.37577885</v>
+        <v>19.375775873999999</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.22558238799999941</v>
+        <v>-0.22557097900000045</v>
       </c>
       <c r="D181" s="5">
-        <v>-12.968746762323713</v>
+        <v>-12.96814072605239</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>19.371612413000001</v>
+        <v>19.371583251000001</v>
       </c>
       <c r="C182" s="5">
-        <v>-4.166436999998524E-3</v>
+        <v>-4.192622999998008E-3</v>
       </c>
       <c r="D182" s="5">
-        <v>-0.25773495796590495</v>
+        <v>-0.25935293113661384</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>19.404160857000001</v>
+        <v>19.404144535</v>
       </c>
       <c r="C183" s="5">
-        <v>3.2548443999999677E-2</v>
+        <v>3.2561283999999802E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>2.0349934823989502</v>
+        <v>2.0358067939316937</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>19.323531066000001</v>
+        <v>19.323519828999999</v>
       </c>
       <c r="C184" s="5">
-        <v>-8.0629790999999784E-2</v>
+        <v>-8.0624706000001822E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>-4.8739459456399565</v>
+        <v>-4.8736495616867774</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>19.278060175</v>
+        <v>19.278050345</v>
       </c>
       <c r="C185" s="5">
-        <v>-4.547089100000079E-2</v>
+        <v>-4.5469483999998062E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>-2.7875021633695485</v>
+        <v>-2.787418623260085</v>
       </c>
       <c r="E185" s="5">
-        <v>-3.509478839936897</v>
+        <v>-3.50949256322729</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>18.769416270000001</v>
+        <v>18.769409122999999</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.50864390499999956</v>
+        <v>-0.50864122200000139</v>
       </c>
       <c r="D186" s="5">
-        <v>-27.448028832069259</v>
+        <v>-27.447916410866736</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>18.840957014000001</v>
+        <v>18.840953871</v>
       </c>
       <c r="C187" s="5">
-        <v>7.1540743999999989E-2</v>
+        <v>7.154474800000088E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>4.6709846593341542</v>
+        <v>4.6712534066028599</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>18.847444942999999</v>
+        <v>18.847495497000001</v>
       </c>
       <c r="C188" s="5">
-        <v>6.4879289999986156E-3</v>
+        <v>6.5416260000006332E-3</v>
       </c>
       <c r="D188" s="5">
-        <v>0.41400641257169912</v>
+        <v>0.41743953042321369</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>18.742577179000001</v>
+        <v>18.742604873000001</v>
       </c>
       <c r="C189" s="5">
-        <v>-0.10486776399999798</v>
+        <v>-0.10489062399999938</v>
       </c>
       <c r="D189" s="5">
-        <v>-6.4762538135991532</v>
+        <v>-6.4776057897514727</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>18.851473922</v>
+        <v>18.851521126000002</v>
       </c>
       <c r="C190" s="5">
-        <v>0.10889674299999896</v>
+        <v>0.1089162530000003</v>
       </c>
       <c r="D190" s="5">
-        <v>7.1993235931828936</v>
+        <v>7.2006439473243589</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>19.020638741999999</v>
+        <v>19.020636069999998</v>
       </c>
       <c r="C191" s="5">
-        <v>0.16916481999999888</v>
+        <v>0.16911494399999683</v>
       </c>
       <c r="D191" s="5">
-        <v>11.315957369635822</v>
+        <v>11.312424963767587</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>18.740958500000001</v>
+        <v>18.740928141000001</v>
       </c>
       <c r="C192" s="5">
-        <v>-0.27968024199999775</v>
+        <v>-0.27970792899999708</v>
       </c>
       <c r="D192" s="5">
-        <v>-16.285551176797107</v>
+        <v>-16.287037379836743</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>18.671087744000001</v>
+        <v>18.671075852000001</v>
       </c>
       <c r="C193" s="5">
-        <v>-6.9870756000000256E-2</v>
+        <v>-6.9852288999999956E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>-4.3832779072270007</v>
+        <v>-4.3821499961414485</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>18.767569054999999</v>
+        <v>18.767510144999999</v>
       </c>
       <c r="C194" s="5">
-        <v>9.6481310999998016E-2</v>
+        <v>9.643429299999795E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>6.3802070934383392</v>
+        <v>6.377013169808543</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>18.853278474</v>
+        <v>18.853253131999999</v>
       </c>
       <c r="C195" s="5">
-        <v>8.5709419000000509E-2</v>
+        <v>8.5742986999999715E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>5.6200376718592571</v>
+        <v>5.6223124478647968</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>18.900712016</v>
+        <v>18.900693753999999</v>
       </c>
       <c r="C196" s="5">
-        <v>4.7433542000000273E-2</v>
+        <v>4.7440621999999877E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>3.0612465757409391</v>
+        <v>3.0617140166700807</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>18.867976659</v>
+        <v>18.867963626000002</v>
       </c>
       <c r="C197" s="5">
-        <v>-3.2735356999999965E-2</v>
+        <v>-3.2730127999997194E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>-2.058672901112546</v>
+        <v>-2.058349153416883</v>
       </c>
       <c r="E197" s="5">
-        <v>-2.1272032158702436</v>
+        <v>-2.1272209152953026</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>18.841364726999998</v>
+        <v>18.841362916000001</v>
       </c>
       <c r="C198" s="5">
-        <v>-2.6611932000001559E-2</v>
+        <v>-2.6600710000000305E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>-1.6794462941270738</v>
+        <v>-1.6787447205668715</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>19.039059131999998</v>
+        <v>19.039068009000001</v>
       </c>
       <c r="C199" s="5">
-        <v>0.19769440500000002</v>
+        <v>0.19770509299999972</v>
       </c>
       <c r="D199" s="5">
-        <v>13.343733226847521</v>
+        <v>13.344498123124993</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>19.046854433</v>
+        <v>19.046945694000001</v>
       </c>
       <c r="C200" s="5">
-        <v>7.7953010000015865E-3</v>
+        <v>7.8776850000004117E-3</v>
       </c>
       <c r="D200" s="5">
-        <v>0.4924326903585019</v>
+        <v>0.49764854146907567</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>18.927240424000001</v>
+        <v>18.927294139000001</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.1196140089999993</v>
+        <v>-0.1196515550000008</v>
       </c>
       <c r="D201" s="5">
-        <v>-7.2810652231816597</v>
+        <v>-7.2832386195613825</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>18.789688827999999</v>
+        <v>18.789764749</v>
       </c>
       <c r="C202" s="5">
-        <v>-0.13755159600000155</v>
+        <v>-0.13752939000000097</v>
       </c>
       <c r="D202" s="5">
-        <v>-8.3805945435099218</v>
+        <v>-8.3792723671092695</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>18.944863011999999</v>
+        <v>18.944852229999999</v>
       </c>
       <c r="C203" s="5">
-        <v>0.15517418399999983</v>
+        <v>0.15508748099999892</v>
       </c>
       <c r="D203" s="5">
-        <v>10.372931277988684</v>
+        <v>10.366826034250543</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>18.899629513000001</v>
+        <v>18.899570077</v>
       </c>
       <c r="C204" s="5">
-        <v>-4.5233498999998289E-2</v>
+        <v>-4.5282152999998715E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>-2.8278395606925133</v>
+        <v>-2.830842953870949</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>18.880579617999999</v>
+        <v>18.880544792999999</v>
       </c>
       <c r="C205" s="5">
-        <v>-1.9049895000001982E-2</v>
+        <v>-1.9025284000001363E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>-1.2028579641925385</v>
+        <v>-1.2013163149255268</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>18.992487032</v>
+        <v>18.992382779</v>
       </c>
       <c r="C206" s="5">
-        <v>0.11190741400000093</v>
+        <v>0.11183798600000117</v>
       </c>
       <c r="D206" s="5">
-        <v>7.3490463743284273</v>
+        <v>7.3443514212901295</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>18.498614802999999</v>
+        <v>18.498574475000002</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.49387222900000083</v>
+        <v>-0.49380830399999809</v>
       </c>
       <c r="D207" s="5">
-        <v>-27.106559757663852</v>
+        <v>-27.103665135424738</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>18.87661263</v>
+        <v>18.876577580999999</v>
       </c>
       <c r="C208" s="5">
-        <v>0.37799782700000151</v>
+        <v>0.37800310599999776</v>
       </c>
       <c r="D208" s="5">
-        <v>27.473013939120005</v>
+        <v>27.473508505417321</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>18.969651594999998</v>
+        <v>18.969628988</v>
       </c>
       <c r="C209" s="5">
-        <v>9.3038964999998086E-2</v>
+        <v>9.3051407000000808E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>6.0775522957786432</v>
+        <v>6.0783987946868789</v>
       </c>
       <c r="E209" s="5">
-        <v>0.53887567192585362</v>
+        <v>0.53882530205806578</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>18.902578749</v>
+        <v>18.902590576000001</v>
       </c>
       <c r="C210" s="5">
-        <v>-6.707284599999852E-2</v>
+        <v>-6.7038411999998715E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>-4.161409452364162</v>
+        <v>-4.1593192727129136</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>18.828957873</v>
+        <v>18.828994321</v>
       </c>
       <c r="C211" s="5">
-        <v>-7.3620875999999669E-2</v>
+        <v>-7.3596255000001776E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>-4.5748760154663444</v>
+        <v>-4.5733758540203233</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>18.922557918999999</v>
+        <v>18.922691578999999</v>
       </c>
       <c r="C212" s="5">
-        <v>9.3600045999998827E-2</v>
+        <v>9.369725799999884E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>6.1311116997892379</v>
+        <v>6.1376424819950426</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>19.245265079999999</v>
+        <v>19.245394131000001</v>
       </c>
       <c r="C213" s="5">
-        <v>0.3227071610000003</v>
+        <v>0.32270255200000264</v>
       </c>
       <c r="D213" s="5">
-        <v>22.4979016788295</v>
+        <v>22.497375536026489</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>19.339144999999998</v>
+        <v>19.339325958</v>
       </c>
       <c r="C214" s="5">
-        <v>9.3879919999999117E-2</v>
+        <v>9.3931826999998691E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>6.0133278395753997</v>
+        <v>6.0167009808516747</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>19.259505857000001</v>
+        <v>19.259394042</v>
       </c>
       <c r="C215" s="5">
-        <v>-7.9639142999997858E-2</v>
+        <v>-7.9931915999999603E-2</v>
       </c>
       <c r="D215" s="5">
-        <v>-4.8312321311391404</v>
+        <v>-4.8485468116608033</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>19.142075124000002</v>
+        <v>19.141945688</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.11743073299999907</v>
+        <v>-0.11744835400000042</v>
       </c>
       <c r="D216" s="5">
-        <v>-7.0762958736919401</v>
+        <v>-7.0773620665243069</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>19.483033574</v>
+        <v>19.482948196999999</v>
       </c>
       <c r="C217" s="5">
-        <v>0.34095844999999869</v>
+        <v>0.34100250899999907</v>
       </c>
       <c r="D217" s="5">
-        <v>23.597803091937976</v>
+        <v>23.601332726468094</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>19.611631710000001</v>
+        <v>19.611493502999998</v>
       </c>
       <c r="C218" s="5">
-        <v>0.12859813600000081</v>
+        <v>0.12854530599999947</v>
       </c>
       <c r="D218" s="5">
-        <v>8.2145855556080569</v>
+        <v>8.2111247914568253</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>19.242637205000001</v>
+        <v>19.242579976999998</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.36899450499999986</v>
+        <v>-0.36891352600000005</v>
       </c>
       <c r="D219" s="5">
-        <v>-20.38216664507404</v>
+        <v>-20.378274962301923</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>19.260522544000001</v>
+        <v>19.260481941999998</v>
       </c>
       <c r="C220" s="5">
-        <v>1.7885338999999334E-2</v>
+        <v>1.7901965000000075E-2</v>
       </c>
       <c r="D220" s="5">
-        <v>1.1210762927664097</v>
+        <v>1.1221271245877018</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>19.172145834999998</v>
+        <v>19.172127947</v>
       </c>
       <c r="C221" s="5">
-        <v>-8.8376709000002052E-2</v>
+        <v>-8.835399499999852E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>-5.3693332278467292</v>
+        <v>-5.3679988987304306</v>
       </c>
       <c r="E221" s="5">
-        <v>1.0674642018906333</v>
+        <v>1.0674903506447064</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>19.167259697999999</v>
+        <v>19.167278750000001</v>
       </c>
       <c r="C222" s="5">
-        <v>-4.8861369999997351E-3</v>
+        <v>-4.8491969999986395E-3</v>
       </c>
       <c r="D222" s="5">
-        <v>-0.30539892104740618</v>
+        <v>-0.30309354828760293</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>19.118840715000001</v>
+        <v>19.118915266999998</v>
       </c>
       <c r="C223" s="5">
-        <v>-4.8418982999997695E-2</v>
+        <v>-4.8363483000002816E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>-2.9895914273151081</v>
+        <v>-2.9862091130352875</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>18.887700758000001</v>
+        <v>18.887886864999999</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.2311399569999999</v>
+        <v>-0.23102840199999974</v>
       </c>
       <c r="D224" s="5">
-        <v>-13.580756080501811</v>
+        <v>-13.574581478622427</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>18.673020448999999</v>
+        <v>18.673218632000001</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.21468030900000201</v>
+        <v>-0.2146682329999976</v>
       </c>
       <c r="D225" s="5">
-        <v>-12.818216010654515</v>
+        <v>-12.817420927197954</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>18.371487527999999</v>
+        <v>18.371752540999999</v>
       </c>
       <c r="C226" s="5">
-        <v>-0.30153292099999973</v>
+        <v>-0.30146609100000177</v>
       </c>
       <c r="D226" s="5">
-        <v>-17.746006268133296</v>
+        <v>-17.742243701400572</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>18.176418152</v>
+        <v>18.176212393</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.19506937599999929</v>
+        <v>-0.19554014799999919</v>
       </c>
       <c r="D227" s="5">
-        <v>-12.02327425848142</v>
+        <v>-12.050449907568861</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>17.839161743999998</v>
+        <v>17.838970295999999</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.33725640800000178</v>
+        <v>-0.33724209700000074</v>
       </c>
       <c r="D228" s="5">
-        <v>-20.128166135382585</v>
+        <v>-20.127602347659835</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>17.744493875</v>
+        <v>17.744369606999999</v>
       </c>
       <c r="C229" s="5">
-        <v>-9.4667868999998461E-2</v>
+        <v>-9.460068899999996E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>-6.1854758590043186</v>
+        <v>-6.1812780443829212</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>17.400811242</v>
+        <v>17.400665862</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.34368263300000024</v>
+        <v>-0.34370374499999912</v>
       </c>
       <c r="D230" s="5">
-        <v>-20.919291150787867</v>
+        <v>-20.920573772638239</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>17.643171768999999</v>
+        <v>17.643110439000001</v>
       </c>
       <c r="C231" s="5">
-        <v>0.24236052699999888</v>
+        <v>0.24244457700000055</v>
       </c>
       <c r="D231" s="5">
-        <v>18.055437813344955</v>
+        <v>18.062349471259797</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>17.278821027999999</v>
+        <v>17.278787585</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.36435074099999909</v>
+        <v>-0.36432285400000097</v>
       </c>
       <c r="D232" s="5">
-        <v>-22.151665134611399</v>
+        <v>-22.150225880915777</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>17.414666098000001</v>
+        <v>17.414661103</v>
       </c>
       <c r="C233" s="5">
-        <v>0.13584507000000201</v>
+        <v>0.13587351800000036</v>
       </c>
       <c r="D233" s="5">
-        <v>9.853158215953318</v>
+        <v>9.8553315707660794</v>
       </c>
       <c r="E233" s="5">
-        <v>-9.1668389763215892</v>
+        <v>-9.1667802805113432</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>16.761722625000001</v>
+        <v>16.761747627999998</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.65294347300000055</v>
+        <v>-0.65291347500000185</v>
       </c>
       <c r="D234" s="5">
-        <v>-36.781822302247981</v>
+        <v>-36.780473086570233</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>16.511186195000001</v>
+        <v>16.511278068999999</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.25053643000000037</v>
+        <v>-0.25046955899999901</v>
       </c>
       <c r="D235" s="5">
-        <v>-16.53286557889021</v>
+        <v>-16.528786278061926</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>16.178246997999999</v>
+        <v>16.178420653</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.33293919700000174</v>
+        <v>-0.33285741599999952</v>
       </c>
       <c r="D236" s="5">
-        <v>-21.686210307384158</v>
+        <v>-21.681352070410298</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>15.708254552</v>
+        <v>15.708461347</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.46999244599999912</v>
+        <v>-0.4699593059999998</v>
       </c>
       <c r="D237" s="5">
-        <v>-29.796684173339415</v>
+        <v>-29.794636300576961</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>15.683018731000001</v>
+        <v>15.683297757</v>
       </c>
       <c r="C238" s="5">
-        <v>-2.5235820999998992E-2</v>
+        <v>-2.5163590000000013E-2</v>
       </c>
       <c r="D238" s="5">
-        <v>-1.9108956090813978</v>
+        <v>-1.9054494007267331</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>15.466355313999999</v>
+        <v>15.466101913999999</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.21666341700000125</v>
+        <v>-0.21719584300000072</v>
       </c>
       <c r="D239" s="5">
-        <v>-15.374769621367591</v>
+        <v>-15.409467847753044</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>15.399403372</v>
+        <v>15.399188601000001</v>
       </c>
       <c r="C240" s="5">
-        <v>-6.695194199999932E-2</v>
+        <v>-6.6913312999998809E-2</v>
       </c>
       <c r="D240" s="5">
-        <v>-5.0727406299019062</v>
+        <v>-5.0699642194923955</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>15.210983737999999</v>
+        <v>15.210837106</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.18841963400000061</v>
+        <v>-0.18835149500000092</v>
       </c>
       <c r="D241" s="5">
-        <v>-13.733757095980593</v>
+        <v>-13.729298516603627</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>14.997789574</v>
+        <v>14.997656768000001</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.21319416399999902</v>
+        <v>-0.21318033799999903</v>
       </c>
       <c r="D242" s="5">
-        <v>-15.581147011561979</v>
+        <v>-15.580351939015758</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>15.061168385</v>
+        <v>15.061111756000001</v>
       </c>
       <c r="C243" s="5">
-        <v>6.3378810999999757E-2</v>
+        <v>6.3454988000000156E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>5.1905913302819018</v>
+        <v>5.197023051711791</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>14.889480941</v>
+        <v>14.889461998</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.1716874439999998</v>
+        <v>-0.17164975800000093</v>
       </c>
       <c r="D244" s="5">
-        <v>-12.853343373559978</v>
+        <v>-12.850741798017385</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>14.741170361</v>
+        <v>14.74118359</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.14831058000000041</v>
+        <v>-0.14827840799999947</v>
       </c>
       <c r="D245" s="5">
-        <v>-11.319346390269791</v>
+        <v>-11.317037478416802</v>
       </c>
       <c r="E245" s="5">
-        <v>-15.351978165731472</v>
+        <v>-15.351877921640655</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>14.967586141</v>
+        <v>14.967615493</v>
       </c>
       <c r="C246" s="5">
-        <v>0.22641577999999996</v>
+        <v>0.22643190299999993</v>
       </c>
       <c r="D246" s="5">
-        <v>20.070857376114247</v>
+        <v>20.072389899569345</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>14.603702597</v>
+        <v>14.603807779</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.36388354400000011</v>
+        <v>-0.363807714</v>
       </c>
       <c r="D247" s="5">
-        <v>-25.572305751090763</v>
+        <v>-25.567624377265986</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>14.857057781</v>
+        <v>14.857222645</v>
       </c>
       <c r="C248" s="5">
-        <v>0.25335518400000012</v>
+        <v>0.25341486599999996</v>
       </c>
       <c r="D248" s="5">
-        <v>22.924369275618872</v>
+        <v>22.930113749116131</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>14.734105186000001</v>
+        <v>14.734323517</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.12295259499999922</v>
+        <v>-0.12289912800000025</v>
       </c>
       <c r="D249" s="5">
-        <v>-9.4910675175477124</v>
+        <v>-9.487025650222126</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>14.893274907</v>
+        <v>14.89353526</v>
       </c>
       <c r="C250" s="5">
-        <v>0.1591697209999996</v>
+        <v>0.15921174300000018</v>
       </c>
       <c r="D250" s="5">
-        <v>13.762016255388243</v>
+        <v>13.765651873993567</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>14.45205595</v>
+        <v>14.451820440000001</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.44121895700000024</v>
+        <v>-0.44171481999999962</v>
       </c>
       <c r="D251" s="5">
-        <v>-30.293522176899458</v>
+        <v>-30.321770308240826</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>14.252124813</v>
+        <v>14.251930059999999</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.19993113700000009</v>
+        <v>-0.19989038000000114</v>
       </c>
       <c r="D252" s="5">
-        <v>-15.394266785148925</v>
+        <v>-15.391595417374326</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>14.282786139000001</v>
+        <v>14.282643834</v>
       </c>
       <c r="C253" s="5">
-        <v>3.0661326000000599E-2</v>
+        <v>3.0713774000000527E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>2.6123884354625204</v>
+        <v>2.6169463628777034</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>14.397810134</v>
+        <v>14.397696714</v>
       </c>
       <c r="C254" s="5">
-        <v>0.1150239949999996</v>
+        <v>0.11505288000000036</v>
       </c>
       <c r="D254" s="5">
-        <v>10.103748560829452</v>
+        <v>10.106504479735889</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>14.293386419000001</v>
+        <v>14.293334491</v>
       </c>
       <c r="C255" s="5">
-        <v>-0.10442371499999936</v>
+        <v>-0.10436222300000075</v>
       </c>
       <c r="D255" s="5">
-        <v>-8.3643819581411876</v>
+        <v>-8.359714358099346</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>14.296546786</v>
+        <v>14.296534889</v>
       </c>
       <c r="C256" s="5">
-        <v>3.1603669999995532E-3</v>
+        <v>3.2003980000006038E-3</v>
       </c>
       <c r="D256" s="5">
-        <v>0.26565123417869874</v>
+        <v>0.26902124680721062</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>14.361697151</v>
+        <v>14.361715879</v>
       </c>
       <c r="C257" s="5">
-        <v>6.5150364999999155E-2</v>
+        <v>6.5180989999999994E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>5.6076490010663838</v>
+        <v>5.6103562024899301</v>
       </c>
       <c r="E257" s="5">
-        <v>-2.5742407197460682</v>
+        <v>-2.5742011059235459</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>14.483277094</v>
+        <v>14.483309722</v>
       </c>
       <c r="C258" s="5">
-        <v>0.12157994300000041</v>
+        <v>0.12159384299999942</v>
       </c>
       <c r="D258" s="5">
-        <v>10.64528284662476</v>
+        <v>10.646542589140818</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>14.496451615</v>
+        <v>14.496549346</v>
       </c>
       <c r="C259" s="5">
-        <v>1.3174520999999828E-2</v>
+        <v>1.323962400000056E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>1.0970417813697342</v>
+        <v>1.1024876943146689</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>14.462622456</v>
+        <v>14.46275507</v>
       </c>
       <c r="C260" s="5">
-        <v>-3.382915899999972E-2</v>
+        <v>-3.3794276000000067E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>-2.7646758911249569</v>
+        <v>-2.7618431612843164</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>14.450555323</v>
+        <v>14.450745902</v>
       </c>
       <c r="C261" s="5">
-        <v>-1.2067133000000396E-2</v>
+        <v>-1.2009168000000514E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>-0.99665828714969873</v>
+        <v>-0.99188358538548904</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>14.486750012</v>
+        <v>14.486971742</v>
       </c>
       <c r="C262" s="5">
-        <v>3.6194689000000224E-2</v>
+        <v>3.6225840000000176E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>3.0474255935871941</v>
+        <v>3.0500438503784366</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>14.530473516000001</v>
+        <v>14.530240233000001</v>
       </c>
       <c r="C263" s="5">
-        <v>4.3723504000000801E-2</v>
+        <v>4.3268491000000964E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>3.6825372413873847</v>
+        <v>3.6435261926947016</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>14.838718427</v>
+        <v>14.838535436000001</v>
       </c>
       <c r="C264" s="5">
-        <v>0.30824491099999918</v>
+        <v>0.30829520300000013</v>
       </c>
       <c r="D264" s="5">
-        <v>28.646957741346093</v>
+        <v>28.65270499198882</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>14.776613900999999</v>
+        <v>14.776481183</v>
       </c>
       <c r="C265" s="5">
-        <v>-6.2104526000000604E-2</v>
+        <v>-6.2054253000001225E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>-4.908350252669635</v>
+        <v>-4.9045270282831783</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>14.792057896999999</v>
+        <v>14.791970482</v>
       </c>
       <c r="C266" s="5">
-        <v>1.5443996000000126E-2</v>
+        <v>1.54892990000004E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>1.2614325165989149</v>
+        <v>1.265165556571235</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>14.825766742000001</v>
+        <v>14.825722753000001</v>
       </c>
       <c r="C267" s="5">
-        <v>3.3708845000001375E-2</v>
+        <v>3.3752271000000889E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>2.7691535294910752</v>
+        <v>2.7727824206531748</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>15.090352073</v>
+        <v>15.090349895999999</v>
       </c>
       <c r="C268" s="5">
-        <v>0.26458533099999926</v>
+        <v>0.26462714299999845</v>
       </c>
       <c r="D268" s="5">
-        <v>23.647834134657188</v>
+        <v>23.652022608973478</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>14.951331409</v>
+        <v>14.951371608000001</v>
       </c>
       <c r="C269" s="5">
-        <v>-0.13902066400000024</v>
+        <v>-0.13897828799999878</v>
       </c>
       <c r="D269" s="5">
-        <v>-10.511763819095609</v>
+        <v>-10.508721613759043</v>
       </c>
       <c r="E269" s="5">
-        <v>4.1056029228338398</v>
+        <v>4.1057470706700627</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>14.995165612999999</v>
+        <v>14.995190936</v>
       </c>
       <c r="C270" s="5">
-        <v>4.3834203999999488E-2</v>
+        <v>4.3819327999999658E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>3.5754389858032809</v>
+        <v>3.5741961993333238</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>15.087924381000001</v>
+        <v>15.088010542999999</v>
       </c>
       <c r="C271" s="5">
-        <v>9.2758768000001268E-2</v>
+        <v>9.2819606999999138E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>7.6809269146585812</v>
+        <v>7.6861240236746564</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>15.160851029</v>
+        <v>15.160961215</v>
       </c>
       <c r="C272" s="5">
-        <v>7.2926647999999261E-2</v>
+        <v>7.2950672000001049E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>5.9568355307645371</v>
+        <v>5.9588154096866797</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>15.153591324000001</v>
+        <v>15.153736293</v>
       </c>
       <c r="C273" s="5">
-        <v>-7.2597049999991725E-3</v>
+        <v>-7.2249220000006886E-3</v>
       </c>
       <c r="D273" s="5">
-        <v>-0.57310365608088665</v>
+        <v>-0.57036083670574111</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>15.084939582000001</v>
+        <v>15.085094644</v>
       </c>
       <c r="C274" s="5">
-        <v>-6.8651742000000127E-2</v>
+        <v>-6.8641648999999916E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>-5.3030364541743813</v>
+        <v>-5.3022266680860186</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>15.114187533999999</v>
+        <v>15.114019466</v>
       </c>
       <c r="C275" s="5">
-        <v>2.9247951999998634E-2</v>
+        <v>2.8924822000000461E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>2.3516333701373071</v>
+        <v>2.3253538875845026</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>15.129684535999999</v>
+        <v>15.129538545000001</v>
       </c>
       <c r="C276" s="5">
-        <v>1.5497002000000037E-2</v>
+        <v>1.5519079000000602E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>1.237356119311861</v>
+        <v>1.239142678246008</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>15.189313608999999</v>
+        <v>15.189204766</v>
       </c>
       <c r="C277" s="5">
-        <v>5.9629072999999977E-2</v>
+        <v>5.9666220999998743E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>4.8333137259593872</v>
+        <v>4.8364381007484969</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>15.202442998</v>
+        <v>15.202371132</v>
       </c>
       <c r="C278" s="5">
-        <v>1.3129389000001268E-2</v>
+        <v>1.3166366000000096E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>1.0422054402287717</v>
+        <v>1.0451621920905207</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>15.154890478</v>
+        <v>15.154854615</v>
       </c>
       <c r="C279" s="5">
-        <v>-4.7552519999999987E-2</v>
+        <v>-4.7516517000000036E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>-3.689636635311877</v>
+        <v>-3.6869081116484459</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>15.286573571</v>
+        <v>15.286574695000001</v>
       </c>
       <c r="C280" s="5">
-        <v>0.13168309299999947</v>
+        <v>0.13172008000000091</v>
       </c>
       <c r="D280" s="5">
-        <v>10.940005775220074</v>
+        <v>10.943254095822287</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>15.339656282</v>
+        <v>15.339709692</v>
       </c>
       <c r="C281" s="5">
-        <v>5.308271100000006E-2</v>
+        <v>5.3134996999999018E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>4.2475197919822349</v>
+        <v>4.2517835490841538</v>
       </c>
       <c r="E281" s="5">
-        <v>2.5972594839697383</v>
+        <v>2.5973408606352333</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>15.194671981999999</v>
+        <v>15.194694438000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.14498430000000084</v>
+        <v>-0.14501525399999871</v>
       </c>
       <c r="D282" s="5">
-        <v>-10.770510532644661</v>
+        <v>-10.772656226565857</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>15.372801854</v>
+        <v>15.372866502000001</v>
       </c>
       <c r="C283" s="5">
-        <v>0.1781298720000013</v>
+        <v>0.17817206399999996</v>
       </c>
       <c r="D283" s="5">
-        <v>15.011271276815275</v>
+        <v>15.015035595205939</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>15.469037145</v>
+        <v>15.469110149</v>
       </c>
       <c r="C284" s="5">
-        <v>9.6235290999999279E-2</v>
+        <v>9.6243646999999655E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>7.7762415656328576</v>
+        <v>7.7769063462912902</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>15.548789446000001</v>
+        <v>15.548870622000001</v>
       </c>
       <c r="C285" s="5">
-        <v>7.9752301000000969E-2</v>
+        <v>7.9760473000000331E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>6.3652103955967432</v>
+        <v>6.3658503279584666</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>15.583432737000001</v>
+        <v>15.58351716</v>
       </c>
       <c r="C286" s="5">
-        <v>3.4643291000000076E-2</v>
+        <v>3.4646537999998728E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>2.7066533465639031</v>
+        <v>2.7068958435936485</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>15.701206887</v>
+        <v>15.701109789</v>
       </c>
       <c r="C287" s="5">
-        <v>0.11777414999999891</v>
+        <v>0.11759262900000067</v>
       </c>
       <c r="D287" s="5">
-        <v>9.4558213103936861</v>
+        <v>9.440584020239374</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>15.728476347000001</v>
+        <v>15.728374044000001</v>
       </c>
       <c r="C288" s="5">
-        <v>2.7269460000001189E-2</v>
+        <v>2.7264255000000404E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>2.1041535820230717</v>
+        <v>2.1037612471463296</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>15.815181356</v>
+        <v>15.815110804</v>
       </c>
       <c r="C289" s="5">
-        <v>8.6705008999999222E-2</v>
+        <v>8.673675999999908E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>6.8194344334125301</v>
+        <v>6.8220536332198378</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>15.697161991</v>
+        <v>15.697119209</v>
       </c>
       <c r="C290" s="5">
-        <v>-0.11801936500000032</v>
+        <v>-0.11799159499999945</v>
       </c>
       <c r="D290" s="5">
-        <v>-8.5963446169434405</v>
+        <v>-8.5944409417680561</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>15.764323773999999</v>
+        <v>15.764307237000001</v>
       </c>
       <c r="C291" s="5">
-        <v>6.7161782999999531E-2</v>
+        <v>6.7188028000000344E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>5.2568746746694428</v>
+        <v>5.2589921903064552</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>15.782115021999999</v>
+        <v>15.782121656999999</v>
       </c>
       <c r="C292" s="5">
-        <v>1.7791247999999982E-2</v>
+        <v>1.7814419999998776E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>1.3627300290754096</v>
+        <v>1.3645173867781191</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>15.843463889000001</v>
+        <v>15.843528201</v>
       </c>
       <c r="C293" s="5">
-        <v>6.1348867000001306E-2</v>
+        <v>6.1406544000000451E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>4.7657216707390093</v>
+        <v>4.7702964194008768</v>
       </c>
       <c r="E293" s="5">
-        <v>3.2843474308559495</v>
+        <v>3.2844070658178959</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>15.597905695</v>
+        <v>15.597923276</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.2455581940000009</v>
+        <v>-0.24560492500000031</v>
       </c>
       <c r="D294" s="5">
-        <v>-17.09249929705452</v>
+        <v>-17.095416330137979</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>15.977332429000001</v>
+        <v>15.977374597000001</v>
       </c>
       <c r="C295" s="5">
-        <v>0.37942673400000082</v>
+        <v>0.37945132100000123</v>
       </c>
       <c r="D295" s="5">
-        <v>33.430702614378816</v>
+        <v>33.433123759487991</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>15.705802565000001</v>
+        <v>15.705810935000001</v>
       </c>
       <c r="C296" s="5">
-        <v>-0.27152986399999968</v>
+        <v>-0.27156366200000015</v>
       </c>
       <c r="D296" s="5">
-        <v>-18.591388338912207</v>
+        <v>-18.593445975818057</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>16.149827460000001</v>
+        <v>16.149848547000001</v>
       </c>
       <c r="C297" s="5">
-        <v>0.44402489500000009</v>
+        <v>0.44403761200000069</v>
       </c>
       <c r="D297" s="5">
-        <v>39.731086927342155</v>
+        <v>39.732382719711225</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>16.072778325000002</v>
+        <v>16.072779847</v>
       </c>
       <c r="C298" s="5">
-        <v>-7.7049134999999325E-2</v>
+        <v>-7.7068700000001655E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>-5.5772123614480922</v>
+        <v>-5.5785845209075919</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>16.087747995000001</v>
+        <v>16.087720706999999</v>
       </c>
       <c r="C299" s="5">
-        <v>1.4969669999999269E-2</v>
+        <v>1.494085999999939E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>1.1233844514543234</v>
+        <v>1.1212112604668922</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>16.10310986</v>
+        <v>16.103043268</v>
       </c>
       <c r="C300" s="5">
-        <v>1.5361864999999142E-2</v>
+        <v>1.53225610000014E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>1.1518927611646745</v>
+        <v>1.1489320969625849</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>16.143088615</v>
+        <v>16.143042605000002</v>
       </c>
       <c r="C301" s="5">
-        <v>3.9978754999999921E-2</v>
+        <v>3.9999337000001134E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>3.0202262489615661</v>
+        <v>3.0218151034119733</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>16.106566544</v>
+        <v>16.106545408999999</v>
       </c>
       <c r="C302" s="5">
-        <v>-3.6522071000000267E-2</v>
+        <v>-3.6497196000002674E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>-2.6813478530056778</v>
+        <v>-2.6795517915925271</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>16.156152888000001</v>
+        <v>16.156173651</v>
       </c>
       <c r="C303" s="5">
-        <v>4.9586344000001503E-2</v>
+        <v>4.9628242000000711E-2</v>
       </c>
       <c r="D303" s="5">
-        <v>3.757571223758549</v>
+        <v>3.7608052019445948</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>16.178184759000001</v>
+        <v>16.178215623</v>
       </c>
       <c r="C304" s="5">
-        <v>2.203187099999937E-2</v>
+        <v>2.2041972000000243E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>1.6487491262228371</v>
+        <v>1.6495085771422779</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>16.147941032999999</v>
+        <v>16.148028662000002</v>
       </c>
       <c r="C305" s="5">
-        <v>-3.0243726000001914E-2</v>
+        <v>-3.0186960999998291E-2</v>
       </c>
       <c r="D305" s="5">
-        <v>-2.2203749137087447</v>
+        <v>-2.2162459422272129</v>
       </c>
       <c r="E305" s="5">
-        <v>1.9217839364748635</v>
+        <v>1.9219233060776331</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>15.972117747</v>
+        <v>15.972155803</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.17582328599999819</v>
+        <v>-0.17587285900000182</v>
       </c>
       <c r="D306" s="5">
-        <v>-12.311189291614921</v>
+        <v>-12.31439230065925</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>16.164211829999999</v>
+        <v>16.164254613000001</v>
       </c>
       <c r="C307" s="5">
-        <v>0.19209408299999886</v>
+        <v>0.19209881000000095</v>
       </c>
       <c r="D307" s="5">
-        <v>15.426189875007612</v>
+        <v>15.426555712336288</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>15.709926217</v>
+        <v>15.709891088999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.4542856129999997</v>
+        <v>-0.45436352400000146</v>
       </c>
       <c r="D308" s="5">
-        <v>-28.971057972559812</v>
+        <v>-28.975219701035659</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>16.060290138999999</v>
+        <v>16.060262021</v>
       </c>
       <c r="C309" s="5">
-        <v>0.35036392199999966</v>
+        <v>0.35037093200000058</v>
       </c>
       <c r="D309" s="5">
-        <v>30.301944752371579</v>
+        <v>30.302703521008368</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>15.866351704</v>
+        <v>15.866309164</v>
       </c>
       <c r="C310" s="5">
-        <v>-0.19393843499999974</v>
+        <v>-0.19395285699999931</v>
       </c>
       <c r="D310" s="5">
-        <v>-13.56606578248245</v>
+        <v>-13.56703076344985</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>15.790462250999999</v>
+        <v>15.79028068</v>
       </c>
       <c r="C311" s="5">
-        <v>-7.5889453000000273E-2</v>
+        <v>-7.6028484000000063E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-5.5910424737851354</v>
+        <v>-5.6010315764117191</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>15.812194264</v>
+        <v>15.812113237</v>
       </c>
       <c r="C312" s="5">
-        <v>2.173201300000116E-2</v>
+        <v>2.1832556999999753E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>1.6640883863226819</v>
+        <v>1.6718653685940721</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>15.289755953</v>
+        <v>15.289727589</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.52243831100000016</v>
+        <v>-0.5223856480000002</v>
       </c>
       <c r="D313" s="5">
-        <v>-33.180850104621399</v>
+        <v>-33.178228671644341</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>15.119470504000001</v>
+        <v>15.119496553999999</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.17028544899999964</v>
+        <v>-0.17023103500000047</v>
       </c>
       <c r="D314" s="5">
-        <v>-12.575663849515649</v>
+        <v>-12.571910073095193</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>14.746267029</v>
+        <v>14.746436154</v>
       </c>
       <c r="C315" s="5">
-        <v>-0.3732034750000004</v>
+        <v>-0.37306039999999996</v>
       </c>
       <c r="D315" s="5">
-        <v>-25.912294937346246</v>
+        <v>-25.903629728849118</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>14.760367022000001</v>
+        <v>14.760485265</v>
       </c>
       <c r="C316" s="5">
-        <v>1.409999300000031E-2</v>
+        <v>1.4049111000000281E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>1.1534619077275821</v>
+        <v>1.1492643772670563</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>14.640662748</v>
+        <v>14.640850220000001</v>
       </c>
       <c r="C317" s="5">
-        <v>-0.11970427400000005</v>
+        <v>-0.119635044999999</v>
       </c>
       <c r="D317" s="5">
-        <v>-9.3092566592259285</v>
+        <v>-9.3040392621383425</v>
       </c>
       <c r="E317" s="5">
-        <v>-9.3341824937291928</v>
+        <v>-9.3335135424098876</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>14.547219931000001</v>
+        <v>14.547323499999999</v>
       </c>
       <c r="C318" s="5">
-        <v>-9.3442816999999678E-2</v>
+        <v>-9.3526720000001617E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>-7.3956863978800413</v>
+        <v>-7.402004008153118</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>14.357318186000001</v>
+        <v>14.357382999</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.18990174500000023</v>
+        <v>-0.18994050099999882</v>
       </c>
       <c r="D319" s="5">
-        <v>-14.587812104271425</v>
+        <v>-14.590482258993243</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>14.21017816</v>
+        <v>14.209872347999999</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.14714002600000065</v>
+        <v>-0.14751065100000105</v>
       </c>
       <c r="D320" s="5">
-        <v>-11.628063556644674</v>
+        <v>-11.655668548318376</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>14.071164346</v>
+        <v>14.071055986999999</v>
       </c>
       <c r="C321" s="5">
-        <v>-0.13901381400000012</v>
+        <v>-0.13881636099999994</v>
       </c>
       <c r="D321" s="5">
-        <v>-11.127755103367775</v>
+        <v>-11.113015256157709</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>13.867396652</v>
+        <v>13.867272255</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.20376769399999972</v>
+        <v>-0.20378373199999977</v>
       </c>
       <c r="D322" s="5">
-        <v>-16.05809330945398</v>
+        <v>-16.059372263771898</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>13.896973717</v>
+        <v>13.896636457</v>
       </c>
       <c r="C323" s="5">
-        <v>2.9577064999999791E-2</v>
+        <v>2.9364202000000006E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>2.5896571471932361</v>
+        <v>2.5708254065806235</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>13.968134757</v>
+        <v>13.968057752</v>
       </c>
       <c r="C324" s="5">
-        <v>7.1161039999999787E-2</v>
+        <v>7.1421295000000384E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>6.3207816713685583</v>
+        <v>6.3447141538492513</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>14.013680040000001</v>
+        <v>14.013714801000001</v>
       </c>
       <c r="C325" s="5">
-        <v>4.5545283000000936E-2</v>
+        <v>4.5657049000000782E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>3.9837259412039527</v>
+        <v>3.9937006490703419</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>14.243827972</v>
+        <v>14.243960398</v>
       </c>
       <c r="C326" s="5">
-        <v>0.2301479319999995</v>
+        <v>0.23024559699999969</v>
       </c>
       <c r="D326" s="5">
-        <v>21.588995097298902</v>
+        <v>21.598941291085751</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>14.334107684999999</v>
+        <v>14.334468315000001</v>
       </c>
       <c r="C327" s="5">
-        <v>9.0279712999999262E-2</v>
+        <v>9.0507917000000049E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>7.8766160218949777</v>
+        <v>7.8971510222332064</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>14.351022886000001</v>
+        <v>14.351257829</v>
       </c>
       <c r="C328" s="5">
-        <v>1.6915201000001545E-2</v>
+        <v>1.6789513999999173E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>1.4253069853364497</v>
+        <v>1.4146122221866175</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>14.344989102</v>
+        <v>14.345285905000001</v>
       </c>
       <c r="C329" s="5">
-        <v>-6.0337840000013188E-3</v>
+        <v>-5.9719239999989071E-3</v>
       </c>
       <c r="D329" s="5">
-        <v>-0.50336627697752379</v>
+        <v>-0.49820929663302316</v>
       </c>
       <c r="E329" s="5">
-        <v>-2.0195373057165122</v>
+        <v>-2.0187646930247771</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>14.514285297000001</v>
+        <v>14.514515766000001</v>
       </c>
       <c r="C330" s="5">
-        <v>0.16929619500000115</v>
+        <v>0.16922986099999981</v>
       </c>
       <c r="D330" s="5">
-        <v>15.118518964007531</v>
+        <v>15.111872439153306</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>14.527673498</v>
+        <v>14.527850051</v>
       </c>
       <c r="C331" s="5">
-        <v>1.3388200999999711E-2</v>
+        <v>1.3334284999999113E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>1.1125314537377973</v>
+        <v>1.1080108018785229</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>14.383003736999999</v>
+        <v>14.382651117</v>
       </c>
       <c r="C332" s="5">
-        <v>-0.14466976100000117</v>
+        <v>-0.14519893399999972</v>
       </c>
       <c r="D332" s="5">
-        <v>-11.316613153308575</v>
+        <v>-11.355628314916066</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>14.575526558</v>
+        <v>14.575167943</v>
       </c>
       <c r="C333" s="5">
-        <v>0.19252282100000073</v>
+        <v>0.19251682600000031</v>
       </c>
       <c r="D333" s="5">
-        <v>17.299434353900377</v>
+        <v>17.299311218608281</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>14.896252832</v>
+        <v>14.895373072</v>
       </c>
       <c r="C334" s="5">
-        <v>0.32072627400000009</v>
+        <v>0.32020512899999964</v>
       </c>
       <c r="D334" s="5">
-        <v>29.847436991821684</v>
+        <v>29.793758758065849</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>14.933514509</v>
+        <v>14.932577816</v>
       </c>
       <c r="C335" s="5">
-        <v>3.7261677000000049E-2</v>
+        <v>3.7204744000000289E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>3.0433382325325553</v>
+        <v>3.0388061252228926</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>14.989221937</v>
+        <v>14.989186662</v>
       </c>
       <c r="C336" s="5">
-        <v>5.5707427999999837E-2</v>
+        <v>5.6608845999999602E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>4.5694301161955497</v>
+        <v>4.6452153861100909</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>15.16487787</v>
+        <v>15.165780626</v>
       </c>
       <c r="C337" s="5">
-        <v>0.17565593299999982</v>
+        <v>0.17659396400000027</v>
       </c>
       <c r="D337" s="5">
-        <v>15.005318459897211</v>
+        <v>15.090749881729204</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>14.984317872</v>
+        <v>14.984461474</v>
       </c>
       <c r="C338" s="5">
-        <v>-0.18055999799999967</v>
+        <v>-0.18131915200000037</v>
       </c>
       <c r="D338" s="5">
-        <v>-13.388267831268486</v>
+        <v>-13.440161305296183</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>14.725349232999999</v>
+        <v>14.726068261</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.25896863900000078</v>
+        <v>-0.25839321299999973</v>
       </c>
       <c r="D339" s="5">
-        <v>-18.877091534408819</v>
+        <v>-18.838878870835817</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>15.023954235</v>
+        <v>15.024497081</v>
       </c>
       <c r="C340" s="5">
-        <v>0.2986050020000004</v>
+        <v>0.29842881999999982</v>
       </c>
       <c r="D340" s="5">
-        <v>27.240035615561318</v>
+        <v>27.220650757741449</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>15.121841058999999</v>
+        <v>15.122085057</v>
       </c>
       <c r="C341" s="5">
-        <v>9.7886823999999706E-2</v>
+        <v>9.7587975999999799E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>8.1048065922752599</v>
+        <v>8.0788696870012444</v>
       </c>
       <c r="E341" s="5">
-        <v>5.4154935321051534</v>
+        <v>5.4150133858904104</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>14.961405506</v>
+        <v>14.961759811</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.16043555299999923</v>
+        <v>-0.16032524599999931</v>
       </c>
       <c r="D342" s="5">
-        <v>-12.014177212329258</v>
+        <v>-12.006209934167245</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>14.984121971</v>
+        <v>14.984488227</v>
       </c>
       <c r="C343" s="5">
-        <v>2.2716465000000241E-2</v>
+        <v>2.272841599999964E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>1.837297732565446</v>
+        <v>1.8382285186724578</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>15.045897488</v>
+        <v>15.044992143</v>
       </c>
       <c r="C344" s="5">
-        <v>6.1775516999999169E-2</v>
+        <v>6.0503916000000046E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>5.0610139043220093</v>
+        <v>4.9543890910652699</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>15.084901703</v>
+        <v>15.084132460999999</v>
       </c>
       <c r="C345" s="5">
-        <v>3.9004215000000286E-2</v>
+        <v>3.9140317999999397E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>3.1555579279956003</v>
+        <v>3.1669203866929951</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>15.04241086</v>
+        <v>15.040487871</v>
       </c>
       <c r="C346" s="5">
-        <v>-4.2490842999999501E-2</v>
+        <v>-4.3644589999999539E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>-3.328258034460474</v>
+        <v>-3.4173682271076866</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>14.881392228999999</v>
+        <v>14.881288100000001</v>
       </c>
       <c r="C347" s="5">
-        <v>-0.16101863100000102</v>
+        <v>-0.15919977099999905</v>
       </c>
       <c r="D347" s="5">
-        <v>-12.115273904969282</v>
+        <v>-11.987732384214722</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>15.003171153</v>
+        <v>15.002707971</v>
       </c>
       <c r="C348" s="5">
-        <v>0.1217789240000009</v>
+        <v>0.12141987099999874</v>
       </c>
       <c r="D348" s="5">
-        <v>10.274221663671979</v>
+        <v>10.242632011490205</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>14.883212972000001</v>
+        <v>14.884571961000001</v>
       </c>
       <c r="C349" s="5">
-        <v>-0.11995818099999944</v>
+        <v>-0.11813600999999885</v>
       </c>
       <c r="D349" s="5">
-        <v>-9.1837442109232725</v>
+        <v>-9.0504967324448788</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>14.811905523</v>
+        <v>14.811821613999999</v>
       </c>
       <c r="C350" s="5">
-        <v>-7.1307449000000744E-2</v>
+        <v>-7.275034700000127E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>-5.6002502835254102</v>
+        <v>-5.7100348613324243</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>14.713594077</v>
+        <v>14.715590018</v>
       </c>
       <c r="C351" s="5">
-        <v>-9.8311446000000302E-2</v>
+        <v>-9.6231595999999087E-2</v>
       </c>
       <c r="D351" s="5">
-        <v>-7.6803719662263621</v>
+        <v>-7.5236924319400433</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>14.805005169999999</v>
+        <v>14.805233682000001</v>
       </c>
       <c r="C352" s="5">
-        <v>9.141109299999961E-2</v>
+        <v>8.9643664000000456E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>7.7153297968655776</v>
+        <v>7.5600615983172137</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>14.695803636000001</v>
+        <v>14.695650109000001</v>
       </c>
       <c r="C353" s="5">
-        <v>-0.10920153399999855</v>
+        <v>-0.1095835730000001</v>
       </c>
       <c r="D353" s="5">
-        <v>-8.5007944271684224</v>
+        <v>-8.5292078870866312</v>
       </c>
       <c r="E353" s="5">
-        <v>-2.8173647728325757</v>
+        <v>-2.8199480851524683</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>14.730525331999999</v>
+        <v>14.730973025999999</v>
       </c>
       <c r="C354" s="5">
-        <v>3.4721695999998303E-2</v>
+        <v>3.5322916999998455E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>2.8723685926963505</v>
+        <v>2.9227952206306362</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>14.857051158000001</v>
+        <v>14.857690935000001</v>
       </c>
       <c r="C355" s="5">
-        <v>0.12652582600000173</v>
+        <v>0.12671790900000168</v>
       </c>
       <c r="D355" s="5">
-        <v>10.80837908825487</v>
+        <v>10.825226944800992</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>15.023426808</v>
+        <v>15.022380746</v>
       </c>
       <c r="C356" s="5">
-        <v>0.1663756499999991</v>
+        <v>0.1646898109999988</v>
       </c>
       <c r="D356" s="5">
-        <v>14.297476152025501</v>
+        <v>14.143015135384495</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>14.884911148</v>
+        <v>14.883891753</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.13851565999999949</v>
+        <v>-0.13848899299999928</v>
       </c>
       <c r="D357" s="5">
-        <v>-10.519810997911316</v>
+        <v>-10.518582953951427</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>14.885774675</v>
+        <v>14.883116011</v>
       </c>
       <c r="C358" s="5">
-        <v>8.6352699999991955E-4</v>
+        <v>-7.757420000000792E-4</v>
       </c>
       <c r="D358" s="5">
-        <v>6.9638514410841346E-2</v>
+        <v>-6.2525555477754846E-2</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>15.039340017000001</v>
+        <v>15.040096881</v>
       </c>
       <c r="C359" s="5">
-        <v>0.15356534200000027</v>
+        <v>0.15698086999999994</v>
       </c>
       <c r="D359" s="5">
-        <v>13.106626268565158</v>
+        <v>13.417795386668807</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>15.115694502</v>
+        <v>15.114680025</v>
       </c>
       <c r="C360" s="5">
-        <v>7.6354484999999528E-2</v>
+        <v>7.458314399999999E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>6.2654126977720992</v>
+        <v>6.1157594984345698</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>15.19730017</v>
+        <v>15.198806719</v>
       </c>
       <c r="C361" s="5">
-        <v>8.1605667999999909E-2</v>
+        <v>8.4126694000000057E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>6.674355320226999</v>
+        <v>6.8873755974441231</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>15.116696135</v>
+        <v>15.115918668999999</v>
       </c>
       <c r="C362" s="5">
-        <v>-8.0604035000000351E-2</v>
+        <v>-8.2888050000001101E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>-6.1821878258177758</v>
+        <v>-6.351537347771929</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>15.310284348</v>
+        <v>15.312827152000001</v>
       </c>
       <c r="C363" s="5">
-        <v>0.19358821299999995</v>
+        <v>0.19690848300000141</v>
       </c>
       <c r="D363" s="5">
-        <v>16.497466374122993</v>
+        <v>16.801926360643769</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>15.173900685</v>
+        <v>15.173598208</v>
       </c>
       <c r="C364" s="5">
-        <v>-0.13638366300000015</v>
+        <v>-0.13922894400000096</v>
       </c>
       <c r="D364" s="5">
-        <v>-10.181092761406351</v>
+        <v>-10.381350525228161</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>15.053460782</v>
+        <v>15.052989664</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.1204399029999994</v>
+        <v>-0.12060854399999954</v>
       </c>
       <c r="D365" s="5">
-        <v>-9.1197697248596725</v>
+        <v>-9.1321604926538065</v>
       </c>
       <c r="E365" s="5">
-        <v>2.4337365608496198</v>
+        <v>2.4316008638580522</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>15.20342243</v>
+        <v>15.204403856000001</v>
       </c>
       <c r="C366" s="5">
-        <v>0.14996164799999967</v>
+        <v>0.15141419200000072</v>
       </c>
       <c r="D366" s="5">
-        <v>12.631556536287958</v>
+        <v>12.761176767745841</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>15.132344003</v>
+        <v>15.134829252999999</v>
       </c>
       <c r="C367" s="5">
-        <v>-7.1078426999999778E-2</v>
+        <v>-6.9574603000001289E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>-5.4681592057826407</v>
+        <v>-5.3550277717037016</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>15.12005096</v>
+        <v>15.119425841</v>
       </c>
       <c r="C368" s="5">
-        <v>-1.229304299999967E-2</v>
+        <v>-1.5403411999999506E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>-0.97049861929170422</v>
+        <v>-1.2144820187052874</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>13.677463566</v>
+        <v>13.676503051999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-1.4425873940000002</v>
+        <v>-1.4429227890000007</v>
       </c>
       <c r="D369" s="5">
-        <v>-69.978821261773618</v>
+        <v>-69.989225015554297</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>14.220429668</v>
+        <v>14.218056921000001</v>
       </c>
       <c r="C370" s="5">
-        <v>0.5429661019999994</v>
+        <v>0.54155386900000124</v>
       </c>
       <c r="D370" s="5">
-        <v>59.545965251678325</v>
+        <v>59.361049794333454</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>14.270248341</v>
+        <v>14.270925759000001</v>
       </c>
       <c r="C371" s="5">
-        <v>4.9818673000000757E-2</v>
+        <v>5.2868838000000196E-2</v>
       </c>
       <c r="D371" s="5">
-        <v>4.2859371503308541</v>
+        <v>4.5545119822176128</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>14.20031584</v>
+        <v>14.198158139</v>
       </c>
       <c r="C372" s="5">
-        <v>-6.9932501000000258E-2</v>
+        <v>-7.2767620000000477E-2</v>
       </c>
       <c r="D372" s="5">
-        <v>-5.7247539422406231</v>
+        <v>-5.9500982067282715</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>13.967415273</v>
+        <v>13.967776384</v>
       </c>
       <c r="C373" s="5">
-        <v>-0.23290056699999973</v>
+        <v>-0.2303817549999998</v>
       </c>
       <c r="D373" s="5">
-        <v>-17.999500189459784</v>
+        <v>-17.82434489641297</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>14.078526599</v>
+        <v>14.076916833</v>
       </c>
       <c r="C374" s="5">
-        <v>0.11111132599999962</v>
+        <v>0.10914044899999986</v>
       </c>
       <c r="D374" s="5">
-        <v>9.9749875119869102</v>
+        <v>9.7901185674244431</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>14.51579456</v>
+        <v>14.51857072</v>
       </c>
       <c r="C375" s="5">
-        <v>0.43726796099999987</v>
+        <v>0.4416538869999993</v>
       </c>
       <c r="D375" s="5">
-        <v>44.345513009963767</v>
+        <v>44.875795936418484</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>14.781631686000001</v>
+        <v>14.779349501</v>
       </c>
       <c r="C376" s="5">
-        <v>0.26583712600000098</v>
+        <v>0.26077878100000085</v>
       </c>
       <c r="D376" s="5">
-        <v>24.330810377448064</v>
+        <v>23.816197014387086</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>14.838022791</v>
+        <v>14.837642397</v>
       </c>
       <c r="C377" s="5">
-        <v>5.6391104999999442E-2</v>
+        <v>5.8292895999999317E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>4.6752205641758193</v>
+        <v>4.8370920037751342</v>
       </c>
       <c r="E377" s="5">
-        <v>-1.4311525709596817</v>
+        <v>-1.4305946646267498</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>14.918124982</v>
+        <v>14.919558512</v>
       </c>
       <c r="C378" s="5">
-        <v>8.0102190999999934E-2</v>
+        <v>8.1916115000000289E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>6.6739777408212353</v>
+        <v>6.829910690335228</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>14.847445028999999</v>
+        <v>14.850768727</v>
       </c>
       <c r="C379" s="5">
-        <v>-7.067995300000085E-2</v>
+        <v>-6.8789784999999881E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>-5.5395920569972334</v>
+        <v>-5.3946812019036621</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>14.951714573</v>
+        <v>14.96074031</v>
       </c>
       <c r="C380" s="5">
-        <v>0.10426954400000099</v>
+        <v>0.10997158300000009</v>
       </c>
       <c r="D380" s="5">
-        <v>8.760516493219118</v>
+        <v>9.2571319618344194</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>14.572645572000001</v>
+        <v>14.570181239</v>
       </c>
       <c r="C381" s="5">
-        <v>-0.37906900099999952</v>
+        <v>-0.3905590710000002</v>
       </c>
       <c r="D381" s="5">
-        <v>-26.520049577769168</v>
+        <v>-27.198146837146041</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>14.745087592000001</v>
+        <v>14.741315103</v>
       </c>
       <c r="C382" s="5">
-        <v>0.17244202000000008</v>
+        <v>0.17113386399999975</v>
       </c>
       <c r="D382" s="5">
-        <v>15.161537169464578</v>
+        <v>15.041704182473236</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>14.802155946999999</v>
+        <v>14.799458173</v>
       </c>
       <c r="C383" s="5">
-        <v>5.7068354999998405E-2</v>
+        <v>5.8143069999999852E-2</v>
       </c>
       <c r="D383" s="5">
-        <v>4.744547045924663</v>
+        <v>4.8371081337362121</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>15.097449353</v>
+        <v>15.092821796000001</v>
       </c>
       <c r="C384" s="5">
-        <v>0.29529340600000076</v>
+        <v>0.29336362300000118</v>
       </c>
       <c r="D384" s="5">
-        <v>26.748629440104722</v>
+        <v>26.559731249562258</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>15.262575672000001</v>
+        <v>15.259484177999999</v>
       </c>
       <c r="C385" s="5">
-        <v>0.16512631900000052</v>
+        <v>0.16666238199999839</v>
       </c>
       <c r="D385" s="5">
-        <v>13.943875284699537</v>
+        <v>14.08614559455712</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>15.443099932999999</v>
+        <v>15.439420097999999</v>
       </c>
       <c r="C386" s="5">
-        <v>0.18052426099999863</v>
+        <v>0.17993592000000014</v>
       </c>
       <c r="D386" s="5">
-        <v>15.154209719138567</v>
+        <v>15.104836515683061</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>15.320554415</v>
+        <v>15.321389863</v>
       </c>
       <c r="C387" s="5">
-        <v>-0.12254551799999902</v>
+        <v>-0.1180302349999991</v>
       </c>
       <c r="D387" s="5">
-        <v>-9.1175557636043116</v>
+        <v>-8.7976241038912768</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>15.377703595</v>
+        <v>15.373392636</v>
       </c>
       <c r="C388" s="5">
-        <v>5.7149179999999689E-2</v>
+        <v>5.2002772999999891E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>4.5692630555249636</v>
+        <v>4.1498543053209991</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>15.411128808999999</v>
+        <v>15.412160602</v>
       </c>
       <c r="C389" s="5">
-        <v>3.3425213999999315E-2</v>
+        <v>3.8767965999999987E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>2.6397479548430747</v>
+        <v>3.068434760094374</v>
       </c>
       <c r="E389" s="5">
-        <v>3.8624150001145496</v>
+        <v>3.872031618150884</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>15.32077144</v>
+        <v>15.325056942</v>
       </c>
       <c r="C390" s="5">
-        <v>-9.0357368999999466E-2</v>
+        <v>-8.710366000000036E-2</v>
       </c>
       <c r="D390" s="5">
-        <v>-6.813242639086992</v>
+        <v>-6.5750548922232754</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>15.454105815</v>
+        <v>15.463307589999999</v>
       </c>
       <c r="C391" s="5">
-        <v>0.13333437500000045</v>
+        <v>0.13825064799999964</v>
       </c>
       <c r="D391" s="5">
-        <v>10.958090543462484</v>
+        <v>11.379066868272636</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>15.574643542</v>
+        <v>15.602656456</v>
       </c>
       <c r="C392" s="5">
-        <v>0.12053772700000032</v>
+        <v>0.13934886600000063</v>
       </c>
       <c r="D392" s="5">
-        <v>9.7718061320328999</v>
+        <v>11.366306567557816</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>15.883060452</v>
+        <v>15.879829729000001</v>
       </c>
       <c r="C393" s="5">
-        <v>0.30841691000000004</v>
+        <v>0.27717327300000072</v>
       </c>
       <c r="D393" s="5">
-        <v>26.529816350442491</v>
+        <v>23.528606653781161</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>15.764341069</v>
+        <v>15.750720718</v>
       </c>
       <c r="C394" s="5">
-        <v>-0.11871938300000018</v>
+        <v>-0.12910901100000061</v>
       </c>
       <c r="D394" s="5">
-        <v>-8.6098051501633304</v>
+        <v>-9.3317832232180606</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>15.827338743</v>
+        <v>15.815094149</v>
       </c>
       <c r="C395" s="5">
-        <v>6.2997674000000004E-2</v>
+        <v>6.4373430999999925E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>4.9022731893136884</v>
+        <v>5.016178101215174</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>15.882396769</v>
+        <v>15.872571767</v>
       </c>
       <c r="C396" s="5">
-        <v>5.5058025999999316E-2</v>
+        <v>5.7477618000000064E-2</v>
       </c>
       <c r="D396" s="5">
-        <v>4.2552000351494534</v>
+        <v>4.449463295515832</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>15.932403427000001</v>
+        <v>15.923641499</v>
       </c>
       <c r="C397" s="5">
-        <v>5.0006658000000925E-2</v>
+        <v>5.1069732000000201E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>3.8443905585329841</v>
+        <v>3.9300423780777027</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>15.999052047999999</v>
+        <v>15.993431021999999</v>
       </c>
       <c r="C398" s="5">
-        <v>6.6648620999998798E-2</v>
+        <v>6.9789522999998965E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>5.1369752460738383</v>
+        <v>5.3879610572723502</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>15.93378186</v>
+        <v>15.934230653</v>
       </c>
       <c r="C399" s="5">
-        <v>-6.5270187999999507E-2</v>
+        <v>-5.9200368999999142E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>-4.7871880660640738</v>
+        <v>-4.3525284845371655</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>16.193963487000001</v>
+        <v>16.189442475</v>
       </c>
       <c r="C400" s="5">
-        <v>0.26018162700000147</v>
+        <v>0.2552118219999997</v>
       </c>
       <c r="D400" s="5">
-        <v>21.45389924900276</v>
+        <v>21.006729294223359</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>16.109192198999999</v>
+        <v>16.114419167000001</v>
       </c>
       <c r="C401" s="5">
-        <v>-8.4771288000002443E-2</v>
+        <v>-7.5023307999998678E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>-6.1039573754175125</v>
+        <v>-5.4213392856845788</v>
       </c>
       <c r="E401" s="5">
-        <v>4.5296058364805436</v>
+        <v>4.5565224963258544</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>16.048979583000001</v>
+        <v>16.05872875</v>
       </c>
       <c r="C402" s="5">
-        <v>-6.021261599999761E-2</v>
+        <v>-5.5690417000000991E-2</v>
       </c>
       <c r="D402" s="5">
-        <v>-4.3942666217470228</v>
+        <v>-4.0691983148925859</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>16.274077587000001</v>
+        <v>16.290474554999999</v>
       </c>
       <c r="C403" s="5">
-        <v>0.22509800399999946</v>
+        <v>0.23174580499999919</v>
       </c>
       <c r="D403" s="5">
-        <v>18.191839355685357</v>
+        <v>18.760189222661651</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>16.002666945000001</v>
+        <v>16.050155844999999</v>
       </c>
       <c r="C404" s="5">
-        <v>-0.27141064199999931</v>
+        <v>-0.24031871000000038</v>
       </c>
       <c r="D404" s="5">
-        <v>-18.275586403767431</v>
+        <v>-16.334537864369526</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>15.874125553000001</v>
+        <v>15.872806982</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.1285413920000007</v>
+        <v>-0.17734886299999886</v>
       </c>
       <c r="D405" s="5">
-        <v>-9.2243573492536655</v>
+        <v>-12.482726924777076</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>16.045663527999999</v>
+        <v>16.018166837999999</v>
       </c>
       <c r="C406" s="5">
-        <v>0.1715379749999979</v>
+        <v>0.1453598559999989</v>
       </c>
       <c r="D406" s="5">
-        <v>13.766511226054856</v>
+        <v>11.56010942304324</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>16.421866487999999</v>
+        <v>16.393447777999999</v>
       </c>
       <c r="C407" s="5">
-        <v>0.37620296000000053</v>
+        <v>0.37528093999999967</v>
       </c>
       <c r="D407" s="5">
-        <v>32.062049145232827</v>
+        <v>32.035241911940851</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>16.054612102</v>
+        <v>16.040496142999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.36725438599999904</v>
+        <v>-0.35295163500000015</v>
       </c>
       <c r="D408" s="5">
-        <v>-23.769704997160058</v>
+        <v>-22.98595270569621</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>16.001737665</v>
+        <v>15.988053047999999</v>
       </c>
       <c r="C409" s="5">
-        <v>-5.287443699999983E-2</v>
+        <v>-5.2443094999999218E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>-3.881286090033742</v>
+        <v>-3.8535173799224665</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>16.066222031999999</v>
+        <v>16.059490297</v>
       </c>
       <c r="C410" s="5">
-        <v>6.4484366999998599E-2</v>
+        <v>7.1437249000000591E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>4.9444363955392534</v>
+        <v>5.4955452722454501</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>15.950522289</v>
+        <v>15.950046668000001</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.11569974299999863</v>
+        <v>-0.10944362899999938</v>
       </c>
       <c r="D411" s="5">
-        <v>-8.3075187267026891</v>
+        <v>-7.8782013061095775</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>15.916690280999999</v>
+        <v>15.914579077999999</v>
       </c>
       <c r="C412" s="5">
-        <v>-3.3832008000000968E-2</v>
+        <v>-3.5467590000001437E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>-2.5157877242192095</v>
+        <v>-2.6360059273461189</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>16.126954688000001</v>
+        <v>16.137481572999999</v>
       </c>
       <c r="C413" s="5">
-        <v>0.21026440700000215</v>
+        <v>0.22290249499999959</v>
       </c>
       <c r="D413" s="5">
-        <v>17.056410423616164</v>
+        <v>18.164557790023217</v>
       </c>
       <c r="E413" s="5">
-        <v>0.11026306459429591</v>
+        <v>0.14311658249046566</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>16.378526185999998</v>
+        <v>16.395254531999999</v>
       </c>
       <c r="C414" s="5">
-        <v>0.25157149799999701</v>
+        <v>0.25777295900000041</v>
       </c>
       <c r="D414" s="5">
-        <v>20.411909697580267</v>
+        <v>20.945258756130759</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>16.201731382999998</v>
+        <v>16.225733681000001</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.17679480299999994</v>
+        <v>-0.16952085099999792</v>
       </c>
       <c r="D415" s="5">
-        <v>-12.211162682962385</v>
+        <v>-11.725724632032897</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>16.023018035</v>
+        <v>16.082948467000001</v>
       </c>
       <c r="C416" s="5">
-        <v>-0.17871334799999872</v>
+        <v>-0.14278521399999988</v>
       </c>
       <c r="D416" s="5">
-        <v>-12.462381309131631</v>
+        <v>-10.063512301760403</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>16.270490282000001</v>
+        <v>16.272138397999999</v>
       </c>
       <c r="C417" s="5">
-        <v>0.24747224700000103</v>
+        <v>0.18918993099999781</v>
       </c>
       <c r="D417" s="5">
-        <v>20.192071318652793</v>
+        <v>15.066130261380263</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>16.329474324</v>
+        <v>16.285366728</v>
       </c>
       <c r="C418" s="5">
-        <v>5.8984041999998738E-2</v>
+        <v>1.3228330000000454E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>4.4380544355630658</v>
+        <v>0.9799058942205674</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>16.293883165</v>
+        <v>16.248397222000001</v>
       </c>
       <c r="C419" s="5">
-        <v>-3.5591158999999095E-2</v>
+        <v>-3.6969505999998376E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-2.5843519469230358</v>
+        <v>-2.6903707502131335</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>16.436499103999999</v>
+        <v>16.418522660000001</v>
       </c>
       <c r="C420" s="5">
-        <v>0.1426159389999988</v>
+        <v>0.17012543799999946</v>
       </c>
       <c r="D420" s="5">
-        <v>11.023948875648282</v>
+        <v>13.313743763343666</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>16.581082124999998</v>
+        <v>16.564087654000001</v>
       </c>
       <c r="C421" s="5">
-        <v>0.14458302099999898</v>
+        <v>0.14556499400000078</v>
       </c>
       <c r="D421" s="5">
-        <v>11.081720893556257</v>
+        <v>11.17351068540442</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>16.453672012999998</v>
+        <v>16.446899130999999</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.12741011199999974</v>
+        <v>-0.11718852300000293</v>
       </c>
       <c r="D422" s="5">
-        <v>-8.8409929333190806</v>
+        <v>-8.1671407833368015</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>16.410514754000001</v>
+        <v>16.410681523000001</v>
       </c>
       <c r="C423" s="5">
-        <v>-4.3157258999997339E-2</v>
+        <v>-3.6217607999997625E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>-3.1025346336795323</v>
+        <v>-2.6107410222848126</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>16.364978600000001</v>
+        <v>16.366102157</v>
       </c>
       <c r="C424" s="5">
-        <v>-4.553615400000055E-2</v>
+        <v>-4.4579366000000675E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>-3.2794285747138718</v>
+        <v>-3.2115167054914573</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>16.302050479999998</v>
+        <v>16.318374056</v>
       </c>
       <c r="C425" s="5">
-        <v>-6.2928120000002252E-2</v>
+        <v>-4.7728101000000578E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>-4.5180010330771347</v>
+        <v>-3.4439446204388324</v>
       </c>
       <c r="E425" s="5">
-        <v>1.0857337630537645</v>
+        <v>1.1209461785081531</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>16.346828770999998</v>
+        <v>16.377152375000001</v>
       </c>
       <c r="C426" s="5">
-        <v>4.4778291000000081E-2</v>
+        <v>5.8778319000001744E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>3.3464014225105476</v>
+        <v>4.4090320665330252</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>16.408277077000001</v>
+        <v>16.446048809000001</v>
       </c>
       <c r="C427" s="5">
-        <v>6.1448306000002617E-2</v>
+        <v>6.8896433999999118E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>4.6052811216337197</v>
+        <v>5.1666937615178599</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>16.535666925000001</v>
+        <v>16.620299123999999</v>
       </c>
       <c r="C428" s="5">
-        <v>0.12738984799999997</v>
+        <v>0.17425031499999832</v>
       </c>
       <c r="D428" s="5">
-        <v>9.7248046441599669</v>
+        <v>13.482039106134302</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>16.495650829999999</v>
+        <v>16.671657868</v>
       </c>
       <c r="C429" s="5">
-        <v>-4.0016095000002139E-2</v>
+        <v>5.1358744000001622E-2</v>
       </c>
       <c r="D429" s="5">
-        <v>-2.8656423915694895</v>
+        <v>3.7718219335128866</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>16.642806558</v>
+        <v>16.868333539000002</v>
       </c>
       <c r="C430" s="5">
-        <v>0.14715572800000132</v>
+        <v>0.19667567100000127</v>
       </c>
       <c r="D430" s="5">
-        <v>11.246235127599036</v>
+        <v>15.112023071095138</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>16.535509416</v>
+        <v>16.903702840000001</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.10729714200000018</v>
+        <v>3.5369300999999354E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>-7.4679543944294879</v>
+        <v>2.5453650645829606</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>16.552887117000001</v>
+        <v>16.924152279000001</v>
       </c>
       <c r="C432" s="5">
-        <v>1.7377701000000911E-2</v>
+        <v>2.0449439000000069E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>1.2684337877880703</v>
+        <v>1.4614113961338493</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>16.621960919999999</v>
+        <v>16.994185302999998</v>
       </c>
       <c r="C433" s="5">
-        <v>6.9073802999998435E-2</v>
+        <v>7.0033023999997113E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>5.1240398798971576</v>
+        <v>5.0802509481318481</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>16.568034594</v>
+        <v>16.940725494999999</v>
       </c>
       <c r="C434" s="5">
-        <v>-5.3926325999999136E-2</v>
+        <v>-5.3459807999999498E-2</v>
       </c>
       <c r="D434" s="5">
-        <v>-3.8244165882626469</v>
+        <v>-3.7102919665395917</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>17.095217469000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.15449197400000259</v>
+      </c>
+      <c r="D435" s="5">
+        <v>11.509404084587228</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>17.060525394999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-3.4692074000002293E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-2.4082152536833989</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">