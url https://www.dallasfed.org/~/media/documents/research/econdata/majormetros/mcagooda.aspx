--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B4AF25AA-0308-418E-A615-35B7650B442D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B9DA3B8D-CEEB-4F77-8B62-F2F0FCA71CEA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{99722ED6-F46E-40FE-B862-CB7555FB8B4A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{DB4D11EE-2C83-4368-BB2B-AA2191EE1352}"/>
   </bookViews>
   <sheets>
     <sheet name="mcagooda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Goods Producing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{17193893-4331-4BA2-9501-47D21A834E8D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{70A716D5-8D97-477C-8FB2-A65F70886C32}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>16.903702840000001</v>
       </c>
       <c r="C431" s="5">
         <v>3.5369300999999354E-2</v>
       </c>
       <c r="D431" s="5">
         <v>2.5453650645829606</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>16.924152279000001</v>
       </c>
       <c r="C432" s="5">
         <v>2.0449439000000069E-2</v>
       </c>
       <c r="D432" s="5">
         <v>1.4614113961338493</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>16.994185302999998</v>
       </c>
       <c r="C433" s="5">
         <v>7.0033023999997113E-2</v>
       </c>
       <c r="D433" s="5">
         <v>5.0802509481318481</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>16.940725494999999</v>
       </c>
       <c r="C434" s="5">
         <v>-5.3459807999999498E-2</v>
       </c>
       <c r="D434" s="5">
         <v>-3.7102919665395917</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>17.095217469000001</v>
       </c>
       <c r="C435" s="5">
         <v>0.15449197400000259</v>
       </c>
       <c r="D435" s="5">
         <v>11.509404084587228</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>17.060525394999999</v>
+        <v>17.058487878000001</v>
       </c>
       <c r="C436" s="5">
-        <v>-3.4692074000002293E-2</v>
+        <v>-3.6729591000000283E-2</v>
       </c>
       <c r="D436" s="5">
-        <v>-2.4082152536833989</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-2.5479865830943527</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>17.119369420999998</v>
+      </c>
+      <c r="C437" s="5">
+        <v>6.0881542999997151E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>4.3678627947181914</v>
+      </c>
+      <c r="E437" s="5">
+        <v>4.9085488679889933</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>