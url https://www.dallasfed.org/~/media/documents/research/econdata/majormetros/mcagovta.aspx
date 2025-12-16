--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4B8F6803-1581-4F4A-8258-86DFC9CCAED7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{82540FB4-C06D-43FA-913F-C7BCA3739FED}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{976EF97F-CFDD-4E2A-BB77-3AAE9970E03C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6CF1F366-44B8-4E81-A14A-E8D6805CB7F1}"/>
   </bookViews>
   <sheets>
     <sheet name="mcagovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Government Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7508505A-FE67-4426-B1A9-0783EA701E70}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ECDE58D5-F4AD-4E1C-8BA8-A18987A809E3}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.32208767000000194</v>
       </c>
       <c r="D431" s="5">
         <v>-6.3014063100733093</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>60.814430111999997</v>
       </c>
       <c r="C432" s="5">
         <v>1.5924759789999996</v>
       </c>
       <c r="D432" s="5">
         <v>37.494996085659203</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>59.219203251000003</v>
+        <v>60.112572726000003</v>
       </c>
       <c r="C433" s="5">
-        <v>-1.5952268609999933</v>
+        <v>-0.70185738599999326</v>
       </c>
       <c r="D433" s="5">
-        <v>-27.310610107232414</v>
+        <v>-13.003037431648512</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>59.938858369999998</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.17371435600000495</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-3.4131914245449146</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>