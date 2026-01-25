--- v1 (2025-12-16)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{82540FB4-C06D-43FA-913F-C7BCA3739FED}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{3A41517C-235D-4891-83A1-E755CCC9209F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6CF1F366-44B8-4E81-A14A-E8D6805CB7F1}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6F4C6DA2-F35C-435B-BE6D-CD741481945E}"/>
   </bookViews>
   <sheets>
     <sheet name="mcagovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Government Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ECDE58D5-F4AD-4E1C-8BA8-A18987A809E3}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{69C3668B-AB11-4A8E-9030-80BA03B4FDA1}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>26.327043122999999</v>
+        <v>26.327040197999999</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>26.379478618</v>
+        <v>26.379473789999999</v>
       </c>
       <c r="C7" s="5">
-        <v>5.2435495000000998E-2</v>
+        <v>5.2433591999999862E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>2.416392356488184</v>
+        <v>2.4163039688318344</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>26.536084754000001</v>
+        <v>26.536085230000001</v>
       </c>
       <c r="C8" s="5">
-        <v>0.15660613600000062</v>
+        <v>0.15661144000000249</v>
       </c>
       <c r="D8" s="5">
-        <v>7.3612739317265641</v>
+        <v>7.3615328344934339</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>27.076954712999999</v>
+        <v>27.076955698999999</v>
       </c>
       <c r="C9" s="5">
-        <v>0.54086995899999835</v>
+        <v>0.54087046899999791</v>
       </c>
       <c r="D9" s="5">
-        <v>27.3959658455442</v>
+        <v>27.395994092124234</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>27.423602952</v>
+        <v>27.423617305</v>
       </c>
       <c r="C10" s="5">
-        <v>0.3466482390000003</v>
+        <v>0.3466616060000014</v>
       </c>
       <c r="D10" s="5">
-        <v>16.492060223344886</v>
+        <v>16.492740957961892</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>27.264045541000002</v>
+        <v>27.264045205999999</v>
       </c>
       <c r="C11" s="5">
-        <v>-0.15955741099999798</v>
+        <v>-0.1595720990000018</v>
       </c>
       <c r="D11" s="5">
-        <v>-6.7627548516144724</v>
+        <v>-6.7633541806089941</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>26.769350875000001</v>
+        <v>26.769349741999999</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.49469466600000089</v>
+        <v>-0.49469546399999942</v>
       </c>
       <c r="D12" s="5">
-        <v>-19.726814036852968</v>
+        <v>-19.726842971104542</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>26.715294138000001</v>
+        <v>26.715291701000002</v>
       </c>
       <c r="C13" s="5">
-        <v>-5.4056736999999799E-2</v>
+        <v>-5.4058040999997559E-2</v>
       </c>
       <c r="D13" s="5">
-        <v>-2.3964891443639447</v>
+        <v>-2.3965464141471049</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>27.115230649000001</v>
+        <v>27.115227430000001</v>
       </c>
       <c r="C14" s="5">
-        <v>0.39993651099999994</v>
+        <v>0.39993572899999918</v>
       </c>
       <c r="D14" s="5">
-        <v>19.519870532117967</v>
+        <v>19.51983109857709</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>27.330061482000001</v>
+        <v>27.330058545</v>
       </c>
       <c r="C15" s="5">
-        <v>0.21483083300000061</v>
+        <v>0.21483111499999907</v>
       </c>
       <c r="D15" s="5">
-        <v>9.9328958202758777</v>
+        <v>9.9329106631777631</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>27.271974797999999</v>
+        <v>27.271973411000001</v>
       </c>
       <c r="C16" s="5">
-        <v>-5.808668400000272E-2</v>
+        <v>-5.8085133999998817E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>-2.5208489068847761</v>
+        <v>-2.5207826919834697</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>27.826553201999999</v>
+        <v>27.826553774000001</v>
       </c>
       <c r="C17" s="5">
-        <v>0.5545784040000008</v>
+        <v>0.55458036299999947</v>
       </c>
       <c r="D17" s="5">
-        <v>27.325073357536645</v>
+        <v>27.325182471060792</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>28.018028146999999</v>
+        <v>28.018026871</v>
       </c>
       <c r="C18" s="5">
-        <v>0.19147494499999951</v>
+        <v>0.19147309699999937</v>
       </c>
       <c r="D18" s="5">
-        <v>8.5769978337324471</v>
+        <v>8.5769117130818362</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>27.760810395</v>
+        <v>27.76080649</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.25721775199999897</v>
+        <v>-0.25722038099999978</v>
       </c>
       <c r="D19" s="5">
-        <v>-10.476949567930848</v>
+        <v>-10.477051757172873</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>28.037065905999999</v>
+        <v>28.037067684</v>
       </c>
       <c r="C20" s="5">
-        <v>0.27625551099999868</v>
+        <v>0.27626119399999993</v>
       </c>
       <c r="D20" s="5">
-        <v>12.617289723059887</v>
+        <v>12.617565521312857</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>28.167830996999999</v>
+        <v>28.167834094</v>
       </c>
       <c r="C21" s="5">
-        <v>0.13076509100000067</v>
+        <v>0.13076640999999967</v>
       </c>
       <c r="D21" s="5">
-        <v>5.7426344463809009</v>
+        <v>5.7426934914721617</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>28.285311861</v>
+        <v>28.285326923</v>
       </c>
       <c r="C22" s="5">
-        <v>0.11748086400000091</v>
+        <v>0.11749282899999969</v>
       </c>
       <c r="D22" s="5">
-        <v>5.1213140002764668</v>
+        <v>5.1218470351514167</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>27.994068662</v>
+        <v>27.994067793999999</v>
       </c>
       <c r="C23" s="5">
-        <v>-0.29124319900000017</v>
+        <v>-0.29125912900000017</v>
       </c>
       <c r="D23" s="5">
-        <v>-11.679681918187235</v>
+        <v>-11.680279147647033</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>28.977032766000001</v>
+        <v>28.977031777000001</v>
       </c>
       <c r="C24" s="5">
-        <v>0.98296410400000056</v>
+        <v>0.98296398300000121</v>
       </c>
       <c r="D24" s="5">
-        <v>51.305481070690881</v>
+        <v>51.305475398713462</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>29.11495262</v>
+        <v>29.114951208000001</v>
       </c>
       <c r="C25" s="5">
-        <v>0.13791985399999973</v>
+        <v>0.13791943100000026</v>
       </c>
       <c r="D25" s="5">
-        <v>5.8634662784678104</v>
+        <v>5.8634480272619749</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>29.141069817999998</v>
+        <v>29.141050912000001</v>
       </c>
       <c r="C26" s="5">
-        <v>2.6117197999997899E-2</v>
+        <v>2.6099703999999946E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>1.0817715129808336</v>
+        <v>1.0810433897906258</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>28.917395376999998</v>
+        <v>28.917398074000001</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.223674441</v>
+        <v>-0.22365283799999958</v>
       </c>
       <c r="D27" s="5">
-        <v>-8.8316323685790223</v>
+        <v>-8.8308205570183596</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>29.07139952</v>
+        <v>29.071398276</v>
       </c>
       <c r="C28" s="5">
-        <v>0.15400414300000165</v>
+        <v>0.15400020199999886</v>
       </c>
       <c r="D28" s="5">
-        <v>6.5813455717025349</v>
+        <v>6.58117155837179</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>29.040137260000002</v>
+        <v>29.04013827</v>
       </c>
       <c r="C29" s="5">
-        <v>-3.1262259999998321E-2</v>
+        <v>-3.1260006000000118E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>-1.2828286816813805</v>
+        <v>-1.2827367909795218</v>
       </c>
       <c r="E29" s="5">
-        <v>4.3612446327444543</v>
+        <v>4.3612461171312011</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>29.227927465</v>
+        <v>29.227930254</v>
       </c>
       <c r="C30" s="5">
-        <v>0.18779020499999888</v>
+        <v>0.18779198400000041</v>
       </c>
       <c r="D30" s="5">
-        <v>8.0419150771192438</v>
+        <v>8.041993700953153</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>29.701607317000001</v>
+        <v>29.701606817999998</v>
       </c>
       <c r="C31" s="5">
-        <v>0.47367985200000007</v>
+        <v>0.47367656399999802</v>
       </c>
       <c r="D31" s="5">
-        <v>21.278320340960644</v>
+        <v>21.27815701865936</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>29.413072011000001</v>
+        <v>29.413074193</v>
       </c>
       <c r="C32" s="5">
-        <v>-0.28853530599999999</v>
+        <v>-0.28853262499999843</v>
       </c>
       <c r="D32" s="5">
-        <v>-11.05424817184738</v>
+        <v>-11.054151058896689</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>28.768650141999998</v>
+        <v>28.768657234999999</v>
       </c>
       <c r="C33" s="5">
-        <v>-0.64442186900000209</v>
+        <v>-0.64441695800000076</v>
       </c>
       <c r="D33" s="5">
-        <v>-23.343465318408963</v>
+        <v>-23.343306760297999</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>29.154620734000002</v>
+        <v>29.154637247</v>
       </c>
       <c r="C34" s="5">
-        <v>0.38597059200000317</v>
+        <v>0.38598001200000098</v>
       </c>
       <c r="D34" s="5">
-        <v>17.342391885513187</v>
+        <v>17.342842256834157</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>29.451565763000001</v>
+        <v>29.451564733000001</v>
       </c>
       <c r="C35" s="5">
-        <v>0.29694502899999975</v>
+        <v>0.29692748600000129</v>
       </c>
       <c r="D35" s="5">
-        <v>12.930671099963265</v>
+        <v>12.929856150320717</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>29.907016034000002</v>
+        <v>29.907016359</v>
       </c>
       <c r="C36" s="5">
-        <v>0.45545027100000013</v>
+        <v>0.45545162599999856</v>
       </c>
       <c r="D36" s="5">
-        <v>20.219893762888887</v>
+        <v>20.219959893018213</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>29.917683316000002</v>
+        <v>29.917685911</v>
       </c>
       <c r="C37" s="5">
-        <v>1.0667282E-2</v>
+        <v>1.0669551999999527E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>0.42885856944860912</v>
+        <v>0.42895000512190862</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>29.974029863999998</v>
+        <v>29.973966691000001</v>
       </c>
       <c r="C38" s="5">
-        <v>5.6346547999996943E-2</v>
+        <v>5.6280780000001585E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>2.2836220269985885</v>
+        <v>2.2809287325405103</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>30.182957663</v>
+        <v>30.182971837</v>
       </c>
       <c r="C39" s="5">
-        <v>0.20892779900000136</v>
+        <v>0.20900514599999909</v>
       </c>
       <c r="D39" s="5">
-        <v>8.6925822207292605</v>
+        <v>8.6959437377802207</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>30.470890882999999</v>
+        <v>30.470895869</v>
       </c>
       <c r="C40" s="5">
-        <v>0.28793321999999932</v>
+        <v>0.28792403199999939</v>
       </c>
       <c r="D40" s="5">
-        <v>12.067656149386075</v>
+        <v>12.06724467660476</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>30.462450881999999</v>
+        <v>30.462457933</v>
       </c>
       <c r="C41" s="5">
-        <v>-8.4400010000003078E-3</v>
+        <v>-8.4379359999999792E-3</v>
       </c>
       <c r="D41" s="5">
-        <v>-0.33187694650410604</v>
+        <v>-0.33179581618474341</v>
       </c>
       <c r="E41" s="5">
-        <v>4.8977510308090055</v>
+        <v>4.8977716627104817</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>30.452735003000001</v>
+        <v>30.452748095</v>
       </c>
       <c r="C42" s="5">
-        <v>-9.7158789999980399E-3</v>
+        <v>-9.709837999999138E-3</v>
       </c>
       <c r="D42" s="5">
-        <v>-0.38206460209201376</v>
+        <v>-0.38182737551980539</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>30.827354877000001</v>
+        <v>30.827361251999999</v>
       </c>
       <c r="C43" s="5">
-        <v>0.37461987400000041</v>
+        <v>0.37461315699999886</v>
       </c>
       <c r="D43" s="5">
-        <v>15.802918163591473</v>
+        <v>15.802608115312022</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>30.879701392000001</v>
+        <v>30.879705744999999</v>
       </c>
       <c r="C44" s="5">
-        <v>5.2346514999999982E-2</v>
+        <v>5.2344492999999659E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>2.0568033537327945</v>
+        <v>2.0567227324171267</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>31.261695642999999</v>
+        <v>31.261705990999999</v>
       </c>
       <c r="C45" s="5">
-        <v>0.38199425099999829</v>
+        <v>0.38200024600000049</v>
       </c>
       <c r="D45" s="5">
-        <v>15.897285026486063</v>
+        <v>15.897549336129346</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>31.519324348000001</v>
+        <v>31.519340247999999</v>
       </c>
       <c r="C46" s="5">
-        <v>0.2576287050000019</v>
+        <v>0.25763425699999942</v>
       </c>
       <c r="D46" s="5">
-        <v>10.350022246678448</v>
+        <v>10.350251916542707</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>31.400098072999999</v>
+        <v>31.400092035</v>
       </c>
       <c r="C47" s="5">
-        <v>-0.1192262750000026</v>
+        <v>-0.11924821299999877</v>
       </c>
       <c r="D47" s="5">
-        <v>-4.4459140856415003</v>
+        <v>-4.4467130039616887</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>31.574302411000001</v>
+        <v>31.574298343999999</v>
       </c>
       <c r="C48" s="5">
-        <v>0.17420433800000268</v>
+        <v>0.17420630899999878</v>
       </c>
       <c r="D48" s="5">
-        <v>6.8644159065028187</v>
+        <v>6.8644973181415159</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>31.648424316</v>
+        <v>31.648426128000001</v>
       </c>
       <c r="C49" s="5">
-        <v>7.4121904999998378E-2</v>
+        <v>7.412778400000164E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>2.8537050749488424</v>
+        <v>2.8539347203607957</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>31.493994619999999</v>
+        <v>31.493884749999999</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.15442969600000112</v>
+        <v>-0.15454137800000112</v>
       </c>
       <c r="D50" s="5">
-        <v>-5.7008287107201632</v>
+        <v>-5.7048410872138415</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>31.618633039999999</v>
+        <v>31.618659473000001</v>
       </c>
       <c r="C51" s="5">
-        <v>0.12463842000000014</v>
+        <v>0.12477472300000159</v>
       </c>
       <c r="D51" s="5">
-        <v>4.8537809947842625</v>
+        <v>4.8592225460907246</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>31.767408386</v>
+        <v>31.767423461</v>
       </c>
       <c r="C52" s="5">
-        <v>0.14877534600000075</v>
+        <v>0.1487639879999989</v>
       </c>
       <c r="D52" s="5">
-        <v>5.7948069576987171</v>
+        <v>5.7943480827765459</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>32.077241723999997</v>
+        <v>32.077260465999998</v>
       </c>
       <c r="C53" s="5">
-        <v>0.30983333799999713</v>
+        <v>0.30983700499999856</v>
       </c>
       <c r="D53" s="5">
-        <v>12.352507285972436</v>
+        <v>12.352655232954746</v>
       </c>
       <c r="E53" s="5">
-        <v>5.3009222674008871</v>
+        <v>5.3009594188086817</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>32.491787881</v>
+        <v>32.491815268000003</v>
       </c>
       <c r="C54" s="5">
-        <v>0.41454615700000375</v>
+        <v>0.41455480200000494</v>
       </c>
       <c r="D54" s="5">
-        <v>16.659231093008508</v>
+        <v>16.659593128066398</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>32.342363353000003</v>
+        <v>32.342381594999999</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.14942452799999728</v>
+        <v>-0.14943367300000432</v>
       </c>
       <c r="D55" s="5">
-        <v>-5.3811400168364827</v>
+        <v>-5.381456643178617</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>32.478471720999998</v>
+        <v>32.478485138000003</v>
       </c>
       <c r="C56" s="5">
-        <v>0.13610836799999504</v>
+        <v>0.13610354300000438</v>
       </c>
       <c r="D56" s="5">
-        <v>5.1685775811568746</v>
+        <v>5.168387112337669</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>32.321243572</v>
+        <v>32.321258505999999</v>
       </c>
       <c r="C57" s="5">
-        <v>-0.15722814899999804</v>
+        <v>-0.15722663200000397</v>
       </c>
       <c r="D57" s="5">
-        <v>-5.6569914284436802</v>
+        <v>-5.6569360174363865</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>32.593921491000003</v>
+        <v>32.593931849999997</v>
       </c>
       <c r="C58" s="5">
-        <v>0.27267791900000304</v>
+        <v>0.27267334399999754</v>
       </c>
       <c r="D58" s="5">
-        <v>10.607006017747489</v>
+        <v>10.606814585056989</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>33.164115680000002</v>
+        <v>33.164100329999997</v>
       </c>
       <c r="C59" s="5">
-        <v>0.57019418899999863</v>
+        <v>0.57016847999999953</v>
       </c>
       <c r="D59" s="5">
-        <v>23.135045320788095</v>
+        <v>23.133891792571305</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>31.949208781999999</v>
+        <v>31.949197709</v>
       </c>
       <c r="C60" s="5">
-        <v>-1.2149068980000024</v>
+        <v>-1.2149026209999967</v>
       </c>
       <c r="D60" s="5">
-        <v>-36.100092059564361</v>
+        <v>-36.100002905048676</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>32.463438355000001</v>
+        <v>32.463412366999997</v>
       </c>
       <c r="C61" s="5">
-        <v>0.51422957300000149</v>
+        <v>0.51421465799999666</v>
       </c>
       <c r="D61" s="5">
-        <v>21.119175151620517</v>
+        <v>21.118515368454283</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>32.084411416999998</v>
+        <v>32.084228607999997</v>
       </c>
       <c r="C62" s="5">
-        <v>-0.37902693800000264</v>
+        <v>-0.37918375900000001</v>
       </c>
       <c r="D62" s="5">
-        <v>-13.145019601050279</v>
+        <v>-13.15012364307815</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>32.765136366</v>
+        <v>32.765208813999998</v>
       </c>
       <c r="C63" s="5">
-        <v>0.6807249490000018</v>
+        <v>0.68098020600000098</v>
       </c>
       <c r="D63" s="5">
-        <v>28.651495157223938</v>
+        <v>28.663705632062886</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>32.688906269999997</v>
+        <v>32.688955657000001</v>
       </c>
       <c r="C64" s="5">
-        <v>-7.62300960000033E-2</v>
+        <v>-7.6253156999996463E-2</v>
       </c>
       <c r="D64" s="5">
-        <v>-2.7564240321822364</v>
+        <v>-2.7572412377725786</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>32.782764569000001</v>
+        <v>32.782794783999996</v>
       </c>
       <c r="C65" s="5">
-        <v>9.3858299000004308E-2</v>
+        <v>9.3839126999995415E-2</v>
       </c>
       <c r="D65" s="5">
-        <v>3.5004455323449646</v>
+        <v>3.4997138145429929</v>
       </c>
       <c r="E65" s="5">
-        <v>2.1994498500540915</v>
+        <v>2.1994843317365564</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>32.695358874</v>
+        <v>32.695403528999996</v>
       </c>
       <c r="C66" s="5">
-        <v>-8.740569500000106E-2</v>
+        <v>-8.7391255000000001E-2</v>
       </c>
       <c r="D66" s="5">
-        <v>-3.1529478081796847</v>
+        <v>-3.1524316705120348</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>32.976725277</v>
+        <v>32.976755466</v>
       </c>
       <c r="C67" s="5">
-        <v>0.28136640299999982</v>
+        <v>0.28135193700000372</v>
       </c>
       <c r="D67" s="5">
-        <v>10.829917726237426</v>
+        <v>10.829318812985766</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>32.982095796000003</v>
+        <v>32.982117639000002</v>
       </c>
       <c r="C68" s="5">
-        <v>5.3705190000030711E-3</v>
+        <v>5.3621730000017465E-3</v>
       </c>
       <c r="D68" s="5">
-        <v>0.19560458010583481</v>
+        <v>0.19530015195674544</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>33.384265788</v>
+        <v>33.384279626000001</v>
       </c>
       <c r="C69" s="5">
-        <v>0.40216999199999748</v>
+        <v>0.4021619869999995</v>
       </c>
       <c r="D69" s="5">
-        <v>15.654614956628388</v>
+        <v>15.65427109983184</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>33.567421408000001</v>
+        <v>33.567421619000001</v>
       </c>
       <c r="C70" s="5">
-        <v>0.18315562000000085</v>
+        <v>0.18314199299999956</v>
       </c>
       <c r="D70" s="5">
-        <v>6.7858766025548745</v>
+        <v>6.7853534973697727</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>33.699228859000002</v>
+        <v>33.699199614000001</v>
       </c>
       <c r="C71" s="5">
-        <v>0.13180745100000024</v>
+        <v>0.1317779950000002</v>
       </c>
       <c r="D71" s="5">
-        <v>4.8150840267415562</v>
+        <v>4.8139845932416492</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>33.452174057999997</v>
+        <v>33.452151252</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.24705480100000443</v>
+        <v>-0.24704836200000102</v>
       </c>
       <c r="D72" s="5">
-        <v>-8.4512080268673078</v>
+        <v>-8.4510036076222317</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>33.903085515000001</v>
+        <v>33.903017681000001</v>
       </c>
       <c r="C73" s="5">
-        <v>0.45091145700000368</v>
+        <v>0.45086642900000129</v>
       </c>
       <c r="D73" s="5">
-        <v>17.42985562891932</v>
+        <v>17.427996860730932</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>34.665773020000003</v>
+        <v>34.665546624000001</v>
       </c>
       <c r="C74" s="5">
-        <v>0.76268750500000237</v>
+        <v>0.76252894299999951</v>
       </c>
       <c r="D74" s="5">
-        <v>30.599034996742436</v>
+        <v>30.591935793741687</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>34.610859826000002</v>
+        <v>34.610975891999999</v>
       </c>
       <c r="C75" s="5">
-        <v>-5.4913194000000942E-2</v>
+        <v>-5.4570732000001954E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>-1.8844161260008985</v>
+        <v>-1.8727777964339998</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>34.688861678999999</v>
+        <v>34.688944589999998</v>
       </c>
       <c r="C76" s="5">
-        <v>7.8001852999996402E-2</v>
+        <v>7.7968697999999392E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>2.7381927845006704</v>
+        <v>2.7370051540958951</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>34.675727518999999</v>
+        <v>34.675769354000003</v>
       </c>
       <c r="C77" s="5">
-        <v>-1.3134159999999895E-2</v>
+        <v>-1.3175235999995039E-2</v>
       </c>
       <c r="D77" s="5">
-        <v>-0.4534081293581127</v>
+        <v>-0.45482208017458836</v>
       </c>
       <c r="E77" s="5">
-        <v>5.7742627105647371</v>
+        <v>5.7742928340078326</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>34.478427736999997</v>
+        <v>34.478486607000001</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.19729978200000176</v>
+        <v>-0.1972827470000027</v>
       </c>
       <c r="D78" s="5">
-        <v>-6.6181531617224181</v>
+        <v>-6.6175917705528438</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>34.730155113000002</v>
+        <v>34.73019583</v>
       </c>
       <c r="C79" s="5">
-        <v>0.25172737600000517</v>
+        <v>0.25170922299999887</v>
       </c>
       <c r="D79" s="5">
-        <v>9.1217287060562988</v>
+        <v>9.1210280657148637</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>34.771562674000002</v>
+        <v>34.771590617000001</v>
       </c>
       <c r="C80" s="5">
-        <v>4.140756099999976E-2</v>
+        <v>4.1394787000001543E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>1.4401376998841364</v>
+        <v>1.4396888100966621</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>34.757373483999999</v>
+        <v>34.757384195</v>
       </c>
       <c r="C81" s="5">
-        <v>-1.4189190000003293E-2</v>
+        <v>-1.4206422000000885E-2</v>
       </c>
       <c r="D81" s="5">
-        <v>-0.48858502560348294</v>
+        <v>-0.48917666062833209</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>34.666682172999998</v>
+        <v>34.666671012999998</v>
       </c>
       <c r="C82" s="5">
-        <v>-9.0691311000000496E-2</v>
+        <v>-9.071318200000178E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>-3.0865757808313132</v>
+        <v>-3.087308545615064</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>34.734115140999997</v>
+        <v>34.734075445000002</v>
       </c>
       <c r="C83" s="5">
-        <v>6.7432967999998539E-2</v>
+        <v>6.7404432000003567E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>2.3593523203002231</v>
+        <v>2.3583439656537308</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>34.991291545999999</v>
+        <v>34.991261325000004</v>
       </c>
       <c r="C84" s="5">
-        <v>0.25717640500000272</v>
+        <v>0.25718588000000153</v>
       </c>
       <c r="D84" s="5">
-        <v>9.2558747106637806</v>
+        <v>9.2562407380340161</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>35.156290104999997</v>
+        <v>35.156184496000002</v>
       </c>
       <c r="C85" s="5">
-        <v>0.16499855899999716</v>
+        <v>0.16492317099999809</v>
       </c>
       <c r="D85" s="5">
-        <v>5.8075847657842905</v>
+        <v>5.8048672581314298</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>35.191724327000003</v>
+        <v>35.191457022999998</v>
       </c>
       <c r="C86" s="5">
-        <v>3.5434222000006343E-2</v>
+        <v>3.5272526999996501E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>1.2162140748008143</v>
+        <v>1.2106371893390033</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>35.279431660999997</v>
+        <v>35.279588398000001</v>
       </c>
       <c r="C87" s="5">
-        <v>8.7707333999993864E-2</v>
+        <v>8.8131375000003231E-2</v>
       </c>
       <c r="D87" s="5">
-        <v>3.0320637279360074</v>
+        <v>3.0469488957972413</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>35.398507543999997</v>
+        <v>35.398623657000002</v>
       </c>
       <c r="C88" s="5">
-        <v>0.11907588300000072</v>
+        <v>0.11903525900000034</v>
       </c>
       <c r="D88" s="5">
-        <v>4.1263057048397167</v>
+        <v>4.1248530789477655</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>35.653091625999998</v>
+        <v>35.653141974</v>
       </c>
       <c r="C89" s="5">
-        <v>0.25458408200000093</v>
+        <v>0.25451831699999872</v>
       </c>
       <c r="D89" s="5">
-        <v>8.9800294066305852</v>
+        <v>8.9775865396233065</v>
       </c>
       <c r="E89" s="5">
-        <v>2.8185828443382244</v>
+        <v>2.818603994109381</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>35.673929106999999</v>
+        <v>35.673999190000004</v>
       </c>
       <c r="C90" s="5">
-        <v>2.0837481000000935E-2</v>
+        <v>2.085721600000312E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>0.70359990811461603</v>
+        <v>0.70426742936267051</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>35.787220054999999</v>
+        <v>35.787266187999997</v>
       </c>
       <c r="C91" s="5">
-        <v>0.1132909479999995</v>
+        <v>0.11326699799999318</v>
       </c>
       <c r="D91" s="5">
-        <v>3.878154709370274</v>
+        <v>3.8773127371176219</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>35.743983581999998</v>
+        <v>35.744009861999999</v>
       </c>
       <c r="C92" s="5">
-        <v>-4.3236473000000331E-2</v>
+        <v>-4.3256325999998069E-2</v>
       </c>
       <c r="D92" s="5">
-        <v>-1.440189890866983</v>
+        <v>-1.4408449514221044</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>35.86040337</v>
+        <v>35.860407029999998</v>
       </c>
       <c r="C93" s="5">
-        <v>0.11641978800000174</v>
+        <v>0.11639716799999889</v>
       </c>
       <c r="D93" s="5">
-        <v>3.9792356681024543</v>
+        <v>3.9784456377902622</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>35.953762042000001</v>
+        <v>35.953745828000002</v>
       </c>
       <c r="C94" s="5">
-        <v>9.3358672000000809E-2</v>
+        <v>9.3338798000004886E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>3.1691928349606213</v>
+        <v>3.1685081685408401</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>36.110685072999999</v>
+        <v>36.110639798999998</v>
       </c>
       <c r="C95" s="5">
-        <v>0.15692303099999805</v>
+        <v>0.15689397099999525</v>
       </c>
       <c r="D95" s="5">
-        <v>5.3650689373968996</v>
+        <v>5.3640539113826158</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>36.949812885999997</v>
+        <v>36.949769963000001</v>
       </c>
       <c r="C96" s="5">
-        <v>0.8391278129999975</v>
+        <v>0.83913016400000373</v>
       </c>
       <c r="D96" s="5">
-        <v>31.740160758006809</v>
+        <v>31.740306356806535</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>36.723428273000003</v>
+        <v>36.723300508999998</v>
       </c>
       <c r="C97" s="5">
-        <v>-0.22638461299999335</v>
+        <v>-0.22646945400000362</v>
       </c>
       <c r="D97" s="5">
-        <v>-7.1094171006844897</v>
+        <v>-7.1120002800504123</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>37.142666259000002</v>
+        <v>37.142427292000001</v>
       </c>
       <c r="C98" s="5">
-        <v>0.41923798599999884</v>
+        <v>0.41912678300000294</v>
       </c>
       <c r="D98" s="5">
-        <v>14.593056311863783</v>
+        <v>14.588993343587608</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>35.676767765000001</v>
+        <v>35.676918950999998</v>
       </c>
       <c r="C99" s="5">
-        <v>-1.4658984940000011</v>
+        <v>-1.4655083410000032</v>
       </c>
       <c r="D99" s="5">
-        <v>-38.319326926495798</v>
+        <v>-38.311427767894344</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>35.988662222000002</v>
+        <v>35.988780984000002</v>
       </c>
       <c r="C100" s="5">
-        <v>0.31189445700000107</v>
+        <v>0.31186203300000415</v>
       </c>
       <c r="D100" s="5">
-        <v>11.010081791472558</v>
+        <v>11.008832705418726</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>36.013295986999999</v>
+        <v>36.013350195000001</v>
       </c>
       <c r="C101" s="5">
-        <v>2.4633764999997254E-2</v>
+        <v>2.4569210999999314E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>0.82448349811294896</v>
+        <v>0.82231205543197294</v>
       </c>
       <c r="E101" s="5">
-        <v>1.0103032993002081</v>
+        <v>1.0103126991239053</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>36.901296357</v>
+        <v>36.901368386000001</v>
       </c>
       <c r="C102" s="5">
-        <v>0.88800037000000032</v>
+        <v>0.88801819100000046</v>
       </c>
       <c r="D102" s="5">
-        <v>33.950714727206545</v>
+        <v>33.951432781405266</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>36.922231048</v>
+        <v>36.922279045000003</v>
       </c>
       <c r="C103" s="5">
-        <v>2.0934691000000782E-2</v>
+        <v>2.0910659000001885E-2</v>
       </c>
       <c r="D103" s="5">
-        <v>0.68290725671327213</v>
+        <v>0.68211953212726772</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>37.191840593999999</v>
+        <v>37.191867447</v>
       </c>
       <c r="C104" s="5">
-        <v>0.26960954599999809</v>
+        <v>0.26958840199999656</v>
       </c>
       <c r="D104" s="5">
-        <v>9.1231347740362789</v>
+        <v>9.1223779840514005</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>37.559841984999998</v>
+        <v>37.559844607999999</v>
       </c>
       <c r="C105" s="5">
-        <v>0.36800139099999996</v>
+        <v>0.36797716099999889</v>
       </c>
       <c r="D105" s="5">
-        <v>12.541582293566634</v>
+        <v>12.540701531660471</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>37.781494645000002</v>
+        <v>37.781479980999997</v>
       </c>
       <c r="C106" s="5">
-        <v>0.22165266000000372</v>
+        <v>0.22163537299999803</v>
       </c>
       <c r="D106" s="5">
-        <v>7.316015243069196</v>
+        <v>7.3154254850422484</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>38.039044605999997</v>
+        <v>38.039000995999999</v>
       </c>
       <c r="C107" s="5">
-        <v>0.25754996099999516</v>
+        <v>0.2575210150000018</v>
       </c>
       <c r="D107" s="5">
-        <v>8.4939673590838751</v>
+        <v>8.4929800758430929</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>38.972679915000001</v>
+        <v>38.972630637999998</v>
       </c>
       <c r="C108" s="5">
-        <v>0.93363530900000313</v>
+        <v>0.93362964199999965</v>
       </c>
       <c r="D108" s="5">
-        <v>33.772868636294604</v>
+        <v>33.772679302203265</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>39.043882214999996</v>
+        <v>39.043745137000002</v>
       </c>
       <c r="C109" s="5">
-        <v>7.1202299999995944E-2</v>
+        <v>7.1114499000003661E-2</v>
       </c>
       <c r="D109" s="5">
-        <v>2.2145403504077121</v>
+        <v>2.2117849162450964</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>38.31547303</v>
+        <v>38.315261847999999</v>
       </c>
       <c r="C110" s="5">
-        <v>-0.72840918499999674</v>
+        <v>-0.72848328900000325</v>
       </c>
       <c r="D110" s="5">
-        <v>-20.227285298675401</v>
+        <v>-20.229200589088446</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>38.480802427999997</v>
+        <v>38.480943025000002</v>
       </c>
       <c r="C111" s="5">
-        <v>0.16532939799999724</v>
+        <v>0.16568117700000329</v>
       </c>
       <c r="D111" s="5">
-        <v>5.30261034211712</v>
+        <v>5.3141926202981526</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>38.674752026999997</v>
+        <v>38.674864829000001</v>
       </c>
       <c r="C112" s="5">
-        <v>0.19394959899999975</v>
+        <v>0.19392180399999859</v>
       </c>
       <c r="D112" s="5">
-        <v>6.2187087250648254</v>
+        <v>6.2177693228442132</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>38.728683431</v>
+        <v>38.728731031999999</v>
       </c>
       <c r="C113" s="5">
-        <v>5.3931404000003624E-2</v>
+        <v>5.3866202999998336E-2</v>
       </c>
       <c r="D113" s="5">
-        <v>1.6862774650525214</v>
+        <v>1.6842182281296969</v>
       </c>
       <c r="E113" s="5">
-        <v>7.5399581448479358</v>
+        <v>7.5399284495808905</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>38.932728846000003</v>
+        <v>38.932795026000001</v>
       </c>
       <c r="C114" s="5">
-        <v>0.20404541500000306</v>
+        <v>0.20406399400000197</v>
       </c>
       <c r="D114" s="5">
-        <v>6.5087623667632544</v>
+        <v>6.5093640561937338</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>38.857351995999998</v>
+        <v>38.857396270000002</v>
       </c>
       <c r="C115" s="5">
-        <v>-7.5376850000004936E-2</v>
+        <v>-7.5398755999998457E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>-2.2987146525938584</v>
+        <v>-2.2993717377421397</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>38.929568910999997</v>
+        <v>38.929594479000002</v>
       </c>
       <c r="C116" s="5">
-        <v>7.2216914999998494E-2</v>
+        <v>7.2198208999999736E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>2.2531549529275718</v>
+        <v>2.2525627591593267</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>39.345242253000002</v>
+        <v>39.345248159999997</v>
       </c>
       <c r="C117" s="5">
-        <v>0.41567334200000516</v>
+        <v>0.41565368099999489</v>
       </c>
       <c r="D117" s="5">
-        <v>13.592994690084769</v>
+        <v>13.592304078877127</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>39.297968275000002</v>
+        <v>39.297967872000001</v>
       </c>
       <c r="C118" s="5">
-        <v>-4.7273977999999772E-2</v>
+        <v>-4.7280287999996062E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>-1.4323304298969552</v>
+        <v>-1.4325201379587704</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>39.530200506</v>
+        <v>39.530177571000003</v>
       </c>
       <c r="C119" s="5">
-        <v>0.23223223099999757</v>
+        <v>0.23220969900000199</v>
       </c>
       <c r="D119" s="5">
-        <v>7.3265165122230025</v>
+        <v>7.3257824857171805</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>39.655035196</v>
+        <v>39.654955430999998</v>
       </c>
       <c r="C120" s="5">
-        <v>0.12483469000000014</v>
+        <v>0.12477785999999469</v>
       </c>
       <c r="D120" s="5">
-        <v>3.8560664929679467</v>
+        <v>3.8542827370781962</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>39.69530383</v>
+        <v>39.695182408999997</v>
       </c>
       <c r="C121" s="5">
-        <v>4.0268634000000247E-2</v>
+        <v>4.0226977999999747E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>1.2253970167632744</v>
+        <v>1.2241247966945146</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>40.250289109999997</v>
+        <v>40.250125806</v>
       </c>
       <c r="C122" s="5">
-        <v>0.55498527999999681</v>
+        <v>0.55494339700000239</v>
       </c>
       <c r="D122" s="5">
-        <v>18.129532472386888</v>
+        <v>18.12811720684271</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>40.044691366000002</v>
+        <v>40.044796460000001</v>
       </c>
       <c r="C123" s="5">
-        <v>-0.20559774399999498</v>
+        <v>-0.20532934599999919</v>
       </c>
       <c r="D123" s="5">
-        <v>-5.9602730199674987</v>
+        <v>-5.9527326473606257</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>39.924715026000001</v>
+        <v>39.924802090999997</v>
       </c>
       <c r="C124" s="5">
-        <v>-0.1199763400000009</v>
+        <v>-0.11999436900000404</v>
       </c>
       <c r="D124" s="5">
-        <v>-3.536616832155437</v>
+        <v>-3.5371304257357461</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>40.342977226000002</v>
+        <v>40.343020604000003</v>
       </c>
       <c r="C125" s="5">
-        <v>0.41826220000000092</v>
+        <v>0.41821851300000645</v>
       </c>
       <c r="D125" s="5">
-        <v>13.321794143078481</v>
+        <v>13.320290830081261</v>
       </c>
       <c r="E125" s="5">
-        <v>4.1682124254909692</v>
+        <v>4.1681963983436043</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>39.779980131000002</v>
+        <v>39.780034888000003</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.56299709500000006</v>
+        <v>-0.56298571600000002</v>
       </c>
       <c r="D126" s="5">
-        <v>-15.518930816094157</v>
+        <v>-15.518625400728947</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>40.096706965000003</v>
+        <v>40.096745976000001</v>
       </c>
       <c r="C127" s="5">
-        <v>0.31672683400000068</v>
+        <v>0.31671108799999814</v>
       </c>
       <c r="D127" s="5">
-        <v>9.9840574424532988</v>
+        <v>9.9835248043925304</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>41.257443185</v>
+        <v>41.257469389999997</v>
       </c>
       <c r="C128" s="5">
-        <v>1.1607362199999969</v>
+        <v>1.160723413999996</v>
       </c>
       <c r="D128" s="5">
-        <v>40.839100812551131</v>
+        <v>40.838529968496509</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>40.810240798999999</v>
+        <v>40.810254401999998</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.44720238600000073</v>
+        <v>-0.44721498799999893</v>
       </c>
       <c r="D129" s="5">
-        <v>-12.259083926934833</v>
+        <v>-12.259401725474117</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>40.788560244000003</v>
+        <v>40.788574863999997</v>
       </c>
       <c r="C130" s="5">
-        <v>-2.1680554999996104E-2</v>
+        <v>-2.1679538000000775E-2</v>
       </c>
       <c r="D130" s="5">
-        <v>-0.6356439486582377</v>
+        <v>-0.63561400743977758</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>40.822937121999999</v>
+        <v>40.822938055999998</v>
       </c>
       <c r="C131" s="5">
-        <v>3.4376877999996225E-2</v>
+        <v>3.4363192000000709E-2</v>
       </c>
       <c r="D131" s="5">
-        <v>1.0160695507326789</v>
+        <v>1.0156627948219477</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>41.500802411999999</v>
+        <v>41.500701728000003</v>
       </c>
       <c r="C132" s="5">
-        <v>0.67786528999999973</v>
+        <v>0.67776367200000465</v>
       </c>
       <c r="D132" s="5">
-        <v>21.850397180886304</v>
+        <v>21.846816358644205</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>41.478073862000002</v>
+        <v>41.477983833000003</v>
       </c>
       <c r="C133" s="5">
-        <v>-2.2728549999996517E-2</v>
+        <v>-2.2717894999999544E-2</v>
       </c>
       <c r="D133" s="5">
-        <v>-0.65522240048507818</v>
+        <v>-0.6549177446827481</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>41.288530291000001</v>
+        <v>41.288385535000003</v>
       </c>
       <c r="C134" s="5">
-        <v>-0.18954357100000152</v>
+        <v>-0.18959829799999994</v>
       </c>
       <c r="D134" s="5">
-        <v>-5.3479291582565924</v>
+        <v>-5.3494459778111185</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>41.360232803999999</v>
+        <v>41.360305762000003</v>
       </c>
       <c r="C135" s="5">
-        <v>7.1702512999998191E-2</v>
+        <v>7.192022699999967E-2</v>
       </c>
       <c r="D135" s="5">
-        <v>2.1039650336547977</v>
+        <v>2.1104222081237412</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>41.640384273999999</v>
+        <v>41.640447715999997</v>
       </c>
       <c r="C136" s="5">
-        <v>0.28015146999999985</v>
+        <v>0.28014195399999409</v>
       </c>
       <c r="D136" s="5">
-        <v>8.4378876854720897</v>
+        <v>8.4375748701629902</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>41.749580934999997</v>
+        <v>41.749620780999997</v>
       </c>
       <c r="C137" s="5">
-        <v>0.10919666099999858</v>
+        <v>0.10917306500000024</v>
       </c>
       <c r="D137" s="5">
-        <v>3.1926350688213034</v>
+        <v>3.1919302694044971</v>
       </c>
       <c r="E137" s="5">
-        <v>3.4866135464426629</v>
+        <v>3.4866010426114036</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>41.604663277999997</v>
+        <v>41.604708080000002</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.14491765700000059</v>
+        <v>-0.14491270099999554</v>
       </c>
       <c r="D138" s="5">
-        <v>-4.0867315930271602</v>
+        <v>-4.0865906631148636</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>42.154123030999997</v>
+        <v>42.154156733000001</v>
       </c>
       <c r="C139" s="5">
-        <v>0.54945975300000072</v>
+        <v>0.5494486529999989</v>
       </c>
       <c r="D139" s="5">
-        <v>17.051387812871631</v>
+        <v>17.050998235460924</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>42.100310299999997</v>
+        <v>42.100336488000003</v>
       </c>
       <c r="C140" s="5">
-        <v>-5.3812731000000724E-2</v>
+        <v>-5.3820244999997158E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>-1.5211752553652258</v>
+        <v>-1.5213849635758669</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>41.964102457999999</v>
+        <v>41.964122287000002</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.13620784199999747</v>
+        <v>-0.13621420100000137</v>
       </c>
       <c r="D141" s="5">
-        <v>-3.8140358018394327</v>
+        <v>-3.8142083768191615</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>42.19370138</v>
+        <v>42.193729724999997</v>
       </c>
       <c r="C142" s="5">
-        <v>0.22959892200000098</v>
+        <v>0.22960743799999506</v>
       </c>
       <c r="D142" s="5">
-        <v>6.766801925879129</v>
+        <v>6.767057218040029</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>42.225348599</v>
+        <v>42.225371682999999</v>
       </c>
       <c r="C143" s="5">
-        <v>3.1647218999999893E-2</v>
+        <v>3.164195800000158E-2</v>
       </c>
       <c r="D143" s="5">
-        <v>0.90377751297785469</v>
+        <v>0.9036260401910079</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>42.188688315999997</v>
+        <v>42.188562099000002</v>
       </c>
       <c r="C144" s="5">
-        <v>-3.6660283000003346E-2</v>
+        <v>-3.6809583999996676E-2</v>
       </c>
       <c r="D144" s="5">
-        <v>-1.036886103760315</v>
+        <v>-1.0410880868488515</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>42.211159305999999</v>
+        <v>42.211097776000003</v>
       </c>
       <c r="C145" s="5">
-        <v>2.2470990000002189E-2</v>
+        <v>2.2535677000000476E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>0.64103254147287458</v>
+        <v>0.64288522882713917</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>42.582083238999999</v>
+        <v>42.581971893999999</v>
       </c>
       <c r="C146" s="5">
-        <v>0.37092393300000026</v>
+        <v>0.37087411799999614</v>
       </c>
       <c r="D146" s="5">
-        <v>11.069673473941034</v>
+        <v>11.068131175926865</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>42.908335794000003</v>
+        <v>42.908375114000002</v>
       </c>
       <c r="C147" s="5">
-        <v>0.3262525550000035</v>
+        <v>0.3264032200000031</v>
       </c>
       <c r="D147" s="5">
-        <v>9.5915812966377079</v>
+        <v>9.5962252820030116</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>42.943534296000003</v>
+        <v>42.943574810000001</v>
       </c>
       <c r="C148" s="5">
-        <v>3.5198502000000076E-2</v>
+        <v>3.5199695999999392E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>0.98883566450069793</v>
+        <v>0.98886844890779813</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>43.078150444000002</v>
+        <v>43.078190147000001</v>
       </c>
       <c r="C149" s="5">
-        <v>0.13461614799999921</v>
+        <v>0.13461533699999961</v>
       </c>
       <c r="D149" s="5">
-        <v>3.8272067314608194</v>
+        <v>3.8271796022068427</v>
       </c>
       <c r="E149" s="5">
-        <v>3.1822343583962187</v>
+        <v>3.1822309787413072</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>43.078266079000002</v>
+        <v>43.078302934</v>
       </c>
       <c r="C150" s="5">
-        <v>1.1563500000022486E-4</v>
+        <v>1.1278699999905939E-4</v>
       </c>
       <c r="D150" s="5">
-        <v>3.2212164920775166E-3</v>
+        <v>3.1418764000479271E-3</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>43.000485972</v>
+        <v>43.000515929000002</v>
       </c>
       <c r="C151" s="5">
-        <v>-7.7780107000002374E-2</v>
+        <v>-7.7787004999997578E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>-2.145276822266029</v>
+        <v>-2.1454633752586716</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>43.438754543999998</v>
+        <v>43.438780411000003</v>
       </c>
       <c r="C152" s="5">
-        <v>0.43826857199999836</v>
+        <v>0.43826448200000101</v>
       </c>
       <c r="D152" s="5">
-        <v>12.940059638119328</v>
+        <v>12.939922504939849</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>43.316762979000003</v>
+        <v>43.316784462999998</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.12199156499999475</v>
+        <v>-0.12199594800000568</v>
       </c>
       <c r="D153" s="5">
-        <v>-3.3184602071091418</v>
+        <v>-3.3185756537966959</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>43.380182144000003</v>
+        <v>43.380208695999997</v>
       </c>
       <c r="C154" s="5">
-        <v>6.3419164999999111E-2</v>
+        <v>6.3424232999999219E-2</v>
       </c>
       <c r="D154" s="5">
-        <v>1.7711114063112765</v>
+        <v>1.7712531968443912</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>43.83967466</v>
+        <v>43.839697442000002</v>
       </c>
       <c r="C155" s="5">
-        <v>0.45949251599999741</v>
+        <v>0.45948874600000522</v>
       </c>
       <c r="D155" s="5">
-        <v>13.477932887569711</v>
+        <v>13.477807049129776</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>42.377990250000003</v>
+        <v>42.377886554</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.4616844099999966</v>
+        <v>-1.4618108880000023</v>
       </c>
       <c r="D156" s="5">
-        <v>-33.43032905870551</v>
+        <v>-33.432698843312572</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>43.314168883000001</v>
+        <v>43.314114871999998</v>
       </c>
       <c r="C157" s="5">
-        <v>0.93617863299999726</v>
+        <v>0.93622831799999773</v>
       </c>
       <c r="D157" s="5">
-        <v>29.979704625360949</v>
+        <v>29.98157630544025</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>43.661231096999998</v>
+        <v>43.661130847999999</v>
       </c>
       <c r="C158" s="5">
-        <v>0.34706221399999748</v>
+        <v>0.34701597600000156</v>
       </c>
       <c r="D158" s="5">
-        <v>10.050469484675251</v>
+        <v>10.049084036613575</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>44.362968700000003</v>
+        <v>44.362999932000001</v>
       </c>
       <c r="C159" s="5">
-        <v>0.70173760300000509</v>
+        <v>0.70186908400000192</v>
       </c>
       <c r="D159" s="5">
-        <v>21.086432244198328</v>
+        <v>21.09079154672273</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>44.568913311000003</v>
+        <v>44.568945133</v>
       </c>
       <c r="C160" s="5">
-        <v>0.20594461099999961</v>
+        <v>0.20594520099999869</v>
       </c>
       <c r="D160" s="5">
-        <v>5.7151749368739013</v>
+        <v>5.7151876034361893</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>44.557848055000001</v>
+        <v>44.557885288999998</v>
       </c>
       <c r="C161" s="5">
-        <v>-1.1065256000001966E-2</v>
+        <v>-1.1059844000001817E-2</v>
       </c>
       <c r="D161" s="5">
-        <v>-0.29752106718216043</v>
+        <v>-0.2973755365915709</v>
       </c>
       <c r="E161" s="5">
-        <v>3.4349144421220057</v>
+        <v>3.43490554489565</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>44.985411106999997</v>
+        <v>44.985443023999999</v>
       </c>
       <c r="C162" s="5">
-        <v>0.42756305199999645</v>
+        <v>0.4275577350000006</v>
       </c>
       <c r="D162" s="5">
-        <v>12.142394806274769</v>
+        <v>12.142225064040591</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>44.547478062000003</v>
+        <v>44.547504340000003</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.43793304499999408</v>
+        <v>-0.43793868399999525</v>
       </c>
       <c r="D163" s="5">
-        <v>-11.076377347604572</v>
+        <v>-11.076504980424263</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>44.489300559</v>
+        <v>44.489321904000001</v>
       </c>
       <c r="C164" s="5">
-        <v>-5.8177503000003128E-2</v>
+        <v>-5.8182436000002724E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>-1.5559517464698969</v>
+        <v>-1.5560818214730099</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>44.970542964000003</v>
+        <v>44.970558691000001</v>
       </c>
       <c r="C165" s="5">
-        <v>0.48124240500000326</v>
+        <v>0.48123678700000028</v>
       </c>
       <c r="D165" s="5">
-        <v>13.781233557007578</v>
+        <v>13.781055975940371</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>45.122352480000004</v>
+        <v>45.122369331999998</v>
       </c>
       <c r="C166" s="5">
-        <v>0.15180951600000014</v>
+        <v>0.1518106409999973</v>
       </c>
       <c r="D166" s="5">
-        <v>4.1269700152488653</v>
+        <v>4.1269996984523605</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>45.082021513999997</v>
+        <v>45.082036295999998</v>
       </c>
       <c r="C167" s="5">
-        <v>-4.0330966000006185E-2</v>
+        <v>-4.0333035999999822E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>-1.0673190736510629</v>
+        <v>-1.0673731884410786</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>44.905302509000002</v>
+        <v>44.905230121999999</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.17671900499999538</v>
+        <v>-0.17680617399999932</v>
       </c>
       <c r="D168" s="5">
-        <v>-4.6038311186222263</v>
+        <v>-4.6060517836484127</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>44.769465187000002</v>
+        <v>44.769417394999998</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.13583732200000043</v>
+        <v>-0.13581272700000113</v>
       </c>
       <c r="D169" s="5">
-        <v>-3.5701792402533905</v>
+        <v>-3.5695491892631992</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>45.388262281000003</v>
+        <v>45.388177687999999</v>
       </c>
       <c r="C170" s="5">
-        <v>0.61879709400000138</v>
+        <v>0.61876029300000113</v>
       </c>
       <c r="D170" s="5">
-        <v>17.907055392998885</v>
+        <v>17.905928794128979</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>45.417644447000001</v>
+        <v>45.417671806000001</v>
       </c>
       <c r="C171" s="5">
-        <v>2.9382165999997767E-2</v>
+        <v>2.9494118000002345E-2</v>
       </c>
       <c r="D171" s="5">
-        <v>0.77959376761671528</v>
+        <v>0.78257626577167283</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>45.899746422</v>
+        <v>45.899772933000001</v>
       </c>
       <c r="C172" s="5">
-        <v>0.48210197499999907</v>
+        <v>0.48210112699999996</v>
       </c>
       <c r="D172" s="5">
-        <v>13.508441735508491</v>
+        <v>13.508407952505031</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>46.125808939999999</v>
+        <v>46.125846228</v>
       </c>
       <c r="C173" s="5">
-        <v>0.2260625179999991</v>
+        <v>0.22607329499999906</v>
       </c>
       <c r="D173" s="5">
-        <v>6.0729175140983305</v>
+        <v>6.0732113102184071</v>
       </c>
       <c r="E173" s="5">
-        <v>3.5189331474549279</v>
+        <v>3.5189303281120576</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>46.280049759999997</v>
+        <v>46.280077785000003</v>
       </c>
       <c r="C174" s="5">
-        <v>0.15424081999999828</v>
+        <v>0.15423155700000279</v>
       </c>
       <c r="D174" s="5">
-        <v>4.087327448128053</v>
+        <v>4.0870740851852716</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>46.253483621000001</v>
+        <v>46.253505169</v>
       </c>
       <c r="C175" s="5">
-        <v>-2.6566138999996269E-2</v>
+        <v>-2.6572616000002824E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>-0.68666543946175329</v>
+        <v>-0.68683191010074918</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>46.387378984000001</v>
+        <v>46.387392325</v>
       </c>
       <c r="C176" s="5">
-        <v>0.1338953630000006</v>
+        <v>0.13388715600000012</v>
       </c>
       <c r="D176" s="5">
-        <v>3.5296251444586924</v>
+        <v>3.5294036727564704</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>46.743684958999999</v>
+        <v>46.743688233</v>
       </c>
       <c r="C177" s="5">
-        <v>0.35630597499999794</v>
+        <v>0.35629590799999988</v>
       </c>
       <c r="D177" s="5">
-        <v>9.6168563275912167</v>
+        <v>9.6165701514206336</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>46.993476047999998</v>
+        <v>46.993472808999996</v>
       </c>
       <c r="C178" s="5">
-        <v>0.24979108899999858</v>
+        <v>0.24978457599999615</v>
       </c>
       <c r="D178" s="5">
-        <v>6.6044882801176374</v>
+        <v>6.604310507464084</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>46.739912095000001</v>
+        <v>46.73990491</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.2535639529999969</v>
+        <v>-0.25356789899999654</v>
       </c>
       <c r="D179" s="5">
-        <v>-6.2861349029461504</v>
+        <v>-6.28623026450631</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>46.786668751000001</v>
+        <v>46.786658306</v>
       </c>
       <c r="C180" s="5">
-        <v>4.6756655999999452E-2</v>
+        <v>4.6753395999999725E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>1.2070566856972942</v>
+        <v>1.2069722494666868</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>47.442025172000001</v>
+        <v>47.441986258</v>
       </c>
       <c r="C181" s="5">
-        <v>0.65535642100000047</v>
+        <v>0.65532795200000038</v>
       </c>
       <c r="D181" s="5">
-        <v>18.16616615407376</v>
+        <v>18.165319620096621</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>47.547666489000001</v>
+        <v>47.547605711999999</v>
       </c>
       <c r="C182" s="5">
-        <v>0.1056413169999999</v>
+        <v>0.10561945399999928</v>
       </c>
       <c r="D182" s="5">
-        <v>2.7050641599473124</v>
+        <v>2.7044997063887966</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>47.278989709000001</v>
+        <v>47.279005617000003</v>
       </c>
       <c r="C183" s="5">
-        <v>-0.26867677999999984</v>
+        <v>-0.26860009499999649</v>
       </c>
       <c r="D183" s="5">
-        <v>-6.5739992966418193</v>
+        <v>-6.5721890143333521</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>47.460154011</v>
+        <v>47.460170535000003</v>
       </c>
       <c r="C184" s="5">
-        <v>0.18116430199999911</v>
+        <v>0.18116491800000034</v>
       </c>
       <c r="D184" s="5">
-        <v>4.6963319599866216</v>
+        <v>4.6963466529866604</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>47.355324070000002</v>
+        <v>47.355357597999998</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.10482994099999843</v>
+        <v>-0.10481293700000549</v>
       </c>
       <c r="D185" s="5">
-        <v>-2.618594676910635</v>
+        <v>-2.618174171617893</v>
       </c>
       <c r="E185" s="5">
-        <v>2.6655687092650204</v>
+        <v>2.6655584028150381</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>47.499990091999997</v>
+        <v>47.500013717000002</v>
       </c>
       <c r="C186" s="5">
-        <v>0.14466602199999556</v>
+        <v>0.14465611900000397</v>
       </c>
       <c r="D186" s="5">
-        <v>3.7281118304532734</v>
+        <v>3.727849638763181</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>47.811443390000001</v>
+        <v>47.811458981999998</v>
       </c>
       <c r="C187" s="5">
-        <v>0.31145329800000354</v>
+        <v>0.31144526499999614</v>
       </c>
       <c r="D187" s="5">
-        <v>8.1583442992727342</v>
+        <v>8.1581220288364342</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>47.898152430000003</v>
+        <v>47.898157447000003</v>
       </c>
       <c r="C188" s="5">
-        <v>8.6709040000002346E-2</v>
+        <v>8.6698465000004887E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>2.1981142015934596</v>
+        <v>2.1978427172395509</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>48.147985489</v>
+        <v>48.147976585000002</v>
       </c>
       <c r="C189" s="5">
-        <v>0.24983305899999664</v>
+        <v>0.24981913799999944</v>
       </c>
       <c r="D189" s="5">
-        <v>6.4418246312345051</v>
+        <v>6.4414546320734178</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>48.105899876999999</v>
+        <v>48.105884910999997</v>
       </c>
       <c r="C190" s="5">
-        <v>-4.2085612000001049E-2</v>
+        <v>-4.2091674000005241E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>-1.0438785467494882</v>
+        <v>-1.0440283766544045</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>48.426499190999998</v>
+        <v>48.426474804999998</v>
       </c>
       <c r="C191" s="5">
-        <v>0.32059931399999897</v>
+        <v>0.32058989400000115</v>
       </c>
       <c r="D191" s="5">
-        <v>8.2970876612528563</v>
+        <v>8.2968375445786613</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>46.646563966999999</v>
+        <v>46.646595314999999</v>
       </c>
       <c r="C192" s="5">
-        <v>-1.779935223999999</v>
+        <v>-1.779879489999999</v>
       </c>
       <c r="D192" s="5">
-        <v>-36.197306978578361</v>
+        <v>-36.196406895245218</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>48.875570566</v>
+        <v>48.875545227000003</v>
       </c>
       <c r="C193" s="5">
-        <v>2.2290065990000016</v>
+        <v>2.2289499120000045</v>
       </c>
       <c r="D193" s="5">
-        <v>75.091950033060641</v>
+        <v>75.089448747800503</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>48.840935072999997</v>
+        <v>48.840904514000002</v>
       </c>
       <c r="C194" s="5">
-        <v>-3.4635493000003237E-2</v>
+        <v>-3.464071300000171E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>-0.84706900986871725</v>
+        <v>-0.84719661398372503</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>48.859590679</v>
+        <v>48.859599717999998</v>
       </c>
       <c r="C195" s="5">
-        <v>1.8655606000002933E-2</v>
+        <v>1.8695203999996579E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>0.45932407927373742</v>
+        <v>0.46030137305059782</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>48.813888425999998</v>
+        <v>48.813897136999998</v>
       </c>
       <c r="C196" s="5">
-        <v>-4.5702253000001747E-2</v>
+        <v>-4.5702581000000464E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>-1.1166986391434652</v>
+        <v>-1.1167064068511645</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>48.881804594000002</v>
+        <v>48.881829355999997</v>
       </c>
       <c r="C197" s="5">
-        <v>6.7916168000003552E-2</v>
+        <v>6.793221899999935E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>1.6824302314616624</v>
+        <v>1.6828305951494427</v>
       </c>
       <c r="E197" s="5">
-        <v>3.2234612558950548</v>
+        <v>3.223440462551741</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>49.770736577999998</v>
+        <v>49.770751480999998</v>
       </c>
       <c r="C198" s="5">
-        <v>0.88893198399999562</v>
+        <v>0.88892212500000056</v>
       </c>
       <c r="D198" s="5">
-        <v>24.142946778616547</v>
+        <v>24.142638205624056</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>49.879200705000002</v>
+        <v>49.879206926000002</v>
       </c>
       <c r="C199" s="5">
-        <v>0.10846412700000485</v>
+        <v>0.10845544500000415</v>
       </c>
       <c r="D199" s="5">
-        <v>2.6467039235959389</v>
+        <v>2.6464887209601384</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>49.748635061000002</v>
+        <v>49.748631197000002</v>
       </c>
       <c r="C200" s="5">
-        <v>-0.1305656440000007</v>
+        <v>-0.13057572900000025</v>
       </c>
       <c r="D200" s="5">
-        <v>-3.0963333884383326</v>
+        <v>-3.0965687382343288</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>49.165784334999998</v>
+        <v>49.165767455000001</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.58285072600000376</v>
+        <v>-0.58286374200000068</v>
       </c>
       <c r="D201" s="5">
-        <v>-13.187627361182741</v>
+        <v>-13.18790410932621</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>49.002266171000002</v>
+        <v>49.002247637000004</v>
       </c>
       <c r="C202" s="5">
-        <v>-0.16351816399999564</v>
+        <v>-0.16351981799999749</v>
       </c>
       <c r="D202" s="5">
-        <v>-3.9188221768114317</v>
+        <v>-3.9188624147043938</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>50.019862451999998</v>
+        <v>50.019813745999997</v>
       </c>
       <c r="C203" s="5">
-        <v>1.0175962809999959</v>
+        <v>1.0175661089999934</v>
       </c>
       <c r="D203" s="5">
-        <v>27.972288945474453</v>
+        <v>27.971374449270868</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>46.836267755000002</v>
+        <v>46.836339082000002</v>
       </c>
       <c r="C204" s="5">
-        <v>-3.1835946969999966</v>
+        <v>-3.1834746639999949</v>
       </c>
       <c r="D204" s="5">
-        <v>-54.576829560550813</v>
+        <v>-54.575468680045681</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>49.415343923000002</v>
+        <v>49.415333853</v>
       </c>
       <c r="C205" s="5">
-        <v>2.5790761680000003</v>
+        <v>2.5789947709999979</v>
       </c>
       <c r="D205" s="5">
-        <v>90.263072827840318</v>
+        <v>90.259130581115059</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>49.300694974999999</v>
+        <v>49.300696604000002</v>
       </c>
       <c r="C206" s="5">
-        <v>-0.1146489480000028</v>
+        <v>-0.11463724899999761</v>
       </c>
       <c r="D206" s="5">
-        <v>-2.7488760930551748</v>
+        <v>-2.7485997146832974</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>50.064158757999998</v>
+        <v>50.064163942999997</v>
       </c>
       <c r="C207" s="5">
-        <v>0.76346378299999884</v>
+        <v>0.76346733899999464</v>
       </c>
       <c r="D207" s="5">
-        <v>20.250413613677676</v>
+        <v>20.25051538160243</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>50.098550482999997</v>
+        <v>50.098553021999997</v>
       </c>
       <c r="C208" s="5">
-        <v>3.4391724999998985E-2</v>
+        <v>3.4389079000000322E-2</v>
       </c>
       <c r="D208" s="5">
-        <v>0.82746533502311426</v>
+        <v>0.8274013455071616</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>50.017112349999998</v>
+        <v>50.017127696999999</v>
       </c>
       <c r="C209" s="5">
-        <v>-8.1438132999998913E-2</v>
+        <v>-8.1425324999997883E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>-1.9333244463089927</v>
+        <v>-1.9330230028121842</v>
       </c>
       <c r="E209" s="5">
-        <v>2.3225569625131115</v>
+        <v>2.322536525242902</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>49.944359128000002</v>
+        <v>49.944363412999998</v>
       </c>
       <c r="C210" s="5">
-        <v>-7.2753221999995787E-2</v>
+        <v>-7.2764284000001567E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>-1.7315833843678741</v>
+        <v>-1.7318440384052836</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>49.955543466000002</v>
+        <v>49.955533555999999</v>
       </c>
       <c r="C211" s="5">
-        <v>1.1184337999999627E-2</v>
+        <v>1.1170143000001076E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>0.26905437126274467</v>
+        <v>0.26871244810562356</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>50.208808730999998</v>
+        <v>50.208782673999998</v>
       </c>
       <c r="C212" s="5">
-        <v>0.25326526499999602</v>
+        <v>0.25324911799999938</v>
       </c>
       <c r="D212" s="5">
-        <v>6.256315234862253</v>
+        <v>6.2559064509279061</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>50.073742604000003</v>
+        <v>50.073697086999999</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.13506612699999465</v>
+        <v>-0.13508558699999895</v>
       </c>
       <c r="D213" s="5">
-        <v>-3.1807702134213023</v>
+        <v>-3.1812233576785642</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>50.065119596999999</v>
+        <v>50.065183630999996</v>
       </c>
       <c r="C214" s="5">
-        <v>-8.6230070000041792E-3</v>
+        <v>-8.5134560000028614E-3</v>
       </c>
       <c r="D214" s="5">
-        <v>-0.20645178321779811</v>
+        <v>-0.20383155363661309</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>50.702029056000001</v>
+        <v>50.701919136999997</v>
       </c>
       <c r="C215" s="5">
-        <v>0.63690945900000173</v>
+        <v>0.63673550600000084</v>
       </c>
       <c r="D215" s="5">
-        <v>16.380704608452888</v>
+        <v>16.375890797150205</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>50.788842977000002</v>
+        <v>50.788936323000001</v>
       </c>
       <c r="C216" s="5">
-        <v>8.681392100000096E-2</v>
+        <v>8.7017186000004187E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>2.0741455947757004</v>
+        <v>2.0790524554993306</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>51.473433356999998</v>
+        <v>51.473443109999998</v>
       </c>
       <c r="C217" s="5">
-        <v>0.68459037999999595</v>
+        <v>0.68450678699999656</v>
       </c>
       <c r="D217" s="5">
-        <v>17.429663608954947</v>
+        <v>17.427340715423444</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>51.406771085000003</v>
+        <v>51.406791433999999</v>
       </c>
       <c r="C218" s="5">
-        <v>-6.6662271999994971E-2</v>
+        <v>-6.6651675999999327E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>-1.5430752471354947</v>
+        <v>-1.5428314284768985</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>51.476282906000002</v>
+        <v>51.476293978000001</v>
       </c>
       <c r="C219" s="5">
-        <v>6.9511820999998974E-2</v>
+        <v>6.9502544000002331E-2</v>
       </c>
       <c r="D219" s="5">
-        <v>1.6347524658795409</v>
+        <v>1.634532016199719</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>51.556347012000003</v>
+        <v>51.556345690999997</v>
       </c>
       <c r="C220" s="5">
-        <v>8.00641060000018E-2</v>
+        <v>8.0051712999996028E-2</v>
       </c>
       <c r="D220" s="5">
-        <v>1.8824803475833818</v>
+        <v>1.8821860562569626</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>51.888037818999997</v>
+        <v>51.888059007999999</v>
       </c>
       <c r="C221" s="5">
-        <v>0.33169080699999398</v>
+        <v>0.33171331700000195</v>
       </c>
       <c r="D221" s="5">
-        <v>7.9993935129260896</v>
+        <v>7.9999559524038366</v>
       </c>
       <c r="E221" s="5">
-        <v>3.7405707388863174</v>
+        <v>3.7405812711476694</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>52.039339583</v>
+        <v>52.039328062999999</v>
       </c>
       <c r="C222" s="5">
-        <v>0.15130176400000295</v>
+        <v>0.15126905500000021</v>
       </c>
       <c r="D222" s="5">
-        <v>3.5557796032734457</v>
+        <v>3.5549970588816926</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>52.124483615000003</v>
+        <v>52.124448393999998</v>
       </c>
       <c r="C223" s="5">
-        <v>8.5144032000002312E-2</v>
+        <v>8.5120330999998828E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>1.9811416943011473</v>
+        <v>1.9805856882506356</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>52.319609765000003</v>
+        <v>52.319555964000003</v>
       </c>
       <c r="C224" s="5">
-        <v>0.19512615000000011</v>
+        <v>0.19510757000000467</v>
       </c>
       <c r="D224" s="5">
-        <v>4.5858104591462778</v>
+        <v>4.5853679300585704</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>52.644432125000002</v>
+        <v>52.644358343999997</v>
       </c>
       <c r="C225" s="5">
-        <v>0.32482235999999887</v>
+        <v>0.32480237999999417</v>
       </c>
       <c r="D225" s="5">
-        <v>7.7098425417322147</v>
+        <v>7.7093601970925629</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>53.094195397999997</v>
+        <v>53.094344216000003</v>
       </c>
       <c r="C226" s="5">
-        <v>0.44976327299999497</v>
+        <v>0.44998587200000628</v>
       </c>
       <c r="D226" s="5">
-        <v>10.74781883973186</v>
+        <v>10.753406516996122</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>52.862347376999999</v>
+        <v>52.86218719</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.23184802099999757</v>
+        <v>-0.23215702600000299</v>
       </c>
       <c r="D227" s="5">
-        <v>-5.1160391110020349</v>
+        <v>-5.1226805726048985</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>53.011763952999999</v>
+        <v>53.011880839</v>
       </c>
       <c r="C228" s="5">
-        <v>0.14941657600000013</v>
+        <v>0.1496936489999996</v>
       </c>
       <c r="D228" s="5">
-        <v>3.4450549903442429</v>
+        <v>3.4515538306571392</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>52.919539348000001</v>
+        <v>52.919579468000002</v>
       </c>
       <c r="C229" s="5">
-        <v>-9.2224604999998405E-2</v>
+        <v>-9.23013709999978E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>-2.0677809858832497</v>
+        <v>-2.0694811989461992</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>53.384017931999999</v>
+        <v>53.384047463000002</v>
       </c>
       <c r="C230" s="5">
-        <v>0.46447858399999831</v>
+        <v>0.46446799499999969</v>
       </c>
       <c r="D230" s="5">
-        <v>11.05610341605332</v>
+        <v>11.055830283149604</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>53.634912694999997</v>
+        <v>53.634916644999997</v>
       </c>
       <c r="C231" s="5">
-        <v>0.25089476299999802</v>
+        <v>0.25086918199999531</v>
       </c>
       <c r="D231" s="5">
-        <v>5.7878628879633576</v>
+        <v>5.7872541427686608</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>53.963473638000004</v>
+        <v>53.963463632</v>
       </c>
       <c r="C232" s="5">
-        <v>0.32856094300000649</v>
+        <v>0.32854698700000284</v>
       </c>
       <c r="D232" s="5">
-        <v>7.6038557867558643</v>
+        <v>7.6035212669550267</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>54.176383698999999</v>
+        <v>54.176411184999999</v>
       </c>
       <c r="C233" s="5">
-        <v>0.21291006099999521</v>
+        <v>0.21294755299999935</v>
       </c>
       <c r="D233" s="5">
-        <v>4.8386397202394793</v>
+        <v>4.839511265640617</v>
       </c>
       <c r="E233" s="5">
-        <v>4.4101607541653376</v>
+        <v>4.4101710889728807</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>54.031853298000001</v>
+        <v>54.031828705999999</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.14453040099999725</v>
+        <v>-0.14458247900000032</v>
       </c>
       <c r="D234" s="5">
-        <v>-3.1547728322042556</v>
+        <v>-3.1558913668979449</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>54.018211315999999</v>
+        <v>54.018154363999997</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.3641982000002884E-2</v>
+        <v>-1.3674342000001616E-2</v>
       </c>
       <c r="D235" s="5">
-        <v>-0.30255606513632793</v>
+        <v>-0.3032728943084928</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>54.026041735</v>
+        <v>54.025963075</v>
       </c>
       <c r="C236" s="5">
-        <v>7.8304190000011431E-3</v>
+        <v>7.8087110000026883E-3</v>
       </c>
       <c r="D236" s="5">
-        <v>0.17408940017555885</v>
+        <v>0.17360657754885711</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>54.190387057999999</v>
+        <v>54.190285924999998</v>
       </c>
       <c r="C237" s="5">
-        <v>0.16434532299999915</v>
+        <v>0.1643228499999978</v>
       </c>
       <c r="D237" s="5">
-        <v>3.7120548579328672</v>
+        <v>3.7115442353740757</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>54.301634208999999</v>
+        <v>54.301866637000003</v>
       </c>
       <c r="C238" s="5">
-        <v>0.1112471510000006</v>
+        <v>0.11158071200000563</v>
       </c>
       <c r="D238" s="5">
-        <v>2.4914795775159648</v>
+        <v>2.4990394957506323</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>54.098153197999999</v>
+        <v>54.097957469000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.20348101100000093</v>
+        <v>-0.20390916800000269</v>
       </c>
       <c r="D239" s="5">
-        <v>-4.4051547741052355</v>
+        <v>-4.414214837942021</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>54.410912545000002</v>
+        <v>54.411046339000002</v>
       </c>
       <c r="C240" s="5">
-        <v>0.31275934700000363</v>
+        <v>0.31308887000000141</v>
       </c>
       <c r="D240" s="5">
-        <v>7.1625015619704469</v>
+        <v>7.1703165569158234</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>54.766499340000003</v>
+        <v>54.766565853000003</v>
       </c>
       <c r="C241" s="5">
-        <v>0.35558679500000068</v>
+        <v>0.35551951400000092</v>
       </c>
       <c r="D241" s="5">
-        <v>8.1303642168027768</v>
+        <v>8.1287494493681436</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>54.772590602000001</v>
+        <v>54.772622984000002</v>
       </c>
       <c r="C242" s="5">
-        <v>6.0912619999982098E-3</v>
+        <v>6.0571309999986056E-3</v>
       </c>
       <c r="D242" s="5">
-        <v>0.13354856611622612</v>
+        <v>0.13279964049455195</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>54.613859753</v>
+        <v>54.613849575000003</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.15873084900000123</v>
+        <v>-0.15877340899999837</v>
       </c>
       <c r="D243" s="5">
-        <v>-3.4226999909995448</v>
+        <v>-3.4236011351798434</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>54.663277917999999</v>
+        <v>54.663255040999999</v>
       </c>
       <c r="C244" s="5">
-        <v>4.9418164999998737E-2</v>
+        <v>4.9405465999996068E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>1.0912581696156609</v>
+        <v>1.0909765563242413</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>54.770505931999999</v>
+        <v>54.770539251999999</v>
       </c>
       <c r="C245" s="5">
-        <v>0.10722801400000037</v>
+        <v>0.10728421099999963</v>
       </c>
       <c r="D245" s="5">
-        <v>2.3794946074461309</v>
+        <v>2.3807561732423821</v>
       </c>
       <c r="E245" s="5">
-        <v>1.0966443170162377</v>
+        <v>1.0966545291661856</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>54.858939958000001</v>
+        <v>54.858904789</v>
       </c>
       <c r="C246" s="5">
-        <v>8.8434026000001609E-2</v>
+        <v>8.8365537000001382E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>1.9548536473149358</v>
+        <v>1.9533250245271638</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>54.926245100999999</v>
+        <v>54.926175874999998</v>
       </c>
       <c r="C247" s="5">
-        <v>6.7305142999998679E-2</v>
+        <v>6.7271085999998093E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>1.4822270038973073</v>
+        <v>1.4814728743771655</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>55.221055796999998</v>
+        <v>55.220970868000002</v>
       </c>
       <c r="C248" s="5">
-        <v>0.29481069599999898</v>
+        <v>0.29479499300000356</v>
       </c>
       <c r="D248" s="5">
-        <v>6.634452559986137</v>
+        <v>6.6340972913832674</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>55.831125766</v>
+        <v>55.831026446999999</v>
       </c>
       <c r="C249" s="5">
-        <v>0.61006996900000132</v>
+        <v>0.61005557899999729</v>
       </c>
       <c r="D249" s="5">
-        <v>14.093301942799098</v>
+        <v>14.092972072642462</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>55.699820336000002</v>
+        <v>55.700058349000003</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.13130542999999761</v>
+        <v>-0.13096809799999676</v>
       </c>
       <c r="D250" s="5">
-        <v>-2.7859777603092994</v>
+        <v>-2.7789173765415787</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>55.911869746000001</v>
+        <v>55.911690049000001</v>
       </c>
       <c r="C251" s="5">
-        <v>0.21204940999999877</v>
+        <v>0.21163169999999809</v>
       </c>
       <c r="D251" s="5">
-        <v>4.6652841297928571</v>
+        <v>4.6558809207309038</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>54.055478489999999</v>
+        <v>54.055619114000002</v>
       </c>
       <c r="C252" s="5">
-        <v>-1.856391256000002</v>
+        <v>-1.8560709349999982</v>
       </c>
       <c r="D252" s="5">
-        <v>-33.314961940349384</v>
+        <v>-33.310308167788826</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>53.977984853999999</v>
+        <v>53.978070746</v>
       </c>
       <c r="C253" s="5">
-        <v>-7.749363599999981E-2</v>
+        <v>-7.7548368000002199E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>-1.7068137208618883</v>
+        <v>-1.7080053007117013</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>54.214917571999997</v>
+        <v>54.214940571</v>
       </c>
       <c r="C254" s="5">
-        <v>0.23693271799999849</v>
+        <v>0.23686982499999942</v>
       </c>
       <c r="D254" s="5">
-        <v>5.3963609894589482</v>
+        <v>5.3948850024536421</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>54.788068516000003</v>
+        <v>54.788041927000002</v>
       </c>
       <c r="C255" s="5">
-        <v>0.57315094400000532</v>
+        <v>0.57310135600000223</v>
       </c>
       <c r="D255" s="5">
-        <v>13.450459885269117</v>
+        <v>13.449221659049426</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>54.722201445000003</v>
+        <v>54.722168283999999</v>
       </c>
       <c r="C256" s="5">
-        <v>-6.5867070999999555E-2</v>
+        <v>-6.5873643000003312E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>-1.4331577235190629</v>
+        <v>-1.4333004660068038</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>54.415395308999997</v>
+        <v>54.415426885999999</v>
       </c>
       <c r="C257" s="5">
-        <v>-0.30680613600000584</v>
+        <v>-0.30674139799999978</v>
       </c>
       <c r="D257" s="5">
-        <v>-6.5242978155222069</v>
+        <v>-6.5229671419687936</v>
       </c>
       <c r="E257" s="5">
-        <v>-0.6483610420559005</v>
+        <v>-0.64836382998919584</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>55.292284920999997</v>
+        <v>55.292248751999999</v>
       </c>
       <c r="C258" s="5">
-        <v>0.87688961199999937</v>
+        <v>0.87682186600000023</v>
       </c>
       <c r="D258" s="5">
-        <v>21.147089544586816</v>
+        <v>21.14529497608293</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>55.164808600000001</v>
+        <v>55.164741221</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.12747632099999606</v>
+        <v>-0.12750753099999912</v>
       </c>
       <c r="D259" s="5">
-        <v>-2.7317861396079168</v>
+        <v>-2.7324482670380235</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>54.903283623999997</v>
+        <v>54.903202518000001</v>
       </c>
       <c r="C260" s="5">
-        <v>-0.26152497600000402</v>
+        <v>-0.26153870299999937</v>
       </c>
       <c r="D260" s="5">
-        <v>-5.5429358765703984</v>
+        <v>-5.5432258667200918</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>54.842129985</v>
+        <v>54.842034128999998</v>
       </c>
       <c r="C261" s="5">
-        <v>-6.1153638999996929E-2</v>
+        <v>-6.1168389000002321E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>-1.3284536788414236</v>
+        <v>-1.3287740863566544</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>54.902298381000001</v>
+        <v>54.902535041999997</v>
       </c>
       <c r="C262" s="5">
-        <v>6.0168396000001678E-2</v>
+        <v>6.0500912999998491E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>1.3245173250680642</v>
+        <v>1.331884002965289</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>54.812868682999998</v>
+        <v>54.812706294999998</v>
       </c>
       <c r="C263" s="5">
-        <v>-8.9429698000003555E-2</v>
+        <v>-8.9828746999998543E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>-1.937248775928746</v>
+        <v>-1.945807125557053</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>54.855333055999999</v>
+        <v>54.855471282000003</v>
       </c>
       <c r="C264" s="5">
-        <v>4.2464373000001387E-2</v>
+        <v>4.2764987000005306E-2</v>
       </c>
       <c r="D264" s="5">
-        <v>0.93362993055741139</v>
+        <v>0.94027047331326497</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>54.783316415999998</v>
+        <v>54.783398441999999</v>
       </c>
       <c r="C265" s="5">
-        <v>-7.2016640000001075E-2</v>
+        <v>-7.2072840000004135E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>-1.5640900715129691</v>
+        <v>-1.5652979261240429</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>54.435796711000002</v>
+        <v>54.435811385000001</v>
       </c>
       <c r="C266" s="5">
-        <v>-0.34751970499999629</v>
+        <v>-0.34758705699999837</v>
       </c>
       <c r="D266" s="5">
-        <v>-7.3521879602600144</v>
+        <v>-7.3535528907376353</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>53.512900418999997</v>
+        <v>53.512863258000003</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.92289629200000434</v>
+        <v>-0.92294812699999795</v>
       </c>
       <c r="D267" s="5">
-        <v>-18.550788587153512</v>
+        <v>-18.551730782422037</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>53.759018984000001</v>
+        <v>53.758978091000003</v>
       </c>
       <c r="C268" s="5">
-        <v>0.24611856500000329</v>
+        <v>0.24611483300000003</v>
       </c>
       <c r="D268" s="5">
-        <v>5.6608579734861664</v>
+        <v>5.6607739836260329</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>53.737730695000003</v>
+        <v>53.737762584000002</v>
       </c>
       <c r="C269" s="5">
-        <v>-2.1288288999997462E-2</v>
+        <v>-2.1215507000000855E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>-0.47416010046729129</v>
+        <v>-0.4725428820175348</v>
       </c>
       <c r="E269" s="5">
-        <v>-1.2453545731899052</v>
+        <v>-1.2453532771500631</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>54.039497114</v>
+        <v>54.039463722000001</v>
       </c>
       <c r="C270" s="5">
-        <v>0.30176641899999623</v>
+        <v>0.30170113799999854</v>
       </c>
       <c r="D270" s="5">
-        <v>6.9507208004299326</v>
+        <v>6.9491661705746832</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>53.936643218999997</v>
+        <v>53.936587242000002</v>
       </c>
       <c r="C271" s="5">
-        <v>-0.10285389500000264</v>
+        <v>-0.10287647999999905</v>
       </c>
       <c r="D271" s="5">
-        <v>-2.260213512892717</v>
+        <v>-2.2607060154477221</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>54.227849945000003</v>
+        <v>54.227789537</v>
       </c>
       <c r="C272" s="5">
-        <v>0.29120672600000574</v>
+        <v>0.29120229499999795</v>
       </c>
       <c r="D272" s="5">
-        <v>6.674755277957245</v>
+        <v>6.6746578144036839</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>54.152012437000003</v>
+        <v>54.151947225999997</v>
       </c>
       <c r="C273" s="5">
-        <v>-7.5837507999999332E-2</v>
+        <v>-7.5842311000002383E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>-1.6653486364560766</v>
+        <v>-1.6654551386435235</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>53.96345736</v>
+        <v>53.963615504000003</v>
       </c>
       <c r="C274" s="5">
-        <v>-0.18855507700000373</v>
+        <v>-0.18833172199999382</v>
       </c>
       <c r="D274" s="5">
-        <v>-4.099253434391315</v>
+        <v>-4.0944949590942414</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>54.196546460999997</v>
+        <v>54.196451670999998</v>
       </c>
       <c r="C275" s="5">
-        <v>0.23308910099999736</v>
+        <v>0.23283616699999499</v>
       </c>
       <c r="D275" s="5">
-        <v>5.3081926010386082</v>
+        <v>5.3022791929818736</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>54.437186007999998</v>
+        <v>54.437292685000003</v>
       </c>
       <c r="C276" s="5">
-        <v>0.24063954700000068</v>
+        <v>0.24084101400000435</v>
       </c>
       <c r="D276" s="5">
-        <v>5.4602147173278714</v>
+        <v>5.4649081878533456</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>54.264009811000001</v>
+        <v>54.264084619999998</v>
       </c>
       <c r="C277" s="5">
-        <v>-0.17317619699999653</v>
+        <v>-0.1732080650000043</v>
       </c>
       <c r="D277" s="5">
-        <v>-3.7513642151181248</v>
+        <v>-3.752035283714994</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>54.430289459999997</v>
+        <v>54.430291939999996</v>
       </c>
       <c r="C278" s="5">
-        <v>0.16627964899999625</v>
+        <v>0.16620731999999805</v>
       </c>
       <c r="D278" s="5">
-        <v>3.7397353788808818</v>
+        <v>3.7380759117093154</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>54.529372469999998</v>
+        <v>54.529332347999997</v>
       </c>
       <c r="C279" s="5">
-        <v>9.9083010000001082E-2</v>
+        <v>9.9040408000000468E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>2.206442225815719</v>
+        <v>2.2054839221740563</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>54.531259579</v>
+        <v>54.531221791</v>
       </c>
       <c r="C280" s="5">
-        <v>1.8871090000018853E-3</v>
+        <v>1.8894430000031548E-3</v>
       </c>
       <c r="D280" s="5">
-        <v>4.1536547681486624E-2</v>
+        <v>4.1587960999311946E-2</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>54.580876332999999</v>
+        <v>54.580896891000002</v>
       </c>
       <c r="C281" s="5">
-        <v>4.9616753999998764E-2</v>
+        <v>4.9675100000001748E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>1.0973333246906414</v>
+        <v>1.0986309527664329</v>
       </c>
       <c r="E281" s="5">
-        <v>1.5690011972880891</v>
+        <v>1.568979180482355</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>54.586146986000003</v>
+        <v>54.586121857999998</v>
       </c>
       <c r="C282" s="5">
-        <v>5.2706530000037333E-3</v>
+        <v>5.2249669999966386E-3</v>
       </c>
       <c r="D282" s="5">
-        <v>0.11594067884161952</v>
+        <v>0.11493513298279634</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>54.631855405000003</v>
+        <v>54.631819339000003</v>
       </c>
       <c r="C283" s="5">
-        <v>4.5708419000000333E-2</v>
+        <v>4.5697481000004814E-2</v>
       </c>
       <c r="D283" s="5">
-        <v>1.0094762905579646</v>
+        <v>1.0092340768005359</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>54.876227125</v>
+        <v>54.876191190999997</v>
       </c>
       <c r="C284" s="5">
-        <v>0.24437171999999663</v>
+        <v>0.24437185199999334</v>
       </c>
       <c r="D284" s="5">
-        <v>5.501718999389027</v>
+        <v>5.5017257665517461</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>54.742192605</v>
+        <v>54.742156670999996</v>
       </c>
       <c r="C285" s="5">
         <v>-0.13403452000000016</v>
       </c>
       <c r="D285" s="5">
-        <v>-2.8919303458778356</v>
+        <v>-2.8919322142038073</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>54.997656609000003</v>
+        <v>54.997735296000002</v>
       </c>
       <c r="C286" s="5">
-        <v>0.2554640040000038</v>
+        <v>0.25557862500000539</v>
       </c>
       <c r="D286" s="5">
-        <v>5.7460029555484349</v>
+        <v>5.7486514886214923</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>55.088048315000002</v>
+        <v>55.088013658999998</v>
       </c>
       <c r="C287" s="5">
-        <v>9.0391705999998351E-2</v>
+        <v>9.027836299999592E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>1.9901931592652522</v>
+        <v>1.9876721949878773</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>55.242409424999998</v>
+        <v>55.242472761000002</v>
       </c>
       <c r="C288" s="5">
-        <v>0.15436110999999642</v>
+        <v>0.15445910200000412</v>
       </c>
       <c r="D288" s="5">
-        <v>3.4148038025484606</v>
+        <v>3.4170073207877572</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>55.348385010999998</v>
+        <v>55.348435823999999</v>
       </c>
       <c r="C289" s="5">
-        <v>0.10597558599999957</v>
+        <v>0.10596306299999725</v>
       </c>
       <c r="D289" s="5">
-        <v>2.326493485241099</v>
+        <v>2.3262129644372687</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>55.294504904</v>
+        <v>55.294518195000002</v>
       </c>
       <c r="C290" s="5">
-        <v>-5.3880106999997679E-2</v>
+        <v>-5.3917628999997191E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>-1.161932260407772</v>
+        <v>-1.1627360355569216</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>55.439577067000002</v>
+        <v>55.439548965999997</v>
       </c>
       <c r="C291" s="5">
-        <v>0.14507216300000181</v>
+        <v>0.14503077099999473</v>
       </c>
       <c r="D291" s="5">
-        <v>3.1941827837142833</v>
+        <v>3.1932574533948044</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>55.502156114999998</v>
+        <v>55.502117802999997</v>
       </c>
       <c r="C292" s="5">
-        <v>6.2579047999996362E-2</v>
+        <v>6.2568837000000599E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>1.3629762453963634</v>
+        <v>1.3627531618217503</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>55.388611642999997</v>
+        <v>55.388621321000002</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.11354447200000095</v>
+        <v>-0.11349648199999507</v>
       </c>
       <c r="D293" s="5">
-        <v>-2.4274856669972089</v>
+        <v>-2.4264728487709886</v>
       </c>
       <c r="E293" s="5">
-        <v>1.4798870305269052</v>
+        <v>1.4798665394103905</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>56.066418171000002</v>
+        <v>56.066396634999997</v>
       </c>
       <c r="C294" s="5">
-        <v>0.67780652800000496</v>
+        <v>0.67777531399999447</v>
       </c>
       <c r="D294" s="5">
-        <v>15.71455516954976</v>
+        <v>15.713779174186282</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>55.839883983999997</v>
+        <v>55.839864972000001</v>
       </c>
       <c r="C295" s="5">
-        <v>-0.22653418700000572</v>
+        <v>-0.22653166299999583</v>
       </c>
       <c r="D295" s="5">
-        <v>-4.7422443317607144</v>
+        <v>-4.7421944444438928</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>55.956858336000003</v>
+        <v>55.956864514000003</v>
       </c>
       <c r="C296" s="5">
-        <v>0.11697435200000683</v>
+        <v>0.11699954200000207</v>
       </c>
       <c r="D296" s="5">
-        <v>2.5429464005290336</v>
+        <v>2.5435012168221194</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>55.603286183999998</v>
+        <v>55.603270483999999</v>
       </c>
       <c r="C297" s="5">
-        <v>-0.35357215200000525</v>
+        <v>-0.35359403000000356</v>
       </c>
       <c r="D297" s="5">
-        <v>-7.3243516725793434</v>
+        <v>-7.3247884673725672</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>56.394847689000002</v>
+        <v>56.394839945999998</v>
       </c>
       <c r="C298" s="5">
-        <v>0.79156150500000422</v>
+        <v>0.79156946199999823</v>
       </c>
       <c r="D298" s="5">
-        <v>18.486159835033213</v>
+        <v>18.486366083122174</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>56.212069882000002</v>
+        <v>56.212071014999999</v>
       </c>
       <c r="C299" s="5">
-        <v>-0.18277780700000079</v>
+        <v>-0.18276893099999825</v>
       </c>
       <c r="D299" s="5">
-        <v>-3.8206598272084835</v>
+        <v>-3.8204780993286169</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>56.075194158000002</v>
+        <v>56.075203739000003</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.13687572399999937</v>
+        <v>-0.13686727599999671</v>
       </c>
       <c r="D300" s="5">
-        <v>-2.8831691653828706</v>
+        <v>-2.8829935344444002</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>56.029316669000004</v>
+        <v>56.029347473999998</v>
       </c>
       <c r="C301" s="5">
-        <v>-4.5877488999998661E-2</v>
+        <v>-4.5856265000004726E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>-0.97736504505219202</v>
+        <v>-0.97691475864801758</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>55.623996871999999</v>
+        <v>55.624080458000002</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.4053197970000042</v>
+        <v>-0.40526701599999626</v>
       </c>
       <c r="D302" s="5">
-        <v>-8.3436849066011565</v>
+        <v>-8.3426368352174087</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>56.134352436</v>
+        <v>56.134326727999998</v>
       </c>
       <c r="C303" s="5">
-        <v>0.51035556400000104</v>
+        <v>0.51024626999999612</v>
       </c>
       <c r="D303" s="5">
-        <v>11.583068599099189</v>
+        <v>11.580443301196031</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>56.174835928999997</v>
+        <v>56.17479238</v>
       </c>
       <c r="C304" s="5">
-        <v>4.0483492999996429E-2</v>
+        <v>4.0465652000001739E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>0.86886814920503763</v>
+        <v>0.86848412052249468</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>56.304923406</v>
+        <v>56.304924792999998</v>
       </c>
       <c r="C305" s="5">
-        <v>0.13008747700000356</v>
+        <v>0.13013241299999834</v>
       </c>
       <c r="D305" s="5">
-        <v>2.8145816094560239</v>
+        <v>2.8155684791943969</v>
       </c>
       <c r="E305" s="5">
-        <v>1.6543324265030579</v>
+        <v>1.6543171686647318</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>56.378959426000002</v>
+        <v>56.378950312999997</v>
       </c>
       <c r="C306" s="5">
-        <v>7.4036020000001201E-2</v>
+        <v>7.402551999999929E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>1.5893559342588182</v>
+        <v>1.5891288554181759</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>56.436304849000003</v>
+        <v>56.436309023</v>
       </c>
       <c r="C307" s="5">
-        <v>5.7345423000001006E-2</v>
+        <v>5.7358710000002588E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>1.2274221503204119</v>
+        <v>1.2277083382319809</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>56.436726557999997</v>
+        <v>56.436698249000003</v>
       </c>
       <c r="C308" s="5">
-        <v>4.2170899999405265E-4</v>
+        <v>3.8922600000290686E-4</v>
       </c>
       <c r="D308" s="5">
-        <v>8.9671285063319672E-3</v>
+        <v>8.2763902432114733E-3</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>55.922520304000003</v>
+        <v>55.922499969</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.51420625399999409</v>
+        <v>-0.51419828000000223</v>
       </c>
       <c r="D309" s="5">
-        <v>-10.401850536351764</v>
+        <v>-10.401702185407213</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>56.799461913000002</v>
+        <v>56.79943712</v>
       </c>
       <c r="C310" s="5">
-        <v>0.87694160899999929</v>
+        <v>0.87693715099999991</v>
       </c>
       <c r="D310" s="5">
-        <v>20.528520929397253</v>
+        <v>20.528415530810197</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>56.863114678999999</v>
+        <v>56.863094007000001</v>
       </c>
       <c r="C311" s="5">
-        <v>6.365276599999703E-2</v>
+        <v>6.3656887000000495E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>1.3531092966122316</v>
+        <v>1.3531980344651862</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>56.929589266999997</v>
+        <v>56.929573689000001</v>
       </c>
       <c r="C312" s="5">
-        <v>6.6474587999998391E-2</v>
+        <v>6.6479682000000651E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>1.4118888908241312</v>
+        <v>1.4119982982551349</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>57.231848149000001</v>
+        <v>57.231893274999997</v>
       </c>
       <c r="C313" s="5">
-        <v>0.30225888200000384</v>
+        <v>0.30231958599999587</v>
       </c>
       <c r="D313" s="5">
-        <v>6.5605958315050561</v>
+        <v>6.5619539929657522</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>56.954231751000002</v>
+        <v>56.954458324999997</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.27761639799999926</v>
+        <v>-0.27743494999999996</v>
       </c>
       <c r="D314" s="5">
-        <v>-5.6680676375848176</v>
+        <v>-5.6644568906865755</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>57.119024692000004</v>
+        <v>57.119075871</v>
       </c>
       <c r="C315" s="5">
-        <v>0.16479294100000175</v>
+        <v>0.16461754600000233</v>
       </c>
       <c r="D315" s="5">
-        <v>3.5279041067346029</v>
+        <v>3.5240750989977476</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>57.117224071000003</v>
+        <v>57.117132863000002</v>
       </c>
       <c r="C316" s="5">
-        <v>-1.8006210000010014E-3</v>
+        <v>-1.9430079999978034E-3</v>
       </c>
       <c r="D316" s="5">
-        <v>-3.7822260035236255E-2</v>
+        <v>-4.0812519942157177E-2</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>57.303611060000001</v>
+        <v>57.303585150000004</v>
       </c>
       <c r="C317" s="5">
-        <v>0.18638698899999895</v>
+        <v>0.1864522870000016</v>
       </c>
       <c r="D317" s="5">
-        <v>3.9869349632638107</v>
+        <v>3.9883633848014188</v>
       </c>
       <c r="E317" s="5">
-        <v>1.7737128364401222</v>
+        <v>1.7736643120854767</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>57.619218035000003</v>
+        <v>57.619190195999998</v>
       </c>
       <c r="C318" s="5">
-        <v>0.31560697500000146</v>
+        <v>0.31560504599999462</v>
       </c>
       <c r="D318" s="5">
-        <v>6.8130792781203597</v>
+        <v>6.8130395413834366</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>57.707295612000003</v>
+        <v>57.707128580999999</v>
       </c>
       <c r="C319" s="5">
-        <v>8.8077576999999962E-2</v>
+        <v>8.7938385000001063E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>1.849838325232156</v>
+        <v>1.8468912800363224</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>57.724225853999997</v>
+        <v>57.723998485999999</v>
       </c>
       <c r="C320" s="5">
-        <v>1.6930241999993711E-2</v>
+        <v>1.6869905000000074E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>0.35262620737737116</v>
+        <v>0.3513684945709139</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>58.124895240000001</v>
+        <v>58.124811741999999</v>
       </c>
       <c r="C321" s="5">
-        <v>0.40066938600000412</v>
+        <v>0.40081325599999928</v>
       </c>
       <c r="D321" s="5">
-        <v>8.6547684979768178</v>
+        <v>8.658031248304777</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>58.194093205999998</v>
+        <v>58.194124211000002</v>
       </c>
       <c r="C322" s="5">
-        <v>6.919796599999728E-2</v>
+        <v>6.9312469000003318E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>1.4379971550285031</v>
+        <v>1.4403943428629606</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>58.442389341999998</v>
+        <v>58.442537573000003</v>
       </c>
       <c r="C323" s="5">
-        <v>0.24829613600000044</v>
+        <v>0.24841336200000086</v>
       </c>
       <c r="D323" s="5">
-        <v>5.2419035610505871</v>
+        <v>5.2444339081720193</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>58.629444212000003</v>
+        <v>58.629640101</v>
       </c>
       <c r="C324" s="5">
-        <v>0.18705487000000431</v>
+        <v>0.18710252799999694</v>
       </c>
       <c r="D324" s="5">
-        <v>3.9091443140923277</v>
+        <v>3.91014779883887</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>58.855244386999999</v>
+        <v>58.855523902000002</v>
       </c>
       <c r="C325" s="5">
-        <v>0.22580017499999627</v>
+        <v>0.22588380100000194</v>
       </c>
       <c r="D325" s="5">
-        <v>4.7207350089958577</v>
+        <v>4.7225044506350899</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>59.213816827999999</v>
+        <v>59.214285209000003</v>
       </c>
       <c r="C326" s="5">
-        <v>0.35857244099999974</v>
+        <v>0.35876130700000175</v>
       </c>
       <c r="D326" s="5">
-        <v>7.5609581814948701</v>
+        <v>7.5650379779809596</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>58.989913880000003</v>
+        <v>58.990047138999998</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.22390294799999566</v>
+        <v>-0.22423807000000551</v>
       </c>
       <c r="D327" s="5">
-        <v>-4.4443271914467726</v>
+        <v>-4.4508067392013846</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>58.812570473999997</v>
+        <v>58.812343034999998</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.17734340600000564</v>
+        <v>-0.17770410400000003</v>
       </c>
       <c r="D328" s="5">
-        <v>-3.5485438928547497</v>
+        <v>-3.5556342051116907</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>59.120396266</v>
+        <v>59.120123438</v>
       </c>
       <c r="C329" s="5">
-        <v>0.30782579200000271</v>
+        <v>0.30778040300000242</v>
       </c>
       <c r="D329" s="5">
-        <v>6.4648145499597076</v>
+        <v>6.4638594293117801</v>
       </c>
       <c r="E329" s="5">
-        <v>3.1704550069239446</v>
+        <v>3.1700255459496285</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>59.336463074000001</v>
+        <v>59.336087071999998</v>
       </c>
       <c r="C330" s="5">
-        <v>0.21606680800000078</v>
+        <v>0.21596363399999774</v>
       </c>
       <c r="D330" s="5">
-        <v>4.474867255651116</v>
+        <v>4.4727084078642898</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>58.944076965000001</v>
+        <v>58.943391093999999</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.39238610900000026</v>
+        <v>-0.392695977999999</v>
       </c>
       <c r="D331" s="5">
-        <v>-7.653127689643302</v>
+        <v>-7.6589999116599472</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>58.781407270999999</v>
+        <v>58.780695467000001</v>
       </c>
       <c r="C332" s="5">
-        <v>-0.16266969400000164</v>
+        <v>-0.16269562699999796</v>
       </c>
       <c r="D332" s="5">
-        <v>-3.2618683629661693</v>
+        <v>-3.262417892235836</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>59.345131375999998</v>
+        <v>59.345036325999999</v>
       </c>
       <c r="C333" s="5">
-        <v>0.56372410499999859</v>
+        <v>0.56434085899999786</v>
       </c>
       <c r="D333" s="5">
-        <v>12.13505408859794</v>
+        <v>12.149194443531041</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>59.365583375999996</v>
+        <v>59.365823892999998</v>
       </c>
       <c r="C334" s="5">
-        <v>2.0451999999998804E-2</v>
+        <v>2.0787566999999285E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>0.41433849609147089</v>
+        <v>0.4211505499668311</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>59.175171202999998</v>
+        <v>59.176051487000002</v>
       </c>
       <c r="C335" s="5">
-        <v>-0.19041217299999857</v>
+        <v>-0.1897724059999959</v>
       </c>
       <c r="D335" s="5">
-        <v>-3.7817623123518773</v>
+        <v>-3.7692635094589533</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>59.056188091000003</v>
+        <v>59.056999515999998</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.11898311199999512</v>
+        <v>-0.11905197100000464</v>
       </c>
       <c r="D336" s="5">
-        <v>-2.3863267699473223</v>
+        <v>-2.387657435021584</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>58.747046154000003</v>
+        <v>58.74800578</v>
       </c>
       <c r="C337" s="5">
-        <v>-0.3091419369999997</v>
+        <v>-0.30899373599999791</v>
       </c>
       <c r="D337" s="5">
-        <v>-6.1039148696387375</v>
+        <v>-6.1009909442078509</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>58.823397808999999</v>
+        <v>58.824101431000003</v>
       </c>
       <c r="C338" s="5">
-        <v>7.6351654999996299E-2</v>
+        <v>7.6095651000002817E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>1.5707983217879917</v>
+        <v>1.565468166448003</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>59.283680500000003</v>
+        <v>59.283679929999998</v>
       </c>
       <c r="C339" s="5">
-        <v>0.4602826910000033</v>
+        <v>0.45957849899999559</v>
       </c>
       <c r="D339" s="5">
-        <v>9.8046198232486717</v>
+        <v>9.788847113178246</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>59.536148201000003</v>
+        <v>59.535597856000003</v>
       </c>
       <c r="C340" s="5">
-        <v>0.25246770100000049</v>
+        <v>0.2519179260000044</v>
       </c>
       <c r="D340" s="5">
-        <v>5.2317780275243475</v>
+        <v>5.2201177620706085</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>59.542326615</v>
+        <v>59.541282784000003</v>
       </c>
       <c r="C341" s="5">
-        <v>6.1784139999971899E-3</v>
+        <v>5.6849280000008662E-3</v>
       </c>
       <c r="D341" s="5">
-        <v>0.12460211503688701</v>
+        <v>0.11464565305072671</v>
       </c>
       <c r="E341" s="5">
-        <v>0.71367983919055078</v>
+        <v>0.71237900313534386</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>59.206115795999999</v>
+        <v>59.208090681000002</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.33621081900000149</v>
+        <v>-0.33319210300000179</v>
       </c>
       <c r="D342" s="5">
-        <v>-6.5693792225949625</v>
+        <v>-6.5123093974850388</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>59.687870639000003</v>
+        <v>59.682943555999998</v>
       </c>
       <c r="C343" s="5">
-        <v>0.48175484300000448</v>
+        <v>0.47485287499999629</v>
       </c>
       <c r="D343" s="5">
-        <v>10.213345675968878</v>
+        <v>10.060159015597936</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>60.007114635000001</v>
+        <v>60.005183629999998</v>
       </c>
       <c r="C344" s="5">
-        <v>0.31924399599999731</v>
+        <v>0.32224007399999977</v>
       </c>
       <c r="D344" s="5">
-        <v>6.6104823868748497</v>
+        <v>6.6749424829498638</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>59.711775809999999</v>
+        <v>59.710488611999999</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.29533882500000175</v>
+        <v>-0.29469501799999875</v>
       </c>
       <c r="D345" s="5">
-        <v>-5.7487955993590356</v>
+        <v>-5.7367800298084308</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>59.899937661000003</v>
+        <v>59.898682977</v>
       </c>
       <c r="C346" s="5">
-        <v>0.18816185100000382</v>
+        <v>0.18819436500000108</v>
       </c>
       <c r="D346" s="5">
-        <v>3.8476322624080295</v>
+        <v>3.8483930954457124</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>59.936294953000001</v>
+        <v>59.944576331</v>
       </c>
       <c r="C347" s="5">
-        <v>3.6357291999998154E-2</v>
+        <v>4.5893354000000386E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>0.73079695703832659</v>
+        <v>0.92330398024380589</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>59.741474427</v>
+        <v>59.744369933999998</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.19482052600000088</v>
+        <v>-0.20020639700000231</v>
       </c>
       <c r="D348" s="5">
-        <v>-3.8315697434316176</v>
+        <v>-3.9350228496316308</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>59.933933261</v>
+        <v>59.934212780999999</v>
       </c>
       <c r="C349" s="5">
-        <v>0.19245883399999997</v>
+        <v>0.18984284700000131</v>
       </c>
       <c r="D349" s="5">
-        <v>3.9350709327871325</v>
+        <v>3.8804541234991996</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>59.639897308000002</v>
+        <v>59.640017221000001</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.29403595299999807</v>
+        <v>-0.29419555999999858</v>
       </c>
       <c r="D350" s="5">
-        <v>-5.7309164775660388</v>
+        <v>-5.7339177794704437</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>59.789258297000003</v>
+        <v>59.788927311000002</v>
       </c>
       <c r="C351" s="5">
-        <v>0.14936098900000161</v>
+        <v>0.14891009000000111</v>
       </c>
       <c r="D351" s="5">
-        <v>3.0469986568086416</v>
+        <v>3.0376673395998921</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>59.955681202000001</v>
+        <v>59.955054680000003</v>
       </c>
       <c r="C352" s="5">
-        <v>0.16642290499999746</v>
+        <v>0.16612736900000158</v>
       </c>
       <c r="D352" s="5">
-        <v>3.3918031449661656</v>
+        <v>3.3857066236335998</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>59.991252807999999</v>
+        <v>59.986571929999997</v>
       </c>
       <c r="C353" s="5">
-        <v>3.5571605999997757E-2</v>
+        <v>3.1517249999993169E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>0.71428582531996021</v>
+        <v>0.63264458727669837</v>
       </c>
       <c r="E353" s="5">
-        <v>0.75396145653283675</v>
+        <v>0.74786622857183627</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>59.495948622999997</v>
+        <v>59.500651906000002</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.49530418500000195</v>
+        <v>-0.48592002399999501</v>
       </c>
       <c r="D354" s="5">
-        <v>-9.4697866990110739</v>
+        <v>-9.2989820221566433</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>59.904943246999999</v>
+        <v>59.896066605000001</v>
       </c>
       <c r="C355" s="5">
-        <v>0.40899462400000175</v>
+        <v>0.39541469899999981</v>
       </c>
       <c r="D355" s="5">
-        <v>8.5683434383357451</v>
+        <v>8.272695435686872</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>59.883657831999997</v>
+        <v>59.880551371000003</v>
       </c>
       <c r="C356" s="5">
-        <v>-2.1285415000001251E-2</v>
+        <v>-1.5515233999998657E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>-0.42555153268242218</v>
+        <v>-0.31040065437524245</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>60.013897249999999</v>
+        <v>60.011391588000002</v>
       </c>
       <c r="C357" s="5">
-        <v>0.13023941800000216</v>
+        <v>0.13084021699999937</v>
       </c>
       <c r="D357" s="5">
-        <v>2.6412948951532789</v>
+        <v>2.6537653979825659</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>60.022670992000002</v>
+        <v>60.019913242000001</v>
       </c>
       <c r="C358" s="5">
-        <v>8.7737420000024713E-3</v>
+        <v>8.5216539999990459E-3</v>
       </c>
       <c r="D358" s="5">
-        <v>0.17557533653345114</v>
+        <v>0.17053387430185918</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>59.857451277999999</v>
+        <v>59.874585850999999</v>
       </c>
       <c r="C359" s="5">
-        <v>-0.16521971400000268</v>
+        <v>-0.14532739100000214</v>
       </c>
       <c r="D359" s="5">
-        <v>-3.2535944809441109</v>
+        <v>-2.8671996996602944</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>59.859794823000001</v>
+        <v>59.864586398999997</v>
       </c>
       <c r="C360" s="5">
-        <v>2.3435450000022229E-3</v>
+        <v>-9.9994520000024067E-3</v>
       </c>
       <c r="D360" s="5">
-        <v>4.6992640015286469E-2</v>
+        <v>-0.20022396030594525</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>60.059978503000004</v>
+        <v>60.060428463999997</v>
       </c>
       <c r="C361" s="5">
-        <v>0.20018368000000208</v>
+        <v>0.19584206500000079</v>
       </c>
       <c r="D361" s="5">
-        <v>4.0876928047609118</v>
+        <v>3.997111481429183</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>60.142408521</v>
+        <v>60.141697446000002</v>
       </c>
       <c r="C362" s="5">
-        <v>8.2430017999996608E-2</v>
+        <v>8.1268982000004542E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>1.6594431440687174</v>
+        <v>1.6358831382893513</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>60.612981777999998</v>
+        <v>60.611968963999999</v>
       </c>
       <c r="C363" s="5">
-        <v>0.47057325699999808</v>
+        <v>0.470271517999997</v>
       </c>
       <c r="D363" s="5">
-        <v>9.8039576673161211</v>
+        <v>9.7975192973939418</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>60.611991291999999</v>
+        <v>60.611049110000003</v>
       </c>
       <c r="C364" s="5">
-        <v>-9.9048599999917997E-4</v>
+        <v>-9.1985399999572337E-4</v>
       </c>
       <c r="D364" s="5">
-        <v>-1.9607621097816885E-2</v>
+        <v>-1.8209813817215981E-2</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>60.664457175999999</v>
+        <v>60.656166517999999</v>
       </c>
       <c r="C365" s="5">
-        <v>5.2465884000000074E-2</v>
+        <v>4.5117407999995862E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>1.0436823193083589</v>
+        <v>0.89691727463321325</v>
       </c>
       <c r="E365" s="5">
-        <v>1.1221708774020289</v>
+        <v>1.1162407959924181</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>60.734033205999999</v>
+        <v>60.740731426000004</v>
       </c>
       <c r="C366" s="5">
-        <v>6.9576030000000344E-2</v>
+        <v>8.456490800000438E-2</v>
       </c>
       <c r="D366" s="5">
-        <v>1.3849940607741251</v>
+        <v>1.6858902879479443</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>61.102433955999999</v>
+        <v>61.089315321999997</v>
       </c>
       <c r="C367" s="5">
-        <v>0.36840074999999928</v>
+        <v>0.34858389599999384</v>
       </c>
       <c r="D367" s="5">
-        <v>7.5267829734583014</v>
+        <v>7.1082403618469181</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>60.952602048999999</v>
+        <v>60.948333611999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.14983190699999938</v>
+        <v>-0.14098170999999837</v>
       </c>
       <c r="D368" s="5">
-        <v>-2.9032083915070395</v>
+        <v>-2.7344737400885721</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>59.633289965000003</v>
+        <v>59.629599646000003</v>
       </c>
       <c r="C369" s="5">
-        <v>-1.3193120839999963</v>
+        <v>-1.3187339659999964</v>
       </c>
       <c r="D369" s="5">
-        <v>-23.094351792649061</v>
+        <v>-23.086833938839234</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>57.648138985999999</v>
+        <v>57.644091617000001</v>
       </c>
       <c r="C370" s="5">
-        <v>-1.9851509790000037</v>
+        <v>-1.9855080290000018</v>
       </c>
       <c r="D370" s="5">
-        <v>-33.387112144316411</v>
+        <v>-33.393766565698527</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>58.628101184000002</v>
+        <v>58.654007039</v>
       </c>
       <c r="C371" s="5">
-        <v>0.97996219800000262</v>
+        <v>1.0099154219999988</v>
       </c>
       <c r="D371" s="5">
-        <v>22.418327700850149</v>
+        <v>23.172752479435999</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>60.280079246</v>
+        <v>60.286956328999999</v>
       </c>
       <c r="C372" s="5">
-        <v>1.6519780619999977</v>
+        <v>1.6329492899999991</v>
       </c>
       <c r="D372" s="5">
-        <v>39.577633403309463</v>
+        <v>39.029851193206589</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>60.985807098999999</v>
+        <v>60.987965234999997</v>
       </c>
       <c r="C373" s="5">
-        <v>0.70572785299999907</v>
+        <v>0.70100890599999843</v>
       </c>
       <c r="D373" s="5">
-        <v>14.989856995686557</v>
+        <v>14.881322719113776</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>59.653952971999999</v>
+        <v>59.652761437999999</v>
       </c>
       <c r="C374" s="5">
-        <v>-1.3318541269999997</v>
+        <v>-1.3352037969999984</v>
       </c>
       <c r="D374" s="5">
-        <v>-23.277027369665703</v>
+        <v>-23.327980139422166</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>56.314754243000003</v>
+        <v>56.311263793000002</v>
       </c>
       <c r="C375" s="5">
-        <v>-3.339198728999996</v>
+        <v>-3.3414976449999969</v>
       </c>
       <c r="D375" s="5">
-        <v>-49.90486073204341</v>
+        <v>-49.930107556791</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>56.279708329999998</v>
+        <v>56.278892919</v>
       </c>
       <c r="C376" s="5">
-        <v>-3.5045913000004703E-2</v>
+        <v>-3.2370874000001493E-2</v>
       </c>
       <c r="D376" s="5">
-        <v>-0.74423566921673068</v>
+        <v>-0.68765047172797411</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>56.781124613000003</v>
+        <v>56.769700921999998</v>
       </c>
       <c r="C377" s="5">
-        <v>0.50141628300000463</v>
+        <v>0.49080800299999794</v>
       </c>
       <c r="D377" s="5">
-        <v>11.230995237753572</v>
+        <v>10.982045933559048</v>
       </c>
       <c r="E377" s="5">
-        <v>-6.4013307689107846</v>
+        <v>-6.4073709551800917</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>56.947864258999999</v>
+        <v>56.953385736999998</v>
       </c>
       <c r="C378" s="5">
-        <v>0.16673964599999636</v>
+        <v>0.18368481499999945</v>
       </c>
       <c r="D378" s="5">
-        <v>3.5813136782701704</v>
+        <v>3.9525836669544567</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>56.366986787000002</v>
+        <v>56.354005299000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.5808774719999974</v>
+        <v>-0.59938043799999718</v>
       </c>
       <c r="D379" s="5">
-        <v>-11.576329664092377</v>
+        <v>-11.922921875440695</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>56.211995641000001</v>
+        <v>56.206944166</v>
       </c>
       <c r="C380" s="5">
-        <v>-0.15499114600000041</v>
+        <v>-0.14706113300000112</v>
       </c>
       <c r="D380" s="5">
-        <v>-3.250169045288287</v>
+        <v>-3.0869568272390735</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>56.951431935000002</v>
+        <v>56.947118420999999</v>
       </c>
       <c r="C381" s="5">
-        <v>0.73943629400000077</v>
+        <v>0.74017425499999945</v>
       </c>
       <c r="D381" s="5">
-        <v>16.978952946627256</v>
+        <v>16.998783493219282</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>56.910691577000001</v>
+        <v>56.902384046999998</v>
       </c>
       <c r="C382" s="5">
-        <v>-4.0740358000000754E-2</v>
+        <v>-4.4734374000000798E-2</v>
       </c>
       <c r="D382" s="5">
-        <v>-0.8550538114957873</v>
+        <v>-0.9385887747641819</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>57.545414205</v>
+        <v>57.580030811999997</v>
       </c>
       <c r="C383" s="5">
-        <v>0.63472262799999868</v>
+        <v>0.67764676499999865</v>
       </c>
       <c r="D383" s="5">
-        <v>14.235815626873194</v>
+        <v>15.26492329939131</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>59.567416999000002</v>
+        <v>59.574757757999997</v>
       </c>
       <c r="C384" s="5">
-        <v>2.0220027940000023</v>
+        <v>1.9947269460000001</v>
       </c>
       <c r="D384" s="5">
-        <v>51.347961296070487</v>
+        <v>50.482052423731091</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>58.934797764000002</v>
+        <v>58.939144618</v>
       </c>
       <c r="C385" s="5">
-        <v>-0.63261923499999995</v>
+        <v>-0.63561313999999669</v>
       </c>
       <c r="D385" s="5">
-        <v>-12.025592460281642</v>
+        <v>-12.0778048260752</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>59.397906587999998</v>
+        <v>59.396572435000003</v>
       </c>
       <c r="C386" s="5">
-        <v>0.46310882399999542</v>
+        <v>0.45742781700000279</v>
       </c>
       <c r="D386" s="5">
-        <v>9.8479856608808536</v>
+        <v>9.7212294900911989</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>59.197320484999999</v>
+        <v>59.191173147999997</v>
       </c>
       <c r="C387" s="5">
-        <v>-0.20058610299999913</v>
+        <v>-0.20539928700000587</v>
       </c>
       <c r="D387" s="5">
-        <v>-3.977961388832385</v>
+        <v>-4.0716969283562943</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>58.921564076000003</v>
+        <v>58.920216078999999</v>
       </c>
       <c r="C388" s="5">
-        <v>-0.27575640899999598</v>
+        <v>-0.27095706899999783</v>
       </c>
       <c r="D388" s="5">
-        <v>-5.4488947591144417</v>
+        <v>-5.3569780215283131</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>59.097480400000002</v>
+        <v>59.086450411000001</v>
       </c>
       <c r="C389" s="5">
-        <v>0.17591632399999924</v>
+        <v>0.16623433200000193</v>
       </c>
       <c r="D389" s="5">
-        <v>3.64214272068204</v>
+        <v>3.4386487168484026</v>
       </c>
       <c r="E389" s="5">
-        <v>4.07944682812722</v>
+        <v>4.0809612370217518</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>59.559999986999998</v>
+        <v>59.563348755</v>
       </c>
       <c r="C390" s="5">
-        <v>0.46251958699999562</v>
+        <v>0.47689834399999853</v>
       </c>
       <c r="D390" s="5">
-        <v>9.8066606648339771</v>
+        <v>10.127167656762314</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>59.552294670999999</v>
+        <v>59.539389667999998</v>
       </c>
       <c r="C391" s="5">
-        <v>-7.7053159999991294E-3</v>
+        <v>-2.3959087000001489E-2</v>
       </c>
       <c r="D391" s="5">
-        <v>-0.15513436673604275</v>
+        <v>-0.48162810088386854</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>59.979260021000002</v>
+        <v>59.973569044000001</v>
       </c>
       <c r="C392" s="5">
-        <v>0.42696535000000324</v>
+        <v>0.434179376000003</v>
       </c>
       <c r="D392" s="5">
-        <v>8.951004029280373</v>
+        <v>9.1104115822509435</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>59.961328678000001</v>
+        <v>59.959951429999997</v>
       </c>
       <c r="C393" s="5">
-        <v>-1.7931343000000766E-2</v>
+        <v>-1.3617614000004608E-2</v>
       </c>
       <c r="D393" s="5">
-        <v>-0.3581615705180341</v>
+        <v>-0.2721322938246451</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>60.230622402000002</v>
+        <v>60.206610716999997</v>
       </c>
       <c r="C394" s="5">
-        <v>0.26929372400000062</v>
+        <v>0.24665928699999995</v>
       </c>
       <c r="D394" s="5">
-        <v>5.5244844748976396</v>
+        <v>5.0497170687302306</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>60.059636675</v>
+        <v>60.108384031</v>
       </c>
       <c r="C395" s="5">
-        <v>-0.17098572700000148</v>
+        <v>-9.8226685999996732E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>-3.3539307437395416</v>
+        <v>-1.940319542473512</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>60.714574937999998</v>
+        <v>60.724037306</v>
       </c>
       <c r="C396" s="5">
-        <v>0.65493826299999824</v>
+        <v>0.61565327499999967</v>
       </c>
       <c r="D396" s="5">
-        <v>13.899835985195907</v>
+        <v>13.007438633296854</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>61.055955576999999</v>
+        <v>61.062020164000003</v>
       </c>
       <c r="C397" s="5">
-        <v>0.34138063900000049</v>
+        <v>0.33798285800000372</v>
       </c>
       <c r="D397" s="5">
-        <v>6.9598748200781602</v>
+        <v>6.88736204418543</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>61.591654275000003</v>
+        <v>61.590028138000001</v>
       </c>
       <c r="C398" s="5">
-        <v>0.53569869800000447</v>
+        <v>0.52800797399999766</v>
       </c>
       <c r="D398" s="5">
-        <v>11.051910345473125</v>
+        <v>10.884491766241444</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>60.96320566</v>
+        <v>60.954025186000003</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.62844861500000349</v>
+        <v>-0.63600295199999834</v>
       </c>
       <c r="D399" s="5">
-        <v>-11.579875572969067</v>
+        <v>-11.711558235843555</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>60.689950658999997</v>
+        <v>60.687151157999999</v>
       </c>
       <c r="C400" s="5">
-        <v>-0.27325500100000255</v>
+        <v>-0.2668740280000037</v>
       </c>
       <c r="D400" s="5">
-        <v>-5.2481136218172413</v>
+        <v>-5.129251229287024</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>61.381277771999997</v>
+        <v>61.369706327999999</v>
       </c>
       <c r="C401" s="5">
-        <v>0.69132711299999983</v>
+        <v>0.68255517000000054</v>
       </c>
       <c r="D401" s="5">
-        <v>14.55912443376155</v>
+        <v>14.363524352645761</v>
       </c>
       <c r="E401" s="5">
-        <v>3.8644581064068317</v>
+        <v>3.8642631282093998</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>61.390737131000002</v>
+        <v>61.388307699999999</v>
       </c>
       <c r="C402" s="5">
-        <v>9.4593590000044969E-3</v>
+        <v>1.8601371999999117E-2</v>
       </c>
       <c r="D402" s="5">
-        <v>0.18508668123018435</v>
+        <v>0.36433115113179149</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>61.604592895000003</v>
+        <v>61.596104869999998</v>
       </c>
       <c r="C403" s="5">
-        <v>0.21385576400000161</v>
+        <v>0.2077971699999992</v>
       </c>
       <c r="D403" s="5">
-        <v>4.2612497729486165</v>
+        <v>4.1384384335227953</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>61.630821384999997</v>
+        <v>61.627636772999999</v>
       </c>
       <c r="C404" s="5">
-        <v>2.6228489999994054E-2</v>
+        <v>3.1531903000001194E-2</v>
       </c>
       <c r="D404" s="5">
-        <v>0.51210458343526888</v>
+        <v>0.61602921757875073</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>61.547591951000001</v>
+        <v>61.549677211999999</v>
       </c>
       <c r="C405" s="5">
-        <v>-8.3229433999996161E-2</v>
+        <v>-7.7959561000000122E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>-1.6085592484778699</v>
+        <v>-1.5074944535448442</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>61.732958529000001</v>
+        <v>61.687012029000002</v>
       </c>
       <c r="C406" s="5">
-        <v>0.185366578</v>
+        <v>0.13733481700000283</v>
       </c>
       <c r="D406" s="5">
-        <v>3.6745837637474077</v>
+        <v>2.7106455106765237</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>61.586665212</v>
+        <v>61.658655662999998</v>
       </c>
       <c r="C407" s="5">
-        <v>-0.14629331700000137</v>
+        <v>-2.835636600000413E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>-2.8069585280372955</v>
+        <v>-0.55022507148391187</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>61.323120451000001</v>
+        <v>61.332034556000004</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.26354476099999857</v>
+        <v>-0.32662110699999403</v>
       </c>
       <c r="D408" s="5">
-        <v>-5.0159488406159465</v>
+        <v>-6.1747260951414358</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>61.401483720000002</v>
+        <v>61.408845972999998</v>
       </c>
       <c r="C409" s="5">
-        <v>7.8363269000000457E-2</v>
+        <v>7.6811416999994719E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>1.5442733371776374</v>
+        <v>1.5132591494773973</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>61.694366754999997</v>
+        <v>61.691706359000001</v>
       </c>
       <c r="C410" s="5">
-        <v>0.29288303499999557</v>
+        <v>0.28286038600000296</v>
       </c>
       <c r="D410" s="5">
-        <v>5.8765405923294267</v>
+        <v>5.6696238451375613</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>62.209232571000001</v>
+        <v>62.197351361000003</v>
       </c>
       <c r="C411" s="5">
-        <v>0.51486581600000392</v>
+        <v>0.5056450020000014</v>
       </c>
       <c r="D411" s="5">
-        <v>10.487206949715389</v>
+        <v>10.291310646844209</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>61.625348805000002</v>
+        <v>61.619031159999999</v>
       </c>
       <c r="C412" s="5">
-        <v>-0.58388376599999958</v>
+        <v>-0.57832020100000392</v>
       </c>
       <c r="D412" s="5">
-        <v>-10.699362434989169</v>
+        <v>-10.604492064978356</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>61.928926982999997</v>
+        <v>61.918570828999997</v>
       </c>
       <c r="C413" s="5">
-        <v>0.30357817799999509</v>
+        <v>0.29953966899999784</v>
       </c>
       <c r="D413" s="5">
-        <v>6.0742519005019258</v>
+        <v>5.9919046864904235</v>
       </c>
       <c r="E413" s="5">
-        <v>0.89220888009897692</v>
+        <v>0.89435738549326071</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>62.147570751000003</v>
+        <v>62.138387680999998</v>
       </c>
       <c r="C414" s="5">
-        <v>0.21864376800000684</v>
+        <v>0.21981685200000101</v>
       </c>
       <c r="D414" s="5">
-        <v>4.3199154520412453</v>
+        <v>4.3442880658362215</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>62.176817606999997</v>
+        <v>62.171380980999999</v>
       </c>
       <c r="C415" s="5">
-        <v>2.9246855999993215E-2</v>
+        <v>3.2993300000001113E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>0.56618802053660655</v>
+        <v>0.63902181932518065</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>62.131214659999998</v>
+        <v>62.131123082999999</v>
       </c>
       <c r="C416" s="5">
-        <v>-4.5602946999999006E-2</v>
+        <v>-4.0257898000000125E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>-0.87658595305861731</v>
+        <v>-0.77427583704110514</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>62.055118604999997</v>
+        <v>62.062508315000002</v>
       </c>
       <c r="C417" s="5">
-        <v>-7.6096055000000717E-2</v>
+        <v>-6.8614767999996218E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>-1.4598564171115491</v>
+        <v>-1.317205273774924</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>61.787310480999999</v>
+        <v>61.721152029000002</v>
       </c>
       <c r="C418" s="5">
-        <v>-0.26780812399999832</v>
+        <v>-0.3413562859999999</v>
       </c>
       <c r="D418" s="5">
-        <v>-5.0576064623277901</v>
+        <v>-6.4041926381128604</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>61.316892821000003</v>
+        <v>61.412195740999998</v>
       </c>
       <c r="C419" s="5">
-        <v>-0.47041765999999541</v>
+        <v>-0.30895628800000452</v>
       </c>
       <c r="D419" s="5">
-        <v>-8.7631726875016085</v>
+        <v>-5.8441685704418544</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>60.933577718000002</v>
+        <v>60.941975263000003</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.38331510300000105</v>
+        <v>-0.47022047799999456</v>
       </c>
       <c r="D420" s="5">
-        <v>-7.2490277176006206</v>
+        <v>-8.8109245026600114</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>60.793346827999997</v>
+        <v>60.801240956000001</v>
       </c>
       <c r="C421" s="5">
-        <v>-0.1402308900000051</v>
+        <v>-0.14073430700000245</v>
       </c>
       <c r="D421" s="5">
-        <v>-2.7269586628796305</v>
+        <v>-2.736251876821516</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>60.607338102999996</v>
+        <v>60.603361687000003</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.18600872500000065</v>
+        <v>-0.19787926899999775</v>
       </c>
       <c r="D422" s="5">
-        <v>-3.6104652670587933</v>
+        <v>-3.8362781952724467</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>60.657321279999998</v>
+        <v>60.650998586</v>
       </c>
       <c r="C423" s="5">
-        <v>4.9983177000001433E-2</v>
+        <v>4.7636898999996902E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>0.99414732060012501</v>
+        <v>0.94734121735475796</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>60.805987688000002</v>
+        <v>60.805677451000001</v>
       </c>
       <c r="C424" s="5">
-        <v>0.14866640800000397</v>
+        <v>0.15467886500000105</v>
       </c>
       <c r="D424" s="5">
-        <v>2.981079327198155</v>
+        <v>3.1036663028731093</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>60.613320653000002</v>
+        <v>60.610845490999999</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.19266703499999949</v>
+        <v>-0.19483196000000191</v>
       </c>
       <c r="D425" s="5">
-        <v>-3.7366970491775842</v>
+        <v>-3.7779667003354778</v>
       </c>
       <c r="E425" s="5">
-        <v>-2.1243809542528358</v>
+        <v>-2.1120082723025568</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>60.521663902</v>
+        <v>60.535717505000001</v>
       </c>
       <c r="C426" s="5">
-        <v>-9.1656751000002146E-2</v>
+        <v>-7.5127985999998259E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>-1.7995704615466956</v>
+        <v>-1.4773182649458261</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>60.449160216000003</v>
+        <v>60.475909465000001</v>
       </c>
       <c r="C427" s="5">
-        <v>-7.2503685999997458E-2</v>
+        <v>-5.9808040000000062E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-1.4281405786229162</v>
+        <v>-1.1791541308493469</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>60.261833832999997</v>
+        <v>60.298437546999999</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.18732638300000559</v>
+        <v>-0.17747191800000195</v>
       </c>
       <c r="D428" s="5">
-        <v>-3.6559583828274955</v>
+        <v>-3.465220772502009</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>59.849569901000002</v>
+        <v>60.562796397</v>
       </c>
       <c r="C429" s="5">
-        <v>-0.41226393199999478</v>
+        <v>0.2643588500000007</v>
       </c>
       <c r="D429" s="5">
-        <v>-7.907495891554051</v>
+        <v>5.3897397585669138</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>59.544041802999999</v>
+        <v>60.618421667</v>
       </c>
       <c r="C430" s="5">
-        <v>-0.30552809800000347</v>
+        <v>5.5625270000000171E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>-5.9568158191868221</v>
+        <v>1.1077519264972135</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>59.221954132999997</v>
+        <v>60.293403050999999</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.32208767000000194</v>
+        <v>-0.32501861600000126</v>
       </c>
       <c r="D431" s="5">
-        <v>-6.3014063100733093</v>
+        <v>-6.2476701869672358</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>60.814430111999997</v>
+        <v>62.250161605000002</v>
       </c>
       <c r="C432" s="5">
-        <v>1.5924759789999996</v>
+        <v>1.9567585540000039</v>
       </c>
       <c r="D432" s="5">
-        <v>37.494996085659203</v>
+        <v>46.706121977382729</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>60.112572726000003</v>
+        <v>61.535072624999998</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.70185738599999326</v>
+        <v>-0.71508898000000443</v>
       </c>
       <c r="D433" s="5">
-        <v>-13.003037431648512</v>
+        <v>-12.946384820230961</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>59.938858369999998</v>
+        <v>61.347894750999998</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.17371435600000495</v>
+        <v>-0.18717787399999963</v>
       </c>
       <c r="D434" s="5">
-        <v>-3.4131914245449146</v>
+        <v>-3.5897173901528912</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>61.603672127000003</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.25577737600000461</v>
+      </c>
+      <c r="D435" s="5">
+        <v>5.1194895015082675</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>61.351934114999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.25173801200000412</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-4.7949705896849988</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">