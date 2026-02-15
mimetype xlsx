--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{3A41517C-235D-4891-83A1-E755CCC9209F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{06B85E07-5D80-4893-844C-4CA67FF43D97}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6F4C6DA2-F35C-435B-BE6D-CD741481945E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{5D9A5B4B-2E67-458A-AD8F-6840485FB758}"/>
   </bookViews>
   <sheets>
     <sheet name="mcagovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Government Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{69C3668B-AB11-4A8E-9030-80BA03B4FDA1}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3B3A37BD-7C6B-4B06-8153-61129172ABBD}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>60.293403050999999</v>
       </c>
       <c r="C431" s="5">
         <v>-0.32501861600000126</v>
       </c>
       <c r="D431" s="5">
         <v>-6.2476701869672358</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>62.250161605000002</v>
       </c>
       <c r="C432" s="5">
         <v>1.9567585540000039</v>
       </c>
       <c r="D432" s="5">
         <v>46.706121977382729</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>61.535072624999998</v>
       </c>
       <c r="C433" s="5">
         <v>-0.71508898000000443</v>
       </c>
       <c r="D433" s="5">
         <v>-12.946384820230961</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>61.347894750999998</v>
       </c>
       <c r="C434" s="5">
         <v>-0.18717787399999963</v>
       </c>
       <c r="D434" s="5">
         <v>-3.5897173901528912</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>61.603672127000003</v>
       </c>
       <c r="C435" s="5">
         <v>0.25577737600000461</v>
       </c>
       <c r="D435" s="5">
         <v>5.1194895015082675</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>61.351934114999999</v>
+        <v>61.338478721999998</v>
       </c>
       <c r="C436" s="5">
-        <v>-0.25173801200000412</v>
+        <v>-0.2651934050000051</v>
       </c>
       <c r="D436" s="5">
-        <v>-4.7949705896849988</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-5.0452271513312663</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>61.063178264999998</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.27530045700000016</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-5.2548795005264886</v>
+      </c>
+      <c r="E437" s="5">
+        <v>0.74629015704319457</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>