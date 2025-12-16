--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{5D6CF05F-7B73-41A8-A660-8C543EB9BFAF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{55F445CA-526B-47CD-91AF-86B438A87801}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{79413CDC-A29F-4F37-85DD-178B859E7C67}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F3817BF9-EFFD-43B3-8924-0C9A5F4202D1}"/>
   </bookViews>
   <sheets>
     <sheet name="mcamanua" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Manufacturing Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E782BB3A-E7AB-4EC4-B024-918D8F5DC46B}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{865F919E-AEDC-46CF-8FA2-396E705B30D0}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>1.7287857300000375E-2</v>
       </c>
       <c r="D431" s="5">
         <v>2.9372233253394109</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>7.1965079810999999</v>
       </c>
       <c r="C432" s="5">
         <v>2.1695036399999701E-2</v>
       </c>
       <c r="D432" s="5">
         <v>3.6894904469346734</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>7.2133332724999999</v>
+        <v>7.2143315087</v>
       </c>
       <c r="C433" s="5">
-        <v>1.6825291399999998E-2</v>
+        <v>1.7823527600000055E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>2.8419351758309563</v>
+        <v>3.0128498633527068</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>7.2255609055000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>1.1229396800000124E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>1.8839220573378723</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>