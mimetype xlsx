--- v1 (2025-12-16)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{55F445CA-526B-47CD-91AF-86B438A87801}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{892EAE70-77AE-4E0F-A7AD-BBB4564C2DB6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F3817BF9-EFFD-43B3-8924-0C9A5F4202D1}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{17160374-4FB8-451A-A902-54957AD0C7AE}"/>
   </bookViews>
   <sheets>
     <sheet name="mcamanua" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Manufacturing Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{865F919E-AEDC-46CF-8FA2-396E705B30D0}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9514329A-FB91-4A44-8972-D975A39800E3}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -1433,71 +1433,71 @@
         <v>-6.482398300000014E-2</v>
       </c>
       <c r="D37" s="5">
         <v>-6.3961499825596846</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
         <v>11.494038213</v>
       </c>
       <c r="C38" s="5">
         <v>-0.24216412200000015</v>
       </c>
       <c r="D38" s="5">
         <v>-22.135306052225012</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>11.810096052</v>
+        <v>11.810096053000001</v>
       </c>
       <c r="C39" s="5">
-        <v>0.31605783900000084</v>
+        <v>0.31605784000000092</v>
       </c>
       <c r="D39" s="5">
-        <v>38.474408057162933</v>
+        <v>38.474408197864165</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
         <v>11.825518591</v>
       </c>
       <c r="C40" s="5">
-        <v>1.5422538999999347E-2</v>
+        <v>1.5422537999999264E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>1.5783572528807133</v>
+        <v>1.5783571496689186</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
         <v>11.838115316</v>
       </c>
       <c r="C41" s="5">
         <v>1.2596724999999864E-2</v>
       </c>
       <c r="D41" s="5">
         <v>1.2857740979397958</v>
       </c>
       <c r="E41" s="5">
         <v>1.3534280886777106</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
         <v>11.910413879</v>
@@ -1618,5511 +1618,5529 @@
         <v>3.7120000999999903E-2</v>
       </c>
       <c r="D50" s="5">
         <v>3.7194714537864382</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
         <v>12.278859448</v>
       </c>
       <c r="C51" s="5">
         <v>6.3030173999999661E-2</v>
       </c>
       <c r="D51" s="5">
         <v>6.3704225138784487</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>12.171487857000001</v>
+        <v>12.171487858000001</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.10737159099999971</v>
+        <v>-0.10737158999999963</v>
       </c>
       <c r="D52" s="5">
-        <v>-10.003068182629837</v>
+        <v>-10.003068093900946</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
         <v>12.256229367</v>
       </c>
       <c r="C53" s="5">
-        <v>8.4741509999998854E-2</v>
+        <v>8.4741508999998771E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>8.6822240036779075</v>
+        <v>8.6822238965267537</v>
       </c>
       <c r="E53" s="5">
         <v>3.53193088459689</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
         <v>12.411432746999999</v>
       </c>
       <c r="C54" s="5">
         <v>0.15520337999999967</v>
       </c>
       <c r="D54" s="5">
         <v>16.300199950043258</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>12.694618586000001</v>
+        <v>12.694618583</v>
       </c>
       <c r="C55" s="5">
-        <v>0.28318583900000149</v>
+        <v>0.28318583600000125</v>
       </c>
       <c r="D55" s="5">
-        <v>31.090995815979426</v>
+        <v>31.090995444225356</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>12.749650766</v>
+        <v>12.749650765</v>
       </c>
       <c r="C56" s="5">
-        <v>5.5032179999999542E-2</v>
+        <v>5.5032181999999708E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>5.3279384726985013</v>
+        <v>5.3279386722576483</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>12.500437911000001</v>
+        <v>12.500437912000001</v>
       </c>
       <c r="C57" s="5">
-        <v>-0.24921285499999968</v>
+        <v>-0.24921285299999951</v>
       </c>
       <c r="D57" s="5">
-        <v>-21.091595668544816</v>
+        <v>-21.091595518526606</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>12.860798007</v>
+        <v>12.860798008</v>
       </c>
       <c r="C58" s="5">
         <v>0.36036009599999907</v>
       </c>
       <c r="D58" s="5">
-        <v>40.64110780092107</v>
+        <v>40.641107797138055</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
         <v>12.682754019000001</v>
       </c>
       <c r="C59" s="5">
-        <v>-0.17804398799999888</v>
+        <v>-0.17804398899999896</v>
       </c>
       <c r="D59" s="5">
-        <v>-15.404389953733721</v>
+        <v>-15.40439003266717</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>12.943421860000001</v>
+        <v>12.943421860999999</v>
       </c>
       <c r="C60" s="5">
-        <v>0.26066784100000007</v>
+        <v>0.26066784199999837</v>
       </c>
       <c r="D60" s="5">
-        <v>27.651652487173941</v>
+        <v>27.651652605521182</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>13.138870708000001</v>
+        <v>13.138870709000001</v>
       </c>
       <c r="C61" s="5">
-        <v>0.19544884799999984</v>
+        <v>0.19544884800000162</v>
       </c>
       <c r="D61" s="5">
-        <v>19.703595073213755</v>
+        <v>19.703595071563207</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>13.364637214</v>
+        <v>13.364637215</v>
       </c>
       <c r="C62" s="5">
         <v>0.22576650599999937</v>
       </c>
       <c r="D62" s="5">
-        <v>22.684478903631209</v>
+        <v>22.684478901738302</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
         <v>13.345858493</v>
       </c>
       <c r="C63" s="5">
-        <v>-1.8778721000000331E-2</v>
+        <v>-1.8778722000000414E-2</v>
       </c>
       <c r="D63" s="5">
-        <v>-1.6731565404871973</v>
+        <v>-1.6731566287741195</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
         <v>13.307732586</v>
       </c>
       <c r="C64" s="5">
         <v>-3.8125906999999515E-2</v>
       </c>
       <c r="D64" s="5">
         <v>-3.3747578470057937</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
         <v>13.253048015999999</v>
       </c>
       <c r="C65" s="5">
         <v>-5.4684570000000932E-2</v>
       </c>
       <c r="D65" s="5">
         <v>-4.8211455186518481</v>
       </c>
       <c r="E65" s="5">
         <v>8.1331592217418915</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>12.797541706000001</v>
+        <v>12.797541705</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.45550630999999875</v>
+        <v>-0.45550631099999883</v>
       </c>
       <c r="D66" s="5">
-        <v>-34.275183013110379</v>
+        <v>-34.275183074739289</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>13.186563423000001</v>
+        <v>13.186563417</v>
       </c>
       <c r="C67" s="5">
-        <v>0.38902171700000032</v>
+        <v>0.38902171199999991</v>
       </c>
       <c r="D67" s="5">
-        <v>43.238872075630219</v>
+        <v>43.238871427843442</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>13.125424464</v>
+        <v>13.125424463</v>
       </c>
       <c r="C68" s="5">
-        <v>-6.1138959000000881E-2</v>
+        <v>-6.1138954000000467E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>-5.4240421008604152</v>
+        <v>-5.4240416709326222</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
         <v>13.118570719999999</v>
       </c>
       <c r="C69" s="5">
-        <v>-6.8537440000007166E-3</v>
+        <v>-6.8537430000006339E-3</v>
       </c>
       <c r="D69" s="5">
-        <v>-0.62481129938861679</v>
+        <v>-0.6248112085341484</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>13.176508688</v>
+        <v>13.176508691</v>
       </c>
       <c r="C70" s="5">
-        <v>5.793796800000095E-2</v>
+        <v>5.7937971000001198E-2</v>
       </c>
       <c r="D70" s="5">
-        <v>5.4304311302729502</v>
+        <v>5.4304314183229119</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>13.319905801999999</v>
+        <v>13.319905802999999</v>
       </c>
       <c r="C71" s="5">
-        <v>0.14339711399999899</v>
+        <v>0.14339711199999883</v>
       </c>
       <c r="D71" s="5">
-        <v>13.870075793449988</v>
+        <v>13.870075584927942</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>13.206245939</v>
+        <v>13.206245940000001</v>
       </c>
       <c r="C72" s="5">
         <v>-0.11365986299999875</v>
       </c>
       <c r="D72" s="5">
-        <v>-9.7725407947286786</v>
+        <v>-9.7725407940291156</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>13.271664612</v>
+        <v>13.271664613</v>
       </c>
       <c r="C73" s="5">
         <v>6.5418672999999927E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>6.1089964471948699</v>
+        <v>6.1089964467196944</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>13.29911796</v>
+        <v>13.299117961</v>
       </c>
       <c r="C74" s="5">
         <v>2.7453347999999878E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>2.5107191376407378</v>
+        <v>2.510719137449402</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>13.334331657</v>
+        <v>13.334331658</v>
       </c>
       <c r="C75" s="5">
         <v>3.5213696999999655E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>3.2240695807288278</v>
+        <v>3.2240695804827579</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>13.56510688</v>
+        <v>13.565106879</v>
       </c>
       <c r="C76" s="5">
-        <v>0.2307752230000002</v>
+        <v>0.23077522100000003</v>
       </c>
       <c r="D76" s="5">
-        <v>22.863704211545667</v>
+        <v>22.863703992288499</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>13.546874042000001</v>
+        <v>13.546874043000001</v>
       </c>
       <c r="C77" s="5">
-        <v>-1.8232837999999418E-2</v>
+        <v>-1.8232835999999253E-2</v>
       </c>
       <c r="D77" s="5">
-        <v>-1.6010477373991083</v>
+        <v>-1.6010475631900611</v>
       </c>
       <c r="E77" s="5">
-        <v>2.2170449065398001</v>
+        <v>2.2170449140852311</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>13.374307033999999</v>
+        <v>13.374307031000001</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.17256700800000147</v>
+        <v>-0.17256701200000002</v>
       </c>
       <c r="D78" s="5">
-        <v>-14.25943212919849</v>
+        <v>-14.259432435938846</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>13.321780177000001</v>
+        <v>13.321780167</v>
       </c>
       <c r="C79" s="5">
-        <v>-5.2526856999998373E-2</v>
+        <v>-5.2526864000000728E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>-4.6124513667422207</v>
+        <v>-4.612451969217501</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>13.217287636</v>
+        <v>13.217287633</v>
       </c>
       <c r="C80" s="5">
-        <v>-0.10449254100000083</v>
+        <v>-0.10449253400000025</v>
       </c>
       <c r="D80" s="5">
-        <v>-9.016856404359352</v>
+        <v>-9.0168558326122259</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>12.779795213</v>
+        <v>12.779795212</v>
       </c>
       <c r="C81" s="5">
-        <v>-0.43749242300000013</v>
+        <v>-0.43749242099999996</v>
       </c>
       <c r="D81" s="5">
-        <v>-33.230420629707567</v>
+        <v>-33.230420510542345</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>12.802233014</v>
+        <v>12.802233018000001</v>
       </c>
       <c r="C82" s="5">
-        <v>2.243780100000059E-2</v>
+        <v>2.2437806000001004E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>2.1273340288244347</v>
+        <v>2.1273345076309846</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>12.937773644</v>
+        <v>12.937773647</v>
       </c>
       <c r="C83" s="5">
-        <v>0.1355406299999995</v>
+        <v>0.13554062899999941</v>
       </c>
       <c r="D83" s="5">
-        <v>13.471253440254927</v>
+        <v>13.471253330551347</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>13.040065292</v>
+        <v>13.040065298</v>
       </c>
       <c r="C84" s="5">
-        <v>0.10229164799999957</v>
+        <v>0.10229165099999982</v>
       </c>
       <c r="D84" s="5">
-        <v>9.9113667452867649</v>
+        <v>9.9113670463223826</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>12.976701998999999</v>
+        <v>12.976702004</v>
       </c>
       <c r="C85" s="5">
-        <v>-6.3363293000000098E-2</v>
+        <v>-6.3363294000000181E-2</v>
       </c>
       <c r="D85" s="5">
-        <v>-5.6776121856992319</v>
+        <v>-5.6776122703794618</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>12.933240806000001</v>
+        <v>12.933240811999999</v>
       </c>
       <c r="C86" s="5">
-        <v>-4.3461192999998843E-2</v>
+        <v>-4.3461192000000537E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>-3.9457935533019795</v>
+        <v>-3.9457934626865421</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>13.054336919000001</v>
+        <v>13.054336923999999</v>
       </c>
       <c r="C87" s="5">
-        <v>0.12109611300000012</v>
+        <v>0.12109611200000003</v>
       </c>
       <c r="D87" s="5">
-        <v>11.832862216670858</v>
+        <v>11.832862108094822</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>13.049931827</v>
+        <v>13.049931825</v>
       </c>
       <c r="C88" s="5">
-        <v>-4.405092000000721E-3</v>
+        <v>-4.4050989999995238E-3</v>
       </c>
       <c r="D88" s="5">
-        <v>-0.40418067804554036</v>
+        <v>-0.40418131897068665</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>13.086556923</v>
+        <v>13.086556922</v>
       </c>
       <c r="C89" s="5">
-        <v>3.6625095999999857E-2</v>
+        <v>3.662509699999994E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>3.4203177628787884</v>
+        <v>3.4203178582447702</v>
       </c>
       <c r="E89" s="5">
-        <v>-3.3979582121518082</v>
+        <v>-3.3979582266645325</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>12.956286813</v>
+        <v>12.956286803999999</v>
       </c>
       <c r="C90" s="5">
-        <v>-0.13027010999999966</v>
+        <v>-0.13027011800000032</v>
       </c>
       <c r="D90" s="5">
-        <v>-11.312613284715168</v>
+        <v>-11.312613942664774</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>12.733321365</v>
+        <v>12.733321346</v>
       </c>
       <c r="C91" s="5">
-        <v>-0.22296544800000007</v>
+        <v>-0.22296545799999912</v>
       </c>
       <c r="D91" s="5">
-        <v>-18.804163769253801</v>
+        <v>-18.804164546302282</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>12.628682127999999</v>
+        <v>12.628682116</v>
       </c>
       <c r="C92" s="5">
-        <v>-0.10463923700000066</v>
+        <v>-0.10463923000000008</v>
       </c>
       <c r="D92" s="5">
-        <v>-9.4275776338545665</v>
+        <v>-9.4275770448474248</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>13.139329944</v>
+        <v>13.139329936999999</v>
       </c>
       <c r="C93" s="5">
-        <v>0.51064781600000053</v>
+        <v>0.51064782099999917</v>
       </c>
       <c r="D93" s="5">
-        <v>60.909704763193972</v>
+        <v>60.909705569286096</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>13.231471242</v>
+        <v>13.231471248</v>
       </c>
       <c r="C94" s="5">
-        <v>9.2141297999999594E-2</v>
+        <v>9.214131100000067E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>8.7474358601477462</v>
+        <v>8.7474371471293324</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>13.357757676</v>
+        <v>13.357757689</v>
       </c>
       <c r="C95" s="5">
-        <v>0.12628643400000072</v>
+        <v>0.12628644099999953</v>
       </c>
       <c r="D95" s="5">
-        <v>12.07405381588087</v>
+        <v>12.074054514890609</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>12.552602695999999</v>
+        <v>12.552602715000001</v>
       </c>
       <c r="C96" s="5">
-        <v>-0.80515498000000107</v>
+        <v>-0.8051549739999988</v>
       </c>
       <c r="D96" s="5">
-        <v>-52.575509914821751</v>
+        <v>-52.575509607275862</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>12.77362724</v>
+        <v>12.773627261</v>
       </c>
       <c r="C97" s="5">
-        <v>0.22102454400000049</v>
+        <v>0.22102454599999888</v>
       </c>
       <c r="D97" s="5">
-        <v>23.300677664837654</v>
+        <v>23.300677857751783</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>12.647874856</v>
+        <v>12.647874873999999</v>
       </c>
       <c r="C98" s="5">
-        <v>-0.12575238400000011</v>
+        <v>-0.12575238700000035</v>
       </c>
       <c r="D98" s="5">
-        <v>-11.194501416540081</v>
+        <v>-11.194501651890686</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>12.681153389</v>
+        <v>12.681153398999999</v>
       </c>
       <c r="C99" s="5">
-        <v>3.3278533000000721E-2</v>
+        <v>3.3278525000000059E-2</v>
       </c>
       <c r="D99" s="5">
-        <v>3.2034821185168649</v>
+        <v>3.2034813326113465</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>12.557820270000001</v>
+        <v>12.557820263</v>
       </c>
       <c r="C100" s="5">
-        <v>-0.12333311899999977</v>
+        <v>-0.1233331359999994</v>
       </c>
       <c r="D100" s="5">
-        <v>-11.066355934747374</v>
+        <v>-11.066357371196546</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>12.571652723</v>
+        <v>12.571652709</v>
       </c>
       <c r="C101" s="5">
-        <v>1.3832452999999134E-2</v>
+        <v>1.3832446000000331E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>1.3298386212612145</v>
+        <v>1.3298379449516062</v>
       </c>
       <c r="E101" s="5">
-        <v>-3.9346040599498089</v>
+        <v>-3.9346041595890391</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>13.035070117</v>
+        <v>13.035070085999999</v>
       </c>
       <c r="C102" s="5">
-        <v>0.46341739400000037</v>
+        <v>0.46341737699999896</v>
       </c>
       <c r="D102" s="5">
-        <v>54.401655241064553</v>
+        <v>54.401652898019506</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>12.649368988000001</v>
+        <v>12.649368945000001</v>
       </c>
       <c r="C103" s="5">
-        <v>-0.3857011289999992</v>
+        <v>-0.38570114099999842</v>
       </c>
       <c r="D103" s="5">
-        <v>-30.262579956711622</v>
+        <v>-30.262580811284511</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>12.426863284</v>
+        <v>12.426863252</v>
       </c>
       <c r="C104" s="5">
-        <v>-0.22250570400000136</v>
+        <v>-0.22250569300000045</v>
       </c>
       <c r="D104" s="5">
-        <v>-19.181290971446842</v>
+        <v>-19.181290172008335</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>12.482097665</v>
+        <v>12.482097647</v>
       </c>
       <c r="C105" s="5">
-        <v>5.5234380999999999E-2</v>
+        <v>5.5234394999999381E-2</v>
       </c>
       <c r="D105" s="5">
-        <v>5.4660477195722867</v>
+        <v>5.4660491534903377</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>12.425521001</v>
+        <v>12.425520999</v>
       </c>
       <c r="C106" s="5">
-        <v>-5.657666399999961E-2</v>
+        <v>-5.6576648000000063E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>-5.3055826184779438</v>
+        <v>-5.3055811627146792</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>12.354293647</v>
+        <v>12.35429373</v>
       </c>
       <c r="C107" s="5">
-        <v>-7.1227353999999465E-2</v>
+        <v>-7.1227268999999538E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>-6.6660287558363844</v>
+        <v>-6.6660210509998707</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>12.25661075</v>
+        <v>12.256610799000001</v>
       </c>
       <c r="C108" s="5">
-        <v>-9.7682897000000324E-2</v>
+        <v>-9.7682930999999584E-2</v>
       </c>
       <c r="D108" s="5">
-        <v>-9.0862255910118321</v>
+        <v>-9.0862285589495713</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>12.372652648000001</v>
+        <v>12.372652751</v>
       </c>
       <c r="C109" s="5">
-        <v>0.11604189800000064</v>
+        <v>0.11604195199999978</v>
       </c>
       <c r="D109" s="5">
-        <v>11.971919097456185</v>
+        <v>11.971924911444187</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>12.358739116000001</v>
+        <v>12.358739100999999</v>
       </c>
       <c r="C110" s="5">
-        <v>-1.3913532000000117E-2</v>
+        <v>-1.3913650000000999E-2</v>
       </c>
       <c r="D110" s="5">
-        <v>-1.3411318759678714</v>
+        <v>-1.3411431686911279</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>12.313658180999999</v>
+        <v>12.313658155000001</v>
       </c>
       <c r="C111" s="5">
-        <v>-4.5080935000001432E-2</v>
+        <v>-4.5080945999998789E-2</v>
       </c>
       <c r="D111" s="5">
-        <v>-4.2904778282425777</v>
+        <v>-4.2904788593330245</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>11.88488336</v>
+        <v>11.884883316</v>
       </c>
       <c r="C112" s="5">
-        <v>-0.42877482099999931</v>
+        <v>-0.4287748390000008</v>
       </c>
       <c r="D112" s="5">
-        <v>-34.64272117078638</v>
+        <v>-34.642722418356577</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>12.388383675</v>
+        <v>12.388383628</v>
       </c>
       <c r="C113" s="5">
-        <v>0.50350031500000014</v>
+        <v>0.50350031199999989</v>
       </c>
       <c r="D113" s="5">
-        <v>64.526811220646806</v>
+        <v>64.526811039611971</v>
       </c>
       <c r="E113" s="5">
-        <v>-1.4577959798770634</v>
+        <v>-1.4577962439958236</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>12.432922769999999</v>
+        <v>12.432922720000001</v>
       </c>
       <c r="C114" s="5">
-        <v>4.4539094999999307E-2</v>
+        <v>4.4539092000000835E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>4.4006167958810183</v>
+        <v>4.4006165106121653</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>12.223742455</v>
+        <v>12.223742414</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.20918031499999934</v>
+        <v>-0.20918030600000037</v>
       </c>
       <c r="D115" s="5">
-        <v>-18.422299067045213</v>
+        <v>-18.422298413654602</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>12.504865816000001</v>
+        <v>12.504865669999999</v>
       </c>
       <c r="C116" s="5">
-        <v>0.28112336100000057</v>
+        <v>0.28112325599999899</v>
       </c>
       <c r="D116" s="5">
-        <v>31.370586147880619</v>
+        <v>31.370573029749906</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>12.664168183999999</v>
+        <v>12.66416821</v>
       </c>
       <c r="C117" s="5">
-        <v>0.15930236799999875</v>
+        <v>0.15930254000000055</v>
       </c>
       <c r="D117" s="5">
-        <v>16.404991363236899</v>
+        <v>16.405010540018282</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>12.307510613</v>
+        <v>12.307510699</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.35665757099999951</v>
+        <v>-0.35665751099999987</v>
       </c>
       <c r="D118" s="5">
-        <v>-29.022190213311696</v>
+        <v>-29.022186010374853</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>12.470696500000001</v>
+        <v>12.470696739999999</v>
       </c>
       <c r="C119" s="5">
-        <v>0.16318588700000092</v>
+        <v>0.16318604099999945</v>
       </c>
       <c r="D119" s="5">
-        <v>17.123998817117901</v>
+        <v>17.1240160449059</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>12.5670331</v>
+        <v>12.567033257</v>
       </c>
       <c r="C120" s="5">
-        <v>9.6336599999998995E-2</v>
+        <v>9.633651700000101E-2</v>
       </c>
       <c r="D120" s="5">
-        <v>9.6742286470688619</v>
+        <v>9.6742197606780387</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>12.574654518999999</v>
+        <v>12.574654684</v>
       </c>
       <c r="C121" s="5">
-        <v>7.621418999999463E-3</v>
+        <v>7.621427000000125E-3</v>
       </c>
       <c r="D121" s="5">
-        <v>0.73018590071525225</v>
+        <v>0.73018666057762527</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>12.546982776</v>
+        <v>12.546982720000001</v>
       </c>
       <c r="C122" s="5">
-        <v>-2.7671742999999083E-2</v>
+        <v>-2.7671963999999605E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>-2.6089879772117963</v>
+        <v>-2.6090085284942166</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>12.545232322</v>
+        <v>12.545232173</v>
       </c>
       <c r="C123" s="5">
-        <v>-1.7504539999997348E-3</v>
+        <v>-1.7505470000003243E-3</v>
       </c>
       <c r="D123" s="5">
-        <v>-0.16728593684669502</v>
+        <v>-0.167294818520769</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>12.604246656999999</v>
+        <v>12.604246438000001</v>
       </c>
       <c r="C124" s="5">
-        <v>5.9014334999998752E-2</v>
+        <v>5.9014265000000066E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>5.7933139713605142</v>
+        <v>5.7933069914466451</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>12.528949025999999</v>
+        <v>12.528948556</v>
       </c>
       <c r="C125" s="5">
-        <v>-7.5297630999999754E-2</v>
+        <v>-7.5297882000000982E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>-6.9378704333947772</v>
+        <v>-6.9378929224439778</v>
       </c>
       <c r="E125" s="5">
-        <v>1.1346544851017493</v>
+        <v>1.1346510749174588</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>12.342993014999999</v>
+        <v>12.34299292</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.18595601100000003</v>
+        <v>-0.1859556359999992</v>
       </c>
       <c r="D126" s="5">
-        <v>-16.426211273809621</v>
+        <v>-16.42618137132127</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>12.396878568</v>
+        <v>12.396878618000001</v>
       </c>
       <c r="C127" s="5">
-        <v>5.3885553000000641E-2</v>
+        <v>5.3885698000000204E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>5.366454627896311</v>
+        <v>5.3664694592136408</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>12.084833231999999</v>
+        <v>12.084833165999999</v>
       </c>
       <c r="C128" s="5">
-        <v>-0.31204533600000062</v>
+        <v>-0.31204545200000133</v>
       </c>
       <c r="D128" s="5">
-        <v>-26.35559230120208</v>
+        <v>-26.355600691948911</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>11.940066047</v>
+        <v>11.940066362</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.14476718499999919</v>
+        <v>-0.14476680399999964</v>
       </c>
       <c r="D129" s="5">
-        <v>-13.464798355226282</v>
+        <v>-13.464765288574654</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>12.080431838999999</v>
+        <v>12.08043226</v>
       </c>
       <c r="C130" s="5">
-        <v>0.14036579199999899</v>
+        <v>0.14036589800000066</v>
       </c>
       <c r="D130" s="5">
-        <v>15.055865027338889</v>
+        <v>15.055876718834105</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>12.186146619000001</v>
+        <v>12.18614719</v>
       </c>
       <c r="C131" s="5">
-        <v>0.10571478000000134</v>
+        <v>0.10571492999999954</v>
       </c>
       <c r="D131" s="5">
-        <v>11.021547775529484</v>
+        <v>11.021563771608855</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>12.032276746999999</v>
+        <v>12.032277114999999</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.15386987200000135</v>
+        <v>-0.15387007500000038</v>
       </c>
       <c r="D132" s="5">
-        <v>-14.142753027749578</v>
+        <v>-14.142769792661591</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>12.143052074</v>
+        <v>12.143052356</v>
       </c>
       <c r="C133" s="5">
-        <v>0.1107753270000007</v>
+        <v>0.11077524100000069</v>
       </c>
       <c r="D133" s="5">
-        <v>11.624760901091857</v>
+        <v>11.624751040724091</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>12.23360619</v>
+        <v>12.233605750000001</v>
       </c>
       <c r="C134" s="5">
-        <v>9.0554115999999851E-2</v>
+        <v>9.0553394000000509E-2</v>
       </c>
       <c r="D134" s="5">
-        <v>9.325044738004685</v>
+        <v>9.3249670870891421</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>12.179592871000001</v>
+        <v>12.179591793</v>
       </c>
       <c r="C135" s="5">
-        <v>-5.4013318999999171E-2</v>
+        <v>-5.4013957000000445E-2</v>
       </c>
       <c r="D135" s="5">
-        <v>-5.1714078912935886</v>
+        <v>-5.1714676813189087</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>12.140453544</v>
+        <v>12.140453031</v>
       </c>
       <c r="C136" s="5">
-        <v>-3.913932700000089E-2</v>
+        <v>-3.9138762000000327E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>-3.7887888884880039</v>
+        <v>-3.7887354874575174</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>12.086430151</v>
+        <v>12.086429125</v>
       </c>
       <c r="C137" s="5">
-        <v>-5.4023392999999587E-2</v>
+        <v>-5.40239059999994E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>-5.2110699354603103</v>
+        <v>-5.2111184292772172</v>
       </c>
       <c r="E137" s="5">
-        <v>-3.5319712298428785</v>
+        <v>-3.5319758000608936</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>12.165205953999999</v>
+        <v>12.16520575</v>
       </c>
       <c r="C138" s="5">
-        <v>7.87758029999992E-2</v>
+        <v>7.8776624999999711E-2</v>
       </c>
       <c r="D138" s="5">
-        <v>8.1078004674209225</v>
+        <v>8.1078888383916858</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>12.069850515000001</v>
+        <v>12.069850785</v>
       </c>
       <c r="C139" s="5">
-        <v>-9.5355438999998654E-2</v>
+        <v>-9.5354965000000291E-2</v>
       </c>
       <c r="D139" s="5">
-        <v>-9.0109549985019513</v>
+        <v>-9.010912263931548</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>12.070078831</v>
+        <v>12.070079201</v>
       </c>
       <c r="C140" s="5">
-        <v>2.2831599999939556E-4</v>
+        <v>2.2841600000056417E-4</v>
       </c>
       <c r="D140" s="5">
-        <v>2.2701830983007376E-2</v>
+        <v>2.2711774672612428E-2</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>11.944083397</v>
+        <v>11.944084521000001</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.12599543400000002</v>
+        <v>-0.1259946799999998</v>
       </c>
       <c r="D141" s="5">
-        <v>-11.831663525319536</v>
+        <v>-11.831596393022137</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>11.849919934000001</v>
+        <v>11.849921252</v>
       </c>
       <c r="C142" s="5">
-        <v>-9.4163462999999226E-2</v>
+        <v>-9.4163269000000938E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>-9.060813160341219</v>
+        <v>-9.0607944786568417</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>11.891114538</v>
+        <v>11.891115836999999</v>
       </c>
       <c r="C143" s="5">
-        <v>4.1194603999999302E-2</v>
+        <v>4.1194584999999506E-2</v>
       </c>
       <c r="D143" s="5">
-        <v>4.2523267749741578</v>
+        <v>4.2523242940006645</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>10.978786262</v>
+        <v>10.978787015</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.91232827600000022</v>
+        <v>-0.91232882199999921</v>
       </c>
       <c r="D144" s="5">
-        <v>-61.630935183103944</v>
+        <v>-61.630953901560439</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>10.974770315000001</v>
+        <v>10.974770608</v>
       </c>
       <c r="C145" s="5">
-        <v>-4.015946999999187E-3</v>
+        <v>-4.0164069999999441E-3</v>
       </c>
       <c r="D145" s="5">
-        <v>-0.43806780651172161</v>
+        <v>-0.43811785335606812</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>11.006002574</v>
+        <v>11.006001559</v>
       </c>
       <c r="C146" s="5">
-        <v>3.1232258999999374E-2</v>
+        <v>3.1230950999999507E-2</v>
       </c>
       <c r="D146" s="5">
-        <v>3.4689499713526084</v>
+        <v>3.4688023171226323</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>11.002347828</v>
+        <v>11.002345172</v>
       </c>
       <c r="C147" s="5">
-        <v>-3.6547460000004861E-3</v>
+        <v>-3.6563869999994836E-3</v>
       </c>
       <c r="D147" s="5">
-        <v>-0.39775514316190419</v>
+        <v>-0.39793344772536265</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>10.979348685</v>
+        <v>10.979346628</v>
       </c>
       <c r="C148" s="5">
-        <v>-2.2999142999999833E-2</v>
+        <v>-2.299854400000001E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>-2.4798219463256221</v>
+        <v>-2.4797586931968985</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>10.834913024</v>
+        <v>10.834910976</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.14443566099999927</v>
+        <v>-0.1444356520000003</v>
       </c>
       <c r="D149" s="5">
-        <v>-14.692695367599452</v>
+        <v>-14.69269707394284</v>
       </c>
       <c r="E149" s="5">
-        <v>-10.354729323417732</v>
+        <v>-10.354738658180818</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>10.709045008</v>
+        <v>10.709043508000001</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.12586801600000008</v>
+        <v>-0.12586746799999915</v>
       </c>
       <c r="D150" s="5">
-        <v>-13.083191147273132</v>
+        <v>-13.083140092233169</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>10.606709995999999</v>
+        <v>10.606709338</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.10233501200000106</v>
+        <v>-0.10233417000000067</v>
       </c>
       <c r="D151" s="5">
-        <v>-10.883235434643424</v>
+        <v>-10.883151986751427</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>10.589338101999999</v>
+        <v>10.589337993999999</v>
       </c>
       <c r="C152" s="5">
-        <v>-1.7371894000000054E-2</v>
+        <v>-1.7371344000000732E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>-1.9477774597390973</v>
+        <v>-1.947716466610816</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>10.149097391</v>
+        <v>10.149108964</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.44024071099999951</v>
+        <v>-0.44022902999999936</v>
       </c>
       <c r="D153" s="5">
-        <v>-39.923688370008882</v>
+        <v>-39.922858953078645</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>9.7326047806999991</v>
+        <v>9.7326059272999998</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.41649261030000062</v>
+        <v>-0.4165030367</v>
       </c>
       <c r="D154" s="5">
-        <v>-39.518853425305963</v>
+        <v>-39.519595515434006</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>9.8595617823000001</v>
+        <v>9.8595627015999998</v>
       </c>
       <c r="C155" s="5">
-        <v>0.12695700160000101</v>
+        <v>0.12695677429999996</v>
       </c>
       <c r="D155" s="5">
-        <v>16.826750403766198</v>
+        <v>16.826715957523962</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>9.8281444076</v>
+        <v>9.8281444741000001</v>
       </c>
       <c r="C156" s="5">
-        <v>-3.1417374700000167E-2</v>
+        <v>-3.1418227499999674E-2</v>
       </c>
       <c r="D156" s="5">
-        <v>-3.7574777959882399</v>
+        <v>-3.757577664666667</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>10.022048045</v>
+        <v>10.022047079</v>
       </c>
       <c r="C157" s="5">
-        <v>0.19390363740000005</v>
+        <v>0.19390260489999989</v>
       </c>
       <c r="D157" s="5">
-        <v>26.421056651642672</v>
+        <v>26.420900162034023</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>9.5947320307999995</v>
+        <v>9.5947289023</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.42731601420000054</v>
+        <v>-0.42731817670000005</v>
       </c>
       <c r="D158" s="5">
-        <v>-40.718875327148233</v>
+        <v>-40.719038712987732</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>9.2998174510999991</v>
+        <v>9.2998121638000004</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.29491457970000035</v>
+        <v>-0.29491673849999955</v>
       </c>
       <c r="D159" s="5">
-        <v>-31.245854986611988</v>
+        <v>-31.246055039271958</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>9.2098579215999994</v>
+        <v>9.2098535732000002</v>
       </c>
       <c r="C160" s="5">
-        <v>-8.9959529499999746E-2</v>
+        <v>-8.9958590600000221E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>-11.00982087802851</v>
+        <v>-11.009717942855811</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>9.0677597947000006</v>
+        <v>9.0677565676</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.14209812689999879</v>
+        <v>-0.14209700560000016</v>
       </c>
       <c r="D161" s="5">
-        <v>-17.021626123142308</v>
+        <v>-17.021510359197034</v>
       </c>
       <c r="E161" s="5">
-        <v>-16.309805398397259</v>
+        <v>-16.309819363669497</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>9.2353327536999998</v>
+        <v>9.2353304564999998</v>
       </c>
       <c r="C162" s="5">
-        <v>0.16757295899999924</v>
+        <v>0.1675738888999998</v>
       </c>
       <c r="D162" s="5">
-        <v>24.574883395475801</v>
+        <v>24.575043569346168</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>9.4405050224</v>
+        <v>9.4405048449999995</v>
       </c>
       <c r="C163" s="5">
-        <v>0.20517226870000016</v>
+        <v>0.20517438849999969</v>
       </c>
       <c r="D163" s="5">
-        <v>30.170375175746365</v>
+        <v>30.170734366850205</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>9.4232996028000002</v>
+        <v>9.4233011594999994</v>
       </c>
       <c r="C164" s="5">
-        <v>-1.7205419599999772E-2</v>
+        <v>-1.7203685500000176E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>-2.1652230486103763</v>
+        <v>-2.1650070429596213</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>9.6537149461999991</v>
+        <v>9.6537384670000002</v>
       </c>
       <c r="C165" s="5">
-        <v>0.23041534339999892</v>
+        <v>0.2304373075000008</v>
       </c>
       <c r="D165" s="5">
-        <v>33.628058892436094</v>
+        <v>33.631700976060117</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>9.6265534043999992</v>
+        <v>9.6265564339999994</v>
       </c>
       <c r="C166" s="5">
-        <v>-2.7161541799999966E-2</v>
+        <v>-2.7182033000000771E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>-3.3245409048561325</v>
+        <v>-3.3270023098464496</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>9.5392178961000003</v>
+        <v>9.5392192956000006</v>
       </c>
       <c r="C167" s="5">
-        <v>-8.7335508299998921E-2</v>
+        <v>-8.7337138399998793E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>-10.359692896200389</v>
+        <v>-10.359873613743565</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>9.7281483222999992</v>
+        <v>9.7281473809999994</v>
       </c>
       <c r="C168" s="5">
-        <v>0.18893042619999889</v>
+        <v>0.18892808539999884</v>
       </c>
       <c r="D168" s="5">
-        <v>26.534505780323279</v>
+        <v>26.534136091703431</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>9.7944017256000002</v>
+        <v>9.7943986195000008</v>
       </c>
       <c r="C169" s="5">
-        <v>6.6253403300001068E-2</v>
+        <v>6.6251238500001364E-2</v>
       </c>
       <c r="D169" s="5">
-        <v>8.4857644180182277</v>
+        <v>8.4854775346444367</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>9.9053276666999999</v>
+        <v>9.9053210451000009</v>
       </c>
       <c r="C170" s="5">
-        <v>0.11092594109999965</v>
+        <v>0.1109224256000001</v>
       </c>
       <c r="D170" s="5">
-        <v>14.469873287117995</v>
+        <v>14.469390648207604</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>9.1878974368000002</v>
+        <v>9.1878857295999996</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.71743022989999972</v>
+        <v>-0.71743531550000128</v>
       </c>
       <c r="D171" s="5">
-        <v>-59.433503205000846</v>
+        <v>-59.433798062220887</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>9.4102452568999997</v>
+        <v>9.4102367814000001</v>
       </c>
       <c r="C172" s="5">
-        <v>0.22234782009999954</v>
+        <v>0.22235105180000048</v>
       </c>
       <c r="D172" s="5">
-        <v>33.234791560733747</v>
+        <v>33.235388770079702</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>9.3456913675000006</v>
+        <v>9.3456838997999991</v>
       </c>
       <c r="C173" s="5">
-        <v>-6.4553889399999065E-2</v>
+        <v>-6.4552881600000944E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>-7.9283539771577427</v>
+        <v>-7.9282417071437798</v>
       </c>
       <c r="E173" s="5">
-        <v>3.0650522189885177</v>
+        <v>3.065006544100024</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>9.4407456413999995</v>
+        <v>9.4407383173999992</v>
       </c>
       <c r="C174" s="5">
-        <v>9.5054273899998876E-2</v>
+        <v>9.5054417600000107E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>12.911543389318481</v>
+        <v>12.911574914063294</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>9.3761161816000005</v>
+        <v>9.3761105211999993</v>
       </c>
       <c r="C175" s="5">
-        <v>-6.4629459799999012E-2</v>
+        <v>-6.4627796199999921E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>-7.9126022201328023</v>
+        <v>-7.9124120607394381</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>9.3450654717999999</v>
+        <v>9.3450888508999999</v>
       </c>
       <c r="C176" s="5">
-        <v>-3.1050709800000575E-2</v>
+        <v>-3.1021670299999471E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>-3.9024270840771313</v>
+        <v>-3.8988458913248536</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>9.3358991924999994</v>
+        <v>9.3359268412999992</v>
       </c>
       <c r="C177" s="5">
-        <v>-9.1662793000004683E-3</v>
+        <v>-9.1620096000006868E-3</v>
       </c>
       <c r="D177" s="5">
-        <v>-1.1707129020800289</v>
+        <v>-1.1701676034490793</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>9.4394970695999998</v>
+        <v>9.4395226041000004</v>
       </c>
       <c r="C178" s="5">
-        <v>0.10359787710000035</v>
+        <v>0.10359576280000127</v>
       </c>
       <c r="D178" s="5">
-        <v>14.159597345033736</v>
+        <v>14.159245980737811</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>9.3283075298</v>
+        <v>9.3283069873999995</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.11118953979999979</v>
+        <v>-0.11121561670000091</v>
       </c>
       <c r="D179" s="5">
-        <v>-13.254293072232581</v>
+        <v>-13.257169385784373</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>9.2370035065000007</v>
+        <v>9.2369897088999995</v>
       </c>
       <c r="C180" s="5">
-        <v>-9.1304023299999315E-2</v>
+        <v>-9.1317278500000043E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>-11.133302824630608</v>
+        <v>-11.134833721607517</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>9.1717394259000002</v>
+        <v>9.1717363921999997</v>
       </c>
       <c r="C181" s="5">
-        <v>-6.526408060000044E-2</v>
+        <v>-6.5253316699999786E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>-8.1567612063774497</v>
+        <v>-8.155479470469718</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>8.9878908187000004</v>
+        <v>8.9878616881000006</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.18384860719999985</v>
+        <v>-0.18387470409999906</v>
       </c>
       <c r="D182" s="5">
-        <v>-21.571670379806783</v>
+        <v>-21.574409362893576</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>8.9613460376000003</v>
+        <v>8.9613296306999999</v>
       </c>
       <c r="C183" s="5">
-        <v>-2.6544781100000137E-2</v>
+        <v>-2.6532057400000753E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>-3.4870668352941281</v>
+        <v>-3.4854335383189716</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>9.0046011694000008</v>
+        <v>9.0045898593999993</v>
       </c>
       <c r="C184" s="5">
-        <v>4.3255131800000512E-2</v>
+        <v>4.3260228699999459E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>5.9484994192737783</v>
+        <v>5.9492302484486892</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>9.0294164582000001</v>
+        <v>9.0294065638000003</v>
       </c>
       <c r="C185" s="5">
-        <v>2.481528879999928E-2</v>
+        <v>2.4816704400000944E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>3.3576027284788257</v>
+        <v>3.3578014587369198</v>
       </c>
       <c r="E185" s="5">
-        <v>-3.3841788356060887</v>
+        <v>-3.384207505742487</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>8.6386266834000001</v>
+        <v>8.6386193027000004</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.39078977479999999</v>
+        <v>-0.39078726109999984</v>
       </c>
       <c r="D186" s="5">
-        <v>-41.194185812840644</v>
+        <v>-41.194015454793906</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>8.5081005928</v>
+        <v>8.5080974914999992</v>
       </c>
       <c r="C187" s="5">
-        <v>-0.13052609060000009</v>
+        <v>-0.13052181120000128</v>
       </c>
       <c r="D187" s="5">
-        <v>-16.698098585623168</v>
+        <v>-16.697608896608806</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>8.5781749994999998</v>
+        <v>8.5782255598999999</v>
       </c>
       <c r="C188" s="5">
-        <v>7.0074406699999869E-2</v>
+        <v>7.0128068400000743E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>10.343671442089807</v>
+        <v>10.351958874197752</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>8.2372595538999995</v>
+        <v>8.2372872655999991</v>
       </c>
       <c r="C189" s="5">
-        <v>-0.34091544560000031</v>
+        <v>-0.34093829430000078</v>
       </c>
       <c r="D189" s="5">
-        <v>-38.53127763110551</v>
+        <v>-38.533143699697092</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>8.3628517690000006</v>
+        <v>8.3628990010000006</v>
       </c>
       <c r="C190" s="5">
-        <v>0.12559221510000107</v>
+        <v>0.12561173540000148</v>
       </c>
       <c r="D190" s="5">
-        <v>19.911208425918915</v>
+        <v>19.914494471611089</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>8.5028453919999993</v>
+        <v>8.5028427967999995</v>
       </c>
       <c r="C191" s="5">
-        <v>0.13999362299999873</v>
+        <v>0.13994379579999894</v>
       </c>
       <c r="D191" s="5">
-        <v>22.044608857820471</v>
+        <v>22.035890741119534</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>8.5670342776999995</v>
+        <v>8.5670040114999999</v>
       </c>
       <c r="C192" s="5">
-        <v>6.4188885700000142E-2</v>
+        <v>6.4161214700000357E-2</v>
       </c>
       <c r="D192" s="5">
-        <v>9.4446827790491525</v>
+        <v>9.4404438603181262</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>8.5667777716</v>
+        <v>8.5667659106999992</v>
       </c>
       <c r="C193" s="5">
-        <v>-2.5650609999949836E-4</v>
+        <v>-2.3810080000075118E-4</v>
       </c>
       <c r="D193" s="5">
-        <v>-3.5923357681755252E-2</v>
+        <v>-3.3346230290698387E-2</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>8.5807876375000003</v>
+        <v>8.5807287459000001</v>
       </c>
       <c r="C194" s="5">
-        <v>1.4009865900000307E-2</v>
+        <v>1.3962835200000967E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>1.980193920449147</v>
+        <v>1.9734895233544991</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>8.7231465675000006</v>
+        <v>8.7231211895000005</v>
       </c>
       <c r="C195" s="5">
-        <v>0.14235893000000033</v>
+        <v>0.14239244360000036</v>
       </c>
       <c r="D195" s="5">
-        <v>21.829423260524038</v>
+        <v>21.835203873620213</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>8.6824612339999998</v>
+        <v>8.6824429372999994</v>
       </c>
       <c r="C196" s="5">
-        <v>-4.0685333500000809E-2</v>
+        <v>-4.0678252200001097E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>-5.4555151737605945</v>
+        <v>-5.4546053230612461</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>8.7035702087000004</v>
+        <v>8.7035571553000004</v>
       </c>
       <c r="C197" s="5">
-        <v>2.1108974700000616E-2</v>
+        <v>2.1114218000001017E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>2.9567935547207824</v>
+        <v>2.9575441655633306</v>
       </c>
       <c r="E197" s="5">
-        <v>-3.6087188026872385</v>
+        <v>-3.6087577427997286</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>8.8296813457999992</v>
+        <v>8.8296793776999998</v>
       </c>
       <c r="C198" s="5">
-        <v>0.12611113709999877</v>
+        <v>0.12612222239999937</v>
       </c>
       <c r="D198" s="5">
-        <v>18.842320640935206</v>
+        <v>18.844141624212686</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>8.8318214758</v>
+        <v>8.8318303891000003</v>
       </c>
       <c r="C199" s="5">
-        <v>2.140130000000795E-3</v>
+        <v>2.1510114000005132E-3</v>
       </c>
       <c r="D199" s="5">
-        <v>0.29124293808868718</v>
+        <v>0.29272580041477259</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>8.6775555403000002</v>
+        <v>8.6776468196999996</v>
       </c>
       <c r="C200" s="5">
-        <v>-0.15426593549999978</v>
+        <v>-0.15418356940000066</v>
       </c>
       <c r="D200" s="5">
-        <v>-19.059581913417421</v>
+        <v>-19.05034471654945</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>8.8352520352999999</v>
+        <v>8.8353057798000005</v>
       </c>
       <c r="C201" s="5">
-        <v>0.15769649499999971</v>
+        <v>0.15765896010000091</v>
       </c>
       <c r="D201" s="5">
-        <v>24.124779087722771</v>
+        <v>24.11817181801359</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>8.6882554473999996</v>
+        <v>8.6883313864999998</v>
       </c>
       <c r="C202" s="5">
-        <v>-0.14699658790000036</v>
+        <v>-0.14697439330000073</v>
       </c>
       <c r="D202" s="5">
-        <v>-18.235711315533955</v>
+        <v>-18.233103859958298</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>8.8023957087000007</v>
+        <v>8.8023849606999995</v>
       </c>
       <c r="C203" s="5">
-        <v>0.1141402613000011</v>
+        <v>0.11405357419999973</v>
       </c>
       <c r="D203" s="5">
-        <v>16.955239553315813</v>
+        <v>16.941259898586502</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>8.6159520137999994</v>
+        <v>8.6158926099999995</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.18644369490000123</v>
+        <v>-0.18649235070000003</v>
       </c>
       <c r="D204" s="5">
-        <v>-22.65564903702235</v>
+        <v>-22.660914728782256</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>8.5769999345999999</v>
+        <v>8.5769650996000006</v>
       </c>
       <c r="C205" s="5">
-        <v>-3.8952079199999545E-2</v>
+        <v>-3.8927510399998866E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>-5.2922273225168404</v>
+        <v>-5.2890073528240711</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>8.6877085375000007</v>
+        <v>8.6876042819000006</v>
       </c>
       <c r="C206" s="5">
-        <v>0.11070860290000084</v>
+        <v>0.11063918229999992</v>
       </c>
       <c r="D206" s="5">
-        <v>16.637453095564215</v>
+        <v>16.626341840329783</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>8.1818597131999997</v>
+        <v>8.1818193755999999</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.505848824300001</v>
+        <v>-0.50578490630000061</v>
       </c>
       <c r="D207" s="5">
-        <v>-51.318781925584609</v>
+        <v>-51.314651466232533</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>8.5609009461000003</v>
+        <v>8.5608658859000002</v>
       </c>
       <c r="C208" s="5">
-        <v>0.37904123290000058</v>
+        <v>0.37904651030000025</v>
       </c>
       <c r="D208" s="5">
-        <v>72.190552507305796</v>
+        <v>72.192277334529692</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>8.5926942395000001</v>
+        <v>8.5926716245999994</v>
       </c>
       <c r="C209" s="5">
-        <v>3.1793293399999811E-2</v>
+        <v>3.1805738699999253E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>4.5486992438075413</v>
+        <v>4.5505353646437596</v>
       </c>
       <c r="E209" s="5">
-        <v>-1.2739136531485618</v>
+        <v>-1.2740254211173641</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>8.5164563594999994</v>
+        <v>8.5164681202000008</v>
       </c>
       <c r="C210" s="5">
-        <v>-7.6237880000000757E-2</v>
+        <v>-7.6203504399998678E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>-10.142402016518115</v>
+        <v>-10.138074928197515</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>8.4448041666999991</v>
+        <v>8.4448406439999992</v>
       </c>
       <c r="C211" s="5">
-        <v>-7.1652192800000236E-2</v>
+        <v>-7.1627476200001539E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>-9.6417336078484794</v>
+        <v>-9.6385472846202802</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>8.3617798087999997</v>
+        <v>8.3619134867000007</v>
       </c>
       <c r="C212" s="5">
-        <v>-8.3024357899999401E-2</v>
+        <v>-8.2927157299998555E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>-11.180212272762491</v>
+        <v>-11.167776104848503</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>8.6529871792000002</v>
+        <v>8.6531162550000005</v>
       </c>
       <c r="C213" s="5">
-        <v>0.29120737040000044</v>
+        <v>0.2912027682999998</v>
       </c>
       <c r="D213" s="5">
-        <v>50.802311368206276</v>
+        <v>50.800375345047065</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>8.7209624703999999</v>
+        <v>8.7211434366000002</v>
       </c>
       <c r="C214" s="5">
-        <v>6.7975291199999788E-2</v>
+        <v>6.8027181599999764E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>9.8449986543954981</v>
+        <v>9.8526885617488791</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>8.4987899984999995</v>
+        <v>8.4986781830999991</v>
       </c>
       <c r="C215" s="5">
-        <v>-0.22217247190000045</v>
+        <v>-0.22246525350000113</v>
       </c>
       <c r="D215" s="5">
-        <v>-26.631073123997329</v>
+        <v>-26.660919879950164</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>8.3519987169000007</v>
+        <v>8.3518692802000007</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.14679128159999877</v>
+        <v>-0.14680890289999837</v>
       </c>
       <c r="D216" s="5">
-        <v>-18.866567577974291</v>
+        <v>-18.868846842991736</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>8.5841027448999991</v>
+        <v>8.5840173458999995</v>
       </c>
       <c r="C217" s="5">
-        <v>0.23210402799999841</v>
+        <v>0.2321480656999988</v>
       </c>
       <c r="D217" s="5">
-        <v>38.948498643833297</v>
+        <v>38.957751681206496</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>8.7885127746999991</v>
+        <v>8.7883745564000009</v>
       </c>
       <c r="C218" s="5">
-        <v>0.2044100298</v>
+        <v>0.20435721050000133</v>
       </c>
       <c r="D218" s="5">
-        <v>32.631222997266349</v>
+        <v>32.622026047576384</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>8.5412260414999999</v>
+        <v>8.5411688222999995</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.24728673319999928</v>
+        <v>-0.24720573410000135</v>
       </c>
       <c r="D219" s="5">
-        <v>-29.000069085530445</v>
+        <v>-28.99237675458015</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>8.5442136634000008</v>
+        <v>8.5441730615000004</v>
       </c>
       <c r="C220" s="5">
-        <v>2.987621900000903E-3</v>
+        <v>3.0042392000009244E-3</v>
       </c>
       <c r="D220" s="5">
-        <v>0.42055456034484351</v>
+        <v>0.4229010711108927</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>8.4812690864999993</v>
+        <v>8.4812511959000005</v>
       </c>
       <c r="C221" s="5">
-        <v>-6.2944576900001437E-2</v>
+        <v>-6.2921865599999904E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>-8.4907688131427896</v>
+        <v>-8.4878669430950797</v>
       </c>
       <c r="E221" s="5">
-        <v>-1.2967429061747304</v>
+        <v>-1.2966913384774625</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>8.5046032954000008</v>
+        <v>8.5046223186999992</v>
       </c>
       <c r="C222" s="5">
-        <v>2.3334208900001485E-2</v>
+        <v>2.3371122799998645E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>3.3519359989757636</v>
+        <v>3.3573264579185302</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>8.5455531562000004</v>
+        <v>8.5456277509999996</v>
       </c>
       <c r="C223" s="5">
-        <v>4.0949860799999627E-2</v>
+        <v>4.1005432300000422E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>5.9335277489024119</v>
+        <v>5.9417809936763488</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>8.4349072779000007</v>
+        <v>8.4350934004999996</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.11064587829999972</v>
+        <v>-0.11053435050000004</v>
       </c>
       <c r="D224" s="5">
-        <v>-14.477262248779754</v>
+        <v>-14.463574294384751</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>8.2771056596000001</v>
+        <v>8.2773038598999999</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.15780161830000061</v>
+        <v>-0.15778954059999961</v>
       </c>
       <c r="D225" s="5">
-        <v>-20.277990940805878</v>
+        <v>-20.276192577468212</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>8.1458590285000003</v>
+        <v>8.1461240506999992</v>
       </c>
       <c r="C226" s="5">
-        <v>-0.13124663109999979</v>
+        <v>-0.13117980920000072</v>
       </c>
       <c r="D226" s="5">
-        <v>-17.453114882938724</v>
+        <v>-17.444606754960034</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>8.0076968870999998</v>
+        <v>8.0074911260999997</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.13816214140000049</v>
+        <v>-0.13863292459999954</v>
       </c>
       <c r="D227" s="5">
-        <v>-18.557925532826104</v>
+        <v>-18.61481391956854</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>7.7442790653999998</v>
+        <v>7.7440875170999997</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.26341782170000005</v>
+        <v>-0.26340360900000004</v>
       </c>
       <c r="D228" s="5">
-        <v>-33.060814137083064</v>
+        <v>-33.060041981619115</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>7.65848832</v>
+        <v>7.6583640577000001</v>
       </c>
       <c r="C229" s="5">
-        <v>-8.5790745399999757E-2</v>
+        <v>-8.5723459399999591E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>-12.512759291507237</v>
+        <v>-12.503825784932854</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>7.4617073403000003</v>
+        <v>7.4615619682999998</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.19678097969999975</v>
+        <v>-0.19680208940000021</v>
       </c>
       <c r="D230" s="5">
-        <v>-26.828512502293268</v>
+        <v>-26.831372305532732</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>7.5472849058999998</v>
+        <v>7.5472236115999998</v>
       </c>
       <c r="C231" s="5">
-        <v>8.5577565599999517E-2</v>
+        <v>8.5661643299999923E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>14.664874518318015</v>
+        <v>14.680508337553055</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>7.3648241722999996</v>
+        <v>7.3647907416000002</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.18246073360000015</v>
+        <v>-0.18243286999999953</v>
       </c>
       <c r="D232" s="5">
-        <v>-25.44793809000938</v>
+        <v>-25.444733337365466</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>7.4073762844999997</v>
+        <v>7.4073712872000002</v>
       </c>
       <c r="C233" s="5">
-        <v>4.2552112200000103E-2</v>
+        <v>4.2580545599999908E-2</v>
       </c>
       <c r="D233" s="5">
-        <v>7.1579226209219859</v>
+        <v>7.1628922205629442</v>
       </c>
       <c r="E233" s="5">
-        <v>-12.661935272273828</v>
+        <v>-12.661809960529579</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>7.0050134968000002</v>
+        <v>7.0050384869000002</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.40236278769999956</v>
+        <v>-0.40233280029999996</v>
       </c>
       <c r="D234" s="5">
-        <v>-48.839493499639651</v>
+        <v>-48.836889102803148</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>6.8420760553999997</v>
+        <v>6.8421679582000001</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.16293744140000044</v>
+        <v>-0.16287052870000007</v>
       </c>
       <c r="D235" s="5">
-        <v>-24.6042175982797</v>
+        <v>-24.595292204091869</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>6.8399224055000003</v>
+        <v>6.8400960703999996</v>
       </c>
       <c r="C236" s="5">
-        <v>-2.1536498999994436E-3</v>
+        <v>-2.0718878000005603E-3</v>
       </c>
       <c r="D236" s="5">
-        <v>-0.37706544684875665</v>
+        <v>-0.36276933963176328</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>6.5043168022</v>
+        <v>6.5045236208999997</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.33560560330000033</v>
+        <v>-0.33557244949999987</v>
       </c>
       <c r="D237" s="5">
-        <v>-45.322816789075681</v>
+        <v>-45.318612782414355</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>6.6568829309000002</v>
+        <v>6.6571619828999999</v>
       </c>
       <c r="C238" s="5">
-        <v>0.15256612870000019</v>
+        <v>0.15263836200000025</v>
       </c>
       <c r="D238" s="5">
-        <v>32.078096338608432</v>
+        <v>32.094139732595735</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>6.7014397302999997</v>
+        <v>6.7011863295999996</v>
       </c>
       <c r="C239" s="5">
-        <v>4.4556799399999569E-2</v>
+        <v>4.4024346699999661E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>8.3343943893405825</v>
+        <v>8.2307913058928825</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>6.7074250089999996</v>
+        <v>6.7072100273000004</v>
       </c>
       <c r="C240" s="5">
-        <v>5.9852786999998742E-3</v>
+        <v>6.0236977000007741E-3</v>
       </c>
       <c r="D240" s="5">
-        <v>1.0770403492189828</v>
+        <v>1.0840291882288966</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>6.7299270721999997</v>
+        <v>6.7297804416</v>
       </c>
       <c r="C241" s="5">
-        <v>2.2502063200000144E-2</v>
+        <v>2.2570414299999619E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>4.1008767159532056</v>
+        <v>4.1136990697920206</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>6.6505909926999998</v>
+        <v>6.6504581859999998</v>
       </c>
       <c r="C242" s="5">
-        <v>-7.933607949999999E-2</v>
+        <v>-7.9322255600000169E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>-13.264161621517523</v>
+        <v>-13.262268618096861</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>6.6698070330999997</v>
+        <v>6.6697504607999996</v>
       </c>
       <c r="C243" s="5">
-        <v>1.9216040399999912E-2</v>
+        <v>1.9292274799999731E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>3.5228821287752954</v>
+        <v>3.5371537062938607</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>6.5783275481999999</v>
+        <v>6.5783086669999999</v>
       </c>
       <c r="C244" s="5">
-        <v>-9.1479484899999797E-2</v>
+        <v>-9.1441793799999616E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>-15.272050373958546</v>
+        <v>-15.266344599729075</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>6.5208461720999997</v>
+        <v>6.5208594570000002</v>
       </c>
       <c r="C245" s="5">
-        <v>-5.7481376100000148E-2</v>
+        <v>-5.7449209999999695E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>-9.9960574144854935</v>
+        <v>-9.9907569134882976</v>
       </c>
       <c r="E245" s="5">
-        <v>-11.968206802927938</v>
+        <v>-11.967968066240985</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>6.6985416265</v>
+        <v>6.6985709739999999</v>
       </c>
       <c r="C246" s="5">
-        <v>0.17769545440000023</v>
+        <v>0.17771151699999965</v>
       </c>
       <c r="D246" s="5">
-        <v>38.075194441833915</v>
+        <v>38.07907806517894</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>6.4295753512999996</v>
+        <v>6.4296806383999998</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.26896627520000038</v>
+        <v>-0.26889033560000009</v>
       </c>
       <c r="D247" s="5">
-        <v>-38.846071903013446</v>
+        <v>-38.837269408622802</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>6.6256477615999998</v>
+        <v>6.6258127053999996</v>
       </c>
       <c r="C248" s="5">
-        <v>0.19607241030000022</v>
+        <v>0.19613206699999974</v>
       </c>
       <c r="D248" s="5">
-        <v>43.401152309906863</v>
+        <v>43.415812898418935</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>6.5272096901000003</v>
+        <v>6.5274280615000002</v>
       </c>
       <c r="C249" s="5">
-        <v>-9.8438071499999502E-2</v>
+        <v>-9.8384643899999347E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>-16.441496663038112</v>
+        <v>-16.432912532676781</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>6.5772708441000001</v>
+        <v>6.5775311617999996</v>
       </c>
       <c r="C250" s="5">
-        <v>5.0061153999999775E-2</v>
+        <v>5.0103100299999426E-2</v>
       </c>
       <c r="D250" s="5">
-        <v>9.601862185393518</v>
+        <v>9.6099150630488026</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>6.0986006052999997</v>
+        <v>6.0983649605999997</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.47867023880000037</v>
+        <v>-0.47916620119999997</v>
       </c>
       <c r="D251" s="5">
-        <v>-59.615603337218005</v>
+        <v>-59.653490743707181</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>6.0680624022999998</v>
+        <v>6.0678671527999999</v>
       </c>
       <c r="C252" s="5">
-        <v>-3.0538202999999875E-2</v>
+        <v>-3.0497807799999777E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>-5.8461356884466404</v>
+        <v>-5.8388334444220646</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>6.1068729965999999</v>
+        <v>6.1067305516000001</v>
       </c>
       <c r="C253" s="5">
-        <v>3.8810594300000112E-2</v>
+        <v>3.8863398800000226E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>7.9508827913743918</v>
+        <v>7.9623496860661502</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>6.1449588802999999</v>
+        <v>6.1448454056999999</v>
       </c>
       <c r="C254" s="5">
-        <v>3.8085883699999989E-2</v>
+        <v>3.8114854099999818E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>7.7459898553692064</v>
+        <v>7.7522727096231536</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>6.0958839079000002</v>
+        <v>6.0958320737999996</v>
       </c>
       <c r="C255" s="5">
-        <v>-4.9074972399999695E-2</v>
+        <v>-4.9013331900000345E-2</v>
       </c>
       <c r="D255" s="5">
-        <v>-9.1735212245142801</v>
+        <v>-9.1626614039145409</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>6.0939939303999999</v>
+        <v>6.0939822817999998</v>
       </c>
       <c r="C256" s="5">
-        <v>-1.8899775000003061E-3</v>
+        <v>-1.8497919999997947E-3</v>
       </c>
       <c r="D256" s="5">
-        <v>-0.37141612530869894</v>
+        <v>-0.36353518051384093</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>6.1326582528999998</v>
+        <v>6.1326774230999996</v>
       </c>
       <c r="C257" s="5">
-        <v>3.8664322499999848E-2</v>
+        <v>3.8695141299999847E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>7.8849736024102501</v>
+        <v>7.8914953240981189</v>
       </c>
       <c r="E257" s="5">
-        <v>-5.9530298515688802</v>
+        <v>-5.9529274700637185</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>6.1963995684000004</v>
+        <v>6.1964327203999998</v>
       </c>
       <c r="C258" s="5">
-        <v>6.3741315500000617E-2</v>
+        <v>6.375529730000018E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>13.210787823733593</v>
+        <v>13.213809605995053</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>6.1127957524000003</v>
+        <v>6.1128934502999996</v>
       </c>
       <c r="C259" s="5">
-        <v>-8.3603816000000108E-2</v>
+        <v>-8.3539270100000174E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>-15.041734261589069</v>
+        <v>-15.03089404458866</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>6.0355085151000001</v>
+        <v>6.0356415746999996</v>
       </c>
       <c r="C260" s="5">
-        <v>-7.72872373000002E-2</v>
+        <v>-7.725187560000002E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>-14.160380285935092</v>
+        <v>-14.154134205961732</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>6.0343615919999998</v>
+        <v>6.0345520999</v>
       </c>
       <c r="C261" s="5">
-        <v>-1.1469231000003077E-3</v>
+        <v>-1.0894747999996568E-3</v>
       </c>
       <c r="D261" s="5">
-        <v>-0.22779690632990235</v>
+        <v>-0.2163933334527135</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>6.0816247719999996</v>
+        <v>6.0818459530000002</v>
       </c>
       <c r="C262" s="5">
-        <v>4.7263179999999849E-2</v>
+        <v>4.7293853100000227E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>9.8144496144037205</v>
+        <v>9.8207725490620632</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>6.0954168117999998</v>
+        <v>6.0951827747999996</v>
       </c>
       <c r="C263" s="5">
-        <v>1.3792039800000211E-2</v>
+        <v>1.3336821799999399E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>2.7555876827777714</v>
+        <v>2.6634395312317372</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>6.1623948298000002</v>
+        <v>6.1622109479000002</v>
       </c>
       <c r="C264" s="5">
-        <v>6.6978018000000361E-2</v>
+        <v>6.7028173100000643E-2</v>
       </c>
       <c r="D264" s="5">
-        <v>14.012729602471952</v>
+        <v>14.024436808487618</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>6.0999270606999998</v>
+        <v>6.0997941065000001</v>
       </c>
       <c r="C265" s="5">
-        <v>-6.2467769100000403E-2</v>
+        <v>-6.2416841400000145E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>-11.508520074225059</v>
+        <v>-11.499978251617538</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>6.1392586616999996</v>
+        <v>6.1391710426000001</v>
       </c>
       <c r="C266" s="5">
-        <v>3.9331600999999772E-2</v>
+        <v>3.9376936100000037E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>8.0178367558696237</v>
+        <v>8.0275902112201258</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>6.2233501624000001</v>
+        <v>6.2233060566000002</v>
       </c>
       <c r="C267" s="5">
-        <v>8.4091500700000488E-2</v>
+        <v>8.4135014000000119E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>17.733396200476626</v>
+        <v>17.743547419679896</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>6.499153701</v>
+        <v>6.4991519012000003</v>
       </c>
       <c r="C268" s="5">
-        <v>0.27580353859999995</v>
+        <v>0.27584584460000006</v>
       </c>
       <c r="D268" s="5">
-        <v>68.263858240147073</v>
+        <v>68.27760981747204</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>6.4254142433999997</v>
+        <v>6.4254558393999996</v>
       </c>
       <c r="C269" s="5">
-        <v>-7.3739457600000335E-2</v>
+        <v>-7.3696061800000656E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>-12.796907769057409</v>
+        <v>-12.78984343005809</v>
       </c>
       <c r="E269" s="5">
-        <v>4.7737209286293103</v>
+        <v>4.7740716835552144</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>6.4913084924</v>
+        <v>6.4913351714000003</v>
       </c>
       <c r="C270" s="5">
-        <v>6.5894249000000293E-2</v>
+        <v>6.5879332000000623E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>13.024711714428761</v>
+        <v>13.021505883761897</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>6.4859542543000002</v>
+        <v>6.4860406989000001</v>
       </c>
       <c r="C271" s="5">
-        <v>-5.3542380999997974E-3</v>
+        <v>-5.2944725000001469E-3</v>
       </c>
       <c r="D271" s="5">
-        <v>-0.98532026853189736</v>
+        <v>-0.974367135892662</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>6.5351989981000003</v>
+        <v>6.5353111495</v>
       </c>
       <c r="C272" s="5">
-        <v>4.9244743800000101E-2</v>
+        <v>4.9270450599999904E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>9.5012867583157412</v>
+        <v>9.5063236296390805</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>6.5260250827000004</v>
+        <v>6.5261701948999997</v>
       </c>
       <c r="C273" s="5">
-        <v>-9.173915399999899E-3</v>
+        <v>-9.1409546000003061E-3</v>
       </c>
       <c r="D273" s="5">
-        <v>-1.6715787395274351</v>
+        <v>-1.6655907170404549</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>6.4846686858</v>
+        <v>6.4848231012999999</v>
       </c>
       <c r="C274" s="5">
-        <v>-4.1356396900000369E-2</v>
+        <v>-4.1347093599999774E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>-7.3450468865404961</v>
+        <v>-7.3432940952009584</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>6.4951008095000002</v>
+        <v>6.4949271335000001</v>
       </c>
       <c r="C275" s="5">
-        <v>1.043212370000024E-2</v>
+        <v>1.0104032200000113E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>1.9476568404171779</v>
+        <v>1.8858316882512494</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>6.5619542709000003</v>
+        <v>6.5618077616999999</v>
       </c>
       <c r="C276" s="5">
-        <v>6.6853461400000036E-2</v>
+        <v>6.6880628199999848E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>13.075272099419543</v>
+        <v>13.081259700687031</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>6.7110735250999998</v>
+        <v>6.7109648978000003</v>
       </c>
       <c r="C277" s="5">
-        <v>0.1491192541999995</v>
+        <v>0.14915713610000036</v>
       </c>
       <c r="D277" s="5">
-        <v>30.9500197011102</v>
+        <v>30.959669881950692</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>6.7523459046000003</v>
+        <v>6.7522736053000001</v>
       </c>
       <c r="C278" s="5">
-        <v>4.1272379500000511E-2</v>
+        <v>4.1308707499999819E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>7.634679160743052</v>
+        <v>7.6417562425358687</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>6.7509071672000003</v>
+        <v>6.7508704313000001</v>
       </c>
       <c r="C279" s="5">
-        <v>-1.4387374000000008E-3</v>
+        <v>-1.403174000000007E-3</v>
       </c>
       <c r="D279" s="5">
-        <v>-0.25538725026378328</v>
+        <v>-0.24908434328954066</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>6.8037271482000001</v>
+        <v>6.8037285509999998</v>
       </c>
       <c r="C280" s="5">
-        <v>5.2819980999999849E-2</v>
+        <v>5.2858119699999762E-2</v>
       </c>
       <c r="D280" s="5">
-        <v>9.8037145552784857</v>
+        <v>9.8111566270040704</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>6.8193176547999999</v>
+        <v>6.8193735669000004</v>
       </c>
       <c r="C281" s="5">
-        <v>1.5590506599999721E-2</v>
+        <v>1.5645015900000558E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>2.784680151223129</v>
+        <v>2.7945391476606796</v>
       </c>
       <c r="E281" s="5">
-        <v>6.1303971460611395</v>
+        <v>6.1305802630305495</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>6.8845525290999996</v>
+        <v>6.8845773262999996</v>
       </c>
       <c r="C282" s="5">
-        <v>6.5234874299999746E-2</v>
+        <v>6.5203759399999228E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>12.103084610106762</v>
+        <v>12.09690047387908</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>6.9591722617</v>
+        <v>6.9592384470999997</v>
       </c>
       <c r="C283" s="5">
-        <v>7.4619732600000432E-2</v>
+        <v>7.4661120800000091E-2</v>
       </c>
       <c r="D283" s="5">
-        <v>13.810524877682241</v>
+        <v>13.818594732503865</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>6.9406238738999999</v>
+        <v>6.9407026827999996</v>
       </c>
       <c r="C284" s="5">
-        <v>-1.8548387800000121E-2</v>
+        <v>-1.8535764300000146E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>-3.1519065620973286</v>
+        <v>-3.1497632726219527</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>6.9092388755999998</v>
+        <v>6.9093238485999997</v>
       </c>
       <c r="C285" s="5">
-        <v>-3.1384998300000078E-2</v>
+        <v>-3.1378834199999872E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>-5.2933710400916656</v>
+        <v>-5.292298514864024</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>6.8825168294000001</v>
+        <v>6.8825921396999998</v>
       </c>
       <c r="C286" s="5">
-        <v>-2.6722046199999738E-2</v>
+        <v>-2.6731708899999873E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>-4.5436357954493296</v>
+        <v>-4.5451892582544451</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>6.8911337997000004</v>
+        <v>6.8910294545999999</v>
       </c>
       <c r="C287" s="5">
-        <v>8.616970300000304E-3</v>
+        <v>8.4373149000001035E-3</v>
       </c>
       <c r="D287" s="5">
-        <v>1.5127992936811108</v>
+        <v>1.481029641516507</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>6.8681658166000004</v>
+        <v>6.8680653199000004</v>
       </c>
       <c r="C288" s="5">
-        <v>-2.2967983100000033E-2</v>
+        <v>-2.2964134699999583E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>-3.9270619868255308</v>
+        <v>-3.9264743698328552</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>6.8215428237999998</v>
+        <v>6.8214731276</v>
       </c>
       <c r="C289" s="5">
-        <v>-4.6622992800000596E-2</v>
+        <v>-4.6592192300000335E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>-7.8485744414127812</v>
+        <v>-7.8436918760896202</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>6.7519236858999996</v>
+        <v>6.7518783490000001</v>
       </c>
       <c r="C290" s="5">
-        <v>-6.9619137900000183E-2</v>
+        <v>-6.9594778599999962E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>-11.582347185275276</v>
+        <v>-11.578630978653305</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>6.7698342305999999</v>
+        <v>6.7698135751999997</v>
       </c>
       <c r="C291" s="5">
-        <v>1.7910544700000308E-2</v>
+        <v>1.7935226199999654E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>3.2300442881682212</v>
+        <v>3.2345826963198876</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>6.7048017292999997</v>
+        <v>6.7048071629999999</v>
       </c>
       <c r="C292" s="5">
-        <v>-6.5032501300000156E-2</v>
+        <v>-6.5006412199999808E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>-10.937503985942188</v>
+        <v>-10.933376893753977</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>6.6314948801</v>
+        <v>6.6315621256000004</v>
       </c>
       <c r="C293" s="5">
-        <v>-7.3306849199999746E-2</v>
+        <v>-7.3245037399999546E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>-12.359269664218598</v>
+        <v>-12.349457013654819</v>
       </c>
       <c r="E293" s="5">
-        <v>-2.7542751959617973</v>
+        <v>-2.754086419485835</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>6.2930006478999996</v>
+        <v>6.2930203992999996</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.33849423220000041</v>
+        <v>-0.33854172630000079</v>
       </c>
       <c r="D294" s="5">
-        <v>-46.671907012111532</v>
+        <v>-46.676387437420352</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>6.5541816633999996</v>
+        <v>6.5542243384000001</v>
       </c>
       <c r="C295" s="5">
-        <v>0.26118101550000006</v>
+        <v>0.2612039391000005</v>
       </c>
       <c r="D295" s="5">
-        <v>62.902735831280609</v>
+        <v>62.909328568355207</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>6.3728081868000004</v>
+        <v>6.3728421138</v>
       </c>
       <c r="C296" s="5">
-        <v>-0.18137347659999925</v>
+        <v>-0.18138222460000009</v>
       </c>
       <c r="D296" s="5">
-        <v>-28.591737134353391</v>
+        <v>-28.59275460110139</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>6.7969582733999996</v>
+        <v>6.7969833571000002</v>
       </c>
       <c r="C297" s="5">
-        <v>0.4241500865999992</v>
+        <v>0.42414124330000025</v>
       </c>
       <c r="D297" s="5">
-        <v>116.67314230988733</v>
+        <v>116.66889570914418</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>6.6729054000000003</v>
+        <v>6.6728881276000003</v>
       </c>
       <c r="C298" s="5">
-        <v>-0.12405287339999926</v>
+        <v>-0.12409522949999996</v>
       </c>
       <c r="D298" s="5">
-        <v>-19.831386854726485</v>
+        <v>-19.837427041424593</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>6.6785506076000001</v>
+        <v>6.6785152586000001</v>
       </c>
       <c r="C299" s="5">
-        <v>5.6452075999997575E-3</v>
+        <v>5.6271309999997854E-3</v>
       </c>
       <c r="D299" s="5">
-        <v>1.0199242991658863</v>
+        <v>1.0166458664824018</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>6.6533469669</v>
+        <v>6.6532834176</v>
       </c>
       <c r="C300" s="5">
-        <v>-2.520364070000003E-2</v>
+        <v>-2.5231841000000088E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>-4.4357598575094803</v>
+        <v>-4.440643365625041</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>6.6321346929000002</v>
+        <v>6.6320873564999996</v>
       </c>
       <c r="C301" s="5">
-        <v>-2.1212273999999809E-2</v>
+        <v>-2.1196061100000385E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>-3.7594741218529237</v>
+        <v>-3.7566861072302005</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>6.6599711289999997</v>
+        <v>6.6599387080000003</v>
       </c>
       <c r="C302" s="5">
-        <v>2.7836436099999418E-2</v>
+        <v>2.7851351500000732E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>5.1545586118433295</v>
+        <v>5.1574223101287897</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>6.4732602436000004</v>
+        <v>6.4732672317000004</v>
       </c>
       <c r="C303" s="5">
-        <v>-0.18671088539999925</v>
+        <v>-0.18667147629999992</v>
       </c>
       <c r="D303" s="5">
-        <v>-28.909977949597831</v>
+        <v>-28.904904002267095</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>6.4985879477999999</v>
+        <v>6.4986106706999998</v>
       </c>
       <c r="C304" s="5">
-        <v>2.5327704199999523E-2</v>
+        <v>2.5343438999999357E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>4.797567546758108</v>
+        <v>4.8006072042953152</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>6.4402973828999999</v>
+        <v>6.4403885884000003</v>
       </c>
       <c r="C305" s="5">
-        <v>-5.8290564900000064E-2</v>
+        <v>-5.8222082299999478E-2</v>
       </c>
       <c r="D305" s="5">
-        <v>-10.248224473757706</v>
+        <v>-10.236737299753539</v>
       </c>
       <c r="E305" s="5">
-        <v>-2.8831734119821428</v>
+        <v>-2.8827828734651728</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>6.5777436230999999</v>
+        <v>6.5778036762000003</v>
       </c>
       <c r="C306" s="5">
-        <v>0.13744624020000007</v>
+        <v>0.1374150878</v>
       </c>
       <c r="D306" s="5">
-        <v>28.840454621765165</v>
+        <v>28.832675123914477</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>6.9428492009999996</v>
+        <v>6.9429009452999999</v>
       </c>
       <c r="C307" s="5">
-        <v>0.36510557789999964</v>
+        <v>0.36509726909999962</v>
       </c>
       <c r="D307" s="5">
-        <v>91.218313178611467</v>
+        <v>91.214465515118064</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>6.7792277807000003</v>
+        <v>6.7792455226000001</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.16362142029999927</v>
+        <v>-0.16365542269999978</v>
       </c>
       <c r="D308" s="5">
-        <v>-24.887896100743845</v>
+        <v>-24.892254672047819</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>6.9954950681000003</v>
+        <v>6.9954812403000002</v>
       </c>
       <c r="C309" s="5">
-        <v>0.21626728740000001</v>
+        <v>0.21623571770000005</v>
       </c>
       <c r="D309" s="5">
-        <v>45.766840513982032</v>
+        <v>45.758805306662119</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>6.8670649940999997</v>
+        <v>6.8669990022</v>
       </c>
       <c r="C310" s="5">
-        <v>-0.12843007400000062</v>
+        <v>-0.12848223810000015</v>
       </c>
       <c r="D310" s="5">
-        <v>-19.936893468385652</v>
+        <v>-19.944226867139147</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>6.8782303413000001</v>
+        <v>6.8780338278000004</v>
       </c>
       <c r="C311" s="5">
-        <v>1.1165347200000397E-2</v>
+        <v>1.1034825600000353E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>1.9686554707119441</v>
+        <v>1.9454572151293537</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>7.1729397712000003</v>
+        <v>7.1728405312000003</v>
       </c>
       <c r="C312" s="5">
-        <v>0.29470942990000015</v>
+        <v>0.29480670339999993</v>
       </c>
       <c r="D312" s="5">
-        <v>65.441943683106786</v>
+        <v>65.471200385977752</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>6.8575940174000003</v>
+        <v>6.8575366398000002</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.31534575379999996</v>
+        <v>-0.31530389140000015</v>
       </c>
       <c r="D313" s="5">
-        <v>-41.696445153356855</v>
+        <v>-41.692619118634191</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>6.7691083299999999</v>
+        <v>6.7690973596999999</v>
       </c>
       <c r="C314" s="5">
-        <v>-8.8485687400000401E-2</v>
+        <v>-8.8439280100000239E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>-14.43102548846138</v>
+        <v>-14.424097809429547</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>6.5687469424999998</v>
+        <v>6.5688266085000002</v>
       </c>
       <c r="C315" s="5">
-        <v>-0.2003613875000001</v>
+        <v>-0.20027075119999971</v>
       </c>
       <c r="D315" s="5">
-        <v>-30.271102000002248</v>
+        <v>-30.259596949484735</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>6.7809761601999998</v>
+        <v>6.7810988955999996</v>
       </c>
       <c r="C316" s="5">
-        <v>0.21222921770000003</v>
+        <v>0.21227228709999935</v>
       </c>
       <c r="D316" s="5">
-        <v>46.45905773929524</v>
+        <v>46.469553665631238</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>6.7310290959000003</v>
+        <v>6.7312568219999998</v>
       </c>
       <c r="C317" s="5">
-        <v>-4.9947064299999511E-2</v>
+        <v>-4.9842073599999814E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>-8.4894840547494752</v>
+        <v>-8.4722067940033341</v>
       </c>
       <c r="E317" s="5">
-        <v>4.5142591361066353</v>
+        <v>4.516314964657453</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>6.6603741682999997</v>
+        <v>6.6605662074999996</v>
       </c>
       <c r="C318" s="5">
-        <v>-7.0654927600000583E-2</v>
+        <v>-7.0690614500000137E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>-11.893911941534864</v>
+        <v>-11.899197127305994</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>6.5439797183000001</v>
+        <v>6.5441224351000002</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.11639444999999959</v>
+        <v>-0.11644377239999937</v>
       </c>
       <c r="D319" s="5">
-        <v>-19.06808761449491</v>
+        <v>-19.074908962101201</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>6.4933557046999999</v>
+        <v>6.4931792553000003</v>
       </c>
       <c r="C320" s="5">
-        <v>-5.0624013600000239E-2</v>
+        <v>-5.094317979999996E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>-8.898192610171197</v>
+        <v>-8.951725977922532</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>6.4003236804999997</v>
+        <v>6.4002564376000004</v>
       </c>
       <c r="C321" s="5">
-        <v>-9.303202420000023E-2</v>
+        <v>-9.2922817699999882E-2</v>
       </c>
       <c r="D321" s="5">
-        <v>-15.900594491088093</v>
+        <v>-15.883771601338781</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>6.3654343736000003</v>
+        <v>6.3652693750999996</v>
       </c>
       <c r="C322" s="5">
-        <v>-3.4889306899999362E-2</v>
+        <v>-3.4987062500000832E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>-6.3488132308605731</v>
+        <v>-6.3661353610361289</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>6.3787518610999996</v>
+        <v>6.3783440662000004</v>
       </c>
       <c r="C323" s="5">
-        <v>1.3317487499999281E-2</v>
+        <v>1.3074691100000813E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>2.5396797048997666</v>
+        <v>2.4929188658564749</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>6.3400498482999996</v>
+        <v>6.3398711280000004</v>
       </c>
       <c r="C324" s="5">
-        <v>-3.8702012799999963E-2</v>
+        <v>-3.8472938199999973E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>-7.0426844547018863</v>
+        <v>-7.0028053030494197</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>6.3682233712</v>
+        <v>6.3681287253000001</v>
       </c>
       <c r="C325" s="5">
-        <v>2.8173522900000414E-2</v>
+        <v>2.8257597299999659E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>5.4647649510893626</v>
+        <v>5.481632865595687</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>6.4808372399999996</v>
+        <v>6.4808319210000001</v>
       </c>
       <c r="C326" s="5">
-        <v>0.11261386879999957</v>
+        <v>0.11270319569999998</v>
       </c>
       <c r="D326" s="5">
-        <v>23.411013006975878</v>
+        <v>23.431809411599723</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>6.5564432988999997</v>
+        <v>6.5566003349999997</v>
       </c>
       <c r="C327" s="5">
-        <v>7.560605890000005E-2</v>
+        <v>7.5768413999999673E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>14.93342272106486</v>
+        <v>14.96759317087788</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>6.5657551964999996</v>
+        <v>6.5660146250000002</v>
       </c>
       <c r="C328" s="5">
-        <v>9.311897599999952E-3</v>
+        <v>9.4142900000004914E-3</v>
       </c>
       <c r="D328" s="5">
-        <v>1.7176964185030119</v>
+        <v>1.7366914730536198</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>6.5269612415999996</v>
+        <v>6.5273805861999996</v>
       </c>
       <c r="C329" s="5">
-        <v>-3.8793954900000038E-2</v>
+        <v>-3.8634038800000603E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>-6.8643022660112685</v>
+        <v>-6.836654279562504</v>
       </c>
       <c r="E329" s="5">
-        <v>-3.0317482125326478</v>
+        <v>-3.0287989478230082</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>6.6332592275</v>
+        <v>6.6337385717000004</v>
       </c>
       <c r="C330" s="5">
-        <v>0.10629798590000039</v>
+        <v>0.10635798550000075</v>
       </c>
       <c r="D330" s="5">
-        <v>21.392325930275845</v>
+        <v>21.404002216288198</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>6.6366121483000002</v>
+        <v>6.637113094</v>
       </c>
       <c r="C331" s="5">
-        <v>3.3529208000002697E-3</v>
+        <v>3.3745222999996827E-3</v>
       </c>
       <c r="D331" s="5">
-        <v>0.60825446434695785</v>
+        <v>0.61213981140531004</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>6.5851254126000001</v>
+        <v>6.5851782973999997</v>
       </c>
       <c r="C332" s="5">
-        <v>-5.1486735700000175E-2</v>
+        <v>-5.1934796600000332E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>-8.9224471549719127</v>
+        <v>-8.9961337286935787</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>6.6115569922999997</v>
+        <v>6.6110171261000001</v>
       </c>
       <c r="C333" s="5">
-        <v>2.6431579699999652E-2</v>
+        <v>2.5838828700000427E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>4.9243641703758279</v>
+        <v>4.8114979611130648</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>6.7870707092</v>
+        <v>6.7862432029999997</v>
       </c>
       <c r="C334" s="5">
-        <v>0.17551371690000028</v>
+        <v>0.17522607689999958</v>
       </c>
       <c r="D334" s="5">
-        <v>36.944165558868967</v>
+        <v>36.877999583178635</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>6.8043576136999997</v>
+        <v>6.8032291363999997</v>
       </c>
       <c r="C335" s="5">
-        <v>1.72869044999997E-2</v>
+        <v>1.6985933399999986E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>3.0996239773629641</v>
+        <v>3.0452899397838795</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>6.8651950549</v>
+        <v>6.8650498843000003</v>
       </c>
       <c r="C336" s="5">
-        <v>6.0837441200000342E-2</v>
+        <v>6.1820747900000583E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>11.272797050168704</v>
+        <v>11.466197592780425</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>6.9051656125000003</v>
+        <v>6.9052984340999997</v>
       </c>
       <c r="C337" s="5">
-        <v>3.9970557600000234E-2</v>
+        <v>4.0248549799999367E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>7.2147697707108494</v>
+        <v>7.2667356704795072</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>6.9042999772</v>
+        <v>6.9043059921000003</v>
       </c>
       <c r="C338" s="5">
-        <v>-8.6563530000027811E-4</v>
+        <v>-9.9244199999937166E-4</v>
       </c>
       <c r="D338" s="5">
-        <v>-0.1503289723206902</v>
+        <v>-0.17232990977819052</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>6.6409166831000004</v>
+        <v>6.6413116993000001</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.26338329409999961</v>
+        <v>-0.2629942928000002</v>
       </c>
       <c r="D339" s="5">
-        <v>-37.295233941421927</v>
+        <v>-37.251117493212924</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>6.9388752937999998</v>
+        <v>6.9393880045999996</v>
       </c>
       <c r="C340" s="5">
-        <v>0.2979586106999994</v>
+        <v>0.29807630529999951</v>
       </c>
       <c r="D340" s="5">
-        <v>69.329493410920605</v>
+        <v>69.358769226774911</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>7.0021541985000004</v>
+        <v>7.0028501937999996</v>
       </c>
       <c r="C341" s="5">
-        <v>6.3278904700000638E-2</v>
+        <v>6.3462189200000019E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>11.509291422364342</v>
+        <v>11.543425834905442</v>
       </c>
       <c r="E341" s="5">
-        <v>7.2804623669484814</v>
+        <v>7.2842329525755645</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>6.9901747410999997</v>
+        <v>6.9909743511000002</v>
       </c>
       <c r="C342" s="5">
-        <v>-1.1979457400000726E-2</v>
+        <v>-1.1875842699999417E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>-2.0337815405808479</v>
+        <v>-2.0161558569976923</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>7.0144314719</v>
+        <v>7.0153005468999998</v>
       </c>
       <c r="C343" s="5">
-        <v>2.4256730800000348E-2</v>
+        <v>2.4326195799999617E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>4.2445433887589035</v>
+        <v>4.2564360085843411</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>7.0654956373999998</v>
+        <v>7.0657177609000001</v>
       </c>
       <c r="C344" s="5">
-        <v>5.1064165499999703E-2</v>
+        <v>5.0417214000000321E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>9.094252389888279</v>
+        <v>8.9732861814964195</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>7.1305307176000001</v>
+        <v>7.1295201315999996</v>
       </c>
       <c r="C345" s="5">
-        <v>6.5035080200000372E-2</v>
+        <v>6.38023706999995E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>11.622223802774867</v>
+        <v>11.390503919174355</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>7.1246569465</v>
+        <v>7.1229794320000002</v>
       </c>
       <c r="C346" s="5">
-        <v>-5.8737711000000914E-3</v>
+        <v>-6.5406995999994777E-3</v>
       </c>
       <c r="D346" s="5">
-        <v>-0.98403315488923004</v>
+        <v>-1.0953552095960495</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>6.9402572556999997</v>
+        <v>6.9386258985999998</v>
       </c>
       <c r="C347" s="5">
-        <v>-0.18439969080000029</v>
+        <v>-0.18435353340000038</v>
       </c>
       <c r="D347" s="5">
-        <v>-26.997231223569674</v>
+        <v>-26.996885268762671</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>7.0709788749999998</v>
+        <v>7.0708153139999999</v>
       </c>
       <c r="C348" s="5">
-        <v>0.13072161930000004</v>
+        <v>0.13218941540000007</v>
       </c>
       <c r="D348" s="5">
-        <v>25.097217901133817</v>
+        <v>25.415799951065598</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>7.0185222902</v>
+        <v>7.0188462722000002</v>
       </c>
       <c r="C349" s="5">
-        <v>-5.2456584799999817E-2</v>
+        <v>-5.1969041799999616E-2</v>
       </c>
       <c r="D349" s="5">
-        <v>-8.5478910204451086</v>
+        <v>-8.4718171399810309</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>7.0128932297000004</v>
+        <v>7.0128116556000002</v>
       </c>
       <c r="C350" s="5">
-        <v>-5.6290604999995608E-3</v>
+        <v>-6.0346166000000423E-3</v>
       </c>
       <c r="D350" s="5">
-        <v>-0.95820102959736086</v>
+        <v>-1.0268631246516002</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>7.0211516081000003</v>
+        <v>7.0216709850000001</v>
       </c>
       <c r="C351" s="5">
-        <v>8.2583783999998772E-3</v>
+        <v>8.8593293999998934E-3</v>
       </c>
       <c r="D351" s="5">
-        <v>1.4223077085397273</v>
+        <v>1.5265453086890979</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>7.0212636467999996</v>
+        <v>7.0218749305000001</v>
       </c>
       <c r="C352" s="5">
-        <v>1.1203869999931726E-4</v>
+        <v>2.0394550000002454E-4</v>
       </c>
       <c r="D352" s="5">
-        <v>1.9150453921623622E-2</v>
+        <v>3.485975065680158E-2</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>6.9844759213999996</v>
+        <v>6.9853361796</v>
       </c>
       <c r="C353" s="5">
-        <v>-3.6787725399999971E-2</v>
+        <v>-3.6538750900000139E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>-6.1093119145534498</v>
+        <v>-6.0686278467184662</v>
       </c>
       <c r="E353" s="5">
-        <v>-0.25246912020000511</v>
+        <v>-0.25009837016798375</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>6.9681567135</v>
+        <v>6.9692922593000004</v>
       </c>
       <c r="C354" s="5">
-        <v>-1.6319207899999633E-2</v>
+        <v>-1.604392029999957E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>-2.7680448542760305</v>
+        <v>-2.7216082975012768</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>7.0103131023999996</v>
+        <v>7.0116838131000003</v>
       </c>
       <c r="C355" s="5">
-        <v>4.2156388899999619E-2</v>
+        <v>4.2391553799999926E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>7.5063387361157918</v>
+        <v>7.5483515062706674</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>7.1505757733999999</v>
+        <v>7.1514462967999997</v>
       </c>
       <c r="C356" s="5">
-        <v>0.14026267100000034</v>
+        <v>0.13976248369999933</v>
       </c>
       <c r="D356" s="5">
-        <v>26.836185850357008</v>
+        <v>26.723948500005569</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>7.0438172241999997</v>
+        <v>7.0424850995000003</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.10675854920000027</v>
+        <v>-0.10896119729999931</v>
       </c>
       <c r="D357" s="5">
-        <v>-16.515705673319083</v>
+        <v>-16.82656056140307</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>7.0600029729999996</v>
+        <v>7.0576954309</v>
       </c>
       <c r="C358" s="5">
-        <v>1.6185748799999899E-2</v>
+        <v>1.521033139999961E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>2.7925568772166232</v>
+        <v>2.6227651151362164</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>7.1842356845999999</v>
+        <v>7.1820592950000002</v>
       </c>
       <c r="C359" s="5">
-        <v>0.12423271160000038</v>
+        <v>0.12436386410000022</v>
       </c>
       <c r="D359" s="5">
-        <v>23.284434672857369</v>
+        <v>23.319820065021712</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>7.1629787129000002</v>
+        <v>7.1626284073999997</v>
       </c>
       <c r="C360" s="5">
-        <v>-2.1256971699999738E-2</v>
+        <v>-1.9430887600000446E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>-3.493387655397584</v>
+        <v>-3.1986946272473116</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>7.2250570255</v>
+        <v>7.2252352994000004</v>
       </c>
       <c r="C361" s="5">
-        <v>6.2078312599999741E-2</v>
+        <v>6.2606892000000691E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>10.910183649353634</v>
+        <v>11.008156536090418</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>7.2078521832</v>
+        <v>7.2071914738</v>
       </c>
       <c r="C362" s="5">
-        <v>-1.7204842299999967E-2</v>
+        <v>-1.8043825600000396E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>-2.8203995046315655</v>
+        <v>-2.9559794371884607</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>7.3162540232</v>
+        <v>7.3161212841000003</v>
       </c>
       <c r="C363" s="5">
-        <v>0.10840183999999997</v>
+        <v>0.10892981030000026</v>
       </c>
       <c r="D363" s="5">
-        <v>19.617535780770389</v>
+        <v>19.723122659616287</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>7.3005180740000002</v>
+        <v>7.3009821737999996</v>
       </c>
       <c r="C364" s="5">
-        <v>-1.5735949199999766E-2</v>
+        <v>-1.5139110300000702E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>-2.5506706589661143</v>
+        <v>-2.4550704541928092</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>7.2551400924999996</v>
+        <v>7.2563447774999998</v>
       </c>
       <c r="C365" s="5">
-        <v>-4.5377981500000608E-2</v>
+        <v>-4.4637396299999743E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-7.209082698691283</v>
+        <v>-7.0949207231745799</v>
       </c>
       <c r="E365" s="5">
-        <v>3.875225201517285</v>
+        <v>3.8796786716071674</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>7.3490844177000003</v>
+        <v>7.3511492865000001</v>
       </c>
       <c r="C366" s="5">
-        <v>9.3944325200000733E-2</v>
+        <v>9.4804509000000259E-2</v>
       </c>
       <c r="D366" s="5">
-        <v>16.694180643134594</v>
+        <v>16.855186923871557</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>7.2987085951999999</v>
+        <v>7.3022397368999998</v>
       </c>
       <c r="C367" s="5">
-        <v>-5.0375822500000389E-2</v>
+        <v>-4.8909549600000268E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>-7.9225121763100699</v>
+        <v>-7.6982076278516276</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>7.3425460364999999</v>
+        <v>7.3445821908999998</v>
       </c>
       <c r="C368" s="5">
-        <v>4.3837441300000002E-2</v>
+        <v>4.2342453999999918E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>7.4503521470165479</v>
+        <v>7.1845277975191912</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>6.3465863821999999</v>
+        <v>6.3455245340999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-0.9959596543</v>
+        <v>-0.9990576567999998</v>
       </c>
       <c r="D369" s="5">
-        <v>-82.609093968120675</v>
+        <v>-82.701629761234514</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>6.6901149881000004</v>
+        <v>6.6880025255</v>
       </c>
       <c r="C370" s="5">
-        <v>0.34352860590000045</v>
+        <v>0.34247799140000001</v>
       </c>
       <c r="D370" s="5">
-        <v>88.243783123618712</v>
+        <v>87.908666278601274</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>6.7045854012000001</v>
+        <v>6.7007229093999996</v>
       </c>
       <c r="C371" s="5">
-        <v>1.4470413099999746E-2</v>
+        <v>1.2720383899999632E-2</v>
       </c>
       <c r="D371" s="5">
-        <v>2.6266461399093277</v>
+        <v>2.3063921354155914</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>6.7242823885999998</v>
+        <v>6.7229684500999998</v>
       </c>
       <c r="C372" s="5">
-        <v>1.9696987399999699E-2</v>
+        <v>2.2245540700000177E-2</v>
       </c>
       <c r="D372" s="5">
-        <v>3.58293133036518</v>
+        <v>4.057399349113755</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>6.5879878060000001</v>
+        <v>6.5870849415999997</v>
       </c>
       <c r="C373" s="5">
-        <v>-0.13629458259999971</v>
+        <v>-0.13588350850000008</v>
       </c>
       <c r="D373" s="5">
-        <v>-21.786428498414633</v>
+        <v>-21.731630393747437</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>6.6734766075999996</v>
+        <v>6.6717166011</v>
       </c>
       <c r="C374" s="5">
-        <v>8.5488801599999498E-2</v>
+        <v>8.4631659500000289E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>16.732629928335598</v>
+        <v>16.555270641847365</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>6.8310679836999997</v>
+        <v>6.8297711288</v>
       </c>
       <c r="C375" s="5">
-        <v>0.15759137610000007</v>
+        <v>0.15805452770000006</v>
       </c>
       <c r="D375" s="5">
-        <v>32.323683045967464</v>
+        <v>32.441082523084994</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>6.8125376310999997</v>
+        <v>6.811355303</v>
       </c>
       <c r="C376" s="5">
-        <v>-1.8530352600000022E-2</v>
+        <v>-1.8415825800000007E-2</v>
       </c>
       <c r="D376" s="5">
-        <v>-3.2070601237649266</v>
+        <v>-3.188128184411998</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>6.8468212080999997</v>
+        <v>6.8487726616</v>
       </c>
       <c r="C377" s="5">
-        <v>3.4283577000000065E-2</v>
+        <v>3.741735859999995E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>6.2088914119403427</v>
+        <v>6.7949173807048124</v>
       </c>
       <c r="E377" s="5">
-        <v>-5.6279944865861298</v>
+        <v>-5.6167688884322668</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>6.8725809928999997</v>
+        <v>6.8759712665999997</v>
       </c>
       <c r="C378" s="5">
-        <v>2.5759784799999963E-2</v>
+        <v>2.7198604999999709E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>4.609361994183292</v>
+        <v>4.8710539441137568</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>6.8187570855999997</v>
+        <v>6.8240373573999999</v>
       </c>
       <c r="C379" s="5">
-        <v>-5.3823907299999973E-2</v>
+        <v>-5.1933909199999739E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>-9.0035959243086605</v>
+        <v>-8.6963562489969846</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>6.7560021593000004</v>
+        <v>6.7682984116</v>
       </c>
       <c r="C380" s="5">
-        <v>-6.2754926299999347E-2</v>
+        <v>-5.5738945799999939E-2</v>
       </c>
       <c r="D380" s="5">
-        <v>-10.501712423064568</v>
+        <v>-9.3730776131915494</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>6.5551071191999997</v>
+        <v>6.5526594268</v>
       </c>
       <c r="C381" s="5">
-        <v>-0.2008950401000007</v>
+        <v>-0.21563898479999999</v>
       </c>
       <c r="D381" s="5">
-        <v>-30.388633380596307</v>
+        <v>-32.195709771417093</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>6.7181274992000004</v>
+        <v>6.7142157214999996</v>
       </c>
       <c r="C382" s="5">
-        <v>0.16302038000000074</v>
+        <v>0.16155629469999955</v>
       </c>
       <c r="D382" s="5">
-        <v>34.283108176562635</v>
+        <v>33.946797090783143</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>6.7275130526</v>
+        <v>6.7194640085000001</v>
       </c>
       <c r="C383" s="5">
-        <v>9.3855533999995799E-3</v>
+        <v>5.2482870000005732E-3</v>
       </c>
       <c r="D383" s="5">
-        <v>1.6894005163400116</v>
+        <v>0.94204465427767392</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>6.8992275024999996</v>
+        <v>6.8946363680999996</v>
       </c>
       <c r="C384" s="5">
-        <v>0.17171444989999962</v>
+        <v>0.17517235959999944</v>
       </c>
       <c r="D384" s="5">
-        <v>35.316577334477039</v>
+        <v>36.182344184335257</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>6.9751286966999997</v>
+        <v>6.9708304674999999</v>
       </c>
       <c r="C385" s="5">
-        <v>7.5901194200000077E-2</v>
+        <v>7.6194099400000326E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>14.030520927624469</v>
+        <v>14.097954329642825</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>7.0539878112999999</v>
+        <v>7.0489469455</v>
       </c>
       <c r="C386" s="5">
-        <v>7.8859114600000169E-2</v>
+        <v>7.81164780000001E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>14.443138041812942</v>
+        <v>14.308007187630057</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>7.1470341134000002</v>
+        <v>7.1430555741999999</v>
       </c>
       <c r="C387" s="5">
-        <v>9.3046302100000311E-2</v>
+        <v>9.4108628699999919E-2</v>
       </c>
       <c r="D387" s="5">
-        <v>17.029082841880118</v>
+        <v>17.251240551819436</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>7.1120661864999999</v>
+        <v>7.1086711104000004</v>
       </c>
       <c r="C388" s="5">
-        <v>-3.4967926900000279E-2</v>
+        <v>-3.4384463799999487E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>-5.7157360254833423</v>
+        <v>-5.6259242636319318</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>7.1217548215999997</v>
+        <v>7.1256145083</v>
       </c>
       <c r="C389" s="5">
-        <v>9.6886350999998427E-3</v>
+        <v>1.6943397899999546E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>1.6470417545642047</v>
+        <v>2.8979738379413478</v>
       </c>
       <c r="E389" s="5">
-        <v>4.0154928125587075</v>
+        <v>4.0422110701996194</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>7.0817537483999997</v>
+        <v>7.0893875402999997</v>
       </c>
       <c r="C390" s="5">
-        <v>-4.0001073200000015E-2</v>
+        <v>-3.6226968000000248E-2</v>
       </c>
       <c r="D390" s="5">
-        <v>-6.5357266457417023</v>
+        <v>-5.9331223175062675</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>7.1188813834999998</v>
+        <v>7.1322626522999997</v>
       </c>
       <c r="C391" s="5">
-        <v>3.7127635100000056E-2</v>
+        <v>4.2875111999999937E-2</v>
       </c>
       <c r="D391" s="5">
-        <v>6.4758772665006514</v>
+        <v>7.5036786370472175</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>7.1592313389999997</v>
+        <v>7.1931701567999999</v>
       </c>
       <c r="C392" s="5">
-        <v>4.0349955499999979E-2</v>
+        <v>6.0907504500000265E-2</v>
       </c>
       <c r="D392" s="5">
-        <v>7.017715007977765</v>
+        <v>10.742944952739219</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>7.3725363453000003</v>
+        <v>7.3656996867000002</v>
       </c>
       <c r="C393" s="5">
-        <v>0.2133050063000006</v>
+        <v>0.17252952990000026</v>
       </c>
       <c r="D393" s="5">
-        <v>42.234946142853701</v>
+        <v>32.899727055798465</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>7.1442071155000004</v>
+        <v>7.1327994941000004</v>
       </c>
       <c r="C394" s="5">
-        <v>-0.22832922979999992</v>
+        <v>-0.23290019259999983</v>
       </c>
       <c r="D394" s="5">
-        <v>-31.444015481940614</v>
+        <v>-31.993237993733793</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>7.1495283780000003</v>
+        <v>7.1300010997000003</v>
       </c>
       <c r="C395" s="5">
-        <v>5.3212624999998681E-3</v>
+        <v>-2.7983944000000704E-3</v>
       </c>
       <c r="D395" s="5">
-        <v>0.8974738329228682</v>
+        <v>-0.46977861822411482</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>7.1729364214000002</v>
+        <v>7.1615649765000002</v>
       </c>
       <c r="C396" s="5">
-        <v>2.3408043399999912E-2</v>
+        <v>3.1563876799999946E-2</v>
       </c>
       <c r="D396" s="5">
-        <v>4.0004085100493691</v>
+        <v>5.4435641435695459</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>7.1474794886000002</v>
+        <v>7.1377815593999996</v>
       </c>
       <c r="C397" s="5">
-        <v>-2.5456932800000054E-2</v>
+        <v>-2.3783417100000648E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>-4.1766751586191253</v>
+        <v>-3.9131854980090419</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>7.1261976163999998</v>
+        <v>7.1176610042000004</v>
       </c>
       <c r="C398" s="5">
-        <v>-2.1281872200000329E-2</v>
+        <v>-2.0120555199999224E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>-3.5151054686794581</v>
+        <v>-3.3307024097898208</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>6.9673464849000002</v>
+        <v>6.9617390721000003</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.15885113149999963</v>
+        <v>-0.15592193210000005</v>
       </c>
       <c r="D399" s="5">
-        <v>-23.70175255493988</v>
+        <v>-23.340619858771582</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>7.2283688961000001</v>
+        <v>7.2243352298000003</v>
       </c>
       <c r="C400" s="5">
-        <v>0.26102241119999992</v>
+        <v>0.2625961577</v>
       </c>
       <c r="D400" s="5">
-        <v>55.480095925020592</v>
+        <v>55.941526801199728</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>7.1165623441000001</v>
+        <v>7.1249419962999996</v>
       </c>
       <c r="C401" s="5">
-        <v>-0.111806552</v>
+        <v>-9.9393233500000733E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>-17.060884731119085</v>
+        <v>-15.316009602380365</v>
       </c>
       <c r="E401" s="5">
-        <v>-7.2910085085364784E-2</v>
+        <v>-9.4379509194220113E-3</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>7.1065445412999999</v>
+        <v>7.1214252997000003</v>
       </c>
       <c r="C402" s="5">
-        <v>-1.0017802800000197E-2</v>
+        <v>-3.5166965999993138E-3</v>
       </c>
       <c r="D402" s="5">
-        <v>-1.676192269248955</v>
+        <v>-0.59068533681518876</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>7.3271697535999998</v>
+        <v>7.3509821550999996</v>
       </c>
       <c r="C403" s="5">
-        <v>0.22062521229999987</v>
+        <v>0.22955685539999937</v>
       </c>
       <c r="D403" s="5">
-        <v>44.322236540154236</v>
+        <v>46.332686028649576</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>7.0726723104999998</v>
+        <v>7.1291964111999997</v>
       </c>
       <c r="C404" s="5">
-        <v>-0.2544974431</v>
+        <v>-0.22178574389999994</v>
       </c>
       <c r="D404" s="5">
-        <v>-34.571433710712597</v>
+        <v>-30.762315426191421</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>6.8704159398</v>
+        <v>6.8606509737000003</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.2022563706999998</v>
+        <v>-0.26854543749999937</v>
       </c>
       <c r="D405" s="5">
-        <v>-29.401752372798107</v>
+        <v>-36.919235027362063</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>7.0355660057999998</v>
+        <v>7.0121077872999997</v>
       </c>
       <c r="C406" s="5">
-        <v>0.16515006599999982</v>
+        <v>0.15145681359999941</v>
       </c>
       <c r="D406" s="5">
-        <v>32.981778761543865</v>
+        <v>29.956824356168156</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>7.2466130604999996</v>
+        <v>7.2113971817999998</v>
       </c>
       <c r="C407" s="5">
-        <v>0.21104705469999985</v>
+        <v>0.19928939450000005</v>
       </c>
       <c r="D407" s="5">
-        <v>42.571384398048281</v>
+        <v>39.974843554958881</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>7.0410160278999996</v>
+        <v>7.0228982376999998</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.20559703260000006</v>
+        <v>-0.18849894410000001</v>
       </c>
       <c r="D408" s="5">
-        <v>-29.204911905614129</v>
+        <v>-27.228133187656724</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>7.0202229612</v>
+        <v>7.0054666821999998</v>
       </c>
       <c r="C409" s="5">
-        <v>-2.0793066699999585E-2</v>
+        <v>-1.7431555499999973E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>-3.4867655184495749</v>
+        <v>-2.9381964222756962</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>7.0050535227999999</v>
+        <v>6.9935228431000001</v>
       </c>
       <c r="C410" s="5">
-        <v>-1.5169438400000068E-2</v>
+        <v>-1.1943839099999742E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>-2.5623885790944545</v>
+        <v>-2.0268412999601693</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>6.8876231160000003</v>
+        <v>6.8807230340999999</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.11743040679999961</v>
+        <v>-0.1127998090000002</v>
       </c>
       <c r="D411" s="5">
-        <v>-18.361502304562659</v>
+        <v>-17.727073020065788</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>6.8512846991999998</v>
+        <v>6.8486193889000004</v>
       </c>
       <c r="C412" s="5">
-        <v>-3.6338416800000495E-2</v>
+        <v>-3.210364519999942E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>-6.1505619756627823</v>
+        <v>-5.4574197517387901</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>7.0262231674000004</v>
+        <v>7.0398100877000003</v>
       </c>
       <c r="C413" s="5">
-        <v>0.17493846820000059</v>
+        <v>0.19119069879999984</v>
       </c>
       <c r="D413" s="5">
-        <v>35.331564250122582</v>
+        <v>39.153760830755921</v>
       </c>
       <c r="E413" s="5">
-        <v>-1.269421559622752</v>
+        <v>-1.1948435319783401</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>7.1299048941000001</v>
+        <v>7.1534383230999996</v>
       </c>
       <c r="C414" s="5">
-        <v>0.10368172669999964</v>
+        <v>0.11362823539999933</v>
       </c>
       <c r="D414" s="5">
-        <v>19.217926684718112</v>
+        <v>21.184401889987782</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>6.9444140522</v>
+        <v>6.9792939872000002</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.18549084190000009</v>
+        <v>-0.17414433589999945</v>
       </c>
       <c r="D415" s="5">
-        <v>-27.117637047743859</v>
+        <v>-25.602239194225163</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>6.7871307937000003</v>
+        <v>6.8597024834999996</v>
       </c>
       <c r="C416" s="5">
-        <v>-0.15728325849999969</v>
+        <v>-0.1195915037000006</v>
       </c>
       <c r="D416" s="5">
-        <v>-24.036085678002227</v>
+        <v>-18.730899698622505</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>6.9711821746</v>
+        <v>6.9585374526999999</v>
       </c>
       <c r="C417" s="5">
-        <v>0.18405138089999973</v>
+        <v>9.8834969200000344E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>37.861361518292604</v>
+        <v>18.727758359449997</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>7.0252653766000002</v>
+        <v>6.9878428340000003</v>
       </c>
       <c r="C418" s="5">
-        <v>5.4083202000000163E-2</v>
+        <v>2.9305381300000377E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>9.717429715609093</v>
+        <v>5.1724313151014556</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>7.0226718549999996</v>
+        <v>6.9711326489000003</v>
       </c>
       <c r="C419" s="5">
-        <v>-2.5935216000005923E-3</v>
+        <v>-1.6710185099999997E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-0.44210636041872586</v>
+        <v>-2.8321445184927962</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>7.1262288687000002</v>
+        <v>7.1019746439000002</v>
       </c>
       <c r="C420" s="5">
-        <v>0.10355701370000059</v>
+        <v>0.13084199499999993</v>
       </c>
       <c r="D420" s="5">
-        <v>19.203411474321342</v>
+        <v>24.999779944990628</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>7.1041742246000004</v>
+        <v>7.0855390468000001</v>
       </c>
       <c r="C421" s="5">
-        <v>-2.2054644099999798E-2</v>
+        <v>-1.6435597100000088E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>-3.6512578302183241</v>
+        <v>-2.7419989636330633</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>7.0971247918999998</v>
+        <v>7.0841319899000004</v>
       </c>
       <c r="C422" s="5">
-        <v>-7.0494327000005796E-3</v>
+        <v>-1.407056899999759E-3</v>
       </c>
       <c r="D422" s="5">
-        <v>-1.184276116343197</v>
+        <v>-0.23803769155980037</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>7.0505438919000003</v>
+        <v>7.0440603831999997</v>
       </c>
       <c r="C423" s="5">
-        <v>-4.6580899999999481E-2</v>
+        <v>-4.007160670000065E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>-7.5978351105427722</v>
+        <v>-6.5805919817206071</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>6.9959481120999998</v>
+        <v>6.9953718964</v>
       </c>
       <c r="C424" s="5">
-        <v>-5.4595779800000521E-2</v>
+        <v>-4.8688486799999708E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>-8.9064746025124819</v>
+        <v>-7.9862240704035914</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>6.9895052457000002</v>
+        <v>7.0087254115000004</v>
       </c>
       <c r="C425" s="5">
-        <v>-6.4428663999995806E-3</v>
+        <v>1.3353515100000379E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>-1.0995505340920975</v>
+        <v>2.3148921266135547</v>
       </c>
       <c r="E425" s="5">
-        <v>-0.52258405156219156</v>
+        <v>-0.4415556075058169</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>6.9954177856999999</v>
+        <v>7.0339072881</v>
       </c>
       <c r="C426" s="5">
-        <v>5.9125399999997441E-3</v>
+        <v>2.5181876599999597E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>1.0198363143101963</v>
+        <v>4.3977480500277721</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>7.0463494217999996</v>
+        <v>7.0976771935</v>
       </c>
       <c r="C427" s="5">
-        <v>5.0931636099999622E-2</v>
+        <v>6.3769905400000049E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>9.0953462830988041</v>
+        <v>11.438496850216783</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>7.0981916510999996</v>
+        <v>7.1977135481000003</v>
       </c>
       <c r="C428" s="5">
-        <v>5.1842229300000042E-2</v>
+        <v>0.10003635460000027</v>
       </c>
       <c r="D428" s="5">
-        <v>9.194947999485592</v>
+        <v>18.287753365684267</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>7.1118087936999999</v>
+        <v>7.3591043486999999</v>
       </c>
       <c r="C429" s="5">
-        <v>1.3617142600000243E-2</v>
+        <v>0.16139080059999955</v>
       </c>
       <c r="D429" s="5">
-        <v>2.3265208236335821</v>
+        <v>30.486273208916902</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>7.1575250873999998</v>
+        <v>7.4773686764000002</v>
       </c>
       <c r="C430" s="5">
-        <v>4.5716293699999966E-2</v>
+        <v>0.11826432770000039</v>
       </c>
       <c r="D430" s="5">
-        <v>7.9925224880051049</v>
+        <v>21.083788076254841</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>7.1748129447000002</v>
+        <v>7.5311729240999998</v>
       </c>
       <c r="C431" s="5">
-        <v>1.7287857300000375E-2</v>
+        <v>5.3804247699999586E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>2.9372233253394109</v>
+        <v>8.9847928670826036</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>7.1965079810999999</v>
+        <v>7.5545399871000001</v>
       </c>
       <c r="C432" s="5">
-        <v>2.1695036399999701E-2</v>
+        <v>2.3367063000000243E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>3.6894904469346734</v>
+        <v>3.787453552234421</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>7.2143315087</v>
+        <v>7.5732502493</v>
       </c>
       <c r="C433" s="5">
-        <v>1.7823527600000055E-2</v>
+        <v>1.8710262199999939E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>3.0128498633527068</v>
+        <v>3.0128498471446497</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>7.2255609055000001</v>
+        <v>7.5850383175999996</v>
       </c>
       <c r="C434" s="5">
-        <v>1.1229396800000124E-2</v>
+        <v>1.1788068299999566E-2</v>
       </c>
       <c r="D434" s="5">
-        <v>1.8839220573378723</v>
+        <v>1.8839220673543045</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>7.649634174</v>
+      </c>
+      <c r="C435" s="5">
+        <v>6.4595856400000429E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>10.711988056974398</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>7.5979918702999996</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-5.1642303700000447E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-7.807010877536924</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">