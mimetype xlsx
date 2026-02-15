--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{892EAE70-77AE-4E0F-A7AD-BBB4564C2DB6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{598B0951-8CE6-4847-A620-3D538ED3FF12}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{17160374-4FB8-451A-A902-54957AD0C7AE}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{DD9587FC-FD09-4BE3-93F7-6ECD03168073}"/>
   </bookViews>
   <sheets>
     <sheet name="mcamanua" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Manufacturing Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9514329A-FB91-4A44-8972-D975A39800E3}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{14FE106A-B0DD-4AF5-A904-71B5AA7ACD79}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>7.5311729240999998</v>
       </c>
       <c r="C431" s="5">
         <v>5.3804247699999586E-2</v>
       </c>
       <c r="D431" s="5">
         <v>8.9847928670826036</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>7.5545399871000001</v>
       </c>
       <c r="C432" s="5">
         <v>2.3367063000000243E-2</v>
       </c>
       <c r="D432" s="5">
         <v>3.787453552234421</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>7.5732502493</v>
       </c>
       <c r="C433" s="5">
         <v>1.8710262199999939E-2</v>
       </c>
       <c r="D433" s="5">
         <v>3.0128498471446497</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>7.5850383175999996</v>
       </c>
       <c r="C434" s="5">
         <v>1.1788068299999566E-2</v>
       </c>
       <c r="D434" s="5">
         <v>1.8839220673543045</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>7.649634174</v>
       </c>
       <c r="C435" s="5">
         <v>6.4595856400000429E-2</v>
       </c>
       <c r="D435" s="5">
         <v>10.711988056974398</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>7.5979918702999996</v>
+        <v>7.5905125211</v>
       </c>
       <c r="C436" s="5">
-        <v>-5.1642303700000447E-2</v>
+        <v>-5.9121652900000043E-2</v>
       </c>
       <c r="D436" s="5">
-        <v>-7.807010877536924</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-8.8901747305140777</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>7.6101011803</v>
+      </c>
+      <c r="C437" s="5">
+        <v>1.958865920000008E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>3.1411477123351572</v>
+      </c>
+      <c r="E437" s="5">
+        <v>8.5803870674296299</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>