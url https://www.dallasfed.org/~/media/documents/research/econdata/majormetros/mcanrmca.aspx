--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{0B07FAB2-E998-4BDA-8747-2477B105A757}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7431CB01-6A1A-4CBC-9984-6B99A4DFF64E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{197DF556-9FBA-4E68-9F4D-4014146A2BBD}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{8F5885FB-0F62-4CB2-9C7A-9D6D8A29B6F4}"/>
   </bookViews>
   <sheets>
     <sheet name="mcanrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{91995AD0-F496-4FB1-87CB-C64CD99FD1B3}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D2E11522-51BF-4D0C-A818-5024AB48B8A7}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.12458499989999972</v>
       </c>
       <c r="D431" s="5">
         <v>-14.671269887379667</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>9.3563791356999992</v>
       </c>
       <c r="C432" s="5">
         <v>-4.3173354000014541E-3</v>
       </c>
       <c r="D432" s="5">
         <v>-0.5520615374728699</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>9.3397913021000001</v>
+        <v>9.4076294117000003</v>
       </c>
       <c r="C433" s="5">
-        <v>-1.6587833599999158E-2</v>
+        <v>5.1250276000001094E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>-2.1068457152210951</v>
+        <v>6.7747769082936893</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>9.3424736882000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-6.5155723500000207E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-8.001618656756138</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>