--- v1 (2025-12-16)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7431CB01-6A1A-4CBC-9984-6B99A4DFF64E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A76E6171-3E55-4023-9FA1-7B4DCC5D6600}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{8F5885FB-0F62-4CB2-9C7A-9D6D8A29B6F4}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{102C9CD1-093D-4C6E-9382-F1D29F6E78E4}"/>
   </bookViews>
   <sheets>
     <sheet name="mcanrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D2E11522-51BF-4D0C-A818-5024AB48B8A7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2364834C-A222-48FB-8E25-22D55436B63B}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>5.0534890342000001</v>
+        <v>5.0534884115000001</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>5.1481841877000001</v>
+        <v>5.1481886680000004</v>
       </c>
       <c r="C7" s="5">
-        <v>9.4695153500000018E-2</v>
+        <v>9.4700256500000357E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>24.954811758222561</v>
+        <v>24.956301462525875</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>5.1600283119999997</v>
+        <v>5.1600489886999998</v>
       </c>
       <c r="C8" s="5">
-        <v>1.1844124299999592E-2</v>
+        <v>1.1860320699999427E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>2.7959721163013818</v>
+        <v>2.7998416121978176</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>5.2699377953999997</v>
+        <v>5.2699615567000002</v>
       </c>
       <c r="C9" s="5">
-        <v>0.10990948340000006</v>
+        <v>0.10991256800000038</v>
       </c>
       <c r="D9" s="5">
-        <v>28.777756121662645</v>
+        <v>28.778531489064751</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>5.2815027011</v>
+        <v>5.2815351430000002</v>
       </c>
       <c r="C10" s="5">
-        <v>1.1564905700000239E-2</v>
+        <v>1.1573586299999938E-2</v>
       </c>
       <c r="D10" s="5">
-        <v>2.6654244818236084</v>
+        <v>2.6674371999833246</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>5.3484783648000001</v>
+        <v>5.3484991266000002</v>
       </c>
       <c r="C11" s="5">
-        <v>6.6975663700000077E-2</v>
+        <v>6.6963983599999999E-2</v>
       </c>
       <c r="D11" s="5">
-        <v>16.324942265030341</v>
+        <v>16.321786562831896</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>5.3251607829000003</v>
+        <v>5.3251313332999999</v>
       </c>
       <c r="C12" s="5">
-        <v>-2.3317581899999773E-2</v>
+        <v>-2.3367793300000272E-2</v>
       </c>
       <c r="D12" s="5">
-        <v>-5.1079608459838166</v>
+        <v>-5.1186778370305719</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>5.3051281480999997</v>
+        <v>5.3051024391999997</v>
       </c>
       <c r="C13" s="5">
-        <v>-2.0032634800000615E-2</v>
+        <v>-2.0028894100000194E-2</v>
       </c>
       <c r="D13" s="5">
-        <v>-4.4220199695533147</v>
+        <v>-4.4212351973877855</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>5.2752226850000001</v>
+        <v>5.2752019764</v>
       </c>
       <c r="C14" s="5">
-        <v>-2.990546309999953E-2</v>
+        <v>-2.9900462799999694E-2</v>
       </c>
       <c r="D14" s="5">
-        <v>-6.5586679018963867</v>
+        <v>-6.5576358377173349</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>5.1131695449999999</v>
+        <v>5.1131559696000002</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.16205314000000026</v>
+        <v>-0.16204600679999981</v>
       </c>
       <c r="D15" s="5">
-        <v>-31.230992982931628</v>
+        <v>-31.229944397099906</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>5.0942989253000004</v>
+        <v>5.0942891130000003</v>
       </c>
       <c r="C16" s="5">
-        <v>-1.887061969999948E-2</v>
+        <v>-1.8866856599999871E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>-4.3399114031393733</v>
+        <v>-4.3390747310219417</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>5.0302706161000001</v>
+        <v>5.0302636639999996</v>
       </c>
       <c r="C17" s="5">
-        <v>-6.4028309200000244E-2</v>
+        <v>-6.4025449000000734E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>-14.082210513785354</v>
+        <v>-14.081649556541265</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>5.0503461191000003</v>
+        <v>5.0503444253999996</v>
       </c>
       <c r="C18" s="5">
-        <v>2.0075503000000161E-2</v>
+        <v>2.0080761400000036E-2</v>
       </c>
       <c r="D18" s="5">
-        <v>4.8956599669952361</v>
+        <v>4.896977494918664</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>5.0467205002000002</v>
+        <v>5.0467264525999997</v>
       </c>
       <c r="C19" s="5">
-        <v>-3.6256189000001271E-3</v>
+        <v>-3.617972799999869E-3</v>
       </c>
       <c r="D19" s="5">
-        <v>-0.85808082179890111</v>
+        <v>-0.85627861765328328</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>4.9538180149000004</v>
+        <v>4.9538406202000003</v>
       </c>
       <c r="C20" s="5">
-        <v>-9.2902485299999782E-2</v>
+        <v>-9.2885832399999479E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>-19.985344332126541</v>
+        <v>-19.982095281762181</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>5.0669895314</v>
+        <v>5.067017077</v>
       </c>
       <c r="C21" s="5">
-        <v>0.11317151649999957</v>
+        <v>0.11317645679999977</v>
       </c>
       <c r="D21" s="5">
-        <v>31.135267466213001</v>
+        <v>31.136641361659258</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>5.0791084262000004</v>
+        <v>5.0791490055999997</v>
       </c>
       <c r="C22" s="5">
-        <v>1.211889480000039E-2</v>
+        <v>1.2131928599999675E-2</v>
       </c>
       <c r="D22" s="5">
-        <v>2.9081388963748012</v>
+        <v>2.9112918493034101</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>5.0517350011</v>
+        <v>5.0517712717999999</v>
       </c>
       <c r="C23" s="5">
-        <v>-2.7373425100000404E-2</v>
+        <v>-2.7377733799999859E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>-6.2789986691540118</v>
+        <v>-6.2799092019439673</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>5.0287902745000004</v>
+        <v>5.0287433950000002</v>
       </c>
       <c r="C24" s="5">
-        <v>-2.2944726599999576E-2</v>
+        <v>-2.3027876799999625E-2</v>
       </c>
       <c r="D24" s="5">
-        <v>-5.3162267139330144</v>
+        <v>-5.3349746192599357</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>5.0170181817000001</v>
+        <v>5.0169831331000001</v>
       </c>
       <c r="C25" s="5">
-        <v>-1.1772092800000244E-2</v>
+        <v>-1.1760261900000124E-2</v>
       </c>
       <c r="D25" s="5">
-        <v>-2.7732399270857799</v>
+        <v>-2.7705140797314454</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>4.9820873441</v>
+        <v>4.9820623890000002</v>
       </c>
       <c r="C26" s="5">
-        <v>-3.4930837600000153E-2</v>
+        <v>-3.4920744099999901E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>-8.042332500714366</v>
+        <v>-8.0401508827444133</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>5.0126205091999996</v>
+        <v>5.0126043989999998</v>
       </c>
       <c r="C27" s="5">
-        <v>3.0533165099999593E-2</v>
+        <v>3.0542009999999564E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>7.6073346702671074</v>
+        <v>7.6096526145974508</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>5.0912754075000004</v>
+        <v>5.0912636172000001</v>
       </c>
       <c r="C28" s="5">
-        <v>7.8654898300000831E-2</v>
+        <v>7.8659218200000325E-2</v>
       </c>
       <c r="D28" s="5">
-        <v>20.542769280929175</v>
+        <v>20.54406846662722</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>5.1322784119999998</v>
+        <v>5.1322703645000001</v>
       </c>
       <c r="C29" s="5">
-        <v>4.1003004499999385E-2</v>
+        <v>4.1006747299999979E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>10.104078539255434</v>
+        <v>10.105066533437057</v>
       </c>
       <c r="E29" s="5">
-        <v>2.0278788893287603</v>
+        <v>2.0278599157739885</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>5.1426616890999997</v>
+        <v>5.1426613435000004</v>
       </c>
       <c r="C30" s="5">
-        <v>1.0383277099999866E-2</v>
+        <v>1.03909790000003E-2</v>
       </c>
       <c r="D30" s="5">
-        <v>2.4549557245578058</v>
+        <v>2.4568009332617713</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>5.1398930357000001</v>
+        <v>5.1399030443999996</v>
       </c>
       <c r="C31" s="5">
-        <v>-2.7686533999995433E-3</v>
+        <v>-2.758299100000805E-3</v>
       </c>
       <c r="D31" s="5">
-        <v>-0.64413415126512996</v>
+        <v>-0.64173234231974519</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>5.1405571495000002</v>
+        <v>5.1405842270999997</v>
       </c>
       <c r="C32" s="5">
-        <v>6.6411380000008791E-4</v>
+        <v>6.8118270000017134E-4</v>
       </c>
       <c r="D32" s="5">
-        <v>0.15515948198834284</v>
+        <v>0.15914995240222662</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>5.0612510402000002</v>
+        <v>5.0612857369000004</v>
       </c>
       <c r="C33" s="5">
-        <v>-7.9306109300000038E-2</v>
+        <v>-7.929849019999935E-2</v>
       </c>
       <c r="D33" s="5">
-        <v>-17.020225997670956</v>
+        <v>-17.018644813451345</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>4.9715462818000002</v>
+        <v>4.9715994436999997</v>
       </c>
       <c r="C34" s="5">
-        <v>-8.9704758399999918E-2</v>
+        <v>-8.9686293200000655E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>-19.313051209694109</v>
+        <v>-19.309335162517339</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>5.0561693375000001</v>
+        <v>5.0562254353</v>
       </c>
       <c r="C35" s="5">
-        <v>8.4623055699999838E-2</v>
+        <v>8.4625991600000283E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>22.450760269581217</v>
+        <v>22.451350509587044</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>5.3398641695000002</v>
+        <v>5.3397847928999997</v>
       </c>
       <c r="C36" s="5">
-        <v>0.28369483200000012</v>
+        <v>0.28355935759999973</v>
       </c>
       <c r="D36" s="5">
-        <v>92.532119944772433</v>
+        <v>92.47215195705185</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>5.4436638424000003</v>
+        <v>5.4436195768999998</v>
       </c>
       <c r="C37" s="5">
-        <v>0.10379967290000014</v>
+        <v>0.10383478400000001</v>
       </c>
       <c r="D37" s="5">
-        <v>25.989126624441838</v>
+        <v>25.999307093542257</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>5.5008620115999998</v>
+        <v>5.5008337692999998</v>
       </c>
       <c r="C38" s="5">
-        <v>5.7198169199999427E-2</v>
+        <v>5.721419240000003E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>13.363546791377479</v>
+        <v>13.367624449120052</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>5.4098824058000003</v>
+        <v>5.4098621198999997</v>
       </c>
       <c r="C39" s="5">
-        <v>-9.0979605799999419E-2</v>
+        <v>-9.0971649400000132E-2</v>
       </c>
       <c r="D39" s="5">
-        <v>-18.137521495141485</v>
+        <v>-18.136161539144403</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>5.3848764317000004</v>
+        <v>5.3848618870999996</v>
       </c>
       <c r="C40" s="5">
-        <v>-2.5005974099999939E-2</v>
+        <v>-2.5000232800000077E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>-5.4078704963260282</v>
+        <v>-5.4066800127335668</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>5.4289291216000004</v>
+        <v>5.4289219335999999</v>
       </c>
       <c r="C41" s="5">
-        <v>4.4052689899999997E-2</v>
+        <v>4.4060046500000283E-2</v>
       </c>
       <c r="D41" s="5">
-        <v>10.270960571435971</v>
+        <v>10.272782695643091</v>
       </c>
       <c r="E41" s="5">
-        <v>5.7800977613838844</v>
+        <v>5.7801235716641752</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>5.4349220045999997</v>
+        <v>5.4349251497999997</v>
       </c>
       <c r="C42" s="5">
-        <v>5.9928829999993383E-3</v>
+        <v>6.0032161999998834E-3</v>
       </c>
       <c r="D42" s="5">
-        <v>1.3327273699630604</v>
+        <v>1.3350410908988142</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>5.4214854117</v>
+        <v>5.4214997554000002</v>
       </c>
       <c r="C43" s="5">
-        <v>-1.3436592899999766E-2</v>
+        <v>-1.3425394399999568E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>-2.9267142402749857</v>
+        <v>-2.9243063944547787</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>5.5245935452000001</v>
+        <v>5.5246246103000001</v>
       </c>
       <c r="C44" s="5">
-        <v>0.10310813350000014</v>
+        <v>0.1031248548999999</v>
       </c>
       <c r="D44" s="5">
-        <v>25.367353497531543</v>
+        <v>25.371832697136874</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>5.6558633342000002</v>
+        <v>5.6559051161999996</v>
       </c>
       <c r="C45" s="5">
-        <v>0.13126978900000008</v>
+        <v>0.13128050589999951</v>
       </c>
       <c r="D45" s="5">
-        <v>32.550967424522995</v>
+        <v>32.553773786605312</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>5.5584448519</v>
+        <v>5.558508979</v>
       </c>
       <c r="C46" s="5">
-        <v>-9.7418482300000164E-2</v>
+        <v>-9.7396137199999622E-2</v>
       </c>
       <c r="D46" s="5">
-        <v>-18.819311136917882</v>
+        <v>-18.815268763262903</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>5.7596189383</v>
+        <v>5.7596987285000001</v>
       </c>
       <c r="C47" s="5">
-        <v>0.20117408640000001</v>
+        <v>0.20118974950000013</v>
       </c>
       <c r="D47" s="5">
-        <v>53.209395348611174</v>
+        <v>53.213654275482433</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>5.8509388406999996</v>
+        <v>5.8508206388000001</v>
       </c>
       <c r="C48" s="5">
-        <v>9.1319902399999542E-2</v>
+        <v>9.1121910300000053E-2</v>
       </c>
       <c r="D48" s="5">
-        <v>20.77629125371654</v>
+        <v>20.726943883028916</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>5.9811050843000002</v>
+        <v>5.9810525824000003</v>
       </c>
       <c r="C49" s="5">
-        <v>0.13016624360000062</v>
+        <v>0.13023194360000012</v>
       </c>
       <c r="D49" s="5">
-        <v>30.217841209834727</v>
+        <v>30.235694387928504</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>6.0273228392</v>
+        <v>6.0272930756000003</v>
       </c>
       <c r="C50" s="5">
-        <v>4.6217754899999797E-2</v>
+        <v>4.624049320000001E-2</v>
       </c>
       <c r="D50" s="5">
-        <v>9.6771749262059679</v>
+        <v>9.6822288001704226</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>6.1099253981999997</v>
+        <v>6.1099027217000001</v>
       </c>
       <c r="C51" s="5">
-        <v>8.2602558999999687E-2</v>
+        <v>8.2609646099999878E-2</v>
       </c>
       <c r="D51" s="5">
-        <v>17.743635818967142</v>
+        <v>17.745369062292184</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>6.0814312298999997</v>
+        <v>6.0814156829000003</v>
       </c>
       <c r="C52" s="5">
-        <v>-2.8494168299999956E-2</v>
+        <v>-2.8487038799999809E-2</v>
       </c>
       <c r="D52" s="5">
-        <v>-5.454968832242546</v>
+        <v>-5.4536584821782146</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>6.1248939118000001</v>
+        <v>6.1248903892</v>
       </c>
       <c r="C53" s="5">
-        <v>4.3462681900000355E-2</v>
+        <v>4.347470629999961E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>8.9214085752103767</v>
+        <v>8.923998337113769</v>
       </c>
       <c r="E53" s="5">
-        <v>12.819559338709642</v>
+        <v>12.819643828226734</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>6.1231606129999996</v>
+        <v>6.1231690185999996</v>
       </c>
       <c r="C54" s="5">
-        <v>-1.7332988000005045E-3</v>
+        <v>-1.721370600000327E-3</v>
       </c>
       <c r="D54" s="5">
-        <v>-0.33906289195336781</v>
+        <v>-0.33673333099353275</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>6.0972334086000002</v>
+        <v>6.0972506968999998</v>
       </c>
       <c r="C55" s="5">
-        <v>-2.5927204399999404E-2</v>
+        <v>-2.5918321699999858E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>-4.9644633437095242</v>
+        <v>-4.9627952554418764</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>6.1165791207</v>
+        <v>6.1166122680999999</v>
       </c>
       <c r="C56" s="5">
-        <v>1.9345712099999801E-2</v>
+        <v>1.9361571200000149E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>3.8745912073931743</v>
+        <v>3.8778119848033699</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>6.0402910900000002</v>
+        <v>6.0403376597999996</v>
       </c>
       <c r="C57" s="5">
-        <v>-7.6288030699999787E-2</v>
+        <v>-7.6274608300000324E-2</v>
       </c>
       <c r="D57" s="5">
-        <v>-13.981622656872961</v>
+        <v>-13.979258246709037</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>6.0389259438999998</v>
+        <v>6.0389918120999999</v>
       </c>
       <c r="C58" s="5">
-        <v>-1.3651461000003806E-3</v>
+        <v>-1.3458476999996805E-3</v>
       </c>
       <c r="D58" s="5">
-        <v>-0.27087114128323542</v>
+        <v>-0.26704460395488017</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>6.0634129943000001</v>
+        <v>6.0634972067000001</v>
       </c>
       <c r="C59" s="5">
-        <v>2.4487050400000321E-2</v>
+        <v>2.450539460000023E-2</v>
       </c>
       <c r="D59" s="5">
-        <v>4.9758392967864218</v>
+        <v>4.979594945047916</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>6.6628676310000001</v>
+        <v>6.6627286565999997</v>
       </c>
       <c r="C60" s="5">
-        <v>0.59945463669999999</v>
+        <v>0.59923144989999955</v>
       </c>
       <c r="D60" s="5">
-        <v>209.97625203064598</v>
+        <v>209.8470308503214</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>6.6145246118000003</v>
+        <v>6.6144744041000001</v>
       </c>
       <c r="C61" s="5">
-        <v>-4.8343019199999837E-2</v>
+        <v>-4.8254252499999595E-2</v>
       </c>
       <c r="D61" s="5">
-        <v>-8.3675251022807586</v>
+        <v>-8.3529349014266341</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>6.6602371090999997</v>
+        <v>6.6602095342999998</v>
       </c>
       <c r="C62" s="5">
-        <v>4.5712497299999377E-2</v>
+        <v>4.5735130199999752E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>8.6157102916206263</v>
+        <v>8.6202075053697804</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>6.6155090142999997</v>
+        <v>6.6154861433000001</v>
       </c>
       <c r="C63" s="5">
-        <v>-4.4728094799999951E-2</v>
+        <v>-4.4723390999999779E-2</v>
       </c>
       <c r="D63" s="5">
-        <v>-7.7677296990058657</v>
+        <v>-7.7669737199557272</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>6.6840413094000004</v>
+        <v>6.6840273438000004</v>
       </c>
       <c r="C64" s="5">
-        <v>6.8532295100000695E-2</v>
+        <v>6.8541200500000343E-2</v>
       </c>
       <c r="D64" s="5">
-        <v>13.164528186654278</v>
+        <v>13.166385623365628</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>6.6193342181999997</v>
+        <v>6.6193348305999997</v>
       </c>
       <c r="C65" s="5">
-        <v>-6.4707091200000733E-2</v>
+        <v>-6.469251320000069E-2</v>
       </c>
       <c r="D65" s="5">
-        <v>-11.017989792998584</v>
+        <v>-11.015659949731482</v>
       </c>
       <c r="E65" s="5">
-        <v>8.0726346206165154</v>
+        <v>8.0727067748322732</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>6.7050017942000002</v>
+        <v>6.7050134091000002</v>
       </c>
       <c r="C66" s="5">
-        <v>8.5667576000000523E-2</v>
+        <v>8.5678578500000491E-2</v>
       </c>
       <c r="D66" s="5">
-        <v>16.685009112147785</v>
+        <v>16.687305153509978</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>6.7751785096999999</v>
+        <v>6.7751956313999999</v>
       </c>
       <c r="C67" s="5">
-        <v>7.0176715499999709E-2</v>
+        <v>7.0182222299999708E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>13.30840520270964</v>
+        <v>13.309485960594735</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>6.8111524863000001</v>
+        <v>6.8111826805</v>
       </c>
       <c r="C68" s="5">
-        <v>3.5973976600000235E-2</v>
+        <v>3.5987049100000057E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>6.5610107911711291</v>
+        <v>6.563447986276616</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>6.8269050679000003</v>
+        <v>6.8269488988999996</v>
       </c>
       <c r="C69" s="5">
-        <v>1.5752581600000148E-2</v>
+        <v>1.5766218399999588E-2</v>
       </c>
       <c r="D69" s="5">
-        <v>2.8108917618208773</v>
+        <v>2.8133435453867373</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>6.8235950303999999</v>
+        <v>6.8236524839000001</v>
       </c>
       <c r="C70" s="5">
-        <v>-3.3100375000003623E-3</v>
+        <v>-3.2964149999994419E-3</v>
       </c>
       <c r="D70" s="5">
-        <v>-0.58027317904738585</v>
+        <v>-0.5778876958759227</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>6.8708288259000003</v>
+        <v>6.8709156081999998</v>
       </c>
       <c r="C71" s="5">
-        <v>4.7233795500000397E-2</v>
+        <v>4.7263124299999681E-2</v>
       </c>
       <c r="D71" s="5">
-        <v>8.6302096043377574</v>
+        <v>8.6356986150096127</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>6.7597620099000002</v>
+        <v>6.7596181900000003</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.11106681600000012</v>
+        <v>-0.1112974181999995</v>
       </c>
       <c r="D72" s="5">
-        <v>-17.762987597283196</v>
+        <v>-17.796441293100006</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>6.8375532162999999</v>
+        <v>6.8375084442</v>
       </c>
       <c r="C73" s="5">
-        <v>7.7791206399999702E-2</v>
+        <v>7.7890254199999731E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>14.718051179326164</v>
+        <v>14.73832794040748</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>6.8839945903000004</v>
+        <v>6.8839722184000003</v>
       </c>
       <c r="C74" s="5">
-        <v>4.6441374000000479E-2</v>
+        <v>4.6463774200000252E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>8.4620006762494491</v>
+        <v>8.4662934412395465</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>7.1315629721000002</v>
+        <v>7.1315446125999999</v>
       </c>
       <c r="C75" s="5">
-        <v>0.24756838179999985</v>
+        <v>0.24757239419999966</v>
       </c>
       <c r="D75" s="5">
-        <v>52.802483329407359</v>
+        <v>52.803721848910314</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>7.2920118442000001</v>
+        <v>7.2920021197000002</v>
       </c>
       <c r="C76" s="5">
-        <v>0.16044887209999992</v>
+        <v>0.16045750710000029</v>
       </c>
       <c r="D76" s="5">
-        <v>30.602571446567172</v>
+        <v>30.604516113128955</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>7.3165117722000002</v>
+        <v>7.3165165802000001</v>
       </c>
       <c r="C77" s="5">
-        <v>2.4499928000000004E-2</v>
+        <v>2.4514460499999835E-2</v>
       </c>
       <c r="D77" s="5">
-        <v>4.1071419023210654</v>
+        <v>4.1096289188184532</v>
       </c>
       <c r="E77" s="5">
-        <v>10.532442252018281</v>
+        <v>10.532504661602161</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>7.2819522003000001</v>
+        <v>7.2819654666</v>
       </c>
       <c r="C78" s="5">
-        <v>-3.455957190000003E-2</v>
+        <v>-3.4551113600000072E-2</v>
       </c>
       <c r="D78" s="5">
-        <v>-5.5232429423884515</v>
+        <v>-5.521922533306844</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>7.4610720444999998</v>
+        <v>7.4610863362000002</v>
       </c>
       <c r="C79" s="5">
-        <v>0.17911984419999971</v>
+        <v>0.17912086960000018</v>
       </c>
       <c r="D79" s="5">
-        <v>33.856947446683172</v>
+        <v>33.857097950081425</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>7.4111844204999997</v>
+        <v>7.4112083737000001</v>
       </c>
       <c r="C80" s="5">
-        <v>-4.988762400000013E-2</v>
+        <v>-4.9877962500000095E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>-7.7350730831339369</v>
+        <v>-7.7336154388642715</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>7.4150103068000002</v>
+        <v>7.4150458254</v>
       </c>
       <c r="C81" s="5">
-        <v>3.8258863000004695E-3</v>
+        <v>3.8374516999999386E-3</v>
       </c>
       <c r="D81" s="5">
-        <v>0.62123960728346361</v>
+        <v>0.62312090506122519</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>7.5192199208000003</v>
+        <v>7.5192601423000003</v>
       </c>
       <c r="C82" s="5">
-        <v>0.10420961400000017</v>
+        <v>0.10421431690000027</v>
       </c>
       <c r="D82" s="5">
-        <v>18.231265406492469</v>
+        <v>18.232058591438751</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>7.6813351274999997</v>
+        <v>7.6814039474999998</v>
       </c>
       <c r="C83" s="5">
-        <v>0.16211520669999935</v>
+        <v>0.16214380519999949</v>
       </c>
       <c r="D83" s="5">
-        <v>29.171622040354062</v>
+        <v>29.177218179303544</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>7.3481000527000004</v>
+        <v>7.3479771063000001</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.33323507479999925</v>
+        <v>-0.33342684119999966</v>
       </c>
       <c r="D84" s="5">
-        <v>-41.269976621850205</v>
+        <v>-41.288079972849189</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>7.5417804167</v>
+        <v>7.5417512148999997</v>
       </c>
       <c r="C85" s="5">
-        <v>0.19368036399999955</v>
+        <v>0.19377410859999955</v>
       </c>
       <c r="D85" s="5">
-        <v>36.642522014413494</v>
+        <v>36.663610078488794</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>7.5995545996000002</v>
+        <v>7.5995412095999999</v>
       </c>
       <c r="C86" s="5">
-        <v>5.7774182900000248E-2</v>
+        <v>5.7789994700000236E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>9.5900367613849014</v>
+        <v>9.5928117004873581</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>7.7498393611000003</v>
+        <v>7.7498268243000004</v>
       </c>
       <c r="C87" s="5">
-        <v>0.15028476150000003</v>
+        <v>0.15028561470000046</v>
       </c>
       <c r="D87" s="5">
-        <v>26.4895744661221</v>
+        <v>26.489793435649144</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>7.7978026866999999</v>
+        <v>7.7977974020999996</v>
       </c>
       <c r="C88" s="5">
-        <v>4.7963325599999607E-2</v>
+        <v>4.7970577799999248E-2</v>
       </c>
       <c r="D88" s="5">
-        <v>7.6848219743331558</v>
+        <v>7.6860366433463279</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>7.9056302211</v>
+        <v>7.9056370202000004</v>
       </c>
       <c r="C89" s="5">
-        <v>0.10782753440000015</v>
+        <v>0.10783961810000076</v>
       </c>
       <c r="D89" s="5">
-        <v>17.915544313983677</v>
+        <v>17.917720210114862</v>
       </c>
       <c r="E89" s="5">
-        <v>8.0519032462768472</v>
+        <v>8.0519251687924953</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>7.9635953945000004</v>
+        <v>7.9636065975000001</v>
       </c>
       <c r="C90" s="5">
-        <v>5.7965173400000403E-2</v>
+        <v>5.7969577299999742E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>9.162200166693669</v>
+        <v>9.1629163735764898</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>8.0616532912000007</v>
+        <v>8.0616620943000008</v>
       </c>
       <c r="C91" s="5">
-        <v>9.8057896700000313E-2</v>
+        <v>9.8055496800000697E-2</v>
       </c>
       <c r="D91" s="5">
-        <v>15.818825414295068</v>
+        <v>15.818387892076636</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>8.0113505203000006</v>
+        <v>8.0113661323999992</v>
       </c>
       <c r="C92" s="5">
-        <v>-5.0302770900000127E-2</v>
+        <v>-5.0295961900001629E-2</v>
       </c>
       <c r="D92" s="5">
-        <v>-7.2360125451704</v>
+        <v>-7.2350588067254247</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>8.2188299138000005</v>
+        <v>8.2188534953999994</v>
       </c>
       <c r="C93" s="5">
-        <v>0.20747939349999989</v>
+        <v>0.20748736300000026</v>
       </c>
       <c r="D93" s="5">
-        <v>35.909905190766708</v>
+        <v>35.911406405076505</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>8.2270095256999998</v>
+        <v>8.2270307709000008</v>
       </c>
       <c r="C94" s="5">
-        <v>8.1796118999992729E-3</v>
+        <v>8.1772755000013575E-3</v>
       </c>
       <c r="D94" s="5">
-        <v>1.2008328261112533</v>
+        <v>1.2004844813289006</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>8.1956675055999995</v>
+        <v>8.1957170709000007</v>
       </c>
       <c r="C95" s="5">
-        <v>-3.1342020100000312E-2</v>
+        <v>-3.1313700000000111E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>-4.4769964395860455</v>
+        <v>-4.473024101222145</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>7.9282343602000003</v>
+        <v>7.92814686</v>
       </c>
       <c r="C96" s="5">
-        <v>-0.26743314539999918</v>
+        <v>-0.26757021090000066</v>
       </c>
       <c r="D96" s="5">
-        <v>-32.840758516857761</v>
+        <v>-32.854525543019719</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>8.1311364339000001</v>
+        <v>8.1311199431999999</v>
       </c>
       <c r="C97" s="5">
-        <v>0.2029020736999998</v>
+        <v>0.20297308319999985</v>
       </c>
       <c r="D97" s="5">
-        <v>35.424495022976132</v>
+        <v>35.439135467225277</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>7.9970678772000001</v>
+        <v>7.9970611525999997</v>
       </c>
       <c r="C98" s="5">
-        <v>-0.13406855669999995</v>
+        <v>-0.13405879060000014</v>
       </c>
       <c r="D98" s="5">
-        <v>-18.086702767974227</v>
+        <v>-18.08553577886024</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>7.9611623809000003</v>
+        <v>7.9611563091999997</v>
       </c>
       <c r="C99" s="5">
-        <v>-3.5905496299999839E-2</v>
+        <v>-3.5904843399999997E-2</v>
       </c>
       <c r="D99" s="5">
-        <v>-5.2567236360600011</v>
+        <v>-5.2566347081815623</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>7.9030333133999999</v>
+        <v>7.9030319563999996</v>
       </c>
       <c r="C100" s="5">
-        <v>-5.8129067500000353E-2</v>
+        <v>-5.8124352800000167E-2</v>
       </c>
       <c r="D100" s="5">
-        <v>-8.4184550880314291</v>
+        <v>-8.4178056343989773</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>7.8881233272999998</v>
+        <v>7.8881298661999999</v>
       </c>
       <c r="C101" s="5">
-        <v>-1.4909986100000161E-2</v>
+        <v>-1.4902090199999662E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>-2.2405943489774649</v>
+        <v>-2.2394204536499873</v>
       </c>
       <c r="E101" s="5">
-        <v>-0.2214484273913353</v>
+        <v>-0.22145152826100745</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>8.0506896524999991</v>
+        <v>8.0506973279</v>
       </c>
       <c r="C102" s="5">
-        <v>0.16256632519999936</v>
+        <v>0.16256746170000014</v>
       </c>
       <c r="D102" s="5">
-        <v>27.735825610343735</v>
+        <v>27.736016338914492</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>7.9753789777000001</v>
+        <v>7.9753830138000001</v>
       </c>
       <c r="C103" s="5">
-        <v>-7.5310674799998978E-2</v>
+        <v>-7.5314314099999891E-2</v>
       </c>
       <c r="D103" s="5">
-        <v>-10.665558329971992</v>
+        <v>-10.666037855070442</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>8.1198183093999994</v>
+        <v>8.1198259743999994</v>
       </c>
       <c r="C104" s="5">
-        <v>0.14443933169999923</v>
+        <v>0.14444296059999928</v>
       </c>
       <c r="D104" s="5">
-        <v>24.033725158713381</v>
+        <v>24.034376957146229</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>8.1332391759</v>
+        <v>8.1332527795999994</v>
       </c>
       <c r="C105" s="5">
-        <v>1.3420866500000628E-2</v>
+        <v>1.3426805199999947E-2</v>
       </c>
       <c r="D105" s="5">
-        <v>2.0015540701570966</v>
+        <v>2.002445915875084</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>8.1519882754000008</v>
+        <v>8.1519950730000001</v>
       </c>
       <c r="C106" s="5">
-        <v>1.874909950000081E-2</v>
+        <v>1.8742293400000776E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>2.8016369031028443</v>
+        <v>2.8006022142060827</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>8.1031508960000007</v>
+        <v>8.1031752402000006</v>
       </c>
       <c r="C107" s="5">
-        <v>-4.8837379400000103E-2</v>
+        <v>-4.8819832799999574E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>-6.956816837726576</v>
+        <v>-6.9543934860011198</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>8.3114837966999993</v>
+        <v>8.3114372457000005</v>
       </c>
       <c r="C108" s="5">
-        <v>0.20833290069999855</v>
+        <v>0.20826200549999996</v>
       </c>
       <c r="D108" s="5">
-        <v>35.611223508105837</v>
+        <v>35.597220846423298</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>8.3051417997999994</v>
+        <v>8.3051367528999993</v>
       </c>
       <c r="C109" s="5">
-        <v>-6.3419968999998133E-3</v>
+        <v>-6.3004928000012228E-3</v>
       </c>
       <c r="D109" s="5">
-        <v>-0.91181536862489088</v>
+        <v>-0.90587806051999342</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>8.3793428563999992</v>
+        <v>8.3793402632999996</v>
       </c>
       <c r="C110" s="5">
-        <v>7.420105659999976E-2</v>
+        <v>7.4203510400000283E-2</v>
       </c>
       <c r="D110" s="5">
-        <v>11.264060832230015</v>
+        <v>11.264459007646298</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>8.3640646930999996</v>
+        <v>8.3640626625000003</v>
       </c>
       <c r="C111" s="5">
-        <v>-1.5278163299999648E-2</v>
+        <v>-1.5277600799999291E-2</v>
       </c>
       <c r="D111" s="5">
-        <v>-2.1661666995130502</v>
+        <v>-2.1660884088608001</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>8.4005842404000006</v>
+        <v>8.4005850434999996</v>
       </c>
       <c r="C112" s="5">
-        <v>3.6519547300001065E-2</v>
+        <v>3.6522380999999271E-2</v>
       </c>
       <c r="D112" s="5">
-        <v>5.3671651372975804</v>
+        <v>5.3675929843413961</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>8.4631301627000006</v>
+        <v>8.4631341872999997</v>
       </c>
       <c r="C113" s="5">
-        <v>6.2545922300000001E-2</v>
+        <v>6.2549143800000095E-2</v>
       </c>
       <c r="D113" s="5">
-        <v>9.3096111526741687</v>
+        <v>9.3101095328220307</v>
       </c>
       <c r="E113" s="5">
-        <v>7.2895264379292835</v>
+        <v>7.2894885207690052</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>8.5508076131999999</v>
+        <v>8.5508104404999994</v>
       </c>
       <c r="C114" s="5">
-        <v>8.767745049999931E-2</v>
+        <v>8.7676253199999721E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>13.165325920070758</v>
+        <v>13.165129151222432</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>8.6026058002999992</v>
+        <v>8.6026066245999999</v>
       </c>
       <c r="C115" s="5">
-        <v>5.1798187099999282E-2</v>
+        <v>5.1796184100000531E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>7.5163835114494315</v>
+        <v>7.5160805385223517</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>8.6231970144000005</v>
+        <v>8.6231993839999994</v>
       </c>
       <c r="C116" s="5">
-        <v>2.0591214100001309E-2</v>
+        <v>2.0592759399999494E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>2.9104392648780175</v>
+        <v>2.9106602844307661</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>8.6635913102999993</v>
+        <v>8.6635968396000003</v>
       </c>
       <c r="C117" s="5">
-        <v>4.0394295899998767E-2</v>
+        <v>4.0397455600000853E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>5.7683627341071686</v>
+        <v>5.7688240063242135</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>8.6908897983000006</v>
+        <v>8.6908899516000009</v>
       </c>
       <c r="C118" s="5">
-        <v>2.7298488000001342E-2</v>
+        <v>2.7293112000000619E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>3.8473532707268943</v>
+        <v>3.8465799224550956</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>8.8034994687000001</v>
+        <v>8.8035151206000002</v>
       </c>
       <c r="C119" s="5">
-        <v>0.11260967039999947</v>
+        <v>0.1126251689999993</v>
       </c>
       <c r="D119" s="5">
-        <v>16.706002029299039</v>
+        <v>16.708467274365745</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>9.0000119141999999</v>
+        <v>8.9999915071000007</v>
       </c>
       <c r="C120" s="5">
-        <v>0.1965124454999998</v>
+        <v>0.19647638650000054</v>
       </c>
       <c r="D120" s="5">
-        <v>30.332553459395449</v>
+        <v>30.326226689755043</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>9.0731077411999994</v>
+        <v>9.0731044520000008</v>
       </c>
       <c r="C121" s="5">
-        <v>7.3095826999999503E-2</v>
+        <v>7.3112944900000088E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>10.193456094719021</v>
+        <v>10.195975057568241</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>9.1415103645000002</v>
+        <v>9.1415083982999992</v>
       </c>
       <c r="C122" s="5">
-        <v>6.8402623300000798E-2</v>
+        <v>6.8403946299998353E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>9.4315763397615715</v>
+        <v>9.4317699512320061</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>9.2652072592000003</v>
+        <v>9.2652074680999998</v>
       </c>
       <c r="C123" s="5">
-        <v>0.12369689470000012</v>
+        <v>0.12369906980000067</v>
       </c>
       <c r="D123" s="5">
-        <v>17.502252835416975</v>
+        <v>17.502587902800503</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>9.3889467911000004</v>
+        <v>9.3889481062000009</v>
       </c>
       <c r="C124" s="5">
-        <v>0.12373953190000009</v>
+        <v>0.12374063810000102</v>
       </c>
       <c r="D124" s="5">
-        <v>17.257564348039157</v>
+        <v>17.257729712605062</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>9.4401423118000007</v>
+        <v>9.4401440723000007</v>
       </c>
       <c r="C125" s="5">
-        <v>5.119552070000033E-2</v>
+        <v>5.1195966099999879E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>6.7431372575094795</v>
+        <v>6.74319672011372</v>
       </c>
       <c r="E125" s="5">
-        <v>11.544335610080037</v>
+        <v>11.544303367730224</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>9.3584341669000004</v>
+        <v>9.3584346022999991</v>
       </c>
       <c r="C126" s="5">
-        <v>-8.1708144900000335E-2</v>
+        <v>-8.1709470000001616E-2</v>
       </c>
       <c r="D126" s="5">
-        <v>-9.9060188731840189</v>
+        <v>-9.9061701941212892</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>9.5315150386000003</v>
+        <v>9.5315152576000006</v>
       </c>
       <c r="C127" s="5">
-        <v>0.17308087169999986</v>
+        <v>0.1730806553000015</v>
       </c>
       <c r="D127" s="5">
-        <v>24.596250720712497</v>
+        <v>24.596215512110888</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>9.6339262396999992</v>
+        <v>9.6339262786000006</v>
       </c>
       <c r="C128" s="5">
-        <v>0.10241120109999891</v>
+        <v>0.10241102099999999</v>
       </c>
       <c r="D128" s="5">
-        <v>13.683269070500682</v>
+        <v>13.683243234485554</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>9.8965763754000005</v>
+        <v>9.8965782162</v>
       </c>
       <c r="C129" s="5">
-        <v>0.26265013570000129</v>
+        <v>0.26265193759999939</v>
       </c>
       <c r="D129" s="5">
-        <v>38.095639199819686</v>
+        <v>38.095940744494186</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>9.8318379980999993</v>
+        <v>9.8318375360000001</v>
       </c>
       <c r="C130" s="5">
-        <v>-6.4738377300001204E-2</v>
+        <v>-6.47406801999999E-2</v>
       </c>
       <c r="D130" s="5">
-        <v>-7.5734377558738135</v>
+        <v>-7.5736961846936897</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>9.7907081466000001</v>
+        <v>9.7907163576999992</v>
       </c>
       <c r="C131" s="5">
-        <v>-4.1129851499999148E-2</v>
+        <v>-4.1121178300000949E-2</v>
       </c>
       <c r="D131" s="5">
-        <v>-4.9060932358629632</v>
+        <v>-4.9050825771601136</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>9.8042248879000002</v>
+        <v>9.8042165360000002</v>
       </c>
       <c r="C132" s="5">
-        <v>1.3516741300000135E-2</v>
+        <v>1.3500178300001053E-2</v>
       </c>
       <c r="D132" s="5">
-        <v>1.6693194233276198</v>
+        <v>1.6672569438585638</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>9.8389456061999994</v>
+        <v>9.8389444375000004</v>
       </c>
       <c r="C133" s="5">
-        <v>3.472071829999912E-2</v>
+        <v>3.4727901500000158E-2</v>
       </c>
       <c r="D133" s="5">
-        <v>4.3334435585214104</v>
+        <v>4.3343613856314578</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>9.9002424737000005</v>
+        <v>9.9002416734000001</v>
       </c>
       <c r="C134" s="5">
-        <v>6.1296867500001184E-2</v>
+        <v>6.1297235899999691E-2</v>
       </c>
       <c r="D134" s="5">
-        <v>7.7375910211274102</v>
+        <v>7.7376400805103218</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>9.9639697358999992</v>
+        <v>9.9639698942999999</v>
       </c>
       <c r="C135" s="5">
-        <v>6.3727262199998691E-2</v>
+        <v>6.3728220899999855E-2</v>
       </c>
       <c r="D135" s="5">
-        <v>8.003746571152881</v>
+        <v>8.0038719424312177</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>9.9687907311000004</v>
+        <v>9.9687912488000006</v>
       </c>
       <c r="C136" s="5">
-        <v>4.8209952000011214E-3</v>
+        <v>4.8213545000006519E-3</v>
       </c>
       <c r="D136" s="5">
-        <v>0.58215896234894426</v>
+        <v>0.58220245585016706</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>9.9178610010000003</v>
+        <v>9.9178617048</v>
       </c>
       <c r="C137" s="5">
-        <v>-5.0929730100000015E-2</v>
+        <v>-5.0929544000000604E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>-5.9613344349747965</v>
+        <v>-5.9613129593947605</v>
       </c>
       <c r="E137" s="5">
-        <v>5.0605030456252864</v>
+        <v>5.0604909082029303</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>10.182264984</v>
+        <v>10.1822646</v>
       </c>
       <c r="C138" s="5">
-        <v>0.26440398299999934</v>
+        <v>0.26440289519999993</v>
       </c>
       <c r="D138" s="5">
-        <v>37.124965488261651</v>
+        <v>37.12478666286998</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>10.456062756</v>
+        <v>10.456062671</v>
       </c>
       <c r="C139" s="5">
-        <v>0.27379777199999999</v>
+        <v>0.27379807099999987</v>
       </c>
       <c r="D139" s="5">
-        <v>37.494534317112873</v>
+        <v>37.494583127752513</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>10.240495433</v>
+        <v>10.240495506</v>
       </c>
       <c r="C140" s="5">
-        <v>-0.21556732300000014</v>
+        <v>-0.21556716499999951</v>
       </c>
       <c r="D140" s="5">
-        <v>-22.118654710869755</v>
+        <v>-22.118640451277273</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>10.225780928000001</v>
+        <v>10.225781254999999</v>
       </c>
       <c r="C141" s="5">
-        <v>-1.4714504999998823E-2</v>
+        <v>-1.47142510000009E-2</v>
       </c>
       <c r="D141" s="5">
-        <v>-1.7107109054978586</v>
+        <v>-1.7106815962929844</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>10.260205060000001</v>
+        <v>10.260204977000001</v>
       </c>
       <c r="C142" s="5">
-        <v>3.442413199999983E-2</v>
+        <v>3.4423722000001433E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>4.1153288615211281</v>
+        <v>4.1152788018368192</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>10.379547402</v>
+        <v>10.379551512999999</v>
       </c>
       <c r="C143" s="5">
-        <v>0.11934234199999949</v>
+        <v>0.11934653599999834</v>
       </c>
       <c r="D143" s="5">
-        <v>14.886371039975344</v>
+        <v>14.88692822661597</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>10.416903380000001</v>
+        <v>10.416900736000001</v>
       </c>
       <c r="C144" s="5">
-        <v>3.7355978000000789E-2</v>
+        <v>3.734922300000143E-2</v>
       </c>
       <c r="D144" s="5">
-        <v>4.4053208408255218</v>
+        <v>4.404506625885718</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>10.316850033</v>
+        <v>10.316849172</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.10005334700000112</v>
+        <v>-0.10005156400000104</v>
       </c>
       <c r="D145" s="5">
-        <v>-10.93608532858733</v>
+        <v>-10.935903250528256</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>10.056737279</v>
+        <v>10.056736502</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.26011275399999967</v>
+        <v>-0.26011266999999982</v>
       </c>
       <c r="D146" s="5">
-        <v>-26.392876491138896</v>
+        <v>-26.392871020008613</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>10.355933910999999</v>
+        <v>10.355933746</v>
       </c>
       <c r="C147" s="5">
-        <v>0.29919663199999924</v>
+        <v>0.29919724400000014</v>
       </c>
       <c r="D147" s="5">
-        <v>42.162805264640092</v>
+        <v>42.162909888679437</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>10.352496853</v>
+        <v>10.352496883000001</v>
       </c>
       <c r="C148" s="5">
-        <v>-3.4370579999993822E-3</v>
+        <v>-3.4368629999992351E-3</v>
       </c>
       <c r="D148" s="5">
-        <v>-0.39754493538259883</v>
+        <v>-0.39752242831765372</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>10.410741135</v>
+        <v>10.410741487999999</v>
       </c>
       <c r="C149" s="5">
-        <v>5.8244282000000425E-2</v>
+        <v>5.8244604999998728E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>6.9642099390769596</v>
+        <v>6.9642497418820115</v>
       </c>
       <c r="E149" s="5">
-        <v>4.9696213119976518</v>
+        <v>4.9696174222862766</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>10.30568901</v>
+        <v>10.305688930000001</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.10505212500000027</v>
+        <v>-0.1050525579999988</v>
       </c>
       <c r="D150" s="5">
-        <v>-11.458959721773276</v>
+        <v>-11.459003995813589</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>10.366374993000001</v>
+        <v>10.366375015999999</v>
       </c>
       <c r="C151" s="5">
-        <v>6.0685983000000832E-2</v>
+        <v>6.0686085999998696E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>7.2997192205417782</v>
+        <v>7.2997320725780801</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>10.458461335000001</v>
+        <v>10.458461442000001</v>
       </c>
       <c r="C152" s="5">
-        <v>9.2086341999999988E-2</v>
+        <v>9.2086426000001609E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>11.196357853062654</v>
+        <v>11.196368544244262</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>10.435740549</v>
+        <v>10.435740991999999</v>
       </c>
       <c r="C153" s="5">
-        <v>-2.2720786000000714E-2</v>
+        <v>-2.2720450000001335E-2</v>
       </c>
       <c r="D153" s="5">
-        <v>-2.5760493045960176</v>
+        <v>-2.5760116373894637</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>10.469929796000001</v>
+        <v>10.469930334000001</v>
       </c>
       <c r="C154" s="5">
-        <v>3.4189247000000478E-2</v>
+        <v>3.4189342000001233E-2</v>
       </c>
       <c r="D154" s="5">
-        <v>4.0030214922609719</v>
+        <v>4.0030326434451702</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>10.669470327999999</v>
+        <v>10.669470923</v>
       </c>
       <c r="C155" s="5">
-        <v>0.19954053199999855</v>
+        <v>0.19954058899999971</v>
       </c>
       <c r="D155" s="5">
-        <v>25.426436684879516</v>
+        <v>25.426443279307232</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>10.736846566000001</v>
+        <v>10.736845176999999</v>
       </c>
       <c r="C156" s="5">
-        <v>6.7376238000001365E-2</v>
+        <v>6.7374253999998857E-2</v>
       </c>
       <c r="D156" s="5">
-        <v>7.8466459907114317</v>
+        <v>7.8464063977570442</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>10.907213349999999</v>
+        <v>10.907213464</v>
       </c>
       <c r="C157" s="5">
-        <v>0.17036678399999872</v>
+        <v>0.17036828700000051</v>
       </c>
       <c r="D157" s="5">
-        <v>20.793825572002469</v>
+        <v>20.794028244015884</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>10.922161123</v>
+        <v>10.922160781000001</v>
       </c>
       <c r="C158" s="5">
-        <v>1.4947773000001163E-2</v>
+        <v>1.4947317000000737E-2</v>
       </c>
       <c r="D158" s="5">
-        <v>1.6569905211326841</v>
+        <v>1.6569395735686498</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>10.849405996</v>
+        <v>10.849405902999999</v>
       </c>
       <c r="C159" s="5">
-        <v>-7.2755127000000641E-2</v>
+        <v>-7.2754878000001355E-2</v>
       </c>
       <c r="D159" s="5">
-        <v>-7.7070372273316039</v>
+        <v>-7.707012041774453</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>10.937175214</v>
+        <v>10.937175264</v>
       </c>
       <c r="C160" s="5">
-        <v>8.7769218000000038E-2</v>
+        <v>8.7769361000001211E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>10.151521414363906</v>
+        <v>10.151538787633619</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>10.91640007</v>
+        <v>10.916400320999999</v>
       </c>
       <c r="C161" s="5">
-        <v>-2.0775143999999912E-2</v>
+        <v>-2.0774943000001045E-2</v>
       </c>
       <c r="D161" s="5">
-        <v>-2.2557344915865918</v>
+        <v>-2.2557128845927421</v>
       </c>
       <c r="E161" s="5">
-        <v>4.8570887359788317</v>
+        <v>4.8570875915308287</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>11.027493622</v>
+        <v>11.027493699000001</v>
       </c>
       <c r="C162" s="5">
-        <v>0.11109355199999982</v>
+        <v>0.11109337800000141</v>
       </c>
       <c r="D162" s="5">
-        <v>12.919373695730773</v>
+        <v>12.919352001147931</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>10.763903885</v>
+        <v>10.763903899000001</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.26358973700000021</v>
+        <v>-0.2635898000000001</v>
       </c>
       <c r="D163" s="5">
-        <v>-25.197527984146461</v>
+        <v>-25.197533084392109</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>10.766388247</v>
+        <v>10.76638833</v>
       </c>
       <c r="C164" s="5">
-        <v>2.4843620000005728E-3</v>
+        <v>2.4844309999991765E-3</v>
       </c>
       <c r="D164" s="5">
-        <v>0.27731776543480358</v>
+        <v>0.27732547700263233</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>10.833395635</v>
+        <v>10.833395823</v>
       </c>
       <c r="C165" s="5">
-        <v>6.700738800000039E-2</v>
+        <v>6.7007493000000196E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>7.7295395843964831</v>
+        <v>7.7295520524563122</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>10.874184627</v>
+        <v>10.874184825</v>
       </c>
       <c r="C166" s="5">
-        <v>4.0788991999999524E-2</v>
+        <v>4.0789002000000352E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>4.6128857880455287</v>
+        <v>4.6128868607654194</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>10.87630601</v>
+        <v>10.876306242</v>
       </c>
       <c r="C167" s="5">
-        <v>2.1213830000004208E-3</v>
+        <v>2.1214169999996813E-3</v>
       </c>
       <c r="D167" s="5">
-        <v>0.23435253906192166</v>
+        <v>0.23435629485486498</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>10.750494807000001</v>
+        <v>10.750493801999999</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.12581120299999959</v>
+        <v>-0.12581244000000069</v>
       </c>
       <c r="D168" s="5">
-        <v>-13.031009924224545</v>
+        <v>-13.031129748115378</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>10.806064993</v>
+        <v>10.806065124</v>
       </c>
       <c r="C169" s="5">
-        <v>5.5570185999998856E-2</v>
+        <v>5.5571322000000478E-2</v>
       </c>
       <c r="D169" s="5">
-        <v>6.3823202791206901</v>
+        <v>6.3824550956849579</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>10.694250565000001</v>
+        <v>10.694250446</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.11181442799999886</v>
+        <v>-0.111814678</v>
       </c>
       <c r="D170" s="5">
-        <v>-11.734017259277218</v>
+        <v>-11.73404188579682</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>10.643831828</v>
+        <v>10.643831864999999</v>
       </c>
       <c r="C171" s="5">
-        <v>-5.0418737000001101E-2</v>
+        <v>-5.0418581000000628E-2</v>
       </c>
       <c r="D171" s="5">
-        <v>-5.513059865028147</v>
+        <v>-5.5130433067577815</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>10.627392743</v>
+        <v>10.627392787</v>
       </c>
       <c r="C172" s="5">
-        <v>-1.643908500000002E-2</v>
+        <v>-1.6439077999999441E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>-1.8377018838310888</v>
+        <v>-1.8377011016122324</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>10.633535547999999</v>
+        <v>10.633535670000001</v>
       </c>
       <c r="C173" s="5">
-        <v>6.1428049999996404E-3</v>
+        <v>6.142883000000765E-3</v>
       </c>
       <c r="D173" s="5">
-        <v>0.69582875287215185</v>
+        <v>0.69583761357208118</v>
       </c>
       <c r="E173" s="5">
-        <v>-2.5911886719629962</v>
+        <v>-2.5911897940921857</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>10.533823333999999</v>
+        <v>10.533823632000001</v>
       </c>
       <c r="C174" s="5">
-        <v>-9.9712214000000188E-2</v>
+        <v>-9.9712037999999836E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>-10.689994188478845</v>
+        <v>-10.689976165696169</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>10.553187003</v>
+        <v>10.553186968</v>
       </c>
       <c r="C175" s="5">
-        <v>1.9363669000000527E-2</v>
+        <v>1.936333599999962E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>2.2283243871703551</v>
+        <v>2.2282856143990948</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>10.574079708999999</v>
+        <v>10.574079754</v>
       </c>
       <c r="C176" s="5">
-        <v>2.0892705999999706E-2</v>
+        <v>2.0892785999999219E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>2.4017435319233948</v>
+        <v>2.4017528368301733</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>10.419324882</v>
+        <v>10.419324924</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.15475482699999965</v>
+        <v>-0.1547548299999999</v>
       </c>
       <c r="D177" s="5">
-        <v>-16.215438713139797</v>
+        <v>-16.215438939074723</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>10.376690322</v>
+        <v>10.376690369</v>
       </c>
       <c r="C178" s="5">
-        <v>-4.2634559999999766E-2</v>
+        <v>-4.2634554999999352E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-4.8012351166961897</v>
+        <v>-4.8012345473186784</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>10.291107908000001</v>
+        <v>10.291107923</v>
       </c>
       <c r="C179" s="5">
-        <v>-8.5582413999999218E-2</v>
+        <v>-8.558244600000009E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-9.46024552709045</v>
+        <v>-9.4602488645453846</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>10.364357731</v>
+        <v>10.364357144</v>
       </c>
       <c r="C180" s="5">
-        <v>7.3249822999999381E-2</v>
+        <v>7.3249220999999309E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>8.8837698840220636</v>
+        <v>8.8836939781507205</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>10.204039423999999</v>
+        <v>10.204039481000001</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.16031830700000071</v>
+        <v>-0.16031766299999894</v>
       </c>
       <c r="D181" s="5">
-        <v>-17.061380784317258</v>
+        <v>-17.061318856581455</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>10.383721594000001</v>
+        <v>10.383721563</v>
       </c>
       <c r="C182" s="5">
-        <v>0.17968217000000131</v>
+        <v>0.17968208199999935</v>
       </c>
       <c r="D182" s="5">
-        <v>23.302218448325185</v>
+        <v>23.30220576575741</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>10.442814819000001</v>
+        <v>10.442814904</v>
       </c>
       <c r="C183" s="5">
-        <v>5.9093224999999805E-2</v>
+        <v>5.9093341000000521E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>7.0469989911400965</v>
+        <v>7.0470132819281384</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>10.318929896</v>
+        <v>10.318929969999999</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.12388492300000031</v>
+        <v>-0.12388493400000122</v>
       </c>
       <c r="D184" s="5">
-        <v>-13.342726166432373</v>
+        <v>-13.342727173336144</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>10.248643717</v>
+        <v>10.248643781</v>
       </c>
       <c r="C185" s="5">
-        <v>-7.0286179000000004E-2</v>
+        <v>-7.0286188999999055E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>-7.874299407819441</v>
+        <v>-7.8743004321363719</v>
       </c>
       <c r="E185" s="5">
-        <v>-3.6196035576557706</v>
+        <v>-3.6196040615717462</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>10.130789587000001</v>
+        <v>10.13078982</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.11785412999999956</v>
+        <v>-0.11785396099999979</v>
       </c>
       <c r="D186" s="5">
-        <v>-12.959215589109363</v>
+        <v>-12.959198089245749</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>10.332856421000001</v>
+        <v>10.332856380000001</v>
       </c>
       <c r="C187" s="5">
-        <v>0.20206683400000003</v>
+        <v>0.20206656000000045</v>
       </c>
       <c r="D187" s="5">
-        <v>26.743353311850093</v>
+        <v>26.743312297019163</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>10.269269942999999</v>
+        <v>10.269269937000001</v>
       </c>
       <c r="C188" s="5">
-        <v>-6.3586478000001279E-2</v>
+        <v>-6.3586443000000159E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>-7.1396953631732707</v>
+        <v>-7.1396915926833397</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>10.505317626</v>
+        <v>10.505317607</v>
       </c>
       <c r="C189" s="5">
-        <v>0.23604768300000067</v>
+        <v>0.2360476699999996</v>
       </c>
       <c r="D189" s="5">
-        <v>31.351613481088634</v>
+        <v>31.351611551259072</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>10.488622153</v>
+        <v>10.488622124999999</v>
       </c>
       <c r="C190" s="5">
-        <v>-1.6695473000000405E-2</v>
+        <v>-1.6695482000001149E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>-1.8905067045898338</v>
+        <v>-1.890507718200074</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>10.51779335</v>
+        <v>10.517793273000001</v>
       </c>
       <c r="C191" s="5">
-        <v>2.9171197000000149E-2</v>
+        <v>2.9171148000001423E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>3.3889961770117383</v>
+        <v>3.3889904062089249</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>10.173924222</v>
+        <v>10.17392413</v>
       </c>
       <c r="C192" s="5">
-        <v>-0.34386912799999969</v>
+        <v>-0.34386914300000093</v>
       </c>
       <c r="D192" s="5">
-        <v>-32.893223387497748</v>
+        <v>-32.893224774029527</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>10.104309971999999</v>
+        <v>10.104309941</v>
       </c>
       <c r="C193" s="5">
-        <v>-6.9614250000000766E-2</v>
+        <v>-6.9614188999999271E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>-7.9088395762605179</v>
+        <v>-7.908832973625179</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>10.186781417000001</v>
+        <v>10.186781398999999</v>
       </c>
       <c r="C194" s="5">
-        <v>8.2471445000001253E-2</v>
+        <v>8.2471457999998776E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>10.246273928039518</v>
+        <v>10.24627564920646</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>10.130131906000001</v>
+        <v>10.130131942</v>
       </c>
       <c r="C195" s="5">
-        <v>-5.6649510999999819E-2</v>
+        <v>-5.6649456999998904E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>-6.4729241108474778</v>
+        <v>-6.4729181392367057</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>10.218250782</v>
+        <v>10.218250815999999</v>
       </c>
       <c r="C196" s="5">
-        <v>8.8118875999999347E-2</v>
+        <v>8.8118873999999181E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>10.952599347606329</v>
+        <v>10.952599046204092</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>10.16440645</v>
+        <v>10.164406470999999</v>
       </c>
       <c r="C197" s="5">
-        <v>-5.3844332000000605E-2</v>
+        <v>-5.3844344999999905E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>-6.1432328156044491</v>
+        <v>-6.1432342362353847</v>
       </c>
       <c r="E197" s="5">
-        <v>-0.82193575390148155</v>
+        <v>-0.82193616833642347</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>10.011683380999999</v>
+        <v>10.011683538</v>
       </c>
       <c r="C198" s="5">
-        <v>-0.15272306900000032</v>
+        <v>-0.15272293299999973</v>
       </c>
       <c r="D198" s="5">
-        <v>-16.612490715569784</v>
+        <v>-16.612477091071696</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>10.207237656</v>
+        <v>10.207237620000001</v>
       </c>
       <c r="C199" s="5">
-        <v>0.195554275000001</v>
+        <v>0.19555408200000102</v>
       </c>
       <c r="D199" s="5">
-        <v>26.128560716146708</v>
+        <v>26.128531643131893</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>10.369298892</v>
+        <v>10.369298874</v>
       </c>
       <c r="C200" s="5">
-        <v>0.16206123599999955</v>
+        <v>0.16206125399999927</v>
       </c>
       <c r="D200" s="5">
-        <v>20.807527949054826</v>
+        <v>20.80753054547284</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>10.091988389000001</v>
+        <v>10.09198836</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.27731050299999893</v>
+        <v>-0.27731051399999984</v>
       </c>
       <c r="D201" s="5">
-        <v>-27.768241272004179</v>
+        <v>-27.768242258117638</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>10.101433381</v>
+        <v>10.101433362</v>
       </c>
       <c r="C202" s="5">
-        <v>9.4449919999988197E-3</v>
+        <v>9.4450019999996471E-3</v>
       </c>
       <c r="D202" s="5">
-        <v>1.1288670653779143</v>
+        <v>1.1288682699990948</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>10.142467304</v>
+        <v>10.142467269000001</v>
       </c>
       <c r="C203" s="5">
-        <v>4.1033923000000527E-2</v>
+        <v>4.103390700000098E-2</v>
       </c>
       <c r="D203" s="5">
-        <v>4.9850231052296801</v>
+        <v>4.9850211274182099</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>10.283677499</v>
+        <v>10.283677467</v>
       </c>
       <c r="C204" s="5">
-        <v>0.14121019499999932</v>
+        <v>0.14121019799999956</v>
       </c>
       <c r="D204" s="5">
-        <v>18.04782392748967</v>
+        <v>18.047824407863565</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>10.303579683000001</v>
+        <v>10.303579694</v>
       </c>
       <c r="C205" s="5">
-        <v>1.99021840000011E-2</v>
+        <v>1.9902226999999328E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>2.3472615161802768</v>
+        <v>2.3472666490804928</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>10.304778495000001</v>
+        <v>10.304778496999999</v>
       </c>
       <c r="C206" s="5">
-        <v>1.1988120000001601E-3</v>
+        <v>1.1988029999994154E-3</v>
       </c>
       <c r="D206" s="5">
-        <v>0.13970827361331484</v>
+        <v>0.1397072239424757</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>10.316755089999999</v>
+        <v>10.3167551</v>
       </c>
       <c r="C207" s="5">
-        <v>1.1976594999998369E-2</v>
+        <v>1.1976603000000807E-2</v>
       </c>
       <c r="D207" s="5">
-        <v>1.4036342936581292</v>
+        <v>1.4036352369704019</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>10.315711684</v>
+        <v>10.315711694999999</v>
       </c>
       <c r="C208" s="5">
-        <v>-1.0434059999990808E-3</v>
+        <v>-1.0434050000007744E-3</v>
       </c>
       <c r="D208" s="5">
-        <v>-0.12129695293852105</v>
+        <v>-0.12129683663485435</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>10.376957356</v>
+        <v>10.376957364000001</v>
       </c>
       <c r="C209" s="5">
-        <v>6.1245672000000084E-2</v>
+        <v>6.1245669000001612E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>7.3618629354394782</v>
+        <v>7.3618625548687922</v>
       </c>
       <c r="E209" s="5">
-        <v>2.0911295415582343</v>
+        <v>2.0911294093406196</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>10.386122390000001</v>
+        <v>10.386122456000001</v>
       </c>
       <c r="C210" s="5">
-        <v>9.1650340000004604E-3</v>
+        <v>9.1650919999999303E-3</v>
       </c>
       <c r="D210" s="5">
-        <v>1.065015756985277</v>
+        <v>1.065022528779469</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>10.384153705999999</v>
+        <v>10.384153677</v>
       </c>
       <c r="C211" s="5">
-        <v>-1.9686840000012751E-3</v>
+        <v>-1.9687790000002536E-3</v>
       </c>
       <c r="D211" s="5">
-        <v>-0.22722238300101338</v>
+        <v>-0.22723333487856268</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>10.560778109999999</v>
+        <v>10.560778092</v>
       </c>
       <c r="C212" s="5">
-        <v>0.17662440400000001</v>
+        <v>0.17662441499999915</v>
       </c>
       <c r="D212" s="5">
-        <v>22.432782375716222</v>
+        <v>22.432783974634816</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>10.592277900999999</v>
+        <v>10.592277876000001</v>
       </c>
       <c r="C213" s="5">
-        <v>3.1499790999999888E-2</v>
+        <v>3.1499784000001085E-2</v>
       </c>
       <c r="D213" s="5">
-        <v>3.6385631813770747</v>
+        <v>3.6385623657954058</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>10.618182529</v>
+        <v>10.618182521</v>
       </c>
       <c r="C214" s="5">
-        <v>2.590462800000104E-2</v>
+        <v>2.5904644999998894E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>2.9745357288466279</v>
+        <v>2.9745377143423068</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>10.760715857999999</v>
+        <v>10.760715858999999</v>
       </c>
       <c r="C215" s="5">
-        <v>0.14253332899999904</v>
+        <v>0.14253333799999979</v>
       </c>
       <c r="D215" s="5">
-        <v>17.352332250533497</v>
+        <v>17.352333442394684</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>10.790076407000001</v>
+        <v>10.790076407999999</v>
       </c>
       <c r="C216" s="5">
-        <v>2.9360549000001512E-2</v>
+        <v>2.9360548999999736E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>3.323777360742497</v>
+        <v>3.3237773604286813</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>10.898930828999999</v>
+        <v>10.898930850999999</v>
       </c>
       <c r="C217" s="5">
-        <v>0.10885442199999851</v>
+        <v>0.10885444300000024</v>
       </c>
       <c r="D217" s="5">
-        <v>12.8008871455628</v>
+        <v>12.800889752439648</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>10.823118936</v>
+        <v>10.823118946999999</v>
       </c>
       <c r="C218" s="5">
-        <v>-7.5811892999999131E-2</v>
+        <v>-7.5811904000000041E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>-8.0350337221455792</v>
+        <v>-8.0350348281572401</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>10.701411164</v>
+        <v>10.701411154000001</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.1217077720000006</v>
+        <v>-0.12170779299999879</v>
       </c>
       <c r="D219" s="5">
-        <v>-12.69011106246316</v>
+        <v>-12.690113106351575</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
         <v>10.716308881</v>
       </c>
       <c r="C220" s="5">
-        <v>1.4897717000000199E-2</v>
+        <v>1.489772699999925E-2</v>
       </c>
       <c r="D220" s="5">
-        <v>1.6834021267029931</v>
+        <v>1.6834032669271526</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>10.690876748999999</v>
+        <v>10.690876750999999</v>
       </c>
       <c r="C221" s="5">
-        <v>-2.5432132000000607E-2</v>
+        <v>-2.5432130000000441E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>-2.810981255606948</v>
+        <v>-2.8109810374269184</v>
       </c>
       <c r="E221" s="5">
-        <v>3.0251583603019272</v>
+        <v>3.0251583001492888</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>10.662656402</v>
+        <v>10.662656432</v>
       </c>
       <c r="C222" s="5">
-        <v>-2.8220346999999535E-2</v>
+        <v>-2.8220318999998995E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>-3.1220140679588781</v>
+        <v>-3.1220110145789515</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>10.573287559000001</v>
+        <v>10.573287516000001</v>
       </c>
       <c r="C223" s="5">
-        <v>-8.9368842999999032E-2</v>
+        <v>-8.9368915999999743E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>-9.6068437951537078</v>
+        <v>-9.6068512584574499</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>10.45279348</v>
+        <v>10.452793464999999</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.1204940790000002</v>
+        <v>-0.12049405100000143</v>
       </c>
       <c r="D224" s="5">
-        <v>-12.849895087048646</v>
+        <v>-12.849892334678337</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>10.395914790000001</v>
+        <v>10.395914771999999</v>
       </c>
       <c r="C225" s="5">
-        <v>-5.6878689999999565E-2</v>
+        <v>-5.6878692999999814E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>-6.3378561031169571</v>
+        <v>-6.3378564362840066</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>10.225628499999999</v>
+        <v>10.22562849</v>
       </c>
       <c r="C226" s="5">
-        <v>-0.17028629000000173</v>
+        <v>-0.17028628199999929</v>
       </c>
       <c r="D226" s="5">
-        <v>-17.978521450937446</v>
+        <v>-17.978520709284908</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>10.168721265</v>
+        <v>10.168721267</v>
       </c>
       <c r="C227" s="5">
-        <v>-5.6907234999998835E-2</v>
+        <v>-5.6907222999999618E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-6.4775255743154343</v>
+        <v>-6.4775242560788593</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>10.094882677999999</v>
+        <v>10.094882779000001</v>
       </c>
       <c r="C228" s="5">
-        <v>-7.3838587000000899E-2</v>
+        <v>-7.3838487999999813E-2</v>
       </c>
       <c r="D228" s="5">
-        <v>-8.3739013518617345</v>
+        <v>-8.3738905674095481</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>10.086005556</v>
+        <v>10.086005548999999</v>
       </c>
       <c r="C229" s="5">
-        <v>-8.8771219999994599E-3</v>
+        <v>-8.8772300000012905E-3</v>
       </c>
       <c r="D229" s="5">
-        <v>-1.0501534424895098</v>
+        <v>-1.0501661465806889</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>9.9391039011999993</v>
+        <v>9.9391038938000005</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.14690165480000061</v>
+        <v>-0.14690165519999887</v>
       </c>
       <c r="D230" s="5">
-        <v>-16.143577401248386</v>
+        <v>-16.143577452068257</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>10.095886863</v>
+        <v>10.095886826999999</v>
       </c>
       <c r="C231" s="5">
-        <v>0.15678296180000117</v>
+        <v>0.15678293319999881</v>
       </c>
       <c r="D231" s="5">
-        <v>20.661003716084302</v>
+        <v>20.660999631069977</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>9.9139968561000007</v>
+        <v>9.9139968431999996</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.18189000689999979</v>
+        <v>-0.18188998379999965</v>
       </c>
       <c r="D232" s="5">
-        <v>-19.600819738247822</v>
+        <v>-19.600817553366689</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>10.007289813</v>
+        <v>10.007289816</v>
       </c>
       <c r="C233" s="5">
-        <v>9.3292956899999169E-2</v>
+        <v>9.3292972800000484E-2</v>
       </c>
       <c r="D233" s="5">
-        <v>11.895444139252586</v>
+        <v>11.895446288950605</v>
       </c>
       <c r="E233" s="5">
-        <v>-6.3941148331350899</v>
+        <v>-6.3941148225851396</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>9.7567091285000007</v>
+        <v>9.7567091406999999</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.25058068449999915</v>
+        <v>-0.25058067530000017</v>
       </c>
       <c r="D234" s="5">
-        <v>-26.236321388790749</v>
+        <v>-26.236320547318293</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>9.6691101392000007</v>
+        <v>9.6691101108000002</v>
       </c>
       <c r="C235" s="5">
-        <v>-8.7598989299999985E-2</v>
+        <v>-8.7599029899999792E-2</v>
       </c>
       <c r="D235" s="5">
-        <v>-10.257576548881753</v>
+        <v>-10.257581058557108</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>9.3383245924999994</v>
+        <v>9.3383245823000003</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.33078554670000138</v>
+        <v>-0.33078552849999987</v>
       </c>
       <c r="D236" s="5">
-        <v>-34.14488687705478</v>
+        <v>-34.144885419089157</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>9.2039377495999997</v>
+        <v>9.2039377261999995</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.13438684289999969</v>
+        <v>-0.13438685610000078</v>
       </c>
       <c r="D237" s="5">
-        <v>-15.965719656809696</v>
+        <v>-15.965721119124343</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>9.0261358005000005</v>
+        <v>9.0261357738000001</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.17780194909999913</v>
+        <v>-0.17780195239999941</v>
       </c>
       <c r="D238" s="5">
-        <v>-20.870524415971424</v>
+        <v>-20.870524810687961</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>8.7649155839000006</v>
+        <v>8.7649155841000006</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.26122021659999994</v>
+        <v>-0.26122018969999949</v>
       </c>
       <c r="D239" s="5">
-        <v>-29.7007822019572</v>
+        <v>-29.700779687302294</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>8.6919783634000005</v>
+        <v>8.6919785736000001</v>
       </c>
       <c r="C240" s="5">
-        <v>-7.2937220500000066E-2</v>
+        <v>-7.2937010500000454E-2</v>
       </c>
       <c r="D240" s="5">
-        <v>-9.54120743548199</v>
+        <v>-9.5411812092323967</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>8.4810566654000006</v>
+        <v>8.4810566642000005</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.21092169799999994</v>
+        <v>-0.21092190939999966</v>
       </c>
       <c r="D241" s="5">
-        <v>-25.530928311528989</v>
+        <v>-25.530950048787382</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>8.3471985812000007</v>
+        <v>8.3471985817000007</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.13385808419999989</v>
+        <v>-0.13385808249999975</v>
       </c>
       <c r="D242" s="5">
-        <v>-17.379205352523506</v>
+        <v>-17.379205152853338</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>8.3913613521000006</v>
+        <v>8.3913612948999994</v>
       </c>
       <c r="C243" s="5">
-        <v>4.416277089999987E-2</v>
+        <v>4.4162713199998649E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>6.5369188270743228</v>
+        <v>6.5369100359451648</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>8.3111533926999996</v>
+        <v>8.3111533311999999</v>
       </c>
       <c r="C244" s="5">
-        <v>-8.0207959400000917E-2</v>
+        <v>-8.0207963699999496E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>-10.885885720835764</v>
+        <v>-10.885886344450102</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>8.2203241887999994</v>
+        <v>8.2203241330000001</v>
       </c>
       <c r="C245" s="5">
-        <v>-9.0829203900000266E-2</v>
+        <v>-9.0829198199999794E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>-12.354066640571393</v>
+        <v>-12.354065997276631</v>
       </c>
       <c r="E245" s="5">
-        <v>-17.856639086025439</v>
+        <v>-17.856639668244021</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>8.2690445145999991</v>
+        <v>8.2690445190999995</v>
       </c>
       <c r="C246" s="5">
-        <v>4.8720325799999742E-2</v>
+        <v>4.8720386099999402E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>7.3486566624812122</v>
+        <v>7.3486661077702076</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>8.1741272452999993</v>
+        <v>8.1741271403999995</v>
       </c>
       <c r="C247" s="5">
-        <v>-9.4917269299999774E-2</v>
+        <v>-9.4917378699999944E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>-12.937172017429177</v>
+        <v>-12.937185993490786</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>8.2314100190000001</v>
+        <v>8.2314099392000006</v>
       </c>
       <c r="C248" s="5">
-        <v>5.7282773700000789E-2</v>
+        <v>5.7282798800001089E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>8.7411928870812616</v>
+        <v>8.7411969826254321</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>8.2068954955999995</v>
+        <v>8.2068954553999998</v>
       </c>
       <c r="C249" s="5">
-        <v>-2.4514523400000598E-2</v>
+        <v>-2.4514483800000875E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>-3.5158404614920702</v>
+        <v>-3.5158349083433182</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>8.3160040632999994</v>
+        <v>8.3160040986000006</v>
       </c>
       <c r="C250" s="5">
-        <v>0.10910856769999988</v>
+        <v>0.1091086432000008</v>
       </c>
       <c r="D250" s="5">
-        <v>17.17351956224611</v>
+        <v>17.173532418263626</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>8.3534553443000004</v>
+        <v>8.3534554796999991</v>
       </c>
       <c r="C251" s="5">
-        <v>3.7451281000000947E-2</v>
+        <v>3.7451381099998571E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>5.5401116787333393</v>
+        <v>5.540126830959835</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>8.1840624102999993</v>
+        <v>8.1840629073999995</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.16939293400000111</v>
+        <v>-0.1693925722999996</v>
       </c>
       <c r="D252" s="5">
-        <v>-21.795214863305713</v>
+        <v>-21.795173072712892</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>8.1759131426000007</v>
+        <v>8.1759132827999998</v>
       </c>
       <c r="C253" s="5">
-        <v>-8.1492676999985747E-3</v>
+        <v>-8.149624599999683E-3</v>
       </c>
       <c r="D253" s="5">
-        <v>-1.1883758480048634</v>
+        <v>-1.1884275368335251</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>8.2528512534999994</v>
+        <v>8.2528513087000004</v>
       </c>
       <c r="C254" s="5">
-        <v>7.6938110899998691E-2</v>
+        <v>7.693802590000054E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>11.895593106398493</v>
+        <v>11.895579062158834</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>8.1975025111999997</v>
+        <v>8.1975024176000009</v>
       </c>
       <c r="C255" s="5">
-        <v>-5.5348742299999643E-2</v>
+        <v>-5.534889109999952E-2</v>
       </c>
       <c r="D255" s="5">
-        <v>-7.7576222587484978</v>
+        <v>-7.7576423012173041</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>8.2025528553000004</v>
+        <v>8.2025526075999995</v>
       </c>
       <c r="C256" s="5">
-        <v>5.0503441000007143E-3</v>
+        <v>5.0501899999986222E-3</v>
       </c>
       <c r="D256" s="5">
-        <v>0.74181015454124477</v>
+        <v>0.74178745160555781</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>8.2290388982000007</v>
+        <v>8.2290384558999996</v>
       </c>
       <c r="C257" s="5">
-        <v>2.6486042900000228E-2</v>
+        <v>2.6485848300000114E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>3.9443605523104219</v>
+        <v>3.9443311766805822</v>
       </c>
       <c r="E257" s="5">
-        <v>0.10601418143429964</v>
+        <v>0.10600948039283242</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>8.2868775255999996</v>
+        <v>8.2868770018000006</v>
       </c>
       <c r="C258" s="5">
-        <v>5.7838627399998899E-2</v>
+        <v>5.7838545900001037E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>8.7681298073989602</v>
+        <v>8.7681174604525616</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>8.3836558626999995</v>
+        <v>8.3836558953000004</v>
       </c>
       <c r="C259" s="5">
-        <v>9.6778337099999945E-2</v>
+        <v>9.6778893499999796E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>14.950342642274638</v>
+        <v>14.950435196034896</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>8.4271139406</v>
+        <v>8.4271134949000004</v>
       </c>
       <c r="C260" s="5">
-        <v>4.3458077900000447E-2</v>
+        <v>4.3457599599999952E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>6.4008450668620931</v>
+        <v>6.4007725730205189</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>8.4161937309999999</v>
+        <v>8.4161938025000005</v>
       </c>
       <c r="C261" s="5">
-        <v>-1.0920209600000064E-2</v>
+        <v>-1.0919692399999903E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>-1.5439755685009549</v>
+        <v>-1.5439030445833501</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>8.4051252396000002</v>
+        <v>8.4051257891999995</v>
       </c>
       <c r="C262" s="5">
-        <v>-1.1068491399999658E-2</v>
+        <v>-1.1068013300000956E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>-1.566805161964302</v>
+        <v>-1.5667379598523823</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>8.4350567043000009</v>
+        <v>8.4350574585999993</v>
       </c>
       <c r="C263" s="5">
-        <v>2.9931464700000632E-2</v>
+        <v>2.9931669399999805E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>4.3580150045590127</v>
+        <v>4.3580451044247903</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>8.6763235972999997</v>
+        <v>8.6763244880000006</v>
       </c>
       <c r="C264" s="5">
-        <v>0.24126689299999882</v>
+        <v>0.24126702940000122</v>
       </c>
       <c r="D264" s="5">
-        <v>40.272590889224638</v>
+        <v>40.272613166096541</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>8.6766868400000003</v>
+        <v>8.6766870761000003</v>
       </c>
       <c r="C265" s="5">
-        <v>3.6324270000065439E-4</v>
+        <v>3.6258809999978325E-4</v>
       </c>
       <c r="D265" s="5">
-        <v>5.0250733351697718E-2</v>
+        <v>5.0160150493461231E-2</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>8.6527992350999998</v>
+        <v>8.6527994399000008</v>
       </c>
       <c r="C266" s="5">
-        <v>-2.3887604900000525E-2</v>
+        <v>-2.3887636199999562E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>-3.2541267849599431</v>
+        <v>-3.2541308972854455</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>8.6024165791999998</v>
+        <v>8.6024166963000006</v>
       </c>
       <c r="C267" s="5">
-        <v>-5.0382655900000017E-2</v>
+        <v>-5.0382743600000168E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>-6.7677616090714547</v>
+        <v>-6.76777285980058</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>8.5911983719999991</v>
+        <v>8.5911979944999999</v>
       </c>
       <c r="C268" s="5">
-        <v>-1.1218207200000663E-2</v>
+        <v>-1.121870180000073E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>-1.5537160955059526</v>
+        <v>-1.5537840857634877</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>8.5259171657999993</v>
+        <v>8.5259157690999992</v>
       </c>
       <c r="C269" s="5">
-        <v>-6.5281206199999886E-2</v>
+        <v>-6.5282225400000726E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>-8.7467497536960153</v>
+        <v>-8.7468810245184372</v>
       </c>
       <c r="E269" s="5">
-        <v>3.6076906583214274</v>
+        <v>3.6076792542772296</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>8.5038571207999993</v>
+        <v>8.5038557641000008</v>
       </c>
       <c r="C270" s="5">
-        <v>-2.2060044999999917E-2</v>
+        <v>-2.2060004999998384E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>-3.0610861431723424</v>
+        <v>-3.0610811658037029</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>8.6019701264999995</v>
+        <v>8.6019698440999992</v>
       </c>
       <c r="C271" s="5">
-        <v>9.8113005700000144E-2</v>
+        <v>9.8114079999998438E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>14.7581935805563</v>
+        <v>14.758368072393946</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>8.6256520305999995</v>
+        <v>8.6256500659000004</v>
       </c>
       <c r="C272" s="5">
-        <v>2.368190410000004E-2</v>
+        <v>2.3680221800001178E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>3.354181169319137</v>
+        <v>3.3539393897485503</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>8.6275662416000003</v>
+        <v>8.6275660981000009</v>
       </c>
       <c r="C273" s="5">
-        <v>1.9142110000007762E-3</v>
+        <v>1.9160322000004726E-3</v>
       </c>
       <c r="D273" s="5">
-        <v>0.26663015936185808</v>
+        <v>0.26688420489766607</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>8.6002708959999996</v>
+        <v>8.6002715427999998</v>
       </c>
       <c r="C274" s="5">
-        <v>-2.7295345600000687E-2</v>
+        <v>-2.7294555300001022E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>-3.7311145372856624</v>
+        <v>-3.7310084416031897</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>8.6190867249000007</v>
+        <v>8.6190923324999993</v>
       </c>
       <c r="C275" s="5">
-        <v>1.8815828900001108E-2</v>
+        <v>1.8820789699999452E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>2.6572045425536261</v>
+        <v>2.6579133668376942</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>8.5677302646999998</v>
+        <v>8.5677307828</v>
       </c>
       <c r="C276" s="5">
-        <v>-5.1356460200000953E-2</v>
+        <v>-5.1361549699999287E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>-6.9204197230224418</v>
+        <v>-6.9210788707413151</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>8.4782400834999994</v>
+        <v>8.4782398684999993</v>
       </c>
       <c r="C277" s="5">
-        <v>-8.9490181200000407E-2</v>
+        <v>-8.9490914300000668E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>-11.838473000985406</v>
+        <v>-11.838563803918822</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>8.4500970936000002</v>
+        <v>8.4500975262000004</v>
       </c>
       <c r="C278" s="5">
-        <v>-2.8142989899999193E-2</v>
+        <v>-2.8142342299998901E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>-3.9114007479217339</v>
+        <v>-3.9113124766118168</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>8.4039833111999993</v>
+        <v>8.4039841833000004</v>
       </c>
       <c r="C279" s="5">
-        <v>-4.6113782400000858E-2</v>
+        <v>-4.6113342900000021E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>-6.3556054372094772</v>
+        <v>-6.3555463540909685</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>8.4828464222999997</v>
+        <v>8.4828461435999998</v>
       </c>
       <c r="C280" s="5">
-        <v>7.8863111100000438E-2</v>
+        <v>7.8861960299999367E-2</v>
       </c>
       <c r="D280" s="5">
-        <v>11.860582622599924</v>
+        <v>11.860399224972173</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>8.5203386269999992</v>
+        <v>8.5203361248</v>
       </c>
       <c r="C281" s="5">
-        <v>3.7492204699999476E-2</v>
+        <v>3.7489981200000244E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>5.4345654907925978</v>
+        <v>5.4342354989014297</v>
       </c>
       <c r="E281" s="5">
-        <v>-6.5430365924468159E-2</v>
+        <v>-6.5443342992210773E-2</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>8.3101194528000004</v>
+        <v>8.3101171117000003</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.2102191741999988</v>
+        <v>-0.21021901309999969</v>
       </c>
       <c r="D282" s="5">
-        <v>-25.902264919394803</v>
+        <v>-25.902254287547066</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>8.4136295926999995</v>
+        <v>8.4136280550000002</v>
       </c>
       <c r="C283" s="5">
-        <v>0.10351013989999913</v>
+        <v>0.10351094329999988</v>
       </c>
       <c r="D283" s="5">
-        <v>16.014817888009048</v>
+        <v>16.014955649394992</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>8.5284132714999998</v>
+        <v>8.5284074664999991</v>
       </c>
       <c r="C284" s="5">
-        <v>0.11478367880000029</v>
+        <v>0.11477941149999893</v>
       </c>
       <c r="D284" s="5">
-        <v>17.65711271596102</v>
+        <v>17.656409735930367</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>8.6395505701000008</v>
+        <v>8.6395467730999993</v>
       </c>
       <c r="C285" s="5">
-        <v>0.11113729860000099</v>
+        <v>0.11113930660000015</v>
       </c>
       <c r="D285" s="5">
-        <v>16.808639251967627</v>
+        <v>16.808977309138662</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>8.7009159079000007</v>
+        <v>8.7009250200999997</v>
       </c>
       <c r="C286" s="5">
-        <v>6.1365337799999864E-2</v>
+        <v>6.1378247000000385E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>8.8643900088386509</v>
+        <v>8.8663322875817805</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>8.8100730867999992</v>
+        <v>8.8100803349000003</v>
       </c>
       <c r="C287" s="5">
-        <v>0.10915717889999854</v>
+        <v>0.10915531480000062</v>
       </c>
       <c r="D287" s="5">
-        <v>16.138036440800896</v>
+        <v>16.137723477767054</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>8.8603105304999996</v>
+        <v>8.8603087244999994</v>
       </c>
       <c r="C288" s="5">
-        <v>5.0237443700000384E-2</v>
+        <v>5.022838959999909E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>7.0614648552525638</v>
+        <v>7.0601460339860145</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>8.9936385324000003</v>
+        <v>8.9936376760000005</v>
       </c>
       <c r="C289" s="5">
-        <v>0.13332800190000071</v>
+        <v>0.13332895150000112</v>
       </c>
       <c r="D289" s="5">
-        <v>19.629373244923933</v>
+        <v>19.62952915676588</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>8.9452383056000002</v>
+        <v>8.9452408604000002</v>
       </c>
       <c r="C290" s="5">
-        <v>-4.8400226800000112E-2</v>
+        <v>-4.8396815600000309E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>-6.2701688247980165</v>
+        <v>-6.2697404852874561</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>8.9944895434000003</v>
+        <v>8.9944936617</v>
       </c>
       <c r="C291" s="5">
-        <v>4.9251237800000069E-2</v>
+        <v>4.925280129999976E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>6.8108266601129897</v>
+        <v>6.8110474571625446</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>9.0773132928999996</v>
+        <v>9.0773144938999994</v>
       </c>
       <c r="C292" s="5">
-        <v>8.2823749499999266E-2</v>
+        <v>8.2820832199999472E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>11.627100369294464</v>
+        <v>11.62666427262986</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>9.2119690087000006</v>
+        <v>9.2119660756999995</v>
       </c>
       <c r="C293" s="5">
-        <v>0.13465571580000102</v>
+        <v>0.13465158180000003</v>
       </c>
       <c r="D293" s="5">
-        <v>19.327823745224769</v>
+        <v>19.327178377171283</v>
       </c>
       <c r="E293" s="5">
-        <v>8.1174048588667844</v>
+        <v>8.1174021865978219</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>9.3049050476000001</v>
+        <v>9.3049028762999999</v>
       </c>
       <c r="C294" s="5">
-        <v>9.2936038899999573E-2</v>
+        <v>9.2936800600000424E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>12.801202610430472</v>
+        <v>12.801317722007299</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>9.4231507658999991</v>
+        <v>9.4231502586999998</v>
       </c>
       <c r="C295" s="5">
-        <v>0.11824571829999897</v>
+        <v>0.11824738239999988</v>
       </c>
       <c r="D295" s="5">
-        <v>16.361772377733796</v>
+        <v>16.362023056428665</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>9.3329943781000004</v>
+        <v>9.3329688214999997</v>
       </c>
       <c r="C296" s="5">
-        <v>-9.0156387799998683E-2</v>
+        <v>-9.0181437200000047E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>-10.895759130049488</v>
+        <v>-10.898629472277321</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>9.3528691868999996</v>
+        <v>9.3528651898999993</v>
       </c>
       <c r="C297" s="5">
-        <v>1.9874808799999144E-2</v>
+        <v>1.9896368399999531E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>2.5855689194652198</v>
+        <v>2.588413806212575</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>9.3998729246000003</v>
+        <v>9.3998917191999993</v>
       </c>
       <c r="C298" s="5">
-        <v>4.7003737700000769E-2</v>
+        <v>4.7026529300000064E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>6.2002325617896537</v>
+        <v>6.2033253353463103</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>9.4091973869000007</v>
+        <v>9.4092054481999998</v>
       </c>
       <c r="C299" s="5">
-        <v>9.3244623000003912E-3</v>
+        <v>9.3137290000004924E-3</v>
       </c>
       <c r="D299" s="5">
-        <v>1.1968890319446812</v>
+        <v>1.1955013842544604</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>9.4497628931000008</v>
+        <v>9.4497598498999995</v>
       </c>
       <c r="C300" s="5">
-        <v>4.0565506200000101E-2</v>
+        <v>4.0554401699999687E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>5.2979674252901177</v>
+        <v>5.2964779501605497</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>9.5109539221000006</v>
+        <v>9.5109552482000002</v>
       </c>
       <c r="C301" s="5">
-        <v>6.119102899999973E-2</v>
+        <v>6.1195398300000647E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>8.0532893499229985</v>
+        <v>8.0538877099489259</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>9.4465954154999991</v>
+        <v>9.4466067008000003</v>
       </c>
       <c r="C302" s="5">
-        <v>-6.4358506600001419E-2</v>
+        <v>-6.4348547399999845E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>-7.8246374245798052</v>
+        <v>-7.8234702419109237</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>9.6828926442000007</v>
+        <v>9.6829064193000001</v>
       </c>
       <c r="C303" s="5">
-        <v>0.23629722870000158</v>
+        <v>0.23629971849999976</v>
       </c>
       <c r="D303" s="5">
-        <v>34.510942302221579</v>
+        <v>34.511310292487394</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>9.6795968116999997</v>
+        <v>9.6796049524000001</v>
       </c>
       <c r="C304" s="5">
-        <v>-3.2958325000009836E-3</v>
+        <v>-3.3014668999999941E-3</v>
       </c>
       <c r="D304" s="5">
-        <v>-0.40768843501780561</v>
+        <v>-0.40838351359888669</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>9.7076436502999996</v>
+        <v>9.7076400735000004</v>
       </c>
       <c r="C305" s="5">
-        <v>2.8046838599999901E-2</v>
+        <v>2.8035121100000282E-2</v>
       </c>
       <c r="D305" s="5">
-        <v>3.5329754893909771</v>
+        <v>3.5314728623526026</v>
       </c>
       <c r="E305" s="5">
-        <v>5.3807675767457708</v>
+        <v>5.3807623011935091</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>9.3943741240000005</v>
+        <v>9.3943521267999994</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.31326952629999916</v>
+        <v>-0.31328794670000093</v>
       </c>
       <c r="D306" s="5">
-        <v>-32.539693483366072</v>
+        <v>-32.541290719279424</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>9.2213626289999997</v>
+        <v>9.2213536673000007</v>
       </c>
       <c r="C307" s="5">
-        <v>-0.17301149500000079</v>
+        <v>-0.1729984594999987</v>
       </c>
       <c r="D307" s="5">
-        <v>-19.993183232148059</v>
+        <v>-19.991868206762987</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>8.9306984359000001</v>
+        <v>8.9306455662000008</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.29066419309999958</v>
+        <v>-0.29070810109999989</v>
       </c>
       <c r="D308" s="5">
-        <v>-31.909913553938452</v>
+        <v>-31.913956491396146</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>9.0647950705000007</v>
+        <v>9.0647807804999996</v>
       </c>
       <c r="C309" s="5">
-        <v>0.13409663460000054</v>
+        <v>0.13413521429999875</v>
       </c>
       <c r="D309" s="5">
-        <v>19.583369838266805</v>
+        <v>19.589603045702543</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>8.9992867099999998</v>
+        <v>8.9993101617000004</v>
       </c>
       <c r="C310" s="5">
-        <v>-6.5508360500000862E-2</v>
+        <v>-6.5470618799999158E-2</v>
       </c>
       <c r="D310" s="5">
-        <v>-8.3354996959295828</v>
+        <v>-8.3308990743077516</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>8.9122319095000009</v>
+        <v>8.9122468523999991</v>
       </c>
       <c r="C311" s="5">
-        <v>-8.7054800499998919E-2</v>
+        <v>-8.7063309300001279E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-11.010106325412671</v>
+        <v>-11.011098673769837</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>8.6392544925999992</v>
+        <v>8.6392727061999999</v>
       </c>
       <c r="C312" s="5">
-        <v>-0.27297741690000166</v>
+        <v>-0.27297414619999927</v>
       </c>
       <c r="D312" s="5">
-        <v>-31.154198145550961</v>
+        <v>-31.1538416086103</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>8.4321619350999999</v>
+        <v>8.4321909488000006</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.20709255749999933</v>
+        <v>-0.20708175739999923</v>
       </c>
       <c r="D313" s="5">
-        <v>-25.260179595911481</v>
+        <v>-25.258984410117691</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>8.3503621744000007</v>
+        <v>8.3503991944999996</v>
       </c>
       <c r="C314" s="5">
-        <v>-8.1799760699999169E-2</v>
+        <v>-8.1791754300001074E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>-11.039649193578537</v>
+        <v>-11.038589657652198</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>8.1775200868999995</v>
+        <v>8.1776095456999993</v>
       </c>
       <c r="C315" s="5">
-        <v>-0.17284208750000118</v>
+        <v>-0.17278964880000025</v>
       </c>
       <c r="D315" s="5">
-        <v>-22.197117374540731</v>
+        <v>-22.191042726336274</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>7.9793908619999998</v>
+        <v>7.9793863698000003</v>
       </c>
       <c r="C316" s="5">
-        <v>-0.19812922489999973</v>
+        <v>-0.19822317589999905</v>
       </c>
       <c r="D316" s="5">
-        <v>-25.496369920203389</v>
+        <v>-25.506652960669605</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>7.9096336518000001</v>
+        <v>7.9095933983000002</v>
       </c>
       <c r="C317" s="5">
-        <v>-6.9757210199999697E-2</v>
+        <v>-6.9792971500000078E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>-10.00061165682904</v>
+        <v>-10.005499798999828</v>
       </c>
       <c r="E317" s="5">
-        <v>-18.521590442232959</v>
+        <v>-18.521975079281351</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>7.8868457626000001</v>
+        <v>7.8867572929999996</v>
       </c>
       <c r="C318" s="5">
-        <v>-2.2787889199999967E-2</v>
+        <v>-2.2836105300000575E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>-3.4029761111058043</v>
+        <v>-3.4100794842064741</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>7.8133384675000004</v>
+        <v>7.8132605639000001</v>
       </c>
       <c r="C319" s="5">
-        <v>-7.3507295099999759E-2</v>
+        <v>-7.3496729099999492E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>-10.628410232144002</v>
+        <v>-10.627073097335183</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>7.7168224556</v>
+        <v>7.7166930925999999</v>
       </c>
       <c r="C320" s="5">
-        <v>-9.6516011900000365E-2</v>
+        <v>-9.6567471300000207E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>-13.856513660209835</v>
+        <v>-13.863535720692344</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>7.6708406658000001</v>
+        <v>7.6707995489999998</v>
       </c>
       <c r="C321" s="5">
-        <v>-4.5981789799999895E-2</v>
+        <v>-4.5893543600000086E-2</v>
       </c>
       <c r="D321" s="5">
-        <v>-6.9206283418971175</v>
+        <v>-6.9078900251000164</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>7.5019622780999997</v>
+        <v>7.5020028798</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.16887838770000041</v>
+        <v>-0.1687966691999998</v>
       </c>
       <c r="D322" s="5">
-        <v>-23.443341441827169</v>
+        <v>-23.433444519213499</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>7.5182218559000003</v>
+        <v>7.5182923905000001</v>
       </c>
       <c r="C323" s="5">
-        <v>1.6259577800000535E-2</v>
+        <v>1.6289510700000065E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>2.6320806952629949</v>
+        <v>2.6369697681747351</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>7.628084909</v>
+        <v>7.6281866243999996</v>
       </c>
       <c r="C324" s="5">
-        <v>0.10986305309999977</v>
+        <v>0.10989423389999953</v>
       </c>
       <c r="D324" s="5">
-        <v>19.015788025613279</v>
+        <v>19.021433028997457</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>7.6454566691999997</v>
+        <v>7.6455860753999998</v>
       </c>
       <c r="C325" s="5">
-        <v>1.7371760199999642E-2</v>
+        <v>1.7399451000000177E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>2.7673014004364171</v>
+        <v>2.7717305749302312</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>7.7629907319000004</v>
+        <v>7.7631284766000004</v>
       </c>
       <c r="C326" s="5">
-        <v>0.11753406270000077</v>
+        <v>0.11754240120000059</v>
       </c>
       <c r="D326" s="5">
-        <v>20.090218960627503</v>
+        <v>20.0913975667379</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>7.7776643865999997</v>
+        <v>7.7778679798999999</v>
       </c>
       <c r="C327" s="5">
-        <v>1.4673654699999261E-2</v>
+        <v>1.4739503299999512E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>2.2919778897464216</v>
+        <v>2.3023295973879199</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>7.7852676892000003</v>
+        <v>7.7852432044000004</v>
       </c>
       <c r="C328" s="5">
-        <v>7.6033026000006387E-3</v>
+        <v>7.375224500000499E-3</v>
       </c>
       <c r="D328" s="5">
-        <v>1.1794260694519831</v>
+        <v>1.1438317325977776</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>7.8180278609</v>
+        <v>7.8179053188000003</v>
       </c>
       <c r="C329" s="5">
-        <v>3.2760171699999674E-2</v>
+        <v>3.2662114399999886E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>5.1680849436244403</v>
+        <v>5.1522738175035387</v>
       </c>
       <c r="E329" s="5">
-        <v>-1.1581546621840522</v>
+        <v>-1.1592009207414655</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>7.8810260697999999</v>
+        <v>7.8807771939000002</v>
       </c>
       <c r="C330" s="5">
-        <v>6.2998208899999852E-2</v>
+        <v>6.2871875099999919E-2</v>
       </c>
       <c r="D330" s="5">
-        <v>10.109959789084023</v>
+        <v>10.088945941149575</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>7.8910613501000002</v>
+        <v>7.8907369573999997</v>
       </c>
       <c r="C331" s="5">
-        <v>1.0035280300000338E-2</v>
+        <v>9.9597634999994966E-3</v>
       </c>
       <c r="D331" s="5">
-        <v>1.5387631820079406</v>
+        <v>1.5271517474550356</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>7.7978783242</v>
+        <v>7.7974728196000003</v>
       </c>
       <c r="C332" s="5">
-        <v>-9.318302590000016E-2</v>
+        <v>-9.3264137799999425E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>-13.285362460648486</v>
+        <v>-13.296697272937363</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>7.9639695655000002</v>
+        <v>7.9641508170000002</v>
       </c>
       <c r="C333" s="5">
-        <v>0.16609124130000019</v>
+        <v>0.16667799739999989</v>
       </c>
       <c r="D333" s="5">
-        <v>28.77680583038287</v>
+        <v>28.892388926306811</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>8.1091821229000001</v>
+        <v>8.1091298692000002</v>
       </c>
       <c r="C334" s="5">
-        <v>0.14521255739999983</v>
+        <v>0.14497905220000007</v>
       </c>
       <c r="D334" s="5">
-        <v>24.213715049455644</v>
+        <v>24.170194507098273</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>8.1291568956999996</v>
+        <v>8.1293486800999997</v>
       </c>
       <c r="C335" s="5">
-        <v>1.9974772799999485E-2</v>
+        <v>2.021881089999944E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>2.9962509491452627</v>
+        <v>3.0333803837539364</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>8.1240268818000008</v>
+        <v>8.1241367777000004</v>
       </c>
       <c r="C336" s="5">
-        <v>-5.1300138999987865E-3</v>
+        <v>-5.2119023999992464E-3</v>
       </c>
       <c r="D336" s="5">
-        <v>-0.75465328519932484</v>
+        <v>-0.76663906601441845</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>8.2597122578000004</v>
+        <v>8.2604821913999995</v>
       </c>
       <c r="C337" s="5">
-        <v>0.13568537599999964</v>
+        <v>0.13634541369999909</v>
       </c>
       <c r="D337" s="5">
-        <v>21.989596914209852</v>
+        <v>22.106300167129977</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>8.0800178946999992</v>
+        <v>8.0801554815000003</v>
       </c>
       <c r="C338" s="5">
-        <v>-0.1796943631000012</v>
+        <v>-0.18032670989999922</v>
       </c>
       <c r="D338" s="5">
-        <v>-23.19865009112053</v>
+        <v>-23.268829785714807</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>8.0844325503000007</v>
+        <v>8.0847565621000008</v>
       </c>
       <c r="C339" s="5">
-        <v>4.414655600001538E-3</v>
+        <v>4.6010806000005289E-3</v>
       </c>
       <c r="D339" s="5">
-        <v>0.65761427330732758</v>
+        <v>0.68545977163116945</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>8.0850789413000008</v>
+        <v>8.0851090763000002</v>
       </c>
       <c r="C340" s="5">
-        <v>6.4639100000007943E-4</v>
+        <v>3.5251419999937639E-4</v>
       </c>
       <c r="D340" s="5">
-        <v>9.598823277594537E-2</v>
+        <v>5.233534199760026E-2</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>8.1196868603999999</v>
+        <v>8.1192348631000009</v>
       </c>
       <c r="C341" s="5">
-        <v>3.4607919099999052E-2</v>
+        <v>3.4125786800000668E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>5.2592312378154205</v>
+        <v>5.184234723082648</v>
       </c>
       <c r="E341" s="5">
-        <v>3.8585050458655346</v>
+        <v>3.8543514152746594</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>7.9712307647999996</v>
+        <v>7.9707854598000001</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.14845609560000028</v>
+        <v>-0.14844940330000078</v>
       </c>
       <c r="D342" s="5">
-        <v>-19.862975192630927</v>
+        <v>-19.863164821725309</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>7.9696904988000004</v>
+        <v>7.9691876804000001</v>
       </c>
       <c r="C343" s="5">
-        <v>-1.5402659999992352E-3</v>
+        <v>-1.5977793999999435E-3</v>
       </c>
       <c r="D343" s="5">
-        <v>-0.23162748754881335</v>
+        <v>-0.24028031369628389</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>7.9804018509999999</v>
+        <v>7.9792743823999999</v>
       </c>
       <c r="C344" s="5">
-        <v>1.0711352199999524E-2</v>
+        <v>1.0086701999999725E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>1.6247888625348317</v>
+        <v>1.5294733573771202</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>7.9543709852999998</v>
+        <v>7.9546123294999997</v>
       </c>
       <c r="C345" s="5">
-        <v>-2.6030865700000128E-2</v>
+        <v>-2.466205290000012E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>-3.8447549719099472</v>
+        <v>-3.6465130796485612</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>7.9177539139000004</v>
+        <v>7.9175084394999997</v>
       </c>
       <c r="C346" s="5">
-        <v>-3.6617071399999368E-2</v>
+        <v>-3.7103890000000028E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>-5.3863300826852196</v>
+        <v>-5.4559523781128716</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>7.9411349733999996</v>
+        <v>7.9426622011000001</v>
       </c>
       <c r="C347" s="5">
-        <v>2.3381059499999246E-2</v>
+        <v>2.5153761600000379E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>3.6017130628152927</v>
+        <v>3.8797009663060544</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>7.9321922775999996</v>
+        <v>7.9318926570999997</v>
       </c>
       <c r="C348" s="5">
-        <v>-8.9426958000000667E-3</v>
+        <v>-1.0769544000000408E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>-1.3430092870390764</v>
+        <v>-1.615013952534694</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>7.8646906819</v>
+        <v>7.8657256887999996</v>
       </c>
       <c r="C349" s="5">
-        <v>-6.7501595699999584E-2</v>
+        <v>-6.6166968300000129E-2</v>
       </c>
       <c r="D349" s="5">
-        <v>-9.7471423564393316</v>
+        <v>-9.5635260934907365</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>7.7990122933999997</v>
+        <v>7.7990099588000001</v>
       </c>
       <c r="C350" s="5">
-        <v>-6.5678388500000295E-2</v>
+        <v>-6.6715729999999418E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>-9.5735459562806486</v>
+        <v>-9.7165515212796265</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>7.6924424685000004</v>
+        <v>7.6939190329000002</v>
       </c>
       <c r="C351" s="5">
-        <v>-0.10656982489999933</v>
+        <v>-0.10509092589999991</v>
       </c>
       <c r="D351" s="5">
-        <v>-15.219529309727109</v>
+        <v>-15.023734420285395</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>7.7837415231999998</v>
+        <v>7.7833587514999998</v>
       </c>
       <c r="C352" s="5">
-        <v>9.1299054699999438E-2</v>
+        <v>8.9439718599999551E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>15.20989660964811</v>
+        <v>14.877041210800179</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>7.7113277142000003</v>
+        <v>7.7103139293999998</v>
       </c>
       <c r="C353" s="5">
-        <v>-7.2413808999999496E-2</v>
+        <v>-7.3044822099999962E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>-10.609976478336147</v>
+        <v>-10.698212979658672</v>
       </c>
       <c r="E353" s="5">
-        <v>-5.0292474724805132</v>
+        <v>-5.0364466676342872</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>7.7623686183</v>
+        <v>7.7616807668999996</v>
       </c>
       <c r="C354" s="5">
-        <v>5.1040904099999729E-2</v>
+        <v>5.1366837499999818E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>8.2383667940740146</v>
+        <v>8.294047771689117</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>7.8467380557000004</v>
+        <v>7.8460071219999996</v>
       </c>
       <c r="C355" s="5">
-        <v>8.4369437400000358E-2</v>
+        <v>8.4326355099999972E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>13.851487322236666</v>
+        <v>13.845287462187272</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>7.8728510342</v>
+        <v>7.8709344491</v>
       </c>
       <c r="C356" s="5">
-        <v>2.6112978499999606E-2</v>
+        <v>2.492732710000034E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>4.0673626795908024</v>
+        <v>3.8798155846796689</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>7.8410939238999999</v>
+        <v>7.8414066537</v>
       </c>
       <c r="C357" s="5">
-        <v>-3.1757110300000058E-2</v>
+        <v>-2.9527795399999945E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>-4.7345410296892432</v>
+        <v>-4.4100628167955573</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>7.8257717015999999</v>
+        <v>7.8254205800000003</v>
       </c>
       <c r="C358" s="5">
-        <v>-1.5322222300000021E-2</v>
+        <v>-1.5986073699999714E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>-2.3198724063359433</v>
+        <v>-2.4191637653701803</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>7.8551043322999998</v>
+        <v>7.8580375861</v>
       </c>
       <c r="C359" s="5">
-        <v>2.9332630699999918E-2</v>
+        <v>3.2617006099999735E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>4.591743433996176</v>
+        <v>5.1179695235693323</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>7.9527157893</v>
+        <v>7.9520516173000004</v>
       </c>
       <c r="C360" s="5">
-        <v>9.7611457000000179E-2</v>
+        <v>9.4014031200000403E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>15.974378045268711</v>
+        <v>15.340296614186787</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>7.9722431448000002</v>
+        <v>7.9735714195999998</v>
       </c>
       <c r="C361" s="5">
-        <v>1.9527355500000176E-2</v>
+        <v>2.1519802299999391E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>2.9866386765359465</v>
+        <v>3.2962077188761318</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>7.9088439513999997</v>
+        <v>7.9087271952</v>
       </c>
       <c r="C362" s="5">
-        <v>-6.3399193400000442E-2</v>
+        <v>-6.4844224399999817E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>-9.136460494758424</v>
+        <v>-9.3339951300113189</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>7.9940303250999998</v>
+        <v>7.9967058683000003</v>
       </c>
       <c r="C363" s="5">
-        <v>8.518637370000004E-2</v>
+        <v>8.7978673100000293E-2</v>
       </c>
       <c r="D363" s="5">
-        <v>13.719100976771736</v>
+        <v>14.196902705630476</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>7.8733826109000002</v>
+        <v>7.8726160345</v>
       </c>
       <c r="C364" s="5">
-        <v>-0.12064771419999953</v>
+        <v>-0.12408983380000027</v>
       </c>
       <c r="D364" s="5">
-        <v>-16.680475345932276</v>
+        <v>-17.11129053715942</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>7.7983206895999997</v>
+        <v>7.7966448867000002</v>
       </c>
       <c r="C365" s="5">
-        <v>-7.5061921300000556E-2</v>
+        <v>-7.5971147799999805E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-10.859142495724395</v>
+        <v>-10.98479392871241</v>
       </c>
       <c r="E365" s="5">
-        <v>1.1281192892347969</v>
+        <v>1.1196814823688728</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>7.8543380121000004</v>
+        <v>7.8532545689999997</v>
       </c>
       <c r="C366" s="5">
-        <v>5.6017322500000688E-2</v>
+        <v>5.660968229999952E-2</v>
       </c>
       <c r="D366" s="5">
-        <v>8.9687474259396502</v>
+        <v>9.0694344444836936</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>7.8336354076000001</v>
+        <v>7.8325895158999996</v>
       </c>
       <c r="C367" s="5">
-        <v>-2.0702604500000277E-2</v>
+        <v>-2.0665053100000108E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>-3.1175282034444973</v>
+        <v>-3.1123781882111845</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>7.7775049235999996</v>
+        <v>7.7748436500000002</v>
       </c>
       <c r="C368" s="5">
-        <v>-5.6130484000000536E-2</v>
+        <v>-5.7745865899999416E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>-8.2674895271828355</v>
+        <v>-8.4969506668945982</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>7.3308771837000002</v>
+        <v>7.3309785178000002</v>
       </c>
       <c r="C369" s="5">
-        <v>-0.44662773989999938</v>
+        <v>-0.44386513220000001</v>
       </c>
       <c r="D369" s="5">
-        <v>-50.820083401146512</v>
+        <v>-50.609503532094834</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>7.5303146795</v>
+        <v>7.5300543956999997</v>
       </c>
       <c r="C370" s="5">
-        <v>0.19943749579999981</v>
+        <v>0.19907587789999948</v>
       </c>
       <c r="D370" s="5">
-        <v>38.002252764767896</v>
+        <v>37.922143832628819</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>7.5656629400000002</v>
+        <v>7.5702028496000002</v>
       </c>
       <c r="C371" s="5">
-        <v>3.5348260500000173E-2</v>
+        <v>4.0148453900000547E-2</v>
       </c>
       <c r="D371" s="5">
-        <v>5.7806832182805135</v>
+        <v>6.5891113328869988</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>7.4760334512000002</v>
+        <v>7.4751896888999996</v>
       </c>
       <c r="C372" s="5">
-        <v>-8.962948879999999E-2</v>
+        <v>-9.5013160700000654E-2</v>
       </c>
       <c r="D372" s="5">
-        <v>-13.325576202324418</v>
+        <v>-14.063747833733398</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>7.3794274673000002</v>
+        <v>7.3806914428999999</v>
       </c>
       <c r="C373" s="5">
-        <v>-9.660598389999997E-2</v>
+        <v>-9.4498245999999675E-2</v>
       </c>
       <c r="D373" s="5">
-        <v>-14.4505563583878</v>
+        <v>-14.158364647233523</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>7.4050499916000003</v>
+        <v>7.4052002314000003</v>
       </c>
       <c r="C374" s="5">
-        <v>2.5622524300000116E-2</v>
+        <v>2.4508788500000378E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>4.2470842347811288</v>
+        <v>4.0583840251166459</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>7.6847265763000001</v>
+        <v>7.6887995916999996</v>
       </c>
       <c r="C375" s="5">
-        <v>0.27967658469999979</v>
+        <v>0.28359936029999933</v>
       </c>
       <c r="D375" s="5">
-        <v>56.028919366538418</v>
+        <v>56.985963124097026</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>7.9690940547000002</v>
+        <v>7.9679941978000004</v>
       </c>
       <c r="C376" s="5">
-        <v>0.2843674784000001</v>
+        <v>0.2791946061000008</v>
       </c>
       <c r="D376" s="5">
-        <v>54.655864463627893</v>
+        <v>53.421284975152794</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>7.9912015825999996</v>
+        <v>7.9888697352999998</v>
       </c>
       <c r="C377" s="5">
-        <v>2.2107527899999369E-2</v>
+        <v>2.0875537499999375E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>3.3802558185312082</v>
+        <v>3.1896089149591189</v>
       </c>
       <c r="E377" s="5">
-        <v>2.4733644675222211</v>
+        <v>2.4654816449048322</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>8.0455439889000004</v>
+        <v>8.0435872456999995</v>
       </c>
       <c r="C378" s="5">
-        <v>5.4342406300000867E-2</v>
+        <v>5.4717510399999725E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>8.4725701847840682</v>
+        <v>8.5358583351915929</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>8.0286879436999996</v>
+        <v>8.0267313698000002</v>
       </c>
       <c r="C379" s="5">
-        <v>-1.6856045200000835E-2</v>
+        <v>-1.6855875899999262E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>-2.4853256761181441</v>
+        <v>-2.4858986424663332</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>8.1957124141000008</v>
+        <v>8.1924418985000003</v>
       </c>
       <c r="C380" s="5">
-        <v>0.16702447040000123</v>
+        <v>0.16571052870000003</v>
       </c>
       <c r="D380" s="5">
-        <v>28.02818522051713</v>
+        <v>27.789654404108035</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>8.0175384530000002</v>
+        <v>8.0175218119</v>
       </c>
       <c r="C381" s="5">
-        <v>-0.17817396110000061</v>
+        <v>-0.17492008660000025</v>
       </c>
       <c r="D381" s="5">
-        <v>-23.183928994040095</v>
+        <v>-22.817052213464983</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>8.0269600926999995</v>
+        <v>8.0270993813999993</v>
       </c>
       <c r="C382" s="5">
-        <v>9.4216396999993179E-3</v>
+        <v>9.5775694999993277E-3</v>
       </c>
       <c r="D382" s="5">
-        <v>1.4193043810418526</v>
+        <v>1.4429516865596126</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>8.0746428944000002</v>
+        <v>8.0799941647000004</v>
       </c>
       <c r="C383" s="5">
-        <v>4.768280170000061E-2</v>
+        <v>5.289478330000108E-2</v>
       </c>
       <c r="D383" s="5">
-        <v>7.3659690645682563</v>
+        <v>8.2004051160528668</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>8.1982218502999995</v>
+        <v>8.1981854276000004</v>
       </c>
       <c r="C384" s="5">
-        <v>0.12357895589999934</v>
+        <v>0.11819126289999993</v>
       </c>
       <c r="D384" s="5">
-        <v>19.993053119401051</v>
+        <v>19.036535555252133</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>8.2874469749999999</v>
+        <v>8.2886537101000002</v>
       </c>
       <c r="C385" s="5">
-        <v>8.9225124700000435E-2</v>
+        <v>9.046828249999983E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>13.87100525007976</v>
+        <v>14.076215353793842</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>8.3891121216000002</v>
+        <v>8.3904731520000002</v>
       </c>
       <c r="C386" s="5">
-        <v>0.10166514660000026</v>
+        <v>0.10181944190000003</v>
       </c>
       <c r="D386" s="5">
-        <v>15.755819413044424</v>
+        <v>15.778915231574931</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>8.1735203017</v>
+        <v>8.1783342889000004</v>
       </c>
       <c r="C387" s="5">
-        <v>-0.2155918199000002</v>
+        <v>-0.21213886309999985</v>
       </c>
       <c r="D387" s="5">
-        <v>-26.832576515054051</v>
+        <v>-26.457079009737971</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>8.2656374088</v>
+        <v>8.2647215252000006</v>
       </c>
       <c r="C388" s="5">
-        <v>9.2117107099999984E-2</v>
+        <v>8.6387236300000225E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>14.394844503375026</v>
+        <v>13.438479909616641</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>8.2893739878999995</v>
+        <v>8.2865460938000002</v>
       </c>
       <c r="C389" s="5">
-        <v>2.3736579099999489E-2</v>
+        <v>2.1824568599999594E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>3.5010145444111629</v>
+        <v>3.2152591040541134</v>
       </c>
       <c r="E389" s="5">
-        <v>3.7312587126977048</v>
+        <v>3.7261385948587078</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>8.2390176919999991</v>
+        <v>8.2356694014999992</v>
       </c>
       <c r="C390" s="5">
-        <v>-5.0356295900000347E-2</v>
+        <v>-5.0876692300001025E-2</v>
       </c>
       <c r="D390" s="5">
-        <v>-7.0510650219545727</v>
+        <v>-7.1238399548974591</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>8.3352244313000003</v>
+        <v>8.3310449379999998</v>
       </c>
       <c r="C391" s="5">
-        <v>9.6206739300001232E-2</v>
+        <v>9.5375536500000635E-2</v>
       </c>
       <c r="D391" s="5">
-        <v>14.948246469641436</v>
+        <v>14.817177927644675</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>8.4154122026000007</v>
+        <v>8.4094862996999993</v>
       </c>
       <c r="C392" s="5">
-        <v>8.0187771300000321E-2</v>
+        <v>7.844136169999949E-2</v>
       </c>
       <c r="D392" s="5">
-        <v>12.175275513983363</v>
+        <v>11.902524330040197</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>8.5105241064000001</v>
+        <v>8.5141300423999997</v>
       </c>
       <c r="C393" s="5">
-        <v>9.5111903799999453E-2</v>
+        <v>0.10464374270000043</v>
       </c>
       <c r="D393" s="5">
-        <v>14.438183052126497</v>
+        <v>15.99779709716762</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>8.6201339530999999</v>
+        <v>8.6179212235999998</v>
       </c>
       <c r="C394" s="5">
-        <v>0.10960984669999974</v>
+        <v>0.10379118120000008</v>
       </c>
       <c r="D394" s="5">
-        <v>16.598375848464777</v>
+        <v>15.650333223219492</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>8.6778103650999991</v>
+        <v>8.6850930494000007</v>
       </c>
       <c r="C395" s="5">
-        <v>5.7676411999999289E-2</v>
+        <v>6.7171825800000917E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>8.3312335500911985</v>
+        <v>9.7648958940087951</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>8.7094603480000004</v>
+        <v>8.7110067910000009</v>
       </c>
       <c r="C396" s="5">
-        <v>3.1649982900001206E-2</v>
+        <v>2.5913741600000151E-2</v>
       </c>
       <c r="D396" s="5">
-        <v>4.4655490792870678</v>
+        <v>3.6397887929691564</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>8.7849239380000004</v>
+        <v>8.7858599396999999</v>
       </c>
       <c r="C397" s="5">
-        <v>7.5463590000000025E-2</v>
+        <v>7.4853148699999039E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>10.907550162636582</v>
+        <v>10.813093791930006</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>8.8728544317000004</v>
+        <v>8.8757700181000008</v>
       </c>
       <c r="C398" s="5">
-        <v>8.7930493700000056E-2</v>
+        <v>8.991007840000087E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>12.694886606669487</v>
+        <v>12.99550813783663</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>8.9664353751999997</v>
+        <v>8.9724915812999999</v>
       </c>
       <c r="C399" s="5">
-        <v>9.3580943499999236E-2</v>
+        <v>9.6721563199999139E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>13.41685333310847</v>
+        <v>13.889641751313174</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>8.9655945905000003</v>
+        <v>8.9651072452000005</v>
       </c>
       <c r="C400" s="5">
-        <v>-8.4078469999937511E-4</v>
+        <v>-7.3843360999994445E-3</v>
       </c>
       <c r="D400" s="5">
-        <v>-0.11246626029441931</v>
+        <v>-0.9831386262886932</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>8.9926298548000005</v>
+        <v>8.9894771704000007</v>
       </c>
       <c r="C401" s="5">
-        <v>2.703526430000025E-2</v>
+        <v>2.4369925200000253E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>3.6791554879889388</v>
+        <v>3.3111832569083344</v>
       </c>
       <c r="E401" s="5">
-        <v>8.483823602681495</v>
+        <v>8.4827993309049887</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>8.9424350416999996</v>
+        <v>8.9373034503</v>
       </c>
       <c r="C402" s="5">
-        <v>-5.0194813100000957E-2</v>
+        <v>-5.2173720100000764E-2</v>
       </c>
       <c r="D402" s="5">
-        <v>-6.4962743922120207</v>
+        <v>-6.7465644244136929</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>8.9469078337999992</v>
+        <v>8.9394924000000007</v>
       </c>
       <c r="C403" s="5">
-        <v>4.4727920999996229E-3</v>
+        <v>2.1889497000007196E-3</v>
       </c>
       <c r="D403" s="5">
-        <v>0.6018652136902114</v>
+        <v>0.29430364112359442</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>8.9299946348999999</v>
+        <v>8.9209594336000002</v>
       </c>
       <c r="C404" s="5">
-        <v>-1.6913198899999315E-2</v>
+        <v>-1.8532966400000461E-2</v>
       </c>
       <c r="D404" s="5">
-        <v>-2.2450374661998063</v>
+        <v>-2.4596162137410893</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>9.0037096130999998</v>
+        <v>9.0121560078999998</v>
       </c>
       <c r="C405" s="5">
-        <v>7.3714978199999948E-2</v>
+        <v>9.1196574299999611E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>10.368052963423381</v>
+        <v>12.981058531225532</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>9.0100975219000006</v>
+        <v>9.0060590501999993</v>
       </c>
       <c r="C406" s="5">
-        <v>6.38790880000073E-3</v>
+        <v>-6.096957700000516E-3</v>
       </c>
       <c r="D406" s="5">
-        <v>0.85470026886316219</v>
+        <v>-0.80881724409797018</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>9.1752534274999995</v>
+        <v>9.1820505959999998</v>
       </c>
       <c r="C407" s="5">
-        <v>0.16515590559999893</v>
+        <v>0.17599154580000054</v>
       </c>
       <c r="D407" s="5">
-        <v>24.354906094216112</v>
+        <v>26.141704820136201</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>9.0135960737000005</v>
+        <v>9.0175979055000006</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.16165735379999902</v>
+        <v>-0.16445269049999922</v>
       </c>
       <c r="D408" s="5">
-        <v>-19.209502597003148</v>
+        <v>-19.496601231532495</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>8.9815147034000002</v>
+        <v>8.9825863659999996</v>
       </c>
       <c r="C409" s="5">
-        <v>-3.2081370300000245E-2</v>
+        <v>-3.5011539500001021E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>-4.1884387920771982</v>
+        <v>-4.5608804723763274</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>9.0611685093999998</v>
+        <v>9.0659674537000008</v>
       </c>
       <c r="C410" s="5">
-        <v>7.9653805999999605E-2</v>
+        <v>8.3381087700001189E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>11.177130733984919</v>
+        <v>11.725690868839855</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>9.0628991729999999</v>
+        <v>9.0693236334999998</v>
       </c>
       <c r="C411" s="5">
-        <v>1.7306636000000708E-3</v>
+        <v>3.3561797999990262E-3</v>
       </c>
       <c r="D411" s="5">
-        <v>0.22943832876007875</v>
+        <v>0.44514013844210165</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>9.0654055816000003</v>
+        <v>9.0659596887999996</v>
       </c>
       <c r="C412" s="5">
-        <v>2.5064086000003982E-3</v>
+        <v>-3.363944700000232E-3</v>
       </c>
       <c r="D412" s="5">
-        <v>0.33237371079608558</v>
+        <v>-0.44419064934413388</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>9.1007315202000001</v>
+        <v>9.0976714855999994</v>
       </c>
       <c r="C413" s="5">
-        <v>3.5325938599999773E-2</v>
+        <v>3.1711796799999803E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>4.77767613018516</v>
+        <v>4.2791787687343597</v>
       </c>
       <c r="E413" s="5">
-        <v>1.2021140327742819</v>
+        <v>1.2035662714207085</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>9.2486212915999992</v>
+        <v>9.2418162089999996</v>
       </c>
       <c r="C414" s="5">
-        <v>0.14788977139999915</v>
+        <v>0.14414472340000017</v>
       </c>
       <c r="D414" s="5">
-        <v>21.341211980495455</v>
+        <v>20.760505898376259</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>9.2573173307999994</v>
+        <v>9.2464396935999993</v>
       </c>
       <c r="C415" s="5">
-        <v>8.6960392000001718E-3</v>
+        <v>4.6234845999997276E-3</v>
       </c>
       <c r="D415" s="5">
-        <v>1.1341562078376777</v>
+        <v>0.60198914225824129</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>9.2358872417000004</v>
+        <v>9.2232459838</v>
       </c>
       <c r="C416" s="5">
-        <v>-2.1430089099998995E-2</v>
+        <v>-2.319370979999924E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>-2.7428247595343236</v>
+        <v>-2.9688900941485241</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>9.2993081075999999</v>
+        <v>9.3136009454999993</v>
       </c>
       <c r="C417" s="5">
-        <v>6.3420865899999512E-2</v>
+        <v>9.0354961699999237E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>8.5585866158440993</v>
+        <v>12.410276311735281</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>9.3042089471999994</v>
+        <v>9.2975238941999994</v>
       </c>
       <c r="C418" s="5">
-        <v>4.9008395999994292E-3</v>
+        <v>-1.6077051299999923E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>0.63424976306947212</v>
+        <v>-2.0518753095823183</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>9.2712113096</v>
+        <v>9.2772645736000001</v>
       </c>
       <c r="C419" s="5">
-        <v>-3.2997637599999408E-2</v>
+        <v>-2.0259320599999242E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-4.1737933080830398</v>
+        <v>-2.5836914494034469</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>9.3102702355000009</v>
+        <v>9.3165480164000005</v>
       </c>
       <c r="C420" s="5">
-        <v>3.9058925900000929E-2</v>
+        <v>3.9283442800000401E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>5.1743134773194921</v>
+        <v>5.2012773274825008</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>9.4769079005000005</v>
+        <v>9.4785486068000004</v>
       </c>
       <c r="C421" s="5">
-        <v>0.16663766499999966</v>
+        <v>0.16200059039999992</v>
       </c>
       <c r="D421" s="5">
-        <v>23.723580269143962</v>
+        <v>22.982064414859636</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>9.3565472215999996</v>
+        <v>9.3627671413000009</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.12036067890000091</v>
+        <v>-0.11578146549999957</v>
       </c>
       <c r="D422" s="5">
-        <v>-14.219722896316679</v>
+        <v>-13.7123643024616</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>9.3599708619000008</v>
+        <v>9.3666211399999995</v>
       </c>
       <c r="C423" s="5">
-        <v>3.4236403000011961E-3</v>
+        <v>3.8539986999985842E-3</v>
       </c>
       <c r="D423" s="5">
-        <v>0.43997496444541095</v>
+        <v>0.4950762033663958</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>9.3690304878999999</v>
+        <v>9.3707302601000002</v>
       </c>
       <c r="C424" s="5">
-        <v>9.0596259999990991E-3</v>
+        <v>4.1091201000007516E-3</v>
       </c>
       <c r="D424" s="5">
-        <v>1.1676973526569823</v>
+        <v>0.52770994384621073</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>9.3125452340999999</v>
+        <v>9.3096486445999993</v>
       </c>
       <c r="C425" s="5">
-        <v>-5.6485253800000024E-2</v>
+        <v>-6.1081615500000908E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>-6.9995784924582694</v>
+        <v>-7.5475879524235285</v>
       </c>
       <c r="E425" s="5">
-        <v>2.3274361344454375</v>
+        <v>2.3300155356842822</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>9.3514109847999993</v>
+        <v>9.3432450873999997</v>
       </c>
       <c r="C426" s="5">
-        <v>3.8865750699999424E-2</v>
+        <v>3.3596442800000403E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>5.1247527144975491</v>
+        <v>4.4175279768096765</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>9.3619276551000006</v>
+        <v>9.3483716152999996</v>
       </c>
       <c r="C427" s="5">
-        <v>1.0516670300001252E-2</v>
+        <v>5.1265278999998998E-3</v>
       </c>
       <c r="D427" s="5">
-        <v>1.3579081061039222</v>
+        <v>0.66041641084877423</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>9.4374752743000005</v>
+        <v>9.4225855757999994</v>
       </c>
       <c r="C428" s="5">
-        <v>7.5547619199999971E-2</v>
+        <v>7.4213960499999843E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>10.125160030797176</v>
+        <v>9.9536036851983987</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>9.3838420364000008</v>
+        <v>9.3125535192999997</v>
       </c>
       <c r="C429" s="5">
-        <v>-5.3633237899999742E-2</v>
+        <v>-0.1100320564999997</v>
       </c>
       <c r="D429" s="5">
-        <v>-6.6104377802866487</v>
+        <v>-13.147105780707403</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>9.4852814710000004</v>
+        <v>9.3909648625000006</v>
       </c>
       <c r="C430" s="5">
-        <v>0.1014394345999996</v>
+        <v>7.8411343200000871E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>13.771743465488328</v>
+        <v>10.585250767730315</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>9.3606964711000007</v>
+        <v>9.3725299154999995</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.12458499989999972</v>
+        <v>-1.8434947000001145E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>-14.671269887379667</v>
+        <v>-2.3303938395494606</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>9.3563791356999992</v>
+        <v>9.3696122916999993</v>
       </c>
       <c r="C432" s="5">
-        <v>-4.3173354000014541E-3</v>
+        <v>-2.9176238000001575E-3</v>
       </c>
       <c r="D432" s="5">
-        <v>-0.5520615374728699</v>
+        <v>-0.37291536092282085</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>9.4076294117000003</v>
+        <v>9.4209350531999991</v>
       </c>
       <c r="C433" s="5">
-        <v>5.1250276000001094E-2</v>
+        <v>5.1322761499999814E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>6.7747769082936893</v>
+        <v>6.7747768926307073</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>9.3424736882000001</v>
+        <v>9.3556871770000001</v>
       </c>
       <c r="C434" s="5">
-        <v>-6.5155723500000207E-2</v>
+        <v>-6.5247876199999055E-2</v>
       </c>
       <c r="D434" s="5">
-        <v>-8.001618656756138</v>
+        <v>-8.0016186536493787</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>9.4455832954000005</v>
+      </c>
+      <c r="C435" s="5">
+        <v>8.9896118400000447E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>12.159762734483937</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>9.4625335247999995</v>
+      </c>
+      <c r="C436" s="5">
+        <v>1.6950229399999017E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>2.1747980333720607</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">