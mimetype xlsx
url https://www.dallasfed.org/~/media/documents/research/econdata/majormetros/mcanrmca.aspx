--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A76E6171-3E55-4023-9FA1-7B4DCC5D6600}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{035E2EA9-39BE-4144-8DE1-DD395399F8A1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{102C9CD1-093D-4C6E-9382-F1D29F6E78E4}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{AC82B546-4C7E-4DE0-86C0-1A32BA1F71BC}"/>
   </bookViews>
   <sheets>
     <sheet name="mcanrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2364834C-A222-48FB-8E25-22D55436B63B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0A7B0C93-14B1-4B8C-956D-08DA1C7BC9D9}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>9.3725299154999995</v>
       </c>
       <c r="C431" s="5">
         <v>-1.8434947000001145E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-2.3303938395494606</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>9.3696122916999993</v>
       </c>
       <c r="C432" s="5">
         <v>-2.9176238000001575E-3</v>
       </c>
       <c r="D432" s="5">
         <v>-0.37291536092282085</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>9.4209350531999991</v>
       </c>
       <c r="C433" s="5">
         <v>5.1322761499999814E-2</v>
       </c>
       <c r="D433" s="5">
         <v>6.7747768926307073</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>9.3556871770000001</v>
       </c>
       <c r="C434" s="5">
         <v>-6.5247876199999055E-2</v>
       </c>
       <c r="D434" s="5">
         <v>-8.0016186536493787</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>9.4455832954000005</v>
       </c>
       <c r="C435" s="5">
         <v>8.9896118400000447E-2</v>
       </c>
       <c r="D435" s="5">
         <v>12.159762734483937</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>9.4625335247999995</v>
+        <v>9.4679753574000003</v>
       </c>
       <c r="C436" s="5">
-        <v>1.6950229399999017E-2</v>
+        <v>2.2392061999999768E-2</v>
       </c>
       <c r="D436" s="5">
-        <v>2.1747980333720607</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.8821522042753012</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>9.5092682407000009</v>
+      </c>
+      <c r="C437" s="5">
+        <v>4.1292883300000582E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>5.3609681627829975</v>
+      </c>
+      <c r="E437" s="5">
+        <v>2.1442226631806394</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>