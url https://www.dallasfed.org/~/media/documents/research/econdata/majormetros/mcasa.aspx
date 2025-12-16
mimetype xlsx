--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{049F0811-5B6D-443F-9908-475F1A9A4CDE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A9850B4C-63F0-4432-8AC9-DE4DBA3C065B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{193AAF45-2412-4EA5-BF1E-CCA6528B80B0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{5FEBECEA-B1A4-4AA7-B331-CC0D1925707C}"/>
   </bookViews>
   <sheets>
     <sheet name="mcanaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Total Nonfarm Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E69675A0-C887-46A3-A930-C7DC202F8145}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A80D8171-E8A9-4010-8008-D3AC03A80B59}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-9.977053000000069E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-0.39136776326132994</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>306.72323514999999</v>
       </c>
       <c r="C432" s="5">
         <v>1.4587502800000038</v>
       </c>
       <c r="D432" s="5">
         <v>5.8875133191729656</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>305.64516472999998</v>
+        <v>306.80639126</v>
       </c>
       <c r="C433" s="5">
-        <v>-1.0780704200000173</v>
+        <v>8.3156110000004446E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>-4.1371710171168701</v>
+        <v>0.3258190093011315</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>306.1953317</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.61105956000000106</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-2.3640059569639882</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>