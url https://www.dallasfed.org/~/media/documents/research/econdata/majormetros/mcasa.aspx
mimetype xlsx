--- v1 (2025-12-16)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A9850B4C-63F0-4432-8AC9-DE4DBA3C065B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{80C89200-DE6A-49A8-96E4-F2CBE8E573A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{5FEBECEA-B1A4-4AA7-B331-CC0D1925707C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{430791CC-D04C-4CAC-BEEE-2C09744E1172}"/>
   </bookViews>
   <sheets>
     <sheet name="mcanaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Total Nonfarm Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A80D8171-E8A9-4010-8008-D3AC03A80B59}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A0CCA770-D013-4758-897A-89B0CD16D26D}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>99.994077063000006</v>
+        <v>99.994057089999998</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>99.692481650000005</v>
+        <v>99.692366374000002</v>
       </c>
       <c r="C7" s="5">
-        <v>-0.30159541300000114</v>
+        <v>-0.30169071599999597</v>
       </c>
       <c r="D7" s="5">
-        <v>-3.5599183105262888</v>
+        <v>-3.5610253298808292</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>100.47987431</v>
+        <v>100.4798418</v>
       </c>
       <c r="C8" s="5">
-        <v>0.78739265999999475</v>
+        <v>0.78747542600000031</v>
       </c>
       <c r="D8" s="5">
-        <v>9.9006125532713707</v>
+        <v>9.901710820796449</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>101.30523857</v>
+        <v>101.30514241</v>
       </c>
       <c r="C9" s="5">
-        <v>0.82536426000000063</v>
+        <v>0.82530060999999932</v>
       </c>
       <c r="D9" s="5">
-        <v>10.314816266444593</v>
+        <v>10.313988030029964</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>102.27138286</v>
+        <v>102.27165161000001</v>
       </c>
       <c r="C10" s="5">
-        <v>0.96614429000000257</v>
+        <v>0.9665092000000044</v>
       </c>
       <c r="D10" s="5">
-        <v>12.064148577559997</v>
+        <v>12.068958949016718</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>103.02242326</v>
+        <v>103.02259749</v>
       </c>
       <c r="C11" s="5">
-        <v>0.75104039999999372</v>
+        <v>0.75094587999998907</v>
       </c>
       <c r="D11" s="5">
-        <v>9.1771096167698083</v>
+        <v>9.175882527444724</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>101.94518566000001</v>
+        <v>101.94522454</v>
       </c>
       <c r="C12" s="5">
-        <v>-1.0772375999999895</v>
+        <v>-1.0773729499999973</v>
       </c>
       <c r="D12" s="5">
-        <v>-11.850567312646266</v>
+        <v>-11.851952801866206</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>101.71923296</v>
+        <v>101.71923724</v>
       </c>
       <c r="C13" s="5">
-        <v>-0.22595270000000767</v>
+        <v>-0.22598729999999989</v>
       </c>
       <c r="D13" s="5">
-        <v>-2.6275122855218713</v>
+        <v>-2.6279087520815536</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>102.05851658</v>
+        <v>102.05848644</v>
       </c>
       <c r="C14" s="5">
-        <v>0.33928362000000334</v>
+        <v>0.33924919999999759</v>
       </c>
       <c r="D14" s="5">
-        <v>4.0768404745699094</v>
+        <v>4.076419092332495</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>102.02789604</v>
+        <v>102.02787963999999</v>
       </c>
       <c r="C15" s="5">
-        <v>-3.0620540000001029E-2</v>
+        <v>-3.0606800000001044E-2</v>
       </c>
       <c r="D15" s="5">
-        <v>-0.35944157576207614</v>
+        <v>-0.35928065957679944</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>101.87031536000001</v>
+        <v>101.8702285</v>
       </c>
       <c r="C16" s="5">
-        <v>-0.15758067999999525</v>
+        <v>-0.15765113999999869</v>
       </c>
       <c r="D16" s="5">
-        <v>-1.8377203542797038</v>
+        <v>-1.8385353876354316</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>102.44578158</v>
+        <v>102.44566722</v>
       </c>
       <c r="C17" s="5">
-        <v>0.57546621999999559</v>
+        <v>0.57543872000000817</v>
       </c>
       <c r="D17" s="5">
-        <v>6.993440785602556</v>
+        <v>6.9931022862624648</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>102.68910968</v>
+        <v>102.68911745</v>
       </c>
       <c r="C18" s="5">
-        <v>0.24332809999999938</v>
+        <v>0.24345022999999344</v>
       </c>
       <c r="D18" s="5">
-        <v>2.8877573029260972</v>
+        <v>2.8892289751040634</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>102.74163453</v>
+        <v>102.74153208</v>
       </c>
       <c r="C19" s="5">
-        <v>5.2524849999997514E-2</v>
+        <v>5.2414630000001239E-2</v>
       </c>
       <c r="D19" s="5">
-        <v>0.61552232151875774</v>
+        <v>0.61422701296882654</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>103.17739396</v>
+        <v>103.17735690000001</v>
       </c>
       <c r="C20" s="5">
-        <v>0.4357594300000045</v>
+        <v>0.43582482000000766</v>
       </c>
       <c r="D20" s="5">
-        <v>5.2099958913275568</v>
+        <v>5.2108013501999118</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>102.29164453</v>
+        <v>102.29157359</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.88574943000000417</v>
+        <v>-0.88578331000000787</v>
       </c>
       <c r="D21" s="5">
-        <v>-9.8289187803409668</v>
+        <v>-9.8292805318331293</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>102.77987969</v>
+        <v>102.78013756</v>
       </c>
       <c r="C22" s="5">
-        <v>0.48823516000000211</v>
+        <v>0.48856397000000129</v>
       </c>
       <c r="D22" s="5">
-        <v>5.8803408291621784</v>
+        <v>5.8844098360731456</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>102.51018516000001</v>
+        <v>102.51036005</v>
       </c>
       <c r="C23" s="5">
-        <v>-0.26969452999999532</v>
+        <v>-0.26977750999999728</v>
       </c>
       <c r="D23" s="5">
-        <v>-3.1037530862106588</v>
+        <v>-3.1046866321256639</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>103.45299978</v>
+        <v>103.45299616</v>
       </c>
       <c r="C24" s="5">
-        <v>0.94281461999999294</v>
+        <v>0.94263610999999514</v>
       </c>
       <c r="D24" s="5">
-        <v>11.612501830569744</v>
+        <v>11.61016995994566</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>103.93763326</v>
+        <v>103.93760828000001</v>
       </c>
       <c r="C25" s="5">
-        <v>0.48463347999999939</v>
+        <v>0.48461212000000842</v>
       </c>
       <c r="D25" s="5">
-        <v>5.7686160659051522</v>
+        <v>5.7683554378971547</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>103.58547521</v>
+        <v>103.58539992</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.35215804999999989</v>
+        <v>-0.35220836000000588</v>
       </c>
       <c r="D26" s="5">
-        <v>-3.9908836432793415</v>
+        <v>-3.9914441465025208</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>103.42535837</v>
+        <v>103.42534599</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.16011684000000059</v>
+        <v>-0.16005393000000367</v>
       </c>
       <c r="D27" s="5">
-        <v>-1.839206656819703</v>
+        <v>-1.8384914863671331</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>103.76512016</v>
+        <v>103.76501394</v>
       </c>
       <c r="C28" s="5">
-        <v>0.33976178999999718</v>
+        <v>0.33966795000000616</v>
       </c>
       <c r="D28" s="5">
-        <v>4.0141218877526308</v>
+        <v>4.0129936002144984</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>104.00576749</v>
+        <v>104.00563601</v>
       </c>
       <c r="C29" s="5">
-        <v>0.2406473300000016</v>
+        <v>0.24062207000000058</v>
       </c>
       <c r="D29" s="5">
-        <v>2.8187590246011585</v>
+        <v>2.8184622865203846</v>
       </c>
       <c r="E29" s="5">
-        <v>1.5227429435752837</v>
+        <v>1.5227279321144982</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>103.84290874</v>
+        <v>103.84298318</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.16285874999999805</v>
+        <v>-0.16265282999999897</v>
       </c>
       <c r="D30" s="5">
-        <v>-1.8629366764141397</v>
+        <v>-1.8606037188280244</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>104.67861572</v>
+        <v>104.67858931000001</v>
       </c>
       <c r="C31" s="5">
-        <v>0.83570697999999766</v>
+        <v>0.83560613000000217</v>
       </c>
       <c r="D31" s="5">
-        <v>10.096500456619694</v>
+        <v>10.095220066633392</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>104.43212909</v>
+        <v>104.43210802</v>
       </c>
       <c r="C32" s="5">
-        <v>-0.2464866299999926</v>
+        <v>-0.24648129000000552</v>
       </c>
       <c r="D32" s="5">
-        <v>-2.7893300850061808</v>
+        <v>-2.7892711307413554</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>104.99869497</v>
+        <v>104.99867494</v>
       </c>
       <c r="C33" s="5">
-        <v>0.56656587999999886</v>
+        <v>0.56656691999999964</v>
       </c>
       <c r="D33" s="5">
-        <v>6.7080610913385685</v>
+        <v>6.7080751685556939</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>105.23639423</v>
+        <v>105.2366497</v>
       </c>
       <c r="C34" s="5">
-        <v>0.23769925999999941</v>
+        <v>0.23797476000000017</v>
       </c>
       <c r="D34" s="5">
-        <v>2.7506778155164779</v>
+        <v>2.7539063051569945</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>106.25086741</v>
+        <v>106.25104329</v>
       </c>
       <c r="C35" s="5">
-        <v>1.014473179999996</v>
+        <v>1.0143935899999974</v>
       </c>
       <c r="D35" s="5">
-        <v>12.20140628669073</v>
+        <v>12.200366517056693</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>106.58648108</v>
+        <v>106.58642458999999</v>
       </c>
       <c r="C36" s="5">
-        <v>0.33561367000000075</v>
+        <v>0.33538129999999455</v>
       </c>
       <c r="D36" s="5">
-        <v>3.8569779923950387</v>
+        <v>3.8542545010772811</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>107.19293924</v>
+        <v>107.19289227</v>
       </c>
       <c r="C37" s="5">
-        <v>0.60645816000000252</v>
+        <v>0.60646768000000861</v>
       </c>
       <c r="D37" s="5">
-        <v>7.0455607659592356</v>
+        <v>7.0456787007276533</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>107.4401897</v>
+        <v>107.44003875999999</v>
       </c>
       <c r="C38" s="5">
-        <v>0.24725046000000361</v>
+        <v>0.24714648999999156</v>
       </c>
       <c r="D38" s="5">
-        <v>2.8032971716628108</v>
+        <v>2.8021046269770311</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>108.71219431</v>
+        <v>108.71219671</v>
       </c>
       <c r="C39" s="5">
-        <v>1.2720046099999962</v>
+        <v>1.2721579500000075</v>
       </c>
       <c r="D39" s="5">
-        <v>15.169622946003326</v>
+        <v>15.171595061570397</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>109.71959984</v>
+        <v>109.71947412999999</v>
       </c>
       <c r="C40" s="5">
-        <v>1.0074055299999998</v>
+        <v>1.0072774199999941</v>
       </c>
       <c r="D40" s="5">
-        <v>11.704697692331356</v>
+        <v>11.703132296804375</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>109.6236208</v>
+        <v>109.62347209000001</v>
       </c>
       <c r="C41" s="5">
-        <v>-9.5979040000003124E-2</v>
+        <v>-9.6002039999987687E-2</v>
       </c>
       <c r="D41" s="5">
-        <v>-1.0446841738161017</v>
+        <v>-1.0449345053440862</v>
       </c>
       <c r="E41" s="5">
-        <v>5.4014824808058304</v>
+        <v>5.4014727427462272</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>110.12646820000001</v>
+        <v>110.12661341</v>
       </c>
       <c r="C42" s="5">
-        <v>0.50284740000000738</v>
+        <v>0.50314131999999745</v>
       </c>
       <c r="D42" s="5">
-        <v>5.6454574551334513</v>
+        <v>5.6488488880880094</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>110.69990759</v>
+        <v>110.69994828999999</v>
       </c>
       <c r="C43" s="5">
-        <v>0.57343938999999011</v>
+        <v>0.57333487999999022</v>
       </c>
       <c r="D43" s="5">
-        <v>6.4306127917703293</v>
+        <v>6.4293983230503393</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>111.28536166000001</v>
+        <v>111.28534869000001</v>
       </c>
       <c r="C44" s="5">
-        <v>0.58545407000001148</v>
+        <v>0.5854004000000117</v>
       </c>
       <c r="D44" s="5">
-        <v>6.5342856856014375</v>
+        <v>6.5336666705973601</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>112.49704958</v>
+        <v>112.49707806000001</v>
       </c>
       <c r="C45" s="5">
-        <v>1.2116879199999886</v>
+        <v>1.2117293700000005</v>
       </c>
       <c r="D45" s="5">
-        <v>13.877281696213739</v>
+        <v>13.877786915344226</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>111.99601276999999</v>
+        <v>111.99625394</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.50103681000000222</v>
+        <v>-0.50082412000000431</v>
       </c>
       <c r="D46" s="5">
-        <v>-5.2155385974740565</v>
+        <v>-5.2133772417140118</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>112.79731223</v>
+        <v>112.79748186</v>
       </c>
       <c r="C47" s="5">
-        <v>0.80129946000000984</v>
+        <v>0.80122792000000231</v>
       </c>
       <c r="D47" s="5">
-        <v>8.9316992726167221</v>
+        <v>8.9308502215365912</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>112.84010787</v>
+        <v>112.83998167</v>
       </c>
       <c r="C48" s="5">
-        <v>4.2795639999994251E-2</v>
+        <v>4.2499809999995364E-2</v>
       </c>
       <c r="D48" s="5">
-        <v>0.45623486473056474</v>
+        <v>0.45307386529811478</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>113.52820638</v>
+        <v>113.52812548</v>
       </c>
       <c r="C49" s="5">
-        <v>0.68809851000000322</v>
+        <v>0.68814380999999969</v>
       </c>
       <c r="D49" s="5">
-        <v>7.5680774591717181</v>
+        <v>7.5686012724003326</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>113.31037956999999</v>
+        <v>113.31013183</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.21782681000000537</v>
+        <v>-0.21799364999999682</v>
       </c>
       <c r="D50" s="5">
-        <v>-2.2782999128125314</v>
+        <v>-2.2800281502264763</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>113.87737084</v>
+        <v>113.87741357</v>
       </c>
       <c r="C51" s="5">
-        <v>0.5669912700000026</v>
+        <v>0.56728173999999854</v>
       </c>
       <c r="D51" s="5">
-        <v>6.1726968253499992</v>
+        <v>6.1759605577533572</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>113.74087532</v>
+        <v>113.74076425</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.13649551999999687</v>
+        <v>-0.13664932000000363</v>
       </c>
       <c r="D52" s="5">
-        <v>-1.4288978176729028</v>
+        <v>-1.4304967224045728</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>114.51031383</v>
+        <v>114.51019114</v>
       </c>
       <c r="C53" s="5">
-        <v>0.76943851000000052</v>
+        <v>0.76942689000000541</v>
       </c>
       <c r="D53" s="5">
-        <v>8.4267561929169954</v>
+        <v>8.4266326982826101</v>
       </c>
       <c r="E53" s="5">
-        <v>4.4577008078536373</v>
+        <v>4.4577305907516296</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>115.29234586</v>
+        <v>115.29253811</v>
       </c>
       <c r="C54" s="5">
-        <v>0.78203202999999633</v>
+        <v>0.78234696999999187</v>
       </c>
       <c r="D54" s="5">
-        <v>8.5101719671510256</v>
+        <v>8.5137384484700327</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>116.02407073000001</v>
+        <v>116.02417887999999</v>
       </c>
       <c r="C55" s="5">
-        <v>0.73172487000000785</v>
+        <v>0.7316407699999985</v>
       </c>
       <c r="D55" s="5">
-        <v>7.8875855337955603</v>
+        <v>7.8866334969480478</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>116.65007565000001</v>
+        <v>116.65008822999999</v>
       </c>
       <c r="C56" s="5">
-        <v>0.62600491999999974</v>
+        <v>0.62590935000000059</v>
       </c>
       <c r="D56" s="5">
-        <v>6.6702008316244399</v>
+        <v>6.6691457109072871</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>116.67270719</v>
+        <v>116.67279744</v>
       </c>
       <c r="C57" s="5">
-        <v>2.2631539999991901E-2</v>
+        <v>2.2709210000002145E-2</v>
       </c>
       <c r="D57" s="5">
-        <v>0.23306325218130919</v>
+        <v>0.23386394175870517</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>117.4808968</v>
+        <v>117.48107999</v>
       </c>
       <c r="C58" s="5">
-        <v>0.80818960999999945</v>
+        <v>0.80828255000000127</v>
       </c>
       <c r="D58" s="5">
-        <v>8.636492809613717</v>
+        <v>8.6375171936258219</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>119.06414029</v>
+        <v>119.06426273</v>
       </c>
       <c r="C59" s="5">
-        <v>1.583243490000001</v>
+        <v>1.583182739999998</v>
       </c>
       <c r="D59" s="5">
-        <v>17.426124709411116</v>
+        <v>17.425376524143065</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>119.38947923000001</v>
+        <v>119.38929113</v>
       </c>
       <c r="C60" s="5">
-        <v>0.32533894000000885</v>
+        <v>0.32502840000000788</v>
       </c>
       <c r="D60" s="5">
-        <v>3.3286911868550373</v>
+        <v>3.3254625839091778</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>120.24700547</v>
+        <v>120.246871</v>
       </c>
       <c r="C61" s="5">
-        <v>0.85752623999999855</v>
+        <v>0.85757986999999503</v>
       </c>
       <c r="D61" s="5">
-        <v>8.9678907509100689</v>
+        <v>8.9684886395413379</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>120.36494184999999</v>
+        <v>120.36457912</v>
       </c>
       <c r="C62" s="5">
-        <v>0.11793637999998907</v>
+        <v>0.11770812000000319</v>
       </c>
       <c r="D62" s="5">
-        <v>1.1833108011785498</v>
+        <v>1.1810095454114267</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>121.37986097</v>
+        <v>121.3799921</v>
       </c>
       <c r="C63" s="5">
-        <v>1.0149191200000018</v>
+        <v>1.0154129799999936</v>
       </c>
       <c r="D63" s="5">
-        <v>10.601114736874528</v>
+        <v>10.606548371193458</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>121.74398822000001</v>
+        <v>121.74392035</v>
       </c>
       <c r="C64" s="5">
-        <v>0.36412725000000989</v>
+        <v>0.36392825000000073</v>
       </c>
       <c r="D64" s="5">
-        <v>3.6598720173095955</v>
+        <v>3.657834737240484</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>123.07570956000001</v>
+        <v>123.07560671</v>
       </c>
       <c r="C65" s="5">
-        <v>1.3317213400000014</v>
+        <v>1.3316863600000062</v>
       </c>
       <c r="D65" s="5">
-        <v>13.94568467262205</v>
+        <v>13.945304299739835</v>
       </c>
       <c r="E65" s="5">
-        <v>7.4800211819487705</v>
+        <v>7.4800465222592649</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>122.03180510999999</v>
+        <v>122.03203256</v>
       </c>
       <c r="C66" s="5">
-        <v>-1.0439044500000136</v>
+        <v>-1.0435741499999978</v>
       </c>
       <c r="D66" s="5">
-        <v>-9.716529218727409</v>
+        <v>-9.7136045053526683</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>122.60739151999999</v>
+        <v>122.60754774999999</v>
       </c>
       <c r="C67" s="5">
-        <v>0.57558640999999966</v>
+        <v>0.57551518999999018</v>
       </c>
       <c r="D67" s="5">
-        <v>5.8091947249903964</v>
+        <v>5.8084460714206587</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>122.59805351999999</v>
+        <v>122.59808361</v>
       </c>
       <c r="C68" s="5">
-        <v>-9.3379999999996244E-3</v>
+        <v>-9.4641399999915166E-3</v>
       </c>
       <c r="D68" s="5">
-        <v>-9.1355889230937404E-2</v>
+        <v>-9.2589305246126852E-2</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>122.51368583</v>
+        <v>122.51380248</v>
       </c>
       <c r="C69" s="5">
-        <v>-8.4367689999993445E-2</v>
+        <v>-8.428113000000792E-2</v>
       </c>
       <c r="D69" s="5">
-        <v>-0.82267959440929239</v>
+        <v>-0.82183852522912382</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>122.60963486999999</v>
+        <v>122.60972957</v>
       </c>
       <c r="C70" s="5">
-        <v>9.5949039999993602E-2</v>
+        <v>9.5927090000003545E-2</v>
       </c>
       <c r="D70" s="5">
-        <v>0.94386269832604786</v>
+        <v>0.9436449403619207</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>123.37747752999999</v>
+        <v>123.37755317</v>
       </c>
       <c r="C71" s="5">
-        <v>0.76784265999999946</v>
+        <v>0.76782359999999983</v>
       </c>
       <c r="D71" s="5">
-        <v>7.7793232017575376</v>
+        <v>7.7791171813484272</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>122.22840420999999</v>
+        <v>122.22817992</v>
       </c>
       <c r="C72" s="5">
-        <v>-1.1490733199999994</v>
+        <v>-1.1493732499999965</v>
       </c>
       <c r="D72" s="5">
-        <v>-10.621088896525333</v>
+        <v>-10.623714545671181</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>123.23332116</v>
+        <v>123.23313792</v>
       </c>
       <c r="C73" s="5">
-        <v>1.004916950000009</v>
+        <v>1.004958000000002</v>
       </c>
       <c r="D73" s="5">
-        <v>10.324542359511746</v>
+        <v>10.325003171432678</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>124.59180323</v>
+        <v>124.59139593</v>
       </c>
       <c r="C74" s="5">
-        <v>1.3584820699999938</v>
+        <v>1.3582580100000001</v>
       </c>
       <c r="D74" s="5">
-        <v>14.06064473527875</v>
+        <v>14.05820549123742</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>124.83004766000001</v>
+        <v>124.83029372999999</v>
       </c>
       <c r="C75" s="5">
-        <v>0.23824443000000883</v>
+        <v>0.2388977999999895</v>
       </c>
       <c r="D75" s="5">
-        <v>2.3189272869501787</v>
+        <v>2.325361695013517</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>125.85361312000001</v>
+        <v>125.85364292</v>
       </c>
       <c r="C76" s="5">
-        <v>1.0235654600000004</v>
+        <v>1.0233491900000047</v>
       </c>
       <c r="D76" s="5">
-        <v>10.295710408237312</v>
+        <v>10.293414796520373</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>126.35459899</v>
+        <v>126.35452638</v>
       </c>
       <c r="C77" s="5">
-        <v>0.50098586999999384</v>
+        <v>0.50088345999999717</v>
       </c>
       <c r="D77" s="5">
-        <v>4.8828275516989539</v>
+        <v>4.8818062885264135</v>
       </c>
       <c r="E77" s="5">
-        <v>2.6641239296707253</v>
+        <v>2.664150726249126</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>125.28548278</v>
+        <v>125.28570057</v>
       </c>
       <c r="C78" s="5">
-        <v>-1.0691162100000042</v>
+        <v>-1.0688258099999928</v>
       </c>
       <c r="D78" s="5">
-        <v>-9.694050147715128</v>
+        <v>-9.6915435797800153</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>125.88694839</v>
+        <v>125.88707993</v>
       </c>
       <c r="C79" s="5">
-        <v>0.60146561000000531</v>
+        <v>0.6013793599999957</v>
       </c>
       <c r="D79" s="5">
-        <v>5.9154855978627463</v>
+        <v>5.9146042451733605</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>125.91142892000001</v>
+        <v>125.91146120000001</v>
       </c>
       <c r="C80" s="5">
-        <v>2.4480530000005274E-2</v>
+        <v>2.4381270000006339E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>0.23360703120094417</v>
+        <v>0.23265858371006587</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>125.6548647</v>
+        <v>125.65494079</v>
       </c>
       <c r="C81" s="5">
-        <v>-0.25656422000000134</v>
+        <v>-0.25652041000000736</v>
       </c>
       <c r="D81" s="5">
-        <v>-2.4179693876631325</v>
+        <v>-2.4175605062968231</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>126.1726168</v>
+        <v>126.17262013</v>
       </c>
       <c r="C82" s="5">
-        <v>0.51775209999999561</v>
+        <v>0.51767934000000082</v>
       </c>
       <c r="D82" s="5">
-        <v>5.0581240888948553</v>
+        <v>5.0573939521921574</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>126.41899562</v>
+        <v>126.41901629</v>
       </c>
       <c r="C83" s="5">
-        <v>0.24637882000000388</v>
+        <v>0.24639616000000331</v>
       </c>
       <c r="D83" s="5">
-        <v>2.3685856467361655</v>
+        <v>2.368754077776547</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>126.85026387000001</v>
+        <v>126.85006641</v>
       </c>
       <c r="C84" s="5">
-        <v>0.43126825000000224</v>
+        <v>0.43105011999999476</v>
       </c>
       <c r="D84" s="5">
-        <v>4.171393167016002</v>
+        <v>4.169242912179838</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>127.24659923</v>
+        <v>127.24642247</v>
       </c>
       <c r="C85" s="5">
-        <v>0.39633535999999481</v>
+        <v>0.39635606000000223</v>
       </c>
       <c r="D85" s="5">
-        <v>3.8144271517485784</v>
+        <v>3.8146358500595667</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>127.22440558</v>
+        <v>127.22402681</v>
       </c>
       <c r="C86" s="5">
-        <v>-2.2193650000005505E-2</v>
+        <v>-2.2395660000000817E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>-0.20909672327364959</v>
+        <v>-0.21099840451377361</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>129.56701692999999</v>
+        <v>129.56737810999999</v>
       </c>
       <c r="C87" s="5">
-        <v>2.3426113499999985</v>
+        <v>2.3433512999999948</v>
       </c>
       <c r="D87" s="5">
-        <v>24.476782569694343</v>
+        <v>24.485393832359549</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>129.75108663</v>
+        <v>129.75124506</v>
       </c>
       <c r="C88" s="5">
-        <v>0.18406970000000911</v>
+        <v>0.18386695000000941</v>
       </c>
       <c r="D88" s="5">
-        <v>1.71816669324385</v>
+        <v>1.7162545413728081</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>130.66846755</v>
+        <v>130.66842460999999</v>
       </c>
       <c r="C89" s="5">
-        <v>0.91738091999999938</v>
+        <v>0.91717954999998597</v>
       </c>
       <c r="D89" s="5">
-        <v>8.8222071967168247</v>
+        <v>8.8201835828420005</v>
       </c>
       <c r="E89" s="5">
-        <v>3.4140969893319051</v>
+        <v>3.4141224328017472</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>131.53975926000001</v>
+        <v>131.53992441</v>
       </c>
       <c r="C90" s="5">
-        <v>0.87129171000000838</v>
+        <v>0.87149980000000937</v>
       </c>
       <c r="D90" s="5">
-        <v>8.3016163762763107</v>
+        <v>8.3036751633681849</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>132.17720098000001</v>
+        <v>132.17725464</v>
       </c>
       <c r="C91" s="5">
-        <v>0.63744171999999821</v>
+        <v>0.63733023000000344</v>
       </c>
       <c r="D91" s="5">
-        <v>5.9727241314845747</v>
+        <v>5.9716437962842983</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>132.33132252999999</v>
+        <v>132.33130548</v>
       </c>
       <c r="C92" s="5">
-        <v>0.15412154999998506</v>
+        <v>0.15405083999999647</v>
       </c>
       <c r="D92" s="5">
-        <v>1.4082350140623534</v>
+        <v>1.4075842024065865</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>133.42821971000001</v>
+        <v>133.42819627</v>
       </c>
       <c r="C93" s="5">
-        <v>1.0968971800000133</v>
+        <v>1.0968907900000033</v>
       </c>
       <c r="D93" s="5">
-        <v>10.413064086277913</v>
+        <v>10.413002036289832</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>133.46491624000001</v>
+        <v>133.46476411</v>
       </c>
       <c r="C94" s="5">
-        <v>3.6696530000000394E-2</v>
+        <v>3.6567840000003571E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>0.33053358760599671</v>
+        <v>0.32937275909155073</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>134.72059594000001</v>
+        <v>134.72065807000001</v>
       </c>
       <c r="C95" s="5">
-        <v>1.2556797000000017</v>
+        <v>1.2558939600000087</v>
       </c>
       <c r="D95" s="5">
-        <v>11.892898581155475</v>
+        <v>11.895048324908553</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>135.30112947999999</v>
+        <v>135.30102294</v>
       </c>
       <c r="C96" s="5">
-        <v>0.58053353999997626</v>
+        <v>0.5803648699999826</v>
       </c>
       <c r="D96" s="5">
-        <v>5.295332766054095</v>
+        <v>5.2937551096915447</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>135.73460424000001</v>
+        <v>135.73448139999999</v>
       </c>
       <c r="C97" s="5">
-        <v>0.43347476000002416</v>
+        <v>0.4334584599999971</v>
       </c>
       <c r="D97" s="5">
-        <v>3.9130057689650499</v>
+        <v>3.912859161084703</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>136.36807433999999</v>
+        <v>136.36781783999999</v>
       </c>
       <c r="C98" s="5">
-        <v>0.63347009999998249</v>
+        <v>0.63333643999999367</v>
       </c>
       <c r="D98" s="5">
-        <v>5.7463831688290057</v>
+        <v>5.7451447521083221</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>134.62984342999999</v>
+        <v>134.63027270000001</v>
       </c>
       <c r="C99" s="5">
-        <v>-1.7382309099999986</v>
+        <v>-1.7375451399999804</v>
       </c>
       <c r="D99" s="5">
-        <v>-14.267873823950827</v>
+        <v>-14.262658282565866</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>134.92960558999999</v>
+        <v>134.92986923999999</v>
       </c>
       <c r="C100" s="5">
-        <v>0.29976216000000022</v>
+        <v>0.29959653999998181</v>
       </c>
       <c r="D100" s="5">
-        <v>2.7048427433324251</v>
+        <v>2.7033212414800722</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>135.52936864</v>
+        <v>135.52934192999999</v>
       </c>
       <c r="C101" s="5">
-        <v>0.59976305000000707</v>
+        <v>0.59947268999999892</v>
       </c>
       <c r="D101" s="5">
-        <v>5.4663634648985937</v>
+        <v>5.463641127572938</v>
       </c>
       <c r="E101" s="5">
-        <v>3.7200260943903496</v>
+        <v>3.7200397376092598</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>137.46028572</v>
+        <v>137.46034376</v>
       </c>
       <c r="C102" s="5">
-        <v>1.9309170800000004</v>
+        <v>1.9310018300000138</v>
       </c>
       <c r="D102" s="5">
-        <v>18.502066865088572</v>
+        <v>18.502947542584792</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>137.58574587999999</v>
+        <v>137.58564824000001</v>
       </c>
       <c r="C103" s="5">
-        <v>0.12546015999998872</v>
+        <v>0.12530448000001115</v>
       </c>
       <c r="D103" s="5">
-        <v>1.1007560878514067</v>
+        <v>1.0993828685633034</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>138.24037057999999</v>
+        <v>138.24027027</v>
       </c>
       <c r="C104" s="5">
-        <v>0.65462469999999939</v>
+        <v>0.65462202999998453</v>
       </c>
       <c r="D104" s="5">
-        <v>5.8613337223882178</v>
+        <v>5.8613134559135638</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>138.67015512</v>
+        <v>138.67003247</v>
       </c>
       <c r="C105" s="5">
-        <v>0.4297845400000142</v>
+        <v>0.42976219999999898</v>
       </c>
       <c r="D105" s="5">
-        <v>3.7952177258066211</v>
+        <v>3.7950198679291169</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>139.48551501</v>
+        <v>139.48521922</v>
       </c>
       <c r="C106" s="5">
-        <v>0.81535988999999631</v>
+        <v>0.8151867500000094</v>
       </c>
       <c r="D106" s="5">
-        <v>7.2885329728427983</v>
+        <v>7.2869415426854989</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>139.62407428</v>
+        <v>139.62421118</v>
       </c>
       <c r="C107" s="5">
-        <v>0.13855927000000179</v>
+        <v>0.13899195999999847</v>
       </c>
       <c r="D107" s="5">
-        <v>1.1985657237258751</v>
+        <v>1.2023316802190376</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>141.56136749000001</v>
+        <v>141.56138364</v>
       </c>
       <c r="C108" s="5">
-        <v>1.9372932100000071</v>
+        <v>1.9371724599999993</v>
       </c>
       <c r="D108" s="5">
-        <v>17.98133630075036</v>
+        <v>17.980109672162857</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>142.12109017</v>
+        <v>142.12107915000001</v>
       </c>
       <c r="C109" s="5">
-        <v>0.55972267999999303</v>
+        <v>0.55969551000001161</v>
       </c>
       <c r="D109" s="5">
-        <v>4.8492602311952515</v>
+        <v>4.8490191314711328</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>141.55240727</v>
+        <v>141.55228750000001</v>
       </c>
       <c r="C110" s="5">
-        <v>-0.56868289999999888</v>
+        <v>-0.56879165000000853</v>
       </c>
       <c r="D110" s="5">
-        <v>-4.6973994613709884</v>
+        <v>-4.6982784277459944</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>142.17452785</v>
+        <v>142.17495464000001</v>
       </c>
       <c r="C111" s="5">
-        <v>0.6221205800000007</v>
+        <v>0.62266714000000434</v>
       </c>
       <c r="D111" s="5">
-        <v>5.4033520144338265</v>
+        <v>5.4082192161034381</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>142.3530327</v>
+        <v>142.35333489000001</v>
       </c>
       <c r="C112" s="5">
-        <v>0.17850484999999594</v>
+        <v>0.17838025000000357</v>
       </c>
       <c r="D112" s="5">
-        <v>1.5170875913561144</v>
+        <v>1.5160167330409147</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>143.38221622</v>
+        <v>143.38233346000001</v>
       </c>
       <c r="C113" s="5">
-        <v>1.0291835200000037</v>
+        <v>1.0289985699999988</v>
       </c>
       <c r="D113" s="5">
-        <v>9.0291887331051424</v>
+        <v>9.0274811604499341</v>
       </c>
       <c r="E113" s="5">
-        <v>5.7942036171209077</v>
+        <v>5.7943109721996899</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>143.42239162000001</v>
+        <v>143.42229741</v>
       </c>
       <c r="C114" s="5">
-        <v>4.0175400000009631E-2</v>
+        <v>3.9963949999986426E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>0.33675617054034213</v>
+        <v>0.33498077297344775</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>143.27954019000001</v>
+        <v>143.27931720999999</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.14285143000000744</v>
+        <v>-0.14298020000001088</v>
       </c>
       <c r="D115" s="5">
-        <v>-1.1886969584341323</v>
+        <v>-1.1897633897312243</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>144.12867435000001</v>
+        <v>144.1284909</v>
       </c>
       <c r="C116" s="5">
-        <v>0.84913416000000552</v>
+        <v>0.84917369000001486</v>
       </c>
       <c r="D116" s="5">
-        <v>7.348148033715729</v>
+        <v>7.34851315275169</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>146.26641866</v>
+        <v>146.26619654000001</v>
       </c>
       <c r="C117" s="5">
-        <v>2.137744309999988</v>
+        <v>2.1377056400000072</v>
       </c>
       <c r="D117" s="5">
-        <v>19.32483097486881</v>
+        <v>19.32447904620631</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>145.69636477</v>
+        <v>145.69596906000001</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.57005388999999695</v>
+        <v>-0.57022747999999979</v>
       </c>
       <c r="D118" s="5">
-        <v>-4.5778807448886738</v>
+        <v>-4.5792518302970038</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>146.7958635</v>
+        <v>146.79615013</v>
       </c>
       <c r="C119" s="5">
-        <v>1.0994987299999934</v>
+        <v>1.1001810699999908</v>
       </c>
       <c r="D119" s="5">
-        <v>9.441295181521081</v>
+        <v>9.4474265629830754</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>148.05728930999999</v>
+        <v>148.05735254999999</v>
       </c>
       <c r="C120" s="5">
-        <v>1.2614258099999915</v>
+        <v>1.2612024199999894</v>
       </c>
       <c r="D120" s="5">
-        <v>10.813254838094633</v>
+        <v>10.811226386767059</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>148.09029139</v>
+        <v>148.09038731000001</v>
       </c>
       <c r="C121" s="5">
-        <v>3.3002080000017031E-2</v>
+        <v>3.3034760000020924E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>0.26780905633492225</v>
+        <v>0.26807446262009371</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>149.25133321999999</v>
+        <v>149.25133485999999</v>
       </c>
       <c r="C122" s="5">
-        <v>1.1610418299999878</v>
+        <v>1.1609475499999746</v>
       </c>
       <c r="D122" s="5">
-        <v>9.8245870654195766</v>
+        <v>9.8237479324734487</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>150.15732793999999</v>
+        <v>150.15774002000001</v>
       </c>
       <c r="C123" s="5">
-        <v>0.90599471999999537</v>
+        <v>0.90640516000001981</v>
       </c>
       <c r="D123" s="5">
-        <v>7.5325007076138428</v>
+        <v>7.5360278267521785</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>150.73946243</v>
+        <v>150.73977009999999</v>
       </c>
       <c r="C124" s="5">
-        <v>0.5821344900000156</v>
+        <v>0.58203007999998135</v>
       </c>
       <c r="D124" s="5">
-        <v>4.7526863692438859</v>
+        <v>4.7518023668573717</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>152.67509934</v>
+        <v>152.67519396</v>
       </c>
       <c r="C125" s="5">
-        <v>1.9356369099999995</v>
+        <v>1.9354238600000144</v>
       </c>
       <c r="D125" s="5">
-        <v>16.545360393635413</v>
+        <v>16.543372628707953</v>
       </c>
       <c r="E125" s="5">
-        <v>6.4811964586607873</v>
+        <v>6.4811753831530927</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>153.02229453000001</v>
+        <v>153.02209314999999</v>
       </c>
       <c r="C126" s="5">
-        <v>0.34719519000000787</v>
+        <v>0.34689918999998781</v>
       </c>
       <c r="D126" s="5">
-        <v>2.7632859465382298</v>
+        <v>2.760898866796202</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>154.605434</v>
+        <v>154.60511088000001</v>
       </c>
       <c r="C127" s="5">
-        <v>1.5831394699999919</v>
+        <v>1.583017730000023</v>
       </c>
       <c r="D127" s="5">
-        <v>13.146345956366655</v>
+        <v>13.145295126847323</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>156.11381402999999</v>
+        <v>156.11352282999999</v>
       </c>
       <c r="C128" s="5">
-        <v>1.5083800299999837</v>
+        <v>1.5084119499999815</v>
       </c>
       <c r="D128" s="5">
-        <v>12.356695800237327</v>
+        <v>12.356998705325474</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>156.05730251</v>
+        <v>156.05698692000001</v>
       </c>
       <c r="C129" s="5">
-        <v>-5.6511519999986604E-2</v>
+        <v>-5.6535909999979594E-2</v>
       </c>
       <c r="D129" s="5">
-        <v>-0.43352328486031544</v>
+        <v>-0.43371082552904339</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>156.69050551000001</v>
+        <v>156.69019476</v>
       </c>
       <c r="C130" s="5">
-        <v>0.63320300000000884</v>
+        <v>0.63320783999998298</v>
       </c>
       <c r="D130" s="5">
-        <v>4.979144902494026</v>
+        <v>4.9791941098459525</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>158.03639171</v>
+        <v>158.03672678999999</v>
       </c>
       <c r="C131" s="5">
-        <v>1.3458861999999954</v>
+        <v>1.3465320299999917</v>
       </c>
       <c r="D131" s="5">
-        <v>10.808501966173889</v>
+        <v>10.813958505810174</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>158.61660644</v>
+        <v>158.61665755000001</v>
       </c>
       <c r="C132" s="5">
-        <v>0.58021472999999446</v>
+        <v>0.57993076000002475</v>
       </c>
       <c r="D132" s="5">
-        <v>4.4957397243735819</v>
+        <v>4.4934850916509284</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>159.0484563</v>
+        <v>159.04867228000001</v>
       </c>
       <c r="C133" s="5">
-        <v>0.43184985999999981</v>
+        <v>0.43201472999999169</v>
       </c>
       <c r="D133" s="5">
-        <v>3.3164917973407704</v>
+        <v>3.3177758969278326</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>159.46449672</v>
+        <v>159.46458924000001</v>
       </c>
       <c r="C134" s="5">
-        <v>0.41604042000000163</v>
+        <v>0.41591696000000411</v>
       </c>
       <c r="D134" s="5">
-        <v>3.1845273939729246</v>
+        <v>3.1835643669458902</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>159.15023905000001</v>
+        <v>159.15065372999999</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.31425766999998928</v>
+        <v>-0.31393551000002162</v>
       </c>
       <c r="D135" s="5">
-        <v>-2.3393827501584363</v>
+        <v>-2.3370091074804034</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>159.87261961999999</v>
+        <v>159.87298018000001</v>
       </c>
       <c r="C136" s="5">
-        <v>0.72238056999998435</v>
+        <v>0.72232645000002549</v>
       </c>
       <c r="D136" s="5">
-        <v>5.5848363860909522</v>
+        <v>5.5843925608167977</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>160.18391733999999</v>
+        <v>160.18414222999999</v>
       </c>
       <c r="C137" s="5">
-        <v>0.31129771999999889</v>
+        <v>0.31116204999997876</v>
       </c>
       <c r="D137" s="5">
-        <v>2.3617797310620636</v>
+        <v>2.3607339938113592</v>
       </c>
       <c r="E137" s="5">
-        <v>4.9181680787894644</v>
+        <v>4.9182503556977952</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>160.29709818000001</v>
+        <v>160.29683962999999</v>
       </c>
       <c r="C138" s="5">
-        <v>0.11318084000001249</v>
+        <v>0.11269740000000183</v>
       </c>
       <c r="D138" s="5">
-        <v>0.85118442048428555</v>
+        <v>0.84753340161829449</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>160.73060579</v>
+        <v>160.73028414000001</v>
       </c>
       <c r="C139" s="5">
-        <v>0.43350760999999238</v>
+        <v>0.43344451000001527</v>
       </c>
       <c r="D139" s="5">
-        <v>3.2939898113409249</v>
+        <v>3.2935085871080849</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>161.76187775</v>
+        <v>161.76145579000001</v>
       </c>
       <c r="C140" s="5">
-        <v>1.031271959999998</v>
+        <v>1.0311716500000045</v>
       </c>
       <c r="D140" s="5">
-        <v>7.9769800394214219</v>
+        <v>7.9761930813011972</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>162.35844508</v>
+        <v>162.35796081999999</v>
       </c>
       <c r="C141" s="5">
-        <v>0.59656732999999917</v>
+        <v>0.59650502999997457</v>
       </c>
       <c r="D141" s="5">
-        <v>4.5164007215756863</v>
+        <v>4.5159314834600339</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>162.81177574</v>
+        <v>162.81151502</v>
       </c>
       <c r="C142" s="5">
-        <v>0.45333066000000599</v>
+        <v>0.45355420000001345</v>
       </c>
       <c r="D142" s="5">
-        <v>3.4025278282381999</v>
+        <v>3.4042418070289848</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>163.50222328999999</v>
+        <v>163.50255691000001</v>
       </c>
       <c r="C143" s="5">
-        <v>0.69044754999998759</v>
+        <v>0.69104189000000815</v>
       </c>
       <c r="D143" s="5">
-        <v>5.2093152176577284</v>
+        <v>5.2139131576777631</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>162.41221730000001</v>
+        <v>162.41222614</v>
       </c>
       <c r="C144" s="5">
-        <v>-1.0900059899999803</v>
+        <v>-1.0903307700000084</v>
       </c>
       <c r="D144" s="5">
-        <v>-7.7130282198296989</v>
+        <v>-7.7152276100304951</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>163.31567686</v>
+        <v>163.31597941999999</v>
       </c>
       <c r="C145" s="5">
-        <v>0.9034595599999875</v>
+        <v>0.90375327999998945</v>
       </c>
       <c r="D145" s="5">
-        <v>6.8833742655214358</v>
+        <v>6.885680633511404</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>163.74734287000001</v>
+        <v>163.74749707999999</v>
       </c>
       <c r="C146" s="5">
-        <v>0.43166601000001492</v>
+        <v>0.43151765999999725</v>
       </c>
       <c r="D146" s="5">
-        <v>3.2182840913487665</v>
+        <v>3.2171558992671656</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>164.48569524999999</v>
+        <v>164.48614683</v>
       </c>
       <c r="C147" s="5">
-        <v>0.73835237999998071</v>
+        <v>0.73864975000000754</v>
       </c>
       <c r="D147" s="5">
-        <v>5.5471427536176066</v>
+        <v>5.5494272155934832</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>164.40717973</v>
+        <v>164.40759431999999</v>
       </c>
       <c r="C148" s="5">
-        <v>-7.8515519999996286E-2</v>
+        <v>-7.8552510000008624E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>-0.57130596386162358</v>
+        <v>-0.57157284419969701</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>165.17895295</v>
+        <v>165.17922919</v>
       </c>
       <c r="C149" s="5">
-        <v>0.77177322000000004</v>
+        <v>0.77163487000001396</v>
       </c>
       <c r="D149" s="5">
-        <v>5.7808744536018697</v>
+        <v>5.7797963103276562</v>
       </c>
       <c r="E149" s="5">
-        <v>3.1183128075197075</v>
+        <v>3.118340486430804</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>165.54574994000001</v>
+        <v>165.54555418000001</v>
       </c>
       <c r="C150" s="5">
-        <v>0.36679699000001165</v>
+        <v>0.36632499000000962</v>
       </c>
       <c r="D150" s="5">
-        <v>2.6975116502212737</v>
+        <v>2.693993441225162</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>165.69192573000001</v>
+        <v>165.69175386000001</v>
       </c>
       <c r="C151" s="5">
-        <v>0.14617579000000092</v>
+        <v>0.14619967999999517</v>
       </c>
       <c r="D151" s="5">
-        <v>1.0647530196774557</v>
+        <v>1.0649291473637357</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>166.9824606</v>
+        <v>166.98211566000001</v>
       </c>
       <c r="C152" s="5">
-        <v>1.2905348699999877</v>
+        <v>1.2903617999999994</v>
       </c>
       <c r="D152" s="5">
-        <v>9.7574808874980832</v>
+        <v>9.7561263467098378</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>166.90908046000001</v>
+        <v>166.90761472</v>
       </c>
       <c r="C153" s="5">
-        <v>-7.3380139999983385E-2</v>
+        <v>-7.4500940000007176E-2</v>
       </c>
       <c r="D153" s="5">
-        <v>-0.52606513554608325</v>
+        <v>-0.53408158925639659</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>167.15576677000001</v>
+        <v>167.15582155000001</v>
       </c>
       <c r="C154" s="5">
-        <v>0.24668631000000119</v>
+        <v>0.24820683000001509</v>
       </c>
       <c r="D154" s="5">
-        <v>1.7880500533855814</v>
+        <v>1.7991774276306938</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>168.52665483000001</v>
+        <v>168.52692261999999</v>
       </c>
       <c r="C155" s="5">
-        <v>1.3708880599999986</v>
+        <v>1.3711010699999804</v>
       </c>
       <c r="D155" s="5">
-        <v>10.297796213023425</v>
+        <v>10.299465632186022</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>167.70165789999999</v>
+        <v>167.7016606</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.82499693000002594</v>
+        <v>-0.82526201999999671</v>
       </c>
       <c r="D156" s="5">
-        <v>-5.7188071288928111</v>
+        <v>-5.7205866569969732</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>170.04225438</v>
+        <v>170.04267085999999</v>
       </c>
       <c r="C157" s="5">
-        <v>2.3405964800000163</v>
+        <v>2.3410102599999902</v>
       </c>
       <c r="D157" s="5">
-        <v>18.095670563080368</v>
+        <v>18.099118776318711</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>170.66382995999999</v>
+        <v>170.66416287999999</v>
       </c>
       <c r="C158" s="5">
-        <v>0.62157557999998403</v>
+        <v>0.62149202000000514</v>
       </c>
       <c r="D158" s="5">
-        <v>4.4757752503796988</v>
+        <v>4.475150231865288</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>170.92160713000001</v>
+        <v>170.92213516999999</v>
       </c>
       <c r="C159" s="5">
-        <v>0.25777717000002554</v>
+        <v>0.25797228999999788</v>
       </c>
       <c r="D159" s="5">
-        <v>1.8276593179898937</v>
+        <v>1.829050657149911</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>171.86145189999999</v>
+        <v>171.86189648000001</v>
       </c>
       <c r="C160" s="5">
-        <v>0.93984476999997923</v>
+        <v>0.93976131000002283</v>
       </c>
       <c r="D160" s="5">
-        <v>6.8016849862748918</v>
+        <v>6.8010409524073667</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>171.65989807</v>
+        <v>171.66023719</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.2015538299999946</v>
+        <v>-0.20165929000000915</v>
       </c>
       <c r="D161" s="5">
-        <v>-1.398280961134879</v>
+        <v>-1.3990042796915736</v>
       </c>
       <c r="E161" s="5">
-        <v>3.9235901452661537</v>
+        <v>3.9236216513307109</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>172.72518557999999</v>
+        <v>172.72505243000001</v>
       </c>
       <c r="C162" s="5">
-        <v>1.0652875099999903</v>
+        <v>1.0648152400000015</v>
       </c>
       <c r="D162" s="5">
-        <v>7.7064748402098981</v>
+        <v>7.7029252246590296</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>173.51983758</v>
+        <v>173.51991871999999</v>
       </c>
       <c r="C163" s="5">
-        <v>0.79465200000001346</v>
+        <v>0.79486628999998743</v>
       </c>
       <c r="D163" s="5">
-        <v>5.6626684260252524</v>
+        <v>5.6642387838009789</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>173.67401315999999</v>
+        <v>173.67377682</v>
       </c>
       <c r="C164" s="5">
-        <v>0.15417557999998621</v>
+        <v>0.15385810000000788</v>
       </c>
       <c r="D164" s="5">
-        <v>1.0714480921629077</v>
+        <v>1.0692304814795328</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>173.75233198000001</v>
+        <v>173.74983553999999</v>
       </c>
       <c r="C165" s="5">
-        <v>7.8318820000021105E-2</v>
+        <v>7.6058719999991808E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>0.54248780542693886</v>
+        <v>0.52679585495947201</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>174.77784382999999</v>
+        <v>174.77810245000001</v>
       </c>
       <c r="C166" s="5">
-        <v>1.0255118499999867</v>
+        <v>1.0282669100000135</v>
       </c>
       <c r="D166" s="5">
-        <v>7.3170738827164072</v>
+        <v>7.3374844611110435</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>175.69241206000001</v>
+        <v>175.69258915</v>
       </c>
       <c r="C167" s="5">
-        <v>0.91456823000001464</v>
+        <v>0.91448669999999765</v>
       </c>
       <c r="D167" s="5">
-        <v>6.4632047856366226</v>
+        <v>6.46260209699836</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>176.81067145</v>
+        <v>176.81050289000001</v>
       </c>
       <c r="C168" s="5">
-        <v>1.1182593899999915</v>
+        <v>1.1179137400000059</v>
       </c>
       <c r="D168" s="5">
-        <v>7.9109753539262639</v>
+        <v>7.9084356461594618</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>177.20265771000001</v>
+        <v>177.20278528</v>
       </c>
       <c r="C169" s="5">
-        <v>0.39198626000001013</v>
+        <v>0.39228238999999121</v>
       </c>
       <c r="D169" s="5">
-        <v>2.6930596628946368</v>
+        <v>2.6951216532445699</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>178.39763164999999</v>
+        <v>178.39962097</v>
       </c>
       <c r="C170" s="5">
-        <v>1.1949739399999828</v>
+        <v>1.1968356900000003</v>
       </c>
       <c r="D170" s="5">
-        <v>8.3992406128500008</v>
+        <v>8.4128101065262797</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>178.65191920999999</v>
+        <v>178.65210196000001</v>
       </c>
       <c r="C171" s="5">
-        <v>0.25428755999999453</v>
+        <v>0.25248099000000934</v>
       </c>
       <c r="D171" s="5">
-        <v>1.7239506704335605</v>
+        <v>1.7115882455044584</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>179.77394459999999</v>
+        <v>179.77422082999999</v>
       </c>
       <c r="C172" s="5">
-        <v>1.1220253900000046</v>
+        <v>1.12211886999998</v>
       </c>
       <c r="D172" s="5">
-        <v>7.8024772701663192</v>
+        <v>7.8031416820278698</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>180.95355187000001</v>
+        <v>180.95384971999999</v>
       </c>
       <c r="C173" s="5">
-        <v>1.1796072700000195</v>
+        <v>1.1796288900000036</v>
       </c>
       <c r="D173" s="5">
-        <v>8.1644065352284514</v>
+        <v>8.164548613427014</v>
       </c>
       <c r="E173" s="5">
-        <v>5.4139923794025657</v>
+        <v>5.4139576422194136</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>181.97477903999999</v>
+        <v>181.97458958999999</v>
       </c>
       <c r="C174" s="5">
-        <v>1.0212271699999746</v>
+        <v>1.0207398699999999</v>
       </c>
       <c r="D174" s="5">
-        <v>6.9865204336691633</v>
+        <v>6.9830707131782743</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>182.49676926000001</v>
+        <v>182.49685586999999</v>
       </c>
       <c r="C175" s="5">
-        <v>0.5219902200000206</v>
+        <v>0.52226627999999664</v>
       </c>
       <c r="D175" s="5">
-        <v>3.4969991855536398</v>
+        <v>3.4988816009286827</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>183.1021805</v>
+        <v>183.10252431000001</v>
       </c>
       <c r="C176" s="5">
-        <v>0.60541123999999513</v>
+        <v>0.60566844000001652</v>
       </c>
       <c r="D176" s="5">
-        <v>4.0542989986493971</v>
+        <v>4.0560510081038226</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>183.83016744</v>
+        <v>183.82642485</v>
       </c>
       <c r="C177" s="5">
-        <v>0.72798693999999387</v>
+        <v>0.72390053999998827</v>
       </c>
       <c r="D177" s="5">
-        <v>4.8767447570455147</v>
+        <v>4.8487629434406987</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>185.4424353</v>
+        <v>185.44285072</v>
       </c>
       <c r="C178" s="5">
-        <v>1.6122678600000029</v>
+        <v>1.6164258700000005</v>
       </c>
       <c r="D178" s="5">
-        <v>11.047317094911735</v>
+        <v>11.077436298678833</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>185.71205688000001</v>
+        <v>185.71207138</v>
       </c>
       <c r="C179" s="5">
-        <v>0.26962158000000613</v>
+        <v>0.269220660000002</v>
       </c>
       <c r="D179" s="5">
-        <v>1.7587439455421627</v>
+        <v>1.7561038584761102</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>186.55246736999999</v>
+        <v>186.55227611999999</v>
       </c>
       <c r="C180" s="5">
-        <v>0.84041048999998225</v>
+        <v>0.84020473999999012</v>
       </c>
       <c r="D180" s="5">
-        <v>5.5676291250260412</v>
+        <v>5.5662315128556239</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>187.66397382</v>
+        <v>187.66392003000001</v>
       </c>
       <c r="C181" s="5">
-        <v>1.1115064500000074</v>
+        <v>1.1116439100000264</v>
       </c>
       <c r="D181" s="5">
-        <v>7.3887854920367202</v>
+        <v>7.3897372425636876</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>187.97873276000001</v>
+        <v>187.98223508999999</v>
       </c>
       <c r="C182" s="5">
-        <v>0.31475894000001858</v>
+        <v>0.31831505999997489</v>
       </c>
       <c r="D182" s="5">
-        <v>2.0313681064437539</v>
+        <v>2.0545334623731648</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>188.72019849</v>
+        <v>188.72004865</v>
       </c>
       <c r="C183" s="5">
-        <v>0.74146572999998739</v>
+        <v>0.73781356000000642</v>
       </c>
       <c r="D183" s="5">
-        <v>4.8373429885733454</v>
+        <v>4.8129078381326407</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>189.92565852999999</v>
+        <v>189.92570959</v>
       </c>
       <c r="C184" s="5">
-        <v>1.2054600399999913</v>
+        <v>1.2056609400000013</v>
       </c>
       <c r="D184" s="5">
-        <v>7.9401643674032352</v>
+        <v>7.9415410303280476</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>190.59165648000001</v>
+        <v>190.59183228000001</v>
       </c>
       <c r="C185" s="5">
-        <v>0.66599795000001905</v>
+        <v>0.66612269000000879</v>
       </c>
       <c r="D185" s="5">
-        <v>4.2900617701200128</v>
+        <v>4.2908796765988466</v>
       </c>
       <c r="E185" s="5">
-        <v>5.3262865030271334</v>
+        <v>5.3262102878238959</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>190.29569570999999</v>
+        <v>190.29530545</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.29596077000002197</v>
+        <v>-0.29652683000000479</v>
       </c>
       <c r="D186" s="5">
-        <v>-1.8475904214953265</v>
+        <v>-1.8510922809770736</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>191.76766946999999</v>
+        <v>191.76763337</v>
       </c>
       <c r="C187" s="5">
-        <v>1.4719737599999974</v>
+        <v>1.4723279199999979</v>
       </c>
       <c r="D187" s="5">
-        <v>9.6874910961603398</v>
+        <v>9.6899427203302366</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>192.53142567</v>
+        <v>192.53223537</v>
       </c>
       <c r="C188" s="5">
-        <v>0.76375620000001732</v>
+        <v>0.76460199999999645</v>
       </c>
       <c r="D188" s="5">
-        <v>4.885351163097118</v>
+        <v>4.8908814356085628</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>194.95265137000001</v>
+        <v>194.94865960999999</v>
       </c>
       <c r="C189" s="5">
-        <v>2.4212257000000079</v>
+        <v>2.4164242399999978</v>
       </c>
       <c r="D189" s="5">
-        <v>16.179694781840116</v>
+        <v>16.14529030870213</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>194.95485016000001</v>
+        <v>194.95504750000001</v>
       </c>
       <c r="C190" s="5">
-        <v>2.1987899999942329E-3</v>
+        <v>6.3878900000133854E-3</v>
       </c>
       <c r="D190" s="5">
-        <v>1.3535141289922059E-2</v>
+        <v>3.9327531807464844E-2</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>196.06612956000001</v>
+        <v>196.06592271</v>
       </c>
       <c r="C191" s="5">
-        <v>1.1112794000000008</v>
+        <v>1.110875209999989</v>
       </c>
       <c r="D191" s="5">
-        <v>7.0588018055262713</v>
+        <v>7.0561460492644335</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>194.99495769000001</v>
+        <v>194.99461801999999</v>
       </c>
       <c r="C192" s="5">
-        <v>-1.0711718700000006</v>
+        <v>-1.0713046900000052</v>
       </c>
       <c r="D192" s="5">
-        <v>-6.3625310884738333</v>
+        <v>-6.3633029676951836</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>197.34271027</v>
+        <v>197.34280314</v>
       </c>
       <c r="C193" s="5">
-        <v>2.347752579999991</v>
+        <v>2.3481851200000108</v>
       </c>
       <c r="D193" s="5">
-        <v>15.444297788175398</v>
+        <v>15.447362939422305</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>198.13576777</v>
+        <v>198.14089286000001</v>
       </c>
       <c r="C194" s="5">
-        <v>0.7930575000000033</v>
+        <v>0.79808972000000722</v>
       </c>
       <c r="D194" s="5">
-        <v>4.9304473071826171</v>
+        <v>4.9624294644628364</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>198.61535394000001</v>
+        <v>198.61393189</v>
       </c>
       <c r="C195" s="5">
-        <v>0.47958617000000459</v>
+        <v>0.47303902999999536</v>
       </c>
       <c r="D195" s="5">
-        <v>2.9435728522664073</v>
+        <v>2.9027830801437338</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>198.65334795999999</v>
+        <v>198.65335232000001</v>
       </c>
       <c r="C196" s="5">
-        <v>3.7994019999985085E-2</v>
+        <v>3.9420430000006945E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>0.22979504252644833</v>
+        <v>0.23843336982252161</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>199.69396398999999</v>
+        <v>199.69409608000001</v>
       </c>
       <c r="C197" s="5">
-        <v>1.0406160299999954</v>
+        <v>1.040743759999998</v>
       </c>
       <c r="D197" s="5">
-        <v>6.470327653701724</v>
+        <v>6.4711447282197909</v>
       </c>
       <c r="E197" s="5">
-        <v>4.7758163594927128</v>
+        <v>4.7757890205010423</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>201.45308768999999</v>
+        <v>201.45247391000001</v>
       </c>
       <c r="C198" s="5">
-        <v>1.7591237000000035</v>
+        <v>1.7583778300000006</v>
       </c>
       <c r="D198" s="5">
-        <v>11.098420233792261</v>
+        <v>11.093476601176611</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>201.78436316</v>
+        <v>201.78417006000001</v>
       </c>
       <c r="C199" s="5">
-        <v>0.33127547000000845</v>
+        <v>0.33169614999999908</v>
       </c>
       <c r="D199" s="5">
-        <v>1.9912613943970481</v>
+        <v>1.9938191298043861</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>202.31486612</v>
+        <v>202.31639859000001</v>
       </c>
       <c r="C200" s="5">
-        <v>0.53050296000000685</v>
+        <v>0.53222852999999759</v>
       </c>
       <c r="D200" s="5">
-        <v>3.2008916148223543</v>
+        <v>3.2114577954008405</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>201.30639321999999</v>
+        <v>201.30256998999999</v>
       </c>
       <c r="C201" s="5">
-        <v>-1.0084729000000152</v>
+        <v>-1.0138286000000107</v>
       </c>
       <c r="D201" s="5">
-        <v>-5.8203090104698703</v>
+        <v>-5.8503290014315095</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>201.29987317999999</v>
+        <v>201.30017236</v>
       </c>
       <c r="C202" s="5">
-        <v>-6.5200399999980618E-3</v>
+        <v>-2.3976299999901585E-3</v>
       </c>
       <c r="D202" s="5">
-        <v>-3.8859443403072014E-2</v>
+        <v>-1.4291757578477338E-2</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>203.19449972000001</v>
+        <v>203.19419004</v>
       </c>
       <c r="C203" s="5">
-        <v>1.8946265400000186</v>
+        <v>1.8940176799999904</v>
       </c>
       <c r="D203" s="5">
-        <v>11.897751207898089</v>
+        <v>11.893709134739439</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>200.45582110000001</v>
+        <v>200.45465389</v>
       </c>
       <c r="C204" s="5">
-        <v>-2.7386786200000017</v>
+        <v>-2.7395361499999922</v>
       </c>
       <c r="D204" s="5">
-        <v>-15.027050256037144</v>
+        <v>-15.031433460421418</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>203.25542937</v>
+        <v>203.25632264999999</v>
       </c>
       <c r="C205" s="5">
-        <v>2.7996082699999931</v>
+        <v>2.8016687599999841</v>
       </c>
       <c r="D205" s="5">
-        <v>18.108674401077241</v>
+        <v>18.123156807097175</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>204.76568877</v>
+        <v>204.7709911</v>
       </c>
       <c r="C206" s="5">
-        <v>1.5102593999999954</v>
+        <v>1.5146684500000163</v>
       </c>
       <c r="D206" s="5">
-        <v>9.2899871212273943</v>
+        <v>9.3181868301176927</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>205.80580395999999</v>
+        <v>205.80336308</v>
       </c>
       <c r="C207" s="5">
-        <v>1.0401151899999945</v>
+        <v>1.0323719799999935</v>
       </c>
       <c r="D207" s="5">
-        <v>6.2686539959287524</v>
+        <v>6.2205195011479697</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>207.16366339000001</v>
+        <v>207.16373037</v>
       </c>
       <c r="C208" s="5">
-        <v>1.3578594300000191</v>
+        <v>1.3603672899999992</v>
       </c>
       <c r="D208" s="5">
-        <v>8.2110394979586498</v>
+        <v>8.2268613276271108</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>207.59537069999999</v>
+        <v>207.5955132</v>
       </c>
       <c r="C209" s="5">
-        <v>0.43170730999997886</v>
+        <v>0.43178283000000306</v>
       </c>
       <c r="D209" s="5">
-        <v>2.5295352351743849</v>
+        <v>2.5299819926765332</v>
       </c>
       <c r="E209" s="5">
-        <v>3.9567579070119985</v>
+        <v>3.9567605027414521</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>208.67443373</v>
+        <v>208.67373523000001</v>
       </c>
       <c r="C210" s="5">
-        <v>1.0790630300000146</v>
+        <v>1.0782220300000063</v>
       </c>
       <c r="D210" s="5">
-        <v>6.418944632555168</v>
+        <v>6.4137935400977453</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>208.63896858000001</v>
+        <v>208.63874397999999</v>
       </c>
       <c r="C211" s="5">
-        <v>-3.5465149999993173E-2</v>
+        <v>-3.4991250000018681E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>-0.20375481811576446</v>
+        <v>-0.20103534480280238</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>209.47552655000001</v>
+        <v>209.47718144000001</v>
       </c>
       <c r="C212" s="5">
-        <v>0.83655797000000121</v>
+        <v>0.83843746000002284</v>
       </c>
       <c r="D212" s="5">
-        <v>4.9190534875419134</v>
+        <v>4.9303559296166144</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>210.82197141</v>
+        <v>210.81949510999999</v>
       </c>
       <c r="C213" s="5">
-        <v>1.3464448599999912</v>
+        <v>1.3423136699999816</v>
       </c>
       <c r="D213" s="5">
-        <v>7.9918428693196208</v>
+        <v>7.966386413451243</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>211.28504129999999</v>
+        <v>211.28551913999999</v>
       </c>
       <c r="C214" s="5">
-        <v>0.46306988999998566</v>
+        <v>0.46602402999999981</v>
       </c>
       <c r="D214" s="5">
-        <v>2.6678734119741643</v>
+        <v>2.6851324103057905</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>212.24522517</v>
+        <v>212.24460101</v>
       </c>
       <c r="C215" s="5">
-        <v>0.96018387000000871</v>
+        <v>0.95908187000000567</v>
       </c>
       <c r="D215" s="5">
-        <v>5.5917864801817263</v>
+        <v>5.5851947928950318</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>213.84883385000001</v>
+        <v>213.84650486999999</v>
       </c>
       <c r="C216" s="5">
-        <v>1.6036086800000078</v>
+        <v>1.6019038599999931</v>
       </c>
       <c r="D216" s="5">
-        <v>9.4529547796333944</v>
+        <v>9.4425133569980382</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>215.27008133999999</v>
+        <v>215.27154218999999</v>
       </c>
       <c r="C217" s="5">
-        <v>1.4212474899999847</v>
+        <v>1.4250373200000013</v>
       </c>
       <c r="D217" s="5">
-        <v>8.2733223065144301</v>
+        <v>8.2962920348268465</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>215.18398723999999</v>
+        <v>215.18955174000001</v>
       </c>
       <c r="C218" s="5">
-        <v>-8.6094099999996843E-2</v>
+        <v>-8.1990449999977955E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>-0.47886808232238121</v>
+        <v>-0.45608768189426829</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>215.91274675</v>
+        <v>215.90882536000001</v>
       </c>
       <c r="C219" s="5">
-        <v>0.72875951000000327</v>
+        <v>0.71927361999999562</v>
       </c>
       <c r="D219" s="5">
-        <v>4.1405776630407676</v>
+        <v>4.0855797015494799</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>216.62643026000001</v>
+        <v>216.62654452999999</v>
       </c>
       <c r="C220" s="5">
-        <v>0.71368351000000985</v>
+        <v>0.71771916999998098</v>
       </c>
       <c r="D220" s="5">
-        <v>4.0394216534508809</v>
+        <v>4.0627577105699419</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>217.01882488000001</v>
+        <v>217.01909257</v>
       </c>
       <c r="C221" s="5">
-        <v>0.39239462000000458</v>
+        <v>0.39254804000000831</v>
       </c>
       <c r="D221" s="5">
-        <v>2.1954529101599674</v>
+        <v>2.1963187000709761</v>
       </c>
       <c r="E221" s="5">
-        <v>4.5393373408205928</v>
+        <v>4.5393945296501759</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>219.49483734</v>
+        <v>219.49417543999999</v>
       </c>
       <c r="C222" s="5">
-        <v>2.4760124599999926</v>
+        <v>2.4750828699999943</v>
       </c>
       <c r="D222" s="5">
-        <v>14.583696210438802</v>
+        <v>14.577853894484827</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>220.22804416</v>
+        <v>220.22777730999999</v>
       </c>
       <c r="C223" s="5">
-        <v>0.73320681999999238</v>
+        <v>0.7336018700000011</v>
       </c>
       <c r="D223" s="5">
-        <v>4.0829863335949401</v>
+        <v>4.085239379035821</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>219.96193066000001</v>
+        <v>219.96379096000001</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.26611349999998879</v>
+        <v>-0.26398634999998194</v>
       </c>
       <c r="D224" s="5">
-        <v>-1.4404270551832687</v>
+        <v>-1.4289906789120232</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>220.29909189</v>
+        <v>220.29797134</v>
       </c>
       <c r="C225" s="5">
-        <v>0.33716122999999243</v>
+        <v>0.33418037999999228</v>
       </c>
       <c r="D225" s="5">
-        <v>1.8549659199267765</v>
+        <v>1.838413172219866</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>220.36780102</v>
+        <v>220.36857415</v>
       </c>
       <c r="C226" s="5">
-        <v>6.8709130000002006E-2</v>
+        <v>7.0602809999996907E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>0.37491093807626719</v>
+        <v>0.38526397484528463</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>219.92818534</v>
+        <v>219.92749620999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.43961568000000284</v>
+        <v>-0.44107794000001377</v>
       </c>
       <c r="D227" s="5">
-        <v>-2.367809406029775</v>
+        <v>-2.3755905290812174</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>220.49993035</v>
+        <v>220.49672201999999</v>
       </c>
       <c r="C228" s="5">
-        <v>0.57174501000000078</v>
+        <v>0.56922581000000605</v>
       </c>
       <c r="D228" s="5">
-        <v>3.164621636950038</v>
+        <v>3.1504887345522592</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>220.54663456</v>
+        <v>220.54870155</v>
       </c>
       <c r="C229" s="5">
-        <v>4.6704210000001467E-2</v>
+        <v>5.1979530000011209E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>0.25446896133254349</v>
+        <v>0.28325306861340938</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>219.50466494</v>
+        <v>219.50874911</v>
       </c>
       <c r="C230" s="5">
-        <v>-1.0419696200000033</v>
+        <v>-1.0399524400000075</v>
       </c>
       <c r="D230" s="5">
-        <v>-5.5243623317776658</v>
+        <v>-5.5138930382889306</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>221.56930058</v>
+        <v>221.56499478999999</v>
       </c>
       <c r="C231" s="5">
-        <v>2.0646356400000059</v>
+        <v>2.0562456799999893</v>
       </c>
       <c r="D231" s="5">
-        <v>11.889668991425095</v>
+        <v>11.838605962554771</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>220.57318817000001</v>
+        <v>220.57348142999999</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.99611240999999495</v>
+        <v>-0.99151335999999901</v>
       </c>
       <c r="D232" s="5">
-        <v>-5.2634412665842456</v>
+        <v>-5.2398342842596923</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>220.70506902</v>
+        <v>220.70543979999999</v>
       </c>
       <c r="C233" s="5">
-        <v>0.1318808499999875</v>
+        <v>0.13195837000000665</v>
       </c>
       <c r="D233" s="5">
-        <v>0.71984487673619757</v>
+        <v>0.72026843638437477</v>
       </c>
       <c r="E233" s="5">
-        <v>1.6985826653693747</v>
+        <v>1.6986280729244907</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>219.44450169000001</v>
+        <v>219.44421793000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-1.2605673299999864</v>
+        <v>-1.2612218699999858</v>
       </c>
       <c r="D234" s="5">
-        <v>-6.6425993529582117</v>
+        <v>-6.6459299818190543</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>218.22141665000001</v>
+        <v>218.22138687</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.2230850400000008</v>
+        <v>-1.2228310600000043</v>
       </c>
       <c r="D235" s="5">
-        <v>-6.4869969949314381</v>
+        <v>-6.4856990810251647</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>217.79912622000001</v>
+        <v>217.80036278</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.42229043000000388</v>
+        <v>-0.42102409000000307</v>
       </c>
       <c r="D236" s="5">
-        <v>-2.2976190129361584</v>
+        <v>-2.2908023037265912</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>218.39943263999999</v>
+        <v>218.3998129</v>
       </c>
       <c r="C237" s="5">
-        <v>0.60030641999998124</v>
+        <v>0.5994501200000002</v>
       </c>
       <c r="D237" s="5">
-        <v>3.3580894075358581</v>
+        <v>3.3532072314231831</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>218.83787469000001</v>
+        <v>218.83869515999999</v>
       </c>
       <c r="C238" s="5">
-        <v>0.43844205000002034</v>
+        <v>0.43888225999998554</v>
       </c>
       <c r="D238" s="5">
-        <v>2.4358063121005857</v>
+        <v>2.4382747415316874</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>218.15685590000001</v>
+        <v>218.15616743999999</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.68101878999999599</v>
+        <v>-0.68252771999999595</v>
       </c>
       <c r="D239" s="5">
-        <v>-3.6711156557475699</v>
+        <v>-3.6790971532646988</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>219.47770295999999</v>
+        <v>219.47461673000001</v>
       </c>
       <c r="C240" s="5">
-        <v>1.3208470599999771</v>
+        <v>1.318449290000018</v>
       </c>
       <c r="D240" s="5">
-        <v>7.5123821013448167</v>
+        <v>7.4983126706827052</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>218.97206961000001</v>
+        <v>218.97424605</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.50563334999998233</v>
+        <v>-0.50037068000000318</v>
       </c>
       <c r="D241" s="5">
-        <v>-2.7298014442168839</v>
+        <v>-2.7017823071057934</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>218.70388077999999</v>
+        <v>218.70635693</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.26818883000001392</v>
+        <v>-0.26788912000000664</v>
       </c>
       <c r="D242" s="5">
-        <v>-1.4598552957170385</v>
+        <v>-1.4582204238755225</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>219.52997599</v>
+        <v>219.52508964</v>
       </c>
       <c r="C243" s="5">
-        <v>0.82609521000000541</v>
+        <v>0.81873271000000614</v>
       </c>
       <c r="D243" s="5">
-        <v>4.6280390332056109</v>
+        <v>4.58588617349589</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>219.17020065</v>
+        <v>219.17096844</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.35977533999999878</v>
+        <v>-0.35412120000000868</v>
       </c>
       <c r="D244" s="5">
-        <v>-1.9489826997780457</v>
+        <v>-1.9186665476341958</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>218.50475195999999</v>
+        <v>218.50500287</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.66544869000000517</v>
+        <v>-0.66596556999999734</v>
       </c>
       <c r="D245" s="5">
-        <v>-3.5832312599006766</v>
+        <v>-3.5859557947923837</v>
       </c>
       <c r="E245" s="5">
-        <v>-0.99694903690707992</v>
+        <v>-0.99700167426503006</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>219.41855710999999</v>
+        <v>219.41874630999999</v>
       </c>
       <c r="C246" s="5">
-        <v>0.91380515000000173</v>
+        <v>0.91374343999999041</v>
       </c>
       <c r="D246" s="5">
-        <v>5.1355576220530219</v>
+        <v>5.1351967654909458</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>219.33566112</v>
+        <v>219.33599584999999</v>
       </c>
       <c r="C247" s="5">
-        <v>-8.2895989999997255E-2</v>
+        <v>-8.2750459999999748E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>-0.45241729206768611</v>
+        <v>-0.45162429840673868</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>219.98322644999999</v>
+        <v>219.98406657000001</v>
       </c>
       <c r="C248" s="5">
-        <v>0.64756532999999195</v>
+        <v>0.64807072000002108</v>
       </c>
       <c r="D248" s="5">
-        <v>3.6009727341544284</v>
+        <v>3.6038233382599927</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>219.36990789000001</v>
+        <v>219.37063409999999</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.61331855999998197</v>
+        <v>-0.61343247000002066</v>
       </c>
       <c r="D249" s="5">
-        <v>-3.2948005208014108</v>
+        <v>-3.295390707915169</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>221.19913360000001</v>
+        <v>221.20020278999999</v>
       </c>
       <c r="C250" s="5">
-        <v>1.8292257100000029</v>
+        <v>1.8295686900000021</v>
       </c>
       <c r="D250" s="5">
-        <v>10.47815788568256</v>
+        <v>10.480177223587738</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>221.32181373</v>
+        <v>221.32144697999999</v>
       </c>
       <c r="C251" s="5">
-        <v>0.122680129999992</v>
+        <v>0.12124418999999875</v>
       </c>
       <c r="D251" s="5">
-        <v>0.66757066168776635</v>
+        <v>0.65973014625284598</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>218.68506164999999</v>
+        <v>218.68230216000001</v>
       </c>
       <c r="C252" s="5">
-        <v>-2.6367520800000079</v>
+        <v>-2.6391448199999843</v>
       </c>
       <c r="D252" s="5">
-        <v>-13.395838300034324</v>
+        <v>-13.40722933724976</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>219.36242257999999</v>
+        <v>219.36458847</v>
       </c>
       <c r="C253" s="5">
-        <v>0.67736092999999187</v>
+        <v>0.68228630999999496</v>
       </c>
       <c r="D253" s="5">
-        <v>3.7808910274204299</v>
+        <v>3.8089058813062016</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>221.09660088999999</v>
+        <v>221.09758252</v>
       </c>
       <c r="C254" s="5">
-        <v>1.7341783100000043</v>
+        <v>1.7329940500000021</v>
       </c>
       <c r="D254" s="5">
-        <v>9.9101968460662437</v>
+        <v>9.9030304433307403</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>222.01602395</v>
+        <v>222.01143522000001</v>
       </c>
       <c r="C255" s="5">
-        <v>0.91942306000001395</v>
+        <v>0.91385270000000673</v>
       </c>
       <c r="D255" s="5">
-        <v>5.1058909584199119</v>
+        <v>5.074227125205355</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>222.00824273000001</v>
+        <v>222.00922721000001</v>
       </c>
       <c r="C256" s="5">
-        <v>-7.7812199999982568E-3</v>
+        <v>-2.2080100000039238E-3</v>
       </c>
       <c r="D256" s="5">
-        <v>-4.2049506682906301E-2</v>
+        <v>-1.1933921638074274E-2</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>222.98017719000001</v>
+        <v>222.98013796999999</v>
       </c>
       <c r="C257" s="5">
-        <v>0.97193445999999994</v>
+        <v>0.97091075999998111</v>
       </c>
       <c r="D257" s="5">
-        <v>5.3818658590348623</v>
+        <v>5.37603590320479</v>
       </c>
       <c r="E257" s="5">
-        <v>2.0482049886124676</v>
+        <v>2.0480698570835454</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>223.91972043999999</v>
+        <v>223.92026376000001</v>
       </c>
       <c r="C258" s="5">
-        <v>0.93954324999998562</v>
+        <v>0.94012579000002461</v>
       </c>
       <c r="D258" s="5">
-        <v>5.1751267776945831</v>
+        <v>5.1784111862518856</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>224.21752849000001</v>
+        <v>224.21814273999999</v>
       </c>
       <c r="C259" s="5">
-        <v>0.29780805000001465</v>
+        <v>0.29787897999997881</v>
       </c>
       <c r="D259" s="5">
-        <v>1.6076984943140582</v>
+        <v>1.608080281074864</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>224.69951136</v>
+        <v>224.69980999000001</v>
       </c>
       <c r="C260" s="5">
-        <v>0.48198286999999596</v>
+        <v>0.4816672500000152</v>
       </c>
       <c r="D260" s="5">
-        <v>2.6102634229399291</v>
+        <v>2.6085266502939408</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>225.57007099</v>
+        <v>225.57087417</v>
       </c>
       <c r="C261" s="5">
-        <v>0.87055963000000247</v>
+        <v>0.87106417999999053</v>
       </c>
       <c r="D261" s="5">
-        <v>4.749553113876348</v>
+        <v>4.7523583142126125</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>225.94709655</v>
+        <v>225.94802186999999</v>
       </c>
       <c r="C262" s="5">
-        <v>0.37702555999999277</v>
+        <v>0.37714769999999476</v>
       </c>
       <c r="D262" s="5">
-        <v>2.0242626811795228</v>
+        <v>2.0249172205240029</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>226.50772405999999</v>
+        <v>226.50738326000001</v>
       </c>
       <c r="C263" s="5">
-        <v>0.56062750999998912</v>
+        <v>0.55936139000002072</v>
       </c>
       <c r="D263" s="5">
-        <v>3.018451206601469</v>
+        <v>3.0115287573437843</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>227.35264242</v>
+        <v>227.35119384000001</v>
       </c>
       <c r="C264" s="5">
-        <v>0.84491836000000831</v>
+        <v>0.84381057999999598</v>
       </c>
       <c r="D264" s="5">
-        <v>4.5692223527394882</v>
+        <v>4.5631153375725209</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>227.68247249999999</v>
+        <v>227.68374401</v>
       </c>
       <c r="C265" s="5">
-        <v>0.32983007999999359</v>
+        <v>0.33255016999999043</v>
       </c>
       <c r="D265" s="5">
-        <v>1.7548487813815239</v>
+        <v>1.7694489127173973</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>227.76975464</v>
+        <v>227.77063892000001</v>
       </c>
       <c r="C266" s="5">
-        <v>8.7282140000013442E-2</v>
+        <v>8.689491000001226E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>0.46099149775296056</v>
+        <v>0.45893943097032874</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>225.79229393</v>
+        <v>225.78820293999999</v>
       </c>
       <c r="C267" s="5">
-        <v>-1.9774607100000026</v>
+        <v>-1.9824359800000195</v>
       </c>
       <c r="D267" s="5">
-        <v>-9.9348571835644268</v>
+        <v>-9.9586321890925191</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>226.80473369000001</v>
+        <v>226.80563591000001</v>
       </c>
       <c r="C268" s="5">
-        <v>1.0124397600000066</v>
+        <v>1.0174329700000158</v>
       </c>
       <c r="D268" s="5">
-        <v>5.5154329480763042</v>
+        <v>5.5434149099740981</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>227.15008323000001</v>
+        <v>227.14948122999999</v>
       </c>
       <c r="C269" s="5">
-        <v>0.34534954000000084</v>
+        <v>0.34384531999998558</v>
       </c>
       <c r="D269" s="5">
-        <v>1.8425883681482569</v>
+        <v>1.8344883120184674</v>
       </c>
       <c r="E269" s="5">
-        <v>1.8700792566178848</v>
+        <v>1.8698271953535794</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>228.32664018</v>
+        <v>228.32738416999999</v>
       </c>
       <c r="C270" s="5">
-        <v>1.1765569499999913</v>
+        <v>1.1779029399999956</v>
       </c>
       <c r="D270" s="5">
-        <v>6.3957375639442926</v>
+        <v>6.4032817244387363</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>228.70799607000001</v>
+        <v>228.70852859999999</v>
       </c>
       <c r="C271" s="5">
-        <v>0.38135589000000891</v>
+        <v>0.3811444300000062</v>
       </c>
       <c r="D271" s="5">
-        <v>2.0227793857920728</v>
+        <v>2.0216407986728857</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>229.57200594</v>
+        <v>229.57212468</v>
       </c>
       <c r="C272" s="5">
-        <v>0.86400986999998963</v>
+        <v>0.86359608000000776</v>
       </c>
       <c r="D272" s="5">
-        <v>4.628732506529043</v>
+        <v>4.6264584864632363</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>229.37883357999999</v>
+        <v>229.37946631</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.19317236000000548</v>
+        <v>-0.19265837000000374</v>
       </c>
       <c r="D273" s="5">
-        <v>-1.0050748291548062</v>
+        <v>-1.0024123571532484</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>229.20319470999999</v>
+        <v>229.20367707</v>
       </c>
       <c r="C274" s="5">
-        <v>-0.17563887000000022</v>
+        <v>-0.17578924000000029</v>
       </c>
       <c r="D274" s="5">
-        <v>-0.91499844435644073</v>
+        <v>-0.91577598909496905</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>229.89693169</v>
+        <v>229.8966758</v>
       </c>
       <c r="C275" s="5">
-        <v>0.69373698000001127</v>
+        <v>0.69299872999999934</v>
       </c>
       <c r="D275" s="5">
-        <v>3.6931577177729658</v>
+        <v>3.689154114396076</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>229.80750652</v>
+        <v>229.80765943</v>
       </c>
       <c r="C276" s="5">
-        <v>-8.9425169999998388E-2</v>
+        <v>-8.9016369999995959E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>-0.46577795797918542</v>
+        <v>-0.46365373880750127</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>230.06461894</v>
+        <v>230.06518181000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.25711241999999856</v>
+        <v>0.25752238000001171</v>
       </c>
       <c r="D277" s="5">
-        <v>1.3508721871269946</v>
+        <v>1.3530385094794539</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>230.55794667999999</v>
+        <v>230.55862796</v>
       </c>
       <c r="C278" s="5">
-        <v>0.49332773999998381</v>
+        <v>0.49344614999998271</v>
       </c>
       <c r="D278" s="5">
-        <v>2.6037258568962773</v>
+        <v>2.6043517545168537</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>231.10541592999999</v>
+        <v>231.10231565999999</v>
       </c>
       <c r="C279" s="5">
-        <v>0.54746925000000601</v>
+        <v>0.54368769999999245</v>
       </c>
       <c r="D279" s="5">
-        <v>2.8869588157364845</v>
+        <v>2.8667497300591371</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>231.96341971999999</v>
+        <v>231.96410291000001</v>
       </c>
       <c r="C280" s="5">
-        <v>0.85800378999999793</v>
+        <v>0.86178725000002032</v>
       </c>
       <c r="D280" s="5">
-        <v>4.5472355401054987</v>
+        <v>4.5677626382719216</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>232.82603495000001</v>
+        <v>232.82492493999999</v>
       </c>
       <c r="C281" s="5">
-        <v>0.86261523000001716</v>
+        <v>0.86082202999998003</v>
       </c>
       <c r="D281" s="5">
-        <v>4.5549197924720009</v>
+        <v>4.5452432973737578</v>
       </c>
       <c r="E281" s="5">
-        <v>2.498767175996508</v>
+        <v>2.4985501526430198</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>232.17367379999999</v>
+        <v>232.17441233</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.6523611500000186</v>
+        <v>-0.65051260999999272</v>
       </c>
       <c r="D282" s="5">
-        <v>-3.3109760409632982</v>
+        <v>-3.3017532143747252</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>233.56445353000001</v>
+        <v>233.56474713</v>
       </c>
       <c r="C283" s="5">
-        <v>1.3907797300000198</v>
+        <v>1.3903348000000051</v>
       </c>
       <c r="D283" s="5">
-        <v>7.4299292700054087</v>
+        <v>7.4274490945366312</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>234.27322655</v>
+        <v>234.27304255000001</v>
       </c>
       <c r="C284" s="5">
-        <v>0.70877301999999531</v>
+        <v>0.70829542000001311</v>
       </c>
       <c r="D284" s="5">
-        <v>3.7029081952655751</v>
+        <v>3.7003665330532565</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>234.43174375000001</v>
+        <v>234.43217491999999</v>
       </c>
       <c r="C285" s="5">
-        <v>0.15851720000000569</v>
+        <v>0.15913236999998048</v>
       </c>
       <c r="D285" s="5">
-        <v>0.81498917049394048</v>
+        <v>0.81816443259425942</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>234.72633096000001</v>
+        <v>234.72635543999999</v>
       </c>
       <c r="C286" s="5">
-        <v>0.2945872100000031</v>
+        <v>0.29418051999999761</v>
       </c>
       <c r="D286" s="5">
-        <v>1.5183869215023238</v>
+        <v>1.516273428109205</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>235.83229151</v>
+        <v>235.83200117000001</v>
       </c>
       <c r="C287" s="5">
-        <v>1.1059605499999918</v>
+        <v>1.1056457300000204</v>
       </c>
       <c r="D287" s="5">
-        <v>5.8028892311564606</v>
+        <v>5.8011937472651987</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>235.86415833000001</v>
+        <v>235.8659328</v>
       </c>
       <c r="C288" s="5">
-        <v>3.1866820000004736E-2</v>
+        <v>3.393162999998367E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>0.16227046843273474</v>
+        <v>0.17279331523845087</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>237.02262353</v>
+        <v>237.0227855</v>
       </c>
       <c r="C289" s="5">
-        <v>1.1584651999999949</v>
+        <v>1.1568527000000017</v>
       </c>
       <c r="D289" s="5">
-        <v>6.0557449931650797</v>
+        <v>6.0470404341836259</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>237.13753027000001</v>
+        <v>237.13835302000001</v>
       </c>
       <c r="C290" s="5">
-        <v>0.11490674000000922</v>
+        <v>0.11556752000001325</v>
       </c>
       <c r="D290" s="5">
-        <v>0.58330441063487726</v>
+        <v>0.58666734576093837</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>237.51376094</v>
+        <v>237.51130674999999</v>
       </c>
       <c r="C291" s="5">
-        <v>0.376230669999984</v>
+        <v>0.37295372999997767</v>
       </c>
       <c r="D291" s="5">
-        <v>1.9205619278008568</v>
+        <v>1.9036823625899979</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>238.43928119</v>
+        <v>238.43994484000001</v>
       </c>
       <c r="C292" s="5">
-        <v>0.92552025000000526</v>
+        <v>0.92863809000002107</v>
       </c>
       <c r="D292" s="5">
-        <v>4.7775713721559532</v>
+        <v>4.7940640611719765</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>239.47523558</v>
+        <v>239.47370520999999</v>
       </c>
       <c r="C293" s="5">
-        <v>1.0359543900000006</v>
+        <v>1.0337603699999818</v>
       </c>
       <c r="D293" s="5">
-        <v>5.340084635777953</v>
+        <v>5.3284887978801043</v>
       </c>
       <c r="E293" s="5">
-        <v>2.8558664547235546</v>
+        <v>2.8556995225976767</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>238.50117377000001</v>
+        <v>238.50186890000001</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.97406180999999492</v>
+        <v>-0.97183630999998627</v>
       </c>
       <c r="D294" s="5">
-        <v>-4.7732551778440824</v>
+        <v>-4.7626214428058251</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>238.86538480999999</v>
+        <v>238.86500706999999</v>
       </c>
       <c r="C295" s="5">
-        <v>0.3642110399999865</v>
+        <v>0.36313816999998494</v>
       </c>
       <c r="D295" s="5">
-        <v>1.8479690538408144</v>
+        <v>1.8424743411930677</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>239.00435818</v>
+        <v>239.00391019</v>
       </c>
       <c r="C296" s="5">
-        <v>0.13897337000000221</v>
+        <v>0.13890312000000904</v>
       </c>
       <c r="D296" s="5">
-        <v>0.70040590938416081</v>
+        <v>0.7000518369005615</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>240.04806085999999</v>
+        <v>240.04828882999999</v>
       </c>
       <c r="C297" s="5">
-        <v>1.0437026799999956</v>
+        <v>1.0443786399999908</v>
       </c>
       <c r="D297" s="5">
-        <v>5.3679622658490356</v>
+        <v>5.3715331459844418</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>241.60959165</v>
+        <v>241.60940493000001</v>
       </c>
       <c r="C298" s="5">
-        <v>1.5615307900000062</v>
+        <v>1.5611161000000209</v>
       </c>
       <c r="D298" s="5">
-        <v>8.091521892110487</v>
+        <v>8.0892876612767886</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>242.04759709000001</v>
+        <v>242.04737742</v>
       </c>
       <c r="C299" s="5">
-        <v>0.43800544000001196</v>
+        <v>0.43797248999999283</v>
       </c>
       <c r="D299" s="5">
-        <v>2.1972597050628595</v>
+        <v>2.1970944744412968</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>242.27063416999999</v>
+        <v>242.27312703999999</v>
       </c>
       <c r="C300" s="5">
-        <v>0.22303707999998323</v>
+        <v>0.22574961999998777</v>
       </c>
       <c r="D300" s="5">
-        <v>1.1113727379912453</v>
+        <v>1.124959506463985</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>242.84300707</v>
+        <v>242.84321957</v>
       </c>
       <c r="C301" s="5">
-        <v>0.57237290000000485</v>
+        <v>0.57009253000001081</v>
       </c>
       <c r="D301" s="5">
-        <v>2.8721722676319894</v>
+        <v>2.8605510369976273</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>242.69468524999999</v>
+        <v>242.6958478</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.14832182000000671</v>
+        <v>-0.14737177000000656</v>
       </c>
       <c r="D302" s="5">
-        <v>-0.73046986987432838</v>
+        <v>-0.72580594327754655</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>244.12506995000001</v>
+        <v>244.12368348999999</v>
       </c>
       <c r="C303" s="5">
-        <v>1.4303847000000189</v>
+        <v>1.4278356899999949</v>
       </c>
       <c r="D303" s="5">
-        <v>7.3063390864136046</v>
+        <v>7.2928586323130373</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>243.93414439</v>
+        <v>243.93461721</v>
       </c>
       <c r="C304" s="5">
-        <v>-0.19092556000001082</v>
+        <v>-0.18906627999999159</v>
       </c>
       <c r="D304" s="5">
-        <v>-0.93447071910158774</v>
+        <v>-0.92541457502397506</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>245.47040634999999</v>
+        <v>245.46896081</v>
       </c>
       <c r="C305" s="5">
-        <v>1.5362619599999903</v>
+        <v>1.5343435999999997</v>
       </c>
       <c r="D305" s="5">
-        <v>7.8247762002124022</v>
+        <v>7.8146491060450574</v>
       </c>
       <c r="E305" s="5">
-        <v>2.5034616859149983</v>
+        <v>2.5035131079391926</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>245.66581423</v>
+        <v>245.66615071000001</v>
       </c>
       <c r="C306" s="5">
-        <v>0.19540788000000475</v>
+        <v>0.19718990000001213</v>
       </c>
       <c r="D306" s="5">
-        <v>0.95945924437148555</v>
+        <v>0.96825344476501041</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>246.41705628</v>
+        <v>246.41487341999999</v>
       </c>
       <c r="C307" s="5">
-        <v>0.75124205000000188</v>
+        <v>0.74872270999998136</v>
       </c>
       <c r="D307" s="5">
-        <v>3.7319322184860448</v>
+        <v>3.7192012323975732</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>246.41692044999999</v>
+        <v>246.41600589999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-1.3583000000494394E-4</v>
+        <v>1.1324799999954394E-3</v>
       </c>
       <c r="D308" s="5">
-        <v>-6.6146194718230689E-4</v>
+        <v>5.5151311793011359E-3</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>246.11794811999999</v>
+        <v>246.11796708</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.29897232999999801</v>
+        <v>-0.29803881999998794</v>
       </c>
       <c r="D309" s="5">
-        <v>-1.4462577859279735</v>
+        <v>-1.4417773095662501</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>247.80729973999999</v>
+        <v>247.80753511</v>
       </c>
       <c r="C310" s="5">
-        <v>1.6893516199999965</v>
+        <v>1.6895680300000038</v>
       </c>
       <c r="D310" s="5">
-        <v>8.554971047986303</v>
+        <v>8.5561079813075036</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>248.02152247999999</v>
+        <v>248.02148191000001</v>
       </c>
       <c r="C311" s="5">
-        <v>0.21422273999999675</v>
+        <v>0.21394680000000221</v>
       </c>
       <c r="D311" s="5">
-        <v>1.0423142085572934</v>
+        <v>1.0409642300042821</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>249.26811549999999</v>
+        <v>249.27162193999999</v>
       </c>
       <c r="C312" s="5">
-        <v>1.2465930200000059</v>
+        <v>1.250140029999983</v>
       </c>
       <c r="D312" s="5">
-        <v>6.2009338160617267</v>
+        <v>6.2190707676042623</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>248.85757817000001</v>
+        <v>248.85795379000001</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.4105373299999826</v>
+        <v>-0.41366814999997814</v>
       </c>
       <c r="D313" s="5">
-        <v>-1.9585604015115776</v>
+        <v>-1.9733331133497067</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>248.34763143999999</v>
+        <v>248.34953189000001</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.50994673000002422</v>
+        <v>-0.50842190000000187</v>
       </c>
       <c r="D314" s="5">
-        <v>-2.4314559779922251</v>
+        <v>-2.4242633820950599</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>248.22560139999999</v>
+        <v>248.22574270999999</v>
       </c>
       <c r="C315" s="5">
-        <v>-0.12203003999999851</v>
+        <v>-0.12378918000001704</v>
       </c>
       <c r="D315" s="5">
-        <v>-0.58805049929477882</v>
+        <v>-0.59649984005062384</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>248.62426418999999</v>
+        <v>248.62435553</v>
       </c>
       <c r="C316" s="5">
-        <v>0.39866279000000304</v>
+        <v>0.39861282000001097</v>
       </c>
       <c r="D316" s="5">
-        <v>1.9443757951935758</v>
+        <v>1.9441288061919249</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>248.92405348</v>
+        <v>248.92287551999999</v>
       </c>
       <c r="C317" s="5">
-        <v>0.29978929000000676</v>
+        <v>0.29851998999998841</v>
       </c>
       <c r="D317" s="5">
-        <v>1.4565857314360997</v>
+        <v>1.4503772663037484</v>
       </c>
       <c r="E317" s="5">
-        <v>1.4069505083540212</v>
+        <v>1.4070678014046045</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>249.72273494000001</v>
+        <v>249.72198886999999</v>
       </c>
       <c r="C318" s="5">
-        <v>0.79868146000001161</v>
+        <v>0.79911334999999895</v>
       </c>
       <c r="D318" s="5">
-        <v>3.9189185627925172</v>
+        <v>3.9210941734977522</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>250.36737110999999</v>
+        <v>250.36218737999999</v>
       </c>
       <c r="C319" s="5">
-        <v>0.64463616999998408</v>
+        <v>0.64019851000000472</v>
       </c>
       <c r="D319" s="5">
-        <v>3.1420499738514351</v>
+        <v>3.1201237543236227</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>250.42902537000001</v>
+        <v>250.42631865000001</v>
       </c>
       <c r="C320" s="5">
-        <v>6.1654260000011618E-2</v>
+        <v>6.4131270000018503E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>0.29590676956678941</v>
+        <v>0.30781820051253295</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>251.64997690000001</v>
+        <v>251.64971328999999</v>
       </c>
       <c r="C321" s="5">
-        <v>1.2209515300000078</v>
+        <v>1.2233946399999809</v>
       </c>
       <c r="D321" s="5">
-        <v>6.0099863852022484</v>
+        <v>6.0224041001903261</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>251.53616604000001</v>
+        <v>251.53743610999999</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.11381086000000096</v>
+        <v>-0.11227718000000664</v>
       </c>
       <c r="D322" s="5">
-        <v>-0.54136237364478257</v>
+        <v>-0.53408559228622643</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>251.66920184</v>
+        <v>251.67049277999999</v>
       </c>
       <c r="C323" s="5">
-        <v>0.1330357999999876</v>
+        <v>0.13305667000000199</v>
       </c>
       <c r="D323" s="5">
-        <v>0.63652145824970585</v>
+        <v>0.6366183794825897</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>252.54277169</v>
+        <v>252.54757863</v>
       </c>
       <c r="C324" s="5">
-        <v>0.87356984999999554</v>
+        <v>0.87708585000001449</v>
       </c>
       <c r="D324" s="5">
-        <v>4.2457720112936581</v>
+        <v>4.2631672648309138</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>253.57775574999999</v>
+        <v>253.58005464999999</v>
       </c>
       <c r="C325" s="5">
-        <v>1.0349840599999993</v>
+        <v>1.0324760199999901</v>
       </c>
       <c r="D325" s="5">
-        <v>5.0302828975774094</v>
+        <v>5.0177201405168237</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>254.84451924999999</v>
+        <v>254.84812393000001</v>
       </c>
       <c r="C326" s="5">
-        <v>1.2667634999999962</v>
+        <v>1.2680692800000202</v>
       </c>
       <c r="D326" s="5">
-        <v>6.1621558779838548</v>
+        <v>6.1686260731404374</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>254.60952155999999</v>
+        <v>254.61088949000001</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.23499769000000015</v>
+        <v>-0.23723444000000882</v>
       </c>
       <c r="D327" s="5">
-        <v>-1.1009513522136527</v>
+        <v>-1.1113611717417093</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>254.77599190999999</v>
+        <v>254.77577848000001</v>
       </c>
       <c r="C328" s="5">
-        <v>0.16647034999999732</v>
+        <v>0.16488899000000856</v>
       </c>
       <c r="D328" s="5">
-        <v>0.78741890028639627</v>
+        <v>0.7799080654878221</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>255.41381240999999</v>
+        <v>255.4127713</v>
       </c>
       <c r="C329" s="5">
-        <v>0.63782050000000368</v>
+        <v>0.63699281999998902</v>
       </c>
       <c r="D329" s="5">
-        <v>3.0458585262211679</v>
+        <v>3.0418540838638597</v>
       </c>
       <c r="E329" s="5">
-        <v>2.6071240763084536</v>
+        <v>2.6071913906838162</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>256.12508079999998</v>
+        <v>256.12148345999998</v>
       </c>
       <c r="C330" s="5">
-        <v>0.71126838999998654</v>
+        <v>0.70871215999997617</v>
       </c>
       <c r="D330" s="5">
-        <v>3.3933831163217576</v>
+        <v>3.3810149044269711</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>255.43503387000001</v>
+        <v>255.42444757000001</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.69004692999996564</v>
+        <v>-0.69703588999996668</v>
       </c>
       <c r="D331" s="5">
-        <v>-3.1855361986086628</v>
+        <v>-3.2173632257484819</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>256.10603456000001</v>
+        <v>256.09893566</v>
       </c>
       <c r="C332" s="5">
-        <v>0.67100068999999962</v>
+        <v>0.67448808999998278</v>
       </c>
       <c r="D332" s="5">
-        <v>3.1982174102246574</v>
+        <v>3.2152168879249876</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>256.97379767000001</v>
+        <v>256.97326335000002</v>
       </c>
       <c r="C333" s="5">
-        <v>0.86776310999999851</v>
+        <v>0.87432769000002963</v>
       </c>
       <c r="D333" s="5">
-        <v>4.1425894571035959</v>
+        <v>4.174636605208959</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>257.79074987000001</v>
+        <v>257.79363002999997</v>
       </c>
       <c r="C334" s="5">
-        <v>0.8169522000000029</v>
+        <v>0.82036667999994961</v>
       </c>
       <c r="D334" s="5">
-        <v>3.882368893579291</v>
+        <v>3.8988896106755488</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>258.20139574000001</v>
+        <v>258.20712522999997</v>
       </c>
       <c r="C335" s="5">
-        <v>0.41064586999999619</v>
+        <v>0.41349519999999984</v>
       </c>
       <c r="D335" s="5">
-        <v>1.9283676533372596</v>
+        <v>1.9418443076856917</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>257.29566110000002</v>
+        <v>257.30319587000002</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.90573463999999149</v>
+        <v>-0.90392935999994961</v>
       </c>
       <c r="D336" s="5">
-        <v>-4.1291619315503407</v>
+        <v>-4.1209999522530243</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>257.30700390999999</v>
+        <v>257.31345331</v>
       </c>
       <c r="C337" s="5">
-        <v>1.1342809999973724E-2</v>
+        <v>1.0257439999975304E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>5.29145059110947E-2</v>
+        <v>4.7848714643516921E-2</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>258.63029965999999</v>
+        <v>258.63630559000001</v>
       </c>
       <c r="C338" s="5">
-        <v>1.3232957499999998</v>
+        <v>1.3228522800000064</v>
       </c>
       <c r="D338" s="5">
-        <v>6.3490320296508918</v>
+        <v>6.3466801822887886</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>259.18897256999998</v>
+        <v>259.19111992000001</v>
       </c>
       <c r="C339" s="5">
-        <v>0.55867290999998431</v>
+        <v>0.55481432999999925</v>
       </c>
       <c r="D339" s="5">
-        <v>2.6231652385434456</v>
+        <v>2.6047723627631969</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>260.07768088</v>
+        <v>260.07724194999997</v>
       </c>
       <c r="C340" s="5">
-        <v>0.88870831000002681</v>
+        <v>0.88612202999996725</v>
       </c>
       <c r="D340" s="5">
-        <v>4.1930533265090775</v>
+        <v>4.180585243636914</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>261.27165331999998</v>
+        <v>261.26900152000002</v>
       </c>
       <c r="C341" s="5">
-        <v>1.1939724399999818</v>
+        <v>1.1917595700000447</v>
       </c>
       <c r="D341" s="5">
-        <v>5.6502466116562511</v>
+        <v>5.6395190692962061</v>
       </c>
       <c r="E341" s="5">
-        <v>2.2934706838002805</v>
+        <v>2.2928494100717733</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>261.40164039000001</v>
+        <v>261.39888695000002</v>
       </c>
       <c r="C342" s="5">
-        <v>0.12998707000002696</v>
+        <v>0.12988543000000163</v>
       </c>
       <c r="D342" s="5">
-        <v>0.59865667674694478</v>
+        <v>0.59819338016331436</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>262.1263525</v>
+        <v>262.10233690000001</v>
       </c>
       <c r="C343" s="5">
-        <v>0.72471210999998448</v>
+        <v>0.70344994999999244</v>
       </c>
       <c r="D343" s="5">
-        <v>3.3780910939748887</v>
+        <v>3.2775458802155599</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>263.36494311000001</v>
+        <v>263.34923140000001</v>
       </c>
       <c r="C344" s="5">
-        <v>1.238590610000017</v>
+        <v>1.2468944999999962</v>
       </c>
       <c r="D344" s="5">
-        <v>5.819904928226749</v>
+        <v>5.8605009137890907</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>263.07450604000002</v>
+        <v>263.07356965999998</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.29043706999999586</v>
+        <v>-0.2756617400000323</v>
       </c>
       <c r="D345" s="5">
-        <v>-1.3153546710839459</v>
+        <v>-1.2488978462884326</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>263.76916818000001</v>
+        <v>263.77226844</v>
       </c>
       <c r="C346" s="5">
-        <v>0.69466213999999127</v>
+        <v>0.69869878000002927</v>
       </c>
       <c r="D346" s="5">
-        <v>3.2150895287148318</v>
+        <v>3.2340576574888091</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>264.12433150999999</v>
+        <v>264.14366130000002</v>
       </c>
       <c r="C347" s="5">
-        <v>0.35516332999998212</v>
+        <v>0.37139286000001448</v>
       </c>
       <c r="D347" s="5">
-        <v>1.6278115174319652</v>
+        <v>1.7027528245845192</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>264.58361597999999</v>
+        <v>264.59723636000001</v>
       </c>
       <c r="C348" s="5">
-        <v>0.45928447000000006</v>
+        <v>0.45357505999999148</v>
       </c>
       <c r="D348" s="5">
-        <v>2.1067468744078166</v>
+        <v>2.0801561830559256</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>265.55575119999997</v>
+        <v>265.56562142000001</v>
       </c>
       <c r="C349" s="5">
-        <v>0.9721352199999842</v>
+        <v>0.9683850600000028</v>
       </c>
       <c r="D349" s="5">
-        <v>4.4992485201894583</v>
+        <v>4.4813057667735912</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>265.05645328999998</v>
+        <v>265.06326762999998</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.49929790999999568</v>
+        <v>-0.50235379000002922</v>
       </c>
       <c r="D350" s="5">
-        <v>-2.2330535498803705</v>
+        <v>-2.246496117830854</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>266.06464030000001</v>
+        <v>266.07032715999998</v>
       </c>
       <c r="C351" s="5">
-        <v>1.0081870100000287</v>
+        <v>1.0070595299999923</v>
       </c>
       <c r="D351" s="5">
-        <v>4.66111201279793</v>
+        <v>4.6556677677278335</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>266.87656593999998</v>
+        <v>266.87657854000003</v>
       </c>
       <c r="C352" s="5">
-        <v>0.81192563999996992</v>
+        <v>0.80625138000004881</v>
       </c>
       <c r="D352" s="5">
-        <v>3.7240234098326219</v>
+        <v>3.6974819147667315</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>266.66103695999999</v>
+        <v>266.65278821999999</v>
       </c>
       <c r="C353" s="5">
-        <v>-0.21552897999998777</v>
+        <v>-0.22379032000003463</v>
       </c>
       <c r="D353" s="5">
-        <v>-0.96482454706146026</v>
+        <v>-1.0016363508786985</v>
       </c>
       <c r="E353" s="5">
-        <v>2.0627509993972559</v>
+        <v>2.0606297221172021</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>266.9841045</v>
+        <v>266.98135669999999</v>
       </c>
       <c r="C354" s="5">
-        <v>0.32306754000001092</v>
+        <v>0.32856848000000127</v>
       </c>
       <c r="D354" s="5">
-        <v>1.4635613458508834</v>
+        <v>1.4886972123353104</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>268.03276774</v>
+        <v>267.99401884000002</v>
       </c>
       <c r="C355" s="5">
-        <v>1.0486632399999962</v>
+        <v>1.0126621400000317</v>
       </c>
       <c r="D355" s="5">
-        <v>4.8165416523815896</v>
+        <v>4.6477727241301725</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>268.87476282</v>
+        <v>268.84733296000002</v>
       </c>
       <c r="C356" s="5">
-        <v>0.84199508000000378</v>
+        <v>0.85331411999999318</v>
       </c>
       <c r="D356" s="5">
-        <v>3.835484092753938</v>
+        <v>3.8885232384107127</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>269.10674073000001</v>
+        <v>269.10273325000003</v>
       </c>
       <c r="C357" s="5">
-        <v>0.23197791000001189</v>
+        <v>0.25540029000001141</v>
       </c>
       <c r="D357" s="5">
-        <v>1.0402547556359387</v>
+        <v>1.1459543107550818</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>269.10387058999999</v>
+        <v>269.10979988999998</v>
       </c>
       <c r="C358" s="5">
-        <v>-2.870140000027277E-3</v>
+        <v>7.0666399999481655E-3</v>
       </c>
       <c r="D358" s="5">
-        <v>-1.2797769254546676E-2</v>
+        <v>3.1516561600364312E-2</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>269.87020176999999</v>
+        <v>269.90492354999998</v>
       </c>
       <c r="C359" s="5">
-        <v>0.76633118000000877</v>
+        <v>0.79512366000000156</v>
       </c>
       <c r="D359" s="5">
-        <v>3.4712921351182757</v>
+        <v>3.603761554199858</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>270.31586363999998</v>
+        <v>270.33711717</v>
       </c>
       <c r="C360" s="5">
-        <v>0.44566186999998081</v>
+        <v>0.43219362000002093</v>
       </c>
       <c r="D360" s="5">
-        <v>1.9997703872404182</v>
+        <v>1.9385508938015494</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>272.58337331000001</v>
+        <v>272.59906903000001</v>
       </c>
       <c r="C361" s="5">
-        <v>2.2675096700000381</v>
+        <v>2.2619518600000106</v>
       </c>
       <c r="D361" s="5">
-        <v>10.543686086279425</v>
+        <v>10.515776874806782</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>272.33977564999998</v>
+        <v>272.34966229999998</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.24359766000003447</v>
+        <v>-0.24940673000003244</v>
       </c>
       <c r="D362" s="5">
-        <v>-1.0671402225881033</v>
+        <v>-1.0923977940582419</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>272.14932239000001</v>
+        <v>272.16140755999999</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.19045325999996976</v>
+        <v>-0.18825473999999076</v>
       </c>
       <c r="D363" s="5">
-        <v>-0.83596645122672175</v>
+        <v>-0.82632314808274154</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>273.04571970000001</v>
+        <v>273.04732184</v>
       </c>
       <c r="C364" s="5">
-        <v>0.89639730999999756</v>
+        <v>0.8859142800000086</v>
       </c>
       <c r="D364" s="5">
-        <v>4.0249190453627737</v>
+        <v>3.9768235149182374</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>273.43269405000001</v>
+        <v>273.41896752999997</v>
       </c>
       <c r="C365" s="5">
-        <v>0.38697435000000269</v>
+        <v>0.37164568999997982</v>
       </c>
       <c r="D365" s="5">
-        <v>1.7140209270635642</v>
+        <v>1.6456071328241562</v>
       </c>
       <c r="E365" s="5">
-        <v>2.5394250195673651</v>
+        <v>2.5374493007054522</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>274.17011315000002</v>
+        <v>274.16509733999999</v>
       </c>
       <c r="C366" s="5">
-        <v>0.73741910000001099</v>
+        <v>0.74612981000001355</v>
       </c>
       <c r="D366" s="5">
-        <v>3.2847108172967765</v>
+        <v>3.3242648265917607</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>275.00996663000001</v>
+        <v>274.95559049000002</v>
       </c>
       <c r="C367" s="5">
-        <v>0.83985347999998794</v>
+        <v>0.79049315000003162</v>
       </c>
       <c r="D367" s="5">
-        <v>3.7384763658700138</v>
+        <v>3.5153273794793494</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>274.73607489</v>
+        <v>274.67667940000001</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.27389174000001049</v>
+        <v>-0.27891109000000824</v>
       </c>
       <c r="D368" s="5">
-        <v>-1.1885958903689153</v>
+        <v>-1.2104947996308457</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>246.92078903999999</v>
+        <v>246.91551845999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-27.815285850000009</v>
+        <v>-27.761160940000025</v>
       </c>
       <c r="D369" s="5">
-        <v>-72.221831882487493</v>
+        <v>-72.156798627012748</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>253.65661660999999</v>
+        <v>253.66616281</v>
       </c>
       <c r="C370" s="5">
-        <v>6.7358275699999979</v>
+        <v>6.7506443500000159</v>
       </c>
       <c r="D370" s="5">
-        <v>38.121876790972166</v>
+        <v>38.219667020311896</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>260.51800960000003</v>
+        <v>260.57309536999998</v>
       </c>
       <c r="C371" s="5">
-        <v>6.8613929900000414</v>
+        <v>6.9069325599999729</v>
       </c>
       <c r="D371" s="5">
-        <v>37.752241119277755</v>
+        <v>38.039822225827891</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>260.77940422</v>
+        <v>260.81016914999998</v>
       </c>
       <c r="C372" s="5">
-        <v>0.26139461999997593</v>
+        <v>0.2370737800000029</v>
       </c>
       <c r="D372" s="5">
-        <v>1.2107046135170219</v>
+        <v>1.0972600230918506</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>260.86920015999999</v>
+        <v>260.89187620000001</v>
       </c>
       <c r="C373" s="5">
-        <v>8.9795939999987695E-2</v>
+        <v>8.1707050000034087E-2</v>
       </c>
       <c r="D373" s="5">
-        <v>0.41398758092734411</v>
+        <v>0.37658646208109658</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>262.21909872999998</v>
+        <v>262.23607886999997</v>
       </c>
       <c r="C374" s="5">
-        <v>1.3498985699999935</v>
+        <v>1.3442026699999587</v>
       </c>
       <c r="D374" s="5">
-        <v>6.3893522586268237</v>
+        <v>6.3610551127017079</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>261.63097071999999</v>
+        <v>261.65037903000001</v>
       </c>
       <c r="C375" s="5">
-        <v>-0.58812800999999126</v>
+        <v>-0.58569983999996111</v>
       </c>
       <c r="D375" s="5">
-        <v>-2.6585107018523346</v>
+        <v>-2.6474998131689409</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>263.69463796999997</v>
+        <v>263.70051580000001</v>
       </c>
       <c r="C376" s="5">
-        <v>2.0636672499999804</v>
+        <v>2.0501367699999946</v>
       </c>
       <c r="D376" s="5">
-        <v>9.8868578840631614</v>
+        <v>9.818455872685373</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>265.21690430000001</v>
+        <v>265.19903820000002</v>
       </c>
       <c r="C377" s="5">
-        <v>1.5222663300000363</v>
+        <v>1.498522400000013</v>
       </c>
       <c r="D377" s="5">
-        <v>7.1516424045978466</v>
+        <v>7.0364224075346371</v>
       </c>
       <c r="E377" s="5">
-        <v>-3.004684490471965</v>
+        <v>-3.0063493415459774</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>265.97413183999998</v>
+        <v>265.95286916999999</v>
       </c>
       <c r="C378" s="5">
-        <v>0.75722753999997394</v>
+        <v>0.75383096999996724</v>
       </c>
       <c r="D378" s="5">
-        <v>3.480467402152998</v>
+        <v>3.4648478612031353</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>265.64643790000002</v>
+        <v>265.57682247000002</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.32769393999996055</v>
+        <v>-0.37604669999996077</v>
       </c>
       <c r="D379" s="5">
-        <v>-1.4684848525822525</v>
+        <v>-1.6836186435786993</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>267.32737889999999</v>
+        <v>267.22389527000001</v>
       </c>
       <c r="C380" s="5">
-        <v>1.6809409999999616</v>
+        <v>1.6470727999999895</v>
       </c>
       <c r="D380" s="5">
-        <v>7.8632052653687889</v>
+        <v>7.7014223697486228</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>270.36928817</v>
+        <v>270.36031709000002</v>
       </c>
       <c r="C381" s="5">
-        <v>3.0419092700000192</v>
+        <v>3.1364218200000096</v>
       </c>
       <c r="D381" s="5">
-        <v>14.542592584721771</v>
+        <v>15.030201779450714</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>272.26307979000001</v>
+        <v>272.27693449999998</v>
       </c>
       <c r="C382" s="5">
-        <v>1.8937916200000018</v>
+        <v>1.916617409999958</v>
       </c>
       <c r="D382" s="5">
-        <v>8.7368487892989002</v>
+        <v>8.8465987119515042</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>273.76887470000003</v>
+        <v>273.85305783000001</v>
       </c>
       <c r="C383" s="5">
-        <v>1.5057949100000201</v>
+        <v>1.5761233300000299</v>
       </c>
       <c r="D383" s="5">
-        <v>6.8424444549923802</v>
+        <v>7.1718943066236163</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>278.15665060999999</v>
+        <v>278.20993292999998</v>
       </c>
       <c r="C384" s="5">
-        <v>4.3877759099999594</v>
+        <v>4.3568750999999679</v>
       </c>
       <c r="D384" s="5">
-        <v>21.022056430482717</v>
+        <v>20.853836984068373</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>276.97920571999998</v>
+        <v>277.03074081</v>
       </c>
       <c r="C385" s="5">
-        <v>-1.1774448900000039</v>
+        <v>-1.179192119999982</v>
       </c>
       <c r="D385" s="5">
-        <v>-4.9630242320202633</v>
+        <v>-4.9692882787198966</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>278.08631535000001</v>
+        <v>278.12674113000003</v>
       </c>
       <c r="C386" s="5">
-        <v>1.1071096300000249</v>
+        <v>1.0960003200000301</v>
       </c>
       <c r="D386" s="5">
-        <v>4.903366696540723</v>
+        <v>4.852165611563497</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>280.41809116000002</v>
+        <v>280.43804584999998</v>
       </c>
       <c r="C387" s="5">
-        <v>2.3317758100000106</v>
+        <v>2.3113047199999528</v>
       </c>
       <c r="D387" s="5">
-        <v>10.539356380375619</v>
+        <v>10.440972217599986</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>280.00528400000002</v>
+        <v>280.03192393</v>
       </c>
       <c r="C388" s="5">
-        <v>-0.41280715999999984</v>
+        <v>-0.40612191999997549</v>
       </c>
       <c r="D388" s="5">
-        <v>-1.7523027624846033</v>
+        <v>-1.7240289141035814</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>281.09781880000003</v>
+        <v>281.08726904999997</v>
       </c>
       <c r="C389" s="5">
-        <v>1.0925348000000099</v>
+        <v>1.0553451199999699</v>
       </c>
       <c r="D389" s="5">
-        <v>4.7840026059398522</v>
+        <v>4.6173181177692202</v>
       </c>
       <c r="E389" s="5">
-        <v>5.9878967903329139</v>
+        <v>5.9910590015103349</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>282.00303052999999</v>
+        <v>281.93255435999998</v>
       </c>
       <c r="C390" s="5">
-        <v>0.90521172999996224</v>
+        <v>0.84528531000000839</v>
       </c>
       <c r="D390" s="5">
-        <v>3.9335107399968372</v>
+        <v>3.6689263806809702</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>283.73482911000002</v>
+        <v>283.6137933</v>
       </c>
       <c r="C391" s="5">
-        <v>1.7317985800000315</v>
+        <v>1.6812389400000143</v>
       </c>
       <c r="D391" s="5">
-        <v>7.6233462521275275</v>
+        <v>7.395347787960671</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>285.16358274999999</v>
+        <v>284.99139539999999</v>
       </c>
       <c r="C392" s="5">
-        <v>1.4287536399999681</v>
+        <v>1.3776020999999901</v>
       </c>
       <c r="D392" s="5">
-        <v>6.2128232687135965</v>
+        <v>5.9870466865368011</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>286.20896957999997</v>
+        <v>286.19662684000002</v>
       </c>
       <c r="C393" s="5">
-        <v>1.045386829999984</v>
+        <v>1.2052314400000341</v>
       </c>
       <c r="D393" s="5">
-        <v>4.4888938224791675</v>
+        <v>5.1945296609091862</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>286.85068178</v>
+        <v>286.85570016000003</v>
       </c>
       <c r="C394" s="5">
-        <v>0.64171220000002904</v>
+        <v>0.65907332000000451</v>
       </c>
       <c r="D394" s="5">
-        <v>2.7239606904980729</v>
+        <v>2.7987139459980215</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>286.8215826</v>
+        <v>286.96526110000002</v>
       </c>
       <c r="C395" s="5">
-        <v>-2.9099180000002889E-2</v>
+        <v>0.10956093999999439</v>
       </c>
       <c r="D395" s="5">
-        <v>-0.12166448289971932</v>
+        <v>0.4592889723497473</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>289.81629292000002</v>
+        <v>289.91578414000003</v>
       </c>
       <c r="C396" s="5">
-        <v>2.9947103200000242</v>
+        <v>2.9505230400000073</v>
       </c>
       <c r="D396" s="5">
-        <v>13.274363599739502</v>
+        <v>13.060373841406459</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>290.94693371</v>
+        <v>291.04176387000001</v>
       </c>
       <c r="C397" s="5">
-        <v>1.1306407899999726</v>
+        <v>1.1259797299999832</v>
       </c>
       <c r="D397" s="5">
-        <v>4.7832464645867212</v>
+        <v>4.7614346777266947</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>292.96350533999998</v>
+        <v>293.03843584999998</v>
       </c>
       <c r="C398" s="5">
-        <v>2.0165716299999872</v>
+        <v>1.9966719799999737</v>
       </c>
       <c r="D398" s="5">
-        <v>8.6417784035815579</v>
+        <v>8.5503642081406603</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>291.31427093000002</v>
+        <v>291.33388872</v>
       </c>
       <c r="C399" s="5">
-        <v>-1.6492344099999627</v>
+        <v>-1.7045471299999804</v>
       </c>
       <c r="D399" s="5">
-        <v>-6.5500992539467067</v>
+        <v>-6.7611260976865317</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>291.6826714</v>
+        <v>291.72839778000002</v>
       </c>
       <c r="C400" s="5">
-        <v>0.36840046999998322</v>
+        <v>0.39450906000001851</v>
       </c>
       <c r="D400" s="5">
-        <v>1.5281379837531528</v>
+        <v>1.6371343296802676</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>293.00357378000001</v>
+        <v>292.99059727999997</v>
       </c>
       <c r="C401" s="5">
-        <v>1.3209023800000068</v>
+        <v>1.2621994999999515</v>
       </c>
       <c r="D401" s="5">
-        <v>5.571687555186311</v>
+        <v>5.3172997493691421</v>
       </c>
       <c r="E401" s="5">
-        <v>4.2354490799058286</v>
+        <v>4.2347447005444572</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>294.26565412000002</v>
+        <v>294.10981292999998</v>
       </c>
       <c r="C402" s="5">
-        <v>1.2620803400000113</v>
+        <v>1.119215650000001</v>
       </c>
       <c r="D402" s="5">
-        <v>5.2930957726401218</v>
+        <v>4.6815107780280529</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>295.95023429999998</v>
+        <v>295.75763053999998</v>
       </c>
       <c r="C403" s="5">
-        <v>1.6845801799999549</v>
+        <v>1.6478176100000042</v>
       </c>
       <c r="D403" s="5">
-        <v>7.0901070843123248</v>
+        <v>6.9343711342534808</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>296.76081541000002</v>
+        <v>296.51907940000001</v>
       </c>
       <c r="C404" s="5">
-        <v>0.81058111000004374</v>
+        <v>0.76144886000002998</v>
       </c>
       <c r="D404" s="5">
-        <v>3.3366577854943902</v>
+        <v>3.133609703484197</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>295.57300803999999</v>
+        <v>295.56750817</v>
       </c>
       <c r="C405" s="5">
-        <v>-1.18780737000003</v>
+        <v>-0.9515712300000132</v>
       </c>
       <c r="D405" s="5">
-        <v>-4.6987518971913218</v>
+        <v>-3.7837192096559003</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>297.60155165999998</v>
+        <v>297.59472848000001</v>
       </c>
       <c r="C406" s="5">
-        <v>2.0285436199999936</v>
+        <v>2.0272203100000183</v>
       </c>
       <c r="D406" s="5">
-        <v>8.5538017564234394</v>
+        <v>8.5481746837205996</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>299.44451929000002</v>
+        <v>299.68326268999999</v>
       </c>
       <c r="C407" s="5">
-        <v>1.8429676300000324</v>
+        <v>2.0885342099999775</v>
       </c>
       <c r="D407" s="5">
-        <v>7.6896904806976529</v>
+        <v>8.7544538691412441</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>297.79555908999998</v>
+        <v>297.94780646999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-1.6489602000000332</v>
+        <v>-1.7354562200000032</v>
       </c>
       <c r="D408" s="5">
-        <v>-6.4115659970759076</v>
+        <v>-6.7320459711322389</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>298.02502692000002</v>
+        <v>298.17037501999999</v>
       </c>
       <c r="C409" s="5">
-        <v>0.22946783000003279</v>
+        <v>0.22256855000000542</v>
       </c>
       <c r="D409" s="5">
-        <v>0.9285947561192609</v>
+        <v>0.90009829291692878</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>299.11602385999998</v>
+        <v>299.22950804999999</v>
       </c>
       <c r="C410" s="5">
-        <v>1.0909969399999682</v>
+        <v>1.0591330299999981</v>
       </c>
       <c r="D410" s="5">
-        <v>4.4824430567299345</v>
+        <v>4.3467974037802337</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>300.52903837000002</v>
+        <v>300.53231369000002</v>
       </c>
       <c r="C411" s="5">
-        <v>1.4130145100000391</v>
+        <v>1.302805640000031</v>
       </c>
       <c r="D411" s="5">
-        <v>5.818390369472981</v>
+        <v>5.3515853413323544</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>298.94025864000002</v>
+        <v>298.99827879999998</v>
       </c>
       <c r="C412" s="5">
-        <v>-1.5887797299999988</v>
+        <v>-1.5340348900000436</v>
       </c>
       <c r="D412" s="5">
-        <v>-6.1626854365818495</v>
+        <v>-5.9562017155563529</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>299.80104762000002</v>
+        <v>299.78132077999999</v>
       </c>
       <c r="C413" s="5">
-        <v>0.86078897999999526</v>
+        <v>0.78304198000000724</v>
       </c>
       <c r="D413" s="5">
-        <v>3.5106133735814948</v>
+        <v>3.1883254582546483</v>
       </c>
       <c r="E413" s="5">
-        <v>2.3199286453426948</v>
+        <v>2.3177274503148659</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>299.96872632999998</v>
+        <v>299.71555631000001</v>
       </c>
       <c r="C414" s="5">
-        <v>0.16767870999996148</v>
+        <v>-6.5764469999976427E-2</v>
       </c>
       <c r="D414" s="5">
-        <v>0.67322837859256079</v>
+        <v>-0.26293237597320163</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>299.21346096000002</v>
+        <v>298.94083809</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.75526536999996097</v>
+        <v>-0.77471822000001112</v>
       </c>
       <c r="D415" s="5">
-        <v>-2.9798856678241559</v>
+        <v>-3.0580942083267559</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>300.96983900999999</v>
+        <v>300.67718066999998</v>
       </c>
       <c r="C416" s="5">
-        <v>1.7563780499999666</v>
+        <v>1.7363425799999845</v>
       </c>
       <c r="D416" s="5">
-        <v>7.2759033901782288</v>
+        <v>7.1970069814774051</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>301.18788275999998</v>
+        <v>301.20657535999999</v>
       </c>
       <c r="C417" s="5">
-        <v>0.21804374999999254</v>
+        <v>0.52939469000000372</v>
       </c>
       <c r="D417" s="5">
-        <v>0.87283695916515747</v>
+        <v>2.1333899712089321</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>300.79496075999998</v>
+        <v>300.77578627999998</v>
       </c>
       <c r="C418" s="5">
-        <v>-0.39292199999999866</v>
+        <v>-0.43078908000001093</v>
       </c>
       <c r="D418" s="5">
-        <v>-1.5543053424864506</v>
+        <v>-1.7028175122601463</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>301.03716070000002</v>
+        <v>301.37511273000001</v>
       </c>
       <c r="C419" s="5">
-        <v>0.24219994000003453</v>
+        <v>0.59932645000003504</v>
       </c>
       <c r="D419" s="5">
-        <v>0.97052994271669135</v>
+        <v>2.4175023591352041</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>301.11600075000001</v>
+        <v>301.31559189000001</v>
       </c>
       <c r="C420" s="5">
-        <v>7.8840049999996609E-2</v>
+        <v>-5.9520840000004682E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>0.31472677413235672</v>
+        <v>-0.23673976912901296</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>302.02351831999999</v>
+        <v>302.20737524999998</v>
       </c>
       <c r="C421" s="5">
-        <v>0.90751756999998179</v>
+        <v>0.89178335999997671</v>
       </c>
       <c r="D421" s="5">
-        <v>3.6771724333030553</v>
+        <v>3.6099451201611288</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>302.15609863999998</v>
+        <v>302.29546714999998</v>
       </c>
       <c r="C422" s="5">
-        <v>0.13258031999998821</v>
+        <v>8.8091899999994894E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>0.52804186417405585</v>
+        <v>0.3503551881132605</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>301.82107427</v>
+        <v>301.83637639</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.33502436999998508</v>
+        <v>-0.45909075999998095</v>
       </c>
       <c r="D423" s="5">
-        <v>-1.3224508641562105</v>
+        <v>-1.8072732833679384</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>303.49120085999999</v>
+        <v>303.56255195</v>
       </c>
       <c r="C424" s="5">
-        <v>1.6701265899999953</v>
+        <v>1.7261755600000015</v>
       </c>
       <c r="D424" s="5">
-        <v>6.8460624998465835</v>
+        <v>7.0827215841141156</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>304.08453598</v>
+        <v>304.05980794999999</v>
       </c>
       <c r="C425" s="5">
-        <v>0.5933351200000061</v>
+        <v>0.49725599999999304</v>
       </c>
       <c r="D425" s="5">
-        <v>2.3714301563795726</v>
+        <v>1.9834878043105908</v>
       </c>
       <c r="E425" s="5">
-        <v>1.428776981936819</v>
+        <v>1.4272027219267125</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>304.68818085999999</v>
+        <v>305.29551096</v>
       </c>
       <c r="C426" s="5">
-        <v>0.60364487999999028</v>
+        <v>1.2357030100000088</v>
       </c>
       <c r="D426" s="5">
-        <v>2.4083278645634643</v>
+        <v>4.9873127979031207</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>304.93058814</v>
+        <v>305.54965145</v>
       </c>
       <c r="C427" s="5">
-        <v>0.242407280000009</v>
+        <v>0.2541404899999975</v>
       </c>
       <c r="D427" s="5">
-        <v>0.95889828706798852</v>
+        <v>1.0035153959405019</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>304.00053684</v>
+        <v>304.63845964000001</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.93005130000000236</v>
+        <v>-0.91119180999999116</v>
       </c>
       <c r="D428" s="5">
-        <v>-3.5992729272309787</v>
+        <v>-3.5204526038752681</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>304.70429202999998</v>
+        <v>304.08690682000002</v>
       </c>
       <c r="C429" s="5">
-        <v>0.70375518999998121</v>
+        <v>-0.55155281999998351</v>
       </c>
       <c r="D429" s="5">
-        <v>2.8136207492726051</v>
+        <v>-2.1511147019321331</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>305.36425539999999</v>
+        <v>304.55928169999999</v>
       </c>
       <c r="C430" s="5">
-        <v>0.65996337000001404</v>
+        <v>0.47237487999996119</v>
       </c>
       <c r="D430" s="5">
-        <v>2.6302835540563452</v>
+        <v>1.8801140997285692</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>305.26448486999999</v>
+        <v>303.96620627999999</v>
       </c>
       <c r="C431" s="5">
-        <v>-9.977053000000069E-2</v>
+        <v>-0.59307541999999103</v>
       </c>
       <c r="D431" s="5">
-        <v>-0.39136776326132994</v>
+        <v>-2.3119221909039034</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>306.72323514999999</v>
+        <v>305.77466332</v>
       </c>
       <c r="C432" s="5">
-        <v>1.4587502800000038</v>
+        <v>1.8084570400000075</v>
       </c>
       <c r="D432" s="5">
-        <v>5.8875133191729656</v>
+        <v>7.377755407922848</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>306.80639126</v>
+        <v>305.83447890999997</v>
       </c>
       <c r="C433" s="5">
-        <v>8.3156110000004446E-2</v>
+        <v>5.9815589999971053E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>0.3258190093011315</v>
+        <v>0.2349965329531134</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>306.1953317</v>
+        <v>305.2129114</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.61105956000000106</v>
+        <v>-0.62156750999997712</v>
       </c>
       <c r="D434" s="5">
-        <v>-2.3640059569639882</v>
+        <v>-2.4117613334435961</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>305.39300039</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.18008899000000156</v>
+      </c>
+      <c r="D435" s="5">
+        <v>0.71035490210207275</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>306.02067685999998</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.62767646999998306</v>
+      </c>
+      <c r="D436" s="5">
+        <v>2.4944409841372028</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">