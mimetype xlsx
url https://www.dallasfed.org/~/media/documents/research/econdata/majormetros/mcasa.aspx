--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{80C89200-DE6A-49A8-96E4-F2CBE8E573A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{602F6597-9B0F-47CF-AC20-E615A97CCB83}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{430791CC-D04C-4CAC-BEEE-2C09744E1172}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F9C049C0-3824-4A0A-9FAC-6612D6859583}"/>
   </bookViews>
   <sheets>
     <sheet name="mcanaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Total Nonfarm Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A0CCA770-D013-4758-897A-89B0CD16D26D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7051C977-07CD-4929-AE7E-0EA41216E5FE}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>303.96620627999999</v>
       </c>
       <c r="C431" s="5">
         <v>-0.59307541999999103</v>
       </c>
       <c r="D431" s="5">
         <v>-2.3119221909039034</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>305.77466332</v>
       </c>
       <c r="C432" s="5">
         <v>1.8084570400000075</v>
       </c>
       <c r="D432" s="5">
         <v>7.377755407922848</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>305.83447890999997</v>
       </c>
       <c r="C433" s="5">
         <v>5.9815589999971053E-2</v>
       </c>
       <c r="D433" s="5">
         <v>0.2349965329531134</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>305.2129114</v>
       </c>
       <c r="C434" s="5">
         <v>-0.62156750999997712</v>
       </c>
       <c r="D434" s="5">
         <v>-2.4117613334435961</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>305.39300039</v>
       </c>
       <c r="C435" s="5">
         <v>0.18008899000000156</v>
       </c>
       <c r="D435" s="5">
         <v>0.71035490210207275</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>306.02067685999998</v>
+        <v>305.51982842000001</v>
       </c>
       <c r="C436" s="5">
-        <v>0.62767646999998306</v>
+        <v>0.12682803000001286</v>
       </c>
       <c r="D436" s="5">
-        <v>2.4944409841372028</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.4994932626582349</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>306.44783926999997</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.92801084999996419</v>
+      </c>
+      <c r="D437" s="5">
+        <v>3.7064922116252008</v>
+      </c>
+      <c r="E437" s="5">
+        <v>0.78538210495504579</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>