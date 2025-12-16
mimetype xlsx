--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{3F580FBB-FAFF-442F-8338-554FEAB87673}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{BFA96319-2BA3-4522-8276-6D86D0529193}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{987FAC85-22A7-439B-BB1E-09CF89BB46F7}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6196DAAE-23B2-4051-A1C8-35E6BA0B8E5C}"/>
   </bookViews>
   <sheets>
     <sheet name="mcaserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Services Providing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2A116C1F-A2B8-408A-A9A2-DAD3E458BCAA}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F7490B9-1191-40FD-BD6B-66C130C6D582}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>7.5266100000135339E-3</v>
       </c>
       <c r="D431" s="5">
         <v>3.1286996968260539E-2</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>290.17034803000001</v>
       </c>
       <c r="C432" s="5">
         <v>1.4413725800000066</v>
       </c>
       <c r="D432" s="5">
         <v>6.1578050129476258</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>289.09204016000001</v>
+        <v>290.18443034000001</v>
       </c>
       <c r="C433" s="5">
-        <v>-1.0783078700000033</v>
+        <v>1.4082309999992049E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>-4.3693207388409983</v>
+        <v>5.825296585300066E-2</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>289.62729710999997</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.55713323000003356</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-2.2797402791683519</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>