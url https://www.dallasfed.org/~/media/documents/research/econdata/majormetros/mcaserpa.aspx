--- v1 (2025-12-16)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{BFA96319-2BA3-4522-8276-6D86D0529193}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{3E46494A-D42B-4DEA-918B-A1FCF6BB662E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6196DAAE-23B2-4051-A1C8-35E6BA0B8E5C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{005F91CD-48DE-470A-B423-893B7195AE93}"/>
   </bookViews>
   <sheets>
     <sheet name="mcaserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Services Providing Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F7490B9-1191-40FD-BD6B-66C130C6D582}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{62A293FF-B2BC-446F-A7E7-171E9DCB2C11}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>81.866867662999994</v>
+        <v>81.866848313000006</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>81.869052386000007</v>
+        <v>81.868932630000003</v>
       </c>
       <c r="C7" s="5">
-        <v>2.1847230000133777E-3</v>
+        <v>2.0843169999977817E-3</v>
       </c>
       <c r="D7" s="5">
-        <v>3.2028249074311788E-2</v>
+        <v>3.055608856803449E-2</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>82.827380887999993</v>
+        <v>82.827327698999994</v>
       </c>
       <c r="C8" s="5">
-        <v>0.95832850199998632</v>
+        <v>0.95839506899999094</v>
       </c>
       <c r="D8" s="5">
-        <v>14.987327530520101</v>
+        <v>14.988459851663528</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>83.275145115000001</v>
+        <v>83.275025194999998</v>
       </c>
       <c r="C9" s="5">
-        <v>0.44776422700000751</v>
+        <v>0.44769749600000353</v>
       </c>
       <c r="D9" s="5">
-        <v>6.6835931983998842</v>
+        <v>6.6825717554861441</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>84.311189288999998</v>
+        <v>84.311425596000007</v>
       </c>
       <c r="C10" s="5">
-        <v>1.036044173999997</v>
+        <v>1.0364004010000087</v>
       </c>
       <c r="D10" s="5">
-        <v>15.994609662573666</v>
+        <v>16.000515568794537</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>84.819107396999996</v>
+        <v>84.819260861999993</v>
       </c>
       <c r="C11" s="5">
-        <v>0.50791810799999837</v>
+        <v>0.50783526599998652</v>
       </c>
       <c r="D11" s="5">
-        <v>7.4735978674879577</v>
+        <v>7.4723166111869244</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>83.793005923999999</v>
+        <v>83.793074258000004</v>
       </c>
       <c r="C12" s="5">
-        <v>-1.0261014729999971</v>
+        <v>-1.0261866039999887</v>
       </c>
       <c r="D12" s="5">
-        <v>-13.589032208324403</v>
+        <v>-13.590062715390005</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>83.691114607000003</v>
+        <v>83.691144598999998</v>
       </c>
       <c r="C13" s="5">
-        <v>-0.10189131699999621</v>
+        <v>-0.10192965900000672</v>
       </c>
       <c r="D13" s="5">
-        <v>-1.4494664967762527</v>
+        <v>-1.4500071166199113</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>84.080474206999995</v>
+        <v>84.080464775999999</v>
       </c>
       <c r="C14" s="5">
-        <v>0.3893595999999917</v>
+        <v>0.38932017700000188</v>
       </c>
       <c r="D14" s="5">
-        <v>5.7279000563738691</v>
+        <v>5.7273030781217704</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>84.275970610000002</v>
+        <v>84.275967778999998</v>
       </c>
       <c r="C15" s="5">
-        <v>0.19549640300000704</v>
+        <v>0.1955030029999989</v>
       </c>
       <c r="D15" s="5">
-        <v>2.8260912457800824</v>
+        <v>2.8261881997303728</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>84.208606619999998</v>
+        <v>84.208529577999997</v>
       </c>
       <c r="C16" s="5">
-        <v>-6.7363990000004037E-2</v>
+        <v>-6.7438201000001641E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>-0.9549857488140745</v>
+        <v>-0.95603320729995556</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>84.809698863999998</v>
+        <v>84.809591464999997</v>
       </c>
       <c r="C17" s="5">
-        <v>0.60109224400000016</v>
+        <v>0.60106188700000018</v>
       </c>
       <c r="D17" s="5">
-        <v>8.9101807666543955</v>
+        <v>8.9097214386115056</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>85.254731933000002</v>
+        <v>85.254741394000007</v>
       </c>
       <c r="C18" s="5">
-        <v>0.44503306900000439</v>
+        <v>0.44514992900001005</v>
       </c>
       <c r="D18" s="5">
-        <v>6.4818687486698945</v>
+        <v>6.4836286873362514</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>85.430991661999997</v>
+        <v>85.430883261999995</v>
       </c>
       <c r="C19" s="5">
-        <v>0.17625972899999454</v>
+        <v>0.17614186799998777</v>
       </c>
       <c r="D19" s="5">
-        <v>2.5093436302500161</v>
+        <v>2.507646293173682</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>85.956595383000007</v>
+        <v>85.956535720000005</v>
       </c>
       <c r="C20" s="5">
-        <v>0.52560372100001018</v>
+        <v>0.52565245800001037</v>
       </c>
       <c r="D20" s="5">
-        <v>7.6378696404708846</v>
+        <v>7.6386120276245029</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>85.040811387999995</v>
+        <v>85.040712901000006</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.9157839950000124</v>
+        <v>-0.91582281899999884</v>
       </c>
       <c r="D21" s="5">
-        <v>-12.061657026557359</v>
+        <v>-12.062146675210993</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>85.631036011000006</v>
+        <v>85.631253301000001</v>
       </c>
       <c r="C22" s="5">
-        <v>0.59022462300001166</v>
+        <v>0.59054039999999475</v>
       </c>
       <c r="D22" s="5">
-        <v>8.6539797373490046</v>
+        <v>8.6587983785716638</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>85.380821582999999</v>
+        <v>85.380960193000007</v>
       </c>
       <c r="C23" s="5">
-        <v>-0.25021442800000671</v>
+        <v>-0.25029310799999394</v>
       </c>
       <c r="D23" s="5">
-        <v>-3.4506012542810605</v>
+        <v>-3.4516602951484066</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>86.272438553000001</v>
+        <v>86.272481814000002</v>
       </c>
       <c r="C24" s="5">
-        <v>0.89161697000000117</v>
+        <v>0.89152162099999543</v>
       </c>
       <c r="D24" s="5">
-        <v>13.276789603319861</v>
+        <v>13.275264475357806</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>86.695742510000002</v>
+        <v>86.695752576999993</v>
       </c>
       <c r="C25" s="5">
-        <v>0.42330395700000167</v>
+        <v>0.42327076299999078</v>
       </c>
       <c r="D25" s="5">
-        <v>6.0494351178810524</v>
+        <v>6.0489447538473851</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>86.610088814999997</v>
+        <v>86.610038474999996</v>
       </c>
       <c r="C26" s="5">
-        <v>-8.5653695000004859E-2</v>
+        <v>-8.5714101999997183E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>-1.1791553630451701</v>
+        <v>-1.1799823056408032</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>86.584479685999995</v>
+        <v>86.584483418000005</v>
       </c>
       <c r="C27" s="5">
-        <v>-2.5609129000002895E-2</v>
+        <v>-2.5555056999991166E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>-0.35424311454894664</v>
+        <v>-0.35349657191423578</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>86.815169401000006</v>
+        <v>86.815074973999998</v>
       </c>
       <c r="C28" s="5">
-        <v>0.23068971500001112</v>
+        <v>0.23059155599999315</v>
       </c>
       <c r="D28" s="5">
-        <v>3.2444669724304376</v>
+        <v>3.2430660186354876</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>87.193454629000001</v>
+        <v>87.193331193000006</v>
       </c>
       <c r="C29" s="5">
-        <v>0.37828522799999575</v>
+        <v>0.37825621900000783</v>
       </c>
       <c r="D29" s="5">
-        <v>5.3559856096882186</v>
+        <v>5.3555709564604426</v>
       </c>
       <c r="E29" s="5">
-        <v>2.8107112711514004</v>
+        <v>2.8106959210902005</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>86.897952661999994</v>
+        <v>86.898027446</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.29550196700000697</v>
+        <v>-0.2953037470000055</v>
       </c>
       <c r="D30" s="5">
-        <v>-3.9918911142495683</v>
+        <v>-3.9892686134809341</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>87.596458939000001</v>
+        <v>87.596422520999994</v>
       </c>
       <c r="C31" s="5">
-        <v>0.698506277000007</v>
+        <v>0.69839507499999343</v>
       </c>
       <c r="D31" s="5">
-        <v>10.083966577652603</v>
+        <v>10.082280532073028</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>87.558980048999999</v>
+        <v>87.558931896000004</v>
       </c>
       <c r="C32" s="5">
-        <v>-3.7478890000002707E-2</v>
+        <v>-3.7490624999989564E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>-0.51222371282892976</v>
+        <v>-0.51238393016388439</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>88.017697155999997</v>
+        <v>88.017642432000002</v>
       </c>
       <c r="C33" s="5">
-        <v>0.45871710699999824</v>
+        <v>0.45871053599999811</v>
       </c>
       <c r="D33" s="5">
-        <v>6.4710883868545066</v>
+        <v>6.4709966650219108</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>88.407488935000003</v>
+        <v>88.407691244000006</v>
       </c>
       <c r="C34" s="5">
-        <v>0.3897917790000065</v>
+        <v>0.39004881200000341</v>
       </c>
       <c r="D34" s="5">
-        <v>5.4456439061366435</v>
+        <v>5.4493262660182396</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>88.985637925000006</v>
+        <v>88.985757704999997</v>
       </c>
       <c r="C35" s="5">
-        <v>0.57814899000000253</v>
+        <v>0.5780664609999917</v>
       </c>
       <c r="D35" s="5">
-        <v>8.136013257951058</v>
+        <v>8.1347904958799955</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>89.445590592000002</v>
+        <v>89.445613475000002</v>
       </c>
       <c r="C36" s="5">
-        <v>0.45995266699999604</v>
+        <v>0.45985577000000433</v>
       </c>
       <c r="D36" s="5">
-        <v>6.3820153422293524</v>
+        <v>6.3806235841054493</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>90.013073066000004</v>
+        <v>90.013070358999997</v>
       </c>
       <c r="C37" s="5">
-        <v>0.56748247400000196</v>
+        <v>0.56745688399999494</v>
       </c>
       <c r="D37" s="5">
-        <v>7.884694143759563</v>
+        <v>7.8843240072660858</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>90.445289473000003</v>
+        <v>90.445166775999994</v>
       </c>
       <c r="C38" s="5">
-        <v>0.43221640699999853</v>
+        <v>0.43209641699999679</v>
       </c>
       <c r="D38" s="5">
-        <v>5.9166827685195766</v>
+        <v>5.9149967803892478</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>91.492215850999997</v>
+        <v>91.492238536000002</v>
       </c>
       <c r="C39" s="5">
-        <v>1.0469263779999949</v>
+        <v>1.0470717600000086</v>
       </c>
       <c r="D39" s="5">
-        <v>14.809629112698254</v>
+        <v>14.811839724791366</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>92.509204816999997</v>
+        <v>92.509093648999993</v>
       </c>
       <c r="C40" s="5">
-        <v>1.0169889659999996</v>
+        <v>1.0168551129999912</v>
       </c>
       <c r="D40" s="5">
-        <v>14.185149260935459</v>
+        <v>14.18316294727</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>92.356576361999998</v>
+        <v>92.356434840000006</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.15262845499999855</v>
+        <v>-0.15265880899998763</v>
       </c>
       <c r="D41" s="5">
-        <v>-1.9619805043269323</v>
+        <v>-1.9623694956609095</v>
       </c>
       <c r="E41" s="5">
-        <v>5.9214556355962733</v>
+        <v>5.9214432759445934</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>92.781132315999997</v>
+        <v>92.781274378999996</v>
       </c>
       <c r="C42" s="5">
-        <v>0.42455595399999879</v>
+        <v>0.42483953899998994</v>
       </c>
       <c r="D42" s="5">
-        <v>5.657934606044468</v>
+        <v>5.6618188821794035</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>93.470379750999996</v>
+        <v>93.470406107000002</v>
       </c>
       <c r="C43" s="5">
-        <v>0.68924743499999863</v>
+        <v>0.68913172800000666</v>
       </c>
       <c r="D43" s="5">
-        <v>9.287895919856993</v>
+        <v>9.2862576762513083</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>93.769309007000004</v>
+        <v>93.769264969999995</v>
       </c>
       <c r="C44" s="5">
-        <v>0.29892925600000808</v>
+        <v>0.29885886299999243</v>
       </c>
       <c r="D44" s="5">
-        <v>3.9059703197792617</v>
+        <v>3.9050331715073217</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>94.774797031000006</v>
+        <v>94.774783728000003</v>
       </c>
       <c r="C45" s="5">
-        <v>1.0054880240000017</v>
+        <v>1.005518758000008</v>
       </c>
       <c r="D45" s="5">
-        <v>13.654272959129244</v>
+        <v>13.654722031307042</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>94.278433758000006</v>
+        <v>94.278610803000007</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.49636327300000005</v>
+        <v>-0.49617292499999621</v>
       </c>
       <c r="D46" s="5">
-        <v>-6.1068408151450644</v>
+        <v>-6.1045667806515773</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>94.589458694000001</v>
+        <v>94.589548527999995</v>
       </c>
       <c r="C47" s="5">
-        <v>0.31102493599999548</v>
+        <v>0.31093772499998806</v>
       </c>
       <c r="D47" s="5">
-        <v>4.0314312915443296</v>
+        <v>4.0302725937314543</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>95.125875699999995</v>
+        <v>95.125867698999997</v>
       </c>
       <c r="C48" s="5">
-        <v>0.53641700599999353</v>
+        <v>0.53631917100000237</v>
       </c>
       <c r="D48" s="5">
-        <v>7.021524138821289</v>
+        <v>7.0201964366103597</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>95.368392028000002</v>
+        <v>95.368363625000001</v>
       </c>
       <c r="C49" s="5">
-        <v>0.24251632800000777</v>
+        <v>0.24249592600000369</v>
       </c>
       <c r="D49" s="5">
-        <v>3.1025743402001815</v>
+        <v>3.1023099263870924</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>95.067227453000001</v>
+        <v>95.067009478000003</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.30116457500000138</v>
+        <v>-0.30135414699999785</v>
       </c>
       <c r="D50" s="5">
-        <v>-3.7243593931545416</v>
+        <v>-3.7266642386828419</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>95.488585994999994</v>
+        <v>95.488651396999998</v>
       </c>
       <c r="C51" s="5">
-        <v>0.42135854199999301</v>
+        <v>0.42164191899999537</v>
       </c>
       <c r="D51" s="5">
-        <v>5.4502486425348051</v>
+        <v>5.4540167928011085</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>95.487956234999999</v>
+        <v>95.487860710000007</v>
       </c>
       <c r="C52" s="5">
-        <v>-6.297599999953718E-4</v>
+        <v>-7.906869999914079E-4</v>
       </c>
       <c r="D52" s="5">
-        <v>-7.9138734814021561E-3</v>
+        <v>-9.9360623027067163E-3</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>96.129190551999997</v>
+        <v>96.129071381000003</v>
       </c>
       <c r="C53" s="5">
-        <v>0.64123431699999855</v>
+        <v>0.64121067099999607</v>
       </c>
       <c r="D53" s="5">
-        <v>8.3628073593691852</v>
+        <v>8.3624961739861661</v>
       </c>
       <c r="E53" s="5">
-        <v>4.0848354698780565</v>
+        <v>4.0848659300630086</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>96.757752502000002</v>
+        <v>96.757936344000001</v>
       </c>
       <c r="C54" s="5">
-        <v>0.62856195000000525</v>
+        <v>0.62886496299999806</v>
       </c>
       <c r="D54" s="5">
-        <v>8.1348890706076649</v>
+        <v>8.1389633049682395</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>97.232218735000004</v>
+        <v>97.232309604999998</v>
       </c>
       <c r="C55" s="5">
-        <v>0.47446623300000113</v>
+        <v>0.47437326099999666</v>
       </c>
       <c r="D55" s="5">
-        <v>6.0457061292563452</v>
+        <v>6.0444775476653057</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>97.783845764000006</v>
+        <v>97.783825199000006</v>
       </c>
       <c r="C56" s="5">
-        <v>0.55162702900000227</v>
+        <v>0.55151559400000849</v>
       </c>
       <c r="D56" s="5">
-        <v>7.0244520080724016</v>
+        <v>7.0229816599632233</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>98.131978189999998</v>
+        <v>98.132021863999995</v>
       </c>
       <c r="C57" s="5">
-        <v>0.34813242599999228</v>
+        <v>0.34819666499998903</v>
       </c>
       <c r="D57" s="5">
-        <v>4.3569262704192369</v>
+        <v>4.3577469754631171</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>98.581172854000002</v>
+        <v>98.581290168999999</v>
       </c>
       <c r="C58" s="5">
-        <v>0.44919466400000374</v>
+        <v>0.44926830500000392</v>
       </c>
       <c r="D58" s="5">
-        <v>5.6333677291290574</v>
+        <v>5.6343120705893979</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>100.31797328</v>
+        <v>100.31801151000001</v>
       </c>
       <c r="C59" s="5">
-        <v>1.7368004260000021</v>
+        <v>1.7367213410000062</v>
       </c>
       <c r="D59" s="5">
-        <v>23.315374134763388</v>
+        <v>23.314177075338492</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>99.783189742000005</v>
+        <v>99.783140610000004</v>
       </c>
       <c r="C60" s="5">
-        <v>-0.53478353799999923</v>
+        <v>-0.53487090000000137</v>
       </c>
       <c r="D60" s="5">
-        <v>-6.2127937772916368</v>
+        <v>-6.2137768224406198</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>100.49361014999999</v>
+        <v>100.49352588000001</v>
       </c>
       <c r="C61" s="5">
-        <v>0.71042040799999029</v>
+        <v>0.71038527000000329</v>
       </c>
       <c r="D61" s="5">
-        <v>8.8861856661962122</v>
+        <v>8.8857333450407481</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>100.34006753</v>
+        <v>100.33973236999999</v>
       </c>
       <c r="C62" s="5">
-        <v>-0.15354261999999608</v>
+        <v>-0.15379351000001407</v>
       </c>
       <c r="D62" s="5">
-        <v>-1.818132245140458</v>
+        <v>-1.8210796426096465</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>101.41849345999999</v>
+        <v>101.41864746</v>
       </c>
       <c r="C63" s="5">
-        <v>1.0784259299999945</v>
+        <v>1.0789150900000095</v>
       </c>
       <c r="D63" s="5">
-        <v>13.687624417132982</v>
+        <v>13.694253107402442</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>101.75221431999999</v>
+        <v>101.75216042</v>
       </c>
       <c r="C64" s="5">
-        <v>0.33372085999999967</v>
+        <v>0.33351295999999309</v>
       </c>
       <c r="D64" s="5">
-        <v>4.0208909870311782</v>
+        <v>4.0183343789401027</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>103.20332732999999</v>
+        <v>103.20322385999999</v>
       </c>
       <c r="C65" s="5">
-        <v>1.4511130100000003</v>
+        <v>1.4510634399999986</v>
       </c>
       <c r="D65" s="5">
-        <v>18.521725085014729</v>
+        <v>18.521052548031246</v>
       </c>
       <c r="E65" s="5">
-        <v>7.3589892283274061</v>
+        <v>7.3590146844986659</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>102.52926161000001</v>
+        <v>102.52947745</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.67406571999998732</v>
+        <v>-0.67374640999999258</v>
       </c>
       <c r="D66" s="5">
-        <v>-7.5622079104110007</v>
+        <v>-7.5587605775708671</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>102.64564959</v>
+        <v>102.6457887</v>
       </c>
       <c r="C67" s="5">
-        <v>0.11638797999999895</v>
+        <v>0.11631124999999543</v>
       </c>
       <c r="D67" s="5">
-        <v>1.3707391772191713</v>
+        <v>1.3698269555441289</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>102.66147657</v>
+        <v>102.66147647</v>
       </c>
       <c r="C68" s="5">
-        <v>1.5826979999999935E-2</v>
+        <v>1.5687769999999546E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>0.18518554653446095</v>
+        <v>0.18355508422926992</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>102.56821004</v>
+        <v>102.56828286</v>
       </c>
       <c r="C69" s="5">
-        <v>-9.3266530000008174E-2</v>
+        <v>-9.3193610000000149E-2</v>
       </c>
       <c r="D69" s="5">
-        <v>-1.0847525561325178</v>
+        <v>-1.0839086783970275</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>102.60953115</v>
+        <v>102.60956839000001</v>
       </c>
       <c r="C70" s="5">
-        <v>4.1321109999998384E-2</v>
+        <v>4.128553000001034E-2</v>
       </c>
       <c r="D70" s="5">
-        <v>0.48451024583442415</v>
+        <v>0.48409178442996303</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>103.18674291000001</v>
+        <v>103.18673176</v>
       </c>
       <c r="C71" s="5">
-        <v>0.57721176000001151</v>
+        <v>0.57716336999999385</v>
       </c>
       <c r="D71" s="5">
-        <v>6.9632059814513925</v>
+        <v>6.9626014454681862</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>102.26239626</v>
+        <v>102.26231579</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.92434665000000393</v>
+        <v>-0.92441596999999831</v>
       </c>
       <c r="D72" s="5">
-        <v>-10.235476210711703</v>
+        <v>-10.236207437859356</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>103.12410333</v>
+        <v>103.12396486</v>
       </c>
       <c r="C73" s="5">
-        <v>0.86170706999999425</v>
+        <v>0.86164906999999857</v>
       </c>
       <c r="D73" s="5">
-        <v>10.593764971162178</v>
+        <v>10.593027285258326</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>104.40869068000001</v>
+        <v>104.40830575</v>
       </c>
       <c r="C74" s="5">
-        <v>1.2845873500000096</v>
+        <v>1.2843408899999957</v>
       </c>
       <c r="D74" s="5">
-        <v>16.015915340732036</v>
+        <v>16.012652067446197</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>104.36415303</v>
+        <v>104.36441746</v>
       </c>
       <c r="C75" s="5">
-        <v>-4.4537650000009421E-2</v>
+        <v>-4.3888289999998165E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>-0.51068515530743319</v>
+        <v>-0.50325841061671373</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>104.99649439</v>
+        <v>104.99653392</v>
       </c>
       <c r="C76" s="5">
-        <v>0.63234135999999808</v>
+        <v>0.63211646000000599</v>
       </c>
       <c r="D76" s="5">
-        <v>7.5180438865606991</v>
+        <v>7.5152606255742826</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>105.49121318</v>
+        <v>105.49113576000001</v>
       </c>
       <c r="C77" s="5">
-        <v>0.4947187900000074</v>
+        <v>0.4946018400000014</v>
       </c>
       <c r="D77" s="5">
-        <v>5.8029684886104826</v>
+        <v>5.8015587086432285</v>
       </c>
       <c r="E77" s="5">
-        <v>2.2168721776617994</v>
+        <v>2.2168996417240461</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>104.62922354</v>
+        <v>104.62942807</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.86198964000000444</v>
+        <v>-0.86170769000000291</v>
       </c>
       <c r="D78" s="5">
-        <v>-9.3765510825425284</v>
+        <v>-9.3736271177154773</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>105.10409617000001</v>
+        <v>105.10421341999999</v>
       </c>
       <c r="C79" s="5">
-        <v>0.47487263000000723</v>
+        <v>0.47478534999999056</v>
       </c>
       <c r="D79" s="5">
-        <v>5.5843799793827698</v>
+        <v>5.5833166500334208</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>105.28295686</v>
+        <v>105.28296519</v>
       </c>
       <c r="C80" s="5">
-        <v>0.17886068999999338</v>
+        <v>0.17875177000000519</v>
       </c>
       <c r="D80" s="5">
-        <v>2.0613197342468581</v>
+        <v>2.0600503769652834</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>105.46005918</v>
+        <v>105.46009976000001</v>
       </c>
       <c r="C81" s="5">
-        <v>0.17710232000000303</v>
+        <v>0.17713457000000687</v>
       </c>
       <c r="D81" s="5">
-        <v>2.0373675612600728</v>
+        <v>2.0377418391372526</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>105.85116386999999</v>
+        <v>105.85112697</v>
       </c>
       <c r="C82" s="5">
-        <v>0.39110468999999171</v>
+        <v>0.39102720999999008</v>
       </c>
       <c r="D82" s="5">
-        <v>4.5421729260226584</v>
+        <v>4.5412528842247779</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>105.79988684999999</v>
+        <v>105.79983869</v>
       </c>
       <c r="C83" s="5">
-        <v>-5.1277020000000562E-2</v>
+        <v>-5.1288279999994302E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>-0.57976448087634358</v>
+        <v>-0.57989165478390392</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>106.46209852</v>
+        <v>106.46202400999999</v>
       </c>
       <c r="C84" s="5">
-        <v>0.66221167000000491</v>
+        <v>0.66218531999999186</v>
       </c>
       <c r="D84" s="5">
-        <v>7.7749502428300588</v>
+        <v>7.7746338057122388</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>106.72811682</v>
+        <v>106.72796925</v>
       </c>
       <c r="C85" s="5">
-        <v>0.26601829999999893</v>
+        <v>0.26594524000000774</v>
       </c>
       <c r="D85" s="5">
-        <v>3.0400091125179829</v>
+        <v>3.0391648480699196</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>106.69161017</v>
+        <v>106.69124478000001</v>
       </c>
       <c r="C86" s="5">
-        <v>-3.6506649999992646E-2</v>
+        <v>-3.672446999999579E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>-0.40969202558067686</v>
+        <v>-0.41213243199871297</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>108.76284065</v>
+        <v>108.76321436000001</v>
       </c>
       <c r="C87" s="5">
-        <v>2.071230479999997</v>
+        <v>2.0719695800000011</v>
       </c>
       <c r="D87" s="5">
-        <v>25.951478271173013</v>
+        <v>25.961848139820674</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>108.90335211</v>
+        <v>108.90351583</v>
       </c>
       <c r="C88" s="5">
-        <v>0.14051145999999903</v>
+        <v>0.14030146999999715</v>
       </c>
       <c r="D88" s="5">
-        <v>1.5613513616571817</v>
+        <v>1.5589959960122135</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>109.67628041</v>
+        <v>109.67623067</v>
       </c>
       <c r="C89" s="5">
-        <v>0.77292830000000379</v>
+        <v>0.77271483999999191</v>
       </c>
       <c r="D89" s="5">
-        <v>8.8573068048135148</v>
+        <v>8.8547506038517021</v>
       </c>
       <c r="E89" s="5">
-        <v>3.9672187889800981</v>
+        <v>3.9672479396954952</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>110.61987705999999</v>
+        <v>110.62003101000001</v>
       </c>
       <c r="C90" s="5">
-        <v>0.94359664999998927</v>
+        <v>0.9438003400000099</v>
       </c>
       <c r="D90" s="5">
-        <v>10.826979891151511</v>
+        <v>10.829433918211095</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>111.38222632999999</v>
+        <v>111.38227120000001</v>
       </c>
       <c r="C91" s="5">
-        <v>0.76234927000000141</v>
+        <v>0.76224018999999998</v>
       </c>
       <c r="D91" s="5">
-        <v>8.5907106313196646</v>
+        <v>8.589422073435804</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>111.69128988999999</v>
+        <v>111.69125723000001</v>
       </c>
       <c r="C92" s="5">
-        <v>0.30906355999999846</v>
+        <v>0.3089860299999998</v>
       </c>
       <c r="D92" s="5">
-        <v>3.3810515274810493</v>
+        <v>3.3801890103956067</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>112.07005985000001</v>
+        <v>112.07001284</v>
       </c>
       <c r="C93" s="5">
-        <v>0.37876996000001384</v>
+        <v>0.37875560999999891</v>
       </c>
       <c r="D93" s="5">
-        <v>4.1462335481653012</v>
+        <v>4.1460747586120617</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>112.00643547</v>
+        <v>112.00626209000001</v>
       </c>
       <c r="C94" s="5">
-        <v>-6.3624380000007363E-2</v>
+        <v>-6.375074999999697E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>-0.67914043500985066</v>
+        <v>-0.68048540291755222</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>113.16717075</v>
+        <v>113.16718332000001</v>
       </c>
       <c r="C95" s="5">
-        <v>1.1607352799999973</v>
+        <v>1.1609212299999996</v>
       </c>
       <c r="D95" s="5">
-        <v>13.169601033361822</v>
+        <v>13.17185406686734</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>114.82029242</v>
+        <v>114.82027336</v>
       </c>
       <c r="C96" s="5">
-        <v>1.6531216700000044</v>
+        <v>1.653090039999995</v>
       </c>
       <c r="D96" s="5">
-        <v>19.008582464961421</v>
+        <v>19.008186776617308</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>114.82984057</v>
+        <v>114.8297342</v>
       </c>
       <c r="C97" s="5">
-        <v>9.5481500000005326E-3</v>
+        <v>9.4608400000026904E-3</v>
       </c>
       <c r="D97" s="5">
-        <v>9.9834459597758496E-2</v>
+        <v>9.8921158028875134E-2</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>115.72313161</v>
+        <v>115.72288181</v>
       </c>
       <c r="C98" s="5">
-        <v>0.89329103999999404</v>
+        <v>0.89314760999999976</v>
       </c>
       <c r="D98" s="5">
-        <v>9.7450624377367632</v>
+        <v>9.743439616366345</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>113.98752766</v>
+        <v>113.98796299</v>
       </c>
       <c r="C99" s="5">
-        <v>-1.735603949999998</v>
+        <v>-1.7349188200000043</v>
       </c>
       <c r="D99" s="5">
-        <v>-16.584669069040093</v>
+        <v>-16.578685275047135</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>114.46875201</v>
+        <v>114.46901702</v>
       </c>
       <c r="C100" s="5">
-        <v>0.48122435000000507</v>
+        <v>0.48105402999999569</v>
       </c>
       <c r="D100" s="5">
-        <v>5.1853766522125921</v>
+        <v>5.1834783243114524</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>115.06959258000001</v>
+        <v>115.06955936</v>
       </c>
       <c r="C101" s="5">
-        <v>0.60084057000000257</v>
+        <v>0.60054234000000406</v>
       </c>
       <c r="D101" s="5">
-        <v>6.4837971295431673</v>
+        <v>6.4804700034624352</v>
       </c>
       <c r="E101" s="5">
-        <v>4.9174827499969265</v>
+        <v>4.9175000426735727</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>116.37452595000001</v>
+        <v>116.37457635</v>
       </c>
       <c r="C102" s="5">
-        <v>1.3049333700000005</v>
+        <v>1.3050169899999986</v>
       </c>
       <c r="D102" s="5">
-        <v>14.490168308102724</v>
+        <v>14.491159951971678</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>116.96099791</v>
+        <v>116.96089628</v>
       </c>
       <c r="C103" s="5">
-        <v>0.58647195999999724</v>
+        <v>0.58631993000000193</v>
       </c>
       <c r="D103" s="5">
-        <v>6.2178928165433245</v>
+        <v>6.2162332723690206</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>117.69368898</v>
+        <v>117.69358105000001</v>
       </c>
       <c r="C104" s="5">
-        <v>0.73269107000000133</v>
+        <v>0.73268477000000587</v>
       </c>
       <c r="D104" s="5">
-        <v>7.7817737074082238</v>
+        <v>7.7817114706523194</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>118.05481828000001</v>
+        <v>118.05468204</v>
       </c>
       <c r="C105" s="5">
-        <v>0.36112930000000176</v>
+        <v>0.36110098999999707</v>
       </c>
       <c r="D105" s="5">
-        <v>3.7448382391360058</v>
+        <v>3.7445431906435234</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>118.90800573</v>
+        <v>118.90770315</v>
       </c>
       <c r="C106" s="5">
-        <v>0.85318744999999296</v>
+        <v>0.85302111000000025</v>
       </c>
       <c r="D106" s="5">
-        <v>9.0256137553627482</v>
+        <v>9.0237944138900961</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>119.16662974</v>
+        <v>119.16674221</v>
       </c>
       <c r="C107" s="5">
-        <v>0.25862401000000546</v>
+        <v>0.25903905999999211</v>
       </c>
       <c r="D107" s="5">
-        <v>2.6414402692350514</v>
+        <v>2.6457370902239319</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>120.99327294</v>
+        <v>120.99333559999999</v>
       </c>
       <c r="C108" s="5">
-        <v>1.8266431999999924</v>
+        <v>1.8265933899999993</v>
       </c>
       <c r="D108" s="5">
-        <v>20.026962501428148</v>
+        <v>20.026349034418466</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>121.44329571999999</v>
+        <v>121.44328965</v>
       </c>
       <c r="C109" s="5">
-        <v>0.45002277999999762</v>
+        <v>0.44995405000000233</v>
       </c>
       <c r="D109" s="5">
-        <v>4.5557296355440702</v>
+        <v>4.5550171591710154</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>120.81432529999999</v>
+        <v>120.81420814000001</v>
       </c>
       <c r="C110" s="5">
-        <v>-0.6289704200000017</v>
+        <v>-0.62908150999999179</v>
       </c>
       <c r="D110" s="5">
-        <v>-6.0409407696641937</v>
+        <v>-6.0419778135797237</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>121.49680497</v>
+        <v>121.49723382000001</v>
       </c>
       <c r="C111" s="5">
-        <v>0.68247967000000642</v>
+        <v>0.68302568000000008</v>
       </c>
       <c r="D111" s="5">
-        <v>6.9934258588898901</v>
+        <v>6.9992029783939591</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>122.0675651</v>
+        <v>122.06786653</v>
       </c>
       <c r="C112" s="5">
-        <v>0.57076012999999648</v>
+        <v>0.57063270999999816</v>
       </c>
       <c r="D112" s="5">
-        <v>5.7852441122947296</v>
+        <v>5.7838980893582415</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>122.53070237999999</v>
+        <v>122.53081564</v>
       </c>
       <c r="C113" s="5">
-        <v>0.46313727999999799</v>
+        <v>0.46294910999999672</v>
       </c>
       <c r="D113" s="5">
-        <v>4.6491476700113221</v>
+        <v>4.647207457944047</v>
       </c>
       <c r="E113" s="5">
-        <v>6.483997755369475</v>
+        <v>6.484126924182565</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>122.43866124</v>
+        <v>122.43856425</v>
       </c>
       <c r="C114" s="5">
-        <v>-9.2041139999992083E-2</v>
+        <v>-9.2251390000001265E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>-0.89768681104053227</v>
+        <v>-0.89972808923506342</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>122.45319193</v>
+        <v>122.45296817000001</v>
       </c>
       <c r="C115" s="5">
-        <v>1.4530690000000845E-2</v>
+        <v>1.4403920000006565E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>0.14250575580696534</v>
+        <v>0.14126180124633958</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>123.00061152000001</v>
+        <v>123.00042585</v>
       </c>
       <c r="C116" s="5">
-        <v>0.54741959000000406</v>
+        <v>0.54745767999999373</v>
       </c>
       <c r="D116" s="5">
-        <v>5.4984127270940819</v>
+        <v>5.4988150645993716</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>124.93865916</v>
+        <v>124.93843149</v>
       </c>
       <c r="C117" s="5">
-        <v>1.9380476399999935</v>
+        <v>1.9380056400000001</v>
       </c>
       <c r="D117" s="5">
-        <v>20.63542041860973</v>
+        <v>20.634967674640304</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>124.69796436</v>
+        <v>124.69756841</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.24069479999999999</v>
+        <v>-0.2408630799999969</v>
       </c>
       <c r="D118" s="5">
-        <v>-2.2874658146542215</v>
+        <v>-2.2890522877078934</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>125.52166753</v>
+        <v>125.52193827000001</v>
       </c>
       <c r="C119" s="5">
-        <v>0.82370317000000171</v>
+        <v>0.82436986000000445</v>
       </c>
       <c r="D119" s="5">
-        <v>8.2211227291038913</v>
+        <v>8.2280476222881269</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>126.49024429000001</v>
+        <v>126.49032778</v>
       </c>
       <c r="C120" s="5">
-        <v>0.96857676000000481</v>
+        <v>0.9683895099999944</v>
       </c>
       <c r="D120" s="5">
-        <v>9.6629625880134018</v>
+        <v>9.6609927973274381</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>126.44252913</v>
+        <v>126.44262817000001</v>
       </c>
       <c r="C121" s="5">
-        <v>-4.771516000000986E-2</v>
+        <v>-4.7699609999995118E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>-0.45173085209531116</v>
+        <v>-0.4515836442681942</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>127.56284008</v>
+        <v>127.56284374000001</v>
       </c>
       <c r="C122" s="5">
-        <v>1.1203109500000039</v>
+        <v>1.1202155699999992</v>
       </c>
       <c r="D122" s="5">
-        <v>11.166023108928535</v>
+        <v>11.165016497974477</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>128.34688836000001</v>
+        <v>128.34730038000001</v>
       </c>
       <c r="C123" s="5">
-        <v>0.78404828000000748</v>
+        <v>0.78445664000000193</v>
       </c>
       <c r="D123" s="5">
-        <v>7.6301562339248896</v>
+        <v>7.634265428723408</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>128.74626898</v>
+        <v>128.74657554999999</v>
       </c>
       <c r="C124" s="5">
-        <v>0.39938061999998808</v>
+        <v>0.39927516999998147</v>
       </c>
       <c r="D124" s="5">
-        <v>3.798648083825773</v>
+        <v>3.7976154889929115</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>130.706008</v>
+        <v>130.70610133</v>
       </c>
       <c r="C125" s="5">
-        <v>1.9597390200000007</v>
+        <v>1.959525780000007</v>
       </c>
       <c r="D125" s="5">
-        <v>19.875596753474632</v>
+        <v>19.873198573961925</v>
       </c>
       <c r="E125" s="5">
-        <v>6.6720466472527162</v>
+        <v>6.6720242147243036</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>131.32086734999999</v>
+        <v>131.32066563000001</v>
       </c>
       <c r="C126" s="5">
-        <v>0.61485934999998904</v>
+        <v>0.61456430000001205</v>
       </c>
       <c r="D126" s="5">
-        <v>5.7933334277514126</v>
+        <v>5.7904768799666106</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>132.67704039</v>
+        <v>132.676717</v>
       </c>
       <c r="C127" s="5">
-        <v>1.3561730400000158</v>
+        <v>1.3560513699999888</v>
       </c>
       <c r="D127" s="5">
-        <v>13.121301299958965</v>
+        <v>13.120077778379201</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>134.39505456000001</v>
+        <v>134.39476339000001</v>
       </c>
       <c r="C128" s="5">
-        <v>1.7180141700000036</v>
+        <v>1.718046390000012</v>
       </c>
       <c r="D128" s="5">
-        <v>16.694436932903024</v>
+        <v>16.694816283690074</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>134.22066009</v>
+        <v>134.22034234</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.17439447000000996</v>
+        <v>-0.17442105000000652</v>
       </c>
       <c r="D129" s="5">
-        <v>-1.5460854159648818</v>
+        <v>-1.5463227064096419</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>134.77823566999999</v>
+        <v>134.77792496999999</v>
       </c>
       <c r="C130" s="5">
-        <v>0.55757557999999108</v>
+        <v>0.55758262999998465</v>
       </c>
       <c r="D130" s="5">
-        <v>5.1004943608399689</v>
+        <v>5.1005726843681209</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>136.05953693999999</v>
+        <v>136.05986324</v>
       </c>
       <c r="C131" s="5">
-        <v>1.2813012700000002</v>
+        <v>1.2819382700000119</v>
       </c>
       <c r="D131" s="5">
-        <v>12.023892769120369</v>
+        <v>12.030215777208797</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>136.78010481000001</v>
+        <v>136.78016389999999</v>
       </c>
       <c r="C132" s="5">
-        <v>0.72056787000002487</v>
+        <v>0.72030065999999238</v>
       </c>
       <c r="D132" s="5">
-        <v>6.5435892889875724</v>
+        <v>6.5410754804679616</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>137.06645861999999</v>
+        <v>137.06667548999999</v>
       </c>
       <c r="C133" s="5">
-        <v>0.28635380999998006</v>
+        <v>0.28651159000000348</v>
       </c>
       <c r="D133" s="5">
-        <v>2.541370748569749</v>
+        <v>2.5427860959437609</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>137.33064805999999</v>
+        <v>137.33074181999999</v>
       </c>
       <c r="C134" s="5">
-        <v>0.26418943999999556</v>
+        <v>0.26406632999999147</v>
       </c>
       <c r="D134" s="5">
-        <v>2.3376238465242283</v>
+        <v>2.3365192295690118</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>137.00667644000001</v>
+        <v>137.00709204</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.32397161999998048</v>
+        <v>-0.32364977999998246</v>
       </c>
       <c r="D135" s="5">
-        <v>-2.7944324650948205</v>
+        <v>-2.7916904214631444</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>137.76337534000001</v>
+        <v>137.7637359</v>
       </c>
       <c r="C136" s="5">
-        <v>0.7566989000000035</v>
+        <v>0.75664385999999695</v>
       </c>
       <c r="D136" s="5">
-        <v>6.8327787263698481</v>
+        <v>6.8322451796279271</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>138.17962618000001</v>
+        <v>138.17985139999999</v>
       </c>
       <c r="C137" s="5">
-        <v>0.41625084000000356</v>
+        <v>0.41611549999998942</v>
       </c>
       <c r="D137" s="5">
-        <v>3.6866546665757616</v>
+        <v>3.6854261962749879</v>
       </c>
       <c r="E137" s="5">
-        <v>5.7178842000897179</v>
+        <v>5.7179810230362893</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>137.94962724000001</v>
+        <v>137.94936928000001</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.22999894000000154</v>
+        <v>-0.23048211999997648</v>
       </c>
       <c r="D138" s="5">
-        <v>-1.9792064445093627</v>
+        <v>-1.9833230735262442</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>138.20469252000001</v>
+        <v>138.20437068000001</v>
       </c>
       <c r="C139" s="5">
-        <v>0.25506527999999662</v>
+        <v>0.2550013999999976</v>
       </c>
       <c r="D139" s="5">
-        <v>2.2414719489824098</v>
+        <v>2.2409090955237909</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>139.45130348999999</v>
+        <v>139.45088107999999</v>
       </c>
       <c r="C140" s="5">
-        <v>1.2466109699999777</v>
+        <v>1.2465103999999769</v>
       </c>
       <c r="D140" s="5">
-        <v>11.377500746739265</v>
+        <v>11.37656468759829</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>140.18858075</v>
+        <v>140.18809504000001</v>
       </c>
       <c r="C141" s="5">
-        <v>0.73727726000001326</v>
+        <v>0.7372139600000196</v>
       </c>
       <c r="D141" s="5">
-        <v>6.5321596464733123</v>
+        <v>6.5316027759453554</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>140.70165073999999</v>
+        <v>140.70138879000001</v>
       </c>
       <c r="C142" s="5">
-        <v>0.51306998999999109</v>
+        <v>0.51329375000000255</v>
       </c>
       <c r="D142" s="5">
-        <v>4.4813183698534154</v>
+        <v>4.4833281337514519</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>141.23156134999999</v>
+        <v>141.23188956000001</v>
       </c>
       <c r="C143" s="5">
-        <v>0.52991061000000172</v>
+        <v>0.53050077000000329</v>
       </c>
       <c r="D143" s="5">
-        <v>4.6142418793242435</v>
+        <v>4.619496559261016</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>141.01652766000001</v>
+        <v>141.01653837999999</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.21503368999998429</v>
+        <v>-0.2153511800000274</v>
       </c>
       <c r="D144" s="5">
-        <v>-1.8118507082243052</v>
+        <v>-1.8144992685606764</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>142.02405651000001</v>
+        <v>142.02435964</v>
       </c>
       <c r="C145" s="5">
-        <v>1.0075288499999999</v>
+        <v>1.0078212600000143</v>
       </c>
       <c r="D145" s="5">
-        <v>8.918776863034239</v>
+        <v>8.9214671922154274</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>142.68460302</v>
+        <v>142.68475902</v>
       </c>
       <c r="C146" s="5">
-        <v>0.66054650999998898</v>
+        <v>0.6603993800000012</v>
       </c>
       <c r="D146" s="5">
-        <v>5.7261410390030187</v>
+        <v>5.724820272459219</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>143.12741351</v>
+        <v>143.12786790999999</v>
       </c>
       <c r="C147" s="5">
-        <v>0.44281048999999939</v>
+        <v>0.44310888999999065</v>
       </c>
       <c r="D147" s="5">
-        <v>3.7883342939703413</v>
+        <v>3.7909267123697576</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>143.07533419000001</v>
+        <v>143.07575080000001</v>
       </c>
       <c r="C148" s="5">
-        <v>-5.2079319999990048E-2</v>
+        <v>-5.2117109999983313E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>-0.43576743583206845</v>
+        <v>-0.43608162440952336</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>143.93329879000001</v>
+        <v>143.93357673</v>
       </c>
       <c r="C149" s="5">
-        <v>0.85796460000000252</v>
+        <v>0.85782592999998997</v>
       </c>
       <c r="D149" s="5">
-        <v>7.4380508470895279</v>
+        <v>7.4367863684916991</v>
       </c>
       <c r="E149" s="5">
-        <v>4.1639080731807443</v>
+        <v>4.1639394395817098</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>144.53101591999999</v>
+        <v>144.53082175</v>
       </c>
       <c r="C150" s="5">
-        <v>0.59771712999997817</v>
+        <v>0.59724502000000257</v>
       </c>
       <c r="D150" s="5">
-        <v>5.098693181917624</v>
+        <v>5.0945635389032295</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>144.71884073999999</v>
+        <v>144.71866951000001</v>
       </c>
       <c r="C151" s="5">
-        <v>0.187824820000003</v>
+        <v>0.18784776000001102</v>
       </c>
       <c r="D151" s="5">
-        <v>1.5706508157894872</v>
+        <v>1.5708461461766188</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>145.93466115999999</v>
+        <v>145.93431623000001</v>
       </c>
       <c r="C152" s="5">
-        <v>1.21582042</v>
+        <v>1.2156467199999952</v>
       </c>
       <c r="D152" s="5">
-        <v>10.560641308852325</v>
+        <v>10.5590752461723</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>146.32424252000001</v>
+        <v>146.32276476999999</v>
       </c>
       <c r="C153" s="5">
-        <v>0.38958136000002241</v>
+        <v>0.38844853999998463</v>
       </c>
       <c r="D153" s="5">
-        <v>3.2509285230434726</v>
+        <v>3.2413444696347327</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>146.95323218999999</v>
+        <v>146.95328529</v>
       </c>
       <c r="C154" s="5">
-        <v>0.62898966999998152</v>
+        <v>0.63052052000000458</v>
       </c>
       <c r="D154" s="5">
-        <v>5.2820414295784213</v>
+        <v>5.295257939529896</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>147.99762272000001</v>
+        <v>147.99788899000001</v>
       </c>
       <c r="C155" s="5">
-        <v>1.0443905300000154</v>
+        <v>1.0446037000000103</v>
       </c>
       <c r="D155" s="5">
-        <v>8.8697336810448224</v>
+        <v>8.8716121045218763</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>147.13666692999999</v>
+        <v>147.13667095</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.86095579000001976</v>
+        <v>-0.86121804000001134</v>
       </c>
       <c r="D156" s="5">
-        <v>-6.7617544675596442</v>
+        <v>-6.7637368713834078</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>149.11299298</v>
+        <v>149.11341032000001</v>
       </c>
       <c r="C157" s="5">
-        <v>1.9763260500000115</v>
+        <v>1.9767393700000184</v>
       </c>
       <c r="D157" s="5">
-        <v>17.363994768764158</v>
+        <v>17.367898113695944</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>150.14693679999999</v>
+        <v>150.14727318999999</v>
       </c>
       <c r="C158" s="5">
-        <v>1.0339438199999904</v>
+        <v>1.0338628699999788</v>
       </c>
       <c r="D158" s="5">
-        <v>8.6455313595316774</v>
+        <v>8.6448033364578727</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>150.77238367999999</v>
+        <v>150.7729171</v>
       </c>
       <c r="C159" s="5">
-        <v>0.62544687999999837</v>
+        <v>0.62564391000000796</v>
       </c>
       <c r="D159" s="5">
-        <v>5.1148063885009254</v>
+        <v>5.1164430472482314</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>151.71441877000001</v>
+        <v>151.71486763999999</v>
       </c>
       <c r="C160" s="5">
-        <v>0.94203509000001873</v>
+        <v>0.94195053999999345</v>
       </c>
       <c r="D160" s="5">
-        <v>7.7607683885862588</v>
+        <v>7.7600193292265418</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>151.67573820999999</v>
+        <v>151.6760803</v>
       </c>
       <c r="C161" s="5">
-        <v>-3.8680560000017294E-2</v>
+        <v>-3.8787339999998949E-2</v>
       </c>
       <c r="D161" s="5">
-        <v>-0.30551901006712345</v>
+        <v>-0.30636032285300541</v>
       </c>
       <c r="E161" s="5">
-        <v>5.3791856957966733</v>
+        <v>5.3792198775994393</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>152.46235920999999</v>
+        <v>152.46222828000001</v>
       </c>
       <c r="C162" s="5">
-        <v>0.78662099999999668</v>
+        <v>0.78614798000000974</v>
       </c>
       <c r="D162" s="5">
-        <v>6.404065346308907</v>
+        <v>6.4000890954974299</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>153.31542868</v>
+        <v>153.31550996999999</v>
       </c>
       <c r="C163" s="5">
-        <v>0.85306947000000832</v>
+        <v>0.85328168999998866</v>
       </c>
       <c r="D163" s="5">
-        <v>6.9248649917092564</v>
+        <v>6.926647209242498</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>153.48432531</v>
+        <v>153.48408732999999</v>
       </c>
       <c r="C164" s="5">
-        <v>0.1688966300000061</v>
+        <v>0.16857736000000045</v>
       </c>
       <c r="D164" s="5">
-        <v>1.3299932240314005</v>
+        <v>1.3274631691646332</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>153.2652214</v>
+        <v>153.26270124999999</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.21910391000000118</v>
+        <v>-0.22138608000000204</v>
       </c>
       <c r="D165" s="5">
-        <v>-1.6996533560104332</v>
+        <v>-1.717219256409408</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>154.27710579999999</v>
+        <v>154.27736118999999</v>
       </c>
       <c r="C166" s="5">
-        <v>1.0118843999999854</v>
+        <v>1.0146599400000014</v>
       </c>
       <c r="D166" s="5">
-        <v>8.2167266744718646</v>
+        <v>8.2402320776446825</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>155.27688816</v>
+        <v>155.27706361</v>
       </c>
       <c r="C167" s="5">
-        <v>0.99978236000001175</v>
+        <v>0.99970242000000553</v>
       </c>
       <c r="D167" s="5">
-        <v>8.0597681120291078</v>
+        <v>8.0590867150069023</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>156.33202832000001</v>
+        <v>156.33186171</v>
       </c>
       <c r="C168" s="5">
-        <v>1.0551401600000077</v>
+        <v>1.0547980999999993</v>
       </c>
       <c r="D168" s="5">
-        <v>8.4660249253515119</v>
+        <v>8.463167106950408</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>156.60219099</v>
+        <v>156.60232153999999</v>
       </c>
       <c r="C169" s="5">
-        <v>0.27016266999999061</v>
+        <v>0.27045982999999296</v>
       </c>
       <c r="D169" s="5">
-        <v>2.0935851520028637</v>
+        <v>2.0959121596451524</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>157.79805340999999</v>
+        <v>157.80004948000001</v>
       </c>
       <c r="C170" s="5">
-        <v>1.1958624199999974</v>
+        <v>1.1977279400000214</v>
       </c>
       <c r="D170" s="5">
-        <v>9.5584024629110864</v>
+        <v>9.5739378085795792</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>158.82018995000001</v>
+        <v>158.82038437</v>
       </c>
       <c r="C171" s="5">
-        <v>1.0221365400000195</v>
+        <v>1.0203348899999867</v>
       </c>
       <c r="D171" s="5">
-        <v>8.0559872550211242</v>
+        <v>8.0411734168454032</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>159.73630660000001</v>
+        <v>159.73659126000001</v>
       </c>
       <c r="C172" s="5">
-        <v>0.91611664999999221</v>
+        <v>0.91620689000001221</v>
       </c>
       <c r="D172" s="5">
-        <v>7.1457943564362081</v>
+        <v>7.1465116906953563</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>160.97432495000001</v>
+        <v>160.97463015</v>
       </c>
       <c r="C173" s="5">
-        <v>1.2380183500000044</v>
+        <v>1.2380388899999843</v>
       </c>
       <c r="D173" s="5">
-        <v>9.707340798628783</v>
+        <v>9.7074907366261129</v>
       </c>
       <c r="E173" s="5">
-        <v>6.1305696281667821</v>
+        <v>6.1305314797220456</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>162.00021007000001</v>
+        <v>162.00002764000001</v>
       </c>
       <c r="C174" s="5">
-        <v>1.0258851199999981</v>
+        <v>1.0253974900000173</v>
       </c>
       <c r="D174" s="5">
-        <v>7.9214028312068807</v>
+        <v>7.9174891588128959</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>162.56746606999999</v>
+        <v>162.56755838000001</v>
       </c>
       <c r="C175" s="5">
-        <v>0.56725599999998622</v>
+        <v>0.56753073999999515</v>
       </c>
       <c r="D175" s="5">
-        <v>4.283765669477213</v>
+        <v>4.2858854912140476</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>163.18303531999999</v>
+        <v>163.18335569999999</v>
       </c>
       <c r="C176" s="5">
-        <v>0.61556924999999296</v>
+        <v>0.61579731999998444</v>
       </c>
       <c r="D176" s="5">
-        <v>4.6396906612980793</v>
+        <v>4.6414429587628092</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>164.07494337</v>
+        <v>164.07117307999999</v>
       </c>
       <c r="C177" s="5">
-        <v>0.89190805000001205</v>
+        <v>0.88781738000000132</v>
       </c>
       <c r="D177" s="5">
-        <v>6.7596328982108655</v>
+        <v>6.7276832603313519</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>165.62624790999999</v>
+        <v>165.62663774999999</v>
       </c>
       <c r="C178" s="5">
-        <v>1.5513045399999896</v>
+        <v>1.5554646699999921</v>
       </c>
       <c r="D178" s="5">
-        <v>11.954822411415522</v>
+        <v>11.988861493037151</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>166.09264145</v>
+        <v>166.09265647000001</v>
       </c>
       <c r="C179" s="5">
-        <v>0.46639354000001276</v>
+        <v>0.46601872000002231</v>
       </c>
       <c r="D179" s="5">
-        <v>3.4319569118274718</v>
+        <v>3.4291477806598802</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>166.95110614000001</v>
+        <v>166.95092926999999</v>
       </c>
       <c r="C180" s="5">
-        <v>0.85846469000000525</v>
+        <v>0.85827279999998041</v>
       </c>
       <c r="D180" s="5">
-        <v>6.3816952286628537</v>
+        <v>6.3802273705609203</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>168.28819497000001</v>
+        <v>168.28814416</v>
       </c>
       <c r="C181" s="5">
-        <v>1.337088829999999</v>
+        <v>1.3372148900000127</v>
       </c>
       <c r="D181" s="5">
-        <v>10.045482117152771</v>
+        <v>10.046482421846626</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>168.60712035</v>
+        <v>168.61065184</v>
       </c>
       <c r="C182" s="5">
-        <v>0.31892537999999604</v>
+        <v>0.32250768000000107</v>
       </c>
       <c r="D182" s="5">
-        <v>2.2979912721320606</v>
+        <v>2.3240766390702605</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>169.31603763000001</v>
+        <v>169.31590410999999</v>
       </c>
       <c r="C183" s="5">
-        <v>0.70891728000000853</v>
+        <v>0.70525226999998836</v>
       </c>
       <c r="D183" s="5">
-        <v>5.1637887830900508</v>
+        <v>5.1363654988479723</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>170.60212747</v>
+        <v>170.60218977</v>
       </c>
       <c r="C184" s="5">
-        <v>1.2860898399999883</v>
+        <v>1.2862856600000043</v>
       </c>
       <c r="D184" s="5">
-        <v>9.5055559649080745</v>
+        <v>9.5070720954435917</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>171.3135963</v>
+        <v>171.31378194000001</v>
       </c>
       <c r="C185" s="5">
-        <v>0.71146883000000116</v>
+        <v>0.71159217000001718</v>
       </c>
       <c r="D185" s="5">
-        <v>5.1208038356985508</v>
+        <v>5.1217101269653842</v>
       </c>
       <c r="E185" s="5">
-        <v>6.4229319509253813</v>
+        <v>6.4228455007883767</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>171.52627944</v>
+        <v>171.52589632999999</v>
       </c>
       <c r="C186" s="5">
-        <v>0.21268313999999577</v>
+        <v>0.21211438999998222</v>
       </c>
       <c r="D186" s="5">
-        <v>1.4999958426251903</v>
+        <v>1.4959556174723776</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>172.92671245</v>
+        <v>172.92667950000001</v>
       </c>
       <c r="C187" s="5">
-        <v>1.4004330100000004</v>
+        <v>1.4007831700000111</v>
       </c>
       <c r="D187" s="5">
-        <v>10.249597152660295</v>
+        <v>10.252300057810547</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>173.68398073</v>
+        <v>173.68473986999999</v>
       </c>
       <c r="C188" s="5">
-        <v>0.75726828000000523</v>
+        <v>0.75806036999998128</v>
       </c>
       <c r="D188" s="5">
-        <v>5.383386587152672</v>
+        <v>5.3891550254016485</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>176.21007419</v>
+        <v>176.20605474000001</v>
       </c>
       <c r="C189" s="5">
-        <v>2.5260934599999985</v>
+        <v>2.5213148700000261</v>
       </c>
       <c r="D189" s="5">
-        <v>18.91910627136928</v>
+        <v>18.880323629575102</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>176.10337623999999</v>
+        <v>176.10352638000001</v>
       </c>
       <c r="C190" s="5">
-        <v>-0.10669795000001159</v>
+        <v>-0.10252836000000798</v>
       </c>
       <c r="D190" s="5">
-        <v>-0.72420372139824218</v>
+        <v>-0.69600930241151548</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>177.04549082</v>
+        <v>177.04528664</v>
       </c>
       <c r="C191" s="5">
-        <v>0.94211458000000903</v>
+        <v>0.94176025999999524</v>
       </c>
       <c r="D191" s="5">
-        <v>6.6120401896654579</v>
+        <v>6.6094740721912126</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>176.25399919</v>
+        <v>176.25368988</v>
       </c>
       <c r="C192" s="5">
-        <v>-0.79149162999999589</v>
+        <v>-0.79159676000000445</v>
       </c>
       <c r="D192" s="5">
-        <v>-5.234705499497661</v>
+        <v>-5.2353896817819878</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>178.67162252</v>
+        <v>178.67172728</v>
       </c>
       <c r="C193" s="5">
-        <v>2.4176233299999978</v>
+        <v>2.4180374000000029</v>
       </c>
       <c r="D193" s="5">
-        <v>17.760384904888028</v>
+        <v>17.763693413724635</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>179.36819872000001</v>
+        <v>179.37338272</v>
       </c>
       <c r="C194" s="5">
-        <v>0.69657620000000975</v>
+        <v>0.70165543999999613</v>
       </c>
       <c r="D194" s="5">
-        <v>4.7799982175748879</v>
+        <v>4.8156060369002329</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>179.76207547000001</v>
+        <v>179.76067875999999</v>
       </c>
       <c r="C195" s="5">
-        <v>0.39387675000000399</v>
+        <v>0.3872960399999954</v>
       </c>
       <c r="D195" s="5">
-        <v>2.66715369683721</v>
+        <v>2.6219849627246328</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>179.75263594</v>
+        <v>179.75265856999999</v>
       </c>
       <c r="C196" s="5">
-        <v>-9.4395300000087445E-3</v>
+        <v>-8.0201899999963189E-3</v>
       </c>
       <c r="D196" s="5">
-        <v>-6.2995295561540932E-2</v>
+        <v>-5.3525981049729054E-2</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>180.82598733</v>
+        <v>180.82613244999999</v>
       </c>
       <c r="C197" s="5">
-        <v>1.0733513899999991</v>
+        <v>1.0734738799999946</v>
       </c>
       <c r="D197" s="5">
-        <v>7.4056006893544968</v>
+        <v>7.4064727971156596</v>
       </c>
       <c r="E197" s="5">
-        <v>5.5526188437152069</v>
+        <v>5.5525891742507438</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>182.61172296999999</v>
+        <v>182.61111098999999</v>
       </c>
       <c r="C198" s="5">
-        <v>1.7857356399999844</v>
+        <v>1.7849785399999973</v>
       </c>
       <c r="D198" s="5">
-        <v>12.51585084706781</v>
+        <v>12.51024255554556</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>182.74530403</v>
+        <v>182.74510205000001</v>
       </c>
       <c r="C199" s="5">
-        <v>0.13358106000001158</v>
+        <v>0.13399106000002803</v>
       </c>
       <c r="D199" s="5">
-        <v>0.88134410721181222</v>
+        <v>0.8840631152423617</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>183.26801169000001</v>
+        <v>183.2694529</v>
       </c>
       <c r="C200" s="5">
-        <v>0.5227076600000089</v>
+        <v>0.52435084999999049</v>
       </c>
       <c r="D200" s="5">
-        <v>3.4868834215694644</v>
+        <v>3.4980223198750382</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>182.37915279000001</v>
+        <v>182.37527585000001</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.88885890000000245</v>
+        <v>-0.89417704999999614</v>
       </c>
       <c r="D201" s="5">
-        <v>-5.6672903034130524</v>
+        <v>-5.7002501193541004</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>182.51018435</v>
+        <v>182.51040762</v>
       </c>
       <c r="C202" s="5">
-        <v>0.13103155999999672</v>
+        <v>0.13513176999998677</v>
       </c>
       <c r="D202" s="5">
-        <v>0.86556323717501549</v>
+        <v>0.89277777881844322</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>184.24963671</v>
+        <v>184.24933780999999</v>
       </c>
       <c r="C203" s="5">
-        <v>1.7394523600000014</v>
+        <v>1.7389301899999907</v>
       </c>
       <c r="D203" s="5">
-        <v>12.055825002981123</v>
+        <v>12.051998695632914</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>181.55619159</v>
+        <v>181.55508381999999</v>
       </c>
       <c r="C204" s="5">
-        <v>-2.6934451200000069</v>
+        <v>-2.6942539899999929</v>
       </c>
       <c r="D204" s="5">
-        <v>-16.198250045332863</v>
+        <v>-16.202754391051265</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>184.37484975000001</v>
+        <v>184.37577786</v>
       </c>
       <c r="C205" s="5">
-        <v>2.8186581600000125</v>
+        <v>2.8206940400000065</v>
       </c>
       <c r="D205" s="5">
-        <v>20.306026365545037</v>
+        <v>20.322103241908863</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>185.77320173999999</v>
+        <v>185.77860831999999</v>
       </c>
       <c r="C206" s="5">
-        <v>1.3983519899999806</v>
+        <v>1.4028304599999899</v>
       </c>
       <c r="D206" s="5">
-        <v>9.4905506960054176</v>
+        <v>9.5221790546696781</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>187.30718916000001</v>
+        <v>187.30478861</v>
       </c>
       <c r="C207" s="5">
-        <v>1.5339874200000168</v>
+        <v>1.5261802900000134</v>
       </c>
       <c r="D207" s="5">
-        <v>10.371403875080553</v>
+        <v>10.315898072846075</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>188.28705076</v>
+        <v>188.28715278999999</v>
       </c>
       <c r="C208" s="5">
-        <v>0.97986159999999245</v>
+        <v>0.98236417999999048</v>
       </c>
       <c r="D208" s="5">
-        <v>6.4613760408007925</v>
+        <v>6.478442843343446</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>188.6257191</v>
+        <v>188.62588421000001</v>
       </c>
       <c r="C209" s="5">
-        <v>0.33866833999999812</v>
+        <v>0.33873142000001621</v>
       </c>
       <c r="D209" s="5">
-        <v>2.179898408935399</v>
+        <v>2.1803072671334744</v>
       </c>
       <c r="E209" s="5">
-        <v>4.3133909484845301</v>
+        <v>4.3133985416387244</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>189.77185498</v>
+        <v>189.77114466</v>
       </c>
       <c r="C210" s="5">
-        <v>1.1461358800000028</v>
+        <v>1.145260449999995</v>
       </c>
       <c r="D210" s="5">
-        <v>7.54017320052498</v>
+        <v>7.5342134564844399</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>189.81001071</v>
+        <v>189.80974964999999</v>
       </c>
       <c r="C211" s="5">
-        <v>3.8155729999999721E-2</v>
+        <v>3.8604989999981854E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>0.24154025749520969</v>
+        <v>0.24438834242361818</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>190.55296863000001</v>
+        <v>190.55448985999999</v>
       </c>
       <c r="C212" s="5">
-        <v>0.74295792000000915</v>
+        <v>0.74474021000000334</v>
       </c>
       <c r="D212" s="5">
-        <v>4.7995129650078239</v>
+        <v>4.8112829263781132</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>191.57670633000001</v>
+        <v>191.57410096999999</v>
       </c>
       <c r="C213" s="5">
-        <v>1.0237376999999981</v>
+        <v>1.0196111099999996</v>
       </c>
       <c r="D213" s="5">
-        <v>6.6408996725754399</v>
+        <v>6.6132838541069772</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>191.94589629999999</v>
+        <v>191.94619317999999</v>
       </c>
       <c r="C214" s="5">
-        <v>0.36918996999997944</v>
+        <v>0.37209221000000525</v>
       </c>
       <c r="D214" s="5">
-        <v>2.3372046370594424</v>
+        <v>2.3558067401193039</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>192.98571931000001</v>
+        <v>192.98520697000001</v>
       </c>
       <c r="C215" s="5">
-        <v>1.0398230100000205</v>
+        <v>1.0390137900000127</v>
       </c>
       <c r="D215" s="5">
-        <v>6.6979552824982358</v>
+        <v>6.6925759257126183</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>194.70675872000001</v>
+        <v>194.70455917999999</v>
       </c>
       <c r="C216" s="5">
-        <v>1.721039410000003</v>
+        <v>1.7193522099999825</v>
       </c>
       <c r="D216" s="5">
-        <v>11.242374395073206</v>
+        <v>11.23083880384188</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>195.78704776000001</v>
+        <v>195.78859399000001</v>
       </c>
       <c r="C217" s="5">
-        <v>1.0802890399999967</v>
+        <v>1.0840348100000199</v>
       </c>
       <c r="D217" s="5">
-        <v>6.8649206599682655</v>
+        <v>6.8895377630801224</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>195.57235553000001</v>
+        <v>195.57805823000001</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.21469222999999715</v>
+        <v>-0.21053575999999907</v>
       </c>
       <c r="D218" s="5">
-        <v>-1.3079647160037067</v>
+        <v>-1.2827818580838479</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>196.67010955000001</v>
+        <v>196.66624539</v>
       </c>
       <c r="C219" s="5">
-        <v>1.0977540199999964</v>
+        <v>1.0881871599999897</v>
       </c>
       <c r="D219" s="5">
-        <v>6.9475198628719426</v>
+        <v>6.8849011046881348</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>197.36590772</v>
+        <v>197.36606259000001</v>
       </c>
       <c r="C220" s="5">
-        <v>0.69579816999998911</v>
+        <v>0.69981720000001246</v>
       </c>
       <c r="D220" s="5">
-        <v>4.3290660742641762</v>
+        <v>4.3546500357036555</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>197.84667904</v>
+        <v>197.84696463</v>
       </c>
       <c r="C221" s="5">
-        <v>0.48077132000000233</v>
+        <v>0.48090203999998948</v>
       </c>
       <c r="D221" s="5">
-        <v>2.9626096687205061</v>
+        <v>2.963423660693798</v>
       </c>
       <c r="E221" s="5">
-        <v>4.8884955794981089</v>
+        <v>4.8885551729125565</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>200.32757763999999</v>
+        <v>200.32689669000001</v>
       </c>
       <c r="C222" s="5">
-        <v>2.4808985999999891</v>
+        <v>2.4799320600000101</v>
       </c>
       <c r="D222" s="5">
-        <v>16.129805111249375</v>
+        <v>16.123056755248967</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>201.10920345</v>
+        <v>201.10886205</v>
       </c>
       <c r="C223" s="5">
-        <v>0.78162581000000841</v>
+        <v>0.78196535999998673</v>
       </c>
       <c r="D223" s="5">
-        <v>4.7838799489863915</v>
+        <v>4.7860195759599655</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>201.07422990000001</v>
+        <v>201.07590408999999</v>
       </c>
       <c r="C224" s="5">
-        <v>-3.4973549999989473E-2</v>
+        <v>-3.2957960000004505E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-0.2084844514391726</v>
+        <v>-0.19648027049119499</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>201.62607144</v>
+        <v>201.62475271</v>
       </c>
       <c r="C225" s="5">
-        <v>0.55184153999999808</v>
+        <v>0.54884862000000112</v>
       </c>
       <c r="D225" s="5">
-        <v>3.3435295515560348</v>
+        <v>3.3250946827275918</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>201.99631349000001</v>
+        <v>201.99682161000001</v>
       </c>
       <c r="C226" s="5">
-        <v>0.37024205000000165</v>
+        <v>0.37206890000001636</v>
       </c>
       <c r="D226" s="5">
-        <v>2.2259282584933926</v>
+        <v>2.2370379377154359</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>201.75176719000001</v>
+        <v>201.75128380999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.24454629999999611</v>
+        <v>-0.24553780000002234</v>
       </c>
       <c r="D227" s="5">
-        <v>-1.4431423389671738</v>
+        <v>-1.4489508003918239</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>202.66076860999999</v>
+        <v>202.65775171999999</v>
       </c>
       <c r="C228" s="5">
-        <v>0.90900141999998141</v>
+        <v>0.90646791000000349</v>
       </c>
       <c r="D228" s="5">
-        <v>5.5426647553516117</v>
+        <v>5.5268464501877057</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>202.80214068000001</v>
+        <v>202.80433194</v>
       </c>
       <c r="C229" s="5">
-        <v>0.14137207000001695</v>
+        <v>0.14658022000000415</v>
       </c>
       <c r="D229" s="5">
-        <v>0.84031498475360955</v>
+        <v>0.87140848955449268</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>202.10385368999999</v>
+        <v>202.10808324000001</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.69828699000001393</v>
+        <v>-0.69624869999998396</v>
       </c>
       <c r="D230" s="5">
-        <v>-4.0544763776909072</v>
+        <v>-4.0428211316686946</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>203.92612880999999</v>
+        <v>203.92188435</v>
       </c>
       <c r="C231" s="5">
-        <v>1.8222751200000005</v>
+        <v>1.8138011099999858</v>
       </c>
       <c r="D231" s="5">
-        <v>11.372857803366031</v>
+        <v>11.317085574194085</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>203.29436715</v>
+        <v>203.29469384999999</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.63176165999999512</v>
+        <v>-0.62719050000001175</v>
       </c>
       <c r="D232" s="5">
-        <v>-3.654896953857445</v>
+        <v>-3.6289716722943122</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>203.29040291999999</v>
+        <v>203.2907787</v>
       </c>
       <c r="C233" s="5">
-        <v>-3.9642300000082287E-3</v>
+        <v>-3.915149999983214E-3</v>
       </c>
       <c r="D233" s="5">
-        <v>-2.3397430557225984E-2</v>
+        <v>-2.3107747200057371E-2</v>
       </c>
       <c r="E233" s="5">
-        <v>2.7514861034889648</v>
+        <v>2.7515277174864128</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>202.68277907000001</v>
+        <v>202.68247030000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.60762384999998176</v>
+        <v>-0.60830839999999853</v>
       </c>
       <c r="D234" s="5">
-        <v>-3.5283545920612669</v>
+        <v>-3.5322580296403339</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>201.71023045000001</v>
+        <v>201.7101088</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.97254861999999775</v>
+        <v>-0.97236150000000521</v>
       </c>
       <c r="D235" s="5">
-        <v>-5.6084970494035709</v>
+        <v>-5.6074545953813448</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>201.62087922000001</v>
+        <v>201.62194213000001</v>
       </c>
       <c r="C236" s="5">
-        <v>-8.9351230000005444E-2</v>
+        <v>-8.8166669999992564E-2</v>
       </c>
       <c r="D236" s="5">
-        <v>-0.53026876566815151</v>
+        <v>-0.5232560167875433</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>202.69117808999999</v>
+        <v>202.69135155000001</v>
       </c>
       <c r="C237" s="5">
-        <v>1.0702988699999878</v>
+        <v>1.0694094199999995</v>
       </c>
       <c r="D237" s="5">
-        <v>6.5594847370545661</v>
+        <v>6.5538380521146689</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>203.15485595999999</v>
+        <v>203.1553974</v>
       </c>
       <c r="C238" s="5">
-        <v>0.46367786999999794</v>
+        <v>0.46404584999999088</v>
       </c>
       <c r="D238" s="5">
-        <v>2.7799325740893055</v>
+        <v>2.7821642029090432</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>202.69050059</v>
+        <v>202.69006553</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.46435536999999272</v>
+        <v>-0.46533186999999998</v>
       </c>
       <c r="D239" s="5">
-        <v>-2.708645023084677</v>
+        <v>-2.7142623660647236</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>204.07829959</v>
+        <v>204.07542813000001</v>
       </c>
       <c r="C240" s="5">
-        <v>1.3877990000000011</v>
+        <v>1.3853626000000077</v>
       </c>
       <c r="D240" s="5">
-        <v>8.5328433562502184</v>
+        <v>8.5173146477888437</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>203.76108586999999</v>
+        <v>203.76340895000001</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.31721372000001224</v>
+        <v>-0.31201917999999296</v>
       </c>
       <c r="D241" s="5">
-        <v>-1.8493833792763481</v>
+        <v>-1.8193783703445376</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>203.70609121000001</v>
+        <v>203.70870016000001</v>
       </c>
       <c r="C242" s="5">
-        <v>-5.4994659999977102E-2</v>
+        <v>-5.4708790000006502E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>-0.32339696476062496</v>
+        <v>-0.32171472095754439</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>204.46880761</v>
+        <v>204.46397789</v>
       </c>
       <c r="C243" s="5">
-        <v>0.76271639999998797</v>
+        <v>0.75527772999998888</v>
       </c>
       <c r="D243" s="5">
-        <v>4.5867305175107731</v>
+        <v>4.5410213377255593</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>204.28071971</v>
+        <v>204.28150643999999</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.18808789999999931</v>
+        <v>-0.18247145000000842</v>
       </c>
       <c r="D244" s="5">
-        <v>-1.0982948901631873</v>
+        <v>-1.0656848189225188</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>203.76358160000001</v>
+        <v>203.76381928000001</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.51713810999999055</v>
+        <v>-0.51768715999997994</v>
       </c>
       <c r="D245" s="5">
-        <v>-2.9958672212351933</v>
+        <v>-2.9989923686871367</v>
       </c>
       <c r="E245" s="5">
-        <v>0.2327599695821414</v>
+        <v>0.23269160707879433</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>204.45097096999999</v>
+        <v>204.45113082</v>
       </c>
       <c r="C246" s="5">
-        <v>0.68738936999997691</v>
+        <v>0.68731153999999606</v>
       </c>
       <c r="D246" s="5">
-        <v>4.1241191640378538</v>
+        <v>4.1236386122135427</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>204.73195852000001</v>
+        <v>204.73218807000001</v>
       </c>
       <c r="C247" s="5">
-        <v>0.28098755000002029</v>
+        <v>0.28105725000000348</v>
       </c>
       <c r="D247" s="5">
-        <v>1.6617457511210354</v>
+        <v>1.6621597654628451</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>205.12616867</v>
+        <v>205.12684393000001</v>
       </c>
       <c r="C248" s="5">
-        <v>0.39421014999999215</v>
+        <v>0.3946558600000003</v>
       </c>
       <c r="D248" s="5">
-        <v>2.3352201694066377</v>
+        <v>2.3378858707548966</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>204.6358027</v>
+        <v>204.63631058000001</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.49036596999999915</v>
+        <v>-0.49053334999999265</v>
       </c>
       <c r="D249" s="5">
-        <v>-2.831250885342218</v>
+        <v>-2.8321954195299592</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>206.30585869000001</v>
+        <v>206.30666753</v>
       </c>
       <c r="C250" s="5">
-        <v>1.6700559900000087</v>
+        <v>1.6703569499999844</v>
       </c>
       <c r="D250" s="5">
-        <v>10.245101785340482</v>
+        <v>10.247005129776143</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>206.86975777999999</v>
+        <v>206.86962654000001</v>
       </c>
       <c r="C251" s="5">
-        <v>0.56389908999997829</v>
+        <v>0.56295901000001436</v>
       </c>
       <c r="D251" s="5">
-        <v>3.3297398506155762</v>
+        <v>3.3240920162550758</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>204.43293684</v>
+        <v>204.4303721</v>
       </c>
       <c r="C252" s="5">
-        <v>-2.4368209399999898</v>
+        <v>-2.4392544400000133</v>
       </c>
       <c r="D252" s="5">
-        <v>-13.25462263540701</v>
+        <v>-13.267020751612202</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>205.07963644</v>
+        <v>205.08194463000001</v>
       </c>
       <c r="C253" s="5">
-        <v>0.64669960000000515</v>
+        <v>0.65157253000000992</v>
       </c>
       <c r="D253" s="5">
-        <v>3.8628066919996984</v>
+        <v>3.8924750641965211</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>206.69879075</v>
+        <v>206.6998858</v>
       </c>
       <c r="C254" s="5">
-        <v>1.619154309999999</v>
+        <v>1.6179411699999946</v>
       </c>
       <c r="D254" s="5">
-        <v>9.8967285152569815</v>
+        <v>9.8888726267008167</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>207.72263752999999</v>
+        <v>207.71810073</v>
       </c>
       <c r="C255" s="5">
-        <v>1.0238467799999853</v>
+        <v>1.0182149299999992</v>
       </c>
       <c r="D255" s="5">
-        <v>6.1086305850682754</v>
+        <v>6.0740804173796015</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>207.71169594</v>
+        <v>207.71269232</v>
       </c>
       <c r="C256" s="5">
-        <v>-1.09415899999874E-2</v>
+        <v>-5.4084100000011404E-3</v>
       </c>
       <c r="D256" s="5">
-        <v>-6.3190536163459932E-2</v>
+        <v>-3.1240236862950521E-2</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>208.61848004000001</v>
+        <v>208.61842209</v>
       </c>
       <c r="C257" s="5">
-        <v>0.90678410000001008</v>
+        <v>0.90572976999999355</v>
       </c>
       <c r="D257" s="5">
-        <v>5.3663417946137271</v>
+        <v>5.3599255518474553</v>
       </c>
       <c r="E257" s="5">
-        <v>2.3826134198654092</v>
+        <v>2.3824655560313657</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>209.43644334000001</v>
+        <v>209.43695403999999</v>
       </c>
       <c r="C258" s="5">
-        <v>0.81796330000000239</v>
+        <v>0.81853194999999346</v>
       </c>
       <c r="D258" s="5">
-        <v>4.8078292629410324</v>
+        <v>4.8112454989438946</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>209.72107688</v>
+        <v>209.72159339000001</v>
       </c>
       <c r="C259" s="5">
-        <v>0.28463353999998731</v>
+        <v>0.28463935000002039</v>
       </c>
       <c r="D259" s="5">
-        <v>1.6430995498426748</v>
+        <v>1.6431293035543248</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>210.23688891</v>
+        <v>210.23705491999999</v>
       </c>
       <c r="C260" s="5">
-        <v>0.51581203000000642</v>
+        <v>0.51546152999998185</v>
       </c>
       <c r="D260" s="5">
-        <v>2.9916713363111969</v>
+        <v>2.989603440695543</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>211.11951565999999</v>
+        <v>211.12012826</v>
       </c>
       <c r="C261" s="5">
-        <v>0.8826267499999858</v>
+        <v>0.88307334000000992</v>
       </c>
       <c r="D261" s="5">
-        <v>5.1558687736545705</v>
+        <v>5.1585339244389683</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>211.46034653999999</v>
+        <v>211.46105012999999</v>
       </c>
       <c r="C262" s="5">
-        <v>0.34083087999999861</v>
+        <v>0.3409218699999883</v>
       </c>
       <c r="D262" s="5">
-        <v>1.9545717040462263</v>
+        <v>1.9550924263721958</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>211.97725054</v>
+        <v>211.97714303000001</v>
       </c>
       <c r="C263" s="5">
-        <v>0.51690400000001091</v>
+        <v>0.51609290000001806</v>
       </c>
       <c r="D263" s="5">
-        <v>2.9730989086911963</v>
+        <v>2.968360860297814</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>212.51392399</v>
+        <v>212.51265839999999</v>
       </c>
       <c r="C264" s="5">
-        <v>0.536673449999995</v>
+        <v>0.53551536999998461</v>
       </c>
       <c r="D264" s="5">
-        <v>3.0807637265236387</v>
+        <v>3.0740247310407032</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>212.90585859999999</v>
+        <v>212.90726283000001</v>
       </c>
       <c r="C265" s="5">
-        <v>0.39193460999999274</v>
+        <v>0.39460443000001533</v>
       </c>
       <c r="D265" s="5">
-        <v>2.2357203325996</v>
+        <v>2.2511192560744853</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>212.97769675000001</v>
+        <v>212.97866844000001</v>
       </c>
       <c r="C266" s="5">
-        <v>7.1838150000019141E-2</v>
+        <v>7.1405609999999342E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>0.40565318856791155</v>
+        <v>0.40320356521184042</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>210.96652718999999</v>
+        <v>210.96248019000001</v>
       </c>
       <c r="C267" s="5">
-        <v>-2.0111695600000132</v>
+        <v>-2.016188249999999</v>
       </c>
       <c r="D267" s="5">
-        <v>-10.761320866553259</v>
+        <v>-10.786745678023578</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>211.71438161</v>
+        <v>211.71528602000001</v>
       </c>
       <c r="C268" s="5">
-        <v>0.74785442000001012</v>
+        <v>0.75280582999999979</v>
       </c>
       <c r="D268" s="5">
-        <v>4.3378007035785648</v>
+        <v>4.3671719458062919</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>212.19875182000001</v>
+        <v>212.19810962</v>
       </c>
       <c r="C269" s="5">
-        <v>0.48437021000000868</v>
+        <v>0.48282359999998903</v>
       </c>
       <c r="D269" s="5">
-        <v>2.7802277889565463</v>
+        <v>2.7712268014035146</v>
       </c>
       <c r="E269" s="5">
-        <v>1.7161815095736221</v>
+        <v>1.7159019295312605</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>213.33147457000001</v>
+        <v>213.33219324000001</v>
       </c>
       <c r="C270" s="5">
-        <v>1.1327227499999992</v>
+        <v>1.1340836200000126</v>
       </c>
       <c r="D270" s="5">
-        <v>6.5970836502339258</v>
+        <v>6.6052644825780771</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>213.62007169</v>
+        <v>213.62051805999999</v>
       </c>
       <c r="C271" s="5">
-        <v>0.28859711999999149</v>
+        <v>0.28832481999998549</v>
       </c>
       <c r="D271" s="5">
-        <v>1.6355062179371549</v>
+        <v>1.6339460346635137</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>214.41115490999999</v>
+        <v>214.41116346000001</v>
       </c>
       <c r="C272" s="5">
-        <v>0.79108321999999021</v>
+        <v>0.79064540000001671</v>
       </c>
       <c r="D272" s="5">
-        <v>4.5355084005935797</v>
+        <v>4.5329372701588877</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>214.22524225999999</v>
+        <v>214.22573001999999</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.1859126500000059</v>
+        <v>-0.18543344000002548</v>
       </c>
       <c r="D273" s="5">
-        <v>-1.0355539373514744</v>
+        <v>-1.0328973278697973</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>214.11825512999999</v>
+        <v>214.11858243</v>
       </c>
       <c r="C274" s="5">
-        <v>-0.10698712999999316</v>
+        <v>-0.10714758999998253</v>
       </c>
       <c r="D274" s="5">
-        <v>-0.59765365251991387</v>
+        <v>-0.59854619397117226</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>214.78274415999999</v>
+        <v>214.78265633999999</v>
       </c>
       <c r="C275" s="5">
-        <v>0.66448902999999859</v>
+        <v>0.66407390999998483</v>
       </c>
       <c r="D275" s="5">
-        <v>3.7882751215799537</v>
+        <v>3.785862107406035</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>214.67782198</v>
+        <v>214.67812089</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.10492217999998843</v>
+        <v>-0.10453544999998599</v>
       </c>
       <c r="D276" s="5">
-        <v>-0.58463208725704208</v>
+        <v>-0.58248320928806496</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>214.87530533</v>
+        <v>214.87597704000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.19748334999999884</v>
+        <v>0.19785615000000689</v>
       </c>
       <c r="D277" s="5">
-        <v>1.1094890843727168</v>
+        <v>1.1115925995554443</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>215.35550369000001</v>
+        <v>215.35625683000001</v>
       </c>
       <c r="C278" s="5">
-        <v>0.48019836000000282</v>
+        <v>0.48027978999999732</v>
       </c>
       <c r="D278" s="5">
-        <v>2.7149409141940417</v>
+        <v>2.7153983836862627</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>215.95052544999999</v>
+        <v>215.94746104999999</v>
       </c>
       <c r="C279" s="5">
-        <v>0.5950217599999803</v>
+        <v>0.5912042199999803</v>
       </c>
       <c r="D279" s="5">
-        <v>3.3664208912344229</v>
+        <v>3.3444836023316826</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>216.67684614999999</v>
+        <v>216.67752820999999</v>
       </c>
       <c r="C280" s="5">
-        <v>0.72632070000000226</v>
+        <v>0.73006716000000438</v>
       </c>
       <c r="D280" s="5">
-        <v>4.1115435895515917</v>
+        <v>4.1332071297598194</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>217.48637866999999</v>
+        <v>217.48521524</v>
       </c>
       <c r="C281" s="5">
-        <v>0.80953252000000475</v>
+        <v>0.80768703000001096</v>
       </c>
       <c r="D281" s="5">
-        <v>4.5766382462248512</v>
+        <v>4.5659753997489894</v>
       </c>
       <c r="E281" s="5">
-        <v>2.4918274988183109</v>
+        <v>2.4915894064598598</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>216.97900182000001</v>
+        <v>216.97971788999999</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.50737684999998578</v>
+        <v>-0.50549735000001306</v>
       </c>
       <c r="D282" s="5">
-        <v>-2.763853349698131</v>
+        <v>-2.7537601474364792</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>218.19165167</v>
+        <v>218.19188063000001</v>
       </c>
       <c r="C283" s="5">
-        <v>1.2126498499999911</v>
+        <v>1.212162740000025</v>
       </c>
       <c r="D283" s="5">
-        <v>6.9165839829256059</v>
+        <v>6.913696217613885</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>218.80418940000001</v>
+        <v>218.80393240000001</v>
       </c>
       <c r="C284" s="5">
-        <v>0.61253773000001388</v>
+        <v>0.61205176999999367</v>
       </c>
       <c r="D284" s="5">
-        <v>3.4213110922118872</v>
+        <v>3.4185511215890418</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>218.88295429999999</v>
+        <v>218.88330429999999</v>
       </c>
       <c r="C285" s="5">
-        <v>7.8764899999981708E-2</v>
+        <v>7.9371899999983953E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>0.43283101408559954</v>
+        <v>0.43617378813729513</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>219.14289822000001</v>
+        <v>219.14283828000001</v>
       </c>
       <c r="C286" s="5">
-        <v>0.25994392000001199</v>
+        <v>0.25953398000001471</v>
       </c>
       <c r="D286" s="5">
-        <v>1.4344573458474619</v>
+        <v>1.4321780819399388</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>220.13108462</v>
+        <v>220.13089138000001</v>
       </c>
       <c r="C287" s="5">
-        <v>0.98818639999998936</v>
+        <v>0.9880531000000019</v>
       </c>
       <c r="D287" s="5">
-        <v>5.5474314726556617</v>
+        <v>5.5466660613639363</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>220.13568197999999</v>
+        <v>220.13755875999999</v>
       </c>
       <c r="C288" s="5">
-        <v>4.597359999991113E-3</v>
+        <v>6.6673799999819039E-3</v>
       </c>
       <c r="D288" s="5">
-        <v>2.5064455333989599E-2</v>
+        <v>3.6351958192115674E-2</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>221.20744217999999</v>
+        <v>221.20767469</v>
       </c>
       <c r="C289" s="5">
-        <v>1.0717601999999999</v>
+        <v>1.0701159300000143</v>
       </c>
       <c r="D289" s="5">
-        <v>6.00137223251207</v>
+        <v>5.9918650614352087</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>221.44036828</v>
+        <v>221.44123381</v>
       </c>
       <c r="C290" s="5">
-        <v>0.23292610000001446</v>
+        <v>0.23355911999999535</v>
       </c>
       <c r="D290" s="5">
-        <v>1.2709146000118299</v>
+        <v>1.2743872817502666</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>221.74943716999999</v>
+        <v>221.74699950999999</v>
       </c>
       <c r="C291" s="5">
-        <v>0.30906888999999182</v>
+        <v>0.30576569999999492</v>
       </c>
       <c r="D291" s="5">
-        <v>1.6877817967057673</v>
+        <v>1.6695997588259681</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>222.65716617000001</v>
+        <v>222.65782318000001</v>
       </c>
       <c r="C292" s="5">
-        <v>0.90772900000001755</v>
+        <v>0.91082367000001341</v>
       </c>
       <c r="D292" s="5">
-        <v>5.024304413565206</v>
+        <v>5.0418789915824158</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>223.63177168999999</v>
+        <v>223.63017701000001</v>
       </c>
       <c r="C293" s="5">
-        <v>0.97460551999998302</v>
+        <v>0.97235383000000297</v>
       </c>
       <c r="D293" s="5">
-        <v>5.3809052609577135</v>
+        <v>5.3681571091643621</v>
       </c>
       <c r="E293" s="5">
-        <v>2.825645016290701</v>
+        <v>2.8254618426447609</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>222.90326807</v>
+        <v>222.90394562</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.72850361999999791</v>
+        <v>-0.72623139000000947</v>
       </c>
       <c r="D294" s="5">
-        <v>-3.8398399998166743</v>
+        <v>-3.8281033097886663</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>222.88805238</v>
+        <v>222.88763247</v>
       </c>
       <c r="C295" s="5">
-        <v>-1.52156899999909E-2</v>
+        <v>-1.6313150000001997E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>-8.1882938122868065E-2</v>
+        <v>-8.7786253894284183E-2</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>223.29855562</v>
+        <v>223.29809925999999</v>
       </c>
       <c r="C296" s="5">
-        <v>0.41050323999999705</v>
+        <v>0.41046678999998676</v>
       </c>
       <c r="D296" s="5">
-        <v>2.2326209333693336</v>
+        <v>2.2324249274818353</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>223.89823340000001</v>
+        <v>223.89844027999999</v>
       </c>
       <c r="C297" s="5">
-        <v>0.59967778000000749</v>
+        <v>0.60034102000000189</v>
       </c>
       <c r="D297" s="5">
-        <v>3.2706799106324569</v>
+        <v>3.2743577103659272</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>225.53681333</v>
+        <v>225.53662507999999</v>
       </c>
       <c r="C298" s="5">
-        <v>1.6385799299999917</v>
+        <v>1.6381848000000048</v>
       </c>
       <c r="D298" s="5">
-        <v>9.1443541766234269</v>
+        <v>9.142050818826398</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>225.95984910000001</v>
+        <v>225.95965670999999</v>
       </c>
       <c r="C299" s="5">
-        <v>0.42303577000001269</v>
+        <v>0.42303162999999699</v>
       </c>
       <c r="D299" s="5">
-        <v>2.2741865294861219</v>
+        <v>2.2741659610888032</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>226.16752431</v>
+        <v>226.17008378</v>
       </c>
       <c r="C300" s="5">
-        <v>0.20767520999999078</v>
+        <v>0.2104270700000086</v>
       </c>
       <c r="D300" s="5">
-        <v>1.1084883593452055</v>
+        <v>1.1232529800542901</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>226.69991845999999</v>
+        <v>226.70017697</v>
       </c>
       <c r="C301" s="5">
-        <v>0.53239414999998758</v>
+        <v>0.53009319000000232</v>
       </c>
       <c r="D301" s="5">
-        <v>2.8616383046153882</v>
+        <v>2.849078038011621</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>226.5881187</v>
+        <v>226.58930239</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.1117997599999967</v>
+        <v>-0.11087458000000083</v>
       </c>
       <c r="D302" s="5">
-        <v>-0.59019172537406739</v>
+        <v>-0.58532015832720719</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>227.96891707</v>
+        <v>227.96750983999999</v>
       </c>
       <c r="C303" s="5">
-        <v>1.3807983700000079</v>
+        <v>1.3782074499999908</v>
       </c>
       <c r="D303" s="5">
-        <v>7.5627831789435218</v>
+        <v>7.5480736227083733</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>227.75595963000001</v>
+        <v>227.75640157999999</v>
       </c>
       <c r="C304" s="5">
-        <v>-0.21295743999999672</v>
+        <v>-0.21110826000000316</v>
       </c>
       <c r="D304" s="5">
-        <v>-1.1152399356933573</v>
+        <v>-1.1056119981831314</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>229.32246531999999</v>
+        <v>229.32093215</v>
       </c>
       <c r="C305" s="5">
-        <v>1.5665056899999854</v>
+        <v>1.5645305700000165</v>
       </c>
       <c r="D305" s="5">
-        <v>8.5730968642632419</v>
+        <v>8.561858663671341</v>
       </c>
       <c r="E305" s="5">
-        <v>2.5446713528203269</v>
+        <v>2.5447170037993239</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>229.69369648</v>
+        <v>229.69399490999999</v>
       </c>
       <c r="C306" s="5">
-        <v>0.37123116000000778</v>
+        <v>0.37306275999998206</v>
       </c>
       <c r="D306" s="5">
-        <v>1.9599701127894331</v>
+        <v>1.9697402930245689</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>230.25284445</v>
+        <v>230.25061880999999</v>
       </c>
       <c r="C307" s="5">
-        <v>0.55914796999999794</v>
+        <v>0.55662390000000528</v>
       </c>
       <c r="D307" s="5">
-        <v>2.9606141969707789</v>
+        <v>2.9470670767249185</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>230.70699424</v>
+        <v>230.70611481</v>
       </c>
       <c r="C308" s="5">
-        <v>0.45414979000000244</v>
+        <v>0.45549600000001078</v>
       </c>
       <c r="D308" s="5">
-        <v>2.3927210509705699</v>
+        <v>2.3999144548691342</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>230.05765797999999</v>
+        <v>230.05770505999999</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.64933626000001254</v>
+        <v>-0.64840975000001322</v>
       </c>
       <c r="D309" s="5">
-        <v>-3.3256636964595243</v>
+        <v>-3.3210040246630768</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>231.94094802999999</v>
+        <v>231.94122594999999</v>
       </c>
       <c r="C310" s="5">
-        <v>1.8832900499999994</v>
+        <v>1.8835208899999998</v>
       </c>
       <c r="D310" s="5">
-        <v>10.277980381644202</v>
+        <v>10.279295243960984</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>232.23106023</v>
+        <v>232.23120123000001</v>
       </c>
       <c r="C311" s="5">
-        <v>0.29011220000001003</v>
+        <v>0.28997528000002148</v>
       </c>
       <c r="D311" s="5">
-        <v>1.5113313013565888</v>
+        <v>1.5106112861889454</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>233.45592124000001</v>
+        <v>233.45950869999999</v>
       </c>
       <c r="C312" s="5">
-        <v>1.2248610100000121</v>
+        <v>1.2283074699999759</v>
       </c>
       <c r="D312" s="5">
-        <v>6.5160527885613995</v>
+        <v>6.5349199223160959</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>233.56782222000001</v>
+        <v>233.5682262</v>
       </c>
       <c r="C313" s="5">
-        <v>0.11190098000000148</v>
+        <v>0.10871750000001157</v>
       </c>
       <c r="D313" s="5">
-        <v>0.57670734759598385</v>
+        <v>0.5602498785143295</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>233.22816093</v>
+        <v>233.23003532999999</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.33966129000000933</v>
+        <v>-0.33819087000000536</v>
       </c>
       <c r="D314" s="5">
-        <v>-1.7311856342719589</v>
+        <v>-1.7237478227344116</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>233.47933437</v>
+        <v>233.47930656</v>
       </c>
       <c r="C315" s="5">
-        <v>0.2511734400000023</v>
+        <v>0.24927123000000506</v>
       </c>
       <c r="D315" s="5">
-        <v>1.3000138911654968</v>
+        <v>1.2901001306906412</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>233.86389717</v>
+        <v>233.86387026</v>
       </c>
       <c r="C316" s="5">
-        <v>0.38456279999999765</v>
+        <v>0.38456370000000106</v>
       </c>
       <c r="D316" s="5">
-        <v>1.994518770913456</v>
+        <v>1.9945237208189193</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>234.28339073000001</v>
+        <v>234.28202529999999</v>
       </c>
       <c r="C317" s="5">
-        <v>0.41949356000000648</v>
+        <v>0.41815503999998782</v>
       </c>
       <c r="D317" s="5">
-        <v>2.17386426150461</v>
+        <v>2.1668597932596567</v>
       </c>
       <c r="E317" s="5">
-        <v>2.163296737228726</v>
+        <v>2.1633843467699254</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>235.17551501</v>
+        <v>235.17466537000001</v>
       </c>
       <c r="C318" s="5">
-        <v>0.89212427999999022</v>
+        <v>0.89264007000002721</v>
       </c>
       <c r="D318" s="5">
-        <v>4.6663874848491105</v>
+        <v>4.669169971490339</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>236.01005293</v>
+        <v>236.00480438</v>
       </c>
       <c r="C319" s="5">
-        <v>0.83453792000000249</v>
+        <v>0.83013900999998214</v>
       </c>
       <c r="D319" s="5">
-        <v>4.3423905262237827</v>
+        <v>4.3190712044792079</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>236.21884721000001</v>
+        <v>236.2164463</v>
       </c>
       <c r="C320" s="5">
-        <v>0.20879428000000644</v>
+        <v>0.21164192000000526</v>
       </c>
       <c r="D320" s="5">
-        <v>1.0668014641861401</v>
+        <v>1.0814470377004781</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>237.57881255999999</v>
+        <v>237.57865731000001</v>
       </c>
       <c r="C321" s="5">
-        <v>1.3599653499999818</v>
+        <v>1.36221101000001</v>
       </c>
       <c r="D321" s="5">
-        <v>7.1316859097566132</v>
+        <v>7.1439131264018796</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>237.66876938999999</v>
+        <v>237.67016386</v>
       </c>
       <c r="C322" s="5">
-        <v>8.9956830000005539E-2</v>
+        <v>9.1506549999991194E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>0.45531536696110653</v>
+        <v>0.46317618277793571</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>237.77222811999999</v>
+        <v>237.77385633</v>
       </c>
       <c r="C323" s="5">
-        <v>0.10345872999999983</v>
+        <v>0.10369246999999859</v>
       </c>
       <c r="D323" s="5">
-        <v>0.52362010901312317</v>
+        <v>0.52480285571188112</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>238.57463694</v>
+        <v>238.57952087000001</v>
       </c>
       <c r="C324" s="5">
-        <v>0.80240882000001079</v>
+        <v>0.80566454000000931</v>
       </c>
       <c r="D324" s="5">
-        <v>4.1256508873107611</v>
+        <v>4.1426747354300408</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>239.56407571</v>
+        <v>239.56633984999999</v>
       </c>
       <c r="C325" s="5">
-        <v>0.98943876999999247</v>
+        <v>0.98681897999998114</v>
       </c>
       <c r="D325" s="5">
-        <v>5.0918551410648494</v>
+        <v>5.0779586631286122</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>240.60069128000001</v>
+        <v>240.60416352999999</v>
       </c>
       <c r="C326" s="5">
-        <v>1.0366155700000093</v>
+        <v>1.0378236800000025</v>
       </c>
       <c r="D326" s="5">
-        <v>5.317885700261904</v>
+        <v>5.3241802478194655</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>240.27541388</v>
+        <v>240.27642116999999</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.32527740000000449</v>
+        <v>-0.32774236000000201</v>
       </c>
       <c r="D327" s="5">
-        <v>-1.6103176341718095</v>
+        <v>-1.6224061438614656</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>240.42496901999999</v>
+        <v>240.42452065000001</v>
       </c>
       <c r="C328" s="5">
-        <v>0.14955513999998971</v>
+        <v>0.14809948000001327</v>
       </c>
       <c r="D328" s="5">
-        <v>0.74948086401966929</v>
+        <v>0.74215809780444619</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>241.06882331</v>
+        <v>241.06748539</v>
       </c>
       <c r="C329" s="5">
-        <v>0.64385429000000727</v>
+        <v>0.64296473999999648</v>
       </c>
       <c r="D329" s="5">
-        <v>3.2613387835862984</v>
+        <v>3.2567725964313343</v>
       </c>
       <c r="E329" s="5">
-        <v>2.8962499470651215</v>
+        <v>2.896278569092603</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>241.61079549999999</v>
+        <v>241.60696770000001</v>
       </c>
       <c r="C330" s="5">
-        <v>0.54197218999999563</v>
+        <v>0.53948231000001101</v>
       </c>
       <c r="D330" s="5">
-        <v>2.7314567595788208</v>
+        <v>2.7187685708850662</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>240.90736038</v>
+        <v>240.89659752</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.70343511999999464</v>
+        <v>-0.7103701800000124</v>
       </c>
       <c r="D331" s="5">
-        <v>-3.4383215744163032</v>
+        <v>-3.471727349324305</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>241.72303081999999</v>
+        <v>241.71628454</v>
       </c>
       <c r="C332" s="5">
-        <v>0.815670439999991</v>
+        <v>0.81968702000000349</v>
       </c>
       <c r="D332" s="5">
-        <v>4.1395130405095237</v>
+        <v>4.1604694601291348</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>242.39827112</v>
+        <v>242.39809541</v>
       </c>
       <c r="C333" s="5">
-        <v>0.67524030000001289</v>
+        <v>0.68181086999999252</v>
       </c>
       <c r="D333" s="5">
-        <v>3.404120176119263</v>
+        <v>3.4378577239347008</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>242.89449704</v>
+        <v>242.89825696</v>
       </c>
       <c r="C334" s="5">
-        <v>0.49622592000000054</v>
+        <v>0.5001615500000014</v>
       </c>
       <c r="D334" s="5">
-        <v>2.4844305634747377</v>
+        <v>2.5043608911146098</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>243.26788123</v>
+        <v>243.27454741</v>
       </c>
       <c r="C335" s="5">
-        <v>0.3733841899999959</v>
+        <v>0.37629044999999905</v>
       </c>
       <c r="D335" s="5">
-        <v>1.8603498950281017</v>
+        <v>1.8749243824826456</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>242.30643917</v>
+        <v>242.31400920999999</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.96144205999999599</v>
+        <v>-0.96053820000000201</v>
       </c>
       <c r="D336" s="5">
-        <v>-4.6408889316493891</v>
+        <v>-4.6364959953108738</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>242.14212603999999</v>
+        <v>242.14767269000001</v>
       </c>
       <c r="C337" s="5">
-        <v>-0.16431313000001069</v>
+        <v>-0.16633651999998733</v>
       </c>
       <c r="D337" s="5">
-        <v>-0.81071727446981878</v>
+        <v>-0.82063743154093816</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>243.64598179000001</v>
+        <v>243.65184411999999</v>
       </c>
       <c r="C338" s="5">
-        <v>1.5038557500000138</v>
+        <v>1.5041714299999853</v>
       </c>
       <c r="D338" s="5">
-        <v>7.7126784900027223</v>
+        <v>7.714170411757082</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>244.46362334</v>
+        <v>244.46505166</v>
       </c>
       <c r="C339" s="5">
-        <v>0.8176415499999905</v>
+        <v>0.81320754000000761</v>
       </c>
       <c r="D339" s="5">
-        <v>4.1021963136759876</v>
+        <v>4.0794405064219275</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>245.05372664999999</v>
+        <v>245.05274487</v>
       </c>
       <c r="C340" s="5">
-        <v>0.59010330999998928</v>
+        <v>0.58769320999999763</v>
       </c>
       <c r="D340" s="5">
-        <v>2.9354113034547158</v>
+        <v>2.9232462344577881</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>246.14981226</v>
+        <v>246.14691646</v>
       </c>
       <c r="C341" s="5">
-        <v>1.0960856100000171</v>
+        <v>1.094171590000002</v>
       </c>
       <c r="D341" s="5">
-        <v>5.5014356136146247</v>
+        <v>5.4916142398506063</v>
       </c>
       <c r="E341" s="5">
-        <v>2.1076922682225829</v>
+        <v>2.1070577236007138</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>246.44023489</v>
+        <v>246.43712714</v>
       </c>
       <c r="C342" s="5">
-        <v>0.2904226299999948</v>
+        <v>0.29021068000000128</v>
       </c>
       <c r="D342" s="5">
-        <v>1.425057432820287</v>
+        <v>1.4240275364714838</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>247.14223053000001</v>
+        <v>247.11784868000001</v>
       </c>
       <c r="C343" s="5">
-        <v>0.70199564000000692</v>
+        <v>0.68072154000000751</v>
       </c>
       <c r="D343" s="5">
-        <v>3.4723172464850904</v>
+        <v>3.3655276719080085</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>248.31904562</v>
+        <v>248.30423926</v>
       </c>
       <c r="C344" s="5">
-        <v>1.176815089999991</v>
+        <v>1.1863905799999941</v>
       </c>
       <c r="D344" s="5">
-        <v>5.8660772978491593</v>
+        <v>5.9156747197547155</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>247.98960434</v>
+        <v>247.9894372</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.32944127999999751</v>
+        <v>-0.31480206000000521</v>
       </c>
       <c r="D345" s="5">
-        <v>-1.5804572091955404</v>
+        <v>-1.5108056835926753</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>248.72675731999999</v>
+        <v>248.73178057000001</v>
       </c>
       <c r="C346" s="5">
-        <v>0.73715297999999052</v>
+        <v>0.7423433700000146</v>
       </c>
       <c r="D346" s="5">
-        <v>3.6259170920468486</v>
+        <v>3.6518719603129801</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>249.24293928</v>
+        <v>249.26237320000001</v>
       </c>
       <c r="C347" s="5">
-        <v>0.51618196000001149</v>
+        <v>0.53059263000000101</v>
       </c>
       <c r="D347" s="5">
-        <v>2.5189795471283194</v>
+        <v>2.590078266988094</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>249.58044483</v>
+        <v>249.59452838999999</v>
       </c>
       <c r="C348" s="5">
-        <v>0.33750555000000304</v>
+        <v>0.33215518999998039</v>
       </c>
       <c r="D348" s="5">
-        <v>1.637104248499277</v>
+        <v>1.6108347658510214</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>250.67253822999999</v>
+        <v>250.68104944999999</v>
       </c>
       <c r="C349" s="5">
-        <v>1.0920933999999818</v>
+        <v>1.0865210599999955</v>
       </c>
       <c r="D349" s="5">
-        <v>5.3790914244641774</v>
+        <v>5.3506752934603385</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>250.24454775999999</v>
+        <v>250.25144601</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.42799046999999746</v>
+        <v>-0.42960343999999395</v>
       </c>
       <c r="D350" s="5">
-        <v>-2.0297119201674763</v>
+        <v>-2.037220829441877</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>251.35104622</v>
+        <v>251.35473714</v>
       </c>
       <c r="C351" s="5">
-        <v>1.1064984600000116</v>
+        <v>1.1032911300000023</v>
       </c>
       <c r="D351" s="5">
-        <v>5.4369608631008814</v>
+        <v>5.4206639642964349</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>252.07156076999999</v>
+        <v>252.07134485</v>
       </c>
       <c r="C352" s="5">
-        <v>0.72051454999999009</v>
+        <v>0.71660771000000523</v>
       </c>
       <c r="D352" s="5">
-        <v>3.4946352157192662</v>
+        <v>3.4753363447691088</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>251.96523332000001</v>
+        <v>251.95713810999999</v>
       </c>
       <c r="C353" s="5">
-        <v>-0.10632744999998067</v>
+        <v>-0.11420674000001441</v>
       </c>
       <c r="D353" s="5">
-        <v>-0.50500477863689719</v>
+        <v>-0.54233492079498458</v>
       </c>
       <c r="E353" s="5">
-        <v>2.3625535224286009</v>
+        <v>2.3604689969553894</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>252.25357916999999</v>
+        <v>252.25038368</v>
       </c>
       <c r="C354" s="5">
-        <v>0.28834584999998469</v>
+        <v>0.2932455700000105</v>
       </c>
       <c r="D354" s="5">
-        <v>1.381941502106443</v>
+        <v>1.405620132230645</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>253.17571658</v>
+        <v>253.1363279</v>
       </c>
       <c r="C355" s="5">
-        <v>0.92213741000000482</v>
+        <v>0.88594421999999895</v>
       </c>
       <c r="D355" s="5">
-        <v>4.4759983020794758</v>
+        <v>4.2969679915219272</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>253.85133601000001</v>
+        <v>253.82495220999999</v>
       </c>
       <c r="C356" s="5">
-        <v>0.67561943000001179</v>
+        <v>0.68862430999999447</v>
       </c>
       <c r="D356" s="5">
-        <v>3.2497162196204243</v>
+        <v>3.3137315562226766</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>254.22182957999999</v>
+        <v>254.2188415</v>
       </c>
       <c r="C357" s="5">
-        <v>0.3704935699999794</v>
+        <v>0.39388929000000417</v>
       </c>
       <c r="D357" s="5">
-        <v>1.7655157550048539</v>
+        <v>1.8781537816635385</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>254.21809590999999</v>
+        <v>254.22668388</v>
       </c>
       <c r="C358" s="5">
-        <v>-3.7336700000025758E-3</v>
+        <v>7.8423799999995936E-3</v>
       </c>
       <c r="D358" s="5">
-        <v>-1.7622570465936072E-2</v>
+        <v>3.7025001138446534E-2</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>254.83086175</v>
+        <v>254.86482667000001</v>
       </c>
       <c r="C359" s="5">
-        <v>0.61276584000000867</v>
+        <v>0.63814279000001761</v>
       </c>
       <c r="D359" s="5">
-        <v>2.9311288932597934</v>
+        <v>3.0540945929166785</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>255.20016914000001</v>
+        <v>255.22243714999999</v>
       </c>
       <c r="C360" s="5">
-        <v>0.36930739000001722</v>
+        <v>0.35761047999997686</v>
       </c>
       <c r="D360" s="5">
-        <v>1.7529994945427285</v>
+        <v>1.6968204159821365</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>257.38607314000001</v>
+        <v>257.40026231000002</v>
       </c>
       <c r="C361" s="5">
-        <v>2.1859039999999936</v>
+        <v>2.177825160000026</v>
       </c>
       <c r="D361" s="5">
-        <v>10.776855661020512</v>
+        <v>10.734157042613424</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>257.22307952</v>
+        <v>257.23374362999999</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.16299362000000883</v>
+        <v>-0.16651868000002423</v>
       </c>
       <c r="D362" s="5">
-        <v>-0.75727694841225546</v>
+        <v>-0.77355383968680247</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>256.83903803999999</v>
+        <v>256.84858041000001</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.3840414800000076</v>
+        <v>-0.38516321999998127</v>
       </c>
       <c r="D363" s="5">
-        <v>-1.7769953086196888</v>
+        <v>-1.7820697572699995</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>257.87181901000002</v>
+        <v>257.87372362999997</v>
       </c>
       <c r="C364" s="5">
-        <v>1.032780970000033</v>
+        <v>1.0251432199999613</v>
       </c>
       <c r="D364" s="5">
-        <v>4.933507368713741</v>
+        <v>4.8960319812795694</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>258.37923326999999</v>
+        <v>258.36597785999999</v>
       </c>
       <c r="C365" s="5">
-        <v>0.50741425999996181</v>
+        <v>0.49225423000001456</v>
       </c>
       <c r="D365" s="5">
-        <v>2.3869619575134671</v>
+        <v>2.3148790456685164</v>
       </c>
       <c r="E365" s="5">
-        <v>2.5455892725700258</v>
+        <v>2.543623013848495</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>258.96669071999997</v>
+        <v>258.96069348999998</v>
       </c>
       <c r="C366" s="5">
-        <v>0.58745744999998806</v>
+        <v>0.59471562999999605</v>
       </c>
       <c r="D366" s="5">
-        <v>2.7627275813768781</v>
+        <v>2.7974403917151669</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>259.87762262000001</v>
+        <v>259.82076123000002</v>
       </c>
       <c r="C367" s="5">
-        <v>0.91093190000003688</v>
+        <v>0.86006774000003361</v>
       </c>
       <c r="D367" s="5">
-        <v>4.3037053950669701</v>
+        <v>4.0590884145897732</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>259.61602392999998</v>
+        <v>259.55725355999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.261598690000028</v>
+        <v>-0.26350767000002406</v>
       </c>
       <c r="D368" s="5">
-        <v>-1.2012818098483202</v>
+        <v>-1.2102624989248412</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>233.24332548000001</v>
+        <v>233.23901541000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-26.372698449999973</v>
+        <v>-26.318238149999985</v>
       </c>
       <c r="D369" s="5">
-        <v>-72.347604147481064</v>
+        <v>-72.278523904764512</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>239.43618694</v>
+        <v>239.44810588999999</v>
       </c>
       <c r="C370" s="5">
-        <v>6.1928614599999889</v>
+        <v>6.2090904799999862</v>
       </c>
       <c r="D370" s="5">
-        <v>36.951487866096635</v>
+        <v>37.063708628642075</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>246.24776126</v>
+        <v>246.30216960999999</v>
       </c>
       <c r="C371" s="5">
-        <v>6.8115743200000054</v>
+        <v>6.8540637199999992</v>
       </c>
       <c r="D371" s="5">
-        <v>40.019988587789172</v>
+        <v>40.307852474118718</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>246.57908838</v>
+        <v>246.61201102000001</v>
       </c>
       <c r="C372" s="5">
-        <v>0.33132711999999742</v>
+        <v>0.30984141000001841</v>
       </c>
       <c r="D372" s="5">
-        <v>1.6266059400489974</v>
+        <v>1.5200556525923226</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>246.90178488999999</v>
+        <v>246.92409982000001</v>
       </c>
       <c r="C373" s="5">
-        <v>0.32269650999998589</v>
+        <v>0.31208879999999795</v>
       </c>
       <c r="D373" s="5">
-        <v>1.58178563018605</v>
+        <v>1.5292209645636046</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>248.14057213000001</v>
+        <v>248.15916204000001</v>
       </c>
       <c r="C374" s="5">
-        <v>1.2387872400000219</v>
+        <v>1.2350622200000032</v>
       </c>
       <c r="D374" s="5">
-        <v>6.1897495493143051</v>
+        <v>6.1700489441294248</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>247.11517616</v>
+        <v>247.13180831</v>
       </c>
       <c r="C375" s="5">
-        <v>-1.0253959700000053</v>
+        <v>-1.0273537300000157</v>
       </c>
       <c r="D375" s="5">
-        <v>-4.8476187224053779</v>
+        <v>-4.8563088438886348</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>248.91300629</v>
+        <v>248.92116630000001</v>
       </c>
       <c r="C376" s="5">
-        <v>1.7978301299999941</v>
+        <v>1.7893579900000134</v>
       </c>
       <c r="D376" s="5">
-        <v>9.0882736890321567</v>
+        <v>9.0430930778599752</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>250.37888151000001</v>
+        <v>250.3613958</v>
       </c>
       <c r="C377" s="5">
-        <v>1.4658752200000151</v>
+        <v>1.4402294999999867</v>
       </c>
       <c r="D377" s="5">
-        <v>7.3003797442956042</v>
+        <v>7.1683251862597608</v>
       </c>
       <c r="E377" s="5">
-        <v>-3.0963602061779505</v>
+        <v>-3.0981563928426437</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>251.05600686</v>
+        <v>251.03331066000001</v>
       </c>
       <c r="C378" s="5">
-        <v>0.67712534999998297</v>
+        <v>0.67191486000001532</v>
       </c>
       <c r="D378" s="5">
-        <v>3.2939922196826954</v>
+        <v>3.2685012722032614</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>250.79899287000001</v>
+        <v>250.72605374</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.25701398999999014</v>
+        <v>-0.30725692000001459</v>
       </c>
       <c r="D379" s="5">
-        <v>-1.22158460120807</v>
+        <v>-1.4589152370426017</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>252.37566433000001</v>
+        <v>252.26315496000001</v>
       </c>
       <c r="C380" s="5">
-        <v>1.57667146</v>
+        <v>1.5371012200000109</v>
       </c>
       <c r="D380" s="5">
-        <v>7.8102973164204004</v>
+        <v>7.6099161978487651</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>255.79664260000001</v>
+        <v>255.79013585000001</v>
       </c>
       <c r="C381" s="5">
-        <v>3.4209782700000062</v>
+        <v>3.5269808900000044</v>
       </c>
       <c r="D381" s="5">
-        <v>17.53531553939176</v>
+        <v>18.129845247183862</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>257.51799219999998</v>
+        <v>257.53561939999997</v>
       </c>
       <c r="C382" s="5">
-        <v>1.7213495999999679</v>
+        <v>1.7454835499999604</v>
       </c>
       <c r="D382" s="5">
-        <v>8.3809246728082432</v>
+        <v>8.5030983046187281</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>258.96671874999998</v>
+        <v>259.05359965000002</v>
       </c>
       <c r="C383" s="5">
-        <v>1.4487265500000035</v>
+        <v>1.5179802500000505</v>
       </c>
       <c r="D383" s="5">
-        <v>6.9637246988436985</v>
+        <v>7.3069684631693166</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>263.05920126000001</v>
+        <v>263.11711114000002</v>
       </c>
       <c r="C384" s="5">
-        <v>4.0924825100000248</v>
+        <v>4.0635114899999962</v>
       </c>
       <c r="D384" s="5">
-        <v>20.702013935129273</v>
+        <v>20.535099408540482</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>261.71663004999999</v>
+        <v>261.77125662999998</v>
       </c>
       <c r="C385" s="5">
-        <v>-1.3425712100000169</v>
+        <v>-1.3458545100000379</v>
       </c>
       <c r="D385" s="5">
-        <v>-5.9553987903430912</v>
+        <v>-5.9682784576809649</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>262.64321541999999</v>
+        <v>262.68732103000002</v>
       </c>
       <c r="C386" s="5">
-        <v>0.92658536999999797</v>
+        <v>0.91606440000003886</v>
       </c>
       <c r="D386" s="5">
-        <v>4.3322095413579342</v>
+        <v>4.2811576218013903</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>265.09753674000001</v>
+        <v>265.11665599000003</v>
       </c>
       <c r="C387" s="5">
-        <v>2.4543213200000196</v>
+        <v>2.4293349600000056</v>
       </c>
       <c r="D387" s="5">
-        <v>11.80830624579643</v>
+        <v>11.679849711757795</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>264.62758041000001</v>
+        <v>264.65853129999999</v>
       </c>
       <c r="C388" s="5">
-        <v>-0.46995633000000225</v>
+        <v>-0.45812469000003375</v>
       </c>
       <c r="D388" s="5">
-        <v>-2.106701374771458</v>
+        <v>-2.0540193853008426</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>265.68668998999999</v>
+        <v>265.67510844999998</v>
       </c>
       <c r="C389" s="5">
-        <v>1.0591095799999835</v>
+        <v>1.0165771499999892</v>
       </c>
       <c r="D389" s="5">
-        <v>4.9098602181548712</v>
+        <v>4.7079414126642849</v>
       </c>
       <c r="E389" s="5">
-        <v>6.1138576814788514</v>
+        <v>6.116642943720163</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>266.68225909</v>
+        <v>266.60749742000002</v>
       </c>
       <c r="C390" s="5">
-        <v>0.99556910000001153</v>
+        <v>0.93238897000003362</v>
       </c>
       <c r="D390" s="5">
-        <v>4.5904245493876727</v>
+        <v>4.2936582175765459</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>268.28072329000003</v>
+        <v>268.15048571</v>
       </c>
       <c r="C391" s="5">
-        <v>1.5984642000000235</v>
+        <v>1.5429882899999825</v>
       </c>
       <c r="D391" s="5">
-        <v>7.4345866958414053</v>
+        <v>7.1703763792055453</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>269.58893920999998</v>
+        <v>269.38873894</v>
       </c>
       <c r="C392" s="5">
-        <v>1.3082159199999523</v>
+        <v>1.238253229999998</v>
       </c>
       <c r="D392" s="5">
-        <v>6.0110694319984503</v>
+        <v>5.684231046726973</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>270.32590913000001</v>
+        <v>270.31679710999998</v>
       </c>
       <c r="C393" s="5">
-        <v>0.73696992000003547</v>
+        <v>0.92805816999998569</v>
       </c>
       <c r="D393" s="5">
-        <v>3.3301901835963044</v>
+        <v>4.2133000561758394</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>271.08634071</v>
+        <v>271.10497944000002</v>
       </c>
       <c r="C394" s="5">
-        <v>0.76043157999998812</v>
+        <v>0.78818233000004057</v>
       </c>
       <c r="D394" s="5">
-        <v>3.428340376222172</v>
+        <v>3.5555875822103067</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>270.99424385999998</v>
+        <v>271.15016695000003</v>
       </c>
       <c r="C395" s="5">
-        <v>-9.2096850000018549E-2</v>
+        <v>4.5187510000005204E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>-0.40691814507702873</v>
+        <v>0.20019827626871489</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>273.93389615000001</v>
+        <v>274.04321236999999</v>
       </c>
       <c r="C396" s="5">
-        <v>2.9396522900000264</v>
+        <v>2.8930454199999645</v>
       </c>
       <c r="D396" s="5">
-        <v>13.822599410395409</v>
+        <v>13.582149358246554</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>275.01453027999997</v>
+        <v>275.11812236999998</v>
       </c>
       <c r="C397" s="5">
-        <v>1.0806341299999644</v>
+        <v>1.0749099999999885</v>
       </c>
       <c r="D397" s="5">
-        <v>4.8379182243713181</v>
+        <v>4.8097751631280827</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>276.96445328999999</v>
+        <v>277.04500482999998</v>
       </c>
       <c r="C398" s="5">
-        <v>1.9499230100000204</v>
+        <v>1.9268824600000016</v>
       </c>
       <c r="D398" s="5">
-        <v>8.8480668666240945</v>
+        <v>8.7360377907454101</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>275.38048907000001</v>
+        <v>275.39965805999998</v>
       </c>
       <c r="C399" s="5">
-        <v>-1.5839642199999844</v>
+        <v>-1.6453467700000033</v>
       </c>
       <c r="D399" s="5">
-        <v>-6.6510150630928582</v>
+        <v>-6.8984587840794536</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>275.48870792000002</v>
+        <v>275.53895531000001</v>
       </c>
       <c r="C400" s="5">
-        <v>0.1082188500000143</v>
+        <v>0.13929725000002691</v>
       </c>
       <c r="D400" s="5">
-        <v>0.47259583188365983</v>
+        <v>0.60865180318185885</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>276.89438158000002</v>
+        <v>276.87617811000001</v>
       </c>
       <c r="C401" s="5">
-        <v>1.4056736599999908</v>
+        <v>1.3372228000000064</v>
       </c>
       <c r="D401" s="5">
-        <v>6.2977563639144307</v>
+        <v>5.9817309353818571</v>
       </c>
       <c r="E401" s="5">
-        <v>4.2183865478627736</v>
+        <v>4.2160779477419696</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>278.21667452999998</v>
+        <v>278.05108417999998</v>
       </c>
       <c r="C402" s="5">
-        <v>1.3222929499999623</v>
+        <v>1.1749060699999632</v>
       </c>
       <c r="D402" s="5">
-        <v>5.8834636977753929</v>
+        <v>5.212663700361464</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>279.67615671999999</v>
+        <v>279.46715598999998</v>
       </c>
       <c r="C403" s="5">
-        <v>1.459482190000017</v>
+        <v>1.4160718100000054</v>
       </c>
       <c r="D403" s="5">
-        <v>6.479855310498972</v>
+        <v>6.2855416527902497</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>280.75814845999997</v>
+        <v>280.46892355</v>
       </c>
       <c r="C404" s="5">
-        <v>1.0819917399999781</v>
+        <v>1.0017675600000189</v>
       </c>
       <c r="D404" s="5">
-        <v>4.7425446151581729</v>
+        <v>4.3873008107865541</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>279.69888249000002</v>
+        <v>279.69470118999999</v>
       </c>
       <c r="C405" s="5">
-        <v>-1.0592659699999558</v>
+        <v>-0.77422236000001021</v>
       </c>
       <c r="D405" s="5">
-        <v>-4.4346756208648586</v>
+        <v>-3.2627153183470092</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>281.55588813000003</v>
+        <v>281.57656164000002</v>
       </c>
       <c r="C406" s="5">
-        <v>1.8570056400000112</v>
+        <v>1.8818604500000333</v>
       </c>
       <c r="D406" s="5">
-        <v>8.2646297132444868</v>
+        <v>8.3795022147866725</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>283.02265281000001</v>
+        <v>283.28981491000002</v>
       </c>
       <c r="C407" s="5">
-        <v>1.4667646799999829</v>
+        <v>1.7132532699999956</v>
       </c>
       <c r="D407" s="5">
-        <v>6.4336605545555203</v>
+        <v>7.5507667477325846</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>281.74094699</v>
+        <v>281.90731032999997</v>
       </c>
       <c r="C408" s="5">
-        <v>-1.2817058200000133</v>
+        <v>-1.3825045800000453</v>
       </c>
       <c r="D408" s="5">
-        <v>-5.3010263633298305</v>
+        <v>-5.7015556572949873</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>282.02328926000001</v>
+        <v>282.18232196999998</v>
       </c>
       <c r="C409" s="5">
-        <v>0.28234227000001511</v>
+        <v>0.27501164000000244</v>
       </c>
       <c r="D409" s="5">
-        <v>1.2092115682340365</v>
+        <v>1.1769486105285276</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>283.04980182999998</v>
+        <v>283.17001775</v>
       </c>
       <c r="C410" s="5">
-        <v>1.0265125699999658</v>
+        <v>0.98769578000002411</v>
       </c>
       <c r="D410" s="5">
-        <v>4.4562859497643048</v>
+        <v>4.2820555001214844</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>284.57851607999999</v>
+        <v>284.58226702000002</v>
       </c>
       <c r="C411" s="5">
-        <v>1.5287142500000073</v>
+        <v>1.412249270000018</v>
       </c>
       <c r="D411" s="5">
-        <v>6.6770661868727377</v>
+        <v>6.1516624239558837</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>283.02356836000001</v>
+        <v>283.08369972000003</v>
       </c>
       <c r="C412" s="5">
-        <v>-1.5549477199999728</v>
+        <v>-1.4985672999999906</v>
       </c>
       <c r="D412" s="5">
-        <v>-6.3633426665285935</v>
+        <v>-6.1391811655039703</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>283.67409292999997</v>
+        <v>283.6438392</v>
       </c>
       <c r="C413" s="5">
-        <v>0.65052456999995911</v>
+        <v>0.56013947999997526</v>
       </c>
       <c r="D413" s="5">
-        <v>2.7933148273369568</v>
+        <v>2.4004595113003901</v>
       </c>
       <c r="E413" s="5">
-        <v>2.4484828154742289</v>
+        <v>2.4442915732935555</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>283.59020013999998</v>
+        <v>283.32030178000002</v>
       </c>
       <c r="C414" s="5">
-        <v>-8.3892789999993056E-2</v>
+        <v>-0.32353741999997965</v>
       </c>
       <c r="D414" s="5">
-        <v>-0.35430716004051233</v>
+        <v>-1.3602215568198628</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>283.01172958000001</v>
+        <v>282.71510440999998</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.5784705599999711</v>
+        <v>-0.6051973700000417</v>
       </c>
       <c r="D415" s="5">
-        <v>-2.4204982173849587</v>
+        <v>-2.5334051756989218</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>284.94682097999998</v>
+        <v>284.59423220999997</v>
       </c>
       <c r="C416" s="5">
-        <v>1.9350913999999761</v>
+        <v>1.879127799999992</v>
       </c>
       <c r="D416" s="5">
-        <v>8.5206953007296082</v>
+        <v>8.2742009373815826</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>284.91739247999999</v>
+        <v>284.93443696999998</v>
       </c>
       <c r="C417" s="5">
-        <v>-2.9428499999994528E-2</v>
+        <v>0.34020476000000599</v>
       </c>
       <c r="D417" s="5">
-        <v>-0.12386222613371967</v>
+        <v>1.4439524385627012</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>284.46548644000001</v>
+        <v>284.49041956000002</v>
       </c>
       <c r="C418" s="5">
-        <v>-0.45190603999998302</v>
+        <v>-0.44401740999995809</v>
       </c>
       <c r="D418" s="5">
-        <v>-1.8867978198709667</v>
+        <v>-1.8540330622549339</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>284.74327754000001</v>
+        <v>285.12671549999999</v>
       </c>
       <c r="C419" s="5">
-        <v>0.27779110000000173</v>
+        <v>0.63629593999996814</v>
       </c>
       <c r="D419" s="5">
-        <v>1.178158970630383</v>
+        <v>2.7172032694500858</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>284.67950165000002</v>
+        <v>284.89706923</v>
       </c>
       <c r="C420" s="5">
-        <v>-6.3775889999988067E-2</v>
+        <v>-0.22964626999998927</v>
       </c>
       <c r="D420" s="5">
-        <v>-0.26844132194291381</v>
+        <v>-0.96223200390948005</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>285.44243619999997</v>
+        <v>285.64328760000001</v>
       </c>
       <c r="C421" s="5">
-        <v>0.76293454999995447</v>
+        <v>0.74621837000000824</v>
       </c>
       <c r="D421" s="5">
-        <v>3.2638015983590174</v>
+        <v>3.1887842319643367</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>285.70242661999998</v>
+        <v>285.84856802000002</v>
       </c>
       <c r="C422" s="5">
-        <v>0.25999042000000827</v>
+        <v>0.20528042000000823</v>
       </c>
       <c r="D422" s="5">
-        <v>1.0984918541284472</v>
+        <v>0.86580895863759277</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>285.41055951999999</v>
+        <v>285.42569486999997</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.29186709999999039</v>
+        <v>-0.42287315000004355</v>
       </c>
       <c r="D423" s="5">
-        <v>-1.2190282115975171</v>
+        <v>-1.760859728070685</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>287.12622226000002</v>
+        <v>287.19644979999998</v>
       </c>
       <c r="C424" s="5">
-        <v>1.7156627400000275</v>
+        <v>1.7707549300000096</v>
       </c>
       <c r="D424" s="5">
-        <v>7.4567842928388695</v>
+        <v>7.7040415310335231</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>287.78248550000001</v>
+        <v>287.7414339</v>
       </c>
       <c r="C425" s="5">
-        <v>0.65626323999998704</v>
+        <v>0.54498410000002195</v>
       </c>
       <c r="D425" s="5">
-        <v>2.7774945592737632</v>
+        <v>2.3010373152692054</v>
       </c>
       <c r="E425" s="5">
-        <v>1.4482790894175368</v>
+        <v>1.4446267232727461</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>288.34135208999999</v>
+        <v>288.91835858000002</v>
       </c>
       <c r="C426" s="5">
-        <v>0.55886658999997962</v>
+        <v>1.1769246800000133</v>
       </c>
       <c r="D426" s="5">
-        <v>2.355423031525361</v>
+        <v>5.0201959758942483</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>288.52231105999999</v>
+        <v>289.10360264000002</v>
       </c>
       <c r="C427" s="5">
-        <v>0.18095897000000605</v>
+        <v>0.18524406000000226</v>
       </c>
       <c r="D427" s="5">
-        <v>0.75570804127769176</v>
+        <v>0.77211584938219335</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>287.46486991</v>
+        <v>288.01816051999998</v>
       </c>
       <c r="C428" s="5">
-        <v>-1.0574411499999883</v>
+        <v>-1.0854421200000388</v>
       </c>
       <c r="D428" s="5">
-        <v>-4.3104489583619232</v>
+        <v>-4.413529706449193</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>288.20864119999999</v>
+        <v>287.41524895999999</v>
       </c>
       <c r="C429" s="5">
-        <v>0.74377128999998376</v>
+        <v>-0.60291155999999546</v>
       </c>
       <c r="D429" s="5">
-        <v>3.1493821490979457</v>
+        <v>-2.4832530816212395</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>288.72144883999999</v>
+        <v>287.69094816</v>
       </c>
       <c r="C430" s="5">
-        <v>0.51280764000000545</v>
+        <v>0.27569920000001957</v>
       </c>
       <c r="D430" s="5">
-        <v>2.1561709500757198</v>
+        <v>1.1571761592589436</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>288.72897545000001</v>
+        <v>287.06250344</v>
       </c>
       <c r="C431" s="5">
-        <v>7.5266100000135339E-3</v>
+        <v>-0.62844472000000451</v>
       </c>
       <c r="D431" s="5">
-        <v>3.1286996968260539E-2</v>
+        <v>-2.5900669622395123</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>290.17034803000001</v>
+        <v>288.85051104000001</v>
       </c>
       <c r="C432" s="5">
-        <v>1.4413725800000066</v>
+        <v>1.7880076000000145</v>
       </c>
       <c r="D432" s="5">
-        <v>6.1578050129476258</v>
+        <v>7.7358065481883065</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>290.18443034000001</v>
+        <v>288.84029361</v>
       </c>
       <c r="C433" s="5">
-        <v>1.4082309999992049E-2</v>
+        <v>-1.0217430000011518E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>5.825296585300066E-2</v>
+        <v>-4.2439014132245045E-2</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>289.62729710999997</v>
+        <v>288.27218591000002</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.55713323000003356</v>
+        <v>-0.56810769999998456</v>
       </c>
       <c r="D434" s="5">
-        <v>-2.2797402791683519</v>
+        <v>-2.3348633774859739</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>288.29778291999997</v>
+      </c>
+      <c r="C435" s="5">
+        <v>2.5597009999955844E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>0.10660555864991927</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>288.96015147000003</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.66236855000005335</v>
+      </c>
+      <c r="D436" s="5">
+        <v>2.7921250835181599</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">