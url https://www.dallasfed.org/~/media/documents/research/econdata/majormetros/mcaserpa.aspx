--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{3E46494A-D42B-4DEA-918B-A1FCF6BB662E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{F9C7D854-A33B-4944-B65C-8B4A15351C67}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{005F91CD-48DE-470A-B423-893B7195AE93}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4BC81469-A553-45CF-8324-05ECA8A67B56}"/>
   </bookViews>
   <sheets>
     <sheet name="mcaserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>McAllen—Edinburg—Mission Services Providing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{62A293FF-B2BC-446F-A7E7-171E9DCB2C11}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F3EDD3E5-A7BF-4104-9D8D-96448E602612}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>287.06250344</v>
       </c>
       <c r="C431" s="5">
         <v>-0.62844472000000451</v>
       </c>
       <c r="D431" s="5">
         <v>-2.5900669622395123</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>288.85051104000001</v>
       </c>
       <c r="C432" s="5">
         <v>1.7880076000000145</v>
       </c>
       <c r="D432" s="5">
         <v>7.7358065481883065</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>288.84029361</v>
       </c>
       <c r="C433" s="5">
         <v>-1.0217430000011518E-2</v>
       </c>
       <c r="D433" s="5">
         <v>-4.2439014132245045E-2</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>288.27218591000002</v>
       </c>
       <c r="C434" s="5">
         <v>-0.56810769999998456</v>
       </c>
       <c r="D434" s="5">
         <v>-2.3348633774859739</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>288.29778291999997</v>
       </c>
       <c r="C435" s="5">
         <v>2.5597009999955844E-2</v>
       </c>
       <c r="D435" s="5">
         <v>0.10660555864991927</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>288.96015147000003</v>
+        <v>288.46134053999998</v>
       </c>
       <c r="C436" s="5">
-        <v>0.66236855000005335</v>
+        <v>0.16355762000000595</v>
       </c>
       <c r="D436" s="5">
-        <v>2.7921250835181599</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.68291443075114699</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>289.32846984000003</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.86712930000004462</v>
+      </c>
+      <c r="D437" s="5">
+        <v>3.6675018592080111</v>
+      </c>
+      <c r="E437" s="5">
+        <v>0.55154932624390529</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>