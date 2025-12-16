--- v0 (2025-10-13)
+++ v1 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{415587FC-1ECC-4BF2-B7F2-870A962C038A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{22FDB0B9-30DC-4E04-9CA4-4326DD78566D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{CA506C39-0D24-45A1-84F4-5854487E61C9}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1CBFD893-15C1-4E0D-AA88-663FFAA6AD3E}"/>
   </bookViews>
   <sheets>
     <sheet name="saneduha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Education and Health Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3A851E58-BE8F-43F9-A959-2A11FEDD79CE}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{557084E7-97BB-4A2D-857C-855CC935D5B9}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>1.2444318100000089</v>
       </c>
       <c r="D431" s="5">
         <v>8.347531779599171</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>189.26852937000001</v>
       </c>
       <c r="C432" s="5">
         <v>2.3854101700000001</v>
       </c>
       <c r="D432" s="5">
         <v>16.439411527989311</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>189.54931934999999</v>
+        <v>189.75470279999999</v>
       </c>
       <c r="C433" s="5">
-        <v>0.28078997999998023</v>
+        <v>0.48617342999997959</v>
       </c>
       <c r="D433" s="5">
-        <v>1.7948623600413605</v>
+        <v>3.1263591055791462</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>189.38578975999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.36891303999999536</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-2.3082036915602955</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>