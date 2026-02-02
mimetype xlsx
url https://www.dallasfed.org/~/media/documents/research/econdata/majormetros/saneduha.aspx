--- v1 (2025-12-16)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{22FDB0B9-30DC-4E04-9CA4-4326DD78566D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D28C6B87-871C-4B3C-8C60-93A5732521B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1CBFD893-15C1-4E0D-AA88-663FFAA6AD3E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C0A79137-3FDB-4EB4-8A8B-4C3CF041BA81}"/>
   </bookViews>
   <sheets>
     <sheet name="saneduha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Education and Health Services Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{557084E7-97BB-4A2D-857C-855CC935D5B9}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{045FC5B3-4CF9-4FD2-AED5-CCB0285F0ABE}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>57.606652279000002</v>
+        <v>57.606644449999997</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>57.551225475000003</v>
+        <v>57.551202005999997</v>
       </c>
       <c r="C7" s="5">
-        <v>-5.5426803999999663E-2</v>
+        <v>-5.5442444000000535E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>-1.1485013323872084</v>
+        <v>-1.1488238513146842</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>57.614873076000002</v>
+        <v>57.614824110999997</v>
       </c>
       <c r="C8" s="5">
-        <v>6.3647600999999554E-2</v>
+        <v>6.3622105000000317E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>1.3352176236792301</v>
+        <v>1.3346800526281122</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>57.909840760000002</v>
+        <v>57.909769316999999</v>
       </c>
       <c r="C9" s="5">
-        <v>0.29496768399999951</v>
+        <v>0.29494520600000129</v>
       </c>
       <c r="D9" s="5">
-        <v>6.3195512277835375</v>
+        <v>6.3190615295948716</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>58.205369134000001</v>
+        <v>58.205291991999999</v>
       </c>
       <c r="C10" s="5">
-        <v>0.29552837399999987</v>
+        <v>0.29552267500000085</v>
       </c>
       <c r="D10" s="5">
-        <v>6.2987421562537449</v>
+        <v>6.298625251300094</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>58.740035333999998</v>
+        <v>58.739923570999999</v>
       </c>
       <c r="C11" s="5">
-        <v>0.53466619999999665</v>
+        <v>0.53463157899999914</v>
       </c>
       <c r="D11" s="5">
-        <v>11.5973461773482</v>
+        <v>11.596573036827508</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>58.941103957999999</v>
+        <v>58.941392630999999</v>
       </c>
       <c r="C12" s="5">
-        <v>0.20106862400000125</v>
+        <v>0.20146906000000087</v>
       </c>
       <c r="D12" s="5">
-        <v>4.1858523772734246</v>
+        <v>4.1943546813064891</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>58.936448859999999</v>
+        <v>58.936321364999998</v>
       </c>
       <c r="C13" s="5">
-        <v>-4.6550980000006348E-3</v>
+        <v>-5.0712660000016285E-3</v>
       </c>
       <c r="D13" s="5">
-        <v>-9.4733409230773891E-2</v>
+        <v>-0.10319810907135629</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>59.548707155999999</v>
+        <v>59.548774143999999</v>
       </c>
       <c r="C14" s="5">
-        <v>0.61225829600000026</v>
+        <v>0.61245277900000161</v>
       </c>
       <c r="D14" s="5">
-        <v>13.203660875990142</v>
+        <v>13.208127788457036</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>59.783457829</v>
+        <v>59.783521329000003</v>
       </c>
       <c r="C15" s="5">
-        <v>0.23475067300000063</v>
+        <v>0.23474718500000336</v>
       </c>
       <c r="D15" s="5">
-        <v>4.8345229381508981</v>
+        <v>4.8344439838652109</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>60.010829276999999</v>
+        <v>60.010867570999999</v>
       </c>
       <c r="C16" s="5">
-        <v>0.22737144799999953</v>
+        <v>0.22734624199999587</v>
       </c>
       <c r="D16" s="5">
-        <v>4.6605880452126991</v>
+        <v>4.660055472947211</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>60.218662334999998</v>
+        <v>60.218679619</v>
       </c>
       <c r="C17" s="5">
-        <v>0.20783305799999852</v>
+        <v>0.20781204800000097</v>
       </c>
       <c r="D17" s="5">
-        <v>4.2359935699955331</v>
+        <v>4.2355544071575268</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>59.807071596999997</v>
+        <v>59.807061714</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.41159073800000101</v>
+        <v>-0.41161790499999995</v>
       </c>
       <c r="D18" s="5">
-        <v>-7.9005137489171817</v>
+        <v>-7.9010135920803526</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>60.138754106</v>
+        <v>60.138727193999998</v>
       </c>
       <c r="C19" s="5">
-        <v>0.33168250900000373</v>
+        <v>0.33166547999999807</v>
       </c>
       <c r="D19" s="5">
-        <v>6.8618435352421292</v>
+        <v>6.8614815941090868</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>60.714134584999996</v>
+        <v>60.714082359000002</v>
       </c>
       <c r="C20" s="5">
-        <v>0.57538047899999611</v>
+        <v>0.57535516500000483</v>
       </c>
       <c r="D20" s="5">
-        <v>12.104898275035803</v>
+        <v>12.104343092296887</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>61.295084484999997</v>
+        <v>61.295012444999998</v>
       </c>
       <c r="C21" s="5">
-        <v>0.58094990000000024</v>
+        <v>0.58093008599999507</v>
       </c>
       <c r="D21" s="5">
-        <v>12.106312566871381</v>
+        <v>12.10588866671214</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>61.816528167999998</v>
+        <v>61.816449695999999</v>
       </c>
       <c r="C22" s="5">
-        <v>0.5214436830000011</v>
+        <v>0.52143725100000182</v>
       </c>
       <c r="D22" s="5">
-        <v>10.699980206342863</v>
+        <v>10.69985515628915</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>61.696490146999999</v>
+        <v>61.696371333999998</v>
       </c>
       <c r="C23" s="5">
-        <v>-0.12003802099999916</v>
+        <v>-0.12007836200000099</v>
       </c>
       <c r="D23" s="5">
-        <v>-2.305485550486841</v>
+        <v>-2.3062549891105566</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>61.167257671000002</v>
+        <v>61.167564239000001</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.52923247599999712</v>
+        <v>-0.52880709499999767</v>
       </c>
       <c r="D24" s="5">
-        <v>-9.8215797034253214</v>
+        <v>-9.8140718018124637</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>61.757228216000001</v>
+        <v>61.757105119000002</v>
       </c>
       <c r="C25" s="5">
-        <v>0.5899705449999999</v>
+        <v>0.58954088000000127</v>
       </c>
       <c r="D25" s="5">
-        <v>12.20841516212734</v>
+        <v>12.198983060315127</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>62.548916102</v>
+        <v>62.548976494000001</v>
       </c>
       <c r="C26" s="5">
-        <v>0.79168788599999829</v>
+        <v>0.79187137499999949</v>
       </c>
       <c r="D26" s="5">
-        <v>16.515555492588561</v>
+        <v>16.519692462313774</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>62.439885316000002</v>
+        <v>62.439944017999998</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.10903078599999816</v>
+        <v>-0.10903247600000299</v>
       </c>
       <c r="D27" s="5">
-        <v>-2.0718159555557669</v>
+        <v>-2.0718457806192969</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>62.559866313000001</v>
+        <v>62.559901207000003</v>
       </c>
       <c r="C28" s="5">
-        <v>0.11998099699999898</v>
+        <v>0.1199571890000044</v>
       </c>
       <c r="D28" s="5">
-        <v>2.3303791497848225</v>
+        <v>2.3299096186800039</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>62.790946996000002</v>
+        <v>62.790960644999998</v>
       </c>
       <c r="C29" s="5">
-        <v>0.23108068300000184</v>
+        <v>0.23105943799999551</v>
       </c>
       <c r="D29" s="5">
-        <v>4.5236705372924568</v>
+        <v>4.5232435830077744</v>
       </c>
       <c r="E29" s="5">
-        <v>4.2715738962951999</v>
+        <v>4.2715666339326441</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>63.001987364000001</v>
+        <v>63.00197395</v>
       </c>
       <c r="C30" s="5">
-        <v>0.21104036799999903</v>
+        <v>0.21101330500000159</v>
       </c>
       <c r="D30" s="5">
-        <v>4.1085972455647157</v>
+        <v>4.1080596892685062</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>63.521140641999999</v>
+        <v>63.521110802000003</v>
       </c>
       <c r="C31" s="5">
-        <v>0.51915327799999744</v>
+        <v>0.51913685200000259</v>
       </c>
       <c r="D31" s="5">
-        <v>10.349016221937489</v>
+        <v>10.348676103355615</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>63.722886871</v>
+        <v>63.722834583999997</v>
       </c>
       <c r="C32" s="5">
-        <v>0.20174622900000116</v>
+        <v>0.20172378199999486</v>
       </c>
       <c r="D32" s="5">
-        <v>3.8785442753299426</v>
+        <v>3.8781070233160131</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>63.923295109000001</v>
+        <v>63.923229093000003</v>
       </c>
       <c r="C33" s="5">
-        <v>0.2004082380000014</v>
+        <v>0.20039450900000588</v>
       </c>
       <c r="D33" s="5">
-        <v>3.8399652902016967</v>
+        <v>3.839700871535956</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>63.923351515</v>
+        <v>63.923278322999998</v>
       </c>
       <c r="C34" s="5">
-        <v>5.6405999998787593E-5</v>
+        <v>4.9229999994793161E-5</v>
       </c>
       <c r="D34" s="5">
-        <v>1.058886723259711E-3</v>
+        <v>9.2417499959474014E-4</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>63.993500036</v>
+        <v>63.993377657000003</v>
       </c>
       <c r="C35" s="5">
-        <v>7.014852100000013E-2</v>
+        <v>7.0099334000005342E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>1.3248391049614394</v>
+        <v>1.3239060643561285</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>65.936858796999999</v>
+        <v>65.937196220000004</v>
       </c>
       <c r="C36" s="5">
-        <v>1.9433587609999989</v>
+        <v>1.9438185630000007</v>
       </c>
       <c r="D36" s="5">
-        <v>43.188677179411819</v>
+        <v>43.20075660499414</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>66.579224584000002</v>
+        <v>66.579108332000004</v>
       </c>
       <c r="C37" s="5">
-        <v>0.6423657870000028</v>
+        <v>0.64191211199999998</v>
       </c>
       <c r="D37" s="5">
-        <v>12.337757340768828</v>
+        <v>12.328505461807371</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>66.046828141999995</v>
+        <v>66.046875962000001</v>
       </c>
       <c r="C38" s="5">
-        <v>-0.53239644200000669</v>
+        <v>-0.53223237000000267</v>
       </c>
       <c r="D38" s="5">
-        <v>-9.1847475072384217</v>
+        <v>-9.1820555907888295</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>66.356331824999998</v>
+        <v>66.356381510999995</v>
       </c>
       <c r="C39" s="5">
-        <v>0.30950368300000264</v>
+        <v>0.30950554899999361</v>
       </c>
       <c r="D39" s="5">
-        <v>5.7705722705287732</v>
+        <v>5.7706036765334368</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>66.574960392999998</v>
+        <v>66.574989317999993</v>
       </c>
       <c r="C40" s="5">
-        <v>0.21862856799999975</v>
+        <v>0.21860780699999793</v>
       </c>
       <c r="D40" s="5">
-        <v>4.0261577727006781</v>
+        <v>4.025765424984451</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>66.851186143999996</v>
+        <v>66.851183899000006</v>
       </c>
       <c r="C41" s="5">
-        <v>0.27622575099999835</v>
+        <v>0.27619458100001282</v>
       </c>
       <c r="D41" s="5">
-        <v>5.0941174926113275</v>
+        <v>5.0935272168274759</v>
       </c>
       <c r="E41" s="5">
-        <v>6.4662811157452982</v>
+        <v>6.4662543975958719</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>67.189889859999994</v>
+        <v>67.189875274000002</v>
       </c>
       <c r="C42" s="5">
-        <v>0.33870371599999771</v>
+        <v>0.33869137499999624</v>
       </c>
       <c r="D42" s="5">
-        <v>6.2521536553925339</v>
+        <v>6.251919683049123</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>67.493060153000002</v>
+        <v>67.493032107999994</v>
       </c>
       <c r="C43" s="5">
-        <v>0.30317029300000797</v>
+        <v>0.30315683399999216</v>
       </c>
       <c r="D43" s="5">
-        <v>5.5509837144020135</v>
+        <v>5.5507323707452594</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>67.551139551000006</v>
+        <v>67.551093098999999</v>
       </c>
       <c r="C44" s="5">
-        <v>5.8079398000003835E-2</v>
+        <v>5.8060991000004947E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>1.0375301545596516</v>
+        <v>1.037200207658473</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>67.158581112999997</v>
+        <v>67.158526989999999</v>
       </c>
       <c r="C45" s="5">
-        <v>-0.39255843800000889</v>
+        <v>-0.39256610900000055</v>
       </c>
       <c r="D45" s="5">
-        <v>-6.7549067181227436</v>
+        <v>-6.7550390236389539</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>67.312946299000004</v>
+        <v>67.312882741999999</v>
       </c>
       <c r="C46" s="5">
-        <v>0.15436518600000682</v>
+        <v>0.15435575200000073</v>
       </c>
       <c r="D46" s="5">
-        <v>2.7933587698516282</v>
+        <v>2.7931881700116623</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>68.152544430999995</v>
+        <v>68.152426003000002</v>
       </c>
       <c r="C47" s="5">
-        <v>0.83959813199999189</v>
+        <v>0.83954326100000287</v>
       </c>
       <c r="D47" s="5">
-        <v>16.038389750731419</v>
+        <v>16.037284853185984</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>68.719168945999996</v>
+        <v>68.719499912000003</v>
       </c>
       <c r="C48" s="5">
-        <v>0.56662451500000088</v>
+        <v>0.56707390900000121</v>
       </c>
       <c r="D48" s="5">
-        <v>10.445974065953202</v>
+        <v>10.454660617684297</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>68.737437768000007</v>
+        <v>68.737332738000006</v>
       </c>
       <c r="C49" s="5">
-        <v>1.8268822000010232E-2</v>
+        <v>1.783282600000291E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>0.31948391577083513</v>
+        <v>0.31184685775758059</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>68.849332844000003</v>
+        <v>68.849374710000006</v>
       </c>
       <c r="C50" s="5">
-        <v>0.11189507599999615</v>
+        <v>0.1120419720000001</v>
       </c>
       <c r="D50" s="5">
-        <v>1.97101945195155</v>
+        <v>1.9736332931240552</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>68.666476594000002</v>
+        <v>68.666512353000002</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.18285625000000039</v>
+        <v>-0.18286235700000475</v>
       </c>
       <c r="D51" s="5">
-        <v>-3.1409228561385838</v>
+        <v>-3.1410243463345311</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>69.114078035000006</v>
+        <v>69.114095247999998</v>
       </c>
       <c r="C52" s="5">
-        <v>0.44760144100000332</v>
+        <v>0.44758289499999648</v>
       </c>
       <c r="D52" s="5">
-        <v>8.1088048327044184</v>
+        <v>8.1084523404597597</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>69.322068592999997</v>
+        <v>69.322047057999995</v>
       </c>
       <c r="C53" s="5">
-        <v>0.20799055799999167</v>
+        <v>0.20795180999999729</v>
       </c>
       <c r="D53" s="5">
-        <v>3.6716323047039978</v>
+        <v>3.6709360025865223</v>
       </c>
       <c r="E53" s="5">
-        <v>3.6960936544605527</v>
+        <v>3.6960649234470067</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>69.932936214999998</v>
+        <v>69.932922298999998</v>
       </c>
       <c r="C54" s="5">
-        <v>0.61086762200000067</v>
+        <v>0.61087524100000223</v>
       </c>
       <c r="D54" s="5">
-        <v>11.102285011664016</v>
+        <v>11.102433881028695</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>70.158183350000002</v>
+        <v>70.158161480000004</v>
       </c>
       <c r="C55" s="5">
-        <v>0.2252471350000036</v>
+        <v>0.22523918100000628</v>
       </c>
       <c r="D55" s="5">
-        <v>3.9342926694458047</v>
+        <v>3.9341520669794017</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>70.575167832000005</v>
+        <v>70.575131134000003</v>
       </c>
       <c r="C56" s="5">
-        <v>0.41698448200000371</v>
+        <v>0.41696965399999897</v>
       </c>
       <c r="D56" s="5">
-        <v>7.370015218240944</v>
+        <v>7.3697468873385574</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>71.511851540999999</v>
+        <v>71.511814676</v>
       </c>
       <c r="C57" s="5">
-        <v>0.93668370899999331</v>
+        <v>0.93668354199999726</v>
       </c>
       <c r="D57" s="5">
-        <v>17.142162457286968</v>
+        <v>17.142168748720145</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>71.692269202999995</v>
+        <v>71.692223534999997</v>
       </c>
       <c r="C58" s="5">
-        <v>0.18041766199999643</v>
+        <v>0.18040885899999637</v>
       </c>
       <c r="D58" s="5">
-        <v>3.0698515611678356</v>
+        <v>3.069701296002636</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>71.614609223000002</v>
+        <v>71.614509545000004</v>
       </c>
       <c r="C59" s="5">
-        <v>-7.7659979999992856E-2</v>
+        <v>-7.771398999999235E-2</v>
       </c>
       <c r="D59" s="5">
-        <v>-1.2921721630094973</v>
+        <v>-1.2930662946573412</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>72.853090910999995</v>
+        <v>72.853382483999994</v>
       </c>
       <c r="C60" s="5">
-        <v>1.2384816879999931</v>
+        <v>1.2388729389999895</v>
       </c>
       <c r="D60" s="5">
-        <v>22.84465590597442</v>
+        <v>22.852607747647347</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>73.141659277000002</v>
+        <v>73.141583355999998</v>
       </c>
       <c r="C61" s="5">
-        <v>0.2885683660000069</v>
+        <v>0.28820087200000444</v>
       </c>
       <c r="D61" s="5">
-        <v>4.8580834015787833</v>
+        <v>4.8517415287406607</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>73.486456133999994</v>
+        <v>73.486479395999993</v>
       </c>
       <c r="C62" s="5">
-        <v>0.34479685699999152</v>
+        <v>0.34489603999999474</v>
       </c>
       <c r="D62" s="5">
-        <v>5.805915302502318</v>
+        <v>5.8076351468175469</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>74.343163589</v>
+        <v>74.343181290999993</v>
       </c>
       <c r="C63" s="5">
-        <v>0.85670745500000578</v>
+        <v>0.85670189500000049</v>
       </c>
       <c r="D63" s="5">
-        <v>14.92243174688641</v>
+        <v>14.922323578134499</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>74.827040253999996</v>
+        <v>74.827045579</v>
       </c>
       <c r="C64" s="5">
-        <v>0.48387666499999682</v>
+        <v>0.48386428800000658</v>
       </c>
       <c r="D64" s="5">
-        <v>8.0961809139625807</v>
+        <v>8.0959643570552196</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>75.281443527999997</v>
+        <v>75.281402317000001</v>
       </c>
       <c r="C65" s="5">
-        <v>0.45440327400000058</v>
+        <v>0.45435673800000131</v>
       </c>
       <c r="D65" s="5">
-        <v>7.5356465059850164</v>
+        <v>7.5348482632384473</v>
       </c>
       <c r="E65" s="5">
-        <v>8.5966490267166851</v>
+        <v>8.5966233138123691</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>75.595935062999999</v>
+        <v>75.595925171000005</v>
       </c>
       <c r="C66" s="5">
-        <v>0.31449153500000193</v>
+        <v>0.31452285400000335</v>
       </c>
       <c r="D66" s="5">
-        <v>5.1298541474286363</v>
+        <v>5.1303796789455847</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>75.812179180000001</v>
+        <v>75.812169608000005</v>
       </c>
       <c r="C67" s="5">
-        <v>0.21624411700000223</v>
+        <v>0.21624443700000029</v>
       </c>
       <c r="D67" s="5">
-        <v>3.487154353555888</v>
+        <v>3.4871600588450846</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>76.179302569000001</v>
+        <v>76.179280982999998</v>
       </c>
       <c r="C68" s="5">
-        <v>0.36712338899999963</v>
+        <v>0.36711137499999325</v>
       </c>
       <c r="D68" s="5">
-        <v>5.9683429752801498</v>
+        <v>5.9681432059305761</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>76.423812749000007</v>
+        <v>76.423796154000001</v>
       </c>
       <c r="C69" s="5">
-        <v>0.24451018000000602</v>
+        <v>0.24451517100000331</v>
       </c>
       <c r="D69" s="5">
-        <v>3.9203258595762458</v>
+        <v>3.9204084307022713</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>77.369540067000003</v>
+        <v>77.369517607999995</v>
       </c>
       <c r="C70" s="5">
-        <v>0.94572731799999588</v>
+        <v>0.94572145399999386</v>
       </c>
       <c r="D70" s="5">
-        <v>15.903292697941374</v>
+        <v>15.903190974969794</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>77.592655527000005</v>
+        <v>77.592585005000004</v>
       </c>
       <c r="C71" s="5">
-        <v>0.22311546000000249</v>
+        <v>0.22306739700000833</v>
       </c>
       <c r="D71" s="5">
-        <v>3.5159335114963275</v>
+        <v>3.5151651037459208</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>78.256939531</v>
+        <v>78.257148927000003</v>
       </c>
       <c r="C72" s="5">
-        <v>0.66428400399999532</v>
+        <v>0.66456392199999925</v>
       </c>
       <c r="D72" s="5">
-        <v>10.771217620430008</v>
+        <v>10.775982597489421</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>78.686703627</v>
+        <v>78.686660779999997</v>
       </c>
       <c r="C73" s="5">
-        <v>0.42976409599999954</v>
+        <v>0.42951185299999395</v>
       </c>
       <c r="D73" s="5">
-        <v>6.7927845105250073</v>
+        <v>6.7886577671477211</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>79.183506848999997</v>
+        <v>79.183516062999999</v>
       </c>
       <c r="C74" s="5">
-        <v>0.49680322199999694</v>
+        <v>0.49685528300000215</v>
       </c>
       <c r="D74" s="5">
-        <v>7.8451343396436446</v>
+        <v>7.8459896274012619</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>79.940867333</v>
+        <v>79.940866244999995</v>
       </c>
       <c r="C75" s="5">
-        <v>0.757360484000003</v>
+        <v>0.75735018199999615</v>
       </c>
       <c r="D75" s="5">
-        <v>12.101000930214356</v>
+        <v>12.100826089554628</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>80.277393716999995</v>
+        <v>80.277383161000003</v>
       </c>
       <c r="C76" s="5">
-        <v>0.33652638399999546</v>
+        <v>0.33651691600000788</v>
       </c>
       <c r="D76" s="5">
-        <v>5.1702485228986683</v>
+        <v>5.1700997483250966</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>80.662226314999998</v>
+        <v>80.662169427999999</v>
       </c>
       <c r="C77" s="5">
-        <v>0.38483259800000269</v>
+        <v>0.38478626699999552</v>
       </c>
       <c r="D77" s="5">
-        <v>5.9066629071515608</v>
+        <v>5.9059337349799401</v>
       </c>
       <c r="E77" s="5">
-        <v>7.1475552736959491</v>
+        <v>7.1475383632497946</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>80.142617637000001</v>
+        <v>80.142621668000004</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.51960867799999733</v>
+        <v>-0.5195477599999947</v>
       </c>
       <c r="D78" s="5">
-        <v>-7.4620604056658486</v>
+        <v>-7.4612213999941552</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>79.959561790999999</v>
+        <v>79.959569306999995</v>
       </c>
       <c r="C79" s="5">
-        <v>-0.18305584600000202</v>
+        <v>-0.18305236100000855</v>
       </c>
       <c r="D79" s="5">
-        <v>-2.7067784354896096</v>
+        <v>-2.7067274152875465</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>80.747125350000005</v>
+        <v>80.747120545000001</v>
       </c>
       <c r="C80" s="5">
-        <v>0.78756355900000585</v>
+        <v>0.78755123800000604</v>
       </c>
       <c r="D80" s="5">
-        <v>12.481209370216529</v>
+        <v>12.481002174251831</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>81.233882058999995</v>
+        <v>81.233884465000003</v>
       </c>
       <c r="C81" s="5">
-        <v>0.48675670899999091</v>
+        <v>0.48676392000000135</v>
       </c>
       <c r="D81" s="5">
-        <v>7.478514599229813</v>
+        <v>7.4786295474942532</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>81.832060374999998</v>
+        <v>81.832062354000001</v>
       </c>
       <c r="C82" s="5">
-        <v>0.59817831600000204</v>
+        <v>0.59817788899999869</v>
       </c>
       <c r="D82" s="5">
-        <v>9.2031925703524244</v>
+        <v>9.2031854487658826</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>81.786753818999998</v>
+        <v>81.786718292000003</v>
       </c>
       <c r="C83" s="5">
-        <v>-4.5306555999999887E-2</v>
+        <v>-4.5344061999998075E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>-0.66236407845655654</v>
+        <v>-0.66291071549051672</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>81.953880841</v>
+        <v>81.953985838999998</v>
       </c>
       <c r="C84" s="5">
-        <v>0.16712702200000251</v>
+        <v>0.16726754699999447</v>
       </c>
       <c r="D84" s="5">
-        <v>2.4798863258617354</v>
+        <v>2.4819960833814658</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>82.740262236000007</v>
+        <v>82.740257030999999</v>
       </c>
       <c r="C85" s="5">
-        <v>0.78638139500000648</v>
+        <v>0.78627119200000095</v>
       </c>
       <c r="D85" s="5">
-        <v>12.14203391575337</v>
+        <v>12.140225181325203</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>82.734840942999995</v>
+        <v>82.734826795000004</v>
       </c>
       <c r="C86" s="5">
-        <v>-5.4212930000119286E-3</v>
+        <v>-5.4302359999951477E-3</v>
       </c>
       <c r="D86" s="5">
-        <v>-7.8597861915663536E-2</v>
+        <v>-7.8727475610185227E-2</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>83.344744261000002</v>
+        <v>83.344728046</v>
       </c>
       <c r="C87" s="5">
-        <v>0.60990331800000774</v>
+        <v>0.60990125099999659</v>
       </c>
       <c r="D87" s="5">
-        <v>9.2137662534315758</v>
+        <v>9.2137353906377015</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>83.406554206999999</v>
+        <v>83.406534219999998</v>
       </c>
       <c r="C88" s="5">
-        <v>6.1809945999996785E-2</v>
+        <v>6.1806173999997327E-2</v>
       </c>
       <c r="D88" s="5">
-        <v>0.89358033019770744</v>
+        <v>0.89352575070480444</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>83.806685066</v>
+        <v>83.806619522999995</v>
       </c>
       <c r="C89" s="5">
-        <v>0.40013085900000078</v>
+        <v>0.40008530299999734</v>
       </c>
       <c r="D89" s="5">
-        <v>5.9111780229094135</v>
+        <v>5.9104886190300521</v>
       </c>
       <c r="E89" s="5">
-        <v>3.8983039455424251</v>
+        <v>3.8982959636447267</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>84.209124156000001</v>
+        <v>84.209146251999996</v>
       </c>
       <c r="C90" s="5">
-        <v>0.40243909000000144</v>
+        <v>0.40252672900000164</v>
       </c>
       <c r="D90" s="5">
-        <v>5.9170441043371769</v>
+        <v>5.9183716365832417</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>83.663609530000002</v>
+        <v>83.663635705000004</v>
       </c>
       <c r="C91" s="5">
-        <v>-0.54551462599999923</v>
+        <v>-0.54551054699999213</v>
       </c>
       <c r="D91" s="5">
-        <v>-7.5026338135847803</v>
+        <v>-7.5025777982870911</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>84.668518598999995</v>
+        <v>84.668531064000007</v>
       </c>
       <c r="C92" s="5">
-        <v>1.0049090689999929</v>
+        <v>1.0048953590000025</v>
       </c>
       <c r="D92" s="5">
-        <v>15.404930464020294</v>
+        <v>15.404701077824278</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>85.242896736000006</v>
+        <v>85.242912912999998</v>
       </c>
       <c r="C93" s="5">
-        <v>0.57437813700001072</v>
+        <v>0.57438184899999101</v>
       </c>
       <c r="D93" s="5">
-        <v>8.4513244156405598</v>
+        <v>8.4513797962975765</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>85.297855393000006</v>
+        <v>85.297870798999995</v>
       </c>
       <c r="C94" s="5">
-        <v>5.4958657000000244E-2</v>
+        <v>5.4957885999996847E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>0.77642543061453573</v>
+        <v>0.77641435183408714</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>85.209303813999995</v>
+        <v>85.209289670999993</v>
       </c>
       <c r="C95" s="5">
-        <v>-8.8551579000011316E-2</v>
+        <v>-8.8581128000001286E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>-1.238685953558516</v>
+        <v>-1.2390967132705155</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>86.148951640000007</v>
+        <v>86.148988454999994</v>
       </c>
       <c r="C96" s="5">
-        <v>0.93964782600001229</v>
+        <v>0.93969878400000084</v>
       </c>
       <c r="D96" s="5">
-        <v>14.06588064593064</v>
+        <v>14.066692780588873</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>86.252231386999995</v>
+        <v>86.252233039999993</v>
       </c>
       <c r="C97" s="5">
-        <v>0.10327974699998776</v>
+        <v>0.10324458499999878</v>
       </c>
       <c r="D97" s="5">
-        <v>1.4481448792665441</v>
+        <v>1.4476479755849869</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>87.202871974000004</v>
+        <v>87.202839542999996</v>
       </c>
       <c r="C98" s="5">
-        <v>0.95064058700000942</v>
+        <v>0.95060650300000304</v>
       </c>
       <c r="D98" s="5">
-        <v>14.05790470797319</v>
+        <v>14.057369456907832</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>87.308136433000001</v>
+        <v>87.308116425999998</v>
       </c>
       <c r="C99" s="5">
-        <v>0.10526445899999715</v>
+        <v>0.10527688300000193</v>
       </c>
       <c r="D99" s="5">
-        <v>1.4582017048835549</v>
+        <v>1.4583755017525846</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>87.559243163000005</v>
+        <v>87.559216706000001</v>
       </c>
       <c r="C100" s="5">
-        <v>0.25110673000000361</v>
+        <v>0.25110028000000284</v>
       </c>
       <c r="D100" s="5">
-        <v>3.506438827702385</v>
+        <v>3.5063481470959834</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>87.966312106000004</v>
+        <v>87.966248230999994</v>
       </c>
       <c r="C101" s="5">
-        <v>0.40706894299999874</v>
+        <v>0.40703152499999362</v>
       </c>
       <c r="D101" s="5">
-        <v>5.7237678224119959</v>
+        <v>5.7232299401550168</v>
       </c>
       <c r="E101" s="5">
-        <v>4.9633594703384132</v>
+        <v>4.9633653423503343</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>88.697985806999995</v>
+        <v>88.698024392999997</v>
       </c>
       <c r="C102" s="5">
-        <v>0.73167370099999118</v>
+        <v>0.73177616200000273</v>
       </c>
       <c r="D102" s="5">
-        <v>10.450700168362893</v>
+        <v>10.45223918660243</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>89.122836583999998</v>
+        <v>89.122876141000006</v>
       </c>
       <c r="C103" s="5">
-        <v>0.42485077700000318</v>
+        <v>0.42485174800000891</v>
       </c>
       <c r="D103" s="5">
-        <v>5.9016958586600943</v>
+        <v>5.90170706893276</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>89.561963113000004</v>
+        <v>89.561986700000006</v>
       </c>
       <c r="C104" s="5">
-        <v>0.43912652900000637</v>
+        <v>0.43911055899999951</v>
       </c>
       <c r="D104" s="5">
-        <v>6.0755381494292937</v>
+        <v>6.0753084047665329</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>89.396527223000007</v>
+        <v>89.396549837999999</v>
       </c>
       <c r="C105" s="5">
-        <v>-0.1654358899999977</v>
+        <v>-0.16543686200000707</v>
       </c>
       <c r="D105" s="5">
-        <v>-2.1942189441446103</v>
+        <v>-2.1942311333266074</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>88.988017408000005</v>
+        <v>88.988038047000003</v>
       </c>
       <c r="C106" s="5">
-        <v>-0.40850981500000216</v>
+        <v>-0.40851179099999513</v>
       </c>
       <c r="D106" s="5">
-        <v>-5.3478255398819226</v>
+        <v>-5.3478494421180134</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>89.770882020000002</v>
+        <v>89.770875399000005</v>
       </c>
       <c r="C107" s="5">
-        <v>0.78286461199999735</v>
+        <v>0.78283735200000137</v>
       </c>
       <c r="D107" s="5">
-        <v>11.082983042054174</v>
+        <v>11.08257556664034</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>88.954802611999995</v>
+        <v>88.954810801999997</v>
       </c>
       <c r="C108" s="5">
-        <v>-0.81607940800000733</v>
+        <v>-0.81606459700000755</v>
       </c>
       <c r="D108" s="5">
-        <v>-10.379596077725861</v>
+        <v>-10.379417743354402</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>89.231603360999998</v>
+        <v>89.231604907999994</v>
       </c>
       <c r="C109" s="5">
-        <v>0.27680074900000307</v>
+        <v>0.27679410599999699</v>
       </c>
       <c r="D109" s="5">
-        <v>3.7986144346755069</v>
+        <v>3.7985213493858305</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>89.785974362999994</v>
+        <v>89.785915325000005</v>
       </c>
       <c r="C110" s="5">
-        <v>0.55437100199999634</v>
+        <v>0.5543104170000106</v>
       </c>
       <c r="D110" s="5">
-        <v>7.7153606156950438</v>
+        <v>7.7144882817578697</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>89.947386620000003</v>
+        <v>89.947368475000005</v>
       </c>
       <c r="C111" s="5">
-        <v>0.16141225700000916</v>
+        <v>0.16145314999999982</v>
       </c>
       <c r="D111" s="5">
-        <v>2.1787523937962572</v>
+        <v>2.179311287687824</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>90.242588462000001</v>
+        <v>90.242564530999999</v>
       </c>
       <c r="C112" s="5">
-        <v>0.29520184199999733</v>
+        <v>0.29519605599999466</v>
       </c>
       <c r="D112" s="5">
-        <v>4.0101997742836293</v>
+        <v>4.0101205732257394</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>90.348970922999996</v>
+        <v>90.348921693999998</v>
       </c>
       <c r="C113" s="5">
-        <v>0.10638246099999549</v>
+        <v>0.10635716299999842</v>
       </c>
       <c r="D113" s="5">
-        <v>1.423827879133599</v>
+        <v>1.4234874716532175</v>
       </c>
       <c r="E113" s="5">
-        <v>2.7086037369952187</v>
+        <v>2.7086223533633991</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>89.080151826999995</v>
+        <v>89.080193762999997</v>
       </c>
       <c r="C114" s="5">
-        <v>-1.2688190960000014</v>
+        <v>-1.2687279310000008</v>
       </c>
       <c r="D114" s="5">
-        <v>-15.609636177020869</v>
+        <v>-15.608607644721939</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>89.020681011999997</v>
+        <v>89.020723818999997</v>
       </c>
       <c r="C115" s="5">
-        <v>-5.9470814999997401E-2</v>
+        <v>-5.9469943999999941E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>-0.79819709429648222</v>
+        <v>-0.79818507254036941</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>89.186749556999999</v>
+        <v>89.186776683000005</v>
       </c>
       <c r="C116" s="5">
-        <v>0.16606854500000168</v>
+        <v>0.16605286400000807</v>
       </c>
       <c r="D116" s="5">
-        <v>2.2617184154754666</v>
+        <v>2.2615015586055609</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>89.559364059000004</v>
+        <v>89.559385391999996</v>
       </c>
       <c r="C117" s="5">
-        <v>0.37261450200000468</v>
+        <v>0.37260870899999077</v>
       </c>
       <c r="D117" s="5">
-        <v>5.1303181598406855</v>
+        <v>5.1302349613113529</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>89.893367682999994</v>
+        <v>89.893387543000003</v>
       </c>
       <c r="C118" s="5">
-        <v>0.3340036239999904</v>
+        <v>0.33400215100000707</v>
       </c>
       <c r="D118" s="5">
-        <v>4.5682393806358412</v>
+        <v>4.5682177085106801</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>90.144509374999998</v>
+        <v>90.144504818000001</v>
       </c>
       <c r="C119" s="5">
-        <v>0.25114169200000447</v>
+        <v>0.25111727499999859</v>
       </c>
       <c r="D119" s="5">
-        <v>3.4045248562997621</v>
+        <v>3.4041879890236881</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>90.095557921999998</v>
+        <v>90.095561812</v>
       </c>
       <c r="C120" s="5">
-        <v>-4.8951453000000811E-2</v>
+        <v>-4.8943006000001787E-2</v>
       </c>
       <c r="D120" s="5">
-        <v>-0.64969700624007976</v>
+        <v>-0.64958526266675198</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>90.362821737000004</v>
+        <v>90.362822176999998</v>
       </c>
       <c r="C121" s="5">
-        <v>0.26726381500000684</v>
+        <v>0.2672603649999985</v>
       </c>
       <c r="D121" s="5">
-        <v>3.6183948911550523</v>
+        <v>3.6183472592992372</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>91.026573239000001</v>
+        <v>91.026492770999994</v>
       </c>
       <c r="C122" s="5">
-        <v>0.66375150199999666</v>
+        <v>0.66367059399999562</v>
       </c>
       <c r="D122" s="5">
-        <v>9.1794534105989598</v>
+        <v>9.1782888538497929</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>90.086319838999998</v>
+        <v>90.086307356000006</v>
       </c>
       <c r="C123" s="5">
-        <v>-0.94025340000000313</v>
+        <v>-0.94018541499998776</v>
       </c>
       <c r="D123" s="5">
-        <v>-11.714816526725302</v>
+        <v>-11.71402678869693</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>89.835677755000006</v>
+        <v>89.835658827000003</v>
       </c>
       <c r="C124" s="5">
-        <v>-0.25064208399999188</v>
+        <v>-0.2506485290000029</v>
       </c>
       <c r="D124" s="5">
-        <v>-3.2880733405382001</v>
+        <v>-3.2881570489844858</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>90.290211577999997</v>
+        <v>90.290178303999994</v>
       </c>
       <c r="C125" s="5">
-        <v>0.45453382299999134</v>
+        <v>0.45451947699999096</v>
       </c>
       <c r="D125" s="5">
-        <v>6.243376601753714</v>
+        <v>6.243175385027655</v>
       </c>
       <c r="E125" s="5">
-        <v>-6.5035987017580954E-2</v>
+        <v>-6.5018363139912605E-2</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>90.597100225000005</v>
+        <v>90.597142661999996</v>
       </c>
       <c r="C126" s="5">
-        <v>0.30688864700000806</v>
+        <v>0.30696435800000188</v>
       </c>
       <c r="D126" s="5">
-        <v>4.1558143330535646</v>
+        <v>4.1568604009281307</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>90.879015874000004</v>
+        <v>90.879056382000002</v>
       </c>
       <c r="C127" s="5">
-        <v>0.28191564899999833</v>
+        <v>0.2819137200000057</v>
       </c>
       <c r="D127" s="5">
-        <v>3.7986769456396896</v>
+        <v>3.7986486969419753</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>90.668647500999995</v>
+        <v>90.668673346999995</v>
       </c>
       <c r="C128" s="5">
-        <v>-0.21036837300000855</v>
+        <v>-0.21038303500000666</v>
       </c>
       <c r="D128" s="5">
-        <v>-2.742687628435192</v>
+        <v>-2.7428751506074489</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>90.226207138000007</v>
+        <v>90.226222777999993</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.44244036299998868</v>
+        <v>-0.44245056900000179</v>
       </c>
       <c r="D129" s="5">
-        <v>-5.7010699163071781</v>
+        <v>-5.7011963346795476</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>90.401140656999999</v>
+        <v>90.401157218999998</v>
       </c>
       <c r="C130" s="5">
-        <v>0.17493351899999254</v>
+        <v>0.17493444100000488</v>
       </c>
       <c r="D130" s="5">
-        <v>2.3515701346802587</v>
+        <v>2.351582249283779</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>90.195702638</v>
+        <v>90.195701654999993</v>
       </c>
       <c r="C131" s="5">
-        <v>-0.20543801899999892</v>
+        <v>-0.20545556400000464</v>
       </c>
       <c r="D131" s="5">
-        <v>-2.6931912526068635</v>
+        <v>-2.6934179042193307</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>90.495065502000003</v>
+        <v>90.495067519000003</v>
       </c>
       <c r="C132" s="5">
-        <v>0.29936286400000256</v>
+        <v>0.2993658640000092</v>
       </c>
       <c r="D132" s="5">
-        <v>4.0563603162392159</v>
+        <v>4.0564017561082188</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>90.263525028999993</v>
+        <v>90.263525518999998</v>
       </c>
       <c r="C133" s="5">
-        <v>-0.23154047300000968</v>
+        <v>-0.23154200000000458</v>
       </c>
       <c r="D133" s="5">
-        <v>-3.0274773177645709</v>
+        <v>-3.0274969371950733</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>91.412295991999997</v>
+        <v>91.412210228999996</v>
       </c>
       <c r="C134" s="5">
-        <v>1.148770963000004</v>
+        <v>1.1486847099999977</v>
       </c>
       <c r="D134" s="5">
-        <v>16.387925691177351</v>
+        <v>16.386607774636563</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>90.069075865000002</v>
+        <v>90.069069245999998</v>
       </c>
       <c r="C135" s="5">
-        <v>-1.343220126999995</v>
+        <v>-1.3431409829999978</v>
       </c>
       <c r="D135" s="5">
-        <v>-16.275401242029218</v>
+        <v>-16.274532465318202</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>90.179100395000006</v>
+        <v>90.179091172</v>
       </c>
       <c r="C136" s="5">
-        <v>0.11002453000000401</v>
+        <v>0.11002192600000171</v>
       </c>
       <c r="D136" s="5">
-        <v>1.4757574107935101</v>
+        <v>1.4757223575671441</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>90.486521230999998</v>
+        <v>90.486502216999995</v>
       </c>
       <c r="C137" s="5">
-        <v>0.30742083599999148</v>
+        <v>0.30741104499999494</v>
       </c>
       <c r="D137" s="5">
-        <v>4.1683826553032377</v>
+        <v>4.1682478325333339</v>
       </c>
       <c r="E137" s="5">
-        <v>0.21742074757507002</v>
+        <v>0.21743662122251095</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>90.730580027000002</v>
+        <v>90.730612684999997</v>
       </c>
       <c r="C138" s="5">
-        <v>0.24405879600000446</v>
+        <v>0.24411046800000236</v>
       </c>
       <c r="D138" s="5">
-        <v>3.285068776151534</v>
+        <v>3.2857753420097113</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>91.608422078999993</v>
+        <v>91.608454772000002</v>
       </c>
       <c r="C139" s="5">
-        <v>0.87784205199999121</v>
+        <v>0.87784208700000477</v>
       </c>
       <c r="D139" s="5">
-        <v>12.248509925826578</v>
+        <v>12.24850579446275</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>92.271827879</v>
+        <v>92.271848661999996</v>
       </c>
       <c r="C140" s="5">
-        <v>0.66340580000000671</v>
+        <v>0.66339388999999471</v>
       </c>
       <c r="D140" s="5">
-        <v>9.0447235081327015</v>
+        <v>9.0445512512552959</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>91.992790675999998</v>
+        <v>91.992799914000003</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.27903720300000145</v>
+        <v>-0.27904874799999391</v>
       </c>
       <c r="D141" s="5">
-        <v>-3.569140560966777</v>
+        <v>-3.5692849939334637</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>92.714092100000002</v>
+        <v>92.714104214000002</v>
       </c>
       <c r="C142" s="5">
-        <v>0.72130142400000352</v>
+        <v>0.7213042999999999</v>
       </c>
       <c r="D142" s="5">
-        <v>9.8255718904929132</v>
+        <v>9.8256117424654121</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>93.393839529000005</v>
+        <v>93.393843215000004</v>
       </c>
       <c r="C143" s="5">
-        <v>0.67974742900000251</v>
+        <v>0.67973900100000151</v>
       </c>
       <c r="D143" s="5">
-        <v>9.1615674806522662</v>
+        <v>9.1614480241620555</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>93.739816814999998</v>
+        <v>93.739818028000002</v>
       </c>
       <c r="C144" s="5">
-        <v>0.345977285999993</v>
+        <v>0.34597481299999799</v>
       </c>
       <c r="D144" s="5">
-        <v>4.5370991517882153</v>
+        <v>4.537065874877011</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>94.198044078999999</v>
+        <v>94.198046055999995</v>
       </c>
       <c r="C145" s="5">
-        <v>0.45822726400000136</v>
+        <v>0.45822802799999351</v>
       </c>
       <c r="D145" s="5">
-        <v>6.0262537940901417</v>
+        <v>6.0262640332045203</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>93.817980286999997</v>
+        <v>93.817898955999993</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.3800637920000014</v>
+        <v>-0.38014710000000207</v>
       </c>
       <c r="D146" s="5">
-        <v>-4.7356676890284994</v>
+        <v>-4.736682694744343</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>94.645304568</v>
+        <v>94.645303936000005</v>
       </c>
       <c r="C147" s="5">
-        <v>0.82732428100000277</v>
+        <v>0.82740498000001139</v>
       </c>
       <c r="D147" s="5">
-        <v>11.110711043154019</v>
+        <v>11.11185801143586</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>94.954217029000006</v>
+        <v>94.954215435999998</v>
       </c>
       <c r="C148" s="5">
-        <v>0.30891246100000558</v>
+        <v>0.30891149999999357</v>
       </c>
       <c r="D148" s="5">
-        <v>3.9877561016453233</v>
+        <v>3.9877434996487438</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>95.205014227999996</v>
+        <v>95.205007506000001</v>
       </c>
       <c r="C149" s="5">
-        <v>0.2507971989999902</v>
+        <v>0.25079207000000281</v>
       </c>
       <c r="D149" s="5">
-        <v>3.2159425656335561</v>
+        <v>3.215875893497433</v>
       </c>
       <c r="E149" s="5">
-        <v>5.2145810589339758</v>
+        <v>5.214595739024519</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>95.517074097000005</v>
+        <v>95.517096078999998</v>
       </c>
       <c r="C150" s="5">
-        <v>0.31205986900000937</v>
+        <v>0.31208857299999693</v>
       </c>
       <c r="D150" s="5">
-        <v>4.0050098760743502</v>
+        <v>4.0053852213044028</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>95.759120963000001</v>
+        <v>95.759143967</v>
       </c>
       <c r="C151" s="5">
-        <v>0.24204686599999548</v>
+        <v>0.24204788800000188</v>
       </c>
       <c r="D151" s="5">
-        <v>3.0836249064112975</v>
+        <v>3.0836373888927238</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>96.081536497000002</v>
+        <v>96.081551500000003</v>
       </c>
       <c r="C152" s="5">
-        <v>0.322415534000001</v>
+        <v>0.32240753300000335</v>
       </c>
       <c r="D152" s="5">
-        <v>4.1159977370305301</v>
+        <v>4.1158926892989722</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>96.645972848</v>
+        <v>96.645976042000001</v>
       </c>
       <c r="C153" s="5">
-        <v>0.56443635099999767</v>
+        <v>0.56442454199999759</v>
       </c>
       <c r="D153" s="5">
-        <v>7.2817553287565229</v>
+        <v>7.281596852056893</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>96.977359579999998</v>
+        <v>96.977368286000001</v>
       </c>
       <c r="C154" s="5">
-        <v>0.33138673199999857</v>
+        <v>0.33139224399999989</v>
       </c>
       <c r="D154" s="5">
-        <v>4.1931382575915777</v>
+        <v>4.1932091819768313</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>96.712539953000004</v>
+        <v>96.712543784000005</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.26481962699999428</v>
+        <v>-0.26482450199999619</v>
       </c>
       <c r="D155" s="5">
-        <v>-3.2281134973022318</v>
+        <v>-3.2281717477182004</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>96.94640192</v>
+        <v>96.946402895000006</v>
       </c>
       <c r="C156" s="5">
-        <v>0.23386196699999573</v>
+        <v>0.23385911100000101</v>
       </c>
       <c r="D156" s="5">
-        <v>2.9406418393477241</v>
+        <v>2.9406053302629243</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>97.449140216999993</v>
+        <v>97.449142363000007</v>
       </c>
       <c r="C157" s="5">
-        <v>0.50273829699999339</v>
+        <v>0.50273946800000147</v>
       </c>
       <c r="D157" s="5">
-        <v>6.4034715884427662</v>
+        <v>6.4034868653951138</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>98.010262881000003</v>
+        <v>98.010199177000004</v>
       </c>
       <c r="C158" s="5">
-        <v>0.56112266400000976</v>
+        <v>0.56105681399999696</v>
       </c>
       <c r="D158" s="5">
-        <v>7.1328128458508555</v>
+        <v>7.1319489371399092</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>98.191838664000002</v>
+        <v>98.191840681000002</v>
       </c>
       <c r="C159" s="5">
-        <v>0.18157578299999955</v>
+        <v>0.18164150399999812</v>
       </c>
       <c r="D159" s="5">
-        <v>2.2459371211775325</v>
+        <v>2.2467598129435107</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>98.527119806000002</v>
+        <v>98.527123318999998</v>
       </c>
       <c r="C160" s="5">
-        <v>0.33528114199999948</v>
+        <v>0.33528263799999536</v>
       </c>
       <c r="D160" s="5">
-        <v>4.1752955321817442</v>
+        <v>4.1753144259176089</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>98.918286696999999</v>
+        <v>98.918291334000003</v>
       </c>
       <c r="C161" s="5">
-        <v>0.39116689099999746</v>
+        <v>0.3911680150000052</v>
       </c>
       <c r="D161" s="5">
-        <v>4.8695918461048926</v>
+        <v>4.8696059681607284</v>
       </c>
       <c r="E161" s="5">
-        <v>3.9002908608440912</v>
+        <v>3.9003030673213201</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>98.974355454000005</v>
+        <v>98.974364360999999</v>
       </c>
       <c r="C162" s="5">
-        <v>5.6068757000005576E-2</v>
+        <v>5.60730269999965E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>0.68230719477941904</v>
+        <v>0.68235928692845782</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>98.742924651999999</v>
+        <v>98.742936740999994</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.23143080200000554</v>
+        <v>-0.23142762000000516</v>
       </c>
       <c r="D163" s="5">
-        <v>-2.7701422975377255</v>
+        <v>-2.7701044525428875</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>98.860535780999996</v>
+        <v>98.860544126999997</v>
       </c>
       <c r="C164" s="5">
-        <v>0.11761112899999659</v>
+        <v>0.11760738600000309</v>
       </c>
       <c r="D164" s="5">
-        <v>1.4387015095001843</v>
+        <v>1.4386552448652168</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>99.518214158000006</v>
+        <v>99.518214177999994</v>
       </c>
       <c r="C165" s="5">
-        <v>0.65767837700001053</v>
+        <v>0.65767005099999665</v>
       </c>
       <c r="D165" s="5">
-        <v>8.2817761383539246</v>
+        <v>8.2816667032334035</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>99.462400832</v>
+        <v>99.462406568999995</v>
       </c>
       <c r="C166" s="5">
-        <v>-5.5813326000006214E-2</v>
+        <v>-5.5807608999998592E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>-0.67093027894206125</v>
+        <v>-0.67086176675069664</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>99.965879753999999</v>
+        <v>99.965883595999998</v>
       </c>
       <c r="C167" s="5">
-        <v>0.50347892199999933</v>
+        <v>0.50347702700000241</v>
       </c>
       <c r="D167" s="5">
-        <v>6.2464068853116173</v>
+        <v>6.246382346253565</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>99.845142727999999</v>
+        <v>99.845142999000004</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.12073702600000047</v>
+        <v>-0.12074059699999395</v>
       </c>
       <c r="D168" s="5">
-        <v>-1.439749813002611</v>
+        <v>-1.4397920585694779</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>100.21432611</v>
+        <v>100.21432681</v>
       </c>
       <c r="C169" s="5">
-        <v>0.36918338200000278</v>
+        <v>0.3691838109999992</v>
       </c>
       <c r="D169" s="5">
-        <v>4.5284280404218835</v>
+        <v>4.5284333974948687</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>100.40919578</v>
+        <v>100.40915815</v>
       </c>
       <c r="C170" s="5">
-        <v>0.19486967000000277</v>
+        <v>0.19483133999999325</v>
       </c>
       <c r="D170" s="5">
-        <v>2.3585532235246065</v>
+        <v>2.3580843181368882</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>100.82093897999999</v>
+        <v>100.82094069</v>
       </c>
       <c r="C171" s="5">
-        <v>0.41174319999998943</v>
+        <v>0.41178254000000436</v>
       </c>
       <c r="D171" s="5">
-        <v>5.0332951445881902</v>
+        <v>5.0337888786630591</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>100.99457391</v>
+        <v>100.9945766</v>
       </c>
       <c r="C172" s="5">
-        <v>0.17363493000000574</v>
+        <v>0.17363591000000156</v>
       </c>
       <c r="D172" s="5">
-        <v>2.086341683873183</v>
+        <v>2.0863535352790619</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>101.13041699999999</v>
+        <v>101.13042111999999</v>
       </c>
       <c r="C173" s="5">
-        <v>0.1358430899999945</v>
+        <v>0.13584451999999203</v>
       </c>
       <c r="D173" s="5">
-        <v>1.6260582303498472</v>
+        <v>1.6260754308209169</v>
       </c>
       <c r="E173" s="5">
-        <v>2.2363208834945247</v>
+        <v>2.2363202560087503</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>102.54728944</v>
+        <v>102.54729569</v>
       </c>
       <c r="C174" s="5">
-        <v>1.4168724400000059</v>
+        <v>1.4168745700000045</v>
       </c>
       <c r="D174" s="5">
-        <v>18.170384703146137</v>
+        <v>18.170413359017743</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>101.92036444999999</v>
+        <v>101.92036988</v>
       </c>
       <c r="C175" s="5">
-        <v>-0.62692499000000623</v>
+        <v>-0.62692581000000303</v>
       </c>
       <c r="D175" s="5">
-        <v>-7.0945074775359496</v>
+        <v>-7.0945160292272043</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>102.54259408</v>
+        <v>102.54259762</v>
       </c>
       <c r="C176" s="5">
-        <v>0.62222963000000675</v>
+        <v>0.62222773999999959</v>
       </c>
       <c r="D176" s="5">
-        <v>7.5771371552366462</v>
+        <v>7.5771129443815699</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>102.80408797</v>
+        <v>102.80408678000001</v>
       </c>
       <c r="C177" s="5">
-        <v>0.26149388999999701</v>
+        <v>0.26148916000001066</v>
       </c>
       <c r="D177" s="5">
-        <v>3.1034070518801471</v>
+        <v>3.1033500179937334</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>102.64687791</v>
+        <v>102.64688123000001</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.15721005999999704</v>
+        <v>-0.15720555000000047</v>
       </c>
       <c r="D178" s="5">
-        <v>-1.8197081280746707</v>
+        <v>-1.8196563839314894</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>103.93343059</v>
+        <v>103.93343369999999</v>
       </c>
       <c r="C179" s="5">
-        <v>1.2865526799999998</v>
+        <v>1.2865524699999895</v>
       </c>
       <c r="D179" s="5">
-        <v>16.121922294938273</v>
+        <v>16.121918921507607</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>103.83127355000001</v>
+        <v>103.83127247</v>
       </c>
       <c r="C180" s="5">
-        <v>-0.10215703999999448</v>
+        <v>-0.102161229999993</v>
       </c>
       <c r="D180" s="5">
-        <v>-1.1731345836304974</v>
+        <v>-1.1731824053337392</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>103.87981585</v>
+        <v>103.87981440999999</v>
       </c>
       <c r="C181" s="5">
-        <v>4.8542299999994043E-2</v>
+        <v>4.8541939999992678E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>0.56245842480460162</v>
+        <v>0.56245424862748639</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>103.02052403</v>
+        <v>103.02050941</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.85929181999999571</v>
+        <v>-0.85930499999999199</v>
       </c>
       <c r="D182" s="5">
-        <v>-9.4869909508298438</v>
+        <v>-9.4871300344314786</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>104.35726517000001</v>
+        <v>104.35726445</v>
       </c>
       <c r="C183" s="5">
-        <v>1.3367411400000009</v>
+        <v>1.3367550399999999</v>
       </c>
       <c r="D183" s="5">
-        <v>16.73127131136436</v>
+        <v>16.731460435932988</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>104.53486495</v>
+        <v>104.53486583999999</v>
       </c>
       <c r="C184" s="5">
-        <v>0.17759977999999421</v>
+        <v>0.17760138999999242</v>
       </c>
       <c r="D184" s="5">
-        <v>2.0614369908211749</v>
+        <v>2.0614558680432715</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>104.83469114</v>
+        <v>104.83469358000001</v>
       </c>
       <c r="C185" s="5">
-        <v>0.29982619000000454</v>
+        <v>0.299827740000012</v>
       </c>
       <c r="D185" s="5">
-        <v>3.4966494284252247</v>
+        <v>3.4966677607868535</v>
       </c>
       <c r="E185" s="5">
-        <v>3.6628684523272614</v>
+        <v>3.6628666418827338</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>105.0390361</v>
+        <v>105.03903984</v>
       </c>
       <c r="C186" s="5">
-        <v>0.20434496000000024</v>
+        <v>0.20434625999999412</v>
       </c>
       <c r="D186" s="5">
-        <v>2.3642933553398748</v>
+        <v>2.3643085024782406</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>105.58202562</v>
+        <v>105.58202754</v>
       </c>
       <c r="C187" s="5">
-        <v>0.5429895199999919</v>
+        <v>0.54298769999999763</v>
       </c>
       <c r="D187" s="5">
-        <v>6.3827333124872432</v>
+        <v>6.3827110730985792</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>105.73768305</v>
+        <v>105.73768385</v>
       </c>
       <c r="C188" s="5">
-        <v>0.15565743000000509</v>
+        <v>0.15565630999999769</v>
       </c>
       <c r="D188" s="5">
-        <v>1.7835513927214164</v>
+        <v>1.7835384226228657</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>105.79905503000001</v>
+        <v>105.79905476</v>
       </c>
       <c r="C189" s="5">
-        <v>6.13719800000041E-2</v>
+        <v>6.1370910000007939E-2</v>
       </c>
       <c r="D189" s="5">
-        <v>0.69872849759884392</v>
+        <v>0.69871627128288427</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>105.77525113</v>
+        <v>105.77525258</v>
       </c>
       <c r="C190" s="5">
-        <v>-2.3803900000004319E-2</v>
+        <v>-2.3802180000004114E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>-0.26965608543785269</v>
+        <v>-0.2696366256704219</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>106.10925227</v>
+        <v>106.10925492</v>
       </c>
       <c r="C191" s="5">
-        <v>0.33400113999999803</v>
+        <v>0.33400233999999784</v>
       </c>
       <c r="D191" s="5">
-        <v>3.8556836106499404</v>
+        <v>3.8556976510444541</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>107.36392972</v>
+        <v>107.36392858000001</v>
       </c>
       <c r="C192" s="5">
-        <v>1.2546774500000026</v>
+        <v>1.2546736600000088</v>
       </c>
       <c r="D192" s="5">
-        <v>15.149415893048545</v>
+        <v>15.149366711798651</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>107.46963642</v>
+        <v>107.46963549</v>
       </c>
       <c r="C193" s="5">
-        <v>0.10570669999999893</v>
+        <v>0.10570690999999499</v>
       </c>
       <c r="D193" s="5">
-        <v>1.1878961116425613</v>
+        <v>1.1878984970268736</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>108.02488583</v>
+        <v>108.02487976</v>
       </c>
       <c r="C194" s="5">
-        <v>0.55524941000000183</v>
+        <v>0.55524427000000287</v>
       </c>
       <c r="D194" s="5">
-        <v>6.3791305278097621</v>
+        <v>6.3790698442983018</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>108.2931707</v>
+        <v>108.29316992</v>
       </c>
       <c r="C195" s="5">
-        <v>0.26828487000000223</v>
+        <v>0.26829015999999228</v>
       </c>
       <c r="D195" s="5">
-        <v>3.0213040089903664</v>
+        <v>3.0213645708077719</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>108.77458279</v>
+        <v>108.7745829</v>
       </c>
       <c r="C196" s="5">
-        <v>0.48141208999999208</v>
+        <v>0.48141298000000177</v>
       </c>
       <c r="D196" s="5">
-        <v>5.4669240571421085</v>
+        <v>5.4669344527254804</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>109.32051805</v>
+        <v>109.32051907</v>
       </c>
       <c r="C197" s="5">
-        <v>0.54593526000000736</v>
+        <v>0.54593617000000449</v>
       </c>
       <c r="D197" s="5">
-        <v>6.1918185649109558</v>
+        <v>6.1918291659510905</v>
       </c>
       <c r="E197" s="5">
-        <v>4.2789527600262334</v>
+        <v>4.2789513059212858</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>109.91137042</v>
+        <v>109.91137231</v>
       </c>
       <c r="C198" s="5">
-        <v>0.59085236999999324</v>
+        <v>0.59085324000000128</v>
       </c>
       <c r="D198" s="5">
-        <v>6.6820374824897888</v>
+        <v>6.6820475515391609</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>109.71860361</v>
+        <v>109.71860435000001</v>
       </c>
       <c r="C199" s="5">
-        <v>-0.19276680999999485</v>
+        <v>-0.19276795999999763</v>
       </c>
       <c r="D199" s="5">
-        <v>-2.0844233319133654</v>
+        <v>-2.0844356118734475</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>110.18708777000001</v>
+        <v>110.18708813000001</v>
       </c>
       <c r="C200" s="5">
-        <v>0.4684841600000027</v>
+        <v>0.46848377999999968</v>
       </c>
       <c r="D200" s="5">
-        <v>5.2459028612402703</v>
+        <v>5.2458984695109789</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>109.76010839</v>
+        <v>109.76010838000001</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.4269793800000059</v>
+        <v>-0.42697975000000099</v>
       </c>
       <c r="D201" s="5">
-        <v>-4.5522119356761648</v>
+        <v>-4.5522157821587967</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>110.15108703</v>
+        <v>110.15108748999999</v>
       </c>
       <c r="C202" s="5">
-        <v>0.39097864000000015</v>
+        <v>0.3909791099999893</v>
       </c>
       <c r="D202" s="5">
-        <v>4.3592913746209438</v>
+        <v>4.3592967184721498</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>110.39958443</v>
+        <v>110.39958633000001</v>
       </c>
       <c r="C203" s="5">
-        <v>0.24849740000000509</v>
+        <v>0.24849884000001055</v>
       </c>
       <c r="D203" s="5">
-        <v>2.74100627415097</v>
+        <v>2.7410223438245618</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>110.32401160000001</v>
+        <v>110.32401111999999</v>
       </c>
       <c r="C204" s="5">
-        <v>-7.5572829999998703E-2</v>
+        <v>-7.5575210000010884E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>-0.81836122378743381</v>
+        <v>-0.81838688528415027</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>111.08527411</v>
+        <v>111.08527402</v>
       </c>
       <c r="C205" s="5">
-        <v>0.76126250999999456</v>
+        <v>0.76126290000000552</v>
       </c>
       <c r="D205" s="5">
-        <v>8.6018814104535046</v>
+        <v>8.6018860246856121</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>111.67015886</v>
+        <v>111.67015504</v>
       </c>
       <c r="C206" s="5">
-        <v>0.58488475000000051</v>
+        <v>0.58488101999999742</v>
       </c>
       <c r="D206" s="5">
-        <v>6.5044405228030344</v>
+        <v>6.5043978387744117</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>111.25420343</v>
+        <v>111.25420342</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.4159554299999968</v>
+        <v>-0.4159516200000013</v>
       </c>
       <c r="D207" s="5">
-        <v>-4.3793843990166508</v>
+        <v>-4.3793452503966606</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>111.24597841000001</v>
+        <v>111.24597854</v>
       </c>
       <c r="C208" s="5">
-        <v>-8.2250199999975848E-3</v>
+        <v>-8.224880000000212E-3</v>
       </c>
       <c r="D208" s="5">
-        <v>-8.8679900502142139E-2</v>
+        <v>-8.8678391682406321E-2</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>111.25482761000001</v>
+        <v>111.25482793</v>
       </c>
       <c r="C209" s="5">
-        <v>8.8492000000002236E-3</v>
+        <v>8.8493900000088388E-3</v>
       </c>
       <c r="D209" s="5">
-        <v>9.5497268846811423E-2</v>
+        <v>9.5499320041447788E-2</v>
       </c>
       <c r="E209" s="5">
-        <v>1.7693929689532872</v>
+        <v>1.7693923121252508</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>111.72207439</v>
+        <v>111.72207512999999</v>
       </c>
       <c r="C210" s="5">
-        <v>0.46724677999999642</v>
+        <v>0.46724719999998854</v>
       </c>
       <c r="D210" s="5">
-        <v>5.1578040572242134</v>
+        <v>5.1578087859175614</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>112.58313593</v>
+        <v>112.58313622</v>
       </c>
       <c r="C211" s="5">
-        <v>0.86106153999999435</v>
+        <v>0.86106109000000686</v>
       </c>
       <c r="D211" s="5">
-        <v>9.6509018138802638</v>
+        <v>9.6508964878668344</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>113.09178751</v>
+        <v>113.09178768</v>
       </c>
       <c r="C212" s="5">
-        <v>0.50865158000000577</v>
+        <v>0.50865145999999584</v>
       </c>
       <c r="D212" s="5">
-        <v>5.5583819020024849</v>
+        <v>5.5583805432502631</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>113.27115009000001</v>
+        <v>113.27115007</v>
       </c>
       <c r="C213" s="5">
-        <v>0.17936258000000294</v>
+        <v>0.17936239000000853</v>
       </c>
       <c r="D213" s="5">
-        <v>1.91987895143515</v>
+        <v>1.9198768970102309</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>113.86848541000001</v>
+        <v>113.86848563</v>
       </c>
       <c r="C214" s="5">
-        <v>0.59733531999999911</v>
+        <v>0.59733555999999055</v>
       </c>
       <c r="D214" s="5">
-        <v>6.5150087019986147</v>
+        <v>6.5150113971957913</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>114.35577818</v>
+        <v>114.35577911</v>
       </c>
       <c r="C215" s="5">
-        <v>0.48729276999999627</v>
+        <v>0.48729348000000527</v>
       </c>
       <c r="D215" s="5">
-        <v>5.2579322842849496</v>
+        <v>5.2579401160575356</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>114.59037259</v>
+        <v>114.59037262</v>
       </c>
       <c r="C216" s="5">
-        <v>0.2345944099999997</v>
+        <v>0.23459350999999629</v>
       </c>
       <c r="D216" s="5">
-        <v>2.4896985037505814</v>
+        <v>2.4896888237479819</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>114.92609181</v>
+        <v>114.92609204</v>
       </c>
       <c r="C217" s="5">
-        <v>0.33571922000000143</v>
+        <v>0.33571942000000377</v>
       </c>
       <c r="D217" s="5">
-        <v>3.5728867682710552</v>
+        <v>3.5728889302319322</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>114.9401763</v>
+        <v>114.94017421</v>
       </c>
       <c r="C218" s="5">
-        <v>1.4084490000001892E-2</v>
+        <v>1.4082169999994676E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>0.14716227261679649</v>
+        <v>0.14713801538450699</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>115.10746827</v>
+        <v>115.10746865</v>
       </c>
       <c r="C219" s="5">
-        <v>0.16729196999999374</v>
+        <v>0.16729444000000626</v>
       </c>
       <c r="D219" s="5">
-        <v>1.7606133584879613</v>
+        <v>1.7606395939672614</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>115.82986845000001</v>
+        <v>115.82986867</v>
       </c>
       <c r="C220" s="5">
-        <v>0.72240018000000816</v>
+        <v>0.72240001999999492</v>
       </c>
       <c r="D220" s="5">
-        <v>7.7965183415813044</v>
+        <v>7.796516528109132</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>116.30146118</v>
+        <v>116.30146125</v>
       </c>
       <c r="C221" s="5">
-        <v>0.47159272999999757</v>
+        <v>0.47159258000000648</v>
       </c>
       <c r="D221" s="5">
-        <v>4.9966145487357894</v>
+        <v>4.9966129139974669</v>
       </c>
       <c r="E221" s="5">
-        <v>4.5361029974274825</v>
+        <v>4.5361027596710457</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>115.91185780000001</v>
+        <v>115.91185711999999</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.38960337999999695</v>
+        <v>-0.38960413000000926</v>
       </c>
       <c r="D222" s="5">
-        <v>-3.9466876119220617</v>
+        <v>-3.9466950676691148</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>116.47744299</v>
+        <v>116.4774431</v>
       </c>
       <c r="C223" s="5">
-        <v>0.56558518999999308</v>
+        <v>0.5655859800000087</v>
       </c>
       <c r="D223" s="5">
-        <v>6.0150536452399539</v>
+        <v>6.015062309955499</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>116.33584651</v>
+        <v>116.33584672000001</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.14159648000000402</v>
+        <v>-0.14159637999999575</v>
       </c>
       <c r="D224" s="5">
-        <v>-1.4490727787123014</v>
+        <v>-1.4490717608035442</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>117.32539843000001</v>
+        <v>117.32539850000001</v>
       </c>
       <c r="C225" s="5">
-        <v>0.98955192000001091</v>
+        <v>0.98955177999999933</v>
       </c>
       <c r="D225" s="5">
-        <v>10.698516554837267</v>
+        <v>10.698514949504023</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>118.05336058</v>
+        <v>118.0533606</v>
       </c>
       <c r="C226" s="5">
-        <v>0.7279621499999962</v>
+        <v>0.72796209999999917</v>
       </c>
       <c r="D226" s="5">
-        <v>7.7049841457278001</v>
+        <v>7.7049835935678823</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>117.68313637</v>
+        <v>117.68313626</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.3702242100000035</v>
+        <v>-0.37022434000000715</v>
       </c>
       <c r="D227" s="5">
-        <v>-3.699053177010847</v>
+        <v>-3.6990544529540537</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>118.33335733</v>
+        <v>118.33335792</v>
       </c>
       <c r="C228" s="5">
-        <v>0.65022095999999863</v>
+        <v>0.6502216599999997</v>
       </c>
       <c r="D228" s="5">
-        <v>6.8354604062770719</v>
+        <v>6.83546799667345</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>118.74695448</v>
+        <v>118.74695479</v>
       </c>
       <c r="C229" s="5">
-        <v>0.41359715000000108</v>
+        <v>0.41359687000000633</v>
       </c>
       <c r="D229" s="5">
-        <v>4.275798329622682</v>
+        <v>4.2757953573603791</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>119.83143205</v>
+        <v>119.83143242</v>
       </c>
       <c r="C230" s="5">
-        <v>1.0844775700000042</v>
+        <v>1.084477629999995</v>
       </c>
       <c r="D230" s="5">
-        <v>11.526797729632987</v>
+        <v>11.526798368116054</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>120.48930417</v>
+        <v>120.48930509</v>
       </c>
       <c r="C231" s="5">
-        <v>0.65787211999999329</v>
+        <v>0.65787267000000327</v>
       </c>
       <c r="D231" s="5">
-        <v>6.7905843740026395</v>
+        <v>6.7905902020285902</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>120.94402033999999</v>
+        <v>120.94402055</v>
       </c>
       <c r="C232" s="5">
-        <v>0.45471616999999753</v>
+        <v>0.45471546000000274</v>
       </c>
       <c r="D232" s="5">
-        <v>4.6238883551324994</v>
+        <v>4.6238809487760824</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>121.78274912000001</v>
+        <v>121.78274838999999</v>
       </c>
       <c r="C233" s="5">
-        <v>0.83872878000001094</v>
+        <v>0.83872783999999001</v>
       </c>
       <c r="D233" s="5">
-        <v>8.6466826852002789</v>
+        <v>8.6466726063242128</v>
       </c>
       <c r="E233" s="5">
-        <v>4.7130000641321335</v>
+        <v>4.7129993734279063</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>121.46754387999999</v>
+        <v>121.46754134</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.3152052400000116</v>
+        <v>-0.31520704999999793</v>
       </c>
       <c r="D234" s="5">
-        <v>-3.0620755456347459</v>
+        <v>-3.0620928975080397</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>121.89287087</v>
+        <v>121.89287025</v>
       </c>
       <c r="C235" s="5">
-        <v>0.42532699000000207</v>
+        <v>0.42532891000000461</v>
       </c>
       <c r="D235" s="5">
-        <v>4.2837573458974321</v>
+        <v>4.2837771487619136</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>122.04678678000001</v>
+        <v>122.04678685</v>
       </c>
       <c r="C236" s="5">
-        <v>0.15391591000000915</v>
+        <v>0.15391660000000229</v>
       </c>
       <c r="D236" s="5">
-        <v>1.525825320409524</v>
+        <v>1.5258322160246252</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>122.87134157</v>
+        <v>122.87134202999999</v>
       </c>
       <c r="C237" s="5">
-        <v>0.82455478999999343</v>
+        <v>0.82455517999999017</v>
       </c>
       <c r="D237" s="5">
-        <v>8.4154066012809956</v>
+        <v>8.4154107256668276</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>123.4289157</v>
+        <v>123.42891634999999</v>
       </c>
       <c r="C238" s="5">
-        <v>0.55757413000000611</v>
+        <v>0.55757432000000051</v>
       </c>
       <c r="D238" s="5">
-        <v>5.5834294173807697</v>
+        <v>5.5834313463084317</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>123.58599547</v>
+        <v>123.58599508</v>
       </c>
       <c r="C239" s="5">
-        <v>0.15707976999999573</v>
+        <v>0.15707873000000916</v>
       </c>
       <c r="D239" s="5">
-        <v>1.5378949797584029</v>
+        <v>1.5378847180714361</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>124.52740138999999</v>
+        <v>124.52740027999999</v>
       </c>
       <c r="C240" s="5">
-        <v>0.94140591999999401</v>
+        <v>0.94140519999999128</v>
       </c>
       <c r="D240" s="5">
-        <v>9.5337568996170639</v>
+        <v>9.5337493312683144</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>124.03196275000001</v>
+        <v>124.03196423</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.49543863999998905</v>
+        <v>-0.49543604999999502</v>
       </c>
       <c r="D241" s="5">
-        <v>-4.6711640272164123</v>
+        <v>-4.6711401803899548</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>124.53358233</v>
+        <v>124.53358421</v>
       </c>
       <c r="C242" s="5">
-        <v>0.50161957999999629</v>
+        <v>0.50161998000000096</v>
       </c>
       <c r="D242" s="5">
-        <v>4.9625514230756895</v>
+        <v>4.9625554081951018</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>125.32066822</v>
+        <v>125.32067051999999</v>
       </c>
       <c r="C243" s="5">
-        <v>0.78708589000000018</v>
+        <v>0.7870863099999923</v>
       </c>
       <c r="D243" s="5">
-        <v>7.8536007227400839</v>
+        <v>7.8536049375579342</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>125.70841677999999</v>
+        <v>125.70841953</v>
       </c>
       <c r="C244" s="5">
-        <v>0.38774855999999147</v>
+        <v>0.38774901000000739</v>
       </c>
       <c r="D244" s="5">
-        <v>3.7767004052501107</v>
+        <v>3.7767047926423825</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>125.99422694</v>
+        <v>125.99422993</v>
       </c>
       <c r="C245" s="5">
-        <v>0.28581016000001114</v>
+        <v>0.28581040000000257</v>
       </c>
       <c r="D245" s="5">
-        <v>2.7626921271953542</v>
+        <v>2.7626944149698351</v>
       </c>
       <c r="E245" s="5">
-        <v>3.4581891527593722</v>
+        <v>3.4581922281085919</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>127.09942282999999</v>
+        <v>127.09940838999999</v>
       </c>
       <c r="C246" s="5">
-        <v>1.1051958899999903</v>
+        <v>1.1051784599999905</v>
       </c>
       <c r="D246" s="5">
-        <v>11.04913663902185</v>
+        <v>11.048953617183566</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>127.70673283000001</v>
+        <v>127.70673438999999</v>
       </c>
       <c r="C247" s="5">
-        <v>0.60731000000001245</v>
+        <v>0.60732600000000048</v>
       </c>
       <c r="D247" s="5">
-        <v>5.8869871142531061</v>
+        <v>5.8871469961080614</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>128.12065057000001</v>
+        <v>128.12065077</v>
       </c>
       <c r="C248" s="5">
-        <v>0.41391774000000225</v>
+        <v>0.41391638000000341</v>
       </c>
       <c r="D248" s="5">
-        <v>3.9594782583370236</v>
+        <v>3.9594649667542114</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>128.50962093000001</v>
+        <v>128.50962045</v>
       </c>
       <c r="C249" s="5">
-        <v>0.38897036000000185</v>
+        <v>0.38896968000000243</v>
       </c>
       <c r="D249" s="5">
-        <v>3.704615914346121</v>
+        <v>3.7046093235146182</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>128.7102031</v>
+        <v>128.71020350000001</v>
       </c>
       <c r="C250" s="5">
-        <v>0.2005821699999899</v>
+        <v>0.20058305000000587</v>
       </c>
       <c r="D250" s="5">
-        <v>1.8891635391190986</v>
+        <v>1.8891719057103185</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>129.68387903999999</v>
+        <v>129.68387895000001</v>
       </c>
       <c r="C251" s="5">
-        <v>0.97367593999999258</v>
+        <v>0.97367545000000177</v>
       </c>
       <c r="D251" s="5">
-        <v>9.4652320194509532</v>
+        <v>9.4652270255351834</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>129.94809853999999</v>
+        <v>129.94809642999999</v>
       </c>
       <c r="C252" s="5">
-        <v>0.26421949999999583</v>
+        <v>0.26421747999998502</v>
       </c>
       <c r="D252" s="5">
-        <v>2.472478314680604</v>
+        <v>2.4724592016098557</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>129.64616591000001</v>
+        <v>129.64616937</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.30193262999998183</v>
+        <v>-0.30192705999999703</v>
       </c>
       <c r="D253" s="5">
-        <v>-2.7528274260243291</v>
+        <v>-2.7527773336712302</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>129.80694303999999</v>
+        <v>129.80694757000001</v>
       </c>
       <c r="C254" s="5">
-        <v>0.16077712999998539</v>
+        <v>0.16077820000000997</v>
       </c>
       <c r="D254" s="5">
-        <v>1.4983392651955141</v>
+        <v>1.4983492647578256</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>130.42507398000001</v>
+        <v>130.42507906</v>
       </c>
       <c r="C255" s="5">
-        <v>0.61813094000001456</v>
+        <v>0.61813148999999612</v>
       </c>
       <c r="D255" s="5">
-        <v>5.8663724918700311</v>
+        <v>5.8663776389910494</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>130.61217739</v>
+        <v>130.61218385999999</v>
       </c>
       <c r="C256" s="5">
-        <v>0.18710340999999175</v>
+        <v>0.18710479999998597</v>
       </c>
       <c r="D256" s="5">
-        <v>1.7351273377569587</v>
+        <v>1.7351402618590139</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>130.83767169000001</v>
+        <v>130.83767904000001</v>
       </c>
       <c r="C257" s="5">
-        <v>0.22549430000000825</v>
+        <v>0.22549518000002422</v>
       </c>
       <c r="D257" s="5">
-        <v>2.0915155658991713</v>
+        <v>2.0915237011858157</v>
       </c>
       <c r="E257" s="5">
-        <v>3.8441799022319589</v>
+        <v>3.8441832714807056</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>131.67586994000001</v>
+        <v>131.67584101</v>
       </c>
       <c r="C258" s="5">
-        <v>0.83819825000000492</v>
+        <v>0.83816196999998738</v>
       </c>
       <c r="D258" s="5">
-        <v>7.9644236047667238</v>
+        <v>7.9640661792023115</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>131.39135787999999</v>
+        <v>131.39135683999999</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.28451206000002571</v>
+        <v>-0.28448417000001314</v>
       </c>
       <c r="D259" s="5">
-        <v>-2.5622479977105539</v>
+        <v>-2.5620003602439212</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>131.91059916</v>
+        <v>131.91059569999999</v>
       </c>
       <c r="C260" s="5">
-        <v>0.51924128000001701</v>
+        <v>0.51923886000000152</v>
       </c>
       <c r="D260" s="5">
-        <v>4.8466852356486179</v>
+        <v>4.8466621929475595</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>133.09173661</v>
+        <v>133.09173419000001</v>
       </c>
       <c r="C261" s="5">
-        <v>1.1811374499999943</v>
+        <v>1.1811384900000235</v>
       </c>
       <c r="D261" s="5">
-        <v>11.290165083486968</v>
+        <v>11.290175830030091</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>132.93284911999999</v>
+        <v>132.93285075</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.15888749000001212</v>
+        <v>-0.15888344000001098</v>
       </c>
       <c r="D262" s="5">
-        <v>-1.4232141962700506</v>
+        <v>-1.4231781824842193</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>132.94395115</v>
+        <v>132.94395259999999</v>
       </c>
       <c r="C263" s="5">
-        <v>1.1102030000017749E-2</v>
+        <v>1.1101849999988644E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>0.10026533922109504</v>
+        <v>0.10026371161697689</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>133.81595526999999</v>
+        <v>133.81596336000001</v>
       </c>
       <c r="C264" s="5">
-        <v>0.87200411999998551</v>
+        <v>0.87201076000002331</v>
       </c>
       <c r="D264" s="5">
-        <v>8.1612755313065666</v>
+        <v>8.1613398431314987</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>134.60712938</v>
+        <v>134.60713568</v>
       </c>
       <c r="C265" s="5">
-        <v>0.79117411000001425</v>
+        <v>0.79117231999998694</v>
       </c>
       <c r="D265" s="5">
-        <v>7.3302069535736925</v>
+        <v>7.3301893686390063</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>135.77249605</v>
+        <v>135.77250462999999</v>
       </c>
       <c r="C266" s="5">
-        <v>1.1653666699999974</v>
+        <v>1.1653689499999871</v>
       </c>
       <c r="D266" s="5">
-        <v>10.898296379781524</v>
+        <v>10.89831819269309</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>135.34772201000001</v>
+        <v>135.34773132000001</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.42477403999998842</v>
+        <v>-0.42477330999997776</v>
       </c>
       <c r="D267" s="5">
-        <v>-3.6903549083041942</v>
+        <v>-3.69034844572389</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>135.63360455</v>
+        <v>135.63361058999999</v>
       </c>
       <c r="C268" s="5">
-        <v>0.28588253999998869</v>
+        <v>0.28587926999998103</v>
       </c>
       <c r="D268" s="5">
-        <v>2.5643032829583579</v>
+        <v>2.5642734317633087</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>136.09674124</v>
+        <v>136.09676755000001</v>
       </c>
       <c r="C269" s="5">
-        <v>0.46313668999999891</v>
+        <v>0.46315696000002049</v>
       </c>
       <c r="D269" s="5">
-        <v>4.1753753561517559</v>
+        <v>4.1755613551345716</v>
       </c>
       <c r="E269" s="5">
-        <v>4.0195377081155614</v>
+        <v>4.0195519735505059</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>136.24304810999999</v>
+        <v>136.24298859000001</v>
       </c>
       <c r="C270" s="5">
-        <v>0.14630686999998943</v>
+        <v>0.14622104000000036</v>
       </c>
       <c r="D270" s="5">
-        <v>1.297680156390113</v>
+        <v>1.2969141242204607</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>136.63248188</v>
+        <v>136.63246981</v>
       </c>
       <c r="C271" s="5">
-        <v>0.38943377000001078</v>
+        <v>0.3894812199999933</v>
       </c>
       <c r="D271" s="5">
-        <v>3.4844915640070306</v>
+        <v>3.4849243708935385</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>137.06989378</v>
+        <v>137.06989014000001</v>
       </c>
       <c r="C272" s="5">
-        <v>0.43741190000000074</v>
+        <v>0.43742033000000902</v>
       </c>
       <c r="D272" s="5">
-        <v>3.9100199477245301</v>
+        <v>3.9100969866978863</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>136.77131544</v>
+        <v>136.77127848000001</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.29857834000000594</v>
+        <v>-0.29861166000000594</v>
       </c>
       <c r="D273" s="5">
-        <v>-2.5828607124246283</v>
+        <v>-2.5831455710346618</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>137.06197638</v>
+        <v>137.06198520999999</v>
       </c>
       <c r="C274" s="5">
-        <v>0.2906609400000093</v>
+        <v>0.29070672999998237</v>
       </c>
       <c r="D274" s="5">
-        <v>2.5802118807222829</v>
+        <v>2.580623829991846</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>137.85338099000001</v>
+        <v>137.85338375000001</v>
       </c>
       <c r="C275" s="5">
-        <v>0.79140461000000073</v>
+        <v>0.79139854000001719</v>
       </c>
       <c r="D275" s="5">
-        <v>7.15321012291108</v>
+        <v>7.1531530289479672</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>136.42988582000001</v>
+        <v>136.42990656000001</v>
       </c>
       <c r="C276" s="5">
-        <v>-1.4234951699999954</v>
+        <v>-1.4234771899999998</v>
       </c>
       <c r="D276" s="5">
-        <v>-11.711299800710773</v>
+        <v>-11.711159953211581</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>137.25198101000001</v>
+        <v>137.25199724000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.82209518999999887</v>
+        <v>0.82209068000000229</v>
       </c>
       <c r="D277" s="5">
-        <v>7.4754494775988389</v>
+        <v>7.4754059244966475</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>136.93445489000001</v>
+        <v>136.93449269999999</v>
       </c>
       <c r="C278" s="5">
-        <v>-0.31752611999999658</v>
+        <v>-0.31750454000001582</v>
       </c>
       <c r="D278" s="5">
-        <v>-2.7410919194705508</v>
+        <v>-2.7409076706813917</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>137.02737132999999</v>
+        <v>137.02742216999999</v>
       </c>
       <c r="C279" s="5">
-        <v>9.2916439999982003E-2</v>
+        <v>9.2929470000001402E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>0.81730188753654787</v>
+        <v>0.81741670225119467</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>137.43050793</v>
+        <v>137.43053691</v>
       </c>
       <c r="C280" s="5">
-        <v>0.4031366000000105</v>
+        <v>0.40311474000000658</v>
       </c>
       <c r="D280" s="5">
-        <v>3.5881080932115728</v>
+        <v>3.587909017145452</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>137.74562101999999</v>
+        <v>137.74566992000001</v>
       </c>
       <c r="C281" s="5">
-        <v>0.31511308999998278</v>
+        <v>0.31513301000001093</v>
       </c>
       <c r="D281" s="5">
-        <v>2.786433518173359</v>
+        <v>2.7866112960495792</v>
       </c>
       <c r="E281" s="5">
-        <v>1.2115497880234027</v>
+        <v>1.2115661522924981</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>137.27743864000001</v>
+        <v>137.27734943999999</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.46818237999997336</v>
+        <v>-0.46832048000001691</v>
       </c>
       <c r="D282" s="5">
-        <v>-4.0032804740367967</v>
+        <v>-4.0044379356576121</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>137.81324814999999</v>
+        <v>137.81318110999999</v>
       </c>
       <c r="C283" s="5">
-        <v>0.53580950999997867</v>
+        <v>0.53583166999999321</v>
       </c>
       <c r="D283" s="5">
-        <v>4.7856030378547132</v>
+        <v>4.7858084057338379</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>138.0994043</v>
+        <v>138.09932311</v>
       </c>
       <c r="C284" s="5">
-        <v>0.28615615000001071</v>
+        <v>0.28614200000001233</v>
       </c>
       <c r="D284" s="5">
-        <v>2.5203397847952225</v>
+        <v>2.520214971079815</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>138.75852800000001</v>
+        <v>138.75836566999999</v>
       </c>
       <c r="C285" s="5">
-        <v>0.65912370000000919</v>
+        <v>0.65904255999998895</v>
       </c>
       <c r="D285" s="5">
-        <v>5.8801494877138039</v>
+        <v>5.8794100681773154</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>138.94610241999999</v>
+        <v>138.94620509000001</v>
       </c>
       <c r="C286" s="5">
-        <v>0.18757441999997582</v>
+        <v>0.1878394200000173</v>
       </c>
       <c r="D286" s="5">
-        <v>1.6342807419768901</v>
+        <v>1.6366087555814257</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>139.49272182000001</v>
+        <v>139.49270629</v>
       </c>
       <c r="C287" s="5">
-        <v>0.54661940000002573</v>
+        <v>0.54650119999999447</v>
       </c>
       <c r="D287" s="5">
-        <v>4.8243443217801607</v>
+        <v>4.8232748027929873</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>139.38387474999999</v>
+        <v>139.38389900999999</v>
       </c>
       <c r="C288" s="5">
-        <v>-0.10884707000002436</v>
+        <v>-0.10880728000000772</v>
       </c>
       <c r="D288" s="5">
-        <v>-0.93235957348486442</v>
+        <v>-0.93202030547174797</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>140.07607454999999</v>
+        <v>140.07614296</v>
       </c>
       <c r="C289" s="5">
-        <v>0.69219979999999737</v>
+        <v>0.69224395000000527</v>
       </c>
       <c r="D289" s="5">
-        <v>6.1248653389229579</v>
+        <v>6.1252656329188193</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>140.59345976</v>
+        <v>140.59358015999999</v>
       </c>
       <c r="C290" s="5">
-        <v>0.51738521000001469</v>
+        <v>0.51743719999998916</v>
       </c>
       <c r="D290" s="5">
-        <v>4.5234815274264983</v>
+        <v>4.5239430942614289</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>140.45944642000001</v>
+        <v>140.45959431</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.13401333999999565</v>
+        <v>-0.13398584999998775</v>
       </c>
       <c r="D291" s="5">
-        <v>-1.1378593960609584</v>
+        <v>-1.1376262412103322</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>140.74514907</v>
+        <v>140.74528183000001</v>
       </c>
       <c r="C292" s="5">
-        <v>0.2857026499999904</v>
+        <v>0.28568752000001041</v>
       </c>
       <c r="D292" s="5">
-        <v>2.468362289067616</v>
+        <v>2.4682274779209257</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>141.22989932999999</v>
+        <v>141.23007319999999</v>
       </c>
       <c r="C293" s="5">
-        <v>0.48475025999999843</v>
+        <v>0.48479136999998218</v>
       </c>
       <c r="D293" s="5">
-        <v>4.2122014112116801</v>
+        <v>4.2125613787967531</v>
       </c>
       <c r="E293" s="5">
-        <v>2.5295020518250055</v>
+        <v>2.52959187902142</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>141.9269118</v>
+        <v>141.92656733000001</v>
       </c>
       <c r="C294" s="5">
-        <v>0.69701247000000421</v>
+        <v>0.69649413000001914</v>
       </c>
       <c r="D294" s="5">
-        <v>6.0857965627544308</v>
+        <v>6.0811396558340114</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>142.27367841</v>
+        <v>142.27357142</v>
       </c>
       <c r="C295" s="5">
-        <v>0.34676661000000308</v>
+        <v>0.34700408999998444</v>
       </c>
       <c r="D295" s="5">
-        <v>2.9716531295039816</v>
+        <v>2.9737229986761315</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>142.75648301999999</v>
+        <v>142.75625167999999</v>
       </c>
       <c r="C296" s="5">
-        <v>0.48280460999998809</v>
+        <v>0.48268025999999509</v>
       </c>
       <c r="D296" s="5">
-        <v>4.1490611123120358</v>
+        <v>4.1479756495606646</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>143.04568176999999</v>
+        <v>143.04528002000001</v>
       </c>
       <c r="C297" s="5">
-        <v>0.28919874999999706</v>
+        <v>0.28902834000001576</v>
       </c>
       <c r="D297" s="5">
-        <v>2.4582521697059878</v>
+        <v>2.4567915055917044</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>143.87699846999999</v>
+        <v>143.87715883000001</v>
       </c>
       <c r="C298" s="5">
-        <v>0.83131670000000213</v>
+        <v>0.8318788100000063</v>
       </c>
       <c r="D298" s="5">
-        <v>7.2011404385681654</v>
+        <v>7.2061872995385245</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>144.56172762</v>
+        <v>144.56170488000001</v>
       </c>
       <c r="C299" s="5">
-        <v>0.68472915000000967</v>
+        <v>0.68454604999999447</v>
       </c>
       <c r="D299" s="5">
-        <v>5.8628368245247753</v>
+        <v>5.8612211172713202</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>145.58663641999999</v>
+        <v>145.58663053000001</v>
       </c>
       <c r="C300" s="5">
-        <v>1.0249087999999915</v>
+        <v>1.0249256500000001</v>
       </c>
       <c r="D300" s="5">
-        <v>8.8474331054902322</v>
+        <v>8.8475857263044624</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>145.5930304</v>
+        <v>145.59304582999999</v>
       </c>
       <c r="C301" s="5">
-        <v>6.3939800000127889E-3</v>
+        <v>6.4152999999862459E-3</v>
       </c>
       <c r="D301" s="5">
-        <v>5.2715206850151297E-2</v>
+        <v>5.2891024461687586E-2</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>145.715901</v>
+        <v>145.71665622</v>
       </c>
       <c r="C302" s="5">
-        <v>0.12287059999999883</v>
+        <v>0.12361039000001028</v>
       </c>
       <c r="D302" s="5">
-        <v>1.017432164476606</v>
+        <v>1.0235865332705707</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>146.43621919</v>
+        <v>146.43644337000001</v>
       </c>
       <c r="C303" s="5">
-        <v>0.72031819000000041</v>
+        <v>0.71978715000000193</v>
       </c>
       <c r="D303" s="5">
-        <v>6.0959330650070198</v>
+        <v>6.0912837368183759</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>146.28617864</v>
+        <v>146.28643352</v>
       </c>
       <c r="C304" s="5">
-        <v>-0.15004054999999994</v>
+        <v>-0.15000985000000355</v>
       </c>
       <c r="D304" s="5">
-        <v>-1.2226310994844725</v>
+        <v>-1.2223804822560025</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>146.39646633000001</v>
+        <v>146.39677254</v>
       </c>
       <c r="C305" s="5">
-        <v>0.11028769000000693</v>
+        <v>0.11033901999999784</v>
       </c>
       <c r="D305" s="5">
-        <v>0.90846166186897559</v>
+        <v>0.90888464272169678</v>
       </c>
       <c r="E305" s="5">
-        <v>3.6582671406765854</v>
+        <v>3.6583563421958232</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>147.42612808000001</v>
+        <v>147.42560792</v>
       </c>
       <c r="C306" s="5">
-        <v>1.0296617500000025</v>
+        <v>1.0288353800000039</v>
       </c>
       <c r="D306" s="5">
-        <v>8.7743226177013476</v>
+        <v>8.7669872181756361</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>148.21816390999999</v>
+        <v>148.21818429999999</v>
       </c>
       <c r="C307" s="5">
-        <v>0.79203582999997479</v>
+        <v>0.79257637999998565</v>
       </c>
       <c r="D307" s="5">
-        <v>6.640858594545529</v>
+        <v>6.6455498494397247</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>148.51221064000001</v>
+        <v>148.51106662999999</v>
       </c>
       <c r="C308" s="5">
-        <v>0.29404673000001935</v>
+        <v>0.29288232999999764</v>
       </c>
       <c r="D308" s="5">
-        <v>2.4068020384814259</v>
+        <v>2.3971671568545627</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>149.50160498</v>
+        <v>149.50051966999999</v>
       </c>
       <c r="C309" s="5">
-        <v>0.98939433999998982</v>
+        <v>0.98945304000000078</v>
       </c>
       <c r="D309" s="5">
-        <v>8.293978292414117</v>
+        <v>8.2945547907483217</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>149.59678244</v>
+        <v>149.59721711</v>
       </c>
       <c r="C310" s="5">
-        <v>9.5177460000002156E-2</v>
+        <v>9.6697440000014012E-2</v>
       </c>
       <c r="D310" s="5">
-        <v>0.76663869668360807</v>
+        <v>0.77893114656926166</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>149.50886259999999</v>
+        <v>149.50894063999999</v>
       </c>
       <c r="C311" s="5">
-        <v>-8.7919840000012073E-2</v>
+        <v>-8.8276470000010931E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-0.70297931038192374</v>
+        <v>-0.70581951899334472</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>150.26427401999999</v>
+        <v>150.26435802</v>
       </c>
       <c r="C312" s="5">
-        <v>0.7554114200000015</v>
+        <v>0.75541738000001146</v>
       </c>
       <c r="D312" s="5">
-        <v>6.2345050386523493</v>
+        <v>6.2345522569429379</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>150.67977350000001</v>
+        <v>150.67996915000001</v>
       </c>
       <c r="C313" s="5">
-        <v>0.41549948000002246</v>
+        <v>0.41561113000000205</v>
       </c>
       <c r="D313" s="5">
-        <v>3.3690809056784898</v>
+        <v>3.3699981241021693</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>150.83850181</v>
+        <v>150.8402093</v>
       </c>
       <c r="C314" s="5">
-        <v>0.15872830999998655</v>
+        <v>0.16024014999999281</v>
       </c>
       <c r="D314" s="5">
-        <v>1.271447496829281</v>
+        <v>1.283626901203494</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>151.30661732999999</v>
+        <v>151.30709784000001</v>
       </c>
       <c r="C315" s="5">
-        <v>0.46811551999999779</v>
+        <v>0.46688854000001356</v>
       </c>
       <c r="D315" s="5">
-        <v>3.788334654028902</v>
+        <v>3.7781918842643147</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>152.3826368</v>
+        <v>152.38310218999999</v>
       </c>
       <c r="C316" s="5">
-        <v>1.0760194700000056</v>
+        <v>1.0760043499999767</v>
       </c>
       <c r="D316" s="5">
-        <v>8.8756461744506243</v>
+        <v>8.875487240048674</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>152.83126818</v>
+        <v>152.83168454</v>
       </c>
       <c r="C317" s="5">
-        <v>0.44863137999999481</v>
+        <v>0.44858235000000946</v>
       </c>
       <c r="D317" s="5">
-        <v>3.5907056243378754</v>
+        <v>3.5902956849770629</v>
       </c>
       <c r="E317" s="5">
-        <v>4.3954625485938648</v>
+        <v>4.3955285955787016</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>153.29949776999999</v>
+        <v>153.29860409</v>
       </c>
       <c r="C318" s="5">
-        <v>0.46822958999999287</v>
+        <v>0.46691955000000007</v>
       </c>
       <c r="D318" s="5">
-        <v>3.7390298518306331</v>
+        <v>3.7283818452711337</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>153.79269016999999</v>
+        <v>153.79255719</v>
       </c>
       <c r="C319" s="5">
-        <v>0.49319239999999809</v>
+        <v>0.49395309999999881</v>
       </c>
       <c r="D319" s="5">
-        <v>3.9296681400942557</v>
+        <v>3.9358604297012212</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>154.64437864000001</v>
+        <v>154.64193306999999</v>
       </c>
       <c r="C320" s="5">
-        <v>0.85168847000002756</v>
+        <v>0.84937587999999664</v>
       </c>
       <c r="D320" s="5">
-        <v>6.8516738613281003</v>
+        <v>6.832506892870005</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>155.47674484000001</v>
+        <v>155.47471579</v>
       </c>
       <c r="C321" s="5">
-        <v>0.83236619999999562</v>
+        <v>0.83278272000001152</v>
       </c>
       <c r="D321" s="5">
-        <v>6.6536241603593282</v>
+        <v>6.6571613083801884</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>156.04865576</v>
+        <v>156.04909355000001</v>
       </c>
       <c r="C322" s="5">
-        <v>0.57191091999999344</v>
+        <v>0.5743777600000044</v>
       </c>
       <c r="D322" s="5">
-        <v>4.5045284997204948</v>
+        <v>4.5244147488579856</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>155.06865988999999</v>
+        <v>155.06888688999999</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.97999587000001043</v>
+        <v>-0.98020666000002166</v>
       </c>
       <c r="D323" s="5">
-        <v>-7.2811531335970407</v>
+        <v>-7.2826458214987566</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>156.65920194</v>
+        <v>156.65967047000001</v>
       </c>
       <c r="C324" s="5">
-        <v>1.5905420500000105</v>
+        <v>1.5907835800000214</v>
       </c>
       <c r="D324" s="5">
-        <v>13.027081360145964</v>
+        <v>13.029152336043159</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>157.34064552999999</v>
+        <v>157.34147891000001</v>
       </c>
       <c r="C325" s="5">
-        <v>0.68144358999998644</v>
+        <v>0.68180843999999752</v>
       </c>
       <c r="D325" s="5">
-        <v>5.3465248969653434</v>
+        <v>5.3494399492166389</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>158.33352894000001</v>
+        <v>158.33681876</v>
       </c>
       <c r="C326" s="5">
-        <v>0.99288341000001878</v>
+        <v>0.99533984999999348</v>
       </c>
       <c r="D326" s="5">
-        <v>7.8409153686382682</v>
+        <v>7.8609509517259202</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>158.91173135</v>
+        <v>158.91293071999999</v>
       </c>
       <c r="C327" s="5">
-        <v>0.57820240999998873</v>
+        <v>0.57611195999999154</v>
       </c>
       <c r="D327" s="5">
-        <v>4.4712557092463578</v>
+        <v>4.4546709185042443</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>159.81566061999999</v>
+        <v>159.81638806999999</v>
       </c>
       <c r="C328" s="5">
-        <v>0.9039292699999919</v>
+        <v>0.9034573499999965</v>
       </c>
       <c r="D328" s="5">
-        <v>7.0435491393059602</v>
+        <v>7.0397013277645248</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>160.15539982999999</v>
+        <v>160.15559625</v>
       </c>
       <c r="C329" s="5">
-        <v>0.33973921000000473</v>
+        <v>0.33920818000001418</v>
       </c>
       <c r="D329" s="5">
-        <v>2.5810215903987244</v>
+        <v>2.5769282420994521</v>
       </c>
       <c r="E329" s="5">
-        <v>4.7922992050120738</v>
+        <v>4.7921422393817581</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>161.00690184999999</v>
+        <v>161.00564714999999</v>
       </c>
       <c r="C330" s="5">
-        <v>0.85150201999999808</v>
+        <v>0.85005089999998518</v>
       </c>
       <c r="D330" s="5">
-        <v>6.5699806441390285</v>
+        <v>6.5584470325259714</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>160.71701469999999</v>
+        <v>160.71652946</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.28988714999999843</v>
+        <v>-0.28911768999998344</v>
       </c>
       <c r="D331" s="5">
-        <v>-2.1392898007600469</v>
+        <v>-2.1336838190621155</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>160.84712521</v>
+        <v>160.84180094000001</v>
       </c>
       <c r="C332" s="5">
-        <v>0.13011051000000862</v>
+        <v>0.12527148000000921</v>
       </c>
       <c r="D332" s="5">
-        <v>0.97581259236376727</v>
+        <v>0.9393676041561605</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>160.60026006000001</v>
+        <v>160.59673624999999</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.24686514999999076</v>
+        <v>-0.24506469000002085</v>
       </c>
       <c r="D333" s="5">
-        <v>-1.8262700948630251</v>
+        <v>-1.8131215036448212</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>160.51877798999999</v>
+        <v>160.52016684</v>
       </c>
       <c r="C334" s="5">
-        <v>-8.1482070000021167E-2</v>
+        <v>-7.6569409999990512E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>-0.60713535728653678</v>
+        <v>-0.57063880443164461</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>160.86920731000001</v>
+        <v>160.86948649999999</v>
       </c>
       <c r="C335" s="5">
-        <v>0.3504293200000177</v>
+        <v>0.34931965999999193</v>
       </c>
       <c r="D335" s="5">
-        <v>2.6514110764078946</v>
+        <v>2.6428913051143477</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>161.02326644999999</v>
+        <v>161.02365015999999</v>
       </c>
       <c r="C336" s="5">
-        <v>0.15405913999998688</v>
+        <v>0.15416365999999471</v>
       </c>
       <c r="D336" s="5">
-        <v>1.1552728631396336</v>
+        <v>1.1560587661417987</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>160.95053081</v>
+        <v>160.95140642000001</v>
       </c>
       <c r="C337" s="5">
-        <v>-7.2735639999990553E-2</v>
+        <v>-7.2243739999976242E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>-0.54070601647442373</v>
+        <v>-0.53705704645088392</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>161.45232727999999</v>
+        <v>161.46089255999999</v>
       </c>
       <c r="C338" s="5">
-        <v>0.50179646999998795</v>
+        <v>0.5094861399999786</v>
       </c>
       <c r="D338" s="5">
-        <v>3.80607146062788</v>
+        <v>3.8653946584999543</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>161.04725664</v>
+        <v>161.04838466999999</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.40507063999999104</v>
+        <v>-0.41250789000000054</v>
       </c>
       <c r="D339" s="5">
-        <v>-2.969502196733842</v>
+        <v>-3.0231014630683228</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>161.14786906</v>
+        <v>161.14892578999999</v>
       </c>
       <c r="C340" s="5">
-        <v>0.10061242000000448</v>
+        <v>0.10054112000000259</v>
       </c>
       <c r="D340" s="5">
-        <v>0.75226752840720224</v>
+        <v>0.75172731123209768</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>161.72890276000001</v>
+        <v>161.72894625000001</v>
       </c>
       <c r="C341" s="5">
-        <v>0.58103370000000609</v>
+        <v>0.58002046000001428</v>
       </c>
       <c r="D341" s="5">
-        <v>4.4135537764252275</v>
+        <v>4.4056747060789769</v>
       </c>
       <c r="E341" s="5">
-        <v>0.98248509364669001</v>
+        <v>0.98238840030544505</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>162.25063997000001</v>
+        <v>162.24888271</v>
       </c>
       <c r="C342" s="5">
-        <v>0.52173720999999773</v>
+        <v>0.51993645999999671</v>
       </c>
       <c r="D342" s="5">
-        <v>3.9406289311426645</v>
+        <v>3.9267855939474794</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>162.77932497</v>
+        <v>162.77712804999999</v>
       </c>
       <c r="C343" s="5">
-        <v>0.52868499999999585</v>
+        <v>0.5282453399999838</v>
       </c>
       <c r="D343" s="5">
-        <v>3.9809776279750908</v>
+        <v>3.9776513543077652</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>163.46904343</v>
+        <v>163.46075501999999</v>
       </c>
       <c r="C344" s="5">
-        <v>0.68971845999999459</v>
+        <v>0.68362697000000594</v>
       </c>
       <c r="D344" s="5">
-        <v>5.2047472276951723</v>
+        <v>5.1577840564054567</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>163.20459825</v>
+        <v>163.19914650999999</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.26444517999999562</v>
+        <v>-0.26160851000000207</v>
       </c>
       <c r="D345" s="5">
-        <v>-1.9240703414892035</v>
+        <v>-1.9037080907826298</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>163.79704950000001</v>
+        <v>163.79844467999999</v>
       </c>
       <c r="C346" s="5">
-        <v>0.59245125000001053</v>
+        <v>0.5992981699999973</v>
       </c>
       <c r="D346" s="5">
-        <v>4.444170495412636</v>
+        <v>4.4967265505678977</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>164.37481435999999</v>
+        <v>164.37581551</v>
       </c>
       <c r="C347" s="5">
-        <v>0.57776485999997362</v>
+        <v>0.57737083000000666</v>
       </c>
       <c r="D347" s="5">
-        <v>4.3158762415863583</v>
+        <v>4.3128381090687729</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>164.73879477</v>
+        <v>164.73847605</v>
       </c>
       <c r="C348" s="5">
-        <v>0.36398041000001058</v>
+        <v>0.36266054000000736</v>
       </c>
       <c r="D348" s="5">
-        <v>2.6898000046651216</v>
+        <v>2.6799110394273518</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>165.09235346</v>
+        <v>165.09212314999999</v>
       </c>
       <c r="C349" s="5">
-        <v>0.35355868999999984</v>
+        <v>0.35364709999998922</v>
       </c>
       <c r="D349" s="5">
-        <v>2.6060316126795602</v>
+        <v>2.6066960865538613</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>165.68331576</v>
+        <v>165.70226381000001</v>
       </c>
       <c r="C350" s="5">
-        <v>0.59096230000000105</v>
+        <v>0.61014066000001321</v>
       </c>
       <c r="D350" s="5">
-        <v>4.381089293241458</v>
+        <v>4.5261773137339922</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>165.94142977999999</v>
+        <v>165.94169212</v>
       </c>
       <c r="C351" s="5">
-        <v>0.25811401999999362</v>
+        <v>0.23942830999999387</v>
       </c>
       <c r="D351" s="5">
-        <v>1.8855524214024921</v>
+        <v>1.747763229828081</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>165.88459884</v>
+        <v>165.88592288999999</v>
       </c>
       <c r="C352" s="5">
-        <v>-5.6830939999997554E-2</v>
+        <v>-5.5769230000009884E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>-0.41019784705484952</v>
+        <v>-0.40254809587916274</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>166.51602801999999</v>
+        <v>166.51638141999999</v>
       </c>
       <c r="C353" s="5">
-        <v>0.63142917999999781</v>
+        <v>0.63045852999999852</v>
       </c>
       <c r="D353" s="5">
-        <v>4.6645746229101448</v>
+        <v>4.6572156150229915</v>
       </c>
       <c r="E353" s="5">
-        <v>2.9599689222549852</v>
+        <v>2.960159749386837</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>166.48446172000001</v>
+        <v>166.48247229</v>
       </c>
       <c r="C354" s="5">
-        <v>-3.1566299999980174E-2</v>
+        <v>-3.3909129999983634E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>-0.22724593554198647</v>
+        <v>-0.2440925766441171</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>166.67489018000001</v>
+        <v>166.66993036</v>
       </c>
       <c r="C355" s="5">
-        <v>0.19042845999999258</v>
+        <v>0.18745806999999104</v>
       </c>
       <c r="D355" s="5">
-        <v>1.381253428959095</v>
+        <v>1.3595907570987498</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>167.14637476999999</v>
+        <v>167.13365702999999</v>
       </c>
       <c r="C356" s="5">
-        <v>0.47148458999998866</v>
+        <v>0.46372666999999979</v>
       </c>
       <c r="D356" s="5">
-        <v>3.4478354518585164</v>
+        <v>3.3903355483123176</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>167.68077968</v>
+        <v>167.67211809</v>
       </c>
       <c r="C357" s="5">
-        <v>0.53440491000000634</v>
+        <v>0.53846106000000304</v>
       </c>
       <c r="D357" s="5">
-        <v>3.9048635985524216</v>
+        <v>3.9353335126776967</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>168.13052585</v>
+        <v>168.13114962</v>
       </c>
       <c r="C358" s="5">
-        <v>0.44974616999999739</v>
+        <v>0.4590315300000043</v>
       </c>
       <c r="D358" s="5">
-        <v>3.2664955957000918</v>
+        <v>3.3351285651430196</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>168.24784392999999</v>
+        <v>168.24943797</v>
       </c>
       <c r="C359" s="5">
-        <v>0.11731807999998978</v>
+        <v>0.11828835000000026</v>
       </c>
       <c r="D359" s="5">
-        <v>0.84055673024479027</v>
+        <v>0.84753225477234295</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>168.58541373</v>
+        <v>168.58483340000001</v>
       </c>
       <c r="C360" s="5">
-        <v>0.33756980000001136</v>
+        <v>0.33539543000000549</v>
       </c>
       <c r="D360" s="5">
-        <v>2.4344082326361427</v>
+        <v>2.4185321290970174</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>169.18608413000001</v>
+        <v>169.18554889999999</v>
       </c>
       <c r="C361" s="5">
-        <v>0.60067040000001271</v>
+        <v>0.60071549999997842</v>
       </c>
       <c r="D361" s="5">
-        <v>4.3603941521240586</v>
+        <v>4.3607432919105182</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>169.13858364999999</v>
+        <v>169.16921185000001</v>
       </c>
       <c r="C362" s="5">
-        <v>-4.7500480000024936E-2</v>
+        <v>-1.6337049999975761E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>-0.33639078441081161</v>
+        <v>-0.1158139783621559</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>169.44420008</v>
+        <v>169.44580876000001</v>
       </c>
       <c r="C363" s="5">
-        <v>0.30561643000001482</v>
+        <v>0.27659690999999498</v>
       </c>
       <c r="D363" s="5">
-        <v>2.1899580167723531</v>
+        <v>1.9797777017391383</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>169.99152477000001</v>
+        <v>169.99428799</v>
       </c>
       <c r="C364" s="5">
-        <v>0.54732469000001061</v>
+        <v>0.5484792299999981</v>
       </c>
       <c r="D364" s="5">
-        <v>3.9457501122724059</v>
+        <v>3.9541839004426427</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>169.99428566</v>
+        <v>169.99585611000001</v>
       </c>
       <c r="C365" s="5">
-        <v>2.7608899999904679E-3</v>
+        <v>1.568120000001727E-3</v>
       </c>
       <c r="D365" s="5">
-        <v>1.9491347984201823E-2</v>
+        <v>1.1070015913339226E-2</v>
       </c>
       <c r="E365" s="5">
-        <v>2.0888425464858251</v>
+        <v>2.0895690023576829</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>170.86394206</v>
+        <v>170.86165453999999</v>
       </c>
       <c r="C366" s="5">
-        <v>0.86965639999999667</v>
+        <v>0.86579842999998391</v>
       </c>
       <c r="D366" s="5">
-        <v>6.3146682797039944</v>
+        <v>6.2858061571073653</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>170.93818512999999</v>
+        <v>170.9318207</v>
       </c>
       <c r="C367" s="5">
-        <v>7.4243069999994304E-2</v>
+        <v>7.0166160000013633E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>0.522666784843695</v>
+        <v>0.49390735664032182</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>170.62071958000001</v>
+        <v>170.59131685</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.31746554999998011</v>
+        <v>-0.3405038500000046</v>
       </c>
       <c r="D368" s="5">
-        <v>-2.2060098465930378</v>
+        <v>-2.3644365279971047</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>155.05037052</v>
+        <v>155.03692287999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-15.570349060000012</v>
+        <v>-15.554393970000007</v>
       </c>
       <c r="D369" s="5">
-        <v>-68.282973136549472</v>
+        <v>-68.250373497400886</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>158.67661634999999</v>
+        <v>158.67953871</v>
       </c>
       <c r="C370" s="5">
-        <v>3.6262458299999878</v>
+        <v>3.6426158300000111</v>
       </c>
       <c r="D370" s="5">
-        <v>31.971900314753231</v>
+        <v>32.138529868537979</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>162.06065948</v>
+        <v>162.06467684</v>
       </c>
       <c r="C371" s="5">
-        <v>3.3840431300000091</v>
+        <v>3.3851381300000014</v>
       </c>
       <c r="D371" s="5">
-        <v>28.817851457422748</v>
+        <v>28.827701790586403</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>158.81188266999999</v>
+        <v>158.81416476999999</v>
       </c>
       <c r="C372" s="5">
-        <v>-3.2487768100000096</v>
+        <v>-3.2505120700000134</v>
       </c>
       <c r="D372" s="5">
-        <v>-21.573161519293826</v>
+        <v>-21.58296664611299</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>158.75388286</v>
+        <v>158.75647323999999</v>
       </c>
       <c r="C373" s="5">
-        <v>-5.7999809999984109E-2</v>
+        <v>-5.7691529999999602E-2</v>
       </c>
       <c r="D373" s="5">
-        <v>-0.43737369432599316</v>
+        <v>-0.43504737385253733</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>159.00231507999999</v>
+        <v>159.04245967</v>
       </c>
       <c r="C374" s="5">
-        <v>0.24843221999998377</v>
+        <v>0.28598643000000834</v>
       </c>
       <c r="D374" s="5">
-        <v>1.8941141139037665</v>
+        <v>2.1832458253100651</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>160.51514968999999</v>
+        <v>160.52066893</v>
       </c>
       <c r="C375" s="5">
-        <v>1.5128346099999987</v>
+        <v>1.4782092599999999</v>
       </c>
       <c r="D375" s="5">
-        <v>12.034289656749021</v>
+        <v>11.741507563481646</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>161.18019167</v>
+        <v>161.18517427</v>
       </c>
       <c r="C376" s="5">
-        <v>0.66504198000001225</v>
+        <v>0.66450534000000516</v>
       </c>
       <c r="D376" s="5">
-        <v>5.0866813498895214</v>
+        <v>5.082304116703984</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>162.40989488</v>
+        <v>162.41157276999999</v>
       </c>
       <c r="C377" s="5">
-        <v>1.2297032099999967</v>
+        <v>1.2263984999999877</v>
       </c>
       <c r="D377" s="5">
-        <v>9.5493508542217942</v>
+        <v>9.5222977867656553</v>
       </c>
       <c r="E377" s="5">
-        <v>-4.4615563108805318</v>
+        <v>-4.4614518927404978</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>161.31700506000001</v>
+        <v>161.31033346999999</v>
       </c>
       <c r="C378" s="5">
-        <v>-1.0928898199999821</v>
+        <v>-1.1012393000000031</v>
       </c>
       <c r="D378" s="5">
-        <v>-7.782789111763277</v>
+        <v>-7.8399707870362878</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>160.83037093999999</v>
+        <v>160.81747927000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.48663412000001927</v>
+        <v>-0.49285419999998226</v>
       </c>
       <c r="D379" s="5">
-        <v>-3.5604983803939394</v>
+        <v>-3.6053927967156563</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>162.16625662000001</v>
+        <v>162.11721048999999</v>
       </c>
       <c r="C380" s="5">
-        <v>1.3358856800000183</v>
+        <v>1.299731219999984</v>
       </c>
       <c r="D380" s="5">
-        <v>10.435610846886156</v>
+        <v>10.141366944273123</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>163.00836941</v>
+        <v>162.98653597000001</v>
       </c>
       <c r="C381" s="5">
-        <v>0.8421127899999874</v>
+        <v>0.86932548000001475</v>
       </c>
       <c r="D381" s="5">
-        <v>6.4125711557181608</v>
+        <v>6.628005807929771</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>163.36745735</v>
+        <v>163.37511498000001</v>
       </c>
       <c r="C382" s="5">
-        <v>0.35908793999999489</v>
+        <v>0.38857901000000084</v>
       </c>
       <c r="D382" s="5">
-        <v>2.6757205135116813</v>
+        <v>2.8987549201160201</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>164.66870392000001</v>
+        <v>164.67882105000001</v>
       </c>
       <c r="C383" s="5">
-        <v>1.3012465700000178</v>
+        <v>1.303706070000004</v>
       </c>
       <c r="D383" s="5">
-        <v>9.9882292355756732</v>
+        <v>10.007454467993092</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>164.72207298000001</v>
+        <v>164.73301128</v>
       </c>
       <c r="C384" s="5">
-        <v>5.3369059999994306E-2</v>
+        <v>5.4190229999989015E-2</v>
       </c>
       <c r="D384" s="5">
-        <v>0.38961352929316462</v>
+        <v>0.39559487436984231</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>164.76058832000001</v>
+        <v>164.7724916</v>
       </c>
       <c r="C385" s="5">
-        <v>3.8515340000003562E-2</v>
+        <v>3.9480319999995572E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>0.28094529704467686</v>
+        <v>0.28797435573610919</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>164.35469577000001</v>
+        <v>164.40731547999999</v>
       </c>
       <c r="C386" s="5">
-        <v>-0.40589255000000435</v>
+        <v>-0.36517612000000099</v>
       </c>
       <c r="D386" s="5">
-        <v>-2.9165071160409783</v>
+        <v>-2.6273141529635113</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>165.57422729999999</v>
+        <v>165.5887304</v>
       </c>
       <c r="C387" s="5">
-        <v>1.2195315299999834</v>
+        <v>1.1814149200000088</v>
       </c>
       <c r="D387" s="5">
-        <v>9.2766674090275067</v>
+        <v>8.9721851663963736</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>165.70618216</v>
+        <v>165.71647913999999</v>
       </c>
       <c r="C388" s="5">
-        <v>0.13195486000000756</v>
+        <v>0.12774873999998704</v>
       </c>
       <c r="D388" s="5">
-        <v>0.96054651520307566</v>
+        <v>0.92971684724352244</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>166.39617577999999</v>
+        <v>166.40000975000001</v>
       </c>
       <c r="C389" s="5">
-        <v>0.68999361999999564</v>
+        <v>0.68353061000001958</v>
       </c>
       <c r="D389" s="5">
-        <v>5.1127876007617479</v>
+        <v>5.0634838963951045</v>
       </c>
       <c r="E389" s="5">
-        <v>2.4544569177545217</v>
+        <v>2.4557591013839142</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>165.70830726</v>
+        <v>165.68585658000001</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.68786851999999499</v>
+        <v>-0.714153170000003</v>
       </c>
       <c r="D390" s="5">
-        <v>-4.849454784570395</v>
+        <v>-5.0302970230838735</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>166.09215064</v>
+        <v>166.06259416</v>
       </c>
       <c r="C391" s="5">
-        <v>0.38384338000000184</v>
+        <v>0.3767375799999968</v>
       </c>
       <c r="D391" s="5">
-        <v>2.8153437180211904</v>
+        <v>2.7629510716129069</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>166.68939341999999</v>
+        <v>166.60292669</v>
       </c>
       <c r="C392" s="5">
-        <v>0.59724277999998776</v>
+        <v>0.54033253000000059</v>
       </c>
       <c r="D392" s="5">
-        <v>4.401392521647951</v>
+        <v>3.9751845432269395</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>167.7420674</v>
+        <v>167.69889652000001</v>
       </c>
       <c r="C393" s="5">
-        <v>1.0526739800000087</v>
+        <v>1.0959698300000014</v>
       </c>
       <c r="D393" s="5">
-        <v>7.8470578387066059</v>
+        <v>8.1859698929753755</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>168.23280804999999</v>
+        <v>168.27135745999999</v>
       </c>
       <c r="C394" s="5">
-        <v>0.49074064999999223</v>
+        <v>0.57246093999998493</v>
       </c>
       <c r="D394" s="5">
-        <v>3.5677238859168625</v>
+        <v>4.1741390710141379</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>168.66016202</v>
+        <v>168.68376251000001</v>
       </c>
       <c r="C395" s="5">
-        <v>0.42735397000001285</v>
+        <v>0.41240505000001804</v>
       </c>
       <c r="D395" s="5">
-        <v>3.0912558832876025</v>
+        <v>2.9809690985399317</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>170.28923497</v>
+        <v>170.31384919999999</v>
       </c>
       <c r="C396" s="5">
-        <v>1.6290729499999941</v>
+        <v>1.6300866899999846</v>
       </c>
       <c r="D396" s="5">
-        <v>12.226695304441293</v>
+        <v>12.232908917987295</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>171.0141898</v>
+        <v>171.04170173</v>
       </c>
       <c r="C397" s="5">
-        <v>0.72495483000000149</v>
+        <v>0.72785253000000694</v>
       </c>
       <c r="D397" s="5">
-        <v>5.2299668741285776</v>
+        <v>5.2505884607548792</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>171.79304898999999</v>
+        <v>171.85999174</v>
       </c>
       <c r="C398" s="5">
-        <v>0.77885918999999149</v>
+        <v>0.81829000999999835</v>
       </c>
       <c r="D398" s="5">
-        <v>5.604222880101517</v>
+        <v>5.8944828389702053</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>171.88915881</v>
+        <v>171.91461760000001</v>
       </c>
       <c r="C399" s="5">
-        <v>9.6109820000009449E-2</v>
+        <v>5.4625860000015791E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>0.67341095024266995</v>
+        <v>0.38208862836703883</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>172.78525880000001</v>
+        <v>172.80043164</v>
       </c>
       <c r="C400" s="5">
-        <v>0.89609999000001039</v>
+        <v>0.88581403999998543</v>
       </c>
       <c r="D400" s="5">
-        <v>6.4384199632221417</v>
+        <v>6.3614401139844068</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>173.34248492</v>
+        <v>173.34703507</v>
       </c>
       <c r="C401" s="5">
-        <v>0.55722611999999572</v>
+        <v>0.54660343000000466</v>
       </c>
       <c r="D401" s="5">
-        <v>3.9393418153269577</v>
+        <v>3.8625877391883279</v>
       </c>
       <c r="E401" s="5">
-        <v>4.1745605675361563</v>
+        <v>4.1748947794157276</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>174.88284843</v>
+        <v>174.83408524000001</v>
       </c>
       <c r="C402" s="5">
-        <v>1.5403635099999917</v>
+        <v>1.4870501700000034</v>
       </c>
       <c r="D402" s="5">
-        <v>11.20041378832255</v>
+        <v>10.794002655870894</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>175.93949198999999</v>
+        <v>175.88091037999999</v>
       </c>
       <c r="C403" s="5">
-        <v>1.0566435599999977</v>
+        <v>1.0468251399999815</v>
       </c>
       <c r="D403" s="5">
-        <v>7.4962673336637531</v>
+        <v>7.4264420032065681</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>176.96579761999999</v>
+        <v>176.84297419000001</v>
       </c>
       <c r="C404" s="5">
-        <v>1.026305629999996</v>
+        <v>0.96206381000001784</v>
       </c>
       <c r="D404" s="5">
-        <v>7.2289493834998497</v>
+        <v>6.7650887710210439</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>176.07188020000001</v>
+        <v>176.00195095999999</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.89391741999997976</v>
+        <v>-0.84102323000001888</v>
       </c>
       <c r="D405" s="5">
-        <v>-5.8960250696420857</v>
+        <v>-5.5599825046455553</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>176.26667408</v>
+        <v>176.34700108000001</v>
       </c>
       <c r="C406" s="5">
-        <v>0.19479387999999176</v>
+        <v>0.34505012000002466</v>
       </c>
       <c r="D406" s="5">
-        <v>1.3357059502084212</v>
+        <v>2.3781221307647815</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>177.68988193999999</v>
+        <v>177.71644979999999</v>
       </c>
       <c r="C407" s="5">
-        <v>1.4232078599999909</v>
+        <v>1.3694487199999799</v>
       </c>
       <c r="D407" s="5">
-        <v>10.131071700450335</v>
+        <v>9.7272774734973524</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>176.19299817000001</v>
+        <v>176.23631083000001</v>
       </c>
       <c r="C408" s="5">
-        <v>-1.4968837699999824</v>
+        <v>-1.4801389699999845</v>
       </c>
       <c r="D408" s="5">
-        <v>-9.6534936416541317</v>
+        <v>-9.5490419799559518</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>176.78717326</v>
+        <v>176.83560342999999</v>
       </c>
       <c r="C409" s="5">
-        <v>0.59417508999999313</v>
+        <v>0.59929259999998408</v>
       </c>
       <c r="D409" s="5">
-        <v>4.1226641085920113</v>
+        <v>4.1577974110682536</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>178.10439972</v>
+        <v>178.18188506000001</v>
       </c>
       <c r="C410" s="5">
-        <v>1.3172264600000005</v>
+        <v>1.3462816300000213</v>
       </c>
       <c r="D410" s="5">
-        <v>9.3167610015368005</v>
+        <v>9.5282340893409145</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>177.7583363</v>
+        <v>177.79873554</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.34606342000000723</v>
+        <v>-0.38314952000001767</v>
       </c>
       <c r="D411" s="5">
-        <v>-2.3068873681474478</v>
+        <v>-2.5500936345945635</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>177.49495780000001</v>
+        <v>177.51665972000001</v>
       </c>
       <c r="C412" s="5">
-        <v>-0.26337849999998753</v>
+        <v>-0.28207581999998865</v>
       </c>
       <c r="D412" s="5">
-        <v>-1.7635814294080565</v>
+        <v>-1.8872630259944123</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>177.48314259</v>
+        <v>177.49019164000001</v>
       </c>
       <c r="C413" s="5">
-        <v>-1.1815210000008847E-2</v>
+        <v>-2.6468080000000782E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>-7.9850506456669024E-2</v>
+        <v>-0.17877568489439444</v>
       </c>
       <c r="E413" s="5">
-        <v>2.388714845013884</v>
+        <v>2.3900937032623304</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>177.98831437000001</v>
+        <v>177.91253872999999</v>
       </c>
       <c r="C414" s="5">
-        <v>0.50517178000001195</v>
+        <v>0.42234708999998816</v>
       </c>
       <c r="D414" s="5">
-        <v>3.4695505021963058</v>
+        <v>2.8931310301264279</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>177.93967343</v>
+        <v>177.85585843000001</v>
       </c>
       <c r="C415" s="5">
-        <v>-4.8640940000012733E-2</v>
+        <v>-5.6680299999982253E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>-0.32744552029684293</v>
+        <v>-0.38163306211748127</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>178.43499756</v>
+        <v>178.27740165</v>
       </c>
       <c r="C416" s="5">
-        <v>0.4953241300000002</v>
+        <v>0.42154321999998956</v>
       </c>
       <c r="D416" s="5">
-        <v>3.3920153830414135</v>
+        <v>2.8815379596959234</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>179.12503375</v>
+        <v>179.02859502000001</v>
       </c>
       <c r="C417" s="5">
-        <v>0.69003619000000072</v>
+        <v>0.75119337000000996</v>
       </c>
       <c r="D417" s="5">
-        <v>4.7405745077298667</v>
+        <v>5.1751868921575461</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>179.6010455</v>
+        <v>179.73246997000001</v>
       </c>
       <c r="C418" s="5">
-        <v>0.47601174999999785</v>
+        <v>0.70387494999999944</v>
       </c>
       <c r="D418" s="5">
-        <v>3.2359367409066975</v>
+        <v>4.8213311296333217</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>179.80386797</v>
+        <v>179.82083184000001</v>
       </c>
       <c r="C419" s="5">
-        <v>0.20282247000000098</v>
+        <v>8.8361869999999954E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>1.3636021655490937</v>
+        <v>0.59155380919355682</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>179.60487297</v>
+        <v>179.66621294999999</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.19899499999999648</v>
+        <v>-0.15461889000002316</v>
       </c>
       <c r="D420" s="5">
-        <v>-1.3200261158537008</v>
+        <v>-1.0269539560950003</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>180.19013552999999</v>
+        <v>180.25875063000001</v>
       </c>
       <c r="C421" s="5">
-        <v>0.58526255999998966</v>
+        <v>0.59253768000002083</v>
       </c>
       <c r="D421" s="5">
-        <v>3.9811834554811965</v>
+        <v>4.0301716499310691</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>180.0042962</v>
+        <v>180.08997146999999</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.1858393299999932</v>
+        <v>-0.16877916000001392</v>
       </c>
       <c r="D422" s="5">
-        <v>-1.2306253110317966</v>
+        <v>-1.1178111327293849</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>180.42666334</v>
+        <v>180.47985242999999</v>
       </c>
       <c r="C423" s="5">
-        <v>0.42236714000000575</v>
+        <v>0.38988095999999928</v>
       </c>
       <c r="D423" s="5">
-        <v>2.8523372320600648</v>
+        <v>2.6290656684269775</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>181.06651314000001</v>
+        <v>181.09509381999999</v>
       </c>
       <c r="C424" s="5">
-        <v>0.63984980000000746</v>
+        <v>0.61524138999999423</v>
       </c>
       <c r="D424" s="5">
-        <v>4.3395710979569069</v>
+        <v>4.1682791664346963</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>181.63227494</v>
+        <v>181.64180909000001</v>
       </c>
       <c r="C425" s="5">
-        <v>0.56576179999998999</v>
+        <v>0.54671527000002129</v>
       </c>
       <c r="D425" s="5">
-        <v>3.8146419143379573</v>
+        <v>3.683490169870085</v>
       </c>
       <c r="E425" s="5">
-        <v>2.3377613724052893</v>
+        <v>2.3390686615633705</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>182.35738065000001</v>
+        <v>182.51805211999999</v>
       </c>
       <c r="C426" s="5">
-        <v>0.72510571000000823</v>
+        <v>0.87624302999998349</v>
       </c>
       <c r="D426" s="5">
-        <v>4.8971950363445593</v>
+        <v>5.9449056572240089</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>182.63016128000001</v>
+        <v>182.77831071</v>
       </c>
       <c r="C427" s="5">
-        <v>0.27278062999999975</v>
+        <v>0.26025859000000651</v>
       </c>
       <c r="D427" s="5">
-        <v>1.8098708059692825</v>
+        <v>1.7246037809562909</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>182.46893320999999</v>
+        <v>182.56834028</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.16122807000002126</v>
+        <v>-0.20997042999999849</v>
       </c>
       <c r="D428" s="5">
-        <v>-1.0542455683534291</v>
+        <v>-1.3698486591482206</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>184.62395058000001</v>
+        <v>182.82440402</v>
       </c>
       <c r="C429" s="5">
-        <v>2.1550173700000244</v>
+        <v>0.25606374000000187</v>
       </c>
       <c r="D429" s="5">
-        <v>15.13020585630529</v>
+        <v>1.6961208405924078</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>185.63868739</v>
+        <v>182.63930919000001</v>
       </c>
       <c r="C430" s="5">
-        <v>1.0147368099999881</v>
+        <v>-0.18509482999999705</v>
       </c>
       <c r="D430" s="5">
-        <v>6.7985583828540808</v>
+        <v>-1.2081601729546199</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>186.88311920000001</v>
+        <v>178.09221550000001</v>
       </c>
       <c r="C431" s="5">
-        <v>1.2444318100000089</v>
+        <v>-4.547093689999997</v>
       </c>
       <c r="D431" s="5">
-        <v>8.347531779599171</v>
+        <v>-26.106171222770836</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>189.26852937000001</v>
+        <v>180.40111277</v>
       </c>
       <c r="C432" s="5">
-        <v>2.3854101700000001</v>
+        <v>2.3088972699999886</v>
       </c>
       <c r="D432" s="5">
-        <v>16.439411527989311</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>16.716244509057798</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>189.75470279999999</v>
+        <v>180.86450848999999</v>
       </c>
       <c r="C433" s="5">
-        <v>0.48617342999997959</v>
+        <v>0.46339571999999407</v>
       </c>
       <c r="D433" s="5">
-        <v>3.1263591055791462</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3.1263590574819977</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>189.38578975999999</v>
+        <v>180.5128794</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.36891303999999536</v>
+        <v>-0.35162908999998876</v>
       </c>
       <c r="D434" s="5">
-        <v>-2.3082036915602955</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-2.3082036167327735</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>179.74988644000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.76299295999999117</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-4.955898226360322</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>181.21936022</v>
+      </c>
+      <c r="C436" s="5">
+        <v>1.4694737799999871</v>
+      </c>
+      <c r="D436" s="5">
+        <v>10.263460388311785</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>182.06265260000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.84329238000000828</v>
+      </c>
+      <c r="D437" s="5">
+        <v>5.7292807601575735</v>
+      </c>
+      <c r="E437" s="5">
+        <v>0.23168868010530197</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>