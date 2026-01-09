--- v0 (2025-10-13)
+++ v1 (2026-01-09)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9E6EF1DB-DA0B-4270-B9CC-E3DFFE309149}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{778DD479-2BBA-42F0-B895-6AC57BFD0A39}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{E81F206E-E233-4645-8A92-96F2B2F059D8}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{EC1D891A-84EF-4D78-B8DA-4B175AD4FED6}"/>
   </bookViews>
   <sheets>
     <sheet name="sanfirea" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Financial Activities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4C171B86-3D6D-4B35-89C5-28EA1663087B}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C7C0B549-046B-4B06-A414-7F74D9654180}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.27397128000001203</v>
       </c>
       <c r="D431" s="5">
         <v>-3.1763725046882074</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>102.06007253999999</v>
       </c>
       <c r="C432" s="5">
         <v>0.34621051999999963</v>
       </c>
       <c r="D432" s="5">
         <v>4.1618626561764183</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>101.90728454000001</v>
+        <v>101.97925678</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.15278799999998682</v>
+        <v>-8.081575999999302E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>-1.7817299862859737</v>
+        <v>-0.94608660314394744</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>101.88738352</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-9.1873259999999846E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-1.075741075559733</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>