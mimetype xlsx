--- v1 (2026-01-09)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{778DD479-2BBA-42F0-B895-6AC57BFD0A39}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{FE7CDDB8-F6FC-43F9-9662-F6ED10B2D1A7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{EC1D891A-84EF-4D78-B8DA-4B175AD4FED6}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C38BDFDD-8E88-4F7D-994B-C3DDFFECF8A9}"/>
   </bookViews>
   <sheets>
     <sheet name="sanfirea" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Financial Activities Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C7C0B549-046B-4B06-A414-7F74D9654180}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{432A5E28-DEE9-43DA-8733-E8947731D4DD}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>44.276471039</v>
+        <v>44.276465450000003</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>44.083891588</v>
+        <v>44.083881939999998</v>
       </c>
       <c r="C7" s="5">
-        <v>-0.19257945100000029</v>
+        <v>-0.19258351000000573</v>
       </c>
       <c r="D7" s="5">
-        <v>-5.0963054960173508</v>
+        <v>-5.0964109824348736</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>44.029504529</v>
+        <v>44.029496608000002</v>
       </c>
       <c r="C8" s="5">
-        <v>-5.4387058999999738E-2</v>
+        <v>-5.4385331999995401E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>-1.4704563527520587</v>
+        <v>-1.4704102960518717</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>43.988478100999998</v>
+        <v>43.988471947000001</v>
       </c>
       <c r="C9" s="5">
-        <v>-4.1026428000002113E-2</v>
+        <v>-4.1024661000001572E-2</v>
       </c>
       <c r="D9" s="5">
-        <v>-1.112440172953888</v>
+        <v>-1.1123927047444582</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>43.792071688999997</v>
+        <v>43.792059801999997</v>
       </c>
       <c r="C10" s="5">
-        <v>-0.19640641200000175</v>
+        <v>-0.19641214500000359</v>
       </c>
       <c r="D10" s="5">
-        <v>-5.2283040707940547</v>
+        <v>-5.2284536677045583</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>43.831244726000001</v>
+        <v>43.831205113000003</v>
       </c>
       <c r="C11" s="5">
-        <v>3.917303700000474E-2</v>
+        <v>3.9145311000005734E-2</v>
       </c>
       <c r="D11" s="5">
-        <v>1.078725109243428</v>
+        <v>1.0779581426713092</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>42.735219591000003</v>
+        <v>42.735258860000002</v>
       </c>
       <c r="C12" s="5">
-        <v>-1.0960251349999979</v>
+        <v>-1.095946253000001</v>
       </c>
       <c r="D12" s="5">
-        <v>-26.205221968341842</v>
+        <v>-26.203607923870553</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>42.870141887999999</v>
+        <v>42.870166204</v>
       </c>
       <c r="C13" s="5">
-        <v>0.13492229699999569</v>
+        <v>0.13490734399999837</v>
       </c>
       <c r="D13" s="5">
-        <v>3.8550866115840465</v>
+        <v>3.8546483159102696</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>43.104474543999999</v>
+        <v>43.104484233000001</v>
       </c>
       <c r="C14" s="5">
-        <v>0.23433265599999942</v>
+        <v>0.23431802900000065</v>
       </c>
       <c r="D14" s="5">
-        <v>6.7601591622693302</v>
+        <v>6.7597204792140042</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>42.487909492</v>
+        <v>42.487919148000003</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.61656505199999856</v>
+        <v>-0.61656508499999774</v>
       </c>
       <c r="D15" s="5">
-        <v>-15.876739716225041</v>
+        <v>-15.876737207463353</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>42.410248803999998</v>
+        <v>42.410250077000001</v>
       </c>
       <c r="C16" s="5">
-        <v>-7.7660688000001699E-2</v>
+        <v>-7.7669071000002532E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>-2.1714797872388947</v>
+        <v>-2.1717113450740788</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>42.796841626999999</v>
+        <v>42.796836642999999</v>
       </c>
       <c r="C17" s="5">
-        <v>0.38659282300000086</v>
+        <v>0.3865865659999983</v>
       </c>
       <c r="D17" s="5">
-        <v>11.504088453461424</v>
+        <v>11.503892464867072</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>42.261349961000001</v>
+        <v>42.261344489999999</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.53549166599999865</v>
+        <v>-0.53549215299999986</v>
       </c>
       <c r="D18" s="5">
-        <v>-14.02350172548028</v>
+        <v>-14.023515136943177</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>42.386987820000002</v>
+        <v>42.386979058999998</v>
       </c>
       <c r="C19" s="5">
-        <v>0.12563785900000113</v>
+        <v>0.12563456899999892</v>
       </c>
       <c r="D19" s="5">
-        <v>3.6263669727390369</v>
+        <v>3.6262709304709206</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>42.442525824999997</v>
+        <v>42.442519040000001</v>
       </c>
       <c r="C20" s="5">
-        <v>5.5538004999995394E-2</v>
+        <v>5.553998100000257E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>1.583693261396002</v>
+        <v>1.5837503443996592</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>42.187066070999997</v>
+        <v>42.187060371000001</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.25545975400000032</v>
+        <v>-0.25545866899999936</v>
       </c>
       <c r="D21" s="5">
-        <v>-6.9883778983764522</v>
+        <v>-6.988350273083455</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>42.087055311999997</v>
+        <v>42.087044462000001</v>
       </c>
       <c r="C22" s="5">
-        <v>-0.10001075899999989</v>
+        <v>-0.10001590899999968</v>
       </c>
       <c r="D22" s="5">
-        <v>-2.8079794168776373</v>
+        <v>-2.8081225065641036</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>41.827085535000002</v>
+        <v>41.827050333000003</v>
       </c>
       <c r="C23" s="5">
-        <v>-0.25996977699999491</v>
+        <v>-0.25999412899999896</v>
       </c>
       <c r="D23" s="5">
-        <v>-7.1656362527640631</v>
+        <v>-7.1662866210476794</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>41.833912235</v>
+        <v>41.833946517999998</v>
       </c>
       <c r="C24" s="5">
-        <v>6.8266999999977429E-3</v>
+        <v>6.8961849999951141E-3</v>
       </c>
       <c r="D24" s="5">
-        <v>0.1960308166869984</v>
+        <v>0.1980280766041842</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>41.884936183000001</v>
+        <v>41.884958574999999</v>
       </c>
       <c r="C25" s="5">
-        <v>5.1023948000000985E-2</v>
+        <v>5.1012057000001221E-2</v>
       </c>
       <c r="D25" s="5">
-        <v>1.4734732074705548</v>
+        <v>1.4731262967205616</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>42.009687581000001</v>
+        <v>42.009695932</v>
       </c>
       <c r="C26" s="5">
-        <v>0.12475139800000079</v>
+        <v>0.12473735700000077</v>
       </c>
       <c r="D26" s="5">
-        <v>3.6332514989740439</v>
+        <v>3.6328338745537758</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>41.983677186000001</v>
+        <v>41.983685559000001</v>
       </c>
       <c r="C27" s="5">
-        <v>-2.601039500000013E-2</v>
+        <v>-2.601037299999831E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>-0.74045787615589775</v>
+        <v>-0.7404571053033715</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>41.994349049999997</v>
+        <v>41.994349890000002</v>
       </c>
       <c r="C28" s="5">
-        <v>1.0671863999995423E-2</v>
+        <v>1.0664331000000971E-2</v>
       </c>
       <c r="D28" s="5">
-        <v>0.30545575302058925</v>
+        <v>0.30523977722329843</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>42.299540213</v>
+        <v>42.299535108999997</v>
       </c>
       <c r="C29" s="5">
-        <v>0.30519116300000348</v>
+        <v>0.30518521899999485</v>
       </c>
       <c r="D29" s="5">
-        <v>9.0780878736858028</v>
+        <v>9.0779037509684848</v>
       </c>
       <c r="E29" s="5">
-        <v>-1.1620049403044175</v>
+        <v>-1.1620053560228327</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>42.140400499999998</v>
+        <v>42.140395789999999</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.15913971300000185</v>
+        <v>-0.15913931899999767</v>
       </c>
       <c r="D30" s="5">
-        <v>-4.4223946954372595</v>
+        <v>-4.4223844946025492</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>42.186616878000002</v>
+        <v>42.186609851</v>
       </c>
       <c r="C31" s="5">
-        <v>4.6216378000003999E-2</v>
+        <v>4.6214061000000584E-2</v>
       </c>
       <c r="D31" s="5">
-        <v>1.324036090757974</v>
+        <v>1.3239694598586427</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>42.058824487000003</v>
+        <v>42.058819450999998</v>
       </c>
       <c r="C32" s="5">
-        <v>-0.12779239099999984</v>
+        <v>-0.12779040000000208</v>
       </c>
       <c r="D32" s="5">
-        <v>-3.5751044335979087</v>
+        <v>-3.5750502439185761</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>42.096730073000003</v>
+        <v>42.096725282999998</v>
       </c>
       <c r="C33" s="5">
-        <v>3.7905586000000824E-2</v>
+        <v>3.7905831999999862E-2</v>
       </c>
       <c r="D33" s="5">
-        <v>1.0868790274495055</v>
+        <v>1.0868862468736529</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>42.183623883999999</v>
+        <v>42.183616227999998</v>
       </c>
       <c r="C34" s="5">
-        <v>8.6893810999995935E-2</v>
+        <v>8.6890945000000386E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>2.5052906049823243</v>
+        <v>2.505207321500369</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>42.424820335</v>
+        <v>42.424796123</v>
       </c>
       <c r="C35" s="5">
-        <v>0.24119645100000042</v>
+        <v>0.24117989500000192</v>
       </c>
       <c r="D35" s="5">
-        <v>7.0812687741079516</v>
+        <v>7.0807686480511167</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>42.438973011999998</v>
+        <v>42.438994444000002</v>
       </c>
       <c r="C36" s="5">
-        <v>1.4152676999998448E-2</v>
+        <v>1.4198321000002068E-2</v>
       </c>
       <c r="D36" s="5">
-        <v>0.40104842411214925</v>
+        <v>0.40234446286162573</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>42.418021832999997</v>
+        <v>42.418039432999997</v>
       </c>
       <c r="C37" s="5">
-        <v>-2.0951179000000764E-2</v>
+        <v>-2.0955011000005186E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>-0.59080747153356095</v>
+        <v>-0.59091494015099943</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>42.416315990000001</v>
+        <v>42.416322606999998</v>
       </c>
       <c r="C38" s="5">
-        <v>-1.7058429999963209E-3</v>
+        <v>-1.7168259999991164E-3</v>
       </c>
       <c r="D38" s="5">
-        <v>-4.8247391285749508E-2</v>
+        <v>-4.8557940840199265E-2</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>42.471411945</v>
+        <v>42.471417985000002</v>
       </c>
       <c r="C39" s="5">
-        <v>5.5095954999998753E-2</v>
+        <v>5.5095378000004303E-2</v>
       </c>
       <c r="D39" s="5">
-        <v>1.5699037235960667</v>
+        <v>1.5698869182726671</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>42.550737339000001</v>
+        <v>42.550737955000002</v>
       </c>
       <c r="C40" s="5">
-        <v>7.9325394000001381E-2</v>
+        <v>7.9319970000000239E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>2.2644510918276906</v>
+        <v>2.2642943371560698</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>42.404711034999998</v>
+        <v>42.404706943000001</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.14602630400000294</v>
+        <v>-0.14603101200000168</v>
       </c>
       <c r="D41" s="5">
-        <v>-4.0413310545185492</v>
+        <v>-4.0414588432278853</v>
       </c>
       <c r="E41" s="5">
-        <v>0.24863348743369151</v>
+        <v>0.24863590989592232</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>42.600258426000003</v>
+        <v>42.600254984000003</v>
       </c>
       <c r="C42" s="5">
-        <v>0.19554739100000518</v>
+        <v>0.19554804100000212</v>
       </c>
       <c r="D42" s="5">
-        <v>5.6762776283506122</v>
+        <v>5.6762975391347448</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>42.789389796000002</v>
+        <v>42.789385269999997</v>
       </c>
       <c r="C43" s="5">
-        <v>0.18913136999999836</v>
+        <v>0.18913028599999393</v>
       </c>
       <c r="D43" s="5">
-        <v>5.4596472848419841</v>
+        <v>5.4596156770015503</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>42.982969867000001</v>
+        <v>42.982967557999999</v>
       </c>
       <c r="C44" s="5">
-        <v>0.19358007099999952</v>
+        <v>0.19358228800000177</v>
       </c>
       <c r="D44" s="5">
-        <v>5.5659629711004133</v>
+        <v>5.56602891387874</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>43.208191497999998</v>
+        <v>43.208188585000002</v>
       </c>
       <c r="C45" s="5">
-        <v>0.22522163099999659</v>
+        <v>0.22522102700000346</v>
       </c>
       <c r="D45" s="5">
-        <v>6.4721530990116349</v>
+        <v>6.4721355964949767</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>43.494389992000002</v>
+        <v>43.494386024999997</v>
       </c>
       <c r="C46" s="5">
-        <v>0.28619849400000419</v>
+        <v>0.28619743999999514</v>
       </c>
       <c r="D46" s="5">
-        <v>8.2445058691819497</v>
+        <v>8.2444749683305396</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>43.513284470000002</v>
+        <v>43.513269407000003</v>
       </c>
       <c r="C47" s="5">
-        <v>1.8894477999999992E-2</v>
+        <v>1.8883382000005611E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>0.52254152376540741</v>
+        <v>0.52223396984754089</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>43.665331756</v>
+        <v>43.665340243000003</v>
       </c>
       <c r="C48" s="5">
-        <v>0.15204728599999839</v>
+        <v>0.15207083600000004</v>
       </c>
       <c r="D48" s="5">
-        <v>4.2746590176182542</v>
+        <v>4.2753353889287693</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>43.773968388</v>
+        <v>43.773980242999997</v>
       </c>
       <c r="C49" s="5">
-        <v>0.10863663199999962</v>
+        <v>0.10863999999999407</v>
       </c>
       <c r="D49" s="5">
-        <v>3.0267190428241886</v>
+        <v>3.0268135698659604</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>43.631480785999997</v>
+        <v>43.631485900999998</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.14248760200000277</v>
+        <v>-0.14249434199999911</v>
       </c>
       <c r="D50" s="5">
-        <v>-3.8369142177234306</v>
+        <v>-3.8370914551594359</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>43.735898884999997</v>
+        <v>43.735902347</v>
       </c>
       <c r="C51" s="5">
-        <v>0.1044180990000001</v>
+        <v>0.10441644600000188</v>
       </c>
       <c r="D51" s="5">
-        <v>2.9099225791087591</v>
+        <v>2.9098755596714598</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>43.886336254</v>
+        <v>43.886337023000003</v>
       </c>
       <c r="C52" s="5">
-        <v>0.15043736900000226</v>
+        <v>0.15043467600000326</v>
       </c>
       <c r="D52" s="5">
-        <v>4.2066018764886692</v>
+        <v>4.2065248039798497</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>44.097547744000003</v>
+        <v>44.097544751999997</v>
       </c>
       <c r="C53" s="5">
-        <v>0.21121149000000372</v>
+        <v>0.21120772899999452</v>
       </c>
       <c r="D53" s="5">
-        <v>5.9305807998204285</v>
+        <v>5.9304722776588159</v>
       </c>
       <c r="E53" s="5">
-        <v>3.9920958489795488</v>
+        <v>3.9920988282633241</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>44.557555344000001</v>
+        <v>44.557553509000002</v>
       </c>
       <c r="C54" s="5">
-        <v>0.4600075999999973</v>
+        <v>0.46000875700000421</v>
       </c>
       <c r="D54" s="5">
-        <v>13.261678402526854</v>
+        <v>13.261714646572308</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>44.684461341999999</v>
+        <v>44.684459529000002</v>
       </c>
       <c r="C55" s="5">
-        <v>0.12690599799999802</v>
+        <v>0.12690601999999984</v>
       </c>
       <c r="D55" s="5">
-        <v>3.4718137246190439</v>
+        <v>3.4718144811661134</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>44.796916111999998</v>
+        <v>44.796917127</v>
       </c>
       <c r="C56" s="5">
-        <v>0.11245476999999937</v>
+        <v>0.11245759799999888</v>
       </c>
       <c r="D56" s="5">
-        <v>3.0621234563425581</v>
+        <v>3.0622016572712685</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>45.428668811000001</v>
+        <v>45.428668015</v>
       </c>
       <c r="C57" s="5">
-        <v>0.6317526990000033</v>
+        <v>0.63175088799999912</v>
       </c>
       <c r="D57" s="5">
-        <v>18.299448740383561</v>
+        <v>18.299391701440637</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>45.413425066000002</v>
+        <v>45.413423578</v>
       </c>
       <c r="C58" s="5">
-        <v>-1.5243744999999365E-2</v>
+        <v>-1.5244436999999778E-2</v>
       </c>
       <c r="D58" s="5">
-        <v>-0.40192179544826789</v>
+        <v>-0.40194001432551918</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>45.611350045000002</v>
+        <v>45.611343679000001</v>
       </c>
       <c r="C59" s="5">
-        <v>0.19792497899999972</v>
+        <v>0.19792010100000113</v>
       </c>
       <c r="D59" s="5">
-        <v>5.3571550521709144</v>
+        <v>5.3570200203437057</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>45.813130561999998</v>
+        <v>45.813126892</v>
       </c>
       <c r="C60" s="5">
-        <v>0.201780516999996</v>
+        <v>0.2017832129999988</v>
       </c>
       <c r="D60" s="5">
-        <v>5.4397845862797611</v>
+        <v>5.4398598228547757</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>45.844167845000001</v>
+        <v>45.844172813999997</v>
       </c>
       <c r="C61" s="5">
-        <v>3.1037283000003413E-2</v>
+        <v>3.1045921999997006E-2</v>
       </c>
       <c r="D61" s="5">
-        <v>0.81600692313419376</v>
+        <v>0.81623496552039043</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>46.052733932999999</v>
+        <v>46.052737686</v>
       </c>
       <c r="C62" s="5">
-        <v>0.20856608799999776</v>
+        <v>0.20856487200000373</v>
       </c>
       <c r="D62" s="5">
-        <v>5.598045714909361</v>
+        <v>5.5980116337103647</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>46.078903584000003</v>
+        <v>46.078905167999999</v>
       </c>
       <c r="C63" s="5">
-        <v>2.6169651000003569E-2</v>
+        <v>2.6167481999998188E-2</v>
       </c>
       <c r="D63" s="5">
-        <v>0.68404008448683662</v>
+        <v>0.68398315648268149</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>46.226071760000004</v>
+        <v>46.226073022000001</v>
       </c>
       <c r="C64" s="5">
-        <v>0.14716817600000098</v>
+        <v>0.14716785400000276</v>
       </c>
       <c r="D64" s="5">
-        <v>3.9006413086432712</v>
+        <v>3.9006324872214782</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>46.272591329000001</v>
+        <v>46.272590205999997</v>
       </c>
       <c r="C65" s="5">
-        <v>4.6519568999997318E-2</v>
+        <v>4.6517183999995382E-2</v>
       </c>
       <c r="D65" s="5">
-        <v>1.2143255530292718</v>
+        <v>1.2142629177729125</v>
       </c>
       <c r="E65" s="5">
-        <v>4.9323458928528296</v>
+        <v>4.9323504658416395</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>46.201489015999996</v>
+        <v>46.201488978</v>
       </c>
       <c r="C66" s="5">
-        <v>-7.1102313000004358E-2</v>
+        <v>-7.1101227999996297E-2</v>
       </c>
       <c r="D66" s="5">
-        <v>-1.8284121763510464</v>
+        <v>-1.8283845546996136</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>46.168542914</v>
+        <v>46.168543683999999</v>
       </c>
       <c r="C67" s="5">
-        <v>-3.2946101999996813E-2</v>
+        <v>-3.2945294000001013E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>-0.85236715429630738</v>
+        <v>-0.85234633268843618</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>46.110974855000002</v>
+        <v>46.110978819000003</v>
       </c>
       <c r="C68" s="5">
-        <v>-5.7568058999997618E-2</v>
+        <v>-5.7564864999996246E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>-1.4860740085539392</v>
+        <v>-1.4859920979422236</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>45.946311553000001</v>
+        <v>45.946312886000001</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.16466330200000101</v>
+        <v>-0.16466593300000198</v>
       </c>
       <c r="D69" s="5">
-        <v>-4.2020556416334287</v>
+        <v>-4.2021211149770865</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>45.957571020000003</v>
+        <v>45.957571721999997</v>
       </c>
       <c r="C70" s="5">
-        <v>1.1259467000002132E-2</v>
+        <v>1.1258835999996109E-2</v>
       </c>
       <c r="D70" s="5">
-        <v>0.29446511859736457</v>
+        <v>0.29444858546163744</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>46.011918137000002</v>
+        <v>46.011913710000002</v>
       </c>
       <c r="C71" s="5">
-        <v>5.4347116999998946E-2</v>
+        <v>5.4341988000004449E-2</v>
       </c>
       <c r="D71" s="5">
-        <v>1.4283258525035425</v>
+        <v>1.4281901546815412</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>46.264536454999998</v>
+        <v>46.264522227</v>
       </c>
       <c r="C72" s="5">
-        <v>0.25261831799999612</v>
+        <v>0.25260851699999876</v>
       </c>
       <c r="D72" s="5">
-        <v>6.7909673170415852</v>
+        <v>6.7906965105103856</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>46.521819866000001</v>
+        <v>46.521821639999999</v>
       </c>
       <c r="C73" s="5">
-        <v>0.25728341100000307</v>
+        <v>0.25729941299999837</v>
       </c>
       <c r="D73" s="5">
-        <v>6.8813086556284819</v>
+        <v>6.881752002521524</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>46.673455599</v>
+        <v>46.673459616000002</v>
       </c>
       <c r="C74" s="5">
-        <v>0.15163573299999911</v>
+        <v>0.1516379760000035</v>
       </c>
       <c r="D74" s="5">
-        <v>3.9822309421379432</v>
+        <v>3.9822907528225038</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>46.612701477999998</v>
+        <v>46.612702571</v>
       </c>
       <c r="C75" s="5">
-        <v>-6.0754121000002215E-2</v>
+        <v>-6.0757045000002563E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>-1.5508870402148767</v>
+        <v>-1.5509610158386256</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>46.777976312</v>
+        <v>46.777978232999999</v>
       </c>
       <c r="C76" s="5">
-        <v>0.16527483400000165</v>
+        <v>0.1652756619999991</v>
       </c>
       <c r="D76" s="5">
-        <v>4.3388084495724621</v>
+        <v>4.3388305082041168</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>46.532136946999998</v>
+        <v>46.532137620999997</v>
       </c>
       <c r="C77" s="5">
-        <v>-0.24583936500000192</v>
+        <v>-0.24584061200000207</v>
       </c>
       <c r="D77" s="5">
-        <v>-6.127406762389997</v>
+        <v>-6.1274367059253043</v>
       </c>
       <c r="E77" s="5">
-        <v>0.56090573392491017</v>
+        <v>0.56090963104620251</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>46.661046458000001</v>
+        <v>46.661048620999999</v>
       </c>
       <c r="C78" s="5">
-        <v>0.12890951100000336</v>
+        <v>0.12891100000000222</v>
       </c>
       <c r="D78" s="5">
-        <v>3.3755235060854316</v>
+        <v>3.3755630422298122</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>46.643749728000003</v>
+        <v>46.643753023999999</v>
       </c>
       <c r="C79" s="5">
-        <v>-1.7296729999998206E-2</v>
+        <v>-1.7295597000000384E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>-0.44392084112311325</v>
+        <v>-0.44389180138111328</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>46.611189830999997</v>
+        <v>46.611196407000001</v>
       </c>
       <c r="C80" s="5">
-        <v>-3.2559897000005833E-2</v>
+        <v>-3.2556616999997345E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>-0.83445727242571488</v>
+        <v>-0.83437347506003512</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>47.560755981</v>
+        <v>47.560759199000003</v>
       </c>
       <c r="C81" s="5">
-        <v>0.94956615000000255</v>
+        <v>0.94956279200000182</v>
       </c>
       <c r="D81" s="5">
-        <v>27.380432572380897</v>
+        <v>27.380320343386309</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>47.503444127999998</v>
+        <v>47.503445798000001</v>
       </c>
       <c r="C82" s="5">
-        <v>-5.7311853000001634E-2</v>
+        <v>-5.7313401000001818E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>-1.4364834591224063</v>
+        <v>-1.4365219053654621</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>47.725531150000002</v>
+        <v>47.725526096000003</v>
       </c>
       <c r="C83" s="5">
-        <v>0.22208702200000374</v>
+        <v>0.22208029800000162</v>
       </c>
       <c r="D83" s="5">
-        <v>5.7567427150994055</v>
+        <v>5.7565637081542498</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>47.606762811000003</v>
+        <v>47.606737066000001</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.11876833899999895</v>
+        <v>-0.11878903000000207</v>
       </c>
       <c r="D84" s="5">
-        <v>-2.9457478346313293</v>
+        <v>-2.9462543254306972</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>47.879860962999999</v>
+        <v>47.879857321000003</v>
       </c>
       <c r="C85" s="5">
-        <v>0.27309815199999576</v>
+        <v>0.27312025500000203</v>
       </c>
       <c r="D85" s="5">
-        <v>7.105248704661582</v>
+        <v>7.1058459928052153</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>47.887776645000002</v>
+        <v>47.887779911999999</v>
       </c>
       <c r="C86" s="5">
-        <v>7.9156820000036987E-3</v>
+        <v>7.9225909999962596E-3</v>
       </c>
       <c r="D86" s="5">
-        <v>0.19856908658464345</v>
+        <v>0.19874257541041551</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>48.463489807999999</v>
+        <v>48.463492498000001</v>
       </c>
       <c r="C87" s="5">
-        <v>0.57571316299999609</v>
+        <v>0.57571258600000164</v>
       </c>
       <c r="D87" s="5">
-        <v>15.419748011858282</v>
+        <v>15.419730399314368</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>49.054524811999997</v>
+        <v>49.054530356000001</v>
       </c>
       <c r="C88" s="5">
-        <v>0.59103500399999831</v>
+        <v>0.59103785799999997</v>
       </c>
       <c r="D88" s="5">
-        <v>15.657198525568816</v>
+        <v>15.657278344872715</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>48.902811092999997</v>
+        <v>48.902816887999997</v>
       </c>
       <c r="C89" s="5">
-        <v>-0.15171371899999997</v>
+        <v>-0.15171346800000407</v>
       </c>
       <c r="D89" s="5">
-        <v>-3.648824607855905</v>
+        <v>-3.6488182680476822</v>
       </c>
       <c r="E89" s="5">
-        <v>5.0947029333731075</v>
+        <v>5.0947138648754331</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>48.930193342000003</v>
+        <v>48.930200247000002</v>
       </c>
       <c r="C90" s="5">
-        <v>2.7382249000005743E-2</v>
+        <v>2.7383359000005214E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>0.67399152881086888</v>
+        <v>0.67401885462883282</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>49.115097415999998</v>
+        <v>49.115104954000003</v>
       </c>
       <c r="C91" s="5">
-        <v>0.18490407399999498</v>
+        <v>0.18490470700000117</v>
       </c>
       <c r="D91" s="5">
-        <v>4.6301710592175471</v>
+        <v>4.6301865739713843</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>49.519652491000002</v>
+        <v>49.519662359000002</v>
       </c>
       <c r="C92" s="5">
-        <v>0.40455507500000465</v>
+        <v>0.40455740499999848</v>
       </c>
       <c r="D92" s="5">
-        <v>10.34456388528775</v>
+        <v>10.344624528267921</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>49.155156333000001</v>
+        <v>49.155159406999999</v>
       </c>
       <c r="C93" s="5">
-        <v>-0.36449615800000146</v>
+        <v>-0.36450295200000227</v>
       </c>
       <c r="D93" s="5">
-        <v>-8.4838123334997189</v>
+        <v>-8.4839624979625938</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>49.237050338000003</v>
+        <v>49.237052773999999</v>
       </c>
       <c r="C94" s="5">
-        <v>8.1894005000002323E-2</v>
+        <v>8.1893366999999273E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>2.0176584388189589</v>
+        <v>2.0176424484875444</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>49.216458023999998</v>
+        <v>49.216446441000002</v>
       </c>
       <c r="C95" s="5">
-        <v>-2.0592314000005274E-2</v>
+        <v>-2.0606332999996368E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>-0.50072079323008056</v>
+        <v>-0.50106086892650614</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>49.131170367000003</v>
+        <v>49.131127788000001</v>
       </c>
       <c r="C96" s="5">
-        <v>-8.5287656999994965E-2</v>
+        <v>-8.5318653000001632E-2</v>
       </c>
       <c r="D96" s="5">
-        <v>-2.0597855479492444</v>
+        <v>-2.0605274910171612</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>49.118032626999998</v>
+        <v>49.118021282999997</v>
       </c>
       <c r="C97" s="5">
-        <v>-1.3137740000004783E-2</v>
+        <v>-1.310650500000321E-2</v>
       </c>
       <c r="D97" s="5">
-        <v>-0.32041008615912858</v>
+        <v>-0.31964970456807018</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>49.315847836000003</v>
+        <v>49.315847824000002</v>
       </c>
       <c r="C98" s="5">
-        <v>0.19781520900000515</v>
+        <v>0.19782654100000485</v>
       </c>
       <c r="D98" s="5">
-        <v>4.9413115499906457</v>
+        <v>4.9416020832341978</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>49.644739037999997</v>
+        <v>49.644745313999998</v>
       </c>
       <c r="C99" s="5">
-        <v>0.32889120199999411</v>
+        <v>0.32889748999999568</v>
       </c>
       <c r="D99" s="5">
-        <v>8.3030628494443981</v>
+        <v>8.3032274635761016</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>49.653097193999997</v>
+        <v>49.653112053999997</v>
       </c>
       <c r="C100" s="5">
-        <v>8.3581559999998944E-3</v>
+        <v>8.3667399999995951E-3</v>
       </c>
       <c r="D100" s="5">
-        <v>0.20221840128564761</v>
+        <v>0.20242625071882347</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>49.987337314000001</v>
+        <v>49.987354213000003</v>
       </c>
       <c r="C101" s="5">
-        <v>0.33424012000000403</v>
+        <v>0.33424215900000576</v>
       </c>
       <c r="D101" s="5">
-        <v>8.3836874088538913</v>
+        <v>8.3837378582737987</v>
       </c>
       <c r="E101" s="5">
-        <v>2.2177175437574137</v>
+        <v>2.2177399872156167</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>50.120858859999998</v>
+        <v>50.120874620999999</v>
       </c>
       <c r="C102" s="5">
-        <v>0.13352154599999722</v>
+        <v>0.13352040799999543</v>
       </c>
       <c r="D102" s="5">
-        <v>3.2528404457964566</v>
+        <v>3.252811197516281</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>50.280472795000001</v>
+        <v>50.280486760999999</v>
       </c>
       <c r="C103" s="5">
-        <v>0.15961393500000298</v>
+        <v>0.15961214000000012</v>
       </c>
       <c r="D103" s="5">
-        <v>3.8891471173190029</v>
+        <v>3.8891013670706354</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>50.224853553000003</v>
+        <v>50.224868033</v>
       </c>
       <c r="C104" s="5">
-        <v>-5.5619241999998792E-2</v>
+        <v>-5.5618727999998896E-2</v>
       </c>
       <c r="D104" s="5">
-        <v>-1.3193694499625375</v>
+        <v>-1.3193569669776584</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>50.243452976</v>
+        <v>50.243456375999997</v>
       </c>
       <c r="C105" s="5">
-        <v>1.8599422999997728E-2</v>
+        <v>1.8588342999997565E-2</v>
       </c>
       <c r="D105" s="5">
-        <v>0.44529394577830228</v>
+        <v>0.44502800765475747</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>50.335349452000003</v>
+        <v>50.335347984000002</v>
       </c>
       <c r="C106" s="5">
-        <v>9.1896476000002281E-2</v>
+        <v>9.189160800000451E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>2.217043006697117</v>
+        <v>2.2169242286391277</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>50.300767215999997</v>
+        <v>50.300745857999999</v>
       </c>
       <c r="C107" s="5">
-        <v>-3.4582236000005651E-2</v>
+        <v>-3.4602126000002897E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>-0.82133592087815233</v>
+        <v>-0.82180655213086595</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>51.247270270000001</v>
+        <v>51.247213958000003</v>
       </c>
       <c r="C108" s="5">
-        <v>0.94650305400000434</v>
+        <v>0.94646810000000414</v>
       </c>
       <c r="D108" s="5">
-        <v>25.070111415392638</v>
+        <v>25.069099516352502</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>51.419283030000003</v>
+        <v>51.419248648</v>
       </c>
       <c r="C109" s="5">
-        <v>0.17201276000000121</v>
+        <v>0.17203468999999671</v>
       </c>
       <c r="D109" s="5">
-        <v>4.1030259665153057</v>
+        <v>4.1035633518672565</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>51.848863702999999</v>
+        <v>51.848826256000002</v>
       </c>
       <c r="C110" s="5">
-        <v>0.42958067299999669</v>
+        <v>0.42957760800000244</v>
       </c>
       <c r="D110" s="5">
-        <v>10.499093602258158</v>
+        <v>10.499022563544337</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>52.16465565</v>
+        <v>52.164698223999999</v>
       </c>
       <c r="C111" s="5">
-        <v>0.31579194700000102</v>
+        <v>0.31587196799999617</v>
       </c>
       <c r="D111" s="5">
-        <v>7.5586201314641777</v>
+        <v>7.5606057423721618</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>52.472391952000002</v>
+        <v>52.472430611</v>
       </c>
       <c r="C112" s="5">
-        <v>0.30773630200000213</v>
+        <v>0.30773238700000149</v>
       </c>
       <c r="D112" s="5">
-        <v>7.3134618443563504</v>
+        <v>7.3133595998998047</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>52.687269663999999</v>
+        <v>52.687302258000003</v>
       </c>
       <c r="C113" s="5">
-        <v>0.21487771199999628</v>
+        <v>0.2148716470000025</v>
       </c>
       <c r="D113" s="5">
-        <v>5.0262784453065423</v>
+        <v>5.0261295796790728</v>
       </c>
       <c r="E113" s="5">
-        <v>5.401232582244031</v>
+        <v>5.4012621542146588</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>53.008352956000003</v>
+        <v>53.008379808000001</v>
       </c>
       <c r="C114" s="5">
-        <v>0.32108329200000441</v>
+        <v>0.32107754999999827</v>
       </c>
       <c r="D114" s="5">
-        <v>7.5631230881542333</v>
+        <v>7.5629784334808159</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>53.25559844</v>
+        <v>53.255619744000001</v>
       </c>
       <c r="C115" s="5">
-        <v>0.24724548399999691</v>
+        <v>0.24723993599999972</v>
       </c>
       <c r="D115" s="5">
-        <v>5.7429708378618827</v>
+        <v>5.7428356621842536</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>53.731822825999998</v>
+        <v>53.731837562000003</v>
       </c>
       <c r="C116" s="5">
-        <v>0.47622438599999839</v>
+        <v>0.47621781800000207</v>
       </c>
       <c r="D116" s="5">
-        <v>11.274501490589707</v>
+        <v>11.274333534588665</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>54.220350998000001</v>
+        <v>54.220348735999998</v>
       </c>
       <c r="C117" s="5">
-        <v>0.48852817200000231</v>
+        <v>0.48851117399999566</v>
       </c>
       <c r="D117" s="5">
-        <v>11.472825051526115</v>
+        <v>11.472402388171021</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>54.516892661</v>
+        <v>54.516888479000002</v>
       </c>
       <c r="C118" s="5">
-        <v>0.29654166299999929</v>
+        <v>0.29653974300000385</v>
       </c>
       <c r="D118" s="5">
-        <v>6.7640973659967463</v>
+        <v>6.7640525359529802</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>54.883596601999997</v>
+        <v>54.883562335999997</v>
       </c>
       <c r="C119" s="5">
-        <v>0.36670394099999726</v>
+        <v>0.366673856999995</v>
       </c>
       <c r="D119" s="5">
-        <v>8.377127036229215</v>
+        <v>8.3764148323306031</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>55.358666491000001</v>
+        <v>55.358593661</v>
       </c>
       <c r="C120" s="5">
-        <v>0.4750698890000038</v>
+        <v>0.47503132500000333</v>
       </c>
       <c r="D120" s="5">
-        <v>10.896203313930153</v>
+        <v>10.895283415613921</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>55.699731796999998</v>
+        <v>55.699674039000001</v>
       </c>
       <c r="C121" s="5">
-        <v>0.34106530599999729</v>
+        <v>0.34108037800000091</v>
       </c>
       <c r="D121" s="5">
-        <v>7.648952227109973</v>
+        <v>7.6493121841475498</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>55.981091536000001</v>
+        <v>55.981016470999997</v>
       </c>
       <c r="C122" s="5">
-        <v>0.28135973900000266</v>
+        <v>0.28134243199999531</v>
       </c>
       <c r="D122" s="5">
-        <v>6.2329150608762207</v>
+        <v>6.2325275919599799</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>56.108709308000002</v>
+        <v>56.108789915999999</v>
       </c>
       <c r="C123" s="5">
-        <v>0.12761777200000068</v>
+        <v>0.12777344500000254</v>
       </c>
       <c r="D123" s="5">
-        <v>2.7701513578026971</v>
+        <v>2.7735767918381837</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>56.286193183999998</v>
+        <v>56.286258975999999</v>
       </c>
       <c r="C124" s="5">
-        <v>0.1774838759999966</v>
+        <v>0.17746905999999996</v>
       </c>
       <c r="D124" s="5">
-        <v>3.8625976601608825</v>
+        <v>3.8622639428076644</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>56.377237342000001</v>
+        <v>56.377288782999997</v>
       </c>
       <c r="C125" s="5">
-        <v>9.104415800000254E-2</v>
+        <v>9.1029806999998186E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>1.9583879841253093</v>
+        <v>1.9580742295306486</v>
       </c>
       <c r="E125" s="5">
-        <v>7.0035279898386316</v>
+        <v>7.0035594286661507</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>56.708177044000003</v>
+        <v>56.708215402999997</v>
       </c>
       <c r="C126" s="5">
-        <v>0.330939702000002</v>
+        <v>0.33092661999999962</v>
       </c>
       <c r="D126" s="5">
-        <v>7.2760453703113681</v>
+        <v>7.2757415462958663</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>56.944279973999997</v>
+        <v>56.944306077</v>
       </c>
       <c r="C127" s="5">
-        <v>0.23610292999999416</v>
+        <v>0.23609067400000328</v>
       </c>
       <c r="D127" s="5">
-        <v>5.1121773479843258</v>
+        <v>5.1119023339859737</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>57.032844234999999</v>
+        <v>57.032853637999999</v>
       </c>
       <c r="C128" s="5">
-        <v>8.856426100000192E-2</v>
+        <v>8.8547560999998609E-2</v>
       </c>
       <c r="D128" s="5">
-        <v>1.8823829376375167</v>
+        <v>1.8820240773809394</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>57.407721434000003</v>
+        <v>57.407711675000002</v>
       </c>
       <c r="C129" s="5">
-        <v>0.37487719900000371</v>
+        <v>0.37485803700000275</v>
       </c>
       <c r="D129" s="5">
-        <v>8.1790966500890239</v>
+        <v>8.1786619469363941</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>57.298439479000002</v>
+        <v>57.298432490000003</v>
       </c>
       <c r="C130" s="5">
-        <v>-0.10928195500000015</v>
+        <v>-0.10927918499999834</v>
       </c>
       <c r="D130" s="5">
-        <v>-2.2605673548416139</v>
+        <v>-2.2605110344371071</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>57.379403977000003</v>
+        <v>57.379357687000002</v>
       </c>
       <c r="C131" s="5">
-        <v>8.0964498000000162E-2</v>
+        <v>8.0925196999999116E-2</v>
       </c>
       <c r="D131" s="5">
-        <v>1.7088779701242229</v>
+        <v>1.7080422190365541</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>57.277323090000003</v>
+        <v>57.277243605999999</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.10208088699999962</v>
+        <v>-0.10211408100000341</v>
       </c>
       <c r="D132" s="5">
-        <v>-2.1140954535106005</v>
+        <v>-2.1147778760582381</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>56.948145287999999</v>
+        <v>56.948064314</v>
       </c>
       <c r="C133" s="5">
-        <v>-0.32917780200000379</v>
+        <v>-0.32917929199999918</v>
       </c>
       <c r="D133" s="5">
-        <v>-6.6826363335642069</v>
+        <v>-6.6826746148326066</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>57.192621789999997</v>
+        <v>57.192511132</v>
       </c>
       <c r="C134" s="5">
-        <v>0.24447650199999771</v>
+        <v>0.24444681800000012</v>
       </c>
       <c r="D134" s="5">
-        <v>5.2749529053511601</v>
+        <v>5.2743049094927219</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>57.361001604999998</v>
+        <v>57.361120990000003</v>
       </c>
       <c r="C135" s="5">
-        <v>0.16837981500000154</v>
+        <v>0.1686098580000035</v>
       </c>
       <c r="D135" s="5">
-        <v>3.5906708316776781</v>
+        <v>3.5956633450060949</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>57.586136250999999</v>
+        <v>57.586226973000002</v>
       </c>
       <c r="C136" s="5">
-        <v>0.22513464600000077</v>
+        <v>0.22510598299999884</v>
       </c>
       <c r="D136" s="5">
-        <v>4.8128601025295481</v>
+        <v>4.8122238351315794</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>57.869969898000001</v>
+        <v>57.870036603000003</v>
       </c>
       <c r="C137" s="5">
-        <v>0.28383364700000158</v>
+        <v>0.28380963000000037</v>
       </c>
       <c r="D137" s="5">
-        <v>6.0776260466316456</v>
+        <v>6.0770879251667465</v>
       </c>
       <c r="E137" s="5">
-        <v>2.6477575460902125</v>
+        <v>2.6477822048976085</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>58.100139699000003</v>
+        <v>58.100187538</v>
       </c>
       <c r="C138" s="5">
-        <v>0.23016980100000239</v>
+        <v>0.2301509349999975</v>
       </c>
       <c r="D138" s="5">
-        <v>4.8786387974960599</v>
+        <v>4.878224383388452</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>58.558883195</v>
+        <v>58.558914027</v>
       </c>
       <c r="C139" s="5">
-        <v>0.45874349599999675</v>
+        <v>0.45872648900000002</v>
       </c>
       <c r="D139" s="5">
-        <v>9.8973717724471832</v>
+        <v>9.8969802627659966</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>59.143796506999998</v>
+        <v>59.143781191999999</v>
       </c>
       <c r="C140" s="5">
-        <v>0.58491331199999763</v>
+        <v>0.58486716499999858</v>
       </c>
       <c r="D140" s="5">
-        <v>12.667059913677514</v>
+        <v>12.66599797598853</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>58.893396637000002</v>
+        <v>58.893380370000003</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.25039986999999542</v>
+        <v>-0.25040082199999603</v>
       </c>
       <c r="D141" s="5">
-        <v>-4.9638476753012029</v>
+        <v>-4.9638673657724226</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>59.393602008000002</v>
+        <v>59.393595951000002</v>
       </c>
       <c r="C142" s="5">
-        <v>0.50020537099999984</v>
+        <v>0.50021558099999908</v>
       </c>
       <c r="D142" s="5">
-        <v>10.681934579884089</v>
+        <v>10.682165989864711</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>59.589880194999999</v>
+        <v>59.589827233999998</v>
       </c>
       <c r="C143" s="5">
-        <v>0.19627818699999722</v>
+        <v>0.19623128299999593</v>
       </c>
       <c r="D143" s="5">
-        <v>4.0385219617883994</v>
+        <v>4.0375397037850425</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>59.688866844000003</v>
+        <v>59.688786907999997</v>
       </c>
       <c r="C144" s="5">
-        <v>9.8986649000003979E-2</v>
+        <v>9.8959673999999609E-2</v>
       </c>
       <c r="D144" s="5">
-        <v>2.0116712299062423</v>
+        <v>2.0111198133111241</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>59.989980750000001</v>
+        <v>59.989893801999997</v>
       </c>
       <c r="C145" s="5">
-        <v>0.30111390599999766</v>
+        <v>0.30110689400000012</v>
       </c>
       <c r="D145" s="5">
-        <v>6.2244915583993699</v>
+        <v>6.2243511327342294</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>60.096787364999997</v>
+        <v>60.096672873999999</v>
       </c>
       <c r="C146" s="5">
-        <v>0.10680661499999644</v>
+        <v>0.10677907200000192</v>
       </c>
       <c r="D146" s="5">
-        <v>2.1575347425785374</v>
+        <v>2.1569760622502931</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>59.192680541000001</v>
+        <v>59.192817339999998</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.90410682399999587</v>
+        <v>-0.90385553400000163</v>
       </c>
       <c r="D147" s="5">
-        <v>-16.631686812296266</v>
+        <v>-16.627468746851616</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>59.372774548000002</v>
+        <v>59.372871875000001</v>
       </c>
       <c r="C148" s="5">
-        <v>0.180094007000001</v>
+        <v>0.18005453500000357</v>
       </c>
       <c r="D148" s="5">
-        <v>3.7127245828149968</v>
+        <v>3.7118884641823335</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>59.553120673000002</v>
+        <v>59.553194277999999</v>
       </c>
       <c r="C149" s="5">
-        <v>0.1803461249999998</v>
+        <v>0.18032240299999813</v>
       </c>
       <c r="D149" s="5">
-        <v>3.706542702415061</v>
+        <v>3.7060408091057706</v>
       </c>
       <c r="E149" s="5">
-        <v>2.9085046665251024</v>
+        <v>2.9085132372505651</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>59.700600379999997</v>
+        <v>59.700650664999998</v>
       </c>
       <c r="C150" s="5">
-        <v>0.14747970699999513</v>
+        <v>0.1474563869999983</v>
       </c>
       <c r="D150" s="5">
-        <v>3.0125396958766038</v>
+        <v>3.0120530633542586</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>59.669867291000003</v>
+        <v>59.669894915999997</v>
       </c>
       <c r="C151" s="5">
-        <v>-3.0733088999994607E-2</v>
+        <v>-3.0755749000000776E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>-0.61599828116934985</v>
+        <v>-0.61645066271485138</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>59.959097045</v>
+        <v>59.959052888000002</v>
       </c>
       <c r="C152" s="5">
-        <v>0.28922975399999729</v>
+        <v>0.28915797200000526</v>
       </c>
       <c r="D152" s="5">
-        <v>5.974199355133214</v>
+        <v>5.9726740800422506</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>60.108960601</v>
+        <v>60.108940226999998</v>
       </c>
       <c r="C153" s="5">
-        <v>0.14986355599999968</v>
+        <v>0.14988733899999573</v>
       </c>
       <c r="D153" s="5">
-        <v>3.0408924424416783</v>
+        <v>3.0413839500763817</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>60.504318824000002</v>
+        <v>60.504312210000002</v>
       </c>
       <c r="C154" s="5">
-        <v>0.39535822300000234</v>
+        <v>0.39537198300000398</v>
       </c>
       <c r="D154" s="5">
-        <v>8.1847115824108521</v>
+        <v>8.1850097009432012</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>60.323772488000003</v>
+        <v>60.323723098999999</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.18054633599999903</v>
+        <v>-0.1805891110000033</v>
       </c>
       <c r="D155" s="5">
-        <v>-3.5226403529871053</v>
+        <v>-3.5234616625319015</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>60.388665283999998</v>
+        <v>60.388603142999997</v>
       </c>
       <c r="C156" s="5">
-        <v>6.4892795999995201E-2</v>
+        <v>6.4880043999998804E-2</v>
       </c>
       <c r="D156" s="5">
-        <v>1.2985551153613661</v>
+        <v>1.2982994958482541</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>60.626021641999998</v>
+        <v>60.625940012000001</v>
       </c>
       <c r="C157" s="5">
-        <v>0.23735635799999955</v>
+        <v>0.2373368690000035</v>
       </c>
       <c r="D157" s="5">
-        <v>4.8198832611429987</v>
+        <v>4.8194839807831791</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>60.876137372999999</v>
+        <v>60.876028980000001</v>
       </c>
       <c r="C158" s="5">
-        <v>0.25011573100000106</v>
+        <v>0.25008896800000002</v>
       </c>
       <c r="D158" s="5">
-        <v>5.0645532767638946</v>
+        <v>5.0640059771325907</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>61.193052618000003</v>
+        <v>61.193206971999999</v>
       </c>
       <c r="C159" s="5">
-        <v>0.31691524500000412</v>
+        <v>0.31717799199999774</v>
       </c>
       <c r="D159" s="5">
-        <v>6.4290931543835139</v>
+        <v>6.4345888163340303</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>61.364959632000001</v>
+        <v>61.365055447000003</v>
       </c>
       <c r="C160" s="5">
-        <v>0.17190701399999853</v>
+        <v>0.17184847500000444</v>
       </c>
       <c r="D160" s="5">
-        <v>3.4236860031788829</v>
+        <v>3.4224933124665124</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>61.543082920000003</v>
+        <v>61.543149298000003</v>
       </c>
       <c r="C161" s="5">
-        <v>0.17812328800000188</v>
+        <v>0.17809385099999986</v>
       </c>
       <c r="D161" s="5">
-        <v>3.5393752389504929</v>
+        <v>3.5387753329448435</v>
       </c>
       <c r="E161" s="5">
-        <v>3.3414911334817887</v>
+        <v>3.3414748681837247</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>61.396224633999999</v>
+        <v>61.396261520000003</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.14685828600000406</v>
+        <v>-0.14688777799999997</v>
       </c>
       <c r="D162" s="5">
-        <v>-2.826236659303516</v>
+        <v>-2.8267937840143476</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>61.492192889000002</v>
+        <v>61.49220055</v>
       </c>
       <c r="C163" s="5">
-        <v>9.59682550000025E-2</v>
+        <v>9.5939029999996706E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>1.8919263217462845</v>
+        <v>1.8913440709229512</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>61.785457563000001</v>
+        <v>61.785376161000002</v>
       </c>
       <c r="C164" s="5">
-        <v>0.29326467399999956</v>
+        <v>0.29317561100000233</v>
       </c>
       <c r="D164" s="5">
-        <v>5.8754910277334371</v>
+        <v>5.8736588721024274</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>61.321159854999998</v>
+        <v>61.321134270000002</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.46429770800000369</v>
+        <v>-0.46424189100000035</v>
       </c>
       <c r="D165" s="5">
-        <v>-8.6540869572103709</v>
+        <v>-8.6531001247482244</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>61.221243538000003</v>
+        <v>61.221244769999998</v>
       </c>
       <c r="C166" s="5">
-        <v>-9.9916316999994592E-2</v>
+        <v>-9.9889500000003295E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>-1.9378448697438877</v>
+        <v>-1.9373302146233895</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>61.370645723999999</v>
+        <v>61.370616484000003</v>
       </c>
       <c r="C167" s="5">
-        <v>0.14940218599999611</v>
+        <v>0.14937171400000437</v>
       </c>
       <c r="D167" s="5">
-        <v>2.9680651330320496</v>
+        <v>2.9674515607705843</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>61.261777170999999</v>
+        <v>61.261744978000003</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.10886855300000065</v>
+        <v>-0.10887150599999984</v>
       </c>
       <c r="D168" s="5">
-        <v>-2.1080946352684315</v>
+        <v>-2.1081522540756126</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>61.392983573999999</v>
+        <v>61.392932555000002</v>
       </c>
       <c r="C169" s="5">
-        <v>0.13120640300000019</v>
+        <v>0.13118757699999861</v>
       </c>
       <c r="D169" s="5">
-        <v>2.6005717761930836</v>
+        <v>2.6001956129560577</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>61.344283617999999</v>
+        <v>61.344221003999998</v>
       </c>
       <c r="C170" s="5">
-        <v>-4.86999560000001E-2</v>
+        <v>-4.8711551000003794E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-0.94775739419032945</v>
+        <v>-0.94798284683188516</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>61.269876936999999</v>
+        <v>61.270018659999998</v>
       </c>
       <c r="C171" s="5">
-        <v>-7.4406680999999253E-2</v>
+        <v>-7.4202343999999698E-2</v>
       </c>
       <c r="D171" s="5">
-        <v>-1.4458521675059122</v>
+        <v>-1.4419093822984119</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>61.456453095000001</v>
+        <v>61.456525419000002</v>
       </c>
       <c r="C172" s="5">
-        <v>0.18657615800000116</v>
+        <v>0.1865067590000038</v>
       </c>
       <c r="D172" s="5">
-        <v>3.716010789465285</v>
+        <v>3.7145966201294067</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>61.546579268999999</v>
+        <v>61.546621786999999</v>
       </c>
       <c r="C173" s="5">
-        <v>9.0126173999998116E-2</v>
+        <v>9.009636799999754E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>1.7740693878473879</v>
+        <v>1.7734758353074476</v>
       </c>
       <c r="E173" s="5">
-        <v>5.6811404858247982E-3</v>
+        <v>5.6423648116865621E-3</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>61.811457515999997</v>
+        <v>61.811471322999999</v>
       </c>
       <c r="C174" s="5">
-        <v>0.26487824699999862</v>
+        <v>0.26484953599999983</v>
       </c>
       <c r="D174" s="5">
-        <v>5.2884596534127359</v>
+        <v>5.2878690457758726</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>61.795906973999998</v>
+        <v>61.795898798000003</v>
       </c>
       <c r="C175" s="5">
-        <v>-1.5550541999999723E-2</v>
+        <v>-1.5572524999996062E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>-0.30147892006856525</v>
+        <v>-0.30190444757227652</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>61.915063285000002</v>
+        <v>61.914878885999997</v>
       </c>
       <c r="C176" s="5">
-        <v>0.11915631100000468</v>
+        <v>0.1189800879999936</v>
       </c>
       <c r="D176" s="5">
-        <v>2.3385655328995059</v>
+        <v>2.3350705806559846</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>62.430297977000002</v>
+        <v>62.430299869000002</v>
       </c>
       <c r="C177" s="5">
-        <v>0.51523469199999994</v>
+        <v>0.51542098300000561</v>
       </c>
       <c r="D177" s="5">
-        <v>10.455930780605915</v>
+        <v>10.459918622348408</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>62.428017904999997</v>
+        <v>62.428046125999998</v>
       </c>
       <c r="C178" s="5">
-        <v>-2.2800720000049068E-3</v>
+        <v>-2.2537430000042491E-3</v>
       </c>
       <c r="D178" s="5">
-        <v>-4.3817456538086663E-2</v>
+        <v>-4.3311576130489193E-2</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>62.506286324999998</v>
+        <v>62.506300740999997</v>
       </c>
       <c r="C179" s="5">
-        <v>7.826842000000056E-2</v>
+        <v>7.8254614999998751E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>1.514904159601782</v>
+        <v>1.5146344262171318</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>62.727289104</v>
+        <v>62.727303913999997</v>
       </c>
       <c r="C180" s="5">
-        <v>0.22100277900000265</v>
+        <v>0.22100317299999972</v>
       </c>
       <c r="D180" s="5">
-        <v>4.3263140183244397</v>
+        <v>4.3263208645309303</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>62.682095040999997</v>
+        <v>62.682089644999998</v>
       </c>
       <c r="C181" s="5">
-        <v>-4.5194063000003837E-2</v>
+        <v>-4.5214268999998808E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>-0.86116401399669584</v>
+        <v>-0.86154730765310994</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>62.917598673999997</v>
+        <v>62.917593072000003</v>
       </c>
       <c r="C182" s="5">
-        <v>0.23550363300000043</v>
+        <v>0.23550342700000471</v>
       </c>
       <c r="D182" s="5">
-        <v>4.6028756019163231</v>
+        <v>4.6028718965861692</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>62.246999635000002</v>
+        <v>62.247114126</v>
       </c>
       <c r="C183" s="5">
-        <v>-0.6705990389999954</v>
+        <v>-0.67047894600000291</v>
       </c>
       <c r="D183" s="5">
-        <v>-12.066287813659926</v>
+        <v>-12.064253000245973</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>62.459506965999999</v>
+        <v>62.459545142000003</v>
       </c>
       <c r="C184" s="5">
-        <v>0.21250733099999763</v>
+        <v>0.21243101600000358</v>
       </c>
       <c r="D184" s="5">
-        <v>4.1745292165128234</v>
+        <v>4.1729940019528122</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>62.371158809000001</v>
+        <v>62.371164624000002</v>
       </c>
       <c r="C185" s="5">
-        <v>-8.834815699999865E-2</v>
+        <v>-8.8380518000001018E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>-1.6842412902088877</v>
+        <v>-1.684852395022185</v>
       </c>
       <c r="E185" s="5">
-        <v>1.339765019914485</v>
+        <v>1.3397044599028796</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>62.424764125000003</v>
+        <v>62.424740303999997</v>
       </c>
       <c r="C186" s="5">
-        <v>5.360531600000229E-2</v>
+        <v>5.3575679999994463E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>1.0362373383992374</v>
+        <v>1.0356616424891607</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>62.490355966000003</v>
+        <v>62.490301469999999</v>
       </c>
       <c r="C187" s="5">
-        <v>6.5591840999999818E-2</v>
+        <v>6.5561166000001947E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>1.2681934258111038</v>
+        <v>1.2675973927302797</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>62.444157500999999</v>
+        <v>62.443806055000003</v>
       </c>
       <c r="C188" s="5">
-        <v>-4.6198465000003353E-2</v>
+        <v>-4.6495414999995432E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>-0.88354907006237271</v>
+        <v>-0.88920581301726864</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>62.314851763</v>
+        <v>62.314958265999998</v>
       </c>
       <c r="C189" s="5">
-        <v>-0.12930573799999934</v>
+        <v>-0.12884778900000526</v>
       </c>
       <c r="D189" s="5">
-        <v>-2.4567841891828923</v>
+        <v>-2.4481953766723574</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>62.498640045000002</v>
+        <v>62.498729859999997</v>
       </c>
       <c r="C190" s="5">
-        <v>0.18378828200000186</v>
+        <v>0.18377159399999954</v>
       </c>
       <c r="D190" s="5">
-        <v>3.5971988559176493</v>
+        <v>3.5968606663254743</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>62.733711419000002</v>
+        <v>62.733784391</v>
       </c>
       <c r="C191" s="5">
-        <v>0.23507137400000033</v>
+        <v>0.23505453100000295</v>
       </c>
       <c r="D191" s="5">
-        <v>4.608018072410891</v>
+        <v>4.6076742867930731</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>63.576677248999999</v>
+        <v>63.576743688999997</v>
       </c>
       <c r="C192" s="5">
-        <v>0.84296582999999714</v>
+        <v>0.84295929799999669</v>
       </c>
       <c r="D192" s="5">
-        <v>17.371359374742656</v>
+        <v>17.371192944765014</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>63.717110728000002</v>
+        <v>63.717155093999999</v>
       </c>
       <c r="C193" s="5">
-        <v>0.14043347900000214</v>
+        <v>0.14041140500000182</v>
       </c>
       <c r="D193" s="5">
-        <v>2.6831010945610023</v>
+        <v>2.6826713783526079</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>63.917796379000002</v>
+        <v>63.917836457</v>
       </c>
       <c r="C194" s="5">
-        <v>0.20068565100000058</v>
+        <v>0.20068136300000106</v>
       </c>
       <c r="D194" s="5">
-        <v>3.8457277849102134</v>
+        <v>3.845641461337368</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>64.148217532999993</v>
+        <v>64.148288906000005</v>
       </c>
       <c r="C195" s="5">
-        <v>0.23042115399999119</v>
+        <v>0.23045244900000483</v>
       </c>
       <c r="D195" s="5">
-        <v>4.4127640201310214</v>
+        <v>4.4133724582839706</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>64.071107698000006</v>
+        <v>64.071106168</v>
       </c>
       <c r="C196" s="5">
-        <v>-7.710983499998747E-2</v>
+        <v>-7.7182738000004747E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>-1.4329702869729677</v>
+        <v>-1.4343145414567049</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>64.201367285000003</v>
+        <v>64.201316684000005</v>
       </c>
       <c r="C197" s="5">
-        <v>0.13025958699999762</v>
+        <v>0.13021051600000533</v>
       </c>
       <c r="D197" s="5">
-        <v>2.4671220290013007</v>
+        <v>2.4661822687542134</v>
       </c>
       <c r="E197" s="5">
-        <v>2.9343826713315924</v>
+        <v>2.9342919456978978</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>64.233254122999995</v>
+        <v>64.233173969999996</v>
       </c>
       <c r="C198" s="5">
-        <v>3.1886837999991258E-2</v>
+        <v>3.1857285999990381E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>0.59763375829455789</v>
+        <v>0.59707884425266311</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>64.134352668999995</v>
+        <v>64.134264314999996</v>
       </c>
       <c r="C199" s="5">
-        <v>-9.8901453999999944E-2</v>
+        <v>-9.890965499999993E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>-1.8321013469693281</v>
+        <v>-1.8322542492276939</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>64.357324606999995</v>
+        <v>64.356833527999996</v>
       </c>
       <c r="C200" s="5">
-        <v>0.22297193800000059</v>
+        <v>0.22256921299999988</v>
       </c>
       <c r="D200" s="5">
-        <v>4.2526718397942975</v>
+        <v>4.2448495602805059</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>64.512854040999997</v>
+        <v>64.513073751999997</v>
       </c>
       <c r="C201" s="5">
-        <v>0.15552943400000174</v>
+        <v>0.15624022400000115</v>
       </c>
       <c r="D201" s="5">
-        <v>2.9388433476043696</v>
+        <v>2.9524769232822212</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>64.655515397000002</v>
+        <v>64.65567489</v>
       </c>
       <c r="C202" s="5">
-        <v>0.14266135600000496</v>
+        <v>0.1426011380000034</v>
       </c>
       <c r="D202" s="5">
-        <v>2.6861498606465473</v>
+        <v>2.6849929491664648</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>64.741814426999994</v>
+        <v>64.741951358999998</v>
       </c>
       <c r="C203" s="5">
-        <v>8.6299029999992172E-2</v>
+        <v>8.6276468999997746E-2</v>
       </c>
       <c r="D203" s="5">
-        <v>1.6135122741606889</v>
+        <v>1.6130833475161088</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>64.742720625999993</v>
+        <v>64.742835596999996</v>
       </c>
       <c r="C204" s="5">
-        <v>9.0619899999921927E-4</v>
+        <v>8.8423799999759467E-4</v>
       </c>
       <c r="D204" s="5">
-        <v>1.6797838137572185E-2</v>
+        <v>1.6390690863565816E-2</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>64.764982051000004</v>
+        <v>64.765059542000003</v>
       </c>
       <c r="C205" s="5">
-        <v>2.2261425000010604E-2</v>
+        <v>2.2223945000007461E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>0.41339454341060566</v>
+        <v>0.41269649120319052</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>65.140470905000001</v>
+        <v>65.140519230999999</v>
       </c>
       <c r="C206" s="5">
-        <v>0.37548885399999676</v>
+        <v>0.37545968899999593</v>
       </c>
       <c r="D206" s="5">
-        <v>7.1834498738897912</v>
+        <v>7.18286514100408</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>65.268527220999999</v>
+        <v>65.268563540000002</v>
       </c>
       <c r="C207" s="5">
-        <v>0.12805631599999856</v>
+        <v>0.12804430900000341</v>
       </c>
       <c r="D207" s="5">
-        <v>2.3846925341515002</v>
+        <v>2.3844647261866303</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>65.394401005000006</v>
+        <v>65.394368993000001</v>
       </c>
       <c r="C208" s="5">
-        <v>0.12587378400000659</v>
+        <v>0.12580545299999812</v>
       </c>
       <c r="D208" s="5">
-        <v>2.3389690177373135</v>
+        <v>2.3376844952781806</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>65.532719201000006</v>
+        <v>65.532615023000005</v>
       </c>
       <c r="C209" s="5">
-        <v>0.13831819600000017</v>
+        <v>0.13824603000000479</v>
       </c>
       <c r="D209" s="5">
-        <v>2.5679021643746358</v>
+        <v>2.5665480445997035</v>
       </c>
       <c r="E209" s="5">
-        <v>2.0737127140765033</v>
+        <v>2.0736308969373285</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>65.621516864</v>
+        <v>65.621377733000003</v>
       </c>
       <c r="C210" s="5">
-        <v>8.8797662999994031E-2</v>
+        <v>8.8762709999997469E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>1.6381880625202072</v>
+        <v>1.6375410416851865</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>65.973779845999999</v>
+        <v>65.973645137000005</v>
       </c>
       <c r="C211" s="5">
-        <v>0.35226298199999917</v>
+        <v>0.35226740400000267</v>
       </c>
       <c r="D211" s="5">
-        <v>6.635355795899045</v>
+        <v>6.6354560512974059</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>65.936516869000002</v>
+        <v>65.935969172</v>
       </c>
       <c r="C212" s="5">
-        <v>-3.7262976999997477E-2</v>
+        <v>-3.7675965000005363E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>-0.67567639092979137</v>
+        <v>-0.68314284194501695</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>66.403227743000002</v>
+        <v>66.403553051000003</v>
       </c>
       <c r="C213" s="5">
-        <v>0.46671087400000033</v>
+        <v>0.46758387900000287</v>
       </c>
       <c r="D213" s="5">
-        <v>8.8324141756723549</v>
+        <v>8.8496616885008983</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>66.702572615999998</v>
+        <v>66.702786861999996</v>
       </c>
       <c r="C214" s="5">
-        <v>0.29934487299999546</v>
+        <v>0.29923381099999347</v>
       </c>
       <c r="D214" s="5">
-        <v>5.5457450093495675</v>
+        <v>5.5436083479562859</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>66.442532004</v>
+        <v>66.442715500999995</v>
       </c>
       <c r="C215" s="5">
-        <v>-0.2600406119999974</v>
+        <v>-0.26007136100000139</v>
       </c>
       <c r="D215" s="5">
-        <v>-4.579194258014474</v>
+        <v>-4.5797097793988435</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>66.227604959999994</v>
+        <v>66.227748430999995</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.21492704400000662</v>
+        <v>-0.21496707000000015</v>
       </c>
       <c r="D216" s="5">
-        <v>-3.813415401007203</v>
+        <v>-3.8141026396809607</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>66.239033516000006</v>
+        <v>66.239124605000001</v>
       </c>
       <c r="C217" s="5">
-        <v>1.1428556000012691E-2</v>
+        <v>1.137617400000579E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>0.20727445904369368</v>
+        <v>0.20632308571320035</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>66.184297876000002</v>
+        <v>66.184336549999998</v>
       </c>
       <c r="C218" s="5">
-        <v>-5.4735640000004082E-2</v>
+        <v>-5.4788055000003055E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>-0.98710786336722034</v>
+        <v>-0.98804747204231935</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>66.404925605000003</v>
+        <v>66.404920078999993</v>
       </c>
       <c r="C219" s="5">
-        <v>0.22062772900000027</v>
+        <v>0.22058352899999534</v>
       </c>
       <c r="D219" s="5">
-        <v>4.0744063602722314</v>
+        <v>4.0735726594923971</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>66.511261680999993</v>
+        <v>66.511205937</v>
       </c>
       <c r="C220" s="5">
-        <v>0.10633607599999095</v>
+        <v>0.10628585800000678</v>
       </c>
       <c r="D220" s="5">
-        <v>1.9386084927564884</v>
+        <v>1.9376850587325301</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>66.552283537999998</v>
+        <v>66.552142572999998</v>
       </c>
       <c r="C221" s="5">
-        <v>4.1021857000004047E-2</v>
+        <v>4.0936635999997861E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>0.74263450535594355</v>
+        <v>0.74108711360705293</v>
       </c>
       <c r="E221" s="5">
-        <v>1.5558096008084332</v>
+        <v>1.555755938691239</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>66.498060969999997</v>
+        <v>66.497878188000001</v>
       </c>
       <c r="C222" s="5">
-        <v>-5.4222568000000138E-2</v>
+        <v>-5.4264384999996196E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>-0.97331450832938149</v>
+        <v>-0.97406382938707292</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>66.500578222000001</v>
+        <v>66.500453500000006</v>
       </c>
       <c r="C223" s="5">
-        <v>2.5172520000040777E-3</v>
+        <v>2.5753120000047147E-3</v>
       </c>
       <c r="D223" s="5">
-        <v>4.5434879529815397E-2</v>
+        <v>4.6483178513012646E-2</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>66.481837499999997</v>
+        <v>66.481306007000001</v>
       </c>
       <c r="C224" s="5">
-        <v>-1.8740722000003984E-2</v>
+        <v>-1.9147493000005511E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-0.33765183148295463</v>
+        <v>-0.34496967390664768</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>67.997154801999997</v>
+        <v>67.997520636000004</v>
       </c>
       <c r="C225" s="5">
-        <v>1.5153173019999997</v>
+        <v>1.5162146290000038</v>
       </c>
       <c r="D225" s="5">
-        <v>31.054735364986506</v>
+        <v>31.075770887899989</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>68.086956278000002</v>
+        <v>68.087186707000001</v>
       </c>
       <c r="C226" s="5">
-        <v>8.9801476000005209E-2</v>
+        <v>8.966607099999635E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>1.5963604992746738</v>
+        <v>1.5939273433528633</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>67.736133643000002</v>
+        <v>67.736328240999995</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.3508226350000001</v>
+        <v>-0.35085846600000536</v>
       </c>
       <c r="D227" s="5">
-        <v>-6.0108327582160008</v>
+        <v>-6.0114096046466674</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>67.930468824000002</v>
+        <v>67.930638373999997</v>
       </c>
       <c r="C228" s="5">
-        <v>0.19433518099999958</v>
+        <v>0.19431013300000188</v>
       </c>
       <c r="D228" s="5">
-        <v>3.4976524710389922</v>
+        <v>3.4971843136813785</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>67.592811143000006</v>
+        <v>67.592891144000006</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.33765768099999605</v>
+        <v>-0.33774722999999085</v>
       </c>
       <c r="D229" s="5">
-        <v>-5.8043681771426598</v>
+        <v>-5.8058515878077532</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>67.544398913999999</v>
+        <v>67.544421286000002</v>
       </c>
       <c r="C230" s="5">
-        <v>-4.8412229000007301E-2</v>
+        <v>-4.8469858000004251E-2</v>
       </c>
       <c r="D230" s="5">
-        <v>-0.85610241542395382</v>
+        <v>-0.85711647717298112</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>67.236142188000002</v>
+        <v>67.236101929</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.30825672599999621</v>
+        <v>-0.30831935700000201</v>
       </c>
       <c r="D231" s="5">
-        <v>-5.3411227543965989</v>
+        <v>-5.3421791296717869</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>66.829211971999996</v>
+        <v>66.829143787999996</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.40693021600000634</v>
+        <v>-0.40695814100000405</v>
       </c>
       <c r="D232" s="5">
-        <v>-7.0257598161979633</v>
+        <v>-7.0262300815143286</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>67.272705918</v>
+        <v>67.272561870000004</v>
       </c>
       <c r="C233" s="5">
-        <v>0.4434939460000038</v>
+        <v>0.44341808200000798</v>
       </c>
       <c r="D233" s="5">
-        <v>8.2606622417258571</v>
+        <v>8.2592059497316193</v>
       </c>
       <c r="E233" s="5">
-        <v>1.0824908503532571</v>
+        <v>1.0824885107339588</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>66.351389873000002</v>
+        <v>66.351195705999999</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.92131604499999753</v>
+        <v>-0.92136616400000548</v>
       </c>
       <c r="D234" s="5">
-        <v>-15.251204627055515</v>
+        <v>-15.252003049880603</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>66.151226562000005</v>
+        <v>66.151104205999999</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.20016331099999718</v>
+        <v>-0.2000914999999992</v>
       </c>
       <c r="D235" s="5">
-        <v>-3.5605955090577512</v>
+        <v>-3.5593494583684437</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>65.707175348000007</v>
+        <v>65.706727416999996</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.44405121399999814</v>
+        <v>-0.44437678900000321</v>
       </c>
       <c r="D236" s="5">
-        <v>-7.7643610086149621</v>
+        <v>-7.7698589666513662</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>65.688900704999995</v>
+        <v>65.689272024000005</v>
       </c>
       <c r="C237" s="5">
-        <v>-1.8274643000012247E-2</v>
+        <v>-1.7455392999991659E-2</v>
       </c>
       <c r="D237" s="5">
-        <v>-0.33323693302880208</v>
+        <v>-0.31832195025687238</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>65.790677797000001</v>
+        <v>65.790889778999997</v>
       </c>
       <c r="C238" s="5">
-        <v>0.10177709200000606</v>
+        <v>0.10161775499999237</v>
       </c>
       <c r="D238" s="5">
-        <v>1.8751823581383498</v>
+        <v>1.8722109730976433</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>66.147366732999998</v>
+        <v>66.147537580999995</v>
       </c>
       <c r="C239" s="5">
-        <v>0.35668893599999763</v>
+        <v>0.35664780199999768</v>
       </c>
       <c r="D239" s="5">
-        <v>6.703432916813723</v>
+        <v>6.7026144279443312</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>66.331009219999999</v>
+        <v>66.331182999999996</v>
       </c>
       <c r="C240" s="5">
-        <v>0.18364248700000019</v>
+        <v>0.1836454190000012</v>
       </c>
       <c r="D240" s="5">
-        <v>3.3828597219453638</v>
+        <v>3.3829056880460007</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>66.629084468000002</v>
+        <v>66.629139132000006</v>
       </c>
       <c r="C241" s="5">
-        <v>0.29807524800000351</v>
+        <v>0.29795613200001014</v>
       </c>
       <c r="D241" s="5">
-        <v>5.527800980352171</v>
+        <v>5.5255222816975369</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>66.802944009000001</v>
+        <v>66.802940281999994</v>
       </c>
       <c r="C242" s="5">
-        <v>0.17385954099999879</v>
+        <v>0.17380114999998852</v>
       </c>
       <c r="D242" s="5">
-        <v>3.1765680435047239</v>
+        <v>3.1754831932586214</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>66.864824178000006</v>
+        <v>66.864767532000002</v>
       </c>
       <c r="C243" s="5">
-        <v>6.188016900000548E-2</v>
+        <v>6.1827250000007439E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>1.1172514550835899</v>
+        <v>1.116291192019303</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>66.938315356999993</v>
+        <v>66.938252093000003</v>
       </c>
       <c r="C244" s="5">
-        <v>7.3491178999987028E-2</v>
+        <v>7.3484561000000781E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>1.3269231416854987</v>
+        <v>1.3268040577442131</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>66.981850992999995</v>
+        <v>66.981724903</v>
       </c>
       <c r="C245" s="5">
-        <v>4.3535636000001432E-2</v>
+        <v>4.3472809999997253E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>0.78325913919630175</v>
+        <v>0.78212552425716009</v>
       </c>
       <c r="E245" s="5">
-        <v>-0.43235205278427946</v>
+        <v>-0.43232628417217978</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>67.197391479999993</v>
+        <v>67.197206835000003</v>
       </c>
       <c r="C246" s="5">
-        <v>0.21554048699999839</v>
+        <v>0.21548193200000298</v>
       </c>
       <c r="D246" s="5">
-        <v>3.9305529732170497</v>
+        <v>3.9294737408027025</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>67.518978418000003</v>
+        <v>67.518897185</v>
       </c>
       <c r="C247" s="5">
-        <v>0.32158693800001004</v>
+        <v>0.32169034999999724</v>
       </c>
       <c r="D247" s="5">
-        <v>5.8964439919422684</v>
+        <v>5.8984069357426172</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>67.832164155000001</v>
+        <v>67.831871179000004</v>
       </c>
       <c r="C248" s="5">
-        <v>0.31318573699999774</v>
+        <v>0.31297399400000359</v>
       </c>
       <c r="D248" s="5">
-        <v>5.7104026683259868</v>
+        <v>5.7064499858971995</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>67.594641295000002</v>
+        <v>67.594916952000005</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.23752285999999856</v>
+        <v>-0.23695422699999824</v>
       </c>
       <c r="D249" s="5">
-        <v>-4.121963062091849</v>
+        <v>-4.1123012659332936</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>68.136322805000006</v>
+        <v>68.136477568999993</v>
       </c>
       <c r="C250" s="5">
-        <v>0.54168151000000364</v>
+        <v>0.54156061699998759</v>
       </c>
       <c r="D250" s="5">
-        <v>10.051784404473185</v>
+        <v>10.049398468660332</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>68.555941986999997</v>
+        <v>68.556068718000006</v>
       </c>
       <c r="C251" s="5">
-        <v>0.41961918199999104</v>
+        <v>0.41959114900001282</v>
       </c>
       <c r="D251" s="5">
-        <v>7.6457604133688406</v>
+        <v>7.6452142518095734</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>68.134191931999993</v>
+        <v>68.134360440999998</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.42175005500000395</v>
+        <v>-0.42170827700000757</v>
       </c>
       <c r="D252" s="5">
-        <v>-7.1375615125653269</v>
+        <v>-7.1368654722041907</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>68.328431562000006</v>
+        <v>68.328454007000005</v>
       </c>
       <c r="C253" s="5">
-        <v>0.19423963000001265</v>
+        <v>0.19409356600000649</v>
       </c>
       <c r="D253" s="5">
-        <v>3.4751602175555618</v>
+        <v>3.4724971700831997</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>68.241751754000006</v>
+        <v>68.241732341000002</v>
       </c>
       <c r="C254" s="5">
-        <v>-8.6679807999999525E-2</v>
+        <v>-8.6721666000002529E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>-1.5117146967476458</v>
+        <v>-1.5124391277049565</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>69.077768777000003</v>
+        <v>69.077715909000005</v>
       </c>
       <c r="C255" s="5">
-        <v>0.83601702299999658</v>
+        <v>0.83598356800000317</v>
       </c>
       <c r="D255" s="5">
-        <v>15.733108285813691</v>
+        <v>15.732440461493823</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>69.433933667000005</v>
+        <v>69.433886719</v>
       </c>
       <c r="C256" s="5">
-        <v>0.35616489000000229</v>
+        <v>0.35617080999999473</v>
       </c>
       <c r="D256" s="5">
-        <v>6.3657058278195011</v>
+        <v>6.3658196649103438</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>69.694969111000006</v>
+        <v>69.694886244000003</v>
       </c>
       <c r="C257" s="5">
-        <v>0.26103544400000089</v>
+        <v>0.26099952500000256</v>
       </c>
       <c r="D257" s="5">
-        <v>4.605836540790631</v>
+        <v>4.6051927871073595</v>
       </c>
       <c r="E257" s="5">
-        <v>4.0505272365249256</v>
+        <v>4.0505993909967009</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>69.553198437000006</v>
+        <v>69.553061913999997</v>
       </c>
       <c r="C258" s="5">
-        <v>-0.14177067399999999</v>
+        <v>-0.14182433000000572</v>
       </c>
       <c r="D258" s="5">
-        <v>-2.4138660558288283</v>
+        <v>-2.4147722712472341</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>70.122539977000002</v>
+        <v>70.122494341999996</v>
       </c>
       <c r="C259" s="5">
-        <v>0.56934153999999637</v>
+        <v>0.56943242799999894</v>
       </c>
       <c r="D259" s="5">
-        <v>10.277368002416075</v>
+        <v>10.279104315135278</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>70.574870192000006</v>
+        <v>70.574688308999995</v>
       </c>
       <c r="C260" s="5">
-        <v>0.45233021500000348</v>
+        <v>0.45219396699999947</v>
       </c>
       <c r="D260" s="5">
-        <v>8.0212980573141976</v>
+        <v>8.018801008493126</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>70.701617666999994</v>
+        <v>70.701785002999998</v>
       </c>
       <c r="C261" s="5">
-        <v>0.12674747499998773</v>
+        <v>0.12709669400000223</v>
       </c>
       <c r="D261" s="5">
-        <v>2.1765304629260296</v>
+        <v>2.1825925179784766</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>70.776044536000001</v>
+        <v>70.776121769</v>
       </c>
       <c r="C262" s="5">
-        <v>7.4426869000006945E-2</v>
+        <v>7.433676600000183E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>1.2705672658266609</v>
+        <v>1.2690171590965749</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>70.950487456000005</v>
+        <v>70.950587315000007</v>
       </c>
       <c r="C263" s="5">
-        <v>0.17444292000000416</v>
+        <v>0.17446554600000752</v>
       </c>
       <c r="D263" s="5">
-        <v>2.9980855086299218</v>
+        <v>2.9984763439531159</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>71.448961178999994</v>
+        <v>71.449089258000001</v>
       </c>
       <c r="C264" s="5">
-        <v>0.49847372299998938</v>
+        <v>0.49850194299999373</v>
       </c>
       <c r="D264" s="5">
-        <v>8.7643134962648759</v>
+        <v>8.7648161809253722</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>71.325646938000006</v>
+        <v>71.325649763000001</v>
       </c>
       <c r="C265" s="5">
-        <v>-0.12331424099998856</v>
+        <v>-0.12343949499999951</v>
       </c>
       <c r="D265" s="5">
-        <v>-2.0515409323258682</v>
+        <v>-2.053601337531763</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>71.366094283999999</v>
+        <v>71.366081465999997</v>
       </c>
       <c r="C266" s="5">
-        <v>4.0447345999993445E-2</v>
+        <v>4.0431702999995878E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>0.6826224116855073</v>
+        <v>0.68235755690642108</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>71.587924373999996</v>
+        <v>71.587898297999999</v>
       </c>
       <c r="C267" s="5">
-        <v>0.22183008999999743</v>
+        <v>0.2218168320000018</v>
       </c>
       <c r="D267" s="5">
-        <v>3.7944411599027728</v>
+        <v>3.7942111819926572</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>71.509029544000001</v>
+        <v>71.509008207999997</v>
       </c>
       <c r="C268" s="5">
-        <v>-7.8894829999995864E-2</v>
+        <v>-7.8890090000001578E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>-1.3144960676379602</v>
+        <v>-1.3144180466693522</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>71.794426291999997</v>
+        <v>71.794384648000005</v>
       </c>
       <c r="C269" s="5">
-        <v>0.28539674799999659</v>
+        <v>0.28537644000000739</v>
       </c>
       <c r="D269" s="5">
-        <v>4.8958103225990701</v>
+        <v>4.8954557620539685</v>
       </c>
       <c r="E269" s="5">
-        <v>3.0123511177059026</v>
+        <v>3.0124138471934847</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>72.215176499999998</v>
+        <v>72.215118474999997</v>
       </c>
       <c r="C270" s="5">
-        <v>0.42075020800000118</v>
+        <v>0.42073382699999229</v>
       </c>
       <c r="D270" s="5">
-        <v>7.2637488638526149</v>
+        <v>7.2634612387393327</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>72.437961286000004</v>
+        <v>72.437954712000007</v>
       </c>
       <c r="C271" s="5">
-        <v>0.2227847860000054</v>
+        <v>0.22283623700000987</v>
       </c>
       <c r="D271" s="5">
-        <v>3.7654807386481526</v>
+        <v>3.7663682464361248</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>72.654604957000004</v>
+        <v>72.654440102999999</v>
       </c>
       <c r="C272" s="5">
-        <v>0.21664367099999993</v>
+        <v>0.21648539099999198</v>
       </c>
       <c r="D272" s="5">
-        <v>3.6485239979950457</v>
+        <v>3.6458147538105612</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>72.910474363999995</v>
+        <v>72.910528138000004</v>
       </c>
       <c r="C273" s="5">
-        <v>0.25586940699999161</v>
+        <v>0.25608803500000477</v>
       </c>
       <c r="D273" s="5">
-        <v>4.3088931312851075</v>
+        <v>4.312656513735913</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>73.220860713999997</v>
+        <v>73.220862804999996</v>
       </c>
       <c r="C274" s="5">
-        <v>0.3103863500000017</v>
+        <v>0.31033466699999224</v>
       </c>
       <c r="D274" s="5">
-        <v>5.22983051250141</v>
+        <v>5.2289352500476616</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>73.527601935000007</v>
+        <v>73.527670545999996</v>
       </c>
       <c r="C275" s="5">
-        <v>0.30674122100001</v>
+        <v>0.30680774100000008</v>
       </c>
       <c r="D275" s="5">
-        <v>5.1445741148015367</v>
+        <v>5.1457154544516381</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>73.958270541999994</v>
+        <v>73.958361608000004</v>
       </c>
       <c r="C276" s="5">
-        <v>0.43066860699998699</v>
+        <v>0.43069106200000817</v>
       </c>
       <c r="D276" s="5">
-        <v>7.2595919852800339</v>
+        <v>7.2599757819186594</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>74.420540079000006</v>
+        <v>74.420547231</v>
       </c>
       <c r="C277" s="5">
-        <v>0.46226953700001161</v>
+        <v>0.46218562299999633</v>
       </c>
       <c r="D277" s="5">
-        <v>7.7637871923931456</v>
+        <v>7.7623191845272999</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>74.795587433999998</v>
+        <v>74.795618747999995</v>
       </c>
       <c r="C278" s="5">
-        <v>0.37504735499999242</v>
+        <v>0.37507151699999497</v>
       </c>
       <c r="D278" s="5">
-        <v>6.2179511185807224</v>
+        <v>6.2183622573836139</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>75.284623964000005</v>
+        <v>75.284661411000002</v>
       </c>
       <c r="C279" s="5">
-        <v>0.48903653000000702</v>
+        <v>0.48904266300000643</v>
       </c>
       <c r="D279" s="5">
-        <v>8.134355736036003</v>
+        <v>8.1344579160283601</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>75.676705403</v>
+        <v>75.676733862000006</v>
       </c>
       <c r="C280" s="5">
-        <v>0.3920814389999947</v>
+        <v>0.39207245100000421</v>
       </c>
       <c r="D280" s="5">
-        <v>6.4317430429857048</v>
+        <v>6.4315880630789746</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>76.202427757999999</v>
+        <v>76.202426041999999</v>
       </c>
       <c r="C281" s="5">
-        <v>0.5257223549999992</v>
+        <v>0.52569217999999296</v>
       </c>
       <c r="D281" s="5">
-        <v>8.6623502031366151</v>
+        <v>8.6618304778300903</v>
       </c>
       <c r="E281" s="5">
-        <v>6.1397544261610593</v>
+        <v>6.1398136018744998</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>75.974210353000004</v>
+        <v>75.974213618999997</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.22821740499999521</v>
+        <v>-0.22821242300000222</v>
       </c>
       <c r="D282" s="5">
-        <v>-3.5352498178203851</v>
+        <v>-3.5351739881176458</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>76.736253934999993</v>
+        <v>76.736216181000003</v>
       </c>
       <c r="C283" s="5">
-        <v>0.76204358199998978</v>
+        <v>0.76200256200000638</v>
       </c>
       <c r="D283" s="5">
-        <v>12.723065887553675</v>
+        <v>12.722342227672613</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>77.168231328000005</v>
+        <v>77.167981902999998</v>
       </c>
       <c r="C284" s="5">
-        <v>0.43197739300001103</v>
+        <v>0.43176572199999441</v>
       </c>
       <c r="D284" s="5">
-        <v>6.9683819771719779</v>
+        <v>6.9648646167138173</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>77.333048829000006</v>
+        <v>77.333021862999999</v>
       </c>
       <c r="C285" s="5">
-        <v>0.1648175010000017</v>
+        <v>0.16503996000000143</v>
       </c>
       <c r="D285" s="5">
-        <v>2.5933075615768741</v>
+        <v>2.5968575929217641</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>77.445369565999997</v>
+        <v>77.445323254000002</v>
       </c>
       <c r="C286" s="5">
-        <v>0.11232073699999034</v>
+        <v>0.11230139100000258</v>
       </c>
       <c r="D286" s="5">
-        <v>1.7569050517360685</v>
+        <v>1.7566006407703671</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>77.700138731999999</v>
+        <v>77.700201461999995</v>
       </c>
       <c r="C287" s="5">
-        <v>0.25476916600000266</v>
+        <v>0.25487820799999383</v>
       </c>
       <c r="D287" s="5">
-        <v>4.0198090483052118</v>
+        <v>4.0215632490513853</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>77.963723392999995</v>
+        <v>77.963746654999994</v>
       </c>
       <c r="C288" s="5">
-        <v>0.26358466099999589</v>
+        <v>0.26354519299999879</v>
       </c>
       <c r="D288" s="5">
-        <v>4.1476159935666335</v>
+        <v>4.1469799060523727</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>78.131479481</v>
+        <v>78.131455927999994</v>
       </c>
       <c r="C289" s="5">
-        <v>0.16775608800000441</v>
+        <v>0.16770927299999983</v>
       </c>
       <c r="D289" s="5">
-        <v>2.6128413324726374</v>
+        <v>2.6121027407022268</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>78.324027795000006</v>
+        <v>78.324303642000004</v>
       </c>
       <c r="C290" s="5">
-        <v>0.19254831400000683</v>
+        <v>0.19284771400000977</v>
       </c>
       <c r="D290" s="5">
-        <v>2.9977119653338047</v>
+        <v>3.0024375881840371</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>78.193256282999997</v>
+        <v>78.193387208999994</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.13077151200000969</v>
+        <v>-0.1309164330000101</v>
       </c>
       <c r="D291" s="5">
-        <v>-1.9852498833183962</v>
+        <v>-1.9874228165113528</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>78.542002002000004</v>
+        <v>78.542045068999997</v>
       </c>
       <c r="C292" s="5">
-        <v>0.34874571900000717</v>
+        <v>0.34865786000000298</v>
       </c>
       <c r="D292" s="5">
-        <v>5.485317228176223</v>
+        <v>5.4838918469703568</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>78.486355783999997</v>
+        <v>78.486357784999996</v>
       </c>
       <c r="C293" s="5">
-        <v>-5.5646218000006797E-2</v>
+        <v>-5.5687284000001114E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>-0.84688281234893692</v>
+        <v>-0.84750489997545975</v>
       </c>
       <c r="E293" s="5">
-        <v>2.9971853826668005</v>
+        <v>2.9971903279577772</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>78.632864402999999</v>
+        <v>78.632890891000002</v>
       </c>
       <c r="C294" s="5">
-        <v>0.14650861900000223</v>
+        <v>0.1465331060000068</v>
       </c>
       <c r="D294" s="5">
-        <v>2.2631528112743826</v>
+        <v>2.2635349019065387</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>78.804868962</v>
+        <v>78.804669243000006</v>
       </c>
       <c r="C295" s="5">
-        <v>0.17200455900000122</v>
+        <v>0.17177835200000402</v>
       </c>
       <c r="D295" s="5">
-        <v>2.6567379221181131</v>
+        <v>2.6532009965826386</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>79.001157804000002</v>
+        <v>79.000790902000006</v>
       </c>
       <c r="C296" s="5">
-        <v>0.1962888420000013</v>
+        <v>0.19612165899999923</v>
       </c>
       <c r="D296" s="5">
-        <v>3.0302750445654114</v>
+        <v>3.0276664497604244</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>79.674906152999995</v>
+        <v>79.674844898999993</v>
       </c>
       <c r="C297" s="5">
-        <v>0.67374834899999314</v>
+        <v>0.67405399699998725</v>
       </c>
       <c r="D297" s="5">
-        <v>10.727948431471956</v>
+        <v>10.733098028496336</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>80.085965314999996</v>
+        <v>80.085931861999995</v>
       </c>
       <c r="C298" s="5">
-        <v>0.41105916200000081</v>
+        <v>0.41108696300000247</v>
       </c>
       <c r="D298" s="5">
-        <v>6.3697771232702038</v>
+        <v>6.3702252631288259</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>80.663817718000004</v>
+        <v>80.663893009999995</v>
       </c>
       <c r="C299" s="5">
-        <v>0.57785240300000851</v>
+        <v>0.57796114799999998</v>
       </c>
       <c r="D299" s="5">
-        <v>9.0104912594196627</v>
+        <v>9.012258706396171</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>80.665737238999995</v>
+        <v>80.665719905000003</v>
       </c>
       <c r="C300" s="5">
-        <v>1.9195209999907092E-3</v>
+        <v>1.8268950000077666E-3</v>
       </c>
       <c r="D300" s="5">
-        <v>2.8559604092559532E-2</v>
+        <v>2.7181270579457184E-2</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>81.146974365999995</v>
+        <v>81.146922134999997</v>
       </c>
       <c r="C301" s="5">
-        <v>0.48123712699999999</v>
+        <v>0.48120222999999385</v>
       </c>
       <c r="D301" s="5">
-        <v>7.3986169621381492</v>
+        <v>7.3980643684810499</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>81.439985707000005</v>
+        <v>81.440536193</v>
       </c>
       <c r="C302" s="5">
-        <v>0.29301134100001036</v>
+        <v>0.29361405800000284</v>
       </c>
       <c r="D302" s="5">
-        <v>4.4201440929209523</v>
+        <v>4.4294208273843116</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>81.695528633999999</v>
+        <v>81.695786940000005</v>
       </c>
       <c r="C303" s="5">
-        <v>0.25554292699999337</v>
+        <v>0.25525074700000516</v>
       </c>
       <c r="D303" s="5">
-        <v>3.8310349330426652</v>
+        <v>3.8265525495157382</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>82.001506982999999</v>
+        <v>82.001543205000004</v>
       </c>
       <c r="C304" s="5">
-        <v>0.30597834900000009</v>
+        <v>0.30575626499999942</v>
       </c>
       <c r="D304" s="5">
-        <v>4.5881681252215367</v>
+        <v>4.5847543168263671</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>82.277745424000003</v>
+        <v>82.277726591999993</v>
       </c>
       <c r="C305" s="5">
-        <v>0.27623844100000383</v>
+        <v>0.27618338699998901</v>
       </c>
       <c r="D305" s="5">
-        <v>4.1181846173927505</v>
+        <v>4.1173467524185492</v>
       </c>
       <c r="E305" s="5">
-        <v>4.8306353405350944</v>
+        <v>4.8306086739122289</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>82.708335234000003</v>
+        <v>82.708412131000003</v>
       </c>
       <c r="C306" s="5">
-        <v>0.43058981000000074</v>
+        <v>0.4306855390000095</v>
       </c>
       <c r="D306" s="5">
-        <v>6.4639954701802171</v>
+        <v>6.4654756960869753</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>82.761351016999996</v>
+        <v>82.761102679000004</v>
       </c>
       <c r="C307" s="5">
-        <v>5.3015782999992211E-2</v>
+        <v>5.2690548000001058E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>0.77191381991352781</v>
+        <v>0.76716105340441931</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>82.938048264000003</v>
+        <v>82.936860572000001</v>
       </c>
       <c r="C308" s="5">
-        <v>0.176697247000007</v>
+        <v>0.17575789299999656</v>
       </c>
       <c r="D308" s="5">
-        <v>2.5923255800273326</v>
+        <v>2.5783907825188468</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>83.317793731999998</v>
+        <v>83.318150824</v>
       </c>
       <c r="C309" s="5">
-        <v>0.37974546799999587</v>
+        <v>0.38129025199999944</v>
       </c>
       <c r="D309" s="5">
-        <v>5.6348941162033039</v>
+        <v>5.6584823518294414</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>83.723213790000003</v>
+        <v>83.723270107999994</v>
       </c>
       <c r="C310" s="5">
-        <v>0.40542005800000425</v>
+        <v>0.4051192839999942</v>
       </c>
       <c r="D310" s="5">
-        <v>5.9979715235157771</v>
+        <v>5.9933756884172906</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>84.022731988000004</v>
+        <v>84.022823705999997</v>
       </c>
       <c r="C311" s="5">
-        <v>0.29951819800000123</v>
+        <v>0.29955359800000281</v>
       </c>
       <c r="D311" s="5">
-        <v>4.3784617609276655</v>
+        <v>4.3789864723201788</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>84.389294730000003</v>
+        <v>84.389242022999994</v>
       </c>
       <c r="C312" s="5">
-        <v>0.36656274199999928</v>
+        <v>0.36641831699999727</v>
       </c>
       <c r="D312" s="5">
-        <v>5.3626552409569817</v>
+        <v>5.3604854396679835</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>84.666064710000001</v>
+        <v>84.666037203000002</v>
       </c>
       <c r="C313" s="5">
-        <v>0.27676997999999742</v>
+        <v>0.27679518000000769</v>
       </c>
       <c r="D313" s="5">
-        <v>4.0073908847072959</v>
+        <v>4.0077649147794547</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>84.942042180000001</v>
+        <v>84.942893229000006</v>
       </c>
       <c r="C314" s="5">
-        <v>0.27597747000000084</v>
+        <v>0.27685602600000436</v>
       </c>
       <c r="D314" s="5">
-        <v>3.9824119893034915</v>
+        <v>3.9953199327361189</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>85.581734921000006</v>
+        <v>85.582056508999997</v>
       </c>
       <c r="C315" s="5">
-        <v>0.63969274100000462</v>
+        <v>0.63916327999999112</v>
       </c>
       <c r="D315" s="5">
-        <v>9.4209946586526918</v>
+        <v>9.4127733470199324</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>85.767571602000004</v>
+        <v>85.767713813</v>
       </c>
       <c r="C316" s="5">
-        <v>0.18583668099999784</v>
+        <v>0.18565730400000291</v>
       </c>
       <c r="D316" s="5">
-        <v>2.6370898439896928</v>
+        <v>2.6345039543066218</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>86.043332512999996</v>
+        <v>86.043253899000007</v>
       </c>
       <c r="C317" s="5">
-        <v>0.27576091099999189</v>
+        <v>0.27554008600000657</v>
       </c>
       <c r="D317" s="5">
-        <v>3.927218816062239</v>
+        <v>3.9240115645254425</v>
       </c>
       <c r="E317" s="5">
-        <v>4.576677532417639</v>
+        <v>4.5766059211535648</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>86.601466664</v>
+        <v>86.601531678000001</v>
       </c>
       <c r="C318" s="5">
-        <v>0.55813415100000441</v>
+        <v>0.55827777899999376</v>
       </c>
       <c r="D318" s="5">
-        <v>8.0677963921107487</v>
+        <v>8.0699548072857841</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>87.032444824999999</v>
+        <v>87.031945316000005</v>
       </c>
       <c r="C319" s="5">
-        <v>0.43097816099999875</v>
+        <v>0.43041363800000454</v>
       </c>
       <c r="D319" s="5">
-        <v>6.1380819065947057</v>
+        <v>6.129816086527784</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>87.270056178999994</v>
+        <v>87.267682053000001</v>
       </c>
       <c r="C320" s="5">
-        <v>0.23761135399999489</v>
+        <v>0.23573673699999631</v>
       </c>
       <c r="D320" s="5">
-        <v>3.3258210921565556</v>
+        <v>3.2992093948145396</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>87.467395769999996</v>
+        <v>87.469176312000002</v>
       </c>
       <c r="C321" s="5">
-        <v>0.1973395910000022</v>
+        <v>0.2014942590000004</v>
       </c>
       <c r="D321" s="5">
-        <v>2.7475056181977209</v>
+        <v>2.8061638414795809</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>87.766125049999999</v>
+        <v>87.765815642999996</v>
       </c>
       <c r="C322" s="5">
-        <v>0.29872928000000343</v>
+        <v>0.2966393309999944</v>
       </c>
       <c r="D322" s="5">
-        <v>4.1762542187045781</v>
+        <v>4.1464035066142824</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>87.998245022000006</v>
+        <v>87.998084985000006</v>
       </c>
       <c r="C323" s="5">
-        <v>0.23211997200000667</v>
+        <v>0.23226934200000926</v>
       </c>
       <c r="D323" s="5">
-        <v>3.2202816699846704</v>
+        <v>3.2223957138841186</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>88.315157459999995</v>
+        <v>88.315121492000003</v>
       </c>
       <c r="C324" s="5">
-        <v>0.31691243799998858</v>
+        <v>0.31703650699999741</v>
       </c>
       <c r="D324" s="5">
-        <v>4.408255534229899</v>
+        <v>4.4100238551205262</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>88.370709012000006</v>
+        <v>88.370858999000006</v>
       </c>
       <c r="C325" s="5">
-        <v>5.5551552000011384E-2</v>
+        <v>5.5737507000003461E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>0.75743474554934576</v>
+        <v>0.75997932437095184</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>88.425403420999999</v>
+        <v>88.426476132000005</v>
       </c>
       <c r="C326" s="5">
-        <v>5.4694408999992561E-2</v>
+        <v>5.5617132999998375E-2</v>
       </c>
       <c r="D326" s="5">
-        <v>0.7452375658002941</v>
+        <v>0.7578523849883112</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>88.832467375999997</v>
+        <v>88.833013015000006</v>
       </c>
       <c r="C327" s="5">
-        <v>0.40706395499999815</v>
+        <v>0.40653688300000113</v>
       </c>
       <c r="D327" s="5">
-        <v>5.6662031702517046</v>
+        <v>5.6586096001658648</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>89.336935174000004</v>
+        <v>89.337518779000007</v>
       </c>
       <c r="C328" s="5">
-        <v>0.50446779800000741</v>
+        <v>0.50450576400000102</v>
       </c>
       <c r="D328" s="5">
-        <v>7.0315687889585199</v>
+        <v>7.0320700682607651</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>89.805942294999994</v>
+        <v>89.805599603999994</v>
       </c>
       <c r="C329" s="5">
-        <v>0.46900712099998998</v>
+        <v>0.46808082499998704</v>
       </c>
       <c r="D329" s="5">
-        <v>6.4849661541112269</v>
+        <v>6.4717434335627377</v>
       </c>
       <c r="E329" s="5">
-        <v>4.3729242837398541</v>
+        <v>4.3726213671746228</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>90.021458312999997</v>
+        <v>90.021512415999993</v>
       </c>
       <c r="C330" s="5">
-        <v>0.21551601800000242</v>
+        <v>0.21591281199999912</v>
       </c>
       <c r="D330" s="5">
-        <v>2.9180714911226424</v>
+        <v>2.9235265987807013</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>90.430876713999993</v>
+        <v>90.430174297999997</v>
       </c>
       <c r="C331" s="5">
-        <v>0.40941840099999638</v>
+        <v>0.40866188200000408</v>
       </c>
       <c r="D331" s="5">
-        <v>5.5962186584816775</v>
+        <v>5.5856150497423984</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>90.605327716000005</v>
+        <v>90.601772659999995</v>
       </c>
       <c r="C332" s="5">
-        <v>0.17445100200001207</v>
+        <v>0.17159836199999745</v>
       </c>
       <c r="D332" s="5">
-        <v>2.3396508552355977</v>
+        <v>2.3010105746613885</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>90.214550126000006</v>
+        <v>90.217964886999994</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.39077758999999901</v>
+        <v>-0.38380777300000091</v>
       </c>
       <c r="D333" s="5">
-        <v>-5.054534792283838</v>
+        <v>-4.9666639076664243</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>90.206929814000006</v>
+        <v>90.204839324000005</v>
       </c>
       <c r="C334" s="5">
-        <v>-7.62031200000024E-3</v>
+        <v>-1.312556299998846E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>-0.10131544530117553</v>
+        <v>-0.17444506043511332</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>90.395464087999997</v>
+        <v>90.395495949999997</v>
       </c>
       <c r="C335" s="5">
-        <v>0.18853427399999134</v>
+        <v>0.190656625999992</v>
       </c>
       <c r="D335" s="5">
-        <v>2.5370556273669465</v>
+        <v>2.5660085404384247</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>90.439287629000006</v>
+        <v>90.439368639999998</v>
       </c>
       <c r="C336" s="5">
-        <v>4.3823541000008959E-2</v>
+        <v>4.3872690000000603E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>0.58331131220878962</v>
+        <v>0.58396704871208627</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>90.455012422999999</v>
+        <v>90.455538966000006</v>
       </c>
       <c r="C337" s="5">
-        <v>1.5724793999993381E-2</v>
+        <v>1.6170326000008117E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>0.20884516841310763</v>
+        <v>0.21476802494966307</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>90.489558841000004</v>
+        <v>90.491045315999997</v>
       </c>
       <c r="C338" s="5">
-        <v>3.4546418000005019E-2</v>
+        <v>3.5506349999991471E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>0.45926578555197661</v>
+        <v>0.47205209055853903</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>90.466109927999995</v>
+        <v>90.467111590000002</v>
       </c>
       <c r="C339" s="5">
-        <v>-2.3448913000009952E-2</v>
+        <v>-2.3933725999995659E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>-0.3105178794676311</v>
+        <v>-0.31692339084988808</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>90.593461628</v>
+        <v>90.594722899999994</v>
       </c>
       <c r="C340" s="5">
-        <v>0.12735170000000551</v>
+        <v>0.12761130999999182</v>
       </c>
       <c r="D340" s="5">
-        <v>1.7024146990191058</v>
+        <v>1.7058930530158944</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>90.540530133000004</v>
+        <v>90.540104323999998</v>
       </c>
       <c r="C341" s="5">
-        <v>-5.2931494999995721E-2</v>
+        <v>-5.4618575999995755E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>-0.69888129502642116</v>
+        <v>-0.7210728640784092</v>
       </c>
       <c r="E341" s="5">
-        <v>0.81797241833618806</v>
+        <v>0.81788298640488311</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>90.779862033000001</v>
+        <v>90.779940913999994</v>
       </c>
       <c r="C342" s="5">
-        <v>0.23933189999999627</v>
+        <v>0.23983658999999591</v>
       </c>
       <c r="D342" s="5">
-        <v>3.2185666290173387</v>
+        <v>3.2254683452107358</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>91.273282394999995</v>
+        <v>91.271343900999995</v>
       </c>
       <c r="C343" s="5">
-        <v>0.49342036199999484</v>
+        <v>0.49140298700000073</v>
       </c>
       <c r="D343" s="5">
-        <v>6.7209808100781698</v>
+        <v>6.6926725532985509</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>91.032068257999995</v>
+        <v>91.028262870999995</v>
       </c>
       <c r="C344" s="5">
-        <v>-0.24121413700000005</v>
+        <v>-0.24308102999999903</v>
       </c>
       <c r="D344" s="5">
-        <v>-3.1256297399300137</v>
+        <v>-3.1495334540059594</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>91.669362470999999</v>
+        <v>91.674254138999999</v>
       </c>
       <c r="C345" s="5">
-        <v>0.63729421300000411</v>
+        <v>0.64599126800000306</v>
       </c>
       <c r="D345" s="5">
-        <v>8.7320587700023378</v>
+        <v>8.8562985404373684</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>91.757293106000006</v>
+        <v>91.752096027999997</v>
       </c>
       <c r="C346" s="5">
-        <v>8.7930635000006419E-2</v>
+        <v>7.7841888999998332E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>1.1571501739204626</v>
+        <v>1.0237088106244352</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>92.115756214000001</v>
+        <v>92.116260358999995</v>
       </c>
       <c r="C347" s="5">
-        <v>0.35846310799999515</v>
+        <v>0.36416433099999779</v>
       </c>
       <c r="D347" s="5">
-        <v>4.7900248274098889</v>
+        <v>4.8681609991148234</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>92.141572574999998</v>
+        <v>92.142025586000003</v>
       </c>
       <c r="C348" s="5">
-        <v>2.5816360999996846E-2</v>
+        <v>2.576522700000794E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>0.33683087507099252</v>
+        <v>0.33616085094787529</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>92.410539694999997</v>
+        <v>92.411448929000002</v>
       </c>
       <c r="C349" s="5">
-        <v>0.26896711999999923</v>
+        <v>0.2694233429999997</v>
       </c>
       <c r="D349" s="5">
-        <v>3.559665420268332</v>
+        <v>3.5657829563756627</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>92.644334016000002</v>
+        <v>92.645768801000003</v>
       </c>
       <c r="C350" s="5">
-        <v>0.23379432100000486</v>
+        <v>0.23431987200000037</v>
       </c>
       <c r="D350" s="5">
-        <v>3.0785462456870416</v>
+        <v>3.0855325851981474</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>92.776234172000002</v>
+        <v>92.779484967000002</v>
       </c>
       <c r="C351" s="5">
-        <v>0.13190015600000038</v>
+        <v>0.13371616599999925</v>
       </c>
       <c r="D351" s="5">
-        <v>1.7219131823338119</v>
+        <v>1.745781864746232</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>92.721612809999996</v>
+        <v>92.723441334</v>
       </c>
       <c r="C352" s="5">
-        <v>-5.4621362000006002E-2</v>
+        <v>-5.6043633000001591E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>-0.70420844847819408</v>
+        <v>-0.72245903631591446</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>93.092013222000006</v>
+        <v>93.091903630000004</v>
       </c>
       <c r="C353" s="5">
-        <v>0.37040041200000928</v>
+        <v>0.36846229600000413</v>
       </c>
       <c r="D353" s="5">
-        <v>4.9004482629080304</v>
+        <v>4.8741455116337651</v>
       </c>
       <c r="E353" s="5">
-        <v>2.8180562729773984</v>
+        <v>2.8184187825411877</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>93.271949617000004</v>
+        <v>93.270944966000002</v>
       </c>
       <c r="C354" s="5">
-        <v>0.17993639499999858</v>
+        <v>0.17904133599999739</v>
       </c>
       <c r="D354" s="5">
-        <v>2.3442826031015107</v>
+        <v>2.3325005699081247</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>93.359103223999995</v>
+        <v>93.356068711999995</v>
       </c>
       <c r="C355" s="5">
-        <v>8.7153606999990529E-2</v>
+        <v>8.5123745999993616E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>1.1270643323330942</v>
+        <v>1.100694331275931</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>93.565743748000003</v>
+        <v>93.561386241999998</v>
       </c>
       <c r="C356" s="5">
-        <v>0.20664052400000799</v>
+        <v>0.20531753000000208</v>
       </c>
       <c r="D356" s="5">
-        <v>2.6886472924459559</v>
+        <v>2.6713126554557043</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>93.502683492000003</v>
+        <v>93.507628953999998</v>
       </c>
       <c r="C357" s="5">
-        <v>-6.3060255999999981E-2</v>
+        <v>-5.3757287999999903E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>-0.80576960905516248</v>
+        <v>-0.68730576592902493</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>93.997190678999999</v>
+        <v>93.989313983000002</v>
       </c>
       <c r="C358" s="5">
-        <v>0.49450718699999641</v>
+        <v>0.48168502900000476</v>
       </c>
       <c r="D358" s="5">
-        <v>6.5343315486920517</v>
+        <v>6.3597281697157504</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>94.050968595000001</v>
+        <v>94.052479824000002</v>
       </c>
       <c r="C359" s="5">
-        <v>5.3777916000001369E-2</v>
+        <v>6.3165841E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>0.68871157097865066</v>
+        <v>0.80945173426882899</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>94.028492882999998</v>
+        <v>94.029743365000002</v>
       </c>
       <c r="C360" s="5">
-        <v>-2.247571200000209E-2</v>
+        <v>-2.2736459000000764E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>-0.28639187593930693</v>
+        <v>-0.28970532271906935</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>94.247199101000007</v>
+        <v>94.248827446999996</v>
       </c>
       <c r="C361" s="5">
-        <v>0.21870621800000833</v>
+        <v>0.21908408199999485</v>
       </c>
       <c r="D361" s="5">
-        <v>2.8271330217915613</v>
+        <v>2.8320421446210053</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>94.39872321</v>
+        <v>94.400565775000004</v>
       </c>
       <c r="C362" s="5">
-        <v>0.15152410899999325</v>
+        <v>0.15173832800000753</v>
       </c>
       <c r="D362" s="5">
-        <v>1.9464281801662153</v>
+        <v>1.949170403527134</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>94.385601827000002</v>
+        <v>94.391456274999996</v>
       </c>
       <c r="C363" s="5">
-        <v>-1.3121382999997877E-2</v>
+        <v>-9.1095000000080972E-3</v>
       </c>
       <c r="D363" s="5">
-        <v>-0.16667203877452907</v>
+        <v>-0.11573659579272588</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>94.454510013000004</v>
+        <v>94.457082607999993</v>
       </c>
       <c r="C364" s="5">
-        <v>6.8908186000001592E-2</v>
+        <v>6.5626332999997317E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>0.87961153875655285</v>
+        <v>0.83750628575414154</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>94.851449961</v>
+        <v>94.851941582999999</v>
       </c>
       <c r="C365" s="5">
-        <v>0.39693994799999643</v>
+        <v>0.39485897500000533</v>
       </c>
       <c r="D365" s="5">
-        <v>5.1611427779614472</v>
+        <v>5.1333171520633991</v>
       </c>
       <c r="E365" s="5">
-        <v>1.8899975176218442</v>
+        <v>1.8906455710642422</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>94.665730761000006</v>
+        <v>94.662340903</v>
       </c>
       <c r="C366" s="5">
-        <v>-0.18571919999999409</v>
+        <v>-0.18960067999999808</v>
       </c>
       <c r="D366" s="5">
-        <v>-2.324462330534216</v>
+        <v>-2.3724979879135577</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>94.749807497999996</v>
+        <v>94.744721658000003</v>
       </c>
       <c r="C367" s="5">
-        <v>8.4076736999989521E-2</v>
+        <v>8.2380755000002637E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>1.0709935053477171</v>
+        <v>1.0493238543492156</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>94.801309849000006</v>
+        <v>94.796100256000003</v>
       </c>
       <c r="C368" s="5">
-        <v>5.1502351000010549E-2</v>
+        <v>5.1378597999999442E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>0.65422741235947601</v>
+        <v>0.65268584181950029</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>92.630602136999997</v>
+        <v>92.633925762999993</v>
       </c>
       <c r="C369" s="5">
-        <v>-2.1707077120000093</v>
+        <v>-2.1621744930000091</v>
       </c>
       <c r="D369" s="5">
-        <v>-24.267587689670922</v>
+        <v>-24.184993701761403</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>92.324952709000002</v>
+        <v>92.315031109000003</v>
       </c>
       <c r="C370" s="5">
-        <v>-0.30564942799999528</v>
+        <v>-0.3188946539999904</v>
       </c>
       <c r="D370" s="5">
-        <v>-3.8885165346757899</v>
+        <v>-4.0537047767098873</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>92.487596198999995</v>
+        <v>92.491890185000003</v>
       </c>
       <c r="C371" s="5">
-        <v>0.16264348999999356</v>
+        <v>0.1768590759999995</v>
       </c>
       <c r="D371" s="5">
-        <v>2.1345731553491953</v>
+        <v>2.3233650209979251</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>92.502522481</v>
+        <v>92.504733623000007</v>
       </c>
       <c r="C372" s="5">
-        <v>1.4926282000004676E-2</v>
+        <v>1.2843438000004426E-2</v>
       </c>
       <c r="D372" s="5">
-        <v>0.193836216639931</v>
+        <v>0.16675950437121667</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>92.290760129999995</v>
+        <v>92.293643822999996</v>
       </c>
       <c r="C373" s="5">
-        <v>-0.2117623510000044</v>
+        <v>-0.21108980000001054</v>
       </c>
       <c r="D373" s="5">
-        <v>-2.7127862260340807</v>
+        <v>-2.7042145135138584</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>92.774206367000005</v>
+        <v>92.777386578000005</v>
       </c>
       <c r="C374" s="5">
-        <v>0.48344623700000966</v>
+        <v>0.48374275500000863</v>
       </c>
       <c r="D374" s="5">
-        <v>6.4702561889491861</v>
+        <v>6.4741316122749692</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>92.992342710000003</v>
+        <v>93.001756270000001</v>
       </c>
       <c r="C375" s="5">
-        <v>0.21813634299999762</v>
+        <v>0.22436969199999623</v>
       </c>
       <c r="D375" s="5">
-        <v>2.8582879170931497</v>
+        <v>2.9409523200846666</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>93.197861615999997</v>
+        <v>93.201637074999994</v>
       </c>
       <c r="C376" s="5">
-        <v>0.20551890599999467</v>
+        <v>0.19988080499999228</v>
       </c>
       <c r="D376" s="5">
-        <v>2.68455077281744</v>
+        <v>2.6097641580580255</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>93.234189757999999</v>
+        <v>93.234764311000006</v>
       </c>
       <c r="C377" s="5">
-        <v>3.6328142000002117E-2</v>
+        <v>3.3127236000012772E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>0.46875916333655177</v>
+        <v>0.42735824264195088</v>
       </c>
       <c r="E377" s="5">
-        <v>-1.7050453141886246</v>
+        <v>-1.704949044806725</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>93.149329051999999</v>
+        <v>93.142122447999995</v>
       </c>
       <c r="C378" s="5">
-        <v>-8.4860706000000619E-2</v>
+        <v>-9.2641863000011426E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>-1.0867752684193155</v>
+        <v>-1.1858741337018697</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>92.82008544</v>
+        <v>92.812574229999996</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.32924361199999908</v>
+        <v>-0.32954821799999934</v>
       </c>
       <c r="D379" s="5">
-        <v>-4.1600025366368758</v>
+        <v>-4.1640925823814845</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>93.429373106</v>
+        <v>93.421670743999996</v>
       </c>
       <c r="C380" s="5">
-        <v>0.60928766600000017</v>
+        <v>0.60909651400000087</v>
       </c>
       <c r="D380" s="5">
-        <v>8.1677140484334174</v>
+        <v>8.1657432266319052</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>93.329413561999999</v>
+        <v>93.327229191000001</v>
       </c>
       <c r="C381" s="5">
-        <v>-9.9959544000000733E-2</v>
+        <v>-9.4441552999995793E-2</v>
       </c>
       <c r="D381" s="5">
-        <v>-1.2763450674261878</v>
+        <v>-1.2063781588341982</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>93.34602864</v>
+        <v>93.332350730000002</v>
       </c>
       <c r="C382" s="5">
-        <v>1.6615078000000949E-2</v>
+        <v>5.1215390000010075E-3</v>
       </c>
       <c r="D382" s="5">
-        <v>0.21384070349557138</v>
+        <v>6.5872545034473262E-2</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>93.729056087000004</v>
+        <v>93.744062248999995</v>
       </c>
       <c r="C383" s="5">
-        <v>0.38302744700000346</v>
+        <v>0.41171151899999359</v>
       </c>
       <c r="D383" s="5">
-        <v>5.03662796694333</v>
+        <v>5.4238265977755606</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>94.069170513000003</v>
+        <v>94.070324673000002</v>
       </c>
       <c r="C384" s="5">
-        <v>0.34011442599999953</v>
+        <v>0.32626242400000649</v>
       </c>
       <c r="D384" s="5">
-        <v>4.4424024075750523</v>
+        <v>4.2573031570149578</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>94.263855210000003</v>
+        <v>94.267932900000005</v>
       </c>
       <c r="C385" s="5">
-        <v>0.19468469699999957</v>
+        <v>0.19760822700000347</v>
       </c>
       <c r="D385" s="5">
-        <v>2.5119741431159248</v>
+        <v>2.5501010797361889</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>94.353493204000003</v>
+        <v>94.360350800000006</v>
       </c>
       <c r="C386" s="5">
-        <v>8.9637994000000276E-2</v>
+        <v>9.2417900000000941E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>1.1470988316877984</v>
+        <v>1.1828139496830925</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>94.843365496999994</v>
+        <v>94.857669698999999</v>
       </c>
       <c r="C387" s="5">
-        <v>0.48987229299999058</v>
+        <v>0.4973188989999926</v>
       </c>
       <c r="D387" s="5">
-        <v>6.4112820056329456</v>
+        <v>6.5110965852618774</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>95.058563712999998</v>
+        <v>95.067825331999998</v>
       </c>
       <c r="C388" s="5">
-        <v>0.21519821600000455</v>
+        <v>0.2101556329999994</v>
       </c>
       <c r="D388" s="5">
-        <v>2.7570195900953332</v>
+        <v>2.6912162578197396</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>95.128355868</v>
+        <v>95.125422137000001</v>
       </c>
       <c r="C389" s="5">
-        <v>6.9792155000001799E-2</v>
+        <v>5.759680500000286E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>0.88460845361328921</v>
+        <v>0.72944698702994692</v>
       </c>
       <c r="E389" s="5">
-        <v>2.0316217847943241</v>
+        <v>2.0278464154136699</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>97.293261010999998</v>
+        <v>97.281328162999998</v>
       </c>
       <c r="C390" s="5">
-        <v>2.1649051429999986</v>
+        <v>2.1559060259999967</v>
       </c>
       <c r="D390" s="5">
-        <v>31.000583817973215</v>
+        <v>30.856328561604585</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>97.546822766000005</v>
+        <v>97.534338747000007</v>
       </c>
       <c r="C391" s="5">
-        <v>0.25356175500000688</v>
+        <v>0.25301058400000898</v>
       </c>
       <c r="D391" s="5">
-        <v>3.1726107455175789</v>
+        <v>3.166009336803377</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>98.041609264000002</v>
+        <v>98.028101895999995</v>
       </c>
       <c r="C392" s="5">
-        <v>0.4947864979999963</v>
+        <v>0.49376314899998874</v>
       </c>
       <c r="D392" s="5">
-        <v>6.2594670960723242</v>
+        <v>6.2469802203154012</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>98.424002072999997</v>
+        <v>98.420354285000002</v>
       </c>
       <c r="C393" s="5">
-        <v>0.38239280899999528</v>
+        <v>0.39225238900000647</v>
       </c>
       <c r="D393" s="5">
-        <v>4.7820926038049327</v>
+        <v>4.9088112573877796</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>98.668350008999994</v>
+        <v>98.641854699999996</v>
       </c>
       <c r="C394" s="5">
-        <v>0.24434793599999693</v>
+        <v>0.22150041499999418</v>
       </c>
       <c r="D394" s="5">
-        <v>3.0201426789163932</v>
+        <v>2.7343469712740376</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>98.760201992000006</v>
+        <v>98.790198461000003</v>
       </c>
       <c r="C395" s="5">
-        <v>9.1851983000012183E-2</v>
+        <v>0.14834376100000668</v>
       </c>
       <c r="D395" s="5">
-        <v>1.1228370338772331</v>
+        <v>1.8196363429759499</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>99.047599988000002</v>
+        <v>99.050406043999999</v>
       </c>
       <c r="C396" s="5">
-        <v>0.28739799599999571</v>
+        <v>0.26020758299999613</v>
       </c>
       <c r="D396" s="5">
-        <v>3.5485080195698293</v>
+        <v>3.2069224255200535</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>99.263018392000006</v>
+        <v>99.269765970999998</v>
       </c>
       <c r="C397" s="5">
-        <v>0.21541840400000467</v>
+        <v>0.21935992699999929</v>
       </c>
       <c r="D397" s="5">
-        <v>2.6413239497510288</v>
+        <v>2.6901655080139086</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>99.244571672000006</v>
+        <v>99.256356209000003</v>
       </c>
       <c r="C398" s="5">
-        <v>-1.8446720000000028E-2</v>
+        <v>-1.3409761999994885E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>-0.2227763475833755</v>
+        <v>-0.16198047902811208</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>99.118154806000007</v>
+        <v>99.139090193000001</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.12641686599999957</v>
+        <v>-0.11726601600000208</v>
       </c>
       <c r="D399" s="5">
-        <v>-1.5178860357922042</v>
+        <v>-1.4085588991825881</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>99.135076429999998</v>
+        <v>99.150831332999999</v>
       </c>
       <c r="C400" s="5">
-        <v>1.6921623999991198E-2</v>
+        <v>1.174113999999804E-2</v>
       </c>
       <c r="D400" s="5">
-        <v>0.20505856230301767</v>
+        <v>0.14220978822707675</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>99.537024613</v>
+        <v>99.530205977999998</v>
       </c>
       <c r="C401" s="5">
-        <v>0.40194818300000179</v>
+        <v>0.37937464499999862</v>
       </c>
       <c r="D401" s="5">
-        <v>4.9754404832365928</v>
+        <v>4.6893528555321362</v>
       </c>
       <c r="E401" s="5">
-        <v>4.6344422804042384</v>
+        <v>4.6305012288473391</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>99.005428211999998</v>
+        <v>98.986318334000003</v>
       </c>
       <c r="C402" s="5">
-        <v>-0.53159640100000161</v>
+        <v>-0.54388764399999445</v>
       </c>
       <c r="D402" s="5">
-        <v>-6.2238878848896224</v>
+        <v>-6.3639199253545886</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>99.446632534000003</v>
+        <v>99.427240569999995</v>
       </c>
       <c r="C403" s="5">
-        <v>0.44120432200000437</v>
+        <v>0.44092223599999159</v>
       </c>
       <c r="D403" s="5">
-        <v>5.4806752656923585</v>
+        <v>5.4781683199981668</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>99.348160253000003</v>
+        <v>99.325316799000007</v>
       </c>
       <c r="C404" s="5">
-        <v>-9.8472280999999384E-2</v>
+        <v>-0.10192377099998851</v>
       </c>
       <c r="D404" s="5">
-        <v>-1.1817927292869901</v>
+        <v>-1.2232189861049569</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>99.499086278999997</v>
+        <v>99.497135580999995</v>
       </c>
       <c r="C405" s="5">
-        <v>0.15092602599999339</v>
+        <v>0.17181878199998835</v>
       </c>
       <c r="D405" s="5">
-        <v>1.8383045629287498</v>
+        <v>2.0956949088389409</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>99.581275262999995</v>
+        <v>99.540697683999994</v>
       </c>
       <c r="C406" s="5">
-        <v>8.21889839999983E-2</v>
+        <v>4.3562102999999297E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>0.99574877460830713</v>
+        <v>0.52665421502315901</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>99.786453229000003</v>
+        <v>99.833846989999998</v>
       </c>
       <c r="C407" s="5">
-        <v>0.20517796600000793</v>
+        <v>0.29314930600000366</v>
       </c>
       <c r="D407" s="5">
-        <v>2.5007006728708481</v>
+        <v>3.5918319286259104</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>99.644678777999999</v>
+        <v>99.649372725999996</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.14177445100000341</v>
+        <v>-0.18447426400000211</v>
       </c>
       <c r="D408" s="5">
-        <v>-1.6916743018916325</v>
+        <v>-2.1949785098409502</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>99.676084899000003</v>
+        <v>99.685628867999995</v>
       </c>
       <c r="C409" s="5">
-        <v>3.1406121000003395E-2</v>
+        <v>3.6256141999999159E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>0.37887366606794703</v>
+        <v>0.43747931036250964</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>99.726270436999997</v>
+        <v>99.74335773</v>
       </c>
       <c r="C410" s="5">
-        <v>5.0185537999993812E-2</v>
+        <v>5.772886200000471E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>0.60585939814765677</v>
+        <v>0.69714870981887334</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>100.02596690999999</v>
+        <v>100.05225194</v>
       </c>
       <c r="C411" s="5">
-        <v>0.29969647299999735</v>
+        <v>0.30889421000000539</v>
       </c>
       <c r="D411" s="5">
-        <v>3.6664358708822897</v>
+        <v>3.7802248456618281</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>99.936879665999996</v>
+        <v>99.960232969000003</v>
       </c>
       <c r="C412" s="5">
-        <v>-8.9087243999998122E-2</v>
+        <v>-9.201897100000167E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>-1.0635495182151344</v>
+        <v>-1.0980853440798466</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>99.946362393000001</v>
+        <v>99.934593315000001</v>
       </c>
       <c r="C413" s="5">
-        <v>9.4827270000052977E-3</v>
+        <v>-2.5639654000002565E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>0.1139240380989115</v>
+        <v>-0.30736439735780108</v>
       </c>
       <c r="E413" s="5">
-        <v>0.41124172798163716</v>
+        <v>0.40629609175066861</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>99.785278715999993</v>
+        <v>99.759388557999998</v>
       </c>
       <c r="C414" s="5">
-        <v>-0.1610836770000077</v>
+        <v>-0.17520475700000304</v>
       </c>
       <c r="D414" s="5">
-        <v>-1.916989233952493</v>
+        <v>-2.083664863111967</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>99.822477407999997</v>
+        <v>99.795404762999993</v>
       </c>
       <c r="C415" s="5">
-        <v>3.719869200000403E-2</v>
+        <v>3.6016204999995693E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>0.44826319411286342</v>
+        <v>0.43409817866015832</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>99.953870645999999</v>
+        <v>99.921193324000001</v>
       </c>
       <c r="C416" s="5">
-        <v>0.13139323800000113</v>
+        <v>0.12578856100000735</v>
       </c>
       <c r="D416" s="5">
-        <v>1.5910081101740969</v>
+        <v>1.5230874207831757</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>99.986957124</v>
+        <v>99.991426290999996</v>
       </c>
       <c r="C417" s="5">
-        <v>3.3086478000001307E-2</v>
+        <v>7.0232966999995483E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>0.3979449489714515</v>
+        <v>0.84672865801049824</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>99.884355765999999</v>
+        <v>99.829071194999997</v>
       </c>
       <c r="C418" s="5">
-        <v>-0.10260135800000114</v>
+        <v>-0.16235509599999887</v>
       </c>
       <c r="D418" s="5">
-        <v>-1.2244509611447629</v>
+        <v>-1.931121995178442</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>99.696307625000003</v>
+        <v>99.757039570000003</v>
       </c>
       <c r="C419" s="5">
-        <v>-0.18804814099999589</v>
+        <v>-7.2031624999993937E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-2.235943436807819</v>
+        <v>-0.86243157137412263</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>100.05934581</v>
+        <v>100.06786757</v>
       </c>
       <c r="C420" s="5">
-        <v>0.36303818499999352</v>
+        <v>0.31082800000000077</v>
       </c>
       <c r="D420" s="5">
-        <v>4.4583163887673916</v>
+        <v>3.8037667872918179</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>100.0958435</v>
+        <v>100.1086098</v>
       </c>
       <c r="C421" s="5">
-        <v>3.6497690000004468E-2</v>
+        <v>4.0742229999992219E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>0.43859171566082988</v>
+        <v>0.48967072988244098</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>100.41552733</v>
+        <v>100.43680065</v>
       </c>
       <c r="C422" s="5">
-        <v>0.31968383000000244</v>
+        <v>0.32819084999999859</v>
       </c>
       <c r="D422" s="5">
-        <v>3.9005760092522657</v>
+        <v>4.0057323013860779</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>100.31958353</v>
+        <v>100.34946723</v>
       </c>
       <c r="C423" s="5">
-        <v>-9.5943800000000579E-2</v>
+        <v>-8.7333419999993112E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>-1.1405552098103011</v>
+        <v>-1.0384674951012363</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>100.6200338</v>
+        <v>100.64821178</v>
       </c>
       <c r="C424" s="5">
-        <v>0.30045026999999891</v>
+        <v>0.298744549999995</v>
       </c>
       <c r="D424" s="5">
-        <v>3.6537121196983602</v>
+        <v>3.6315287620187542</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>100.73848664</v>
+        <v>100.72367943</v>
       </c>
       <c r="C425" s="5">
-        <v>0.11845284000000333</v>
+        <v>7.5467650000007325E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>1.4218577377232755</v>
+        <v>0.90349929416493335</v>
       </c>
       <c r="E425" s="5">
-        <v>0.79254935150645522</v>
+        <v>0.78960256786431149</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>101.25386577</v>
+        <v>101.3573811</v>
       </c>
       <c r="C426" s="5">
-        <v>0.51537912999999946</v>
+        <v>0.63370166999999356</v>
       </c>
       <c r="D426" s="5">
-        <v>6.3149378810299694</v>
+        <v>7.8165874094795917</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>101.57832515</v>
+        <v>101.68339881999999</v>
       </c>
       <c r="C427" s="5">
-        <v>0.3244593799999933</v>
+        <v>0.32601771999999585</v>
       </c>
       <c r="D427" s="5">
-        <v>3.9137974255877728</v>
+        <v>3.928841083278245</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>101.31024399</v>
+        <v>101.41701927</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.26808115999999416</v>
+        <v>-0.26637954999999636</v>
       </c>
       <c r="D428" s="5">
-        <v>-3.1214205668079642</v>
+        <v>-3.0987333828124575</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>101.47890237999999</v>
+        <v>101.42057826</v>
       </c>
       <c r="C429" s="5">
-        <v>0.16865838999999028</v>
+        <v>3.558990000001927E-3</v>
       </c>
       <c r="D429" s="5">
-        <v>2.0161191460942085</v>
+        <v>4.2119285596209366E-2</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>101.98783330000001</v>
+        <v>101.82959621000001</v>
       </c>
       <c r="C430" s="5">
-        <v>0.50893092000001161</v>
+        <v>0.40901795000000618</v>
       </c>
       <c r="D430" s="5">
-        <v>6.1869755951059924</v>
+        <v>4.9482668667470531</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>101.71386201999999</v>
+        <v>101.71815325</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.27397128000001203</v>
+        <v>-0.11144296000000509</v>
       </c>
       <c r="D431" s="5">
-        <v>-3.1763725046882074</v>
+        <v>-1.3054114382688331</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>102.06007253999999</v>
+        <v>102.05661422</v>
       </c>
       <c r="C432" s="5">
-        <v>0.34621051999999963</v>
+        <v>0.33846096999999986</v>
       </c>
       <c r="D432" s="5">
-        <v>4.1618626561764183</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>4.0668178554576828</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>101.97925678</v>
+        <v>101.97580120000001</v>
       </c>
       <c r="C433" s="5">
-        <v>-8.081575999999302E-2</v>
+        <v>-8.0813019999993685E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>-0.94608660314394744</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.94608658511720067</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>101.88738352</v>
+        <v>101.88393105</v>
       </c>
       <c r="C434" s="5">
-        <v>-9.1873259999999846E-2</v>
+        <v>-9.1870150000005424E-2</v>
       </c>
       <c r="D434" s="5">
-        <v>-1.075741075559733</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.075741112110562</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>101.78957266</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-9.4358389999996461E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-1.1057197947021091</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>101.86143629999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>7.1863639999989459E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>0.85049982802201107</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>102.19128335000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.32984705000001213</v>
+      </c>
+      <c r="D437" s="5">
+        <v>3.9557917209372295</v>
+      </c>
+      <c r="E437" s="5">
+        <v>1.4570594802585157</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>