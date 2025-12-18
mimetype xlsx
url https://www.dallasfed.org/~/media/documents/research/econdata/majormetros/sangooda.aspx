--- v0 (2025-10-17)
+++ v1 (2025-12-18)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{21C8F262-0D18-4F79-A324-078ACEDB41B2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{16B6E7F6-F762-48A8-99D6-06D48C27AF03}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{F865393D-F206-453F-8051-154AA388F1D1}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1025F8B2-9CB4-40FB-AABD-39DD7D24F144}"/>
   </bookViews>
   <sheets>
     <sheet name="sangooda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Goods Producing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3C82AF90-6D33-4659-8EE6-EB9DEBF9F756}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FF8D7E03-4F04-4176-82BB-4014EE8B00D0}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>0.62620404999998414</v>
       </c>
       <c r="D431" s="5">
         <v>5.5145095331164962</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>140.58276011999999</v>
       </c>
       <c r="C432" s="5">
         <v>0.2789592999999968</v>
       </c>
       <c r="D432" s="5">
         <v>2.4121667463921304</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>140.5205986</v>
+        <v>140.34790695999999</v>
       </c>
       <c r="C433" s="5">
-        <v>-6.2161519999989423E-2</v>
+        <v>-0.23485316000000012</v>
       </c>
       <c r="D433" s="5">
-        <v>-0.52931585349710319</v>
+        <v>-1.9863653557596783</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>140.23800304</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.1099039199999936</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-0.93566171356456174</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>