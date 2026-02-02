--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{16B6E7F6-F762-48A8-99D6-06D48C27AF03}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{0A804370-FCBF-4160-B1EF-1A4F33208039}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1025F8B2-9CB4-40FB-AABD-39DD7D24F144}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4D68AA64-3D81-4AD4-9837-8882198DA3AA}"/>
   </bookViews>
   <sheets>
     <sheet name="sangooda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Goods Producing Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FF8D7E03-4F04-4176-82BB-4014EE8B00D0}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B111A51B-9E49-4F74-B808-2DD52B9F1024}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>72.847556889000003</v>
+        <v>72.847800292000002</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>72.606229016</v>
+        <v>72.606201197000004</v>
       </c>
       <c r="C7" s="5">
-        <v>-0.24132787300000302</v>
+        <v>-0.24159909499999799</v>
       </c>
       <c r="D7" s="5">
-        <v>-3.9036972325300345</v>
+        <v>-3.907991959249435</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>72.203577996999996</v>
+        <v>72.203662327999993</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.40265101900000388</v>
+        <v>-0.40253886900001135</v>
       </c>
       <c r="D8" s="5">
-        <v>-6.455543324706503</v>
+        <v>-6.4538021357686048</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>72.101022521999994</v>
+        <v>72.100420955999994</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.10255547500000262</v>
+        <v>-0.10324137199999939</v>
       </c>
       <c r="D9" s="5">
-        <v>-1.6911864109379837</v>
+        <v>-1.7024063915202281</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>71.183800388999998</v>
+        <v>71.184234720999996</v>
       </c>
       <c r="C10" s="5">
-        <v>-0.91722213299999567</v>
+        <v>-0.91618623499999785</v>
       </c>
       <c r="D10" s="5">
-        <v>-14.241542528373285</v>
+        <v>-14.226675920575893</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>71.779395949999994</v>
+        <v>71.779680373000005</v>
       </c>
       <c r="C11" s="5">
-        <v>0.59559556099999611</v>
+        <v>0.59544565200000932</v>
       </c>
       <c r="D11" s="5">
-        <v>10.515589425866789</v>
+        <v>10.512752634323297</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>70.254696499000005</v>
+        <v>70.253547722999997</v>
       </c>
       <c r="C12" s="5">
-        <v>-1.5246994509999894</v>
+        <v>-1.5261326500000081</v>
       </c>
       <c r="D12" s="5">
-        <v>-22.712946168180402</v>
+        <v>-22.731784145924273</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>71.025675242000005</v>
+        <v>71.025945817999997</v>
       </c>
       <c r="C13" s="5">
-        <v>0.77097874300000058</v>
+        <v>0.77239809499999978</v>
       </c>
       <c r="D13" s="5">
-        <v>13.993506115885035</v>
+        <v>14.021088496521994</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>70.859679817</v>
+        <v>70.859927423000002</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.16599542500000553</v>
+        <v>-0.16601839499999471</v>
       </c>
       <c r="D14" s="5">
-        <v>-2.7687716506782367</v>
+        <v>-2.7691394598488017</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>71.113761175999997</v>
+        <v>71.113892086999996</v>
       </c>
       <c r="C15" s="5">
-        <v>0.25408135899999706</v>
+        <v>0.2539646639999944</v>
       </c>
       <c r="D15" s="5">
-        <v>4.3887168589325398</v>
+        <v>4.3866456703872458</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>70.799523751999999</v>
+        <v>70.799584297999999</v>
       </c>
       <c r="C16" s="5">
-        <v>-0.3142374239999981</v>
+        <v>-0.31430778899999723</v>
       </c>
       <c r="D16" s="5">
-        <v>-5.1755681697549409</v>
+        <v>-5.1766897739192412</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>70.760764500999997</v>
+        <v>70.760816786999996</v>
       </c>
       <c r="C17" s="5">
-        <v>-3.8759251000001882E-2</v>
+        <v>-3.8767511000003196E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>-0.65496644660089087</v>
+        <v>-0.65510504813399706</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>72.355215298000005</v>
+        <v>72.355422090999994</v>
       </c>
       <c r="C18" s="5">
-        <v>1.5944507970000075</v>
+        <v>1.5946053039999981</v>
       </c>
       <c r="D18" s="5">
-        <v>30.655556754775116</v>
+        <v>30.658879276915574</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>71.907787628999998</v>
+        <v>71.907757727000003</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.44742766900000674</v>
+        <v>-0.44766436399999066</v>
       </c>
       <c r="D19" s="5">
-        <v>-7.1732717253907285</v>
+        <v>-7.1769184731237061</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>71.979032415000006</v>
+        <v>71.979098463</v>
       </c>
       <c r="C20" s="5">
-        <v>7.1244786000008276E-2</v>
+        <v>7.1340735999996241E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>1.1954361023718274</v>
+        <v>1.1970553698311237</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>71.266648411000006</v>
+        <v>71.266135401</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.71238400400000046</v>
+        <v>-0.71296306200000004</v>
       </c>
       <c r="D21" s="5">
-        <v>-11.250898053605063</v>
+        <v>-11.259541175116494</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>71.764441919000006</v>
+        <v>71.764813278000005</v>
       </c>
       <c r="C22" s="5">
-        <v>0.49779350800000088</v>
+        <v>0.49867787700000576</v>
       </c>
       <c r="D22" s="5">
-        <v>8.7115589620998524</v>
+        <v>8.7277014324820268</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>71.997195163000001</v>
+        <v>71.997446034999996</v>
       </c>
       <c r="C23" s="5">
-        <v>0.2327532439999942</v>
+        <v>0.23263275699999042</v>
       </c>
       <c r="D23" s="5">
-        <v>3.962135010082668</v>
+        <v>3.9600264083629044</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>71.433513524999995</v>
+        <v>71.432494986999998</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.56368163800000559</v>
+        <v>-0.56495104799999751</v>
       </c>
       <c r="D24" s="5">
-        <v>-9.0008764078191028</v>
+        <v>-9.0202496349448662</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>72.138783301999993</v>
+        <v>72.139033831000006</v>
       </c>
       <c r="C25" s="5">
-        <v>0.70526977699999804</v>
+        <v>0.70653884400000777</v>
       </c>
       <c r="D25" s="5">
-        <v>12.51271805585592</v>
+        <v>12.536660856286396</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>72.652615955000002</v>
+        <v>72.652838652</v>
       </c>
       <c r="C26" s="5">
-        <v>0.51383265300000858</v>
+        <v>0.51380482099999369</v>
       </c>
       <c r="D26" s="5">
-        <v>8.8903307196722672</v>
+        <v>8.889798059509868</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>72.330920516999996</v>
+        <v>72.331034282999994</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.32169543800000611</v>
+        <v>-0.32180436900000586</v>
       </c>
       <c r="D27" s="5">
-        <v>-5.1859210090121515</v>
+        <v>-5.1876189689349372</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>72.826541958999996</v>
+        <v>72.826594103000005</v>
       </c>
       <c r="C28" s="5">
-        <v>0.49562144200000091</v>
+        <v>0.49555982000001109</v>
       </c>
       <c r="D28" s="5">
-        <v>8.5396354932887775</v>
+        <v>8.5385194719561852</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>72.662305184999994</v>
+        <v>72.662357893999996</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.16423677400000258</v>
+        <v>-0.16423620900000913</v>
       </c>
       <c r="D29" s="5">
-        <v>-2.6728975256385623</v>
+        <v>-2.6728865540875724</v>
       </c>
       <c r="E29" s="5">
-        <v>2.6872811471293945</v>
+        <v>2.6872797592542019</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>72.090803954999998</v>
+        <v>72.090944776000001</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.57150122999999553</v>
+        <v>-0.57141311799999528</v>
       </c>
       <c r="D30" s="5">
-        <v>-9.040436710771516</v>
+        <v>-9.0390963368309762</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>72.011732201000001</v>
+        <v>72.011703050999998</v>
       </c>
       <c r="C31" s="5">
-        <v>-7.9071753999997441E-2</v>
+        <v>-7.9241725000002816E-2</v>
       </c>
       <c r="D31" s="5">
-        <v>-1.3082914573627313</v>
+        <v>-1.3110842080609197</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>72.025785357000004</v>
+        <v>72.025815377000001</v>
       </c>
       <c r="C32" s="5">
-        <v>1.4053156000002787E-2</v>
+        <v>1.4112326000002895E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>0.23443262470657089</v>
+        <v>0.23542084925725071</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>72.754664947999999</v>
+        <v>72.754337819</v>
       </c>
       <c r="C33" s="5">
-        <v>0.72887959099999478</v>
+        <v>0.72852244199999916</v>
       </c>
       <c r="D33" s="5">
-        <v>12.842866785006191</v>
+        <v>12.836214033670789</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>72.930105702000006</v>
+        <v>72.930322419999996</v>
       </c>
       <c r="C34" s="5">
-        <v>0.17544075400000736</v>
+        <v>0.17598460099999613</v>
       </c>
       <c r="D34" s="5">
-        <v>2.9323707966038892</v>
+        <v>2.9415954994731042</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>73.320164551999994</v>
+        <v>73.320324528</v>
       </c>
       <c r="C35" s="5">
-        <v>0.39005884999998841</v>
+        <v>0.39000210800000445</v>
       </c>
       <c r="D35" s="5">
-        <v>6.6102730233542628</v>
+        <v>6.6092627463782083</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>73.818833713000004</v>
+        <v>73.818121793000003</v>
       </c>
       <c r="C36" s="5">
-        <v>0.49866916100000935</v>
+        <v>0.49779726500000265</v>
       </c>
       <c r="D36" s="5">
-        <v>8.4738315167730107</v>
+        <v>8.4584387689362828</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>73.974831652999995</v>
+        <v>73.975016839000006</v>
       </c>
       <c r="C37" s="5">
-        <v>0.15599793999999179</v>
+        <v>0.15689504600000248</v>
       </c>
       <c r="D37" s="5">
-        <v>2.5655878814680344</v>
+        <v>2.5805400303305914</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>74.320576255000006</v>
+        <v>74.320731796999993</v>
       </c>
       <c r="C38" s="5">
-        <v>0.34574460200001056</v>
+        <v>0.34571495799998786</v>
       </c>
       <c r="D38" s="5">
-        <v>5.7550206539165316</v>
+        <v>5.7544996913127422</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>74.858743633000003</v>
+        <v>74.858830420999993</v>
       </c>
       <c r="C39" s="5">
-        <v>0.53816737799999714</v>
+        <v>0.53809862399999986</v>
       </c>
       <c r="D39" s="5">
-        <v>9.043953192514099</v>
+        <v>9.0427316967864435</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>75.142957304999996</v>
+        <v>75.143002496999998</v>
       </c>
       <c r="C40" s="5">
-        <v>0.28421367199999281</v>
+        <v>0.28417207600000438</v>
       </c>
       <c r="D40" s="5">
-        <v>4.6523508192013674</v>
+        <v>4.6516501413036426</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>74.760471761000005</v>
+        <v>74.760517628000002</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.3824855439999908</v>
+        <v>-0.38248486899999534</v>
       </c>
       <c r="D41" s="5">
-        <v>-5.9399939139154085</v>
+        <v>-5.939980249913102</v>
       </c>
       <c r="E41" s="5">
-        <v>2.887558508717869</v>
+        <v>2.887546997939161</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>75.742313617999997</v>
+        <v>75.742388926000004</v>
       </c>
       <c r="C42" s="5">
-        <v>0.98184185699999205</v>
+        <v>0.9818712980000015</v>
       </c>
       <c r="D42" s="5">
-        <v>16.949509312778655</v>
+        <v>16.950043650968816</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>76.724061438000007</v>
+        <v>76.724038788000001</v>
       </c>
       <c r="C43" s="5">
-        <v>0.9817478200000096</v>
+        <v>0.9816498619999976</v>
       </c>
       <c r="D43" s="5">
-        <v>16.712187848779749</v>
+        <v>16.710381887444136</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>76.874184788999997</v>
+        <v>76.874188863000001</v>
       </c>
       <c r="C44" s="5">
-        <v>0.15012335099999063</v>
+        <v>0.15015007499999911</v>
       </c>
       <c r="D44" s="5">
-        <v>2.3734329277178112</v>
+        <v>2.3738606974389009</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>77.034632539</v>
+        <v>77.034467802999998</v>
       </c>
       <c r="C45" s="5">
-        <v>0.160447750000003</v>
+        <v>0.16027893999999776</v>
       </c>
       <c r="D45" s="5">
-        <v>2.5335285842071231</v>
+        <v>2.5308322363405411</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>76.981140023999998</v>
+        <v>76.981224245000007</v>
       </c>
       <c r="C46" s="5">
-        <v>-5.3492515000002072E-2</v>
+        <v>-5.3243557999991253E-2</v>
       </c>
       <c r="D46" s="5">
-        <v>-0.83009973116699998</v>
+        <v>-0.82625283753033907</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>76.827719755999993</v>
+        <v>76.827793689999993</v>
       </c>
       <c r="C47" s="5">
-        <v>-0.15342026800000497</v>
+        <v>-0.15343055500001412</v>
       </c>
       <c r="D47" s="5">
-        <v>-2.3655099099133103</v>
+        <v>-2.3656642255203697</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>77.322689697000001</v>
+        <v>77.322309012000005</v>
       </c>
       <c r="C48" s="5">
-        <v>0.49496994100000791</v>
+        <v>0.49451532200001225</v>
       </c>
       <c r="D48" s="5">
-        <v>8.0110306214139513</v>
+        <v>8.0034022768238557</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>77.843840594</v>
+        <v>77.843952989000002</v>
       </c>
       <c r="C49" s="5">
-        <v>0.52115089699999828</v>
+        <v>0.52164397699999654</v>
       </c>
       <c r="D49" s="5">
-        <v>8.3945940608371359</v>
+        <v>8.4028764072208606</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>77.711143258000007</v>
+        <v>77.711229763000006</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.13269733599999256</v>
+        <v>-0.13272322599999598</v>
       </c>
       <c r="D50" s="5">
-        <v>-2.0265226741647546</v>
+        <v>-2.0269114607011529</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>77.564187626999995</v>
+        <v>77.564242484000005</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.14695563100001152</v>
+        <v>-0.14698727900000108</v>
       </c>
       <c r="D51" s="5">
-        <v>-2.2458056816761385</v>
+        <v>-2.2462818380147409</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>77.976171113999996</v>
+        <v>77.976199422999997</v>
       </c>
       <c r="C52" s="5">
-        <v>0.41198348700000054</v>
+        <v>0.41195693899999242</v>
       </c>
       <c r="D52" s="5">
-        <v>6.5633571999917484</v>
+        <v>6.5629170522427893</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>78.485710815999994</v>
+        <v>78.485744217999994</v>
       </c>
       <c r="C53" s="5">
-        <v>0.50953970199999787</v>
+        <v>0.5095447949999965</v>
       </c>
       <c r="D53" s="5">
-        <v>8.1295205611726207</v>
+        <v>8.1296017022265623</v>
       </c>
       <c r="E53" s="5">
-        <v>4.9828993413914224</v>
+        <v>4.982879611048574</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>78.460010908000001</v>
+        <v>78.460026341000003</v>
       </c>
       <c r="C54" s="5">
-        <v>-2.5699907999992888E-2</v>
+        <v>-2.5717876999991063E-2</v>
       </c>
       <c r="D54" s="5">
-        <v>-0.39222947084651683</v>
+        <v>-0.39250305116544926</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>78.777627578999997</v>
+        <v>78.777614356000001</v>
       </c>
       <c r="C55" s="5">
-        <v>0.31761667099999613</v>
+        <v>0.31758801499999834</v>
       </c>
       <c r="D55" s="5">
-        <v>4.9673909206909395</v>
+        <v>4.9669317299029903</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>79.258509763999996</v>
+        <v>79.258493177000005</v>
       </c>
       <c r="C56" s="5">
-        <v>0.48088218499999869</v>
+        <v>0.48087882100000456</v>
       </c>
       <c r="D56" s="5">
-        <v>7.5761644966345632</v>
+        <v>7.5761110205414761</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>80.533838528000004</v>
+        <v>80.533818029000003</v>
       </c>
       <c r="C57" s="5">
-        <v>1.2753287640000082</v>
+        <v>1.2753248519999971</v>
       </c>
       <c r="D57" s="5">
-        <v>21.112778254270935</v>
+        <v>21.112712472952609</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>80.228964996000002</v>
+        <v>80.228938420000006</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.304873532000002</v>
+        <v>-0.30487960899999678</v>
       </c>
       <c r="D58" s="5">
-        <v>-4.4493865545643612</v>
+        <v>-4.4494745142058312</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>81.225912344999998</v>
+        <v>81.225919300000001</v>
       </c>
       <c r="C59" s="5">
-        <v>0.9969473489999956</v>
+        <v>0.9969808799999953</v>
       </c>
       <c r="D59" s="5">
-        <v>15.97407109183948</v>
+        <v>15.974651256882622</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>81.976680392000006</v>
+        <v>81.976582445000005</v>
       </c>
       <c r="C60" s="5">
-        <v>0.75076804700000821</v>
+        <v>0.75066314500000431</v>
       </c>
       <c r="D60" s="5">
-        <v>11.673147249034299</v>
+        <v>11.671431371040342</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>81.827299101999998</v>
+        <v>81.827352391999995</v>
       </c>
       <c r="C61" s="5">
-        <v>-0.14938129000000799</v>
+        <v>-0.1492300530000108</v>
       </c>
       <c r="D61" s="5">
-        <v>-2.164906378756426</v>
+        <v>-2.1627390347983555</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>82.415611545999994</v>
+        <v>82.415636160999995</v>
       </c>
       <c r="C62" s="5">
-        <v>0.58831244399999605</v>
+        <v>0.58828376900000023</v>
       </c>
       <c r="D62" s="5">
-        <v>8.9770954112535328</v>
+        <v>8.9766343340506047</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>82.955564314</v>
+        <v>82.955589993000004</v>
       </c>
       <c r="C63" s="5">
-        <v>0.53995276800000624</v>
+        <v>0.53995383200000902</v>
       </c>
       <c r="D63" s="5">
-        <v>8.15147263694187</v>
+        <v>8.1514867599520091</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>83.205033594</v>
+        <v>83.205044548000004</v>
       </c>
       <c r="C64" s="5">
-        <v>0.24946927999999957</v>
+        <v>0.2494545549999998</v>
       </c>
       <c r="D64" s="5">
-        <v>3.6690071636360067</v>
+        <v>3.6687858506060156</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>83.791455181000003</v>
+        <v>83.791467577000006</v>
       </c>
       <c r="C65" s="5">
-        <v>0.5864215870000038</v>
+        <v>0.58642302900000232</v>
       </c>
       <c r="D65" s="5">
-        <v>8.7931595422271478</v>
+        <v>8.7931808065325967</v>
       </c>
       <c r="E65" s="5">
-        <v>6.7601405527671909</v>
+        <v>6.7601109116873115</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>84.059323789999993</v>
+        <v>84.059317004999997</v>
       </c>
       <c r="C66" s="5">
-        <v>0.26786860899998999</v>
+        <v>0.26784942799999101</v>
       </c>
       <c r="D66" s="5">
-        <v>3.9043934252936507</v>
+        <v>3.904108325940947</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>84.624939072999993</v>
+        <v>84.624934318000001</v>
       </c>
       <c r="C67" s="5">
-        <v>0.56561528299999964</v>
+        <v>0.56561731300000417</v>
       </c>
       <c r="D67" s="5">
-        <v>8.3801440374533307</v>
+        <v>8.3801759372413631</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>84.863596490000006</v>
+        <v>84.863587832999997</v>
       </c>
       <c r="C68" s="5">
-        <v>0.23865741700001308</v>
+        <v>0.23865351499999576</v>
       </c>
       <c r="D68" s="5">
-        <v>3.4372030458561964</v>
+        <v>3.4371461699067574</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>84.677849500999997</v>
+        <v>84.677834627999999</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.18574698900000897</v>
+        <v>-0.18575320499999748</v>
       </c>
       <c r="D69" s="5">
-        <v>-2.5951361518278038</v>
+        <v>-2.5952222164737915</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>85.107438884999993</v>
+        <v>85.107420519000001</v>
       </c>
       <c r="C70" s="5">
-        <v>0.42958938399999624</v>
+        <v>0.42958589100000211</v>
       </c>
       <c r="D70" s="5">
-        <v>6.260637917060885</v>
+        <v>6.2605867134613025</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>85.095296888999997</v>
+        <v>85.095302911999994</v>
       </c>
       <c r="C71" s="5">
-        <v>-1.214199599999688E-2</v>
+        <v>-1.2117607000007524E-2</v>
       </c>
       <c r="D71" s="5">
-        <v>-0.17106574843783751</v>
+        <v>-0.17072244335458731</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>85.127917303999993</v>
+        <v>85.127900185000001</v>
       </c>
       <c r="C72" s="5">
-        <v>3.2620414999996683E-2</v>
+        <v>3.2597273000007476E-2</v>
       </c>
       <c r="D72" s="5">
-        <v>0.46097887930043324</v>
+        <v>0.46065112365629712</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>85.418413283999996</v>
+        <v>85.418440207000003</v>
       </c>
       <c r="C73" s="5">
-        <v>0.29049598000000287</v>
+        <v>0.29054002200000184</v>
       </c>
       <c r="D73" s="5">
-        <v>4.1726945835509177</v>
+        <v>4.1733399816330063</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>85.958800538000006</v>
+        <v>85.958826176000002</v>
       </c>
       <c r="C74" s="5">
-        <v>0.54038725400000942</v>
+        <v>0.54038596899999902</v>
       </c>
       <c r="D74" s="5">
-        <v>7.8614274491852543</v>
+        <v>7.8614055354341295</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>85.724281699000002</v>
+        <v>85.724317963000004</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.23451883900000325</v>
+        <v>-0.23450821299999802</v>
       </c>
       <c r="D75" s="5">
-        <v>-3.2252415241536325</v>
+        <v>-3.2250966273135617</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>85.751744936999998</v>
+        <v>85.751702510000001</v>
       </c>
       <c r="C76" s="5">
-        <v>2.7463237999995727E-2</v>
+        <v>2.7384546999996928E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>0.38511861396335334</v>
+        <v>0.38401302315762553</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>85.691780499999993</v>
+        <v>85.691771672000002</v>
       </c>
       <c r="C77" s="5">
-        <v>-5.9964437000004978E-2</v>
+        <v>-5.9930837999999653E-2</v>
       </c>
       <c r="D77" s="5">
-        <v>-0.83591556039926962</v>
+        <v>-0.83544939468203072</v>
       </c>
       <c r="E77" s="5">
-        <v>2.2679225642937562</v>
+        <v>2.2678968992322801</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>85.917874718999997</v>
+        <v>85.917870948000001</v>
       </c>
       <c r="C78" s="5">
-        <v>0.2260942190000037</v>
+        <v>0.22609927599999935</v>
       </c>
       <c r="D78" s="5">
-        <v>3.2125025303890276</v>
+        <v>3.2125757654280163</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>85.845427920999995</v>
+        <v>85.845425464000002</v>
       </c>
       <c r="C79" s="5">
-        <v>-7.2446798000001422E-2</v>
+        <v>-7.2445483999999283E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>-1.0071723622175455</v>
+        <v>-1.0071542233151209</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>85.832653354000001</v>
+        <v>85.832643931999996</v>
       </c>
       <c r="C80" s="5">
-        <v>-1.2774566999993908E-2</v>
+        <v>-1.2781532000005313E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>-0.17842464755384313</v>
+        <v>-0.1785218544027023</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>86.372160295</v>
+        <v>86.372147827999996</v>
       </c>
       <c r="C81" s="5">
-        <v>0.53950694099999907</v>
+        <v>0.53950389599999937</v>
       </c>
       <c r="D81" s="5">
-        <v>7.8089775994248933</v>
+        <v>7.8089328775727607</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>86.424917562000005</v>
+        <v>86.424906961999994</v>
       </c>
       <c r="C82" s="5">
-        <v>5.2757267000004049E-2</v>
+        <v>5.2759133999998653E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>0.73544343188991501</v>
+        <v>0.73546965213697746</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>86.556027905999997</v>
+        <v>86.556036875000004</v>
       </c>
       <c r="C83" s="5">
-        <v>0.13111034399999255</v>
+        <v>0.13112991300000942</v>
       </c>
       <c r="D83" s="5">
-        <v>1.8357184333340548</v>
+        <v>1.8359949428091271</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>86.578435446</v>
+        <v>86.578438075999998</v>
       </c>
       <c r="C84" s="5">
-        <v>2.2407540000003223E-2</v>
+        <v>2.2401200999993875E-2</v>
       </c>
       <c r="D84" s="5">
-        <v>0.31109753146214558</v>
+        <v>0.31100936567827198</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>87.173699791000004</v>
+        <v>87.173719750999993</v>
       </c>
       <c r="C85" s="5">
-        <v>0.59526434500000391</v>
+        <v>0.5952816749999954</v>
       </c>
       <c r="D85" s="5">
-        <v>8.569775823574922</v>
+        <v>8.5700345556942281</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>86.858412728000005</v>
+        <v>86.858471968000003</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.31528706299999953</v>
+        <v>-0.31524778299998957</v>
       </c>
       <c r="D86" s="5">
-        <v>-4.2548195497112307</v>
+        <v>-4.2542990072320315</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>87.910697815000006</v>
+        <v>87.910762793999993</v>
       </c>
       <c r="C87" s="5">
-        <v>1.0522850870000013</v>
+        <v>1.0522908259999895</v>
       </c>
       <c r="D87" s="5">
-        <v>15.546837777698475</v>
+        <v>15.546916975750879</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>88.699613549999995</v>
+        <v>88.699524592000003</v>
       </c>
       <c r="C88" s="5">
-        <v>0.78891573499998913</v>
+        <v>0.78876179800001012</v>
       </c>
       <c r="D88" s="5">
-        <v>11.316618056844408</v>
+        <v>11.314291036975899</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>88.582190513</v>
+        <v>88.582156135000005</v>
       </c>
       <c r="C89" s="5">
-        <v>-0.11742303699999468</v>
+        <v>-0.11736845699999776</v>
       </c>
       <c r="D89" s="5">
-        <v>-1.5770779198693963</v>
+        <v>-1.5763517663470505</v>
       </c>
       <c r="E89" s="5">
-        <v>3.3730306409026189</v>
+        <v>3.3730011722285846</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>88.684289280000002</v>
+        <v>88.684278749000001</v>
       </c>
       <c r="C90" s="5">
-        <v>0.10209876700000109</v>
+        <v>0.10212261399999534</v>
       </c>
       <c r="D90" s="5">
-        <v>1.3919071648156978</v>
+        <v>1.3922348776328697</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>89.097917597000006</v>
+        <v>89.09790495</v>
       </c>
       <c r="C91" s="5">
-        <v>0.41362831700000413</v>
+        <v>0.41362620099999958</v>
       </c>
       <c r="D91" s="5">
-        <v>5.7426929770084678</v>
+        <v>5.7426635409323801</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>89.793534851000004</v>
+        <v>89.793517901000001</v>
       </c>
       <c r="C92" s="5">
-        <v>0.6956172539999983</v>
+        <v>0.69561295100000109</v>
       </c>
       <c r="D92" s="5">
-        <v>9.7817568896020113</v>
+        <v>9.7816952079584638</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>90.063112637000003</v>
+        <v>90.063095751000006</v>
       </c>
       <c r="C93" s="5">
-        <v>0.26957778599999926</v>
+        <v>0.26957785000000456</v>
       </c>
       <c r="D93" s="5">
-        <v>3.6627214682353859</v>
+        <v>3.6627230550592138</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>90.758311054999993</v>
+        <v>90.758302716000003</v>
       </c>
       <c r="C94" s="5">
-        <v>0.69519841799998972</v>
+        <v>0.69520696499999701</v>
       </c>
       <c r="D94" s="5">
-        <v>9.6663618708540344</v>
+        <v>9.6664876925008478</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>90.672913983000001</v>
+        <v>90.672921197999997</v>
       </c>
       <c r="C95" s="5">
-        <v>-8.5397071999992136E-2</v>
+        <v>-8.5381518000005485E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>-1.123289077691092</v>
+        <v>-1.1230856448389837</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>90.675444963999993</v>
+        <v>90.675473944999993</v>
       </c>
       <c r="C96" s="5">
-        <v>2.5309809999924937E-3</v>
+        <v>2.5527469999957475E-3</v>
       </c>
       <c r="D96" s="5">
-        <v>3.3501112814193768E-2</v>
+        <v>3.3789258528660326E-2</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>90.760126636999999</v>
+        <v>90.760156678000001</v>
       </c>
       <c r="C97" s="5">
-        <v>8.4681673000005731E-2</v>
+        <v>8.468273300000817E-2</v>
       </c>
       <c r="D97" s="5">
-        <v>1.1264526018913479</v>
+        <v>1.1264664128453283</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>91.117533296000005</v>
+        <v>91.117650240000003</v>
       </c>
       <c r="C98" s="5">
-        <v>0.35740665900000579</v>
+        <v>0.35749356200000193</v>
       </c>
       <c r="D98" s="5">
-        <v>4.8292145169071876</v>
+        <v>4.8304126551354631</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>92.035354291999994</v>
+        <v>92.035465305000002</v>
       </c>
       <c r="C99" s="5">
-        <v>0.91782099599998901</v>
+        <v>0.91781506499999921</v>
       </c>
       <c r="D99" s="5">
-        <v>12.780187414059618</v>
+        <v>12.780082878206688</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>92.167591130000005</v>
+        <v>92.167452595</v>
       </c>
       <c r="C100" s="5">
-        <v>0.1322368380000114</v>
+        <v>0.13198728999999787</v>
       </c>
       <c r="D100" s="5">
-        <v>1.7378563089793131</v>
+        <v>1.7345487302536711</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>92.066000126000006</v>
+        <v>92.065926805999993</v>
       </c>
       <c r="C101" s="5">
-        <v>-0.10159100399999943</v>
+        <v>-0.10152578900000719</v>
       </c>
       <c r="D101" s="5">
-        <v>-1.3147013817652931</v>
+        <v>-1.3138644959848178</v>
       </c>
       <c r="E101" s="5">
-        <v>3.9328555693017409</v>
+        <v>3.9328131341606731</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>93.531349879999993</v>
+        <v>93.531310081000001</v>
       </c>
       <c r="C102" s="5">
-        <v>1.4653497539999876</v>
+        <v>1.4653832750000078</v>
       </c>
       <c r="D102" s="5">
-        <v>20.863488068254131</v>
+        <v>20.864025965654555</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>93.322618477000006</v>
+        <v>93.322579091999998</v>
       </c>
       <c r="C103" s="5">
-        <v>-0.20873140299998738</v>
+        <v>-0.20873098900000286</v>
       </c>
       <c r="D103" s="5">
-        <v>-2.6453806771700727</v>
+        <v>-2.6453766063951778</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>93.176493167000004</v>
+        <v>93.176455848000003</v>
       </c>
       <c r="C104" s="5">
-        <v>-0.14612531000000217</v>
+        <v>-0.14612324399999466</v>
       </c>
       <c r="D104" s="5">
-        <v>-1.8628722733439074</v>
+        <v>-1.8628469408568438</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>92.930235890000006</v>
+        <v>92.930202370000003</v>
       </c>
       <c r="C105" s="5">
-        <v>-0.246257276999998</v>
+        <v>-0.24625347799999986</v>
       </c>
       <c r="D105" s="5">
-        <v>-3.1257973007663198</v>
+        <v>-3.1257510117800535</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>93.183520336000001</v>
+        <v>93.183506520999998</v>
       </c>
       <c r="C106" s="5">
-        <v>0.253284445999995</v>
+        <v>0.2533041509999947</v>
       </c>
       <c r="D106" s="5">
-        <v>3.3201163544069878</v>
+        <v>3.3203797527409096</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>93.452999848999994</v>
+        <v>93.453020151000004</v>
       </c>
       <c r="C107" s="5">
-        <v>0.26947951299999318</v>
+        <v>0.26951363000000583</v>
       </c>
       <c r="D107" s="5">
-        <v>3.5260397082319539</v>
+        <v>3.5264937728332946</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>94.113150899000004</v>
+        <v>94.113213013000006</v>
       </c>
       <c r="C108" s="5">
-        <v>0.66015105000001029</v>
+        <v>0.66019286200000238</v>
       </c>
       <c r="D108" s="5">
-        <v>8.8140071133955935</v>
+        <v>8.8145852433491036</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>94.394101566000003</v>
+        <v>94.394178499999995</v>
       </c>
       <c r="C109" s="5">
-        <v>0.28095066699999904</v>
+        <v>0.28096548699998891</v>
       </c>
       <c r="D109" s="5">
-        <v>3.6416984418057741</v>
+        <v>3.6418912613697785</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>94.501990871000004</v>
+        <v>94.502195052999994</v>
       </c>
       <c r="C110" s="5">
-        <v>0.10788930500000049</v>
+        <v>0.10801655299999879</v>
       </c>
       <c r="D110" s="5">
-        <v>1.3802149089911397</v>
+        <v>1.3818519030525112</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>95.117818838999995</v>
+        <v>95.118061866999994</v>
       </c>
       <c r="C111" s="5">
-        <v>0.61582796799999073</v>
+        <v>0.61586681400000032</v>
       </c>
       <c r="D111" s="5">
-        <v>8.1063239198822412</v>
+        <v>8.1068355786966926</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>95.867147381999999</v>
+        <v>95.866880046000006</v>
       </c>
       <c r="C112" s="5">
-        <v>0.74932854300000429</v>
+        <v>0.74881817900001124</v>
       </c>
       <c r="D112" s="5">
-        <v>9.8740321182268165</v>
+        <v>9.8669868294035457</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>95.971543816999997</v>
+        <v>95.971386706000004</v>
       </c>
       <c r="C113" s="5">
-        <v>0.10439643499999818</v>
+        <v>0.10450665999999842</v>
       </c>
       <c r="D113" s="5">
-        <v>1.3146189688844512</v>
+        <v>1.3160190089841262</v>
       </c>
       <c r="E113" s="5">
-        <v>4.2421129251351442</v>
+        <v>4.2420252915386758</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>97.005883123000004</v>
+        <v>97.005788514000002</v>
       </c>
       <c r="C114" s="5">
-        <v>1.0343393060000068</v>
+        <v>1.0344018079999984</v>
       </c>
       <c r="D114" s="5">
-        <v>13.727924371613209</v>
+        <v>13.728827512764541</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>97.317250306999995</v>
+        <v>97.317172094</v>
       </c>
       <c r="C115" s="5">
-        <v>0.31136718399999097</v>
+        <v>0.31138357999999755</v>
       </c>
       <c r="D115" s="5">
-        <v>3.9204619385901252</v>
+        <v>3.9206759324462936</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>98.244419875999995</v>
+        <v>98.244355087000002</v>
       </c>
       <c r="C116" s="5">
-        <v>0.92716956900000014</v>
+        <v>0.9271829930000024</v>
       </c>
       <c r="D116" s="5">
-        <v>12.051263148325276</v>
+        <v>12.051457073790539</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>97.846420555999998</v>
+        <v>97.846374054999998</v>
       </c>
       <c r="C117" s="5">
-        <v>-0.39799931999999671</v>
+        <v>-0.39798103200000412</v>
       </c>
       <c r="D117" s="5">
-        <v>-4.7544698707264743</v>
+        <v>-4.7542593137024802</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>97.276337342000005</v>
+        <v>97.276330148</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.57008321399999318</v>
+        <v>-0.57004390699999874</v>
       </c>
       <c r="D118" s="5">
-        <v>-6.771819577253857</v>
+        <v>-6.7713706370418851</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>97.381450209999997</v>
+        <v>97.381496451000004</v>
       </c>
       <c r="C119" s="5">
-        <v>0.10511286799999198</v>
+        <v>0.10516630300000429</v>
       </c>
       <c r="D119" s="5">
-        <v>1.3044054121958304</v>
+        <v>1.3050725624750292</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>98.393845429999999</v>
+        <v>98.393952061999997</v>
       </c>
       <c r="C120" s="5">
-        <v>1.0123952200000019</v>
+        <v>1.0124556109999929</v>
       </c>
       <c r="D120" s="5">
-        <v>13.214057264387247</v>
+        <v>13.214884475181353</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>98.987862391999997</v>
+        <v>98.988002890999994</v>
       </c>
       <c r="C121" s="5">
-        <v>0.59401696199999776</v>
+        <v>0.59405082899999684</v>
       </c>
       <c r="D121" s="5">
-        <v>7.4900198107267002</v>
+        <v>7.4904527329346937</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>98.973486269999995</v>
+        <v>98.973789792999995</v>
       </c>
       <c r="C122" s="5">
-        <v>-1.4376122000001601E-2</v>
+        <v>-1.4213097999999036E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>-0.17413825059443555</v>
+        <v>-0.17216485268397586</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>99.078275298999998</v>
+        <v>99.078655351999998</v>
       </c>
       <c r="C123" s="5">
-        <v>0.10478902900000264</v>
+        <v>0.10486555900000383</v>
       </c>
       <c r="D123" s="5">
-        <v>1.2779348838819038</v>
+        <v>1.2788696917862552</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>98.979412417000006</v>
+        <v>98.979002309999998</v>
       </c>
       <c r="C124" s="5">
-        <v>-9.8862881999991714E-2</v>
+        <v>-9.9653041999999914E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>-1.1908417078401734</v>
+        <v>-1.2003023236467847</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>99.186818481000003</v>
+        <v>99.186553023000002</v>
       </c>
       <c r="C125" s="5">
-        <v>0.20740606399999706</v>
+        <v>0.20755071300000338</v>
       </c>
       <c r="D125" s="5">
-        <v>2.5437190993433445</v>
+        <v>2.5455243170800612</v>
       </c>
       <c r="E125" s="5">
-        <v>3.3502375142896001</v>
+        <v>3.3501301037249576</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>99.308613338000001</v>
+        <v>99.308492638000004</v>
       </c>
       <c r="C126" s="5">
-        <v>0.12179485699999759</v>
+        <v>0.12193961500000228</v>
       </c>
       <c r="D126" s="5">
-        <v>1.4835131507413557</v>
+        <v>1.4852923061653645</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>99.640639548999999</v>
+        <v>99.640505757</v>
       </c>
       <c r="C127" s="5">
-        <v>0.33202621099999874</v>
+        <v>0.33201311899999553</v>
       </c>
       <c r="D127" s="5">
-        <v>4.0866577096792867</v>
+        <v>4.0864986541591319</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>99.122038693999997</v>
+        <v>99.121941053</v>
       </c>
       <c r="C128" s="5">
-        <v>-0.51860085500000253</v>
+        <v>-0.51856470399999921</v>
       </c>
       <c r="D128" s="5">
-        <v>-6.0699328490068538</v>
+        <v>-6.0695296770587497</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>99.588994873000004</v>
+        <v>99.588941848999994</v>
       </c>
       <c r="C129" s="5">
-        <v>0.46695617900000741</v>
+        <v>0.46700079599999356</v>
       </c>
       <c r="D129" s="5">
-        <v>5.8019032438228146</v>
+        <v>5.8024779153628581</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>100.12334179</v>
+        <v>100.12334928</v>
       </c>
       <c r="C130" s="5">
-        <v>0.53434691699999348</v>
+        <v>0.53440743100000532</v>
       </c>
       <c r="D130" s="5">
-        <v>6.6320719777863024</v>
+        <v>6.6328489908388244</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>100.9111278</v>
+        <v>100.91120567</v>
       </c>
       <c r="C131" s="5">
-        <v>0.78778601000000492</v>
+        <v>0.78785639000000174</v>
       </c>
       <c r="D131" s="5">
-        <v>9.861286726566366</v>
+        <v>9.8622054270698811</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>100.19968024000001</v>
+        <v>100.19983173</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.71144755999999632</v>
+        <v>-0.71137394000000143</v>
       </c>
       <c r="D132" s="5">
-        <v>-8.1398166737650435</v>
+        <v>-8.1390007189923281</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>100.37627458999999</v>
+        <v>100.37647581</v>
       </c>
       <c r="C133" s="5">
-        <v>0.1765943499999878</v>
+        <v>0.17664408000000265</v>
       </c>
       <c r="D133" s="5">
-        <v>2.1355305784790612</v>
+        <v>2.1361345383549946</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>100.55732823</v>
+        <v>100.55769422</v>
       </c>
       <c r="C134" s="5">
-        <v>0.18105364000000179</v>
+        <v>0.18121840999999961</v>
       </c>
       <c r="D134" s="5">
-        <v>2.18610202968339</v>
+        <v>2.1881068840162055</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>100.23182989999999</v>
+        <v>100.23230766</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.32549833000000206</v>
+        <v>-0.32538655999999833</v>
       </c>
       <c r="D135" s="5">
-        <v>-3.8159187548761575</v>
+        <v>-3.8146180338457847</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>100.1648326</v>
+        <v>100.16432449</v>
       </c>
       <c r="C136" s="5">
-        <v>-6.699729999999704E-2</v>
+        <v>-6.7983170000005089E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>-0.79916582106095424</v>
+        <v>-0.8108779185576398</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>100.5545358</v>
+        <v>100.55418182</v>
       </c>
       <c r="C137" s="5">
-        <v>0.38970319999999958</v>
+        <v>0.38985732999999811</v>
       </c>
       <c r="D137" s="5">
-        <v>4.7699534724666037</v>
+        <v>4.7719053125739652</v>
       </c>
       <c r="E137" s="5">
-        <v>1.3789305272071006</v>
+        <v>1.3788449697237359</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>100.17578176000001</v>
+        <v>100.17564265</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.3787540399999898</v>
+        <v>-0.37853916999999626</v>
       </c>
       <c r="D138" s="5">
-        <v>-4.4275106781048628</v>
+        <v>-4.4250659503067835</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>100.33779111</v>
+        <v>100.33761699</v>
       </c>
       <c r="C139" s="5">
-        <v>0.16200934999999106</v>
+        <v>0.16197434000000044</v>
       </c>
       <c r="D139" s="5">
-        <v>1.9580564978636694</v>
+        <v>1.9576323372447524</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>100.7468473</v>
+        <v>100.74673525</v>
       </c>
       <c r="C140" s="5">
-        <v>0.40905619000000115</v>
+        <v>0.40911825999999962</v>
       </c>
       <c r="D140" s="5">
-        <v>5.0033469331226543</v>
+        <v>5.0041321243619263</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>100.75744555999999</v>
+        <v>100.75740005</v>
       </c>
       <c r="C141" s="5">
-        <v>1.0598259999994752E-2</v>
+        <v>1.0664800000000696E-2</v>
       </c>
       <c r="D141" s="5">
-        <v>0.1263093912286628</v>
+        <v>0.12710301394465162</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>100.75721856</v>
+        <v>100.75724248</v>
       </c>
       <c r="C142" s="5">
-        <v>-2.2699999999531428E-4</v>
+        <v>-1.5756999999894106E-4</v>
       </c>
       <c r="D142" s="5">
-        <v>-2.7034887909560545E-3</v>
+        <v>-1.8766102893530423E-3</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>100.91107065999999</v>
+        <v>100.91117192999999</v>
       </c>
       <c r="C143" s="5">
-        <v>0.15385209999999461</v>
+        <v>0.15392944999999258</v>
       </c>
       <c r="D143" s="5">
-        <v>1.8478174755659271</v>
+        <v>1.8487538533051406</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>101.05547657</v>
+        <v>101.05565411000001</v>
       </c>
       <c r="C144" s="5">
-        <v>0.14440591000000325</v>
+        <v>0.14448218000001134</v>
       </c>
       <c r="D144" s="5">
-        <v>1.7308060867304631</v>
+        <v>1.7317256952910087</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>101.27591611</v>
+        <v>101.2761308</v>
       </c>
       <c r="C145" s="5">
-        <v>0.22043954000000099</v>
+        <v>0.22047668999999814</v>
       </c>
       <c r="D145" s="5">
-        <v>2.6492806414298853</v>
+        <v>2.6497277764731209</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>101.03798354</v>
+        <v>101.03831603</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.23793256999999812</v>
+        <v>-0.23781476999999995</v>
       </c>
       <c r="D146" s="5">
-        <v>-2.7830753937209241</v>
+        <v>-2.7817094237207907</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>99.645072800999998</v>
+        <v>99.645514022</v>
       </c>
       <c r="C147" s="5">
-        <v>-1.3929107390000013</v>
+        <v>-1.3928020080000039</v>
       </c>
       <c r="D147" s="5">
-        <v>-15.344748784589468</v>
+        <v>-15.34359355873044</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>98.681221827000002</v>
+        <v>98.680775241999996</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.96385097399999609</v>
+        <v>-0.96473878000000468</v>
       </c>
       <c r="D148" s="5">
-        <v>-11.009371997871432</v>
+        <v>-11.018932770533119</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>98.361936403000001</v>
+        <v>98.361563813000004</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.31928542400000026</v>
+        <v>-0.31921142899999211</v>
       </c>
       <c r="D149" s="5">
-        <v>-3.8142752716968098</v>
+        <v>-3.8134239252593627</v>
       </c>
       <c r="E149" s="5">
-        <v>-2.1805077011752161</v>
+        <v>-2.1805338846324185</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>97.788789829999999</v>
+        <v>97.788678270999995</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.57314657300000249</v>
+        <v>-0.57288554200000874</v>
       </c>
       <c r="D150" s="5">
-        <v>-6.7725037737716764</v>
+        <v>-6.7695422922566255</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>97.092673603999998</v>
+        <v>97.092497721000001</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.69611622600000089</v>
+        <v>-0.69618054999999401</v>
       </c>
       <c r="D151" s="5">
-        <v>-8.2156443007036284</v>
+        <v>-8.2163829942973443</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>97.315439803999993</v>
+        <v>97.315335618000006</v>
       </c>
       <c r="C152" s="5">
-        <v>0.22276619999999525</v>
+        <v>0.22283789700000511</v>
       </c>
       <c r="D152" s="5">
-        <v>2.7882503475647802</v>
+        <v>2.7891642167727992</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>96.994225600999997</v>
+        <v>96.994189071999998</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.3212142029999967</v>
+        <v>-0.32114654600000847</v>
       </c>
       <c r="D153" s="5">
-        <v>-3.8897817865424011</v>
+        <v>-3.8889813872539314</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>96.699212426000003</v>
+        <v>96.699239973000005</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.29501317499999402</v>
+        <v>-0.294949098999993</v>
       </c>
       <c r="D154" s="5">
-        <v>-3.5894226776857829</v>
+        <v>-3.588657386999361</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>96.591481885999997</v>
+        <v>96.591593692999993</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.1077305400000057</v>
+        <v>-0.10764628000001153</v>
       </c>
       <c r="D155" s="5">
-        <v>-1.3287331411436343</v>
+        <v>-1.3276998690778696</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>95.862778144000004</v>
+        <v>95.862945706000005</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.72870374199999333</v>
+        <v>-0.72864798699998801</v>
       </c>
       <c r="D156" s="5">
-        <v>-8.6866695793717756</v>
+        <v>-8.6860226286694324</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>95.649535986000004</v>
+        <v>95.649720700000003</v>
       </c>
       <c r="C157" s="5">
-        <v>-0.2132421579999999</v>
+        <v>-0.21322500600000183</v>
       </c>
       <c r="D157" s="5">
-        <v>-2.6369254293906574</v>
+        <v>-2.6367113653284369</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>94.391011057</v>
+        <v>94.391271090999993</v>
       </c>
       <c r="C158" s="5">
-        <v>-1.2585249290000036</v>
+        <v>-1.2584496090000101</v>
       </c>
       <c r="D158" s="5">
-        <v>-14.695243867809904</v>
+        <v>-14.694400673540686</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>93.576759795000001</v>
+        <v>93.577146976999998</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.81425126199999909</v>
+        <v>-0.81412411399999485</v>
       </c>
       <c r="D159" s="5">
-        <v>-9.8743558200793835</v>
+        <v>-9.8728603824744017</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>93.561015083000001</v>
+        <v>93.560632783000003</v>
       </c>
       <c r="C160" s="5">
-        <v>-1.574471200000005E-2</v>
+        <v>-1.6514193999995541E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>-0.20171867522846831</v>
+        <v>-0.21156671148715445</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>93.253746711000005</v>
+        <v>93.253392051000006</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.30726837199999579</v>
+        <v>-0.3072407319999968</v>
       </c>
       <c r="D161" s="5">
-        <v>-3.8705678749126893</v>
+        <v>-3.8702414959545961</v>
       </c>
       <c r="E161" s="5">
-        <v>-5.1932585701354732</v>
+        <v>-5.1932600133436253</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>92.947323699999998</v>
+        <v>92.947240196999999</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.3064230110000068</v>
+        <v>-0.30615185400000655</v>
       </c>
       <c r="D162" s="5">
-        <v>-3.8726001780649666</v>
+        <v>-3.8692493632428215</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>92.976499150999999</v>
+        <v>92.976352863000002</v>
       </c>
       <c r="C163" s="5">
-        <v>2.9175451000000407E-2</v>
+        <v>2.9112666000003173E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>0.37732175128755152</v>
+        <v>0.37650870177621254</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>92.254405323</v>
+        <v>92.254323970000002</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.72209382799999844</v>
+        <v>-0.72202889300000095</v>
       </c>
       <c r="D164" s="5">
-        <v>-8.9317295036048243</v>
+        <v>-8.9309737564461695</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>92.370429217999998</v>
+        <v>92.370407061999998</v>
       </c>
       <c r="C165" s="5">
-        <v>0.11602389499999788</v>
+        <v>0.11608309199999667</v>
       </c>
       <c r="D165" s="5">
-        <v>1.5196648725270379</v>
+        <v>1.5204469504806806</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>92.177271493000006</v>
+        <v>92.177301639999996</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.19315772499999184</v>
+        <v>-0.19310542200000214</v>
       </c>
       <c r="D166" s="5">
-        <v>-2.4806847855690317</v>
+        <v>-2.4800213615014166</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>91.606578138000003</v>
+        <v>91.606688133000006</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.57069335500000307</v>
+        <v>-0.57061350699999025</v>
       </c>
       <c r="D167" s="5">
-        <v>-7.1816706324088546</v>
+        <v>-7.1806975081122211</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>91.203430408000003</v>
+        <v>91.203569623999996</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.40314773000000059</v>
+        <v>-0.40311850900000934</v>
       </c>
       <c r="D168" s="5">
-        <v>-5.1550628124954478</v>
+        <v>-5.1546921188850288</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>91.371155874999999</v>
+        <v>91.371283457000004</v>
       </c>
       <c r="C169" s="5">
-        <v>0.1677254669999968</v>
+        <v>0.16771383300000764</v>
       </c>
       <c r="D169" s="5">
-        <v>2.2292897371841702</v>
+        <v>2.2291301018049214</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>91.077604367999996</v>
+        <v>91.077775208999995</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.29355150700000365</v>
+        <v>-0.29350824800000908</v>
       </c>
       <c r="D170" s="5">
-        <v>-3.7878857850783709</v>
+        <v>-3.787332215683159</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>91.384648420000005</v>
+        <v>91.384927492000003</v>
       </c>
       <c r="C171" s="5">
-        <v>0.30704405200000906</v>
+        <v>0.30715228300000774</v>
       </c>
       <c r="D171" s="5">
-        <v>4.1213424504546348</v>
+        <v>4.122814370382355</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>91.107426892999996</v>
+        <v>91.107168803999997</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.2772215270000089</v>
+        <v>-0.2777586880000058</v>
       </c>
       <c r="D172" s="5">
-        <v>-3.5801546315190946</v>
+        <v>-3.5869654291988629</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>90.907155950999993</v>
+        <v>90.906862218000001</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.20027094200000306</v>
+        <v>-0.2003065859999964</v>
       </c>
       <c r="D173" s="5">
-        <v>-2.6061627328045622</v>
+        <v>-2.6066282753472558</v>
       </c>
       <c r="E173" s="5">
-        <v>-2.516350112207566</v>
+        <v>-2.5162943474664079</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>90.697894750000003</v>
+        <v>90.697863519999999</v>
       </c>
       <c r="C174" s="5">
-        <v>-0.20926120099998968</v>
+        <v>-0.20899869800000204</v>
       </c>
       <c r="D174" s="5">
-        <v>-2.7276012259882298</v>
+        <v>-2.7242314879203477</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>90.396329351000006</v>
+        <v>90.396223547000005</v>
       </c>
       <c r="C175" s="5">
-        <v>-0.30156539899999757</v>
+        <v>-0.30163997299999323</v>
       </c>
       <c r="D175" s="5">
-        <v>-3.9177705130497009</v>
+        <v>-3.9187230096505155</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>90.250721921999997</v>
+        <v>90.250663562</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.14560742900000889</v>
+        <v>-0.14555998500000555</v>
       </c>
       <c r="D176" s="5">
-        <v>-1.9158879090099279</v>
+        <v>-1.915271385805517</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>90.512370363000002</v>
+        <v>90.512356662000002</v>
       </c>
       <c r="C177" s="5">
-        <v>0.2616484410000055</v>
+        <v>0.26169310000000223</v>
       </c>
       <c r="D177" s="5">
-        <v>3.534966444283727</v>
+        <v>3.5355817813163437</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>90.176594324000007</v>
+        <v>90.176620403000001</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.33577603899999531</v>
+        <v>-0.33573625900000081</v>
       </c>
       <c r="D178" s="5">
-        <v>-4.3619547195515977</v>
+        <v>-4.3614490943043149</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>90.143549604</v>
+        <v>90.143643030000007</v>
       </c>
       <c r="C179" s="5">
-        <v>-3.3044720000006578E-2</v>
+        <v>-3.2977372999994259E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-0.43884826279640965</v>
+        <v>-0.4379555370945809</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>91.085699125000005</v>
+        <v>91.085800368999998</v>
       </c>
       <c r="C180" s="5">
-        <v>0.9421495210000046</v>
+        <v>0.94215733899999066</v>
       </c>
       <c r="D180" s="5">
-        <v>13.28867264643463</v>
+        <v>13.288774757158661</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>91.017902215000007</v>
+        <v>91.017975761000002</v>
       </c>
       <c r="C181" s="5">
-        <v>-6.7796909999998434E-2</v>
+        <v>-6.7824607999995123E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>-0.88953660758324116</v>
+        <v>-0.88989755001439574</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>91.156178733999994</v>
+        <v>91.156271453000002</v>
       </c>
       <c r="C182" s="5">
-        <v>0.13827651899998727</v>
+        <v>0.1382956919999998</v>
       </c>
       <c r="D182" s="5">
-        <v>1.8383784425985983</v>
+        <v>1.8386339823857289</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>92.041845129999999</v>
+        <v>92.042011981000002</v>
       </c>
       <c r="C183" s="5">
-        <v>0.88566639600000485</v>
+        <v>0.88574052799999947</v>
       </c>
       <c r="D183" s="5">
-        <v>12.302767686589377</v>
+        <v>12.303839906082171</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>92.253809536999995</v>
+        <v>92.253668797000003</v>
       </c>
       <c r="C184" s="5">
-        <v>0.21196440699999641</v>
+        <v>0.21165681600000141</v>
       </c>
       <c r="D184" s="5">
-        <v>2.7987687902234493</v>
+        <v>2.794650737561466</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>92.109613116000006</v>
+        <v>92.109406097999994</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.14419642099998953</v>
+        <v>-0.14426269900000932</v>
       </c>
       <c r="D185" s="5">
-        <v>-1.8596076343420753</v>
+        <v>-1.8604578546694395</v>
       </c>
       <c r="E185" s="5">
-        <v>1.3227310352203148</v>
+        <v>1.3228306979909066</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>92.458694378000004</v>
+        <v>92.458683077000003</v>
       </c>
       <c r="C186" s="5">
-        <v>0.34908126199999856</v>
+        <v>0.34927697900000965</v>
       </c>
       <c r="D186" s="5">
-        <v>4.6438185411300958</v>
+        <v>4.6464873602352075</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>92.590832504999995</v>
+        <v>92.590770315</v>
       </c>
       <c r="C187" s="5">
-        <v>0.13213812699999039</v>
+        <v>0.13208723799999689</v>
       </c>
       <c r="D187" s="5">
-        <v>1.7285350605821925</v>
+        <v>1.7278643412119932</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>93.350654810999998</v>
+        <v>93.350622223000002</v>
       </c>
       <c r="C188" s="5">
-        <v>0.75982230600000378</v>
+        <v>0.75985190800000169</v>
       </c>
       <c r="D188" s="5">
-        <v>10.30432886769419</v>
+        <v>10.304755842339141</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>94.426502647999996</v>
+        <v>94.426494341999998</v>
       </c>
       <c r="C189" s="5">
-        <v>1.0758478369999978</v>
+        <v>1.075872118999996</v>
       </c>
       <c r="D189" s="5">
-        <v>14.740947523196123</v>
+        <v>14.741307071155351</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>94.208149641000006</v>
+        <v>94.208167019000001</v>
       </c>
       <c r="C190" s="5">
-        <v>-0.21835300699999038</v>
+        <v>-0.21832732299999691</v>
       </c>
       <c r="D190" s="5">
-        <v>-2.7398735369581595</v>
+        <v>-2.7395555816655426</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>93.964261195999995</v>
+        <v>93.964332268000007</v>
       </c>
       <c r="C191" s="5">
-        <v>-0.24388844500001028</v>
+        <v>-0.2438347509999943</v>
       </c>
       <c r="D191" s="5">
-        <v>-3.0627365913584392</v>
+        <v>-3.0620713180912529</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>94.676127514000001</v>
+        <v>94.676196348999994</v>
       </c>
       <c r="C192" s="5">
-        <v>0.71186631800000555</v>
+        <v>0.71186408099998744</v>
       </c>
       <c r="D192" s="5">
-        <v>9.4796473601733275</v>
+        <v>9.4796088473810602</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>94.655778874999996</v>
+        <v>94.655807726999996</v>
       </c>
       <c r="C193" s="5">
-        <v>-2.0348639000005164E-2</v>
+        <v>-2.0388621999998691E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>-0.25761005372756385</v>
+        <v>-0.25811544438182343</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>95.510947255000005</v>
+        <v>95.510972877</v>
       </c>
       <c r="C194" s="5">
-        <v>0.85516838000000917</v>
+        <v>0.85516515000000481</v>
       </c>
       <c r="D194" s="5">
-        <v>11.396674633695024</v>
+        <v>11.396625778797942</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>95.777969701000004</v>
+        <v>95.778032478</v>
       </c>
       <c r="C195" s="5">
-        <v>0.26702244599999858</v>
+        <v>0.2670596009999997</v>
       </c>
       <c r="D195" s="5">
-        <v>3.4069412237812902</v>
+        <v>3.4074216705639815</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>96.267069171000003</v>
+        <v>96.267042325999995</v>
       </c>
       <c r="C196" s="5">
-        <v>0.48909946999999931</v>
+        <v>0.48900984799999492</v>
       </c>
       <c r="D196" s="5">
-        <v>6.3029900954205909</v>
+        <v>6.3017982723553745</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>97.174637797000003</v>
+        <v>97.174504954</v>
       </c>
       <c r="C197" s="5">
-        <v>0.90756862599999977</v>
+        <v>0.90746262800000466</v>
       </c>
       <c r="D197" s="5">
-        <v>11.918573556333545</v>
+        <v>11.917112094429406</v>
       </c>
       <c r="E197" s="5">
-        <v>5.4989099504969774</v>
+        <v>5.4990028386579626</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>98.053120514</v>
+        <v>98.053121376000007</v>
       </c>
       <c r="C198" s="5">
-        <v>0.87848271699999714</v>
+        <v>0.87861642200000745</v>
       </c>
       <c r="D198" s="5">
-        <v>11.404277861899015</v>
+        <v>11.406117179073139</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>98.838253968999993</v>
+        <v>98.838226188999997</v>
       </c>
       <c r="C199" s="5">
-        <v>0.78513345499999332</v>
+        <v>0.78510481299998958</v>
       </c>
       <c r="D199" s="5">
-        <v>10.043334730192877</v>
+        <v>10.04295196960474</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>99.862421780999995</v>
+        <v>99.862406413000002</v>
       </c>
       <c r="C200" s="5">
-        <v>1.0241678120000017</v>
+        <v>1.0241802240000055</v>
       </c>
       <c r="D200" s="5">
-        <v>13.168185067381932</v>
+        <v>13.168357771539885</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>98.989803768000002</v>
+        <v>98.989792608000002</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.8726180129999932</v>
+        <v>-0.8726138050000003</v>
       </c>
       <c r="D201" s="5">
-        <v>-9.9962857831383154</v>
+        <v>-9.9962413362227878</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>99.333782439000004</v>
+        <v>99.333789781999997</v>
       </c>
       <c r="C202" s="5">
-        <v>0.34397867100000212</v>
+        <v>0.34399717399999474</v>
       </c>
       <c r="D202" s="5">
-        <v>4.2504923272819628</v>
+        <v>4.2507258420227512</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>99.873668475000002</v>
+        <v>99.873718036</v>
       </c>
       <c r="C203" s="5">
-        <v>0.53988603599999863</v>
+        <v>0.53992825400000299</v>
       </c>
       <c r="D203" s="5">
-        <v>6.7206233012758521</v>
+        <v>6.721164138388569</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>99.939755124000001</v>
+        <v>99.939791716000002</v>
       </c>
       <c r="C204" s="5">
-        <v>6.6086648999998943E-2</v>
+        <v>6.6073680000002355E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>0.79693910869331752</v>
+        <v>0.79678174915063238</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>100.16248469</v>
+        <v>100.16248946</v>
       </c>
       <c r="C205" s="5">
-        <v>0.22272956599999816</v>
+        <v>0.22269774400000131</v>
       </c>
       <c r="D205" s="5">
-        <v>2.7073917790262803</v>
+        <v>2.7069992100705376</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>100.83985206</v>
+        <v>100.8398574</v>
       </c>
       <c r="C206" s="5">
-        <v>0.67736736999999891</v>
+        <v>0.67736793999999634</v>
       </c>
       <c r="D206" s="5">
-        <v>8.4239751870268229</v>
+        <v>8.42398212525055</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>100.31894595999999</v>
+        <v>100.31898508</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.52090610000000481</v>
+        <v>-0.52087231999999517</v>
       </c>
       <c r="D207" s="5">
-        <v>-6.0256940736622022</v>
+        <v>-6.025314039761442</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>100.59859230000001</v>
+        <v>100.59858182000001</v>
       </c>
       <c r="C208" s="5">
-        <v>0.27964634000001354</v>
+        <v>0.27959674000000234</v>
       </c>
       <c r="D208" s="5">
-        <v>3.3968523050278199</v>
+        <v>3.3962392057949042</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>100.71970786</v>
+        <v>100.719635</v>
       </c>
       <c r="C209" s="5">
-        <v>0.12111555999999268</v>
+        <v>0.12105317999998988</v>
       </c>
       <c r="D209" s="5">
-        <v>1.4543437753453681</v>
+        <v>1.4535899104519467</v>
       </c>
       <c r="E209" s="5">
-        <v>3.6481433256337237</v>
+        <v>3.6482100399463535</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>100.83394499000001</v>
+        <v>100.83393801</v>
       </c>
       <c r="C210" s="5">
-        <v>0.11423713000000646</v>
+        <v>0.11430301000000043</v>
       </c>
       <c r="D210" s="5">
-        <v>1.3695725862130859</v>
+        <v>1.3703683460170923</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>101.73140866</v>
+        <v>101.7314068</v>
       </c>
       <c r="C211" s="5">
-        <v>0.89746366999999339</v>
+        <v>0.8974687900000049</v>
       </c>
       <c r="D211" s="5">
-        <v>11.219155586303398</v>
+        <v>11.219223571413961</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>101.80305336000001</v>
+        <v>101.80304879000001</v>
       </c>
       <c r="C212" s="5">
-        <v>7.1644700000007333E-2</v>
+        <v>7.1641990000003375E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>0.84838531109856508</v>
+        <v>0.8483531116338261</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>101.54118837</v>
+        <v>101.54118051</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.26186499000000651</v>
+        <v>-0.26186828000000162</v>
       </c>
       <c r="D213" s="5">
-        <v>-3.0434274639568937</v>
+        <v>-3.043465296111969</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>102.25996838</v>
+        <v>102.25997431</v>
       </c>
       <c r="C214" s="5">
-        <v>0.71878001000000324</v>
+        <v>0.71879380000000026</v>
       </c>
       <c r="D214" s="5">
-        <v>8.8330869579196669</v>
+        <v>8.8332637854530596</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>102.99387498</v>
+        <v>102.99390287</v>
       </c>
       <c r="C215" s="5">
-        <v>0.73390659999999741</v>
+        <v>0.7339285599999954</v>
       </c>
       <c r="D215" s="5">
-        <v>8.9604599517789207</v>
+        <v>8.96073819789307</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>103.06229584</v>
+        <v>103.06231225000001</v>
       </c>
       <c r="C216" s="5">
-        <v>6.8420860000003358E-2</v>
+        <v>6.8409380000005626E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>0.80010281443976261</v>
+        <v>0.79996786090428262</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>103.52822229</v>
+        <v>103.52821950000001</v>
       </c>
       <c r="C217" s="5">
-        <v>0.46592644999999777</v>
+        <v>0.46590725000000077</v>
       </c>
       <c r="D217" s="5">
-        <v>5.5619315264119118</v>
+        <v>5.561695692982993</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>103.47866564</v>
+        <v>103.47866514</v>
       </c>
       <c r="C218" s="5">
-        <v>-4.9556649999999536E-2</v>
+        <v>-4.9554360000001907E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>-0.57290336158287714</v>
+        <v>-0.57287697292033313</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>104.37349841</v>
+        <v>104.37351404</v>
       </c>
       <c r="C219" s="5">
-        <v>0.89483276999999362</v>
+        <v>0.8948488999999995</v>
       </c>
       <c r="D219" s="5">
-        <v>10.885063002316841</v>
+        <v>10.8852686932706</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>104.63991012</v>
+        <v>104.63990389</v>
       </c>
       <c r="C220" s="5">
-        <v>0.26641170999999986</v>
+        <v>0.26638984999999593</v>
       </c>
       <c r="D220" s="5">
-        <v>3.1063492182229702</v>
+        <v>3.1060902712896077</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>105.08973453999999</v>
+        <v>105.08970313</v>
       </c>
       <c r="C221" s="5">
-        <v>0.44982441999999878</v>
+        <v>0.44979924000000437</v>
       </c>
       <c r="D221" s="5">
-        <v>5.2822710653123828</v>
+        <v>5.2819686740664062</v>
       </c>
       <c r="E221" s="5">
-        <v>4.3387999954033862</v>
+        <v>4.3388442879087163</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>105.21170911999999</v>
+        <v>105.21170385000001</v>
       </c>
       <c r="C222" s="5">
-        <v>0.12197457999999983</v>
+        <v>0.12200072000000262</v>
       </c>
       <c r="D222" s="5">
-        <v>1.4017306111771211</v>
+        <v>1.4020333541840735</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>105.55361465</v>
+        <v>105.55361834999999</v>
       </c>
       <c r="C223" s="5">
-        <v>0.34190553000000534</v>
+        <v>0.34191449999998724</v>
       </c>
       <c r="D223" s="5">
-        <v>3.9700888290365777</v>
+        <v>3.9701950566927602</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>105.66827349</v>
+        <v>105.66827244</v>
       </c>
       <c r="C224" s="5">
-        <v>0.11465884000000415</v>
+        <v>0.11465409000000193</v>
       </c>
       <c r="D224" s="5">
-        <v>1.3113299708273018</v>
+        <v>1.3112752748409839</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>105.45200370000001</v>
+        <v>105.45200162</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.21626978999999835</v>
+        <v>-0.2162708199999912</v>
       </c>
       <c r="D225" s="5">
-        <v>-2.4285642091472548</v>
+        <v>-2.428575669328592</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>105.45479422</v>
+        <v>105.45480271</v>
       </c>
       <c r="C226" s="5">
-        <v>2.7905199999906927E-3</v>
+        <v>2.8010899999912908E-3</v>
       </c>
       <c r="D226" s="5">
-        <v>3.1759580625467798E-2</v>
+        <v>3.1879898547559904E-2</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>105.14843114999999</v>
+        <v>105.14843980000001</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.30636307000000329</v>
+        <v>-0.30636290999999005</v>
       </c>
       <c r="D227" s="5">
-        <v>-3.4310244376690169</v>
+        <v>-3.4310224025013492</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>104.2355678</v>
+        <v>104.23557959</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.91286334999999497</v>
+        <v>-0.91286021000000517</v>
       </c>
       <c r="D228" s="5">
-        <v>-9.9346646201219695</v>
+        <v>-9.9346312838512354</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>104.37023829</v>
+        <v>104.37024030000001</v>
       </c>
       <c r="C229" s="5">
-        <v>0.13467049000000486</v>
+        <v>0.13466071000000568</v>
       </c>
       <c r="D229" s="5">
-        <v>1.5614429664351226</v>
+        <v>1.5613285870105909</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>103.71971848</v>
+        <v>103.71970414</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.6505198100000058</v>
+        <v>-0.65053616000000147</v>
       </c>
       <c r="D230" s="5">
-        <v>-7.2282280689766942</v>
+        <v>-7.2284034248196516</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>103.24787849000001</v>
+        <v>103.24787643000001</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.47183998999999233</v>
+        <v>-0.47182770999999946</v>
       </c>
       <c r="D231" s="5">
-        <v>-5.3244824313159018</v>
+        <v>-5.3243480238955865</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>102.54004663000001</v>
+        <v>102.54004236</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.70783185999999887</v>
+        <v>-0.70783407000000409</v>
       </c>
       <c r="D232" s="5">
-        <v>-7.9235668320397306</v>
+        <v>-7.9235907980042768</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>101.10136675</v>
+        <v>101.10136957</v>
       </c>
       <c r="C233" s="5">
-        <v>-1.4386798800000093</v>
+        <v>-1.4386727899999983</v>
       </c>
       <c r="D233" s="5">
-        <v>-15.596162424678717</v>
+        <v>-15.596091996332696</v>
       </c>
       <c r="E233" s="5">
-        <v>-3.7952020789260965</v>
+        <v>-3.7951706410915276</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>99.764400379999998</v>
+        <v>99.764389546000004</v>
       </c>
       <c r="C234" s="5">
-        <v>-1.336966369999999</v>
+        <v>-1.3369800239999989</v>
       </c>
       <c r="D234" s="5">
-        <v>-14.764043454103026</v>
+        <v>-14.764183058881407</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>98.281126513000004</v>
+        <v>98.281131959000007</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.4832738669999941</v>
+        <v>-1.4832575869999971</v>
       </c>
       <c r="D235" s="5">
-        <v>-16.452328621102353</v>
+        <v>-16.452164190775832</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>97.216280846999993</v>
+        <v>97.216281146</v>
       </c>
       <c r="C236" s="5">
-        <v>-1.0648456660000107</v>
+        <v>-1.0648508130000067</v>
       </c>
       <c r="D236" s="5">
-        <v>-12.254163146277165</v>
+        <v>-12.254218254350613</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>96.203577975000002</v>
+        <v>96.203588828999997</v>
       </c>
       <c r="C237" s="5">
-        <v>-1.0127028719999913</v>
+        <v>-1.0126923170000026</v>
       </c>
       <c r="D237" s="5">
-        <v>-11.808513236025531</v>
+        <v>-11.808397090275902</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>95.455410357000005</v>
+        <v>95.455411337000001</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.74816761799999654</v>
+        <v>-0.74817749199999639</v>
       </c>
       <c r="D238" s="5">
-        <v>-8.9433027214960497</v>
+        <v>-8.9434147830831918</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>94.335108013999999</v>
+        <v>94.33510106</v>
       </c>
       <c r="C239" s="5">
-        <v>-1.1203023430000059</v>
+        <v>-1.1203102770000015</v>
       </c>
       <c r="D239" s="5">
-        <v>-13.209213331790071</v>
+        <v>-13.209300798636935</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>94.177160814000004</v>
+        <v>94.177174109000006</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.15794719999999529</v>
+        <v>-0.15792695099999321</v>
       </c>
       <c r="D240" s="5">
-        <v>-1.9907853040788348</v>
+        <v>-1.9905325740218305</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>93.611738127999999</v>
+        <v>93.611740542999996</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.56542268600000511</v>
+        <v>-0.56543356600001005</v>
       </c>
       <c r="D241" s="5">
-        <v>-6.9713783147812176</v>
+        <v>-6.9715071095278525</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>93.074132904999999</v>
+        <v>93.074110067999996</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.53760522299999991</v>
+        <v>-0.53763047500000027</v>
       </c>
       <c r="D242" s="5">
-        <v>-6.6779481789886237</v>
+        <v>-6.6782518428110222</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>92.526982587000006</v>
+        <v>92.526993617000002</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.54715031799999281</v>
+        <v>-0.54711645099999373</v>
       </c>
       <c r="D243" s="5">
-        <v>-6.8307054336228195</v>
+        <v>-6.8302978296867378</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>92.227908787000004</v>
+        <v>92.227912175</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.29907380000000217</v>
+        <v>-0.29908144200000208</v>
       </c>
       <c r="D244" s="5">
-        <v>-3.8105277429218876</v>
+        <v>-3.8106229397244951</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>92.133423105000006</v>
+        <v>92.133425836000001</v>
       </c>
       <c r="C245" s="5">
-        <v>-9.4485681999998405E-2</v>
+        <v>-9.4486338999999475E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>-1.2224729474295426</v>
+        <v>-1.2224813553203373</v>
       </c>
       <c r="E245" s="5">
-        <v>-8.8702496645526203</v>
+        <v>-8.8702495051670169</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>92.724444383999995</v>
+        <v>92.724415442999998</v>
       </c>
       <c r="C246" s="5">
-        <v>0.59102127899998891</v>
+        <v>0.59098960699999736</v>
       </c>
       <c r="D246" s="5">
-        <v>7.9752927554793462</v>
+        <v>7.9748499365132286</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>91.720886590000006</v>
+        <v>91.720879590999999</v>
       </c>
       <c r="C247" s="5">
-        <v>-1.0035577939999882</v>
+        <v>-1.0035358519999988</v>
       </c>
       <c r="D247" s="5">
-        <v>-12.241730148812746</v>
+        <v>-12.241481816290435</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>91.854702599000007</v>
+        <v>91.854687006999995</v>
       </c>
       <c r="C248" s="5">
-        <v>0.13381600900000024</v>
+        <v>0.13380741599999624</v>
       </c>
       <c r="D248" s="5">
-        <v>1.7648545028743579</v>
+        <v>1.7647403975516784</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>92.050829625999995</v>
+        <v>92.050858309999995</v>
       </c>
       <c r="C249" s="5">
-        <v>0.19612702699998863</v>
+        <v>0.19617130299999985</v>
       </c>
       <c r="D249" s="5">
-        <v>2.5925299478043895</v>
+        <v>2.5931225528045276</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>91.767349268000004</v>
+        <v>91.767369157000005</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.28348035799999138</v>
+        <v>-0.28348915299999078</v>
       </c>
       <c r="D250" s="5">
-        <v>-3.6335719907076847</v>
+        <v>-3.6336817067847194</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>91.002620841999999</v>
+        <v>91.002633161999995</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.7647284260000049</v>
+        <v>-0.76473599500000944</v>
       </c>
       <c r="D251" s="5">
-        <v>-9.5541687323727924</v>
+        <v>-9.5542570278605581</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>91.200072235999997</v>
+        <v>91.200104886999995</v>
       </c>
       <c r="C252" s="5">
-        <v>0.197451393999998</v>
+        <v>0.19747172499999976</v>
       </c>
       <c r="D252" s="5">
-        <v>2.6349765737176956</v>
+        <v>2.6352507748731213</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>90.872873932000005</v>
+        <v>90.872882206</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.32719830399999239</v>
+        <v>-0.32722268099999496</v>
       </c>
       <c r="D253" s="5">
-        <v>-4.2212928219255268</v>
+        <v>-4.2215996558792268</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>90.623424733999997</v>
+        <v>90.623362162999996</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.24944919800000775</v>
+        <v>-0.24952004300000397</v>
       </c>
       <c r="D254" s="5">
-        <v>-3.2447615507084304</v>
+        <v>-3.2456689183916088</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>90.928702021999996</v>
+        <v>90.928743365000003</v>
       </c>
       <c r="C255" s="5">
-        <v>0.3052772879999992</v>
+        <v>0.30538120200000662</v>
       </c>
       <c r="D255" s="5">
-        <v>4.1181048724417968</v>
+        <v>4.1195356220521173</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>90.621786493000002</v>
+        <v>90.621784921</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.30691552899999408</v>
+        <v>-0.30695844400000283</v>
       </c>
       <c r="D256" s="5">
-        <v>-3.976057447794612</v>
+        <v>-3.9766013507949616</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>90.670028492</v>
+        <v>90.670018209999995</v>
       </c>
       <c r="C257" s="5">
-        <v>4.8241998999998259E-2</v>
+        <v>4.8233288999995239E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>0.64068695988057645</v>
+        <v>0.6405709573960694</v>
       </c>
       <c r="E257" s="5">
-        <v>-1.5883428224871765</v>
+        <v>-1.5883568994871755</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>90.565150646000006</v>
+        <v>90.565063344999999</v>
       </c>
       <c r="C258" s="5">
-        <v>-0.10487784599999372</v>
+        <v>-0.10495486499999629</v>
       </c>
       <c r="D258" s="5">
-        <v>-1.3792411574591101</v>
+        <v>-1.3802477447048322</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>90.315173036999994</v>
+        <v>90.315102033000002</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.24997760900001254</v>
+        <v>-0.24996131199999638</v>
       </c>
       <c r="D259" s="5">
-        <v>-3.262412223341582</v>
+        <v>-3.2622058494029216</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>90.882917341999999</v>
+        <v>90.882862379000002</v>
       </c>
       <c r="C260" s="5">
-        <v>0.56774430500000506</v>
+        <v>0.56776034600000003</v>
       </c>
       <c r="D260" s="5">
-        <v>7.8098627813671939</v>
+        <v>7.8100974792079558</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>91.102625950999993</v>
+        <v>91.102699482999995</v>
       </c>
       <c r="C261" s="5">
-        <v>0.21970860899999423</v>
+        <v>0.21983710399999268</v>
       </c>
       <c r="D261" s="5">
-        <v>2.9398735084071204</v>
+        <v>2.9416176137109673</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>90.991501568999993</v>
+        <v>90.991613040999994</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.11112438199999985</v>
+        <v>-0.11108644200000128</v>
       </c>
       <c r="D262" s="5">
-        <v>-1.4539457950546453</v>
+        <v>-1.4534515491124833</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>90.953208828000001</v>
+        <v>90.953337735999995</v>
       </c>
       <c r="C263" s="5">
-        <v>-3.8292740999992247E-2</v>
+        <v>-3.8275304999999094E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>-0.50383912822757893</v>
+        <v>-0.50360962793914998</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>91.367883199999994</v>
+        <v>91.367976026999997</v>
       </c>
       <c r="C264" s="5">
-        <v>0.41467437199999324</v>
+        <v>0.41463829100000282</v>
       </c>
       <c r="D264" s="5">
-        <v>5.6103430385453734</v>
+        <v>5.6098344245701925</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>91.166158289999998</v>
+        <v>91.166121662999998</v>
       </c>
       <c r="C265" s="5">
-        <v>-0.20172490999999582</v>
+        <v>-0.20185436399999901</v>
       </c>
       <c r="D265" s="5">
-        <v>-2.6174618114864323</v>
+        <v>-2.6191185433532493</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>91.390931072000001</v>
+        <v>91.390704323999998</v>
       </c>
       <c r="C266" s="5">
-        <v>0.22477278200000228</v>
+        <v>0.22458266099999946</v>
       </c>
       <c r="D266" s="5">
-        <v>2.9990863224707898</v>
+        <v>2.9965163381065363</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>90.926260706999997</v>
+        <v>90.926507744000006</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.46467036500000347</v>
+        <v>-0.46419657999999231</v>
       </c>
       <c r="D267" s="5">
-        <v>-5.9335501375036852</v>
+        <v>-5.9276824984307419</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>90.992077535999996</v>
+        <v>90.991988977000005</v>
       </c>
       <c r="C268" s="5">
-        <v>6.5816828999999188E-2</v>
+        <v>6.5481232999999861E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>0.87208455928060591</v>
+        <v>0.86761785924485135</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>90.602786014000003</v>
+        <v>90.602685159999993</v>
       </c>
       <c r="C269" s="5">
-        <v>-0.38929152199999351</v>
+        <v>-0.38930381700001249</v>
       </c>
       <c r="D269" s="5">
-        <v>-5.0148623869426974</v>
+        <v>-5.0150218298120048</v>
       </c>
       <c r="E269" s="5">
-        <v>-7.416174795393804E-2</v>
+        <v>-7.426164825957704E-2</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>91.504735021000002</v>
+        <v>91.504497299999997</v>
       </c>
       <c r="C270" s="5">
-        <v>0.90194900699999891</v>
+        <v>0.90181214000000409</v>
       </c>
       <c r="D270" s="5">
-        <v>12.62224616549803</v>
+        <v>12.620239569225644</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>91.446665991000003</v>
+        <v>91.446489107999994</v>
       </c>
       <c r="C271" s="5">
-        <v>-5.8069029999998634E-2</v>
+        <v>-5.8008192000002623E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>-0.75886931101888377</v>
+        <v>-0.75807898829077791</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>91.687341094999994</v>
+        <v>91.687361473999999</v>
       </c>
       <c r="C272" s="5">
-        <v>0.24067510399999037</v>
+        <v>0.24087236600000494</v>
       </c>
       <c r="D272" s="5">
-        <v>3.2043553854127715</v>
+        <v>3.2070261956338886</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>91.892496932</v>
+        <v>91.892443872000001</v>
       </c>
       <c r="C273" s="5">
-        <v>0.20515583700000661</v>
+        <v>0.20508239800000183</v>
       </c>
       <c r="D273" s="5">
-        <v>2.7183625523703236</v>
+        <v>2.7173768549850097</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>92.037116198000007</v>
+        <v>92.037077179999997</v>
       </c>
       <c r="C274" s="5">
-        <v>0.14461926600000652</v>
+        <v>0.14463330799999596</v>
       </c>
       <c r="D274" s="5">
-        <v>1.904978026208215</v>
+        <v>1.905165706317824</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>92.495796236999993</v>
+        <v>92.497161575999996</v>
       </c>
       <c r="C275" s="5">
-        <v>0.45868003899998655</v>
+        <v>0.46008439599999917</v>
       </c>
       <c r="D275" s="5">
-        <v>6.1470464310132478</v>
+        <v>6.1663902078730848</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>92.561089316999997</v>
+        <v>92.561028452000002</v>
       </c>
       <c r="C276" s="5">
-        <v>6.5293080000003556E-2</v>
+        <v>6.3866876000005846E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>0.85038038534719362</v>
+        <v>0.83172251253427198</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>93.176838833999994</v>
+        <v>93.176309247000006</v>
       </c>
       <c r="C277" s="5">
-        <v>0.61574951699999758</v>
+        <v>0.61528079500000388</v>
       </c>
       <c r="D277" s="5">
-        <v>8.2814799344349765</v>
+        <v>8.274949294248124</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>93.364951044999998</v>
+        <v>93.364602477000005</v>
       </c>
       <c r="C278" s="5">
-        <v>0.18811221100000353</v>
+        <v>0.18829322999999931</v>
       </c>
       <c r="D278" s="5">
-        <v>2.4497301429089458</v>
+        <v>2.4521278550733827</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>93.640334387999999</v>
+        <v>93.640624709999997</v>
       </c>
       <c r="C279" s="5">
-        <v>0.27538334300000145</v>
+        <v>0.27602223299999196</v>
       </c>
       <c r="D279" s="5">
-        <v>3.5974307032648589</v>
+        <v>3.6059266077957064</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>94.060308351000003</v>
+        <v>94.060129906</v>
       </c>
       <c r="C280" s="5">
-        <v>0.41997396300000389</v>
+        <v>0.41950519600000291</v>
       </c>
       <c r="D280" s="5">
-        <v>5.5167258944891939</v>
+        <v>5.5103982137161056</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>94.234490324999996</v>
+        <v>94.234314316999999</v>
       </c>
       <c r="C281" s="5">
-        <v>0.17418197399999258</v>
+        <v>0.17418441099999882</v>
       </c>
       <c r="D281" s="5">
-        <v>2.2449470208446565</v>
+        <v>2.2449830532577542</v>
       </c>
       <c r="E281" s="5">
-        <v>4.0083803939967355</v>
+        <v>4.0083019069321546</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>94.414241527000001</v>
+        <v>94.413906509</v>
       </c>
       <c r="C282" s="5">
-        <v>0.17975120200000561</v>
+        <v>0.17959219200000121</v>
       </c>
       <c r="D282" s="5">
-        <v>2.3131536684716236</v>
+        <v>2.3110902918487941</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>94.419098243999997</v>
+        <v>94.418823219000004</v>
       </c>
       <c r="C283" s="5">
-        <v>4.8567169999955695E-3</v>
+        <v>4.916710000003377E-3</v>
       </c>
       <c r="D283" s="5">
-        <v>6.1746082791613865E-2</v>
+        <v>6.2509246747755043E-2</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>95.143859212999999</v>
+        <v>95.143984867</v>
       </c>
       <c r="C284" s="5">
-        <v>0.72476096900000186</v>
+        <v>0.72516164799999672</v>
       </c>
       <c r="D284" s="5">
-        <v>9.6102021199017109</v>
+        <v>9.615770663413258</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>95.620454745000004</v>
+        <v>95.620300787999994</v>
       </c>
       <c r="C285" s="5">
-        <v>0.4765955320000046</v>
+        <v>0.47631592099999409</v>
       </c>
       <c r="D285" s="5">
-        <v>6.1794565418896275</v>
+        <v>6.1757223713193587</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>95.901048975999998</v>
+        <v>95.900825139000005</v>
       </c>
       <c r="C286" s="5">
-        <v>0.28059423099999492</v>
+        <v>0.28052435100001105</v>
       </c>
       <c r="D286" s="5">
-        <v>3.5787423819529929</v>
+        <v>3.5778425456286955</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>96.337661307000005</v>
+        <v>96.340413913999996</v>
       </c>
       <c r="C287" s="5">
-        <v>0.43661233100000629</v>
+        <v>0.43958877499999005</v>
       </c>
       <c r="D287" s="5">
-        <v>5.6021838308166538</v>
+        <v>5.6413561486079011</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>96.812633185999999</v>
+        <v>96.812371831999997</v>
       </c>
       <c r="C288" s="5">
-        <v>0.4749718789999946</v>
+        <v>0.47195791800000109</v>
       </c>
       <c r="D288" s="5">
-        <v>6.0794356797280402</v>
+        <v>6.0396357713118354</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>97.004712265999999</v>
+        <v>97.003727822000002</v>
       </c>
       <c r="C289" s="5">
-        <v>0.19207907999999918</v>
+        <v>0.19135599000000525</v>
       </c>
       <c r="D289" s="5">
-        <v>2.406987539546912</v>
+        <v>2.3978341447866924</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>97.537416483000001</v>
+        <v>97.536542096999995</v>
       </c>
       <c r="C290" s="5">
-        <v>0.5327042170000027</v>
+        <v>0.53281427499999268</v>
       </c>
       <c r="D290" s="5">
-        <v>6.792559405534182</v>
+        <v>6.7940764741157178</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>97.249529570000007</v>
+        <v>97.250005330999997</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.28788691299999414</v>
+        <v>-0.28653676599999756</v>
       </c>
       <c r="D291" s="5">
-        <v>-3.4849292558238987</v>
+        <v>-3.4688792212242525</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>97.619415532999994</v>
+        <v>97.619276534999997</v>
       </c>
       <c r="C292" s="5">
-        <v>0.36988596299998733</v>
+        <v>0.36927120400000035</v>
       </c>
       <c r="D292" s="5">
-        <v>4.6608668435771161</v>
+        <v>4.652934645994411</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>97.641078995000001</v>
+        <v>97.640957499999999</v>
       </c>
       <c r="C293" s="5">
-        <v>2.1663462000006461E-2</v>
+        <v>2.1680965000001606E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>0.26662633921079593</v>
+        <v>0.26684240366068313</v>
       </c>
       <c r="E293" s="5">
-        <v>3.6150125694437429</v>
+        <v>3.6150771698090889</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>98.124192121999997</v>
+        <v>98.123831574999997</v>
       </c>
       <c r="C294" s="5">
-        <v>0.48311312699999576</v>
+        <v>0.48287407499999802</v>
       </c>
       <c r="D294" s="5">
-        <v>6.1016870922259381</v>
+        <v>6.098593086787174</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>98.474253066000003</v>
+        <v>98.473853715999994</v>
       </c>
       <c r="C295" s="5">
-        <v>0.3500609440000062</v>
+        <v>0.35002214099999662</v>
       </c>
       <c r="D295" s="5">
-        <v>4.3660422553062794</v>
+        <v>4.3655651178390098</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>99.081546450999994</v>
+        <v>99.081626985</v>
       </c>
       <c r="C296" s="5">
-        <v>0.6072933849999913</v>
+        <v>0.60777326900000617</v>
       </c>
       <c r="D296" s="5">
-        <v>7.656677480746521</v>
+        <v>7.6629667796493717</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>99.668283338999998</v>
+        <v>99.667867960999999</v>
       </c>
       <c r="C297" s="5">
-        <v>0.58673688800000434</v>
+        <v>0.58624097599999914</v>
       </c>
       <c r="D297" s="5">
-        <v>7.3421825230836291</v>
+        <v>7.3357674072308754</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>100.38056899999999</v>
+        <v>100.38029404</v>
       </c>
       <c r="C298" s="5">
-        <v>0.71228566099999568</v>
+        <v>0.71242607899999655</v>
       </c>
       <c r="D298" s="5">
-        <v>8.921120316087606</v>
+        <v>8.9229873717006303</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>100.67698961000001</v>
+        <v>100.68116908</v>
       </c>
       <c r="C299" s="5">
-        <v>0.29642061000001263</v>
+        <v>0.3008750400000082</v>
       </c>
       <c r="D299" s="5">
-        <v>3.6016840362280034</v>
+        <v>3.6567135948798901</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>101.16716520999999</v>
+        <v>101.16639495</v>
       </c>
       <c r="C300" s="5">
-        <v>0.49017559999998639</v>
+        <v>0.48522586999999362</v>
       </c>
       <c r="D300" s="5">
-        <v>6.0015749669001917</v>
+        <v>5.9391034708585977</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>101.83918134</v>
+        <v>101.83786005</v>
       </c>
       <c r="C301" s="5">
-        <v>0.67201613000000293</v>
+        <v>0.67146510000000603</v>
       </c>
       <c r="D301" s="5">
-        <v>8.2689246557688492</v>
+        <v>8.261960243621802</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>102.67025554999999</v>
+        <v>102.66901264000001</v>
       </c>
       <c r="C302" s="5">
-        <v>0.83107420999999704</v>
+        <v>0.83115259000000208</v>
       </c>
       <c r="D302" s="5">
-        <v>10.244497506982952</v>
+        <v>10.245646411416409</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>103.98540772</v>
+        <v>103.98584467000001</v>
       </c>
       <c r="C303" s="5">
-        <v>1.3151521700000046</v>
+        <v>1.3168320300000005</v>
       </c>
       <c r="D303" s="5">
-        <v>16.501917107884957</v>
+        <v>16.5247182132942</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>104.51106028</v>
+        <v>104.51101736</v>
       </c>
       <c r="C304" s="5">
-        <v>0.52565255999999749</v>
+        <v>0.52517268999999089</v>
       </c>
       <c r="D304" s="5">
-        <v>6.2376014426072102</v>
+        <v>6.2317211024715213</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>105.13352043</v>
+        <v>105.13415443</v>
       </c>
       <c r="C305" s="5">
-        <v>0.62246015000000909</v>
+        <v>0.62313706999999852</v>
       </c>
       <c r="D305" s="5">
-        <v>7.3859444005205832</v>
+        <v>7.3942449026039192</v>
       </c>
       <c r="E305" s="5">
-        <v>7.6734521085983554</v>
+        <v>7.6742354047480532</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>105.14075557</v>
+        <v>105.14026893</v>
       </c>
       <c r="C306" s="5">
-        <v>7.2351399999917021E-3</v>
+        <v>6.1145000000095706E-3</v>
       </c>
       <c r="D306" s="5">
-        <v>8.2613565475631034E-2</v>
+        <v>6.9813159605991437E-2</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>105.33137089</v>
+        <v>105.33069211</v>
       </c>
       <c r="C307" s="5">
-        <v>0.19061532000000625</v>
+        <v>0.19042317999999625</v>
       </c>
       <c r="D307" s="5">
-        <v>2.1973689363654181</v>
+        <v>2.1951421429589946</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>105.00962837</v>
+        <v>105.00932795</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.32174252000000081</v>
+        <v>-0.32136416000000168</v>
       </c>
       <c r="D308" s="5">
-        <v>-3.6045313194678519</v>
+        <v>-3.6003861826189865</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>105.40910194999999</v>
+        <v>105.40869379</v>
       </c>
       <c r="C309" s="5">
-        <v>0.39947357999999156</v>
+        <v>0.39936584000000153</v>
       </c>
       <c r="D309" s="5">
-        <v>4.6617281756143658</v>
+        <v>4.6604580827670938</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>105.54834298999999</v>
+        <v>105.54819743</v>
       </c>
       <c r="C310" s="5">
-        <v>0.1392410400000017</v>
+        <v>0.13950364000000093</v>
       </c>
       <c r="D310" s="5">
-        <v>1.5967175013592572</v>
+        <v>1.5997570047169507</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>105.50279018000001</v>
+        <v>105.50739780000001</v>
       </c>
       <c r="C311" s="5">
-        <v>-4.5552809999989563E-2</v>
+        <v>-4.0799629999995091E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-0.51667134045877416</v>
+        <v>-0.4628748004929073</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>105.7365496</v>
+        <v>105.73534331</v>
       </c>
       <c r="C312" s="5">
-        <v>0.23375941999999839</v>
+        <v>0.22794550999999785</v>
       </c>
       <c r="D312" s="5">
-        <v>2.6914457882922349</v>
+        <v>2.6235926260373521</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>105.58463105</v>
+        <v>105.58299809</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.15191855000000487</v>
+        <v>-0.15234522000000084</v>
       </c>
       <c r="D313" s="5">
-        <v>-1.7105584366725046</v>
+        <v>-1.7153440249338403</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>105.27472588000001</v>
+        <v>105.27358706</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.30990516999999329</v>
+        <v>-0.3094110300000068</v>
       </c>
       <c r="D314" s="5">
-        <v>-3.4658557888130992</v>
+        <v>-3.4604709480557272</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>105.72653535000001</v>
+        <v>105.72698201</v>
       </c>
       <c r="C315" s="5">
-        <v>0.4518094700000006</v>
+        <v>0.4533949500000034</v>
       </c>
       <c r="D315" s="5">
-        <v>5.2733823481383224</v>
+        <v>5.2923867384673029</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>105.52773193</v>
+        <v>105.52762873</v>
       </c>
       <c r="C316" s="5">
-        <v>-0.19880342000000439</v>
+        <v>-0.19935327999999686</v>
       </c>
       <c r="D316" s="5">
-        <v>-2.2332358050507595</v>
+        <v>-2.2393393181725396</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>105.49843441</v>
+        <v>105.49992231</v>
       </c>
       <c r="C317" s="5">
-        <v>-2.9297520000000077E-2</v>
+        <v>-2.7706420000001231E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>-0.332646118002633</v>
+        <v>-0.31460704302878062</v>
       </c>
       <c r="E317" s="5">
-        <v>0.34709574882252348</v>
+        <v>0.34790585607795688</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>105.69562635</v>
+        <v>105.69579175</v>
       </c>
       <c r="C318" s="5">
-        <v>0.19719193999999618</v>
+        <v>0.19586943999999562</v>
       </c>
       <c r="D318" s="5">
-        <v>2.2661775102199577</v>
+        <v>2.2507914232418491</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>105.71234292</v>
+        <v>105.71300606</v>
       </c>
       <c r="C319" s="5">
-        <v>1.671656999999982E-2</v>
+        <v>1.7214309999999955E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>0.18995433705697451</v>
+        <v>0.19561503538536584</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>105.55577191</v>
+        <v>105.55078905000001</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.15657100999999329</v>
+        <v>-0.162217009999992</v>
       </c>
       <c r="D320" s="5">
-        <v>-1.7629182283425471</v>
+        <v>-1.8259427516577831</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>105.20913710000001</v>
+        <v>105.2103942</v>
       </c>
       <c r="C321" s="5">
-        <v>-0.34663480999999763</v>
+        <v>-0.3403948500000098</v>
       </c>
       <c r="D321" s="5">
-        <v>-3.8702812867876135</v>
+        <v>-3.8020177607827721</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>104.91541097</v>
+        <v>104.91625223</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.29372613000001024</v>
+        <v>-0.29414196999999831</v>
       </c>
       <c r="D322" s="5">
-        <v>-3.2992304164956687</v>
+        <v>-3.3037908135624905</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>104.22717279</v>
+        <v>104.23200387</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.68823817999999903</v>
+        <v>-0.684248359999998</v>
       </c>
       <c r="D323" s="5">
-        <v>-7.5940245565650049</v>
+        <v>-7.5515095727092358</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>105.19454773</v>
+        <v>105.19279284</v>
       </c>
       <c r="C324" s="5">
-        <v>0.96737493999999913</v>
+        <v>0.96078896999999586</v>
       </c>
       <c r="D324" s="5">
-        <v>11.724206626314437</v>
+        <v>11.639731053220604</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>105.09911511</v>
+        <v>105.09648645999999</v>
       </c>
       <c r="C325" s="5">
-        <v>-9.5432619999996859E-2</v>
+        <v>-9.6306380000001468E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>-1.0832259408143696</v>
+        <v>-1.0931119777528586</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>105.84559726000001</v>
+        <v>105.84504988</v>
       </c>
       <c r="C326" s="5">
-        <v>0.74648215000000562</v>
+        <v>0.74856342000001064</v>
       </c>
       <c r="D326" s="5">
-        <v>8.8641436990363651</v>
+        <v>8.8900651034044884</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>105.29548291</v>
+        <v>105.29524221</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.5501143500000012</v>
+        <v>-0.54980767000000696</v>
       </c>
       <c r="D327" s="5">
-        <v>-6.0615664309993544</v>
+        <v>-6.0583135971419066</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>105.15296013</v>
+        <v>105.15260469</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.14252278000000729</v>
+        <v>-0.14263751999999386</v>
       </c>
       <c r="D328" s="5">
-        <v>-1.6122234346299336</v>
+        <v>-1.6135153841003613</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>105.45992685</v>
+        <v>105.46235652999999</v>
       </c>
       <c r="C329" s="5">
-        <v>0.30696672000000547</v>
+        <v>0.3097518399999899</v>
       </c>
       <c r="D329" s="5">
-        <v>3.5598837840896014</v>
+        <v>3.5927201880778137</v>
       </c>
       <c r="E329" s="5">
-        <v>-3.6500598530542216E-2</v>
+        <v>-3.5607400628812069E-2</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>105.77625273</v>
+        <v>105.77731974</v>
       </c>
       <c r="C330" s="5">
-        <v>0.31632587999999373</v>
+        <v>0.31496321000000194</v>
       </c>
       <c r="D330" s="5">
-        <v>3.6593641649063757</v>
+        <v>3.6432551917699563</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>106.03645194000001</v>
+        <v>106.03866859999999</v>
       </c>
       <c r="C331" s="5">
-        <v>0.26019921000001034</v>
+        <v>0.26134885999999824</v>
       </c>
       <c r="D331" s="5">
-        <v>2.9921490051346478</v>
+        <v>3.0055187961299135</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>106.614695</v>
+        <v>106.6051022</v>
       </c>
       <c r="C332" s="5">
-        <v>0.57824305999999126</v>
+        <v>0.56643360000001053</v>
       </c>
       <c r="D332" s="5">
-        <v>6.743779577184128</v>
+        <v>6.6018387948463042</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>106.68923411</v>
+        <v>106.69416356000001</v>
       </c>
       <c r="C333" s="5">
-        <v>7.4539110000003461E-2</v>
+        <v>8.906136000000231E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>0.84220739738731787</v>
+        <v>1.0071382253116656</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>107.15993664</v>
+        <v>107.16195652</v>
       </c>
       <c r="C334" s="5">
-        <v>0.47070252999999695</v>
+        <v>0.46779295999999704</v>
       </c>
       <c r="D334" s="5">
-        <v>5.4246597872533497</v>
+        <v>5.3900603864822427</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>107.64208475</v>
+        <v>107.64531594</v>
       </c>
       <c r="C335" s="5">
-        <v>0.48214810999999713</v>
+        <v>0.48335941999999932</v>
       </c>
       <c r="D335" s="5">
-        <v>5.5348327546171916</v>
+        <v>5.5489775964175259</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>107.55704897</v>
+        <v>107.55471774</v>
       </c>
       <c r="C336" s="5">
-        <v>-8.503577999999834E-2</v>
+        <v>-9.0598200000002294E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>-0.94387555548546276</v>
+        <v>-1.0053014702044449</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>108.51805158000001</v>
+        <v>108.51442566999999</v>
       </c>
       <c r="C337" s="5">
-        <v>0.96100261000000842</v>
+        <v>0.95970792999999333</v>
       </c>
       <c r="D337" s="5">
-        <v>11.264677513993293</v>
+        <v>11.249005076767959</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>109.30914778</v>
+        <v>109.30869095</v>
       </c>
       <c r="C338" s="5">
-        <v>0.79109619999999836</v>
+        <v>0.79426528000000474</v>
       </c>
       <c r="D338" s="5">
-        <v>9.1074110145441765</v>
+        <v>9.1456938328751356</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>109.63318954</v>
+        <v>109.63188900999999</v>
       </c>
       <c r="C339" s="5">
-        <v>0.32404176000000007</v>
+        <v>0.32319805999999573</v>
       </c>
       <c r="D339" s="5">
-        <v>3.6159204478229512</v>
+        <v>3.6063674531112033</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>110.23979131</v>
+        <v>110.23915907</v>
       </c>
       <c r="C340" s="5">
-        <v>0.60660176999999749</v>
+        <v>0.60727006000000472</v>
       </c>
       <c r="D340" s="5">
-        <v>6.8454418189186184</v>
+        <v>6.8532984236805428</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>110.99845653</v>
+        <v>111.00140294000001</v>
       </c>
       <c r="C341" s="5">
-        <v>0.75866521999999748</v>
+        <v>0.76224387000000604</v>
       </c>
       <c r="D341" s="5">
-        <v>8.5782127805965391</v>
+        <v>8.6202790042720032</v>
       </c>
       <c r="E341" s="5">
-        <v>5.2517860057666121</v>
+        <v>5.2521549795109701</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>111.70858567000001</v>
+        <v>111.71081533</v>
       </c>
       <c r="C342" s="5">
-        <v>0.71012914000000649</v>
+        <v>0.70941238999999712</v>
       </c>
       <c r="D342" s="5">
-        <v>7.9531605360100732</v>
+        <v>7.9446306235280151</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>112.22707017</v>
+        <v>112.23218754</v>
       </c>
       <c r="C343" s="5">
-        <v>0.51848449999999957</v>
+        <v>0.52137220999999556</v>
       </c>
       <c r="D343" s="5">
-        <v>5.7140870525862031</v>
+        <v>5.7466155084510584</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>112.70762214</v>
+        <v>112.69347033</v>
       </c>
       <c r="C344" s="5">
-        <v>0.48055196999999339</v>
+        <v>0.4612827899999985</v>
       </c>
       <c r="D344" s="5">
-        <v>5.2611098049700988</v>
+        <v>5.0451245300276337</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>113.03692844</v>
+        <v>113.04599723</v>
       </c>
       <c r="C345" s="5">
-        <v>0.32930629999999894</v>
+        <v>0.35252690000000086</v>
       </c>
       <c r="D345" s="5">
-        <v>3.5630248967237987</v>
+        <v>3.8190944383048153</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>113.66989172</v>
+        <v>113.67283076</v>
       </c>
       <c r="C346" s="5">
-        <v>0.63296327999999846</v>
+        <v>0.62683352999999897</v>
       </c>
       <c r="D346" s="5">
-        <v>6.9303974027113746</v>
+        <v>6.8606548051324712</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>114.16522732999999</v>
+        <v>114.1669893</v>
       </c>
       <c r="C347" s="5">
-        <v>0.49533560999999793</v>
+        <v>0.49415854000000081</v>
       </c>
       <c r="D347" s="5">
-        <v>5.3563687958568362</v>
+        <v>5.3431930784401116</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>114.40183188</v>
+        <v>114.39968216</v>
       </c>
       <c r="C348" s="5">
-        <v>0.23660455000000979</v>
+        <v>0.23269286000000022</v>
       </c>
       <c r="D348" s="5">
-        <v>2.5155144413439912</v>
+        <v>2.4734205498986528</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>114.65713758</v>
+        <v>114.65127834</v>
       </c>
       <c r="C349" s="5">
-        <v>0.25530569999999386</v>
+        <v>0.25159618000000705</v>
       </c>
       <c r="D349" s="5">
-        <v>2.7111046294693297</v>
+        <v>2.6712861912189911</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>114.29800981</v>
+        <v>114.29667289</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.35912777000000062</v>
+        <v>-0.3546054500000082</v>
       </c>
       <c r="D350" s="5">
-        <v>-3.6945475209730461</v>
+        <v>-3.6489957724623157</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>114.92753586000001</v>
+        <v>114.92424517000001</v>
       </c>
       <c r="C351" s="5">
-        <v>0.62952605000000972</v>
+        <v>0.62757228000000964</v>
       </c>
       <c r="D351" s="5">
-        <v>6.8132479789462241</v>
+        <v>6.7915419459333881</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>115.29161559000001</v>
+        <v>115.29114246</v>
       </c>
       <c r="C352" s="5">
-        <v>0.36407973000000027</v>
+        <v>0.36689728999999716</v>
       </c>
       <c r="D352" s="5">
-        <v>3.8684278573109854</v>
+        <v>3.8990062847708673</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>115.63703474</v>
+        <v>115.64020902</v>
       </c>
       <c r="C353" s="5">
-        <v>0.3454191499999979</v>
+        <v>0.34906655999999714</v>
       </c>
       <c r="D353" s="5">
-        <v>3.6550961753792466</v>
+        <v>3.6943521214106934</v>
       </c>
       <c r="E353" s="5">
-        <v>4.1789573972556227</v>
+        <v>4.1790517571272723</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>116.06667052</v>
+        <v>116.07054904</v>
       </c>
       <c r="C354" s="5">
-        <v>0.42963577999999814</v>
+        <v>0.43034002000000271</v>
       </c>
       <c r="D354" s="5">
-        <v>4.5507032734611652</v>
+        <v>4.5581882273406205</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>116.55843249</v>
+        <v>116.56499321</v>
       </c>
       <c r="C355" s="5">
-        <v>0.49176196999999888</v>
+        <v>0.49444416999999419</v>
       </c>
       <c r="D355" s="5">
-        <v>5.2044382411810641</v>
+        <v>5.2333140351100926</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>116.72824322</v>
+        <v>116.71472482</v>
       </c>
       <c r="C356" s="5">
-        <v>0.16981072999999469</v>
+        <v>0.14973161000000346</v>
       </c>
       <c r="D356" s="5">
-        <v>1.762323132714716</v>
+        <v>1.5523768383016279</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>117.57468734</v>
+        <v>117.5868409</v>
       </c>
       <c r="C357" s="5">
-        <v>0.84644412000000102</v>
+        <v>0.87211607999999785</v>
       </c>
       <c r="D357" s="5">
-        <v>9.0572639666644417</v>
+        <v>9.3444809931469521</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>117.63975777</v>
+        <v>117.64547424</v>
       </c>
       <c r="C358" s="5">
-        <v>6.5070430000005786E-2</v>
+        <v>5.8633340000000089E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>0.66615220870438474</v>
+        <v>0.60001010099970387</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>118.30188158999999</v>
+        <v>118.29837854</v>
       </c>
       <c r="C359" s="5">
-        <v>0.66212381999999081</v>
+        <v>0.65290430000000299</v>
       </c>
       <c r="D359" s="5">
-        <v>6.9671356591980871</v>
+        <v>6.8668004494940371</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>118.72034196</v>
+        <v>118.7197613</v>
       </c>
       <c r="C360" s="5">
-        <v>0.41846037000000535</v>
+        <v>0.42138276000000019</v>
       </c>
       <c r="D360" s="5">
-        <v>4.3282303687240953</v>
+        <v>4.3591835697137871</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>119.52973805000001</v>
+        <v>119.5223591</v>
       </c>
       <c r="C361" s="5">
-        <v>0.80939609000000701</v>
+        <v>0.80259780000000092</v>
       </c>
       <c r="D361" s="5">
-        <v>8.4950555493461302</v>
+        <v>8.4210731698983743</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>119.52037129999999</v>
+        <v>119.51708788000001</v>
       </c>
       <c r="C362" s="5">
-        <v>-9.3667500000123027E-3</v>
+        <v>-5.2712199999973564E-3</v>
       </c>
       <c r="D362" s="5">
-        <v>-9.3995494204790475E-2</v>
+        <v>-5.2910015742690941E-2</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>119.36694223000001</v>
+        <v>119.36041261</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.15342906999998718</v>
+        <v>-0.15667527000000803</v>
       </c>
       <c r="D363" s="5">
-        <v>-1.5296179750196925</v>
+        <v>-1.5617907479251625</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>119.50680326</v>
+        <v>119.50496209000001</v>
       </c>
       <c r="C364" s="5">
-        <v>0.13986102999999162</v>
+        <v>0.14454948000000911</v>
       </c>
       <c r="D364" s="5">
-        <v>1.4151241115256896</v>
+        <v>1.462959176735712</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>119.56639542000001</v>
+        <v>119.56798366</v>
       </c>
       <c r="C365" s="5">
-        <v>5.9592160000008221E-2</v>
+        <v>6.3021569999989424E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>0.60002476735063759</v>
+        <v>0.63466502232358835</v>
       </c>
       <c r="E365" s="5">
-        <v>3.3980123139916607</v>
+        <v>3.3965475099761333</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>119.53474091</v>
+        <v>119.54049795</v>
       </c>
       <c r="C366" s="5">
-        <v>-3.165451000000985E-2</v>
+        <v>-2.7485709999993446E-2</v>
       </c>
       <c r="D366" s="5">
-        <v>-0.31723086031942849</v>
+        <v>-0.27550170427105281</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>119.31957636999999</v>
+        <v>119.32960858</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.21516454000000351</v>
+        <v>-0.21088937000000385</v>
       </c>
       <c r="D367" s="5">
-        <v>-2.1387635323369958</v>
+        <v>-2.0965793209557715</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>119.07463599</v>
+        <v>119.06473443</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.24494037999998852</v>
+        <v>-0.26487414999999714</v>
       </c>
       <c r="D368" s="5">
-        <v>-2.4357484573141019</v>
+        <v>-2.6313432696802419</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>110.123395</v>
+        <v>110.13862985999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-8.9512409900000023</v>
+        <v>-8.9261045700000068</v>
       </c>
       <c r="D369" s="5">
-        <v>-60.850704506968675</v>
+        <v>-60.746511191730249</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>110.40097736</v>
+        <v>110.40970313</v>
       </c>
       <c r="C370" s="5">
-        <v>0.2775823599999967</v>
+        <v>0.27107327000000225</v>
       </c>
       <c r="D370" s="5">
-        <v>3.0670666421304338</v>
+        <v>2.9937501819776724</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>111.83316948</v>
+        <v>111.82585277</v>
       </c>
       <c r="C371" s="5">
-        <v>1.4321921199999963</v>
+        <v>1.4161496400000004</v>
       </c>
       <c r="D371" s="5">
-        <v>16.727338694670134</v>
+        <v>16.525162971317719</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>110.3163314</v>
+        <v>110.31622295</v>
       </c>
       <c r="C372" s="5">
-        <v>-1.5168380799999994</v>
+        <v>-1.5096298200000007</v>
       </c>
       <c r="D372" s="5">
-        <v>-15.115161209894124</v>
+        <v>-15.049491712822006</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>110.79310174</v>
+        <v>110.78239803</v>
       </c>
       <c r="C373" s="5">
-        <v>0.47677034000000162</v>
+        <v>0.4661750799999993</v>
       </c>
       <c r="D373" s="5">
-        <v>5.3112873147534545</v>
+        <v>5.1905037408028765</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>111.13545057</v>
+        <v>111.12762864</v>
       </c>
       <c r="C374" s="5">
-        <v>0.34234883000000593</v>
+        <v>0.34523061000000155</v>
       </c>
       <c r="D374" s="5">
-        <v>3.771650296881135</v>
+        <v>3.8043187686519042</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>112.18825201</v>
+        <v>112.17614634</v>
       </c>
       <c r="C375" s="5">
-        <v>1.0528014399999961</v>
+        <v>1.048517700000005</v>
       </c>
       <c r="D375" s="5">
-        <v>11.979159076494184</v>
+        <v>11.928744381694001</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>112.53236486999999</v>
+        <v>112.52653113</v>
       </c>
       <c r="C376" s="5">
-        <v>0.34411285999999564</v>
+        <v>0.35038478999999256</v>
       </c>
       <c r="D376" s="5">
-        <v>3.7434703009196602</v>
+        <v>3.8132951703527596</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>113.41811287</v>
+        <v>113.41605781</v>
       </c>
       <c r="C377" s="5">
-        <v>0.88574800000000664</v>
+        <v>0.88952668000000301</v>
       </c>
       <c r="D377" s="5">
-        <v>9.8650745854156554</v>
+        <v>9.9095425557504271</v>
       </c>
       <c r="E377" s="5">
-        <v>-5.1421492873503283</v>
+        <v>-5.1451280365264251</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>112.88536865</v>
+        <v>112.89273215</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.53274421999999788</v>
+        <v>-0.52332565999999758</v>
       </c>
       <c r="D378" s="5">
-        <v>-5.4932422172751956</v>
+        <v>-5.3986723882002092</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>112.28280287</v>
+        <v>112.29780477</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.60256578000000616</v>
+        <v>-0.59492738000000145</v>
       </c>
       <c r="D379" s="5">
-        <v>-6.2206808454446705</v>
+        <v>-6.1437072962775225</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>113.91728279</v>
+        <v>113.92125279</v>
       </c>
       <c r="C380" s="5">
-        <v>1.634479920000004</v>
+        <v>1.6234480199999979</v>
       </c>
       <c r="D380" s="5">
-        <v>18.936859372228977</v>
+        <v>18.796002659352972</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>114.5383551</v>
+        <v>114.56053086999999</v>
       </c>
       <c r="C381" s="5">
-        <v>0.6210723100000024</v>
+        <v>0.63927807999999686</v>
       </c>
       <c r="D381" s="5">
-        <v>6.7421370397750646</v>
+        <v>6.945664366196258</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>115.20818264</v>
+        <v>115.22363942</v>
       </c>
       <c r="C382" s="5">
-        <v>0.66982754</v>
+        <v>0.66310855000000402</v>
       </c>
       <c r="D382" s="5">
-        <v>7.2478533158927494</v>
+        <v>7.1713875456125065</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>115.34245537</v>
+        <v>115.33150478</v>
       </c>
       <c r="C383" s="5">
-        <v>0.13427272999999218</v>
+        <v>0.10786536000000524</v>
       </c>
       <c r="D383" s="5">
-        <v>1.4075749046103425</v>
+        <v>1.1291690210471383</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>115.98438122</v>
+        <v>115.98239907</v>
       </c>
       <c r="C384" s="5">
-        <v>0.6419258500000069</v>
+        <v>0.65089428999999654</v>
       </c>
       <c r="D384" s="5">
-        <v>6.8867349394790667</v>
+        <v>6.9866407848792278</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>115.83223323</v>
+        <v>115.81708236999999</v>
       </c>
       <c r="C385" s="5">
-        <v>-0.15214799000000312</v>
+        <v>-0.16531670000000531</v>
       </c>
       <c r="D385" s="5">
-        <v>-1.5628488324709866</v>
+        <v>-1.6970868887892454</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>116.51090447999999</v>
+        <v>116.49629083000001</v>
       </c>
       <c r="C386" s="5">
-        <v>0.67867124999999362</v>
+        <v>0.67920846000001234</v>
       </c>
       <c r="D386" s="5">
-        <v>7.2619603252049192</v>
+        <v>7.2688768933280024</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>118.09627792000001</v>
+        <v>118.07555506</v>
       </c>
       <c r="C387" s="5">
-        <v>1.5853734400000121</v>
+        <v>1.5792642299999926</v>
       </c>
       <c r="D387" s="5">
-        <v>17.607667199852941</v>
+        <v>17.537046894524934</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>118.95890608000001</v>
+        <v>118.94160419000001</v>
       </c>
       <c r="C388" s="5">
-        <v>0.86262815999999987</v>
+        <v>0.86604913000000749</v>
       </c>
       <c r="D388" s="5">
-        <v>9.1261973715048619</v>
+        <v>9.1655355219331991</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>119.86939538999999</v>
+        <v>119.85399864999999</v>
       </c>
       <c r="C389" s="5">
-        <v>0.91048930999998845</v>
+        <v>0.91239445999998736</v>
       </c>
       <c r="D389" s="5">
-        <v>9.5812462406788423</v>
+        <v>9.6036039159185229</v>
       </c>
       <c r="E389" s="5">
-        <v>5.68805313080325</v>
+        <v>5.6763927122075897</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>120.0552125</v>
+        <v>120.06416129999999</v>
       </c>
       <c r="C390" s="5">
-        <v>0.18581711000000212</v>
+        <v>0.21016265000000089</v>
       </c>
       <c r="D390" s="5">
-        <v>1.8761377586821615</v>
+        <v>2.124598872235306</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>121.47368654</v>
+        <v>121.50289054</v>
       </c>
       <c r="C391" s="5">
-        <v>1.4184740400000067</v>
+        <v>1.4387292400000007</v>
       </c>
       <c r="D391" s="5">
-        <v>15.136836549089194</v>
+        <v>15.366208742992304</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>122.18199525999999</v>
+        <v>122.20090987</v>
       </c>
       <c r="C392" s="5">
-        <v>0.7083087199999909</v>
+        <v>0.69801933000000815</v>
       </c>
       <c r="D392" s="5">
-        <v>7.2259773535168215</v>
+        <v>7.1159036654675267</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>123.3061714</v>
+        <v>123.35448799</v>
       </c>
       <c r="C393" s="5">
-        <v>1.124176140000003</v>
+        <v>1.1535781199999917</v>
       </c>
       <c r="D393" s="5">
-        <v>11.61722064085453</v>
+        <v>11.935072636032995</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>124.12907346999999</v>
+        <v>124.15484266</v>
       </c>
       <c r="C394" s="5">
-        <v>0.82290206999999782</v>
+        <v>0.80035467000000438</v>
       </c>
       <c r="D394" s="5">
-        <v>8.3089647744205806</v>
+        <v>8.0698395409242618</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>124.31034172</v>
+        <v>124.29429627</v>
       </c>
       <c r="C395" s="5">
-        <v>0.18126825000000224</v>
+        <v>0.13945361000000389</v>
       </c>
       <c r="D395" s="5">
-        <v>1.7665282653291925</v>
+        <v>1.3562259564250612</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>127.12757016</v>
+        <v>127.11935450999999</v>
       </c>
       <c r="C396" s="5">
-        <v>2.817228440000008</v>
+        <v>2.82505823999999</v>
       </c>
       <c r="D396" s="5">
-        <v>30.854852158446722</v>
+        <v>30.956105047351446</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>127.52213853000001</v>
+        <v>127.49992374</v>
       </c>
       <c r="C397" s="5">
-        <v>0.39456837000000178</v>
+        <v>0.38056923000000609</v>
       </c>
       <c r="D397" s="5">
-        <v>3.7887045765613525</v>
+        <v>3.6523022883179435</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>128.03778593000001</v>
+        <v>128.01179594000001</v>
       </c>
       <c r="C398" s="5">
-        <v>0.51564740000000597</v>
+        <v>0.51187220000001332</v>
       </c>
       <c r="D398" s="5">
-        <v>4.9616914798058298</v>
+        <v>4.9254369566641198</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>128.72101756000001</v>
+        <v>128.68550859000001</v>
       </c>
       <c r="C399" s="5">
-        <v>0.68323162999999454</v>
+        <v>0.6737126499999988</v>
       </c>
       <c r="D399" s="5">
-        <v>6.5947227409413056</v>
+        <v>6.5015265937124589</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>129.21233407</v>
+        <v>129.17571652999999</v>
       </c>
       <c r="C400" s="5">
-        <v>0.4913165099999901</v>
+        <v>0.49020793999997636</v>
       </c>
       <c r="D400" s="5">
-        <v>4.6776797521761226</v>
+        <v>4.6682182115067361</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>129.83333585</v>
+        <v>129.79719377999999</v>
       </c>
       <c r="C401" s="5">
-        <v>0.62100178000000028</v>
+        <v>0.62147724999999809</v>
       </c>
       <c r="D401" s="5">
-        <v>5.9221846602877326</v>
+        <v>5.9285643874664951</v>
       </c>
       <c r="E401" s="5">
-        <v>8.3123306224928584</v>
+        <v>8.2960896106906823</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>130.53407902999999</v>
+        <v>130.54402162</v>
       </c>
       <c r="C402" s="5">
-        <v>0.70074317999998925</v>
+        <v>0.74682784000000879</v>
       </c>
       <c r="D402" s="5">
-        <v>6.6724633581002557</v>
+        <v>7.1273138254287938</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>131.06714270000001</v>
+        <v>131.11251819</v>
       </c>
       <c r="C403" s="5">
-        <v>0.53306367000001842</v>
+        <v>0.56849657000000775</v>
       </c>
       <c r="D403" s="5">
-        <v>5.0120335819425099</v>
+        <v>5.352792487007263</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>131.76647333</v>
+        <v>131.80269143999999</v>
       </c>
       <c r="C404" s="5">
-        <v>0.69933062999999152</v>
+        <v>0.69017324999998664</v>
       </c>
       <c r="D404" s="5">
-        <v>6.5940804070027337</v>
+        <v>6.5029017942407119</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>132.09305327000001</v>
+        <v>132.18547108000001</v>
       </c>
       <c r="C405" s="5">
-        <v>0.32657994000001622</v>
+        <v>0.38277964000002385</v>
       </c>
       <c r="D405" s="5">
-        <v>3.0150498362784495</v>
+        <v>3.5412330005648363</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>132.76240659999999</v>
+        <v>132.80436039</v>
       </c>
       <c r="C406" s="5">
-        <v>0.66935332999997854</v>
+        <v>0.61888930999998593</v>
       </c>
       <c r="D406" s="5">
-        <v>6.2531098671362528</v>
+        <v>5.7653320502589978</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>133.46347815999999</v>
+        <v>133.44581553</v>
       </c>
       <c r="C407" s="5">
-        <v>0.70107156000000259</v>
+        <v>0.64145514000000503</v>
       </c>
       <c r="D407" s="5">
-        <v>6.5240987923077975</v>
+        <v>5.9525728506422793</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>133.65937203999999</v>
+        <v>133.63976048999999</v>
       </c>
       <c r="C408" s="5">
-        <v>0.19589387999999985</v>
+        <v>0.19394495999998185</v>
       </c>
       <c r="D408" s="5">
-        <v>1.775614240287271</v>
+        <v>1.7580420097502714</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>134.16417910000001</v>
+        <v>134.13183885999999</v>
       </c>
       <c r="C409" s="5">
-        <v>0.50480706000001874</v>
+        <v>0.49207837000000154</v>
       </c>
       <c r="D409" s="5">
-        <v>4.6275211138961714</v>
+        <v>4.5091411654390345</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>134.83256771000001</v>
+        <v>134.79309162000001</v>
       </c>
       <c r="C410" s="5">
-        <v>0.66838860999999383</v>
+        <v>0.66125276000002486</v>
       </c>
       <c r="D410" s="5">
-        <v>6.1448015681489387</v>
+        <v>6.0789154378487531</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>135.15861439</v>
+        <v>135.10658248999999</v>
       </c>
       <c r="C411" s="5">
-        <v>0.32604667999999037</v>
+        <v>0.31349086999998121</v>
       </c>
       <c r="D411" s="5">
-        <v>2.9406978853382393</v>
+        <v>2.8268403463104663</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>135.71000132</v>
+        <v>135.65133639999999</v>
       </c>
       <c r="C412" s="5">
-        <v>0.55138693000000671</v>
+        <v>0.54475390999999718</v>
       </c>
       <c r="D412" s="5">
-        <v>5.0068151074879497</v>
+        <v>4.9471902967175074</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>136.25820332999999</v>
+        <v>136.19924372</v>
       </c>
       <c r="C413" s="5">
-        <v>0.54820200999998292</v>
+        <v>0.5479073200000073</v>
       </c>
       <c r="D413" s="5">
-        <v>4.9565727806907267</v>
+        <v>4.9560390965276202</v>
       </c>
       <c r="E413" s="5">
-        <v>4.9485499528586496</v>
+        <v>4.9323484996533828</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>136.78145778000001</v>
+        <v>136.79332658999999</v>
       </c>
       <c r="C414" s="5">
-        <v>0.52325445000002446</v>
+        <v>0.59408286999999405</v>
       </c>
       <c r="D414" s="5">
-        <v>4.7067883100793129</v>
+        <v>5.3616539429701904</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>137.14581706000001</v>
+        <v>137.21036273000001</v>
       </c>
       <c r="C415" s="5">
-        <v>0.36435928000000217</v>
+        <v>0.41703614000002176</v>
       </c>
       <c r="D415" s="5">
-        <v>3.2438183480375749</v>
+        <v>3.7203603940094698</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>137.63859013999999</v>
+        <v>137.68509488000001</v>
       </c>
       <c r="C416" s="5">
-        <v>0.49277307999997788</v>
+        <v>0.47473214999999414</v>
       </c>
       <c r="D416" s="5">
-        <v>4.3979067020317286</v>
+        <v>4.2317883014904467</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>137.76681518999999</v>
+        <v>137.918609</v>
       </c>
       <c r="C417" s="5">
-        <v>0.12822504999999751</v>
+        <v>0.23351411999999527</v>
       </c>
       <c r="D417" s="5">
-        <v>1.1236740978720849</v>
+        <v>2.0542938488657292</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>138.09505392</v>
+        <v>138.15168747000001</v>
       </c>
       <c r="C418" s="5">
-        <v>0.32823873000000958</v>
+        <v>0.23307847000000947</v>
       </c>
       <c r="D418" s="5">
-        <v>2.8968458364853511</v>
+        <v>2.0469215833445187</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>138.61901768999999</v>
+        <v>138.59739390999999</v>
       </c>
       <c r="C419" s="5">
-        <v>0.52396376999999461</v>
+        <v>0.44570643999998083</v>
       </c>
       <c r="D419" s="5">
-        <v>4.6492971362075197</v>
+        <v>3.9408925492565583</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>139.01106926</v>
+        <v>138.97741393000001</v>
       </c>
       <c r="C420" s="5">
-        <v>0.39205157000000668</v>
+        <v>0.38002002000001767</v>
       </c>
       <c r="D420" s="5">
-        <v>3.4472151140557683</v>
+        <v>3.340353657524453</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>139.38560318</v>
+        <v>139.34198394000001</v>
       </c>
       <c r="C421" s="5">
-        <v>0.37453392000000463</v>
+        <v>0.36457000999999423</v>
       </c>
       <c r="D421" s="5">
-        <v>3.2814719305548357</v>
+        <v>3.1936948616773542</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>139.63114383999999</v>
+        <v>139.57741856000001</v>
       </c>
       <c r="C422" s="5">
-        <v>0.24554065999998897</v>
+        <v>0.23543462000000659</v>
       </c>
       <c r="D422" s="5">
-        <v>2.1345131521661287</v>
+        <v>2.046488947265801</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>139.20210857000001</v>
+        <v>139.13366416</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.42903526999998576</v>
+        <v>-0.44375440000001731</v>
       </c>
       <c r="D423" s="5">
-        <v>-3.6254824008660869</v>
+        <v>-3.7491155779904695</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>138.91855025999999</v>
+        <v>138.84091308999999</v>
       </c>
       <c r="C424" s="5">
-        <v>-0.28355831000001785</v>
+        <v>-0.29275107000000844</v>
       </c>
       <c r="D424" s="5">
-        <v>-2.4172297357236694</v>
+        <v>-2.4959035946088282</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>138.32035773999999</v>
+        <v>138.24346388999999</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.59819251999999778</v>
+        <v>-0.59744919999999979</v>
       </c>
       <c r="D425" s="5">
-        <v>-5.0466409251487487</v>
+        <v>-5.0432696951712597</v>
       </c>
       <c r="E425" s="5">
-        <v>1.5134167041713775</v>
+        <v>1.5009042004686224</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>138.30412509000001</v>
+        <v>137.71206681999999</v>
       </c>
       <c r="C426" s="5">
-        <v>-1.6232649999977866E-2</v>
+        <v>-0.53139706999999703</v>
       </c>
       <c r="D426" s="5">
-        <v>-0.14073569718704437</v>
+        <v>-4.516425143733704</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>138.47378216000001</v>
+        <v>137.92530246999999</v>
       </c>
       <c r="C427" s="5">
-        <v>0.16965706999999952</v>
+        <v>0.21323565000000144</v>
       </c>
       <c r="D427" s="5">
-        <v>1.4820070770516613</v>
+        <v>1.8740059973520129</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>138.43222409000001</v>
+        <v>137.88748175999999</v>
       </c>
       <c r="C428" s="5">
-        <v>-4.1558070000007774E-2</v>
+        <v>-3.782071000000542E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>-0.35954423265713853</v>
+        <v>-0.32855803784495041</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>139.19126714999999</v>
+        <v>137.89921584000001</v>
       </c>
       <c r="C429" s="5">
-        <v>0.75904305999998201</v>
+        <v>1.173408000002496E-2</v>
       </c>
       <c r="D429" s="5">
-        <v>6.7818657809680438</v>
+        <v>0.10216655037984523</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>139.67759677000001</v>
+        <v>138.47210272000001</v>
       </c>
       <c r="C430" s="5">
-        <v>0.48632962000002067</v>
+        <v>0.57288687999999865</v>
       </c>
       <c r="D430" s="5">
-        <v>4.2742770508509498</v>
+        <v>5.1007671481742012</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>140.30380081999999</v>
+        <v>138.80246606</v>
       </c>
       <c r="C431" s="5">
-        <v>0.62620404999998414</v>
+        <v>0.33036333999999101</v>
       </c>
       <c r="D431" s="5">
-        <v>5.5145095331164962</v>
+        <v>2.9007975756244919</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>140.58276011999999</v>
+        <v>139.06679376</v>
       </c>
       <c r="C432" s="5">
-        <v>0.2789592999999968</v>
+        <v>0.2643276999999955</v>
       </c>
       <c r="D432" s="5">
-        <v>2.4121667463921304</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.3093009598730063</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>140.34790695999999</v>
+        <v>138.83514256999999</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.23485316000000012</v>
+        <v>-0.231651190000008</v>
       </c>
       <c r="D433" s="5">
-        <v>-1.9863653557596783</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.9806938781938399</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>140.23800304</v>
+        <v>138.72910217</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.1099039199999936</v>
+        <v>-0.10604039999998349</v>
       </c>
       <c r="D434" s="5">
-        <v>-0.93566171356456174</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.91270327960267794</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>138.88127011</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.15216793999999823</v>
+      </c>
+      <c r="D435" s="5">
+        <v>1.3242150322175794</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>138.62677624</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.25449387000000456</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-2.1769203581701313</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>138.02736587000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.59941036999998687</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-5.0670639029564368</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.15631698882482281</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>