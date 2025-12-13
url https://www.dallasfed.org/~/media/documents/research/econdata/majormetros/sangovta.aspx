--- v0 (2025-10-17)
+++ v1 (2025-12-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{03BB64FA-51C0-4813-BB66-1DD13C8A0E8C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6D4C1DC7-EC08-438E-9457-DF7E78973BCA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{A71D1A11-AD0B-49D4-BB8D-E33B08876C11}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{9869F2C0-05F7-4A52-9E85-5B6BAEBF7FED}"/>
   </bookViews>
   <sheets>
     <sheet name="sangovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Government Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FE35F28E-86BF-4FC7-9427-9D3DCFE89477}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5D498B3E-2FBD-4C66-AAAD-87F4C2A51254}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.39672845000001189</v>
       </c>
       <c r="D431" s="5">
         <v>-2.4247172225668079</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>193.97956830999999</v>
       </c>
       <c r="C432" s="5">
         <v>0.22584530000000314</v>
       </c>
       <c r="D432" s="5">
         <v>1.4077592369449166</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>197.94463943</v>
+        <v>194.45374941</v>
       </c>
       <c r="C433" s="5">
-        <v>3.9650711200000046</v>
+        <v>0.47418110000000979</v>
       </c>
       <c r="D433" s="5">
-        <v>27.483235897085013</v>
+        <v>2.9731495432653077</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>190.70557683999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-3.7481725700000084</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-20.829231177214226</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>