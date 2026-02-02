--- v1 (2025-12-13)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6D4C1DC7-EC08-438E-9457-DF7E78973BCA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{135C8935-C123-44EF-BE94-BC6DA0842D11}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{9869F2C0-05F7-4A52-9E85-5B6BAEBF7FED}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{46DEB021-4BF3-4711-8FD5-77898B07D242}"/>
   </bookViews>
   <sheets>
     <sheet name="sangovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Government Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5D498B3E-2FBD-4C66-AAAD-87F4C2A51254}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7FD28258-D562-41EF-AB42-589410ECA375}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>125.38283202</v>
+        <v>125.38282128</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>125.713579</v>
+        <v>125.71358111000001</v>
       </c>
       <c r="C7" s="5">
-        <v>0.33074698000000069</v>
+        <v>0.33075983000000519</v>
       </c>
       <c r="D7" s="5">
-        <v>3.2118085766510207</v>
+        <v>3.2119354552310853</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>125.77942254</v>
+        <v>125.77945898</v>
       </c>
       <c r="C8" s="5">
-        <v>6.5843540000003031E-2</v>
+        <v>6.5877869999994232E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>0.63032374679339309</v>
+        <v>0.63065332689766773</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>125.10122948999999</v>
+        <v>125.10128693</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.6781930500000044</v>
+        <v>-0.67817205000000058</v>
       </c>
       <c r="D9" s="5">
-        <v>-6.2818349015789865</v>
+        <v>-6.2816443522145216</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>126.33008271999999</v>
+        <v>126.33005242999999</v>
       </c>
       <c r="C10" s="5">
-        <v>1.2288532299999986</v>
+        <v>1.2287654999999944</v>
       </c>
       <c r="D10" s="5">
-        <v>12.445590856056965</v>
+        <v>12.444647778673467</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>126.45316398</v>
+        <v>126.45315230999999</v>
       </c>
       <c r="C11" s="5">
-        <v>0.12308126000000641</v>
+        <v>0.12309987999999805</v>
       </c>
       <c r="D11" s="5">
-        <v>1.1754249682034867</v>
+        <v>1.175604026516841</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>125.37679807000001</v>
+        <v>125.37679339</v>
       </c>
       <c r="C12" s="5">
-        <v>-1.0763659099999927</v>
+        <v>-1.0763589199999899</v>
       </c>
       <c r="D12" s="5">
-        <v>-9.749484793683683</v>
+        <v>-9.7494252720164774</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>125.15779336</v>
+        <v>125.15779766</v>
       </c>
       <c r="C13" s="5">
-        <v>-0.21900471000000721</v>
+        <v>-0.21899573000000316</v>
       </c>
       <c r="D13" s="5">
-        <v>-2.0761054721433969</v>
+        <v>-2.0760212370594666</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>124.47436668</v>
+        <v>124.47426405</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.68342667999999662</v>
+        <v>-0.68353360999999779</v>
       </c>
       <c r="D14" s="5">
-        <v>-6.3593687435749331</v>
+        <v>-6.3603338334931596</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>125.95197598</v>
+        <v>125.95202783000001</v>
       </c>
       <c r="C15" s="5">
-        <v>1.4776092999999975</v>
+        <v>1.4777637800000036</v>
       </c>
       <c r="D15" s="5">
-        <v>15.21279690553461</v>
+        <v>15.214505992493276</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>125.63659525</v>
+        <v>125.63659684</v>
       </c>
       <c r="C16" s="5">
-        <v>-0.31538073000000111</v>
+        <v>-0.31543099000001007</v>
       </c>
       <c r="D16" s="5">
-        <v>-2.9637333885039197</v>
+        <v>-2.9641980077567687</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>125.3255339</v>
+        <v>125.32553973</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.31106135000000279</v>
+        <v>-0.31105710999999303</v>
       </c>
       <c r="D17" s="5">
-        <v>-2.9309321765050744</v>
+        <v>-2.9308927315459088</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>125.87619307999999</v>
+        <v>125.87618467999999</v>
       </c>
       <c r="C18" s="5">
-        <v>0.5506591799999967</v>
+        <v>0.5506449499999917</v>
       </c>
       <c r="D18" s="5">
-        <v>5.4018995506667666</v>
+        <v>5.4017563082029652</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>125.69158299</v>
+        <v>125.69158469</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.18461008999999251</v>
+        <v>-0.18459998999999527</v>
       </c>
       <c r="D19" s="5">
-        <v>-1.7457937404321888</v>
+        <v>-1.7456991128500299</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>125.46559843</v>
+        <v>125.46562958</v>
       </c>
       <c r="C20" s="5">
-        <v>-0.22598456000000056</v>
+        <v>-0.22595511000000101</v>
       </c>
       <c r="D20" s="5">
-        <v>-2.1363074919573899</v>
+        <v>-2.1360318095154818</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>125.64356234</v>
+        <v>125.64361110999999</v>
       </c>
       <c r="C21" s="5">
-        <v>0.17796391000000256</v>
+        <v>0.17798152999999672</v>
       </c>
       <c r="D21" s="5">
-        <v>1.7154552986711646</v>
+        <v>1.7156260419728842</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>125.68463762</v>
+        <v>125.68461468</v>
       </c>
       <c r="C22" s="5">
-        <v>4.1075280000001158E-2</v>
+        <v>4.1003570000000877E-2</v>
       </c>
       <c r="D22" s="5">
-        <v>0.39300906841190919</v>
+        <v>0.39232156119657358</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>126.27297931</v>
+        <v>126.27296988000001</v>
       </c>
       <c r="C23" s="5">
-        <v>0.58834168999999292</v>
+        <v>0.5883552000000094</v>
       </c>
       <c r="D23" s="5">
-        <v>5.7642177047440235</v>
+        <v>5.7643545732769974</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>126.57338998</v>
+        <v>126.57338635000001</v>
       </c>
       <c r="C24" s="5">
-        <v>0.3004106700000051</v>
+        <v>0.30041647000000182</v>
       </c>
       <c r="D24" s="5">
-        <v>2.8925221811485935</v>
+        <v>2.8925789784110423</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>127.70944634</v>
+        <v>127.70944872</v>
       </c>
       <c r="C25" s="5">
-        <v>1.1360563599999978</v>
+        <v>1.1360623699999906</v>
       </c>
       <c r="D25" s="5">
-        <v>11.318494206451035</v>
+        <v>11.318557410973007</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>130.09722045999999</v>
+        <v>130.09712622000001</v>
       </c>
       <c r="C26" s="5">
-        <v>2.3877741199999889</v>
+        <v>2.3876775000000094</v>
       </c>
       <c r="D26" s="5">
-        <v>24.893532612359405</v>
+        <v>24.892419040114454</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>127.56150761000001</v>
+        <v>127.56155996</v>
       </c>
       <c r="C27" s="5">
-        <v>-2.5357128499999817</v>
+        <v>-2.5355662600000102</v>
       </c>
       <c r="D27" s="5">
-        <v>-21.037751667306747</v>
+        <v>-21.03667641040856</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>128.0423973</v>
+        <v>128.04239871999999</v>
       </c>
       <c r="C28" s="5">
-        <v>0.48088968999999793</v>
+        <v>0.48083875999999748</v>
       </c>
       <c r="D28" s="5">
-        <v>4.6188254375806315</v>
+        <v>4.6183241470959313</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>128.27716612</v>
+        <v>128.27716791</v>
       </c>
       <c r="C29" s="5">
-        <v>0.23476881999999932</v>
+        <v>0.23476919000000862</v>
       </c>
       <c r="D29" s="5">
-        <v>2.2225530261896109</v>
+        <v>2.2225565394756064</v>
       </c>
       <c r="E29" s="5">
-        <v>2.3551722686896204</v>
+        <v>2.3551689355250094</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>128.17926641</v>
+        <v>128.17926255</v>
       </c>
       <c r="C30" s="5">
-        <v>-9.789971000000719E-2</v>
+        <v>-9.7905359999998609E-2</v>
       </c>
       <c r="D30" s="5">
-        <v>-0.91199223105109528</v>
+        <v>-0.91204463063950802</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>128.07058196</v>
+        <v>128.07058315</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.10868444999999838</v>
+        <v>-0.10867939999999976</v>
       </c>
       <c r="D31" s="5">
-        <v>-1.0127600119789859</v>
+        <v>-1.0127132038798892</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>128.55265686999999</v>
+        <v>128.55268089</v>
       </c>
       <c r="C32" s="5">
-        <v>0.48207490999999436</v>
+        <v>0.48209774000000039</v>
       </c>
       <c r="D32" s="5">
-        <v>4.6116583348205564</v>
+        <v>4.6118812303659995</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>130.09642962000001</v>
+        <v>130.09646117</v>
       </c>
       <c r="C33" s="5">
-        <v>1.5437727500000165</v>
+        <v>1.5437802799999929</v>
       </c>
       <c r="D33" s="5">
-        <v>15.401605865914124</v>
+        <v>15.401682949003881</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>130.44897209000001</v>
+        <v>130.44896248000001</v>
       </c>
       <c r="C34" s="5">
-        <v>0.35254247000000305</v>
+        <v>0.35250131000000806</v>
       </c>
       <c r="D34" s="5">
-        <v>3.3007324313130137</v>
+        <v>3.3003404912529843</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>131.04264140999999</v>
+        <v>131.04263792</v>
       </c>
       <c r="C35" s="5">
-        <v>0.59366931999997519</v>
+        <v>0.59367543999999839</v>
       </c>
       <c r="D35" s="5">
-        <v>5.5999534268087459</v>
+        <v>5.600013030948725</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>131.1273918</v>
+        <v>131.12738938000001</v>
       </c>
       <c r="C36" s="5">
-        <v>8.4750390000010611E-2</v>
+        <v>8.4751460000006773E-2</v>
       </c>
       <c r="D36" s="5">
-        <v>0.77885337967968926</v>
+        <v>0.77886326876681622</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>130.76167638999999</v>
+        <v>130.76167817999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.36571541000000707</v>
+        <v>-0.36571120000002111</v>
       </c>
       <c r="D37" s="5">
-        <v>-3.2959459428196447</v>
+        <v>-3.2959086409315885</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>131.02976280999999</v>
+        <v>131.02967887</v>
       </c>
       <c r="C38" s="5">
-        <v>0.26808642000000305</v>
+        <v>0.26800069000000803</v>
       </c>
       <c r="D38" s="5">
-        <v>2.4881614061945445</v>
+        <v>2.4873567046430844</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>131.08701922</v>
+        <v>131.08706845</v>
       </c>
       <c r="C39" s="5">
-        <v>5.7256410000007918E-2</v>
+        <v>5.7389580000005935E-2</v>
       </c>
       <c r="D39" s="5">
-        <v>0.52562913835434433</v>
+        <v>0.52685495937849769</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>131.22462096999999</v>
+        <v>131.22462386000001</v>
       </c>
       <c r="C40" s="5">
-        <v>0.13760174999998753</v>
+        <v>0.13755541000000449</v>
       </c>
       <c r="D40" s="5">
-        <v>1.2669351254421146</v>
+        <v>1.2665055171592554</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>131.20936651</v>
+        <v>131.20936359000001</v>
       </c>
       <c r="C41" s="5">
-        <v>-1.5254459999994197E-2</v>
+        <v>-1.5260269999998854E-2</v>
       </c>
       <c r="D41" s="5">
-        <v>-0.1394071685844378</v>
+        <v>-0.13946022787660883</v>
       </c>
       <c r="E41" s="5">
-        <v>2.2858319049993581</v>
+        <v>2.2858282013656916</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>132.03087457999999</v>
+        <v>132.03087214000001</v>
       </c>
       <c r="C42" s="5">
-        <v>0.82150806999999304</v>
+        <v>0.82150855000000433</v>
       </c>
       <c r="D42" s="5">
-        <v>7.7774581239043128</v>
+        <v>7.7774630049081361</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>132.45402098</v>
+        <v>132.45401928999999</v>
       </c>
       <c r="C43" s="5">
-        <v>0.42314640000000736</v>
+        <v>0.42314714999997705</v>
       </c>
       <c r="D43" s="5">
-        <v>3.9144067162510954</v>
+        <v>3.9144138506584047</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>132.31958867</v>
+        <v>132.31960190999999</v>
       </c>
       <c r="C44" s="5">
-        <v>-0.134432309999994</v>
+        <v>-0.13441738000000214</v>
       </c>
       <c r="D44" s="5">
-        <v>-1.2111471242511662</v>
+        <v>-1.2110133799666967</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>132.39214014999999</v>
+        <v>132.3921599</v>
       </c>
       <c r="C45" s="5">
-        <v>7.2551479999987123E-2</v>
+        <v>7.2557990000007067E-2</v>
       </c>
       <c r="D45" s="5">
-        <v>0.659953734168095</v>
+        <v>0.66001306388363545</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>132.64114764999999</v>
+        <v>132.64114538000001</v>
       </c>
       <c r="C46" s="5">
-        <v>0.24900750000000471</v>
+        <v>0.24898548000001597</v>
       </c>
       <c r="D46" s="5">
-        <v>2.2804942580436194</v>
+        <v>2.2802901572667178</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>131.62400965</v>
+        <v>131.62402129</v>
       </c>
       <c r="C47" s="5">
-        <v>-1.0171379999999886</v>
+        <v>-1.01712409000001</v>
       </c>
       <c r="D47" s="5">
-        <v>-8.8236614060608112</v>
+        <v>-8.823545924712894</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>131.68235766000001</v>
+        <v>131.6823527</v>
       </c>
       <c r="C48" s="5">
-        <v>5.8348010000003114E-2</v>
+        <v>5.8331409999993866E-2</v>
       </c>
       <c r="D48" s="5">
-        <v>0.53325054795232418</v>
+        <v>0.53309842102255978</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>132.18063702000001</v>
+        <v>132.18063495000001</v>
       </c>
       <c r="C49" s="5">
-        <v>0.49827935999999795</v>
+        <v>0.4982822500000168</v>
       </c>
       <c r="D49" s="5">
-        <v>4.636441870275898</v>
+        <v>4.6364695018469737</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>131.83714327000001</v>
+        <v>131.83708487999999</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.34349374999999327</v>
+        <v>-0.34355007000002047</v>
       </c>
       <c r="D50" s="5">
-        <v>-3.0742165295792767</v>
+        <v>-3.0747134489120587</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>133.38997602000001</v>
+        <v>133.39001221000001</v>
       </c>
       <c r="C51" s="5">
-        <v>1.5528327499999932</v>
+        <v>1.552927330000017</v>
       </c>
       <c r="D51" s="5">
-        <v>15.086644294226371</v>
+        <v>15.087630643542127</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>133.21519577999999</v>
+        <v>133.21519645999999</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.17478024000001824</v>
+        <v>-0.17481575000002181</v>
       </c>
       <c r="D52" s="5">
-        <v>-1.5610721736076472</v>
+        <v>-1.5613866325384418</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>134.36724244999999</v>
+        <v>134.36723327000001</v>
       </c>
       <c r="C53" s="5">
-        <v>1.1520466700000043</v>
+        <v>1.1520368100000269</v>
       </c>
       <c r="D53" s="5">
-        <v>10.88572615674277</v>
+        <v>10.88562845570744</v>
       </c>
       <c r="E53" s="5">
-        <v>2.4067458170063727</v>
+        <v>2.4067410995663785</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>134.40026501</v>
+        <v>134.40026176000001</v>
       </c>
       <c r="C54" s="5">
-        <v>3.3022560000006251E-2</v>
+        <v>3.3028489999992416E-2</v>
       </c>
       <c r="D54" s="5">
-        <v>0.29531513081797467</v>
+        <v>0.29536825372045161</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>134.43020949000001</v>
+        <v>134.43020415999999</v>
       </c>
       <c r="C55" s="5">
-        <v>2.9944480000011708E-2</v>
+        <v>2.9942399999981717E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>0.2676887699813113</v>
+        <v>0.26767015950563966</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>134.10406773</v>
+        <v>134.10407072999999</v>
       </c>
       <c r="C56" s="5">
-        <v>-0.32614176000001294</v>
+        <v>-0.32613342999999873</v>
       </c>
       <c r="D56" s="5">
-        <v>-2.8727905708711088</v>
+        <v>-2.8727182854577094</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>133.85835165</v>
+        <v>133.8583672</v>
       </c>
       <c r="C57" s="5">
-        <v>-0.24571607999999401</v>
+        <v>-0.2457035299999859</v>
       </c>
       <c r="D57" s="5">
-        <v>-2.1767118619569259</v>
+        <v>-2.1766017556624218</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>134.27171375</v>
+        <v>134.27172173</v>
       </c>
       <c r="C58" s="5">
-        <v>0.41336210000000051</v>
+        <v>0.41335452999999234</v>
       </c>
       <c r="D58" s="5">
-        <v>3.7692579025022432</v>
+        <v>3.7691872532927162</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>134.36333121000001</v>
+        <v>134.3633619</v>
       </c>
       <c r="C59" s="5">
-        <v>9.1617460000009032E-2</v>
+        <v>9.1640170000005128E-2</v>
       </c>
       <c r="D59" s="5">
-        <v>0.82187436282177284</v>
+        <v>0.82207880411673262</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>135.04278786</v>
+        <v>135.04278260000001</v>
       </c>
       <c r="C60" s="5">
-        <v>0.67945664999999167</v>
+        <v>0.67942070000000854</v>
       </c>
       <c r="D60" s="5">
-        <v>6.2398845168301964</v>
+        <v>6.2395436643969404</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>133.79844537</v>
+        <v>133.79843869999999</v>
       </c>
       <c r="C61" s="5">
-        <v>-1.2443424900000082</v>
+        <v>-1.2443439000000183</v>
       </c>
       <c r="D61" s="5">
-        <v>-10.513799877324658</v>
+        <v>-10.513811582640065</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>136.01001977999999</v>
+        <v>136.00997903999999</v>
       </c>
       <c r="C62" s="5">
-        <v>2.2115744099999972</v>
+        <v>2.2115403399999991</v>
       </c>
       <c r="D62" s="5">
-        <v>21.741328751137857</v>
+        <v>21.740963986862806</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>134.82851216</v>
+        <v>134.82853281000001</v>
       </c>
       <c r="C63" s="5">
-        <v>-1.1815076199999908</v>
+        <v>-1.1814462299999775</v>
       </c>
       <c r="D63" s="5">
-        <v>-9.9403904597154096</v>
+        <v>-9.9399012247190495</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>135.01016582</v>
+        <v>135.01015842999999</v>
       </c>
       <c r="C64" s="5">
-        <v>0.18165365999999494</v>
+        <v>0.18162561999997706</v>
       </c>
       <c r="D64" s="5">
-        <v>1.6287872255920766</v>
+        <v>1.6285336895750735</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>135.26953886999999</v>
+        <v>135.26952120000001</v>
       </c>
       <c r="C65" s="5">
-        <v>0.25937304999999355</v>
+        <v>0.25936277000002406</v>
       </c>
       <c r="D65" s="5">
-        <v>2.3298803589049566</v>
+        <v>2.3297871673708004</v>
       </c>
       <c r="E65" s="5">
-        <v>0.6715151725583457</v>
+        <v>0.67150889993166096</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>134.7947399</v>
+        <v>134.79472866</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.47479896999999482</v>
+        <v>-0.47479254000000992</v>
       </c>
       <c r="D66" s="5">
-        <v>-4.1316558795749465</v>
+        <v>-4.1316015313649483</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>135.40916404999999</v>
+        <v>135.40915522</v>
       </c>
       <c r="C67" s="5">
-        <v>0.61442414999999073</v>
+        <v>0.61442655999999829</v>
       </c>
       <c r="D67" s="5">
-        <v>5.6091003986334487</v>
+        <v>5.6091234335999607</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>135.78390951</v>
+        <v>135.78391253999999</v>
       </c>
       <c r="C68" s="5">
-        <v>0.37474546000001396</v>
+        <v>0.37475731999998629</v>
       </c>
       <c r="D68" s="5">
-        <v>3.3720244770816032</v>
+        <v>3.3721330483246881</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>136.24224088</v>
+        <v>136.24226313</v>
       </c>
       <c r="C69" s="5">
-        <v>0.45833136999999624</v>
+        <v>0.45835059000000911</v>
       </c>
       <c r="D69" s="5">
-        <v>4.1265868073929513</v>
+        <v>4.1267629861928334</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>136.80378696</v>
+        <v>136.80380302</v>
       </c>
       <c r="C70" s="5">
-        <v>0.56154607999999939</v>
+        <v>0.56153989000000593</v>
       </c>
       <c r="D70" s="5">
-        <v>5.0596855112353678</v>
+        <v>5.059627622143581</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>137.57824241</v>
+        <v>137.57831668</v>
       </c>
       <c r="C71" s="5">
-        <v>0.77445545000000493</v>
+        <v>0.77451365999999666</v>
       </c>
       <c r="D71" s="5">
-        <v>7.0088381481643758</v>
+        <v>7.0093806120758329</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>138.53744684</v>
+        <v>138.53743667000001</v>
       </c>
       <c r="C72" s="5">
-        <v>0.95920442999999977</v>
+        <v>0.95911999000000492</v>
       </c>
       <c r="D72" s="5">
-        <v>8.6948760779902656</v>
+        <v>8.6940761981068917</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>137.88129949</v>
+        <v>137.8812806</v>
       </c>
       <c r="C73" s="5">
-        <v>-0.65614734999999769</v>
+        <v>-0.65615607000000864</v>
       </c>
       <c r="D73" s="5">
-        <v>-5.537755820937873</v>
+        <v>-5.5378279055990127</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>137.5358286</v>
+        <v>137.53579733000001</v>
       </c>
       <c r="C74" s="5">
-        <v>-0.34547089000000142</v>
+        <v>-0.34548326999998835</v>
       </c>
       <c r="D74" s="5">
-        <v>-2.9655910676784969</v>
+        <v>-2.9656962805424736</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>137.26521016999999</v>
+        <v>137.26520181000001</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.27061843000001318</v>
+        <v>-0.27059552000000053</v>
       </c>
       <c r="D75" s="5">
-        <v>-2.3357603237112556</v>
+        <v>-2.3355652431450324</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>137.26170427</v>
+        <v>137.26167888000001</v>
       </c>
       <c r="C76" s="5">
-        <v>-3.5058999999932894E-3</v>
+        <v>-3.5229300000025887E-3</v>
       </c>
       <c r="D76" s="5">
-        <v>-3.0644975896432225E-2</v>
+        <v>-3.079381552328897E-2</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>137.54479155999999</v>
+        <v>137.54475733999999</v>
       </c>
       <c r="C77" s="5">
-        <v>0.28308728999999744</v>
+        <v>0.28307845999998449</v>
       </c>
       <c r="D77" s="5">
-        <v>2.5031357817032251</v>
+        <v>2.5030572849420007</v>
       </c>
       <c r="E77" s="5">
-        <v>1.6820140801889094</v>
+        <v>1.682002065074184</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>137.78584961000001</v>
+        <v>137.78583140999999</v>
       </c>
       <c r="C78" s="5">
-        <v>0.24105805000002078</v>
+        <v>0.24107406999999625</v>
       </c>
       <c r="D78" s="5">
-        <v>2.1234852528789094</v>
+        <v>2.1236282699774511</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>137.99503605999999</v>
+        <v>137.99502491000001</v>
       </c>
       <c r="C79" s="5">
-        <v>0.20918644999997582</v>
+        <v>0.20919350000002623</v>
       </c>
       <c r="D79" s="5">
-        <v>1.8371295574048485</v>
+        <v>1.8371922349598391</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>138.08474029999999</v>
+        <v>138.08474977</v>
       </c>
       <c r="C80" s="5">
-        <v>8.970424000000321E-2</v>
+        <v>8.9724859999989803E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>0.78285994532136804</v>
+        <v>0.78304060611795734</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>138.46518193</v>
+        <v>138.46521822</v>
       </c>
       <c r="C81" s="5">
-        <v>0.38044163000000708</v>
+        <v>0.38046844999999507</v>
       </c>
       <c r="D81" s="5">
-        <v>3.3567198197585801</v>
+        <v>3.3569598223285091</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>138.74017447</v>
+        <v>138.74022423</v>
       </c>
       <c r="C82" s="5">
-        <v>0.27499253999999951</v>
+        <v>0.27500600999999847</v>
       </c>
       <c r="D82" s="5">
-        <v>2.4094108960736271</v>
+        <v>2.4095295703603137</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>139.09530620000001</v>
+        <v>139.09546541</v>
       </c>
       <c r="C83" s="5">
-        <v>0.35513173000001075</v>
+        <v>0.35524118000000726</v>
       </c>
       <c r="D83" s="5">
-        <v>3.1152414299564724</v>
+        <v>3.1162139608951644</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>137.94524963999999</v>
+        <v>137.94520761000001</v>
       </c>
       <c r="C84" s="5">
-        <v>-1.1500565600000243</v>
+        <v>-1.1502577999999914</v>
       </c>
       <c r="D84" s="5">
-        <v>-9.482761716437448</v>
+        <v>-9.4843359384004238</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>138.9956852</v>
+        <v>138.99565208000001</v>
       </c>
       <c r="C85" s="5">
-        <v>1.050435560000011</v>
+        <v>1.0504444700000022</v>
       </c>
       <c r="D85" s="5">
-        <v>9.5304399146216809</v>
+        <v>9.5305271955286042</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>139.72065402999999</v>
+        <v>139.72059462999999</v>
       </c>
       <c r="C86" s="5">
-        <v>0.72496882999999457</v>
+        <v>0.7249425499999802</v>
       </c>
       <c r="D86" s="5">
-        <v>6.4416242869938189</v>
+        <v>6.441385619661566</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>139.94570088</v>
+        <v>139.9456563</v>
       </c>
       <c r="C87" s="5">
-        <v>0.22504685000001245</v>
+        <v>0.22506167000000232</v>
       </c>
       <c r="D87" s="5">
-        <v>1.9500444501985514</v>
+        <v>1.9501748426520082</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>140.4527568</v>
+        <v>140.45270618999999</v>
       </c>
       <c r="C88" s="5">
-        <v>0.50705591999999911</v>
+        <v>0.50704988999999046</v>
       </c>
       <c r="D88" s="5">
-        <v>4.4355785505438616</v>
+        <v>4.4355261875044683</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>140.41140780999999</v>
+        <v>140.41135589000001</v>
       </c>
       <c r="C89" s="5">
-        <v>-4.1348990000017238E-2</v>
+        <v>-4.1350299999976414E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>-0.35270596151210087</v>
+        <v>-0.35271724458550979</v>
       </c>
       <c r="E89" s="5">
-        <v>2.0841328977182716</v>
+        <v>2.0841205476948899</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>140.26000077</v>
+        <v>140.25997831999999</v>
       </c>
       <c r="C90" s="5">
-        <v>-0.15140703999998095</v>
+        <v>-0.15137757000002239</v>
       </c>
       <c r="D90" s="5">
-        <v>-1.2863254761165899</v>
+        <v>-1.2860770600475746</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>140.67661218000001</v>
+        <v>140.67660154999999</v>
       </c>
       <c r="C91" s="5">
-        <v>0.41661141000000157</v>
+        <v>0.41662322999999901</v>
       </c>
       <c r="D91" s="5">
-        <v>3.6231447342838008</v>
+        <v>3.623249803878581</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>140.96389307999999</v>
+        <v>140.96390991999999</v>
       </c>
       <c r="C92" s="5">
-        <v>0.28728089999998474</v>
+        <v>0.2873083700000052</v>
       </c>
       <c r="D92" s="5">
-        <v>2.4782766303358184</v>
+        <v>2.4785164624820055</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>141.11353054</v>
+        <v>141.11358010000001</v>
       </c>
       <c r="C93" s="5">
-        <v>0.1496374600000081</v>
+        <v>0.14967018000001531</v>
       </c>
       <c r="D93" s="5">
-        <v>1.2813000666724417</v>
+        <v>1.2815817222244563</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>141.13951223000001</v>
+        <v>141.13964136000001</v>
       </c>
       <c r="C94" s="5">
-        <v>2.5981690000008939E-2</v>
+        <v>2.6061260000005859E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>0.22116674315757479</v>
+        <v>0.2218446856151246</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>141.19166737</v>
+        <v>141.19190807999999</v>
       </c>
       <c r="C95" s="5">
-        <v>5.2155139999996436E-2</v>
+        <v>5.226671999997734E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>0.44433712810949544</v>
+        <v>0.44528926571103522</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>140.92886920999999</v>
+        <v>140.92878200000001</v>
       </c>
       <c r="C96" s="5">
-        <v>-0.26279816000001688</v>
+        <v>-0.26312607999997795</v>
       </c>
       <c r="D96" s="5">
-        <v>-2.2108202413763101</v>
+        <v>-2.2135469574822042</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>142.11688512000001</v>
+        <v>142.11685527</v>
       </c>
       <c r="C97" s="5">
-        <v>1.1880159100000185</v>
+        <v>1.1880732699999896</v>
       </c>
       <c r="D97" s="5">
-        <v>10.598326414399795</v>
+        <v>10.598868946454786</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>141.83498448</v>
+        <v>141.83487106999999</v>
       </c>
       <c r="C98" s="5">
-        <v>-0.28190064000000348</v>
+        <v>-0.28198420000001079</v>
       </c>
       <c r="D98" s="5">
-        <v>-2.3545021894855966</v>
+        <v>-2.3551929934915838</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>142.63317903000001</v>
+        <v>142.63308405999999</v>
       </c>
       <c r="C99" s="5">
-        <v>0.79819455000000517</v>
+        <v>0.79821298999999613</v>
       </c>
       <c r="D99" s="5">
-        <v>6.9661481956890814</v>
+        <v>6.9663198859941877</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>142.17139832000001</v>
+        <v>142.17131963</v>
       </c>
       <c r="C100" s="5">
-        <v>-0.46178070999999932</v>
+        <v>-0.46176442999998812</v>
       </c>
       <c r="D100" s="5">
-        <v>-3.8166108757739181</v>
+        <v>-3.8164812046193042</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>142.41346292</v>
+        <v>142.413397</v>
       </c>
       <c r="C101" s="5">
-        <v>0.24206459999999197</v>
+        <v>0.24207737000000407</v>
       </c>
       <c r="D101" s="5">
-        <v>2.0623921523112987</v>
+        <v>2.062503126011328</v>
       </c>
       <c r="E101" s="5">
-        <v>1.4258493246568138</v>
+        <v>1.4258398811905382</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>142.48460621999999</v>
+        <v>142.48458585</v>
       </c>
       <c r="C102" s="5">
-        <v>7.1143299999988585E-2</v>
+        <v>7.1188849999998638E-2</v>
       </c>
       <c r="D102" s="5">
-        <v>0.60111532314499616</v>
+        <v>0.60150152940057211</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>141.37052700999999</v>
+        <v>141.37052170999999</v>
       </c>
       <c r="C103" s="5">
-        <v>-1.1140792099999999</v>
+        <v>-1.1140641400000106</v>
       </c>
       <c r="D103" s="5">
-        <v>-8.9895700473662021</v>
+        <v>-8.9894548579175559</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>142.14664694000001</v>
+        <v>142.14667532000001</v>
       </c>
       <c r="C104" s="5">
-        <v>0.77611993000002144</v>
+        <v>0.77615361000002281</v>
       </c>
       <c r="D104" s="5">
-        <v>6.7905719113148022</v>
+        <v>6.7908758074928022</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>141.67999936999999</v>
+        <v>141.68005586000001</v>
       </c>
       <c r="C105" s="5">
-        <v>-0.46664757000002055</v>
+        <v>-0.46661946000000398</v>
       </c>
       <c r="D105" s="5">
-        <v>-3.869075551993062</v>
+        <v>-3.8688459191010716</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>141.69690426</v>
+        <v>141.69711669</v>
       </c>
       <c r="C106" s="5">
-        <v>1.690489000000639E-2</v>
+        <v>1.7060829999991256E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>0.1432748863687161</v>
+        <v>0.1445973504549114</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>140.04942488</v>
+        <v>140.04970514999999</v>
       </c>
       <c r="C107" s="5">
-        <v>-1.6474793799999929</v>
+        <v>-1.6474115400000073</v>
       </c>
       <c r="D107" s="5">
-        <v>-13.093629658059246</v>
+        <v>-13.09310609569556</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>142.42135662999999</v>
+        <v>142.42123609000001</v>
       </c>
       <c r="C108" s="5">
-        <v>2.3719317499999875</v>
+        <v>2.3715309400000137</v>
       </c>
       <c r="D108" s="5">
-        <v>22.327883924533953</v>
+        <v>22.323703931412254</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>143.62352197999999</v>
+        <v>143.62349785999999</v>
       </c>
       <c r="C109" s="5">
-        <v>1.2021653500000014</v>
+        <v>1.2022617699999785</v>
       </c>
       <c r="D109" s="5">
-        <v>10.612816137917713</v>
+        <v>10.613716649070316</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>143.01266497</v>
+        <v>143.01250476000001</v>
       </c>
       <c r="C110" s="5">
-        <v>-0.61085700999998949</v>
+        <v>-0.61099309999997331</v>
       </c>
       <c r="D110" s="5">
-        <v>-4.9861041260395034</v>
+        <v>-4.9871899142935883</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>142.01260173</v>
+        <v>142.01247143000001</v>
       </c>
       <c r="C111" s="5">
-        <v>-1.0000632400000029</v>
+        <v>-1.0000333300000079</v>
       </c>
       <c r="D111" s="5">
-        <v>-8.0760638463243772</v>
+        <v>-8.0758402211132729</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>142.16349181999999</v>
+        <v>142.16340073999999</v>
       </c>
       <c r="C112" s="5">
-        <v>0.1508900899999901</v>
+        <v>0.15092930999998089</v>
       </c>
       <c r="D112" s="5">
-        <v>1.2824917719918227</v>
+        <v>1.2828282576328398</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>142.18155765</v>
+        <v>142.18148837000001</v>
       </c>
       <c r="C113" s="5">
-        <v>1.8065830000011829E-2</v>
+        <v>1.8087630000025001E-2</v>
       </c>
       <c r="D113" s="5">
-        <v>0.15260003959363111</v>
+        <v>0.15278440857824371</v>
       </c>
       <c r="E113" s="5">
-        <v>-0.16283942911371474</v>
+        <v>-0.16284186381706478</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>142.72577419999999</v>
+        <v>142.72575850999999</v>
       </c>
       <c r="C114" s="5">
-        <v>0.54421654999998736</v>
+        <v>0.54427013999998053</v>
       </c>
       <c r="D114" s="5">
-        <v>4.6910791136110852</v>
+        <v>4.6915531559014179</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>142.45082409</v>
+        <v>142.45082785</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.27495010999999181</v>
+        <v>-0.27493065999999544</v>
       </c>
       <c r="D115" s="5">
-        <v>-2.2873700481022552</v>
+        <v>-2.2872101985083826</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>142.10037356000001</v>
+        <v>142.10041224</v>
       </c>
       <c r="C116" s="5">
-        <v>-0.35045052999998916</v>
+        <v>-0.35041560999999888</v>
       </c>
       <c r="D116" s="5">
-        <v>-2.9125614432280234</v>
+        <v>-2.9122750657184393</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>142.15792474</v>
+        <v>142.15797923</v>
       </c>
       <c r="C117" s="5">
-        <v>5.7551179999990154E-2</v>
+        <v>5.7566989999997986E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>0.4870885125269897</v>
+        <v>0.48722248695518555</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>142.15987472</v>
+        <v>142.16013833</v>
       </c>
       <c r="C118" s="5">
-        <v>1.9499800000062351E-3</v>
+        <v>2.1591000000000804E-3</v>
       </c>
       <c r="D118" s="5">
-        <v>1.6461639745513068E-2</v>
+        <v>1.8227161467709863E-2</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>141.22816915999999</v>
+        <v>141.22843298999999</v>
       </c>
       <c r="C119" s="5">
-        <v>-0.9317055600000117</v>
+        <v>-0.93170534000000771</v>
       </c>
       <c r="D119" s="5">
-        <v>-7.587320199586312</v>
+        <v>-7.5873049060288356</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>141.17349952999999</v>
+        <v>141.17337671000001</v>
       </c>
       <c r="C120" s="5">
-        <v>-5.4669630000006464E-2</v>
+        <v>-5.5056279999973867E-2</v>
       </c>
       <c r="D120" s="5">
-        <v>-0.46353402924098619</v>
+        <v>-0.46680446947277021</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>141.23653478</v>
+        <v>141.23652257000001</v>
       </c>
       <c r="C121" s="5">
-        <v>6.3035250000012866E-2</v>
+        <v>6.3145859999991671E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>0.53712870595377105</v>
+        <v>0.53807401231600327</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>140.93341287000001</v>
+        <v>140.93324530000001</v>
       </c>
       <c r="C122" s="5">
-        <v>-0.30312190999998734</v>
+        <v>-0.30327726999999527</v>
       </c>
       <c r="D122" s="5">
-        <v>-2.5452561790705541</v>
+        <v>-2.5465455566839879</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>139.74693133</v>
+        <v>139.74679130000001</v>
       </c>
       <c r="C123" s="5">
-        <v>-1.1864815400000168</v>
+        <v>-1.1864539999999977</v>
       </c>
       <c r="D123" s="5">
-        <v>-9.6475917000609872</v>
+        <v>-9.6473889752182629</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>139.59562851000001</v>
+        <v>139.59554534</v>
       </c>
       <c r="C124" s="5">
-        <v>-0.15130281999998374</v>
+        <v>-0.15124596000001134</v>
       </c>
       <c r="D124" s="5">
-        <v>-1.2915210405970323</v>
+        <v>-1.2910398550043056</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>139.54525265999999</v>
+        <v>139.54518927000001</v>
       </c>
       <c r="C125" s="5">
-        <v>-5.0375850000023092E-2</v>
+        <v>-5.0356069999992314E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>-0.4321853243825502</v>
+        <v>-0.43201622089883429</v>
       </c>
       <c r="E125" s="5">
-        <v>-1.8541820989819602</v>
+        <v>-1.8541788598664399</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>140.10468885</v>
+        <v>140.10467933000001</v>
       </c>
       <c r="C126" s="5">
-        <v>0.55943619000001377</v>
+        <v>0.55949006000000168</v>
       </c>
       <c r="D126" s="5">
-        <v>4.9182995875992175</v>
+        <v>4.9187859632995545</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>140.53353755000001</v>
+        <v>140.53354762999999</v>
       </c>
       <c r="C127" s="5">
-        <v>0.42884870000000319</v>
+        <v>0.42886829999997644</v>
       </c>
       <c r="D127" s="5">
-        <v>3.7355713986946704</v>
+        <v>3.7357452710766736</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>140.79852962000001</v>
+        <v>140.79857627000001</v>
       </c>
       <c r="C128" s="5">
-        <v>0.26499207000000524</v>
+        <v>0.26502864000002546</v>
       </c>
       <c r="D128" s="5">
-        <v>2.2863520480107313</v>
+        <v>2.2866706882256782</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>141.06189777</v>
+        <v>141.06194815000001</v>
       </c>
       <c r="C129" s="5">
-        <v>0.26336814999999092</v>
+        <v>0.26337187999999401</v>
       </c>
       <c r="D129" s="5">
-        <v>2.267875621546489</v>
+        <v>2.2679073127561677</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>143.22300464</v>
+        <v>143.22327485</v>
       </c>
       <c r="C130" s="5">
-        <v>2.1611068699999976</v>
+        <v>2.1613266999999894</v>
       </c>
       <c r="D130" s="5">
-        <v>20.015322807358693</v>
+        <v>20.017525572047944</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>140.25645585000001</v>
+        <v>140.25666955</v>
       </c>
       <c r="C131" s="5">
-        <v>-2.9665487899999903</v>
+        <v>-2.9666052999999977</v>
       </c>
       <c r="D131" s="5">
-        <v>-22.210503496957614</v>
+        <v>-22.210842347368022</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>141.33997084999999</v>
+        <v>141.33985084</v>
       </c>
       <c r="C132" s="5">
-        <v>1.0835149999999771</v>
+        <v>1.0831812899999989</v>
       </c>
       <c r="D132" s="5">
-        <v>9.6744949358718912</v>
+        <v>9.6713722523725352</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>139.27116798</v>
+        <v>139.27115595000001</v>
       </c>
       <c r="C133" s="5">
-        <v>-2.0688028699999848</v>
+        <v>-2.0686948899999891</v>
       </c>
       <c r="D133" s="5">
-        <v>-16.21724360259228</v>
+        <v>-16.216476776144383</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>139.54477349000001</v>
+        <v>139.54462078</v>
       </c>
       <c r="C134" s="5">
-        <v>0.2736055100000101</v>
+        <v>0.27346482999999466</v>
       </c>
       <c r="D134" s="5">
-        <v>2.3831029265584114</v>
+        <v>2.3818645492582613</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>139.82764918000001</v>
+        <v>139.82753199000001</v>
       </c>
       <c r="C135" s="5">
-        <v>0.28287568999999735</v>
+        <v>0.28291121000000885</v>
       </c>
       <c r="D135" s="5">
-        <v>2.4598637674831281</v>
+        <v>2.4601788211704667</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>139.87710418</v>
+        <v>139.87703703</v>
       </c>
       <c r="C136" s="5">
-        <v>4.9454999999994698E-2</v>
+        <v>4.9505039999985456E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>0.42524908728798216</v>
+        <v>0.42568056228116102</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>139.95162540000001</v>
+        <v>139.95157406999999</v>
       </c>
       <c r="C137" s="5">
-        <v>7.452122000000827E-2</v>
+        <v>7.4537039999995613E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>0.64119116679368648</v>
+        <v>0.64132799228617809</v>
       </c>
       <c r="E137" s="5">
-        <v>0.29121215681204848</v>
+        <v>0.2912209314601899</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>140.48163066000001</v>
+        <v>140.48162452</v>
       </c>
       <c r="C138" s="5">
-        <v>0.53000525999999581</v>
+        <v>0.5300504500000045</v>
       </c>
       <c r="D138" s="5">
-        <v>4.6403336859274891</v>
+        <v>4.6407393515949469</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>139.79245932000001</v>
+        <v>139.79246724999999</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.68917134000000146</v>
+        <v>-0.6891572700000097</v>
       </c>
       <c r="D139" s="5">
-        <v>-5.7306597994127628</v>
+        <v>-5.7305461854841422</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>139.98394164000001</v>
+        <v>139.98397650000001</v>
       </c>
       <c r="C140" s="5">
-        <v>0.19148232000000576</v>
+        <v>0.19150925000002417</v>
       </c>
       <c r="D140" s="5">
-        <v>1.6561536658080689</v>
+        <v>1.6563882497510951</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>140.2850947</v>
+        <v>140.28517167000001</v>
       </c>
       <c r="C141" s="5">
-        <v>0.30115305999999009</v>
+        <v>0.30119516999999973</v>
       </c>
       <c r="D141" s="5">
-        <v>2.6123747197333902</v>
+        <v>2.612743681324603</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>140.18626621999999</v>
+        <v>140.1864617</v>
       </c>
       <c r="C142" s="5">
-        <v>-9.8828480000008767E-2</v>
+        <v>-9.8709970000015801E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>-0.84211185684073264</v>
+        <v>-0.84110548496517668</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>141.11252943</v>
+        <v>141.11265635999999</v>
       </c>
       <c r="C143" s="5">
-        <v>0.92626321000000189</v>
+        <v>0.92619465999999306</v>
       </c>
       <c r="D143" s="5">
-        <v>8.2234301669994458</v>
+        <v>8.2227874061495001</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>140.98893899000001</v>
+        <v>140.98884491999999</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.12359043999998676</v>
+        <v>-0.12381143999999722</v>
       </c>
       <c r="D144" s="5">
-        <v>-1.0459467999962446</v>
+        <v>-1.0478071703732161</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>141.30736603</v>
+        <v>141.30735464</v>
       </c>
       <c r="C145" s="5">
-        <v>0.31842703999998889</v>
+        <v>0.31850972000000866</v>
       </c>
       <c r="D145" s="5">
-        <v>2.7441508878162102</v>
+        <v>2.7448741408577559</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>141.11454902</v>
+        <v>141.11440641999999</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.19281700999999885</v>
+        <v>-0.19294822000000522</v>
       </c>
       <c r="D146" s="5">
-        <v>-1.6251934511785415</v>
+        <v>-1.6262912165674215</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>140.73753293999999</v>
+        <v>140.73744300000001</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.37701608000000419</v>
+        <v>-0.3769634199999814</v>
       </c>
       <c r="D147" s="5">
-        <v>-3.1593491690994679</v>
+        <v>-3.1589174932658226</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>141.63149798000001</v>
+        <v>141.63144359</v>
       </c>
       <c r="C148" s="5">
-        <v>0.89396504000001187</v>
+        <v>0.89400058999999032</v>
       </c>
       <c r="D148" s="5">
-        <v>7.894418062231856</v>
+        <v>7.8947482679742054</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>141.82818673</v>
+        <v>141.8281466</v>
       </c>
       <c r="C149" s="5">
-        <v>0.19668874999999275</v>
+        <v>0.19670300999999313</v>
       </c>
       <c r="D149" s="5">
-        <v>1.6792708999287864</v>
+        <v>1.6793942289778929</v>
       </c>
       <c r="E149" s="5">
-        <v>1.3408642626597134</v>
+        <v>1.3408727572162826</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>141.85605151999999</v>
+        <v>141.85605957000001</v>
       </c>
       <c r="C150" s="5">
-        <v>2.786478999999531E-2</v>
+        <v>2.7912970000016912E-2</v>
       </c>
       <c r="D150" s="5">
-        <v>0.23601728628515062</v>
+        <v>0.2364258840383382</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>142.57440421999999</v>
+        <v>142.57443282</v>
       </c>
       <c r="C151" s="5">
-        <v>0.71835269999999696</v>
+        <v>0.71837324999998486</v>
       </c>
       <c r="D151" s="5">
-        <v>6.2488840686107494</v>
+        <v>6.2490674747383235</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>142.92839164</v>
+        <v>142.92844958000001</v>
       </c>
       <c r="C152" s="5">
-        <v>0.35398742000000993</v>
+        <v>0.35401676000000748</v>
       </c>
       <c r="D152" s="5">
-        <v>3.0204148540553533</v>
+        <v>3.0206680135321573</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>142.52648932</v>
+        <v>142.52662416000001</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.40190232000000492</v>
+        <v>-0.40182541999999444</v>
       </c>
       <c r="D153" s="5">
-        <v>-3.3225973688403521</v>
+        <v>-3.3219700949346676</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>143.12836300000001</v>
+        <v>143.12850198999999</v>
       </c>
       <c r="C154" s="5">
-        <v>0.60187368000001129</v>
+        <v>0.60187782999997808</v>
       </c>
       <c r="D154" s="5">
-        <v>5.1868370017721821</v>
+        <v>5.1868685787553659</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>142.14325016000001</v>
+        <v>142.14327997000001</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.98511283999999932</v>
+        <v>-0.9852220199999806</v>
       </c>
       <c r="D155" s="5">
-        <v>-7.9536761153909179</v>
+        <v>-7.9545170849339986</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>142.33388951000001</v>
+        <v>142.33377579</v>
       </c>
       <c r="C156" s="5">
-        <v>0.19063934999999788</v>
+        <v>0.19049581999999532</v>
       </c>
       <c r="D156" s="5">
-        <v>1.6213382120785047</v>
+        <v>1.6201081728012046</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>141.67534662</v>
+        <v>141.67527203</v>
       </c>
       <c r="C157" s="5">
-        <v>-0.65854289000000676</v>
+        <v>-0.6585037600000021</v>
       </c>
       <c r="D157" s="5">
-        <v>-5.4129679971462679</v>
+        <v>-5.4126587183571111</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>143.49837721</v>
+        <v>143.49821936999999</v>
       </c>
       <c r="C158" s="5">
-        <v>1.8230305900000019</v>
+        <v>1.8229473399999847</v>
       </c>
       <c r="D158" s="5">
-        <v>16.582260233899969</v>
+        <v>16.581457976541092</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>144.45634256</v>
+        <v>144.45627537999999</v>
       </c>
       <c r="C159" s="5">
-        <v>0.95796534999999494</v>
+        <v>0.95805601000000706</v>
       </c>
       <c r="D159" s="5">
-        <v>8.3117322902531043</v>
+        <v>8.3125574848487815</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>144.38403994000001</v>
+        <v>144.38401092000001</v>
       </c>
       <c r="C160" s="5">
-        <v>-7.2302619999987883E-2</v>
+        <v>-7.226445999998532E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>-0.59896779831769553</v>
+        <v>-0.59865282098355843</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>144.50769836000001</v>
+        <v>144.50769627</v>
       </c>
       <c r="C161" s="5">
-        <v>0.12365841999999816</v>
+        <v>0.12368534999998815</v>
       </c>
       <c r="D161" s="5">
-        <v>1.0326009392188196</v>
+        <v>1.0328270854305321</v>
       </c>
       <c r="E161" s="5">
-        <v>1.8892659433776826</v>
+        <v>1.8892932991341871</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>144.22523354</v>
+        <v>144.22529804000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.28246482000000128</v>
+        <v>-0.2823982299999841</v>
       </c>
       <c r="D162" s="5">
-        <v>-2.3205503845131981</v>
+        <v>-2.3200092232790182</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>144.05211334000001</v>
+        <v>144.05221316000001</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.17312019999999961</v>
+        <v>-0.17308488000000466</v>
       </c>
       <c r="D163" s="5">
-        <v>-1.4309438112305339</v>
+        <v>-1.4306531586118054</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>143.96230419</v>
+        <v>143.96243336000001</v>
       </c>
       <c r="C164" s="5">
-        <v>-8.9809150000007776E-2</v>
+        <v>-8.9779800000002297E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>-0.74557881162148343</v>
+        <v>-0.74533547330553063</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>144.48602238000001</v>
+        <v>144.48626492</v>
       </c>
       <c r="C165" s="5">
-        <v>0.52371819000001096</v>
+        <v>0.52383155999999076</v>
       </c>
       <c r="D165" s="5">
-        <v>4.4538746530409234</v>
+        <v>4.4548540883292853</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>144.43517166999999</v>
+        <v>144.43524793</v>
       </c>
       <c r="C166" s="5">
-        <v>-5.0850710000020172E-2</v>
+        <v>-5.1016989999993712E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>-0.42151394665793651</v>
+        <v>-0.42288889803006047</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>143.81798090000001</v>
+        <v>143.81788902</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.61719076999997924</v>
+        <v>-0.6173589100000072</v>
       </c>
       <c r="D167" s="5">
-        <v>-5.0089465538851297</v>
+        <v>-5.010276629325416</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>144.94739823</v>
+        <v>144.94717693000001</v>
       </c>
       <c r="C168" s="5">
-        <v>1.1294173299999954</v>
+        <v>1.1292879100000164</v>
       </c>
       <c r="D168" s="5">
-        <v>9.8415983865115297</v>
+        <v>9.8404280542900189</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>144.12707101000001</v>
+        <v>144.12684909000001</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.8203272199999958</v>
+        <v>-0.82032784000000447</v>
       </c>
       <c r="D169" s="5">
-        <v>-6.5839200151669219</v>
+        <v>-6.58393457869707</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>143.2230433</v>
+        <v>143.22284464000001</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.90402771000000826</v>
+        <v>-0.90400445000000218</v>
       </c>
       <c r="D170" s="5">
-        <v>-7.2726087713311678</v>
+        <v>-7.2724388738620753</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>143.41776307000001</v>
+        <v>143.41772928</v>
       </c>
       <c r="C171" s="5">
-        <v>0.19471977000000606</v>
+        <v>0.19488463999999794</v>
       </c>
       <c r="D171" s="5">
-        <v>1.6437222342716273</v>
+        <v>1.6451267115918711</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>144.03814978</v>
+        <v>144.03812821</v>
       </c>
       <c r="C172" s="5">
-        <v>0.62038670999999113</v>
+        <v>0.62039892999999324</v>
       </c>
       <c r="D172" s="5">
-        <v>5.3161746630720375</v>
+        <v>5.3162831641825781</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>143.90129709999999</v>
+        <v>143.90122500999999</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.13685268000000406</v>
+        <v>-0.13690320000000611</v>
       </c>
       <c r="D173" s="5">
-        <v>-1.1341978422426902</v>
+        <v>-1.134614520980759</v>
       </c>
       <c r="E173" s="5">
-        <v>-0.41963249493417454</v>
+        <v>-0.41968094132984746</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>143.07577090000001</v>
+        <v>143.07611438000001</v>
       </c>
       <c r="C174" s="5">
-        <v>-0.82552619999998456</v>
+        <v>-0.8251106299999833</v>
       </c>
       <c r="D174" s="5">
-        <v>-6.670995848049543</v>
+        <v>-6.6677460923931786</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>143.75529689000001</v>
+        <v>143.75546399000001</v>
       </c>
       <c r="C175" s="5">
-        <v>0.67952599000000191</v>
+        <v>0.67934961000000271</v>
       </c>
       <c r="D175" s="5">
-        <v>5.8505541462749999</v>
+        <v>5.8489812714289435</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>143.52189468</v>
+        <v>143.52207397000001</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.23340221000000838</v>
+        <v>-0.23339002000000164</v>
       </c>
       <c r="D176" s="5">
-        <v>-1.931024808894044</v>
+        <v>-1.9309226307646532</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>143.56830773999999</v>
+        <v>143.56869520000001</v>
       </c>
       <c r="C177" s="5">
-        <v>4.6413059999991901E-2</v>
+        <v>4.6621229999999514E-2</v>
       </c>
       <c r="D177" s="5">
-        <v>0.38875490585303929</v>
+        <v>0.39050116147447689</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>143.91906753000001</v>
+        <v>143.91931287</v>
       </c>
       <c r="C178" s="5">
-        <v>0.35075979000001212</v>
+        <v>0.35061766999999122</v>
       </c>
       <c r="D178" s="5">
-        <v>2.9715054262573926</v>
+        <v>2.9702770971082648</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>143.30201052000001</v>
+        <v>143.30216891000001</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.61705700999999635</v>
+        <v>-0.61714395999999283</v>
       </c>
       <c r="D179" s="5">
-        <v>-5.025423675579388</v>
+        <v>-5.0261068281429395</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>144.80491416999999</v>
+        <v>144.80400688</v>
       </c>
       <c r="C180" s="5">
-        <v>1.5029036499999791</v>
+        <v>1.5018379699999969</v>
       </c>
       <c r="D180" s="5">
-        <v>13.337128094409302</v>
+        <v>13.32710376538444</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>145.7204304</v>
+        <v>145.71969471</v>
       </c>
       <c r="C181" s="5">
-        <v>0.91551623000000859</v>
+        <v>0.91568782999999598</v>
       </c>
       <c r="D181" s="5">
-        <v>7.85635448642652</v>
+        <v>7.8579295921596737</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>145.25554367999999</v>
+        <v>145.25550218999999</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.46488672000000975</v>
+        <v>-0.46419252000001165</v>
       </c>
       <c r="D182" s="5">
-        <v>-3.7618532683959649</v>
+        <v>-3.7563525026521605</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>144.35336910999999</v>
+        <v>144.35345773</v>
       </c>
       <c r="C183" s="5">
-        <v>-0.90217456999999968</v>
+        <v>-0.90204445999998484</v>
       </c>
       <c r="D183" s="5">
-        <v>-7.2037344797359903</v>
+        <v>-7.2027327818304121</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>143.97515569000001</v>
+        <v>143.97512234000001</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.37821341999998026</v>
+        <v>-0.3783353899999895</v>
       </c>
       <c r="D184" s="5">
-        <v>-3.0991496253845785</v>
+        <v>-3.1001328312922127</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>144.21207784999999</v>
+        <v>144.21189799999999</v>
       </c>
       <c r="C185" s="5">
-        <v>0.23692215999997757</v>
+        <v>0.23677565999997796</v>
       </c>
       <c r="D185" s="5">
-        <v>1.9926627142411002</v>
+        <v>1.9914198573601549</v>
       </c>
       <c r="E185" s="5">
-        <v>0.21596799769221242</v>
+        <v>0.21589322118586995</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>144.37067096000001</v>
+        <v>144.37119308999999</v>
       </c>
       <c r="C186" s="5">
-        <v>0.15859311000002663</v>
+        <v>0.15929509000000053</v>
       </c>
       <c r="D186" s="5">
-        <v>1.3276769831044533</v>
+        <v>1.3335910958831354</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>144.56128093000001</v>
+        <v>144.56138942000001</v>
       </c>
       <c r="C187" s="5">
-        <v>0.19060996999999702</v>
+        <v>0.19019633000002045</v>
       </c>
       <c r="D187" s="5">
-        <v>1.5958936987587213</v>
+        <v>1.5923995394293788</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>144.61827987000001</v>
+        <v>144.6185236</v>
       </c>
       <c r="C188" s="5">
-        <v>5.699893999999972E-2</v>
+        <v>5.7134179999991375E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>0.47417435352021808</v>
+        <v>0.47530150472749888</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>144.73293770000001</v>
+        <v>144.73362632000001</v>
       </c>
       <c r="C189" s="5">
-        <v>0.11465782999999874</v>
+        <v>0.11510272000001009</v>
       </c>
       <c r="D189" s="5">
-        <v>0.95555660502830708</v>
+        <v>0.95927893331035907</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>144.72509840999999</v>
+        <v>144.7258262</v>
       </c>
       <c r="C190" s="5">
-        <v>-7.8392900000210375E-3</v>
+        <v>-7.8001200000130666E-3</v>
       </c>
       <c r="D190" s="5">
-        <v>-6.4977235009877621E-2</v>
+        <v>-6.4652356783090337E-2</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>145.27856217999999</v>
+        <v>145.27916880999999</v>
       </c>
       <c r="C191" s="5">
-        <v>0.55346377000000757</v>
+        <v>0.55334260999998719</v>
       </c>
       <c r="D191" s="5">
-        <v>4.6868550874474835</v>
+        <v>4.6857833448147534</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>145.94283349</v>
+        <v>145.94123314000001</v>
       </c>
       <c r="C192" s="5">
-        <v>0.66427131000000372</v>
+        <v>0.66206433000002107</v>
       </c>
       <c r="D192" s="5">
-        <v>5.6269866614518271</v>
+        <v>5.6077964719588147</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>146.23897478999999</v>
+        <v>146.23757796999999</v>
       </c>
       <c r="C193" s="5">
-        <v>0.29614129999998795</v>
+        <v>0.29634482999998113</v>
       </c>
       <c r="D193" s="5">
-        <v>2.4623515844766297</v>
+        <v>2.4640901600315734</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>145.96652257</v>
+        <v>145.96643187999999</v>
       </c>
       <c r="C194" s="5">
-        <v>-0.27245221999999103</v>
+        <v>-0.271146090000002</v>
       </c>
       <c r="D194" s="5">
-        <v>-2.2129070154154773</v>
+        <v>-2.2024271611478685</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>146.22525530999999</v>
+        <v>146.22555342999999</v>
       </c>
       <c r="C195" s="5">
-        <v>0.25873273999999924</v>
+        <v>0.25912155000000325</v>
       </c>
       <c r="D195" s="5">
-        <v>2.1479179336054255</v>
+        <v>2.1511786418934697</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>146.62155781000001</v>
+        <v>146.62148203000001</v>
       </c>
       <c r="C196" s="5">
-        <v>0.39630250000001865</v>
+        <v>0.39592860000001906</v>
       </c>
       <c r="D196" s="5">
-        <v>3.3011826321295734</v>
+        <v>3.2980147088775169</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>146.92593624</v>
+        <v>146.92544083000001</v>
       </c>
       <c r="C197" s="5">
-        <v>0.30437842999998566</v>
+        <v>0.30395880000000375</v>
       </c>
       <c r="D197" s="5">
-        <v>2.5197759309604884</v>
+        <v>2.516263664000995</v>
       </c>
       <c r="E197" s="5">
-        <v>1.8818523597051273</v>
+        <v>1.8816358897100205</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>147.2902296</v>
+        <v>147.29081479999999</v>
       </c>
       <c r="C198" s="5">
-        <v>0.3642933600000049</v>
+        <v>0.36537396999997895</v>
       </c>
       <c r="D198" s="5">
-        <v>3.0162337913679282</v>
+        <v>3.0253139691436726</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>147.18602374</v>
+        <v>147.18591807000001</v>
       </c>
       <c r="C199" s="5">
-        <v>-0.10420586000000753</v>
+        <v>-0.10489672999997879</v>
       </c>
       <c r="D199" s="5">
-        <v>-0.8456881218805834</v>
+        <v>-0.85126960148562691</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>147.0013845</v>
+        <v>147.00129885999999</v>
       </c>
       <c r="C200" s="5">
-        <v>-0.18463923999999565</v>
+        <v>-0.18461921000002235</v>
       </c>
       <c r="D200" s="5">
-        <v>-1.4950111827065626</v>
+        <v>-1.4948511842078127</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>148.5925575</v>
+        <v>148.59267235999999</v>
       </c>
       <c r="C201" s="5">
-        <v>1.5911729999999977</v>
+        <v>1.5913735000000031</v>
       </c>
       <c r="D201" s="5">
-        <v>13.790915254204862</v>
+        <v>13.792766281921764</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>148.4536646</v>
+        <v>148.45783582000001</v>
       </c>
       <c r="C202" s="5">
-        <v>-0.13889290000000187</v>
+        <v>-0.13483653999998069</v>
       </c>
       <c r="D202" s="5">
-        <v>-1.1159192132056295</v>
+        <v>-1.0834905068603518</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>148.96598410999999</v>
+        <v>148.96674442</v>
       </c>
       <c r="C203" s="5">
-        <v>0.51231950999999754</v>
+        <v>0.50890859999998384</v>
       </c>
       <c r="D203" s="5">
-        <v>4.2207629385355938</v>
+        <v>4.1920101139657939</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>148.11194146</v>
+        <v>148.10919448000001</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.85404264999999668</v>
+        <v>-0.85754993999998419</v>
       </c>
       <c r="D204" s="5">
-        <v>-6.6669245776093788</v>
+        <v>-6.6934095562781621</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>148.31572464000001</v>
+        <v>148.31345802000001</v>
       </c>
       <c r="C205" s="5">
-        <v>0.20378318000001627</v>
+        <v>0.20426353999999947</v>
       </c>
       <c r="D205" s="5">
-        <v>1.6635987140114716</v>
+        <v>1.667581123295081</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>148.79534867999999</v>
+        <v>148.79519146999999</v>
       </c>
       <c r="C206" s="5">
-        <v>0.47962403999997605</v>
+        <v>0.4817334499999788</v>
       </c>
       <c r="D206" s="5">
-        <v>3.9503341213121823</v>
+        <v>3.9680811591449316</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>149.84379945000001</v>
+        <v>149.84417285999999</v>
       </c>
       <c r="C207" s="5">
-        <v>1.0484507700000165</v>
+        <v>1.0489813899999945</v>
       </c>
       <c r="D207" s="5">
-        <v>8.7910210446183754</v>
+        <v>8.7956537403493851</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>150.16678003000001</v>
+        <v>150.16658760000001</v>
       </c>
       <c r="C208" s="5">
-        <v>0.32298058000000651</v>
+        <v>0.32241474000002768</v>
       </c>
       <c r="D208" s="5">
-        <v>2.6174228026026425</v>
+        <v>2.6127762662030429</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>150.03146329</v>
+        <v>150.03071209000001</v>
       </c>
       <c r="C209" s="5">
-        <v>-0.13531674000000748</v>
+        <v>-0.13587551000000531</v>
       </c>
       <c r="D209" s="5">
-        <v>-1.0759884968060573</v>
+        <v>-1.0804109180823973</v>
       </c>
       <c r="E209" s="5">
-        <v>2.1136683756959096</v>
+        <v>2.1135014075560621</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>150.51126572999999</v>
+        <v>150.51154708000001</v>
       </c>
       <c r="C210" s="5">
-        <v>0.47980243999998606</v>
+        <v>0.48083499000000529</v>
       </c>
       <c r="D210" s="5">
-        <v>3.9058393762441135</v>
+        <v>3.9144135276092173</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>150.47437024000001</v>
+        <v>150.47383356</v>
       </c>
       <c r="C211" s="5">
-        <v>-3.6895489999977826E-2</v>
+        <v>-3.7713520000011158E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>-0.29376501351863205</v>
+        <v>-0.30026870373358605</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>150.85269517</v>
+        <v>150.85194555999999</v>
       </c>
       <c r="C212" s="5">
-        <v>0.3783249299999909</v>
+        <v>0.37811199999998735</v>
       </c>
       <c r="D212" s="5">
-        <v>3.0591301536974091</v>
+        <v>3.0573955956675114</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>150.46175973000001</v>
+        <v>150.46093128999999</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.3909354399999927</v>
+        <v>-0.39101426999999944</v>
       </c>
       <c r="D213" s="5">
-        <v>-3.0658611724523332</v>
+        <v>-3.0664856213440506</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>150.96488077000001</v>
+        <v>150.97448965000001</v>
       </c>
       <c r="C214" s="5">
-        <v>0.50312103999999636</v>
+        <v>0.51355836000001887</v>
       </c>
       <c r="D214" s="5">
-        <v>4.0872413066162405</v>
+        <v>4.173653424909185</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>150.60592842</v>
+        <v>150.60608619999999</v>
       </c>
       <c r="C215" s="5">
-        <v>-0.3589523500000098</v>
+        <v>-0.36840345000001662</v>
       </c>
       <c r="D215" s="5">
-        <v>-2.8162457497039384</v>
+        <v>-2.8892229012615012</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>152.25220049000001</v>
+        <v>152.24859960000001</v>
       </c>
       <c r="C216" s="5">
-        <v>1.6462720700000091</v>
+        <v>1.6425134000000128</v>
       </c>
       <c r="D216" s="5">
-        <v>13.935254297563105</v>
+        <v>13.901490617563717</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>151.86162669000001</v>
+        <v>151.85879026999999</v>
       </c>
       <c r="C217" s="5">
-        <v>-0.39057379999999853</v>
+        <v>-0.38980933000001983</v>
       </c>
       <c r="D217" s="5">
-        <v>-3.0353056430574954</v>
+        <v>-3.02951869325917</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>153.24068310000001</v>
+        <v>153.24013651000001</v>
       </c>
       <c r="C218" s="5">
-        <v>1.379056410000004</v>
+        <v>1.3813462400000276</v>
       </c>
       <c r="D218" s="5">
-        <v>11.458291137015175</v>
+        <v>11.478503866289058</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>151.57560748</v>
+        <v>151.57578393</v>
       </c>
       <c r="C219" s="5">
-        <v>-1.6650756200000103</v>
+        <v>-1.6643525800000134</v>
       </c>
       <c r="D219" s="5">
-        <v>-12.287223547736502</v>
+        <v>-12.282243793652391</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>152.94567430000001</v>
+        <v>152.94527674</v>
       </c>
       <c r="C220" s="5">
-        <v>1.3700668200000052</v>
+        <v>1.369492809999997</v>
       </c>
       <c r="D220" s="5">
-        <v>11.402406549521116</v>
+        <v>11.397375557722821</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>154.30819477</v>
+        <v>154.30716941</v>
       </c>
       <c r="C221" s="5">
-        <v>1.3625204699999927</v>
+        <v>1.3618926700000031</v>
       </c>
       <c r="D221" s="5">
-        <v>11.229889105266766</v>
+        <v>11.224489406043636</v>
       </c>
       <c r="E221" s="5">
-        <v>2.8505564007820006</v>
+        <v>2.850387937527521</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>154.86535581000001</v>
+        <v>154.86527957999999</v>
       </c>
       <c r="C222" s="5">
-        <v>0.5571610400000111</v>
+        <v>0.55811016999999197</v>
       </c>
       <c r="D222" s="5">
-        <v>4.4199328627754664</v>
+        <v>4.4276426860041962</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>154.93170466000001</v>
+        <v>154.93065917999999</v>
       </c>
       <c r="C223" s="5">
-        <v>6.6348849999997128E-2</v>
+        <v>6.5379599999999982E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>0.51532828612796955</v>
+        <v>0.50778293092923477</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>155.32338614</v>
+        <v>155.32190256999999</v>
       </c>
       <c r="C224" s="5">
-        <v>0.39168147999998837</v>
+        <v>0.39124338999999964</v>
       </c>
       <c r="D224" s="5">
-        <v>3.0762491630072386</v>
+        <v>3.0727815192767238</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>154.78975335999999</v>
+        <v>154.78794278000001</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.53363278000000491</v>
+        <v>-0.53395978999998306</v>
       </c>
       <c r="D225" s="5">
-        <v>-4.0457311132379159</v>
+        <v>-4.0482015877457478</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>155.49122638</v>
+        <v>155.50636487</v>
       </c>
       <c r="C226" s="5">
-        <v>0.70147302000000877</v>
+        <v>0.71842208999999002</v>
       </c>
       <c r="D226" s="5">
-        <v>5.5757482312768447</v>
+        <v>5.7139969724528283</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>156.81263021999999</v>
+        <v>156.81218562000001</v>
       </c>
       <c r="C227" s="5">
-        <v>1.3214038399999879</v>
+        <v>1.3058207500000094</v>
       </c>
       <c r="D227" s="5">
-        <v>10.688322253476557</v>
+        <v>10.555324365058262</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>156.95907715000001</v>
+        <v>156.95455092</v>
       </c>
       <c r="C228" s="5">
-        <v>0.14644693000002462</v>
+        <v>0.14236529999999448</v>
       </c>
       <c r="D228" s="5">
-        <v>1.1264512945089677</v>
+        <v>1.0949021089597721</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>156.92040996</v>
+        <v>156.91719644</v>
       </c>
       <c r="C229" s="5">
-        <v>-3.8667190000012397E-2</v>
+        <v>-3.7354480000004742E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>-0.29522223592609587</v>
+        <v>-0.28522108437218918</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>155.63410816000001</v>
+        <v>155.63330764</v>
       </c>
       <c r="C230" s="5">
-        <v>-1.2863017999999897</v>
+        <v>-1.2838887999999997</v>
       </c>
       <c r="D230" s="5">
-        <v>-9.4050129029040761</v>
+        <v>-9.3883398013789972</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>158.01105876</v>
+        <v>158.01083008000001</v>
       </c>
       <c r="C231" s="5">
-        <v>2.3769505999999865</v>
+        <v>2.377522440000007</v>
       </c>
       <c r="D231" s="5">
-        <v>19.947837012544902</v>
+        <v>19.953157595745452</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>158.51641545999999</v>
+        <v>158.51578053</v>
       </c>
       <c r="C232" s="5">
-        <v>0.505356699999993</v>
+        <v>0.5049504499999955</v>
       </c>
       <c r="D232" s="5">
-        <v>3.9061179612441377</v>
+        <v>3.902928234729286</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>158.35565463</v>
+        <v>158.35462537999999</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.16076082999998675</v>
+        <v>-0.16115515000001324</v>
       </c>
       <c r="D233" s="5">
-        <v>-1.2102253284284603</v>
+        <v>-1.2131820666224646</v>
       </c>
       <c r="E233" s="5">
-        <v>2.6229714280779692</v>
+        <v>2.6229863365879957</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>158.93984983999999</v>
+        <v>158.93923122000001</v>
       </c>
       <c r="C234" s="5">
-        <v>0.58419520999999008</v>
+        <v>0.58460584000002314</v>
       </c>
       <c r="D234" s="5">
-        <v>4.5178985291407736</v>
+        <v>4.5211688943408213</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>159.19483966999999</v>
+        <v>159.19333924</v>
       </c>
       <c r="C235" s="5">
-        <v>0.25498982999999953</v>
+        <v>0.25410801999998966</v>
       </c>
       <c r="D235" s="5">
-        <v>1.9422583086339706</v>
+        <v>1.9354899877893406</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>159.43289870000001</v>
+        <v>159.43105206999999</v>
       </c>
       <c r="C236" s="5">
-        <v>0.23805903000001649</v>
+        <v>0.23771282999999244</v>
       </c>
       <c r="D236" s="5">
-        <v>1.8093057254709555</v>
+        <v>1.8066700438685634</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>160.71872375999999</v>
+        <v>160.71661964</v>
       </c>
       <c r="C237" s="5">
-        <v>1.2858250599999792</v>
+        <v>1.285567570000012</v>
       </c>
       <c r="D237" s="5">
-        <v>10.119034406397475</v>
+        <v>10.11703976919247</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>160.22949868000001</v>
+        <v>160.24778861999999</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.48922507999998288</v>
+        <v>-0.46883102000001031</v>
       </c>
       <c r="D238" s="5">
-        <v>-3.5922415104619243</v>
+        <v>-3.4449330547724699</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>161.03672381000001</v>
+        <v>161.03569623000001</v>
       </c>
       <c r="C239" s="5">
-        <v>0.80722513000000617</v>
+        <v>0.78790761000001908</v>
       </c>
       <c r="D239" s="5">
-        <v>6.2158751238515553</v>
+        <v>6.0623687760018807</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>161.11078728999999</v>
+        <v>161.10635572999999</v>
       </c>
       <c r="C240" s="5">
-        <v>7.4063479999978199E-2</v>
+        <v>7.0659499999976561E-2</v>
       </c>
       <c r="D240" s="5">
-        <v>0.55329824722714083</v>
+        <v>0.52781047032794959</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>159.94552544999999</v>
+        <v>159.94257909000001</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.1652618399999994</v>
+        <v>-1.1637766399999805</v>
       </c>
       <c r="D241" s="5">
-        <v>-8.3421425296688945</v>
+        <v>-8.3321489209864374</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>160.46132807000001</v>
+        <v>160.46001174</v>
       </c>
       <c r="C242" s="5">
-        <v>0.51580262000001653</v>
+        <v>0.51743264999998928</v>
       </c>
       <c r="D242" s="5">
-        <v>3.9392187600710393</v>
+        <v>3.951963838527961</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>162.05602246999999</v>
+        <v>162.05530069</v>
       </c>
       <c r="C243" s="5">
-        <v>1.5946943999999803</v>
+        <v>1.5952889499999969</v>
       </c>
       <c r="D243" s="5">
-        <v>12.599773121224889</v>
+        <v>12.604839605433282</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>162.41178565000001</v>
+        <v>162.41094709000001</v>
       </c>
       <c r="C244" s="5">
-        <v>0.35576318000002516</v>
+        <v>0.35564640000001191</v>
       </c>
       <c r="D244" s="5">
-        <v>2.6664136599016564</v>
+        <v>2.6655398283240928</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>162.05703134999999</v>
+        <v>162.05602010999999</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.35475430000002461</v>
+        <v>-0.3549269800000161</v>
       </c>
       <c r="D245" s="5">
-        <v>-2.5898857353589766</v>
+        <v>-2.5911444913001014</v>
       </c>
       <c r="E245" s="5">
-        <v>2.3373820964261105</v>
+        <v>2.3374086618043854</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>161.14233583999999</v>
+        <v>161.14133681999999</v>
       </c>
       <c r="C246" s="5">
-        <v>-0.91469551000000138</v>
+        <v>-0.91468328999999926</v>
       </c>
       <c r="D246" s="5">
-        <v>-6.5667817542674261</v>
+        <v>-6.566736442755472</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>161.78405889999999</v>
+        <v>161.78234541</v>
       </c>
       <c r="C247" s="5">
-        <v>0.6417230600000039</v>
+        <v>0.64100859000001265</v>
       </c>
       <c r="D247" s="5">
-        <v>4.8848756076762756</v>
+        <v>4.8793483524888215</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>162.70128775000001</v>
+        <v>162.69926314</v>
       </c>
       <c r="C248" s="5">
-        <v>0.91722885000001497</v>
+        <v>0.91691772999999444</v>
       </c>
       <c r="D248" s="5">
-        <v>7.0195597740066562</v>
+        <v>7.0171807180130941</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>163.21911</v>
+        <v>163.21677890999999</v>
       </c>
       <c r="C249" s="5">
-        <v>0.51782224999999471</v>
+        <v>0.51751576999998861</v>
       </c>
       <c r="D249" s="5">
-        <v>3.8867550725689037</v>
+        <v>3.8844634382000809</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>166.32066956</v>
+        <v>166.34195686999999</v>
       </c>
       <c r="C250" s="5">
-        <v>3.1015595599999983</v>
+        <v>3.125177960000002</v>
       </c>
       <c r="D250" s="5">
-        <v>25.343734853820798</v>
+        <v>25.557899584757138</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>164.90297403</v>
+        <v>164.90151652</v>
       </c>
       <c r="C251" s="5">
-        <v>-1.4176955300000031</v>
+        <v>-1.4404403499999887</v>
       </c>
       <c r="D251" s="5">
-        <v>-9.7624775928713543</v>
+        <v>-9.9105116142503498</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>162.8656326</v>
+        <v>162.86160422</v>
       </c>
       <c r="C252" s="5">
-        <v>-2.0373414299999979</v>
+        <v>-2.0399122999999975</v>
       </c>
       <c r="D252" s="5">
-        <v>-13.858675073566296</v>
+        <v>-13.875105191014169</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>163.63463546</v>
+        <v>163.63233441</v>
       </c>
       <c r="C253" s="5">
-        <v>0.76900286000000051</v>
+        <v>0.77073018999999476</v>
       </c>
       <c r="D253" s="5">
-        <v>5.8155256277592438</v>
+        <v>5.8290782436721589</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>163.62054968000001</v>
+        <v>163.61909675000001</v>
       </c>
       <c r="C254" s="5">
-        <v>-1.4085779999987835E-2</v>
+        <v>-1.3237659999987272E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>-0.10324791972942116</v>
+        <v>-9.703538088148278E-2</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>164.8488274</v>
+        <v>164.84769208</v>
       </c>
       <c r="C255" s="5">
-        <v>1.2282777199999941</v>
+        <v>1.2285953299999903</v>
       </c>
       <c r="D255" s="5">
-        <v>9.3896365316442854</v>
+        <v>9.3922525330018871</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>164.57007555000001</v>
+        <v>164.56914702</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.27875184999999192</v>
+        <v>-0.27854505999999901</v>
       </c>
       <c r="D256" s="5">
-        <v>-2.0103796892405601</v>
+        <v>-2.0089158436705667</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>164.24454281000001</v>
+        <v>164.24377842000001</v>
       </c>
       <c r="C257" s="5">
-        <v>-0.32553273999999988</v>
+        <v>-0.32536859999999024</v>
       </c>
       <c r="D257" s="5">
-        <v>-2.3480407876244724</v>
+        <v>-2.3468828013754051</v>
       </c>
       <c r="E257" s="5">
-        <v>1.3498405109467759</v>
+        <v>1.3500012579076071</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>163.53976435000001</v>
+        <v>163.53857328999999</v>
       </c>
       <c r="C258" s="5">
-        <v>-0.70477846</v>
+        <v>-0.70520513000002438</v>
       </c>
       <c r="D258" s="5">
-        <v>-5.0294335588800809</v>
+        <v>-5.0324296886722681</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>163.73630238999999</v>
+        <v>163.73468806</v>
       </c>
       <c r="C259" s="5">
-        <v>0.19653803999997876</v>
+        <v>0.19611477000000832</v>
       </c>
       <c r="D259" s="5">
-        <v>1.4517007203569632</v>
+        <v>1.4485642662350529</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>163.30154787999999</v>
+        <v>163.29977955000001</v>
       </c>
       <c r="C260" s="5">
-        <v>-0.43475451000000476</v>
+        <v>-0.43490850999998543</v>
       </c>
       <c r="D260" s="5">
-        <v>-3.1401321825990203</v>
+        <v>-3.1412588101072836</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>162.94758347000001</v>
+        <v>162.94600187</v>
       </c>
       <c r="C261" s="5">
-        <v>-0.35396440999997481</v>
+        <v>-0.35377768000000742</v>
       </c>
       <c r="D261" s="5">
-        <v>-2.570275355364704</v>
+        <v>-2.568963037947436</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>163.47181026000001</v>
+        <v>163.48782524999999</v>
       </c>
       <c r="C262" s="5">
-        <v>0.52422679000000016</v>
+        <v>0.54182337999998254</v>
       </c>
       <c r="D262" s="5">
-        <v>3.9296280212693269</v>
+        <v>4.0639952163453064</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>163.69699560000001</v>
+        <v>163.69559322000001</v>
       </c>
       <c r="C263" s="5">
-        <v>0.2251853399999959</v>
+        <v>0.20776797000002034</v>
       </c>
       <c r="D263" s="5">
-        <v>1.6656029959120966</v>
+        <v>1.5357207133532835</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>163.65227426000001</v>
+        <v>163.64957511</v>
       </c>
       <c r="C264" s="5">
-        <v>-4.472133999999528E-2</v>
+        <v>-4.6018110000005663E-2</v>
       </c>
       <c r="D264" s="5">
-        <v>-0.32734287194825518</v>
+        <v>-0.33682293598154001</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>162.16844297</v>
+        <v>162.1672667</v>
       </c>
       <c r="C265" s="5">
-        <v>-1.4838312900000119</v>
+        <v>-1.4823084100000017</v>
       </c>
       <c r="D265" s="5">
-        <v>-10.353854138218566</v>
+        <v>-10.343913700431862</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>161.83238725000001</v>
+        <v>161.83106745000001</v>
       </c>
       <c r="C266" s="5">
-        <v>-0.33605571999999029</v>
+        <v>-0.33619924999999284</v>
       </c>
       <c r="D266" s="5">
-        <v>-2.4585686612821678</v>
+        <v>-2.4596244140234091</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>161.73630348</v>
+        <v>161.73492899999999</v>
       </c>
       <c r="C267" s="5">
-        <v>-9.6083770000007007E-2</v>
+        <v>-9.6138450000012199E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>-0.71014682739712898</v>
+        <v>-0.71055541892306451</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>161.23367687000001</v>
+        <v>161.23278508000001</v>
       </c>
       <c r="C268" s="5">
-        <v>-0.50262660999999298</v>
+        <v>-0.50214391999998043</v>
       </c>
       <c r="D268" s="5">
-        <v>-3.6661449054729678</v>
+        <v>-3.6627146757345685</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>161.63181492999999</v>
+        <v>161.63120369000001</v>
       </c>
       <c r="C269" s="5">
-        <v>0.39813805999997953</v>
+        <v>0.39841860999999312</v>
       </c>
       <c r="D269" s="5">
-        <v>3.0037648230955671</v>
+        <v>3.0059271429804912</v>
       </c>
       <c r="E269" s="5">
-        <v>-1.5907547583011383</v>
+        <v>-1.5906689161273357</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>161.39232816000001</v>
+        <v>161.39134734999999</v>
       </c>
       <c r="C270" s="5">
-        <v>-0.23948676999998497</v>
+        <v>-0.2398563400000171</v>
       </c>
       <c r="D270" s="5">
-        <v>-1.7635988859660445</v>
+        <v>-1.7663048788240876</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>161.16958873999999</v>
+        <v>161.16834965000001</v>
       </c>
       <c r="C271" s="5">
-        <v>-0.22273942000001057</v>
+        <v>-0.2229976999999792</v>
       </c>
       <c r="D271" s="5">
-        <v>-1.6436204683544342</v>
+        <v>-1.6455218111108616</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>161.39642587</v>
+        <v>161.39531679000001</v>
       </c>
       <c r="C272" s="5">
-        <v>0.22683713000000694</v>
+        <v>0.22696713999999929</v>
       </c>
       <c r="D272" s="5">
-        <v>1.7020679541899675</v>
+        <v>1.7030642448250477</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>161.41515631999999</v>
+        <v>161.41472841999999</v>
       </c>
       <c r="C273" s="5">
-        <v>1.8730449999992516E-2</v>
+        <v>1.9411629999979141E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>0.1393518595344867</v>
+        <v>0.144424086979833</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>161.37972841000001</v>
+        <v>161.38922496999999</v>
       </c>
       <c r="C274" s="5">
-        <v>-3.5427909999981466E-2</v>
+        <v>-2.5503450000002204E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>-0.263062094157962</v>
+        <v>-0.18943475222906736</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>160.58144414</v>
+        <v>160.58092958</v>
       </c>
       <c r="C275" s="5">
-        <v>-0.79828427000001057</v>
+        <v>-0.80829538999998363</v>
       </c>
       <c r="D275" s="5">
-        <v>-5.7770822778004831</v>
+        <v>-5.8472130594439236</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>161.12728052</v>
+        <v>161.12599854000001</v>
       </c>
       <c r="C276" s="5">
-        <v>0.54583637999999723</v>
+        <v>0.54506896000000893</v>
       </c>
       <c r="D276" s="5">
-        <v>4.1560772344516606</v>
+        <v>4.1501380201943716</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>162.05906759999999</v>
+        <v>162.05873223</v>
       </c>
       <c r="C277" s="5">
-        <v>0.93178707999999233</v>
+        <v>0.93273368999999207</v>
       </c>
       <c r="D277" s="5">
-        <v>7.164540006614728</v>
+        <v>7.1721106998208217</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>162.37090366000001</v>
+        <v>162.37036806</v>
       </c>
       <c r="C278" s="5">
-        <v>0.31183606000001873</v>
+        <v>0.31163583000000017</v>
       </c>
       <c r="D278" s="5">
-        <v>2.3336493615216058</v>
+        <v>2.3321399187282044</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>161.98452871000001</v>
+        <v>161.98343858999999</v>
       </c>
       <c r="C279" s="5">
-        <v>-0.38637495000000399</v>
+        <v>-0.38692947000001254</v>
       </c>
       <c r="D279" s="5">
-        <v>-2.8184218476958178</v>
+        <v>-2.8224231295244873</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>161.83609464</v>
+        <v>161.83565274</v>
       </c>
       <c r="C280" s="5">
-        <v>-0.14843407000000752</v>
+        <v>-0.14778584999999111</v>
       </c>
       <c r="D280" s="5">
-        <v>-1.0940915695178854</v>
+        <v>-1.0893448538684236</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>162.14860476999999</v>
+        <v>162.14687124</v>
       </c>
       <c r="C281" s="5">
-        <v>0.31251012999999261</v>
+        <v>0.3112184999999954</v>
       </c>
       <c r="D281" s="5">
-        <v>2.3420039949993088</v>
+        <v>2.3322281292641467</v>
       </c>
       <c r="E281" s="5">
-        <v>0.31973274582346445</v>
+        <v>0.31903960264318965</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>162.06731302</v>
+        <v>162.06682875000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-8.1291749999991225E-2</v>
+        <v>-8.0042489999982536E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>-0.59995315322507459</v>
+        <v>-0.59076462309393118</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>162.30473273000001</v>
+        <v>162.30407478000001</v>
       </c>
       <c r="C283" s="5">
-        <v>0.23741971000001172</v>
+        <v>0.23724602999999433</v>
       </c>
       <c r="D283" s="5">
-        <v>1.7721674911911123</v>
+        <v>1.7708659735542476</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>162.43331438000001</v>
+        <v>162.43291091</v>
       </c>
       <c r="C284" s="5">
-        <v>0.12858165000000099</v>
+        <v>0.12883612999999627</v>
       </c>
       <c r="D284" s="5">
-        <v>0.9548216356788819</v>
+        <v>0.95672350649667059</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>162.7708859</v>
+        <v>162.77163327</v>
       </c>
       <c r="C285" s="5">
-        <v>0.33757151999998314</v>
+        <v>0.33872235999999134</v>
       </c>
       <c r="D285" s="5">
-        <v>2.5225629268593064</v>
+        <v>2.5312680157705936</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>162.75241552</v>
+        <v>162.75573315</v>
       </c>
       <c r="C286" s="5">
-        <v>-1.8470379999996567E-2</v>
+        <v>-1.5900119999997742E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>-0.13608470599122402</v>
+        <v>-0.11715736924852171</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>163.45199921</v>
+        <v>163.45244674</v>
       </c>
       <c r="C287" s="5">
-        <v>0.6995836899999972</v>
+        <v>0.69671359000000166</v>
       </c>
       <c r="D287" s="5">
-        <v>5.2818547184373843</v>
+        <v>5.2595630230276802</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>164.87477962</v>
+        <v>164.87493966</v>
       </c>
       <c r="C288" s="5">
-        <v>1.4227804100000014</v>
+        <v>1.4224929199999963</v>
       </c>
       <c r="D288" s="5">
-        <v>10.960369452258846</v>
+        <v>10.958016259376802</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>163.71771659000001</v>
+        <v>163.71797054000001</v>
       </c>
       <c r="C289" s="5">
-        <v>-1.1570630299999891</v>
+        <v>-1.1569691199999852</v>
       </c>
       <c r="D289" s="5">
-        <v>-8.1038305167694507</v>
+        <v>-8.1031904003166169</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>163.27216424</v>
+        <v>163.27224039000001</v>
       </c>
       <c r="C290" s="5">
-        <v>-0.44555235000001403</v>
+        <v>-0.44573015000000282</v>
       </c>
       <c r="D290" s="5">
-        <v>-3.2173189155076054</v>
+        <v>-3.2185787219525586</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>163.86348404</v>
+        <v>163.86283646000001</v>
       </c>
       <c r="C291" s="5">
-        <v>0.59131980000000794</v>
+        <v>0.59059607000000369</v>
       </c>
       <c r="D291" s="5">
-        <v>4.4336410408759352</v>
+        <v>4.428104088794238</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>163.63283791999999</v>
+        <v>163.63283982999999</v>
       </c>
       <c r="C292" s="5">
-        <v>-0.23064612000001716</v>
+        <v>-0.22999663000001647</v>
       </c>
       <c r="D292" s="5">
-        <v>-1.6760457825275132</v>
+        <v>-1.6713690358072353</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>163.54930396</v>
+        <v>163.54628828</v>
       </c>
       <c r="C293" s="5">
-        <v>-8.3533959999982699E-2</v>
+        <v>-8.6551549999995814E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>-0.61087849304922726</v>
+        <v>-0.6328817724315039</v>
       </c>
       <c r="E293" s="5">
-        <v>0.86383672063465866</v>
+        <v>0.86305522227971831</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>163.30151594</v>
+        <v>163.30143532</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.24778802000000155</v>
+        <v>-0.24485296000000289</v>
       </c>
       <c r="D294" s="5">
-        <v>-1.8030058630231105</v>
+        <v>-1.7818573179087971</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>163.58451939</v>
+        <v>163.58435270000001</v>
       </c>
       <c r="C295" s="5">
-        <v>0.28300344999999538</v>
+        <v>0.28291738000001487</v>
       </c>
       <c r="D295" s="5">
-        <v>2.099551060226279</v>
+        <v>2.0989074720069612</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>163.82962252999999</v>
+        <v>163.82951381999999</v>
       </c>
       <c r="C296" s="5">
-        <v>0.24510313999999767</v>
+        <v>0.24516111999997747</v>
       </c>
       <c r="D296" s="5">
-        <v>1.8128838269973802</v>
+        <v>1.8133180749878575</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>163.92483815</v>
+        <v>163.92559169</v>
       </c>
       <c r="C297" s="5">
-        <v>9.5215620000004719E-2</v>
+        <v>9.6077870000016219E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>0.69965786372003791</v>
+        <v>0.70601471945375138</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>163.72209429</v>
+        <v>163.72260893000001</v>
       </c>
       <c r="C298" s="5">
-        <v>-0.20274385999999822</v>
+        <v>-0.2029827599999976</v>
       </c>
       <c r="D298" s="5">
-        <v>-1.4741173562618282</v>
+        <v>-1.4758358082673895</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>164.33931686</v>
+        <v>164.34015251</v>
       </c>
       <c r="C299" s="5">
-        <v>0.61722256999999559</v>
+        <v>0.61754357999998888</v>
       </c>
       <c r="D299" s="5">
-        <v>4.6189197226086165</v>
+        <v>4.6213571911760454</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>164.75671968</v>
+        <v>164.75777593999999</v>
       </c>
       <c r="C300" s="5">
-        <v>0.41740282000000661</v>
+        <v>0.41762342999999191</v>
       </c>
       <c r="D300" s="5">
-        <v>3.0908001444048816</v>
+        <v>3.0924406800294957</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>164.23208554000001</v>
+        <v>164.23259174</v>
       </c>
       <c r="C301" s="5">
-        <v>-0.5246341399999892</v>
+        <v>-0.525184199999984</v>
       </c>
       <c r="D301" s="5">
-        <v>-3.7549380155185386</v>
+        <v>-3.7587824927833968</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>164.28370681000001</v>
+        <v>164.28435275000001</v>
       </c>
       <c r="C302" s="5">
-        <v>5.1621269999998276E-2</v>
+        <v>5.1761010000006991E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>0.37783557755655117</v>
+        <v>0.3788589912856466</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>166.24902678999999</v>
+        <v>166.24871565000001</v>
       </c>
       <c r="C303" s="5">
-        <v>1.9653199799999754</v>
+        <v>1.9643628999999976</v>
       </c>
       <c r="D303" s="5">
-        <v>15.338797191239983</v>
+        <v>15.330765211780317</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>166.19810122999999</v>
+        <v>166.19849986</v>
       </c>
       <c r="C304" s="5">
-        <v>-5.092555999999604E-2</v>
+        <v>-5.0215790000009974E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>-0.36696647852045849</v>
+        <v>-0.36186108912895643</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>166.06174959000001</v>
+        <v>166.05752924999999</v>
       </c>
       <c r="C305" s="5">
-        <v>-0.13635163999998667</v>
+        <v>-0.14097061000001077</v>
       </c>
       <c r="D305" s="5">
-        <v>-0.98006940141737164</v>
+        <v>-1.0131125307579647</v>
       </c>
       <c r="E305" s="5">
-        <v>1.5362007475216766</v>
+        <v>1.5354924874238618</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>166.60285504999999</v>
+        <v>166.60305672999999</v>
       </c>
       <c r="C306" s="5">
-        <v>0.54110545999998294</v>
+        <v>0.54552748000000406</v>
       </c>
       <c r="D306" s="5">
-        <v>3.9809938345059415</v>
+        <v>4.014221253150918</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>166.67945649999999</v>
+        <v>166.67941435</v>
       </c>
       <c r="C307" s="5">
-        <v>7.6601449999998295E-2</v>
+        <v>7.6357620000010229E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>0.5531390790073365</v>
+        <v>0.55137327274368264</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>166.53595805</v>
+        <v>166.53554034999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.1434984499999814</v>
+        <v>-0.14387400000001094</v>
       </c>
       <c r="D308" s="5">
-        <v>-1.0282317093821991</v>
+        <v>-1.0309101930791598</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>167.07810025000001</v>
+        <v>167.07838998</v>
       </c>
       <c r="C309" s="5">
-        <v>0.54214220000000068</v>
+        <v>0.5428496300000063</v>
       </c>
       <c r="D309" s="5">
-        <v>3.9771967131388086</v>
+        <v>3.9824900373295558</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>167.26148724000001</v>
+        <v>167.261661</v>
       </c>
       <c r="C310" s="5">
-        <v>0.18338699000000247</v>
+        <v>0.1832710200000065</v>
       </c>
       <c r="D310" s="5">
-        <v>1.3251153799238358</v>
+        <v>1.3242700330939439</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>166.63290649000001</v>
+        <v>166.63379842000001</v>
       </c>
       <c r="C311" s="5">
-        <v>-0.62858074999999758</v>
+        <v>-0.62786257999999862</v>
       </c>
       <c r="D311" s="5">
-        <v>-4.4176320183366364</v>
+        <v>-4.4126840138894785</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>167.31199257</v>
+        <v>167.31368014</v>
       </c>
       <c r="C312" s="5">
-        <v>0.67908607999999049</v>
+        <v>0.67988171999999736</v>
       </c>
       <c r="D312" s="5">
-        <v>5.0015287165117384</v>
+        <v>5.0074933909804331</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>167.06949419</v>
+        <v>167.07067197999999</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.24249838000000068</v>
+        <v>-0.24300816000001646</v>
       </c>
       <c r="D313" s="5">
-        <v>-1.7254561833516036</v>
+        <v>-1.7290372097422235</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>168.34815817</v>
+        <v>168.34911105</v>
       </c>
       <c r="C314" s="5">
-        <v>1.2786639800000046</v>
+        <v>1.2784390700000188</v>
       </c>
       <c r="D314" s="5">
-        <v>9.5808181152968075</v>
+        <v>9.5789909569534473</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>168.17910663000001</v>
+        <v>168.17904075000001</v>
       </c>
       <c r="C315" s="5">
-        <v>-0.16905153999999811</v>
+        <v>-0.1700702999999919</v>
       </c>
       <c r="D315" s="5">
-        <v>-1.1983807255739776</v>
+        <v>-1.2055556963966652</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>169.03766027</v>
+        <v>169.03807724000001</v>
       </c>
       <c r="C316" s="5">
-        <v>0.85855363999999668</v>
+        <v>0.85903648999999405</v>
       </c>
       <c r="D316" s="5">
-        <v>6.3009582967383793</v>
+        <v>6.3046046318403492</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>169.17997550000001</v>
+        <v>169.17541499000001</v>
       </c>
       <c r="C317" s="5">
-        <v>0.14231523000000834</v>
+        <v>0.13733775000000037</v>
       </c>
       <c r="D317" s="5">
-        <v>1.0149885708344408</v>
+        <v>0.97932811346241877</v>
       </c>
       <c r="E317" s="5">
-        <v>1.8777508473196258</v>
+        <v>1.8775937195271819</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>169.91517449</v>
+        <v>169.91491389999999</v>
       </c>
       <c r="C318" s="5">
-        <v>0.73519898999998645</v>
+        <v>0.73949890999998047</v>
       </c>
       <c r="D318" s="5">
-        <v>5.3412571788802765</v>
+        <v>5.3733995168532278</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>169.68585558000001</v>
+        <v>169.68516342000001</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.22931890999998927</v>
+        <v>-0.22975047999997855</v>
       </c>
       <c r="D319" s="5">
-        <v>-1.607562218673031</v>
+        <v>-1.6105675816254217</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>169.54659998</v>
+        <v>169.54575367999999</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.13925560000001269</v>
+        <v>-0.13940974000001916</v>
       </c>
       <c r="D320" s="5">
-        <v>-0.98036760061314121</v>
+        <v>-0.9814518418655771</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>168.51263104</v>
+        <v>168.51197137</v>
       </c>
       <c r="C321" s="5">
-        <v>-1.0339689399999941</v>
+        <v>-1.0337823099999923</v>
       </c>
       <c r="D321" s="5">
-        <v>-7.0775840699173092</v>
+        <v>-7.0763832546177685</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>168.86183127000001</v>
+        <v>168.86195273999999</v>
       </c>
       <c r="C322" s="5">
-        <v>0.3492002300000081</v>
+        <v>0.34998136999999474</v>
       </c>
       <c r="D322" s="5">
-        <v>2.515238032012701</v>
+        <v>2.5209388762691853</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>169.38318246</v>
+        <v>169.38280173999999</v>
       </c>
       <c r="C323" s="5">
-        <v>0.52135118999999008</v>
+        <v>0.52084899999999834</v>
       </c>
       <c r="D323" s="5">
-        <v>3.7684961444498954</v>
+        <v>3.7648015961532444</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>169.74702049000001</v>
+        <v>169.75260621999999</v>
       </c>
       <c r="C324" s="5">
-        <v>0.3638380300000108</v>
+        <v>0.3698044799999991</v>
       </c>
       <c r="D324" s="5">
-        <v>2.6082922865146019</v>
+        <v>2.6515857191323766</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>169.82189711999999</v>
+        <v>169.82399627000001</v>
       </c>
       <c r="C325" s="5">
-        <v>7.487662999997724E-2</v>
+        <v>7.1390050000019301E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>0.53061470809550038</v>
+        <v>0.50583312953151882</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>170.33674717</v>
+        <v>170.33811095999999</v>
       </c>
       <c r="C326" s="5">
-        <v>0.51485005000000683</v>
+        <v>0.51411468999998533</v>
       </c>
       <c r="D326" s="5">
-        <v>3.6993265221376248</v>
+        <v>3.6939080680457925</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>169.78307455000001</v>
+        <v>169.78355769000001</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.55367261999998618</v>
+        <v>-0.55455326999998533</v>
       </c>
       <c r="D327" s="5">
-        <v>-3.8315686977227648</v>
+        <v>-3.8375241573223806</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>169.85407422</v>
+        <v>169.85431474000001</v>
       </c>
       <c r="C328" s="5">
-        <v>7.0999669999991966E-2</v>
+        <v>7.0757049999997434E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>0.50297024762508968</v>
+        <v>0.50124612708710714</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>170.16256505000001</v>
+        <v>170.15688993000001</v>
       </c>
       <c r="C329" s="5">
-        <v>0.30849083000001087</v>
+        <v>0.30257518999999888</v>
       </c>
       <c r="D329" s="5">
-        <v>2.2013563922553603</v>
+        <v>2.1587255386052551</v>
       </c>
       <c r="E329" s="5">
-        <v>0.58079542043674159</v>
+        <v>0.58015222841807379</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>170.66174142</v>
+        <v>170.66015680000001</v>
       </c>
       <c r="C330" s="5">
-        <v>0.49917636999998649</v>
+        <v>0.50326687000000447</v>
       </c>
       <c r="D330" s="5">
-        <v>3.5775875052808548</v>
+        <v>3.6075048607219884</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>171.04363842000001</v>
+        <v>171.04161321000001</v>
       </c>
       <c r="C331" s="5">
-        <v>0.38189700000000926</v>
+        <v>0.38145640999999841</v>
       </c>
       <c r="D331" s="5">
-        <v>2.7185879801427504</v>
+        <v>2.7154384448397462</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>171.28324072999999</v>
+        <v>171.28114282000001</v>
       </c>
       <c r="C332" s="5">
-        <v>0.23960230999998089</v>
+        <v>0.23952961000000528</v>
       </c>
       <c r="D332" s="5">
-        <v>1.6940026658961438</v>
+        <v>1.6935049135382574</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>170.99399410000001</v>
+        <v>170.99166435000001</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.28924662999997963</v>
+        <v>-0.28947847000000593</v>
       </c>
       <c r="D333" s="5">
-        <v>-2.0077285458769634</v>
+        <v>-2.0093472552239033</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>171.06366750999999</v>
+        <v>171.06443833</v>
       </c>
       <c r="C334" s="5">
-        <v>6.967340999997873E-2</v>
+        <v>7.2773979999993799E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>0.4900506355915768</v>
+        <v>0.51191668090020404</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>171.04023835999999</v>
+        <v>171.03967084999999</v>
       </c>
       <c r="C335" s="5">
-        <v>-2.3429149999998344E-2</v>
+        <v>-2.4767480000008391E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>-0.16423014529363122</v>
+        <v>-0.17360311971332809</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>170.97555955999999</v>
+        <v>170.98571558</v>
       </c>
       <c r="C336" s="5">
-        <v>-6.4678799999995817E-2</v>
+        <v>-5.3955269999988786E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>-0.45283694356287318</v>
+        <v>-0.3778895667051918</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>171.02189795000001</v>
+        <v>171.02526578000001</v>
       </c>
       <c r="C337" s="5">
-        <v>4.6338390000016716E-2</v>
+        <v>3.9550200000007862E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>0.32571340075904232</v>
+        <v>0.2779218415910778</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>170.63638501</v>
+        <v>170.64005398</v>
       </c>
       <c r="C338" s="5">
-        <v>-0.38551294000001235</v>
+        <v>-0.38521180000000754</v>
       </c>
       <c r="D338" s="5">
-        <v>-2.671721731505583</v>
+        <v>-2.6696086045089662</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>170.45136364000001</v>
+        <v>170.45341647999999</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.18502136999998697</v>
+        <v>-0.18663750000001755</v>
       </c>
       <c r="D339" s="5">
-        <v>-1.2934306618049285</v>
+        <v>-1.3046327969511218</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>170.84241215</v>
+        <v>170.84318797</v>
       </c>
       <c r="C340" s="5">
-        <v>0.3910485099999903</v>
+        <v>0.38977149000001532</v>
       </c>
       <c r="D340" s="5">
-        <v>2.7880378835042352</v>
+        <v>2.7787844822418029</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>171.02453678000001</v>
+        <v>171.01183288999999</v>
       </c>
       <c r="C341" s="5">
-        <v>0.18212463000000412</v>
+        <v>0.16864491999999132</v>
       </c>
       <c r="D341" s="5">
-        <v>1.286773701006938</v>
+        <v>1.1910118534493641</v>
       </c>
       <c r="E341" s="5">
-        <v>0.50655779063197848</v>
+        <v>0.50244392710263597</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>171.28935672</v>
+        <v>171.28721608999999</v>
       </c>
       <c r="C342" s="5">
-        <v>0.26481993999999531</v>
+        <v>0.27538319999999317</v>
       </c>
       <c r="D342" s="5">
-        <v>1.8740253285372432</v>
+        <v>1.949586756970878</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>171.00718338999999</v>
+        <v>171.00313614000001</v>
       </c>
       <c r="C343" s="5">
-        <v>-0.28217333000000622</v>
+        <v>-0.28407994999997754</v>
       </c>
       <c r="D343" s="5">
-        <v>-1.9590058389250209</v>
+        <v>-1.9721465840319863</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>171.67900775999999</v>
+        <v>171.67488976999999</v>
       </c>
       <c r="C344" s="5">
-        <v>0.67182436999999595</v>
+        <v>0.67175362999998356</v>
       </c>
       <c r="D344" s="5">
-        <v>4.8175701889416223</v>
+        <v>4.81716839456654</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>171.81972192999999</v>
+        <v>171.81650386999999</v>
       </c>
       <c r="C345" s="5">
-        <v>0.14071416999999542</v>
+        <v>0.14161409999999819</v>
       </c>
       <c r="D345" s="5">
-        <v>0.98800835418269006</v>
+        <v>0.99437976415786</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>172.10237149</v>
+        <v>172.10439217999999</v>
       </c>
       <c r="C346" s="5">
-        <v>0.28264956000001007</v>
+        <v>0.28788830999999959</v>
       </c>
       <c r="D346" s="5">
-        <v>1.9920015634575572</v>
+        <v>2.0293014694781952</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>171.87078055999999</v>
+        <v>171.87149024999999</v>
       </c>
       <c r="C347" s="5">
-        <v>-0.23159093000001008</v>
+        <v>-0.23290192999999704</v>
       </c>
       <c r="D347" s="5">
-        <v>-1.6028917749907112</v>
+        <v>-1.6118792818081595</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>172.14092896</v>
+        <v>172.15612759999999</v>
       </c>
       <c r="C348" s="5">
-        <v>0.27014840000001072</v>
+        <v>0.28463734999999701</v>
       </c>
       <c r="D348" s="5">
-        <v>1.9025649457905303</v>
+        <v>2.0055288362439638</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>172.12273718</v>
+        <v>172.12823839000001</v>
       </c>
       <c r="C349" s="5">
-        <v>-1.8191779999995106E-2</v>
+        <v>-2.7889209999983677E-2</v>
       </c>
       <c r="D349" s="5">
-        <v>-0.12674180453996486</v>
+        <v>-0.19422630787266915</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>171.75238766000001</v>
+        <v>171.75893031999999</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.37034951999999066</v>
+        <v>-0.36930807000001664</v>
       </c>
       <c r="D350" s="5">
-        <v>-2.5516538609919315</v>
+        <v>-2.5444825209416932</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>171.60996373</v>
+        <v>171.61371557999999</v>
       </c>
       <c r="C351" s="5">
-        <v>-0.14242393000000675</v>
+        <v>-0.14521474000000012</v>
       </c>
       <c r="D351" s="5">
-        <v>-0.99056196609007552</v>
+        <v>-1.0098436605028294</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>172.06019394</v>
+        <v>172.06311665000001</v>
       </c>
       <c r="C352" s="5">
-        <v>0.45023021000000085</v>
+        <v>0.44940107000002172</v>
       </c>
       <c r="D352" s="5">
-        <v>3.1941083229387823</v>
+        <v>3.1880703956502776</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>172.49263866999999</v>
+        <v>172.46498844000001</v>
       </c>
       <c r="C353" s="5">
-        <v>0.43244472999998607</v>
+        <v>0.40187179000000128</v>
       </c>
       <c r="D353" s="5">
-        <v>3.0580432189965867</v>
+        <v>2.8390133617498536</v>
       </c>
       <c r="E353" s="5">
-        <v>0.85841594290561041</v>
+        <v>0.84973976680007279</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>172.36033882999999</v>
+        <v>172.35909432</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.13229984000000172</v>
+        <v>-0.1058941200000163</v>
       </c>
       <c r="D354" s="5">
-        <v>-0.91651330997017944</v>
+        <v>-0.73432117664876673</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>172.67112756</v>
+        <v>172.66582994999999</v>
       </c>
       <c r="C355" s="5">
-        <v>0.31078873000001295</v>
+        <v>0.30673562999999149</v>
       </c>
       <c r="D355" s="5">
-        <v>2.185348422602762</v>
+        <v>2.1565847687579076</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>173.04038585999999</v>
+        <v>173.03532795000001</v>
       </c>
       <c r="C356" s="5">
-        <v>0.36925829999998427</v>
+        <v>0.36949800000002142</v>
       </c>
       <c r="D356" s="5">
-        <v>2.5966069777705547</v>
+        <v>2.5983930845044689</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>172.44734801000001</v>
+        <v>172.44231618000001</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.59303784999997333</v>
+        <v>-0.59301177000000393</v>
       </c>
       <c r="D357" s="5">
-        <v>-4.0359560582091341</v>
+        <v>-4.0358976543965035</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>173.08654670000001</v>
+        <v>173.09079080999999</v>
       </c>
       <c r="C358" s="5">
-        <v>0.63919869000000062</v>
+        <v>0.64847462999998129</v>
       </c>
       <c r="D358" s="5">
-        <v>4.5397651447744103</v>
+        <v>4.6071513018530741</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>172.85241755999999</v>
+        <v>172.85594696000001</v>
       </c>
       <c r="C359" s="5">
-        <v>-0.23412914000002161</v>
+        <v>-0.23484384999997587</v>
       </c>
       <c r="D359" s="5">
-        <v>-1.6111832570912976</v>
+        <v>-1.6160256318449751</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>173.39616382</v>
+        <v>173.41781911000001</v>
       </c>
       <c r="C360" s="5">
-        <v>0.54374626000000603</v>
+        <v>0.56187214999999924</v>
       </c>
       <c r="D360" s="5">
-        <v>3.8408712091319019</v>
+        <v>3.971123092082296</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>174.11389842</v>
+        <v>174.12121655999999</v>
       </c>
       <c r="C361" s="5">
-        <v>0.7177346</v>
+        <v>0.70339744999998288</v>
       </c>
       <c r="D361" s="5">
-        <v>5.0817880314143249</v>
+        <v>4.9773658481828464</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>174.11757111</v>
+        <v>174.12746265999999</v>
       </c>
       <c r="C362" s="5">
-        <v>3.6726900000019214E-3</v>
+        <v>6.2460999999984779E-3</v>
       </c>
       <c r="D362" s="5">
-        <v>2.5315264202330212E-2</v>
+        <v>4.3055057431873323E-2</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>174.79327613999999</v>
+        <v>174.79868847</v>
       </c>
       <c r="C363" s="5">
-        <v>0.67570502999998894</v>
+        <v>0.67122581000000991</v>
       </c>
       <c r="D363" s="5">
-        <v>4.7575820704481186</v>
+        <v>4.7250984826754605</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>175.13454214999999</v>
+        <v>175.13866648999999</v>
       </c>
       <c r="C364" s="5">
-        <v>0.34126600999999823</v>
+        <v>0.33997801999998956</v>
       </c>
       <c r="D364" s="5">
-        <v>2.3682000840696826</v>
+        <v>2.3590924752431741</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>175.40551023</v>
+        <v>175.36144041</v>
       </c>
       <c r="C365" s="5">
-        <v>0.27096808000001715</v>
+        <v>0.22277392000000873</v>
       </c>
       <c r="D365" s="5">
-        <v>1.8725204474302926</v>
+        <v>1.5371069831235484</v>
       </c>
       <c r="E365" s="5">
-        <v>1.6886932581353209</v>
+        <v>1.6794434604955555</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>175.63654303000001</v>
+        <v>175.63389541999999</v>
       </c>
       <c r="C366" s="5">
-        <v>0.23103280000000836</v>
+        <v>0.2724550099999874</v>
       </c>
       <c r="D366" s="5">
-        <v>1.5920628335012843</v>
+        <v>1.8804268339648544</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>176.07044013000001</v>
+        <v>176.06114514999999</v>
       </c>
       <c r="C367" s="5">
-        <v>0.43389709999999582</v>
+        <v>0.42724972999999977</v>
       </c>
       <c r="D367" s="5">
-        <v>3.0051246991843028</v>
+        <v>2.9585132720887364</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>175.85271023000001</v>
+        <v>175.8446739</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.21772989999999481</v>
+        <v>-0.21647124999998368</v>
       </c>
       <c r="D368" s="5">
-        <v>-1.4738769268785257</v>
+        <v>-1.4654911338127352</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>171.66899057000001</v>
+        <v>171.66915917</v>
       </c>
       <c r="C369" s="5">
-        <v>-4.1837196600000084</v>
+        <v>-4.1755147300000033</v>
       </c>
       <c r="D369" s="5">
-        <v>-25.094544514035142</v>
+        <v>-25.052571582421599</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>170.90578468000001</v>
+        <v>170.91232135999999</v>
       </c>
       <c r="C370" s="5">
-        <v>-0.76320588999999472</v>
+        <v>-0.75683781000000749</v>
       </c>
       <c r="D370" s="5">
-        <v>-5.206423350723699</v>
+        <v>-5.1640247418170304</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>170.32919049</v>
+        <v>170.33674816999999</v>
       </c>
       <c r="C371" s="5">
-        <v>-0.57659419000000867</v>
+        <v>-0.57557319000000007</v>
       </c>
       <c r="D371" s="5">
-        <v>-3.9742213932151049</v>
+        <v>-3.9671649726274794</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>173.25851478999999</v>
+        <v>173.28863895999999</v>
       </c>
       <c r="C372" s="5">
-        <v>2.9293242999999904</v>
+        <v>2.9518907899999931</v>
       </c>
       <c r="D372" s="5">
-        <v>22.706073121004945</v>
+        <v>22.896881804827164</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>177.25565802</v>
+        <v>177.26693559</v>
       </c>
       <c r="C373" s="5">
-        <v>3.997143230000006</v>
+        <v>3.9782966300000169</v>
       </c>
       <c r="D373" s="5">
-        <v>31.481979868797726</v>
+        <v>31.308172493879272</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>174.10425619</v>
+        <v>174.11695023999999</v>
       </c>
       <c r="C374" s="5">
-        <v>-3.1514018299999975</v>
+        <v>-3.1499853500000086</v>
       </c>
       <c r="D374" s="5">
-        <v>-19.367267857139016</v>
+        <v>-19.358281513266974</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>171.62378896000001</v>
+        <v>171.62953096000001</v>
       </c>
       <c r="C375" s="5">
-        <v>-2.4804672299999879</v>
+        <v>-2.4874192799999832</v>
       </c>
       <c r="D375" s="5">
-        <v>-15.818400886476535</v>
+        <v>-15.85824466561856</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>171.25250091000001</v>
+        <v>171.25509535</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.37128805000000398</v>
+        <v>-0.37443561000000614</v>
       </c>
       <c r="D376" s="5">
-        <v>-2.5653922076907865</v>
+        <v>-2.586794286049432</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>171.672425</v>
+        <v>171.61327270000001</v>
       </c>
       <c r="C377" s="5">
-        <v>0.41992408999999498</v>
+        <v>0.35817735000000539</v>
       </c>
       <c r="D377" s="5">
-        <v>2.9825006073992411</v>
+        <v>2.538853855820844</v>
       </c>
       <c r="E377" s="5">
-        <v>-2.1282599532392088</v>
+        <v>-2.1373955991902616</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>170.99160001999999</v>
+        <v>170.98274678000001</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.68082498000001124</v>
+        <v>-0.63052591999999663</v>
       </c>
       <c r="D378" s="5">
-        <v>-4.6565614040760099</v>
+        <v>-4.3209193980420117</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>170.72873265999999</v>
+        <v>170.71101110000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.26286736000000133</v>
+        <v>-0.27173568000000614</v>
       </c>
       <c r="D379" s="5">
-        <v>-1.8292555455652226</v>
+        <v>-1.8905275782813868</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>170.59874786</v>
+        <v>170.58596016000001</v>
       </c>
       <c r="C380" s="5">
-        <v>-0.12998479999998835</v>
+        <v>-0.12505093999999417</v>
       </c>
       <c r="D380" s="5">
-        <v>-0.90980731855636598</v>
+        <v>-0.87550309329441633</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>171.68890101</v>
+        <v>171.69543152</v>
       </c>
       <c r="C381" s="5">
-        <v>1.0901531499999919</v>
+        <v>1.1094713599999864</v>
       </c>
       <c r="D381" s="5">
-        <v>7.9435202603955757</v>
+        <v>8.089986711102636</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>171.70527822</v>
+        <v>171.71784296000001</v>
       </c>
       <c r="C382" s="5">
-        <v>1.6377210000001696E-2</v>
+        <v>2.2411440000013272E-2</v>
       </c>
       <c r="D382" s="5">
-        <v>0.11452671492848676</v>
+        <v>0.15674874751212542</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>173.00956685</v>
+        <v>173.03007722000001</v>
       </c>
       <c r="C383" s="5">
-        <v>1.3042886300000021</v>
+        <v>1.3122342599999968</v>
       </c>
       <c r="D383" s="5">
-        <v>9.5059403604540016</v>
+        <v>9.5655759356775949</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>174.84778209000001</v>
+        <v>174.88694863000001</v>
       </c>
       <c r="C384" s="5">
-        <v>1.8382152400000109</v>
+        <v>1.8568714099999966</v>
       </c>
       <c r="D384" s="5">
-        <v>13.522019129889129</v>
+        <v>13.665740478409161</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>171.93541076</v>
+        <v>171.95259121000001</v>
       </c>
       <c r="C385" s="5">
-        <v>-2.9123713300000134</v>
+        <v>-2.9343574199999978</v>
       </c>
       <c r="D385" s="5">
-        <v>-18.254767503978542</v>
+        <v>-18.376372420944907</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>172.90008134999999</v>
+        <v>172.91702993999999</v>
       </c>
       <c r="C386" s="5">
-        <v>0.96467058999999722</v>
+        <v>0.96443872999998348</v>
       </c>
       <c r="D386" s="5">
-        <v>6.9444878696176549</v>
+        <v>6.9420517083436106</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>173.68659557000001</v>
+        <v>173.69231288</v>
       </c>
       <c r="C387" s="5">
-        <v>0.78651422000001503</v>
+        <v>0.77528294000001097</v>
       </c>
       <c r="D387" s="5">
-        <v>5.5974085624612258</v>
+        <v>5.5149434099205141</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>173.48006613000001</v>
+        <v>173.47626743000001</v>
       </c>
       <c r="C388" s="5">
-        <v>-0.20652943999999707</v>
+        <v>-0.21604544999999575</v>
       </c>
       <c r="D388" s="5">
-        <v>-1.4176159604020078</v>
+        <v>-1.4824391321093811</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>172.65305355000001</v>
+        <v>172.5807169</v>
       </c>
       <c r="C389" s="5">
-        <v>-0.82701258000000166</v>
+        <v>-0.89555053000000839</v>
       </c>
       <c r="D389" s="5">
-        <v>-5.5729947792533601</v>
+        <v>-6.0219575122016362</v>
       </c>
       <c r="E389" s="5">
-        <v>0.57122077118676451</v>
+        <v>0.56373506826083997</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>173.64932087</v>
+        <v>173.62906448000001</v>
       </c>
       <c r="C390" s="5">
-        <v>0.99626731999998697</v>
+        <v>1.0483475800000122</v>
       </c>
       <c r="D390" s="5">
-        <v>7.1484530687464298</v>
+        <v>7.5379810148543669</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>173.62242547</v>
+        <v>173.58347284000001</v>
       </c>
       <c r="C391" s="5">
-        <v>-2.6895400000000791E-2</v>
+        <v>-4.5591639999997824E-2</v>
       </c>
       <c r="D391" s="5">
-        <v>-0.18570185433646191</v>
+        <v>-0.31464216824678148</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>173.56043613</v>
+        <v>173.52345409</v>
       </c>
       <c r="C392" s="5">
-        <v>-6.1989339999996673E-2</v>
+        <v>-6.0018750000011778E-2</v>
       </c>
       <c r="D392" s="5">
-        <v>-0.42760206676565327</v>
+        <v>-0.41412751804953407</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>173.70233845000001</v>
+        <v>173.73256950999999</v>
       </c>
       <c r="C393" s="5">
-        <v>0.14190232000001402</v>
+        <v>0.20911541999998917</v>
       </c>
       <c r="D393" s="5">
-        <v>0.98553911471117583</v>
+        <v>1.4557597191625637</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>173.88425937</v>
+        <v>173.91645799</v>
       </c>
       <c r="C394" s="5">
-        <v>0.18192091999998183</v>
+        <v>0.18388848000000735</v>
       </c>
       <c r="D394" s="5">
-        <v>1.2640416555348866</v>
+        <v>1.2775689157973114</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>174.22556193</v>
+        <v>174.26730824000001</v>
       </c>
       <c r="C395" s="5">
-        <v>0.34130256000000259</v>
+        <v>0.35085025000000769</v>
       </c>
       <c r="D395" s="5">
-        <v>2.3809720319300176</v>
+        <v>2.4478606474557019</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>175.29709751999999</v>
+        <v>175.34683708</v>
       </c>
       <c r="C396" s="5">
-        <v>1.0715355899999963</v>
+        <v>1.0795288399999947</v>
       </c>
       <c r="D396" s="5">
-        <v>7.6351739007293862</v>
+        <v>7.6921780587905664</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>174.79705297000001</v>
+        <v>174.82551382</v>
       </c>
       <c r="C397" s="5">
-        <v>-0.50004454999998416</v>
+        <v>-0.52132326000000262</v>
       </c>
       <c r="D397" s="5">
-        <v>-3.3698683155097386</v>
+        <v>-3.5099519886935493</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>176.02375106</v>
+        <v>176.04364333000001</v>
       </c>
       <c r="C398" s="5">
-        <v>1.2266980899999851</v>
+        <v>1.2181295100000114</v>
       </c>
       <c r="D398" s="5">
-        <v>8.7541863024555013</v>
+        <v>8.6892059040072578</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>176.07487362000001</v>
+        <v>176.07563866000001</v>
       </c>
       <c r="C399" s="5">
-        <v>5.1122560000010253E-2</v>
+        <v>3.1995330000000877E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>0.34907312331842189</v>
+        <v>0.21831403741316979</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>176.32086858</v>
+        <v>176.30400763</v>
       </c>
       <c r="C400" s="5">
-        <v>0.24599495999999021</v>
+        <v>0.22836896999999112</v>
       </c>
       <c r="D400" s="5">
-        <v>1.689467864851979</v>
+        <v>1.5675428849910356</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>176.93503132000001</v>
+        <v>176.84985096</v>
       </c>
       <c r="C401" s="5">
-        <v>0.61416274000001181</v>
+        <v>0.54584332999999674</v>
       </c>
       <c r="D401" s="5">
-        <v>4.2608661307567353</v>
+        <v>3.7791629771724677</v>
       </c>
       <c r="E401" s="5">
-        <v>2.4801054380193532</v>
+        <v>2.473702819576129</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>177.78228765</v>
+        <v>177.74359853999999</v>
       </c>
       <c r="C402" s="5">
-        <v>0.84725632999999334</v>
+        <v>0.89374757999999588</v>
       </c>
       <c r="D402" s="5">
-        <v>5.8999989994974467</v>
+        <v>6.2358860169867247</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>178.50784329000001</v>
+        <v>178.44277371000001</v>
       </c>
       <c r="C403" s="5">
-        <v>0.72555564000001027</v>
+        <v>0.69917517000001794</v>
       </c>
       <c r="D403" s="5">
-        <v>5.0088136151502871</v>
+        <v>4.8238149452668688</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>179.16447579999999</v>
+        <v>179.10413095000001</v>
       </c>
       <c r="C404" s="5">
-        <v>0.65663250999998013</v>
+        <v>0.66135724000000096</v>
       </c>
       <c r="D404" s="5">
-        <v>4.5045510241411346</v>
+        <v>4.5393149109928199</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>179.60590676000001</v>
+        <v>179.65639150000001</v>
       </c>
       <c r="C405" s="5">
-        <v>0.44143096000001947</v>
+        <v>0.55226054999999974</v>
       </c>
       <c r="D405" s="5">
-        <v>2.9969929299888731</v>
+        <v>3.7635533287054601</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>180.80144604</v>
+        <v>180.86173649</v>
       </c>
       <c r="C406" s="5">
-        <v>1.1955392799999913</v>
+        <v>1.2053449899999862</v>
       </c>
       <c r="D406" s="5">
-        <v>8.2867728561225373</v>
+        <v>8.3548328931648541</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>182.00293504999999</v>
+        <v>182.07397263999999</v>
       </c>
       <c r="C407" s="5">
-        <v>1.2014890099999889</v>
+        <v>1.2122361499999954</v>
       </c>
       <c r="D407" s="5">
-        <v>8.2724350832756866</v>
+        <v>8.3462943007531099</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>182.17623927</v>
+        <v>182.23810581000001</v>
       </c>
       <c r="C408" s="5">
-        <v>0.17330422000000567</v>
+        <v>0.16413317000001371</v>
       </c>
       <c r="D408" s="5">
-        <v>1.1486499851876886</v>
+        <v>1.0871366107207292</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>182.87558833</v>
+        <v>182.91425745999999</v>
       </c>
       <c r="C409" s="5">
-        <v>0.69934906000000296</v>
+        <v>0.67615164999998001</v>
       </c>
       <c r="D409" s="5">
-        <v>4.7051504770122543</v>
+        <v>4.5443070336836699</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>183.66108886000001</v>
+        <v>183.68297235</v>
       </c>
       <c r="C410" s="5">
-        <v>0.7855005300000073</v>
+        <v>0.76871489000001247</v>
       </c>
       <c r="D410" s="5">
-        <v>5.2778534771973362</v>
+        <v>5.1613327939017184</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>184.68223302000001</v>
+        <v>184.67675883999999</v>
       </c>
       <c r="C411" s="5">
-        <v>1.0211441600000057</v>
+        <v>0.99378648999999086</v>
       </c>
       <c r="D411" s="5">
-        <v>6.8797790173219298</v>
+        <v>6.6891228283559645</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>185.09653656</v>
+        <v>185.06320624</v>
       </c>
       <c r="C412" s="5">
-        <v>0.4143035399999917</v>
+        <v>0.38644740000000866</v>
       </c>
       <c r="D412" s="5">
-        <v>2.7254626301461693</v>
+        <v>2.5401760049213129</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>185.82866958</v>
+        <v>185.73720625999999</v>
       </c>
       <c r="C413" s="5">
-        <v>0.73213301999999203</v>
+        <v>0.67400001999999404</v>
       </c>
       <c r="D413" s="5">
-        <v>4.8511266228833616</v>
+        <v>4.4590138247813549</v>
       </c>
       <c r="E413" s="5">
-        <v>5.0264993843504024</v>
+        <v>5.0253677069878488</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>187.43484024</v>
+        <v>187.37524880999999</v>
       </c>
       <c r="C414" s="5">
-        <v>1.6061706600000036</v>
+        <v>1.6380425499999944</v>
       </c>
       <c r="D414" s="5">
-        <v>10.879493390392426</v>
+        <v>11.111692739742928</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>187.55468519999999</v>
+        <v>187.46055448999999</v>
       </c>
       <c r="C415" s="5">
-        <v>0.11984495999999467</v>
+        <v>8.5305680000004713E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>0.76997839942329893</v>
+        <v>0.54768988462938761</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>187.90900492</v>
+        <v>187.82000216</v>
       </c>
       <c r="C416" s="5">
-        <v>0.35431972000000655</v>
+        <v>0.35944767000000866</v>
       </c>
       <c r="D416" s="5">
-        <v>2.2906887563703959</v>
+        <v>2.3253707683381863</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>188.30246629999999</v>
+        <v>188.38090464999999</v>
       </c>
       <c r="C417" s="5">
-        <v>0.39346137999999087</v>
+        <v>0.56090248999998948</v>
       </c>
       <c r="D417" s="5">
-        <v>2.5418116802843116</v>
+        <v>3.6431116829169996</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>188.61319503000001</v>
+        <v>188.70239304</v>
       </c>
       <c r="C418" s="5">
-        <v>0.31072873000002232</v>
+        <v>0.32148839000001317</v>
       </c>
       <c r="D418" s="5">
-        <v>1.9982601728234073</v>
+        <v>2.0672361830611941</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>188.62251795</v>
+        <v>188.71852312999999</v>
       </c>
       <c r="C419" s="5">
-        <v>9.3229199999882439E-3</v>
+        <v>1.6130089999990105E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>5.933066302714618E-2</v>
+        <v>0.10262302589001404</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>189.19759732</v>
+        <v>189.27077320000001</v>
       </c>
       <c r="C420" s="5">
-        <v>0.57507936999999743</v>
+        <v>0.55225007000001369</v>
       </c>
       <c r="D420" s="5">
-        <v>3.7205822516342968</v>
+        <v>3.5686523301677875</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>193.31270741</v>
+        <v>193.36120352</v>
       </c>
       <c r="C421" s="5">
-        <v>4.1151100900000017</v>
+        <v>4.0904303199999958</v>
       </c>
       <c r="D421" s="5">
-        <v>29.460546934068876</v>
+        <v>29.249660526251155</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>190.21077421000001</v>
+        <v>190.23264402000001</v>
       </c>
       <c r="C422" s="5">
-        <v>-3.1019331999999906</v>
+        <v>-3.1285594999999944</v>
       </c>
       <c r="D422" s="5">
-        <v>-17.643758301926425</v>
+        <v>-17.777922989271666</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>190.85026496</v>
+        <v>190.92753841000001</v>
       </c>
       <c r="C423" s="5">
-        <v>0.63949074999999311</v>
+        <v>0.69489439000000175</v>
       </c>
       <c r="D423" s="5">
-        <v>4.1098563911328378</v>
+        <v>4.4725872357719076</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>191.54024551000001</v>
+        <v>191.59846984000001</v>
       </c>
       <c r="C424" s="5">
-        <v>0.68998055000000136</v>
+        <v>0.670931429999996</v>
       </c>
       <c r="D424" s="5">
-        <v>4.4256699797975418</v>
+        <v>4.2993390787364305</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>192.02707353</v>
+        <v>192.05284906</v>
       </c>
       <c r="C425" s="5">
-        <v>0.48682801999999015</v>
+        <v>0.45437921999999276</v>
       </c>
       <c r="D425" s="5">
-        <v>3.0929776133503006</v>
+        <v>2.8832356442716867</v>
       </c>
       <c r="E425" s="5">
-        <v>3.3355477193101057</v>
+        <v>3.4003110777703904</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>191.92356228</v>
+        <v>191.94486413000001</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.10351124999999683</v>
+        <v>-0.10798492999998643</v>
       </c>
       <c r="D426" s="5">
-        <v>-0.64493978322623935</v>
+        <v>-0.67263744810619475</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>192.48832970000001</v>
+        <v>192.51845058999999</v>
       </c>
       <c r="C427" s="5">
-        <v>0.56476742000000968</v>
+        <v>0.57358645999997293</v>
       </c>
       <c r="D427" s="5">
-        <v>3.5889178798196975</v>
+        <v>3.6454732675345269</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>192.77077847000001</v>
+        <v>192.74776756</v>
       </c>
       <c r="C428" s="5">
-        <v>0.28244877000000201</v>
+        <v>0.2293169700000135</v>
       </c>
       <c r="D428" s="5">
-        <v>1.7751067605234594</v>
+        <v>1.4387728834141633</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>193.82108880999999</v>
+        <v>193.14535157</v>
       </c>
       <c r="C429" s="5">
-        <v>1.0503103399999816</v>
+        <v>0.39758401000000276</v>
       </c>
       <c r="D429" s="5">
-        <v>6.7377227629593195</v>
+        <v>2.5035355172386975</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>194.15045146</v>
+        <v>193.0691664</v>
       </c>
       <c r="C430" s="5">
-        <v>0.32936265000000731</v>
+        <v>-7.6185170000002245E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>2.0583422662676654</v>
+        <v>-0.4723081775226956</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>193.75372300999999</v>
+        <v>188.38706089999999</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.39672845000001189</v>
+        <v>-4.6821055000000058</v>
       </c>
       <c r="D431" s="5">
-        <v>-2.4247172225668079</v>
+        <v>-25.516892188126395</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>193.97956830999999</v>
+        <v>188.43909273</v>
       </c>
       <c r="C432" s="5">
-        <v>0.22584530000000314</v>
+        <v>5.203183000000422E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>1.4077592369449166</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.33193963380100389</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>194.45374941</v>
+        <v>188.88281911999999</v>
       </c>
       <c r="C433" s="5">
-        <v>0.47418110000000979</v>
+        <v>0.44372638999999481</v>
       </c>
       <c r="D433" s="5">
-        <v>2.9731495432653077</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.8625810864414403</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>190.70557683999999</v>
+        <v>185.33473774999999</v>
       </c>
       <c r="C434" s="5">
-        <v>-3.7481725700000084</v>
+        <v>-3.5480813700000056</v>
       </c>
       <c r="D434" s="5">
-        <v>-20.829231177214226</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-20.352442646750557</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>183.17404680000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-2.1606909499999745</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-13.126894098301534</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>183.53698728000001</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.36294047999999179</v>
+      </c>
+      <c r="D436" s="5">
+        <v>2.40375928510137</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>183.61484243000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>7.7855150000004869E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>0.51022117685683988</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-4.3935857610546751</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>