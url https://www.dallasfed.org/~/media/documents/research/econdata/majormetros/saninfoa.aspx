--- v0 (2025-10-13)
+++ v1 (2026-01-09)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{09662081-CC3A-4A68-B184-AF1192F7D74F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E434ABBA-E2B1-40B5-8681-2CB0D41B467A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{A92572CF-A92C-4587-AC91-0669B27CADD0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4E0AE4D1-DE2B-4FBD-8481-51D3EEAA5C17}"/>
   </bookViews>
   <sheets>
     <sheet name="saninfoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Information Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6579A16-3F54-46B5-9C94-6FA89656A088}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5D321C2E-FDB7-4A45-9D9A-5C90C483A6BF}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-1.2317587000001851E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-0.81259672399530691</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>18.03806531</v>
       </c>
       <c r="C432" s="5">
         <v>-7.1733640999998016E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-4.6510504070044316</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>18.117202392999999</v>
+        <v>18.048010094999999</v>
       </c>
       <c r="C433" s="5">
-        <v>7.9137082999999109E-2</v>
+        <v>9.9447849999982907E-3</v>
       </c>
       <c r="D433" s="5">
-        <v>5.3935835733107229</v>
+        <v>0.6635963850772475</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>17.993481042999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-5.4529051999999467E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-3.5659546928867192</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>