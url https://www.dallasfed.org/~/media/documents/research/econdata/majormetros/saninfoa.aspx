--- v1 (2026-01-09)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E434ABBA-E2B1-40B5-8681-2CB0D41B467A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{5F95E292-3141-47DD-89FB-744EB5D8971B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4E0AE4D1-DE2B-4FBD-8481-51D3EEAA5C17}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0B2E1125-1DCB-4F2B-BE67-404DFD2A9E6B}"/>
   </bookViews>
   <sheets>
     <sheet name="saninfoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Information Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5D321C2E-FDB7-4A45-9D9A-5C90C483A6BF}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A97E59CA-C070-41A2-BADF-718F08D5BC65}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>14.419237941</v>
+        <v>14.419234742</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>14.542872366999999</v>
+        <v>14.542860891</v>
       </c>
       <c r="C7" s="5">
-        <v>0.12363442599999885</v>
+        <v>0.12362614899999969</v>
       </c>
       <c r="D7" s="5">
-        <v>10.788481544448869</v>
+        <v>10.787727397870395</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>14.335053333999999</v>
+        <v>14.335035778</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.20781903299999982</v>
+        <v>-0.20782511300000017</v>
       </c>
       <c r="D8" s="5">
-        <v>-15.862530606369452</v>
+        <v>-15.862970383962228</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>14.449739104000001</v>
+        <v>14.449716511</v>
       </c>
       <c r="C9" s="5">
-        <v>0.11468577000000124</v>
+        <v>0.11468073300000015</v>
       </c>
       <c r="D9" s="5">
-        <v>10.034357642134339</v>
+        <v>10.033910197745888</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>14.377137438</v>
+        <v>14.377106231000001</v>
       </c>
       <c r="C10" s="5">
-        <v>-7.260166600000062E-2</v>
+        <v>-7.261027999999925E-2</v>
       </c>
       <c r="D10" s="5">
-        <v>-5.8654560139581253</v>
+        <v>-5.866141735466357</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>14.537921475999999</v>
+        <v>14.537856636000001</v>
       </c>
       <c r="C11" s="5">
-        <v>0.16078403799999919</v>
+        <v>0.16075040499999993</v>
       </c>
       <c r="D11" s="5">
-        <v>14.276974140258814</v>
+        <v>14.273834581052181</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>15.20031992</v>
+        <v>15.200386419999999</v>
       </c>
       <c r="C12" s="5">
-        <v>0.66239844400000081</v>
+        <v>0.6625297839999984</v>
       </c>
       <c r="D12" s="5">
-        <v>70.688757918213113</v>
+        <v>70.70685523441729</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>15.196604858000001</v>
+        <v>15.196643852999999</v>
       </c>
       <c r="C13" s="5">
-        <v>-3.7150619999994916E-3</v>
+        <v>-3.7425669999997524E-3</v>
       </c>
       <c r="D13" s="5">
-        <v>-0.29289426748125846</v>
+        <v>-0.29505852785293163</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>15.383080688</v>
+        <v>15.383095181</v>
       </c>
       <c r="C14" s="5">
-        <v>0.18647582999999912</v>
+        <v>0.18645132800000042</v>
       </c>
       <c r="D14" s="5">
-        <v>15.76065173800265</v>
+        <v>15.758395966626825</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>14.57970879</v>
+        <v>14.579718514</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.80337189799999997</v>
+        <v>-0.80337666700000021</v>
       </c>
       <c r="D15" s="5">
-        <v>-47.462865804220023</v>
+        <v>-47.463039292746778</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>14.859141620000001</v>
+        <v>14.859155102000001</v>
       </c>
       <c r="C16" s="5">
-        <v>0.27943283000000108</v>
+        <v>0.27943658800000115</v>
       </c>
       <c r="D16" s="5">
-        <v>25.585201703620996</v>
+        <v>25.585563940670241</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>14.733773489000001</v>
+        <v>14.733778772000001</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.1253681310000001</v>
+        <v>-0.12537632999999992</v>
       </c>
       <c r="D17" s="5">
-        <v>-9.6676717637231295</v>
+        <v>-9.6682666065936331</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>14.611937039000001</v>
+        <v>14.611933829</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.12183644999999999</v>
+        <v>-0.12184494300000104</v>
       </c>
       <c r="D18" s="5">
-        <v>-9.4839403784338412</v>
+        <v>-9.4845684642681505</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>14.629639302999999</v>
+        <v>14.629629159</v>
       </c>
       <c r="C19" s="5">
-        <v>1.7702263999998635E-2</v>
+        <v>1.7695330000000453E-2</v>
       </c>
       <c r="D19" s="5">
-        <v>1.4635181261132058</v>
+        <v>1.4629413640249611</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>14.618915361999999</v>
+        <v>14.61889919</v>
       </c>
       <c r="C20" s="5">
-        <v>-1.0723941000000181E-2</v>
+        <v>-1.0729968999999784E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>-0.87609634146952331</v>
+        <v>-0.87658742169183235</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>14.955576696</v>
+        <v>14.955558049</v>
       </c>
       <c r="C21" s="5">
-        <v>0.33666133400000042</v>
+        <v>0.33665885899999992</v>
       </c>
       <c r="D21" s="5">
-        <v>31.418392812682903</v>
+        <v>31.418171102651282</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>14.985135646</v>
+        <v>14.985104393</v>
       </c>
       <c r="C22" s="5">
-        <v>2.9558950000000195E-2</v>
+        <v>2.9546343999999891E-2</v>
       </c>
       <c r="D22" s="5">
-        <v>2.3976925898548496</v>
+        <v>2.3966619308144699</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>14.94070765</v>
+        <v>14.940645636999999</v>
       </c>
       <c r="C23" s="5">
-        <v>-4.4427995999999581E-2</v>
+        <v>-4.4458756000000932E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>-3.5003203741293842</v>
+        <v>-3.5027116215940346</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>14.097634909</v>
+        <v>14.097695890000001</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.84307274100000029</v>
+        <v>-0.84294974699999869</v>
       </c>
       <c r="D24" s="5">
-        <v>-50.191771276576823</v>
+        <v>-50.186704789837286</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>14.306796712000001</v>
+        <v>14.306832549999999</v>
       </c>
       <c r="C25" s="5">
-        <v>0.20916180300000065</v>
+        <v>0.20913665999999864</v>
       </c>
       <c r="D25" s="5">
-        <v>19.33113268215514</v>
+        <v>19.32852558832321</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>14.596653694</v>
+        <v>14.596667284</v>
       </c>
       <c r="C26" s="5">
-        <v>0.28985698199999987</v>
+        <v>0.28983473400000115</v>
       </c>
       <c r="D26" s="5">
-        <v>27.212790499146934</v>
+        <v>27.21038784078036</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>14.992735844</v>
+        <v>14.992744890999999</v>
       </c>
       <c r="C27" s="5">
-        <v>0.3960821499999998</v>
+        <v>0.39607760699999872</v>
       </c>
       <c r="D27" s="5">
-        <v>37.889442942605434</v>
+        <v>37.888900856972697</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>15.149399450000001</v>
+        <v>15.149411572</v>
       </c>
       <c r="C28" s="5">
-        <v>0.1566636060000004</v>
+        <v>0.15666668100000081</v>
       </c>
       <c r="D28" s="5">
-        <v>13.285501699610336</v>
+        <v>13.285769150730541</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>15.341167989000001</v>
+        <v>15.341172411000001</v>
       </c>
       <c r="C29" s="5">
-        <v>0.1917685389999999</v>
+        <v>0.19176083900000052</v>
       </c>
       <c r="D29" s="5">
-        <v>16.293677310473555</v>
+        <v>16.292962916753261</v>
       </c>
       <c r="E29" s="5">
-        <v>4.1224639462081436</v>
+        <v>4.1224566243269978</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>15.395106401</v>
+        <v>15.395103868</v>
       </c>
       <c r="C30" s="5">
-        <v>5.3938411999999047E-2</v>
+        <v>5.3931456999999128E-2</v>
       </c>
       <c r="D30" s="5">
-        <v>4.3016624955488414</v>
+        <v>4.3010957926139293</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>15.209549052</v>
+        <v>15.209541884</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.18555734899999976</v>
+        <v>-0.18556198399999957</v>
       </c>
       <c r="D31" s="5">
-        <v>-13.542292354017604</v>
+        <v>-13.542610604429772</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>15.387533137</v>
+        <v>15.387519976</v>
       </c>
       <c r="C32" s="5">
-        <v>0.17798408500000029</v>
+        <v>0.17797809200000003</v>
       </c>
       <c r="D32" s="5">
-        <v>14.982556429482941</v>
+        <v>14.982026563255403</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>15.072133757</v>
+        <v>15.07211996</v>
       </c>
       <c r="C33" s="5">
-        <v>-0.31539938000000056</v>
+        <v>-0.31540001599999989</v>
       </c>
       <c r="D33" s="5">
-        <v>-22.00462314550845</v>
+        <v>-22.004679391253902</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>15.198358439</v>
+        <v>15.198327884999999</v>
       </c>
       <c r="C34" s="5">
-        <v>0.12622468200000014</v>
+        <v>0.12620792499999922</v>
       </c>
       <c r="D34" s="5">
-        <v>10.525711047634578</v>
+        <v>10.524258812509512</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>15.229784003000001</v>
+        <v>15.229731133</v>
       </c>
       <c r="C35" s="5">
-        <v>3.1425564000000961E-2</v>
+        <v>3.1403248000000161E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>2.5096463196193852</v>
+        <v>2.5078489609673627</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>14.900868888</v>
+        <v>14.900916799000001</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.32891511500000092</v>
+        <v>-0.32881433399999871</v>
       </c>
       <c r="D36" s="5">
-        <v>-23.049013290006105</v>
+        <v>-23.042838368372276</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>14.726030702999999</v>
+        <v>14.726060106</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.17483818500000048</v>
+        <v>-0.17485669300000062</v>
       </c>
       <c r="D37" s="5">
-        <v>-13.206080952382681</v>
+        <v>-13.207350194069489</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>14.711084825</v>
+        <v>14.711098215</v>
       </c>
       <c r="C38" s="5">
-        <v>-1.4945877999998913E-2</v>
+        <v>-1.4961891000000449E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>-1.2111394060455138</v>
+        <v>-1.2124273698380983</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>14.519311899</v>
+        <v>14.519320625000001</v>
       </c>
       <c r="C39" s="5">
-        <v>-0.19177292600000051</v>
+        <v>-0.19177758999999917</v>
       </c>
       <c r="D39" s="5">
-        <v>-14.568895600078823</v>
+        <v>-14.569212588287805</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>14.346010747999999</v>
+        <v>14.346019910000001</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.17330115100000043</v>
+        <v>-0.17330071499999988</v>
       </c>
       <c r="D40" s="5">
-        <v>-13.419237570546672</v>
+        <v>-13.419198451532866</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>14.454757161</v>
+        <v>14.454760433000001</v>
       </c>
       <c r="C41" s="5">
-        <v>0.10874641300000043</v>
+        <v>0.10874052299999981</v>
       </c>
       <c r="D41" s="5">
-        <v>9.4852909748813765</v>
+        <v>9.484749309396868</v>
       </c>
       <c r="E41" s="5">
-        <v>-5.777987886160818</v>
+        <v>-5.7779937168584317</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>15.164732065000001</v>
+        <v>15.164730663</v>
       </c>
       <c r="C42" s="5">
-        <v>0.70997490400000096</v>
+        <v>0.7099702299999997</v>
       </c>
       <c r="D42" s="5">
-        <v>77.781799691174271</v>
+        <v>77.781119543122699</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>14.769833292</v>
+        <v>14.769829618999999</v>
       </c>
       <c r="C43" s="5">
-        <v>-0.39489877300000131</v>
+        <v>-0.39490104400000092</v>
       </c>
       <c r="D43" s="5">
-        <v>-27.139822732902186</v>
+        <v>-27.13995932920129</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>14.945833712000001</v>
+        <v>14.945824172</v>
       </c>
       <c r="C44" s="5">
-        <v>0.17600042000000116</v>
+        <v>0.17599455300000066</v>
       </c>
       <c r="D44" s="5">
-        <v>15.274867163001682</v>
+        <v>15.274328199962639</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>15.201157746</v>
+        <v>15.201149944000001</v>
       </c>
       <c r="C45" s="5">
-        <v>0.25532403399999914</v>
+        <v>0.25532577200000084</v>
       </c>
       <c r="D45" s="5">
-        <v>22.540102173340149</v>
+        <v>22.540286064015767</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>15.322859367</v>
+        <v>15.322832037</v>
       </c>
       <c r="C46" s="5">
-        <v>0.1217016209999997</v>
+        <v>0.12168209299999866</v>
       </c>
       <c r="D46" s="5">
-        <v>10.041828476054281</v>
+        <v>10.040150975017603</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>15.312121080000001</v>
+        <v>15.312080997000001</v>
       </c>
       <c r="C47" s="5">
-        <v>-1.0738286999998792E-2</v>
+        <v>-1.0751039999998824E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>-0.83772827408875594</v>
+        <v>-0.83872083061808933</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>15.403725895999999</v>
+        <v>15.40375654</v>
       </c>
       <c r="C48" s="5">
-        <v>9.1604815999998479E-2</v>
+        <v>9.1675542999999138E-2</v>
       </c>
       <c r="D48" s="5">
-        <v>7.4199949017544453</v>
+        <v>7.4259338280499465</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>15.546329881</v>
+        <v>15.546350433000001</v>
       </c>
       <c r="C49" s="5">
-        <v>0.14260398500000093</v>
+        <v>0.1425938930000008</v>
       </c>
       <c r="D49" s="5">
-        <v>11.692796195875598</v>
+        <v>11.691901669274362</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>15.625834754</v>
+        <v>15.625848372</v>
       </c>
       <c r="C50" s="5">
-        <v>7.9504872999999421E-2</v>
+        <v>7.9497938999999462E-2</v>
       </c>
       <c r="D50" s="5">
-        <v>6.3124632378573908</v>
+        <v>6.311888542164934</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>15.747050299</v>
+        <v>15.747057881</v>
       </c>
       <c r="C51" s="5">
-        <v>0.12121554500000009</v>
+        <v>0.12120950899999983</v>
       </c>
       <c r="D51" s="5">
-        <v>9.7164758554748154</v>
+        <v>9.7159623596374534</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>15.839733519999999</v>
+        <v>15.839739685</v>
       </c>
       <c r="C52" s="5">
-        <v>9.2683220999999705E-2</v>
+        <v>9.2681803999999701E-2</v>
       </c>
       <c r="D52" s="5">
-        <v>7.2960847968044584</v>
+        <v>7.2959659868002458</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>15.882658323999999</v>
+        <v>15.88266046</v>
       </c>
       <c r="C53" s="5">
-        <v>4.2924804000000094E-2</v>
+        <v>4.2920775000000688E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>3.3008433952325555</v>
+        <v>3.3005276363698544</v>
       </c>
       <c r="E53" s="5">
-        <v>9.8784168221973445</v>
+        <v>9.878406727102341</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>15.829743465</v>
+        <v>15.829742906</v>
       </c>
       <c r="C54" s="5">
-        <v>-5.2914858999999481E-2</v>
+        <v>-5.2917554000000422E-2</v>
       </c>
       <c r="D54" s="5">
-        <v>-3.9254845594701049</v>
+        <v>-3.925680320200986</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>15.918086424</v>
+        <v>15.918086957</v>
       </c>
       <c r="C55" s="5">
-        <v>8.8342959000000221E-2</v>
+        <v>8.8344050999999979E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>6.9064178930066111</v>
+        <v>6.9065061513817083</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>16.017555105</v>
+        <v>16.017549210999999</v>
       </c>
       <c r="C56" s="5">
-        <v>9.9468680999999393E-2</v>
+        <v>9.9462253999998751E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>7.7616969588944373</v>
+        <v>7.7611778221495564</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>15.821130943</v>
+        <v>15.821127124</v>
       </c>
       <c r="C57" s="5">
-        <v>-0.19642416199999957</v>
+        <v>-0.19642208699999841</v>
       </c>
       <c r="D57" s="5">
-        <v>-13.762615059309324</v>
+        <v>-13.762484062615854</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>15.642703807</v>
+        <v>15.642682019</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.17842713599999982</v>
+        <v>-0.17844510499999977</v>
       </c>
       <c r="D58" s="5">
-        <v>-12.724656854787797</v>
+        <v>-12.725862784415265</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>15.699088195</v>
+        <v>15.699061766</v>
       </c>
       <c r="C59" s="5">
-        <v>5.6384387999999674E-2</v>
+        <v>5.6379746999999369E-2</v>
       </c>
       <c r="D59" s="5">
-        <v>4.4122095841690356</v>
+        <v>4.4118454532648066</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>16.213849042</v>
+        <v>16.213863368999998</v>
       </c>
       <c r="C60" s="5">
-        <v>0.5147608469999998</v>
+        <v>0.51480160299999866</v>
       </c>
       <c r="D60" s="5">
-        <v>47.278838870645387</v>
+        <v>47.283375897998511</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>16.257082618999998</v>
+        <v>16.257094433999999</v>
       </c>
       <c r="C61" s="5">
-        <v>4.3233576999998746E-2</v>
+        <v>4.3231065000000513E-2</v>
       </c>
       <c r="D61" s="5">
-        <v>3.2470974379188</v>
+        <v>3.2469030853115921</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>16.433071459000001</v>
+        <v>16.433084681</v>
       </c>
       <c r="C62" s="5">
-        <v>0.17598884000000226</v>
+        <v>0.17599024700000143</v>
       </c>
       <c r="D62" s="5">
-        <v>13.792482289313647</v>
+        <v>13.792588576245791</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>16.680575304000001</v>
+        <v>16.680581142000001</v>
       </c>
       <c r="C63" s="5">
-        <v>0.24750384500000067</v>
+        <v>0.24749646100000078</v>
       </c>
       <c r="D63" s="5">
-        <v>19.648532511824079</v>
+        <v>19.647879794281977</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>16.941524256000001</v>
+        <v>16.941527375</v>
       </c>
       <c r="C64" s="5">
-        <v>0.26094895199999968</v>
+        <v>0.26094623299999853</v>
       </c>
       <c r="D64" s="5">
-        <v>20.475151568526616</v>
+        <v>20.474911749928658</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>17.210496423999999</v>
+        <v>17.210497442000001</v>
       </c>
       <c r="C65" s="5">
-        <v>0.26897216799999768</v>
+        <v>0.26897006700000148</v>
       </c>
       <c r="D65" s="5">
-        <v>20.806690189422874</v>
+        <v>20.806509046362031</v>
       </c>
       <c r="E65" s="5">
-        <v>8.3603013608466661</v>
+        <v>8.3602931973778549</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>16.895278523000002</v>
+        <v>16.895278333</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.31521790099999691</v>
+        <v>-0.31521910900000094</v>
       </c>
       <c r="D66" s="5">
-        <v>-19.894285474392969</v>
+        <v>-19.894353143532552</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>16.951830339000001</v>
+        <v>16.951833400000002</v>
       </c>
       <c r="C67" s="5">
-        <v>5.6551815999998922E-2</v>
+        <v>5.6555067000001458E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>4.0914115674908436</v>
+        <v>4.0916511647961062</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>16.996543575</v>
+        <v>16.996542494</v>
       </c>
       <c r="C68" s="5">
-        <v>4.4713235999999768E-2</v>
+        <v>4.4709093999998117E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>3.2115211643358732</v>
+        <v>3.2112187488817723</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>17.041264026</v>
+        <v>17.041264002999998</v>
       </c>
       <c r="C69" s="5">
-        <v>4.4720450999999883E-2</v>
+        <v>4.4721508999998605E-2</v>
       </c>
       <c r="D69" s="5">
-        <v>3.2034742553166407</v>
+        <v>3.2035513502027158</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>17.072124826</v>
+        <v>17.072108635999999</v>
       </c>
       <c r="C70" s="5">
-        <v>3.0860799999999244E-2</v>
+        <v>3.0844633000000954E-2</v>
       </c>
       <c r="D70" s="5">
-        <v>2.1949106196744506</v>
+        <v>2.1937493074579706</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>17.303960667999998</v>
+        <v>17.303941589000001</v>
       </c>
       <c r="C71" s="5">
-        <v>0.23183584199999885</v>
+        <v>0.2318329530000014</v>
       </c>
       <c r="D71" s="5">
-        <v>17.569670525438919</v>
+        <v>17.56945290336267</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>17.325319847999999</v>
+        <v>17.325325146000001</v>
       </c>
       <c r="C72" s="5">
-        <v>2.1359180000001032E-2</v>
+        <v>2.1383557000000053E-2</v>
       </c>
       <c r="D72" s="5">
-        <v>1.4913199227434504</v>
+        <v>1.4930351921745855</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>17.354417038000001</v>
+        <v>17.354422537000001</v>
       </c>
       <c r="C73" s="5">
-        <v>2.909719000000166E-2</v>
+        <v>2.9097391000000528E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>2.0340730646706273</v>
+        <v>2.0340866180846184</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>17.221360932</v>
+        <v>17.221372213999999</v>
       </c>
       <c r="C74" s="5">
-        <v>-0.13305610600000151</v>
+        <v>-0.13305032300000263</v>
       </c>
       <c r="D74" s="5">
-        <v>-8.8221658076626852</v>
+        <v>-8.821795714011504</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>17.003067432000002</v>
+        <v>17.003070782999998</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.21829349999999792</v>
+        <v>-0.21830143100000043</v>
       </c>
       <c r="D75" s="5">
-        <v>-14.193991749757807</v>
+        <v>-14.194463373654786</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>17.043759971</v>
+        <v>17.043761608000001</v>
       </c>
       <c r="C76" s="5">
-        <v>4.0692538999998362E-2</v>
+        <v>4.0690825000002206E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>2.9100018827299623</v>
+        <v>2.9098771124273393</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>17.237865486</v>
+        <v>17.237865472999999</v>
       </c>
       <c r="C77" s="5">
-        <v>0.19410551500000039</v>
+        <v>0.19410386499999888</v>
       </c>
       <c r="D77" s="5">
-        <v>14.555761517684317</v>
+        <v>14.555628448371571</v>
       </c>
       <c r="E77" s="5">
-        <v>0.15902540708725432</v>
+        <v>0.15901940715095098</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>17.458942026999999</v>
+        <v>17.458941853999999</v>
       </c>
       <c r="C78" s="5">
-        <v>0.22107654099999863</v>
+        <v>0.2210763809999996</v>
       </c>
       <c r="D78" s="5">
-        <v>16.523420769132002</v>
+        <v>16.523407968137072</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>17.596682552000001</v>
+        <v>17.596687626000001</v>
       </c>
       <c r="C79" s="5">
-        <v>0.13774052500000167</v>
+        <v>0.13774577200000238</v>
       </c>
       <c r="D79" s="5">
-        <v>9.8890749275715173</v>
+        <v>9.8894682327823613</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>17.591362062999998</v>
+        <v>17.591365599</v>
       </c>
       <c r="C80" s="5">
-        <v>-5.3204890000024818E-3</v>
+        <v>-5.3220270000018388E-3</v>
       </c>
       <c r="D80" s="5">
-        <v>-0.36222623907661289</v>
+        <v>-0.3623306698196771</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>17.766752319999998</v>
+        <v>17.766752704999998</v>
       </c>
       <c r="C81" s="5">
-        <v>0.1753902570000001</v>
+        <v>0.17538710599999874</v>
       </c>
       <c r="D81" s="5">
-        <v>12.64267853721619</v>
+        <v>12.642436124077982</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>17.802029764</v>
+        <v>17.802018529000001</v>
       </c>
       <c r="C82" s="5">
-        <v>3.5277444000001879E-2</v>
+        <v>3.5265824000003221E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>2.4088990601268012</v>
+        <v>2.4080968603254371</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>17.822340641</v>
+        <v>17.822325628000002</v>
       </c>
       <c r="C83" s="5">
-        <v>2.0310877000000005E-2</v>
+        <v>2.0307099000000051E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>1.3777406083723465</v>
+        <v>1.3774836014528224</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>17.834775117</v>
+        <v>17.834775891</v>
       </c>
       <c r="C84" s="5">
-        <v>1.243447599999925E-2</v>
+        <v>1.2450262999998074E-2</v>
       </c>
       <c r="D84" s="5">
-        <v>0.84044865978201155</v>
+        <v>0.84152052090775697</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>17.938904835999999</v>
+        <v>17.938905619</v>
       </c>
       <c r="C85" s="5">
-        <v>0.10412971899999945</v>
+        <v>0.1041297280000002</v>
       </c>
       <c r="D85" s="5">
-        <v>7.2357172287577987</v>
+        <v>7.2357175501934989</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>17.987105718999999</v>
+        <v>17.987117828999999</v>
       </c>
       <c r="C86" s="5">
-        <v>4.8200882999999806E-2</v>
+        <v>4.8212209999999089E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>3.2724154394707439</v>
+        <v>3.2731957006606471</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>18.517228935999999</v>
+        <v>18.517229084</v>
       </c>
       <c r="C87" s="5">
-        <v>0.53012321699999987</v>
+        <v>0.53011125500000134</v>
       </c>
       <c r="D87" s="5">
-        <v>41.702171246286682</v>
+        <v>41.70104001297932</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>18.661149492</v>
+        <v>18.661149156</v>
       </c>
       <c r="C88" s="5">
-        <v>0.1439205560000012</v>
+        <v>0.14392007200000023</v>
       </c>
       <c r="D88" s="5">
-        <v>9.7359056030356772</v>
+        <v>9.7358713682321074</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>18.550515730000001</v>
+        <v>18.55051478</v>
       </c>
       <c r="C89" s="5">
-        <v>-0.11063376199999908</v>
+        <v>-0.11063437600000015</v>
       </c>
       <c r="D89" s="5">
-        <v>-6.8868211187834705</v>
+        <v>-6.8868582219870689</v>
       </c>
       <c r="E89" s="5">
-        <v>7.6149233503770564</v>
+        <v>7.6149179204120676</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>18.615060312000001</v>
+        <v>18.615060177</v>
       </c>
       <c r="C90" s="5">
-        <v>6.4544581999999906E-2</v>
+        <v>6.4545396999999838E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>4.2561095288294881</v>
+        <v>4.2561645251798952</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>18.548563569999999</v>
+        <v>18.548568784</v>
       </c>
       <c r="C91" s="5">
-        <v>-6.6496742000001774E-2</v>
+        <v>-6.6491392999999732E-2</v>
       </c>
       <c r="D91" s="5">
-        <v>-4.2034162367753698</v>
+        <v>-4.203084758463282</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>18.900254971999999</v>
+        <v>18.900262648000002</v>
       </c>
       <c r="C92" s="5">
-        <v>0.35169140200000015</v>
+        <v>0.35169386400000135</v>
       </c>
       <c r="D92" s="5">
-        <v>25.281966750733464</v>
+        <v>25.282154722098362</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>19.415202249</v>
+        <v>19.415207599999999</v>
       </c>
       <c r="C93" s="5">
-        <v>0.51494727700000098</v>
+        <v>0.5149449519999969</v>
       </c>
       <c r="D93" s="5">
-        <v>38.067376108607462</v>
+        <v>38.067159856705942</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>19.331095466000001</v>
+        <v>19.331084194999999</v>
       </c>
       <c r="C94" s="5">
-        <v>-8.4106782999999297E-2</v>
+        <v>-8.4123404999999707E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>-5.0763215806233219</v>
+        <v>-5.0772996606035514</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>19.454834442999999</v>
+        <v>19.454821514999999</v>
       </c>
       <c r="C95" s="5">
-        <v>0.12373897699999858</v>
+        <v>0.12373732000000004</v>
       </c>
       <c r="D95" s="5">
-        <v>7.9575165941984771</v>
+        <v>7.9574110593479297</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>19.445097697000001</v>
+        <v>19.445094235999999</v>
       </c>
       <c r="C96" s="5">
-        <v>-9.7367459999979644E-3</v>
+        <v>-9.727278999999811E-3</v>
       </c>
       <c r="D96" s="5">
-        <v>-0.5989249999706292</v>
+        <v>-0.59834466451236246</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>19.511536011</v>
+        <v>19.511533094000001</v>
       </c>
       <c r="C97" s="5">
-        <v>6.643831399999911E-2</v>
+        <v>6.6438858000001488E-2</v>
       </c>
       <c r="D97" s="5">
-        <v>4.1779875461291027</v>
+        <v>4.178023158768629</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>19.640203255999999</v>
+        <v>19.640217966000002</v>
       </c>
       <c r="C98" s="5">
-        <v>0.12866724499999904</v>
+        <v>0.12868487200000089</v>
       </c>
       <c r="D98" s="5">
-        <v>8.2067163522096855</v>
+        <v>8.2078830107874978</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>19.607490026000001</v>
+        <v>19.607487718000002</v>
       </c>
       <c r="C99" s="5">
-        <v>-3.2713229999998816E-2</v>
+        <v>-3.2730248000000017E-2</v>
       </c>
       <c r="D99" s="5">
-        <v>-1.980541844116035</v>
+        <v>-1.9815612612916089</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>19.660409373</v>
+        <v>19.660407697</v>
       </c>
       <c r="C100" s="5">
-        <v>5.2919346999999561E-2</v>
+        <v>5.2919978999998563E-2</v>
       </c>
       <c r="D100" s="5">
-        <v>3.2872335749096981</v>
+        <v>3.2872738106590305</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>19.454974481000001</v>
+        <v>19.454973196000001</v>
       </c>
       <c r="C101" s="5">
-        <v>-0.20543489199999954</v>
+        <v>-0.20543450099999916</v>
       </c>
       <c r="D101" s="5">
-        <v>-11.842897609078806</v>
+        <v>-11.842877300305599</v>
       </c>
       <c r="E101" s="5">
-        <v>4.8756528614312566</v>
+        <v>4.8756513052410355</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>19.978221495</v>
+        <v>19.978221683000001</v>
       </c>
       <c r="C102" s="5">
-        <v>0.52324701399999896</v>
+        <v>0.52324848700000004</v>
       </c>
       <c r="D102" s="5">
-        <v>37.503546432956504</v>
+        <v>37.503670945545274</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>20.230850932999999</v>
+        <v>20.230855974000001</v>
       </c>
       <c r="C103" s="5">
-        <v>0.2526294379999996</v>
+        <v>0.25263429099999968</v>
       </c>
       <c r="D103" s="5">
-        <v>16.275419707560388</v>
+        <v>16.275754251428999</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>20.530436460000001</v>
+        <v>20.530446377000001</v>
       </c>
       <c r="C104" s="5">
-        <v>0.29958552700000141</v>
+        <v>0.29959040299999984</v>
       </c>
       <c r="D104" s="5">
-        <v>19.291193995904198</v>
+        <v>19.291528772713008</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>20.571183053999999</v>
+        <v>20.571193499</v>
       </c>
       <c r="C105" s="5">
-        <v>4.0746593999998026E-2</v>
+        <v>4.0747121999999081E-2</v>
       </c>
       <c r="D105" s="5">
-        <v>2.4078006352430625</v>
+        <v>2.4078310014249649</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>20.562126214999999</v>
+        <v>20.562112636999998</v>
       </c>
       <c r="C106" s="5">
-        <v>-9.0568389999994281E-3</v>
+        <v>-9.0808620000011331E-3</v>
       </c>
       <c r="D106" s="5">
-        <v>-0.52704447087095208</v>
+        <v>-0.52843878084863904</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>20.289337435</v>
+        <v>20.289326732999999</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.27278877999999906</v>
+        <v>-0.27278590399999914</v>
       </c>
       <c r="D107" s="5">
-        <v>-14.808133626978115</v>
+        <v>-14.807997792345285</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>20.647739022</v>
+        <v>20.647731674999999</v>
       </c>
       <c r="C108" s="5">
-        <v>0.35840158699999947</v>
+        <v>0.35840494199999995</v>
       </c>
       <c r="D108" s="5">
-        <v>23.383091331314798</v>
+        <v>23.38334546624057</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>20.861857654000001</v>
+        <v>20.861852332000002</v>
       </c>
       <c r="C109" s="5">
-        <v>0.2141186320000017</v>
+        <v>0.21412065700000227</v>
       </c>
       <c r="D109" s="5">
-        <v>13.178961802247002</v>
+        <v>13.179098593862504</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>21.092666865999998</v>
+        <v>21.092683904000001</v>
       </c>
       <c r="C110" s="5">
-        <v>0.23080921199999693</v>
+        <v>0.2308315719999996</v>
       </c>
       <c r="D110" s="5">
-        <v>14.114856689052747</v>
+        <v>14.116312176696111</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>21.092252997999999</v>
+        <v>21.09224991</v>
       </c>
       <c r="C111" s="5">
-        <v>-4.1386799999898471E-4</v>
+        <v>-4.3399400000154742E-4</v>
       </c>
       <c r="D111" s="5">
-        <v>-2.3543158871075498E-2</v>
+        <v>-2.4687890387298239E-2</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>21.156809699</v>
+        <v>21.156805847000001</v>
       </c>
       <c r="C112" s="5">
-        <v>6.4556701000000771E-2</v>
+        <v>6.4555937000001506E-2</v>
       </c>
       <c r="D112" s="5">
-        <v>3.7352821438793704</v>
+        <v>3.7352377477856802</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>21.042928106000002</v>
+        <v>21.042927879000001</v>
       </c>
       <c r="C113" s="5">
-        <v>-0.11388159299999856</v>
+        <v>-0.11387796800000061</v>
       </c>
       <c r="D113" s="5">
-        <v>-6.2714495375865926</v>
+        <v>-6.2712568896948646</v>
       </c>
       <c r="E113" s="5">
-        <v>8.1621984472445277</v>
+        <v>8.1622044245555081</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>21.655282358000001</v>
+        <v>21.655283599000001</v>
       </c>
       <c r="C114" s="5">
-        <v>0.61235425199999938</v>
+        <v>0.61235572000000005</v>
       </c>
       <c r="D114" s="5">
-        <v>41.088674157371962</v>
+        <v>41.088789445779518</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>21.722628217</v>
+        <v>21.722631614000001</v>
       </c>
       <c r="C115" s="5">
-        <v>6.7345858999999564E-2</v>
+        <v>6.7348015000000316E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>3.7963836365391579</v>
+        <v>3.7965070384695432</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>21.872032019999999</v>
+        <v>21.872043594000001</v>
       </c>
       <c r="C116" s="5">
-        <v>0.14940380299999845</v>
+        <v>0.14941198</v>
       </c>
       <c r="D116" s="5">
-        <v>8.572831612274733</v>
+        <v>8.5733173092807924</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>21.728604432000001</v>
+        <v>21.728621977</v>
       </c>
       <c r="C117" s="5">
-        <v>-0.143427587999998</v>
+        <v>-0.14342161700000133</v>
       </c>
       <c r="D117" s="5">
-        <v>-7.5913963132020594</v>
+        <v>-7.5910877139589106</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>21.792069071</v>
+        <v>21.792049916</v>
       </c>
       <c r="C118" s="5">
-        <v>6.3464638999999323E-2</v>
+        <v>6.3427939000000322E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>3.56180155479211</v>
+        <v>3.5597057537319232</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>21.931967209</v>
+        <v>21.931953575000001</v>
       </c>
       <c r="C119" s="5">
-        <v>0.13989813799999951</v>
+        <v>0.13990365900000157</v>
       </c>
       <c r="D119" s="5">
-        <v>7.981524255809469</v>
+        <v>7.9818577119565193</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>22.246464806999999</v>
+        <v>22.246458529000002</v>
       </c>
       <c r="C120" s="5">
-        <v>0.3144975979999991</v>
+        <v>0.31450495400000023</v>
       </c>
       <c r="D120" s="5">
-        <v>18.631774979372096</v>
+        <v>18.632258211717634</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>22.199110184999999</v>
+        <v>22.199105349</v>
       </c>
       <c r="C121" s="5">
-        <v>-4.735462200000029E-2</v>
+        <v>-4.7353180000001771E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>-2.5246689726518334</v>
+        <v>-2.5245936956362569</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>23.058022750999999</v>
+        <v>23.058039038</v>
       </c>
       <c r="C122" s="5">
-        <v>0.85891256600000077</v>
+        <v>0.85893368900000056</v>
       </c>
       <c r="D122" s="5">
-        <v>57.70227502077023</v>
+        <v>57.704024002039404</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>22.567802385</v>
+        <v>22.567800484999999</v>
       </c>
       <c r="C123" s="5">
-        <v>-0.49022036599999907</v>
+        <v>-0.49023855300000108</v>
       </c>
       <c r="D123" s="5">
-        <v>-22.730788078407471</v>
+        <v>-22.731521086840889</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>22.724034927000002</v>
+        <v>22.724030546000002</v>
       </c>
       <c r="C124" s="5">
-        <v>0.15623254200000147</v>
+        <v>0.15623006100000225</v>
       </c>
       <c r="D124" s="5">
-        <v>8.6310892539839692</v>
+        <v>8.6309476850762188</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>23.037751255</v>
+        <v>23.037751783000001</v>
       </c>
       <c r="C125" s="5">
-        <v>0.31371632799999816</v>
+        <v>0.31372123699999932</v>
       </c>
       <c r="D125" s="5">
-        <v>17.884210642708908</v>
+        <v>17.884515789289203</v>
       </c>
       <c r="E125" s="5">
-        <v>9.4797793299080446</v>
+        <v>9.4797830200746613</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>23.245709518000002</v>
+        <v>23.245711724</v>
       </c>
       <c r="C126" s="5">
-        <v>0.20795826300000186</v>
+        <v>0.20795994099999859</v>
       </c>
       <c r="D126" s="5">
-        <v>11.386526406333353</v>
+        <v>11.386622618035114</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>23.54641002</v>
+        <v>23.546412998000001</v>
       </c>
       <c r="C127" s="5">
-        <v>0.30070050199999798</v>
+        <v>0.30070127400000146</v>
       </c>
       <c r="D127" s="5">
-        <v>16.676326993918188</v>
+        <v>16.676371201741304</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>23.506540947000001</v>
+        <v>23.506551174999998</v>
       </c>
       <c r="C128" s="5">
-        <v>-3.9869072999998423E-2</v>
+        <v>-3.9861823000002516E-2</v>
       </c>
       <c r="D128" s="5">
-        <v>-2.0130392593252222</v>
+        <v>-2.0126763472295361</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>24.577720056</v>
+        <v>24.577738478000001</v>
       </c>
       <c r="C129" s="5">
-        <v>1.0711791089999991</v>
+        <v>1.0711873030000021</v>
       </c>
       <c r="D129" s="5">
-        <v>70.70034726861887</v>
+        <v>70.700991344473991</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>25.017629971000002</v>
+        <v>25.017608792000001</v>
       </c>
       <c r="C130" s="5">
-        <v>0.43990991500000121</v>
+        <v>0.43987031400000021</v>
       </c>
       <c r="D130" s="5">
-        <v>23.724257891125955</v>
+        <v>23.721888192838403</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>25.157595784000002</v>
+        <v>25.157581267000001</v>
       </c>
       <c r="C131" s="5">
-        <v>0.13996581299999988</v>
+        <v>0.13997247500000043</v>
       </c>
       <c r="D131" s="5">
-        <v>6.9241095437355238</v>
+        <v>6.9244553635209094</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>25.430206906999999</v>
+        <v>25.430202426000001</v>
       </c>
       <c r="C132" s="5">
-        <v>0.27261112299999724</v>
+        <v>0.27262115899999984</v>
       </c>
       <c r="D132" s="5">
-        <v>13.807034289581965</v>
+        <v>13.807581704743344</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>25.643846863</v>
+        <v>25.643843325999999</v>
       </c>
       <c r="C133" s="5">
-        <v>0.21363995600000152</v>
+        <v>0.21364089999999791</v>
       </c>
       <c r="D133" s="5">
-        <v>10.560341699458275</v>
+        <v>10.560392486401815</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>26.134772555000001</v>
+        <v>26.134788033</v>
       </c>
       <c r="C134" s="5">
-        <v>0.49092569200000113</v>
+        <v>0.49094470700000059</v>
       </c>
       <c r="D134" s="5">
-        <v>25.55285755750052</v>
+        <v>25.553957654625712</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>25.659003980000001</v>
+        <v>25.659003635000001</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.47576857500000003</v>
+        <v>-0.47578439799999828</v>
       </c>
       <c r="D135" s="5">
-        <v>-19.785509237908585</v>
+        <v>-19.786092250613141</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>25.692120168999999</v>
+        <v>25.692115170000001</v>
       </c>
       <c r="C136" s="5">
-        <v>3.3116188999997576E-2</v>
+        <v>3.3111534999999748E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>1.5597928930976446</v>
+        <v>1.559572149809485</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>25.435085376</v>
+        <v>25.435086628000001</v>
       </c>
       <c r="C137" s="5">
-        <v>-0.25703479299999898</v>
+        <v>-0.25702854200000047</v>
       </c>
       <c r="D137" s="5">
-        <v>-11.366262929810656</v>
+        <v>-11.366003626144149</v>
       </c>
       <c r="E137" s="5">
-        <v>10.406111666301165</v>
+        <v>10.406114570472269</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>24.853042133999999</v>
+        <v>24.853044799999999</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.58204324200000102</v>
+        <v>-0.58204182800000126</v>
       </c>
       <c r="D138" s="5">
-        <v>-24.254597741134511</v>
+        <v>-24.254544979395853</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>24.966950546</v>
+        <v>24.966952987999999</v>
       </c>
       <c r="C139" s="5">
-        <v>0.11390841200000068</v>
+        <v>0.11390818799999991</v>
       </c>
       <c r="D139" s="5">
-        <v>5.640716759165243</v>
+        <v>5.6407047652249576</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>25.036817263</v>
+        <v>25.036824477</v>
       </c>
       <c r="C140" s="5">
-        <v>6.9866717000000023E-2</v>
+        <v>6.9871489000000508E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>3.410210524039381</v>
+        <v>3.4104467045355191</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>25.210513734999999</v>
+        <v>25.210531764999999</v>
       </c>
       <c r="C141" s="5">
-        <v>0.1736964719999996</v>
+        <v>0.17370728799999924</v>
       </c>
       <c r="D141" s="5">
-        <v>8.6502961097929099</v>
+        <v>8.6508528900056447</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>25.007632436000002</v>
+        <v>25.007610505999999</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.20288129899999774</v>
+        <v>-0.20292125900000002</v>
       </c>
       <c r="D142" s="5">
-        <v>-9.2408164671137101</v>
+        <v>-9.2425504340266311</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>25.273142892999999</v>
+        <v>25.273127983999998</v>
       </c>
       <c r="C143" s="5">
-        <v>0.26551045699999776</v>
+        <v>0.26551747799999958</v>
       </c>
       <c r="D143" s="5">
-        <v>13.511563339726962</v>
+        <v>13.511954298370132</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>25.122652194</v>
+        <v>25.122650747000002</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.15049069899999878</v>
+        <v>-0.15047723699999693</v>
       </c>
       <c r="D144" s="5">
-        <v>-6.9160516889876238</v>
+        <v>-6.9154570845020196</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>25.208697893</v>
+        <v>25.208696849999999</v>
       </c>
       <c r="C145" s="5">
-        <v>8.6045698999999587E-2</v>
+        <v>8.6046102999997487E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>4.1883433900962608</v>
+        <v>4.1883636728360152</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>25.033173283</v>
+        <v>25.033185755000002</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.17552461000000008</v>
+        <v>-0.1755110949999974</v>
       </c>
       <c r="D146" s="5">
-        <v>-8.0427650287558379</v>
+        <v>-8.0421695926420895</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>25.056285582000001</v>
+        <v>25.056287265000002</v>
       </c>
       <c r="C147" s="5">
-        <v>2.3112299000001002E-2</v>
+        <v>2.3101510000000047E-2</v>
       </c>
       <c r="D147" s="5">
-        <v>1.1135635513055631</v>
+        <v>1.1130405326377879</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>24.846286248999998</v>
+        <v>24.846282370000001</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.20999933300000251</v>
+        <v>-0.21000489500000086</v>
       </c>
       <c r="D148" s="5">
-        <v>-9.6064322257594643</v>
+        <v>-9.6066744317769963</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>25.049133896000001</v>
+        <v>25.04913483</v>
       </c>
       <c r="C149" s="5">
-        <v>0.20284764700000224</v>
+        <v>0.20285245999999901</v>
       </c>
       <c r="D149" s="5">
-        <v>10.249025271998047</v>
+        <v>10.249281147018463</v>
       </c>
       <c r="E149" s="5">
-        <v>-1.5173980126057529</v>
+        <v>-1.5173991881558213</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>24.974754970999999</v>
+        <v>24.974757127</v>
       </c>
       <c r="C150" s="5">
-        <v>-7.4378925000001317E-2</v>
+        <v>-7.4377702999999684E-2</v>
       </c>
       <c r="D150" s="5">
-        <v>-3.5055662729481685</v>
+        <v>-3.505509487363645</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>24.891242227999999</v>
+        <v>24.891245221999998</v>
       </c>
       <c r="C151" s="5">
-        <v>-8.3512743E-2</v>
+        <v>-8.3511905000001718E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>-3.9396816763492493</v>
+        <v>-3.9396425343443564</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>24.642969398000002</v>
+        <v>24.642973009999999</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.24827282999999767</v>
+        <v>-0.24827221199999983</v>
       </c>
       <c r="D152" s="5">
-        <v>-11.333901517481348</v>
+        <v>-11.333873545125838</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>24.426667374000001</v>
+        <v>24.426678916</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.21630202400000087</v>
+        <v>-0.21629409399999844</v>
       </c>
       <c r="D153" s="5">
-        <v>-10.039021723166442</v>
+        <v>-10.038669856647598</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>24.282328368999998</v>
+        <v>24.282310070000001</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.14433900500000263</v>
+        <v>-0.144368845999999</v>
       </c>
       <c r="D154" s="5">
-        <v>-6.8649159231213952</v>
+        <v>-6.8662862391516306</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>24.052776517000002</v>
+        <v>24.052765090000001</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.22955185199999661</v>
+        <v>-0.22954498000000001</v>
       </c>
       <c r="D155" s="5">
-        <v>-10.772513311246879</v>
+        <v>-10.772215098371474</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>23.023952781999999</v>
+        <v>23.023953681999998</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.0288237350000031</v>
+        <v>-1.0288114080000028</v>
       </c>
       <c r="D156" s="5">
-        <v>-40.819853235406903</v>
+        <v>-40.819488090318089</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>23.009713713</v>
+        <v>23.009714845000001</v>
       </c>
       <c r="C157" s="5">
-        <v>-1.4239068999998494E-2</v>
+        <v>-1.4238836999997062E-2</v>
       </c>
       <c r="D157" s="5">
-        <v>-0.73961592912239471</v>
+        <v>-0.7396038905589708</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>22.837514047999999</v>
+        <v>22.837522567000001</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.17219966500000083</v>
+        <v>-0.1721922780000007</v>
       </c>
       <c r="D158" s="5">
-        <v>-8.6199592059805532</v>
+        <v>-8.6196041062078788</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>22.881219164000001</v>
+        <v>22.881222503</v>
       </c>
       <c r="C159" s="5">
-        <v>4.3705116000001709E-2</v>
+        <v>4.369993599999944E-2</v>
       </c>
       <c r="D159" s="5">
-        <v>2.3208174898280864</v>
+        <v>2.3205386467531008</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>22.823920857000001</v>
+        <v>22.823917392999999</v>
       </c>
       <c r="C160" s="5">
-        <v>-5.7298306999999937E-2</v>
+        <v>-5.7305110000001491E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>-2.963951871376258</v>
+        <v>-2.9642985201610017</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>22.554439244000001</v>
+        <v>22.554439778999999</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.26948161299999995</v>
+        <v>-0.26947761399999948</v>
       </c>
       <c r="D161" s="5">
-        <v>-13.283572975057712</v>
+        <v>-13.283390359445946</v>
       </c>
       <c r="E161" s="5">
-        <v>-9.9592052258476222</v>
+        <v>-9.9592064473709492</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>22.693174784</v>
+        <v>22.693175946</v>
       </c>
       <c r="C162" s="5">
-        <v>0.13873553999999899</v>
+        <v>0.13873616700000113</v>
       </c>
       <c r="D162" s="5">
-        <v>7.6362823644651412</v>
+        <v>7.6363178643417573</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>22.493688179999999</v>
+        <v>22.493691850000001</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.19948660400000051</v>
+        <v>-0.19948409599999906</v>
       </c>
       <c r="D163" s="5">
-        <v>-10.0533593684899</v>
+        <v>-10.053238531883601</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>22.729383874</v>
+        <v>22.729385469</v>
       </c>
       <c r="C164" s="5">
-        <v>0.23569569400000034</v>
+        <v>0.23569361899999919</v>
       </c>
       <c r="D164" s="5">
-        <v>13.324527363397909</v>
+        <v>13.324400915885825</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>22.733243324</v>
+        <v>22.733247796000001</v>
       </c>
       <c r="C165" s="5">
-        <v>3.8594500000002085E-3</v>
+        <v>3.8623270000002208E-3</v>
       </c>
       <c r="D165" s="5">
-        <v>0.20395043190890583</v>
+        <v>0.20410259311349765</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>22.639115975999999</v>
+        <v>22.639102937000001</v>
       </c>
       <c r="C166" s="5">
-        <v>-9.4127348000000666E-2</v>
+        <v>-9.4144859000000025E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>-4.8570163557437258</v>
+        <v>-4.8578985172295646</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>22.619013087999999</v>
+        <v>22.619004578999999</v>
       </c>
       <c r="C167" s="5">
-        <v>-2.0102888000000263E-2</v>
+        <v>-2.0098358000002037E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>-1.0603770234346777</v>
+        <v>-1.0601398503854664</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>22.743188128</v>
+        <v>22.74319114</v>
       </c>
       <c r="C168" s="5">
-        <v>0.12417504000000079</v>
+        <v>0.12418656100000192</v>
       </c>
       <c r="D168" s="5">
-        <v>6.7904220460551334</v>
+        <v>6.7910738411597782</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>22.633932416</v>
+        <v>22.63393516</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.10925571199999951</v>
+        <v>-0.10925598000000036</v>
       </c>
       <c r="D169" s="5">
-        <v>-5.6147671100142071</v>
+        <v>-5.6147797969206987</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>22.757710571</v>
+        <v>22.757714346</v>
       </c>
       <c r="C170" s="5">
-        <v>0.12377815500000011</v>
+        <v>0.12377918600000015</v>
       </c>
       <c r="D170" s="5">
-        <v>6.7634651069808926</v>
+        <v>6.7635223030901859</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>22.622573596999999</v>
+        <v>22.622577688</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.13513697400000169</v>
+        <v>-0.13513665800000041</v>
       </c>
       <c r="D171" s="5">
-        <v>-6.8975136680850646</v>
+        <v>-6.8974969551908067</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>22.720008414999999</v>
+        <v>22.720006627</v>
       </c>
       <c r="C172" s="5">
-        <v>9.7434817999999979E-2</v>
+        <v>9.742893900000027E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>5.29257277734696</v>
+        <v>5.2922448535561717</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>22.660003249999999</v>
+        <v>22.660002613</v>
       </c>
       <c r="C173" s="5">
-        <v>-6.0005164999999749E-2</v>
+        <v>-6.0004014000000439E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>-3.1236518945517155</v>
+        <v>-3.1235930875469387</v>
       </c>
       <c r="E173" s="5">
-        <v>0.46804092470655867</v>
+        <v>0.46803571728830651</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>22.490700429</v>
+        <v>22.490700626999999</v>
       </c>
       <c r="C174" s="5">
-        <v>-0.16930282099999872</v>
+        <v>-0.16930198600000068</v>
       </c>
       <c r="D174" s="5">
-        <v>-8.6063216172765582</v>
+        <v>-8.6062811318669006</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>22.276611453000001</v>
+        <v>22.276616214000001</v>
       </c>
       <c r="C175" s="5">
-        <v>-0.21408897599999932</v>
+        <v>-0.21408441299999836</v>
       </c>
       <c r="D175" s="5">
-        <v>-10.843340306907445</v>
+        <v>-10.843121068716732</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>22.290148856999998</v>
+        <v>22.290149320000001</v>
       </c>
       <c r="C176" s="5">
-        <v>1.3537403999997366E-2</v>
+        <v>1.3533106000000572E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>0.73167728798326781</v>
+        <v>0.73144405366614151</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>22.731618611999998</v>
+        <v>22.731616643999999</v>
       </c>
       <c r="C177" s="5">
-        <v>0.44146975499999996</v>
+        <v>0.44146732399999777</v>
       </c>
       <c r="D177" s="5">
-        <v>26.534427800670525</v>
+        <v>26.534264803747078</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>22.50457729</v>
+        <v>22.504570457</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.22704132199999805</v>
+        <v>-0.22704618699999912</v>
       </c>
       <c r="D178" s="5">
-        <v>-11.34852055196135</v>
+        <v>-11.348751455131357</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>22.181389279000001</v>
+        <v>22.181384660999999</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.32318801099999916</v>
+        <v>-0.32318579600000064</v>
       </c>
       <c r="D179" s="5">
-        <v>-15.935118398572701</v>
+        <v>-15.935022126142663</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>22.057574559999999</v>
+        <v>22.057576829999999</v>
       </c>
       <c r="C180" s="5">
-        <v>-0.12381471900000207</v>
+        <v>-0.12380783100000059</v>
       </c>
       <c r="D180" s="5">
-        <v>-6.4964398480193193</v>
+        <v>-6.4960907741992813</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>21.885335438999999</v>
+        <v>21.885337452000002</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.17223912100000049</v>
+        <v>-0.17223937799999689</v>
       </c>
       <c r="D181" s="5">
-        <v>-8.9782001982698585</v>
+        <v>-8.9782121400670647</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>21.682820770999999</v>
+        <v>21.682822888</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.20251466799999918</v>
+        <v>-0.20251456400000123</v>
       </c>
       <c r="D182" s="5">
-        <v>-10.556070656746453</v>
+        <v>-10.556064586546011</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>21.681749824000001</v>
+        <v>21.681752812999999</v>
       </c>
       <c r="C183" s="5">
-        <v>-1.0709469999987675E-3</v>
+        <v>-1.0700750000012249E-3</v>
       </c>
       <c r="D183" s="5">
-        <v>-5.9253699487382683E-2</v>
+        <v>-5.9205460507438801E-2</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>21.343379779999999</v>
+        <v>21.343378786999999</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.33837004400000126</v>
+        <v>-0.33837402600000033</v>
       </c>
       <c r="D184" s="5">
-        <v>-17.200758453971112</v>
+        <v>-17.20094165487377</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>21.157357116</v>
+        <v>21.157356032999999</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.18602266399999934</v>
+        <v>-0.18602275399999968</v>
       </c>
       <c r="D185" s="5">
-        <v>-9.9717739508225041</v>
+        <v>-9.9717789883369541</v>
       </c>
       <c r="E185" s="5">
-        <v>-6.6312706023111456</v>
+        <v>-6.6312727569498797</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>21.073274480999999</v>
+        <v>21.073274206000001</v>
       </c>
       <c r="C186" s="5">
-        <v>-8.408263500000146E-2</v>
+        <v>-8.4081826999998555E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>-4.6661158221260273</v>
+        <v>-4.666072191803261</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>21.133297540000001</v>
+        <v>21.133302682</v>
       </c>
       <c r="C187" s="5">
-        <v>6.0023059000002377E-2</v>
+        <v>6.0028475999999387E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>3.4720192217257306</v>
+        <v>3.4723375382245125</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>20.948463518000001</v>
+        <v>20.948464045000001</v>
       </c>
       <c r="C188" s="5">
-        <v>-0.18483402200000043</v>
+        <v>-0.18483863699999858</v>
       </c>
       <c r="D188" s="5">
-        <v>-10.004895358129229</v>
+        <v>-10.005130953171438</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>20.716008849000001</v>
+        <v>20.716006792000002</v>
       </c>
       <c r="C189" s="5">
-        <v>-0.23245466899999911</v>
+        <v>-0.23245725299999975</v>
       </c>
       <c r="D189" s="5">
-        <v>-12.532451032516567</v>
+        <v>-12.5325816587336</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>20.653144076</v>
+        <v>20.653140343</v>
       </c>
       <c r="C190" s="5">
-        <v>-6.2864773000001151E-2</v>
+        <v>-6.2866449000001268E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>-3.5813510137331916</v>
+        <v>-3.5814452557294985</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>20.953409961999999</v>
+        <v>20.953407895000002</v>
       </c>
       <c r="C191" s="5">
-        <v>0.30026588599999826</v>
+        <v>0.3002675520000011</v>
       </c>
       <c r="D191" s="5">
-        <v>18.911108180007897</v>
+        <v>18.911225331121393</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>20.885187622</v>
+        <v>20.885184955</v>
       </c>
       <c r="C192" s="5">
-        <v>-6.8222339999998383E-2</v>
+        <v>-6.8222940000001842E-2</v>
       </c>
       <c r="D192" s="5">
-        <v>-3.8378752867661126</v>
+        <v>-3.8379088097239777</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>20.939619522000001</v>
+        <v>20.939621182</v>
       </c>
       <c r="C193" s="5">
-        <v>5.4431900000000866E-2</v>
+        <v>5.4436227000000059E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>3.1727154091521381</v>
+        <v>3.1729716579594447</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>21.126854798</v>
+        <v>21.126856264000001</v>
       </c>
       <c r="C194" s="5">
-        <v>0.18723527599999912</v>
+        <v>0.18723508200000083</v>
       </c>
       <c r="D194" s="5">
-        <v>11.273752887899668</v>
+        <v>11.273739688342332</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>21.030999586</v>
+        <v>21.031001509999999</v>
       </c>
       <c r="C195" s="5">
-        <v>-9.5855212000000023E-2</v>
+        <v>-9.5854754000001208E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>-5.3107213024945139</v>
+        <v>-5.3106961981181922</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>21.186276059000001</v>
+        <v>21.186276123999999</v>
       </c>
       <c r="C196" s="5">
-        <v>0.15527647300000069</v>
+        <v>0.15527461399999964</v>
       </c>
       <c r="D196" s="5">
-        <v>9.2286445820512384</v>
+        <v>9.2285286914292506</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>21.172773016000001</v>
+        <v>21.172771965999999</v>
       </c>
       <c r="C197" s="5">
-        <v>-1.3503043000000048E-2</v>
+        <v>-1.3504157999999933E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>-0.76214297858012703</v>
+        <v>-0.762205688967732</v>
       </c>
       <c r="E197" s="5">
-        <v>7.2863070351747439E-2</v>
+        <v>7.2863230055575379E-2</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>21.048932743999998</v>
+        <v>21.048932412999999</v>
       </c>
       <c r="C198" s="5">
-        <v>-0.12384027200000247</v>
+        <v>-0.12383955299999982</v>
       </c>
       <c r="D198" s="5">
-        <v>-6.7973918923742493</v>
+        <v>-6.7973540147548199</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>20.776717746999999</v>
+        <v>20.776721945999999</v>
       </c>
       <c r="C199" s="5">
-        <v>-0.27221499699999896</v>
+        <v>-0.27221046700000073</v>
       </c>
       <c r="D199" s="5">
-        <v>-14.461365433448414</v>
+        <v>-14.461141842218305</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>20.900236989</v>
+        <v>20.900239399</v>
       </c>
       <c r="C200" s="5">
-        <v>0.12351924200000042</v>
+        <v>0.12351745300000161</v>
       </c>
       <c r="D200" s="5">
-        <v>7.3720509309604498</v>
+        <v>7.3719391032313064</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>20.961437377999999</v>
+        <v>20.961437248999999</v>
       </c>
       <c r="C201" s="5">
-        <v>6.1200388999999689E-2</v>
+        <v>6.1197849999999221E-2</v>
       </c>
       <c r="D201" s="5">
-        <v>3.5710054442758432</v>
+        <v>3.5708544827906197</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>21.107684505000002</v>
+        <v>21.107683050999999</v>
       </c>
       <c r="C202" s="5">
-        <v>0.14624712700000231</v>
+        <v>0.14624580199999926</v>
       </c>
       <c r="D202" s="5">
-        <v>8.701217996325127</v>
+        <v>8.701136169501611</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>21.330224469000001</v>
+        <v>21.330224874999999</v>
       </c>
       <c r="C203" s="5">
-        <v>0.2225399639999992</v>
+        <v>0.22254182400000033</v>
       </c>
       <c r="D203" s="5">
-        <v>13.411731000387107</v>
+        <v>13.411850652853708</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>21.320273166</v>
+        <v>21.320264614999999</v>
       </c>
       <c r="C204" s="5">
-        <v>-9.9513030000011327E-3</v>
+        <v>-9.960259999999721E-3</v>
       </c>
       <c r="D204" s="5">
-        <v>-0.55840808576673728</v>
+        <v>-0.55890939872151879</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>21.491590632000001</v>
+        <v>21.491590828</v>
       </c>
       <c r="C205" s="5">
-        <v>0.17131746600000142</v>
+        <v>0.17132621300000039</v>
       </c>
       <c r="D205" s="5">
-        <v>10.080283121074718</v>
+        <v>10.080824973122549</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>21.472599147</v>
+        <v>21.472599515999999</v>
       </c>
       <c r="C206" s="5">
-        <v>-1.8991485000000807E-2</v>
+        <v>-1.8991312000000704E-2</v>
       </c>
       <c r="D206" s="5">
-        <v>-1.0552660051105334</v>
+        <v>-1.0552564294220801</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>21.678823028</v>
+        <v>21.678823973</v>
       </c>
       <c r="C207" s="5">
-        <v>0.20622388099999966</v>
+        <v>0.20622445700000114</v>
       </c>
       <c r="D207" s="5">
-        <v>12.153543679219148</v>
+        <v>12.153579217858157</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>21.850345049000001</v>
+        <v>21.850344832000001</v>
       </c>
       <c r="C208" s="5">
-        <v>0.17152202100000125</v>
+        <v>0.17152085900000102</v>
       </c>
       <c r="D208" s="5">
-        <v>9.9186012170179083</v>
+        <v>9.9185306201223575</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>22.104142576000001</v>
+        <v>22.104142047</v>
       </c>
       <c r="C209" s="5">
-        <v>0.25379752699999969</v>
+        <v>0.25379721499999874</v>
       </c>
       <c r="D209" s="5">
-        <v>14.864145025406206</v>
+        <v>14.864125726890975</v>
       </c>
       <c r="E209" s="5">
-        <v>4.3989021149765106</v>
+        <v>4.3989047938344017</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>22.126486731</v>
+        <v>22.126486549999999</v>
       </c>
       <c r="C210" s="5">
-        <v>2.2344154999998977E-2</v>
+        <v>2.2344502999999349E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>1.219796789744132</v>
+        <v>1.2198159226252336</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>22.233944034</v>
+        <v>22.233947714999999</v>
       </c>
       <c r="C211" s="5">
-        <v>0.10745730300000034</v>
+        <v>0.10746116500000014</v>
       </c>
       <c r="D211" s="5">
-        <v>5.9860137702981486</v>
+        <v>5.986234735976792</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>22.043417251000001</v>
+        <v>22.043422852999999</v>
       </c>
       <c r="C212" s="5">
-        <v>-0.19052678299999926</v>
+        <v>-0.19052486200000018</v>
       </c>
       <c r="D212" s="5">
-        <v>-9.8119580787278231</v>
+        <v>-9.8118622154957809</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>21.873080952999999</v>
+        <v>21.873084690999999</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.17033629800000227</v>
+        <v>-0.17033816200000018</v>
       </c>
       <c r="D213" s="5">
-        <v>-8.8886529079786776</v>
+        <v>-8.8887439170339597</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>21.837810005000001</v>
+        <v>21.837811082000002</v>
       </c>
       <c r="C214" s="5">
-        <v>-3.5270947999997304E-2</v>
+        <v>-3.5273608999997208E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>-1.9179634809837975</v>
+        <v>-1.9181065749360404</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>21.816349987999999</v>
+        <v>21.816352105</v>
       </c>
       <c r="C215" s="5">
-        <v>-2.1460017000002551E-2</v>
+        <v>-2.1458977000001767E-2</v>
       </c>
       <c r="D215" s="5">
-        <v>-1.1728872766703757</v>
+        <v>-1.1728306852709647</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>21.958884679000001</v>
+        <v>21.958871043999999</v>
       </c>
       <c r="C216" s="5">
-        <v>0.1425346910000016</v>
+        <v>0.14251893899999857</v>
       </c>
       <c r="D216" s="5">
-        <v>8.1280148157887524</v>
+        <v>8.1270832268728554</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>21.834571646000001</v>
+        <v>21.834568477000001</v>
       </c>
       <c r="C217" s="5">
-        <v>-0.12431303299999996</v>
+        <v>-0.12430256699999731</v>
       </c>
       <c r="D217" s="5">
-        <v>-6.5858255429464663</v>
+        <v>-6.5852921877188164</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>21.827192312000001</v>
+        <v>21.827187902999999</v>
       </c>
       <c r="C218" s="5">
-        <v>-7.37933399999946E-3</v>
+        <v>-7.3805740000025821E-3</v>
       </c>
       <c r="D218" s="5">
-        <v>-0.40480570582148712</v>
+        <v>-0.40487366033612471</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>21.719630200000001</v>
+        <v>21.719632747999999</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.1075621120000001</v>
+        <v>-0.10755515500000001</v>
       </c>
       <c r="D219" s="5">
-        <v>-5.7558023950357367</v>
+        <v>-5.7554412781081314</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>21.721361447</v>
+        <v>21.721361922</v>
       </c>
       <c r="C220" s="5">
-        <v>1.7312469999986035E-3</v>
+        <v>1.7291740000011657E-3</v>
       </c>
       <c r="D220" s="5">
-        <v>9.5692578312522869E-2</v>
+        <v>9.5577934356927408E-2</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>21.765740060999999</v>
+        <v>21.765737003000002</v>
       </c>
       <c r="C221" s="5">
-        <v>4.4378613999999317E-2</v>
+        <v>4.437508100000187E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>2.4794416652388129</v>
+        <v>2.4792419978785896</v>
       </c>
       <c r="E221" s="5">
-        <v>-1.5309461284756187</v>
+        <v>-1.5309576064090114</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>21.808972317999999</v>
+        <v>21.808971360000001</v>
       </c>
       <c r="C222" s="5">
-        <v>4.3232256999999663E-2</v>
+        <v>4.3234356999999335E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>2.4097145601069014</v>
+        <v>2.4098332356178531</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>21.812534857999999</v>
+        <v>21.812539170000001</v>
       </c>
       <c r="C223" s="5">
-        <v>3.5625400000007801E-3</v>
+        <v>3.5678099999998381E-3</v>
       </c>
       <c r="D223" s="5">
-        <v>0.19619865106832446</v>
+        <v>0.19648915396037747</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>21.977222150999999</v>
+        <v>21.977231830000001</v>
       </c>
       <c r="C224" s="5">
-        <v>0.16468729300000007</v>
+        <v>0.16469266000000005</v>
       </c>
       <c r="D224" s="5">
-        <v>9.4460060662768122</v>
+        <v>9.4463248513734008</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>21.653195247999999</v>
+        <v>21.653200694999999</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.32402690300000003</v>
+        <v>-0.32403113500000202</v>
       </c>
       <c r="D225" s="5">
-        <v>-16.326039492668265</v>
+        <v>-16.326229118454314</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>21.662313227999999</v>
+        <v>21.662322100000001</v>
       </c>
       <c r="C226" s="5">
-        <v>9.1179799999991928E-3</v>
+        <v>9.1214050000019142E-3</v>
       </c>
       <c r="D226" s="5">
-        <v>0.50648194009030867</v>
+        <v>0.50667250388434226</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>21.520408095000001</v>
+        <v>21.520422910000001</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.14190513299999807</v>
+        <v>-0.14189919000000017</v>
       </c>
       <c r="D227" s="5">
-        <v>-7.5838106776208392</v>
+        <v>-7.5835014263487039</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>21.279045674999999</v>
+        <v>21.279019160000001</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.24136242000000152</v>
+        <v>-0.24140374999999992</v>
       </c>
       <c r="D228" s="5">
-        <v>-12.658684412466314</v>
+        <v>-12.660711907565847</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>21.270630390000001</v>
+        <v>21.270618571</v>
       </c>
       <c r="C229" s="5">
-        <v>-8.4152849999981072E-3</v>
+        <v>-8.4005890000007355E-3</v>
       </c>
       <c r="D229" s="5">
-        <v>-0.47353655668181949</v>
+        <v>-0.47271198047306173</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>21.262732653</v>
+        <v>21.262722583999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-7.8977370000004044E-3</v>
+        <v>-7.89598700000127E-3</v>
       </c>
       <c r="D230" s="5">
-        <v>-0.44464852435444069</v>
+        <v>-0.44455044562258239</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>21.368670133999998</v>
+        <v>21.368674751</v>
       </c>
       <c r="C231" s="5">
-        <v>0.105937480999998</v>
+        <v>0.10595216700000165</v>
       </c>
       <c r="D231" s="5">
-        <v>6.1453555325782006</v>
+        <v>6.1462339301579627</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>21.185799422999999</v>
+        <v>21.185798006999999</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.18287071099999963</v>
+        <v>-0.18287674400000142</v>
       </c>
       <c r="D232" s="5">
-        <v>-9.799626509680138</v>
+        <v>-9.7999327226718229</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>21.029995637999999</v>
+        <v>21.029991184</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.15580378499999981</v>
+        <v>-0.15580682299999893</v>
       </c>
       <c r="D233" s="5">
-        <v>-8.476648335473735</v>
+        <v>-8.4768075371137286</v>
       </c>
       <c r="E233" s="5">
-        <v>-3.3802867301457429</v>
+        <v>-3.3802936188128796</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>20.90905437</v>
+        <v>20.909053461999999</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.12094126799999927</v>
+        <v>-0.12093772200000075</v>
       </c>
       <c r="D234" s="5">
-        <v>-6.6869227346132547</v>
+        <v>-6.6867342047789773</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>20.827203595</v>
+        <v>20.827208955</v>
       </c>
       <c r="C235" s="5">
-        <v>-8.1850774999999487E-2</v>
+        <v>-8.1844506999999567E-2</v>
       </c>
       <c r="D235" s="5">
-        <v>-4.5976996487844701</v>
+        <v>-4.5973553047962579</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>20.8167224</v>
+        <v>20.816735925</v>
       </c>
       <c r="C236" s="5">
-        <v>-1.0481195000000554E-2</v>
+        <v>-1.0473029999999994E-2</v>
       </c>
       <c r="D236" s="5">
-        <v>-0.60222582571718419</v>
+        <v>-0.60175782553815171</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>20.334325296999999</v>
+        <v>20.334332736</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.48239710300000027</v>
+        <v>-0.48240318899999934</v>
       </c>
       <c r="D237" s="5">
-        <v>-24.523979536587625</v>
+        <v>-24.52423665271305</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>19.884178565999999</v>
+        <v>19.884196174</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.45014673100000024</v>
+        <v>-0.45013656200000085</v>
       </c>
       <c r="D238" s="5">
-        <v>-23.55754038167257</v>
+        <v>-23.557063660650158</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>19.623199063000001</v>
+        <v>19.623227618000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.26097950299999795</v>
+        <v>-0.26096855599999813</v>
       </c>
       <c r="D239" s="5">
-        <v>-14.661332241411573</v>
+        <v>-14.660748895115939</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>19.389299131000001</v>
+        <v>19.389260409999999</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.23389993199999992</v>
+        <v>-0.23396720800000281</v>
       </c>
       <c r="D240" s="5">
-        <v>-13.402048998431848</v>
+        <v>-13.405636361012929</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>19.287131312</v>
+        <v>19.287110921</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.10216781900000171</v>
+        <v>-0.10214948899999854</v>
       </c>
       <c r="D241" s="5">
-        <v>-6.1430758678154511</v>
+        <v>-6.1420173839458965</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>19.079068027999998</v>
+        <v>19.079051985</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.2080632840000014</v>
+        <v>-0.20805893600000047</v>
       </c>
       <c r="D242" s="5">
-        <v>-12.204100874580948</v>
+        <v>-12.203872923325976</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>19.008434158</v>
+        <v>19.008440884999999</v>
       </c>
       <c r="C243" s="5">
-        <v>-7.0633869999998211E-2</v>
+        <v>-7.0611100000000704E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>-4.353246041258652</v>
+        <v>-4.3518747267096147</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>18.828741488999999</v>
+        <v>18.828737855</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.17969266900000136</v>
+        <v>-0.17970302999999888</v>
       </c>
       <c r="D244" s="5">
-        <v>-10.772361391070795</v>
+        <v>-10.772946970477172</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>18.688542351999999</v>
+        <v>18.688535978000001</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.14019913699999975</v>
+        <v>-0.14020187699999909</v>
       </c>
       <c r="D245" s="5">
-        <v>-8.5782278544906951</v>
+        <v>-8.5783902872323523</v>
       </c>
       <c r="E245" s="5">
-        <v>-11.133874330288151</v>
+        <v>-11.133885818180566</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>18.630022241999999</v>
+        <v>18.630020593000001</v>
       </c>
       <c r="C246" s="5">
-        <v>-5.8520109999999903E-2</v>
+        <v>-5.8515384999999753E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>-3.6935594754462175</v>
+        <v>-3.6932676068593628</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>18.661690634999999</v>
+        <v>18.661696176</v>
       </c>
       <c r="C247" s="5">
-        <v>3.166839300000035E-2</v>
+        <v>3.1675582999998397E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>2.059008929760231</v>
+        <v>2.0594809718624596</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>18.789197419000001</v>
+        <v>18.789213302</v>
       </c>
       <c r="C248" s="5">
-        <v>0.12750678400000126</v>
+        <v>0.12751712600000076</v>
       </c>
       <c r="D248" s="5">
-        <v>8.5142886462904688</v>
+        <v>8.5150027691134778</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>19.232060932</v>
+        <v>19.232069743</v>
       </c>
       <c r="C249" s="5">
-        <v>0.44286351299999893</v>
+        <v>0.44285644099999999</v>
       </c>
       <c r="D249" s="5">
-        <v>32.254713841958171</v>
+        <v>32.254099359405508</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>18.936923321999998</v>
+        <v>18.936950001</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.29513761000000116</v>
+        <v>-0.29511974200000068</v>
       </c>
       <c r="D250" s="5">
-        <v>-16.937856822869858</v>
+        <v>-16.936909218421413</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>18.821796798000001</v>
+        <v>18.821838296999999</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.11512652399999723</v>
+        <v>-0.11511170400000026</v>
       </c>
       <c r="D251" s="5">
-        <v>-7.0563086174086687</v>
+        <v>-7.0554208140239938</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>18.678381684000001</v>
+        <v>18.678334701000001</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.14341511399999973</v>
+        <v>-0.14350359599999862</v>
       </c>
       <c r="D252" s="5">
-        <v>-8.7699350406320704</v>
+        <v>-8.7751023905325187</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>18.577742229999998</v>
+        <v>18.577714726</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.10063945400000307</v>
+        <v>-0.10061997500000075</v>
       </c>
       <c r="D253" s="5">
-        <v>-6.2774184031343605</v>
+        <v>-6.2762544867609797</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>18.571241673999999</v>
+        <v>18.571222798000001</v>
       </c>
       <c r="C254" s="5">
-        <v>-6.5005559999988805E-3</v>
+        <v>-6.491927999999092E-3</v>
       </c>
       <c r="D254" s="5">
-        <v>-0.41908602965952113</v>
+        <v>-0.41853147596419005</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>18.339707772000001</v>
+        <v>18.339713821</v>
       </c>
       <c r="C255" s="5">
-        <v>-0.2315339019999989</v>
+        <v>-0.23150897700000073</v>
       </c>
       <c r="D255" s="5">
-        <v>-13.9763956549673</v>
+        <v>-13.975005941224916</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>18.345706840999998</v>
+        <v>18.345699961000001</v>
       </c>
       <c r="C256" s="5">
-        <v>5.9990689999978031E-3</v>
+        <v>5.9861400000009723E-3</v>
       </c>
       <c r="D256" s="5">
-        <v>0.39323682236618307</v>
+        <v>0.39238767938909458</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>18.502189758</v>
+        <v>18.502186614999999</v>
       </c>
       <c r="C257" s="5">
-        <v>0.15648291700000172</v>
+        <v>0.15648665399999828</v>
       </c>
       <c r="D257" s="5">
-        <v>10.729713729083379</v>
+        <v>10.729986321024754</v>
       </c>
       <c r="E257" s="5">
-        <v>-0.99714889738340418</v>
+        <v>-0.99713194880204359</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>18.774462654000001</v>
+        <v>18.774457909999999</v>
       </c>
       <c r="C258" s="5">
-        <v>0.27227289600000049</v>
+        <v>0.27227129499999947</v>
       </c>
       <c r="D258" s="5">
-        <v>19.160583526968033</v>
+        <v>19.160465112060663</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>18.725109808999999</v>
+        <v>18.725109323000002</v>
       </c>
       <c r="C259" s="5">
-        <v>-4.9352845000001366E-2</v>
+        <v>-4.9348586999997224E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>-3.1092566143616218</v>
+        <v>-3.1089929984262743</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>18.904959023</v>
+        <v>18.904975346000001</v>
       </c>
       <c r="C260" s="5">
-        <v>0.17984921400000076</v>
+        <v>0.17986602299999888</v>
       </c>
       <c r="D260" s="5">
-        <v>12.15442312898729</v>
+        <v>12.15562010793445</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>18.971205981000001</v>
+        <v>18.971220506000002</v>
       </c>
       <c r="C261" s="5">
-        <v>6.6246958000000689E-2</v>
+        <v>6.6245160000001135E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>4.287051544152054</v>
+        <v>4.2869291652247288</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>18.910179364000001</v>
+        <v>18.910210491000001</v>
       </c>
       <c r="C262" s="5">
-        <v>-6.1026616999999561E-2</v>
+        <v>-6.1010015000000806E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>-3.7925940816561421</v>
+        <v>-3.7915776531697198</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>18.710648661</v>
+        <v>18.710692462000001</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.19953070300000064</v>
+        <v>-0.19951802900000004</v>
       </c>
       <c r="D263" s="5">
-        <v>-11.952232510093374</v>
+        <v>-11.951498272806283</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>19.649593071999998</v>
+        <v>19.649551067000001</v>
       </c>
       <c r="C264" s="5">
-        <v>0.93894441099999781</v>
+        <v>0.93885860500000007</v>
       </c>
       <c r="D264" s="5">
-        <v>79.96025676423848</v>
+        <v>79.950585234503464</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>19.555680052</v>
+        <v>19.555652142</v>
       </c>
       <c r="C265" s="5">
-        <v>-9.3913019999998681E-2</v>
+        <v>-9.3898925000001299E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>-5.5868804147303441</v>
+        <v>-5.5860754475954515</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>19.546249842999998</v>
+        <v>19.546232237000002</v>
       </c>
       <c r="C266" s="5">
-        <v>-9.430209000001355E-3</v>
+        <v>-9.4199049999978968E-3</v>
       </c>
       <c r="D266" s="5">
-        <v>-0.57713593535883012</v>
+        <v>-0.57650781313322019</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>19.550842719999999</v>
+        <v>19.550846065999998</v>
       </c>
       <c r="C267" s="5">
-        <v>4.5928770000003283E-3</v>
+        <v>4.6138289999966275E-3</v>
       </c>
       <c r="D267" s="5">
-        <v>0.28233450487240574</v>
+        <v>0.28362439993150357</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>19.541919622000002</v>
+        <v>19.541908899999999</v>
       </c>
       <c r="C268" s="5">
-        <v>-8.9230979999967985E-3</v>
+        <v>-8.9371659999990527E-3</v>
       </c>
       <c r="D268" s="5">
-        <v>-0.5463130059926935</v>
+        <v>-0.54717205577251571</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>19.781253282000002</v>
+        <v>19.781247357000002</v>
       </c>
       <c r="C269" s="5">
-        <v>0.23933365999999978</v>
+        <v>0.23933845700000234</v>
       </c>
       <c r="D269" s="5">
-        <v>15.728140019791503</v>
+        <v>15.728486011471276</v>
       </c>
       <c r="E269" s="5">
-        <v>6.9130386226146978</v>
+        <v>6.9130247608844675</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>19.926310518000001</v>
+        <v>19.926296168</v>
       </c>
       <c r="C270" s="5">
-        <v>0.14505723599999953</v>
+        <v>0.14504881099999878</v>
       </c>
       <c r="D270" s="5">
-        <v>9.1634066926047364</v>
+        <v>9.1628556883146963</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>19.890905891999999</v>
+        <v>19.890894078999999</v>
       </c>
       <c r="C271" s="5">
-        <v>-3.5404626000001826E-2</v>
+        <v>-3.5402089000001524E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>-2.1114204606081266</v>
+        <v>-2.1112721428792169</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>20.065451432</v>
+        <v>20.065472214</v>
       </c>
       <c r="C272" s="5">
-        <v>0.17454554000000044</v>
+        <v>0.17457813500000086</v>
       </c>
       <c r="D272" s="5">
-        <v>11.05355541985249</v>
+        <v>11.05572711516707</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>19.942352186000001</v>
+        <v>19.942385407</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.12309924599999889</v>
+        <v>-0.12308680699999996</v>
       </c>
       <c r="D273" s="5">
-        <v>-7.1184698410863723</v>
+        <v>-7.1177674977755618</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>19.897001457999998</v>
+        <v>19.897035295999999</v>
       </c>
       <c r="C274" s="5">
-        <v>-4.5350728000002505E-2</v>
+        <v>-4.5350111000001192E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>-2.695035034173443</v>
+        <v>-2.6949943919373442</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>20.105888111999999</v>
+        <v>20.105932763999999</v>
       </c>
       <c r="C275" s="5">
-        <v>0.2088866540000005</v>
+        <v>0.20889746799999998</v>
       </c>
       <c r="D275" s="5">
-        <v>13.351574134306876</v>
+        <v>13.35228169881708</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>20.205507435000001</v>
+        <v>20.205470206000001</v>
       </c>
       <c r="C276" s="5">
-        <v>9.9619323000002424E-2</v>
+        <v>9.9537442000002585E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>6.1104125437712264</v>
+        <v>6.1052386939702163</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>20.429170822</v>
+        <v>20.429144354000002</v>
       </c>
       <c r="C277" s="5">
-        <v>0.22366338699999844</v>
+        <v>0.22367414800000063</v>
       </c>
       <c r="D277" s="5">
-        <v>14.122621327574736</v>
+        <v>14.123370321302309</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>20.531199827999998</v>
+        <v>20.531186542</v>
       </c>
       <c r="C278" s="5">
-        <v>0.10202900599999865</v>
+        <v>0.10204218799999865</v>
       </c>
       <c r="D278" s="5">
-        <v>6.1605307310810486</v>
+        <v>6.161356858076017</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>20.438347675999999</v>
+        <v>20.438343655000001</v>
       </c>
       <c r="C279" s="5">
-        <v>-9.2852151999998966E-2</v>
+        <v>-9.2842886999999763E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>-5.2940134948236466</v>
+        <v>-5.2935016550898268</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>20.632372661000002</v>
+        <v>20.632353632000001</v>
       </c>
       <c r="C280" s="5">
-        <v>0.1940249850000022</v>
+        <v>0.19400997700000033</v>
       </c>
       <c r="D280" s="5">
-        <v>12.005845598334952</v>
+        <v>12.004870411292723</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>20.530623770999998</v>
+        <v>20.530611342</v>
       </c>
       <c r="C281" s="5">
-        <v>-0.1017488900000032</v>
+        <v>-0.10174229000000068</v>
       </c>
       <c r="D281" s="5">
-        <v>-5.759918461228497</v>
+        <v>-5.7595600838985517</v>
       </c>
       <c r="E281" s="5">
-        <v>3.7882862036951348</v>
+        <v>3.7882544587605205</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>20.676347469</v>
+        <v>20.676320050000001</v>
       </c>
       <c r="C282" s="5">
-        <v>0.14572369800000118</v>
+        <v>0.1457087080000008</v>
       </c>
       <c r="D282" s="5">
-        <v>8.8579444050083787</v>
+        <v>8.8570029398355778</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>20.834887828999999</v>
+        <v>20.834865506</v>
       </c>
       <c r="C283" s="5">
-        <v>0.15854035999999994</v>
+        <v>0.15854545599999881</v>
       </c>
       <c r="D283" s="5">
-        <v>9.5993898624126004</v>
+        <v>9.5997248173468108</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>20.938960436999999</v>
+        <v>20.938992421999998</v>
       </c>
       <c r="C284" s="5">
-        <v>0.10407260799999918</v>
+        <v>0.10412691599999846</v>
       </c>
       <c r="D284" s="5">
-        <v>6.1615855522353602</v>
+        <v>6.1648965187873328</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>21.149648825</v>
+        <v>21.149711174</v>
       </c>
       <c r="C285" s="5">
-        <v>0.21068838800000123</v>
+        <v>0.21071875200000179</v>
       </c>
       <c r="D285" s="5">
-        <v>12.765573115437</v>
+        <v>12.767495271248031</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>21.193550927</v>
+        <v>21.193585723999998</v>
       </c>
       <c r="C286" s="5">
-        <v>4.3902102000000554E-2</v>
+        <v>4.387454999999818E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>2.5195770626205372</v>
+        <v>2.5179702385210945</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>21.397910258</v>
+        <v>21.397941804999999</v>
       </c>
       <c r="C287" s="5">
-        <v>0.20435933099999914</v>
+        <v>0.20435608100000024</v>
       </c>
       <c r="D287" s="5">
-        <v>12.204844447115848</v>
+        <v>12.204618829060987</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>21.463838111000001</v>
+        <v>21.463808565000001</v>
       </c>
       <c r="C288" s="5">
-        <v>6.5927853000001591E-2</v>
+        <v>6.5866760000002245E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>3.760550525825912</v>
+        <v>3.7570009166755014</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>21.520569351999999</v>
+        <v>21.520550200999999</v>
       </c>
       <c r="C289" s="5">
-        <v>5.6731240999997823E-2</v>
+        <v>5.6741635999998152E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>3.2182459127931828</v>
+        <v>3.2188486953758311</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>21.427086121999999</v>
+        <v>21.427088968</v>
       </c>
       <c r="C290" s="5">
-        <v>-9.3483230000000361E-2</v>
+        <v>-9.3461232999999311E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>-5.0899288195928811</v>
+        <v>-5.0887640201609852</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>21.400479607000001</v>
+        <v>21.400473173000002</v>
       </c>
       <c r="C291" s="5">
-        <v>-2.6606514999997444E-2</v>
+        <v>-2.6615794999997888E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>-1.4799337376580679</v>
+        <v>-1.4804462022946163</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>21.730433570999999</v>
+        <v>21.730402117000001</v>
       </c>
       <c r="C292" s="5">
-        <v>0.32995396399999777</v>
+        <v>0.32992894399999884</v>
       </c>
       <c r="D292" s="5">
-        <v>20.154107345768459</v>
+        <v>20.152453820447104</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>21.483271073000001</v>
+        <v>21.483239142999999</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.24716249799999801</v>
+        <v>-0.24716297400000187</v>
       </c>
       <c r="D293" s="5">
-        <v>-12.826556540718592</v>
+        <v>-12.826597138836227</v>
       </c>
       <c r="E293" s="5">
-        <v>4.6401283888200195</v>
+        <v>4.6400362129070283</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>21.117628497999998</v>
+        <v>21.117572697</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.36564257500000252</v>
+        <v>-0.36566644599999876</v>
       </c>
       <c r="D294" s="5">
-        <v>-18.616409609771999</v>
+        <v>-18.617538671480826</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>21.040366904999999</v>
+        <v>21.040307601999999</v>
       </c>
       <c r="C295" s="5">
-        <v>-7.7261592999999351E-2</v>
+        <v>-7.7265095000001338E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>-4.3030800106324989</v>
+        <v>-4.303282289367627</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>21.102684594999999</v>
+        <v>21.102681606000001</v>
       </c>
       <c r="C296" s="5">
-        <v>6.2317690000000425E-2</v>
+        <v>6.2374004000002259E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>3.6126518551028886</v>
+        <v>3.6159802342126124</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>21.259945165000001</v>
+        <v>21.260193888</v>
       </c>
       <c r="C297" s="5">
-        <v>0.15726057000000182</v>
+        <v>0.157512281999999</v>
       </c>
       <c r="D297" s="5">
-        <v>9.3183794765149699</v>
+        <v>9.3339134652641995</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>21.293415451000001</v>
+        <v>21.293405111999999</v>
       </c>
       <c r="C298" s="5">
-        <v>3.3470286000000016E-2</v>
+        <v>3.3211223999998651E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>1.9056470396734415</v>
+        <v>1.8907479531920179</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>21.288335768</v>
+        <v>21.288326615999999</v>
       </c>
       <c r="C299" s="5">
-        <v>-5.0796830000017223E-3</v>
+        <v>-5.0784959999994328E-3</v>
       </c>
       <c r="D299" s="5">
-        <v>-0.28589251670873006</v>
+        <v>-0.2858259366987137</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>21.446031357999999</v>
+        <v>21.446004758000001</v>
       </c>
       <c r="C300" s="5">
-        <v>0.15769558999999944</v>
+        <v>0.15767814200000174</v>
       </c>
       <c r="D300" s="5">
-        <v>9.2603789665459466</v>
+        <v>9.2593164145966291</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>21.419270158</v>
+        <v>21.419269902</v>
       </c>
       <c r="C301" s="5">
-        <v>-2.6761199999999263E-2</v>
+        <v>-2.6734856000000917E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>-1.4871728654630934</v>
+        <v>-1.485720730407758</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>21.646552996</v>
+        <v>21.646585024</v>
       </c>
       <c r="C302" s="5">
-        <v>0.22728283800000071</v>
+        <v>0.22731512200000026</v>
       </c>
       <c r="D302" s="5">
-        <v>13.503424636372063</v>
+        <v>13.505456192894583</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>21.562676167999999</v>
+        <v>21.562684603000001</v>
       </c>
       <c r="C303" s="5">
-        <v>-8.3876828000001069E-2</v>
+        <v>-8.390042099999917E-2</v>
       </c>
       <c r="D303" s="5">
-        <v>-4.5519765055045847</v>
+        <v>-4.5532231279939772</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>21.546631990000002</v>
+        <v>21.546590023</v>
       </c>
       <c r="C304" s="5">
-        <v>-1.60441779999978E-2</v>
+        <v>-1.6094580000000747E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>-0.88924109492436454</v>
+        <v>-0.89202279680151708</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>21.743686651000001</v>
+        <v>21.743605149</v>
       </c>
       <c r="C305" s="5">
-        <v>0.19705466099999924</v>
+        <v>0.19701512600000015</v>
       </c>
       <c r="D305" s="5">
-        <v>11.543801208898795</v>
+        <v>11.541391109092579</v>
       </c>
       <c r="E305" s="5">
-        <v>1.2121784299751637</v>
+        <v>1.2119494842789402</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>21.339657591000002</v>
+        <v>21.339530691</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.40402905999999916</v>
+        <v>-0.40407445800000019</v>
       </c>
       <c r="D306" s="5">
-        <v>-20.15436307438414</v>
+        <v>-20.156469418123979</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>21.213450264999999</v>
+        <v>21.213334840000002</v>
       </c>
       <c r="C307" s="5">
-        <v>-0.12620732600000295</v>
+        <v>-0.12619585099999853</v>
       </c>
       <c r="D307" s="5">
-        <v>-6.8706948423752356</v>
+        <v>-6.8701298578151215</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>21.229280075999998</v>
+        <v>21.229255124000002</v>
       </c>
       <c r="C308" s="5">
-        <v>1.5829810999999694E-2</v>
+        <v>1.5920283999999896E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>0.89914320440862561</v>
+        <v>0.90430829878278551</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>21.174110002999999</v>
+        <v>21.174571158999999</v>
       </c>
       <c r="C309" s="5">
-        <v>-5.517007299999932E-2</v>
+        <v>-5.4683965000002388E-2</v>
       </c>
       <c r="D309" s="5">
-        <v>-3.0743371996930002</v>
+        <v>-3.0476351233479138</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>21.593085481999999</v>
+        <v>21.593063216000001</v>
       </c>
       <c r="C310" s="5">
-        <v>0.41897547900000021</v>
+        <v>0.41849205700000169</v>
       </c>
       <c r="D310" s="5">
-        <v>26.506974268196281</v>
+        <v>26.472351266435766</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>21.772704022999999</v>
+        <v>21.772662143000002</v>
       </c>
       <c r="C311" s="5">
-        <v>0.17961854099999996</v>
+        <v>0.17959892700000069</v>
       </c>
       <c r="D311" s="5">
-        <v>10.45159140674372</v>
+        <v>10.45040867898539</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>21.451900735999999</v>
+        <v>21.451862928000001</v>
       </c>
       <c r="C312" s="5">
-        <v>-0.32080328700000038</v>
+        <v>-0.32079921500000097</v>
       </c>
       <c r="D312" s="5">
-        <v>-16.31629144763339</v>
+        <v>-16.316129715210014</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>21.441133627999999</v>
+        <v>21.441121786</v>
       </c>
       <c r="C313" s="5">
-        <v>-1.0767107999999581E-2</v>
+        <v>-1.0741142000000536E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>-0.60064241243303895</v>
+        <v>-0.59919894070991075</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>21.255414085000002</v>
+        <v>21.255488172</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.1857195429999976</v>
+        <v>-0.18563361400000034</v>
       </c>
       <c r="D314" s="5">
-        <v>-9.9130427326561747</v>
+        <v>-9.9086775290006983</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>21.443017024</v>
+        <v>21.443129217999999</v>
       </c>
       <c r="C315" s="5">
-        <v>0.1876029389999978</v>
+        <v>0.18764104599999953</v>
       </c>
       <c r="D315" s="5">
-        <v>11.120924003166754</v>
+        <v>11.123253068199812</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>21.483835201000002</v>
+        <v>21.483802587</v>
       </c>
       <c r="C316" s="5">
-        <v>4.0818177000002009E-2</v>
+        <v>4.0673369000000292E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>2.3083459120706307</v>
+        <v>2.3000589624396106</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>21.437081067000001</v>
+        <v>21.436949903999999</v>
       </c>
       <c r="C317" s="5">
-        <v>-4.6754134000000391E-2</v>
+        <v>-4.6852683000000894E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>-2.5804642211639139</v>
+        <v>-2.5858421644149088</v>
       </c>
       <c r="E317" s="5">
-        <v>-1.4100901513216857</v>
+        <v>-1.410323830379645</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>21.424568205</v>
+        <v>21.424126575999999</v>
       </c>
       <c r="C318" s="5">
-        <v>-1.2512862000001235E-2</v>
+        <v>-1.2823327999999634E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>-0.6981978132107991</v>
+        <v>-0.71546873281634893</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>21.371921013000001</v>
+        <v>21.371768267</v>
       </c>
       <c r="C319" s="5">
-        <v>-5.2647191999998455E-2</v>
+        <v>-5.2358308999998826E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>-2.9092644428445946</v>
+        <v>-2.8935736812352397</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>21.211931661000001</v>
+        <v>21.211839052999999</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.1599893520000002</v>
+        <v>-0.15992921400000171</v>
       </c>
       <c r="D320" s="5">
-        <v>-8.6223665963120375</v>
+        <v>-8.6193168580450568</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>21.083185075999999</v>
+        <v>21.084087292</v>
       </c>
       <c r="C321" s="5">
-        <v>-0.1287465850000018</v>
+        <v>-0.12775176099999896</v>
       </c>
       <c r="D321" s="5">
-        <v>-7.0451567595455451</v>
+        <v>-6.99253899475063</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>21.098612828</v>
+        <v>21.098563451</v>
       </c>
       <c r="C322" s="5">
-        <v>1.5427752000000794E-2</v>
+        <v>1.4476159000000877E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>0.8816501923062825</v>
+        <v>0.82702844620134996</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>21.055625523</v>
+        <v>21.055567807999999</v>
       </c>
       <c r="C323" s="5">
-        <v>-4.2987305000000475E-2</v>
+        <v>-4.2995643000001138E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>-2.4177237433682164</v>
+        <v>-2.4181930478031632</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>21.179078659999998</v>
+        <v>21.179003982000001</v>
       </c>
       <c r="C324" s="5">
-        <v>0.12345313699999849</v>
+        <v>0.12343617400000184</v>
       </c>
       <c r="D324" s="5">
-        <v>7.2672097681149683</v>
+        <v>7.2661993715924966</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>20.959833231000001</v>
+        <v>20.959779959999999</v>
       </c>
       <c r="C325" s="5">
-        <v>-0.21924542899999722</v>
+        <v>-0.21922402200000235</v>
       </c>
       <c r="D325" s="5">
-        <v>-11.738945136080014</v>
+        <v>-11.737902462253047</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>20.969320524</v>
+        <v>20.969428184000002</v>
       </c>
       <c r="C326" s="5">
-        <v>9.4872929999993971E-3</v>
+        <v>9.6482240000028696E-3</v>
       </c>
       <c r="D326" s="5">
-        <v>0.54452423118089843</v>
+        <v>0.55378569269031175</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>21.143251244999998</v>
+        <v>21.143510298999999</v>
       </c>
       <c r="C327" s="5">
-        <v>0.17393072099999785</v>
+        <v>0.17408211499999737</v>
       </c>
       <c r="D327" s="5">
-        <v>10.420306741576368</v>
+        <v>10.429738933166011</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>20.922839171</v>
+        <v>20.922873915</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.22041207399999863</v>
+        <v>-0.22063638399999874</v>
       </c>
       <c r="D328" s="5">
-        <v>-11.816739089802585</v>
+        <v>-11.827946478094475</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>21.048964186999999</v>
+        <v>21.048641116999999</v>
       </c>
       <c r="C329" s="5">
-        <v>0.12612501599999959</v>
+        <v>0.12576720199999869</v>
       </c>
       <c r="D329" s="5">
-        <v>7.4784388215618058</v>
+        <v>7.4565036023493736</v>
       </c>
       <c r="E329" s="5">
-        <v>-1.8104931300440219</v>
+        <v>-1.8113994236071074</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>20.889742525999999</v>
+        <v>20.889097710000001</v>
       </c>
       <c r="C330" s="5">
-        <v>-0.15922166100000013</v>
+        <v>-0.15954340699999747</v>
       </c>
       <c r="D330" s="5">
-        <v>-8.7089303669185547</v>
+        <v>-8.7259302296815555</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>21.024465157000002</v>
+        <v>21.02411107</v>
       </c>
       <c r="C331" s="5">
-        <v>0.13472263100000248</v>
+        <v>0.13501335999999853</v>
       </c>
       <c r="D331" s="5">
-        <v>8.019567154121976</v>
+        <v>8.037750009653589</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>20.963457853000001</v>
+        <v>20.963278669000001</v>
       </c>
       <c r="C332" s="5">
-        <v>-6.1007304000000318E-2</v>
+        <v>-6.0832400999998981E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>-3.4270368262568907</v>
+        <v>-3.4174242568107083</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>21.095522822</v>
+        <v>21.096728596999998</v>
       </c>
       <c r="C333" s="5">
-        <v>0.1320649689999982</v>
+        <v>0.13344992799999744</v>
       </c>
       <c r="D333" s="5">
-        <v>7.8272384379867832</v>
+        <v>7.9122877581759843</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>20.724501987</v>
+        <v>20.724859395999999</v>
       </c>
       <c r="C334" s="5">
-        <v>-0.37102083499999949</v>
+        <v>-0.37186920099999909</v>
       </c>
       <c r="D334" s="5">
-        <v>-19.178720854702902</v>
+        <v>-19.217419150438186</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>20.646986585000001</v>
+        <v>20.646685226999999</v>
       </c>
       <c r="C335" s="5">
-        <v>-7.7515401999999511E-2</v>
+        <v>-7.8174169000000404E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>-4.397143417019822</v>
+        <v>-4.433666004633297</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>20.504262901000001</v>
+        <v>20.504106187000001</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.14272368399999991</v>
+        <v>-0.14257903999999755</v>
       </c>
       <c r="D336" s="5">
-        <v>-7.9868640489668019</v>
+        <v>-7.9791867205878164</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>20.676770498</v>
+        <v>20.676816471999999</v>
       </c>
       <c r="C337" s="5">
-        <v>0.17250759699999918</v>
+        <v>0.1727102849999973</v>
       </c>
       <c r="D337" s="5">
-        <v>10.576425861388138</v>
+        <v>10.589518643043739</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>20.667668890000002</v>
+        <v>20.668032888999999</v>
       </c>
       <c r="C338" s="5">
-        <v>-9.1016079999981514E-3</v>
+        <v>-8.7835829999995951E-3</v>
       </c>
       <c r="D338" s="5">
-        <v>-0.52694525807045478</v>
+        <v>-0.50857480388013521</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>20.646904237000001</v>
+        <v>20.647404333000001</v>
       </c>
       <c r="C339" s="5">
-        <v>-2.0764653000000521E-2</v>
+        <v>-2.0628555999998355E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>-1.1989912361340727</v>
+        <v>-1.19115495872264</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>20.746268801999999</v>
+        <v>20.746303258000001</v>
       </c>
       <c r="C340" s="5">
-        <v>9.936456499999835E-2</v>
+        <v>9.8898925000000304E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>5.9304178737436652</v>
+        <v>5.9017439745471245</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>20.781084700000001</v>
+        <v>20.780324937</v>
       </c>
       <c r="C341" s="5">
-        <v>3.4815898000001511E-2</v>
+        <v>3.4021678999998528E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>2.0325034312849377</v>
+        <v>1.9857157577055862</v>
       </c>
       <c r="E341" s="5">
-        <v>-1.2726492601732975</v>
+        <v>-1.274743478728857</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>20.846599681000001</v>
+        <v>20.845375298</v>
       </c>
       <c r="C342" s="5">
-        <v>6.551498099999975E-2</v>
+        <v>6.5050361000000834E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>3.84944278513073</v>
+        <v>3.8218137128424701</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>20.884564961999999</v>
+        <v>20.88372863</v>
       </c>
       <c r="C343" s="5">
-        <v>3.7965280999998186E-2</v>
+        <v>3.8353331999999796E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>2.2074320305604189</v>
+        <v>2.2303557793582174</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>20.920035274</v>
+        <v>20.919753064999998</v>
       </c>
       <c r="C344" s="5">
-        <v>3.5470312000001059E-2</v>
+        <v>3.6024434999998078E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>2.0572243674356949</v>
+        <v>2.089752671785261</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>21.010652339</v>
+        <v>21.012414062000001</v>
       </c>
       <c r="C345" s="5">
-        <v>9.0617064999999997E-2</v>
+        <v>9.2660997000002965E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>5.3235501425056286</v>
+        <v>5.4466426683538627</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>20.960587392000001</v>
+        <v>20.961691396999999</v>
       </c>
       <c r="C346" s="5">
-        <v>-5.0064946999999194E-2</v>
+        <v>-5.072266500000211E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>-2.8222255283745667</v>
+        <v>-2.8585745576492849</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>20.951465508999998</v>
+        <v>20.951204825000001</v>
       </c>
       <c r="C347" s="5">
-        <v>-9.1218830000023843E-3</v>
+        <v>-1.0486571999997807E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>-0.52098239767690568</v>
+        <v>-0.59867876317084567</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>20.729409288999999</v>
+        <v>20.729405447000001</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.22205621999999892</v>
+        <v>-0.22179937800000005</v>
       </c>
       <c r="D348" s="5">
-        <v>-12.002518611748236</v>
+        <v>-11.989574620517452</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>20.663877912</v>
+        <v>20.664241181000001</v>
       </c>
       <c r="C349" s="5">
-        <v>-6.5531376999999225E-2</v>
+        <v>-6.5164266000000026E-2</v>
       </c>
       <c r="D349" s="5">
-        <v>-3.7282627303281801</v>
+        <v>-3.7077372290533428</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>20.765168752000001</v>
+        <v>20.765946670000002</v>
       </c>
       <c r="C350" s="5">
-        <v>0.10129084000000077</v>
+        <v>0.10170548900000043</v>
       </c>
       <c r="D350" s="5">
-        <v>6.0434017993379774</v>
+        <v>6.0687053138410718</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>20.343227074000001</v>
+        <v>20.343855944000001</v>
       </c>
       <c r="C351" s="5">
-        <v>-0.4219416779999996</v>
+        <v>-0.42209072600000042</v>
       </c>
       <c r="D351" s="5">
-        <v>-21.834954802080308</v>
+        <v>-21.841097791892462</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>20.342881729999998</v>
+        <v>20.342488186000001</v>
       </c>
       <c r="C352" s="5">
-        <v>-3.4534400000296728E-4</v>
+        <v>-1.3677580000006628E-3</v>
       </c>
       <c r="D352" s="5">
-        <v>-2.0369143405074563E-2</v>
+        <v>-8.0648566509100572E-2</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>20.409827666999998</v>
+        <v>20.407833298</v>
       </c>
       <c r="C353" s="5">
-        <v>6.6945936999999844E-2</v>
+        <v>6.5345111999999261E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>4.0213204047470974</v>
+        <v>3.9235341436247406</v>
       </c>
       <c r="E353" s="5">
-        <v>-1.786514218865598</v>
+        <v>-1.7925207624485573</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>20.6128508</v>
+        <v>20.610331647999999</v>
       </c>
       <c r="C354" s="5">
-        <v>0.20302313300000208</v>
+        <v>0.20249834999999905</v>
       </c>
       <c r="D354" s="5">
-        <v>12.611998171020211</v>
+        <v>12.578896089342173</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>20.465068164000002</v>
+        <v>20.463248865000001</v>
       </c>
       <c r="C355" s="5">
-        <v>-0.14778263599999875</v>
+        <v>-0.14708278299999833</v>
       </c>
       <c r="D355" s="5">
-        <v>-8.2720624003497782</v>
+        <v>-8.2353802908557086</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>20.506001900000001</v>
+        <v>20.505981439999999</v>
       </c>
       <c r="C356" s="5">
-        <v>4.0933735999999499E-2</v>
+        <v>4.2732574999998718E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>2.4267925572245774</v>
+        <v>2.5348942208553771</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>20.129228538</v>
+        <v>20.132110794999999</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.37677336200000155</v>
+        <v>-0.37387064500000022</v>
       </c>
       <c r="D357" s="5">
-        <v>-19.951416970098514</v>
+        <v>-19.81280489074657</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>20.193274611</v>
+        <v>20.196425529999999</v>
       </c>
       <c r="C358" s="5">
-        <v>6.4046073000000092E-2</v>
+        <v>6.4314734999999956E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>3.8856228819633021</v>
+        <v>3.9016413658883309</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>20.381860025999998</v>
+        <v>20.382398714000001</v>
       </c>
       <c r="C359" s="5">
-        <v>0.18858541499999859</v>
+        <v>0.18597318400000162</v>
       </c>
       <c r="D359" s="5">
-        <v>11.800761187337239</v>
+        <v>11.627028544447636</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>20.231038546000001</v>
+        <v>20.231186612999998</v>
       </c>
       <c r="C360" s="5">
-        <v>-0.15082147999999762</v>
+        <v>-0.15121210100000226</v>
       </c>
       <c r="D360" s="5">
-        <v>-8.5271197898583839</v>
+        <v>-8.5480946591484752</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>20.146281064</v>
+        <v>20.146311650000001</v>
       </c>
       <c r="C361" s="5">
-        <v>-8.475748200000055E-2</v>
+        <v>-8.4874962999997194E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>-4.913134273709896</v>
+        <v>-4.9197527535837509</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>20.044156131000001</v>
+        <v>20.046807078000001</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.10212493299999892</v>
+        <v>-9.9504572000000735E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>-5.9162410277855741</v>
+        <v>-5.7685321500884008</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>19.619015802</v>
+        <v>19.618829951999999</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.42514032900000132</v>
+        <v>-0.42797712600000182</v>
       </c>
       <c r="D363" s="5">
-        <v>-22.68330516855923</v>
+        <v>-22.814680925892937</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>19.723078987000001</v>
+        <v>19.721329077</v>
       </c>
       <c r="C364" s="5">
-        <v>0.10406318500000111</v>
+        <v>0.10249912500000136</v>
       </c>
       <c r="D364" s="5">
-        <v>6.5540506412330224</v>
+        <v>6.4527596280488986</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>19.926650125999998</v>
+        <v>19.923236929000002</v>
       </c>
       <c r="C365" s="5">
-        <v>0.20357113899999746</v>
+        <v>0.2019078520000015</v>
       </c>
       <c r="D365" s="5">
-        <v>13.113639939357459</v>
+        <v>13.001611409858537</v>
       </c>
       <c r="E365" s="5">
-        <v>-2.3673768778618043</v>
+        <v>-2.3745606009408671</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>19.294410082999999</v>
+        <v>19.287326147000002</v>
       </c>
       <c r="C366" s="5">
-        <v>-0.63224004299999947</v>
+        <v>-0.63591078199999984</v>
       </c>
       <c r="D366" s="5">
-        <v>-32.084873892865943</v>
+        <v>-32.2443529285556</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>19.076743138000001</v>
+        <v>19.074130513</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.21766694499999772</v>
+        <v>-0.21319563400000163</v>
       </c>
       <c r="D367" s="5">
-        <v>-12.728442226521219</v>
+        <v>-12.486972984683975</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>19.219432614999999</v>
+        <v>19.218116982000002</v>
       </c>
       <c r="C368" s="5">
-        <v>0.14268947699999757</v>
+        <v>0.14398646900000145</v>
       </c>
       <c r="D368" s="5">
-        <v>9.3543252064854912</v>
+        <v>9.4442608398058514</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>17.752446763999998</v>
+        <v>17.759505869000002</v>
       </c>
       <c r="C369" s="5">
-        <v>-1.4669858510000005</v>
+        <v>-1.4586111129999999</v>
       </c>
       <c r="D369" s="5">
-        <v>-61.433353497279306</v>
+        <v>-61.217076393915306</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>17.812540286000001</v>
+        <v>17.824207654999999</v>
       </c>
       <c r="C370" s="5">
-        <v>6.0093522000002508E-2</v>
+        <v>6.4701785999996986E-2</v>
       </c>
       <c r="D370" s="5">
-        <v>4.1385886254124316</v>
+        <v>4.460538692552829</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>17.929428665</v>
+        <v>17.929143467999999</v>
       </c>
       <c r="C371" s="5">
-        <v>0.11688837899999882</v>
+        <v>0.10493581300000088</v>
       </c>
       <c r="D371" s="5">
-        <v>8.1650842480050159</v>
+        <v>7.2980209407961016</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>17.912030923</v>
+        <v>17.911055480999998</v>
       </c>
       <c r="C372" s="5">
-        <v>-1.7397741999999994E-2</v>
+        <v>-1.8087987000001249E-2</v>
       </c>
       <c r="D372" s="5">
-        <v>-1.1582203963316662</v>
+        <v>-1.2039364941828334</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>18.113068088999999</v>
+        <v>18.111939512999999</v>
       </c>
       <c r="C373" s="5">
-        <v>0.20103716599999899</v>
+        <v>0.20088403200000116</v>
       </c>
       <c r="D373" s="5">
-        <v>14.331597636178174</v>
+        <v>14.320827594726037</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>18.336499922000002</v>
+        <v>18.340672757</v>
       </c>
       <c r="C374" s="5">
-        <v>0.22343183300000291</v>
+        <v>0.22873324400000072</v>
       </c>
       <c r="D374" s="5">
-        <v>15.849204298295994</v>
+        <v>16.252857051040049</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>18.271956431</v>
+        <v>18.271054092</v>
       </c>
       <c r="C375" s="5">
-        <v>-6.4543491000002007E-2</v>
+        <v>-6.9618665000000135E-2</v>
       </c>
       <c r="D375" s="5">
-        <v>-4.143113072204585</v>
+        <v>-4.4611310190364577</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>18.2943563</v>
+        <v>18.2885387</v>
       </c>
       <c r="C376" s="5">
-        <v>2.2399869000000905E-2</v>
+        <v>1.7484608000000179E-2</v>
       </c>
       <c r="D376" s="5">
-        <v>1.4810578057329327</v>
+        <v>1.1544114422703311</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>18.030926653000002</v>
+        <v>18.025777604999998</v>
       </c>
       <c r="C377" s="5">
-        <v>-0.26342964699999882</v>
+        <v>-0.26276109500000189</v>
       </c>
       <c r="D377" s="5">
-        <v>-15.974527494985026</v>
+        <v>-15.941809749395174</v>
       </c>
       <c r="E377" s="5">
-        <v>-9.5135080960069835</v>
+        <v>-9.5238506210709506</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>18.099978238999999</v>
+        <v>18.087782841999999</v>
       </c>
       <c r="C378" s="5">
-        <v>6.9051585999996945E-2</v>
+        <v>6.2005237000001046E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>4.6935850895363673</v>
+        <v>4.206766616502966</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>17.897088008000001</v>
+        <v>17.894270053</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.20289023099999781</v>
+        <v>-0.19351278899999969</v>
       </c>
       <c r="D379" s="5">
-        <v>-12.65222396538338</v>
+        <v>-12.109117914163726</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>17.648585494999999</v>
+        <v>17.643979824999999</v>
       </c>
       <c r="C380" s="5">
-        <v>-0.24850251300000181</v>
+        <v>-0.25029022800000078</v>
       </c>
       <c r="D380" s="5">
-        <v>-15.446740737940001</v>
+        <v>-15.55172493272673</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>17.581115149999999</v>
+        <v>17.594531517</v>
       </c>
       <c r="C381" s="5">
-        <v>-6.7470345000000265E-2</v>
+        <v>-4.9448307999998775E-2</v>
       </c>
       <c r="D381" s="5">
-        <v>-4.4923446914226446</v>
+        <v>-3.3117142986998971</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>17.522061826000002</v>
+        <v>17.550936400000001</v>
       </c>
       <c r="C382" s="5">
-        <v>-5.9053323999997076E-2</v>
+        <v>-4.3595116999998851E-2</v>
       </c>
       <c r="D382" s="5">
-        <v>-3.9570525111857879</v>
+        <v>-2.9331314666473984</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>17.481583829000002</v>
+        <v>17.47782342</v>
       </c>
       <c r="C383" s="5">
-        <v>-4.0477996999999988E-2</v>
+        <v>-7.3112980000001215E-2</v>
       </c>
       <c r="D383" s="5">
-        <v>-2.7371873280925385</v>
+        <v>-4.885953540755561</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>17.372190887999999</v>
+        <v>17.368101905</v>
       </c>
       <c r="C384" s="5">
-        <v>-0.10939294100000296</v>
+        <v>-0.10972151500000038</v>
       </c>
       <c r="D384" s="5">
-        <v>-7.2560073470889659</v>
+        <v>-7.2785668671353498</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>17.488629523</v>
+        <v>17.485112591</v>
       </c>
       <c r="C385" s="5">
-        <v>0.11643863500000151</v>
+        <v>0.11701068600000042</v>
       </c>
       <c r="D385" s="5">
-        <v>8.3463337291246766</v>
+        <v>8.3909180761244642</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>17.327131988000001</v>
+        <v>17.331827633</v>
       </c>
       <c r="C386" s="5">
-        <v>-0.16149753499999875</v>
+        <v>-0.15328495800000042</v>
       </c>
       <c r="D386" s="5">
-        <v>-10.535473108380843</v>
+        <v>-10.027220523533554</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>17.420231313999999</v>
+        <v>17.417545066999999</v>
       </c>
       <c r="C387" s="5">
-        <v>9.3099325999997262E-2</v>
+        <v>8.5717433999999315E-2</v>
       </c>
       <c r="D387" s="5">
-        <v>6.641637810071721</v>
+        <v>6.0989240556319713</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>17.466588684000001</v>
+        <v>17.455898971</v>
       </c>
       <c r="C388" s="5">
-        <v>4.6357370000002618E-2</v>
+        <v>3.8353904000000938E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>3.2405024981445596</v>
+        <v>2.6746713271713629</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>17.520651702999999</v>
+        <v>17.513605778999999</v>
       </c>
       <c r="C389" s="5">
-        <v>5.4063018999997325E-2</v>
+        <v>5.7706807999998944E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>3.7781574911132099</v>
+        <v>4.0399658170835018</v>
       </c>
       <c r="E389" s="5">
-        <v>-2.8299984788363819</v>
+        <v>-2.8413299954279547</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>17.723199610000002</v>
+        <v>17.705515212000002</v>
       </c>
       <c r="C390" s="5">
-        <v>0.20254790700000314</v>
+        <v>0.19190943300000285</v>
       </c>
       <c r="D390" s="5">
-        <v>14.789580960034288</v>
+        <v>13.971427615331301</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>17.824902521999999</v>
+        <v>17.822263783</v>
       </c>
       <c r="C391" s="5">
-        <v>0.10170291199999681</v>
+        <v>0.11674857099999869</v>
       </c>
       <c r="D391" s="5">
-        <v>7.1076317161925751</v>
+        <v>8.2060594724566513</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>17.883381563</v>
+        <v>17.875629833000001</v>
       </c>
       <c r="C392" s="5">
-        <v>5.8479041000001786E-2</v>
+        <v>5.3366050000001053E-2</v>
       </c>
       <c r="D392" s="5">
-        <v>4.0087199844907051</v>
+        <v>3.6529879493218509</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>18.005088547</v>
+        <v>18.026920743000002</v>
       </c>
       <c r="C393" s="5">
-        <v>0.12170698399999935</v>
+        <v>0.15129091000000017</v>
       </c>
       <c r="D393" s="5">
-        <v>8.4794374319085986</v>
+        <v>10.642596466903109</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>18.125374712999999</v>
+        <v>18.177565757</v>
       </c>
       <c r="C394" s="5">
-        <v>0.12028616599999964</v>
+        <v>0.15064501399999841</v>
       </c>
       <c r="D394" s="5">
-        <v>8.3180382333366776</v>
+        <v>10.501990357782166</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>18.216342787999999</v>
+        <v>18.206173</v>
       </c>
       <c r="C395" s="5">
-        <v>9.096807499999926E-2</v>
+        <v>2.8607242999999727E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>6.1916470153158043</v>
+        <v>1.9049522770041349</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>18.540663596000002</v>
+        <v>18.531236677999999</v>
       </c>
       <c r="C396" s="5">
-        <v>0.32432080800000307</v>
+        <v>0.32506367799999936</v>
       </c>
       <c r="D396" s="5">
-        <v>23.585923793069519</v>
+        <v>23.65988879356722</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>18.660134420999999</v>
+        <v>18.653179480999999</v>
       </c>
       <c r="C397" s="5">
-        <v>0.11947082499999695</v>
+        <v>0.1219428029999996</v>
       </c>
       <c r="D397" s="5">
-        <v>8.0124770983782234</v>
+        <v>8.1886232925579847</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>19.017250847</v>
+        <v>19.019902661</v>
       </c>
       <c r="C398" s="5">
-        <v>0.35711642600000104</v>
+        <v>0.36672318000000104</v>
       </c>
       <c r="D398" s="5">
-        <v>25.54389715633496</v>
+        <v>26.317944954371765</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>18.982948696000001</v>
+        <v>18.978709724000002</v>
       </c>
       <c r="C399" s="5">
-        <v>-3.430215099999856E-2</v>
+        <v>-4.1192936999998153E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>-2.1431420791099942</v>
+        <v>-2.5682011812292016</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>18.949151036</v>
+        <v>18.93392892</v>
       </c>
       <c r="C400" s="5">
-        <v>-3.3797660000001173E-2</v>
+        <v>-4.478080400000195E-2</v>
       </c>
       <c r="D400" s="5">
-        <v>-2.1157087423812837</v>
+        <v>-2.7949768453216173</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>19.006614038999999</v>
+        <v>18.997406449</v>
       </c>
       <c r="C401" s="5">
-        <v>5.7463002999998736E-2</v>
+        <v>6.3477529000000033E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>3.7002922135626282</v>
+        <v>4.0981150854448201</v>
       </c>
       <c r="E401" s="5">
-        <v>8.4812047016810777</v>
+        <v>8.4722740064137945</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>18.751376128</v>
+        <v>18.730784773</v>
       </c>
       <c r="C402" s="5">
-        <v>-0.25523791099999826</v>
+        <v>-0.26662167599999975</v>
       </c>
       <c r="D402" s="5">
-        <v>-14.976167996506684</v>
+        <v>-15.60049320034852</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>18.750320167000002</v>
+        <v>18.748010678</v>
       </c>
       <c r="C403" s="5">
-        <v>-1.0559609999987174E-3</v>
+        <v>1.7225905000000097E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>-6.7555618048464883E-2</v>
+        <v>1.1091881190766095</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>18.712163822000001</v>
+        <v>18.703845089000001</v>
       </c>
       <c r="C404" s="5">
-        <v>-3.8156345000000869E-2</v>
+        <v>-4.4165588999998562E-2</v>
       </c>
       <c r="D404" s="5">
-        <v>-2.4148176427852719</v>
+        <v>-2.790556694959534</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>19.121537941</v>
+        <v>19.150746769000001</v>
       </c>
       <c r="C405" s="5">
-        <v>0.40937411899999887</v>
+        <v>0.44690167999999986</v>
       </c>
       <c r="D405" s="5">
-        <v>29.653935154984978</v>
+        <v>32.757113470443009</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>19.125838712</v>
+        <v>19.199963336</v>
       </c>
       <c r="C406" s="5">
-        <v>4.3007710000004806E-3</v>
+        <v>4.9216566999998435E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>0.27023528712528666</v>
+        <v>3.1279130209885153</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>18.832759443</v>
+        <v>18.815240895999999</v>
       </c>
       <c r="C407" s="5">
-        <v>-0.2930792689999997</v>
+        <v>-0.38472244000000089</v>
       </c>
       <c r="D407" s="5">
-        <v>-16.91518829044152</v>
+        <v>-21.564511765964724</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>18.915497001999999</v>
+        <v>18.900410254000001</v>
       </c>
       <c r="C408" s="5">
-        <v>8.2737558999998129E-2</v>
+        <v>8.5169358000001694E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>5.4012042796223181</v>
+        <v>5.5692354961878632</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>18.846816134000001</v>
+        <v>18.835860304000001</v>
       </c>
       <c r="C409" s="5">
-        <v>-6.868086799999773E-2</v>
+        <v>-6.4549949999999967E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>-4.2711498245091351</v>
+        <v>-4.0222075267041362</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>18.793708998</v>
+        <v>18.794196488000001</v>
       </c>
       <c r="C410" s="5">
-        <v>-5.3107136000001276E-2</v>
+        <v>-4.1663815999999798E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>-3.3294807735176568</v>
+        <v>-2.6222746714941514</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>18.967859981</v>
+        <v>18.961429518999999</v>
       </c>
       <c r="C411" s="5">
-        <v>0.17415098300000054</v>
+        <v>0.16723303099999853</v>
       </c>
       <c r="D411" s="5">
-        <v>11.704339591816959</v>
+        <v>11.216124508641844</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>18.841551996</v>
+        <v>18.82373024</v>
       </c>
       <c r="C412" s="5">
-        <v>-0.1263079850000004</v>
+        <v>-0.13769927899999956</v>
       </c>
       <c r="D412" s="5">
-        <v>-7.704599799760814</v>
+        <v>-8.3747079657499839</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>19.087817436000002</v>
+        <v>19.077203710999999</v>
       </c>
       <c r="C413" s="5">
-        <v>0.24626544000000195</v>
+        <v>0.25347347099999951</v>
       </c>
       <c r="D413" s="5">
-        <v>16.862505391658345</v>
+        <v>17.410874262570573</v>
       </c>
       <c r="E413" s="5">
-        <v>0.427237575474404</v>
+        <v>0.42004292646062868</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>19.379298844000001</v>
+        <v>19.356155826999998</v>
       </c>
       <c r="C414" s="5">
-        <v>0.29148140799999922</v>
+        <v>0.27895211599999925</v>
       </c>
       <c r="D414" s="5">
-        <v>19.944806560931404</v>
+        <v>19.028979501365882</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>19.579579751000001</v>
+        <v>19.577850796</v>
       </c>
       <c r="C415" s="5">
-        <v>0.20028090699999979</v>
+        <v>0.22169496900000141</v>
       </c>
       <c r="D415" s="5">
-        <v>13.131533263306761</v>
+        <v>14.643874716918791</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>19.627441721</v>
+        <v>19.619756622000001</v>
       </c>
       <c r="C416" s="5">
-        <v>4.7861969999999587E-2</v>
+        <v>4.1905826000000701E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>2.9731422782124817</v>
+        <v>2.5990209179597601</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>19.529043235</v>
+        <v>19.565213459999999</v>
       </c>
       <c r="C417" s="5">
-        <v>-9.8398486000000673E-2</v>
+        <v>-5.4543162000001644E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>-5.8528354629425294</v>
+        <v>-3.2854764383007717</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>19.525630329999998</v>
+        <v>19.618544947</v>
       </c>
       <c r="C418" s="5">
-        <v>-3.4129050000011318E-3</v>
+        <v>5.3331487000001232E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>-0.20951112314822051</v>
+        <v>3.320485905858428</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>19.931833892</v>
+        <v>19.905209300999999</v>
       </c>
       <c r="C419" s="5">
-        <v>0.40620356200000174</v>
+        <v>0.28666435399999912</v>
       </c>
       <c r="D419" s="5">
-        <v>28.028411561019428</v>
+        <v>19.014384830481234</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>19.998130349</v>
+        <v>19.977833846999999</v>
       </c>
       <c r="C420" s="5">
-        <v>6.6296456999999975E-2</v>
+        <v>7.2624546000000123E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>4.065224977509696</v>
+        <v>4.467158009891703</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>20.039366880999999</v>
+        <v>20.025133014000001</v>
       </c>
       <c r="C421" s="5">
-        <v>4.1236531999999215E-2</v>
+        <v>4.7299167000002029E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>2.5026797167694737</v>
+        <v>2.8783883077580619</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>20.078574627999998</v>
+        <v>20.076201210000001</v>
       </c>
       <c r="C422" s="5">
-        <v>3.920774699999896E-2</v>
+        <v>5.1068195999999233E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>2.373273981162427</v>
+        <v>3.1035364834653079</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>18.392182111</v>
+        <v>18.384879897000001</v>
       </c>
       <c r="C423" s="5">
-        <v>-1.686392516999998</v>
+        <v>-1.6913213129999995</v>
       </c>
       <c r="D423" s="5">
-        <v>-65.101677473047914</v>
+        <v>-65.21827723411964</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>18.493031604999999</v>
+        <v>18.472989277</v>
       </c>
       <c r="C424" s="5">
-        <v>0.10084949399999843</v>
+        <v>8.8109379999998794E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>6.7820467557307751</v>
+        <v>5.9050263279644355</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>18.406295296</v>
+        <v>18.394588712000001</v>
       </c>
       <c r="C425" s="5">
-        <v>-8.6736308999999068E-2</v>
+        <v>-7.8400564999999034E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>-5.4853174342500699</v>
+        <v>-4.975663909746519</v>
       </c>
       <c r="E425" s="5">
-        <v>-3.5704560895193693</v>
+        <v>-3.5781711478312661</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>18.236293939999999</v>
+        <v>18.222445195999999</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.17000135600000021</v>
+        <v>-0.17214351600000199</v>
       </c>
       <c r="D426" s="5">
-        <v>-10.537221543003362</v>
+        <v>-10.669687866702093</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>18.155147028999998</v>
+        <v>18.165274842999999</v>
       </c>
       <c r="C427" s="5">
-        <v>-8.1146911000001154E-2</v>
+        <v>-5.7170353000000063E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-5.2109348752820033</v>
+        <v>-3.7005415061067803</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>18.153629632000001</v>
+        <v>18.169639190000002</v>
       </c>
       <c r="C428" s="5">
-        <v>-1.5173969999970893E-3</v>
+        <v>4.3643470000027662E-3</v>
       </c>
       <c r="D428" s="5">
-        <v>-0.10024923495189908</v>
+        <v>0.28869051192905726</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>18.148609010000001</v>
+        <v>18.224424825</v>
       </c>
       <c r="C429" s="5">
-        <v>-5.0206219999999746E-3</v>
+        <v>5.4785634999998223E-2</v>
       </c>
       <c r="D429" s="5">
-        <v>-0.33137123235427168</v>
+        <v>3.6788874213175671</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>18.122116538</v>
+        <v>18.19547901</v>
       </c>
       <c r="C430" s="5">
-        <v>-2.6492472000001044E-2</v>
+        <v>-2.8945815000000152E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>-1.7377070676961259</v>
+        <v>-1.8893955156889741</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>18.109798950999998</v>
+        <v>18.295388637999999</v>
       </c>
       <c r="C431" s="5">
-        <v>-1.2317587000001851E-2</v>
+        <v>9.9909627999998918E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>-0.81259672399530691</v>
+        <v>6.7917624573963886</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>18.03806531</v>
+        <v>18.217353319000001</v>
       </c>
       <c r="C432" s="5">
-        <v>-7.1733640999998016E-2</v>
+        <v>-7.8035318999997827E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>-4.6510504070044316</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-4.9999783668606241</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>18.048010094999999</v>
+        <v>18.227396949999999</v>
       </c>
       <c r="C433" s="5">
-        <v>9.9447849999982907E-3</v>
+        <v>1.0043630999998499E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>0.6635963850772475</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.66359642145381592</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>17.993481042999999</v>
+        <v>18.172325910000001</v>
       </c>
       <c r="C434" s="5">
-        <v>-5.4529051999999467E-2</v>
+        <v>-5.5071039999997851E-2</v>
       </c>
       <c r="D434" s="5">
-        <v>-3.5659546928867192</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-3.5659547272914427</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>18.167027878999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-5.2980310000023678E-3</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-0.34929225431422628</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>18.268103003</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.10107512400000118</v>
+      </c>
+      <c r="D436" s="5">
+        <v>6.8845241694773573</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>18.448704041999999</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.18060103899999902</v>
+      </c>
+      <c r="D437" s="5">
+        <v>12.530162605949791</v>
+      </c>
+      <c r="E437" s="5">
+        <v>0.29419157365935256</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>