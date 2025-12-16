--- v0 (2025-10-13)
+++ v1 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{89EF4C46-58FC-4915-A164-3EE2FEE54137}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{5260F515-A8A4-4348-8801-2CE72B45FD5A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{2A0572A0-7952-4297-B486-501052FAB880}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{35DC8951-373C-4D3D-9959-35393709AE28}"/>
   </bookViews>
   <sheets>
     <sheet name="sanleiha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Leisure and Hospitality Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3683A35-14AB-4FD6-A6E0-812DC71A51E4}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E07EB88B-2981-4CAC-9973-580726E224C1}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>0.50453272999999399</v>
       </c>
       <c r="D431" s="5">
         <v>4.1688905589648551</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>149.38443246</v>
       </c>
       <c r="C432" s="5">
         <v>0.8975197000000037</v>
       </c>
       <c r="D432" s="5">
         <v>7.499381153619189</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>149.85914428000001</v>
+        <v>149.27471051000001</v>
       </c>
       <c r="C433" s="5">
-        <v>0.47471182000001022</v>
+        <v>-0.10972194999999374</v>
       </c>
       <c r="D433" s="5">
-        <v>3.8807037129257038</v>
+        <v>-0.87784077147260442</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>149.55402033999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.27930982999998832</v>
+      </c>
+      <c r="D434" s="5">
+        <v>2.268587173866754</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>