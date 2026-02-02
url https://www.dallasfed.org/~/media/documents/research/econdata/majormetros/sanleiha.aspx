--- v1 (2025-12-16)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{5260F515-A8A4-4348-8801-2CE72B45FD5A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{F4A5084A-DC42-4518-804F-3C32380E5272}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{35DC8951-373C-4D3D-9959-35393709AE28}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{E072F6DA-46EF-44F4-9238-909F2B5E895D}"/>
   </bookViews>
   <sheets>
     <sheet name="sanleiha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Leisure and Hospitality Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E07EB88B-2981-4CAC-9973-580726E224C1}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{05ACAF03-0724-426C-832E-3E2055A1D73F}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>57.361783574999997</v>
+        <v>57.361806983999998</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>56.202662160999999</v>
+        <v>56.202667243999997</v>
       </c>
       <c r="C7" s="5">
-        <v>-1.1591214139999977</v>
+        <v>-1.1591397400000005</v>
       </c>
       <c r="D7" s="5">
-        <v>-21.727196481384148</v>
+        <v>-21.72749484425356</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>56.073251798999998</v>
+        <v>56.073265538999998</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.12941036200000156</v>
+        <v>-0.12940170499999937</v>
       </c>
       <c r="D8" s="5">
-        <v>-2.7283549161385312</v>
+        <v>-2.7281744622413173</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>56.243741305999997</v>
+        <v>56.243759169</v>
       </c>
       <c r="C9" s="5">
-        <v>0.17048950699999921</v>
+        <v>0.17049363000000284</v>
       </c>
       <c r="D9" s="5">
-        <v>3.710210373191436</v>
+        <v>3.7103006796975313</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>56.664556214999998</v>
+        <v>56.664575464999999</v>
       </c>
       <c r="C10" s="5">
-        <v>0.42081490900000063</v>
+        <v>0.42081629599999815</v>
       </c>
       <c r="D10" s="5">
-        <v>9.3572240392393304</v>
+        <v>9.3572530653777353</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>56.582261174000003</v>
+        <v>56.582290657999998</v>
       </c>
       <c r="C11" s="5">
-        <v>-8.229504099999474E-2</v>
+        <v>-8.2284807000000626E-2</v>
       </c>
       <c r="D11" s="5">
-        <v>-1.7289296635700224</v>
+        <v>-1.728715790001556</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>56.261395778000001</v>
+        <v>56.261422140000001</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.32086539600000208</v>
+        <v>-0.32086851799999749</v>
       </c>
       <c r="D12" s="5">
-        <v>-6.5966528911213906</v>
+        <v>-6.5967117566886664</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>56.457779950000003</v>
+        <v>56.457809318999999</v>
       </c>
       <c r="C13" s="5">
-        <v>0.19638417200000191</v>
+        <v>0.19638717899999847</v>
       </c>
       <c r="D13" s="5">
-        <v>4.270038227778139</v>
+        <v>4.2701028307845501</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>56.437172425999997</v>
+        <v>56.437198778000003</v>
       </c>
       <c r="C14" s="5">
-        <v>-2.0607524000006094E-2</v>
+        <v>-2.0610540999996374E-2</v>
       </c>
       <c r="D14" s="5">
-        <v>-0.43713097827865477</v>
+        <v>-0.43719462008356968</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>56.819422097999997</v>
+        <v>56.819440213</v>
       </c>
       <c r="C15" s="5">
-        <v>0.38224967200000037</v>
+        <v>0.38224143499999741</v>
       </c>
       <c r="D15" s="5">
-        <v>8.4373221304736123</v>
+        <v>8.4371294038652955</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>56.42636014</v>
+        <v>56.426363039999998</v>
       </c>
       <c r="C16" s="5">
-        <v>-0.39306195799999699</v>
+        <v>-0.39307717300000178</v>
       </c>
       <c r="D16" s="5">
-        <v>-7.992614525866248</v>
+        <v>-7.9929097836125003</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>57.001015180000003</v>
+        <v>57.000778799999999</v>
       </c>
       <c r="C17" s="5">
-        <v>0.57465504000000323</v>
+        <v>0.57441576000000083</v>
       </c>
       <c r="D17" s="5">
-        <v>12.929303251434332</v>
+        <v>12.92361399833335</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>55.962156708000002</v>
+        <v>55.962178903000002</v>
       </c>
       <c r="C18" s="5">
-        <v>-1.0388584720000011</v>
+        <v>-1.0385998969999974</v>
       </c>
       <c r="D18" s="5">
-        <v>-19.805933969893431</v>
+        <v>-19.801561452559014</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>55.531160835999998</v>
+        <v>55.531167748000001</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.430995872000004</v>
+        <v>-0.4310111550000002</v>
       </c>
       <c r="D19" s="5">
-        <v>-8.8602765340021641</v>
+        <v>-8.8605741629430916</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>55.860273855000003</v>
+        <v>55.860291371999999</v>
       </c>
       <c r="C20" s="5">
-        <v>0.32911301900000467</v>
+        <v>0.32912362399999751</v>
       </c>
       <c r="D20" s="5">
-        <v>7.3484307287561279</v>
+        <v>7.3486743438082147</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>55.289598038000001</v>
+        <v>55.289620321000001</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.57067581700000147</v>
+        <v>-0.57067105099999793</v>
       </c>
       <c r="D21" s="5">
-        <v>-11.593445509430389</v>
+        <v>-11.593350627222154</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>55.385330668999998</v>
+        <v>55.385352662999999</v>
       </c>
       <c r="C22" s="5">
-        <v>9.573263099999707E-2</v>
+        <v>9.5732341999998027E-2</v>
       </c>
       <c r="D22" s="5">
-        <v>2.0976731271742377</v>
+        <v>2.0976658807656534</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>55.697629294999999</v>
+        <v>55.697661770000003</v>
       </c>
       <c r="C23" s="5">
-        <v>0.31229862600000047</v>
+        <v>0.31230910700000436</v>
       </c>
       <c r="D23" s="5">
-        <v>6.9802204864699791</v>
+        <v>6.980459202497924</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>55.972753095999998</v>
+        <v>55.972781478999998</v>
       </c>
       <c r="C24" s="5">
-        <v>0.27512380099999945</v>
+        <v>0.27511970899999483</v>
       </c>
       <c r="D24" s="5">
-        <v>6.0912341745485765</v>
+        <v>6.0911374539173391</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>56.213199818</v>
+        <v>56.213227623999998</v>
       </c>
       <c r="C25" s="5">
-        <v>0.2404467220000015</v>
+        <v>0.24044614499999994</v>
       </c>
       <c r="D25" s="5">
-        <v>5.2784935662984811</v>
+        <v>5.2784778585378778</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>57.399277732000002</v>
+        <v>57.399305955000003</v>
       </c>
       <c r="C26" s="5">
-        <v>1.186077914000002</v>
+        <v>1.1860783310000045</v>
       </c>
       <c r="D26" s="5">
-        <v>28.474650154944747</v>
+        <v>28.474645597046113</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>57.711291973999998</v>
+        <v>57.711313562000001</v>
       </c>
       <c r="C27" s="5">
-        <v>0.3120142419999965</v>
+        <v>0.31200760699999819</v>
       </c>
       <c r="D27" s="5">
-        <v>6.7216255215702514</v>
+        <v>6.7214748813834158</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>58.243186633999997</v>
+        <v>58.243197227000003</v>
       </c>
       <c r="C28" s="5">
-        <v>0.53189465999999896</v>
+        <v>0.53188366500000228</v>
       </c>
       <c r="D28" s="5">
-        <v>11.637981881969495</v>
+        <v>11.637724409127026</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>58.468645744</v>
+        <v>58.468329685</v>
       </c>
       <c r="C29" s="5">
-        <v>0.22545911000000274</v>
+        <v>0.22513245799999737</v>
       </c>
       <c r="D29" s="5">
-        <v>4.7453802296538949</v>
+        <v>4.7383572808935126</v>
       </c>
       <c r="E29" s="5">
-        <v>2.5747446065047308</v>
+        <v>2.5746154980605285</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>58.898843941000003</v>
+        <v>58.898870875</v>
       </c>
       <c r="C30" s="5">
-        <v>0.43019819700000284</v>
+        <v>0.43054118999999957</v>
       </c>
       <c r="D30" s="5">
-        <v>9.1955222379363377</v>
+        <v>9.2032049664235736</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>59.438129255</v>
+        <v>59.438150864000001</v>
       </c>
       <c r="C31" s="5">
-        <v>0.53928531399999713</v>
+        <v>0.53927998900000063</v>
       </c>
       <c r="D31" s="5">
-        <v>11.557901856226827</v>
+        <v>11.55777636977875</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>59.562094956000003</v>
+        <v>59.562134454999999</v>
       </c>
       <c r="C32" s="5">
-        <v>0.12396570100000304</v>
+        <v>0.12398359099999823</v>
       </c>
       <c r="D32" s="5">
-        <v>2.5316605032017492</v>
+        <v>2.5320291281463847</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>60.043571597000003</v>
+        <v>60.043619741000001</v>
       </c>
       <c r="C33" s="5">
-        <v>0.48147664100000043</v>
+        <v>0.48148528600000162</v>
       </c>
       <c r="D33" s="5">
-        <v>10.143440027946692</v>
+        <v>10.143623299244808</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>60.354067532999998</v>
+        <v>60.354109917000002</v>
       </c>
       <c r="C34" s="5">
-        <v>0.31049593599999525</v>
+        <v>0.31049017600000184</v>
       </c>
       <c r="D34" s="5">
-        <v>6.3849813762777652</v>
+        <v>6.3848542738536684</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>60.259636141999998</v>
+        <v>60.259675706000003</v>
       </c>
       <c r="C35" s="5">
-        <v>-9.4431391000000531E-2</v>
+        <v>-9.443421099999938E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>-1.8614750348404541</v>
+        <v>-1.8615288504311489</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>61.528851066000001</v>
+        <v>61.528873058999999</v>
       </c>
       <c r="C36" s="5">
-        <v>1.2692149240000035</v>
+        <v>1.2691973529999956</v>
       </c>
       <c r="D36" s="5">
-        <v>28.418504047828954</v>
+        <v>28.418043103272982</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>61.902788456000003</v>
+        <v>61.902807179</v>
       </c>
       <c r="C37" s="5">
-        <v>0.37393739000000181</v>
+        <v>0.37393412000000126</v>
       </c>
       <c r="D37" s="5">
-        <v>7.5416967552376146</v>
+        <v>7.5416257984537438</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>62.034462255000001</v>
+        <v>62.034488613000001</v>
       </c>
       <c r="C38" s="5">
-        <v>0.13167379899999787</v>
+        <v>0.13168143400000076</v>
       </c>
       <c r="D38" s="5">
-        <v>2.5826023023216793</v>
+        <v>2.582753018487205</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>61.861067009999999</v>
+        <v>61.861080051000002</v>
       </c>
       <c r="C39" s="5">
-        <v>-0.17339524500000181</v>
+        <v>-0.17340856199999877</v>
       </c>
       <c r="D39" s="5">
-        <v>-3.3030853628425949</v>
+        <v>-3.3033337749831415</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>62.059288918999997</v>
+        <v>62.059287918999999</v>
       </c>
       <c r="C40" s="5">
-        <v>0.19822190899999725</v>
+        <v>0.19820786799999723</v>
       </c>
       <c r="D40" s="5">
-        <v>3.9136646907172334</v>
+        <v>3.9133817241663982</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>61.796856681999998</v>
+        <v>61.796465591</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.26243223699999874</v>
+        <v>-0.26282232799999861</v>
       </c>
       <c r="D41" s="5">
-        <v>-4.9581064544992559</v>
+        <v>-4.965305675546472</v>
       </c>
       <c r="E41" s="5">
-        <v>5.6923003699663077</v>
+        <v>5.6922028112149636</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>61.657975505000003</v>
+        <v>61.658007818999998</v>
       </c>
       <c r="C42" s="5">
-        <v>-0.13888117699999469</v>
+        <v>-0.13845777200000242</v>
       </c>
       <c r="D42" s="5">
-        <v>-2.6637727083825502</v>
+        <v>-2.6557681178532633</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>62.424972445999998</v>
+        <v>62.424998105</v>
       </c>
       <c r="C43" s="5">
-        <v>0.76699694099999505</v>
+        <v>0.76699028600000219</v>
       </c>
       <c r="D43" s="5">
-        <v>15.992305684839071</v>
+        <v>15.99214833368816</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>62.827896414000001</v>
+        <v>62.827925368999999</v>
       </c>
       <c r="C44" s="5">
-        <v>0.40292396800000319</v>
+        <v>0.40292726399999879</v>
       </c>
       <c r="D44" s="5">
-        <v>8.0264032513171593</v>
+        <v>8.0264678399484914</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>63.299058660999997</v>
+        <v>63.299315528999998</v>
       </c>
       <c r="C45" s="5">
-        <v>0.4711622469999952</v>
+        <v>0.47139015999999856</v>
       </c>
       <c r="D45" s="5">
-        <v>9.3797156760282885</v>
+        <v>9.3844372229435979</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>63.266611758000003</v>
+        <v>63.266613984999999</v>
       </c>
       <c r="C46" s="5">
-        <v>-3.2446902999993199E-2</v>
+        <v>-3.270154399999825E-2</v>
       </c>
       <c r="D46" s="5">
-        <v>-0.6133850860037815</v>
+        <v>-0.61818271770286426</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>64.176918169999993</v>
+        <v>64.176916223999996</v>
       </c>
       <c r="C47" s="5">
-        <v>0.91030641199998996</v>
+        <v>0.9103022389999964</v>
       </c>
       <c r="D47" s="5">
-        <v>18.700180523937583</v>
+        <v>18.700087193342064</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>63.765176318999998</v>
+        <v>63.765171074000001</v>
       </c>
       <c r="C48" s="5">
-        <v>-0.41174185099999505</v>
+        <v>-0.41174514999999445</v>
       </c>
       <c r="D48" s="5">
-        <v>-7.4329375313867185</v>
+        <v>-7.4329952182395136</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>64.020212727000001</v>
+        <v>64.020225558999996</v>
       </c>
       <c r="C49" s="5">
-        <v>0.25503640800000227</v>
+        <v>0.25505448499999517</v>
       </c>
       <c r="D49" s="5">
-        <v>4.9065429765210222</v>
+        <v>4.9068988515172718</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>63.086532812000002</v>
+        <v>63.086566024</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.93367991499999903</v>
+        <v>-0.93365953499999677</v>
       </c>
       <c r="D50" s="5">
-        <v>-16.163225686584902</v>
+        <v>-16.162897701706513</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>63.480568738999999</v>
+        <v>63.480586783</v>
       </c>
       <c r="C51" s="5">
-        <v>0.39403592699999734</v>
+        <v>0.394020759</v>
       </c>
       <c r="D51" s="5">
-        <v>7.7580674048325138</v>
+        <v>7.7577542082609474</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>62.451322976</v>
+        <v>62.451314316000001</v>
       </c>
       <c r="C52" s="5">
-        <v>-1.0292457629999987</v>
+        <v>-1.0292724669999984</v>
       </c>
       <c r="D52" s="5">
-        <v>-17.811698254479179</v>
+        <v>-17.812115354872315</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>63.350431546000003</v>
+        <v>63.349974512000003</v>
       </c>
       <c r="C53" s="5">
-        <v>0.89910857000000277</v>
+        <v>0.89866019600000158</v>
       </c>
       <c r="D53" s="5">
-        <v>18.712162561961708</v>
+        <v>18.702083277881698</v>
       </c>
       <c r="E53" s="5">
-        <v>2.5140030535768743</v>
+        <v>2.5139122539497682</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>64.931273579000006</v>
+        <v>64.931251856000003</v>
       </c>
       <c r="C54" s="5">
-        <v>1.5808420330000033</v>
+        <v>1.5812773440000001</v>
       </c>
       <c r="D54" s="5">
-        <v>34.416357954917885</v>
+        <v>34.427455586980592</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>65.305159314999997</v>
+        <v>65.305144296999998</v>
       </c>
       <c r="C55" s="5">
-        <v>0.3738857359999912</v>
+        <v>0.3738924409999953</v>
       </c>
       <c r="D55" s="5">
-        <v>7.1329005809373625</v>
+        <v>7.1330350378429497</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>65.116642807000005</v>
+        <v>65.116642819000006</v>
       </c>
       <c r="C56" s="5">
-        <v>-0.1885165079999922</v>
+        <v>-0.18850147799999206</v>
       </c>
       <c r="D56" s="5">
-        <v>-3.4095696065900349</v>
+        <v>-3.4093028418117233</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>65.806135170000005</v>
+        <v>65.806640079999994</v>
       </c>
       <c r="C57" s="5">
-        <v>0.68949236299999939</v>
+        <v>0.68999726099998782</v>
       </c>
       <c r="D57" s="5">
-        <v>13.473016976431529</v>
+        <v>13.483464884209194</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>65.715001060000006</v>
+        <v>65.715024463000006</v>
       </c>
       <c r="C58" s="5">
-        <v>-9.1134109999998714E-2</v>
+        <v>-9.1615616999987992E-2</v>
       </c>
       <c r="D58" s="5">
-        <v>-1.6492653110264044</v>
+        <v>-1.6578999660654126</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>65.716003627000006</v>
+        <v>65.716043170000006</v>
       </c>
       <c r="C59" s="5">
-        <v>1.0025670000004538E-3</v>
+        <v>1.0187070000000631E-3</v>
       </c>
       <c r="D59" s="5">
-        <v>1.8309082183698422E-2</v>
+        <v>1.8603852647181007E-2</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>66.383974979000001</v>
+        <v>66.383804640999998</v>
       </c>
       <c r="C60" s="5">
-        <v>0.66797135199999502</v>
+        <v>0.6677614709999915</v>
       </c>
       <c r="D60" s="5">
-        <v>12.902954420182722</v>
+        <v>12.898662817559202</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>65.986580774000004</v>
+        <v>65.986647680000004</v>
       </c>
       <c r="C61" s="5">
-        <v>-0.39739420499999767</v>
+        <v>-0.3971569609999932</v>
       </c>
       <c r="D61" s="5">
-        <v>-6.951697240287924</v>
+        <v>-6.9476999257403467</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>65.908163224999996</v>
+        <v>65.908281036999995</v>
       </c>
       <c r="C62" s="5">
-        <v>-7.841754900000808E-2</v>
+        <v>-7.8366643000009617E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>-1.416779462771911</v>
+        <v>-1.415864310808379</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>67.229354807999997</v>
+        <v>67.229399131999998</v>
       </c>
       <c r="C63" s="5">
-        <v>1.3211915830000009</v>
+        <v>1.3211180950000028</v>
       </c>
       <c r="D63" s="5">
-        <v>26.8927524450026</v>
+        <v>26.891034500031409</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>67.572526769999996</v>
+        <v>67.572479455999996</v>
       </c>
       <c r="C64" s="5">
-        <v>0.34317196199999955</v>
+        <v>0.34308032399999888</v>
       </c>
       <c r="D64" s="5">
-        <v>6.3003237311482163</v>
+        <v>6.2985895730744756</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>69.035556470000003</v>
+        <v>69.034961863000007</v>
       </c>
       <c r="C65" s="5">
-        <v>1.463029700000007</v>
+        <v>1.4624824070000102</v>
       </c>
       <c r="D65" s="5">
-        <v>29.309981826476484</v>
+        <v>29.297703813105102</v>
       </c>
       <c r="E65" s="5">
-        <v>8.9740902867755814</v>
+        <v>8.9739378662624816</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>68.535930878000002</v>
+        <v>68.535860142999994</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.49962559200000101</v>
+        <v>-0.49910172000001296</v>
       </c>
       <c r="D66" s="5">
-        <v>-8.3471800070557105</v>
+        <v>-8.3388417824528105</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>68.676170751000001</v>
+        <v>68.675903618000007</v>
       </c>
       <c r="C67" s="5">
-        <v>0.14023987299999874</v>
+        <v>0.14004347500001302</v>
       </c>
       <c r="D67" s="5">
-        <v>2.4832926876964256</v>
+        <v>2.4797783883847568</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>69.249432927000001</v>
+        <v>69.249289644000001</v>
       </c>
       <c r="C68" s="5">
-        <v>0.57326217600000007</v>
+        <v>0.57338602599999433</v>
       </c>
       <c r="D68" s="5">
-        <v>10.489700290197025</v>
+        <v>10.492114297202516</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>69.649112755000004</v>
+        <v>69.649963635000006</v>
       </c>
       <c r="C69" s="5">
-        <v>0.39967982800000357</v>
+        <v>0.400673991000005</v>
       </c>
       <c r="D69" s="5">
-        <v>7.1500564996576088</v>
+        <v>7.1684266109671047</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>70.239389760999998</v>
+        <v>70.239654599999994</v>
       </c>
       <c r="C70" s="5">
-        <v>0.59027700599999378</v>
+        <v>0.58969096499998841</v>
       </c>
       <c r="D70" s="5">
-        <v>10.657714535748752</v>
+        <v>10.646499617738847</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>70.057561237000002</v>
+        <v>70.057405617000001</v>
       </c>
       <c r="C71" s="5">
-        <v>-0.18182852399999661</v>
+        <v>-0.18224898299999381</v>
       </c>
       <c r="D71" s="5">
-        <v>-3.0625873520099933</v>
+        <v>-3.0695570928934601</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>69.899305221000006</v>
+        <v>69.899154777000007</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.15825601599999572</v>
+        <v>-0.15825083999999379</v>
       </c>
       <c r="D72" s="5">
-        <v>-2.6773049143851479</v>
+        <v>-2.6772243074044133</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>70.207135863999994</v>
+        <v>70.207367356999995</v>
       </c>
       <c r="C73" s="5">
-        <v>0.30783064299998841</v>
+        <v>0.30821257999998863</v>
       </c>
       <c r="D73" s="5">
-        <v>5.4146000875536116</v>
+        <v>5.4214938950793101</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>70.374955739000001</v>
+        <v>70.375246110999996</v>
       </c>
       <c r="C74" s="5">
-        <v>0.16781987500000639</v>
+        <v>0.16787875400000019</v>
       </c>
       <c r="D74" s="5">
-        <v>2.9064373469847471</v>
+        <v>2.9074607950011488</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>69.824232979000001</v>
+        <v>69.824405429999999</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.55072275999999931</v>
+        <v>-0.55084068099999683</v>
       </c>
       <c r="D75" s="5">
-        <v>-8.996841197445459</v>
+        <v>-8.9986498971560192</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>70.058746624999998</v>
+        <v>70.058646390000007</v>
       </c>
       <c r="C76" s="5">
-        <v>0.23451364599999636</v>
+        <v>0.23424096000000816</v>
       </c>
       <c r="D76" s="5">
-        <v>4.1056443525207875</v>
+        <v>4.1007716814406736</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>70.337656511000006</v>
+        <v>70.336924330000002</v>
       </c>
       <c r="C77" s="5">
-        <v>0.2789098860000081</v>
+        <v>0.27827793999999528</v>
       </c>
       <c r="D77" s="5">
-        <v>4.8833073689793505</v>
+        <v>4.8720072101946732</v>
       </c>
       <c r="E77" s="5">
-        <v>1.8861295650826504</v>
+        <v>1.8859465289250643</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>70.392540835000005</v>
+        <v>70.392442454999994</v>
       </c>
       <c r="C78" s="5">
-        <v>5.4884323999999651E-2</v>
+        <v>5.5518124999991869E-2</v>
       </c>
       <c r="D78" s="5">
-        <v>0.94038642957250396</v>
+        <v>0.95130309094966226</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>70.424327818999998</v>
+        <v>70.423362416000003</v>
       </c>
       <c r="C79" s="5">
-        <v>3.1786983999992913E-2</v>
+        <v>3.0919961000009266E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>0.54322886042110774</v>
+        <v>0.52837665558689295</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>70.141358605999997</v>
+        <v>70.140170940999994</v>
       </c>
       <c r="C80" s="5">
-        <v>-0.28296921300000122</v>
+        <v>-0.28319147500000952</v>
       </c>
       <c r="D80" s="5">
-        <v>-4.7165312424466421</v>
+        <v>-4.7202176409720131</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>69.289996111999997</v>
+        <v>69.291735204000005</v>
       </c>
       <c r="C81" s="5">
-        <v>-0.85136249399999997</v>
+        <v>-0.84843573699998842</v>
       </c>
       <c r="D81" s="5">
-        <v>-13.63130471933378</v>
+        <v>-13.58773175580119</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>69.723942543000007</v>
+        <v>69.724837030000003</v>
       </c>
       <c r="C82" s="5">
-        <v>0.43394643100000962</v>
+        <v>0.43310182599999791</v>
       </c>
       <c r="D82" s="5">
-        <v>7.7796558181771447</v>
+        <v>7.7637881124425823</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>70.029831453</v>
+        <v>70.029615648999993</v>
       </c>
       <c r="C83" s="5">
-        <v>0.30588890999999307</v>
+        <v>0.3047786189999897</v>
       </c>
       <c r="D83" s="5">
-        <v>5.3934781547156474</v>
+        <v>5.3733577170949953</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>69.840276502999998</v>
+        <v>69.840215310000005</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.18955495000000155</v>
+        <v>-0.18940033899998809</v>
       </c>
       <c r="D84" s="5">
-        <v>-3.2002071020685974</v>
+        <v>-3.1976452572876179</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>70.415937286000002</v>
+        <v>70.416374243000007</v>
       </c>
       <c r="C85" s="5">
-        <v>0.57566078300000356</v>
+        <v>0.57615893300000209</v>
       </c>
       <c r="D85" s="5">
-        <v>10.351990650226872</v>
+        <v>10.36136858897725</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>70.209211209000003</v>
+        <v>70.209643869999994</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.20672607699999901</v>
+        <v>-0.2067303730000134</v>
       </c>
       <c r="D86" s="5">
-        <v>-3.4666111106707698</v>
+        <v>-3.4666608257511</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>70.931329055000006</v>
+        <v>70.931558324999997</v>
       </c>
       <c r="C87" s="5">
-        <v>0.72211784600000328</v>
+        <v>0.72191445500000384</v>
       </c>
       <c r="D87" s="5">
-        <v>13.064962444734673</v>
+        <v>13.060986935411156</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>71.375479017999993</v>
+        <v>71.375172594999995</v>
       </c>
       <c r="C88" s="5">
-        <v>0.44414996299998677</v>
+        <v>0.44361426999999765</v>
       </c>
       <c r="D88" s="5">
-        <v>7.7782834223992348</v>
+        <v>7.7685509678280695</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>71.572765845000006</v>
+        <v>71.572102439999995</v>
       </c>
       <c r="C89" s="5">
-        <v>0.19728682700001343</v>
+        <v>0.19692984499999966</v>
       </c>
       <c r="D89" s="5">
-        <v>3.36777615597883</v>
+        <v>3.361604193377965</v>
       </c>
       <c r="E89" s="5">
-        <v>1.7559716875225284</v>
+        <v>1.7560877473187464</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>71.372117395000004</v>
+        <v>71.372071297000005</v>
       </c>
       <c r="C90" s="5">
-        <v>-0.20064845000000275</v>
+        <v>-0.2000311429999897</v>
       </c>
       <c r="D90" s="5">
-        <v>-3.3127140012692791</v>
+        <v>-3.3027085321387761</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>71.517437998000005</v>
+        <v>71.515770418000002</v>
       </c>
       <c r="C91" s="5">
-        <v>0.14532060300000182</v>
+        <v>0.14369912099999738</v>
       </c>
       <c r="D91" s="5">
-        <v>2.4708653572899086</v>
+        <v>2.4429911309698404</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>72.579824481000003</v>
+        <v>72.576703499999994</v>
       </c>
       <c r="C92" s="5">
-        <v>1.0623864829999974</v>
+        <v>1.0609330819999911</v>
       </c>
       <c r="D92" s="5">
-        <v>19.356915173644463</v>
+        <v>19.328725142518355</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>72.677662451000003</v>
+        <v>72.680616255000004</v>
       </c>
       <c r="C93" s="5">
-        <v>9.7837970000000496E-2</v>
+        <v>0.10391275500001029</v>
       </c>
       <c r="D93" s="5">
-        <v>1.6296530898973982</v>
+        <v>1.7317119710550832</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>73.425005244999994</v>
+        <v>73.426776770999993</v>
       </c>
       <c r="C94" s="5">
-        <v>0.74734279399999082</v>
+        <v>0.74616051599998912</v>
       </c>
       <c r="D94" s="5">
-        <v>13.061938688038577</v>
+        <v>13.039534317736635</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>73.840028786999994</v>
+        <v>73.839857675000005</v>
       </c>
       <c r="C95" s="5">
-        <v>0.41502354200000013</v>
+        <v>0.41308090400001163</v>
       </c>
       <c r="D95" s="5">
-        <v>6.9977027261432623</v>
+        <v>6.9637546716214027</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>73.529113678000002</v>
+        <v>73.529223473000002</v>
       </c>
       <c r="C96" s="5">
-        <v>-0.31091510899999264</v>
+        <v>-0.3106342020000028</v>
       </c>
       <c r="D96" s="5">
-        <v>-4.9374009077931209</v>
+        <v>-4.9330539149732626</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>74.121829128000002</v>
+        <v>74.122586878000007</v>
       </c>
       <c r="C97" s="5">
-        <v>0.59271545000000003</v>
+        <v>0.59336340500000517</v>
       </c>
       <c r="D97" s="5">
-        <v>10.113752757457695</v>
+        <v>10.125288568007718</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>74.966623744000003</v>
+        <v>74.967196143999999</v>
       </c>
       <c r="C98" s="5">
-        <v>0.8447946160000015</v>
+        <v>0.84460926599999198</v>
       </c>
       <c r="D98" s="5">
-        <v>14.567619315360393</v>
+        <v>14.564061890254742</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>74.659066433000007</v>
+        <v>74.659321809000005</v>
       </c>
       <c r="C99" s="5">
-        <v>-0.3075573109999965</v>
+        <v>-0.30787433499999395</v>
       </c>
       <c r="D99" s="5">
-        <v>-4.8135268394040809</v>
+        <v>-4.8183410348660471</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>74.863354783999995</v>
+        <v>74.862841282000005</v>
       </c>
       <c r="C100" s="5">
-        <v>0.20428835099998821</v>
+        <v>0.20351947300000006</v>
       </c>
       <c r="D100" s="5">
-        <v>3.3334091976760849</v>
+        <v>3.3206630591084974</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>74.629091392999996</v>
+        <v>74.628547022000006</v>
       </c>
       <c r="C101" s="5">
-        <v>-0.23426339099999893</v>
+        <v>-0.23429425999999864</v>
       </c>
       <c r="D101" s="5">
-        <v>-3.6910980785513914</v>
+        <v>-3.6916010022324586</v>
       </c>
       <c r="E101" s="5">
-        <v>4.2702353498799361</v>
+        <v>4.2704412442854833</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>76.168442874999997</v>
+        <v>76.168347208</v>
       </c>
       <c r="C102" s="5">
-        <v>1.5393514820000007</v>
+        <v>1.5398001859999937</v>
       </c>
       <c r="D102" s="5">
-        <v>27.76240499145657</v>
+        <v>27.771663073129773</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>74.715887752</v>
+        <v>74.713537966000004</v>
       </c>
       <c r="C103" s="5">
-        <v>-1.4525551229999962</v>
+        <v>-1.4548092419999961</v>
       </c>
       <c r="D103" s="5">
-        <v>-20.63032466254834</v>
+        <v>-20.6590774208392</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>74.321115789000004</v>
+        <v>74.316038641999995</v>
       </c>
       <c r="C104" s="5">
-        <v>-0.39477196299999662</v>
+        <v>-0.39749932400000887</v>
       </c>
       <c r="D104" s="5">
-        <v>-6.1593252466838777</v>
+        <v>-6.2008302903411643</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>74.774856787999994</v>
+        <v>74.778726403999997</v>
       </c>
       <c r="C105" s="5">
-        <v>0.4537409989999901</v>
+        <v>0.46268776200000161</v>
       </c>
       <c r="D105" s="5">
-        <v>7.577246852395203</v>
+        <v>7.7323535511747865</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>74.699946123999993</v>
+        <v>74.702456843999997</v>
       </c>
       <c r="C106" s="5">
-        <v>-7.4910664000000793E-2</v>
+        <v>-7.626956000000007E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>-1.1955775324265283</v>
+        <v>-1.2170814229558014</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>74.588812156000003</v>
+        <v>74.589182597000004</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.11113396799999009</v>
+        <v>-0.11327424699999256</v>
       </c>
       <c r="D107" s="5">
-        <v>-1.7707499062686427</v>
+        <v>-1.8045079406646569</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>75.751904448999994</v>
+        <v>75.752058687000002</v>
       </c>
       <c r="C108" s="5">
-        <v>1.1630922929999912</v>
+        <v>1.1628760899999975</v>
       </c>
       <c r="D108" s="5">
-        <v>20.403296419055607</v>
+        <v>20.399062625830599</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>75.625292693999995</v>
+        <v>75.626265438000004</v>
       </c>
       <c r="C109" s="5">
-        <v>-0.12661175499999899</v>
+        <v>-0.12579324899999733</v>
       </c>
       <c r="D109" s="5">
-        <v>-1.9873450629476763</v>
+        <v>-1.9746106204459046</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>75.872856399</v>
+        <v>75.873445648000001</v>
       </c>
       <c r="C110" s="5">
-        <v>0.24756370500000457</v>
+        <v>0.24718020999999624</v>
       </c>
       <c r="D110" s="5">
-        <v>3.9997726114069154</v>
+        <v>3.9934125632680617</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>76.654003059000004</v>
+        <v>76.654151698999996</v>
       </c>
       <c r="C111" s="5">
-        <v>0.78114666000000454</v>
+        <v>0.78070605099999568</v>
       </c>
       <c r="D111" s="5">
-        <v>13.078714938761738</v>
+        <v>13.070808112360499</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>76.152836398999995</v>
+        <v>76.152150657000007</v>
       </c>
       <c r="C112" s="5">
-        <v>-0.50116666000000976</v>
+        <v>-0.50200104199998918</v>
       </c>
       <c r="D112" s="5">
-        <v>-7.5695795043666969</v>
+        <v>-7.5817173584582847</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>76.458486613999995</v>
+        <v>76.458059320999993</v>
       </c>
       <c r="C113" s="5">
-        <v>0.305650215</v>
+        <v>0.30590866399998617</v>
       </c>
       <c r="D113" s="5">
-        <v>4.9241271846737655</v>
+        <v>4.9284286691184009</v>
       </c>
       <c r="E113" s="5">
-        <v>2.4513164864440329</v>
+        <v>2.4514912483297513</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>77.756779924</v>
+        <v>77.756704593999999</v>
       </c>
       <c r="C114" s="5">
-        <v>1.2982933100000054</v>
+        <v>1.2986452730000053</v>
       </c>
       <c r="D114" s="5">
-        <v>22.391381304814615</v>
+        <v>22.398166558417799</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>75.830423941999996</v>
+        <v>75.827945275999994</v>
       </c>
       <c r="C115" s="5">
-        <v>-1.926355982000004</v>
+        <v>-1.9287593180000044</v>
       </c>
       <c r="D115" s="5">
-        <v>-25.994737880218842</v>
+        <v>-26.022900731470322</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>75.470254468999997</v>
+        <v>75.464177598000006</v>
       </c>
       <c r="C116" s="5">
-        <v>-0.36016947299999913</v>
+        <v>-0.36376767799998788</v>
       </c>
       <c r="D116" s="5">
-        <v>-5.553044228198079</v>
+        <v>-5.6072440517693227</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>78.429068490999995</v>
+        <v>78.433057817000005</v>
       </c>
       <c r="C117" s="5">
-        <v>2.9588140219999985</v>
+        <v>2.968880218999999</v>
       </c>
       <c r="D117" s="5">
-        <v>58.640807048060203</v>
+        <v>58.891125223418953</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>77.980747170000001</v>
+        <v>77.983657866000001</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.44832132099999455</v>
+        <v>-0.44939995100000374</v>
       </c>
       <c r="D118" s="5">
-        <v>-6.6479150662586806</v>
+        <v>-6.6630805330167071</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>77.784169434999995</v>
+        <v>77.784925185999995</v>
       </c>
       <c r="C119" s="5">
-        <v>-0.1965777350000053</v>
+        <v>-0.19873268000000621</v>
       </c>
       <c r="D119" s="5">
-        <v>-2.9834290409998854</v>
+        <v>-3.0155662915424708</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>77.975754809999998</v>
+        <v>77.976062131999996</v>
       </c>
       <c r="C120" s="5">
-        <v>0.1915853750000025</v>
+        <v>0.19113694600000031</v>
       </c>
       <c r="D120" s="5">
-        <v>2.9960155839419134</v>
+        <v>2.9888785658139128</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>77.837516543000007</v>
+        <v>77.838687356999998</v>
       </c>
       <c r="C121" s="5">
-        <v>-0.13823826699999131</v>
+        <v>-0.13737477499999784</v>
       </c>
       <c r="D121" s="5">
-        <v>-2.1067824715224837</v>
+        <v>-2.0937417405053282</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>78.168909808999999</v>
+        <v>78.169433424000005</v>
       </c>
       <c r="C122" s="5">
-        <v>0.33139326599999208</v>
+        <v>0.33074606700000686</v>
       </c>
       <c r="D122" s="5">
-        <v>5.2303484320916249</v>
+        <v>5.2198135008335145</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>78.133171028000007</v>
+        <v>78.133245458999994</v>
       </c>
       <c r="C123" s="5">
-        <v>-3.5738780999992059E-2</v>
+        <v>-3.6187965000010536E-2</v>
       </c>
       <c r="D123" s="5">
-        <v>-0.54726180952436865</v>
+        <v>-0.5541188807768771</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>78.872136369000003</v>
+        <v>78.871389702000002</v>
       </c>
       <c r="C124" s="5">
-        <v>0.73896534099999656</v>
+        <v>0.7381442430000078</v>
       </c>
       <c r="D124" s="5">
-        <v>11.958700324395256</v>
+        <v>11.944702602644641</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>78.359909372000004</v>
+        <v>78.359522902999998</v>
       </c>
       <c r="C125" s="5">
-        <v>-0.51222699699999907</v>
+        <v>-0.51186679900000343</v>
       </c>
       <c r="D125" s="5">
-        <v>-7.5208463630826454</v>
+        <v>-7.5158136633173722</v>
       </c>
       <c r="E125" s="5">
-        <v>2.4868694663017887</v>
+        <v>2.4869367583827184</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>81.079698250000007</v>
+        <v>81.079602445000006</v>
       </c>
       <c r="C126" s="5">
-        <v>2.7197888780000028</v>
+        <v>2.7200795420000077</v>
       </c>
       <c r="D126" s="5">
-        <v>50.597715679612641</v>
+        <v>50.604493397725435</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>80.019619958999996</v>
+        <v>80.017160020999995</v>
       </c>
       <c r="C127" s="5">
-        <v>-1.0600782910000106</v>
+        <v>-1.062442424000011</v>
       </c>
       <c r="D127" s="5">
-        <v>-14.608955003316337</v>
+        <v>-14.639240098710005</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>80.639976161000007</v>
+        <v>80.633524876999999</v>
       </c>
       <c r="C128" s="5">
-        <v>0.62035620200001063</v>
+        <v>0.61636485600000412</v>
       </c>
       <c r="D128" s="5">
-        <v>9.7101668090174176</v>
+        <v>9.6453313262315774</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>80.025452994999995</v>
+        <v>80.029108093999994</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.61452316600001211</v>
+        <v>-0.6044167830000049</v>
       </c>
       <c r="D129" s="5">
-        <v>-8.770980778705761</v>
+        <v>-8.6332918362712832</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>79.166770639000006</v>
+        <v>79.169496248000002</v>
       </c>
       <c r="C130" s="5">
-        <v>-0.85868235599998854</v>
+        <v>-0.85961184599999285</v>
       </c>
       <c r="D130" s="5">
-        <v>-12.142779229258061</v>
+        <v>-12.15463394102515</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>78.758989580999994</v>
+        <v>78.760166519999999</v>
       </c>
       <c r="C131" s="5">
-        <v>-0.40778105800001185</v>
+        <v>-0.409329728000003</v>
       </c>
       <c r="D131" s="5">
-        <v>-6.0089557771899287</v>
+        <v>-6.0309298193784393</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>78.230726685999997</v>
+        <v>78.231049396000003</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.52826289499999746</v>
+        <v>-0.52911712399999544</v>
       </c>
       <c r="D132" s="5">
-        <v>-7.7584179020613542</v>
+        <v>-7.7703919373117269</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>78.624400781999995</v>
+        <v>78.625500364999994</v>
       </c>
       <c r="C133" s="5">
-        <v>0.39367409599999803</v>
+        <v>0.39445096899999044</v>
       </c>
       <c r="D133" s="5">
-        <v>6.2086307470289537</v>
+        <v>6.2211981839004116</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>79.087606395999998</v>
+        <v>79.087924779999994</v>
       </c>
       <c r="C134" s="5">
-        <v>0.46320561400000315</v>
+        <v>0.46242441500000098</v>
       </c>
       <c r="D134" s="5">
-        <v>7.3032800212746274</v>
+        <v>7.2904565931310117</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>79.027310623000005</v>
+        <v>79.027221423</v>
       </c>
       <c r="C135" s="5">
-        <v>-6.0295772999992892E-2</v>
+        <v>-6.0703356999994185E-2</v>
       </c>
       <c r="D135" s="5">
-        <v>-0.91104415737948141</v>
+        <v>-0.91717293190953786</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>79.540833589000002</v>
+        <v>79.540073519000003</v>
       </c>
       <c r="C136" s="5">
-        <v>0.51352296599999647</v>
+        <v>0.51285209600000314</v>
       </c>
       <c r="D136" s="5">
-        <v>8.0824608740098558</v>
+        <v>8.0715316412169216</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>79.923465049000001</v>
+        <v>79.923221252000005</v>
       </c>
       <c r="C137" s="5">
-        <v>0.38263145999999892</v>
+        <v>0.38314773300000127</v>
       </c>
       <c r="D137" s="5">
-        <v>5.9278101993776922</v>
+        <v>5.9360797314072622</v>
       </c>
       <c r="E137" s="5">
-        <v>1.9953515637406882</v>
+        <v>1.9955434784048931</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>79.935885271999993</v>
+        <v>79.935821641999993</v>
       </c>
       <c r="C138" s="5">
-        <v>1.2420222999992347E-2</v>
+        <v>1.2600389999988693E-2</v>
       </c>
       <c r="D138" s="5">
-        <v>0.18664121968379188</v>
+        <v>0.18935155202093323</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>80.328743407999994</v>
+        <v>80.327043372999995</v>
       </c>
       <c r="C139" s="5">
-        <v>0.39285813600000097</v>
+        <v>0.39122173100000168</v>
       </c>
       <c r="D139" s="5">
-        <v>6.059655254138363</v>
+        <v>6.0337361506716647</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>80.249233500000003</v>
+        <v>80.243969867999994</v>
       </c>
       <c r="C140" s="5">
-        <v>-7.9509907999991469E-2</v>
+        <v>-8.3073505000001546E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>-1.181322890579839</v>
+        <v>-1.2339944367255717</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>80.472252671000007</v>
+        <v>80.474862302999995</v>
       </c>
       <c r="C141" s="5">
-        <v>0.22301917100000423</v>
+        <v>0.23089243500000123</v>
       </c>
       <c r="D141" s="5">
-        <v>3.3863468730617408</v>
+        <v>3.5080276248873332</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>81.517888882999998</v>
+        <v>81.519947962000003</v>
       </c>
       <c r="C142" s="5">
-        <v>1.0456362119999909</v>
+        <v>1.0450856590000086</v>
       </c>
       <c r="D142" s="5">
-        <v>16.75653083484201</v>
+        <v>16.746486191915409</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>81.980094112000003</v>
+        <v>81.981389583999999</v>
       </c>
       <c r="C143" s="5">
-        <v>0.4622052290000056</v>
+        <v>0.46144162199999528</v>
       </c>
       <c r="D143" s="5">
-        <v>7.0202258083118751</v>
+        <v>7.0080817229887682</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>81.572306604000005</v>
+        <v>81.572540609000001</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.40778750799999841</v>
+        <v>-0.40884897499999795</v>
       </c>
       <c r="D144" s="5">
-        <v>-5.8084454211441034</v>
+        <v>-5.8230629733005301</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>81.866289652000006</v>
+        <v>81.867297227999998</v>
       </c>
       <c r="C145" s="5">
-        <v>0.29398304800000119</v>
+        <v>0.2947566189999975</v>
       </c>
       <c r="D145" s="5">
-        <v>4.4115101871656792</v>
+        <v>4.4233371238516339</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>81.401740211000003</v>
+        <v>81.401887228000007</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.46454944100000262</v>
+        <v>-0.46540999999999144</v>
       </c>
       <c r="D146" s="5">
-        <v>-6.6008379922431804</v>
+        <v>-6.6126071589766795</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>81.745945351000003</v>
+        <v>81.745778891</v>
       </c>
       <c r="C147" s="5">
-        <v>0.34420513999999969</v>
+        <v>0.34389166299999374</v>
       </c>
       <c r="D147" s="5">
-        <v>5.1938559624542746</v>
+        <v>5.1890057415598934</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>81.194436875999997</v>
+        <v>81.193813125999995</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.55150847500000566</v>
+        <v>-0.5519657650000056</v>
       </c>
       <c r="D148" s="5">
-        <v>-7.8021821648712404</v>
+        <v>-7.8084284237139308</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>80.675994196000005</v>
+        <v>80.675803861999995</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.51844267999999261</v>
+        <v>-0.5180092639999998</v>
       </c>
       <c r="D149" s="5">
-        <v>-7.3987981336583246</v>
+        <v>-7.3928829907202065</v>
       </c>
       <c r="E149" s="5">
-        <v>0.94156221397387885</v>
+        <v>0.94163197905534624</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>81.604529479000007</v>
+        <v>81.604367397000004</v>
       </c>
       <c r="C150" s="5">
-        <v>0.92853528300000221</v>
+        <v>0.92856353500000921</v>
       </c>
       <c r="D150" s="5">
-        <v>14.720034203819532</v>
+        <v>14.720547762928504</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>82.166690028000005</v>
+        <v>82.165715570000003</v>
       </c>
       <c r="C151" s="5">
-        <v>0.5621605489999979</v>
+        <v>0.56134817299999895</v>
       </c>
       <c r="D151" s="5">
-        <v>8.5871233070357711</v>
+        <v>8.5742585725977261</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>82.812481317000007</v>
+        <v>82.809176132999994</v>
       </c>
       <c r="C152" s="5">
-        <v>0.64579128900000171</v>
+        <v>0.64346056299999077</v>
       </c>
       <c r="D152" s="5">
-        <v>9.8500004920087481</v>
+        <v>9.8130274287768327</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>82.947610802</v>
+        <v>82.948982846999996</v>
       </c>
       <c r="C153" s="5">
-        <v>0.13512948499999311</v>
+        <v>0.13980671400000233</v>
       </c>
       <c r="D153" s="5">
-        <v>1.9757723738186961</v>
+        <v>2.0448783617022404</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>83.347429164000005</v>
+        <v>83.348568137000001</v>
       </c>
       <c r="C154" s="5">
-        <v>0.39981836200000487</v>
+        <v>0.39958529000000453</v>
       </c>
       <c r="D154" s="5">
-        <v>5.9399902468571186</v>
+        <v>5.936334496250173</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>83.460865034999998</v>
+        <v>83.462112876000006</v>
       </c>
       <c r="C155" s="5">
-        <v>0.11343587099999297</v>
+        <v>0.11354473900000528</v>
       </c>
       <c r="D155" s="5">
-        <v>1.6454812419490095</v>
+        <v>1.6470496373896415</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>83.829377483000002</v>
+        <v>83.829445112000002</v>
       </c>
       <c r="C156" s="5">
-        <v>0.36851244800000416</v>
+        <v>0.36733223599999576</v>
       </c>
       <c r="D156" s="5">
-        <v>5.4290548470960376</v>
+        <v>5.4111616555663655</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>84.613513048000002</v>
+        <v>84.614238631999996</v>
       </c>
       <c r="C157" s="5">
-        <v>0.7841355649999997</v>
+        <v>0.7847935199999938</v>
       </c>
       <c r="D157" s="5">
-        <v>11.820602593755925</v>
+        <v>11.831027207848566</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>84.339996537999994</v>
+        <v>84.340028545999999</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.27351651000000743</v>
+        <v>-0.27421008599999652</v>
       </c>
       <c r="D158" s="5">
-        <v>-3.8108194981016918</v>
+        <v>-3.8202791138913894</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>83.730021973999996</v>
+        <v>83.729835221000002</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.60997456399999805</v>
+        <v>-0.61019332499999734</v>
       </c>
       <c r="D159" s="5">
-        <v>-8.3417595320110394</v>
+        <v>-8.344630148962807</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>83.505930223999997</v>
+        <v>83.505501434999999</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.22409174999999948</v>
+        <v>-0.22433378600000253</v>
       </c>
       <c r="D160" s="5">
-        <v>-3.1647770151487897</v>
+        <v>-3.1681519640476719</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>83.609649051000005</v>
+        <v>83.609429981000005</v>
       </c>
       <c r="C161" s="5">
-        <v>0.10371882700000867</v>
+        <v>0.10392854600000589</v>
       </c>
       <c r="D161" s="5">
-        <v>1.5006881859957133</v>
+        <v>1.5037511460627817</v>
       </c>
       <c r="E161" s="5">
-        <v>3.6363417448228352</v>
+        <v>3.6363147047386413</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>84.039764949000002</v>
+        <v>84.039586184000001</v>
       </c>
       <c r="C162" s="5">
-        <v>0.43011589799999683</v>
+        <v>0.43015620299999568</v>
       </c>
       <c r="D162" s="5">
-        <v>6.3508934369239878</v>
+        <v>6.3515226177064399</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>83.621478436000004</v>
+        <v>83.621169425000005</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.41828651299999819</v>
+        <v>-0.41841675899999586</v>
       </c>
       <c r="D163" s="5">
-        <v>-5.8118750769719068</v>
+        <v>-5.8136475427625349</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>83.614356229999999</v>
+        <v>83.613154872999999</v>
       </c>
       <c r="C164" s="5">
-        <v>-7.1222060000053489E-3</v>
+        <v>-8.0145520000058923E-3</v>
       </c>
       <c r="D164" s="5">
-        <v>-0.10215849868919769</v>
+        <v>-0.11495168435743386</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>83.511153221000001</v>
+        <v>83.511335465000002</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.10320300899999779</v>
+        <v>-0.10181940799999722</v>
       </c>
       <c r="D165" s="5">
-        <v>-1.4711151598687633</v>
+        <v>-1.4515451389421674</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>83.158505309999995</v>
+        <v>83.158908957999998</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.35264791100000537</v>
+        <v>-0.35242650700000411</v>
       </c>
       <c r="D166" s="5">
-        <v>-4.9512685612058682</v>
+        <v>-4.948221236515538</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>83.469915893999996</v>
+        <v>83.470610049000001</v>
       </c>
       <c r="C167" s="5">
-        <v>0.31141058400000077</v>
+        <v>0.31170109100000332</v>
       </c>
       <c r="D167" s="5">
-        <v>4.587459558244622</v>
+        <v>4.5918049407833061</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>83.688934024000005</v>
+        <v>83.688999492999997</v>
       </c>
       <c r="C168" s="5">
-        <v>0.21901813000000914</v>
+        <v>0.21838944399999605</v>
       </c>
       <c r="D168" s="5">
-        <v>3.1945407850821672</v>
+        <v>3.185211711530811</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>83.749478947</v>
+        <v>83.749984140999999</v>
       </c>
       <c r="C169" s="5">
-        <v>6.054492299999481E-2</v>
+        <v>6.0984648000001584E-2</v>
       </c>
       <c r="D169" s="5">
-        <v>0.87160501672041146</v>
+        <v>0.87796000333482116</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>83.809465411000005</v>
+        <v>83.809475319000001</v>
       </c>
       <c r="C170" s="5">
-        <v>5.9986464000004958E-2</v>
+        <v>5.949117800000181E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>0.86290698297171176</v>
+        <v>0.85574923936400094</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>84.590110327999994</v>
+        <v>84.590033590999994</v>
       </c>
       <c r="C171" s="5">
-        <v>0.78064491699998939</v>
+        <v>0.78055827199999328</v>
       </c>
       <c r="D171" s="5">
-        <v>11.768198560157028</v>
+        <v>11.76682330511618</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>84.704952569</v>
+        <v>84.704705587000007</v>
       </c>
       <c r="C172" s="5">
-        <v>0.11484224100000517</v>
+        <v>0.11467199600001265</v>
       </c>
       <c r="D172" s="5">
-        <v>1.6413785114940627</v>
+        <v>1.6389286185600538</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>85.129492908000003</v>
+        <v>85.129250373000005</v>
       </c>
       <c r="C173" s="5">
-        <v>0.42454033900000354</v>
+        <v>0.42454478599999845</v>
       </c>
       <c r="D173" s="5">
-        <v>6.1829810648441397</v>
+        <v>6.1830661547747301</v>
       </c>
       <c r="E173" s="5">
-        <v>1.8177852368127079</v>
+        <v>1.8177619346829266</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>84.774652515</v>
+        <v>84.774480683999997</v>
       </c>
       <c r="C174" s="5">
-        <v>-0.35484039300000347</v>
+        <v>-0.35476968900000827</v>
       </c>
       <c r="D174" s="5">
-        <v>-4.8887996828768321</v>
+        <v>-4.8878613874598464</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>85.788162607999993</v>
+        <v>85.788014111999999</v>
       </c>
       <c r="C175" s="5">
-        <v>1.0135100929999936</v>
+        <v>1.0135334280000023</v>
       </c>
       <c r="D175" s="5">
-        <v>15.328375822158646</v>
+        <v>15.328785405558577</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>86.379431592000003</v>
+        <v>86.379289631000006</v>
       </c>
       <c r="C176" s="5">
-        <v>0.59126898400000982</v>
+        <v>0.59127551900000697</v>
       </c>
       <c r="D176" s="5">
-        <v>8.5914687598401827</v>
+        <v>8.5915827851103401</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>86.321513881000001</v>
+        <v>86.321465372999995</v>
       </c>
       <c r="C177" s="5">
-        <v>-5.7917711000001759E-2</v>
+        <v>-5.7824258000010786E-2</v>
       </c>
       <c r="D177" s="5">
-        <v>-0.80164362419126167</v>
+        <v>-0.80035620301541766</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>86.651874016999997</v>
+        <v>86.651947012999997</v>
       </c>
       <c r="C178" s="5">
-        <v>0.33036013599999592</v>
+        <v>0.33048164000000213</v>
       </c>
       <c r="D178" s="5">
-        <v>4.6904185835234147</v>
+        <v>4.6921828632488838</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>87.083726124999998</v>
+        <v>87.083979631000005</v>
       </c>
       <c r="C179" s="5">
-        <v>0.43185210800000107</v>
+        <v>0.43203261800000803</v>
       </c>
       <c r="D179" s="5">
-        <v>6.1471954525861738</v>
+        <v>6.1498304637586099</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>87.880626958999997</v>
+        <v>87.880745161999997</v>
       </c>
       <c r="C180" s="5">
-        <v>0.79690083399999878</v>
+        <v>0.79676553099999126</v>
       </c>
       <c r="D180" s="5">
-        <v>11.551064708333957</v>
+        <v>11.548968438002394</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>87.730841237000007</v>
+        <v>87.731102856000007</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.14978572199999007</v>
+        <v>-0.14964230599998984</v>
       </c>
       <c r="D181" s="5">
-        <v>-2.0262422000505542</v>
+        <v>-2.0243175609280684</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>88.165768838000005</v>
+        <v>88.165757005000003</v>
       </c>
       <c r="C182" s="5">
-        <v>0.43492760099999828</v>
+        <v>0.43465414899999644</v>
       </c>
       <c r="D182" s="5">
-        <v>6.1139457721386847</v>
+        <v>6.1099776862476585</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>88.231159618999996</v>
+        <v>88.231130430999997</v>
       </c>
       <c r="C183" s="5">
-        <v>6.5390780999990739E-2</v>
+        <v>6.5373425999993628E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>0.89365549138999967</v>
+        <v>0.89341746360931396</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>88.419386427000006</v>
+        <v>88.419224383</v>
       </c>
       <c r="C184" s="5">
-        <v>0.18822680800001024</v>
+        <v>0.18809395200000267</v>
       </c>
       <c r="D184" s="5">
-        <v>2.5902566133227944</v>
+        <v>2.5884077108704107</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>88.010567526000003</v>
+        <v>88.010427475</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.40881890100000362</v>
+        <v>-0.40879690799999935</v>
       </c>
       <c r="D185" s="5">
-        <v>-5.4094184227150066</v>
+        <v>-5.4091444374298803</v>
       </c>
       <c r="E185" s="5">
-        <v>3.3843436858170817</v>
+        <v>3.3844737142356029</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>88.609647292999995</v>
+        <v>88.609518588</v>
       </c>
       <c r="C186" s="5">
-        <v>0.5990797669999921</v>
+        <v>0.59909111300000006</v>
       </c>
       <c r="D186" s="5">
-        <v>8.4811390034426282</v>
+        <v>8.4813196943889899</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>88.852501298000007</v>
+        <v>88.852505523999994</v>
       </c>
       <c r="C187" s="5">
-        <v>0.24285400500001231</v>
+        <v>0.2429869359999941</v>
       </c>
       <c r="D187" s="5">
-        <v>3.3388927491074361</v>
+        <v>3.3407529368974842</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>89.055087010999998</v>
+        <v>89.055085124000001</v>
       </c>
       <c r="C188" s="5">
-        <v>0.20258571299999062</v>
+        <v>0.20257960000000708</v>
       </c>
       <c r="D188" s="5">
-        <v>2.770599369609994</v>
+        <v>2.7705145825426047</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>89.472722942000004</v>
+        <v>89.472729633</v>
       </c>
       <c r="C189" s="5">
-        <v>0.41763593100000662</v>
+        <v>0.41764450899999872</v>
       </c>
       <c r="D189" s="5">
-        <v>5.775007921798414</v>
+        <v>5.7751297387534706</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>90.164346624999993</v>
+        <v>90.164374284999994</v>
       </c>
       <c r="C190" s="5">
-        <v>0.69162368299998889</v>
+        <v>0.6916446519999937</v>
       </c>
       <c r="D190" s="5">
-        <v>9.6807028663316697</v>
+        <v>9.6810082053702562</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>90.289522247999997</v>
+        <v>90.289560804999994</v>
       </c>
       <c r="C191" s="5">
-        <v>0.12517562300000407</v>
+        <v>0.12518651999999975</v>
       </c>
       <c r="D191" s="5">
-        <v>1.6787459630100754</v>
+        <v>1.6788927028499323</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>90.339270377999995</v>
+        <v>90.339327389999994</v>
       </c>
       <c r="C192" s="5">
-        <v>4.9748129999997559E-2</v>
+        <v>4.9766585000000418E-2</v>
       </c>
       <c r="D192" s="5">
-        <v>0.66318877486339911</v>
+        <v>0.66343525928747038</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>90.734309947</v>
+        <v>90.734455041000004</v>
       </c>
       <c r="C193" s="5">
-        <v>0.39503956900000503</v>
+        <v>0.39512765100000991</v>
       </c>
       <c r="D193" s="5">
-        <v>5.375474689909332</v>
+        <v>5.3766987634152885</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>90.618563843999993</v>
+        <v>90.618571809000002</v>
       </c>
       <c r="C194" s="5">
-        <v>-0.11574610300000643</v>
+        <v>-0.11588323200000161</v>
       </c>
       <c r="D194" s="5">
-        <v>-1.5200969532884301</v>
+        <v>-1.5218828243540705</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>91.095438182999999</v>
+        <v>91.095424356999999</v>
       </c>
       <c r="C195" s="5">
-        <v>0.47687433900000542</v>
+        <v>0.47685254799999655</v>
       </c>
       <c r="D195" s="5">
-        <v>6.5009422118959437</v>
+        <v>6.500635910351793</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>91.636454731000001</v>
+        <v>91.636364201999996</v>
       </c>
       <c r="C196" s="5">
-        <v>0.54101654800000176</v>
+        <v>0.54093984499999692</v>
       </c>
       <c r="D196" s="5">
-        <v>7.364274476021504</v>
+        <v>7.3631972222912623</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>90.993181419999999</v>
+        <v>90.993121059999993</v>
       </c>
       <c r="C197" s="5">
-        <v>-0.64327331100000151</v>
+        <v>-0.64324314200000288</v>
       </c>
       <c r="D197" s="5">
-        <v>-8.1060644017543417</v>
+        <v>-8.1057064904768712</v>
       </c>
       <c r="E197" s="5">
-        <v>3.3889270093831358</v>
+        <v>3.3890229494081714</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>92.884698326000006</v>
+        <v>92.884558206999998</v>
       </c>
       <c r="C198" s="5">
-        <v>1.8915169060000068</v>
+        <v>1.8914371470000049</v>
       </c>
       <c r="D198" s="5">
-        <v>28.004106708730792</v>
+        <v>28.002808476108832</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>92.475543711</v>
+        <v>92.475559325000006</v>
       </c>
       <c r="C199" s="5">
-        <v>-0.40915461500000561</v>
+        <v>-0.40899888199999168</v>
       </c>
       <c r="D199" s="5">
-        <v>-5.1597648373504228</v>
+        <v>-5.1578558299307797</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>92.750986277999999</v>
+        <v>92.751015718999994</v>
       </c>
       <c r="C200" s="5">
-        <v>0.27544256699999892</v>
+        <v>0.27545639399998834</v>
       </c>
       <c r="D200" s="5">
-        <v>3.6333926634032343</v>
+        <v>3.6335774317027614</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>94.028505301999999</v>
+        <v>94.028533912</v>
       </c>
       <c r="C201" s="5">
-        <v>1.2775190240000001</v>
+        <v>1.2775181930000059</v>
       </c>
       <c r="D201" s="5">
-        <v>17.839788156875901</v>
+        <v>17.839769561238494</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>93.455485336999999</v>
+        <v>93.455509606000007</v>
       </c>
       <c r="C202" s="5">
-        <v>-0.5730199650000003</v>
+        <v>-0.57302430599999354</v>
       </c>
       <c r="D202" s="5">
-        <v>-7.0727304858967273</v>
+        <v>-7.0727802030381763</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>93.864614068999998</v>
+        <v>93.864637415000004</v>
       </c>
       <c r="C203" s="5">
-        <v>0.40912873199999922</v>
+        <v>0.40912780899999746</v>
       </c>
       <c r="D203" s="5">
-        <v>5.3817046918583245</v>
+        <v>5.3816908254800344</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>94.429181358999998</v>
+        <v>94.429224992000002</v>
       </c>
       <c r="C204" s="5">
-        <v>0.56456728999999939</v>
+        <v>0.56458757699999751</v>
       </c>
       <c r="D204" s="5">
-        <v>7.4612553007425753</v>
+        <v>7.4615304248735637</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>94.671348545000001</v>
+        <v>94.671371995000001</v>
       </c>
       <c r="C205" s="5">
-        <v>0.2421671860000032</v>
+        <v>0.24214700299999947</v>
       </c>
       <c r="D205" s="5">
-        <v>3.121225563591401</v>
+        <v>3.1209602882278809</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>94.573665323</v>
+        <v>94.573677951999997</v>
       </c>
       <c r="C206" s="5">
-        <v>-9.7683222000000569E-2</v>
+        <v>-9.7694043000004172E-2</v>
       </c>
       <c r="D206" s="5">
-        <v>-1.231174275985536</v>
+        <v>-1.2313095846948174</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>95.581664114000006</v>
+        <v>95.581652540999997</v>
       </c>
       <c r="C207" s="5">
-        <v>1.0079987910000057</v>
+        <v>1.0079745889999998</v>
       </c>
       <c r="D207" s="5">
-        <v>13.567063882453855</v>
+        <v>13.566716891326402</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>94.728104457000001</v>
+        <v>94.728095878999994</v>
       </c>
       <c r="C208" s="5">
-        <v>-0.85355965700000525</v>
+        <v>-0.85355666200000258</v>
       </c>
       <c r="D208" s="5">
-        <v>-10.205215147102454</v>
+        <v>-10.205182254400347</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>95.019259516000005</v>
+        <v>95.019216073999999</v>
       </c>
       <c r="C209" s="5">
-        <v>0.29115505900000471</v>
+        <v>0.29112019500000486</v>
       </c>
       <c r="D209" s="5">
-        <v>3.7512972662536725</v>
+        <v>3.7508407975935798</v>
       </c>
       <c r="E209" s="5">
-        <v>4.4245931762916468</v>
+        <v>4.4246147039458394</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>95.230570013999994</v>
+        <v>95.230453269999998</v>
       </c>
       <c r="C210" s="5">
-        <v>0.21131049799998891</v>
+        <v>0.21123719599999902</v>
       </c>
       <c r="D210" s="5">
-        <v>2.7015283488337039</v>
+        <v>2.7005809710558992</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>96.090832043000006</v>
+        <v>96.090852849000001</v>
       </c>
       <c r="C211" s="5">
-        <v>0.86026202900001181</v>
+        <v>0.86039957900000275</v>
       </c>
       <c r="D211" s="5">
-        <v>11.395293154294794</v>
+        <v>11.397221335136676</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>96.523780134999996</v>
+        <v>96.523804553999994</v>
       </c>
       <c r="C212" s="5">
-        <v>0.43294809199998951</v>
+        <v>0.43295170499999358</v>
       </c>
       <c r="D212" s="5">
-        <v>5.5427518970115885</v>
+        <v>5.5427980740650362</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>96.677936222</v>
+        <v>96.677957433000003</v>
       </c>
       <c r="C213" s="5">
-        <v>0.15415608700000405</v>
+        <v>0.15415287900000862</v>
       </c>
       <c r="D213" s="5">
-        <v>1.9334189140248759</v>
+        <v>1.9333778319433392</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>97.148348295000005</v>
+        <v>97.148365726999998</v>
       </c>
       <c r="C214" s="5">
-        <v>0.47041207300000565</v>
+        <v>0.47040829399999495</v>
       </c>
       <c r="D214" s="5">
-        <v>5.9977391911351097</v>
+        <v>5.9976883610298737</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>97.578443827000001</v>
+        <v>97.578461434000005</v>
       </c>
       <c r="C215" s="5">
-        <v>0.43009553199999573</v>
+        <v>0.43009570700000666</v>
       </c>
       <c r="D215" s="5">
-        <v>5.4439335544667955</v>
+        <v>5.4439348229909257</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>97.405609588000004</v>
+        <v>97.405632487000005</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.17283423899999661</v>
+        <v>-0.17282894699999929</v>
       </c>
       <c r="D216" s="5">
-        <v>-2.1048963618199856</v>
+        <v>-2.1048321625704913</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>98.009455164000002</v>
+        <v>98.009465035999995</v>
       </c>
       <c r="C217" s="5">
-        <v>0.60384557599999766</v>
+        <v>0.60383254899998917</v>
       </c>
       <c r="D217" s="5">
-        <v>7.6981085521503401</v>
+        <v>7.6979349031364164</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>98.413544834999996</v>
+        <v>98.413544768999998</v>
       </c>
       <c r="C218" s="5">
-        <v>0.40408967099999415</v>
+        <v>0.40407973300000322</v>
       </c>
       <c r="D218" s="5">
-        <v>5.061308136345577</v>
+        <v>5.0611803033582481</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>98.300563715999999</v>
+        <v>98.300545217000007</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.11298111899999697</v>
+        <v>-0.1129995519999909</v>
       </c>
       <c r="D219" s="5">
-        <v>-1.3689635627150754</v>
+        <v>-1.3691855030285804</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>98.545457877000004</v>
+        <v>98.545448617999995</v>
       </c>
       <c r="C220" s="5">
-        <v>0.24489416100000483</v>
+        <v>0.24490340099998775</v>
       </c>
       <c r="D220" s="5">
-        <v>3.0308399764729543</v>
+        <v>3.0309564815602874</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>99.344586610999997</v>
+        <v>99.344560533000006</v>
       </c>
       <c r="C221" s="5">
-        <v>0.79912873399999285</v>
+        <v>0.79911191500001166</v>
       </c>
       <c r="D221" s="5">
-        <v>10.17705065895611</v>
+        <v>10.176827823204482</v>
       </c>
       <c r="E221" s="5">
-        <v>4.5520530438059925</v>
+        <v>4.5520733991653461</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>99.044084358000006</v>
+        <v>99.044018179000005</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.30050225299999056</v>
+        <v>-0.30054235400000096</v>
       </c>
       <c r="D222" s="5">
-        <v>-3.5700340557312638</v>
+        <v>-3.5705034875464281</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>98.965580329999995</v>
+        <v>98.965616537000002</v>
       </c>
       <c r="C223" s="5">
-        <v>-7.8504028000011772E-2</v>
+        <v>-7.840164200000288E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>-0.94700497611451828</v>
+        <v>-0.94577588108353261</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>98.939477578999998</v>
+        <v>98.939499432999995</v>
       </c>
       <c r="C224" s="5">
-        <v>-2.610275099999626E-2</v>
+        <v>-2.6117104000007885E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-0.31604828314669708</v>
+        <v>-0.31622169948205547</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>99.746727082999996</v>
+        <v>99.746745959999998</v>
       </c>
       <c r="C225" s="5">
-        <v>0.80724950399999784</v>
+        <v>0.80724652700000377</v>
       </c>
       <c r="D225" s="5">
-        <v>10.242359145621949</v>
+        <v>10.24231729782703</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>99.767123241999997</v>
+        <v>99.767135999999994</v>
       </c>
       <c r="C226" s="5">
-        <v>2.039615900000058E-2</v>
+        <v>2.0390039999995224E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>0.24565152381941235</v>
+        <v>0.24557769712247879</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>100.04909607</v>
+        <v>100.0491119</v>
       </c>
       <c r="C227" s="5">
-        <v>0.28197282800000778</v>
+        <v>0.28197590000000616</v>
       </c>
       <c r="D227" s="5">
-        <v>3.4447929682057454</v>
+        <v>3.4448306360000069</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>101.10143755</v>
+        <v>101.1014493</v>
       </c>
       <c r="C228" s="5">
-        <v>1.0523414799999955</v>
+        <v>1.052337399999999</v>
       </c>
       <c r="D228" s="5">
-        <v>13.378299630241575</v>
+        <v>13.378242484323554</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>101.29307052999999</v>
+        <v>101.29307221000001</v>
       </c>
       <c r="C229" s="5">
-        <v>0.19163297999999429</v>
+        <v>0.19162291000000664</v>
       </c>
       <c r="D229" s="5">
-        <v>2.2984056333607672</v>
+        <v>2.2982833241921297</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>101.45937752</v>
+        <v>101.45935371</v>
       </c>
       <c r="C230" s="5">
-        <v>0.16630699000000959</v>
+        <v>0.16628149999999664</v>
       </c>
       <c r="D230" s="5">
-        <v>1.9880966424756119</v>
+        <v>1.9877891356496757</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>101.68810515</v>
+        <v>101.68805054000001</v>
       </c>
       <c r="C231" s="5">
-        <v>0.22872762999999452</v>
+        <v>0.22869683000000407</v>
       </c>
       <c r="D231" s="5">
-        <v>2.7390476730923874</v>
+        <v>2.7386749046010017</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>102.47517121</v>
+        <v>102.47512811999999</v>
       </c>
       <c r="C232" s="5">
-        <v>0.78706606000000079</v>
+        <v>0.78707757999998762</v>
       </c>
       <c r="D232" s="5">
-        <v>9.6937727180247624</v>
+        <v>9.6939261256431486</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>102.64302972</v>
+        <v>102.64301516</v>
       </c>
       <c r="C233" s="5">
-        <v>0.16785851000000207</v>
+        <v>0.16788704000001076</v>
       </c>
       <c r="D233" s="5">
-        <v>1.9834549662416601</v>
+        <v>1.9837959684891437</v>
       </c>
       <c r="E233" s="5">
-        <v>3.3202041716833497</v>
+        <v>3.3202166372302999</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>102.07707693</v>
+        <v>102.07707591</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.56595278999999721</v>
+        <v>-0.56593924999999956</v>
       </c>
       <c r="D234" s="5">
-        <v>-6.4195455627441333</v>
+        <v>-6.4193974901979756</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>102.07020894999999</v>
+        <v>102.07030313999999</v>
       </c>
       <c r="C235" s="5">
-        <v>-6.8679800000097657E-3</v>
+        <v>-6.7727700000119739E-3</v>
       </c>
       <c r="D235" s="5">
-        <v>-8.0708883079982918E-2</v>
+        <v>-7.9590434374987584E-2</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>101.64790538</v>
+        <v>101.6479563</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.42230356999999685</v>
+        <v>-0.42234683999998879</v>
       </c>
       <c r="D236" s="5">
-        <v>-4.8534251705414704</v>
+        <v>-4.8539068214418446</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>101.02179719999999</v>
+        <v>101.02181681</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.62610818000000279</v>
+        <v>-0.62613948999999991</v>
       </c>
       <c r="D237" s="5">
-        <v>-7.1461574870399502</v>
+        <v>-7.146499368619752</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>100.94149525</v>
+        <v>100.94148568</v>
       </c>
       <c r="C238" s="5">
-        <v>-8.0301949999991962E-2</v>
+        <v>-8.0331130000004691E-2</v>
       </c>
       <c r="D238" s="5">
-        <v>-0.94971745759742099</v>
+        <v>-0.95006087293091346</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>100.90758835</v>
+        <v>100.90758735999999</v>
       </c>
       <c r="C239" s="5">
-        <v>-3.390690000000518E-2</v>
+        <v>-3.389832000000581E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>-0.40234388242558206</v>
+        <v>-0.40224229701871783</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>100.370377</v>
+        <v>100.37038577</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.53721134999999265</v>
+        <v>-0.53720158999999512</v>
       </c>
       <c r="D240" s="5">
-        <v>-6.2047721444161592</v>
+        <v>-6.2046627558580481</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>100.13768705</v>
+        <v>100.13768055</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.23268995000000814</v>
+        <v>-0.23270521999999971</v>
       </c>
       <c r="D241" s="5">
-        <v>-2.7467761003465263</v>
+        <v>-2.7469538250076586</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>100.55991233</v>
+        <v>100.55986446</v>
       </c>
       <c r="C242" s="5">
-        <v>0.42222528000000636</v>
+        <v>0.42218391000000111</v>
       </c>
       <c r="D242" s="5">
-        <v>5.1787392926635256</v>
+        <v>5.1782203957585926</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>100.44526215</v>
+        <v>100.44519226</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.11465017999999816</v>
+        <v>-0.11467220000000111</v>
       </c>
       <c r="D243" s="5">
-        <v>-1.3595951483467372</v>
+        <v>-1.3598552833037236</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>100.56176961</v>
+        <v>100.56160235999999</v>
       </c>
       <c r="C244" s="5">
-        <v>0.11650745999999401</v>
+        <v>0.11641009999999596</v>
       </c>
       <c r="D244" s="5">
-        <v>1.4008059548111795</v>
+        <v>1.3996288732954998</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>100.66724521</v>
+        <v>100.66720024</v>
       </c>
       <c r="C245" s="5">
-        <v>0.10547560000000544</v>
+        <v>0.10559788000000481</v>
       </c>
       <c r="D245" s="5">
-        <v>1.265922768279637</v>
+        <v>1.267400984744449</v>
       </c>
       <c r="E245" s="5">
-        <v>-1.9249086035259655</v>
+        <v>-1.924938503531004</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>100.49952111</v>
+        <v>100.49950878</v>
       </c>
       <c r="C246" s="5">
-        <v>-0.16772410000000093</v>
+        <v>-0.16769146000000035</v>
       </c>
       <c r="D246" s="5">
-        <v>-1.9811286201805944</v>
+        <v>-1.9807474841609496</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>100.68667799000001</v>
+        <v>100.68718551000001</v>
       </c>
       <c r="C247" s="5">
-        <v>0.18715688000000341</v>
+        <v>0.18767673000000684</v>
       </c>
       <c r="D247" s="5">
-        <v>2.2577513838310193</v>
+        <v>2.2640873826761609</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>101.12106654</v>
+        <v>101.12105893</v>
       </c>
       <c r="C248" s="5">
-        <v>0.43438854999999421</v>
+        <v>0.43387341999999762</v>
       </c>
       <c r="D248" s="5">
-        <v>5.3017411536793846</v>
+        <v>5.2952768811342477</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>101.55384712</v>
+        <v>101.5538165</v>
       </c>
       <c r="C249" s="5">
-        <v>0.4327805799999993</v>
+        <v>0.4327575699999926</v>
       </c>
       <c r="D249" s="5">
-        <v>5.2584243098710681</v>
+        <v>5.2581385227297162</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>102.49145000999999</v>
+        <v>102.49139175000001</v>
       </c>
       <c r="C250" s="5">
-        <v>0.93760288999999375</v>
+        <v>0.93757525000000896</v>
       </c>
       <c r="D250" s="5">
-        <v>11.659347592183767</v>
+        <v>11.658989939572241</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>101.98572375000001</v>
+        <v>101.98568655</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.50572625999998877</v>
+        <v>-0.5057052000000084</v>
       </c>
       <c r="D251" s="5">
-        <v>-5.7631115299863422</v>
+        <v>-5.7628811987443518</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>102.40961754</v>
+        <v>102.40961278</v>
       </c>
       <c r="C252" s="5">
-        <v>0.42389378999999394</v>
+        <v>0.4239262300000064</v>
       </c>
       <c r="D252" s="5">
-        <v>5.1032979716499893</v>
+        <v>5.103699395953698</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>102.42096492</v>
+        <v>102.42095753</v>
       </c>
       <c r="C253" s="5">
-        <v>1.1347380000003682E-2</v>
+        <v>1.1344749999992132E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>0.13304568255896321</v>
+        <v>0.13301483374903444</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>103.04796365999999</v>
+        <v>103.04790806</v>
       </c>
       <c r="C254" s="5">
-        <v>0.62699873999999056</v>
+        <v>0.626950530000002</v>
       </c>
       <c r="D254" s="5">
-        <v>7.5985978960188882</v>
+        <v>7.5979943967338537</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>103.78381407000001</v>
+        <v>103.78373259999999</v>
       </c>
       <c r="C255" s="5">
-        <v>0.73585041000001183</v>
+        <v>0.73582453999999586</v>
       </c>
       <c r="D255" s="5">
-        <v>8.913710919225748</v>
+        <v>8.9133901347205668</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>103.9324108</v>
+        <v>103.93208608</v>
       </c>
       <c r="C256" s="5">
-        <v>0.14859672999999418</v>
+        <v>0.14835348000001147</v>
       </c>
       <c r="D256" s="5">
-        <v>1.731744140232605</v>
+        <v>1.7288883518283837</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>104.43796652</v>
+        <v>104.43783213</v>
       </c>
       <c r="C257" s="5">
-        <v>0.50555572000000382</v>
+        <v>0.50574604999999906</v>
       </c>
       <c r="D257" s="5">
-        <v>5.995852427942161</v>
+        <v>5.998189725428027</v>
       </c>
       <c r="E257" s="5">
-        <v>3.7457281185493629</v>
+        <v>3.7456409644953448</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>105.28298936</v>
+        <v>105.28286946</v>
       </c>
       <c r="C258" s="5">
-        <v>0.84502283999999861</v>
+        <v>0.8450373299999967</v>
       </c>
       <c r="D258" s="5">
-        <v>10.153323437264895</v>
+        <v>10.153519013313028</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>105.00555309000001</v>
+        <v>105.00677347</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.27743626999999549</v>
+        <v>-0.27609599000000173</v>
       </c>
       <c r="D259" s="5">
-        <v>-3.1167474803743267</v>
+        <v>-3.1019106267967889</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>106.25108659999999</v>
+        <v>106.25099090000001</v>
       </c>
       <c r="C260" s="5">
-        <v>1.2455335099999871</v>
+        <v>1.2442174300000062</v>
       </c>
       <c r="D260" s="5">
-        <v>15.200233702947763</v>
+        <v>15.182923613489185</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>106.44680544000001</v>
+        <v>106.446699</v>
       </c>
       <c r="C261" s="5">
-        <v>0.19571884000001205</v>
+        <v>0.19570809999999028</v>
       </c>
       <c r="D261" s="5">
-        <v>2.2329816312646855</v>
+        <v>2.23285988474895</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>106.87244502999999</v>
+        <v>106.87233864</v>
       </c>
       <c r="C262" s="5">
-        <v>0.42563958999998874</v>
+        <v>0.42563963999999999</v>
       </c>
       <c r="D262" s="5">
-        <v>4.9052817680147687</v>
+        <v>4.9052873703162136</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>106.65718097</v>
+        <v>106.6570979</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.21526405999999554</v>
+        <v>-0.21524073999999871</v>
       </c>
       <c r="D263" s="5">
-        <v>-2.3904601175860463</v>
+        <v>-2.3902063689974273</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>107.06717102</v>
+        <v>107.06708068</v>
       </c>
       <c r="C264" s="5">
-        <v>0.40999005000000466</v>
+        <v>0.4099827800000071</v>
       </c>
       <c r="D264" s="5">
-        <v>4.7115824941708073</v>
+        <v>4.7115009210533465</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>107.66830677999999</v>
+        <v>107.66817657999999</v>
       </c>
       <c r="C265" s="5">
-        <v>0.60113575999999114</v>
+        <v>0.60109589999999002</v>
       </c>
       <c r="D265" s="5">
-        <v>6.949477469196097</v>
+        <v>6.9490083891689647</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>107.95450921</v>
+        <v>107.95482131</v>
       </c>
       <c r="C266" s="5">
-        <v>0.28620243000000301</v>
+        <v>0.28664473000000612</v>
       </c>
       <c r="D266" s="5">
-        <v>3.2368746961519479</v>
+        <v>3.2419544452833016</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>108.12605399</v>
+        <v>108.12580027</v>
       </c>
       <c r="C267" s="5">
-        <v>0.17154478000000495</v>
+        <v>0.17097895999999935</v>
       </c>
       <c r="D267" s="5">
-        <v>1.9236103530994031</v>
+        <v>1.9172045923794734</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>108.6889432</v>
+        <v>108.68832458</v>
       </c>
       <c r="C268" s="5">
-        <v>0.56288920999999448</v>
+        <v>0.56252431000000058</v>
       </c>
       <c r="D268" s="5">
-        <v>6.429040262728658</v>
+        <v>6.4247680974379051</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>108.96187232</v>
+        <v>108.96158785</v>
       </c>
       <c r="C269" s="5">
-        <v>0.27292912000000058</v>
+        <v>0.27326327000000106</v>
       </c>
       <c r="D269" s="5">
-        <v>3.0552910104260311</v>
+        <v>3.0591011648482214</v>
       </c>
       <c r="E269" s="5">
-        <v>4.3316678318642499</v>
+        <v>4.3315297031146782</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>108.88260237</v>
+        <v>108.88234660000001</v>
       </c>
       <c r="C270" s="5">
-        <v>-7.9269949999996925E-2</v>
+        <v>-7.9241249999995489E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>-0.86951741835477048</v>
+        <v>-0.86920612443618372</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>109.35731704</v>
+        <v>109.35925123</v>
       </c>
       <c r="C271" s="5">
-        <v>0.47471466999999734</v>
+        <v>0.47690462999999284</v>
       </c>
       <c r="D271" s="5">
-        <v>5.3591489701433126</v>
+        <v>5.3844834388367957</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>109.88313536</v>
+        <v>109.88286509</v>
       </c>
       <c r="C272" s="5">
-        <v>0.52581831999999906</v>
+        <v>0.52361385999999754</v>
       </c>
       <c r="D272" s="5">
-        <v>5.9249709942375439</v>
+        <v>5.8993660810471082</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>110.79364536999999</v>
+        <v>110.79341848999999</v>
       </c>
       <c r="C273" s="5">
-        <v>0.91051000999999587</v>
+        <v>0.91055339999999774</v>
       </c>
       <c r="D273" s="5">
-        <v>10.40931312268112</v>
+        <v>10.409858779876568</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>111.36725969</v>
+        <v>111.36718007</v>
       </c>
       <c r="C274" s="5">
-        <v>0.57361432000000434</v>
+        <v>0.57376158000000999</v>
       </c>
       <c r="D274" s="5">
-        <v>6.3927854575213772</v>
+        <v>6.3944871269677073</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>112.19752191000001</v>
+        <v>112.19763657</v>
       </c>
       <c r="C275" s="5">
-        <v>0.83026222000000871</v>
+        <v>0.83045649999999682</v>
       </c>
       <c r="D275" s="5">
-        <v>9.3223039416090678</v>
+        <v>9.3245825210883204</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>112.49160963</v>
+        <v>112.49191584</v>
       </c>
       <c r="C276" s="5">
-        <v>0.29408771999999317</v>
+        <v>0.29427927000000409</v>
       </c>
       <c r="D276" s="5">
-        <v>3.1911364011841803</v>
+        <v>3.1932416689442578</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>113.17493276</v>
+        <v>113.17507756000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.68332313000000511</v>
+        <v>0.68316172000000108</v>
       </c>
       <c r="D277" s="5">
-        <v>7.5378547512068739</v>
+        <v>7.5359931173204942</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>113.20893685</v>
+        <v>113.20961724</v>
       </c>
       <c r="C278" s="5">
-        <v>3.4004089999996268E-2</v>
+        <v>3.4539679999994632E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>0.36114362980861348</v>
+        <v>0.3668409950287721</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>114.01990429999999</v>
+        <v>114.01889591</v>
       </c>
       <c r="C279" s="5">
-        <v>0.8109674499999926</v>
+        <v>0.80927866999999765</v>
       </c>
       <c r="D279" s="5">
-        <v>8.9430482121294563</v>
+        <v>8.9236310085326167</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>113.2600235</v>
+        <v>113.2585639</v>
       </c>
       <c r="C280" s="5">
-        <v>-0.75988079999999059</v>
+        <v>-0.76033200999999906</v>
       </c>
       <c r="D280" s="5">
-        <v>-7.7106254043116218</v>
+        <v>-7.7151030521508845</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>114.2737721</v>
+        <v>114.27282647</v>
       </c>
       <c r="C281" s="5">
-        <v>1.0137485999999996</v>
+        <v>1.0142625699999996</v>
       </c>
       <c r="D281" s="5">
-        <v>11.285605162480316</v>
+        <v>11.291764431898477</v>
       </c>
       <c r="E281" s="5">
-        <v>4.8750078049319745</v>
+        <v>4.8744137496524065</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>115.13453912999999</v>
+        <v>115.13410019</v>
       </c>
       <c r="C282" s="5">
-        <v>0.860767029999991</v>
+        <v>0.8612737199999998</v>
       </c>
       <c r="D282" s="5">
-        <v>9.4230363863118107</v>
+        <v>9.4288964682196053</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>115.85945821</v>
+        <v>115.86170672</v>
       </c>
       <c r="C283" s="5">
-        <v>0.72491908000000649</v>
+        <v>0.72760653000000275</v>
       </c>
       <c r="D283" s="5">
-        <v>7.8227482012459992</v>
+        <v>7.8527954039909087</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>115.57964251999999</v>
+        <v>115.57998157999999</v>
       </c>
       <c r="C284" s="5">
-        <v>-0.27981569000000661</v>
+        <v>-0.28172514000000604</v>
       </c>
       <c r="D284" s="5">
-        <v>-2.8599677793684775</v>
+        <v>-2.8791686875278888</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>115.60044069</v>
+        <v>115.59952006</v>
       </c>
       <c r="C285" s="5">
-        <v>2.0798170000006166E-2</v>
+        <v>1.9538480000008462E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>0.2161498269142248</v>
+        <v>0.20304543471481029</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>115.83071172</v>
+        <v>115.83042388</v>
       </c>
       <c r="C286" s="5">
-        <v>0.23027102999999727</v>
+        <v>0.23090381999999465</v>
       </c>
       <c r="D286" s="5">
-        <v>2.4167103413834656</v>
+        <v>2.4234441579495947</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>116.570931</v>
+        <v>116.57180074999999</v>
       </c>
       <c r="C287" s="5">
-        <v>0.74021928000000514</v>
+        <v>0.7413768699999963</v>
       </c>
       <c r="D287" s="5">
-        <v>7.9439935986316934</v>
+        <v>7.9568778333134915</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>116.62246293</v>
+        <v>116.62469725</v>
       </c>
       <c r="C288" s="5">
-        <v>5.1531929999995896E-2</v>
+        <v>5.2896500000002789E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>0.53176969846582267</v>
+        <v>0.54588208615546918</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>116.79742919</v>
+        <v>116.79923263000001</v>
       </c>
       <c r="C289" s="5">
-        <v>0.17496626000000504</v>
+        <v>0.1745353800000089</v>
       </c>
       <c r="D289" s="5">
-        <v>1.815265159785695</v>
+        <v>1.8107229667491787</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>117.16161566</v>
+        <v>117.16295617</v>
       </c>
       <c r="C290" s="5">
-        <v>0.36418646999999282</v>
+        <v>0.36372353999999518</v>
       </c>
       <c r="D290" s="5">
-        <v>3.8065647831557969</v>
+        <v>3.8015832449228792</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>117.2989326</v>
+        <v>117.29628603</v>
       </c>
       <c r="C291" s="5">
-        <v>0.13731694000000516</v>
+        <v>0.13332986000000346</v>
       </c>
       <c r="D291" s="5">
-        <v>1.4155377516363199</v>
+        <v>1.3741633672289311</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>117.6257406</v>
+        <v>117.62174731</v>
       </c>
       <c r="C292" s="5">
-        <v>0.32680799999999977</v>
+        <v>0.32546127999999896</v>
       </c>
       <c r="D292" s="5">
-        <v>3.3950455447102845</v>
+        <v>3.3809184093693601</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>117.68868568000001</v>
+        <v>117.68534747</v>
       </c>
       <c r="C293" s="5">
-        <v>6.294508000000576E-2</v>
+        <v>6.3600159999992911E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>0.6440495574546512</v>
+        <v>0.65079439450694831</v>
       </c>
       <c r="E293" s="5">
-        <v>2.9883616487356823</v>
+        <v>2.9862926344049745</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>118.3985155</v>
+        <v>118.39647758</v>
       </c>
       <c r="C294" s="5">
-        <v>0.70982981999999595</v>
+        <v>0.71113010999999915</v>
       </c>
       <c r="D294" s="5">
-        <v>7.4826913774509674</v>
+        <v>7.4970769097705503</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>117.56843566000001</v>
+        <v>117.57379217</v>
       </c>
       <c r="C295" s="5">
-        <v>-0.83007983999999624</v>
+        <v>-0.82268540999999118</v>
       </c>
       <c r="D295" s="5">
-        <v>-8.0961321707860741</v>
+        <v>-8.0268779161986039</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>119.15131284</v>
+        <v>119.15137147999999</v>
       </c>
       <c r="C296" s="5">
-        <v>1.582877179999997</v>
+        <v>1.5775793099999902</v>
       </c>
       <c r="D296" s="5">
-        <v>17.407842433242806</v>
+        <v>17.344364126251133</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>119.23533063000001</v>
+        <v>119.23225659000001</v>
       </c>
       <c r="C297" s="5">
-        <v>8.4017790000004311E-2</v>
+        <v>8.0885110000011196E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>0.84945164151666308</v>
+        <v>0.8176603168966512</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>119.98295184</v>
+        <v>119.98179836</v>
       </c>
       <c r="C298" s="5">
-        <v>0.74762120999999127</v>
+        <v>0.74954176999999333</v>
       </c>
       <c r="D298" s="5">
-        <v>7.7891343491750309</v>
+        <v>7.8100490286634683</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>119.74969011</v>
+        <v>119.75181777</v>
       </c>
       <c r="C299" s="5">
-        <v>-0.23326172999999528</v>
+        <v>-0.22998058999999671</v>
       </c>
       <c r="D299" s="5">
-        <v>-2.3081642111276834</v>
+        <v>-2.2760599604032761</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>119.60854993</v>
+        <v>119.61687016</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.14114018000000783</v>
+        <v>-0.13494760999999755</v>
       </c>
       <c r="D300" s="5">
-        <v>-1.405219482798159</v>
+        <v>-1.3439229785748741</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>119.42243295</v>
+        <v>119.4274952</v>
       </c>
       <c r="C301" s="5">
-        <v>-0.18611697999999421</v>
+        <v>-0.1893749600000092</v>
       </c>
       <c r="D301" s="5">
-        <v>-1.8513630198752851</v>
+        <v>-1.8833596066629821</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>119.05209315</v>
+        <v>119.05755197000001</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.37033979999999644</v>
+        <v>-0.36994322999998985</v>
       </c>
       <c r="D302" s="5">
-        <v>-3.6584897764744384</v>
+        <v>-3.6544863885749179</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>120.09916407</v>
+        <v>120.10081124</v>
       </c>
       <c r="C303" s="5">
-        <v>1.0470709199999959</v>
+        <v>1.043259269999993</v>
       </c>
       <c r="D303" s="5">
-        <v>11.079876729361548</v>
+        <v>11.037048600159881</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>120.47587634</v>
+        <v>120.44998215</v>
       </c>
       <c r="C304" s="5">
-        <v>0.37671226999999874</v>
+        <v>0.349170909999998</v>
       </c>
       <c r="D304" s="5">
-        <v>3.8296316960914067</v>
+        <v>3.5451087588855845</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>121.13294424999999</v>
+        <v>121.13119965</v>
       </c>
       <c r="C305" s="5">
-        <v>0.65706790999999498</v>
+        <v>0.68121750000000247</v>
       </c>
       <c r="D305" s="5">
-        <v>6.7446582098098284</v>
+        <v>7.0018633945936548</v>
       </c>
       <c r="E305" s="5">
-        <v>2.9265842762192573</v>
+        <v>2.928021418196014</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>120.94103259000001</v>
+        <v>120.93849433</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.19191165999998816</v>
+        <v>-0.19270532000000173</v>
       </c>
       <c r="D306" s="5">
-        <v>-1.8846883006042425</v>
+        <v>-1.8924414689683977</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>121.6963885</v>
+        <v>121.70201056000001</v>
       </c>
       <c r="C307" s="5">
-        <v>0.75535590999999158</v>
+        <v>0.76351623000000757</v>
       </c>
       <c r="D307" s="5">
-        <v>7.7576755577218881</v>
+        <v>7.8445858982789884</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>121.48674645</v>
+        <v>121.48261497</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.20964204999999936</v>
+        <v>-0.21939559000000486</v>
       </c>
       <c r="D308" s="5">
-        <v>-2.0477234674898481</v>
+        <v>-2.1419527903382196</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>122.00925556999999</v>
+        <v>122.00314906</v>
       </c>
       <c r="C309" s="5">
-        <v>0.52250911999999516</v>
+        <v>0.52053408999999817</v>
       </c>
       <c r="D309" s="5">
-        <v>5.2850025230857023</v>
+        <v>5.264735960024125</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>123.13102805</v>
+        <v>123.1299629</v>
       </c>
       <c r="C310" s="5">
-        <v>1.1217724800000042</v>
+        <v>1.126813839999997</v>
       </c>
       <c r="D310" s="5">
-        <v>11.608363030918966</v>
+        <v>11.66382415962377</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>123.45397308</v>
+        <v>123.45916357999999</v>
       </c>
       <c r="C311" s="5">
-        <v>0.32294502999999963</v>
+        <v>0.32920067999999958</v>
       </c>
       <c r="D311" s="5">
-        <v>3.1931308167109096</v>
+        <v>3.2559248185566103</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>124.40676903000001</v>
+        <v>124.42319187</v>
       </c>
       <c r="C312" s="5">
-        <v>0.95279595000000938</v>
+        <v>0.96402829000000168</v>
       </c>
       <c r="D312" s="5">
-        <v>9.6648070629951519</v>
+        <v>9.7832528835158037</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>125.12029323</v>
+        <v>125.155653</v>
       </c>
       <c r="C313" s="5">
-        <v>0.71352419999999483</v>
+        <v>0.73246113000000435</v>
       </c>
       <c r="D313" s="5">
-        <v>7.1038070611170623</v>
+        <v>7.2974959873669309</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>126.15530619</v>
+        <v>126.16186164</v>
       </c>
       <c r="C314" s="5">
-        <v>1.0350129600000031</v>
+        <v>1.006208639999997</v>
       </c>
       <c r="D314" s="5">
-        <v>10.39088669021373</v>
+        <v>10.08582962774609</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>126.94138071</v>
+        <v>126.94201673000001</v>
       </c>
       <c r="C315" s="5">
-        <v>0.78607451999999967</v>
+        <v>0.78015509000000804</v>
       </c>
       <c r="D315" s="5">
-        <v>7.738853227218967</v>
+        <v>7.6781681213861974</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>127.35026429</v>
+        <v>127.29304009000001</v>
       </c>
       <c r="C316" s="5">
-        <v>0.40888357999999414</v>
+        <v>0.35102335999999923</v>
       </c>
       <c r="D316" s="5">
-        <v>3.9344673022841059</v>
+        <v>3.3692059637818295</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>126.37588733</v>
+        <v>126.36836262</v>
       </c>
       <c r="C317" s="5">
-        <v>-0.97437696000000074</v>
+        <v>-0.924677470000006</v>
       </c>
       <c r="D317" s="5">
-        <v>-8.8047101008981272</v>
+        <v>-8.3770237611165417</v>
       </c>
       <c r="E317" s="5">
-        <v>4.3282553003742397</v>
+        <v>4.323545861951672</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>128.03044664999999</v>
+        <v>128.01879004</v>
       </c>
       <c r="C318" s="5">
-        <v>1.65455931999999</v>
+        <v>1.6504274199999998</v>
       </c>
       <c r="D318" s="5">
-        <v>16.893001863952151</v>
+        <v>16.84881668197211</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>128.40446009999999</v>
+        <v>128.40321567999999</v>
       </c>
       <c r="C319" s="5">
-        <v>0.37401345000000674</v>
+        <v>0.38442563999998924</v>
       </c>
       <c r="D319" s="5">
-        <v>3.5624181191947546</v>
+        <v>3.6635754374050977</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>127.8453536</v>
+        <v>127.83126685000001</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.55910649999999862</v>
+        <v>-0.57194882999998242</v>
       </c>
       <c r="D320" s="5">
-        <v>-5.1017781607657913</v>
+        <v>-5.2161569717148133</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>129.34577207000001</v>
+        <v>129.33504060999999</v>
       </c>
       <c r="C321" s="5">
-        <v>1.5004184700000138</v>
+        <v>1.5037737599999872</v>
       </c>
       <c r="D321" s="5">
-        <v>15.02903211644011</v>
+        <v>15.066613076905643</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>129.22367126</v>
+        <v>129.22736409000001</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.12210081000000628</v>
+        <v>-0.10767651999998407</v>
       </c>
       <c r="D322" s="5">
-        <v>-1.1269222904473741</v>
+        <v>-0.99448537373557633</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>129.28913560999999</v>
+        <v>129.30938465</v>
       </c>
       <c r="C323" s="5">
-        <v>6.5464349999984961E-2</v>
+        <v>8.2020559999989473E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>0.6096133320133923</v>
+        <v>0.76430395537336882</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>130.01049517000001</v>
+        <v>130.05094869999999</v>
       </c>
       <c r="C324" s="5">
-        <v>0.72135956000002466</v>
+        <v>0.74156404999999381</v>
       </c>
       <c r="D324" s="5">
-        <v>6.9046425891199137</v>
+        <v>7.1030295446733005</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>130.3130481</v>
+        <v>130.39385716000001</v>
       </c>
       <c r="C325" s="5">
-        <v>0.30255292999999028</v>
+        <v>0.34290846000001807</v>
       </c>
       <c r="D325" s="5">
-        <v>2.8285924510111915</v>
+        <v>3.2103597829986841</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>130.43943576000001</v>
+        <v>130.45123296</v>
       </c>
       <c r="C326" s="5">
-        <v>0.12638766000000601</v>
+        <v>5.737579999998843E-2</v>
       </c>
       <c r="D326" s="5">
-        <v>1.1700811766631514</v>
+        <v>0.52930278107765627</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>130.52777838</v>
+        <v>130.52281418999999</v>
       </c>
       <c r="C327" s="5">
-        <v>8.8342619999991712E-2</v>
+        <v>7.1581229999992502E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>0.81575733379661841</v>
+        <v>0.66045512980645871</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>131.13036964</v>
+        <v>131.03016203000001</v>
       </c>
       <c r="C328" s="5">
-        <v>0.60259125999999696</v>
+        <v>0.50734784000002264</v>
       </c>
       <c r="D328" s="5">
-        <v>5.6827413436006946</v>
+        <v>4.7654755743885335</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>131.06298634000001</v>
+        <v>131.03690922000001</v>
       </c>
       <c r="C329" s="5">
-        <v>-6.7383299999988822E-2</v>
+        <v>6.7471899999986817E-3</v>
       </c>
       <c r="D329" s="5">
-        <v>-0.61489813666185666</v>
+        <v>6.1809596696149605E-2</v>
       </c>
       <c r="E329" s="5">
-        <v>3.7088554700002163</v>
+        <v>3.6943951027035959</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>131.92995590999999</v>
+        <v>131.89753168999999</v>
       </c>
       <c r="C330" s="5">
-        <v>0.86696956999998065</v>
+        <v>0.86062246999998138</v>
       </c>
       <c r="D330" s="5">
-        <v>8.2331492436500184</v>
+        <v>8.1723663014738435</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>131.36387041</v>
+        <v>131.34035270000001</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.56608549999998559</v>
+        <v>-0.55717898999998283</v>
       </c>
       <c r="D331" s="5">
-        <v>-5.0291727823484784</v>
+        <v>-4.9530645253888173</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>132.71741295000001</v>
+        <v>132.68564373999999</v>
       </c>
       <c r="C332" s="5">
-        <v>1.3535425400000065</v>
+        <v>1.345291039999978</v>
       </c>
       <c r="D332" s="5">
-        <v>13.089858518884379</v>
+        <v>13.007974605531381</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>132.69009539999999</v>
+        <v>132.67005915999999</v>
       </c>
       <c r="C333" s="5">
-        <v>-2.7317550000020674E-2</v>
+        <v>-1.5584579999995185E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>-0.24671950718698765</v>
+        <v>-0.14085487320478762</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>132.98936313999999</v>
+        <v>132.99983306999999</v>
       </c>
       <c r="C334" s="5">
-        <v>0.29926774000000478</v>
+        <v>0.32977391000000011</v>
       </c>
       <c r="D334" s="5">
-        <v>2.7402928436868423</v>
+        <v>3.0239215291660848</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>133.57332632000001</v>
+        <v>133.62312392999999</v>
       </c>
       <c r="C335" s="5">
-        <v>0.58396318000001202</v>
+        <v>0.62329085999999734</v>
       </c>
       <c r="D335" s="5">
-        <v>5.3984001244648638</v>
+        <v>5.7709240694390429</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>134.47434183999999</v>
+        <v>134.56213099000001</v>
       </c>
       <c r="C336" s="5">
-        <v>0.90101551999998719</v>
+        <v>0.93900706000002288</v>
       </c>
       <c r="D336" s="5">
-        <v>8.4017353602159552</v>
+        <v>8.7664177836084711</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>133.96418378000001</v>
+        <v>134.14936254</v>
       </c>
       <c r="C337" s="5">
-        <v>-0.51015805999998065</v>
+        <v>-0.41276845000001572</v>
       </c>
       <c r="D337" s="5">
-        <v>-4.4586662743234529</v>
+        <v>-3.619519925741399</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>133.85880861000001</v>
+        <v>133.87298867999999</v>
       </c>
       <c r="C338" s="5">
-        <v>-0.10537517000000207</v>
+        <v>-0.27637386000000674</v>
       </c>
       <c r="D338" s="5">
-        <v>-0.93983762113274416</v>
+        <v>-2.4444125458642163</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>133.47191178</v>
+        <v>133.41128671999999</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.38689683000001196</v>
+        <v>-0.46170195999999919</v>
       </c>
       <c r="D339" s="5">
-        <v>-3.4137933963309441</v>
+        <v>-4.0609605060778264</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>133.11410744</v>
+        <v>132.98255768000001</v>
       </c>
       <c r="C340" s="5">
-        <v>-0.35780434000000128</v>
+        <v>-0.42872903999997902</v>
       </c>
       <c r="D340" s="5">
-        <v>-3.1698866532859471</v>
+        <v>-3.788872418578848</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>133.92550541</v>
+        <v>133.86055832</v>
       </c>
       <c r="C341" s="5">
-        <v>0.81139797000000158</v>
+        <v>0.87800063999998201</v>
       </c>
       <c r="D341" s="5">
-        <v>7.5648842836022911</v>
+        <v>8.2169790308239889</v>
       </c>
       <c r="E341" s="5">
-        <v>2.1840789302435937</v>
+        <v>2.1548501996939695</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>133.44062721</v>
+        <v>133.36760458000001</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.48487819999999715</v>
+        <v>-0.49295373999999015</v>
       </c>
       <c r="D342" s="5">
-        <v>-4.259130491984731</v>
+        <v>-4.3306935685627153</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>133.94635987999999</v>
+        <v>133.89119890000001</v>
       </c>
       <c r="C343" s="5">
-        <v>0.50573266999998623</v>
+        <v>0.52359432000000083</v>
       </c>
       <c r="D343" s="5">
-        <v>4.6439425108252275</v>
+        <v>4.8142072916044887</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>134.59353926</v>
+        <v>134.53981189000001</v>
       </c>
       <c r="C344" s="5">
-        <v>0.64717938000001141</v>
+        <v>0.64861299000000372</v>
       </c>
       <c r="D344" s="5">
-        <v>5.9545405257929618</v>
+        <v>5.970608723513271</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>135.05244862000001</v>
+        <v>135.03019785000001</v>
       </c>
       <c r="C345" s="5">
-        <v>0.45890936000000693</v>
+        <v>0.49038595999999757</v>
       </c>
       <c r="D345" s="5">
-        <v>4.1691190753521568</v>
+        <v>4.4626537671619282</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>134.66535994</v>
+        <v>134.69140041</v>
       </c>
       <c r="C346" s="5">
-        <v>-0.38708868000000507</v>
+        <v>-0.33879744000000755</v>
       </c>
       <c r="D346" s="5">
-        <v>-3.3857466510184842</v>
+        <v>-2.9696556786515504</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>135.22533365000001</v>
+        <v>135.31775256</v>
       </c>
       <c r="C347" s="5">
-        <v>0.5599737100000084</v>
+        <v>0.62635215000000244</v>
       </c>
       <c r="D347" s="5">
-        <v>5.1056313697117828</v>
+        <v>5.7252919941587876</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>135.66743101</v>
+        <v>135.81654566</v>
       </c>
       <c r="C348" s="5">
-        <v>0.44209735999999111</v>
+        <v>0.49879310000000032</v>
       </c>
       <c r="D348" s="5">
-        <v>3.9945249840878549</v>
+        <v>4.5140920455766675</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>136.72386395999999</v>
+        <v>137.00030355999999</v>
       </c>
       <c r="C349" s="5">
-        <v>1.0564329499999872</v>
+        <v>1.1837578999999891</v>
       </c>
       <c r="D349" s="5">
-        <v>9.7550890333603757</v>
+        <v>10.975264195366719</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>136.1502643</v>
+        <v>136.17610847</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.57359965999998508</v>
+        <v>-0.82419508999998925</v>
       </c>
       <c r="D350" s="5">
-        <v>-4.919822702075427</v>
+        <v>-6.9850673672995356</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>136.77621804</v>
+        <v>136.66133199000001</v>
       </c>
       <c r="C351" s="5">
-        <v>0.62595373999999993</v>
+        <v>0.48522352000000524</v>
       </c>
       <c r="D351" s="5">
-        <v>5.6586913042213416</v>
+        <v>4.3606469277785553</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>136.68020663999999</v>
+        <v>136.51437516999999</v>
       </c>
       <c r="C352" s="5">
-        <v>-9.6011400000008962E-2</v>
+        <v>-0.14695682000001398</v>
       </c>
       <c r="D352" s="5">
-        <v>-0.83910716566856225</v>
+        <v>-1.2827983353411287</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>137.32256129999999</v>
+        <v>137.21417930999999</v>
       </c>
       <c r="C353" s="5">
-        <v>0.64235465999999519</v>
+        <v>0.69980413999999769</v>
       </c>
       <c r="D353" s="5">
-        <v>5.7877113044116912</v>
+        <v>6.3279108979690468</v>
       </c>
       <c r="E353" s="5">
-        <v>2.5365264664114706</v>
+        <v>2.5053092801114785</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>137.45289314999999</v>
+        <v>137.3338268</v>
       </c>
       <c r="C354" s="5">
-        <v>0.13033185000000458</v>
+        <v>0.11964749000000552</v>
       </c>
       <c r="D354" s="5">
-        <v>1.1448753004814405</v>
+        <v>1.0514042386526201</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>138.09277284000001</v>
+        <v>137.99615458</v>
       </c>
       <c r="C355" s="5">
-        <v>0.63987969000001499</v>
+        <v>0.66232777999999826</v>
       </c>
       <c r="D355" s="5">
-        <v>5.7315932097028899</v>
+        <v>5.9433134529997655</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>137.82302200999999</v>
+        <v>137.7439938</v>
       </c>
       <c r="C356" s="5">
-        <v>-0.26975083000002087</v>
+        <v>-0.25216077999999698</v>
       </c>
       <c r="D356" s="5">
-        <v>-2.3190626372853185</v>
+        <v>-2.1708595801217201</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>137.97626579999999</v>
+        <v>137.95303276999999</v>
       </c>
       <c r="C357" s="5">
-        <v>0.15324379000000476</v>
+        <v>0.20903896999999461</v>
       </c>
       <c r="D357" s="5">
-        <v>1.3424556905134333</v>
+        <v>1.8363860333506343</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>137.78873627999999</v>
+        <v>137.83167021</v>
       </c>
       <c r="C358" s="5">
-        <v>-0.18752951999999823</v>
+        <v>-0.12136255999999435</v>
       </c>
       <c r="D358" s="5">
-        <v>-1.6188350654141259</v>
+        <v>-1.0505928526142294</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>137.71992381999999</v>
+        <v>137.85316638</v>
       </c>
       <c r="C359" s="5">
-        <v>-6.8812460000003739E-2</v>
+        <v>2.1496170000006032E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>-0.59764332140610499</v>
+        <v>0.18731211912537127</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>137.49598899</v>
+        <v>137.69923996</v>
       </c>
       <c r="C360" s="5">
-        <v>-0.22393482999999037</v>
+        <v>-0.15392642000000478</v>
       </c>
       <c r="D360" s="5">
-        <v>-1.933863769144295</v>
+        <v>-1.3317180408886187</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>137.9850117</v>
+        <v>138.34785586000001</v>
       </c>
       <c r="C361" s="5">
-        <v>0.48902271000000042</v>
+        <v>0.64861590000001001</v>
       </c>
       <c r="D361" s="5">
-        <v>4.3524444004142016</v>
+        <v>5.8012199263189901</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>138.34809074</v>
+        <v>138.38380728000001</v>
       </c>
       <c r="C362" s="5">
-        <v>0.36307904000000235</v>
+        <v>3.5951420000003509E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>3.2036516234791534</v>
+        <v>0.31228107717637954</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>138.55965291000001</v>
+        <v>138.39202671999999</v>
       </c>
       <c r="C363" s="5">
-        <v>0.21156217000000765</v>
+        <v>8.21943999997643E-3</v>
       </c>
       <c r="D363" s="5">
-        <v>1.8505551083738858</v>
+        <v>7.1298448585710439E-2</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>139.07074833999999</v>
+        <v>138.91004348000001</v>
       </c>
       <c r="C364" s="5">
-        <v>0.51109542999998325</v>
+        <v>0.51801676000002317</v>
       </c>
       <c r="D364" s="5">
-        <v>4.5172701245388414</v>
+        <v>4.58536894112338</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>139.41140343999999</v>
+        <v>139.27601555999999</v>
       </c>
       <c r="C365" s="5">
-        <v>0.34065509999999222</v>
+        <v>0.3659720799999775</v>
       </c>
       <c r="D365" s="5">
-        <v>2.9793369978852624</v>
+        <v>3.2077332332174802</v>
       </c>
       <c r="E365" s="5">
-        <v>1.5211208706169099</v>
+        <v>1.5026408060509588</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>139.85550133999999</v>
+        <v>139.67386051</v>
       </c>
       <c r="C366" s="5">
-        <v>0.44409790000000271</v>
+        <v>0.39784495000000675</v>
       </c>
       <c r="D366" s="5">
-        <v>3.8903147935187121</v>
+        <v>3.4821961674267099</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>139.77953442</v>
+        <v>139.65006664000001</v>
       </c>
       <c r="C367" s="5">
-        <v>-7.5966919999984839E-2</v>
+        <v>-2.3793869999991557E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>-0.64987400841841625</v>
+        <v>-0.20423225157526481</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>135.63668177</v>
+        <v>135.51424291999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-4.1428526500000089</v>
+        <v>-4.135823720000019</v>
       </c>
       <c r="D368" s="5">
-        <v>-30.304810333583543</v>
+        <v>-30.285109348619887</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>78.926570100000006</v>
+        <v>78.921575551000004</v>
       </c>
       <c r="C369" s="5">
-        <v>-56.710111669999989</v>
+        <v>-56.592667368999983</v>
       </c>
       <c r="D369" s="5">
-        <v>-99.849286247740181</v>
+        <v>-99.847759695962907</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>91.875514334000002</v>
+        <v>91.906206491999995</v>
       </c>
       <c r="C370" s="5">
-        <v>12.948944233999995</v>
+        <v>12.984630940999992</v>
       </c>
       <c r="D370" s="5">
-        <v>519.03989462077959</v>
+        <v>521.99819824897384</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>103.95893617</v>
+        <v>104.08450306</v>
       </c>
       <c r="C371" s="5">
-        <v>12.083421835999999</v>
+        <v>12.178296568000007</v>
       </c>
       <c r="D371" s="5">
-        <v>340.49858683058477</v>
+        <v>345.1381223800696</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>101.90778960999999</v>
+        <v>102.08600901</v>
       </c>
       <c r="C372" s="5">
-        <v>-2.0511465600000065</v>
+        <v>-1.998494050000005</v>
       </c>
       <c r="D372" s="5">
-        <v>-21.26883788050543</v>
+        <v>-20.756831671479826</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>104.47819330999999</v>
+        <v>104.75991838</v>
       </c>
       <c r="C373" s="5">
-        <v>2.5704037</v>
+        <v>2.6739093700000041</v>
       </c>
       <c r="D373" s="5">
-        <v>34.840162068312949</v>
+        <v>36.378876575147643</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>109.61669644</v>
+        <v>109.66532352</v>
       </c>
       <c r="C374" s="5">
-        <v>5.1385031300000037</v>
+        <v>4.9054051399999992</v>
       </c>
       <c r="D374" s="5">
-        <v>77.915041296351674</v>
+        <v>73.176944695188013</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>112.88833743000001</v>
+        <v>112.76073568</v>
       </c>
       <c r="C375" s="5">
-        <v>3.2716409900000087</v>
+        <v>3.0954121599999951</v>
       </c>
       <c r="D375" s="5">
-        <v>42.320811248973442</v>
+        <v>39.657067317058889</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>115.29178833</v>
+        <v>115.18612587</v>
       </c>
       <c r="C376" s="5">
-        <v>2.4034508999999957</v>
+        <v>2.4253901900000017</v>
       </c>
       <c r="D376" s="5">
-        <v>28.763147727129269</v>
+        <v>29.094354848815883</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>115.92446894</v>
+        <v>115.81234213</v>
       </c>
       <c r="C377" s="5">
-        <v>0.6326806099999942</v>
+        <v>0.62621626000000674</v>
       </c>
       <c r="D377" s="5">
-        <v>6.7876112173121061</v>
+        <v>6.7225212156189151</v>
       </c>
       <c r="E377" s="5">
-        <v>-16.847211863919242</v>
+        <v>-16.846887337821535</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>116.27249457000001</v>
+        <v>116.08805812</v>
       </c>
       <c r="C378" s="5">
-        <v>0.3480256300000093</v>
+        <v>0.2757159899999948</v>
       </c>
       <c r="D378" s="5">
-        <v>3.6626964303324128</v>
+        <v>2.8945619355171592</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>114.23414544000001</v>
+        <v>114.10205006</v>
       </c>
       <c r="C379" s="5">
-        <v>-2.0383491300000003</v>
+        <v>-1.9860080600000032</v>
       </c>
       <c r="D379" s="5">
-        <v>-19.122565900556786</v>
+        <v>-18.703694313710827</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>117.78652651</v>
+        <v>117.63156493</v>
       </c>
       <c r="C380" s="5">
-        <v>3.5523810699999956</v>
+        <v>3.5295148699999999</v>
       </c>
       <c r="D380" s="5">
-        <v>44.409621891901722</v>
+        <v>44.133564864376098</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>120.2621516</v>
+        <v>120.24385718000001</v>
       </c>
       <c r="C381" s="5">
-        <v>2.4756250899999941</v>
+        <v>2.6122922500000101</v>
       </c>
       <c r="D381" s="5">
-        <v>28.351295637852104</v>
+        <v>30.157228367139034</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>122.39282233</v>
+        <v>122.40761156000001</v>
       </c>
       <c r="C382" s="5">
-        <v>2.1306707300000056</v>
+        <v>2.1637543800000003</v>
       </c>
       <c r="D382" s="5">
-        <v>23.459285902750015</v>
+        <v>23.864341656653941</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>123.82961348000001</v>
+        <v>123.97099463000001</v>
       </c>
       <c r="C383" s="5">
-        <v>1.4367911500000048</v>
+        <v>1.5633830700000004</v>
       </c>
       <c r="D383" s="5">
-        <v>15.033097231907334</v>
+        <v>16.450119730651981</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>125.91364849</v>
+        <v>126.17902958000001</v>
       </c>
       <c r="C384" s="5">
-        <v>2.0840350099999938</v>
+        <v>2.2080349499999983</v>
       </c>
       <c r="D384" s="5">
-        <v>22.174196508580813</v>
+        <v>23.596214336712041</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>126.83658473</v>
+        <v>127.20101218000001</v>
       </c>
       <c r="C385" s="5">
-        <v>0.92293623999999852</v>
+        <v>1.0219826000000012</v>
       </c>
       <c r="D385" s="5">
-        <v>9.1593080759834855</v>
+        <v>10.164231645567412</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>128.56303299999999</v>
+        <v>128.63899810000001</v>
       </c>
       <c r="C386" s="5">
-        <v>1.7264482699999917</v>
+        <v>1.4379859200000027</v>
       </c>
       <c r="D386" s="5">
-        <v>17.613951427723485</v>
+        <v>14.441879419792381</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>130.16901841000001</v>
+        <v>130.04536571</v>
       </c>
       <c r="C387" s="5">
-        <v>1.6059854100000166</v>
+        <v>1.4063676099999896</v>
       </c>
       <c r="D387" s="5">
-        <v>16.064189803754857</v>
+        <v>13.937523759994995</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>130.90855377</v>
+        <v>130.85314435000001</v>
       </c>
       <c r="C388" s="5">
-        <v>0.73953535999999076</v>
+        <v>0.80777864000000932</v>
       </c>
       <c r="D388" s="5">
-        <v>7.0347356445775722</v>
+        <v>7.7138111867647741</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>131.42521323</v>
+        <v>131.33644121</v>
       </c>
       <c r="C389" s="5">
-        <v>0.51665945999999963</v>
+        <v>0.48329685999999583</v>
       </c>
       <c r="D389" s="5">
-        <v>4.8402346247687023</v>
+        <v>4.5232664540615364</v>
       </c>
       <c r="E389" s="5">
-        <v>13.371417123353702</v>
+        <v>13.404529080824656</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>132.34317153999999</v>
+        <v>132.10182989</v>
       </c>
       <c r="C390" s="5">
-        <v>0.91795830999998884</v>
+        <v>0.76538868000000093</v>
       </c>
       <c r="D390" s="5">
-        <v>8.7111708789696873</v>
+        <v>7.2217948626632777</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>133.19987896999999</v>
+        <v>133.01485790999999</v>
       </c>
       <c r="C391" s="5">
-        <v>0.85670743000000016</v>
+        <v>0.91302801999998451</v>
       </c>
       <c r="D391" s="5">
-        <v>8.0506802916410649</v>
+        <v>8.6165128741334094</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>133.54390613999999</v>
+        <v>133.29369933000001</v>
       </c>
       <c r="C392" s="5">
-        <v>0.34402717000000393</v>
+        <v>0.27884142000002043</v>
       </c>
       <c r="D392" s="5">
-        <v>3.1437552161198257</v>
+        <v>2.5447890628108594</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>134.30271284</v>
+        <v>134.26126400000001</v>
       </c>
       <c r="C393" s="5">
-        <v>0.75880670000000805</v>
+        <v>0.96756467000000157</v>
       </c>
       <c r="D393" s="5">
-        <v>7.0356674470890557</v>
+        <v>9.0669890287231159</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>134.74288453</v>
+        <v>134.66166788000001</v>
       </c>
       <c r="C394" s="5">
-        <v>0.44017168999999967</v>
+        <v>0.40040387999999894</v>
       </c>
       <c r="D394" s="5">
-        <v>4.0046270425518671</v>
+        <v>3.6380164205987553</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>136.04403389999999</v>
+        <v>136.17946666</v>
       </c>
       <c r="C395" s="5">
-        <v>1.3011493699999903</v>
+        <v>1.5177987799999926</v>
       </c>
       <c r="D395" s="5">
-        <v>12.223530348940038</v>
+        <v>14.396220696578176</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>137.14679580000001</v>
+        <v>137.51431185000001</v>
       </c>
       <c r="C396" s="5">
-        <v>1.1027619000000186</v>
+        <v>1.33484519000001</v>
       </c>
       <c r="D396" s="5">
-        <v>10.172695559722067</v>
+        <v>12.417843751135793</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>137.77965598</v>
+        <v>138.16898272</v>
       </c>
       <c r="C397" s="5">
-        <v>0.63286017999999444</v>
+        <v>0.65467086999998969</v>
       </c>
       <c r="D397" s="5">
-        <v>5.6800880038007984</v>
+        <v>5.8648831486625808</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>138.00566039</v>
+        <v>138.13046256000001</v>
       </c>
       <c r="C398" s="5">
-        <v>0.2260044100000016</v>
+        <v>-3.8520159999990256E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>1.9862546848763207</v>
+        <v>-0.33403575266449659</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>138.06508375999999</v>
+        <v>138.01203099</v>
       </c>
       <c r="C399" s="5">
-        <v>5.9423369999990427E-2</v>
+        <v>-0.1184315700000127</v>
       </c>
       <c r="D399" s="5">
-        <v>0.51792919180979613</v>
+        <v>-1.0240291399025936</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>138.88505674999999</v>
+        <v>138.88148164</v>
       </c>
       <c r="C400" s="5">
-        <v>0.81997298999999657</v>
+        <v>0.86945065000000454</v>
       </c>
       <c r="D400" s="5">
-        <v>7.3643054136406816</v>
+        <v>7.827299530212195</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>138.34470440999999</v>
+        <v>138.30047827999999</v>
       </c>
       <c r="C401" s="5">
-        <v>-0.54035233999999832</v>
+        <v>-0.58100336000001107</v>
       </c>
       <c r="D401" s="5">
-        <v>-4.5701524714909514</v>
+        <v>-4.9062243184179728</v>
       </c>
       <c r="E401" s="5">
-        <v>5.264964773456815</v>
+        <v>5.3024408198063311</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>141.81797492000001</v>
+        <v>141.55797813000001</v>
       </c>
       <c r="C402" s="5">
-        <v>3.4732705100000203</v>
+        <v>3.2574998500000163</v>
       </c>
       <c r="D402" s="5">
-        <v>34.655742194763953</v>
+        <v>32.229400108896101</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>142.17061414</v>
+        <v>141.93609144000001</v>
       </c>
       <c r="C403" s="5">
-        <v>0.35263921999998615</v>
+        <v>0.37811331000000337</v>
       </c>
       <c r="D403" s="5">
-        <v>3.0250225581932577</v>
+        <v>3.2528120644106595</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>142.99479790999999</v>
+        <v>142.66419174999999</v>
       </c>
       <c r="C404" s="5">
-        <v>0.82418376999999055</v>
+        <v>0.72810030999997366</v>
       </c>
       <c r="D404" s="5">
-        <v>7.1827229771174173</v>
+        <v>6.3324114618528382</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>141.55838603000001</v>
+        <v>141.42850923</v>
       </c>
       <c r="C405" s="5">
-        <v>-1.4364118799999801</v>
+        <v>-1.2356825199999832</v>
       </c>
       <c r="D405" s="5">
-        <v>-11.410067807934832</v>
+        <v>-9.9126525573006159</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>140.72535323</v>
+        <v>140.52089778999999</v>
       </c>
       <c r="C406" s="5">
-        <v>-0.83303280000001223</v>
+        <v>-0.90761144000001082</v>
       </c>
       <c r="D406" s="5">
-        <v>-6.837541584231122</v>
+        <v>-7.4348675108199096</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>142.69630979999999</v>
+        <v>142.80732318</v>
       </c>
       <c r="C407" s="5">
-        <v>1.9709565699999985</v>
+        <v>2.2864253900000051</v>
       </c>
       <c r="D407" s="5">
-        <v>18.163878353552665</v>
+        <v>21.370950822140045</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>142.46163439</v>
+        <v>142.93345574</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.23467540999999414</v>
+        <v>0.12613256000000206</v>
       </c>
       <c r="D408" s="5">
-        <v>-1.9557421287144106</v>
+        <v>1.0650470115583621</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>143.04509938999999</v>
+        <v>143.47476055000001</v>
       </c>
       <c r="C409" s="5">
-        <v>0.58346499999998969</v>
+        <v>0.54130481000001396</v>
       </c>
       <c r="D409" s="5">
-        <v>5.026945741072919</v>
+        <v>4.6403965106625478</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>143.59105729000001</v>
+        <v>143.75891668</v>
       </c>
       <c r="C410" s="5">
-        <v>0.54595790000001898</v>
+        <v>0.2841561299999853</v>
       </c>
       <c r="D410" s="5">
-        <v>4.6773968608729843</v>
+        <v>2.4026967018944578</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>143.57152020999999</v>
+        <v>143.59109999</v>
       </c>
       <c r="C411" s="5">
-        <v>-1.9537080000020524E-2</v>
+        <v>-0.16781668999999511</v>
       </c>
       <c r="D411" s="5">
-        <v>-0.16315054784381555</v>
+        <v>-1.3918587262765625</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>144.16980964999999</v>
+        <v>144.22486438999999</v>
       </c>
       <c r="C412" s="5">
-        <v>0.59828944000000206</v>
+        <v>0.63376439999998979</v>
       </c>
       <c r="D412" s="5">
-        <v>5.1168440019039085</v>
+        <v>5.4268915488819847</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>144.12972006000001</v>
+        <v>144.14234585</v>
       </c>
       <c r="C413" s="5">
-        <v>-4.008958999997958E-2</v>
+        <v>-8.2518539999995255E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>-0.33317655642507438</v>
+        <v>-0.68442591493363958</v>
       </c>
       <c r="E413" s="5">
-        <v>4.1815952946456791</v>
+        <v>4.2240400341730489</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>144.52005291</v>
+        <v>144.24840610000001</v>
       </c>
       <c r="C414" s="5">
-        <v>0.39033284999999296</v>
+        <v>0.10606025000001296</v>
       </c>
       <c r="D414" s="5">
-        <v>3.2986927148996426</v>
+        <v>0.88654464723532111</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>144.87224839000001</v>
+        <v>144.60243856</v>
       </c>
       <c r="C415" s="5">
-        <v>0.352195480000006</v>
+        <v>0.35403245999998489</v>
       </c>
       <c r="D415" s="5">
-        <v>2.9639183072224462</v>
+        <v>2.9852734688399662</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>144.70613903</v>
+        <v>144.30827017999999</v>
       </c>
       <c r="C416" s="5">
-        <v>-0.1661093600000072</v>
+        <v>-0.29416838000000212</v>
       </c>
       <c r="D416" s="5">
-        <v>-1.3672666256587362</v>
+        <v>-2.4140606132086906</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>145.27854912000001</v>
+        <v>145.06044009999999</v>
       </c>
       <c r="C417" s="5">
-        <v>0.57241009000000531</v>
+        <v>0.75216992000000005</v>
       </c>
       <c r="D417" s="5">
-        <v>4.8514533390453085</v>
+        <v>6.4371503778904549</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>145.20664121999999</v>
+        <v>144.85874149</v>
       </c>
       <c r="C418" s="5">
-        <v>-7.1907900000013569E-2</v>
+        <v>-0.20169860999999401</v>
       </c>
       <c r="D418" s="5">
-        <v>-0.59234457409284014</v>
+        <v>-1.6558333073310783</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>144.49980189999999</v>
+        <v>144.60996965999999</v>
       </c>
       <c r="C419" s="5">
-        <v>-0.70683932000000027</v>
+        <v>-0.24877183000000969</v>
       </c>
       <c r="D419" s="5">
-        <v>-5.6874989084474636</v>
+        <v>-2.0414548702742286</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>143.3863236</v>
+        <v>143.94705884000001</v>
       </c>
       <c r="C420" s="5">
-        <v>-1.113478299999997</v>
+        <v>-0.66291081999997914</v>
       </c>
       <c r="D420" s="5">
-        <v>-8.8648872028812882</v>
+        <v>-5.3643589366034528</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>143.90689061</v>
+        <v>144.35403980999999</v>
       </c>
       <c r="C421" s="5">
-        <v>0.52056701000000771</v>
+        <v>0.40698096999997802</v>
       </c>
       <c r="D421" s="5">
-        <v>4.444678689989856</v>
+        <v>3.4460135875224118</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>145.47923441</v>
+        <v>145.69596566999999</v>
       </c>
       <c r="C422" s="5">
-        <v>1.5723437999999987</v>
+        <v>1.3419258600000035</v>
       </c>
       <c r="D422" s="5">
-        <v>13.928665079955117</v>
+        <v>11.743689836077476</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>146.50207458</v>
+        <v>146.59181548999999</v>
       </c>
       <c r="C423" s="5">
-        <v>1.0228401699999949</v>
+        <v>0.89584981999999513</v>
       </c>
       <c r="D423" s="5">
-        <v>8.7710230406785605</v>
+        <v>7.6332281837551141</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>146.47381933</v>
+        <v>146.56675605000001</v>
       </c>
       <c r="C424" s="5">
-        <v>-2.8255250000000842E-2</v>
+        <v>-2.5059439999978395E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>-0.23119369937447676</v>
+        <v>-0.20494371173388481</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>147.04392124</v>
+        <v>147.08495533000001</v>
       </c>
       <c r="C425" s="5">
-        <v>0.57010191000000532</v>
+        <v>0.51819928000000459</v>
       </c>
       <c r="D425" s="5">
-        <v>4.7719036554120464</v>
+        <v>4.3261849522999496</v>
       </c>
       <c r="E425" s="5">
-        <v>2.0219293972033148</v>
+        <v>2.0414607953322728</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>146.74174112</v>
+        <v>146.90389751999999</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.30218012000000272</v>
+        <v>-0.18105781000002708</v>
       </c>
       <c r="D426" s="5">
-        <v>-2.43835686706666</v>
+        <v>-1.467209199069841</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>146.28842501</v>
+        <v>146.53557412999999</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.45331611000000294</v>
+        <v>-0.36832339000000047</v>
       </c>
       <c r="D427" s="5">
-        <v>-3.644711296565839</v>
+        <v>-2.9675440234513073</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>146.98803938</v>
+        <v>147.14920995</v>
       </c>
       <c r="C428" s="5">
-        <v>0.69961437000000615</v>
+        <v>0.61363582000001315</v>
       </c>
       <c r="D428" s="5">
-        <v>5.8923031805350412</v>
+        <v>5.1425180046988705</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>147.59258048000001</v>
+        <v>148.86876315000001</v>
       </c>
       <c r="C429" s="5">
-        <v>0.60454110000000583</v>
+        <v>1.7195532000000071</v>
       </c>
       <c r="D429" s="5">
-        <v>5.0486188164441836</v>
+        <v>14.960262058307139</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>147.98238003</v>
+        <v>147.98015713999999</v>
       </c>
       <c r="C430" s="5">
-        <v>0.38979954999999222</v>
+        <v>-0.88860601000001793</v>
       </c>
       <c r="D430" s="5">
-        <v>3.2157050374731044</v>
+        <v>-6.9323284549044679</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>148.48691276</v>
+        <v>146.22905442999999</v>
       </c>
       <c r="C431" s="5">
-        <v>0.50453272999999399</v>
+        <v>-1.7511027099999978</v>
       </c>
       <c r="D431" s="5">
-        <v>4.1688905589648551</v>
+        <v>-13.311347868633883</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>149.38443246</v>
+        <v>146.93361686</v>
       </c>
       <c r="C432" s="5">
-        <v>0.8975197000000037</v>
+        <v>0.70456243000000995</v>
       </c>
       <c r="D432" s="5">
-        <v>7.499381153619189</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>5.937560869703673</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>149.27471051000001</v>
+        <v>146.82569502000001</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.10972194999999374</v>
+        <v>-0.10792183999998883</v>
       </c>
       <c r="D433" s="5">
-        <v>-0.87784077147260442</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.87784076366360653</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>149.55402033999999</v>
+        <v>147.10042246</v>
       </c>
       <c r="C434" s="5">
-        <v>0.27930982999998832</v>
+        <v>0.27472743999999238</v>
       </c>
       <c r="D434" s="5">
-        <v>2.268587173866754</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.2685871268917301</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>146.01245771000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-1.0879647499999976</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-8.5230040901680191</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>144.27312750999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-1.7393302000000119</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-13.394310628002248</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>144.81120296</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.538075450000008</v>
+      </c>
+      <c r="D437" s="5">
+        <v>4.5684278265442746</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-1.5458769150785145</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>