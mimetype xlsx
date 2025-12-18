--- v0 (2025-10-17)
+++ v1 (2025-12-18)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D28F05AD-3968-454D-B032-634F923C20F5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{8A7A5858-1242-4964-94DA-6A1FB099EE6A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{B9E4D245-567C-4168-8569-D69354E42FFE}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1CB0C92C-AB2E-4D17-9F96-3BEACA95BA81}"/>
   </bookViews>
   <sheets>
     <sheet name="sanmanua" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Manufacturing Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{81ED7E20-05F9-499D-924A-3F1754BF1069}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{855089BF-4EA7-4758-A8B7-454263790388}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>7.4614541999999062E-2</v>
       </c>
       <c r="D431" s="5">
         <v>1.4533320110193593</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>62.458064888000003</v>
       </c>
       <c r="C432" s="5">
         <v>0.3657459920000008</v>
       </c>
       <c r="D432" s="5">
         <v>7.3019817679076171</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>62.347761083999998</v>
+        <v>62.330866479000001</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.11030380400000439</v>
+        <v>-0.12719840900000179</v>
       </c>
       <c r="D433" s="5">
-        <v>-2.0987908175180925</v>
+        <v>-2.4166606630369625</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>62.190586846999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.14027963200000215</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-2.6674975863631656</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>