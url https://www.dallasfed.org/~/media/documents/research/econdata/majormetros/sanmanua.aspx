--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{8A7A5858-1242-4964-94DA-6A1FB099EE6A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A7EDB9EF-0910-4921-A13A-CF0FCCCBAFB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1CB0C92C-AB2E-4D17-9F96-3BEACA95BA81}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C1062CD2-CBDA-4979-B630-B3AC0A52587D}"/>
   </bookViews>
   <sheets>
     <sheet name="sanmanua" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Manufacturing Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{855089BF-4EA7-4758-A8B7-454263790388}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A1DFF238-7B56-4FF5-82BA-4D2436FB0526}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>45.890100207000003</v>
+        <v>45.890343610000002</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>45.946734405000001</v>
+        <v>45.946706585999998</v>
       </c>
       <c r="C7" s="5">
-        <v>5.6634197999997582E-2</v>
+        <v>5.6362975999995513E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>1.4910457628910967</v>
+        <v>1.4838488946365525</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>45.623735814</v>
+        <v>45.623820145000003</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.32299859100000106</v>
+        <v>-0.32288644099999431</v>
       </c>
       <c r="D8" s="5">
-        <v>-8.1171779387355425</v>
+        <v>-8.1144722853402573</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>45.885478167000002</v>
+        <v>45.884876601000002</v>
       </c>
       <c r="C9" s="5">
-        <v>0.26174235300000248</v>
+        <v>0.2610564559999986</v>
       </c>
       <c r="D9" s="5">
-        <v>7.1058065830258199</v>
+        <v>7.0865824130634358</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>44.890746907999997</v>
+        <v>44.891181240999998</v>
       </c>
       <c r="C10" s="5">
-        <v>-0.99473125900000525</v>
+        <v>-0.9936953600000038</v>
       </c>
       <c r="D10" s="5">
-        <v>-23.126114001976372</v>
+        <v>-23.105091776958776</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>44.945598017999998</v>
+        <v>44.945882441000002</v>
       </c>
       <c r="C11" s="5">
-        <v>5.4851110000001313E-2</v>
+        <v>5.470120000000378E-2</v>
       </c>
       <c r="D11" s="5">
-        <v>1.4761500959465046</v>
+        <v>1.4720743113677992</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>43.938232485</v>
+        <v>43.937083708999999</v>
       </c>
       <c r="C12" s="5">
-        <v>-1.007365532999998</v>
+        <v>-1.0087987320000025</v>
       </c>
       <c r="D12" s="5">
-        <v>-23.815779125136672</v>
+        <v>-23.845461172680405</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>44.607369464000001</v>
+        <v>44.60764004</v>
       </c>
       <c r="C13" s="5">
-        <v>0.66913697900000102</v>
+        <v>0.67055633100000023</v>
       </c>
       <c r="D13" s="5">
-        <v>19.885972270141906</v>
+        <v>19.932321417726008</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>44.494699003000001</v>
+        <v>44.494946609000003</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.11267046100000044</v>
+        <v>-0.11269343099999674</v>
       </c>
       <c r="D14" s="5">
-        <v>-2.989237240984699</v>
+        <v>-2.9898203266104484</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>44.763398248000001</v>
+        <v>44.763529159000001</v>
       </c>
       <c r="C15" s="5">
-        <v>0.26869924500000053</v>
+        <v>0.26858254999999787</v>
       </c>
       <c r="D15" s="5">
-        <v>7.4922883370597049</v>
+        <v>7.4888826204823067</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>44.619204521</v>
+        <v>44.619265067000001</v>
       </c>
       <c r="C16" s="5">
-        <v>-0.1441937270000011</v>
+        <v>-0.14426409200000023</v>
       </c>
       <c r="D16" s="5">
-        <v>-3.7977359077534079</v>
+        <v>-3.7995455213280072</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>44.623595784000003</v>
+        <v>44.623648070999998</v>
       </c>
       <c r="C17" s="5">
-        <v>4.3912630000022546E-3</v>
+        <v>4.3830039999974701E-3</v>
       </c>
       <c r="D17" s="5">
-        <v>0.11816366810368795</v>
+        <v>0.11794114801944033</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>44.906801264999999</v>
+        <v>44.907008058000002</v>
       </c>
       <c r="C18" s="5">
-        <v>0.28320548099999598</v>
+        <v>0.28335998700000431</v>
       </c>
       <c r="D18" s="5">
-        <v>7.887392849798891</v>
+        <v>7.8918377201858236</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>44.149643443000002</v>
+        <v>44.149613541000001</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.75715782199999637</v>
+        <v>-0.7573945170000016</v>
       </c>
       <c r="D19" s="5">
-        <v>-18.458076365107566</v>
+        <v>-18.46324486427703</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>44.105954873000002</v>
+        <v>44.106020921000002</v>
       </c>
       <c r="C20" s="5">
-        <v>-4.3688570000000482E-2</v>
+        <v>-4.3592619999998306E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>-1.1810262951637007</v>
+        <v>-1.178447357332546</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>43.948860525000001</v>
+        <v>43.948347515999998</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.1570943480000011</v>
+        <v>-0.15767340500000415</v>
       </c>
       <c r="D21" s="5">
-        <v>-4.1913571616529648</v>
+        <v>-4.2064980393188396</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>44.074019339000003</v>
+        <v>44.074390698000002</v>
       </c>
       <c r="C22" s="5">
-        <v>0.12515881400000239</v>
+        <v>0.12604318200000364</v>
       </c>
       <c r="D22" s="5">
-        <v>3.471432327638202</v>
+        <v>3.4963910300539025</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>44.342103137999999</v>
+        <v>44.342354010000001</v>
       </c>
       <c r="C23" s="5">
-        <v>0.26808379899999579</v>
+        <v>0.26796331199999912</v>
       </c>
       <c r="D23" s="5">
-        <v>7.5483021572006148</v>
+        <v>7.5447297170512462</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>44.030953756000002</v>
+        <v>44.029935219000002</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.31114938199999642</v>
+        <v>-0.31241879099999892</v>
       </c>
       <c r="D24" s="5">
-        <v>-8.1029308775631073</v>
+        <v>-8.1346742072894944</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>44.620685258999998</v>
+        <v>44.620935787999997</v>
       </c>
       <c r="C25" s="5">
-        <v>0.58973150299999588</v>
+        <v>0.59100056899999487</v>
       </c>
       <c r="D25" s="5">
-        <v>17.310723646064762</v>
+        <v>17.351198863357141</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>44.981111460999998</v>
+        <v>44.981334158999999</v>
       </c>
       <c r="C26" s="5">
-        <v>0.36042620199999931</v>
+        <v>0.36039837100000227</v>
       </c>
       <c r="D26" s="5">
-        <v>10.135508542445448</v>
+        <v>10.134631366789982</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>44.559544766000002</v>
+        <v>44.559658532</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.42156669499999566</v>
+        <v>-0.42167562699999905</v>
       </c>
       <c r="D27" s="5">
-        <v>-10.684516326075656</v>
+        <v>-10.687086206968754</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>44.740019367000002</v>
+        <v>44.74007151</v>
       </c>
       <c r="C28" s="5">
-        <v>0.18047460100000023</v>
+        <v>0.18041297799999967</v>
       </c>
       <c r="D28" s="5">
-        <v>4.9699691243059618</v>
+        <v>4.9682211951252553</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>44.849616978</v>
+        <v>44.849669687000002</v>
       </c>
       <c r="C29" s="5">
-        <v>0.1095976109999981</v>
+        <v>0.10959817700000229</v>
       </c>
       <c r="D29" s="5">
-        <v>2.9795164995862544</v>
+        <v>2.9795285752855394</v>
       </c>
       <c r="E29" s="5">
-        <v>0.50650600882558017</v>
+        <v>0.50650636102271829</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>44.939374669999999</v>
+        <v>44.939515491000002</v>
       </c>
       <c r="C30" s="5">
-        <v>8.9757691999999167E-2</v>
+        <v>8.9845803999999418E-2</v>
       </c>
       <c r="D30" s="5">
-        <v>2.4281756707164703</v>
+        <v>2.4305827624491183</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>44.971297216000004</v>
+        <v>44.971268064999997</v>
       </c>
       <c r="C31" s="5">
-        <v>3.1922546000004104E-2</v>
+        <v>3.1752573999995093E-2</v>
       </c>
       <c r="D31" s="5">
-        <v>0.85575450401398356</v>
+        <v>0.85117762935043029</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>45.079011923000003</v>
+        <v>45.079041943</v>
       </c>
       <c r="C32" s="5">
-        <v>0.10771470699999952</v>
+        <v>0.10777387800000326</v>
       </c>
       <c r="D32" s="5">
-        <v>2.9123931248905777</v>
+        <v>2.9140160520666036</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>45.227516723000001</v>
+        <v>45.227189594000002</v>
       </c>
       <c r="C33" s="5">
-        <v>0.14850479999999777</v>
+        <v>0.14814765100000216</v>
       </c>
       <c r="D33" s="5">
-        <v>4.0256062122177028</v>
+        <v>4.0157463855317044</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>45.343643182000001</v>
+        <v>45.343859901000002</v>
       </c>
       <c r="C34" s="5">
-        <v>0.11612645900000018</v>
+        <v>0.1166703069999997</v>
       </c>
       <c r="D34" s="5">
-        <v>3.1250133508342159</v>
+        <v>3.1398798409356443</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>45.429895270000003</v>
+        <v>45.430055246000002</v>
       </c>
       <c r="C35" s="5">
-        <v>8.6252088000001947E-2</v>
+        <v>8.6195345000000145E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>2.3066573352064079</v>
+        <v>2.3051128122131503</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>45.623255882000002</v>
+        <v>45.622543962000002</v>
       </c>
       <c r="C36" s="5">
-        <v>0.19336061199999932</v>
+        <v>0.19248871599999973</v>
       </c>
       <c r="D36" s="5">
-        <v>5.2287655338616679</v>
+        <v>5.2046172682797209</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>45.742007371</v>
+        <v>45.742192557000003</v>
       </c>
       <c r="C37" s="5">
-        <v>0.11875148899999743</v>
+        <v>0.11964859500000102</v>
       </c>
       <c r="D37" s="5">
-        <v>3.1685510877189627</v>
+        <v>3.1928847222741918</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>45.952639525999999</v>
+        <v>45.952795068</v>
       </c>
       <c r="C38" s="5">
-        <v>0.21063215499999899</v>
+        <v>0.21060251099999761</v>
       </c>
       <c r="D38" s="5">
-        <v>5.6678604563920487</v>
+        <v>5.6670189376389235</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>46.148174726000001</v>
+        <v>46.148261513999998</v>
       </c>
       <c r="C39" s="5">
-        <v>0.19553520000000191</v>
+        <v>0.19546644599999752</v>
       </c>
       <c r="D39" s="5">
-        <v>5.2273881564725677</v>
+        <v>5.2254887884742862</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>46.559729349000001</v>
+        <v>46.559774541000003</v>
       </c>
       <c r="C40" s="5">
-        <v>0.41155462300000067</v>
+        <v>0.41151302700000514</v>
       </c>
       <c r="D40" s="5">
-        <v>11.24257310838923</v>
+        <v>11.241358329751305</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>46.382667740000002</v>
+        <v>46.382713606000003</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.17706160899999901</v>
+        <v>-0.17706093500000009</v>
       </c>
       <c r="D41" s="5">
-        <v>-4.4692206063917217</v>
+        <v>-4.4691997005770201</v>
       </c>
       <c r="E41" s="5">
-        <v>3.4182025740643551</v>
+        <v>3.4181832992280947</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>46.995277229999999</v>
+        <v>46.995352539000002</v>
       </c>
       <c r="C42" s="5">
-        <v>0.61260948999999698</v>
+        <v>0.6126389329999995</v>
       </c>
       <c r="D42" s="5">
-        <v>17.052826325495161</v>
+        <v>17.05368823819331</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>47.706980707</v>
+        <v>47.706958057000001</v>
       </c>
       <c r="C43" s="5">
-        <v>0.71170347700000036</v>
+        <v>0.71160551799999894</v>
       </c>
       <c r="D43" s="5">
-        <v>19.765736462381888</v>
+        <v>19.762751095788932</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>47.672175207999999</v>
+        <v>47.672179282000002</v>
       </c>
       <c r="C44" s="5">
-        <v>-3.480549900000085E-2</v>
+        <v>-3.4778774999999484E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>-0.87197746259592979</v>
+        <v>-0.87131104401162451</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>47.493571893999999</v>
+        <v>47.493407157</v>
       </c>
       <c r="C45" s="5">
-        <v>-0.17860331400000007</v>
+        <v>-0.17877212500000184</v>
       </c>
       <c r="D45" s="5">
-        <v>-4.4042960404639953</v>
+        <v>-4.4083730125289549</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>47.289008613</v>
+        <v>47.289092834000002</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.20456328099999865</v>
+        <v>-0.20431432299999841</v>
       </c>
       <c r="D46" s="5">
-        <v>-5.0479131585211672</v>
+        <v>-5.0419314377080475</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>47.003139152999999</v>
+        <v>47.003213088000003</v>
       </c>
       <c r="C47" s="5">
-        <v>-0.28586946000000069</v>
+        <v>-0.2858797459999991</v>
       </c>
       <c r="D47" s="5">
-        <v>-7.0177926305024059</v>
+        <v>-7.0180247185863021</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>47.118641232999998</v>
+        <v>47.118260548000002</v>
       </c>
       <c r="C48" s="5">
-        <v>0.11550207999999884</v>
+        <v>0.11504745999999955</v>
       </c>
       <c r="D48" s="5">
-        <v>2.9889743909432775</v>
+        <v>2.9770461186283015</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>47.390702746000002</v>
+        <v>47.390815140999997</v>
       </c>
       <c r="C49" s="5">
-        <v>0.27206151300000414</v>
+        <v>0.27255459299999529</v>
       </c>
       <c r="D49" s="5">
-        <v>7.1530871465984802</v>
+        <v>7.1665262516888095</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>47.242058106999998</v>
+        <v>47.242144611999997</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.14864463900000402</v>
+        <v>-0.14867052900000033</v>
       </c>
       <c r="D50" s="5">
-        <v>-3.6996361897195906</v>
+        <v>-3.7002608671508952</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>47.112023479999998</v>
+        <v>47.112078337</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.13003462700000057</v>
+        <v>-0.13006627499999723</v>
       </c>
       <c r="D51" s="5">
-        <v>-3.2534739034697058</v>
+        <v>-3.2542479176954076</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>47.188591504999998</v>
+        <v>47.188619813999999</v>
       </c>
       <c r="C52" s="5">
-        <v>7.6568025000000262E-2</v>
+        <v>7.6541476999999247E-2</v>
       </c>
       <c r="D52" s="5">
-        <v>1.9678077650743697</v>
+        <v>1.9671170589535825</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>47.334324189999997</v>
+        <v>47.334357592000003</v>
       </c>
       <c r="C53" s="5">
-        <v>0.1457326849999987</v>
+        <v>0.14573777800000443</v>
       </c>
       <c r="D53" s="5">
-        <v>3.7695648264693515</v>
+        <v>3.7696965092144818</v>
       </c>
       <c r="E53" s="5">
-        <v>2.0517501393721993</v>
+        <v>2.0517212383988293</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>46.924416460000003</v>
+        <v>46.924431892999998</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.40990772999999336</v>
+        <v>-0.40992569900000575</v>
       </c>
       <c r="D54" s="5">
-        <v>-9.9108694241127893</v>
+        <v>-9.9112767382902316</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>47.213858295000001</v>
+        <v>47.213845071999998</v>
       </c>
       <c r="C55" s="5">
-        <v>0.28944183499999809</v>
+        <v>0.2894131790000003</v>
       </c>
       <c r="D55" s="5">
-        <v>7.658255973944228</v>
+        <v>7.6574692662602528</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>47.440399411999998</v>
+        <v>47.440382825</v>
       </c>
       <c r="C56" s="5">
-        <v>0.22654111699999646</v>
+        <v>0.22653775300000234</v>
       </c>
       <c r="D56" s="5">
-        <v>5.912235506153829</v>
+        <v>5.9121470830453493</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>47.946095696999997</v>
+        <v>47.946075196999999</v>
       </c>
       <c r="C57" s="5">
-        <v>0.50569628499999908</v>
+        <v>0.50569237199999861</v>
       </c>
       <c r="D57" s="5">
-        <v>13.568772786105043</v>
+        <v>13.568666588252643</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>48.230792878999999</v>
+        <v>48.230766303999999</v>
       </c>
       <c r="C58" s="5">
-        <v>0.28469718200000216</v>
+        <v>0.28469110700000044</v>
       </c>
       <c r="D58" s="5">
-        <v>7.3628034181791424</v>
+        <v>7.362644392799389</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>48.681984511000003</v>
+        <v>48.681991465999999</v>
       </c>
       <c r="C59" s="5">
-        <v>0.45119163200000401</v>
+        <v>0.45122516200000007</v>
       </c>
       <c r="D59" s="5">
-        <v>11.821797350711316</v>
+        <v>11.822728422242502</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>48.834569879999997</v>
+        <v>48.834471933000003</v>
       </c>
       <c r="C60" s="5">
-        <v>0.15258536899999342</v>
+        <v>0.15248046700000373</v>
       </c>
       <c r="D60" s="5">
-        <v>3.8267158755226793</v>
+        <v>3.8240389776041939</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>48.648209201</v>
+        <v>48.648262490999997</v>
       </c>
       <c r="C61" s="5">
-        <v>-0.18636067899999631</v>
+        <v>-0.18620944200000622</v>
       </c>
       <c r="D61" s="5">
-        <v>-4.4844913661201797</v>
+        <v>-4.4809368545910111</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>48.949317882999999</v>
+        <v>48.949342498999997</v>
       </c>
       <c r="C62" s="5">
-        <v>0.30110868199999885</v>
+        <v>0.30108000799999957</v>
       </c>
       <c r="D62" s="5">
-        <v>7.6855510090746204</v>
+        <v>7.6847853320201942</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>48.954301295999997</v>
+        <v>48.954326975000001</v>
       </c>
       <c r="C63" s="5">
-        <v>4.9834129999979382E-3</v>
+        <v>4.9844760000041788E-3</v>
       </c>
       <c r="D63" s="5">
-        <v>0.12223756123992402</v>
+        <v>0.12226358853000274</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>48.903729931999997</v>
+        <v>48.903740886000001</v>
       </c>
       <c r="C64" s="5">
-        <v>-5.0571363999999619E-2</v>
+        <v>-5.058608899999939E-2</v>
       </c>
       <c r="D64" s="5">
-        <v>-1.2326194752548481</v>
+        <v>-1.2329756999831298</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>48.963901129</v>
+        <v>48.963913523999999</v>
       </c>
       <c r="C65" s="5">
-        <v>6.0171197000002508E-2</v>
+        <v>6.0172637999997391E-2</v>
       </c>
       <c r="D65" s="5">
-        <v>1.4865139143484862</v>
+        <v>1.4865494199117535</v>
       </c>
       <c r="E65" s="5">
-        <v>3.4426961129916611</v>
+        <v>3.4426493035904393</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>49.357406519999998</v>
+        <v>49.357399733999998</v>
       </c>
       <c r="C66" s="5">
-        <v>0.39350539099999793</v>
+        <v>0.39348620999999895</v>
       </c>
       <c r="D66" s="5">
-        <v>10.081878564829871</v>
+        <v>10.081362547166229</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>49.529222873999998</v>
+        <v>49.529218118999999</v>
       </c>
       <c r="C67" s="5">
-        <v>0.17181635400000062</v>
+        <v>0.17181838500000168</v>
       </c>
       <c r="D67" s="5">
-        <v>4.258191247712606</v>
+        <v>4.2582431470865822</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>49.556580017999998</v>
+        <v>49.55657136</v>
       </c>
       <c r="C68" s="5">
-        <v>2.7357143999999778E-2</v>
+        <v>2.7353241000000139E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>0.66482945423975703</v>
+        <v>0.66473437980696382</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>49.405964769000001</v>
+        <v>49.405949896000003</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.15061524899999768</v>
+        <v>-0.15062146399999676</v>
       </c>
       <c r="D69" s="5">
-        <v>-3.5867586257356976</v>
+        <v>-3.5869047809604426</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>49.581016927999997</v>
+        <v>49.580998563000001</v>
       </c>
       <c r="C70" s="5">
-        <v>0.17505215899999627</v>
+        <v>0.17504866699999866</v>
       </c>
       <c r="D70" s="5">
-        <v>4.33560745867001</v>
+        <v>4.3355206088831588</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>49.545923973000001</v>
+        <v>49.545929995999998</v>
       </c>
       <c r="C71" s="5">
-        <v>-3.5092954999996095E-2</v>
+        <v>-3.506856700000327E-2</v>
       </c>
       <c r="D71" s="5">
-        <v>-0.84604957700913364</v>
+        <v>-0.84546420854508808</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>49.549482320999999</v>
+        <v>49.549465202999997</v>
       </c>
       <c r="C72" s="5">
-        <v>3.5583479999985457E-3</v>
+        <v>3.5352069999987634E-3</v>
       </c>
       <c r="D72" s="5">
-        <v>8.6217075833561196E-2</v>
+        <v>8.5656149962010097E-2</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>49.732245005999999</v>
+        <v>49.732271930000003</v>
       </c>
       <c r="C73" s="5">
-        <v>0.18276268500000015</v>
+        <v>0.18280672700000622</v>
       </c>
       <c r="D73" s="5">
-        <v>4.5170917962507717</v>
+        <v>4.5182040963279713</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>49.894881427999998</v>
+        <v>49.894907066000002</v>
       </c>
       <c r="C74" s="5">
-        <v>0.1626364219999985</v>
+        <v>0.16263513599999868</v>
       </c>
       <c r="D74" s="5">
-        <v>3.9956477352980135</v>
+        <v>3.9956133682674144</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>49.876106741999997</v>
+        <v>49.876143006</v>
       </c>
       <c r="C75" s="5">
-        <v>-1.8774686000000429E-2</v>
+        <v>-1.8764060000002303E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>-0.45060844795008492</v>
+        <v>-0.45035371124982904</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>49.913889169999997</v>
+        <v>49.913846741999997</v>
       </c>
       <c r="C76" s="5">
-        <v>3.7782427999999868E-2</v>
+        <v>3.7703735999997434E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>0.91282768463201158</v>
+        <v>0.91091790043640319</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>49.890093864000001</v>
+        <v>49.890085036999999</v>
       </c>
       <c r="C77" s="5">
-        <v>-2.3795305999996685E-2</v>
+        <v>-2.3761704999998301E-2</v>
       </c>
       <c r="D77" s="5">
-        <v>-0.57057498402544038</v>
+        <v>-0.56977187496716208</v>
       </c>
       <c r="E77" s="5">
-        <v>1.8915828061980999</v>
+        <v>1.891538985228447</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>49.840048707999998</v>
+        <v>49.840044937000002</v>
       </c>
       <c r="C78" s="5">
-        <v>-5.0045156000003033E-2</v>
+        <v>-5.0040099999996812E-2</v>
       </c>
       <c r="D78" s="5">
-        <v>-1.197110754970454</v>
+        <v>-1.1969906893741222</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>49.814870978000002</v>
+        <v>49.814868521000001</v>
       </c>
       <c r="C79" s="5">
-        <v>-2.517772999999579E-2</v>
+        <v>-2.5176416000000756E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>-0.60452331497908851</v>
+        <v>-0.60449189873721387</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>49.747045872000001</v>
+        <v>49.747036448999999</v>
       </c>
       <c r="C80" s="5">
-        <v>-6.7825106000000801E-2</v>
+        <v>-6.7832072000001631E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>-1.6216722895826541</v>
+        <v>-1.6218376779864152</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>49.998900181000003</v>
+        <v>49.998887713000002</v>
       </c>
       <c r="C81" s="5">
-        <v>0.25185430900000227</v>
+        <v>0.25185126400000257</v>
       </c>
       <c r="D81" s="5">
-        <v>6.2472901545299608</v>
+        <v>6.2472137238070102</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>50.161285118000002</v>
+        <v>50.161274519000003</v>
       </c>
       <c r="C82" s="5">
-        <v>0.16238493699999879</v>
+        <v>0.16238680600000066</v>
       </c>
       <c r="D82" s="5">
-        <v>3.9677002900041725</v>
+        <v>3.9677477829757279</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>50.119634249000001</v>
+        <v>50.119643218</v>
       </c>
       <c r="C83" s="5">
-        <v>-4.1650869000001478E-2</v>
+        <v>-4.1631301000002452E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>-0.99186886131091834</v>
+        <v>-0.99140520485587746</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>50.173565582000002</v>
+        <v>50.173568211999999</v>
       </c>
       <c r="C84" s="5">
-        <v>5.3931333000001302E-2</v>
+        <v>5.392499399999906E-2</v>
       </c>
       <c r="D84" s="5">
-        <v>1.2989319454353998</v>
+        <v>1.2987781327237879</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>50.296285167000001</v>
+        <v>50.296305128</v>
       </c>
       <c r="C85" s="5">
-        <v>0.12271958499999869</v>
+        <v>0.12273691600000092</v>
       </c>
       <c r="D85" s="5">
-        <v>2.9748892059367815</v>
+        <v>2.9753148434191523</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>50.222805328</v>
+        <v>50.222864567999999</v>
       </c>
       <c r="C86" s="5">
-        <v>-7.3479839000000879E-2</v>
+        <v>-7.3440560000001653E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>-1.7391093206719499</v>
+        <v>-1.7381864403048342</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>50.529301627000002</v>
+        <v>50.529366606000004</v>
       </c>
       <c r="C87" s="5">
-        <v>0.30649629900000264</v>
+        <v>0.30650203800000497</v>
       </c>
       <c r="D87" s="5">
-        <v>7.5741534920338083</v>
+        <v>7.574290872176892</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>50.822914013999998</v>
+        <v>50.822825055999999</v>
       </c>
       <c r="C88" s="5">
-        <v>0.29361238699999603</v>
+        <v>0.29345844999999571</v>
       </c>
       <c r="D88" s="5">
-        <v>7.2001020748420963</v>
+        <v>7.1961962207049313</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>50.589757210000002</v>
+        <v>50.589722832</v>
       </c>
       <c r="C89" s="5">
-        <v>-0.2331568039999965</v>
+        <v>-0.23310222399999958</v>
       </c>
       <c r="D89" s="5">
-        <v>-5.3683542664672901</v>
+        <v>-5.3671382698200159</v>
       </c>
       <c r="E89" s="5">
-        <v>1.4024093598766774</v>
+        <v>1.4023583934185124</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>50.518499411000001</v>
+        <v>50.51848888</v>
       </c>
       <c r="C90" s="5">
-        <v>-7.1257799000001398E-2</v>
+        <v>-7.1233952000000045E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>-1.677217375634743</v>
+        <v>-1.6766615515288463</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>50.597967054999998</v>
+        <v>50.597954409000003</v>
       </c>
       <c r="C91" s="5">
-        <v>7.9467643999997506E-2</v>
+        <v>7.9465529000003698E-2</v>
       </c>
       <c r="D91" s="5">
-        <v>1.904065911419961</v>
+        <v>1.9040151965799668</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>50.966011166000001</v>
+        <v>50.965994217000002</v>
       </c>
       <c r="C92" s="5">
-        <v>0.36804411100000323</v>
+        <v>0.36803980799999891</v>
       </c>
       <c r="D92" s="5">
-        <v>9.0864792613428502</v>
+        <v>9.0863711034640424</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>51.003019275</v>
+        <v>51.003002389000002</v>
       </c>
       <c r="C93" s="5">
-        <v>3.7008108999998512E-2</v>
+        <v>3.7008172000000172E-2</v>
       </c>
       <c r="D93" s="5">
-        <v>0.87484816537430898</v>
+        <v>0.87484995270568078</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>50.939001572999999</v>
+        <v>50.938993234000002</v>
       </c>
       <c r="C94" s="5">
-        <v>-6.4017702000001009E-2</v>
+        <v>-6.4009155000000817E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>-1.4958550226299105</v>
+        <v>-1.4956571793660167</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>51.088834284999997</v>
+        <v>51.088841500000001</v>
       </c>
       <c r="C95" s="5">
-        <v>0.14983271199999848</v>
+        <v>0.14984826599999934</v>
       </c>
       <c r="D95" s="5">
-        <v>3.5873635232033019</v>
+        <v>3.5877425668866314</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>51.177409312000002</v>
+        <v>51.177438291999998</v>
       </c>
       <c r="C96" s="5">
-        <v>8.8575027000004525E-2</v>
+        <v>8.8596791999997038E-2</v>
       </c>
       <c r="D96" s="5">
-        <v>2.1004482361124399</v>
+        <v>2.1009689996269509</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>51.346583518000003</v>
+        <v>51.346613560000002</v>
       </c>
       <c r="C97" s="5">
-        <v>0.16917420600000099</v>
+        <v>0.1691752680000036</v>
       </c>
       <c r="D97" s="5">
-        <v>4.039691293348957</v>
+        <v>4.0397147862527572</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>51.539463808000001</v>
+        <v>51.539580751999999</v>
       </c>
       <c r="C98" s="5">
-        <v>0.19288028999999796</v>
+        <v>0.19296719199999757</v>
       </c>
       <c r="D98" s="5">
-        <v>4.6020339036452418</v>
+        <v>4.6041476393216429</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>51.921261149000003</v>
+        <v>51.921372161999997</v>
       </c>
       <c r="C99" s="5">
-        <v>0.38179734100000218</v>
+        <v>0.38179140999999817</v>
       </c>
       <c r="D99" s="5">
-        <v>9.2607156539087576</v>
+        <v>9.2605440071805702</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>52.154886748999999</v>
+        <v>52.154748214000001</v>
       </c>
       <c r="C100" s="5">
-        <v>0.23362559999999633</v>
+        <v>0.23337605200000411</v>
       </c>
       <c r="D100" s="5">
-        <v>5.5351877297300733</v>
+        <v>5.5291162620169976</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>52.158509614000003</v>
+        <v>52.158436295000001</v>
       </c>
       <c r="C101" s="5">
-        <v>3.622865000004083E-3</v>
+        <v>3.6880809999999542E-3</v>
       </c>
       <c r="D101" s="5">
-        <v>8.3388146212359793E-2</v>
+        <v>8.4890044248653318E-2</v>
       </c>
       <c r="E101" s="5">
-        <v>3.1009289044184429</v>
+        <v>3.100854037507661</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>52.529241816000003</v>
+        <v>52.529202017000003</v>
       </c>
       <c r="C102" s="5">
-        <v>0.37073220199999923</v>
+        <v>0.37076572200000157</v>
       </c>
       <c r="D102" s="5">
-        <v>8.8708239203610475</v>
+        <v>8.8716705585136335</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>52.593018577999999</v>
+        <v>52.592979192999998</v>
       </c>
       <c r="C103" s="5">
-        <v>6.3776761999996268E-2</v>
+        <v>6.3777175999994995E-2</v>
       </c>
       <c r="D103" s="5">
-        <v>1.4667115073464077</v>
+        <v>1.4667222107143552</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>52.449288148999997</v>
+        <v>52.449250829999997</v>
       </c>
       <c r="C104" s="5">
-        <v>-0.14373042900000144</v>
+        <v>-0.14372836300000102</v>
       </c>
       <c r="D104" s="5">
-        <v>-3.2306097631991548</v>
+        <v>-3.2305664047422189</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>52.804581648000003</v>
+        <v>52.804548126999997</v>
       </c>
       <c r="C105" s="5">
-        <v>0.3552934990000054</v>
+        <v>0.3552972969999999</v>
       </c>
       <c r="D105" s="5">
-        <v>8.4386483332357543</v>
+        <v>8.4387481572578249</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>52.919689904000002</v>
+        <v>52.919676088999999</v>
       </c>
       <c r="C106" s="5">
-        <v>0.11510825599999919</v>
+        <v>0.11512796200000253</v>
       </c>
       <c r="D106" s="5">
-        <v>2.6474614678721142</v>
+        <v>2.6479218508439928</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>53.067164286000001</v>
+        <v>53.067184588000003</v>
       </c>
       <c r="C107" s="5">
-        <v>0.14747438199999863</v>
+        <v>0.14750849900000418</v>
       </c>
       <c r="D107" s="5">
-        <v>3.395844755491928</v>
+        <v>3.3966433397349727</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>53.172298404000003</v>
+        <v>53.172360517000001</v>
       </c>
       <c r="C108" s="5">
-        <v>0.10513411800000227</v>
+        <v>0.10517592899999784</v>
       </c>
       <c r="D108" s="5">
-        <v>2.403458978048878</v>
+        <v>2.404424327870136</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>53.170690567999998</v>
+        <v>53.170767501999997</v>
       </c>
       <c r="C109" s="5">
-        <v>-1.6078360000051362E-3</v>
+        <v>-1.5930150000045273E-3</v>
       </c>
       <c r="D109" s="5">
-        <v>-3.6279837635966317E-2</v>
+        <v>-3.5945423941663446E-2</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>53.210254218000003</v>
+        <v>53.2104584</v>
       </c>
       <c r="C110" s="5">
-        <v>3.9563650000005168E-2</v>
+        <v>3.9690898000003472E-2</v>
       </c>
       <c r="D110" s="5">
-        <v>0.89656836169309528</v>
+        <v>0.89946252432682172</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>53.881596993000002</v>
+        <v>53.881840021000002</v>
       </c>
       <c r="C111" s="5">
-        <v>0.67134277499999939</v>
+        <v>0.67138162100000187</v>
       </c>
       <c r="D111" s="5">
-        <v>16.236227247635338</v>
+        <v>16.237166167067297</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>54.206719270000001</v>
+        <v>54.206451932999997</v>
       </c>
       <c r="C112" s="5">
-        <v>0.32512227699999841</v>
+        <v>0.32461191199999462</v>
       </c>
       <c r="D112" s="5">
-        <v>7.4860170786357871</v>
+        <v>7.4738388945369438</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>53.719387910000002</v>
+        <v>53.719230799000002</v>
       </c>
       <c r="C113" s="5">
-        <v>-0.48733135999999888</v>
+        <v>-0.487221133999995</v>
       </c>
       <c r="D113" s="5">
-        <v>-10.27051285939703</v>
+        <v>-10.268351624270478</v>
       </c>
       <c r="E113" s="5">
-        <v>2.9925669033707081</v>
+        <v>2.9924104610276059</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>54.544768668000003</v>
+        <v>54.544674057999998</v>
       </c>
       <c r="C114" s="5">
-        <v>0.82538075800000144</v>
+        <v>0.82544325899999649</v>
       </c>
       <c r="D114" s="5">
-        <v>20.078314517435935</v>
+        <v>20.080029428588375</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>54.703643890999999</v>
+        <v>54.703565677</v>
       </c>
       <c r="C115" s="5">
-        <v>0.15887522299999546</v>
+        <v>0.15889161900000204</v>
       </c>
       <c r="D115" s="5">
-        <v>3.5518412089747375</v>
+        <v>3.5522199138811938</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>54.950716901</v>
+        <v>54.950652112</v>
       </c>
       <c r="C116" s="5">
-        <v>0.24707301000000115</v>
+        <v>0.24708643499999994</v>
       </c>
       <c r="D116" s="5">
-        <v>5.5565717863589326</v>
+        <v>5.5568893923838125</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>54.583744138999997</v>
+        <v>54.583697637999997</v>
       </c>
       <c r="C117" s="5">
-        <v>-0.36697276200000317</v>
+        <v>-0.36695447400000347</v>
       </c>
       <c r="D117" s="5">
-        <v>-7.7259637921301527</v>
+        <v>-7.7256015770764019</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>54.595276192999997</v>
+        <v>54.595268998999998</v>
       </c>
       <c r="C118" s="5">
-        <v>1.1532053999999903E-2</v>
+        <v>1.1571361000001446E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>0.2538220241387279</v>
+        <v>0.25468840258611181</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>54.328015813</v>
+        <v>54.328062052999996</v>
       </c>
       <c r="C119" s="5">
-        <v>-0.26726037999999619</v>
+        <v>-0.26720694600000172</v>
       </c>
       <c r="D119" s="5">
-        <v>-5.7187530740983146</v>
+        <v>-5.7176410441444503</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>55.032834375999997</v>
+        <v>55.032941008000002</v>
       </c>
       <c r="C120" s="5">
-        <v>0.70481856299999635</v>
+        <v>0.70487895500000519</v>
       </c>
       <c r="D120" s="5">
-        <v>16.728376638274757</v>
+        <v>16.729898523563413</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>55.679041957999999</v>
+        <v>55.679182457000003</v>
       </c>
       <c r="C121" s="5">
-        <v>0.64620758200000239</v>
+        <v>0.64624144900000147</v>
       </c>
       <c r="D121" s="5">
-        <v>15.037245844438152</v>
+        <v>15.038054464712758</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>55.578284742000001</v>
+        <v>55.578588265</v>
       </c>
       <c r="C122" s="5">
-        <v>-0.1007572159999981</v>
+        <v>-0.10059419200000264</v>
       </c>
       <c r="D122" s="5">
-        <v>-2.1500460429630941</v>
+        <v>-2.1465964251207503</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>55.395382703999999</v>
+        <v>55.395762757</v>
       </c>
       <c r="C123" s="5">
-        <v>-0.18290203800000171</v>
+        <v>-0.18282550800000053</v>
       </c>
       <c r="D123" s="5">
-        <v>-3.8783689369849772</v>
+        <v>-3.8767546037610567</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>55.380770450999997</v>
+        <v>55.380360343</v>
       </c>
       <c r="C124" s="5">
-        <v>-1.4612253000002795E-2</v>
+        <v>-1.5402414000000419E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>-0.31607844958886355</v>
+        <v>-0.33314205496167704</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>55.494905238000001</v>
+        <v>55.49463978</v>
       </c>
       <c r="C125" s="5">
-        <v>0.11413478700000468</v>
+        <v>0.11427943700000043</v>
       </c>
       <c r="D125" s="5">
-        <v>2.50131805574203</v>
+        <v>2.5045429517410955</v>
       </c>
       <c r="E125" s="5">
-        <v>3.3051704367418555</v>
+        <v>3.3049784120011028</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>55.465211568999997</v>
+        <v>55.465090867999997</v>
       </c>
       <c r="C126" s="5">
-        <v>-2.9693669000003808E-2</v>
+        <v>-2.9548912000002758E-2</v>
       </c>
       <c r="D126" s="5">
-        <v>-0.64019800289862872</v>
+        <v>-0.63708920263082502</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>55.697811836</v>
+        <v>55.697678044</v>
       </c>
       <c r="C127" s="5">
-        <v>0.23260026700000225</v>
+        <v>0.23258717600000267</v>
       </c>
       <c r="D127" s="5">
-        <v>5.1500580770250659</v>
+        <v>5.1497729750492383</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>55.421906675999999</v>
+        <v>55.421809035999999</v>
       </c>
       <c r="C128" s="5">
-        <v>-0.27590516000000065</v>
+        <v>-0.2758690080000008</v>
       </c>
       <c r="D128" s="5">
-        <v>-5.7850225458887516</v>
+        <v>-5.784298578361402</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>55.841901655000001</v>
+        <v>55.841848630000001</v>
       </c>
       <c r="C129" s="5">
-        <v>0.41999497900000193</v>
+        <v>0.42003959400000213</v>
       </c>
       <c r="D129" s="5">
-        <v>9.4825340464439236</v>
+        <v>9.4836011168855308</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>56.272793235000002</v>
+        <v>56.272800721000003</v>
       </c>
       <c r="C130" s="5">
-        <v>0.43089158000000083</v>
+        <v>0.43095209100000176</v>
       </c>
       <c r="D130" s="5">
-        <v>9.6627877353325111</v>
+        <v>9.6642123783607037</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>56.689131334999999</v>
+        <v>56.689209210999998</v>
       </c>
       <c r="C131" s="5">
-        <v>0.41633809999999727</v>
+        <v>0.41640848999999491</v>
       </c>
       <c r="D131" s="5">
-        <v>9.2486178727116286</v>
+        <v>9.2502444301771014</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>56.210579617999997</v>
+        <v>56.210731113000001</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.47855171700000199</v>
+        <v>-0.47847809799999652</v>
       </c>
       <c r="D132" s="5">
-        <v>-9.6726776633209166</v>
+        <v>-9.6712453575179218</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>56.052579940999998</v>
+        <v>56.052781162999999</v>
       </c>
       <c r="C133" s="5">
-        <v>-0.15799967699999939</v>
+        <v>-0.15794995000000256</v>
       </c>
       <c r="D133" s="5">
-        <v>-3.321363214582751</v>
+        <v>-3.3203251782140564</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>56.025504769999998</v>
+        <v>56.025870758000003</v>
       </c>
       <c r="C134" s="5">
-        <v>-2.7075170999999898E-2</v>
+        <v>-2.6910404999995308E-2</v>
       </c>
       <c r="D134" s="5">
-        <v>-0.57810056508360574</v>
+        <v>-0.57458976006855567</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>55.829927396999999</v>
+        <v>55.830405149000001</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.195577372999999</v>
+        <v>-0.19546560900000287</v>
       </c>
       <c r="D135" s="5">
-        <v>-4.1095359842305612</v>
+        <v>-4.1072061235492114</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>55.440041204000003</v>
+        <v>55.439533089000001</v>
       </c>
       <c r="C136" s="5">
-        <v>-0.38988619299999527</v>
+        <v>-0.39087205999999952</v>
       </c>
       <c r="D136" s="5">
-        <v>-8.0656572524666963</v>
+        <v>-8.0852067469108562</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>55.622106080999998</v>
+        <v>55.621752100000002</v>
       </c>
       <c r="C137" s="5">
-        <v>0.18206487699999485</v>
+        <v>0.18221901100000082</v>
       </c>
       <c r="D137" s="5">
-        <v>4.0127587881422899</v>
+        <v>4.0162550659814444</v>
       </c>
       <c r="E137" s="5">
-        <v>0.2292117491767387</v>
+        <v>0.22905332930156508</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>54.972890634000002</v>
+        <v>54.972751527</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.649215446999996</v>
+        <v>-0.64900057300000213</v>
       </c>
       <c r="D138" s="5">
-        <v>-13.14121696390006</v>
+        <v>-13.137221104541775</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>54.673677441000002</v>
+        <v>54.673503324000002</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.29921319299999993</v>
+        <v>-0.29924820299999766</v>
       </c>
       <c r="D139" s="5">
-        <v>-6.3394839285320304</v>
+        <v>-6.3402191926328459</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>54.611972866999999</v>
+        <v>54.611860817999997</v>
       </c>
       <c r="C140" s="5">
-        <v>-6.1704574000003731E-2</v>
+        <v>-6.1642506000005426E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>-1.3459418759031894</v>
+        <v>-1.3446006466627747</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>54.364373225000001</v>
+        <v>54.364327715999998</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.24759964199999729</v>
+        <v>-0.24753310199999845</v>
       </c>
       <c r="D141" s="5">
-        <v>-5.3069217193854161</v>
+        <v>-5.3055415153590468</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>54.061812635000003</v>
+        <v>54.061836544000002</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.3025605899999988</v>
+        <v>-0.30249117199999631</v>
       </c>
       <c r="D142" s="5">
-        <v>-6.4778220274128167</v>
+        <v>-6.4763862294972885</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>53.506781512000003</v>
+        <v>53.506882781999998</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.55503112299999913</v>
+        <v>-0.55495376200000379</v>
       </c>
       <c r="D143" s="5">
-        <v>-11.647527905122034</v>
+        <v>-11.645990131905283</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>53.193933543</v>
+        <v>53.194111077999999</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.31284796900000345</v>
+        <v>-0.31277170399999932</v>
       </c>
       <c r="D144" s="5">
-        <v>-6.7949734530605603</v>
+        <v>-6.7933574388482914</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>52.910513604000002</v>
+        <v>52.910728296999999</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.28341993899999807</v>
+        <v>-0.28338278100000025</v>
       </c>
       <c r="D145" s="5">
-        <v>-6.2095864779646011</v>
+        <v>-6.2087759507641334</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>52.823675055000002</v>
+        <v>52.824007553000001</v>
       </c>
       <c r="C146" s="5">
-        <v>-8.6838548999999432E-2</v>
+        <v>-8.6720743999997296E-2</v>
       </c>
       <c r="D146" s="5">
-        <v>-1.9517999547657872</v>
+        <v>-1.9491681320936705</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>52.316582570000001</v>
+        <v>52.317023790999997</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.50709248500000115</v>
+        <v>-0.50698376200000439</v>
       </c>
       <c r="D147" s="5">
-        <v>-10.930491877516424</v>
+        <v>-10.928205430342096</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>51.067954395000001</v>
+        <v>51.067507810000002</v>
       </c>
       <c r="C148" s="5">
-        <v>-1.2486281750000003</v>
+        <v>-1.2495159809999947</v>
       </c>
       <c r="D148" s="5">
-        <v>-25.164246465220351</v>
+        <v>-25.179671750850265</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>50.908665409999998</v>
+        <v>50.908292818</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.15928898500000344</v>
+        <v>-0.15921499200000255</v>
       </c>
       <c r="D149" s="5">
-        <v>-3.6794394379863871</v>
+        <v>-3.6777910761665811</v>
       </c>
       <c r="E149" s="5">
-        <v>-8.4740420726536758</v>
+        <v>-8.4741294620239049</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>50.836854443</v>
+        <v>50.836742884000003</v>
       </c>
       <c r="C150" s="5">
-        <v>-7.1810966999997561E-2</v>
+        <v>-7.154993399999654E-2</v>
       </c>
       <c r="D150" s="5">
-        <v>-1.6796304406655804</v>
+        <v>-1.6735842532219158</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>50.127403833000002</v>
+        <v>50.127227947999998</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.70945060999999754</v>
+        <v>-0.70951493600000504</v>
       </c>
       <c r="D151" s="5">
-        <v>-15.5191054847011</v>
+        <v>-15.520437885119643</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>50.282886503999997</v>
+        <v>50.282782316999999</v>
       </c>
       <c r="C152" s="5">
-        <v>0.15548267099999435</v>
+        <v>0.15555436900000075</v>
       </c>
       <c r="D152" s="5">
-        <v>3.7862586522885655</v>
+        <v>3.7880480420341645</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>49.878880496999997</v>
+        <v>49.878843963999998</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.40400600699999956</v>
+        <v>-0.40393835300000092</v>
       </c>
       <c r="D153" s="5">
-        <v>-9.2267337579133084</v>
+        <v>-9.2252745644158196</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>49.585792583999996</v>
+        <v>49.585820126999998</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.29308791300000081</v>
+        <v>-0.29302383699999979</v>
       </c>
       <c r="D154" s="5">
-        <v>-6.8277155147231872</v>
+        <v>-6.8262755491790728</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>49.657551253000001</v>
+        <v>49.657663057000001</v>
       </c>
       <c r="C155" s="5">
-        <v>7.1758669000004716E-2</v>
+        <v>7.1842930000002525E-2</v>
       </c>
       <c r="D155" s="5">
-        <v>1.7504833863408065</v>
+        <v>1.7525542778975556</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>49.402955996000003</v>
+        <v>49.403123555000001</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.2545952569999983</v>
+        <v>-0.25453950200000008</v>
       </c>
       <c r="D156" s="5">
-        <v>-5.9818651906778157</v>
+        <v>-5.9805788152808574</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>49.081371163999997</v>
+        <v>49.081555909000002</v>
       </c>
       <c r="C157" s="5">
-        <v>-0.32158483200000632</v>
+        <v>-0.32156764599999832</v>
       </c>
       <c r="D157" s="5">
-        <v>-7.537630753612989</v>
+        <v>-7.537217585231371</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>48.538178131000002</v>
+        <v>48.538438167000002</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.54319303299999433</v>
+        <v>-0.54311774199999974</v>
       </c>
       <c r="D158" s="5">
-        <v>-12.501338201236599</v>
+        <v>-12.499665259312076</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>48.147688535</v>
+        <v>48.148075708999997</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.39048959600000188</v>
+        <v>-0.39036245800000557</v>
       </c>
       <c r="D159" s="5">
-        <v>-9.2380840131851993</v>
+        <v>-9.2351606898593239</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>48.155286861</v>
+        <v>48.154904555000002</v>
       </c>
       <c r="C160" s="5">
-        <v>7.5983260000000996E-3</v>
+        <v>6.8288460000047735E-3</v>
       </c>
       <c r="D160" s="5">
-        <v>0.18953993002484015</v>
+        <v>0.17032893711625974</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>48.092986332000002</v>
+        <v>48.092631670999999</v>
       </c>
       <c r="C161" s="5">
-        <v>-6.230052899999805E-2</v>
+        <v>-6.2272884000002193E-2</v>
       </c>
       <c r="D161" s="5">
-        <v>-1.5414913212662085</v>
+        <v>-1.5408243091915574</v>
       </c>
       <c r="E161" s="5">
-        <v>-5.5308444158249532</v>
+        <v>-5.5308496732863315</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>47.670559421</v>
+        <v>47.670475922999998</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.42242691100000229</v>
+        <v>-0.42215574800000155</v>
       </c>
       <c r="D162" s="5">
-        <v>-10.045677559191645</v>
+        <v>-10.039607653461136</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>47.884782762</v>
+        <v>47.884636458999999</v>
       </c>
       <c r="C163" s="5">
-        <v>0.21422334100000029</v>
+        <v>0.2141605360000014</v>
       </c>
       <c r="D163" s="5">
-        <v>5.5278953042999346</v>
+        <v>5.5262443296222985</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>47.471715762000002</v>
+        <v>47.471634418000001</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.41306699999999807</v>
+        <v>-0.4130020409999986</v>
       </c>
       <c r="D164" s="5">
-        <v>-9.8742513041245488</v>
+        <v>-9.8728001338315163</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>47.427505085999996</v>
+        <v>47.427482929</v>
       </c>
       <c r="C165" s="5">
-        <v>-4.4210676000005833E-2</v>
+        <v>-4.4151489000000765E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>-1.1118601062665046</v>
+        <v>-1.1103811034734568</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>47.235499676000003</v>
+        <v>47.235529816000003</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.19200540999999305</v>
+        <v>-0.19195311299999673</v>
       </c>
       <c r="D166" s="5">
-        <v>-4.7513530813757203</v>
+        <v>-4.7500897839228067</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>46.909170023000001</v>
+        <v>46.909280007</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.32632965300000194</v>
+        <v>-0.32624980900000367</v>
       </c>
       <c r="D167" s="5">
-        <v>-7.9824171715353938</v>
+        <v>-7.9805327783705415</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>46.510238815999998</v>
+        <v>46.510378021999998</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.39893120700000395</v>
+        <v>-0.39890198500000196</v>
       </c>
       <c r="D168" s="5">
-        <v>-9.7411394057502871</v>
+        <v>-9.7404371163809742</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>46.565869558000003</v>
+        <v>46.565997193999998</v>
       </c>
       <c r="C169" s="5">
-        <v>5.5630742000005284E-2</v>
+        <v>5.5619172000000106E-2</v>
       </c>
       <c r="D169" s="5">
-        <v>1.4447960295977502</v>
+        <v>1.4444892120847097</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>46.476904112</v>
+        <v>46.477074948000002</v>
       </c>
       <c r="C170" s="5">
-        <v>-8.8965446000003112E-2</v>
+        <v>-8.8922245999995653E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-2.2686968094769333</v>
+        <v>-2.2676005657649823</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>46.332400583999998</v>
+        <v>46.332679640000002</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.14450352800000132</v>
+        <v>-0.144395308</v>
       </c>
       <c r="D171" s="5">
-        <v>-3.6678321957914206</v>
+        <v>-3.6651188467630935</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>46.116787451</v>
+        <v>46.116529350999997</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.21561313299999796</v>
+        <v>-0.2161502890000051</v>
       </c>
       <c r="D172" s="5">
-        <v>-5.4436011015825621</v>
+        <v>-5.4567846394494079</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>45.748642343</v>
+        <v>45.748348602</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.36814510800000022</v>
+        <v>-0.36818074899999687</v>
       </c>
       <c r="D173" s="5">
-        <v>-9.1698631088338196</v>
+        <v>-9.1707613454402264</v>
       </c>
       <c r="E173" s="5">
-        <v>-4.8746068144246752</v>
+        <v>-4.8745160901926932</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>45.703096475000002</v>
+        <v>45.703065238999997</v>
       </c>
       <c r="C174" s="5">
-        <v>-4.5545867999997824E-2</v>
+        <v>-4.5283363000002907E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>-1.1881612085353432</v>
+        <v>-1.181357987412901</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>45.732051269000003</v>
+        <v>45.731945508000003</v>
       </c>
       <c r="C175" s="5">
-        <v>2.8954794000000561E-2</v>
+        <v>2.8880269000005399E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>0.76290409823209782</v>
+        <v>0.76093419772125248</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>45.770536237000002</v>
+        <v>45.770477880000001</v>
       </c>
       <c r="C176" s="5">
-        <v>3.8484967999998787E-2</v>
+        <v>3.8532371999998816E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>1.0145250593319277</v>
+        <v>1.0157828610088293</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>46.030928867</v>
+        <v>46.030915155000002</v>
       </c>
       <c r="C177" s="5">
-        <v>0.26039262999999835</v>
+        <v>0.26043727500000102</v>
       </c>
       <c r="D177" s="5">
-        <v>7.0446231882028254</v>
+        <v>7.0458783211185816</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>45.791785851</v>
+        <v>45.791811911000003</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.23914301599999988</v>
+        <v>-0.23910324399999894</v>
       </c>
       <c r="D178" s="5">
-        <v>-6.059231537018384</v>
+        <v>-6.0582541899343756</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>45.552819335999999</v>
+        <v>45.552912738000003</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.23896651500000132</v>
+        <v>-0.23889917300000008</v>
       </c>
       <c r="D179" s="5">
-        <v>-6.0856054772505219</v>
+        <v>-6.0839360649450613</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>46.043346368000002</v>
+        <v>46.043447583999999</v>
       </c>
       <c r="C180" s="5">
-        <v>0.49052703200000281</v>
+        <v>0.49053484599999564</v>
       </c>
       <c r="D180" s="5">
-        <v>13.71543701418274</v>
+        <v>13.715638788880868</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>45.753950893999999</v>
+        <v>45.754024522000002</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.28939547400000265</v>
+        <v>-0.28942306199999734</v>
       </c>
       <c r="D181" s="5">
-        <v>-7.2869944157464506</v>
+        <v>-7.2876497746162894</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>45.796941464</v>
+        <v>45.797034171999996</v>
       </c>
       <c r="C182" s="5">
-        <v>4.2990570000000616E-2</v>
+        <v>4.3009649999994792E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>1.133369266072326</v>
+        <v>1.1338730454252044</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>45.991923903999997</v>
+        <v>45.992090756000003</v>
       </c>
       <c r="C183" s="5">
-        <v>0.19498243999999687</v>
+        <v>0.19505658400000669</v>
       </c>
       <c r="D183" s="5">
-        <v>5.230401658274042</v>
+        <v>5.232426549515945</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>45.764032886000003</v>
+        <v>45.763892147</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.22789101799999401</v>
+        <v>-0.22819860900000322</v>
       </c>
       <c r="D184" s="5">
-        <v>-5.7866290178984041</v>
+        <v>-5.7942070536848966</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>45.464491535000001</v>
+        <v>45.464284499999998</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.29954135100000201</v>
+        <v>-0.29960764700000198</v>
       </c>
       <c r="D185" s="5">
-        <v>-7.5777381981455116</v>
+        <v>-7.5793778952370054</v>
       </c>
       <c r="E185" s="5">
-        <v>-0.62111309417574034</v>
+        <v>-0.62092755406603084</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>45.640353359000002</v>
+        <v>45.640342019000002</v>
       </c>
       <c r="C186" s="5">
-        <v>0.17586182400000183</v>
+        <v>0.17605751900000399</v>
       </c>
       <c r="D186" s="5">
-        <v>4.7417721032126492</v>
+        <v>4.7471836046224514</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>45.606459242</v>
+        <v>45.606397123999997</v>
       </c>
       <c r="C187" s="5">
-        <v>-3.3894117000002666E-2</v>
+        <v>-3.3944895000004749E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>-0.88753087318623747</v>
+        <v>-0.8888553008580713</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>45.685107780999999</v>
+        <v>45.685075171999998</v>
       </c>
       <c r="C188" s="5">
-        <v>7.8648538999999573E-2</v>
+        <v>7.8678048000000445E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>2.0891463715438485</v>
+        <v>2.0899405470824917</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>45.777695645000001</v>
+        <v>45.777687329000003</v>
       </c>
       <c r="C189" s="5">
-        <v>9.2587864000002185E-2</v>
+        <v>9.2612157000004913E-2</v>
       </c>
       <c r="D189" s="5">
-        <v>2.4592759836534084</v>
+        <v>2.4599302298270231</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>45.737165771000001</v>
+        <v>45.737183148</v>
       </c>
       <c r="C190" s="5">
-        <v>-4.0529874000000632E-2</v>
+        <v>-4.0504181000002859E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>-1.0572772088322302</v>
+        <v>-1.056610421069204</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>45.583308815999999</v>
+        <v>45.583379878000002</v>
       </c>
       <c r="C191" s="5">
-        <v>-0.15385695500000196</v>
+        <v>-0.15380326999999738</v>
       </c>
       <c r="D191" s="5">
-        <v>-3.9628697561335802</v>
+        <v>-3.9615109959617256</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>46.081541872000003</v>
+        <v>46.081610644000001</v>
       </c>
       <c r="C192" s="5">
-        <v>0.49823305600000367</v>
+        <v>0.49823076599999894</v>
       </c>
       <c r="D192" s="5">
-        <v>13.934136082882919</v>
+        <v>13.934045095472669</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>46.140210451999998</v>
+        <v>46.140239377999997</v>
       </c>
       <c r="C193" s="5">
-        <v>5.8668579999995529E-2</v>
+        <v>5.8628733999995575E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>1.5385199770256763</v>
+        <v>1.5374654255525755</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>46.315397590000003</v>
+        <v>46.315423164999999</v>
       </c>
       <c r="C194" s="5">
-        <v>0.1751871380000054</v>
+        <v>0.1751837870000017</v>
       </c>
       <c r="D194" s="5">
-        <v>4.6525719177089808</v>
+        <v>4.6524780783018471</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>46.446225468000002</v>
+        <v>46.446288254999999</v>
       </c>
       <c r="C195" s="5">
-        <v>0.13082787799999807</v>
+        <v>0.13086509000000035</v>
       </c>
       <c r="D195" s="5">
-        <v>3.4428206392775662</v>
+        <v>3.4438132338873606</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>46.705239992999999</v>
+        <v>46.705213278999999</v>
       </c>
       <c r="C196" s="5">
-        <v>0.25901452499999778</v>
+        <v>0.25892502399999984</v>
       </c>
       <c r="D196" s="5">
-        <v>6.9011022864592375</v>
+        <v>6.8986344507883102</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>47.135481445000003</v>
+        <v>47.135348604999997</v>
       </c>
       <c r="C197" s="5">
-        <v>0.43024145200000419</v>
+        <v>0.43013532599999849</v>
       </c>
       <c r="D197" s="5">
-        <v>11.631837110395971</v>
+        <v>11.628828057401108</v>
       </c>
       <c r="E197" s="5">
-        <v>3.6753735796508868</v>
+        <v>3.675553510580376</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>47.488611431000002</v>
+        <v>47.488612216999996</v>
       </c>
       <c r="C198" s="5">
-        <v>0.35312998599999901</v>
+        <v>0.35326361199999923</v>
       </c>
       <c r="D198" s="5">
-        <v>9.3700179783706261</v>
+        <v>9.3737385660996875</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>47.810194564</v>
+        <v>47.810166846999998</v>
       </c>
       <c r="C199" s="5">
-        <v>0.32158313299999719</v>
+        <v>0.3215546300000014</v>
       </c>
       <c r="D199" s="5">
-        <v>8.4357483527064847</v>
+        <v>8.4349724568195441</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>48.310498592000002</v>
+        <v>48.310483095000002</v>
       </c>
       <c r="C200" s="5">
-        <v>0.50030402800000218</v>
+        <v>0.50031624800000429</v>
       </c>
       <c r="D200" s="5">
-        <v>13.305790049745614</v>
+        <v>13.30614213792154</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>47.850133018000001</v>
+        <v>47.850121799999997</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.46036557400000078</v>
+        <v>-0.46036129500000555</v>
       </c>
       <c r="D201" s="5">
-        <v>-10.854473001322141</v>
+        <v>-10.854380640606621</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>48.265382185</v>
+        <v>48.265389567</v>
       </c>
       <c r="C202" s="5">
-        <v>0.41524916699999892</v>
+        <v>0.41526776700000312</v>
       </c>
       <c r="D202" s="5">
-        <v>10.925450369489532</v>
+        <v>10.925966022798161</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>48.490452153</v>
+        <v>48.490501770999998</v>
       </c>
       <c r="C203" s="5">
-        <v>0.22506996799999968</v>
+        <v>0.22511220399999843</v>
       </c>
       <c r="D203" s="5">
-        <v>5.7415839085317222</v>
+        <v>5.7426882452451311</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>48.729362344999998</v>
+        <v>48.729398850000003</v>
       </c>
       <c r="C204" s="5">
-        <v>0.23891019199999874</v>
+        <v>0.23889707900000445</v>
       </c>
       <c r="D204" s="5">
-        <v>6.0752186867531366</v>
+        <v>6.0748697655047312</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>48.924922512000002</v>
+        <v>48.924927353999998</v>
       </c>
       <c r="C205" s="5">
-        <v>0.19556016700000356</v>
+        <v>0.195528503999995</v>
       </c>
       <c r="D205" s="5">
-        <v>4.9235598942737768</v>
+        <v>4.9227412803988457</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>49.429283624999997</v>
+        <v>49.429288855000003</v>
       </c>
       <c r="C206" s="5">
-        <v>0.50436111299999453</v>
+        <v>0.50436150100000532</v>
       </c>
       <c r="D206" s="5">
-        <v>13.096727295424927</v>
+        <v>13.096736578077284</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>49.213550302999998</v>
+        <v>49.213589411000001</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.2157333219999984</v>
+        <v>-0.21569944400000196</v>
       </c>
       <c r="D207" s="5">
-        <v>-5.1134705438764749</v>
+        <v>-5.1126861882892394</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>49.349591480000001</v>
+        <v>49.349581336999996</v>
       </c>
       <c r="C208" s="5">
-        <v>0.13604117700000273</v>
+        <v>0.13599192599999554</v>
       </c>
       <c r="D208" s="5">
-        <v>3.3680645677649279</v>
+        <v>3.3668239196409377</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>49.479679396999998</v>
+        <v>49.479606736000001</v>
       </c>
       <c r="C209" s="5">
-        <v>0.13008791699999733</v>
+        <v>0.13002539900000443</v>
       </c>
       <c r="D209" s="5">
-        <v>3.2095253509326183</v>
+        <v>3.2079611572719102</v>
       </c>
       <c r="E209" s="5">
-        <v>4.9733192069658205</v>
+        <v>4.9734608958664328</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>49.428825171</v>
+        <v>49.428818258</v>
       </c>
       <c r="C210" s="5">
-        <v>-5.0854225999998448E-2</v>
+        <v>-5.0788478000001192E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>-1.2263880669368565</v>
+        <v>-1.22481323331044</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>49.434729894999997</v>
+        <v>49.434727482</v>
       </c>
       <c r="C211" s="5">
-        <v>5.9047239999969747E-3</v>
+        <v>5.9092239999998242E-3</v>
       </c>
       <c r="D211" s="5">
-        <v>0.1434451677227333</v>
+        <v>0.14355457950536721</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>48.938372862000001</v>
+        <v>48.938368173999997</v>
       </c>
       <c r="C212" s="5">
-        <v>-0.49635703299999534</v>
+        <v>-0.49635930800000239</v>
       </c>
       <c r="D212" s="5">
-        <v>-11.405182178167417</v>
+        <v>-11.405232126616639</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>49.121765101000001</v>
+        <v>49.121757052</v>
       </c>
       <c r="C213" s="5">
-        <v>0.18339223899999979</v>
+        <v>0.18338887800000236</v>
       </c>
       <c r="D213" s="5">
-        <v>4.5907462429459533</v>
+        <v>4.5906608163829965</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>49.279333295000001</v>
+        <v>49.279339090000001</v>
       </c>
       <c r="C214" s="5">
-        <v>0.15756819399999955</v>
+        <v>0.15758203800000103</v>
       </c>
       <c r="D214" s="5">
-        <v>3.9178888155123381</v>
+        <v>3.918239792198519</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>49.394015822999997</v>
+        <v>49.394044436000001</v>
       </c>
       <c r="C215" s="5">
-        <v>0.1146825279999959</v>
+        <v>0.11470534600000093</v>
       </c>
       <c r="D215" s="5">
-        <v>2.8286550107058828</v>
+        <v>2.8292247063990361</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>49.273023399000003</v>
+        <v>49.273039535999999</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.12099242399999355</v>
+        <v>-0.12100490000000264</v>
       </c>
       <c r="D216" s="5">
-        <v>-2.9001633760721512</v>
+        <v>-2.9004567478665644</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>49.291899727999997</v>
+        <v>49.291896915000002</v>
       </c>
       <c r="C217" s="5">
-        <v>1.887632899999403E-2</v>
+        <v>1.8857379000003505E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>0.46068582475269348</v>
+        <v>0.46022221598827073</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>49.147995563999999</v>
+        <v>49.147995096999999</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.1439041639999985</v>
+        <v>-0.14390181800000335</v>
       </c>
       <c r="D218" s="5">
-        <v>-3.4476055173064624</v>
+        <v>-3.4475504056224349</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>49.104440988</v>
+        <v>49.104456714000001</v>
       </c>
       <c r="C219" s="5">
-        <v>-4.3554575999998235E-2</v>
+        <v>-4.3538382999997793E-2</v>
       </c>
       <c r="D219" s="5">
-        <v>-1.0582628364261271</v>
+        <v>-1.057871313665637</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>48.913787249000002</v>
+        <v>48.913781299</v>
       </c>
       <c r="C220" s="5">
-        <v>-0.19065373899999827</v>
+        <v>-0.19067541500000118</v>
       </c>
       <c r="D220" s="5">
-        <v>-4.5609237874310926</v>
+        <v>-4.5614298789530716</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>48.645131493000001</v>
+        <v>48.645099879</v>
       </c>
       <c r="C221" s="5">
-        <v>-0.26865575600000113</v>
+        <v>-0.26868142000000006</v>
       </c>
       <c r="D221" s="5">
-        <v>-6.3954204066575926</v>
+        <v>-6.3960137618790931</v>
       </c>
       <c r="E221" s="5">
-        <v>-1.6866477595863238</v>
+        <v>-1.6865672790257635</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>48.371890782000001</v>
+        <v>48.371888323</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.27324071099999969</v>
+        <v>-0.27321155599999969</v>
       </c>
       <c r="D222" s="5">
-        <v>-6.5360388208381304</v>
+        <v>-6.535366937537523</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>48.045048762</v>
+        <v>48.045048901999998</v>
       </c>
       <c r="C223" s="5">
-        <v>-0.32684202000000084</v>
+        <v>-0.32683942100000252</v>
       </c>
       <c r="D223" s="5">
-        <v>-7.8135908710601498</v>
+        <v>-7.8135314116458137</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>47.979807303000001</v>
+        <v>47.979805818000003</v>
       </c>
       <c r="C224" s="5">
-        <v>-6.5241458999999224E-2</v>
+        <v>-6.5243083999995122E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-1.6173919800033909</v>
+        <v>-1.6174319600732234</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>47.661158167000004</v>
+        <v>47.661155706000002</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.31864913599999767</v>
+        <v>-0.31865011200000026</v>
       </c>
       <c r="D225" s="5">
-        <v>-7.6848233610451562</v>
+        <v>-7.6848462753141611</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>47.570566194000001</v>
+        <v>47.570574432999997</v>
       </c>
       <c r="C226" s="5">
-        <v>-9.0591973000002213E-2</v>
+        <v>-9.0581273000005069E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>-2.2572062751098021</v>
+        <v>-2.2569425678369837</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>47.300361242999998</v>
+        <v>47.300371392000002</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.27020495100000375</v>
+        <v>-0.27020304099999493</v>
       </c>
       <c r="D227" s="5">
-        <v>-6.6071465853347666</v>
+        <v>-6.6071002218034973</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>46.902049720000001</v>
+        <v>46.902061510999999</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.39831152299999673</v>
+        <v>-0.39830988100000297</v>
       </c>
       <c r="D228" s="5">
-        <v>-9.6499531414608981</v>
+        <v>-9.6499132089399637</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>46.757803834000001</v>
+        <v>46.757806358000003</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.14424588600000021</v>
+        <v>-0.14425515299999603</v>
       </c>
       <c r="D229" s="5">
-        <v>-3.6287743241340542</v>
+        <v>-3.6290026264547137</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>46.355587511000003</v>
+        <v>46.355573898999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.40221632299999754</v>
+        <v>-0.40223245900000393</v>
       </c>
       <c r="D230" s="5">
-        <v>-9.8479054963546702</v>
+        <v>-9.8482815633772489</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>45.907478566000002</v>
+        <v>45.907477174</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.44810894500000131</v>
+        <v>-0.4480967249999992</v>
       </c>
       <c r="D231" s="5">
-        <v>-11.00282831278243</v>
+        <v>-11.002547094105552</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>45.709542738000003</v>
+        <v>45.709538834999996</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.19793582799999854</v>
+        <v>-0.19793833900000379</v>
       </c>
       <c r="D232" s="5">
-        <v>-5.0530015560318891</v>
+        <v>-5.0530642952374976</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>45.258362108999997</v>
+        <v>45.258362615999999</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.45118062900000666</v>
+        <v>-0.45117621899999705</v>
       </c>
       <c r="D233" s="5">
-        <v>-11.222385102155707</v>
+        <v>-11.222282202443845</v>
       </c>
       <c r="E233" s="5">
-        <v>-6.9621959691636537</v>
+        <v>-6.9621344625135588</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>44.932717553000003</v>
+        <v>44.932711959999999</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.3256445559999932</v>
+        <v>-0.32565065600000054</v>
       </c>
       <c r="D234" s="5">
-        <v>-8.3006548404908731</v>
+        <v>-8.3008041386670506</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>44.554619004000003</v>
+        <v>44.554617448999998</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.37809854900000062</v>
+        <v>-0.37809451100000047</v>
       </c>
       <c r="D235" s="5">
-        <v>-9.6432539691013286</v>
+        <v>-9.643156845641343</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>44.306829415999999</v>
+        <v>44.306828689</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.24778958800000339</v>
+        <v>-0.24778875999999883</v>
       </c>
       <c r="D236" s="5">
-        <v>-6.4733741670810474</v>
+        <v>-6.4733534123855403</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>43.848006550999997</v>
+        <v>43.848016635999997</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.45882286500000191</v>
+        <v>-0.45881205300000261</v>
       </c>
       <c r="D237" s="5">
-        <v>-11.742795044129316</v>
+        <v>-11.742534077073884</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>43.549335124000002</v>
+        <v>43.549335399999997</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.29867142699999505</v>
+        <v>-0.29868123600000018</v>
       </c>
       <c r="D238" s="5">
-        <v>-7.8744486839735668</v>
+        <v>-7.8746959427849923</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>42.919366291999999</v>
+        <v>42.919361082999998</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.62996883200000298</v>
+        <v>-0.62997431699999851</v>
       </c>
       <c r="D239" s="5">
-        <v>-16.042158600153677</v>
+        <v>-16.042287261856902</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>43.000648038999998</v>
+        <v>43.000661190000002</v>
       </c>
       <c r="C240" s="5">
-        <v>8.1281746999998461E-2</v>
+        <v>8.1300107000004118E-2</v>
       </c>
       <c r="D240" s="5">
-        <v>2.2964108285870477</v>
+        <v>2.2969352418634736</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>42.832123219000003</v>
+        <v>42.832127888000002</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.16852481999999469</v>
+        <v>-0.16853330200000016</v>
       </c>
       <c r="D241" s="5">
-        <v>-4.6028872048948122</v>
+        <v>-4.6031125237435022</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>42.758365394999998</v>
+        <v>42.758347004000001</v>
       </c>
       <c r="C242" s="5">
-        <v>-7.3757824000004746E-2</v>
+        <v>-7.3780884000001379E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>-2.0469659844459032</v>
+        <v>-2.0475996856963996</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>42.913919589000002</v>
+        <v>42.913935096000003</v>
       </c>
       <c r="C243" s="5">
-        <v>0.15555419400000403</v>
+        <v>0.15558809200000212</v>
       </c>
       <c r="D243" s="5">
-        <v>4.4539976978085205</v>
+        <v>4.4549897639441838</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>42.916047583000001</v>
+        <v>42.916054693</v>
       </c>
       <c r="C244" s="5">
-        <v>2.1279939999985231E-3</v>
+        <v>2.1195969999965314E-3</v>
       </c>
       <c r="D244" s="5">
-        <v>5.9521231902071037E-2</v>
+        <v>5.9286277684122979E-2</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>43.188647527000001</v>
+        <v>43.188647428000003</v>
       </c>
       <c r="C245" s="5">
-        <v>0.27259994399999954</v>
+        <v>0.27259273500000347</v>
       </c>
       <c r="D245" s="5">
-        <v>7.8943323051502201</v>
+        <v>7.8941148362962288</v>
       </c>
       <c r="E245" s="5">
-        <v>-4.5731097758582306</v>
+        <v>-4.5731110636077155</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>43.317480902</v>
+        <v>43.317458006000003</v>
       </c>
       <c r="C246" s="5">
-        <v>0.12883337499999925</v>
+        <v>0.12881057799999951</v>
       </c>
       <c r="D246" s="5">
-        <v>3.6389636734701636</v>
+        <v>3.6383091700320724</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>43.465944432999997</v>
+        <v>43.465912576000001</v>
       </c>
       <c r="C247" s="5">
-        <v>0.14846353099999732</v>
+        <v>0.1484545699999984</v>
       </c>
       <c r="D247" s="5">
-        <v>4.1912226679708064</v>
+        <v>4.1909671628706846</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>43.541835823</v>
+        <v>43.541812305000001</v>
       </c>
       <c r="C248" s="5">
-        <v>7.5891390000002446E-2</v>
+        <v>7.5899728999999638E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>2.1154335738087671</v>
+        <v>2.1156698216401537</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>43.820544001999998</v>
+        <v>43.820569046000003</v>
       </c>
       <c r="C249" s="5">
-        <v>0.27870817899999878</v>
+        <v>0.27875674100000225</v>
       </c>
       <c r="D249" s="5">
-        <v>7.9573823102880192</v>
+        <v>7.9588224328873913</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>44.041211549000003</v>
+        <v>44.041233224000003</v>
       </c>
       <c r="C250" s="5">
-        <v>0.22066754700000502</v>
+        <v>0.22066417799999982</v>
       </c>
       <c r="D250" s="5">
-        <v>6.2130585743056521</v>
+        <v>6.2129574254785158</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>44.217242296000002</v>
+        <v>44.21726314</v>
       </c>
       <c r="C251" s="5">
-        <v>0.17603074699999866</v>
+        <v>0.1760299159999974</v>
       </c>
       <c r="D251" s="5">
-        <v>4.9032029659136445</v>
+        <v>4.9031768414383725</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>44.371894486000002</v>
+        <v>44.371934457999998</v>
       </c>
       <c r="C252" s="5">
-        <v>0.15465219000000019</v>
+        <v>0.15467131799999834</v>
       </c>
       <c r="D252" s="5">
-        <v>4.2787504819972844</v>
+        <v>4.2792878614759111</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>44.617772901999999</v>
+        <v>44.617788585</v>
       </c>
       <c r="C253" s="5">
-        <v>0.24587841599999649</v>
+        <v>0.2458541270000012</v>
       </c>
       <c r="D253" s="5">
-        <v>6.8560226131080704</v>
+        <v>6.8553182075395069</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>44.764400967</v>
+        <v>44.764349056</v>
       </c>
       <c r="C254" s="5">
-        <v>0.14662806500000158</v>
+        <v>0.1465604710000008</v>
       </c>
       <c r="D254" s="5">
-        <v>4.0156439812992994</v>
+        <v>4.0137578039191935</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>45.016080359</v>
+        <v>45.016135779999999</v>
       </c>
       <c r="C255" s="5">
-        <v>0.25167939199999978</v>
+        <v>0.25178672399999869</v>
       </c>
       <c r="D255" s="5">
-        <v>6.9593617672753183</v>
+        <v>6.9624304158065531</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>45.118832302000001</v>
+        <v>45.118849087999997</v>
       </c>
       <c r="C256" s="5">
-        <v>0.10275194300000123</v>
+        <v>0.10271330799999845</v>
       </c>
       <c r="D256" s="5">
-        <v>2.7737225641892849</v>
+        <v>2.7726630580180434</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>45.093527864999999</v>
+        <v>45.093501998999997</v>
       </c>
       <c r="C257" s="5">
-        <v>-2.5304437000002622E-2</v>
+        <v>-2.5347089000000267E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>-0.67093566666406312</v>
+        <v>-0.672062823860331</v>
       </c>
       <c r="E257" s="5">
-        <v>4.4106042839362702</v>
+        <v>4.4105446325347186</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>45.431307977000003</v>
+        <v>45.4312252</v>
       </c>
       <c r="C258" s="5">
-        <v>0.33778011200000435</v>
+        <v>0.33772320100000286</v>
       </c>
       <c r="D258" s="5">
-        <v>9.368517250479357</v>
+        <v>9.3668788097436728</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>45.477800522000003</v>
+        <v>45.477674866000001</v>
       </c>
       <c r="C259" s="5">
-        <v>4.6492544999999552E-2</v>
+        <v>4.6449666000000889E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>1.2349665620654315</v>
+        <v>1.233823429228087</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>45.482771032999999</v>
+        <v>45.482681206000002</v>
       </c>
       <c r="C260" s="5">
-        <v>4.970510999996236E-3</v>
+        <v>5.0063400000013303E-3</v>
       </c>
       <c r="D260" s="5">
-        <v>0.13123325912718364</v>
+        <v>0.13218016781664232</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>45.690076267000002</v>
+        <v>45.690130969000002</v>
       </c>
       <c r="C261" s="5">
-        <v>0.20730523400000322</v>
+        <v>0.20744976299999962</v>
       </c>
       <c r="D261" s="5">
-        <v>5.6086769533547631</v>
+        <v>5.6126971835940731</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>45.734870674</v>
+        <v>45.734986990000003</v>
       </c>
       <c r="C262" s="5">
-        <v>4.4794406999997705E-2</v>
+        <v>4.4856021000001078E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>1.182840775907068</v>
+        <v>1.1844751240657869</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>45.913566105999998</v>
+        <v>45.913721555000002</v>
       </c>
       <c r="C263" s="5">
-        <v>0.17869543199999782</v>
+        <v>0.17873456499999918</v>
       </c>
       <c r="D263" s="5">
-        <v>4.7907248456411367</v>
+        <v>4.7917841821250917</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>46.141869958999997</v>
+        <v>46.141992481000003</v>
       </c>
       <c r="C264" s="5">
-        <v>0.22830385299999989</v>
+        <v>0.22827092600000043</v>
       </c>
       <c r="D264" s="5">
-        <v>6.1328879845156115</v>
+        <v>6.1319578146207254</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>46.102251383999999</v>
+        <v>46.102239423999997</v>
       </c>
       <c r="C265" s="5">
-        <v>-3.9618574999998657E-2</v>
+        <v>-3.9753057000005754E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>-1.0254984426111835</v>
+        <v>-1.0289602158209843</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>46.267984392999999</v>
+        <v>46.267789032000003</v>
       </c>
       <c r="C266" s="5">
-        <v>0.16573300900000021</v>
+        <v>0.16554960800000629</v>
       </c>
       <c r="D266" s="5">
-        <v>4.4002049008005528</v>
+        <v>4.3952402062000573</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>46.125477201999999</v>
+        <v>46.125764060999998</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.14250719099999998</v>
+        <v>-0.142024971000005</v>
       </c>
       <c r="D267" s="5">
-        <v>-3.6340732294188105</v>
+        <v>-3.6219980494056725</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>46.226406822999998</v>
+        <v>46.226357436999997</v>
       </c>
       <c r="C268" s="5">
-        <v>0.1009296209999988</v>
+        <v>0.10059337599999907</v>
       </c>
       <c r="D268" s="5">
-        <v>2.657616644711136</v>
+        <v>2.6486397116868954</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>46.206182935000001</v>
+        <v>46.206053767999997</v>
       </c>
       <c r="C269" s="5">
-        <v>-2.0223887999996748E-2</v>
+        <v>-2.0303669000000468E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>-0.52373429691082718</v>
+        <v>-0.52579594264587914</v>
       </c>
       <c r="E269" s="5">
-        <v>2.4674385054348491</v>
+        <v>2.4672108389911074</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>46.350743262999998</v>
+        <v>46.350506942000003</v>
       </c>
       <c r="C270" s="5">
-        <v>0.14456032799999718</v>
+        <v>0.1444531740000059</v>
       </c>
       <c r="D270" s="5">
-        <v>3.8195911572638908</v>
+        <v>3.8167219164306987</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>46.468542747999997</v>
+        <v>46.468302772999998</v>
       </c>
       <c r="C271" s="5">
-        <v>0.11779948499999904</v>
+        <v>0.11779583099999513</v>
       </c>
       <c r="D271" s="5">
-        <v>3.0927693625116603</v>
+        <v>3.0926880728277872</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>46.706282969</v>
+        <v>46.706082786000003</v>
       </c>
       <c r="C272" s="5">
-        <v>0.2377402210000028</v>
+        <v>0.2377800130000054</v>
       </c>
       <c r="D272" s="5">
-        <v>6.3151203477221918</v>
+        <v>6.3162408127736436</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>46.966604676000003</v>
+        <v>46.966514881000002</v>
       </c>
       <c r="C273" s="5">
-        <v>0.26032170700000279</v>
+        <v>0.26043209499999875</v>
       </c>
       <c r="D273" s="5">
-        <v>6.8971946852344201</v>
+        <v>6.9002401624057352</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>46.836731753999999</v>
+        <v>46.836663655999999</v>
       </c>
       <c r="C274" s="5">
-        <v>-0.12987292200000411</v>
+        <v>-0.12985122500000301</v>
       </c>
       <c r="D274" s="5">
-        <v>-3.2682579749245932</v>
+        <v>-3.2677263975169013</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>46.811139421</v>
+        <v>46.812720366999997</v>
       </c>
       <c r="C275" s="5">
-        <v>-2.5592332999998746E-2</v>
+        <v>-2.3943289000001755E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>-0.65373205126928458</v>
+        <v>-0.61172803564037981</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>46.719094759000001</v>
+        <v>46.719060327000001</v>
       </c>
       <c r="C276" s="5">
-        <v>-9.2044661999999278E-2</v>
+        <v>-9.3660039999996059E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>-2.3342066560024022</v>
+        <v>-2.3746428083190274</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>46.688458042000001</v>
+        <v>46.687982894999998</v>
       </c>
       <c r="C277" s="5">
-        <v>-3.0636717000000147E-2</v>
+        <v>-3.1077432000003569E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>-0.78408524226440957</v>
+        <v>-0.79532380850531048</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>46.676448690999997</v>
+        <v>46.676177803999998</v>
       </c>
       <c r="C278" s="5">
-        <v>-1.2009351000003221E-2</v>
+        <v>-1.1805090999999379E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>-0.3082314415155829</v>
+        <v>-0.30299928174543078</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>46.740839825999998</v>
+        <v>46.741211044000003</v>
       </c>
       <c r="C279" s="5">
-        <v>6.4391135000001043E-2</v>
+        <v>6.5033240000005321E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>1.6680432919511157</v>
+        <v>1.6848144589669989</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>46.726323266000001</v>
+        <v>46.726201070999998</v>
       </c>
       <c r="C280" s="5">
-        <v>-1.4516559999997014E-2</v>
+        <v>-1.5009973000005061E-2</v>
       </c>
       <c r="D280" s="5">
-        <v>-0.37205464915823772</v>
+        <v>-0.38467528521519689</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>46.721238597999999</v>
+        <v>46.721003920000001</v>
       </c>
       <c r="C281" s="5">
-        <v>-5.0846680000020683E-3</v>
+        <v>-5.1971509999972909E-3</v>
       </c>
       <c r="D281" s="5">
-        <v>-0.1305035511781294</v>
+        <v>-0.13338913284575149</v>
       </c>
       <c r="E281" s="5">
-        <v>1.1146899187161718</v>
+        <v>1.1144646859166274</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>46.673398974999998</v>
+        <v>46.67303416</v>
       </c>
       <c r="C282" s="5">
-        <v>-4.7839623000001552E-2</v>
+        <v>-4.7969760000000861E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>-1.2218286735921624</v>
+        <v>-1.2251397581800161</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>46.544034248000003</v>
+        <v>46.543681427999999</v>
       </c>
       <c r="C283" s="5">
-        <v>-0.12936472699999513</v>
+        <v>-0.12935273200000097</v>
       </c>
       <c r="D283" s="5">
-        <v>-3.2758038939312062</v>
+        <v>-3.2755299822355366</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>46.387152876999998</v>
+        <v>46.386834727999997</v>
       </c>
       <c r="C284" s="5">
-        <v>-0.15688137100000432</v>
+        <v>-0.15684670000000267</v>
       </c>
       <c r="D284" s="5">
-        <v>-3.9705750842348064</v>
+        <v>-3.9697433176481556</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>46.457024527999998</v>
+        <v>46.456761737999997</v>
       </c>
       <c r="C285" s="5">
-        <v>6.9871650999999702E-2</v>
+        <v>6.9927010000000678E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>1.822575798370174</v>
+        <v>1.8240444248022403</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>46.345674017</v>
+        <v>46.345354248</v>
       </c>
       <c r="C286" s="5">
-        <v>-0.11135051099999771</v>
+        <v>-0.11140748999999772</v>
       </c>
       <c r="D286" s="5">
-        <v>-2.8386048238446149</v>
+        <v>-2.8400541115770728</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>46.316991010000002</v>
+        <v>46.320287131999997</v>
       </c>
       <c r="C287" s="5">
-        <v>-2.8683006999997929E-2</v>
+        <v>-2.5067116000002443E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>-0.74014865932668927</v>
+        <v>-0.64712454140511966</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>46.418423713000003</v>
+        <v>46.418121816000003</v>
       </c>
       <c r="C288" s="5">
-        <v>0.1014327030000004</v>
+        <v>9.7834684000005723E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>2.6598464755311024</v>
+        <v>2.5642132217666092</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>46.373459808</v>
+        <v>46.372450647000001</v>
       </c>
       <c r="C289" s="5">
-        <v>-4.4963905000003024E-2</v>
+        <v>-4.567116900000201E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>-1.1562251604307128</v>
+        <v>-1.1743214082897135</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>46.588435070000003</v>
+        <v>46.588060347000003</v>
       </c>
       <c r="C290" s="5">
-        <v>0.21497526200000294</v>
+        <v>0.21560970000000168</v>
       </c>
       <c r="D290" s="5">
-        <v>5.706936183285749</v>
+        <v>5.7243393651924102</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>45.967481521000003</v>
+        <v>45.967940878</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.62095354899999933</v>
+        <v>-0.62011946900000225</v>
       </c>
       <c r="D291" s="5">
-        <v>-14.872270198515858</v>
+        <v>-14.85384350182054</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>46.117135165999997</v>
+        <v>46.117043643000002</v>
       </c>
       <c r="C292" s="5">
-        <v>0.14965364499999367</v>
+        <v>0.14910276500000208</v>
       </c>
       <c r="D292" s="5">
-        <v>3.977489400890466</v>
+        <v>3.9625456468191489</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>46.137183008999997</v>
+        <v>46.136955489999998</v>
       </c>
       <c r="C293" s="5">
-        <v>2.0047843000000398E-2</v>
+        <v>1.991184699999593E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>0.52290791014324434</v>
+        <v>0.5193533317324972</v>
       </c>
       <c r="E293" s="5">
-        <v>-1.250085842169868</v>
+        <v>-1.2500767984353733</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>45.980827429999998</v>
+        <v>45.980379816000003</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.15635557899999952</v>
+        <v>-0.1565756739999955</v>
       </c>
       <c r="D294" s="5">
-        <v>-3.9917631672018228</v>
+        <v>-3.9972970834393107</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>46.004910928999998</v>
+        <v>46.004372246000003</v>
       </c>
       <c r="C295" s="5">
-        <v>2.408349899999962E-2</v>
+        <v>2.3992429999999842E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>0.63034095248477584</v>
+        <v>0.62795667616066808</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>46.048160828999997</v>
+        <v>46.047555410999998</v>
       </c>
       <c r="C296" s="5">
-        <v>4.3249899999999286E-2</v>
+        <v>4.3183164999994972E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>1.1339893250695399</v>
+        <v>1.1322438519560718</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>46.056254097999997</v>
+        <v>46.055635213999999</v>
       </c>
       <c r="C297" s="5">
-        <v>8.0932689999997365E-3</v>
+        <v>8.0798030000011067E-3</v>
       </c>
       <c r="D297" s="5">
-        <v>0.21111193733076572</v>
+        <v>0.21076311298826589</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>46.275190909999999</v>
+        <v>46.274689563999999</v>
       </c>
       <c r="C298" s="5">
-        <v>0.21893681200000259</v>
+        <v>0.2190543500000004</v>
       </c>
       <c r="D298" s="5">
-        <v>5.8559513008259678</v>
+        <v>5.8592586133927371</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>46.334024028999998</v>
+        <v>46.338987754999998</v>
       </c>
       <c r="C299" s="5">
-        <v>5.8833118999999101E-2</v>
+        <v>6.4298190999998894E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>1.5363634950567251</v>
+        <v>1.6801889862322561</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>46.430619714999999</v>
+        <v>46.430047381999998</v>
       </c>
       <c r="C300" s="5">
-        <v>9.6595686000000569E-2</v>
+        <v>9.1059626999999921E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>2.5306070570058736</v>
+        <v>2.3837447860166616</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>46.559276406999999</v>
+        <v>46.557838812</v>
       </c>
       <c r="C301" s="5">
-        <v>0.12865669199999985</v>
+        <v>0.12779143000000204</v>
       </c>
       <c r="D301" s="5">
-        <v>3.3762806541175694</v>
+        <v>3.3532711175778385</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>46.700938076</v>
+        <v>46.700659676000001</v>
       </c>
       <c r="C302" s="5">
-        <v>0.14166166900000121</v>
+        <v>0.14282086400000082</v>
       </c>
       <c r="D302" s="5">
-        <v>3.7128539146697115</v>
+        <v>3.7438675952374156</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>46.989218154</v>
+        <v>46.989612305000001</v>
       </c>
       <c r="C303" s="5">
-        <v>0.28828007799999966</v>
+        <v>0.28895262900000063</v>
       </c>
       <c r="D303" s="5">
-        <v>7.6642144106549015</v>
+        <v>7.682755054235213</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>46.800330912</v>
+        <v>46.800380889000003</v>
       </c>
       <c r="C304" s="5">
-        <v>-0.18888724199999984</v>
+        <v>-0.18923141599999838</v>
       </c>
       <c r="D304" s="5">
-        <v>-4.7185277243343426</v>
+        <v>-4.7268971145738252</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>46.828974563000003</v>
+        <v>46.829437016</v>
       </c>
       <c r="C305" s="5">
-        <v>2.864365100000299E-2</v>
+        <v>2.9056126999996934E-2</v>
       </c>
       <c r="D305" s="5">
-        <v>0.73692475690938508</v>
+        <v>0.74757212670779616</v>
       </c>
       <c r="E305" s="5">
-        <v>1.4994230442397338</v>
+        <v>1.500925925097274</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>46.888869391</v>
+        <v>46.888076023000004</v>
       </c>
       <c r="C306" s="5">
-        <v>5.9894827999997347E-2</v>
+        <v>5.8639007000003573E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>1.545657513672305</v>
+        <v>1.5130110013086506</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>46.968284449000002</v>
+        <v>46.967209781999998</v>
       </c>
       <c r="C307" s="5">
-        <v>7.9415058000002148E-2</v>
+        <v>7.9133758999994086E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>2.0514640194585487</v>
+        <v>2.0441647807563079</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>47.000520657000003</v>
+        <v>46.999226178999997</v>
       </c>
       <c r="C308" s="5">
-        <v>3.2236208000000488E-2</v>
+        <v>3.2016396999999586E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>0.82672402497943054</v>
+        <v>0.82108449757098967</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>47.072487946000003</v>
+        <v>47.071615674999997</v>
       </c>
       <c r="C309" s="5">
-        <v>7.1967288999999823E-2</v>
+        <v>7.2389495999999554E-2</v>
       </c>
       <c r="D309" s="5">
-        <v>1.8529958205189212</v>
+        <v>1.8640107291661545</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>47.112799060999997</v>
+        <v>47.112308034000002</v>
       </c>
       <c r="C310" s="5">
-        <v>4.0311114999994402E-2</v>
+        <v>4.0692359000004785E-2</v>
       </c>
       <c r="D310" s="5">
-        <v>1.0324890371725237</v>
+        <v>1.0423197252077854</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>47.158589751999997</v>
+        <v>47.164192939000003</v>
       </c>
       <c r="C311" s="5">
-        <v>4.579069100000055E-2</v>
+        <v>5.1884905000001424E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>1.1725798838737589</v>
+        <v>1.3295974439784697</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>46.851068429000001</v>
+        <v>46.850577553999997</v>
       </c>
       <c r="C312" s="5">
-        <v>-0.30752132299999602</v>
+        <v>-0.31361538500000563</v>
       </c>
       <c r="D312" s="5">
-        <v>-7.5505609764523367</v>
+        <v>-7.6938789871651476</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>46.649060087999999</v>
+        <v>46.647488727999999</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.20200834100000264</v>
+        <v>-0.20308882599999833</v>
       </c>
       <c r="D313" s="5">
-        <v>-5.0531018768513736</v>
+        <v>-5.0795403807419763</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>46.798155604000002</v>
+        <v>46.798654593999998</v>
       </c>
       <c r="C314" s="5">
-        <v>0.1490955160000027</v>
+        <v>0.15116586599999948</v>
       </c>
       <c r="D314" s="5">
-        <v>3.9034749434817551</v>
+        <v>3.9587843691635705</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>47.308355206999998</v>
+        <v>47.308876353000002</v>
       </c>
       <c r="C315" s="5">
-        <v>0.51019960299999667</v>
+        <v>0.51022175900000377</v>
       </c>
       <c r="D315" s="5">
-        <v>13.896228247118358</v>
+        <v>13.896711172363595</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>47.185330888999999</v>
+        <v>47.185418814999998</v>
       </c>
       <c r="C316" s="5">
-        <v>-0.1230243179999988</v>
+        <v>-0.12345753800000381</v>
       </c>
       <c r="D316" s="5">
-        <v>-3.0763253578709571</v>
+        <v>-3.0869698573571691</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>47.219834227</v>
+        <v>47.221040211999998</v>
       </c>
       <c r="C317" s="5">
-        <v>3.4503338000000383E-2</v>
+        <v>3.5621396999999888E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>0.88101383590277749</v>
+        <v>0.90967948091642548</v>
       </c>
       <c r="E317" s="5">
-        <v>0.8346534760742319</v>
+        <v>0.83623297855619505</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>47.381750332000003</v>
+        <v>47.381165003</v>
       </c>
       <c r="C318" s="5">
-        <v>0.16191610500000309</v>
+        <v>0.16012479100000121</v>
       </c>
       <c r="D318" s="5">
-        <v>4.1932783098769688</v>
+        <v>4.1459107082032931</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>47.538551751</v>
+        <v>47.538152265000001</v>
       </c>
       <c r="C319" s="5">
-        <v>0.15680141899999711</v>
+        <v>0.15698726200000124</v>
       </c>
       <c r="D319" s="5">
-        <v>4.0442690341806919</v>
+        <v>4.0492009731493583</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>47.562230364000001</v>
+        <v>47.555501581000001</v>
       </c>
       <c r="C320" s="5">
-        <v>2.3678613000001292E-2</v>
+        <v>1.734931600000067E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>0.59935158545803002</v>
+        <v>0.43882688969458794</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>47.578557932000002</v>
+        <v>47.578810146000002</v>
       </c>
       <c r="C321" s="5">
-        <v>1.6327568000001236E-2</v>
+        <v>2.3308565000000669E-2</v>
       </c>
       <c r="D321" s="5">
-        <v>0.4127249133306643</v>
+        <v>0.58974883860529737</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>47.550740853999997</v>
+        <v>47.551060442999997</v>
       </c>
       <c r="C322" s="5">
-        <v>-2.7817078000005324E-2</v>
+        <v>-2.7749703000004899E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>-0.69933527664326478</v>
+        <v>-0.69764317888769689</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>47.389047140000002</v>
+        <v>47.395091125</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.16169371399999477</v>
+        <v>-0.1559693179999968</v>
       </c>
       <c r="D323" s="5">
-        <v>-4.005077323384465</v>
+        <v>-3.8658099667943202</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>47.876699127999998</v>
+        <v>47.876540120000001</v>
       </c>
       <c r="C324" s="5">
-        <v>0.48765198799999609</v>
+        <v>0.48144899500000093</v>
       </c>
       <c r="D324" s="5">
-        <v>13.07189908757902</v>
+        <v>12.894489151474865</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>47.841362683</v>
+        <v>47.840161803000001</v>
       </c>
       <c r="C325" s="5">
-        <v>-3.5336444999998662E-2</v>
+        <v>-3.6378317000000493E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>-0.8820997277979914</v>
+        <v>-0.90800227659716404</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>48.089414705000003</v>
+        <v>48.091157598999999</v>
       </c>
       <c r="C326" s="5">
-        <v>0.24805202200000309</v>
+        <v>0.25099579599999799</v>
       </c>
       <c r="D326" s="5">
-        <v>6.402394112333587</v>
+        <v>6.4807483828110302</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>47.725579854999999</v>
+        <v>47.725977182000001</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.36383485000000348</v>
+        <v>-0.3651804169999977</v>
       </c>
       <c r="D327" s="5">
-        <v>-8.7105336574534569</v>
+        <v>-8.7411107779868154</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>47.869097676000003</v>
+        <v>47.869176064000001</v>
       </c>
       <c r="C328" s="5">
-        <v>0.14351782100000321</v>
+        <v>0.14319888200000008</v>
       </c>
       <c r="D328" s="5">
-        <v>3.6688617359228459</v>
+        <v>3.660542445168824</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>47.904906525000001</v>
+        <v>47.906775590000002</v>
       </c>
       <c r="C329" s="5">
-        <v>3.5808848999998588E-2</v>
+        <v>3.7599526000001049E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>0.90137180878278045</v>
+        <v>0.9466396649279174</v>
       </c>
       <c r="E329" s="5">
-        <v>1.4508147036405239</v>
+        <v>1.4521818556333832</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>48.075994446000003</v>
+        <v>48.075414314</v>
       </c>
       <c r="C330" s="5">
-        <v>0.17108792100000159</v>
+        <v>0.16863872399999735</v>
       </c>
       <c r="D330" s="5">
-        <v>4.3708813894511866</v>
+        <v>4.3069227630119666</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>48.220541816999997</v>
+        <v>48.220372134000002</v>
       </c>
       <c r="C331" s="5">
-        <v>0.14454737099999448</v>
+        <v>0.1449578200000019</v>
       </c>
       <c r="D331" s="5">
-        <v>3.6682374592091893</v>
+        <v>3.6788720653394336</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>48.327203754000003</v>
+        <v>48.314153824000002</v>
       </c>
       <c r="C332" s="5">
-        <v>0.10666193700000548</v>
+        <v>9.378169000000014E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>2.6868842456438058</v>
+        <v>2.3589542707057376</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>48.380855046999997</v>
+        <v>48.382958301000002</v>
       </c>
       <c r="C333" s="5">
-        <v>5.3651292999994382E-2</v>
+        <v>6.8804477000000475E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>1.3403655421592386</v>
+        <v>1.7223762750599114</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>48.375127708000001</v>
+        <v>48.376869075999998</v>
       </c>
       <c r="C334" s="5">
-        <v>-5.7273389999963342E-3</v>
+        <v>-6.0892250000037507E-3</v>
       </c>
       <c r="D334" s="5">
-        <v>-0.14196387666958188</v>
+        <v>-0.15092120068180837</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>48.615451016000002</v>
+        <v>48.621295746999998</v>
       </c>
       <c r="C335" s="5">
-        <v>0.24032330800000068</v>
+        <v>0.24442667099999937</v>
       </c>
       <c r="D335" s="5">
-        <v>6.1271093543673993</v>
+        <v>6.2344198454534094</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>48.801731328999999</v>
+        <v>48.802507399</v>
       </c>
       <c r="C336" s="5">
-        <v>0.18628031299999748</v>
+        <v>0.18121165200000178</v>
       </c>
       <c r="D336" s="5">
-        <v>4.6962016858909328</v>
+        <v>4.5652281671491046</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>49.146948072000001</v>
+        <v>49.146798502000003</v>
       </c>
       <c r="C337" s="5">
-        <v>0.34521674300000171</v>
+        <v>0.34429110300000332</v>
       </c>
       <c r="D337" s="5">
-        <v>8.826808817926878</v>
+        <v>8.8020700162700471</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>49.378682083999998</v>
+        <v>49.381727793000003</v>
       </c>
       <c r="C338" s="5">
-        <v>0.23173401199999688</v>
+        <v>0.23492929100000026</v>
       </c>
       <c r="D338" s="5">
-        <v>5.807214963529006</v>
+        <v>5.8894236280048862</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>49.640286973999999</v>
+        <v>49.640391008999998</v>
       </c>
       <c r="C339" s="5">
-        <v>0.26160489000000098</v>
+        <v>0.25866321599999509</v>
       </c>
       <c r="D339" s="5">
-        <v>6.5460782862907463</v>
+        <v>6.4699255347679507</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>49.751130394999997</v>
+        <v>49.751024207</v>
       </c>
       <c r="C340" s="5">
-        <v>0.11084342099999844</v>
+        <v>0.11063319800000215</v>
       </c>
       <c r="D340" s="5">
-        <v>2.7126729572285013</v>
+        <v>2.7074591954503457</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>49.978136634999998</v>
+        <v>49.979663426000002</v>
       </c>
       <c r="C341" s="5">
-        <v>0.22700624000000147</v>
+        <v>0.2286392190000015</v>
       </c>
       <c r="D341" s="5">
-        <v>5.6149230159696195</v>
+        <v>5.6563530136965801</v>
       </c>
       <c r="E341" s="5">
-        <v>4.3278032677467992</v>
+        <v>4.3269199616780218</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>49.669028924000003</v>
+        <v>49.668587072000001</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.30910771099999579</v>
+        <v>-0.31107635400000078</v>
       </c>
       <c r="D342" s="5">
-        <v>-7.1744972183594875</v>
+        <v>-7.2184244850447161</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>49.918771747000001</v>
+        <v>49.918957005999999</v>
       </c>
       <c r="C343" s="5">
-        <v>0.24974282299999828</v>
+        <v>0.2503699339999983</v>
       </c>
       <c r="D343" s="5">
-        <v>6.2034588483467212</v>
+        <v>6.2195271615208103</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>50.114133615999997</v>
+        <v>50.094458377999999</v>
       </c>
       <c r="C344" s="5">
-        <v>0.19536186899999564</v>
+        <v>0.17550137199999938</v>
       </c>
       <c r="D344" s="5">
-        <v>4.7987318270274582</v>
+        <v>4.3014129243979626</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>49.967170185999997</v>
+        <v>49.971392803000001</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.14696342999999956</v>
+        <v>-0.12306557499999826</v>
       </c>
       <c r="D345" s="5">
-        <v>-3.4628806359602415</v>
+        <v>-2.9084963984808421</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>50.184097913999999</v>
+        <v>50.187833212999998</v>
       </c>
       <c r="C346" s="5">
-        <v>0.21692772800000171</v>
+        <v>0.21644040999999703</v>
       </c>
       <c r="D346" s="5">
-        <v>5.335899479070183</v>
+        <v>5.3231650095878047</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>50.235692733</v>
+        <v>50.241178699999999</v>
       </c>
       <c r="C347" s="5">
-        <v>5.1594819000001735E-2</v>
+        <v>5.3345487000001413E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>1.2407333451500469</v>
+        <v>1.2829831719135543</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>50.422846110000002</v>
+        <v>50.424741365999999</v>
       </c>
       <c r="C348" s="5">
-        <v>0.18715337700000134</v>
+        <v>0.18356266600000026</v>
       </c>
       <c r="D348" s="5">
-        <v>4.5633584277411154</v>
+        <v>4.4735410528623065</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>50.458794437999998</v>
+        <v>50.460475117999998</v>
       </c>
       <c r="C349" s="5">
-        <v>3.5948327999996366E-2</v>
+        <v>3.5733751999998731E-2</v>
       </c>
       <c r="D349" s="5">
-        <v>0.85888739595521013</v>
+        <v>0.8537084741394585</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>50.579578410000003</v>
+        <v>50.583191956999997</v>
       </c>
       <c r="C350" s="5">
-        <v>0.12078397200000524</v>
+        <v>0.12271683899999886</v>
       </c>
       <c r="D350" s="5">
-        <v>2.9105785007068619</v>
+        <v>2.9576805467664169</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>50.447412712000002</v>
+        <v>50.446826541999997</v>
       </c>
       <c r="C351" s="5">
-        <v>-0.13216569800000144</v>
+        <v>-0.13636541500000021</v>
       </c>
       <c r="D351" s="5">
-        <v>-3.0909559642455675</v>
+        <v>-3.1874987324917781</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>50.447196941999998</v>
+        <v>50.446581250000001</v>
       </c>
       <c r="C352" s="5">
-        <v>-2.1577000000405633E-4</v>
+        <v>-2.4529199999534512E-4</v>
       </c>
       <c r="D352" s="5">
-        <v>-5.1324318769085941E-3</v>
+        <v>-5.8347085128529486E-3</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>50.450448289999997</v>
+        <v>50.451087067000003</v>
       </c>
       <c r="C353" s="5">
-        <v>3.2513479999991546E-3</v>
+        <v>4.5058170000018549E-3</v>
       </c>
       <c r="D353" s="5">
-        <v>7.7368043633496697E-2</v>
+        <v>0.10723496514331021</v>
       </c>
       <c r="E353" s="5">
-        <v>0.94503654357780409</v>
+        <v>0.9432309237095815</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>50.577620500999998</v>
+        <v>50.576489156999997</v>
       </c>
       <c r="C354" s="5">
-        <v>0.12717221100000131</v>
+        <v>0.12540208999999436</v>
       </c>
       <c r="D354" s="5">
-        <v>3.0671734791757554</v>
+        <v>3.0238571266489878</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>50.625202063000003</v>
+        <v>50.624454733999997</v>
       </c>
       <c r="C355" s="5">
-        <v>4.7581562000004851E-2</v>
+        <v>4.7965576999999371E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>1.1347753792493975</v>
+        <v>1.1440073214874724</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>50.612879264999997</v>
+        <v>50.591890145000001</v>
       </c>
       <c r="C356" s="5">
-        <v>-1.2322798000006685E-2</v>
+        <v>-3.2564588999996147E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>-0.29170405675993383</v>
+        <v>-0.76918457588739386</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>51.051689762000002</v>
+        <v>51.056601344000001</v>
       </c>
       <c r="C357" s="5">
-        <v>0.43881049700000574</v>
+        <v>0.46471119899999991</v>
       </c>
       <c r="D357" s="5">
-        <v>10.91465352122496</v>
+        <v>11.596856444507274</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>51.163228687</v>
+        <v>51.169897370000001</v>
       </c>
       <c r="C358" s="5">
-        <v>0.11153892499999785</v>
+        <v>0.11329602600000044</v>
       </c>
       <c r="D358" s="5">
-        <v>2.6535234111703332</v>
+        <v>2.6955741068786843</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>51.333759577000002</v>
+        <v>51.338668304000002</v>
       </c>
       <c r="C359" s="5">
-        <v>0.17053089000000199</v>
+        <v>0.1687709340000012</v>
       </c>
       <c r="D359" s="5">
-        <v>4.0738330152691571</v>
+        <v>4.0304886590368794</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>51.427602155999999</v>
+        <v>51.430869866999998</v>
       </c>
       <c r="C360" s="5">
-        <v>9.3842578999996817E-2</v>
+        <v>9.2201562999996156E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>2.2158959233870013</v>
+        <v>2.1765530153500245</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>51.581185769000001</v>
+        <v>51.584653570999997</v>
       </c>
       <c r="C361" s="5">
-        <v>0.15358361300000212</v>
+        <v>0.15378370399999852</v>
       </c>
       <c r="D361" s="5">
-        <v>3.6431379260018604</v>
+        <v>3.6477269906765475</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>51.590025918000002</v>
+        <v>51.593790575</v>
       </c>
       <c r="C362" s="5">
-        <v>8.840149000000963E-3</v>
+        <v>9.1370040000029462E-3</v>
       </c>
       <c r="D362" s="5">
-        <v>0.20585381484796716</v>
+        <v>0.21275886954497114</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>51.551450267</v>
+        <v>51.549686389000001</v>
       </c>
       <c r="C363" s="5">
-        <v>-3.8575651000002154E-2</v>
+        <v>-4.4104185999998435E-2</v>
       </c>
       <c r="D363" s="5">
-        <v>-0.89360067872845672</v>
+        <v>-1.0209929983410748</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>51.549561736999998</v>
+        <v>51.547210302000003</v>
       </c>
       <c r="C364" s="5">
-        <v>-1.8885300000022198E-3</v>
+        <v>-2.4760869999980173E-3</v>
       </c>
       <c r="D364" s="5">
-        <v>-4.3951807918873875E-2</v>
+        <v>-5.7624396379551968E-2</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>51.529351587999997</v>
+        <v>51.527123515</v>
       </c>
       <c r="C365" s="5">
-        <v>-2.0210149000000399E-2</v>
+        <v>-2.0086787000003881E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-0.46945020534829851</v>
+        <v>-0.46661207602198829</v>
       </c>
       <c r="E365" s="5">
-        <v>2.1385405572577509</v>
+        <v>2.1328310459812316</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>51.491715298999999</v>
+        <v>51.489190446999999</v>
       </c>
       <c r="C366" s="5">
-        <v>-3.7636288999998158E-2</v>
+        <v>-3.7933068000000958E-2</v>
       </c>
       <c r="D366" s="5">
-        <v>-0.87295025082677613</v>
+        <v>-0.87984389823737574</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>51.441139585999998</v>
+        <v>51.439622810000003</v>
       </c>
       <c r="C367" s="5">
-        <v>-5.0575713000000633E-2</v>
+        <v>-4.9567636999995557E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>-1.1723063540155954</v>
+        <v>-1.1491195504728435</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>51.237500947000001</v>
+        <v>51.216548033999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.20363863899999757</v>
+        <v>-0.22307477600000425</v>
       </c>
       <c r="D368" s="5">
-        <v>-4.6483308677520263</v>
+        <v>-5.0816145353853042</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>46.831095918000003</v>
+        <v>46.836592633999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-4.4064050289999983</v>
+        <v>-4.3799554000000001</v>
       </c>
       <c r="D369" s="5">
-        <v>-66.009576135835218</v>
+        <v>-65.794191182343724</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>47.615061240000003</v>
+        <v>47.625050827000003</v>
       </c>
       <c r="C370" s="5">
-        <v>0.78396532200000024</v>
+        <v>0.78845819300000386</v>
       </c>
       <c r="D370" s="5">
-        <v>22.04509064042486</v>
+        <v>22.180504777041588</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>49.308315935000003</v>
+        <v>49.315227548999999</v>
       </c>
       <c r="C371" s="5">
-        <v>1.6932546950000003</v>
+        <v>1.6901767219999968</v>
       </c>
       <c r="D371" s="5">
-        <v>52.093226491568892</v>
+        <v>51.966223282591727</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>48.917255912000002</v>
+        <v>48.922918334000002</v>
       </c>
       <c r="C372" s="5">
-        <v>-0.39106002300000142</v>
+        <v>-0.39230921499999738</v>
       </c>
       <c r="D372" s="5">
-        <v>-9.1127423171622812</v>
+        <v>-9.1393645363890936</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>49.190623528000003</v>
+        <v>49.196226221000003</v>
       </c>
       <c r="C373" s="5">
-        <v>0.27336761600000159</v>
+        <v>0.27330788700000141</v>
       </c>
       <c r="D373" s="5">
-        <v>6.9160465919322789</v>
+        <v>6.9136637043907267</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>49.396423222000003</v>
+        <v>49.399177192000003</v>
       </c>
       <c r="C374" s="5">
-        <v>0.20579969399999953</v>
+        <v>0.20295097099999992</v>
       </c>
       <c r="D374" s="5">
-        <v>5.1376109174830153</v>
+        <v>5.0642837996347945</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>50.055981840000001</v>
+        <v>50.051575374999999</v>
       </c>
       <c r="C375" s="5">
-        <v>0.65955861799999838</v>
+        <v>0.65239818299999541</v>
       </c>
       <c r="D375" s="5">
-        <v>17.253489831040667</v>
+        <v>17.05135208232662</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>50.173860255000001</v>
+        <v>50.167376601000001</v>
       </c>
       <c r="C376" s="5">
-        <v>0.11787841499999985</v>
+        <v>0.11580122600000209</v>
       </c>
       <c r="D376" s="5">
-        <v>2.8628084406458809</v>
+        <v>2.8119687463523002</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>50.536681981999998</v>
+        <v>50.528733244999998</v>
       </c>
       <c r="C377" s="5">
-        <v>0.36282172699999649</v>
+        <v>0.36135664399999712</v>
       </c>
       <c r="D377" s="5">
-        <v>9.0311279954342183</v>
+        <v>8.9944123704253531</v>
       </c>
       <c r="E377" s="5">
-        <v>-1.9264158686428501</v>
+        <v>-1.9376014065861091</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>50.407422287000003</v>
+        <v>50.400048488000003</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.12925969499999468</v>
+        <v>-0.12868475699999493</v>
       </c>
       <c r="D378" s="5">
-        <v>-3.0264766352247618</v>
+        <v>-3.0136704425341554</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>50.462141250999998</v>
+        <v>50.457405283</v>
       </c>
       <c r="C379" s="5">
-        <v>5.4718963999995651E-2</v>
+        <v>5.7356794999996907E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>1.3104461830590663</v>
+        <v>1.3742169202185295</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>50.763994674999999</v>
+        <v>50.748511151999999</v>
       </c>
       <c r="C380" s="5">
-        <v>0.30185342400000081</v>
+        <v>0.29110586899999902</v>
       </c>
       <c r="D380" s="5">
-        <v>7.4190679111244329</v>
+        <v>7.1471695172637517</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>50.929576746999999</v>
+        <v>50.937056267999999</v>
       </c>
       <c r="C381" s="5">
-        <v>0.16558207199999941</v>
+        <v>0.18854511600000023</v>
       </c>
       <c r="D381" s="5">
-        <v>3.9851505634563855</v>
+        <v>4.5505801508566313</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>51.191595970000002</v>
+        <v>51.209280782999997</v>
       </c>
       <c r="C382" s="5">
-        <v>0.26201922300000291</v>
+        <v>0.27222451499999778</v>
       </c>
       <c r="D382" s="5">
-        <v>6.3514046971359317</v>
+        <v>6.6051051192585808</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>51.456212231999999</v>
+        <v>51.470850081000002</v>
       </c>
       <c r="C383" s="5">
-        <v>0.26461626199999699</v>
+        <v>0.26156929800000484</v>
       </c>
       <c r="D383" s="5">
-        <v>6.3823877589030298</v>
+        <v>6.3045799932730295</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>51.985975949</v>
+        <v>51.999177824999997</v>
       </c>
       <c r="C384" s="5">
-        <v>0.52976371700000158</v>
+        <v>0.52832774399999494</v>
       </c>
       <c r="D384" s="5">
-        <v>13.07865924259508</v>
+        <v>13.037262371558089</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>51.986818063000001</v>
+        <v>51.996810553000003</v>
       </c>
       <c r="C385" s="5">
-        <v>8.4211400000100411E-4</v>
+        <v>-2.3672719999936476E-3</v>
       </c>
       <c r="D385" s="5">
-        <v>1.9440374427026619E-2</v>
+        <v>-5.4616540904972588E-2</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>52.496183182000003</v>
+        <v>52.498266704000002</v>
       </c>
       <c r="C386" s="5">
-        <v>0.5093651190000017</v>
+        <v>0.50145615099999929</v>
       </c>
       <c r="D386" s="5">
-        <v>12.412317979638665</v>
+        <v>12.206784424590067</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>53.258527145000002</v>
+        <v>53.248540955999999</v>
       </c>
       <c r="C387" s="5">
-        <v>0.76234396299999929</v>
+        <v>0.75027425199999698</v>
       </c>
       <c r="D387" s="5">
-        <v>18.887742725707255</v>
+        <v>18.564034626833802</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>53.783177674999997</v>
+        <v>53.763902631000001</v>
       </c>
       <c r="C388" s="5">
-        <v>0.52465052999999529</v>
+        <v>0.51536167500000118</v>
       </c>
       <c r="D388" s="5">
-        <v>12.483202842736096</v>
+        <v>12.252722476734391</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>54.326450209999997</v>
+        <v>54.302412072000003</v>
       </c>
       <c r="C389" s="5">
-        <v>0.54327253499999983</v>
+        <v>0.5385094410000022</v>
       </c>
       <c r="D389" s="5">
-        <v>12.818012152068036</v>
+        <v>12.704179558711681</v>
       </c>
       <c r="E389" s="5">
-        <v>7.4990444155986102</v>
+        <v>7.4683820168268689</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>54.647701288999997</v>
+        <v>54.63188719</v>
       </c>
       <c r="C390" s="5">
-        <v>0.32125107899999961</v>
+        <v>0.32947511799999774</v>
       </c>
       <c r="D390" s="5">
-        <v>7.3314115082136144</v>
+        <v>7.528845408862983</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>55.310612667999997</v>
+        <v>55.305444489000003</v>
       </c>
       <c r="C391" s="5">
-        <v>0.66291137900000052</v>
+        <v>0.67355729900000227</v>
       </c>
       <c r="D391" s="5">
-        <v>15.568332832083364</v>
+        <v>15.840443066504717</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>55.619299619000003</v>
+        <v>55.598990170999997</v>
       </c>
       <c r="C392" s="5">
-        <v>0.30868695100000565</v>
+        <v>0.2935456819999942</v>
       </c>
       <c r="D392" s="5">
-        <v>6.9066103134428181</v>
+        <v>6.5585247017193371</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>56.247169255999999</v>
+        <v>56.265126531999996</v>
       </c>
       <c r="C393" s="5">
-        <v>0.62786963699999632</v>
+        <v>0.66613636099999951</v>
       </c>
       <c r="D393" s="5">
-        <v>14.419977711721032</v>
+        <v>15.363587838020564</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>56.880169404</v>
+        <v>56.915585755999999</v>
       </c>
       <c r="C394" s="5">
-        <v>0.63300014800000071</v>
+        <v>0.65045922400000222</v>
       </c>
       <c r="D394" s="5">
-        <v>14.372740172966436</v>
+        <v>14.789699610147466</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>56.888529734999999</v>
+        <v>56.922737421999997</v>
       </c>
       <c r="C395" s="5">
-        <v>8.3603309999986664E-3</v>
+        <v>7.1516659999986132E-3</v>
       </c>
       <c r="D395" s="5">
-        <v>0.17652041916851324</v>
+        <v>0.15088894475112635</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>59.028013815000001</v>
+        <v>59.056663223000001</v>
       </c>
       <c r="C396" s="5">
-        <v>2.1394840800000026</v>
+        <v>2.1339258010000037</v>
       </c>
       <c r="D396" s="5">
-        <v>55.740486279307987</v>
+        <v>55.524042132824981</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>59.152856778</v>
+        <v>59.170881709</v>
       </c>
       <c r="C397" s="5">
-        <v>0.12484296299999897</v>
+        <v>0.11421848599999862</v>
       </c>
       <c r="D397" s="5">
-        <v>2.5677056552326771</v>
+        <v>2.3457063672270628</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>59.27324514</v>
+        <v>59.272097252000002</v>
       </c>
       <c r="C398" s="5">
-        <v>0.12038836199999992</v>
+        <v>0.10121554300000213</v>
       </c>
       <c r="D398" s="5">
-        <v>2.4697734733865051</v>
+        <v>2.0720983645264202</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>59.654626620999998</v>
+        <v>59.631008186999999</v>
       </c>
       <c r="C399" s="5">
-        <v>0.38138148099999825</v>
+        <v>0.35891093499999727</v>
       </c>
       <c r="D399" s="5">
-        <v>8.0003397163737944</v>
+        <v>7.5133248292422294</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>59.892236224999998</v>
+        <v>59.848039</v>
       </c>
       <c r="C400" s="5">
-        <v>0.23760960399999931</v>
+        <v>0.21703081300000093</v>
       </c>
       <c r="D400" s="5">
-        <v>4.8858167966913335</v>
+        <v>4.455971387433677</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>60.111464478000002</v>
+        <v>60.05981783</v>
       </c>
       <c r="C401" s="5">
-        <v>0.21922825300000426</v>
+        <v>0.21177883000000008</v>
       </c>
       <c r="D401" s="5">
-        <v>4.4819713171636355</v>
+        <v>4.3299574191739021</v>
       </c>
       <c r="E401" s="5">
-        <v>10.648614525038758</v>
+        <v>10.602486221728435</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>60.314341435999999</v>
+        <v>60.285586520999999</v>
       </c>
       <c r="C402" s="5">
-        <v>0.20287695799999739</v>
+        <v>0.22576869099999897</v>
       </c>
       <c r="D402" s="5">
-        <v>4.1260461924348846</v>
+        <v>4.6053168752217655</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>60.476021070999998</v>
+        <v>60.469317445000001</v>
       </c>
       <c r="C403" s="5">
-        <v>0.16167963499999871</v>
+        <v>0.18373092400000246</v>
       </c>
       <c r="D403" s="5">
-        <v>3.2645921164501379</v>
+        <v>3.7191410045643636</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>60.58436717</v>
+        <v>60.556551515000002</v>
       </c>
       <c r="C404" s="5">
-        <v>0.10834609900000203</v>
+        <v>8.7234070000000941E-2</v>
       </c>
       <c r="D404" s="5">
-        <v>2.1711764524061206</v>
+        <v>1.744942308747377</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>60.675236181999999</v>
+        <v>60.713849621000001</v>
       </c>
       <c r="C405" s="5">
-        <v>9.0869011999998861E-2</v>
+        <v>0.15729810599999894</v>
       </c>
       <c r="D405" s="5">
-        <v>1.814772698147693</v>
+        <v>3.1619682907072955</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>60.974331356</v>
+        <v>61.035599134999998</v>
       </c>
       <c r="C406" s="5">
-        <v>0.29909517400000141</v>
+        <v>0.32174951399999685</v>
       </c>
       <c r="D406" s="5">
-        <v>6.0783735339015044</v>
+        <v>6.5479987751394519</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>61.119339287000003</v>
+        <v>61.185209819000001</v>
       </c>
       <c r="C407" s="5">
-        <v>0.14500793100000209</v>
+        <v>0.14961068400000244</v>
       </c>
       <c r="D407" s="5">
-        <v>2.8914412944968104</v>
+        <v>2.98142563398196</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>61.164003545</v>
+        <v>61.207584791000002</v>
       </c>
       <c r="C408" s="5">
-        <v>4.4664257999997403E-2</v>
+        <v>2.2374972000001492E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>0.88045871553188437</v>
+        <v>0.43971469468404578</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>61.312137995999997</v>
+        <v>61.335739928000002</v>
       </c>
       <c r="C409" s="5">
-        <v>0.14813445099999711</v>
+        <v>0.12815513700000025</v>
       </c>
       <c r="D409" s="5">
-        <v>2.9453344136102677</v>
+        <v>2.5416711258239966</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>61.328577342999999</v>
+        <v>61.322612499999998</v>
       </c>
       <c r="C410" s="5">
-        <v>1.6439347000002158E-2</v>
+        <v>-1.3127428000004215E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>0.32222549391627275</v>
+        <v>-0.25652879431558029</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>61.132039321000001</v>
+        <v>61.092549435000002</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.19653802199999859</v>
+        <v>-0.23006306499999596</v>
       </c>
       <c r="D411" s="5">
-        <v>-3.7785446697156</v>
+        <v>-4.4102769112683404</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>61.217486397999998</v>
+        <v>61.145318668999998</v>
       </c>
       <c r="C412" s="5">
-        <v>8.5447076999997762E-2</v>
+        <v>5.276923399999589E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>1.6902501163072348</v>
+        <v>1.0414490233155549</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>61.335887327000002</v>
+        <v>61.254610776</v>
       </c>
       <c r="C413" s="5">
-        <v>0.11840092900000343</v>
+        <v>0.10929210700000169</v>
       </c>
       <c r="D413" s="5">
-        <v>2.3457725422636244</v>
+        <v>2.1661111093366436</v>
       </c>
       <c r="E413" s="5">
-        <v>2.036920676667453</v>
+        <v>1.9893382783508828</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>61.655596267</v>
+        <v>61.616108521999998</v>
       </c>
       <c r="C414" s="5">
-        <v>0.31970893999999817</v>
+        <v>0.36149774599999773</v>
       </c>
       <c r="D414" s="5">
-        <v>6.437385033194043</v>
+        <v>7.3163217384161205</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>61.63446227</v>
+        <v>61.629580189999999</v>
       </c>
       <c r="C415" s="5">
-        <v>-2.1133996999999738E-2</v>
+        <v>1.3471668000001102E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>-0.41055542012419233</v>
+        <v>0.26268221071759079</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>62.039533988999999</v>
+        <v>61.996021755999998</v>
       </c>
       <c r="C416" s="5">
-        <v>0.40507171899999861</v>
+        <v>0.36644156599999889</v>
       </c>
       <c r="D416" s="5">
-        <v>8.1780098210821883</v>
+        <v>7.3730652014605713</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>62.102254043999999</v>
+        <v>62.169688966999999</v>
       </c>
       <c r="C417" s="5">
-        <v>6.2720054999999775E-2</v>
+        <v>0.17366721100000149</v>
       </c>
       <c r="D417" s="5">
-        <v>1.2199313517424759</v>
+        <v>3.4137939308127363</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>62.167251387</v>
+        <v>62.254152484999999</v>
       </c>
       <c r="C418" s="5">
-        <v>6.4997343000001706E-2</v>
+        <v>8.4463517999999738E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>1.2631967017007417</v>
+        <v>1.6425532400875298</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>62.375823279000002</v>
+        <v>62.474304717999999</v>
       </c>
       <c r="C419" s="5">
-        <v>0.20857189200000192</v>
+        <v>0.22015223300000031</v>
       </c>
       <c r="D419" s="5">
-        <v>4.1011421702677353</v>
+        <v>4.3271340293437488</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>62.51229695</v>
+        <v>62.567998959000001</v>
       </c>
       <c r="C420" s="5">
-        <v>0.13647367099999741</v>
+        <v>9.3694241000001455E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>2.6573368055037738</v>
+        <v>1.8145883196708512</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>62.566531040999998</v>
+        <v>62.593600084999999</v>
       </c>
       <c r="C421" s="5">
-        <v>5.4234090999997875E-2</v>
+        <v>2.5601125999997976E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>1.0460718332413688</v>
+        <v>0.49211390774726027</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>62.680496773999998</v>
+        <v>62.667905003000001</v>
       </c>
       <c r="C422" s="5">
-        <v>0.11396573300000057</v>
+        <v>7.4304918000002829E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>2.207846983558337</v>
+        <v>1.433858738767646</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>62.591573261000001</v>
+        <v>62.535378876000003</v>
       </c>
       <c r="C423" s="5">
-        <v>-8.8923512999997456E-2</v>
+        <v>-0.13252612699999844</v>
       </c>
       <c r="D423" s="5">
-        <v>-1.6891940864780297</v>
+        <v>-2.5083753368730033</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>62.336008401000001</v>
+        <v>62.239216511999999</v>
       </c>
       <c r="C424" s="5">
-        <v>-0.25556485999999978</v>
+        <v>-0.29616236400000417</v>
       </c>
       <c r="D424" s="5">
-        <v>-4.7911194767776948</v>
+        <v>-5.5373817549643327</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>62.196099941999996</v>
+        <v>62.090004116999999</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.13990845900000437</v>
+        <v>-0.14921239499999928</v>
       </c>
       <c r="D425" s="5">
-        <v>-2.6603096679692517</v>
+        <v>-2.8392496628518726</v>
       </c>
       <c r="E425" s="5">
-        <v>1.4024621677256377</v>
+        <v>1.3638048310435247</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>61.778536072000001</v>
+        <v>61.126245515000001</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.41756386999999506</v>
+        <v>-0.96375860199999863</v>
       </c>
       <c r="D426" s="5">
-        <v>-7.7654737216266589</v>
+        <v>-17.115677148003172</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>61.849146492999999</v>
+        <v>61.219064871</v>
       </c>
       <c r="C427" s="5">
-        <v>7.0610420999997814E-2</v>
+        <v>9.2819355999999686E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>1.3802073928871561</v>
+        <v>1.8374789299470784</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>61.713739545000003</v>
+        <v>61.061680209000002</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.13540694799999642</v>
+        <v>-0.15738466199999834</v>
       </c>
       <c r="D428" s="5">
-        <v>-2.5957672770623108</v>
+        <v>-3.041763410363485</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>61.936954458999999</v>
+        <v>60.690705471999998</v>
       </c>
       <c r="C429" s="5">
-        <v>0.22321491399999616</v>
+        <v>-0.3709747370000045</v>
       </c>
       <c r="D429" s="5">
-        <v>4.4277208164355208</v>
+        <v>-7.051748541825531</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>62.017704354000003</v>
+        <v>60.557410978999997</v>
       </c>
       <c r="C430" s="5">
-        <v>8.0749895000003846E-2</v>
+        <v>-0.13329449300000107</v>
       </c>
       <c r="D430" s="5">
-        <v>1.575759293648038</v>
+        <v>-2.6039455698374403</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>62.092318896000002</v>
+        <v>60.409008376000003</v>
       </c>
       <c r="C431" s="5">
-        <v>7.4614541999999062E-2</v>
+        <v>-0.14840260299999386</v>
       </c>
       <c r="D431" s="5">
-        <v>1.4533320110193593</v>
+        <v>-2.9014178856196393</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>62.458064888000003</v>
+        <v>60.768009059000001</v>
       </c>
       <c r="C432" s="5">
-        <v>0.3657459920000008</v>
+        <v>0.35900068299999788</v>
       </c>
       <c r="D432" s="5">
-        <v>7.3019817679076171</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>7.3691740690861263</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>62.330866479000001</v>
+        <v>60.644252516999998</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.12719840900000179</v>
+        <v>-0.12375654200000241</v>
       </c>
       <c r="D433" s="5">
-        <v>-2.4166606630369625</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-2.4166606816321767</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>62.190586846999999</v>
+        <v>60.507768718999998</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.14027963200000215</v>
+        <v>-0.13648379800000043</v>
       </c>
       <c r="D434" s="5">
-        <v>-2.6674975863631656</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-2.6674975751167285</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>60.478205905000003</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-2.956281399999483E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-0.58472166110079549</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>60.520563353999997</v>
+      </c>
+      <c r="C436" s="5">
+        <v>4.2357448999993608E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>0.84369554665040258</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>60.622018879000002</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.10145552500000576</v>
+      </c>
+      <c r="D437" s="5">
+        <v>2.0303089568587618</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-2.3642859408316119</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>