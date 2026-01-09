--- v0 (2025-10-17)
+++ v1 (2026-01-09)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{2CDF61A6-D348-437D-8C42-DCF9529C31FF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A3D47D08-0C5E-4AD1-AEB9-EF0BB74CA4D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{6C817A25-B4B9-4057-ADE8-6FB081F83CA7}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{D87A5305-75C7-4D6D-AFB7-915E356CD4D5}"/>
   </bookViews>
   <sheets>
     <sheet name="sannrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7294BD47-145E-492E-8B51-A84B2B8820D7}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E8511BFB-8407-4D9B-95C8-CAE9D22D68C7}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>0.55158951500000342</v>
       </c>
       <c r="D431" s="5">
         <v>8.864119299436247</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>78.124695235000004</v>
       </c>
       <c r="C432" s="5">
         <v>-8.6786693999997055E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-1.323472991943353</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>78.172837513999994</v>
+        <v>78.017040484999995</v>
       </c>
       <c r="C433" s="5">
-        <v>4.8142278999989685E-2</v>
+        <v>-0.1076547500000089</v>
       </c>
       <c r="D433" s="5">
-        <v>0.74197967309701518</v>
+        <v>-1.6411084144261623</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>78.047416193999993</v>
+      </c>
+      <c r="C434" s="5">
+        <v>3.0375708999997642E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>0.46821832958581222</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>