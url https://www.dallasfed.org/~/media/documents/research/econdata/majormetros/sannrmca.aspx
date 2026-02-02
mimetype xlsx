--- v1 (2026-01-09)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A3D47D08-0C5E-4AD1-AEB9-EF0BB74CA4D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{1C6F0F98-D5DA-4622-AF77-26F87E40B5BA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{D87A5305-75C7-4D6D-AFB7-915E356CD4D5}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{8D238FE1-F7EE-4CF8-A4E2-DA2C25B1098A}"/>
   </bookViews>
   <sheets>
     <sheet name="sannrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E8511BFB-8407-4D9B-95C8-CAE9D22D68C7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{870C666D-3215-4683-95EC-DEA72F53DD63}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -2316,74 +2316,74 @@
         <v>0.53602365500000104</v>
       </c>
       <c r="D99" s="5">
         <v>17.519101653391811</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
         <v>40.012704380999999</v>
       </c>
       <c r="C100" s="5">
         <v>-0.10138876199999913</v>
       </c>
       <c r="D100" s="5">
         <v>-2.9912021082228235</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>39.907490510999999</v>
+        <v>39.907490512000003</v>
       </c>
       <c r="C101" s="5">
-        <v>-0.10521387000000004</v>
+        <v>-0.10521386899999641</v>
       </c>
       <c r="D101" s="5">
-        <v>-3.1101769568226745</v>
+        <v>-3.1101769276882796</v>
       </c>
       <c r="E101" s="5">
-        <v>5.0406279395870612</v>
+        <v>5.040627942219178</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
         <v>41.002108063000001</v>
       </c>
       <c r="C102" s="5">
-        <v>1.0946175520000025</v>
+        <v>1.0946175509999989</v>
       </c>
       <c r="D102" s="5">
-        <v>38.363392625892544</v>
+        <v>38.36339258428707</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
         <v>40.729599899</v>
       </c>
       <c r="C103" s="5">
         <v>-0.27250816400000133</v>
       </c>
       <c r="D103" s="5">
         <v>-7.6902668047287515</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
         <v>40.727205017999999</v>
       </c>
       <c r="C104" s="5">
         <v>-2.394881000000737E-3</v>
@@ -2496,51 +2496,51 @@
       </c>
       <c r="B112" s="5">
         <v>41.660428113000002</v>
       </c>
       <c r="C112" s="5">
         <v>0.42420626700000241</v>
       </c>
       <c r="D112" s="5">
         <v>13.06764162305749</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
         <v>42.252155907000002</v>
       </c>
       <c r="C113" s="5">
         <v>0.59172779400000053</v>
       </c>
       <c r="D113" s="5">
         <v>18.440911488273404</v>
       </c>
       <c r="E113" s="5">
-        <v>5.8752514026251035</v>
+        <v>5.8752513999720701</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
         <v>42.461114455999997</v>
       </c>
       <c r="C114" s="5">
         <v>0.20895854899999478</v>
       </c>
       <c r="D114" s="5">
         <v>6.0987288524856798</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
         <v>42.613606417</v>
       </c>
       <c r="C115" s="5">
         <v>0.15249196100000262</v>
@@ -2560,71 +2560,71 @@
         <v>0.68009655800000246</v>
       </c>
       <c r="D116" s="5">
         <v>20.925339275409893</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
         <v>43.262676417000002</v>
       </c>
       <c r="C117" s="5">
         <v>-3.1026558000000648E-2</v>
       </c>
       <c r="D117" s="5">
         <v>-0.85660186713344411</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>42.681061147999998</v>
+        <v>42.681061149000001</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.58161526900000382</v>
+        <v>-0.58161526800000019</v>
       </c>
       <c r="D118" s="5">
-        <v>-14.991588301178604</v>
+        <v>-14.991588277277934</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
         <v>43.053434398</v>
       </c>
       <c r="C119" s="5">
-        <v>0.37237325000000254</v>
+        <v>0.37237324899999891</v>
       </c>
       <c r="D119" s="5">
-        <v>10.986744319962515</v>
+        <v>10.986744288757745</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
         <v>43.361011052999999</v>
       </c>
       <c r="C120" s="5">
         <v>0.30757665499999831</v>
       </c>
       <c r="D120" s="5">
         <v>8.9178822267059097</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
         <v>43.308820433999998</v>
       </c>
       <c r="C121" s="5">
         <v>-5.2190619000000993E-2</v>
@@ -2644,4490 +2644,4520 @@
         <v>8.63810940000036E-2</v>
       </c>
       <c r="D122" s="5">
         <v>2.4198771153172594</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
         <v>43.682892594999998</v>
       </c>
       <c r="C123" s="5">
         <v>0.28769106699999725</v>
       </c>
       <c r="D123" s="5">
         <v>8.2520552017215643</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>43.598641966999999</v>
+        <v>43.598641966000002</v>
       </c>
       <c r="C124" s="5">
-        <v>-8.4250627999999494E-2</v>
+        <v>-8.4250628999996025E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>-2.2900306774612633</v>
+        <v>-2.2900307043547397</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
         <v>43.691913243000002</v>
       </c>
       <c r="C125" s="5">
-        <v>9.3271276000002956E-2</v>
+        <v>9.3271276999999486E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>2.597601785912107</v>
+        <v>2.5976018141506518</v>
       </c>
       <c r="E125" s="5">
         <v>3.4075357933663897</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
         <v>43.84340177</v>
       </c>
       <c r="C126" s="5">
         <v>0.15148852699999793</v>
       </c>
       <c r="D126" s="5">
         <v>4.2409037845750008</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>43.942827713</v>
+        <v>43.942827714000003</v>
       </c>
       <c r="C127" s="5">
-        <v>9.9425942999999961E-2</v>
+        <v>9.9425944000003597E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>2.7555015656688164</v>
+        <v>2.7555015937297478</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>43.700132017999998</v>
+        <v>43.700132017000001</v>
       </c>
       <c r="C128" s="5">
-        <v>-0.24269569500000188</v>
+        <v>-0.24269569700000204</v>
       </c>
       <c r="D128" s="5">
-        <v>-6.4299234786999948</v>
+        <v>-6.4299235299465574</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>43.747093218000003</v>
+        <v>43.747093219</v>
       </c>
       <c r="C129" s="5">
-        <v>4.6961200000005476E-2</v>
+        <v>4.6961201999998536E-2</v>
       </c>
       <c r="D129" s="5">
-        <v>1.2971976620125725</v>
+        <v>1.2971977176147398</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>43.850548555000003</v>
+        <v>43.850548556</v>
       </c>
       <c r="C130" s="5">
         <v>0.10345533699999976</v>
       </c>
       <c r="D130" s="5">
-        <v>2.8750237811171253</v>
+        <v>2.8750237810506674</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
         <v>44.221996461000003</v>
       </c>
       <c r="C131" s="5">
-        <v>0.37144790600000022</v>
+        <v>0.37144790500000369</v>
       </c>
       <c r="D131" s="5">
-        <v>10.65213006850434</v>
+        <v>10.652130038223738</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
         <v>43.989100620000002</v>
       </c>
       <c r="C132" s="5">
         <v>-0.23289584100000127</v>
       </c>
       <c r="D132" s="5">
         <v>-6.1399359082070948</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>44.323694652</v>
+        <v>44.323694650999997</v>
       </c>
       <c r="C133" s="5">
-        <v>0.33459403199999826</v>
+        <v>0.33459403099999463</v>
       </c>
       <c r="D133" s="5">
-        <v>9.5192496828309316</v>
+        <v>9.5192496531801396</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>44.531823463999999</v>
+        <v>44.531823461999998</v>
       </c>
       <c r="C134" s="5">
-        <v>0.20812881199999822</v>
+        <v>0.20812881100000169</v>
       </c>
       <c r="D134" s="5">
-        <v>5.7826135423884262</v>
+        <v>5.7826135140172763</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>44.401902507999999</v>
+        <v>44.401902507000003</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.12992095599999942</v>
+        <v>-0.12992095499999579</v>
       </c>
       <c r="D135" s="5">
-        <v>-3.4453481660103313</v>
+        <v>-3.4453481400677499</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
         <v>44.724791398999997</v>
       </c>
       <c r="C136" s="5">
-        <v>0.32288889099999807</v>
+        <v>0.3228888919999946</v>
       </c>
       <c r="D136" s="5">
-        <v>9.083970372447304</v>
+        <v>9.0839704019280099</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
         <v>44.932429720000002</v>
       </c>
       <c r="C137" s="5">
         <v>0.20763832100000457</v>
       </c>
       <c r="D137" s="5">
         <v>5.7155711476222226</v>
       </c>
       <c r="E137" s="5">
         <v>2.8392358789615324</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>45.202891123000001</v>
+        <v>45.202891123999997</v>
       </c>
       <c r="C138" s="5">
-        <v>0.27046140299999877</v>
+        <v>0.2704614039999953</v>
       </c>
       <c r="D138" s="5">
-        <v>7.4671440441022474</v>
+        <v>7.467144072631382</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>45.664113667000002</v>
+        <v>45.664113667999999</v>
       </c>
       <c r="C139" s="5">
         <v>0.46122254400000173</v>
       </c>
       <c r="D139" s="5">
-        <v>12.95509830809014</v>
+        <v>12.955098307787139</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>46.134874433999997</v>
+        <v>46.134874435</v>
       </c>
       <c r="C140" s="5">
-        <v>0.47076076699999447</v>
+        <v>0.47076076700000158</v>
       </c>
       <c r="D140" s="5">
-        <v>13.097166739170829</v>
+        <v>13.097166738867783</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>46.393072334999999</v>
+        <v>46.393072338000003</v>
       </c>
       <c r="C141" s="5">
-        <v>0.25819790100000262</v>
+        <v>0.25819790300000278</v>
       </c>
       <c r="D141" s="5">
-        <v>6.9265354085131348</v>
+        <v>6.9265354636734555</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>46.695405929000003</v>
+        <v>46.695405932</v>
       </c>
       <c r="C142" s="5">
-        <v>0.30233359400000381</v>
+        <v>0.30233359399999671</v>
       </c>
       <c r="D142" s="5">
-        <v>8.1066105724323165</v>
+        <v>8.1066105718888402</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
         <v>47.404289144000003</v>
       </c>
       <c r="C143" s="5">
-        <v>0.70888321500000018</v>
+        <v>0.70888321200000348</v>
       </c>
       <c r="D143" s="5">
-        <v>19.817926552725872</v>
+        <v>19.81792646035192</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>47.861543030999997</v>
+        <v>47.861543029000003</v>
       </c>
       <c r="C144" s="5">
-        <v>0.45725388699999314</v>
+        <v>0.45725388500000008</v>
       </c>
       <c r="D144" s="5">
-        <v>12.209257786984251</v>
+        <v>12.209257730717349</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>48.365402504000002</v>
+        <v>48.365402500999998</v>
       </c>
       <c r="C145" s="5">
-        <v>0.50385947300000566</v>
+        <v>0.50385947199999492</v>
       </c>
       <c r="D145" s="5">
-        <v>13.390671056083224</v>
+        <v>13.390671028541856</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>48.214308483000003</v>
+        <v>48.214308475999999</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.15109402099999869</v>
+        <v>-0.15109402499999902</v>
       </c>
       <c r="D146" s="5">
-        <v>-3.6850662412377666</v>
+        <v>-3.6850663373493187</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>47.328490231000004</v>
+        <v>47.32849023</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.88581825199999997</v>
+        <v>-0.88581824599999948</v>
       </c>
       <c r="D147" s="5">
-        <v>-19.950153680060922</v>
+        <v>-19.950153560892815</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>47.613267430999997</v>
+        <v>47.613267432999997</v>
       </c>
       <c r="C148" s="5">
-        <v>0.28477719999999351</v>
+        <v>0.28477720299999731</v>
       </c>
       <c r="D148" s="5">
-        <v>7.4642516718044893</v>
+        <v>7.464251753220541</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>47.453270992999997</v>
+        <v>47.453270994999997</v>
       </c>
       <c r="C149" s="5">
         <v>-0.1599964380000003</v>
       </c>
       <c r="D149" s="5">
-        <v>-3.9587020700457609</v>
+        <v>-3.9587020698825803</v>
       </c>
       <c r="E149" s="5">
-        <v>5.6102936981347717</v>
+        <v>5.6102937025859001</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>46.951935386000002</v>
+        <v>46.951935386999999</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.50133560699999435</v>
+        <v>-0.50133560799999799</v>
       </c>
       <c r="D150" s="5">
-        <v>-11.966465835474249</v>
+        <v>-11.966465857498576</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>46.965269771000003</v>
+        <v>46.965269773999999</v>
       </c>
       <c r="C151" s="5">
-        <v>1.3334385000000282E-2</v>
+        <v>1.3334387000000447E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>0.34133374017417673</v>
+        <v>0.3413337914427883</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>47.032553299999996</v>
+        <v>47.032553301999997</v>
       </c>
       <c r="C152" s="5">
-        <v>6.7283528999993791E-2</v>
+        <v>6.7283527999997261E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>1.7327584796623441</v>
+        <v>1.7327584535945073</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>47.115345103000003</v>
+        <v>47.115345108</v>
       </c>
       <c r="C153" s="5">
-        <v>8.2791803000006325E-2</v>
+        <v>8.2791806000003021E-2</v>
       </c>
       <c r="D153" s="5">
-        <v>2.1329419973643349</v>
+        <v>2.1329420753108064</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>47.113419841000002</v>
+        <v>47.113419845999999</v>
       </c>
       <c r="C154" s="5">
         <v>-1.9252620000003162E-3</v>
       </c>
       <c r="D154" s="5">
-        <v>-4.9024266593511445E-2</v>
+        <v>-4.9024266588315601E-2</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>46.933930631999999</v>
+        <v>46.933930635999999</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.17948920900000331</v>
+        <v>-0.17948920999999984</v>
       </c>
       <c r="D155" s="5">
-        <v>-4.4770845510191393</v>
+        <v>-4.4770845749770194</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>46.459822148000001</v>
+        <v>46.459822152000001</v>
       </c>
       <c r="C156" s="5">
         <v>-0.4741084839999985</v>
       </c>
       <c r="D156" s="5">
-        <v>-11.470626659935634</v>
+        <v>-11.470626659011762</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>46.568164822</v>
+        <v>46.568164791000001</v>
       </c>
       <c r="C157" s="5">
-        <v>0.10834267399999931</v>
+        <v>0.10834263899999996</v>
       </c>
       <c r="D157" s="5">
-        <v>2.8345295238092483</v>
+        <v>2.8345285960936106</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>45.852832927000001</v>
+        <v>45.852832923000001</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.7153318949999985</v>
+        <v>-0.71533186799999982</v>
       </c>
       <c r="D158" s="5">
-        <v>-16.952876679471697</v>
+        <v>-16.952876103003277</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>45.429071260000001</v>
+        <v>45.429071268000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.42376166700000084</v>
+        <v>-0.42376165499999985</v>
       </c>
       <c r="D159" s="5">
-        <v>-10.543433481117692</v>
+        <v>-10.543433198433883</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>45.405728222</v>
+        <v>45.405728228000001</v>
       </c>
       <c r="C160" s="5">
-        <v>-2.3343038000000149E-2</v>
+        <v>-2.3343040000000315E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>-0.6148621749657357</v>
+        <v>-0.61486222738953433</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>45.160760379000003</v>
+        <v>45.160760379999999</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.24496784299999774</v>
+        <v>-0.24496784800000171</v>
       </c>
       <c r="D161" s="5">
-        <v>-6.285411347835657</v>
+        <v>-6.2854114715375946</v>
       </c>
       <c r="E161" s="5">
-        <v>-4.8310908100269163</v>
+        <v>-4.8310908119306495</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>45.276764278999998</v>
+        <v>45.276764272999998</v>
       </c>
       <c r="C162" s="5">
-        <v>0.1160038999999955</v>
+        <v>0.11600389299999847</v>
       </c>
       <c r="D162" s="5">
-        <v>3.1263483873742004</v>
+        <v>3.1263481959782791</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>45.091716388999998</v>
+        <v>45.091716404000003</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.18504788999999988</v>
+        <v>-0.18504786899999459</v>
       </c>
       <c r="D163" s="5">
-        <v>-4.7956890578200522</v>
+        <v>-4.7956885263815359</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>44.782689560999998</v>
+        <v>44.782689552000001</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.30902682800000036</v>
+        <v>-0.30902685200000235</v>
       </c>
       <c r="D164" s="5">
-        <v>-7.9209407574948765</v>
+        <v>-7.9209413471240548</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>44.942924132000002</v>
+        <v>44.942924132999998</v>
       </c>
       <c r="C165" s="5">
-        <v>0.16023457100000371</v>
+        <v>0.16023458099999743</v>
       </c>
       <c r="D165" s="5">
-        <v>4.3791683851663876</v>
+        <v>4.3791686647618455</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>44.941771817000003</v>
+        <v>44.941771824</v>
       </c>
       <c r="C166" s="5">
-        <v>-1.1523149999987936E-3</v>
+        <v>-1.1523089999982972E-3</v>
       </c>
       <c r="D166" s="5">
-        <v>-3.0763085572760307E-2</v>
+        <v>-3.0762925413951869E-2</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>44.697408115999998</v>
+        <v>44.697408125999999</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.2443637010000046</v>
+        <v>-0.2443636980000008</v>
       </c>
       <c r="D167" s="5">
-        <v>-6.3331750661123838</v>
+        <v>-6.3331749897144078</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>44.693191591999998</v>
+        <v>44.693191601999999</v>
       </c>
       <c r="C168" s="5">
         <v>-4.2165240000002768E-3</v>
       </c>
       <c r="D168" s="5">
-        <v>-0.11314312368436719</v>
+        <v>-0.11314312365907631</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>44.805286316999997</v>
+        <v>44.805286262000003</v>
       </c>
       <c r="C169" s="5">
-        <v>0.11209472499999862</v>
+        <v>0.1120946600000039</v>
       </c>
       <c r="D169" s="5">
-        <v>3.0515793820530268</v>
+        <v>3.0515775873713125</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>44.600700256000003</v>
+        <v>44.600700261</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.20458606099999344</v>
+        <v>-0.20458600100000268</v>
       </c>
       <c r="D170" s="5">
-        <v>-5.3438042384416846</v>
+        <v>-5.3438027167796998</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>45.052247835999999</v>
+        <v>45.052247852000001</v>
       </c>
       <c r="C171" s="5">
-        <v>0.45154757999999617</v>
+        <v>0.45154759100000064</v>
       </c>
       <c r="D171" s="5">
-        <v>12.848929912518091</v>
+        <v>12.848930241636047</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>44.990639442000003</v>
+        <v>44.990639453999997</v>
       </c>
       <c r="C172" s="5">
-        <v>-6.1608393999996736E-2</v>
+        <v>-6.1608398000004172E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>-1.6286991568937981</v>
+        <v>-1.6286992612711937</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>45.158513608</v>
+        <v>45.158513616999997</v>
       </c>
       <c r="C173" s="5">
-        <v>0.16787416599999716</v>
+        <v>0.16787416300000046</v>
       </c>
       <c r="D173" s="5">
-        <v>4.570618176669683</v>
+        <v>4.5706180920627615</v>
       </c>
       <c r="E173" s="5">
-        <v>-4.9750513081425751E-3</v>
+        <v>-4.9750335935350165E-3</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>44.994798275000001</v>
+        <v>44.994798281000001</v>
       </c>
       <c r="C174" s="5">
-        <v>-0.16371533299999896</v>
+        <v>-0.16371533599999566</v>
       </c>
       <c r="D174" s="5">
-        <v>-4.2647127411364334</v>
+        <v>-4.2647128169004063</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>44.664278082000003</v>
+        <v>44.664278039000003</v>
       </c>
       <c r="C175" s="5">
-        <v>-0.33052019299999813</v>
+        <v>-0.33052024199999863</v>
       </c>
       <c r="D175" s="5">
-        <v>-8.4673330411277661</v>
+        <v>-8.4673342450607318</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>44.480185683999999</v>
+        <v>44.480185681999998</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.18409239800000421</v>
+        <v>-0.18409235700000437</v>
       </c>
       <c r="D176" s="5">
-        <v>-4.8354335960282491</v>
+        <v>-4.8354325479532223</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>44.481441496000002</v>
+        <v>44.481441507</v>
       </c>
       <c r="C177" s="5">
-        <v>1.2558120000036865E-3</v>
+        <v>1.2558250000012094E-3</v>
       </c>
       <c r="D177" s="5">
-        <v>3.3884940106254646E-2</v>
+        <v>3.3885290934643209E-2</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>44.384808473</v>
+        <v>44.384808491999998</v>
       </c>
       <c r="C178" s="5">
-        <v>-9.6633023000002538E-2</v>
+        <v>-9.6633015000001876E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-2.5759974773540639</v>
+        <v>-2.5759972660060693</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>44.590730268000002</v>
+        <v>44.590730292000003</v>
       </c>
       <c r="C179" s="5">
-        <v>0.20592179500000185</v>
+        <v>0.20592180000000582</v>
       </c>
       <c r="D179" s="5">
-        <v>5.7116415215381577</v>
+        <v>5.7116416612731369</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>45.042352757000003</v>
+        <v>45.042352784000002</v>
       </c>
       <c r="C180" s="5">
-        <v>0.45162248900000179</v>
+        <v>0.45162249199999849</v>
       </c>
       <c r="D180" s="5">
-        <v>12.854216855552547</v>
+        <v>12.854216938442553</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>45.263951321</v>
+        <v>45.263951239999997</v>
       </c>
       <c r="C181" s="5">
-        <v>0.22159856399999711</v>
+        <v>0.22159845599999528</v>
       </c>
       <c r="D181" s="5">
-        <v>6.0661356795872701</v>
+        <v>6.0661326389603643</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>45.359237270000001</v>
+        <v>45.359237280999999</v>
       </c>
       <c r="C182" s="5">
-        <v>9.5285949000000869E-2</v>
+        <v>9.5286041000001376E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>2.5555955919495776</v>
+        <v>2.5555980926802446</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>46.049921226000002</v>
+        <v>46.049921224000002</v>
       </c>
       <c r="C183" s="5">
-        <v>0.69068395600000088</v>
+        <v>0.69068394300000335</v>
       </c>
       <c r="D183" s="5">
-        <v>19.883049497909933</v>
+        <v>19.883049086558245</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>46.489776652000003</v>
+        <v>46.489776650000003</v>
       </c>
       <c r="C184" s="5">
         <v>0.43985542600000116</v>
       </c>
       <c r="D184" s="5">
-        <v>12.083792480122879</v>
+        <v>12.083792480675481</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>46.645121582000002</v>
+        <v>46.645121598999999</v>
       </c>
       <c r="C185" s="5">
-        <v>0.15534492999999827</v>
+        <v>0.15534494899999629</v>
       </c>
       <c r="D185" s="5">
-        <v>4.0843024921024096</v>
+        <v>4.0843030010422554</v>
       </c>
       <c r="E185" s="5">
-        <v>3.2919772047958817</v>
+        <v>3.2919772218551691</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>46.818341019000002</v>
+        <v>46.818341058000001</v>
       </c>
       <c r="C186" s="5">
-        <v>0.1732194370000002</v>
+        <v>0.17321945900000202</v>
       </c>
       <c r="D186" s="5">
-        <v>4.5484250621973921</v>
+        <v>4.5484256500350151</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>46.984373263000002</v>
+        <v>46.984373192</v>
       </c>
       <c r="C187" s="5">
-        <v>0.16603224400000016</v>
+        <v>0.16603213399999817</v>
       </c>
       <c r="D187" s="5">
-        <v>4.3395618896097776</v>
+        <v>4.3395589545615287</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>47.665547029999999</v>
+        <v>47.665547052000001</v>
       </c>
       <c r="C188" s="5">
-        <v>0.6811737669999971</v>
+        <v>0.68117386000000124</v>
       </c>
       <c r="D188" s="5">
-        <v>18.853977915477405</v>
+        <v>18.853980729022357</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>48.648807001999998</v>
+        <v>48.648807013000003</v>
       </c>
       <c r="C189" s="5">
-        <v>0.98325997199999904</v>
+        <v>0.98325996100000168</v>
       </c>
       <c r="D189" s="5">
-        <v>27.764840684779667</v>
+        <v>27.76484032380997</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>48.470983869999998</v>
+        <v>48.470983871000001</v>
       </c>
       <c r="C190" s="5">
-        <v>-0.17782313200000033</v>
+        <v>-0.17782314200000116</v>
       </c>
       <c r="D190" s="5">
-        <v>-4.2991740617561387</v>
+        <v>-4.299174297730735</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>48.380952379</v>
+        <v>48.380952389999997</v>
       </c>
       <c r="C191" s="5">
-        <v>-9.0031490999997743E-2</v>
+        <v>-9.0031481000004021E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>-2.2062868508023525</v>
+        <v>-2.2062866081982713</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>48.594585643000002</v>
+        <v>48.594585705</v>
       </c>
       <c r="C192" s="5">
-        <v>0.21363326400000204</v>
+        <v>0.21363331500000271</v>
       </c>
       <c r="D192" s="5">
-        <v>5.4293773359694208</v>
+        <v>5.4293786624821427</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>48.515568422999998</v>
+        <v>48.515568350000002</v>
       </c>
       <c r="C193" s="5">
-        <v>-7.9017220000004329E-2</v>
+        <v>-7.9017354999997735E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>-1.9339034403607624</v>
+        <v>-1.9339067124738873</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>49.195549665999998</v>
+        <v>49.195549712000002</v>
       </c>
       <c r="C194" s="5">
-        <v>0.67998124300000029</v>
+        <v>0.67998136199999948</v>
       </c>
       <c r="D194" s="5">
-        <v>18.177913843137674</v>
+        <v>18.17791730298368</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>49.331744233000002</v>
+        <v>49.331744223000001</v>
       </c>
       <c r="C195" s="5">
-        <v>0.13619456700000399</v>
+        <v>0.13619451099999935</v>
       </c>
       <c r="D195" s="5">
-        <v>3.3731727683476764</v>
+        <v>3.3731713569896016</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>49.561829178000004</v>
+        <v>49.561829047000003</v>
       </c>
       <c r="C196" s="5">
-        <v>0.23008494500000154</v>
+        <v>0.23008482400000219</v>
       </c>
       <c r="D196" s="5">
-        <v>5.7426679990955964</v>
+        <v>5.742664902374317</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>50.039156351999999</v>
+        <v>50.039156349000002</v>
       </c>
       <c r="C197" s="5">
-        <v>0.47732717399999558</v>
+        <v>0.47732730199999907</v>
       </c>
       <c r="D197" s="5">
-        <v>12.189401135970712</v>
+        <v>12.189404613676302</v>
       </c>
       <c r="E197" s="5">
-        <v>7.2762909708219636</v>
+        <v>7.2762909252931829</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>50.564509084000001</v>
+        <v>50.564509158</v>
       </c>
       <c r="C198" s="5">
-        <v>0.52535273200000177</v>
+        <v>0.52535280899999748</v>
       </c>
       <c r="D198" s="5">
-        <v>13.352158380978874</v>
+        <v>13.352160453187722</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>51.028059405</v>
+        <v>51.028059341999999</v>
       </c>
       <c r="C199" s="5">
-        <v>0.4635503209999996</v>
+        <v>0.46355018399999892</v>
       </c>
       <c r="D199" s="5">
-        <v>11.572994035930551</v>
+        <v>11.572990423520357</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>51.551923188000004</v>
+        <v>51.551923318</v>
       </c>
       <c r="C200" s="5">
-        <v>0.52386378300000302</v>
+        <v>0.52386397600000123</v>
       </c>
       <c r="D200" s="5">
-        <v>13.03939654473063</v>
+        <v>13.039401640109261</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>51.139670750999997</v>
+        <v>51.139670807999998</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.41225243700000647</v>
+        <v>-0.41225251000000185</v>
       </c>
       <c r="D201" s="5">
-        <v>-9.1851914750634585</v>
+        <v>-9.1851930085274702</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>51.068400253999997</v>
+        <v>51.068400214999997</v>
       </c>
       <c r="C202" s="5">
-        <v>-7.1270497000000432E-2</v>
+        <v>-7.127059300000127E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>-1.659613394638304</v>
+        <v>-1.6596156111632676</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>51.383216322000003</v>
+        <v>51.383216263999998</v>
       </c>
       <c r="C203" s="5">
-        <v>0.31481606800000606</v>
+        <v>0.31481604900000093</v>
       </c>
       <c r="D203" s="5">
-        <v>7.6535564159699643</v>
+        <v>7.6535559443288825</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>51.210392779999999</v>
+        <v>51.210392865000003</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.17282354200000327</v>
+        <v>-0.17282339899999499</v>
       </c>
       <c r="D204" s="5">
-        <v>-3.9622762597191219</v>
+        <v>-3.9622730459978772</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>51.237562179999998</v>
+        <v>51.237562101999998</v>
       </c>
       <c r="C205" s="5">
-        <v>2.7169399999998234E-2</v>
+        <v>2.7169236999995405E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>0.63851462368746947</v>
+        <v>0.63851078073708933</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>51.410568435000002</v>
+        <v>51.410568542999997</v>
       </c>
       <c r="C206" s="5">
-        <v>0.17300625500000422</v>
+        <v>0.17300644099999829</v>
       </c>
       <c r="D206" s="5">
-        <v>4.127962147964892</v>
+        <v>4.1279666751021793</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>51.105395657999999</v>
+        <v>51.10539567</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.30517277700000278</v>
+        <v>-0.30517287299999651</v>
       </c>
       <c r="D207" s="5">
-        <v>-6.8951746302941093</v>
+        <v>-6.895176715015106</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>51.249000815000002</v>
+        <v>51.249000486</v>
       </c>
       <c r="C208" s="5">
-        <v>0.1436051570000032</v>
+        <v>0.14360481599999986</v>
       </c>
       <c r="D208" s="5">
-        <v>3.4245811638902168</v>
+        <v>3.4245729050906615</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>51.240028465000002</v>
+        <v>51.240028264999999</v>
       </c>
       <c r="C209" s="5">
-        <v>-8.9723500000005174E-3</v>
+        <v>-8.972221000000502E-3</v>
       </c>
       <c r="D209" s="5">
-        <v>-0.20988621145244801</v>
+        <v>-0.20988319806363176</v>
       </c>
       <c r="E209" s="5">
-        <v>2.3998648269616618</v>
+        <v>2.3998644334138453</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>51.405119818999999</v>
+        <v>51.405119747999997</v>
       </c>
       <c r="C210" s="5">
-        <v>0.16509135399999764</v>
+        <v>0.16509148299999765</v>
       </c>
       <c r="D210" s="5">
-        <v>3.9355602229919517</v>
+        <v>3.9355633685143276</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>52.296678767000003</v>
+        <v>52.296679316999999</v>
       </c>
       <c r="C211" s="5">
-        <v>0.89155894800000368</v>
+        <v>0.89155956900000177</v>
       </c>
       <c r="D211" s="5">
-        <v>22.91723886682313</v>
+        <v>22.917256416611664</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>52.864680499000002</v>
+        <v>52.864680620000001</v>
       </c>
       <c r="C212" s="5">
-        <v>0.56800173199999904</v>
+        <v>0.56800130300000262</v>
       </c>
       <c r="D212" s="5">
-        <v>13.840825451700978</v>
+        <v>13.840814211435459</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>52.419423274000003</v>
+        <v>52.419423459999997</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.44525722499999887</v>
+        <v>-0.44525716000000415</v>
       </c>
       <c r="D213" s="5">
-        <v>-9.6517967465705841</v>
+        <v>-9.651795381112759</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>52.980635089000003</v>
+        <v>52.980635217</v>
       </c>
       <c r="C214" s="5">
-        <v>0.56121181500000006</v>
+        <v>0.56121175700000236</v>
       </c>
       <c r="D214" s="5">
-        <v>13.631583284851146</v>
+        <v>13.631581740835387</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>53.599859156000001</v>
+        <v>53.599858437000002</v>
       </c>
       <c r="C215" s="5">
-        <v>0.61922406699999755</v>
+        <v>0.61922322000000207</v>
       </c>
       <c r="D215" s="5">
-        <v>14.962940205715425</v>
+        <v>14.962918367093314</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>53.789272437000001</v>
+        <v>53.789272713000003</v>
       </c>
       <c r="C216" s="5">
-        <v>0.18941328100000021</v>
+        <v>0.18941427600000083</v>
       </c>
       <c r="D216" s="5">
-        <v>4.3240065505332659</v>
+        <v>4.3240297672372474</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>54.236322565000002</v>
+        <v>54.23632259</v>
       </c>
       <c r="C217" s="5">
-        <v>0.44705012800000077</v>
+        <v>0.44704987699999776</v>
       </c>
       <c r="D217" s="5">
-        <v>10.442131586716631</v>
+        <v>10.442125397289193</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>54.330670081000001</v>
+        <v>54.330670046000002</v>
       </c>
       <c r="C218" s="5">
-        <v>9.4347515999999132E-2</v>
+        <v>9.4347456000001273E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>2.1075643490776619</v>
+        <v>2.1075629949486974</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>55.269057416999999</v>
+        <v>55.269057322999998</v>
       </c>
       <c r="C219" s="5">
-        <v>0.93838733599999813</v>
+        <v>0.9383872769999968</v>
       </c>
       <c r="D219" s="5">
-        <v>22.812892290190522</v>
+        <v>22.812890733069292</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>55.726122871000001</v>
+        <v>55.726122588000003</v>
       </c>
       <c r="C220" s="5">
-        <v>0.45706545400000209</v>
+        <v>0.45706526500000422</v>
       </c>
       <c r="D220" s="5">
-        <v>10.387841770086915</v>
+        <v>10.387837295885817</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>56.444603045999997</v>
+        <v>56.444603252</v>
       </c>
       <c r="C221" s="5">
-        <v>0.71848017499999628</v>
+        <v>0.71848066399999766</v>
       </c>
       <c r="D221" s="5">
-        <v>16.617342263961788</v>
+        <v>16.617354478002344</v>
       </c>
       <c r="E221" s="5">
-        <v>10.157243734856692</v>
+        <v>10.15724456685172</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>56.839818342000001</v>
+        <v>56.839815528999999</v>
       </c>
       <c r="C222" s="5">
-        <v>0.39521529600000349</v>
+        <v>0.39521227699999883</v>
       </c>
       <c r="D222" s="5">
-        <v>8.7334323254483657</v>
+        <v>8.7333629889205113</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>57.508565883999999</v>
+        <v>57.508569444999999</v>
       </c>
       <c r="C223" s="5">
-        <v>0.66874754199999842</v>
+        <v>0.668753916</v>
       </c>
       <c r="D223" s="5">
-        <v>15.068983148716498</v>
+        <v>15.069136988451337</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>57.688466185999999</v>
+        <v>57.688466626</v>
       </c>
       <c r="C224" s="5">
-        <v>0.17990030200000007</v>
+        <v>0.17989718100000118</v>
       </c>
       <c r="D224" s="5">
-        <v>3.8191467333433815</v>
+        <v>3.8190790922420836</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>57.790845537999999</v>
+        <v>57.790845910000002</v>
       </c>
       <c r="C225" s="5">
-        <v>0.10237935199999981</v>
+        <v>0.10237928400000129</v>
       </c>
       <c r="D225" s="5">
-        <v>2.1505427329280513</v>
+        <v>2.1505412740114638</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>57.884228022999999</v>
+        <v>57.884228278999998</v>
       </c>
       <c r="C226" s="5">
-        <v>9.3382484999999349E-2</v>
+        <v>9.3382368999996856E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>1.9563698137343044</v>
+        <v>1.9563673491819422</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>57.84806991</v>
+        <v>57.848068411</v>
       </c>
       <c r="C227" s="5">
-        <v>-3.6158112999999048E-2</v>
+        <v>-3.6159867999998596E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-0.74702514552004162</v>
+        <v>-0.74706127597057304</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>57.333518083000001</v>
+        <v>57.333518077999997</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.51455182699999824</v>
+        <v>-0.51455033300000252</v>
       </c>
       <c r="D228" s="5">
-        <v>-10.166851910242048</v>
+        <v>-10.166824070409675</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>57.612434458000003</v>
+        <v>57.612433938000002</v>
       </c>
       <c r="C229" s="5">
-        <v>0.27891637500000144</v>
+        <v>0.27891586000000501</v>
       </c>
       <c r="D229" s="5">
-        <v>5.9965243795576217</v>
+        <v>5.9965130100060993</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>57.364130971000002</v>
+        <v>57.364130242000002</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.24830348700000116</v>
+        <v>-0.24830369600000068</v>
       </c>
       <c r="D230" s="5">
-        <v>-5.0510208920406585</v>
+        <v>-5.0510250877909506</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>57.340399920999999</v>
+        <v>57.340399259999998</v>
       </c>
       <c r="C231" s="5">
-        <v>-2.3731050000002085E-2</v>
+        <v>-2.3730982000003564E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>-0.49530175725832626</v>
+        <v>-0.49530034750658869</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>56.830503892999999</v>
+        <v>56.830503524999997</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.509896028</v>
+        <v>-0.50989573500000063</v>
       </c>
       <c r="D232" s="5">
-        <v>-10.164193720396341</v>
+        <v>-10.164188273917208</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>55.843004641</v>
+        <v>55.843006952000003</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.98749925199999922</v>
+        <v>-0.98749657299999427</v>
       </c>
       <c r="D233" s="5">
-        <v>-18.969736913266434</v>
+        <v>-18.969690376660886</v>
       </c>
       <c r="E233" s="5">
-        <v>-1.0658209510477357</v>
+        <v>-1.0658172178377057</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>54.831682827000002</v>
+        <v>54.831677587000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-1.0113218139999987</v>
+        <v>-1.0113293650000017</v>
       </c>
       <c r="D234" s="5">
-        <v>-19.692969230869963</v>
+        <v>-19.693101206436413</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>53.726507509000001</v>
+        <v>53.726514510000001</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.1051753180000006</v>
+        <v>-1.1051630770000003</v>
       </c>
       <c r="D235" s="5">
-        <v>-21.677882028768202</v>
+        <v>-21.67766973797821</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>52.909451431000001</v>
+        <v>52.909452457</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.81705607800000024</v>
+        <v>-0.81706205300000079</v>
       </c>
       <c r="D236" s="5">
-        <v>-16.797613577228709</v>
+        <v>-16.797724319352771</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>52.355571423999997</v>
+        <v>52.355572193</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.55388000700000362</v>
+        <v>-0.55388026400000001</v>
       </c>
       <c r="D237" s="5">
-        <v>-11.863511701448836</v>
+        <v>-11.863516676147945</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>51.906075233000003</v>
+        <v>51.906075936999997</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.44949619099999438</v>
+        <v>-0.44949625600000331</v>
       </c>
       <c r="D238" s="5">
-        <v>-9.8297124123715278</v>
+        <v>-9.8297136297425087</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>51.415741722</v>
+        <v>51.415739977000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.49033351100000289</v>
+        <v>-0.49033595999999591</v>
       </c>
       <c r="D239" s="5">
-        <v>-10.765054812636055</v>
+        <v>-10.765105678662778</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>51.176512774999999</v>
+        <v>51.176512918999997</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.23922894700000086</v>
+        <v>-0.23922705800000443</v>
       </c>
       <c r="D240" s="5">
-        <v>-5.4427120904210868</v>
+        <v>-5.4426703874554061</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>50.779614909000003</v>
+        <v>50.779612655000001</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.39689786599999621</v>
+        <v>-0.39690026399999567</v>
       </c>
       <c r="D241" s="5">
-        <v>-8.9196762659076825</v>
+        <v>-8.919727855627313</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>50.315767510000001</v>
+        <v>50.315763062999999</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.46384739900000227</v>
+        <v>-0.46384959200000253</v>
       </c>
       <c r="D242" s="5">
-        <v>-10.427151704776294</v>
+        <v>-10.427198992724673</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>49.613062997999997</v>
+        <v>49.613058520999999</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.70270451200000394</v>
+        <v>-0.70270454199999932</v>
       </c>
       <c r="D243" s="5">
-        <v>-15.529850720769167</v>
+        <v>-15.529852602588324</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>49.311861204000003</v>
+        <v>49.311857482000001</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.30120179399999358</v>
+        <v>-0.30120103899999862</v>
       </c>
       <c r="D244" s="5">
-        <v>-7.0468197340518675</v>
+        <v>-7.0468032707026618</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>48.944775577999998</v>
+        <v>48.944778407999998</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.36708562600000505</v>
+        <v>-0.36707907400000295</v>
       </c>
       <c r="D245" s="5">
-        <v>-8.5761802591652234</v>
+        <v>-8.5760340185306987</v>
       </c>
       <c r="E245" s="5">
-        <v>-12.352897390365914</v>
+        <v>-12.352895949763942</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>49.406963482000002</v>
+        <v>49.406957437000003</v>
       </c>
       <c r="C246" s="5">
-        <v>0.46218790400000387</v>
+        <v>0.46217902900000496</v>
       </c>
       <c r="D246" s="5">
-        <v>11.93911294016079</v>
+        <v>11.938870921638678</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>48.254942157000002</v>
+        <v>48.254967014999998</v>
       </c>
       <c r="C247" s="5">
-        <v>-1.1520213249999998</v>
+        <v>-1.1519904220000043</v>
       </c>
       <c r="D247" s="5">
-        <v>-24.65687434337973</v>
+        <v>-24.656297975310427</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>48.312866776</v>
+        <v>48.312874700999998</v>
       </c>
       <c r="C248" s="5">
-        <v>5.792461899999779E-2</v>
+        <v>5.7907686000000069E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>1.4500130332845362</v>
+        <v>1.4495856003046592</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>48.230285625</v>
+        <v>48.230289264</v>
       </c>
       <c r="C249" s="5">
-        <v>-8.2581150999999409E-2</v>
+        <v>-8.2585436999998763E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>-2.031985400978209</v>
+        <v>-2.0320895422342944</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>47.726137719</v>
+        <v>47.726135933000002</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.50414790600000003</v>
+        <v>-0.50415333099999771</v>
       </c>
       <c r="D250" s="5">
-        <v>-11.846923222657358</v>
+        <v>-11.847042623123583</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>46.785378545</v>
+        <v>46.785370022000002</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.94075917400000009</v>
+        <v>-0.94076591099999973</v>
       </c>
       <c r="D251" s="5">
-        <v>-21.250774427844689</v>
+        <v>-21.250911215577851</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>46.828177748999998</v>
+        <v>46.82817043</v>
       </c>
       <c r="C252" s="5">
-        <v>4.2799203999997815E-2</v>
+        <v>4.2800407999997958E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>1.1032985845818244</v>
+        <v>1.1033299802165608</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>46.255101029999999</v>
+        <v>46.255093621</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.57307671899999946</v>
+        <v>-0.5730768089999998</v>
       </c>
       <c r="D253" s="5">
-        <v>-13.736215256259909</v>
+        <v>-13.736219274920302</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>45.859023766999996</v>
+        <v>45.859013107000003</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.39607726300000223</v>
+        <v>-0.39608051399999766</v>
       </c>
       <c r="D254" s="5">
-        <v>-9.8050841216976821</v>
+        <v>-9.8051623472928178</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>45.912621663000003</v>
+        <v>45.912607585000003</v>
       </c>
       <c r="C255" s="5">
-        <v>5.3597896000006529E-2</v>
+        <v>5.3594478000000834E-2</v>
       </c>
       <c r="D255" s="5">
-        <v>1.4115549536828365</v>
+        <v>1.4114646880054371</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>45.502954189999997</v>
+        <v>45.502935831999999</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.40966747300000605</v>
+        <v>-0.40967175300000491</v>
       </c>
       <c r="D256" s="5">
-        <v>-10.197172015558987</v>
+        <v>-10.197276352494599</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>45.576500627000001</v>
+        <v>45.576516210999998</v>
       </c>
       <c r="C257" s="5">
-        <v>7.3546437000004516E-2</v>
+        <v>7.3580378999999141E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>1.9568955684216238</v>
+        <v>1.9578075283396057</v>
       </c>
       <c r="E257" s="5">
-        <v>-6.8817864853261028</v>
+        <v>-6.8817600294814323</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>45.133842669000003</v>
+        <v>45.133838144999999</v>
       </c>
       <c r="C258" s="5">
-        <v>-0.44265795799999808</v>
+        <v>-0.44267806599999915</v>
       </c>
       <c r="D258" s="5">
-        <v>-11.052037314848128</v>
+        <v>-11.052509270505183</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>44.837372514999998</v>
+        <v>44.837427165999998</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.29647015400000498</v>
+        <v>-0.29641097900000091</v>
       </c>
       <c r="D259" s="5">
-        <v>-7.6037957295051477</v>
+        <v>-7.6023331532043219</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>45.400146309999997</v>
+        <v>45.400181173</v>
       </c>
       <c r="C260" s="5">
-        <v>0.56277379499999824</v>
+        <v>0.56275400700000233</v>
       </c>
       <c r="D260" s="5">
-        <v>16.146244290030374</v>
+        <v>16.145615755452102</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>45.412549683999998</v>
+        <v>45.412568514</v>
       </c>
       <c r="C261" s="5">
-        <v>1.2403374000001577E-2</v>
+        <v>1.2387341000000163E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>0.32833449361411304</v>
+        <v>0.32790918860290397</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>45.256630895000001</v>
+        <v>45.256626052000001</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.15591878899999756</v>
+        <v>-0.15594246199999873</v>
       </c>
       <c r="D262" s="5">
-        <v>-4.0431444569533737</v>
+        <v>-4.043745131502396</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>45.039642723</v>
+        <v>45.039616180000003</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.21698817200000065</v>
+        <v>-0.21700987199999844</v>
       </c>
       <c r="D263" s="5">
-        <v>-5.6042151615010365</v>
+        <v>-5.6047615002606133</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>45.226013242000001</v>
+        <v>45.225983546000002</v>
       </c>
       <c r="C264" s="5">
-        <v>0.18637051900000046</v>
+        <v>0.18636736599999892</v>
       </c>
       <c r="D264" s="5">
-        <v>5.0800872992746715</v>
+        <v>5.0800024517323683</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>45.063906906</v>
+        <v>45.063882237999998</v>
       </c>
       <c r="C265" s="5">
-        <v>-0.16210633600000079</v>
+        <v>-0.162101308000004</v>
       </c>
       <c r="D265" s="5">
-        <v>-4.2174431778063575</v>
+        <v>-4.2173176493877751</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>45.122946679000002</v>
+        <v>45.122915292000002</v>
       </c>
       <c r="C266" s="5">
-        <v>5.9039773000002072E-2</v>
+        <v>5.9033054000003915E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>1.583539439338244</v>
+        <v>1.5833587977837738</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>44.800783504999998</v>
+        <v>44.800743681999997</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.32216317400000349</v>
+        <v>-0.32217161000000516</v>
       </c>
       <c r="D267" s="5">
-        <v>-8.2390548779473711</v>
+        <v>-8.2392677290528802</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>44.765670712999999</v>
+        <v>44.765631540000001</v>
       </c>
       <c r="C268" s="5">
-        <v>-3.5112791999999615E-2</v>
+        <v>-3.5112141999995572E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>-0.93646115489872672</v>
+        <v>-0.93644472281299018</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>44.396603079000002</v>
+        <v>44.396631392000003</v>
       </c>
       <c r="C269" s="5">
-        <v>-0.36906763399999676</v>
+        <v>-0.36900014799999781</v>
       </c>
       <c r="D269" s="5">
-        <v>-9.4568172874169303</v>
+        <v>-9.4551735910159422</v>
       </c>
       <c r="E269" s="5">
-        <v>-2.5888287423739054</v>
+        <v>-2.5887999283175311</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>45.153991757999997</v>
+        <v>45.153990358000001</v>
       </c>
       <c r="C270" s="5">
-        <v>0.75738867899999462</v>
+        <v>0.75735896599999819</v>
       </c>
       <c r="D270" s="5">
-        <v>22.505866474647007</v>
+        <v>22.50488339285921</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>44.978123244000003</v>
+        <v>44.978186334999997</v>
       </c>
       <c r="C271" s="5">
-        <v>-0.17586851399999404</v>
+        <v>-0.17580402300000486</v>
       </c>
       <c r="D271" s="5">
-        <v>-4.574999935995983</v>
+        <v>-4.5733581826418295</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>44.981058126999997</v>
+        <v>44.981278688000003</v>
       </c>
       <c r="C272" s="5">
-        <v>2.9348829999946702E-3</v>
+        <v>3.0923530000066535E-3</v>
       </c>
       <c r="D272" s="5">
-        <v>7.8329720189262986E-2</v>
+        <v>8.2533944249307822E-2</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>44.925892255999997</v>
+        <v>44.925928990999999</v>
       </c>
       <c r="C273" s="5">
-        <v>-5.5165870999999811E-2</v>
+        <v>-5.5349697000004028E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>-1.4618226797403544</v>
+        <v>-1.4666537635272592</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>45.200384444999997</v>
+        <v>45.200413523999998</v>
       </c>
       <c r="C274" s="5">
-        <v>0.27449218900000005</v>
+        <v>0.27448453299999898</v>
       </c>
       <c r="D274" s="5">
-        <v>7.5833365366849703</v>
+        <v>7.5831114580907855</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>45.684656816</v>
+        <v>45.684441208999999</v>
       </c>
       <c r="C275" s="5">
-        <v>0.48427237100000298</v>
+        <v>0.48402768500000093</v>
       </c>
       <c r="D275" s="5">
-        <v>13.641997337589373</v>
+        <v>13.634684290181509</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>45.841994558000003</v>
+        <v>45.841968125999998</v>
       </c>
       <c r="C276" s="5">
-        <v>0.15733774200000283</v>
+        <v>0.15752691699999843</v>
       </c>
       <c r="D276" s="5">
-        <v>4.2119833002800311</v>
+        <v>4.2171642865978853</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>46.488380790999997</v>
+        <v>46.488326352000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.64638623299999409</v>
+        <v>0.64635822600000381</v>
       </c>
       <c r="D277" s="5">
-        <v>18.296249093607543</v>
+        <v>18.295405263319985</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>46.688502354000001</v>
+        <v>46.688424673999997</v>
       </c>
       <c r="C278" s="5">
-        <v>0.20012156300000328</v>
+        <v>0.20009832199999522</v>
       </c>
       <c r="D278" s="5">
-        <v>5.2897949315481529</v>
+        <v>5.2891723297731952</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>46.899494562000001</v>
+        <v>46.899413666000001</v>
       </c>
       <c r="C279" s="5">
-        <v>0.2109922080000004</v>
+        <v>0.21098899200000432</v>
       </c>
       <c r="D279" s="5">
-        <v>5.5598174678940682</v>
+        <v>5.5597400877134273</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>47.333985085000002</v>
+        <v>47.333928835999998</v>
       </c>
       <c r="C280" s="5">
-        <v>0.43449052300000091</v>
+        <v>0.4345151699999974</v>
       </c>
       <c r="D280" s="5">
-        <v>11.701469670671827</v>
+        <v>11.702188857965146</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>47.513251726999997</v>
+        <v>47.513310396999998</v>
       </c>
       <c r="C281" s="5">
-        <v>0.17926664199999465</v>
+        <v>0.17938156099999958</v>
       </c>
       <c r="D281" s="5">
-        <v>4.6405974647463211</v>
+        <v>4.6436402350569006</v>
       </c>
       <c r="E281" s="5">
-        <v>7.0200160189151983</v>
+        <v>7.0200799188598006</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>47.740842551</v>
+        <v>47.740872349999997</v>
       </c>
       <c r="C282" s="5">
-        <v>0.22759082400000352</v>
+        <v>0.2275619529999986</v>
       </c>
       <c r="D282" s="5">
-        <v>5.9019376763960629</v>
+        <v>5.9011616760531016</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>47.875063996000002</v>
+        <v>47.875141790999997</v>
       </c>
       <c r="C283" s="5">
-        <v>0.13422144500000144</v>
+        <v>0.13426944100000071</v>
       </c>
       <c r="D283" s="5">
-        <v>3.4264118058541904</v>
+        <v>3.4276538921268029</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>48.756706336000001</v>
+        <v>48.757150138999997</v>
       </c>
       <c r="C284" s="5">
-        <v>0.88164233999999908</v>
+        <v>0.88200834799999939</v>
       </c>
       <c r="D284" s="5">
-        <v>24.48009472640873</v>
+        <v>24.491264677555471</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>49.163430218000002</v>
+        <v>49.163539049999997</v>
       </c>
       <c r="C285" s="5">
-        <v>0.40672388200000142</v>
+        <v>0.40638891100000052</v>
       </c>
       <c r="D285" s="5">
-        <v>10.482578317673031</v>
+        <v>10.473445742691712</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>49.555374958999998</v>
+        <v>49.555470892000002</v>
       </c>
       <c r="C286" s="5">
-        <v>0.3919447409999961</v>
+        <v>0.3919318420000053</v>
       </c>
       <c r="D286" s="5">
-        <v>9.997566604065856</v>
+        <v>9.9971999133879663</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>50.020670297000002</v>
+        <v>50.020126781999998</v>
       </c>
       <c r="C287" s="5">
-        <v>0.46529533800000422</v>
+        <v>0.46465588999999596</v>
       </c>
       <c r="D287" s="5">
-        <v>11.867745862078261</v>
+        <v>11.850561960535222</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>50.394209472</v>
+        <v>50.394250016000001</v>
       </c>
       <c r="C288" s="5">
-        <v>0.37353917499999767</v>
+        <v>0.37412323400000247</v>
       </c>
       <c r="D288" s="5">
-        <v>9.3386120278788667</v>
+        <v>9.3539254089096247</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>50.631252457999999</v>
+        <v>50.631277175000001</v>
       </c>
       <c r="C289" s="5">
-        <v>0.23704298599999873</v>
+        <v>0.23702715900000015</v>
       </c>
       <c r="D289" s="5">
-        <v>5.7928714055112129</v>
+        <v>5.792469782769305</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>50.948981412999998</v>
+        <v>50.948481749999999</v>
       </c>
       <c r="C290" s="5">
-        <v>0.31772895499999976</v>
+        <v>0.3172045749999981</v>
       </c>
       <c r="D290" s="5">
-        <v>7.7958455420789941</v>
+        <v>7.7825288143101856</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>51.28204805</v>
+        <v>51.282064452999997</v>
       </c>
       <c r="C291" s="5">
-        <v>0.33306663700000172</v>
+        <v>0.33358270299999759</v>
       </c>
       <c r="D291" s="5">
-        <v>8.1330031125441451</v>
+        <v>8.146144706313784</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>51.502280366000001</v>
+        <v>51.502232892000002</v>
       </c>
       <c r="C292" s="5">
-        <v>0.22023231600000059</v>
+        <v>0.22016843900000538</v>
       </c>
       <c r="D292" s="5">
-        <v>5.2769197051536043</v>
+        <v>5.2753511202292103</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>51.503895987</v>
+        <v>51.504002008999997</v>
       </c>
       <c r="C293" s="5">
-        <v>1.6156209999991233E-3</v>
+        <v>1.7691169999949352E-3</v>
       </c>
       <c r="D293" s="5">
-        <v>3.7650366575103789E-2</v>
+        <v>4.122814500788774E-2</v>
       </c>
       <c r="E293" s="5">
-        <v>8.3990131488564721</v>
+        <v>8.3991024381495638</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>52.143364691999999</v>
+        <v>52.143451759000001</v>
       </c>
       <c r="C294" s="5">
-        <v>0.63946870499999875</v>
+        <v>0.63944975000000426</v>
       </c>
       <c r="D294" s="5">
-        <v>15.959847051881159</v>
+        <v>15.959306084690471</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>52.469342136999998</v>
+        <v>52.469481469999998</v>
       </c>
       <c r="C295" s="5">
-        <v>0.32597744499999948</v>
+        <v>0.32602971099999678</v>
       </c>
       <c r="D295" s="5">
-        <v>7.7652664761208134</v>
+        <v>7.7665412372585507</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>53.033385621999997</v>
+        <v>53.034071574000002</v>
       </c>
       <c r="C296" s="5">
-        <v>0.56404348499999912</v>
+        <v>0.56459010400000409</v>
       </c>
       <c r="D296" s="5">
-        <v>13.690665619446873</v>
+        <v>13.704689659832914</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>53.612029241999998</v>
+        <v>53.612232747</v>
       </c>
       <c r="C297" s="5">
-        <v>0.57864362000000114</v>
+        <v>0.57816117299999803</v>
       </c>
       <c r="D297" s="5">
-        <v>13.908127348275933</v>
+        <v>13.895636799500878</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>54.105378092999999</v>
+        <v>54.105604472000003</v>
       </c>
       <c r="C298" s="5">
-        <v>0.49334885100000037</v>
+        <v>0.49337172500000293</v>
       </c>
       <c r="D298" s="5">
-        <v>11.619040695415773</v>
+        <v>11.619560601218515</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>54.342965583000002</v>
+        <v>54.342181328000002</v>
       </c>
       <c r="C299" s="5">
-        <v>0.23758749000000279</v>
+        <v>0.23657685599999922</v>
       </c>
       <c r="D299" s="5">
-        <v>5.3985856911915597</v>
+        <v>5.3750434781216772</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>54.736545499000002</v>
+        <v>54.73634757</v>
       </c>
       <c r="C300" s="5">
-        <v>0.3935799160000002</v>
+        <v>0.39416624199999717</v>
       </c>
       <c r="D300" s="5">
-        <v>9.0457142483088671</v>
+        <v>9.0598679702495346</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>55.279904934999998</v>
+        <v>55.280021235</v>
       </c>
       <c r="C301" s="5">
-        <v>0.54335943599999581</v>
+        <v>0.54367366500000003</v>
       </c>
       <c r="D301" s="5">
-        <v>12.584558773814747</v>
+        <v>12.592286671746123</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>55.969317476999997</v>
+        <v>55.968352961999997</v>
       </c>
       <c r="C302" s="5">
-        <v>0.68941254199999946</v>
+        <v>0.68833172699999778</v>
       </c>
       <c r="D302" s="5">
-        <v>16.03598163475095</v>
+        <v>16.009059431793094</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>56.996189569000002</v>
+        <v>56.996232362000001</v>
       </c>
       <c r="C303" s="5">
-        <v>1.026872092000005</v>
+        <v>1.0278794000000033</v>
       </c>
       <c r="D303" s="5">
-        <v>24.379766276135406</v>
+        <v>24.406611137521583</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>57.710729372000003</v>
+        <v>57.710636471000001</v>
       </c>
       <c r="C304" s="5">
-        <v>0.71453980300000097</v>
+        <v>0.71440410900000018</v>
       </c>
       <c r="D304" s="5">
-        <v>16.125845884999169</v>
+        <v>16.12255644556193</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>58.304545871000002</v>
+        <v>58.304717418999999</v>
       </c>
       <c r="C305" s="5">
-        <v>0.593816498999999</v>
+        <v>0.59408094799999844</v>
       </c>
       <c r="D305" s="5">
-        <v>13.070743159720323</v>
+        <v>13.076919761434592</v>
       </c>
       <c r="E305" s="5">
-        <v>13.20414650906514</v>
+        <v>13.204246553135079</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>58.251886179000003</v>
+        <v>58.252192911000002</v>
       </c>
       <c r="C306" s="5">
-        <v>-5.265969199999887E-2</v>
+        <v>-5.2524507999997638E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>-1.0784522484558745</v>
+        <v>-1.0756942806215752</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>58.363086438000003</v>
+        <v>58.363482329</v>
       </c>
       <c r="C307" s="5">
-        <v>0.1112002590000003</v>
+        <v>0.11128941799999836</v>
       </c>
       <c r="D307" s="5">
-        <v>2.3149514448024711</v>
+        <v>2.316814763136299</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>58.009107716999999</v>
+        <v>58.010101773000002</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.35397872100000427</v>
+        <v>-0.35338055599999763</v>
       </c>
       <c r="D308" s="5">
-        <v>-7.0401928541841912</v>
+        <v>-7.0286433619985544</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>58.336614005999998</v>
+        <v>58.337078112999997</v>
       </c>
       <c r="C309" s="5">
-        <v>0.32750628899999867</v>
+        <v>0.32697633999999454</v>
       </c>
       <c r="D309" s="5">
-        <v>6.9893115531922456</v>
+        <v>6.9775257232923993</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>58.435543924000001</v>
+        <v>58.435889394999997</v>
       </c>
       <c r="C310" s="5">
-        <v>9.892991800000317E-2</v>
+        <v>9.8811281999999778E-2</v>
       </c>
       <c r="D310" s="5">
-        <v>2.0541038982245352</v>
+        <v>2.0516011655386635</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>58.344200428000001</v>
+        <v>58.343204857000003</v>
       </c>
       <c r="C311" s="5">
-        <v>-9.1343496000000357E-2</v>
+        <v>-9.2684537999993211E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-1.8597365488068673</v>
+        <v>-1.8867911281121974</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>58.885481167000002</v>
+        <v>58.884765756999997</v>
       </c>
       <c r="C312" s="5">
-        <v>0.54128073900000118</v>
+        <v>0.54156089999999324</v>
       </c>
       <c r="D312" s="5">
-        <v>11.718842604144086</v>
+        <v>11.725431506045215</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>58.935570966999997</v>
+        <v>58.935509359000001</v>
       </c>
       <c r="C313" s="5">
-        <v>5.0089799999994966E-2</v>
+        <v>5.0743602000004273E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>1.0255460256826554</v>
+        <v>1.0390082570043369</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>58.476570275</v>
+        <v>58.474932467999999</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.45900069199999649</v>
+        <v>-0.46057689100000232</v>
       </c>
       <c r="D314" s="5">
-        <v>-8.9556982774893221</v>
+        <v>-8.9851514042325284</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>58.418180147000001</v>
+        <v>58.418105654999998</v>
       </c>
       <c r="C315" s="5">
-        <v>-5.8390127999999208E-2</v>
+        <v>-5.6826813000000698E-2</v>
       </c>
       <c r="D315" s="5">
-        <v>-1.1916674664400939</v>
+        <v>-1.159964875654973</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>58.342401043000002</v>
+        <v>58.342209910000001</v>
       </c>
       <c r="C316" s="5">
-        <v>-7.5779103999998654E-2</v>
+        <v>-7.589574499999685E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>-1.5455624528673773</v>
+        <v>-1.5479264061464826</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>58.278600183000002</v>
+        <v>58.278882099999997</v>
       </c>
       <c r="C317" s="5">
-        <v>-6.3800860000000625E-2</v>
+        <v>-6.3327810000004092E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>-1.3044067953541183</v>
+        <v>-1.2947971842565242</v>
       </c>
       <c r="E317" s="5">
-        <v>-4.4500283146708952E-2</v>
+        <v>-4.4310855353846268E-2</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>58.313876020999999</v>
+        <v>58.314626752000002</v>
       </c>
       <c r="C318" s="5">
-        <v>3.5275837999996895E-2</v>
+        <v>3.5744652000005317E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>0.72877892857432514</v>
+        <v>0.73849347362342499</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>58.173791168000001</v>
+        <v>58.174853790999997</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.14008485299999762</v>
+        <v>-0.13977296100000558</v>
       </c>
       <c r="D319" s="5">
-        <v>-2.8449229292980993</v>
+        <v>-2.8386360534368049</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>57.993541551</v>
+        <v>57.995287468999997</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.18024961700000119</v>
+        <v>-0.17956632199999945</v>
       </c>
       <c r="D320" s="5">
-        <v>-3.6554478982881444</v>
+        <v>-3.6417597400483004</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>57.630579165999997</v>
+        <v>57.631584048999997</v>
       </c>
       <c r="C321" s="5">
-        <v>-0.362962385000003</v>
+        <v>-0.36370342000000022</v>
       </c>
       <c r="D321" s="5">
-        <v>-7.2571929730647744</v>
+        <v>-7.2712908007599548</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>57.364670115999999</v>
+        <v>57.365191789999997</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.26590904999999765</v>
+        <v>-0.26639225899999985</v>
       </c>
       <c r="D322" s="5">
-        <v>-5.3984621867540827</v>
+        <v>-5.4079322990662648</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>56.838125644999998</v>
+        <v>56.836912748000003</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.52654447100000112</v>
+        <v>-0.52827904199999409</v>
       </c>
       <c r="D323" s="5">
-        <v>-10.475280833927481</v>
+        <v>-10.507969661940031</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>57.317848605999998</v>
+        <v>57.316252716000001</v>
       </c>
       <c r="C324" s="5">
-        <v>0.47972296100000023</v>
+        <v>0.4793399679999979</v>
       </c>
       <c r="D324" s="5">
-        <v>10.611835613696318</v>
+        <v>10.603203616581357</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>57.257752431999997</v>
+        <v>57.256324657999997</v>
       </c>
       <c r="C325" s="5">
-        <v>-6.0096174000001668E-2</v>
+        <v>-5.9928058000004114E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>-1.2509366625892082</v>
+        <v>-1.2474918637791044</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>57.756182551000002</v>
+        <v>57.753892278000002</v>
       </c>
       <c r="C326" s="5">
-        <v>0.49843011900000533</v>
+        <v>0.49756762000000521</v>
       </c>
       <c r="D326" s="5">
-        <v>10.960960568266497</v>
+        <v>10.941363846152141</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>57.569903050999997</v>
+        <v>57.569265029999997</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.18627950000000482</v>
+        <v>-0.1846272480000053</v>
       </c>
       <c r="D327" s="5">
-        <v>-3.802405514784557</v>
+        <v>-3.7694167726346484</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>57.283862454999998</v>
+        <v>57.283428624000003</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.28604059599999943</v>
+        <v>-0.28583640599999427</v>
       </c>
       <c r="D328" s="5">
-        <v>-5.8020303192033325</v>
+        <v>-5.7980634960939526</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>57.555020323999997</v>
+        <v>57.555580941999999</v>
       </c>
       <c r="C329" s="5">
-        <v>0.27115786899999961</v>
+        <v>0.27215231799999628</v>
       </c>
       <c r="D329" s="5">
-        <v>5.8305419231132305</v>
+        <v>5.8525322723059992</v>
       </c>
       <c r="E329" s="5">
-        <v>-1.2415875754185901</v>
+        <v>-1.2411033498530344</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>57.700258282</v>
+        <v>57.701905425</v>
       </c>
       <c r="C330" s="5">
-        <v>0.14523795800000272</v>
+        <v>0.14632448300000078</v>
       </c>
       <c r="D330" s="5">
-        <v>3.0705389133135474</v>
+        <v>3.0938012111682456</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>57.815910123000002</v>
+        <v>57.818296465000003</v>
       </c>
       <c r="C331" s="5">
-        <v>0.11565184100000181</v>
+        <v>0.11639104000000344</v>
       </c>
       <c r="D331" s="5">
-        <v>2.431919897287349</v>
+        <v>2.4475659413204731</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>58.287491246999998</v>
+        <v>58.290948381</v>
       </c>
       <c r="C332" s="5">
-        <v>0.47158112399999652</v>
+        <v>0.47265191599999667</v>
       </c>
       <c r="D332" s="5">
-        <v>10.239176396741989</v>
+        <v>10.263038298451477</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>58.308379062999997</v>
+        <v>58.311205260000001</v>
       </c>
       <c r="C333" s="5">
-        <v>2.0887815999998338E-2</v>
+        <v>2.0256879000001504E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>0.4308787507145917</v>
+        <v>0.41781391907456111</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>58.784808935000001</v>
+        <v>58.785087447000002</v>
       </c>
       <c r="C334" s="5">
-        <v>0.4764298720000042</v>
+        <v>0.47388218700000095</v>
       </c>
       <c r="D334" s="5">
-        <v>10.2578983487833</v>
+        <v>10.200053481402339</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>59.02663373</v>
+        <v>59.024020190000002</v>
       </c>
       <c r="C335" s="5">
-        <v>0.24182479499999943</v>
+        <v>0.23893274299999945</v>
       </c>
       <c r="D335" s="5">
-        <v>5.0497113358461965</v>
+        <v>4.9879399883026698</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>58.755317644000002</v>
+        <v>58.752210337000001</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.27131608599999879</v>
+        <v>-0.2718098530000006</v>
       </c>
       <c r="D336" s="5">
-        <v>-5.3784741830063538</v>
+        <v>-5.3882484558360417</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>59.371103507000001</v>
+        <v>59.367627169000002</v>
       </c>
       <c r="C337" s="5">
-        <v>0.61578586299999927</v>
+        <v>0.61541683200000108</v>
       </c>
       <c r="D337" s="5">
-        <v>13.327500614404109</v>
+        <v>13.319793522451274</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>59.930465697000002</v>
+        <v>59.926963161000003</v>
       </c>
       <c r="C338" s="5">
-        <v>0.55936219000000165</v>
+        <v>0.55933599200000117</v>
       </c>
       <c r="D338" s="5">
-        <v>11.910381608504327</v>
+        <v>11.910528483164185</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>59.992902563000001</v>
+        <v>59.991498004999997</v>
       </c>
       <c r="C339" s="5">
-        <v>6.2436865999998759E-2</v>
+        <v>6.4534843999993541E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>1.2573746944177344</v>
+        <v>1.2999514675343882</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>60.488660918000001</v>
+        <v>60.488134862000003</v>
       </c>
       <c r="C340" s="5">
-        <v>0.49575835499999954</v>
+        <v>0.4966368570000057</v>
       </c>
       <c r="D340" s="5">
-        <v>10.379685219840651</v>
+        <v>10.399178494643557</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>61.020319897999997</v>
+        <v>61.021739511</v>
       </c>
       <c r="C341" s="5">
-        <v>0.53165897999999601</v>
+        <v>0.53360464899999727</v>
       </c>
       <c r="D341" s="5">
-        <v>11.072390107579677</v>
+        <v>11.114998270004794</v>
       </c>
       <c r="E341" s="5">
-        <v>6.0208467558389378</v>
+        <v>6.0222805717015104</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>62.039556742999999</v>
+        <v>62.042228256000001</v>
       </c>
       <c r="C342" s="5">
-        <v>1.0192368450000018</v>
+        <v>1.0204887450000015</v>
       </c>
       <c r="D342" s="5">
-        <v>21.991753427617123</v>
+        <v>22.020736539918715</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>62.308298424</v>
+        <v>62.313230529000002</v>
       </c>
       <c r="C343" s="5">
-        <v>0.26874168100000162</v>
+        <v>0.27100227300000057</v>
       </c>
       <c r="D343" s="5">
-        <v>5.3237856619472224</v>
+        <v>5.3694127307055917</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>62.593488522999998</v>
+        <v>62.599011953000002</v>
       </c>
       <c r="C344" s="5">
-        <v>0.28519009899999759</v>
+        <v>0.28578142399999962</v>
       </c>
       <c r="D344" s="5">
-        <v>5.6328958488881753</v>
+        <v>5.6444134036244265</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>63.069758258</v>
+        <v>63.074604428000001</v>
       </c>
       <c r="C345" s="5">
-        <v>0.47626973500000247</v>
+        <v>0.47559247499999913</v>
       </c>
       <c r="D345" s="5">
-        <v>9.5226933642675871</v>
+        <v>9.507706833951568</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>63.485793805</v>
+        <v>63.484997544000002</v>
       </c>
       <c r="C346" s="5">
-        <v>0.41603554699999989</v>
+        <v>0.41039311600000161</v>
       </c>
       <c r="D346" s="5">
-        <v>8.2093166058254887</v>
+        <v>8.0933207867285759</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>63.929534601999997</v>
+        <v>63.925810599999998</v>
       </c>
       <c r="C347" s="5">
-        <v>0.44374079699999669</v>
+        <v>0.4408130559999961</v>
       </c>
       <c r="D347" s="5">
-        <v>8.7176016999793724</v>
+        <v>8.6579830523358723</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>63.978985766000001</v>
+        <v>63.974940797999999</v>
       </c>
       <c r="C348" s="5">
-        <v>4.9451164000004155E-2</v>
+        <v>4.9130198000000291E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>0.93219058946067967</v>
+        <v>0.92616872834312414</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>64.198343143000002</v>
+        <v>64.190803220000006</v>
       </c>
       <c r="C349" s="5">
-        <v>0.21935737700000146</v>
+        <v>0.21586242200000783</v>
       </c>
       <c r="D349" s="5">
-        <v>4.1927795756126152</v>
+        <v>4.1249986028588648</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>63.718431397000003</v>
+        <v>63.713480930000003</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.47991174599999908</v>
+        <v>-0.47732229000000359</v>
       </c>
       <c r="D350" s="5">
-        <v>-8.6107582915607832</v>
+        <v>-8.5671460780723514</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>64.480123144000004</v>
+        <v>64.477418627999995</v>
       </c>
       <c r="C351" s="5">
-        <v>0.76169174700000042</v>
+        <v>0.76393769799999234</v>
       </c>
       <c r="D351" s="5">
-        <v>15.326573172428004</v>
+        <v>15.376061087179128</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>64.844418645999994</v>
+        <v>64.844561206999998</v>
       </c>
       <c r="C352" s="5">
-        <v>0.36429550199999028</v>
+        <v>0.36714257900000291</v>
       </c>
       <c r="D352" s="5">
-        <v>6.9943669281102849</v>
+        <v>7.0510583027578733</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>65.186586454999997</v>
+        <v>65.189121955999994</v>
       </c>
       <c r="C353" s="5">
-        <v>0.34216780900000288</v>
+        <v>0.34456074899999578</v>
       </c>
       <c r="D353" s="5">
-        <v>6.5191425286870386</v>
+        <v>6.5660597877244875</v>
       </c>
       <c r="E353" s="5">
-        <v>6.8276707889506794</v>
+        <v>6.8293406225313547</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>65.489050022000001</v>
+        <v>65.494059884999999</v>
       </c>
       <c r="C354" s="5">
-        <v>0.30246356700000376</v>
+        <v>0.30493792900000471</v>
       </c>
       <c r="D354" s="5">
-        <v>5.7122737157215608</v>
+        <v>5.7599831542140434</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>65.933230424000001</v>
+        <v>65.940538472</v>
       </c>
       <c r="C355" s="5">
-        <v>0.44418040200000064</v>
+        <v>0.44647858700000143</v>
       </c>
       <c r="D355" s="5">
-        <v>8.4496035171889083</v>
+        <v>8.4942996046532215</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>66.115363955999996</v>
+        <v>66.122834674999993</v>
       </c>
       <c r="C356" s="5">
-        <v>0.1821335319999946</v>
+        <v>0.18229620299999283</v>
       </c>
       <c r="D356" s="5">
-        <v>3.3657023288675703</v>
+        <v>3.3683751892614744</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>66.522997575999995</v>
+        <v>66.530239559999998</v>
       </c>
       <c r="C357" s="5">
-        <v>0.40763361999999859</v>
+        <v>0.40740488500000538</v>
       </c>
       <c r="D357" s="5">
-        <v>7.6547040405523736</v>
+        <v>7.6493683165836046</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>66.476529084999996</v>
+        <v>66.475576869999998</v>
       </c>
       <c r="C358" s="5">
-        <v>-4.6468490999998835E-2</v>
+        <v>-5.466269000000068E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>-0.83502630436966818</v>
+        <v>-0.98150283533966487</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>66.968122012999999</v>
+        <v>66.959710238</v>
       </c>
       <c r="C359" s="5">
-        <v>0.49159292800000287</v>
+        <v>0.48413336800000195</v>
       </c>
       <c r="D359" s="5">
-        <v>9.243954768802487</v>
+        <v>9.0981559473120033</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>67.292739802</v>
+        <v>67.288891432</v>
       </c>
       <c r="C360" s="5">
-        <v>0.32461778900000127</v>
+        <v>0.32918119400000023</v>
       </c>
       <c r="D360" s="5">
-        <v>5.9744295808106029</v>
+        <v>6.0614827145246908</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>67.948552277999994</v>
+        <v>67.937705531999995</v>
       </c>
       <c r="C361" s="5">
-        <v>0.65581247599999415</v>
+        <v>0.64881409999999562</v>
       </c>
       <c r="D361" s="5">
-        <v>12.342469545466916</v>
+        <v>12.204434699595534</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>67.930345380000006</v>
+        <v>67.923297309000006</v>
       </c>
       <c r="C362" s="5">
-        <v>-1.8206897999988314E-2</v>
+        <v>-1.4408222999989562E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>-0.32106803029051667</v>
+        <v>-0.25419925694790679</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>67.815491960000003</v>
+        <v>67.810726220000006</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.11485342000000287</v>
+        <v>-0.11257108899999935</v>
       </c>
       <c r="D363" s="5">
-        <v>-2.0101422024312976</v>
+        <v>-1.9707632969195643</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>67.957241523999997</v>
+        <v>67.957751787000007</v>
       </c>
       <c r="C364" s="5">
-        <v>0.14174956399999417</v>
+        <v>0.14702556700000002</v>
       </c>
       <c r="D364" s="5">
-        <v>2.5373062097978849</v>
+        <v>2.633062648395379</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>68.037043832999998</v>
+        <v>68.040860143000003</v>
       </c>
       <c r="C365" s="5">
-        <v>7.9802309000001515E-2</v>
+        <v>8.3108355999996775E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>1.4182991424405822</v>
+        <v>1.4774410358301626</v>
       </c>
       <c r="E365" s="5">
-        <v>4.3727667500548462</v>
+        <v>4.3745614320819026</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>68.043025607000004</v>
+        <v>68.051307506000001</v>
       </c>
       <c r="C366" s="5">
-        <v>5.9817740000056574E-3</v>
+        <v>1.0447362999997267E-2</v>
       </c>
       <c r="D366" s="5">
-        <v>0.10555427519967076</v>
+        <v>0.1844101963164535</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>67.878436789000006</v>
+        <v>67.889985773000006</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.16458881799999858</v>
+        <v>-0.16132173299999408</v>
       </c>
       <c r="D367" s="5">
-        <v>-2.8643647305074293</v>
+        <v>-2.8079092508274228</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>67.837135043000004</v>
+        <v>67.848186392000002</v>
       </c>
       <c r="C368" s="5">
-        <v>-4.1301746000002026E-2</v>
+        <v>-4.1799381000004132E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>-0.72772106589793495</v>
+        <v>-0.73633467301776889</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>63.292299082</v>
+        <v>63.302037229</v>
       </c>
       <c r="C369" s="5">
-        <v>-4.544835961000004</v>
+        <v>-4.5461491630000026</v>
       </c>
       <c r="D369" s="5">
-        <v>-56.488857998495675</v>
+        <v>-56.493582364571004</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>62.785916116000003</v>
+        <v>62.784652303999998</v>
       </c>
       <c r="C370" s="5">
-        <v>-0.50638296599999677</v>
+        <v>-0.51738492500000177</v>
       </c>
       <c r="D370" s="5">
-        <v>-9.1894374473640461</v>
+        <v>-9.3788272680745735</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>62.524853546999999</v>
+        <v>62.510625216999998</v>
       </c>
       <c r="C371" s="5">
-        <v>-0.26106256900000346</v>
+        <v>-0.27402708700000034</v>
       </c>
       <c r="D371" s="5">
-        <v>-4.877036475469243</v>
+        <v>-5.1135519813315655</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>61.399075490999998</v>
+        <v>61.393304612999998</v>
       </c>
       <c r="C372" s="5">
-        <v>-1.1257780560000015</v>
+        <v>-1.1173206039999997</v>
       </c>
       <c r="D372" s="5">
-        <v>-19.590051405416155</v>
+        <v>-19.461039992131745</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>61.602478214999998</v>
+        <v>61.586171811</v>
       </c>
       <c r="C373" s="5">
-        <v>0.20340272400000003</v>
+        <v>0.19286719800000185</v>
       </c>
       <c r="D373" s="5">
-        <v>4.0485957910842529</v>
+        <v>3.8356251318093726</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>61.739027344999997</v>
+        <v>61.728451450000001</v>
       </c>
       <c r="C374" s="5">
-        <v>0.1365491299999988</v>
+        <v>0.14227963900000162</v>
       </c>
       <c r="D374" s="5">
-        <v>2.6926101734288999</v>
+        <v>2.8078022762084043</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>62.132270173999999</v>
+        <v>62.124570961000003</v>
       </c>
       <c r="C375" s="5">
-        <v>0.39324282900000185</v>
+        <v>0.39611951100000198</v>
       </c>
       <c r="D375" s="5">
-        <v>7.9168515147417962</v>
+        <v>7.9782397663243465</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>62.358504613000001</v>
+        <v>62.359154533999998</v>
       </c>
       <c r="C376" s="5">
-        <v>0.2262344390000024</v>
+        <v>0.23458357299999477</v>
       </c>
       <c r="D376" s="5">
-        <v>4.4579840332262366</v>
+        <v>4.6265225614850358</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>62.881430891999997</v>
+        <v>62.887324567</v>
       </c>
       <c r="C377" s="5">
-        <v>0.52292627899999644</v>
+        <v>0.52817003300000209</v>
       </c>
       <c r="D377" s="5">
-        <v>10.540311389305202</v>
+        <v>10.65086289638697</v>
       </c>
       <c r="E377" s="5">
-        <v>-7.5776557159871416</v>
+        <v>-7.5741775826597806</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>62.477946359000001</v>
+        <v>62.492683661999997</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.40348453299999676</v>
+        <v>-0.39464090500000282</v>
       </c>
       <c r="D378" s="5">
-        <v>-7.4339008010463665</v>
+        <v>-7.2758892078218729</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>61.820661622999999</v>
+        <v>61.840399484000002</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.65728473600000115</v>
+        <v>-0.65228417799999505</v>
       </c>
       <c r="D379" s="5">
-        <v>-11.918878941458221</v>
+        <v>-11.830711904856017</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>63.153288111999998</v>
+        <v>63.172741633000001</v>
       </c>
       <c r="C380" s="5">
-        <v>1.332626488999999</v>
+        <v>1.3323421489999987</v>
       </c>
       <c r="D380" s="5">
-        <v>29.165884675185151</v>
+        <v>29.148470083460197</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>63.608778352999998</v>
+        <v>63.623474606999999</v>
       </c>
       <c r="C381" s="5">
-        <v>0.45549024099999968</v>
+        <v>0.45073297399999745</v>
       </c>
       <c r="D381" s="5">
-        <v>9.0066642416246623</v>
+        <v>8.9060219077774061</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>64.016586672000003</v>
+        <v>64.014358638999994</v>
       </c>
       <c r="C382" s="5">
-        <v>0.40780831900000436</v>
+        <v>0.39088403199999533</v>
       </c>
       <c r="D382" s="5">
-        <v>7.9705993142443088</v>
+        <v>7.6267401293424131</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>63.886243135000001</v>
+        <v>63.860654701000001</v>
       </c>
       <c r="C383" s="5">
-        <v>-0.13034353700000167</v>
+        <v>-0.15370393799999249</v>
       </c>
       <c r="D383" s="5">
-        <v>-2.4161315727694976</v>
+        <v>-2.843554917065827</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>63.998405274</v>
+        <v>63.983221249000003</v>
       </c>
       <c r="C384" s="5">
-        <v>0.11216213899999872</v>
+        <v>0.12256654800000177</v>
       </c>
       <c r="D384" s="5">
-        <v>2.1272476560663778</v>
+        <v>2.3276055636961779</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>63.845415170999999</v>
+        <v>63.820271816999998</v>
       </c>
       <c r="C385" s="5">
-        <v>-0.15299010300000049</v>
+        <v>-0.16294943200000489</v>
       </c>
       <c r="D385" s="5">
-        <v>-2.8312182624931292</v>
+        <v>-3.0136571263275846</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>64.014721300000005</v>
+        <v>63.998024127000001</v>
       </c>
       <c r="C386" s="5">
-        <v>0.16930612900000597</v>
+        <v>0.17775231000000247</v>
       </c>
       <c r="D386" s="5">
-        <v>3.2290007749013583</v>
+        <v>3.3939184801889066</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>64.837750772000007</v>
+        <v>64.8270141</v>
       </c>
       <c r="C387" s="5">
-        <v>0.82302947200000176</v>
+        <v>0.82898997299999877</v>
       </c>
       <c r="D387" s="5">
-        <v>16.5673651792277</v>
+        <v>16.700692876874392</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>65.175728407999998</v>
+        <v>65.177701557000006</v>
       </c>
       <c r="C388" s="5">
-        <v>0.33797763599999087</v>
+        <v>0.35068745700000648</v>
       </c>
       <c r="D388" s="5">
-        <v>6.4376884430870973</v>
+        <v>6.68817147394829</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>65.542945180999993</v>
+        <v>65.551586580999995</v>
       </c>
       <c r="C389" s="5">
-        <v>0.36721677299999556</v>
+        <v>0.37388502399998913</v>
       </c>
       <c r="D389" s="5">
-        <v>6.9746090413754569</v>
+        <v>7.1050616459493288</v>
       </c>
       <c r="E389" s="5">
-        <v>4.2325918021350217</v>
+        <v>4.2365644147597692</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>65.407511213999996</v>
+        <v>65.432274113999995</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.13543396699999732</v>
+        <v>-0.11931246700000031</v>
       </c>
       <c r="D390" s="5">
-        <v>-2.4516200212499006</v>
+        <v>-2.1624241876004535</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>66.163073870999995</v>
+        <v>66.197446053999997</v>
       </c>
       <c r="C391" s="5">
-        <v>0.75556265699999869</v>
+        <v>0.76517194000000188</v>
       </c>
       <c r="D391" s="5">
-        <v>14.777456062227268</v>
+        <v>14.971616493610362</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>66.562695638999998</v>
+        <v>66.601919702999993</v>
       </c>
       <c r="C392" s="5">
-        <v>0.39962176800000293</v>
+        <v>0.40447364899999627</v>
       </c>
       <c r="D392" s="5">
-        <v>7.4936307782770051</v>
+        <v>7.5836203105811517</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>67.059002140999993</v>
+        <v>67.089361460999996</v>
       </c>
       <c r="C393" s="5">
-        <v>0.49630650199999593</v>
+        <v>0.48744175800000278</v>
       </c>
       <c r="D393" s="5">
-        <v>9.3236747469267023</v>
+        <v>9.1447709198378746</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>67.248904066999998</v>
+        <v>67.239256909000005</v>
       </c>
       <c r="C394" s="5">
-        <v>0.18990192600000455</v>
+        <v>0.14989544800000942</v>
       </c>
       <c r="D394" s="5">
-        <v>3.4516671256596076</v>
+        <v>2.7143120720406255</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>67.421811982999998</v>
+        <v>67.371558848000006</v>
       </c>
       <c r="C395" s="5">
-        <v>0.17290791599999977</v>
+        <v>0.13230193900000131</v>
       </c>
       <c r="D395" s="5">
-        <v>3.1294039282010466</v>
+        <v>2.3868759529927397</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>68.099556346</v>
+        <v>68.062691290000004</v>
       </c>
       <c r="C396" s="5">
-        <v>0.67774436300000218</v>
+        <v>0.69113244199999713</v>
       </c>
       <c r="D396" s="5">
-        <v>12.75254394094738</v>
+        <v>13.029096935281848</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>68.369281749999999</v>
+        <v>68.329042028999993</v>
       </c>
       <c r="C397" s="5">
-        <v>0.269725403999999</v>
+        <v>0.26635073899998929</v>
       </c>
       <c r="D397" s="5">
-        <v>4.857818571049255</v>
+        <v>4.7983805215902287</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>68.764540789999998</v>
+        <v>68.739698689999997</v>
       </c>
       <c r="C398" s="5">
-        <v>0.39525903999999912</v>
+        <v>0.41065666100000442</v>
       </c>
       <c r="D398" s="5">
-        <v>7.162381328159273</v>
+        <v>7.4552171282550095</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>69.066390935000001</v>
+        <v>69.054500404999999</v>
       </c>
       <c r="C399" s="5">
-        <v>0.30185014500000307</v>
+        <v>0.31480171500000154</v>
       </c>
       <c r="D399" s="5">
-        <v>5.3965960931475543</v>
+        <v>5.6361005526029073</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>69.320097841999996</v>
+        <v>69.327677527000006</v>
       </c>
       <c r="C400" s="5">
-        <v>0.25370690699999443</v>
+        <v>0.27317712200000699</v>
       </c>
       <c r="D400" s="5">
-        <v>4.4982106330811344</v>
+        <v>4.8518187851021244</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>69.721871367000006</v>
+        <v>69.737375951999994</v>
       </c>
       <c r="C401" s="5">
-        <v>0.40177352500001007</v>
+        <v>0.40969842499998776</v>
       </c>
       <c r="D401" s="5">
-        <v>7.1811515440562745</v>
+        <v>7.326607911072891</v>
       </c>
       <c r="E401" s="5">
-        <v>6.3758596359374753</v>
+        <v>6.3854890313413737</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>70.219737593999994</v>
+        <v>70.258435095999999</v>
       </c>
       <c r="C402" s="5">
-        <v>0.49786622699998873</v>
+        <v>0.52105914400000586</v>
       </c>
       <c r="D402" s="5">
-        <v>8.9135724266265814</v>
+        <v>9.3438709731693557</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>70.591121627000007</v>
+        <v>70.643200743999998</v>
       </c>
       <c r="C403" s="5">
-        <v>0.37138403300001244</v>
+        <v>0.38476564799999835</v>
       </c>
       <c r="D403" s="5">
-        <v>6.5345714828739743</v>
+        <v>6.7733212622206551</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>71.182106160000004</v>
+        <v>71.246139921999998</v>
       </c>
       <c r="C404" s="5">
-        <v>0.59098453299999676</v>
+        <v>0.60293917799999974</v>
       </c>
       <c r="D404" s="5">
-        <v>10.522071716029036</v>
+        <v>10.736719640794391</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>71.417817087000003</v>
+        <v>71.471621458000001</v>
       </c>
       <c r="C405" s="5">
-        <v>0.23571092699999951</v>
+        <v>0.22548153600000376</v>
       </c>
       <c r="D405" s="5">
-        <v>4.0468300490306808</v>
+        <v>3.8645982470813633</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>71.788075249000002</v>
+        <v>71.768761260000005</v>
       </c>
       <c r="C406" s="5">
-        <v>0.37025816199999895</v>
+        <v>0.29713980200000378</v>
       </c>
       <c r="D406" s="5">
-        <v>6.401769938451296</v>
+        <v>5.1046146841069451</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>72.344138869000005</v>
+        <v>72.260605712</v>
       </c>
       <c r="C407" s="5">
-        <v>0.55606362000000331</v>
+        <v>0.49184445199999516</v>
       </c>
       <c r="D407" s="5">
-        <v>9.7014847103234825</v>
+        <v>8.5409874043981269</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>72.495368491999997</v>
+        <v>72.432175697000005</v>
       </c>
       <c r="C408" s="5">
-        <v>0.15122962299999188</v>
+        <v>0.17156998500000498</v>
       </c>
       <c r="D408" s="5">
-        <v>2.5375467630265991</v>
+        <v>2.8866899890732656</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>72.852041106000001</v>
+        <v>72.796098932000007</v>
       </c>
       <c r="C409" s="5">
-        <v>0.35667261400000427</v>
+        <v>0.36392323500000145</v>
       </c>
       <c r="D409" s="5">
-        <v>6.0663312262005942</v>
+        <v>6.1986292560851419</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>73.503990365999996</v>
+        <v>73.470479116999996</v>
       </c>
       <c r="C410" s="5">
-        <v>0.65194925999999498</v>
+        <v>0.67438018499998975</v>
       </c>
       <c r="D410" s="5">
-        <v>11.283380907915097</v>
+        <v>11.701031928809492</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>74.026575073000004</v>
+        <v>74.014033050999998</v>
       </c>
       <c r="C411" s="5">
-        <v>0.52258470700000714</v>
+        <v>0.54355393400000196</v>
       </c>
       <c r="D411" s="5">
-        <v>8.873173274199786</v>
+        <v>9.2482207859771783</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>74.492514925999998</v>
+        <v>74.506017729000007</v>
       </c>
       <c r="C412" s="5">
-        <v>0.46593985299999474</v>
+        <v>0.49198467800000856</v>
       </c>
       <c r="D412" s="5">
-        <v>7.8201072161296903</v>
+        <v>8.274797569284754</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>74.922316007999996</v>
+        <v>74.944632948000006</v>
       </c>
       <c r="C413" s="5">
-        <v>0.42980108199999734</v>
+        <v>0.438615218999999</v>
       </c>
       <c r="D413" s="5">
-        <v>7.147658975998894</v>
+        <v>7.2976538969353522</v>
       </c>
       <c r="E413" s="5">
-        <v>7.4588425970755212</v>
+        <v>7.4669528712754341</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>75.125861517999994</v>
+        <v>75.177218069000006</v>
       </c>
       <c r="C414" s="5">
-        <v>0.20354550999999788</v>
+        <v>0.23258512099999962</v>
       </c>
       <c r="D414" s="5">
-        <v>3.3092617474950181</v>
+        <v>3.7883396372748956</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>75.511354788999995</v>
+        <v>75.580782537999994</v>
       </c>
       <c r="C415" s="5">
-        <v>0.38549327100000141</v>
+        <v>0.40356446899998843</v>
       </c>
       <c r="D415" s="5">
-        <v>6.3343455155319583</v>
+        <v>6.6354490879696693</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>75.599056153999996</v>
+        <v>75.689073125999997</v>
       </c>
       <c r="C416" s="5">
-        <v>8.7701365000000919E-2</v>
+        <v>0.10829058800000269</v>
       </c>
       <c r="D416" s="5">
-        <v>1.4026568424206687</v>
+        <v>1.732949048289445</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>75.664561148000004</v>
+        <v>75.748920037999994</v>
       </c>
       <c r="C417" s="5">
-        <v>6.550499400000831E-2</v>
+        <v>5.9846911999997587E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>1.0447443172332926</v>
+        <v>0.95297025115654854</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>75.927802537000005</v>
+        <v>75.897534985999997</v>
       </c>
       <c r="C418" s="5">
-        <v>0.26324138900000094</v>
+        <v>0.1486149480000023</v>
       </c>
       <c r="D418" s="5">
-        <v>4.2556885579117854</v>
+        <v>2.3799014644458216</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>76.243194407999994</v>
+        <v>76.123089190000002</v>
       </c>
       <c r="C419" s="5">
-        <v>0.31539187099998856</v>
+        <v>0.22555420400000514</v>
       </c>
       <c r="D419" s="5">
-        <v>5.1000773751242567</v>
+        <v>3.6250610069247902</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>76.498772314000007</v>
+        <v>76.409414974000001</v>
       </c>
       <c r="C420" s="5">
-        <v>0.2555779060000134</v>
+        <v>0.28632578399999886</v>
       </c>
       <c r="D420" s="5">
-        <v>4.0975668525477182</v>
+        <v>4.6081791917498727</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>76.819072137000006</v>
+        <v>76.748383855</v>
       </c>
       <c r="C421" s="5">
-        <v>0.32029982299999915</v>
+        <v>0.33896888099999956</v>
       </c>
       <c r="D421" s="5">
-        <v>5.1417257439886566</v>
+        <v>5.455290786695377</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>76.950647071000006</v>
+        <v>76.909513558</v>
       </c>
       <c r="C422" s="5">
-        <v>0.13157493399999964</v>
+        <v>0.16112970300000029</v>
       </c>
       <c r="D422" s="5">
-        <v>2.0748209857275546</v>
+        <v>2.5486402392427054</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>76.610535314000003</v>
+        <v>76.598285282999996</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.34011175700000251</v>
+        <v>-0.31122827500000483</v>
       </c>
       <c r="D423" s="5">
-        <v>-5.1767906615418742</v>
+        <v>-4.7493828611384847</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>76.582541860999996</v>
+        <v>76.601696580999999</v>
       </c>
       <c r="C424" s="5">
-        <v>-2.7993453000007662E-2</v>
+        <v>3.4112980000031712E-3</v>
       </c>
       <c r="D424" s="5">
-        <v>-0.43759928813245086</v>
+        <v>5.3454988163426087E-2</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>76.124257792999998</v>
+        <v>76.153459776999995</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.45828406799999755</v>
+        <v>-0.44823680400000399</v>
       </c>
       <c r="D425" s="5">
-        <v>-6.9493241010789912</v>
+        <v>-6.8001950130117228</v>
       </c>
       <c r="E425" s="5">
-        <v>1.6042507079888857</v>
+        <v>1.6129598364151398</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>76.525589017000001</v>
+        <v>76.585821301999999</v>
       </c>
       <c r="C426" s="5">
-        <v>0.40133122400000332</v>
+        <v>0.43236152500000458</v>
       </c>
       <c r="D426" s="5">
-        <v>6.5131716116462846</v>
+        <v>7.0298268440442291</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>76.624635669</v>
+        <v>76.706237598000001</v>
       </c>
       <c r="C427" s="5">
-        <v>9.9046651999998403E-2</v>
+        <v>0.12041629600000192</v>
       </c>
       <c r="D427" s="5">
-        <v>1.564257596196339</v>
+        <v>1.9031683786272069</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>76.718484544999995</v>
+        <v>76.825801548000001</v>
       </c>
       <c r="C428" s="5">
-        <v>9.3848875999995585E-2</v>
+        <v>0.11956394999999986</v>
       </c>
       <c r="D428" s="5">
-        <v>1.4796859047659927</v>
+        <v>1.8865894404997752</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>77.254312686999995</v>
+        <v>77.208510367000002</v>
       </c>
       <c r="C429" s="5">
-        <v>0.53582814199999973</v>
+        <v>0.3827088190000012</v>
       </c>
       <c r="D429" s="5">
-        <v>8.7107799496406901</v>
+        <v>6.144349531961435</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>77.659892413999998</v>
+        <v>77.914691743000006</v>
       </c>
       <c r="C430" s="5">
-        <v>0.40557972700000278</v>
+        <v>0.70618137600000352</v>
       </c>
       <c r="D430" s="5">
-        <v>6.4850447989988513</v>
+        <v>11.545023805520739</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>78.211481929000001</v>
+        <v>78.393457686000005</v>
       </c>
       <c r="C431" s="5">
-        <v>0.55158951500000342</v>
+        <v>0.47876594299999908</v>
       </c>
       <c r="D431" s="5">
-        <v>8.864119299436247</v>
+        <v>7.6280721299947007</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>78.124695235000004</v>
+        <v>78.298784698000006</v>
       </c>
       <c r="C432" s="5">
-        <v>-8.6786693999997055E-2</v>
+        <v>-9.4672987999999236E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>-1.323472991943353</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.4396101315907628</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>78.017040484999995</v>
+        <v>78.190890054999997</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.1076547500000089</v>
+        <v>-0.10789464300000873</v>
       </c>
       <c r="D433" s="5">
-        <v>-1.6411084144261623</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.6411084163384437</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>78.047416193999993</v>
+        <v>78.221333451999996</v>
       </c>
       <c r="C434" s="5">
-        <v>3.0375708999997642E-2</v>
+        <v>3.0443396999999095E-2</v>
       </c>
       <c r="D434" s="5">
-        <v>0.46821832958581222</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.46821833225054732</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>78.403064205999996</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.18173075400000016</v>
+      </c>
+      <c r="D435" s="5">
+        <v>2.8238486183361999</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>78.106212889999995</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.29685131600000148</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-4.4500349114767079</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>77.405346987000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.7008659029999933</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-10.252042883336587</v>
+      </c>
+      <c r="E437" s="5">
+        <v>1.6439006365119857</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>