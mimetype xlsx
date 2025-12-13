--- v0 (2025-10-13)
+++ v1 (2025-12-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B73A0A52-7D24-498D-852B-D2D89A4BD3D1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D3FB13C3-BFC3-4D9F-B180-89E623BEFEB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{D17B814E-9C44-447F-A7B7-447791821D0A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{FD6E7904-A846-418C-9F53-3C42AE8DA735}"/>
   </bookViews>
   <sheets>
     <sheet name="sanpbsva" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Professional and Business Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{893D5FAB-7F38-47DB-B167-2D98F0FB8AED}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82A55BC1-BED1-41F1-B3EF-7709C2A39CA1}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-1.0930907900000193</v>
       </c>
       <c r="D431" s="5">
         <v>-8.1359561216091549</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>155.28720179999999</v>
       </c>
       <c r="C432" s="5">
         <v>1.2606969699999979</v>
       </c>
       <c r="D432" s="5">
         <v>10.276365660715015</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>154.37730399</v>
+        <v>154.34930489000001</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.9098978099999897</v>
+        <v>-0.93789690999997788</v>
       </c>
       <c r="D433" s="5">
-        <v>-6.80911075126639</v>
+        <v>-7.0117306752424451</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>154.13899297</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.21031192000000942</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-1.6228873809431166</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>