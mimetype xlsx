--- v1 (2025-12-13)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D3FB13C3-BFC3-4D9F-B180-89E623BEFEB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{35D90334-43DF-4D55-9218-2958F4862B5F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{FD6E7904-A846-418C-9F53-3C42AE8DA735}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0123E92E-65A7-49C6-B9C0-6608C1A0ED23}"/>
   </bookViews>
   <sheets>
     <sheet name="sanpbsva" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Professional and Business Services Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82A55BC1-BED1-41F1-B3EF-7709C2A39CA1}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8A6B1EC9-06E2-4B0C-A2E8-9FF213F3FBAE}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>44.400278651999997</v>
+        <v>44.400278622000002</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>43.990682339000003</v>
+        <v>43.990682390000003</v>
       </c>
       <c r="C7" s="5">
-        <v>-0.40959631299999444</v>
+        <v>-0.40959623199999839</v>
       </c>
       <c r="D7" s="5">
-        <v>-10.525345139779397</v>
+        <v>-10.525343169539237</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>44.518118932</v>
+        <v>44.518119052999999</v>
       </c>
       <c r="C8" s="5">
-        <v>0.52743659299999734</v>
+        <v>0.52743666299999603</v>
       </c>
       <c r="D8" s="5">
-        <v>15.375417114197454</v>
+        <v>15.375419272167168</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>44.754837524999999</v>
+        <v>44.754837803000001</v>
       </c>
       <c r="C9" s="5">
-        <v>0.23671859299999909</v>
+        <v>0.23671875000000142</v>
       </c>
       <c r="D9" s="5">
-        <v>6.5707822205026245</v>
+        <v>6.5707866883223609</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>45.569456457999998</v>
+        <v>45.569456588999998</v>
       </c>
       <c r="C10" s="5">
-        <v>0.81461893299999844</v>
+        <v>0.81461878599999693</v>
       </c>
       <c r="D10" s="5">
-        <v>24.167050070386018</v>
+        <v>24.167045098410057</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>46.346084515000001</v>
+        <v>46.346084793000003</v>
       </c>
       <c r="C11" s="5">
-        <v>0.77662805700000348</v>
+        <v>0.77662820400000498</v>
       </c>
       <c r="D11" s="5">
-        <v>22.48147555479898</v>
+        <v>22.481480145821251</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>47.212002705000003</v>
+        <v>47.212002271999999</v>
       </c>
       <c r="C12" s="5">
-        <v>0.86591819000000214</v>
+        <v>0.8659174789999966</v>
       </c>
       <c r="D12" s="5">
-        <v>24.874133849442416</v>
+        <v>24.874111117737851</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>48.022190534000003</v>
+        <v>48.022190621</v>
       </c>
       <c r="C13" s="5">
-        <v>0.81018782900000019</v>
+        <v>0.81018834900000058</v>
       </c>
       <c r="D13" s="5">
-        <v>22.651967247110207</v>
+        <v>22.65198341223671</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>48.881947230000002</v>
+        <v>48.881947312999998</v>
       </c>
       <c r="C14" s="5">
-        <v>0.85975669599999804</v>
+        <v>0.85975669199999771</v>
       </c>
       <c r="D14" s="5">
-        <v>23.730958110134324</v>
+        <v>23.730957941324494</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>49.056101709000004</v>
+        <v>49.056101666000004</v>
       </c>
       <c r="C15" s="5">
-        <v>0.17415447900000203</v>
+        <v>0.17415435300000581</v>
       </c>
       <c r="D15" s="5">
-        <v>4.3600861647678846</v>
+        <v>4.3600829406476693</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>49.876029682000002</v>
+        <v>49.876029406999997</v>
       </c>
       <c r="C16" s="5">
-        <v>0.81992797299999864</v>
+        <v>0.81992774099999366</v>
       </c>
       <c r="D16" s="5">
-        <v>22.007377821228012</v>
+        <v>22.007371032068978</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>49.918809039999999</v>
+        <v>49.918808810000002</v>
       </c>
       <c r="C17" s="5">
-        <v>4.2779357999997103E-2</v>
+        <v>4.2779403000004379E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>1.0341258872998083</v>
+        <v>1.0341269859722724</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>49.684539078999997</v>
+        <v>49.684538981000003</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.23426996100000252</v>
+        <v>-0.23426982899999871</v>
       </c>
       <c r="D18" s="5">
-        <v>-5.4885126431901803</v>
+        <v>-5.488509654694651</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>50.085738765999999</v>
+        <v>50.085738738000003</v>
       </c>
       <c r="C19" s="5">
-        <v>0.40119968700000186</v>
+        <v>0.40119975700000055</v>
       </c>
       <c r="D19" s="5">
-        <v>10.132075848144773</v>
+        <v>10.132077716077315</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>50.498151337000003</v>
+        <v>50.498151352000001</v>
       </c>
       <c r="C20" s="5">
-        <v>0.41241257100000439</v>
+        <v>0.41241261399999729</v>
       </c>
       <c r="D20" s="5">
-        <v>10.3409569638923</v>
+        <v>10.340958097422948</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>48.403607786999999</v>
+        <v>48.403608484000003</v>
       </c>
       <c r="C21" s="5">
-        <v>-2.0945435500000045</v>
+        <v>-2.0945428679999978</v>
       </c>
       <c r="D21" s="5">
-        <v>-39.851189366138073</v>
+        <v>-39.851179187000575</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>48.258876702000002</v>
+        <v>48.258876739999998</v>
       </c>
       <c r="C22" s="5">
-        <v>-0.14473108499999654</v>
+        <v>-0.14473174400000488</v>
       </c>
       <c r="D22" s="5">
-        <v>-3.5296825768945217</v>
+        <v>-3.5296983351265188</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>48.220278847000003</v>
+        <v>48.220279087000002</v>
       </c>
       <c r="C23" s="5">
-        <v>-3.8597854999999015E-2</v>
+        <v>-3.8597652999996512E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>-0.9555593396981199</v>
+        <v>-0.95555436005346772</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>49.109498967</v>
+        <v>49.109498481999999</v>
       </c>
       <c r="C24" s="5">
-        <v>0.88922011999999739</v>
+        <v>0.8892193949999978</v>
       </c>
       <c r="D24" s="5">
-        <v>24.517224075452184</v>
+        <v>24.517201881929097</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>49.474822305000004</v>
+        <v>49.474822498000002</v>
       </c>
       <c r="C25" s="5">
-        <v>0.36532333800000316</v>
+        <v>0.36532401600000242</v>
       </c>
       <c r="D25" s="5">
-        <v>9.3011866090068516</v>
+        <v>9.3012046789391789</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>49.339959090000001</v>
+        <v>49.339959235999999</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.13486321500000287</v>
+        <v>-0.1348632620000032</v>
       </c>
       <c r="D26" s="5">
-        <v>-3.222476602021751</v>
+        <v>-3.2224776958927337</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>49.600848413999998</v>
+        <v>49.600848349000003</v>
       </c>
       <c r="C27" s="5">
-        <v>0.2608893239999972</v>
+        <v>0.26088911300000461</v>
       </c>
       <c r="D27" s="5">
-        <v>6.5329223026282746</v>
+        <v>6.5329168444909991</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>49.520034733999999</v>
+        <v>49.520034359999997</v>
       </c>
       <c r="C28" s="5">
-        <v>-8.0813679999998556E-2</v>
+        <v>-8.0813989000006359E-2</v>
       </c>
       <c r="D28" s="5">
-        <v>-1.9377109808381254</v>
+        <v>-1.9377183261396924</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>49.60781532</v>
+        <v>49.607814928000003</v>
       </c>
       <c r="C29" s="5">
-        <v>8.7780586000000937E-2</v>
+        <v>8.7780568000006554E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>2.1480148664748233</v>
+        <v>2.1480144380881194</v>
       </c>
       <c r="E29" s="5">
-        <v>-0.62299907786421693</v>
+        <v>-0.62299940526164832</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>49.351712681999999</v>
+        <v>49.351712366999998</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.25610263800000155</v>
+        <v>-0.25610256100000584</v>
       </c>
       <c r="D30" s="5">
-        <v>-6.0221451421231702</v>
+        <v>-6.0221434288428632</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>49.542839817000001</v>
+        <v>49.542839626000003</v>
       </c>
       <c r="C31" s="5">
-        <v>0.19112713500000211</v>
+        <v>0.19112725900000527</v>
       </c>
       <c r="D31" s="5">
-        <v>4.7475844789093946</v>
+        <v>4.7475876559136765</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>50.056920052000002</v>
+        <v>50.056919987999997</v>
       </c>
       <c r="C32" s="5">
-        <v>0.51408023500000155</v>
+        <v>0.5140803619999943</v>
       </c>
       <c r="D32" s="5">
-        <v>13.187568419502593</v>
+        <v>13.187571919313722</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>50.430185151000003</v>
+        <v>50.430186411999998</v>
       </c>
       <c r="C33" s="5">
-        <v>0.37326509900000104</v>
+        <v>0.37326642400000054</v>
       </c>
       <c r="D33" s="5">
-        <v>9.3244393004318304</v>
+        <v>9.3244737814655032</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>50.953829059</v>
+        <v>50.953829235999997</v>
       </c>
       <c r="C34" s="5">
-        <v>0.52364390799999683</v>
+        <v>0.52364282399999951</v>
       </c>
       <c r="D34" s="5">
-        <v>13.197062638795387</v>
+        <v>13.197033391668111</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>51.350141649000001</v>
+        <v>51.350142271000003</v>
       </c>
       <c r="C35" s="5">
-        <v>0.39631259000000085</v>
+        <v>0.3963130350000057</v>
       </c>
       <c r="D35" s="5">
-        <v>9.7432561942093265</v>
+        <v>9.7432675713160712</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>51.609578135</v>
+        <v>51.609577934000001</v>
       </c>
       <c r="C36" s="5">
-        <v>0.25943648599999847</v>
+        <v>0.25943566299999787</v>
       </c>
       <c r="D36" s="5">
-        <v>6.2341036525781934</v>
+        <v>6.2340832460168194</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>51.884037247000002</v>
+        <v>51.884037384999999</v>
       </c>
       <c r="C37" s="5">
-        <v>0.27445911200000239</v>
+        <v>0.27445945099999847</v>
       </c>
       <c r="D37" s="5">
-        <v>6.571588733470346</v>
+        <v>6.57159711562878</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>52.049445773000002</v>
+        <v>52.049445818000002</v>
       </c>
       <c r="C38" s="5">
-        <v>0.16540852600000022</v>
+        <v>0.16540843300000319</v>
       </c>
       <c r="D38" s="5">
-        <v>3.8934490871237681</v>
+        <v>3.8934468489910667</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>52.657202714</v>
+        <v>52.657202167000001</v>
       </c>
       <c r="C39" s="5">
-        <v>0.60775694099999811</v>
+        <v>0.60775634899999886</v>
       </c>
       <c r="D39" s="5">
-        <v>14.947651055208521</v>
+        <v>14.947635533821035</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>52.692808886999998</v>
+        <v>52.692808442999997</v>
       </c>
       <c r="C40" s="5">
-        <v>3.5606172999997909E-2</v>
+        <v>3.5606275999995773E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>0.81445023285053875</v>
+        <v>0.81445260611798798</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>53.064902785999998</v>
+        <v>53.064900522000002</v>
       </c>
       <c r="C41" s="5">
-        <v>0.37209389899999934</v>
+        <v>0.37209207900000507</v>
       </c>
       <c r="D41" s="5">
-        <v>8.8108679873836415</v>
+        <v>8.8108232810919951</v>
       </c>
       <c r="E41" s="5">
-        <v>6.9688363490706395</v>
+        <v>6.9688326305392678</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>53.675345845999999</v>
+        <v>53.675346009999998</v>
       </c>
       <c r="C42" s="5">
-        <v>0.61044306000000148</v>
+        <v>0.61044548799999632</v>
       </c>
       <c r="D42" s="5">
-        <v>14.712235014558006</v>
+        <v>14.712297950491561</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>54.399279470000003</v>
+        <v>54.399279587999999</v>
       </c>
       <c r="C43" s="5">
-        <v>0.72393362400000427</v>
+        <v>0.72393357800000047</v>
       </c>
       <c r="D43" s="5">
-        <v>17.440949039200305</v>
+        <v>17.440947790201335</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>54.387082362000001</v>
+        <v>54.387082419000002</v>
       </c>
       <c r="C44" s="5">
-        <v>-1.2197108000002288E-2</v>
+        <v>-1.2197168999996677E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>-0.26872586829165268</v>
+        <v>-0.26872721000040789</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>55.976213510000001</v>
+        <v>55.976215559000003</v>
       </c>
       <c r="C45" s="5">
-        <v>1.5891311479999999</v>
+        <v>1.5891331400000013</v>
       </c>
       <c r="D45" s="5">
-        <v>41.2840295216889</v>
+        <v>41.28408980498115</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>55.698991896000003</v>
+        <v>55.698992693000001</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.27722161399999834</v>
+        <v>-0.27722286600000245</v>
       </c>
       <c r="D46" s="5">
-        <v>-5.783751089843248</v>
+        <v>-5.7837762973340423</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>55.649616365</v>
+        <v>55.649618023000002</v>
       </c>
       <c r="C47" s="5">
-        <v>-4.9375531000002582E-2</v>
+        <v>-4.9374669999998844E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>-1.058593797216556</v>
+        <v>-1.0585754125160163</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>55.338829017000002</v>
+        <v>55.338829685</v>
       </c>
       <c r="C48" s="5">
-        <v>-0.31078734799999808</v>
+        <v>-0.31078833800000183</v>
       </c>
       <c r="D48" s="5">
-        <v>-6.4995966458206489</v>
+        <v>-6.4996165305112985</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>56.131086814</v>
+        <v>56.131086746000001</v>
       </c>
       <c r="C49" s="5">
-        <v>0.79225779699999777</v>
+        <v>0.79225706100000082</v>
       </c>
       <c r="D49" s="5">
-        <v>18.59921983580022</v>
+        <v>18.599200932215254</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>56.595968231000001</v>
+        <v>56.595967387999998</v>
       </c>
       <c r="C50" s="5">
-        <v>0.46488141700000085</v>
+        <v>0.46488064199999712</v>
       </c>
       <c r="D50" s="5">
-        <v>10.403925635765908</v>
+        <v>10.403907507083844</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>56.224544903000002</v>
+        <v>56.224542642000003</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.37142332799999878</v>
+        <v>-0.37142474599999531</v>
       </c>
       <c r="D51" s="5">
-        <v>-7.5971308880300681</v>
+        <v>-7.59715896227251</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>56.693539068</v>
+        <v>56.693537268</v>
       </c>
       <c r="C52" s="5">
-        <v>0.46899416499999802</v>
+        <v>0.46899462599999708</v>
       </c>
       <c r="D52" s="5">
-        <v>10.481976675087235</v>
+        <v>10.481987896659707</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>56.606049513000002</v>
+        <v>56.606045516000002</v>
       </c>
       <c r="C53" s="5">
-        <v>-8.7489554999997665E-2</v>
+        <v>-8.7491751999998257E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>-1.8362046739649363</v>
+        <v>-1.8362504510852529</v>
       </c>
       <c r="E53" s="5">
-        <v>6.6732370005099906</v>
+        <v>6.6732340194096684</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>57.447379095999999</v>
+        <v>57.447380971999998</v>
       </c>
       <c r="C54" s="5">
-        <v>0.84132958299999672</v>
+        <v>0.84133545599999593</v>
       </c>
       <c r="D54" s="5">
-        <v>19.368153167743539</v>
+        <v>19.368301089043484</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>57.729895171000003</v>
+        <v>57.729895444</v>
       </c>
       <c r="C55" s="5">
-        <v>0.28251607500000375</v>
+        <v>0.28251447200000257</v>
       </c>
       <c r="D55" s="5">
-        <v>6.0636550177480153</v>
+        <v>6.0636194732109017</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>58.714206734000001</v>
+        <v>58.714206558000001</v>
       </c>
       <c r="C56" s="5">
-        <v>0.98431156299999856</v>
+        <v>0.98431111400000049</v>
       </c>
       <c r="D56" s="5">
-        <v>22.492400417657098</v>
+        <v>22.492389060422148</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>59.503483860999999</v>
+        <v>59.503486709999997</v>
       </c>
       <c r="C57" s="5">
-        <v>0.7892771269999983</v>
+        <v>0.78928015199999635</v>
       </c>
       <c r="D57" s="5">
-        <v>17.378986429492915</v>
+        <v>17.379058092371057</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>59.381130290999998</v>
+        <v>59.381132954999998</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.12235357000000135</v>
+        <v>-0.1223537549999989</v>
       </c>
       <c r="D58" s="5">
-        <v>-2.4397752663398831</v>
+        <v>-2.4397787981910835</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>59.727366846999999</v>
+        <v>59.727370082</v>
       </c>
       <c r="C59" s="5">
-        <v>0.34623655600000092</v>
+        <v>0.34623712700000198</v>
       </c>
       <c r="D59" s="5">
-        <v>7.2257039694428871</v>
+        <v>7.2257159358827261</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>60.340223148</v>
+        <v>60.340225500999999</v>
       </c>
       <c r="C60" s="5">
-        <v>0.61285630100000077</v>
+        <v>0.61285541899999885</v>
       </c>
       <c r="D60" s="5">
-        <v>13.03228780447332</v>
+        <v>13.03226723183657</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>60.837856043999999</v>
+        <v>60.837858218000001</v>
       </c>
       <c r="C61" s="5">
-        <v>0.49763289599999894</v>
+        <v>0.49763271700000189</v>
       </c>
       <c r="D61" s="5">
-        <v>10.358011779025666</v>
+        <v>10.358007460208608</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>61.185400798000003</v>
+        <v>61.185403301000001</v>
       </c>
       <c r="C62" s="5">
-        <v>0.34754475400000473</v>
+        <v>0.34754508299999998</v>
       </c>
       <c r="D62" s="5">
-        <v>7.0747083660206878</v>
+        <v>7.0747150142316029</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>62.226308404999997</v>
+        <v>62.226288484000001</v>
       </c>
       <c r="C63" s="5">
-        <v>1.0409076069999941</v>
+        <v>1.0408851830000003</v>
       </c>
       <c r="D63" s="5">
-        <v>22.437579162757949</v>
+        <v>22.437048696131146</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>62.801338819999998</v>
+        <v>62.801339687000002</v>
       </c>
       <c r="C64" s="5">
-        <v>0.57503041500000052</v>
+        <v>0.57505120300000101</v>
       </c>
       <c r="D64" s="5">
-        <v>11.67047980172673</v>
+        <v>11.670927302051926</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>63.828961024000002</v>
+        <v>63.828957334000002</v>
       </c>
       <c r="C65" s="5">
-        <v>1.0276222040000036</v>
+        <v>1.0276176469999996</v>
       </c>
       <c r="D65" s="5">
-        <v>21.502853042529569</v>
+        <v>21.502748623720347</v>
       </c>
       <c r="E65" s="5">
-        <v>12.75996394933232</v>
+        <v>12.759965392668882</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>64.325493827000003</v>
+        <v>64.325497849000001</v>
       </c>
       <c r="C66" s="5">
-        <v>0.49653280300000091</v>
+        <v>0.49654051499999952</v>
       </c>
       <c r="D66" s="5">
-        <v>9.7448740972960515</v>
+        <v>9.7450325731814438</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>64.719239943999995</v>
+        <v>64.719240411000001</v>
       </c>
       <c r="C67" s="5">
-        <v>0.39374611699999207</v>
+        <v>0.39374256199999991</v>
       </c>
       <c r="D67" s="5">
-        <v>7.5977902351871851</v>
+        <v>7.5977188204457979</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>65.044064951999999</v>
+        <v>65.044065376000006</v>
       </c>
       <c r="C68" s="5">
-        <v>0.3248250080000048</v>
+        <v>0.3248249650000048</v>
       </c>
       <c r="D68" s="5">
-        <v>6.1918527207714735</v>
+        <v>6.1918518324230565</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>65.467710518999993</v>
+        <v>65.467714505999993</v>
       </c>
       <c r="C69" s="5">
-        <v>0.42364556699999412</v>
+        <v>0.42364912999998694</v>
       </c>
       <c r="D69" s="5">
-        <v>8.1020035176873506</v>
+        <v>8.102074062817799</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>65.949300561000001</v>
+        <v>65.949305138</v>
       </c>
       <c r="C70" s="5">
-        <v>0.48159004200000766</v>
+        <v>0.48159063200000674</v>
       </c>
       <c r="D70" s="5">
-        <v>9.1934243731627507</v>
+        <v>9.1934355129182457</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>66.205694523000005</v>
+        <v>66.205699906999996</v>
       </c>
       <c r="C71" s="5">
-        <v>0.25639396200000419</v>
+        <v>0.25639476899999636</v>
       </c>
       <c r="D71" s="5">
-        <v>4.7663523094798599</v>
+        <v>4.7663672959027847</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>65.944997653000001</v>
+        <v>65.945002701000007</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.26069687000000386</v>
+        <v>-0.26069720599998902</v>
       </c>
       <c r="D72" s="5">
-        <v>-4.6242127815857685</v>
+        <v>-4.6242182450931146</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>66.459214072999998</v>
+        <v>66.459219313999995</v>
       </c>
       <c r="C73" s="5">
-        <v>0.51421641999999679</v>
+        <v>0.51421661299998789</v>
       </c>
       <c r="D73" s="5">
-        <v>9.7691062063742571</v>
+        <v>9.7691092514853537</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>66.552773723000001</v>
+        <v>66.552779739000002</v>
       </c>
       <c r="C74" s="5">
-        <v>9.3559650000003103E-2</v>
+        <v>9.356042500000683E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>1.702472203654648</v>
+        <v>1.7024862801299223</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>68.098131799000001</v>
+        <v>68.098094168000003</v>
       </c>
       <c r="C75" s="5">
-        <v>1.5453580759999994</v>
+        <v>1.5453144290000012</v>
       </c>
       <c r="D75" s="5">
-        <v>31.712941360493275</v>
+        <v>31.711925076569546</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>68.59471508</v>
+        <v>68.594717463999999</v>
       </c>
       <c r="C76" s="5">
-        <v>0.49658328099999949</v>
+        <v>0.49662329599999566</v>
       </c>
       <c r="D76" s="5">
-        <v>9.1102388151007574</v>
+        <v>9.11100785463268</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>69.161239148000007</v>
+        <v>69.161235073</v>
       </c>
       <c r="C77" s="5">
-        <v>0.56652406800000676</v>
+        <v>0.5665176090000017</v>
       </c>
       <c r="D77" s="5">
-        <v>10.37362639031989</v>
+        <v>10.373502319195893</v>
       </c>
       <c r="E77" s="5">
-        <v>8.3540105282225099</v>
+        <v>8.3540104079996134</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>68.366174882999999</v>
+        <v>68.366176948000003</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.79506426500000771</v>
+        <v>-0.79505812499999706</v>
       </c>
       <c r="D78" s="5">
-        <v>-12.955328760028696</v>
+        <v>-12.955235665407461</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>68.639946718000004</v>
+        <v>68.639942908999998</v>
       </c>
       <c r="C79" s="5">
-        <v>0.27377183500000513</v>
+        <v>0.27376596099999517</v>
       </c>
       <c r="D79" s="5">
-        <v>4.912653905417641</v>
+        <v>4.9125460164926915</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>68.381875816000004</v>
+        <v>68.381873968999997</v>
       </c>
       <c r="C80" s="5">
-        <v>-0.25807090200000005</v>
+        <v>-0.25806894000000113</v>
       </c>
       <c r="D80" s="5">
-        <v>-4.4195948815222375</v>
+        <v>-4.4195622132190637</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>68.377605775000006</v>
+        <v>68.377611252999998</v>
       </c>
       <c r="C81" s="5">
-        <v>-4.2700409999980593E-3</v>
+        <v>-4.2627159999995001E-3</v>
       </c>
       <c r="D81" s="5">
-        <v>-7.4907125464462876E-2</v>
+        <v>-7.4778672842046312E-2</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>68.499074804000003</v>
+        <v>68.499085250999997</v>
       </c>
       <c r="C82" s="5">
-        <v>0.12146902899999645</v>
+        <v>0.12147399799999903</v>
       </c>
       <c r="D82" s="5">
-        <v>2.1526853408915025</v>
+        <v>2.1527740900208592</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>68.961134830000006</v>
+        <v>68.961160495000001</v>
       </c>
       <c r="C83" s="5">
-        <v>0.46206002600000318</v>
+        <v>0.46207524400000466</v>
       </c>
       <c r="D83" s="5">
-        <v>8.4017586794804764</v>
+        <v>8.4020444092229862</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>69.918161834000003</v>
+        <v>69.918173254999999</v>
       </c>
       <c r="C84" s="5">
-        <v>0.95702700399999685</v>
+        <v>0.9570127599999978</v>
       </c>
       <c r="D84" s="5">
-        <v>17.985117359117233</v>
+        <v>17.9848217105244</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>69.672961009000005</v>
+        <v>69.672971406000002</v>
       </c>
       <c r="C85" s="5">
-        <v>-0.24520082499999774</v>
+        <v>-0.2452018489999972</v>
       </c>
       <c r="D85" s="5">
-        <v>-4.1281319437514004</v>
+        <v>-4.128148190996372</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>70.140232237000006</v>
+        <v>70.140234769000003</v>
       </c>
       <c r="C86" s="5">
-        <v>0.46727122800000132</v>
+        <v>0.46726336300000071</v>
       </c>
       <c r="D86" s="5">
-        <v>8.3515628032621247</v>
+        <v>8.3514157139949816</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>70.693920038000002</v>
+        <v>70.693855971000005</v>
       </c>
       <c r="C87" s="5">
-        <v>0.55368780099999526</v>
+        <v>0.5536212020000022</v>
       </c>
       <c r="D87" s="5">
-        <v>9.8951124555651369</v>
+        <v>9.8938697354686198</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>71.389647131000004</v>
+        <v>71.389644766999993</v>
       </c>
       <c r="C88" s="5">
-        <v>0.69572709300000213</v>
+        <v>0.695788795999988</v>
       </c>
       <c r="D88" s="5">
-        <v>12.470351325914564</v>
+        <v>12.471529767655065</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>71.910179216000003</v>
+        <v>71.910169986</v>
       </c>
       <c r="C89" s="5">
-        <v>0.52053208499999926</v>
+        <v>0.5205252190000067</v>
       </c>
       <c r="D89" s="5">
-        <v>9.1092648595701533</v>
+        <v>9.1091401601499413</v>
       </c>
       <c r="E89" s="5">
-        <v>3.9746830766254293</v>
+        <v>3.9746758572175356</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>74.052348738000006</v>
+        <v>74.052344164999994</v>
       </c>
       <c r="C90" s="5">
-        <v>2.1421695220000032</v>
+        <v>2.1421741789999942</v>
       </c>
       <c r="D90" s="5">
-        <v>42.226852504902837</v>
+        <v>42.226966174291427</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>75.982755159999996</v>
+        <v>75.982741024000006</v>
       </c>
       <c r="C91" s="5">
-        <v>1.9304064219999901</v>
+        <v>1.9303968590000125</v>
       </c>
       <c r="D91" s="5">
-        <v>36.180333524921181</v>
+        <v>36.180130417088385</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>75.423557617</v>
+        <v>75.423561312999993</v>
       </c>
       <c r="C92" s="5">
-        <v>-0.55919754299999624</v>
+        <v>-0.55917971100001296</v>
       </c>
       <c r="D92" s="5">
-        <v>-8.4825908197176503</v>
+        <v>-8.482332690305272</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>75.085294520000005</v>
+        <v>75.085305066999993</v>
       </c>
       <c r="C93" s="5">
-        <v>-0.33826309699999513</v>
+        <v>-0.33825624600000026</v>
       </c>
       <c r="D93" s="5">
-        <v>-5.251029366424909</v>
+        <v>-5.2509253733239669</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>75.887802531000006</v>
+        <v>75.887830860999998</v>
       </c>
       <c r="C94" s="5">
-        <v>0.80250801100000047</v>
+        <v>0.80252579400000457</v>
       </c>
       <c r="D94" s="5">
-        <v>13.606992590822721</v>
+        <v>13.607310028238828</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>76.484037325000003</v>
+        <v>76.484100983000005</v>
       </c>
       <c r="C95" s="5">
-        <v>0.59623479399999724</v>
+        <v>0.59627012200000706</v>
       </c>
       <c r="D95" s="5">
-        <v>9.8464258249061807</v>
+        <v>9.8470308472906609</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>76.727866649999996</v>
+        <v>76.727895201999999</v>
       </c>
       <c r="C96" s="5">
-        <v>0.24382932499999299</v>
+        <v>0.24379421899999443</v>
       </c>
       <c r="D96" s="5">
-        <v>3.8933670060290249</v>
+        <v>3.8927932871173354</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>77.253188823000002</v>
+        <v>77.253197533000005</v>
       </c>
       <c r="C97" s="5">
-        <v>0.52532217300000639</v>
+        <v>0.52530233100000601</v>
       </c>
       <c r="D97" s="5">
-        <v>8.5324239563095325</v>
+        <v>8.5320861508061832</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>77.246974451</v>
+        <v>77.246947981999995</v>
       </c>
       <c r="C98" s="5">
-        <v>-6.2143720000022995E-3</v>
+        <v>-6.2495510000104559E-3</v>
       </c>
       <c r="D98" s="5">
-        <v>-9.6487253102384152E-2</v>
+        <v>-9.7033204812013718E-2</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>76.262569353000004</v>
+        <v>76.262471700000006</v>
       </c>
       <c r="C99" s="5">
-        <v>-0.98440509799999631</v>
+        <v>-0.9844762819999886</v>
       </c>
       <c r="D99" s="5">
-        <v>-14.264742714594247</v>
+        <v>-14.265707570903297</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>76.710289324000001</v>
+        <v>76.710269009000001</v>
       </c>
       <c r="C100" s="5">
-        <v>0.44771997099999794</v>
+        <v>0.44779730899999493</v>
       </c>
       <c r="D100" s="5">
-        <v>7.2769095207239953</v>
+        <v>7.2782170074914943</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>77.257654360999993</v>
+        <v>77.257641441000004</v>
       </c>
       <c r="C101" s="5">
-        <v>0.54736503699999162</v>
+        <v>0.54737243200000307</v>
       </c>
       <c r="D101" s="5">
-        <v>8.9067430732936224</v>
+        <v>8.906870618381447</v>
       </c>
       <c r="E101" s="5">
-        <v>7.4363257097962876</v>
+        <v>7.436321532880652</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>77.438313579999999</v>
+        <v>77.438308433000003</v>
       </c>
       <c r="C102" s="5">
-        <v>0.18065921900000603</v>
+        <v>0.18066699199999903</v>
       </c>
       <c r="D102" s="5">
-        <v>2.8424510735113984</v>
+        <v>2.8425754308742945</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>78.098647232999994</v>
+        <v>78.098635126999994</v>
       </c>
       <c r="C103" s="5">
-        <v>0.66033365299999502</v>
+        <v>0.66032669399999122</v>
       </c>
       <c r="D103" s="5">
-        <v>10.726481249270936</v>
+        <v>10.726363600290156</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>78.546774087000003</v>
+        <v>78.546780028000001</v>
       </c>
       <c r="C104" s="5">
-        <v>0.44812685400000873</v>
+        <v>0.44814490100000626</v>
       </c>
       <c r="D104" s="5">
-        <v>7.1070609834313014</v>
+        <v>7.1073574290542618</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>78.813873028000003</v>
+        <v>78.813868338000006</v>
       </c>
       <c r="C105" s="5">
-        <v>0.26709894100000042</v>
+        <v>0.26708831000000544</v>
       </c>
       <c r="D105" s="5">
-        <v>4.1578002478077636</v>
+        <v>4.1576313326365355</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>78.232092320999996</v>
+        <v>78.232104031000006</v>
       </c>
       <c r="C106" s="5">
-        <v>-0.58178070700000717</v>
+        <v>-0.58176430700000026</v>
       </c>
       <c r="D106" s="5">
-        <v>-8.5071178144669251</v>
+        <v>-8.5068881413185693</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>78.977904175000006</v>
+        <v>78.978154003</v>
       </c>
       <c r="C107" s="5">
-        <v>0.74581185400001004</v>
+        <v>0.74604997199999445</v>
       </c>
       <c r="D107" s="5">
-        <v>12.059301075592966</v>
+        <v>12.063353540429356</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>79.604963717000004</v>
+        <v>79.604977277000003</v>
       </c>
       <c r="C108" s="5">
-        <v>0.6270595419999978</v>
+        <v>0.62682327400000304</v>
       </c>
       <c r="D108" s="5">
-        <v>9.9548848142759319</v>
+        <v>9.9509358532576577</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>79.900818839999999</v>
+        <v>79.900810379000006</v>
       </c>
       <c r="C109" s="5">
-        <v>0.2958551229999955</v>
+        <v>0.29583310200000312</v>
       </c>
       <c r="D109" s="5">
-        <v>4.5521519283503675</v>
+        <v>4.5518053574722162</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>80.301242356000003</v>
+        <v>80.301224145000006</v>
       </c>
       <c r="C110" s="5">
-        <v>0.40042351600000359</v>
+        <v>0.40041376599999978</v>
       </c>
       <c r="D110" s="5">
-        <v>6.1823692901405991</v>
+        <v>6.1822152538973496</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>81.568252033999997</v>
+        <v>81.567928744</v>
       </c>
       <c r="C111" s="5">
-        <v>1.2670096779999938</v>
+        <v>1.2667045989999934</v>
       </c>
       <c r="D111" s="5">
-        <v>20.666494388539959</v>
+        <v>20.661083843174556</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>82.767532454000005</v>
+        <v>82.767527681000004</v>
       </c>
       <c r="C112" s="5">
-        <v>1.199280420000008</v>
+        <v>1.1995989370000046</v>
       </c>
       <c r="D112" s="5">
-        <v>19.142367289000518</v>
+        <v>19.147951531515915</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>83.236685136000006</v>
+        <v>83.23669812</v>
       </c>
       <c r="C113" s="5">
-        <v>0.46915268200000071</v>
+        <v>0.46917043899999555</v>
       </c>
       <c r="D113" s="5">
-        <v>7.0180965381288596</v>
+        <v>7.0183709197496613</v>
       </c>
       <c r="E113" s="5">
-        <v>7.739078832321189</v>
+        <v>7.739113655917218</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>84.245426034000005</v>
+        <v>84.245447403</v>
       </c>
       <c r="C114" s="5">
-        <v>1.0087408979999992</v>
+        <v>1.0087492830000002</v>
       </c>
       <c r="D114" s="5">
-        <v>15.552316159120716</v>
+        <v>15.552451581181348</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>84.878378764000004</v>
+        <v>84.878390933999995</v>
       </c>
       <c r="C115" s="5">
-        <v>0.63295272999999952</v>
+        <v>0.63294353099999512</v>
       </c>
       <c r="D115" s="5">
-        <v>9.3978878552260383</v>
+        <v>9.3977430955229924</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>84.791924448000003</v>
+        <v>84.791952086999999</v>
       </c>
       <c r="C116" s="5">
-        <v>-8.6454316000001086E-2</v>
+        <v>-8.6438846999996599E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>-1.2154562407584724</v>
+        <v>-1.2152398063802083</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>86.046810722000004</v>
+        <v>86.046800844000003</v>
       </c>
       <c r="C117" s="5">
-        <v>1.2548862740000004</v>
+        <v>1.2548487570000049</v>
       </c>
       <c r="D117" s="5">
-        <v>19.278846551215633</v>
+        <v>19.278215671923803</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>86.510256734999999</v>
+        <v>86.510272805</v>
       </c>
       <c r="C118" s="5">
-        <v>0.46344601299999511</v>
+        <v>0.46347196099999621</v>
       </c>
       <c r="D118" s="5">
-        <v>6.658107513878897</v>
+        <v>6.65849219575263</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>88.140509105999996</v>
+        <v>88.140975205999993</v>
       </c>
       <c r="C119" s="5">
-        <v>1.6302523709999974</v>
+        <v>1.6307024009999935</v>
       </c>
       <c r="D119" s="5">
-        <v>25.110985763754702</v>
+        <v>25.11864635637</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>87.459472519000002</v>
+        <v>87.459484082000003</v>
       </c>
       <c r="C120" s="5">
-        <v>-0.68103658699999414</v>
+        <v>-0.68149112399999012</v>
       </c>
       <c r="D120" s="5">
-        <v>-8.8879982471454113</v>
+        <v>-8.8936352709709343</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>86.982940098</v>
+        <v>86.982870594999994</v>
       </c>
       <c r="C121" s="5">
-        <v>-0.4765324210000017</v>
+        <v>-0.47661348700000872</v>
       </c>
       <c r="D121" s="5">
-        <v>-6.3459090895287673</v>
+        <v>-6.3469556702372536</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>87.817035399999995</v>
+        <v>87.817033769999995</v>
       </c>
       <c r="C122" s="5">
-        <v>0.83409530199999438</v>
+        <v>0.83416317500000048</v>
       </c>
       <c r="D122" s="5">
-        <v>12.133728705441072</v>
+        <v>12.134778928949208</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>89.574436125000005</v>
+        <v>89.573781500999999</v>
       </c>
       <c r="C123" s="5">
-        <v>1.7574007250000108</v>
+        <v>1.7567477310000044</v>
       </c>
       <c r="D123" s="5">
-        <v>26.842190772896668</v>
+        <v>26.831095678818716</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>89.458949305999994</v>
+        <v>89.458807093999994</v>
       </c>
       <c r="C124" s="5">
-        <v>-0.11548681900001156</v>
+        <v>-0.11497440700000539</v>
       </c>
       <c r="D124" s="5">
-        <v>-1.5362160385706924</v>
+        <v>-1.5294590344795078</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>90.243384590999995</v>
+        <v>90.243280081999998</v>
       </c>
       <c r="C125" s="5">
-        <v>0.7844352850000007</v>
+        <v>0.78447298800000453</v>
       </c>
       <c r="D125" s="5">
-        <v>11.044994170763189</v>
+        <v>11.045569311513482</v>
       </c>
       <c r="E125" s="5">
-        <v>8.4178021308174209</v>
+        <v>8.4176596624469635</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>90.303204124000004</v>
+        <v>90.303646364000002</v>
       </c>
       <c r="C126" s="5">
-        <v>5.9819533000009528E-2</v>
+        <v>6.0366282000003935E-2</v>
       </c>
       <c r="D126" s="5">
-        <v>0.79834910447720286</v>
+        <v>0.80567379859648458</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>90.247093394999993</v>
+        <v>90.247096647000006</v>
       </c>
       <c r="C127" s="5">
-        <v>-5.6110729000010906E-2</v>
+        <v>-5.654971699999578E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>-0.74308816524412125</v>
+        <v>-0.74887812779547147</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>90.176075795000003</v>
+        <v>90.176135024999994</v>
       </c>
       <c r="C128" s="5">
-        <v>-7.1017599999990466E-2</v>
+        <v>-7.0961622000012881E-2</v>
       </c>
       <c r="D128" s="5">
-        <v>-0.94023240669643959</v>
+        <v>-0.93949445842967938</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>91.975588130000006</v>
+        <v>91.975617114000002</v>
       </c>
       <c r="C129" s="5">
-        <v>1.7995123350000028</v>
+        <v>1.7994820890000085</v>
       </c>
       <c r="D129" s="5">
-        <v>26.757859635440262</v>
+        <v>26.757339880349008</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>93.109933960999996</v>
+        <v>93.109997401000001</v>
       </c>
       <c r="C130" s="5">
-        <v>1.1343458309999903</v>
+        <v>1.134380286999999</v>
       </c>
       <c r="D130" s="5">
-        <v>15.846079437350301</v>
+        <v>15.846588537295769</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>93.856162893000004</v>
+        <v>93.856867547999997</v>
       </c>
       <c r="C131" s="5">
-        <v>0.74622893200000817</v>
+        <v>0.74687014699999565</v>
       </c>
       <c r="D131" s="5">
-        <v>10.052855899053714</v>
+        <v>10.061871505576248</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>94.088825951000004</v>
+        <v>94.088838874000004</v>
       </c>
       <c r="C132" s="5">
-        <v>0.23266305799999998</v>
+        <v>0.23197132600000714</v>
       </c>
       <c r="D132" s="5">
-        <v>3.0156132576446559</v>
+        <v>3.0065024145529806</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>94.329532244000006</v>
+        <v>94.329392123000005</v>
       </c>
       <c r="C133" s="5">
-        <v>0.24070629300000235</v>
+        <v>0.2405532490000013</v>
       </c>
       <c r="D133" s="5">
-        <v>3.1135117349675667</v>
+        <v>3.1115037737434292</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>94.357107400000004</v>
+        <v>94.357075151000004</v>
       </c>
       <c r="C134" s="5">
-        <v>2.7575155999997492E-2</v>
+        <v>2.7683027999998444E-2</v>
       </c>
       <c r="D134" s="5">
-        <v>0.35135806155786042</v>
+        <v>0.35273529280877014</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>93.616039920000006</v>
+        <v>93.614985047999994</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.74106747999999811</v>
+        <v>-0.74209010300000955</v>
       </c>
       <c r="D135" s="5">
-        <v>-9.0279949804764392</v>
+        <v>-9.0399221091297619</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>93.685055774000006</v>
+        <v>93.684412086999998</v>
       </c>
       <c r="C136" s="5">
-        <v>6.9015853999999877E-2</v>
+        <v>6.9427039000004243E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>0.88826294875385958</v>
+        <v>0.89358678683308934</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>93.608714825000007</v>
+        <v>93.608524997000004</v>
       </c>
       <c r="C137" s="5">
-        <v>-7.6340948999998659E-2</v>
+        <v>-7.5887089999994828E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>-0.97347095307909193</v>
+        <v>-0.96771589349571308</v>
       </c>
       <c r="E137" s="5">
-        <v>3.7291711179188614</v>
+        <v>3.7290808932722186</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>93.737606466000003</v>
+        <v>93.738574787999994</v>
       </c>
       <c r="C138" s="5">
-        <v>0.12889164099999562</v>
+        <v>0.13004979099999048</v>
       </c>
       <c r="D138" s="5">
-        <v>1.6648736879042225</v>
+        <v>1.6799512638831837</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>93.779601864</v>
+        <v>93.779728606999996</v>
       </c>
       <c r="C139" s="5">
-        <v>4.1995397999997408E-2</v>
+        <v>4.115381900000159E-2</v>
       </c>
       <c r="D139" s="5">
-        <v>0.53893885211038217</v>
+        <v>0.52810706965986665</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>93.549049362000005</v>
+        <v>93.549272204000005</v>
       </c>
       <c r="C140" s="5">
-        <v>-0.23055250199999477</v>
+        <v>-0.23045640299999093</v>
       </c>
       <c r="D140" s="5">
-        <v>-2.9105753441644233</v>
+        <v>-2.9093746278362143</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>92.973974150000004</v>
+        <v>92.974150946999998</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.57507521200000156</v>
+        <v>-0.57512125700000638</v>
       </c>
       <c r="D141" s="5">
-        <v>-7.1324049625114743</v>
+        <v>-7.1329404478711496</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>93.045164877999994</v>
+        <v>93.045360278000004</v>
       </c>
       <c r="C142" s="5">
-        <v>7.11907279999906E-2</v>
+        <v>7.1209331000005704E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>0.92272668705932759</v>
+        <v>0.92296706085357449</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>93.940971919999996</v>
+        <v>93.941823219</v>
       </c>
       <c r="C143" s="5">
-        <v>0.89580704200000127</v>
+        <v>0.89646294099999579</v>
       </c>
       <c r="D143" s="5">
-        <v>12.185020526525703</v>
+        <v>12.194393261245274</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>92.346107520999993</v>
+        <v>92.346194779000001</v>
       </c>
       <c r="C144" s="5">
-        <v>-1.5948643990000022</v>
+        <v>-1.5956284399999987</v>
       </c>
       <c r="D144" s="5">
-        <v>-18.574104908384104</v>
+        <v>-18.582035847804502</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>92.090386832999997</v>
+        <v>92.090131201000005</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.2557206879999967</v>
+        <v>-0.25606357799999557</v>
       </c>
       <c r="D145" s="5">
-        <v>-3.2728400459021922</v>
+        <v>-3.2771587630033072</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>90.776998698</v>
+        <v>90.776837348000001</v>
       </c>
       <c r="C146" s="5">
-        <v>-1.3133881349999967</v>
+        <v>-1.3132938530000047</v>
       </c>
       <c r="D146" s="5">
-        <v>-15.833693175883578</v>
+        <v>-15.832684738516821</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>88.447258871000003</v>
+        <v>88.445889191999996</v>
       </c>
       <c r="C147" s="5">
-        <v>-2.3297398269999974</v>
+        <v>-2.3309481560000052</v>
       </c>
       <c r="D147" s="5">
-        <v>-26.801413086061665</v>
+        <v>-26.813453421298384</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>88.195716464</v>
+        <v>88.194174771999997</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.2515424070000023</v>
+        <v>-0.251714419999999</v>
       </c>
       <c r="D148" s="5">
-        <v>-3.3598988278590314</v>
+        <v>-3.3622118485977071</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>88.580604175999994</v>
+        <v>88.579525687</v>
       </c>
       <c r="C149" s="5">
-        <v>0.38488771199999405</v>
+        <v>0.38535091500000362</v>
       </c>
       <c r="D149" s="5">
-        <v>5.3643630911512252</v>
+        <v>5.3710710545966212</v>
       </c>
       <c r="E149" s="5">
-        <v>-5.3714129698287039</v>
+        <v>-5.3723732001558329</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>88.479573741999999</v>
+        <v>88.481913722000002</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.10103043399999478</v>
+        <v>-9.761196499999869E-2</v>
       </c>
       <c r="D150" s="5">
-        <v>-1.3601045901440401</v>
+        <v>-1.3143785370229311</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>88.909014200000001</v>
+        <v>88.909753739999999</v>
       </c>
       <c r="C151" s="5">
-        <v>0.42944045800000197</v>
+        <v>0.42784001799999771</v>
       </c>
       <c r="D151" s="5">
-        <v>5.9822849526462996</v>
+        <v>5.9592321174170459</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>88.595007375999998</v>
+        <v>88.595031696999996</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.31400682400000335</v>
+        <v>-0.31472204300000328</v>
       </c>
       <c r="D152" s="5">
-        <v>-4.1567693185207482</v>
+        <v>-4.1660197239588692</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>89.764557769000007</v>
+        <v>89.765082839000002</v>
       </c>
       <c r="C153" s="5">
-        <v>1.1695503930000086</v>
+        <v>1.1700511420000055</v>
       </c>
       <c r="D153" s="5">
-        <v>17.043625033331345</v>
+        <v>17.051455341561027</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>89.686003014999997</v>
+        <v>89.686422893</v>
       </c>
       <c r="C154" s="5">
-        <v>-7.8554754000009552E-2</v>
+        <v>-7.8659946000001923E-2</v>
       </c>
       <c r="D154" s="5">
-        <v>-1.0451041275353901</v>
+        <v>-1.0464907875949336</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>89.548965319999994</v>
+        <v>89.549861073000002</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.13703769500000362</v>
+        <v>-0.13656181999999717</v>
       </c>
       <c r="D155" s="5">
-        <v>-1.8182355187826071</v>
+        <v>-1.8119659137335598</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>90.754095695999993</v>
+        <v>90.754120837000002</v>
       </c>
       <c r="C156" s="5">
-        <v>1.2051303759999996</v>
+        <v>1.2042597639999997</v>
       </c>
       <c r="D156" s="5">
-        <v>17.399956920756708</v>
+        <v>17.386255923172822</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>91.653498427000002</v>
+        <v>91.653267174999996</v>
       </c>
       <c r="C157" s="5">
-        <v>0.89940273100000923</v>
+        <v>0.89914633799999422</v>
       </c>
       <c r="D157" s="5">
-        <v>12.562506727285271</v>
+        <v>12.55872450420088</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>92.570750760999999</v>
+        <v>92.570339713999999</v>
       </c>
       <c r="C158" s="5">
-        <v>0.91725233399999695</v>
+        <v>0.91707253900000296</v>
       </c>
       <c r="D158" s="5">
-        <v>12.692981938878422</v>
+        <v>12.690389241033206</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>92.065669443999994</v>
+        <v>92.063938883999995</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.50508131700000547</v>
+        <v>-0.50640083000000402</v>
       </c>
       <c r="D159" s="5">
-        <v>-6.3544480055108599</v>
+        <v>-6.370580054260655</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>92.088133143999997</v>
+        <v>92.085721344000007</v>
       </c>
       <c r="C160" s="5">
-        <v>2.2463700000002973E-2</v>
+        <v>2.1782460000011383E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>0.29318903151280828</v>
+        <v>0.2842914824472853</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>91.363314305000003</v>
+        <v>91.361442581000006</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.72481883899999389</v>
+        <v>-0.72427876300000094</v>
       </c>
       <c r="D161" s="5">
-        <v>-9.0467708816493353</v>
+        <v>-9.0405454756699815</v>
       </c>
       <c r="E161" s="5">
-        <v>3.1414440609041971</v>
+        <v>3.1405868031288087</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>90.208087030000002</v>
+        <v>90.211451390999997</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.1552272750000014</v>
+        <v>-1.1499911900000086</v>
       </c>
       <c r="D162" s="5">
-        <v>-14.161221317691041</v>
+        <v>-14.101681775720332</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>90.249559634999997</v>
+        <v>90.251065937999996</v>
       </c>
       <c r="C163" s="5">
-        <v>4.147260499999561E-2</v>
+        <v>3.9614546999999334E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>0.5530896550538511</v>
+        <v>0.52823047458638861</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>90.806827862000006</v>
+        <v>90.806771178999995</v>
       </c>
       <c r="C164" s="5">
-        <v>0.55726822700000866</v>
+        <v>0.5557052409999983</v>
       </c>
       <c r="D164" s="5">
-        <v>7.6665904048461853</v>
+        <v>7.644222416359181</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>89.936887420000005</v>
+        <v>89.937812993999998</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.86994044200000076</v>
+        <v>-0.86895818499999677</v>
       </c>
       <c r="D165" s="5">
-        <v>-10.909339067617152</v>
+        <v>-10.897668636778146</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>90.373739732999994</v>
+        <v>90.374400608000002</v>
       </c>
       <c r="C166" s="5">
-        <v>0.43685231299998861</v>
+        <v>0.43658761400000401</v>
       </c>
       <c r="D166" s="5">
-        <v>5.9870514811320774</v>
+        <v>5.9832631590078345</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>90.234893150000005</v>
+        <v>90.235672710000003</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.13884658299998875</v>
+        <v>-0.13872789799999907</v>
       </c>
       <c r="D167" s="5">
-        <v>-1.8281326467943115</v>
+        <v>-1.8265698979990863</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>90.105808211999999</v>
+        <v>90.105719218000004</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.12908493800000542</v>
+        <v>-0.1299534919999985</v>
       </c>
       <c r="D168" s="5">
-        <v>-1.703209773582004</v>
+        <v>-1.7145645842303492</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>90.677838639000001</v>
+        <v>90.677655201999997</v>
       </c>
       <c r="C169" s="5">
-        <v>0.5720304270000014</v>
+        <v>0.57193598399999246</v>
       </c>
       <c r="D169" s="5">
-        <v>7.8898231770532901</v>
+        <v>7.8884828138990448</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>90.549510073999997</v>
+        <v>90.548824062999998</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.12832856500000389</v>
+        <v>-0.12883113899999898</v>
       </c>
       <c r="D170" s="5">
-        <v>-1.6851005150618437</v>
+        <v>-1.6916517984694623</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>91.822887451</v>
+        <v>91.821033753999998</v>
       </c>
       <c r="C171" s="5">
-        <v>1.2733773770000028</v>
+        <v>1.2722096910000005</v>
       </c>
       <c r="D171" s="5">
-        <v>18.243720596479164</v>
+        <v>18.225826710866144</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>92.924976841000003</v>
+        <v>92.921894703000007</v>
       </c>
       <c r="C172" s="5">
-        <v>1.1020893900000033</v>
+        <v>1.1008609490000083</v>
       </c>
       <c r="D172" s="5">
-        <v>15.392662312287818</v>
+        <v>15.374689282581189</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>91.987763595999994</v>
+        <v>91.985031379000006</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.93721324500000947</v>
+        <v>-0.93686332400000083</v>
       </c>
       <c r="D173" s="5">
-        <v>-11.453543348371475</v>
+        <v>-11.449860263639355</v>
       </c>
       <c r="E173" s="5">
-        <v>0.68347924519833736</v>
+        <v>0.68255139190378511</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>92.548201723000005</v>
+        <v>92.552491200000006</v>
       </c>
       <c r="C174" s="5">
-        <v>0.56043812700001183</v>
+        <v>0.56745982099999992</v>
       </c>
       <c r="D174" s="5">
-        <v>7.5610638660791762</v>
+        <v>7.6592687685680172</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>92.191713679000003</v>
+        <v>92.193887304</v>
       </c>
       <c r="C175" s="5">
-        <v>-0.35648804400000245</v>
+        <v>-0.35860389600000531</v>
       </c>
       <c r="D175" s="5">
-        <v>-4.5256216175541875</v>
+        <v>-4.5517061012623987</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>92.413186506000002</v>
+        <v>92.412967230000007</v>
       </c>
       <c r="C176" s="5">
-        <v>0.22147282699999948</v>
+        <v>0.21907992600000625</v>
       </c>
       <c r="D176" s="5">
-        <v>2.9211645544231502</v>
+        <v>2.8891202260610482</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>91.885323306999993</v>
+        <v>91.886588357999997</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.52786319900000933</v>
+        <v>-0.52637887200000932</v>
       </c>
       <c r="D177" s="5">
-        <v>-6.6430987415371678</v>
+        <v>-6.6250151754466575</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>91.743431650000005</v>
+        <v>91.744260439000001</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.14189165699998796</v>
+        <v>-0.14232791899999597</v>
       </c>
       <c r="D178" s="5">
-        <v>-1.8374127285608388</v>
+        <v>-1.8429888635704716</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>92.610591596999996</v>
+        <v>92.611138940000004</v>
       </c>
       <c r="C179" s="5">
-        <v>0.86715994699999044</v>
+        <v>0.86687850100000219</v>
       </c>
       <c r="D179" s="5">
-        <v>11.95103987809456</v>
+        <v>11.946843686321106</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>92.458523602</v>
+        <v>92.458249022999993</v>
       </c>
       <c r="C180" s="5">
-        <v>-0.1520679949999959</v>
+        <v>-0.1528899170000102</v>
       </c>
       <c r="D180" s="5">
-        <v>-1.9527202162195501</v>
+        <v>-1.9631674550215417</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>92.589448787999999</v>
+        <v>92.589396015999995</v>
       </c>
       <c r="C181" s="5">
-        <v>0.13092518599999892</v>
+        <v>0.13114699300000154</v>
       </c>
       <c r="D181" s="5">
-        <v>1.7125476604404888</v>
+        <v>1.7154767805317217</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>92.249110068999997</v>
+        <v>92.248196620000002</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.34033871900000179</v>
+        <v>-0.34119939599999327</v>
       </c>
       <c r="D182" s="5">
-        <v>-4.3228480965494036</v>
+        <v>-4.3335618913428746</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>92.678273133999994</v>
+        <v>92.676540172000003</v>
       </c>
       <c r="C183" s="5">
-        <v>0.42916306499999735</v>
+        <v>0.42834355200000118</v>
       </c>
       <c r="D183" s="5">
-        <v>5.727746078190421</v>
+        <v>5.7165858380458401</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>93.090396061999996</v>
+        <v>93.087183085999996</v>
       </c>
       <c r="C184" s="5">
-        <v>0.41212292800000228</v>
+        <v>0.4106429139999932</v>
       </c>
       <c r="D184" s="5">
-        <v>5.468638662606673</v>
+        <v>5.4486230597126539</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>92.939344750000004</v>
+        <v>92.936577701999994</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.15105131199999278</v>
+        <v>-0.15060538400000212</v>
       </c>
       <c r="D185" s="5">
-        <v>-1.9298728619687511</v>
+        <v>-1.9242919899746913</v>
       </c>
       <c r="E185" s="5">
-        <v>1.0344649296826658</v>
+        <v>1.034457790289145</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>97.844347737000007</v>
+        <v>97.848329456000002</v>
       </c>
       <c r="C186" s="5">
-        <v>4.9050029870000031</v>
+        <v>4.911751754000008</v>
       </c>
       <c r="D186" s="5">
-        <v>85.367517708076463</v>
+        <v>85.524330752131618</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>98.446697100999998</v>
+        <v>98.449088494999998</v>
       </c>
       <c r="C187" s="5">
-        <v>0.60234936399999128</v>
+        <v>0.60075903899999616</v>
       </c>
       <c r="D187" s="5">
-        <v>7.642776624525216</v>
+        <v>7.6215912133763331</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>97.843952611999995</v>
+        <v>97.843906888000006</v>
       </c>
       <c r="C188" s="5">
-        <v>-0.60274448900000266</v>
+        <v>-0.60518160699999157</v>
       </c>
       <c r="D188" s="5">
-        <v>-7.1046313731411797</v>
+        <v>-7.1322264253944727</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>99.528164433000001</v>
+        <v>99.529514775999999</v>
       </c>
       <c r="C189" s="5">
-        <v>1.6842118210000052</v>
+        <v>1.6856078879999927</v>
       </c>
       <c r="D189" s="5">
-        <v>22.728117176532912</v>
+        <v>22.748788300138223</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>99.968572404</v>
+        <v>99.969403579000002</v>
       </c>
       <c r="C190" s="5">
-        <v>0.44040797099999907</v>
+        <v>0.43988880300000233</v>
       </c>
       <c r="D190" s="5">
-        <v>5.4411048023217834</v>
+        <v>5.4344583939847979</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>100.09437758999999</v>
+        <v>100.09470824</v>
       </c>
       <c r="C191" s="5">
-        <v>0.1258051859999938</v>
+        <v>0.12530466100000126</v>
       </c>
       <c r="D191" s="5">
-        <v>1.5206331542847229</v>
+        <v>1.5145287581319389</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>99.988902429999996</v>
+        <v>99.988544636</v>
       </c>
       <c r="C192" s="5">
-        <v>-0.10547515999999746</v>
+        <v>-0.10616360400000246</v>
       </c>
       <c r="D192" s="5">
-        <v>-1.2572055221052758</v>
+        <v>-1.2653594290627512</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>100.26159873</v>
+        <v>100.26159251</v>
       </c>
       <c r="C193" s="5">
-        <v>0.27269630000000689</v>
+        <v>0.27304787399999952</v>
       </c>
       <c r="D193" s="5">
-        <v>3.322258474960571</v>
+        <v>3.3266183188224607</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>102.15177085000001</v>
+        <v>102.15081766</v>
       </c>
       <c r="C194" s="5">
-        <v>1.8901721200000026</v>
+        <v>1.8892251500000015</v>
       </c>
       <c r="D194" s="5">
-        <v>25.122465054896036</v>
+        <v>25.108548524761829</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>103.14958222</v>
+        <v>103.14821976</v>
       </c>
       <c r="C195" s="5">
-        <v>0.99781136999999376</v>
+        <v>0.99740210000000218</v>
       </c>
       <c r="D195" s="5">
-        <v>12.372199869969979</v>
+        <v>12.366971296041008</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>103.54299354</v>
+        <v>103.5401494</v>
       </c>
       <c r="C196" s="5">
-        <v>0.39341131999999845</v>
+        <v>0.39192964000000075</v>
       </c>
       <c r="D196" s="5">
-        <v>4.6740242533692244</v>
+        <v>4.6561140815843061</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>104.34681961</v>
+        <v>104.34403030999999</v>
       </c>
       <c r="C197" s="5">
-        <v>0.8038260699999995</v>
+        <v>0.80388090999998951</v>
       </c>
       <c r="D197" s="5">
-        <v>9.7240930389834936</v>
+        <v>9.7250636720079378</v>
       </c>
       <c r="E197" s="5">
-        <v>12.27410725854079</v>
+        <v>12.274448758569378</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>104.45687528000001</v>
+        <v>104.46039453</v>
       </c>
       <c r="C198" s="5">
-        <v>0.11005567000000838</v>
+        <v>0.11636422000000834</v>
       </c>
       <c r="D198" s="5">
-        <v>1.2730202179285888</v>
+        <v>1.3464759938477178</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>104.81911813000001</v>
+        <v>104.82147399999999</v>
       </c>
       <c r="C199" s="5">
-        <v>0.36224285000000123</v>
+        <v>0.36107946999999285</v>
       </c>
       <c r="D199" s="5">
-        <v>4.2417409490130398</v>
+        <v>4.227712981270848</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>105.63916344</v>
+        <v>105.63903531</v>
       </c>
       <c r="C200" s="5">
-        <v>0.82004530999999758</v>
+        <v>0.81756131000000209</v>
       </c>
       <c r="D200" s="5">
-        <v>9.802801713742749</v>
+        <v>9.7715937464266656</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>106.6459133</v>
+        <v>106.64716362</v>
       </c>
       <c r="C201" s="5">
-        <v>1.0067498599999993</v>
+        <v>1.0081283100000036</v>
       </c>
       <c r="D201" s="5">
-        <v>12.054982885956278</v>
+        <v>12.072379919231313</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>107.16145105</v>
+        <v>107.16215905999999</v>
       </c>
       <c r="C202" s="5">
-        <v>0.51553774999999291</v>
+        <v>0.51499543999999275</v>
       </c>
       <c r="D202" s="5">
-        <v>5.9576735256049673</v>
+        <v>5.9511674527971126</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>107.15641427</v>
+        <v>107.15657263</v>
       </c>
       <c r="C203" s="5">
-        <v>-5.0367799999975205E-3</v>
+        <v>-5.5864299999939249E-3</v>
       </c>
       <c r="D203" s="5">
-        <v>-5.6387569568194795E-2</v>
+        <v>-6.25388132701854E-2</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>108.82158662000001</v>
+        <v>108.82114448</v>
       </c>
       <c r="C204" s="5">
-        <v>1.665172350000006</v>
+        <v>1.6645718500000015</v>
       </c>
       <c r="D204" s="5">
-        <v>20.326856992790042</v>
+        <v>20.318856734497071</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>108.77462548</v>
+        <v>108.77471349</v>
       </c>
       <c r="C205" s="5">
-        <v>-4.6961140000007617E-2</v>
+        <v>-4.6430990000004613E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>-0.51662366040147178</v>
+        <v>-0.51080718357915389</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>108.74622687</v>
+        <v>108.745389</v>
       </c>
       <c r="C206" s="5">
-        <v>-2.8398609999996438E-2</v>
+        <v>-2.9324489999993375E-2</v>
       </c>
       <c r="D206" s="5">
-        <v>-0.31284355550640353</v>
+        <v>-0.32302781587709717</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>107.38463922</v>
+        <v>107.38361712</v>
       </c>
       <c r="C207" s="5">
-        <v>-1.3615876500000041</v>
+        <v>-1.3617718800000063</v>
       </c>
       <c r="D207" s="5">
-        <v>-14.032245966104927</v>
+        <v>-14.034116587917289</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>107.0145129</v>
+        <v>107.01257862999999</v>
       </c>
       <c r="C208" s="5">
-        <v>-0.37012631999999712</v>
+        <v>-0.37103849000000366</v>
       </c>
       <c r="D208" s="5">
-        <v>-4.058567206203989</v>
+        <v>-4.0684181606785108</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>107.29161752</v>
+        <v>107.28961280999999</v>
       </c>
       <c r="C209" s="5">
-        <v>0.27710462000000291</v>
+        <v>0.27703418000000113</v>
       </c>
       <c r="D209" s="5">
-        <v>3.1519314554501854</v>
+        <v>3.1511765626503818</v>
       </c>
       <c r="E209" s="5">
-        <v>2.8221252176216627</v>
+        <v>2.8229525841093617</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>106.99074475</v>
+        <v>106.99292987</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.30087276999999801</v>
+        <v>-0.29668293999999662</v>
       </c>
       <c r="D210" s="5">
-        <v>-3.3136836279610282</v>
+        <v>-3.2682983626796003</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>107.22241416</v>
+        <v>107.22418742000001</v>
       </c>
       <c r="C211" s="5">
-        <v>0.23166940999999497</v>
+        <v>0.23125755000000936</v>
       </c>
       <c r="D211" s="5">
-        <v>2.6295556928070951</v>
+        <v>2.6247709306363998</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>107.18738445</v>
+        <v>107.18746535</v>
       </c>
       <c r="C212" s="5">
-        <v>-3.5029710000003433E-2</v>
+        <v>-3.6722070000010376E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>-0.39133797204796705</v>
+        <v>-0.41020197503559563</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>107.92616963</v>
+        <v>107.92707894999999</v>
       </c>
       <c r="C213" s="5">
-        <v>0.73878518000000781</v>
+        <v>0.73961359999999843</v>
       </c>
       <c r="D213" s="5">
-        <v>8.5918131909829434</v>
+        <v>8.601809224861201</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>108.69582097</v>
+        <v>108.69629881</v>
       </c>
       <c r="C214" s="5">
-        <v>0.7696513399999958</v>
+        <v>0.76921986000000686</v>
       </c>
       <c r="D214" s="5">
-        <v>8.9012833345786255</v>
+        <v>8.8960179859254307</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>109.00794272</v>
+        <v>109.00802322</v>
       </c>
       <c r="C215" s="5">
-        <v>0.31212175000000286</v>
+        <v>0.31172440999999651</v>
       </c>
       <c r="D215" s="5">
-        <v>3.500764025875247</v>
+        <v>3.4962213112468277</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>109.50439477</v>
+        <v>109.50400603</v>
       </c>
       <c r="C216" s="5">
-        <v>0.49645205000000203</v>
+        <v>0.495982810000001</v>
       </c>
       <c r="D216" s="5">
-        <v>5.6041218573498197</v>
+        <v>5.598687424686899</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>109.51742699</v>
+        <v>109.51749417000001</v>
       </c>
       <c r="C217" s="5">
-        <v>1.3032219999999484E-2</v>
+        <v>1.3488140000006865E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>0.1429066343920482</v>
+        <v>0.14791000191212156</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>109.39398371</v>
+        <v>109.39341640000001</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.1234432800000036</v>
+        <v>-0.12407776999999953</v>
       </c>
       <c r="D218" s="5">
-        <v>-1.3442340485261384</v>
+        <v>-1.3510995001344006</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>110.61749053</v>
+        <v>110.61684671</v>
       </c>
       <c r="C219" s="5">
-        <v>1.2235068199999972</v>
+        <v>1.2234303099999977</v>
       </c>
       <c r="D219" s="5">
-        <v>14.278456630408254</v>
+        <v>14.277586783313389</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>111.05975259</v>
+        <v>111.05869952</v>
       </c>
       <c r="C220" s="5">
-        <v>0.44226206000000445</v>
+        <v>0.44185281000000032</v>
       </c>
       <c r="D220" s="5">
-        <v>4.9046641705287497</v>
+        <v>4.9000545880321544</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>110.46968721</v>
+        <v>110.46845292</v>
       </c>
       <c r="C221" s="5">
-        <v>-0.59006537999999864</v>
+        <v>-0.5902466000000004</v>
       </c>
       <c r="D221" s="5">
-        <v>-6.1926058284808461</v>
+        <v>-6.1945094781781123</v>
       </c>
       <c r="E221" s="5">
-        <v>2.9620857280929558</v>
+        <v>2.9628591498689127</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>112.20474876999999</v>
+        <v>112.20593212</v>
       </c>
       <c r="C222" s="5">
-        <v>1.7350615599999912</v>
+        <v>1.7374791999999957</v>
       </c>
       <c r="D222" s="5">
-        <v>20.563920027785908</v>
+        <v>20.595347125110397</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>112.73720745999999</v>
+        <v>112.73821018</v>
       </c>
       <c r="C223" s="5">
-        <v>0.53245868999999857</v>
+        <v>0.53227805999999589</v>
       </c>
       <c r="D223" s="5">
-        <v>5.845506083758667</v>
+        <v>5.8434078027845171</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>112.26435197000001</v>
+        <v>112.26451745</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.47285548999998639</v>
+        <v>-0.47369272999999623</v>
       </c>
       <c r="D224" s="5">
-        <v>-4.9186783900846525</v>
+        <v>-4.9271443433377415</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>112.59502024</v>
+        <v>112.59555134999999</v>
       </c>
       <c r="C225" s="5">
-        <v>0.33066826999998966</v>
+        <v>0.33103389999999422</v>
       </c>
       <c r="D225" s="5">
-        <v>3.592356934273</v>
+        <v>3.5963883665862229</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>112.13449654999999</v>
+        <v>112.13475456</v>
       </c>
       <c r="C226" s="5">
-        <v>-0.46052369000000226</v>
+        <v>-0.46079678999998919</v>
       </c>
       <c r="D226" s="5">
-        <v>-4.7991884346104241</v>
+        <v>-4.8019485565545477</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>111.49248955</v>
+        <v>111.49249924999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.64200699999999244</v>
+        <v>-0.64225531000001013</v>
       </c>
       <c r="D227" s="5">
-        <v>-6.6581280656154096</v>
+        <v>-6.6606078203889858</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>110.54632424</v>
+        <v>110.54607471</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.94616530999999782</v>
+        <v>-0.94642453999999532</v>
       </c>
       <c r="D228" s="5">
-        <v>-9.7215027878826845</v>
+        <v>-9.72404237404767</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>109.97329377</v>
+        <v>109.97333318</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.57303047000000618</v>
+        <v>-0.57274153000000183</v>
       </c>
       <c r="D229" s="5">
-        <v>-6.046034755259388</v>
+        <v>-6.0430857503509188</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>109.9457948</v>
+        <v>109.94548763</v>
       </c>
       <c r="C230" s="5">
-        <v>-2.7498969999996348E-2</v>
+        <v>-2.7845549999995001E-2</v>
       </c>
       <c r="D230" s="5">
-        <v>-0.29964928808106084</v>
+        <v>-0.30342051593237329</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>109.04676311999999</v>
+        <v>109.04645571</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.89903168000000733</v>
+        <v>-0.89903191999999876</v>
       </c>
       <c r="D231" s="5">
-        <v>-9.3829609294300518</v>
+        <v>-9.3829883696335941</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>108.51235416</v>
+        <v>108.51195346999999</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.53440895999999327</v>
+        <v>-0.53450224000000901</v>
       </c>
       <c r="D232" s="5">
-        <v>-5.7249261428081173</v>
+        <v>-5.7259143425196779</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>107.29733031000001</v>
+        <v>107.29690509</v>
       </c>
       <c r="C233" s="5">
-        <v>-1.2150238499999944</v>
+        <v>-1.2150483799999989</v>
       </c>
       <c r="D233" s="5">
-        <v>-12.639166420611836</v>
+        <v>-12.639449922581258</v>
       </c>
       <c r="E233" s="5">
-        <v>-2.8716989973633478</v>
+        <v>-2.8709986843907465</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>105.92626537</v>
+        <v>105.92651634000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-1.3710649400000108</v>
+        <v>-1.3703887499999894</v>
       </c>
       <c r="D234" s="5">
-        <v>-14.300767526042279</v>
+        <v>-14.294255198597739</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>104.38485428</v>
+        <v>104.38516197</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.5414110899999969</v>
+        <v>-1.5413543700000076</v>
       </c>
       <c r="D235" s="5">
-        <v>-16.130135150501378</v>
+        <v>-16.129553066087976</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>103.96248928</v>
+        <v>103.96280238</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.42236499999999921</v>
+        <v>-0.42235958999999923</v>
       </c>
       <c r="D236" s="5">
-        <v>-4.7488637355490919</v>
+        <v>-4.7487905676410254</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>102.81056369</v>
+        <v>102.81077304999999</v>
       </c>
       <c r="C237" s="5">
-        <v>-1.1519255900000047</v>
+        <v>-1.1520293300000048</v>
       </c>
       <c r="D237" s="5">
-        <v>-12.515150877619508</v>
+        <v>-12.516174753102549</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>102.54185518</v>
+        <v>102.54195631</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.26870850999999618</v>
+        <v>-0.26881673999999123</v>
       </c>
       <c r="D238" s="5">
-        <v>-3.0916584880014475</v>
+        <v>-3.0928796807811576</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>102.91979993</v>
+        <v>102.9198332</v>
       </c>
       <c r="C239" s="5">
-        <v>0.3779447499999975</v>
+        <v>0.37787688999999602</v>
       </c>
       <c r="D239" s="5">
-        <v>4.5136835924161067</v>
+        <v>4.5128521230109797</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>102.08606903</v>
+        <v>102.08600669</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.83373089999999195</v>
+        <v>-0.83382650999999441</v>
       </c>
       <c r="D240" s="5">
-        <v>-9.2993138439863792</v>
+        <v>-9.3003303274836959</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>102.50387794</v>
+        <v>102.50383213000001</v>
       </c>
       <c r="C241" s="5">
-        <v>0.41780890999999087</v>
+        <v>0.41782544000000144</v>
       </c>
       <c r="D241" s="5">
-        <v>5.0233288662254516</v>
+        <v>5.0235352389730092</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>101.31564222</v>
+        <v>101.31552105</v>
       </c>
       <c r="C242" s="5">
-        <v>-1.1882357199999944</v>
+        <v>-1.1883110800000054</v>
       </c>
       <c r="D242" s="5">
-        <v>-13.057030684079807</v>
+        <v>-13.057812182473238</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>103.21429039</v>
+        <v>103.21418327000001</v>
       </c>
       <c r="C243" s="5">
-        <v>1.8986481700000013</v>
+        <v>1.8986622200000056</v>
       </c>
       <c r="D243" s="5">
-        <v>24.956816683002714</v>
+        <v>24.957053788439111</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>104.38452458</v>
+        <v>104.38439013</v>
       </c>
       <c r="C244" s="5">
-        <v>1.1702341900000022</v>
+        <v>1.1702068599999933</v>
       </c>
       <c r="D244" s="5">
-        <v>14.486805531956048</v>
+        <v>14.486461816955964</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>105.1855862</v>
+        <v>105.18530689000001</v>
       </c>
       <c r="C245" s="5">
-        <v>0.8010616199999987</v>
+        <v>0.80091676000000689</v>
       </c>
       <c r="D245" s="5">
-        <v>9.6077767411792756</v>
+        <v>9.6059782522994297</v>
       </c>
       <c r="E245" s="5">
-        <v>-1.9681236279587067</v>
+        <v>-1.9679954405290578</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>106.04531286</v>
+        <v>106.04543757</v>
       </c>
       <c r="C246" s="5">
-        <v>0.85972665999999265</v>
+        <v>0.86013067999999748</v>
       </c>
       <c r="D246" s="5">
-        <v>10.26126055292622</v>
+        <v>10.266330144471493</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>105.75332828000001</v>
+        <v>105.75344658</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.2919845799999905</v>
+        <v>-0.29199099000000217</v>
       </c>
       <c r="D247" s="5">
-        <v>-3.2544939857889643</v>
+        <v>-3.2545605842888015</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>105.61531753</v>
+        <v>105.61545348999999</v>
       </c>
       <c r="C248" s="5">
-        <v>-0.13801075000000651</v>
+        <v>-0.13799309000000903</v>
       </c>
       <c r="D248" s="5">
-        <v>-1.5548385004678145</v>
+        <v>-1.5546392407775889</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>104.62290949</v>
+        <v>104.62303058000001</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.99240804000000082</v>
+        <v>-0.99242290999998772</v>
       </c>
       <c r="D249" s="5">
-        <v>-10.710866057297109</v>
+        <v>-10.711005260829509</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>104.44393569</v>
+        <v>104.44402952999999</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.1789737999999943</v>
+        <v>-0.17900105000001076</v>
       </c>
       <c r="D250" s="5">
-        <v>-2.0335829500540248</v>
+        <v>-2.0338873374657229</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>104.41581007000001</v>
+        <v>104.41583872</v>
       </c>
       <c r="C251" s="5">
-        <v>-2.8125619999997298E-2</v>
+        <v>-2.8190809999998123E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>-0.32266881478641984</v>
+        <v>-0.32341530153715548</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>104.30760528</v>
+        <v>104.30759627</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.10820479000000205</v>
+        <v>-0.10824244999999166</v>
       </c>
       <c r="D252" s="5">
-        <v>-1.236481640441045</v>
+        <v>-1.2369092019915429</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>103.92913005</v>
+        <v>103.92903097</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.37847523000000649</v>
+        <v>-0.37856530000000532</v>
       </c>
       <c r="D253" s="5">
-        <v>-4.2682924551776242</v>
+        <v>-4.2692884004959186</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>102.83887237</v>
+        <v>102.83873167</v>
       </c>
       <c r="C254" s="5">
-        <v>-1.0902576799999935</v>
+        <v>-1.0902992999999981</v>
       </c>
       <c r="D254" s="5">
-        <v>-11.886963582980492</v>
+        <v>-11.887402192603213</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>104.53499337</v>
+        <v>104.53488274</v>
       </c>
       <c r="C255" s="5">
-        <v>1.6961209999999909</v>
+        <v>1.6961510699999991</v>
       </c>
       <c r="D255" s="5">
-        <v>21.689380717502505</v>
+        <v>21.68983318988953</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>104.0935832</v>
+        <v>104.09359358</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.44141016999999749</v>
+        <v>-0.44128915999999663</v>
       </c>
       <c r="D256" s="5">
-        <v>-4.951088190116959</v>
+        <v>-4.9497673534137583</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>103.62599828</v>
+        <v>103.62589681</v>
       </c>
       <c r="C257" s="5">
-        <v>-0.46758491999999308</v>
+        <v>-0.46769677000000343</v>
       </c>
       <c r="D257" s="5">
-        <v>-5.2591609313926586</v>
+        <v>-5.2603875287722364</v>
       </c>
       <c r="E257" s="5">
-        <v>-1.4827011726060935</v>
+        <v>-1.4825360367401896</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>105.2084941</v>
+        <v>105.20858201</v>
       </c>
       <c r="C258" s="5">
-        <v>1.5824958199999912</v>
+        <v>1.5826852000000002</v>
       </c>
       <c r="D258" s="5">
-        <v>19.945766568621572</v>
+        <v>19.948378689816025</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>105.22026789</v>
+        <v>105.22033773</v>
       </c>
       <c r="C259" s="5">
-        <v>1.1773790000006557E-2</v>
+        <v>1.1755719999996472E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>0.13437363103847577</v>
+        <v>0.13416716016814156</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>105.79165204</v>
+        <v>105.79177996999999</v>
       </c>
       <c r="C260" s="5">
-        <v>0.57138415000000009</v>
+        <v>0.5714422399999961</v>
       </c>
       <c r="D260" s="5">
-        <v>6.7146271474051611</v>
+        <v>6.7153257199008332</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>106.26219725999999</v>
+        <v>106.26230365000001</v>
       </c>
       <c r="C261" s="5">
-        <v>0.4705452199999911</v>
+        <v>0.47052368000001366</v>
       </c>
       <c r="D261" s="5">
-        <v>5.4699434693745053</v>
+        <v>5.4696801398804951</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>106.04822719000001</v>
+        <v>106.04833855</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.2139700699999878</v>
+        <v>-0.21396510000001001</v>
       </c>
       <c r="D262" s="5">
-        <v>-2.3897441715863943</v>
+        <v>-2.3896869108394503</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>105.80843643</v>
+        <v>105.80848958</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.23979076000000532</v>
+        <v>-0.23984896999999705</v>
       </c>
       <c r="D263" s="5">
-        <v>-2.6798864878441742</v>
+        <v>-2.6805261883141362</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>106.39681697</v>
+        <v>106.39681394999999</v>
       </c>
       <c r="C264" s="5">
-        <v>0.58838054000000284</v>
+        <v>0.58832436999999516</v>
       </c>
       <c r="D264" s="5">
-        <v>6.8808911119295102</v>
+        <v>6.8802104447544643</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>107.13674362</v>
+        <v>107.13666206000001</v>
       </c>
       <c r="C265" s="5">
-        <v>0.73992665000000102</v>
+        <v>0.73984811000001116</v>
       </c>
       <c r="D265" s="5">
-        <v>8.6720044739632804</v>
+        <v>8.6710487477658091</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>107.38014115</v>
+        <v>107.37939674</v>
       </c>
       <c r="C266" s="5">
-        <v>0.24339752999999575</v>
+        <v>0.24273467999999809</v>
       </c>
       <c r="D266" s="5">
-        <v>2.7605314710829942</v>
+        <v>2.7529218496915364</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>107.22314981</v>
+        <v>107.22308068</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.1569913400000047</v>
+        <v>-0.15631606000000886</v>
       </c>
       <c r="D267" s="5">
-        <v>-1.7403786977769342</v>
+        <v>-1.7329644144518097</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>107.04810725</v>
+        <v>107.04818792</v>
       </c>
       <c r="C268" s="5">
-        <v>-0.1750425599999943</v>
+        <v>-0.17489275999999165</v>
       </c>
       <c r="D268" s="5">
-        <v>-1.9415144349387514</v>
+        <v>-1.9398690195323254</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>107.57630709999999</v>
+        <v>107.5766675</v>
       </c>
       <c r="C269" s="5">
-        <v>0.52819984999999292</v>
+        <v>0.52847957999999551</v>
       </c>
       <c r="D269" s="5">
-        <v>6.0844346399788307</v>
+        <v>6.0877401827252431</v>
       </c>
       <c r="E269" s="5">
-        <v>3.8120827645260924</v>
+        <v>3.8125322063497391</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>107.64454071</v>
+        <v>107.64467014</v>
       </c>
       <c r="C270" s="5">
-        <v>6.8233610000007161E-2</v>
+        <v>6.8002640000003112E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>0.76379811018241206</v>
+        <v>0.76120110766169091</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>107.96437526</v>
+        <v>107.96450625999999</v>
       </c>
       <c r="C271" s="5">
-        <v>0.31983454999999594</v>
+        <v>0.31983611999999084</v>
       </c>
       <c r="D271" s="5">
-        <v>3.6242984885426432</v>
+        <v>3.624312141919761</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>108.24234936000001</v>
+        <v>108.24252115</v>
       </c>
       <c r="C272" s="5">
-        <v>0.27797410000000866</v>
+        <v>0.27801489000000856</v>
       </c>
       <c r="D272" s="5">
-        <v>3.1337492890914254</v>
+        <v>3.1342118116276962</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>108.83094215</v>
+        <v>108.83099077999999</v>
       </c>
       <c r="C273" s="5">
-        <v>0.58859278999999276</v>
+        <v>0.58846962999999164</v>
       </c>
       <c r="D273" s="5">
-        <v>6.7240131854176877</v>
+        <v>6.7225528961507797</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>109.76124248000001</v>
+        <v>109.76133455</v>
       </c>
       <c r="C274" s="5">
-        <v>0.93030033000000856</v>
+        <v>0.93034377000000745</v>
       </c>
       <c r="D274" s="5">
-        <v>10.754022365843085</v>
+        <v>10.754543328199029</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>110.05645658</v>
+        <v>110.0565821</v>
       </c>
       <c r="C275" s="5">
-        <v>0.29521409999999548</v>
+        <v>0.29524754999999914</v>
       </c>
       <c r="D275" s="5">
-        <v>3.2756976536024052</v>
+        <v>3.2760715345000468</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>110.91089272000001</v>
+        <v>110.91097370999999</v>
       </c>
       <c r="C276" s="5">
-        <v>0.85443614000000423</v>
+        <v>0.85439160999999331</v>
       </c>
       <c r="D276" s="5">
-        <v>9.7246235150943772</v>
+        <v>9.7240833034856866</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>112.62155063</v>
+        <v>112.62107820999999</v>
       </c>
       <c r="C277" s="5">
-        <v>1.7106579099999948</v>
+        <v>1.7101044999999999</v>
       </c>
       <c r="D277" s="5">
-        <v>20.162130629939657</v>
+        <v>20.155029270790248</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>112.01214758</v>
+        <v>112.01074332</v>
       </c>
       <c r="C278" s="5">
-        <v>-0.60940304999999739</v>
+        <v>-0.61033488999999008</v>
       </c>
       <c r="D278" s="5">
-        <v>-6.303481165613789</v>
+        <v>-6.3128600802418999</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>112.06241402000001</v>
+        <v>112.06236204</v>
       </c>
       <c r="C279" s="5">
-        <v>5.0266440000001467E-2</v>
+        <v>5.1618719999993345E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>0.53984172067096381</v>
+        <v>0.55440847228493961</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>112.6044978</v>
+        <v>112.60466107000001</v>
       </c>
       <c r="C280" s="5">
-        <v>0.54208377999999868</v>
+        <v>0.54229903000000945</v>
       </c>
       <c r="D280" s="5">
-        <v>5.9617621672058752</v>
+        <v>5.9641956576160782</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>113.59851213</v>
+        <v>113.59924766</v>
       </c>
       <c r="C281" s="5">
-        <v>0.99401432999999884</v>
+        <v>0.99458658999999727</v>
       </c>
       <c r="D281" s="5">
-        <v>11.122719633431966</v>
+        <v>11.129420347060325</v>
       </c>
       <c r="E281" s="5">
-        <v>5.5980774878263251</v>
+        <v>5.5984074427663399</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>112.99167443</v>
+        <v>112.99242652</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.60683769999999981</v>
+        <v>-0.60682114000000809</v>
       </c>
       <c r="D282" s="5">
-        <v>-6.2253145564846069</v>
+        <v>-6.2251105038036325</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>113.61900539</v>
+        <v>113.61942501</v>
       </c>
       <c r="C283" s="5">
-        <v>0.62733095999999477</v>
+        <v>0.6269984900000054</v>
       </c>
       <c r="D283" s="5">
-        <v>6.8696689116900522</v>
+        <v>6.8658692256239107</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>113.98328394000001</v>
+        <v>113.98395795</v>
       </c>
       <c r="C284" s="5">
-        <v>0.36427855000000875</v>
+        <v>0.36453294000000369</v>
       </c>
       <c r="D284" s="5">
-        <v>3.9159431393151367</v>
+        <v>3.9187115027497166</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>113.52492350999999</v>
+        <v>113.52388598</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.45836043000001325</v>
+        <v>-0.46007197000000133</v>
       </c>
       <c r="D285" s="5">
-        <v>-4.7202445809109372</v>
+        <v>-4.7374533932831087</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>113.71484820000001</v>
+        <v>113.71537592999999</v>
       </c>
       <c r="C286" s="5">
-        <v>0.18992469000001222</v>
+        <v>0.19148994999999047</v>
       </c>
       <c r="D286" s="5">
-        <v>2.0261493455748347</v>
+        <v>2.0430218780860931</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>114.76496086</v>
+        <v>114.76484881</v>
       </c>
       <c r="C287" s="5">
-        <v>1.0501126599999964</v>
+        <v>1.0494728800000104</v>
       </c>
       <c r="D287" s="5">
-        <v>11.662062008570363</v>
+        <v>11.654535589263748</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>115.35273382</v>
+        <v>115.35284107</v>
       </c>
       <c r="C288" s="5">
-        <v>0.58777295999999524</v>
+        <v>0.58799225999999294</v>
       </c>
       <c r="D288" s="5">
-        <v>6.3219527511666929</v>
+        <v>6.3243847025721944</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>115.53610396000001</v>
+        <v>115.53509927</v>
       </c>
       <c r="C289" s="5">
-        <v>0.18337014000000806</v>
+        <v>0.18225820000000681</v>
       </c>
       <c r="D289" s="5">
-        <v>1.9243432778849989</v>
+        <v>1.9125708512955475</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>116.17237952000001</v>
+        <v>116.16902594</v>
       </c>
       <c r="C290" s="5">
-        <v>0.63627556000000141</v>
+        <v>0.63392666999999392</v>
       </c>
       <c r="D290" s="5">
-        <v>6.8124798921940899</v>
+        <v>6.7866278763522248</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>116.17793373000001</v>
+        <v>116.17820847</v>
       </c>
       <c r="C291" s="5">
-        <v>5.5542099999996708E-3</v>
+        <v>9.1825300000039078E-3</v>
       </c>
       <c r="D291" s="5">
-        <v>5.7387176868872736E-2</v>
+        <v>9.48947246923737E-2</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>116.93419541999999</v>
+        <v>116.93508731999999</v>
       </c>
       <c r="C292" s="5">
-        <v>0.75626168999998811</v>
+        <v>0.75687884999999255</v>
       </c>
       <c r="D292" s="5">
-        <v>8.0972396536363789</v>
+        <v>8.1040662353688795</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>116.93361251</v>
+        <v>116.93551914</v>
       </c>
       <c r="C293" s="5">
-        <v>-5.8290999999144333E-4</v>
+        <v>4.3182000000285825E-4</v>
       </c>
       <c r="D293" s="5">
-        <v>-5.9817645275406228E-3</v>
+        <v>4.4314716529658682E-3</v>
       </c>
       <c r="E293" s="5">
-        <v>2.9358662516489442</v>
+        <v>2.9368781472790983</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>116.98274368</v>
+        <v>116.98478544</v>
       </c>
       <c r="C294" s="5">
-        <v>4.913116999999545E-2</v>
+        <v>4.9266299999999319E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>0.50536230059248233</v>
+        <v>0.50674718591305901</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>117.91694913000001</v>
+        <v>117.91802684</v>
       </c>
       <c r="C295" s="5">
-        <v>0.93420545000000743</v>
+        <v>0.9332414</v>
       </c>
       <c r="D295" s="5">
-        <v>10.015321971749636</v>
+        <v>10.004346727592583</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>118.40263211</v>
+        <v>118.40372945999999</v>
       </c>
       <c r="C296" s="5">
-        <v>0.48568297999999288</v>
+        <v>0.48570261999999786</v>
       </c>
       <c r="D296" s="5">
-        <v>5.0561481485235316</v>
+        <v>5.056309998179831</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>120.34941431999999</v>
+        <v>120.34664411999999</v>
       </c>
       <c r="C297" s="5">
-        <v>1.946782209999995</v>
+        <v>1.9429146599999996</v>
       </c>
       <c r="D297" s="5">
-        <v>21.616217055411436</v>
+        <v>21.5691079468195</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>121.33018034</v>
+        <v>121.33076769</v>
       </c>
       <c r="C298" s="5">
-        <v>0.98076602000000435</v>
+        <v>0.98412357000000839</v>
       </c>
       <c r="D298" s="5">
-        <v>10.229628541592174</v>
+        <v>10.266485550165605</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>121.59181163</v>
+        <v>121.59096867</v>
       </c>
       <c r="C299" s="5">
-        <v>0.26163128999999685</v>
+        <v>0.26020097999999336</v>
       </c>
       <c r="D299" s="5">
-        <v>2.6185403184311618</v>
+        <v>2.6040430194116837</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>121.93623974</v>
+        <v>121.93568328000001</v>
       </c>
       <c r="C300" s="5">
-        <v>0.34442811000000972</v>
+        <v>0.34471461000001113</v>
       </c>
       <c r="D300" s="5">
-        <v>3.4526518579647281</v>
+        <v>3.4555930811049906</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>122.69306492</v>
+        <v>122.69079614</v>
       </c>
       <c r="C301" s="5">
-        <v>0.75682517999999277</v>
+        <v>0.755112859999997</v>
       </c>
       <c r="D301" s="5">
-        <v>7.7076641405786406</v>
+        <v>7.689663638772859</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>121.94166595</v>
+        <v>121.93624821</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.75139896999999678</v>
+        <v>-0.75454793000000109</v>
       </c>
       <c r="D302" s="5">
-        <v>-7.1065050607462048</v>
+        <v>-7.1354145031025435</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>123.05946194000001</v>
+        <v>123.06042483</v>
       </c>
       <c r="C303" s="5">
-        <v>1.1177959900000047</v>
+        <v>1.1241766200000001</v>
       </c>
       <c r="D303" s="5">
-        <v>11.571855173829061</v>
+        <v>11.641838686308859</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>123.41275711</v>
+        <v>123.41553338</v>
       </c>
       <c r="C304" s="5">
-        <v>0.35329516999999555</v>
+        <v>0.35510854999999708</v>
       </c>
       <c r="D304" s="5">
-        <v>3.5000394334192109</v>
+        <v>3.518262422398144</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>122.46805223</v>
+        <v>122.47207563000001</v>
       </c>
       <c r="C305" s="5">
-        <v>-0.9447048800000033</v>
+        <v>-0.94345774999999321</v>
       </c>
       <c r="D305" s="5">
-        <v>-8.8087704824097663</v>
+        <v>-8.7974366571742184</v>
       </c>
       <c r="E305" s="5">
-        <v>4.7329759178753594</v>
+        <v>4.7347089496147188</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>124.53008244999999</v>
+        <v>124.53570123</v>
       </c>
       <c r="C306" s="5">
-        <v>2.0620302199999969</v>
+        <v>2.0636255999999946</v>
       </c>
       <c r="D306" s="5">
-        <v>22.184911545453389</v>
+        <v>22.2028985857186</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>125.13971678999999</v>
+        <v>125.1409833</v>
       </c>
       <c r="C307" s="5">
-        <v>0.6096343399999995</v>
+        <v>0.60528207000000123</v>
       </c>
       <c r="D307" s="5">
-        <v>6.0353576458514357</v>
+        <v>5.9908345294214849</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>125.33813211</v>
+        <v>125.33872653</v>
       </c>
       <c r="C308" s="5">
-        <v>0.19841532000000939</v>
+        <v>0.19774323000000038</v>
       </c>
       <c r="D308" s="5">
-        <v>1.9193406105004973</v>
+        <v>1.9127631158391889</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>124.88954726</v>
+        <v>124.8843742</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.44858485000000314</v>
+        <v>-0.45435233000000608</v>
       </c>
       <c r="D309" s="5">
-        <v>-4.2112565183277333</v>
+        <v>-4.2643062484498344</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>125.26615169999999</v>
+        <v>125.26630892</v>
       </c>
       <c r="C310" s="5">
-        <v>0.37660443999999416</v>
+        <v>0.38193472000000384</v>
       </c>
       <c r="D310" s="5">
-        <v>3.6792228548053973</v>
+        <v>3.7323331029891049</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>124.59614467</v>
+        <v>124.59348436000001</v>
       </c>
       <c r="C311" s="5">
-        <v>-0.67000702999999362</v>
+        <v>-0.67282455999999513</v>
       </c>
       <c r="D311" s="5">
-        <v>-6.2329130943477695</v>
+        <v>-6.2583469049707912</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>124.98822546</v>
+        <v>124.98573114</v>
       </c>
       <c r="C312" s="5">
-        <v>0.39208078999999429</v>
+        <v>0.39224677999999358</v>
       </c>
       <c r="D312" s="5">
-        <v>3.8422222955810659</v>
+        <v>3.8439606939897564</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>124.41871562999999</v>
+        <v>124.41470415000001</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.56950983000000122</v>
+        <v>-0.57102698999999291</v>
       </c>
       <c r="D313" s="5">
-        <v>-5.3328418175381369</v>
+        <v>-5.3467973641243223</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>124.82763018</v>
+        <v>124.81884838000001</v>
       </c>
       <c r="C314" s="5">
-        <v>0.40891455000000576</v>
+        <v>0.40414422999999999</v>
       </c>
       <c r="D314" s="5">
-        <v>4.0159983011680334</v>
+        <v>3.9684385920295107</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>125.84212828</v>
+        <v>125.84125053</v>
       </c>
       <c r="C315" s="5">
-        <v>1.0144980999999973</v>
+        <v>1.0224021499999907</v>
       </c>
       <c r="D315" s="5">
-        <v>10.200597104263354</v>
+        <v>10.284441633311726</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>126.163257</v>
+        <v>126.17162132999999</v>
       </c>
       <c r="C316" s="5">
-        <v>0.32112872000000436</v>
+        <v>0.33037079999999719</v>
       </c>
       <c r="D316" s="5">
-        <v>3.1055516281185191</v>
+        <v>3.1962466452651439</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>126.65914094999999</v>
+        <v>126.67532258999999</v>
       </c>
       <c r="C317" s="5">
-        <v>0.49588394999999252</v>
+        <v>0.50370125999999971</v>
       </c>
       <c r="D317" s="5">
-        <v>4.8199027782462434</v>
+        <v>4.8972301967054932</v>
       </c>
       <c r="E317" s="5">
-        <v>3.4221894148597665</v>
+        <v>3.4320043474223461</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>128.72942083999999</v>
+        <v>128.73862273</v>
       </c>
       <c r="C318" s="5">
-        <v>2.0702798899999948</v>
+        <v>2.0633001400000097</v>
       </c>
       <c r="D318" s="5">
-        <v>21.477354751299636</v>
+        <v>21.395357004211913</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>128.37398587999999</v>
+        <v>128.37185833000001</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.35543495999999664</v>
+        <v>-0.36676439999999388</v>
       </c>
       <c r="D319" s="5">
-        <v>-3.263465398176979</v>
+        <v>-3.3656267898885539</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>128.77358620999999</v>
+        <v>128.77109748000001</v>
       </c>
       <c r="C320" s="5">
-        <v>0.39960032999999839</v>
+        <v>0.39923914999999965</v>
       </c>
       <c r="D320" s="5">
-        <v>3.7999576737989038</v>
+        <v>3.7965281106366211</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>129.81572742</v>
+        <v>129.80761236999999</v>
       </c>
       <c r="C321" s="5">
-        <v>1.0421412100000111</v>
+        <v>1.0365148899999781</v>
       </c>
       <c r="D321" s="5">
-        <v>10.155515911066137</v>
+        <v>10.098442688352716</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>129.58833167</v>
+        <v>129.58616205000001</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.22739574999999945</v>
+        <v>-0.221450319999974</v>
       </c>
       <c r="D322" s="5">
-        <v>-2.0818836933108709</v>
+        <v>-2.0280866321501168</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>129.00794952999999</v>
+        <v>129.00252358</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.58038214000001176</v>
+        <v>-0.58363847000001101</v>
       </c>
       <c r="D323" s="5">
-        <v>-5.2439637314189884</v>
+        <v>-5.2727470515022912</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>130.94211185</v>
+        <v>130.9362524</v>
       </c>
       <c r="C324" s="5">
-        <v>1.9341623200000129</v>
+        <v>1.9337288199999989</v>
       </c>
       <c r="D324" s="5">
-        <v>19.551332573032365</v>
+        <v>19.547474263274879</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>131.83981786999999</v>
+        <v>131.83231549999999</v>
       </c>
       <c r="C325" s="5">
-        <v>0.89770601999998689</v>
+        <v>0.89606309999999212</v>
       </c>
       <c r="D325" s="5">
-        <v>8.5443046473070652</v>
+        <v>8.5284703925744942</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>133.01267716000001</v>
+        <v>133.00134133</v>
       </c>
       <c r="C326" s="5">
-        <v>1.1728592900000194</v>
+        <v>1.1690258300000096</v>
       </c>
       <c r="D326" s="5">
-        <v>11.213442187786992</v>
+        <v>11.175653161951971</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>133.06079616</v>
+        <v>133.05855138000001</v>
       </c>
       <c r="C327" s="5">
-        <v>4.811899999998559E-2</v>
+        <v>5.7210050000009005E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>0.4349798108218339</v>
+        <v>0.51739862035002915</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>133.30705624000001</v>
+        <v>133.32469952</v>
       </c>
       <c r="C328" s="5">
-        <v>0.2462600800000132</v>
+        <v>0.26614813999998432</v>
       </c>
       <c r="D328" s="5">
-        <v>2.2436267241038976</v>
+        <v>2.4268629269435182</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>133.58888012</v>
+        <v>133.62320227999999</v>
       </c>
       <c r="C329" s="5">
-        <v>0.28182387999999037</v>
+        <v>0.29850275999999099</v>
       </c>
       <c r="D329" s="5">
-        <v>2.566621800396196</v>
+        <v>2.7200310766421598</v>
       </c>
       <c r="E329" s="5">
-        <v>5.4711717749100996</v>
+        <v>5.4847933661772874</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>134.03334534999999</v>
+        <v>134.05286735999999</v>
       </c>
       <c r="C330" s="5">
-        <v>0.44446522999999161</v>
+        <v>0.42966508000000658</v>
       </c>
       <c r="D330" s="5">
-        <v>4.0664112043953038</v>
+        <v>3.9275740055366715</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>133.87328869999999</v>
+        <v>133.85496104000001</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.16005665000000135</v>
+        <v>-0.19790631999998709</v>
       </c>
       <c r="D331" s="5">
-        <v>-1.4236122564825759</v>
+        <v>-1.7572819670921724</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>134.13231192999999</v>
+        <v>134.13087346</v>
       </c>
       <c r="C332" s="5">
-        <v>0.25902322999999683</v>
+        <v>0.27591241999999738</v>
       </c>
       <c r="D332" s="5">
-        <v>2.3466743456468375</v>
+        <v>2.5017709221526685</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>133.08967853999999</v>
+        <v>133.07572443000001</v>
       </c>
       <c r="C333" s="5">
-        <v>-1.0426333899999918</v>
+        <v>-1.0551490299999955</v>
       </c>
       <c r="D333" s="5">
-        <v>-8.9391729982141843</v>
+        <v>-9.0419720695271604</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>134.34646592000001</v>
+        <v>134.33821266999999</v>
       </c>
       <c r="C334" s="5">
-        <v>1.25678738000002</v>
+        <v>1.2624882399999819</v>
       </c>
       <c r="D334" s="5">
-        <v>11.939263433928193</v>
+        <v>11.997601387746105</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>135.45346905</v>
+        <v>135.44639157</v>
       </c>
       <c r="C335" s="5">
-        <v>1.1070031299999812</v>
+        <v>1.1081789000000128</v>
       </c>
       <c r="D335" s="5">
-        <v>10.348549014662268</v>
+        <v>10.360709433929372</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>135.41328150000001</v>
+        <v>135.40320186</v>
       </c>
       <c r="C336" s="5">
-        <v>-4.018754999998464E-2</v>
+        <v>-4.3189710000007153E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>-0.35544637558695413</v>
+        <v>-0.38197292341305422</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>135.41783255000001</v>
+        <v>135.40679105999999</v>
       </c>
       <c r="C337" s="5">
-        <v>4.5510500000034426E-3</v>
+        <v>3.5891999999932978E-3</v>
       </c>
       <c r="D337" s="5">
-        <v>4.0337768582032751E-2</v>
+        <v>3.1813634574273664E-2</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>138.57591737000001</v>
+        <v>138.56121661</v>
       </c>
       <c r="C338" s="5">
-        <v>3.1580848199999991</v>
+        <v>3.1544255500000133</v>
       </c>
       <c r="D338" s="5">
-        <v>31.869040835668017</v>
+        <v>31.830197351989309</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>138.72399594000001</v>
+        <v>138.71649206000001</v>
       </c>
       <c r="C339" s="5">
-        <v>0.14807856999999558</v>
+        <v>0.15527545000000487</v>
       </c>
       <c r="D339" s="5">
-        <v>1.2898514620952595</v>
+        <v>1.3530718341379533</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>138.08567916000001</v>
+        <v>138.10528958</v>
       </c>
       <c r="C340" s="5">
-        <v>-0.6383167799999967</v>
+        <v>-0.61120248000000288</v>
       </c>
       <c r="D340" s="5">
-        <v>-5.3839960417812467</v>
+        <v>-5.1610836497075097</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>137.69954931999999</v>
+        <v>137.78547802</v>
       </c>
       <c r="C341" s="5">
-        <v>-0.38612984000002371</v>
+        <v>-0.3198115600000051</v>
       </c>
       <c r="D341" s="5">
-        <v>-3.3044378885127346</v>
+        <v>-2.7437291598582547</v>
       </c>
       <c r="E341" s="5">
-        <v>3.0771043190926273</v>
+        <v>3.1149348832983259</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>137.16818290000001</v>
+        <v>137.18897747</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.53136641999998346</v>
+        <v>-0.59650055000000179</v>
       </c>
       <c r="D342" s="5">
-        <v>-4.5336321619709459</v>
+        <v>-5.0731079082996793</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>138.33674260000001</v>
+        <v>138.29510318000001</v>
       </c>
       <c r="C343" s="5">
-        <v>1.168559700000003</v>
+        <v>1.1061257100000148</v>
       </c>
       <c r="D343" s="5">
-        <v>10.715880052293581</v>
+        <v>10.116145909110475</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>139.51818073000001</v>
+        <v>139.51605616000001</v>
       </c>
       <c r="C344" s="5">
-        <v>1.1814381300000036</v>
+        <v>1.2209529799999927</v>
       </c>
       <c r="D344" s="5">
-        <v>10.743721244272454</v>
+        <v>11.124203581901938</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>139.93861867000001</v>
+        <v>139.91873747</v>
       </c>
       <c r="C345" s="5">
-        <v>0.42043793999999934</v>
+        <v>0.4026813099999913</v>
       </c>
       <c r="D345" s="5">
-        <v>3.6767410919252175</v>
+        <v>3.5190407703936444</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>140.02778036000001</v>
+        <v>140.01111121</v>
       </c>
       <c r="C346" s="5">
-        <v>8.9161689999997407E-2</v>
+        <v>9.2373739999999316E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>0.76726330069591953</v>
+        <v>0.79511776888818719</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>140.85002358</v>
+        <v>140.84107014</v>
       </c>
       <c r="C347" s="5">
-        <v>0.82224321999999006</v>
+        <v>0.82995893000000365</v>
       </c>
       <c r="D347" s="5">
-        <v>7.2784851120785143</v>
+        <v>7.3499301174183129</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>140.93852156</v>
+        <v>140.92410157</v>
       </c>
       <c r="C348" s="5">
-        <v>8.8497979999999643E-2</v>
+        <v>8.3031430000005457E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>0.75658727324985353</v>
+        <v>0.70974626841528998</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>141.84722497999999</v>
+        <v>141.83276950000001</v>
       </c>
       <c r="C349" s="5">
-        <v>0.90870341999999482</v>
+        <v>0.90866793000000712</v>
       </c>
       <c r="D349" s="5">
-        <v>8.0173676916448287</v>
+        <v>8.0178930307586391</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>141.73007605000001</v>
+        <v>141.7136098</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.11714892999998483</v>
+        <v>-0.11915970000001153</v>
       </c>
       <c r="D350" s="5">
-        <v>-0.9865678624018881</v>
+        <v>-1.003525166551622</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>142.05470718999999</v>
+        <v>142.04122552999999</v>
       </c>
       <c r="C351" s="5">
-        <v>0.32463113999997972</v>
+        <v>0.32761572999999089</v>
       </c>
       <c r="D351" s="5">
-        <v>2.7834780288535255</v>
+        <v>2.8097255691048151</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>142.93103435</v>
+        <v>142.94228072000001</v>
       </c>
       <c r="C352" s="5">
-        <v>0.87632716000001665</v>
+        <v>0.90105519000002232</v>
       </c>
       <c r="D352" s="5">
-        <v>7.6591353864507994</v>
+        <v>7.8836317244498133</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>142.71210908</v>
+        <v>142.86572731999999</v>
       </c>
       <c r="C353" s="5">
-        <v>-0.21892526999999973</v>
+        <v>-7.6553400000022975E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>-1.8226163706369536</v>
+        <v>-0.64077592527128635</v>
       </c>
       <c r="E353" s="5">
-        <v>3.6402150804076605</v>
+        <v>3.6870716515296165</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>140.99659016000001</v>
+        <v>141.02085822999999</v>
       </c>
       <c r="C354" s="5">
-        <v>-1.7155189199999938</v>
+        <v>-1.8448690900000031</v>
       </c>
       <c r="D354" s="5">
-        <v>-13.50850075837614</v>
+        <v>-14.441421037339918</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>141.72269514000001</v>
+        <v>141.65164131</v>
       </c>
       <c r="C355" s="5">
-        <v>0.72610498000000234</v>
+        <v>0.63078308000001471</v>
       </c>
       <c r="D355" s="5">
-        <v>6.3578413211168083</v>
+        <v>5.5016110810768737</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>141.23961953</v>
+        <v>141.23680224</v>
       </c>
       <c r="C356" s="5">
-        <v>-0.48307561000001442</v>
+        <v>-0.41483906999999931</v>
       </c>
       <c r="D356" s="5">
-        <v>-4.0144991577649165</v>
+        <v>-3.4582469548767203</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>141.74659256999999</v>
+        <v>141.72085118000001</v>
       </c>
       <c r="C357" s="5">
-        <v>0.50697303999999122</v>
+        <v>0.48404894000000809</v>
       </c>
       <c r="D357" s="5">
-        <v>4.393405407401163</v>
+        <v>4.1910732488556368</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>142.34400640000001</v>
+        <v>142.31674593</v>
       </c>
       <c r="C358" s="5">
-        <v>0.59741383000002202</v>
+        <v>0.59589474999998515</v>
       </c>
       <c r="D358" s="5">
-        <v>5.1764941644460993</v>
+        <v>5.1639853435645033</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>142.53317251000001</v>
+        <v>142.52034053</v>
       </c>
       <c r="C359" s="5">
-        <v>0.18916611000000216</v>
+        <v>0.2035946000000024</v>
       </c>
       <c r="D359" s="5">
-        <v>1.6064313602730307</v>
+        <v>1.7302602822763857</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>142.7099236</v>
+        <v>142.69172884</v>
       </c>
       <c r="C360" s="5">
-        <v>0.17675108999998201</v>
+        <v>0.17138830999999755</v>
       </c>
       <c r="D360" s="5">
-        <v>1.4982751946830186</v>
+        <v>1.4526468458517128</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>142.65493552999999</v>
+        <v>142.63858353000001</v>
       </c>
       <c r="C361" s="5">
-        <v>-5.4988070000007383E-2</v>
+        <v>-5.3145309999990786E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>-0.46139766108878044</v>
+        <v>-0.44602371079903724</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>142.59692457</v>
+        <v>142.57960462</v>
       </c>
       <c r="C362" s="5">
-        <v>-5.8010959999990064E-2</v>
+        <v>-5.8978910000007545E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>-0.48689284162246604</v>
+        <v>-0.4950551133795944</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>143.15480312</v>
+        <v>143.13650179999999</v>
       </c>
       <c r="C363" s="5">
-        <v>0.55787854999999809</v>
+        <v>0.55689717999999289</v>
       </c>
       <c r="D363" s="5">
-        <v>4.7970794263770378</v>
+        <v>4.7890529921739589</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>143.53904976999999</v>
+        <v>143.54711078</v>
       </c>
       <c r="C364" s="5">
-        <v>0.38424664999999436</v>
+        <v>0.41060898000000634</v>
       </c>
       <c r="D364" s="5">
-        <v>3.2689388046481582</v>
+        <v>3.4972190494201305</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>143.32439409</v>
+        <v>143.54412055</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.2146556799999928</v>
+        <v>-2.9902299999946536E-3</v>
       </c>
       <c r="D365" s="5">
-        <v>-1.7798549934444186</v>
+        <v>-2.4994337388317689E-2</v>
       </c>
       <c r="E365" s="5">
-        <v>0.42903507904628047</v>
+        <v>0.47484672687136964</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>143.21948992</v>
+        <v>143.2406508</v>
       </c>
       <c r="C366" s="5">
-        <v>-0.10490416999999752</v>
+        <v>-0.30346975000000498</v>
       </c>
       <c r="D366" s="5">
-        <v>-0.87479504798804175</v>
+        <v>-2.5076542451005213</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>144.02032363000001</v>
+        <v>143.92885391999999</v>
       </c>
       <c r="C367" s="5">
-        <v>0.80083371000000625</v>
+        <v>0.68820311999999717</v>
       </c>
       <c r="D367" s="5">
-        <v>6.9202383519789912</v>
+        <v>5.9202458485904996</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>142.38857134</v>
+        <v>142.38164974</v>
       </c>
       <c r="C368" s="5">
-        <v>-1.6317522900000085</v>
+        <v>-1.5472041799999943</v>
       </c>
       <c r="D368" s="5">
-        <v>-12.779976268071479</v>
+        <v>-12.163738716384554</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>128.43564526</v>
+        <v>128.39506832999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-13.952926079999997</v>
+        <v>-13.986581410000014</v>
       </c>
       <c r="D369" s="5">
-        <v>-70.991499965204724</v>
+        <v>-71.084422879958211</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>130.92620764</v>
+        <v>130.88302034</v>
       </c>
       <c r="C370" s="5">
-        <v>2.4905623800000001</v>
+        <v>2.487952010000015</v>
       </c>
       <c r="D370" s="5">
-        <v>25.919270197266364</v>
+        <v>25.898219730489203</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>133.09258215</v>
+        <v>133.07180274999999</v>
       </c>
       <c r="C371" s="5">
-        <v>2.1663745099999971</v>
+        <v>2.1887824099999875</v>
       </c>
       <c r="D371" s="5">
-        <v>21.766311329364395</v>
+        <v>22.020495073588986</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>134.86588817000001</v>
+        <v>134.84730497000001</v>
       </c>
       <c r="C372" s="5">
-        <v>1.7733060200000068</v>
+        <v>1.7755022200000212</v>
       </c>
       <c r="D372" s="5">
-        <v>17.21391996718793</v>
+        <v>17.239719086739449</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>136.33855170999999</v>
+        <v>136.32584079</v>
       </c>
       <c r="C373" s="5">
-        <v>1.472663539999985</v>
+        <v>1.4785358199999905</v>
       </c>
       <c r="D373" s="5">
-        <v>13.91966880976514</v>
+        <v>13.980606791232075</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>137.58740416000001</v>
+        <v>137.57887656</v>
       </c>
       <c r="C374" s="5">
-        <v>1.2488524500000153</v>
+        <v>1.2530357699999968</v>
       </c>
       <c r="D374" s="5">
-        <v>11.562954772396417</v>
+        <v>11.60480338379215</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>140.70378389000001</v>
+        <v>140.6956965</v>
       </c>
       <c r="C375" s="5">
-        <v>3.1163797300000056</v>
+        <v>3.1168199399999992</v>
       </c>
       <c r="D375" s="5">
-        <v>30.835379723385547</v>
+        <v>30.842447619065805</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>141.44211164999999</v>
+        <v>141.4602415</v>
       </c>
       <c r="C376" s="5">
-        <v>0.7383277599999758</v>
+        <v>0.76454499999999825</v>
       </c>
       <c r="D376" s="5">
-        <v>6.481817429731751</v>
+        <v>6.7193022530969371</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>143.02531882</v>
+        <v>143.27605598</v>
       </c>
       <c r="C377" s="5">
-        <v>1.5832071700000085</v>
+        <v>1.8158144800000002</v>
       </c>
       <c r="D377" s="5">
-        <v>14.290548386775459</v>
+        <v>16.538835443746947</v>
       </c>
       <c r="E377" s="5">
-        <v>-0.20867017921052389</v>
+        <v>-0.1867471610630167</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>142.90031461999999</v>
+        <v>142.92734306</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.12500420000000645</v>
+        <v>-0.34871291999999698</v>
       </c>
       <c r="D378" s="5">
-        <v>-1.0437736702805789</v>
+        <v>-2.8818435229834627</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>143.44648233999999</v>
+        <v>143.33932845999999</v>
       </c>
       <c r="C379" s="5">
-        <v>0.54616771999999969</v>
+        <v>0.41198539999999184</v>
       </c>
       <c r="D379" s="5">
-        <v>4.6840734125626282</v>
+        <v>3.5143453506585987</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>145.76423283</v>
+        <v>145.74639529999999</v>
       </c>
       <c r="C380" s="5">
-        <v>2.3177504900000088</v>
+        <v>2.4070668399999988</v>
       </c>
       <c r="D380" s="5">
-        <v>21.208428885053987</v>
+        <v>22.120755313792316</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>146.58486504999999</v>
+        <v>146.5200921</v>
       </c>
       <c r="C381" s="5">
-        <v>0.82063221999999314</v>
+        <v>0.7736968000000104</v>
       </c>
       <c r="D381" s="5">
-        <v>6.9689969656917317</v>
+        <v>6.5595378425141515</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>148.05253618</v>
+        <v>147.96366513999999</v>
       </c>
       <c r="C382" s="5">
-        <v>1.4676711300000136</v>
+        <v>1.4435730399999898</v>
       </c>
       <c r="D382" s="5">
-        <v>12.699149373164232</v>
+        <v>12.48504076298811</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>148.23044432</v>
+        <v>148.20548173</v>
       </c>
       <c r="C383" s="5">
-        <v>0.17790813999999955</v>
+        <v>0.24181659000001332</v>
       </c>
       <c r="D383" s="5">
-        <v>1.4515550821215584</v>
+        <v>1.9788810338136287</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>149.59679442999999</v>
+        <v>149.58795966</v>
       </c>
       <c r="C384" s="5">
-        <v>1.3663501099999849</v>
+        <v>1.3824779299999932</v>
       </c>
       <c r="D384" s="5">
-        <v>11.639665243978147</v>
+        <v>11.78626725297509</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>149.88762826999999</v>
+        <v>149.89196268000001</v>
       </c>
       <c r="C385" s="5">
-        <v>0.29083384000000478</v>
+        <v>0.30400302000001034</v>
       </c>
       <c r="D385" s="5">
-        <v>2.3580494479090719</v>
+        <v>2.4661674624147034</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>151.25992607000001</v>
+        <v>151.27203474999999</v>
       </c>
       <c r="C386" s="5">
-        <v>1.3722978000000126</v>
+        <v>1.3800720699999829</v>
       </c>
       <c r="D386" s="5">
-        <v>11.557084023132603</v>
+        <v>11.625554158357708</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>155.33517276000001</v>
+        <v>155.35346602999999</v>
       </c>
       <c r="C387" s="5">
-        <v>4.0752466900000002</v>
+        <v>4.0814312800000039</v>
       </c>
       <c r="D387" s="5">
-        <v>37.578652571454761</v>
+        <v>37.640924698602653</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>155.29582427</v>
+        <v>155.34480733000001</v>
       </c>
       <c r="C388" s="5">
-        <v>-3.9348490000008951E-2</v>
+        <v>-8.6586999999838099E-3</v>
       </c>
       <c r="D388" s="5">
-        <v>-0.30355300196566182</v>
+        <v>-6.6862077288798449E-2</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>155.01759157000001</v>
+        <v>155.28997025999999</v>
       </c>
       <c r="C389" s="5">
-        <v>-0.27823269999998956</v>
+        <v>-5.4837070000019139E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>-2.1288967436732031</v>
+        <v>-0.422781263909211</v>
       </c>
       <c r="E389" s="5">
-        <v>8.3847201662892381</v>
+        <v>8.3851514461544152</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>156.92375466999999</v>
+        <v>156.93600902</v>
       </c>
       <c r="C390" s="5">
-        <v>1.9061630999999863</v>
+        <v>1.6460387600000104</v>
       </c>
       <c r="D390" s="5">
-        <v>15.795709366684374</v>
+        <v>13.488110939131071</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>161.40460292</v>
+        <v>161.30357538000001</v>
       </c>
       <c r="C391" s="5">
-        <v>4.4808482500000082</v>
+        <v>4.3675663600000121</v>
       </c>
       <c r="D391" s="5">
-        <v>40.193119287249935</v>
+        <v>39.013403994095206</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>160.38928766000001</v>
+        <v>160.33996988000001</v>
       </c>
       <c r="C392" s="5">
-        <v>-1.0153152599999942</v>
+        <v>-0.96360549999999989</v>
       </c>
       <c r="D392" s="5">
-        <v>-7.2928321392699003</v>
+        <v>-6.9377291407136337</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>160.04223826</v>
+        <v>159.90915899000001</v>
       </c>
       <c r="C393" s="5">
-        <v>-0.34704940000000306</v>
+        <v>-0.43081089000000361</v>
       </c>
       <c r="D393" s="5">
-        <v>-2.5658735272788169</v>
+        <v>-3.1770081626152913</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>159.51842619999999</v>
+        <v>159.34247239000001</v>
       </c>
       <c r="C394" s="5">
-        <v>-0.52381206000001157</v>
+        <v>-0.56668659999999704</v>
       </c>
       <c r="D394" s="5">
-        <v>-3.857618285420561</v>
+        <v>-4.1706488926066321</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>159.59372163</v>
+        <v>159.59496435</v>
       </c>
       <c r="C395" s="5">
-        <v>7.5295430000011265E-2</v>
+        <v>0.25249195999998619</v>
       </c>
       <c r="D395" s="5">
-        <v>0.56789335536830965</v>
+        <v>1.9181639056009558</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>159.82302887</v>
+        <v>159.84921681</v>
       </c>
       <c r="C396" s="5">
-        <v>0.22930723999999714</v>
+        <v>0.25425246000000357</v>
       </c>
       <c r="D396" s="5">
-        <v>1.7378732375126216</v>
+        <v>1.9285730358217235</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>160.45757866</v>
+        <v>160.49501501</v>
       </c>
       <c r="C397" s="5">
-        <v>0.63454978999999412</v>
+        <v>0.64579820000000154</v>
       </c>
       <c r="D397" s="5">
-        <v>4.8698215624611185</v>
+        <v>4.9572442857513943</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>160.60457367999999</v>
+        <v>160.65579203999999</v>
       </c>
       <c r="C398" s="5">
-        <v>0.14699501999999143</v>
+        <v>0.16077702999999133</v>
       </c>
       <c r="D398" s="5">
-        <v>1.1048746602020598</v>
+        <v>1.2087539697403837</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>160.48115149</v>
+        <v>160.54327244000001</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.12342218999998522</v>
+        <v>-0.11251959999998462</v>
       </c>
       <c r="D399" s="5">
-        <v>-0.91829409353392233</v>
+        <v>-0.83722230132668995</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>159.70656439999999</v>
+        <v>159.79501916000001</v>
       </c>
       <c r="C400" s="5">
-        <v>-0.77458709000001136</v>
+        <v>-0.74825328000000013</v>
       </c>
       <c r="D400" s="5">
-        <v>-5.6406751319151844</v>
+        <v>-5.451743759710503</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>160.24170351999999</v>
+        <v>160.50615450000001</v>
       </c>
       <c r="C401" s="5">
-        <v>0.53513911999999664</v>
+        <v>0.71113533999999845</v>
       </c>
       <c r="D401" s="5">
-        <v>4.0958539100709457</v>
+        <v>5.4730293140588859</v>
       </c>
       <c r="E401" s="5">
-        <v>3.3700123302721874</v>
+        <v>3.3589962257489114</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>160.76643747</v>
+        <v>160.76357752999999</v>
       </c>
       <c r="C402" s="5">
-        <v>0.52473395000001233</v>
+        <v>0.25742302999998401</v>
       </c>
       <c r="D402" s="5">
-        <v>4.0011202615228836</v>
+        <v>1.9416522370949929</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>161.41811433999999</v>
+        <v>161.32165215000001</v>
       </c>
       <c r="C403" s="5">
-        <v>0.65167686999998864</v>
+        <v>0.55807462000001351</v>
       </c>
       <c r="D403" s="5">
-        <v>4.9742013385888795</v>
+        <v>4.2461411333991395</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>161.89679315999999</v>
+        <v>161.80425572999999</v>
       </c>
       <c r="C404" s="5">
-        <v>0.47867881999999895</v>
+        <v>0.4826035799999886</v>
       </c>
       <c r="D404" s="5">
-        <v>3.6171685690588706</v>
+        <v>3.6495326010379525</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>161.39204139</v>
+        <v>161.18754942999999</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.50475176999998439</v>
+        <v>-0.61670630000000415</v>
       </c>
       <c r="D405" s="5">
-        <v>-3.67779364664933</v>
+        <v>-4.4790505538486736</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>160.83181665999999</v>
+        <v>160.54868060999999</v>
       </c>
       <c r="C406" s="5">
-        <v>-0.56022473000001582</v>
+        <v>-0.638868819999999</v>
       </c>
       <c r="D406" s="5">
-        <v>-4.0868329322446106</v>
+        <v>-4.6538900989501979</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>160.45431547000001</v>
+        <v>160.48396043</v>
       </c>
       <c r="C407" s="5">
-        <v>-0.3775011899999754</v>
+        <v>-6.4720179999994798E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>-2.7805376707091378</v>
+        <v>-0.48267138307913626</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>160.6835221</v>
+        <v>160.75527792</v>
       </c>
       <c r="C408" s="5">
-        <v>0.22920662999999308</v>
+        <v>0.27131749000000127</v>
       </c>
       <c r="D408" s="5">
-        <v>1.7277144512200859</v>
+        <v>2.0477155432066185</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>160.16761516</v>
+        <v>160.24439985999999</v>
       </c>
       <c r="C409" s="5">
-        <v>-0.51590694000000781</v>
+        <v>-0.51087806000001024</v>
       </c>
       <c r="D409" s="5">
-        <v>-3.7855287580682129</v>
+        <v>-3.7476272387295451</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>159.84271509000001</v>
+        <v>159.93709063</v>
       </c>
       <c r="C410" s="5">
-        <v>-0.324900069999984</v>
+        <v>-0.30730922999998711</v>
       </c>
       <c r="D410" s="5">
-        <v>-2.4072254944719762</v>
+        <v>-2.2771851517587427</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>160.02108716999999</v>
+        <v>160.13054703</v>
       </c>
       <c r="C411" s="5">
-        <v>0.17837207999997418</v>
+        <v>0.1934564000000023</v>
       </c>
       <c r="D411" s="5">
-        <v>1.3473564999870957</v>
+        <v>1.461189065584878</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>160.08156797000001</v>
+        <v>160.22259980999999</v>
       </c>
       <c r="C412" s="5">
-        <v>6.0480800000021873E-2</v>
+        <v>9.2052779999988843E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>0.45449022458852184</v>
+        <v>0.69201825583737886</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>159.13291984</v>
+        <v>159.37592304</v>
       </c>
       <c r="C413" s="5">
-        <v>-0.94864813000000936</v>
+        <v>-0.84667676999998775</v>
       </c>
       <c r="D413" s="5">
-        <v>-6.8839759345549867</v>
+        <v>-6.1601589648579536</v>
       </c>
       <c r="E413" s="5">
-        <v>-0.69194451609259078</v>
+        <v>-0.70416705422968739</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>159.28551324</v>
+        <v>159.25947661999999</v>
       </c>
       <c r="C414" s="5">
-        <v>0.15259340000000066</v>
+        <v>-0.11644642000001681</v>
       </c>
       <c r="D414" s="5">
-        <v>1.1567744936466173</v>
+        <v>-0.8732532241319868</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>158.77770065000001</v>
+        <v>158.69244681999999</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.50781258999998613</v>
+        <v>-0.56702980000000025</v>
       </c>
       <c r="D415" s="5">
-        <v>-3.7593051138662625</v>
+        <v>-4.1898175580624031</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>158.24412482</v>
+        <v>158.10961248000001</v>
       </c>
       <c r="C416" s="5">
-        <v>-0.53357583000001796</v>
+        <v>-0.58283433999997669</v>
       </c>
       <c r="D416" s="5">
-        <v>-3.958919604857436</v>
+        <v>-4.3193286763684169</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>158.53810874999999</v>
+        <v>158.25672048000001</v>
       </c>
       <c r="C417" s="5">
-        <v>0.29398392999999601</v>
+        <v>0.1471080000000029</v>
       </c>
       <c r="D417" s="5">
-        <v>2.2522655153800031</v>
+        <v>1.1222326037793939</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>159.34552087</v>
+        <v>158.95874953000001</v>
       </c>
       <c r="C418" s="5">
-        <v>0.80741212000000928</v>
+        <v>0.70202904999999305</v>
       </c>
       <c r="D418" s="5">
-        <v>6.285555146082511</v>
+        <v>5.4550329790364893</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>158.85496566</v>
+        <v>158.91813888999999</v>
       </c>
       <c r="C419" s="5">
-        <v>-0.49055520999999658</v>
+        <v>-4.0610640000011244E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-3.63236113626213</v>
+        <v>-0.30614452051954677</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>158.09812861</v>
+        <v>158.21719679</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.75683705000000145</v>
+        <v>-0.7009420999999918</v>
       </c>
       <c r="D420" s="5">
-        <v>-5.569734456074638</v>
+        <v>-5.1663243518760948</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>158.21309448</v>
+        <v>158.32619523</v>
       </c>
       <c r="C421" s="5">
-        <v>0.11496586999999181</v>
+        <v>0.10899843999999348</v>
       </c>
       <c r="D421" s="5">
-        <v>0.87611504968663212</v>
+        <v>0.82983942306671388</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>157.282625</v>
+        <v>157.41837566000001</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.93046947999999929</v>
+        <v>-0.9078195699999867</v>
       </c>
       <c r="D422" s="5">
-        <v>-6.8334773822240074</v>
+        <v>-6.6677323238439667</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>157.16028908000001</v>
+        <v>157.31258546999999</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.12233591999998339</v>
+        <v>-0.10579019000002177</v>
       </c>
       <c r="D423" s="5">
-        <v>-0.92938881673801932</v>
+        <v>-0.80346436036875524</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>157.25107456999999</v>
+        <v>157.43269756999999</v>
       </c>
       <c r="C424" s="5">
-        <v>9.0785489999973379E-2</v>
+        <v>0.12011210000000005</v>
       </c>
       <c r="D424" s="5">
-        <v>0.69540073900282717</v>
+        <v>0.92008747704399596</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>156.97230564</v>
+        <v>157.18382517000001</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.27876892999998404</v>
+        <v>-0.24887239999998201</v>
       </c>
       <c r="D425" s="5">
-        <v>-2.1066962586884896</v>
+        <v>-1.8805745813247454</v>
       </c>
       <c r="E425" s="5">
-        <v>-1.3577418187087797</v>
+        <v>-1.3754259916975209</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>155.90879949000001</v>
+        <v>156.52594223</v>
       </c>
       <c r="C426" s="5">
-        <v>-1.0635061499999949</v>
+        <v>-0.65788294000000747</v>
       </c>
       <c r="D426" s="5">
-        <v>-7.833927412295294</v>
+        <v>-4.9085039033280768</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>155.65976932000001</v>
+        <v>156.28981242</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.2490301699999975</v>
+        <v>-0.23612980999999422</v>
       </c>
       <c r="D427" s="5">
-        <v>-1.8999879602249581</v>
+        <v>-1.7953351020856823</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>154.86254776000001</v>
+        <v>155.01159677000001</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.797221559999997</v>
+        <v>-1.2782156499999928</v>
       </c>
       <c r="D428" s="5">
-        <v>-5.9756784088873305</v>
+        <v>-9.3845523749638833</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>155.37421255000001</v>
+        <v>155.80107691000001</v>
       </c>
       <c r="C429" s="5">
-        <v>0.51166478999999754</v>
+        <v>0.78948013999999489</v>
       </c>
       <c r="D429" s="5">
-        <v>4.0376391882708029</v>
+        <v>6.2857847358101404</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>155.11959562000001</v>
+        <v>155.73460095999999</v>
       </c>
       <c r="C430" s="5">
-        <v>-0.25461692999999741</v>
+        <v>-6.6475950000011608E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>-1.9488527283645696</v>
+        <v>-0.5108065295124864</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>154.02650482999999</v>
+        <v>154.58295364</v>
       </c>
       <c r="C431" s="5">
-        <v>-1.0930907900000193</v>
+        <v>-1.151647319999995</v>
       </c>
       <c r="D431" s="5">
-        <v>-8.1359561216091549</v>
+        <v>-8.5217514110417785</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>155.28720179999999</v>
+        <v>155.94736434000001</v>
       </c>
       <c r="C432" s="5">
-        <v>1.2606969699999979</v>
+        <v>1.3644107000000076</v>
       </c>
       <c r="D432" s="5">
-        <v>10.276365660715015</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>11.121285247416978</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>154.34930489000001</v>
+        <v>155.00548019999999</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.93789690999997788</v>
+        <v>-0.9418841400000133</v>
       </c>
       <c r="D433" s="5">
-        <v>-7.0117306752424451</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-7.011730739368593</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>154.13899297</v>
+        <v>154.79427419000001</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.21031192000000942</v>
+        <v>-0.21120600999998373</v>
       </c>
       <c r="D434" s="5">
-        <v>-1.6228873809431166</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.6228874145766237</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>154.52118637000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.27308782000000065</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-2.0966166572575995</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>153.88412987999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.6370564900000204</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-4.8366784689935933</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>153.54336859</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.340761289999989</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-2.6251562315333654</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-2.3160503799056431</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>