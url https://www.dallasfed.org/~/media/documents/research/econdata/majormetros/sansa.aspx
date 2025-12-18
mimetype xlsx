--- v0 (2025-10-17)
+++ v1 (2025-12-18)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{ACDE97F9-E6FE-481C-9903-F4DB1CCACB48}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{73714527-7AB0-4662-8612-FA2B5E4F6947}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{359A7FDA-483D-4FEA-8B68-71336F797098}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{127FECBC-8C26-42F3-ABFB-CAF3133AA93A}"/>
   </bookViews>
   <sheets>
     <sheet name="sannaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Total Nonfarm Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E92473BA-6573-4662-BC83-7B1DAB305EE3}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EDF34EFD-E9D4-4A6A-A1D5-0455509BF6F3}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>1.7633166999999048</v>
       </c>
       <c r="D431" s="5">
         <v>1.7796082695874516</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>1206.814566</v>
       </c>
       <c r="C432" s="5">
         <v>6.369393700000046</v>
       </c>
       <c r="D432" s="5">
         <v>6.556161587302789</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1210.8215055999999</v>
+        <v>1206.8276172000001</v>
       </c>
       <c r="C433" s="5">
-        <v>4.006939599999896</v>
+        <v>1.3051200000063545E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>4.0578840628706203</v>
+        <v>1.2978275222219615E-2</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>1202.5127732999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-4.3148439000001417</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-4.2070610221269895</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>