--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{73714527-7AB0-4662-8612-FA2B5E4F6947}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C1524265-9C07-45CB-B2E4-727D1CE80A96}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{127FECBC-8C26-42F3-ABFB-CAF3133AA93A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7B0A1F82-87C2-44F7-BF90-2622F00D2748}"/>
   </bookViews>
   <sheets>
     <sheet name="sannaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Total Nonfarm Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EDF34EFD-E9D4-4A6A-A1D5-0455509BF6F3}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B96FF510-173B-4EAD-82E6-7C2019261B27}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>547.17932986000005</v>
+        <v>547.18079017000002</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>545.45940424000003</v>
+        <v>545.45973965999997</v>
       </c>
       <c r="C7" s="5">
-        <v>-1.7199256200000264</v>
+        <v>-1.7210505100000546</v>
       </c>
       <c r="D7" s="5">
-        <v>-3.7073791539865786</v>
+        <v>-3.7097523851359449</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>545.24891609999997</v>
+        <v>545.24962545000005</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.21048814000005223</v>
+        <v>-0.21011420999991515</v>
       </c>
       <c r="D8" s="5">
-        <v>-0.46208822541300432</v>
+        <v>-0.46126878581512765</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>544.27413795999996</v>
+        <v>544.27392757999996</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.97477814000001217</v>
+        <v>-0.97569787000009001</v>
       </c>
       <c r="D9" s="5">
-        <v>-2.1243515311751837</v>
+        <v>-2.1263334904421671</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>545.96208179999996</v>
+        <v>545.96251380000001</v>
       </c>
       <c r="C10" s="5">
-        <v>1.6879438400000026</v>
+        <v>1.6885862200000474</v>
       </c>
       <c r="D10" s="5">
-        <v>3.7856691397537112</v>
+        <v>3.7871360110927288</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>548.14502927000001</v>
+        <v>548.14519967000001</v>
       </c>
       <c r="C11" s="5">
-        <v>2.1829474700000446</v>
+        <v>2.1826858700000003</v>
       </c>
       <c r="D11" s="5">
-        <v>4.9049518433118999</v>
+        <v>4.9043470929616362</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>545.37225602000001</v>
+        <v>545.37141856999995</v>
       </c>
       <c r="C12" s="5">
-        <v>-2.7727732500000002</v>
+        <v>-2.7737811000000647</v>
       </c>
       <c r="D12" s="5">
-        <v>-5.9040938661743532</v>
+        <v>-5.9061787348289148</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>547.57164595999996</v>
+        <v>547.57162263999999</v>
       </c>
       <c r="C13" s="5">
-        <v>2.1993899399999464</v>
+        <v>2.2002040700000407</v>
       </c>
       <c r="D13" s="5">
-        <v>4.9481842625731964</v>
+        <v>4.9500644930570825</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>548.74551738000002</v>
+        <v>548.74538537000001</v>
       </c>
       <c r="C14" s="5">
-        <v>1.1738714200000686</v>
+        <v>1.1737627300000213</v>
       </c>
       <c r="D14" s="5">
-        <v>2.6030821666068515</v>
+        <v>2.6028384079777034</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>550.23244868999996</v>
+        <v>550.23200767000003</v>
       </c>
       <c r="C15" s="5">
-        <v>1.4869313099999317</v>
+        <v>1.4866223000000218</v>
       </c>
       <c r="D15" s="5">
-        <v>3.3005307648703575</v>
+        <v>3.2998354110040928</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>550.65633840999999</v>
+        <v>550.65629579999995</v>
       </c>
       <c r="C16" s="5">
-        <v>0.42388972000003378</v>
+        <v>0.4242881299999226</v>
       </c>
       <c r="D16" s="5">
-        <v>0.92838670001826884</v>
+        <v>0.92926373404034202</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>551.22091174000002</v>
+        <v>551.21962216999998</v>
       </c>
       <c r="C17" s="5">
-        <v>0.56457333000003018</v>
+        <v>0.56332637000002705</v>
       </c>
       <c r="D17" s="5">
-        <v>1.2372897441820241</v>
+        <v>1.2345416728093417</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>550.27905223000005</v>
+        <v>550.28038021999998</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.94185950999997203</v>
+        <v>-0.939241949999996</v>
       </c>
       <c r="D18" s="5">
-        <v>-2.03125469093971</v>
+        <v>-2.0256670423833389</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>549.23885002999998</v>
+        <v>549.23917601999995</v>
       </c>
       <c r="C19" s="5">
-        <v>-1.040202200000067</v>
+        <v>-1.0412042000000383</v>
       </c>
       <c r="D19" s="5">
-        <v>-2.2449453569184041</v>
+        <v>-2.2470800337564101</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>550.92336399999999</v>
+        <v>550.92401170000005</v>
       </c>
       <c r="C20" s="5">
-        <v>1.6845139700000118</v>
+        <v>1.6848356800001056</v>
       </c>
       <c r="D20" s="5">
-        <v>3.7431183450812311</v>
+        <v>3.7438430533970779</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>548.43199136999999</v>
+        <v>548.43185025000002</v>
       </c>
       <c r="C21" s="5">
-        <v>-2.4913726300000008</v>
+        <v>-2.492161450000026</v>
       </c>
       <c r="D21" s="5">
-        <v>-5.293655128748453</v>
+        <v>-5.2952836593198054</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>549.41844752999998</v>
+        <v>549.41881907000004</v>
       </c>
       <c r="C22" s="5">
-        <v>0.98645615999998881</v>
+        <v>0.98696882000001551</v>
       </c>
       <c r="D22" s="5">
-        <v>2.1799027820498917</v>
+        <v>2.1810474782606892</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>550.87745862999998</v>
+        <v>550.87758704999999</v>
       </c>
       <c r="C23" s="5">
-        <v>1.4590110999999979</v>
+        <v>1.4587679799999478</v>
       </c>
       <c r="D23" s="5">
-        <v>3.2336239190597471</v>
+        <v>3.2330749780622003</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>550.56556517000001</v>
+        <v>550.56487500000003</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.31189345999996476</v>
+        <v>-0.31271204999995916</v>
       </c>
       <c r="D24" s="5">
-        <v>-0.67729922852559632</v>
+        <v>-0.67907115186013334</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>554.30967186999999</v>
+        <v>554.30965504999995</v>
       </c>
       <c r="C25" s="5">
-        <v>3.7441066999999748</v>
+        <v>3.7447800499999175</v>
       </c>
       <c r="D25" s="5">
-        <v>8.47282106562146</v>
+        <v>8.4744133137127253</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>560.16312817999994</v>
+        <v>560.16301621000002</v>
       </c>
       <c r="C26" s="5">
-        <v>5.8534563099999559</v>
+        <v>5.8533611600000768</v>
       </c>
       <c r="D26" s="5">
-        <v>13.434391879374985</v>
+        <v>13.434161093930697</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>557.61355282</v>
+        <v>557.61314910999999</v>
       </c>
       <c r="C27" s="5">
-        <v>-2.5495753599999489</v>
+        <v>-2.5498671000000286</v>
       </c>
       <c r="D27" s="5">
-        <v>-5.3271121741993337</v>
+        <v>-5.3277075982255511</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>559.10601760999998</v>
+        <v>559.10599862000004</v>
       </c>
       <c r="C28" s="5">
-        <v>1.4924647899999854</v>
+        <v>1.4928495100000418</v>
       </c>
       <c r="D28" s="5">
-        <v>3.2595313250504576</v>
+        <v>3.2603863563663626</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>560.15558034000003</v>
+        <v>560.15430380999999</v>
       </c>
       <c r="C29" s="5">
-        <v>1.0495627300000478</v>
+        <v>1.0483051899999509</v>
       </c>
       <c r="D29" s="5">
-        <v>2.276063284268437</v>
+        <v>2.2733080994825849</v>
       </c>
       <c r="E29" s="5">
-        <v>1.620887090766665</v>
+        <v>1.6208932484708338</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>559.47884337000005</v>
+        <v>559.47999788000004</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.67673696999997901</v>
+        <v>-0.67430592999994587</v>
       </c>
       <c r="D30" s="5">
-        <v>-1.4401534586114706</v>
+        <v>-1.4350174532596349</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>560.66129814999999</v>
+        <v>560.66160432000004</v>
       </c>
       <c r="C31" s="5">
-        <v>1.1824547799999436</v>
+        <v>1.1816064399999959</v>
       </c>
       <c r="D31" s="5">
-        <v>2.5658818663254701</v>
+        <v>2.5640142125827659</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>562.20201177000001</v>
+        <v>562.20258249000005</v>
       </c>
       <c r="C32" s="5">
-        <v>1.5407136200000195</v>
+        <v>1.5409781700000167</v>
       </c>
       <c r="D32" s="5">
-        <v>3.3479354122242233</v>
+        <v>3.3485171347638287</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>566.49978384999997</v>
+        <v>566.49981750999996</v>
       </c>
       <c r="C33" s="5">
-        <v>4.2977720799999588</v>
+        <v>4.2972350199999028</v>
       </c>
       <c r="D33" s="5">
-        <v>9.569136185501371</v>
+        <v>9.567879566498716</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>568.95452898999997</v>
+        <v>568.95476597000004</v>
       </c>
       <c r="C34" s="5">
-        <v>2.45474514</v>
+        <v>2.4549484600000824</v>
       </c>
       <c r="D34" s="5">
-        <v>5.3255472201434673</v>
+        <v>5.3259985631109563</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>570.31587624999997</v>
+        <v>570.31592384999999</v>
       </c>
       <c r="C35" s="5">
-        <v>1.3613472600000023</v>
+        <v>1.3611578799999506</v>
       </c>
       <c r="D35" s="5">
-        <v>2.9093492077784333</v>
+        <v>2.9089379140015748</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>574.33107727000004</v>
+        <v>574.33070173999999</v>
       </c>
       <c r="C36" s="5">
-        <v>4.0152010200000632</v>
+        <v>4.0147778900000048</v>
       </c>
       <c r="D36" s="5">
-        <v>8.7833085053122808</v>
+        <v>8.7823460135125089</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>575.00350395999999</v>
+        <v>575.00346104000005</v>
       </c>
       <c r="C37" s="5">
-        <v>0.67242668999995203</v>
+        <v>0.67275930000005246</v>
       </c>
       <c r="D37" s="5">
-        <v>1.4140422141351028</v>
+        <v>1.414747101172642</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>575.90935346000003</v>
+        <v>575.90925299000003</v>
       </c>
       <c r="C38" s="5">
-        <v>0.90584950000004483</v>
+        <v>0.90579194999997981</v>
       </c>
       <c r="D38" s="5">
-        <v>1.906923366784774</v>
+        <v>1.9068013090307145</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>579.48509851999995</v>
+        <v>579.48476822999999</v>
       </c>
       <c r="C39" s="5">
-        <v>3.5757450599999174</v>
+        <v>3.5755152399999588</v>
       </c>
       <c r="D39" s="5">
-        <v>7.7104117079261236</v>
+        <v>7.7099004933902426</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>579.82953019000001</v>
+        <v>579.82946606999997</v>
       </c>
       <c r="C40" s="5">
-        <v>0.3444316700000627</v>
+        <v>0.34469783999998072</v>
       </c>
       <c r="D40" s="5">
-        <v>0.71558673185136978</v>
+        <v>0.7161419430952165</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>581.36895788000004</v>
+        <v>581.36785310000005</v>
       </c>
       <c r="C41" s="5">
-        <v>1.539427690000025</v>
+        <v>1.5383870300000808</v>
       </c>
       <c r="D41" s="5">
-        <v>3.2328957644253586</v>
+        <v>3.230678685764965</v>
       </c>
       <c r="E41" s="5">
-        <v>3.7870510059230478</v>
+        <v>3.787090297389839</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>586.11698522999995</v>
+        <v>586.11780898999996</v>
       </c>
       <c r="C42" s="5">
-        <v>4.7480273499999157</v>
+        <v>4.7499558899999101</v>
       </c>
       <c r="D42" s="5">
-        <v>10.252797443374128</v>
+        <v>10.257171164077628</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>589.33522037</v>
+        <v>589.33550937999996</v>
       </c>
       <c r="C43" s="5">
-        <v>3.2182351400000471</v>
+        <v>3.2177003900000045</v>
       </c>
       <c r="D43" s="5">
-        <v>6.7915951454749157</v>
+        <v>6.7904225131346418</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>590.29767594999998</v>
+        <v>590.29810861999999</v>
       </c>
       <c r="C44" s="5">
-        <v>0.96245557999998255</v>
+        <v>0.96259924000003139</v>
       </c>
       <c r="D44" s="5">
-        <v>1.977443834117909</v>
+        <v>1.9777406733637815</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>592.67097244000001</v>
+        <v>592.67133454999998</v>
       </c>
       <c r="C45" s="5">
-        <v>2.3732964900000297</v>
+        <v>2.3732259299999896</v>
       </c>
       <c r="D45" s="5">
-        <v>4.9327379014824757</v>
+        <v>4.9325842935661779</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>592.98048871000003</v>
+        <v>592.98053399000003</v>
       </c>
       <c r="C46" s="5">
-        <v>0.30951627000001736</v>
+        <v>0.30919944000004307</v>
       </c>
       <c r="D46" s="5">
-        <v>0.62849074043422881</v>
+        <v>0.62784516692797609</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>593.40481877000002</v>
+        <v>593.40477134000002</v>
       </c>
       <c r="C47" s="5">
-        <v>0.42433005999998841</v>
+        <v>0.42423734999999851</v>
       </c>
       <c r="D47" s="5">
-        <v>0.86209400074295228</v>
+        <v>0.86190483778758598</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>595.75338717</v>
+        <v>595.75329684999997</v>
       </c>
       <c r="C48" s="5">
-        <v>2.3485683999999765</v>
+        <v>2.3485255099999449</v>
       </c>
       <c r="D48" s="5">
-        <v>4.8541003085360579</v>
+        <v>4.8540101200502672</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>598.10455118000004</v>
+        <v>598.10447354999997</v>
       </c>
       <c r="C49" s="5">
-        <v>2.3511640100000477</v>
+        <v>2.3511766999999963</v>
       </c>
       <c r="D49" s="5">
-        <v>4.8400073727833837</v>
+        <v>4.840034815285188</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>597.45958070999995</v>
+        <v>597.45951368999999</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.64497047000008934</v>
+        <v>-0.64495985999997174</v>
       </c>
       <c r="D50" s="5">
-        <v>-1.2863815621837471</v>
+        <v>-1.2863606920562654</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>598.86164828000005</v>
+        <v>598.86141114999998</v>
       </c>
       <c r="C51" s="5">
-        <v>1.4020675700000993</v>
+        <v>1.4018974599999865</v>
       </c>
       <c r="D51" s="5">
-        <v>2.8526909279060542</v>
+        <v>2.8523406619710867</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>599.78380574000005</v>
+        <v>599.78369860999999</v>
       </c>
       <c r="C52" s="5">
-        <v>0.92215745999999399</v>
+        <v>0.92228746000000683</v>
       </c>
       <c r="D52" s="5">
-        <v>1.8635508313983751</v>
+        <v>1.8638165166850351</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>602.41856987000006</v>
+        <v>602.41756965000002</v>
       </c>
       <c r="C53" s="5">
-        <v>2.6347641300000078</v>
+        <v>2.6338710400000309</v>
       </c>
       <c r="D53" s="5">
-        <v>5.4006726153373652</v>
+        <v>5.3987985309869257</v>
       </c>
       <c r="E53" s="5">
-        <v>3.6206976146023973</v>
+        <v>3.6207224802261795</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>607.04516100000001</v>
+        <v>607.04561311999998</v>
       </c>
       <c r="C54" s="5">
-        <v>4.6265911299999516</v>
+        <v>4.628043469999966</v>
       </c>
       <c r="D54" s="5">
-        <v>9.6154596304953479</v>
+        <v>9.6186233490059614</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>609.41112289</v>
+        <v>609.41131994</v>
       </c>
       <c r="C55" s="5">
-        <v>2.3659618899999941</v>
+        <v>2.365706820000014</v>
       </c>
       <c r="D55" s="5">
-        <v>4.7785783082982425</v>
+        <v>4.7780484113582711</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>611.3905532</v>
+        <v>611.39080262000004</v>
       </c>
       <c r="C56" s="5">
-        <v>1.9794303099999979</v>
+        <v>1.9794826800000465</v>
       </c>
       <c r="D56" s="5">
-        <v>3.9681146136116618</v>
+        <v>3.9682201749543733</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>616.86931099000003</v>
+        <v>616.86999863999995</v>
       </c>
       <c r="C57" s="5">
-        <v>5.4787577900000315</v>
+        <v>5.4791960199999039</v>
       </c>
       <c r="D57" s="5">
-        <v>11.299519505500299</v>
+        <v>11.300463488781642</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>615.70769274999998</v>
+        <v>615.70766509999999</v>
       </c>
       <c r="C58" s="5">
-        <v>-1.1616182400000525</v>
+        <v>-1.1623335399999633</v>
       </c>
       <c r="D58" s="5">
-        <v>-2.2364463253728761</v>
+        <v>-2.2378067726099959</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>617.45692043999998</v>
+        <v>617.45688565</v>
       </c>
       <c r="C59" s="5">
-        <v>1.7492276899999979</v>
+        <v>1.7492205500000182</v>
       </c>
       <c r="D59" s="5">
-        <v>3.4629824579773594</v>
+        <v>3.4629682591256428</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>622.42974598000001</v>
+        <v>622.42972154999995</v>
       </c>
       <c r="C60" s="5">
-        <v>4.9728255400000307</v>
+        <v>4.97283589999995</v>
       </c>
       <c r="D60" s="5">
-        <v>10.104260110274099</v>
+        <v>10.104282696539734</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>621.58135818000005</v>
+        <v>621.58134519999999</v>
       </c>
       <c r="C61" s="5">
-        <v>-0.84838779999995495</v>
+        <v>-0.84837634999996681</v>
       </c>
       <c r="D61" s="5">
-        <v>-1.6234247554878123</v>
+        <v>-1.623403072672891</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>625.20704169999999</v>
+        <v>625.20708926999998</v>
       </c>
       <c r="C62" s="5">
-        <v>3.6256835199999387</v>
+        <v>3.6257440699999961</v>
       </c>
       <c r="D62" s="5">
-        <v>7.2285805418310201</v>
+        <v>7.2287053161010695</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>629.06254420000005</v>
+        <v>629.06238546999998</v>
       </c>
       <c r="C63" s="5">
-        <v>3.8555025000000569</v>
+        <v>3.855296199999998</v>
       </c>
       <c r="D63" s="5">
-        <v>7.656336051017254</v>
+        <v>7.6559117808057797</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>631.78701749000004</v>
+        <v>631.78685499999995</v>
       </c>
       <c r="C64" s="5">
-        <v>2.7244732899999917</v>
+        <v>2.7244695299999648</v>
       </c>
       <c r="D64" s="5">
-        <v>5.322811521967008</v>
+        <v>5.3228053754290627</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>636.32906558000002</v>
+        <v>636.32813532</v>
       </c>
       <c r="C65" s="5">
-        <v>4.5420480899999802</v>
+        <v>4.5412803200000553</v>
       </c>
       <c r="D65" s="5">
-        <v>8.9764766564351071</v>
+        <v>8.9749012256384209</v>
       </c>
       <c r="E65" s="5">
-        <v>5.629058831522693</v>
+        <v>5.6290797909001489</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>636.70706717999997</v>
+        <v>636.70718147000002</v>
       </c>
       <c r="C66" s="5">
-        <v>0.37800159999994776</v>
+        <v>0.37904615000002195</v>
       </c>
       <c r="D66" s="5">
-        <v>0.71517535083425177</v>
+        <v>0.71715916037935479</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>638.93659852999997</v>
+        <v>638.93650783999999</v>
       </c>
       <c r="C67" s="5">
-        <v>2.229531350000002</v>
+        <v>2.229326369999967</v>
       </c>
       <c r="D67" s="5">
-        <v>4.2838701624815956</v>
+        <v>4.2834679103468609</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>640.50056307</v>
+        <v>640.50056729000005</v>
       </c>
       <c r="C68" s="5">
-        <v>1.563964540000029</v>
+        <v>1.5640594500000589</v>
       </c>
       <c r="D68" s="5">
-        <v>2.9771826296227877</v>
+        <v>2.9773661691981035</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>641.51179746000003</v>
+        <v>641.51278320999995</v>
       </c>
       <c r="C69" s="5">
-        <v>1.0112343900000269</v>
+        <v>1.0122159199999032</v>
       </c>
       <c r="D69" s="5">
-        <v>1.9111211764800906</v>
+        <v>1.9129923000087645</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>645.21461004000003</v>
+        <v>645.21486505999997</v>
       </c>
       <c r="C70" s="5">
-        <v>3.7028125799999998</v>
+        <v>3.7020818500000132</v>
       </c>
       <c r="D70" s="5">
-        <v>7.1505844685786801</v>
+        <v>7.1491169161129076</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>646.56205709999995</v>
+        <v>646.56190609999999</v>
       </c>
       <c r="C71" s="5">
-        <v>1.3474470599999222</v>
+        <v>1.3470410400000219</v>
       </c>
       <c r="D71" s="5">
-        <v>2.5350302573223349</v>
+        <v>2.5342565827229935</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>648.57603716000006</v>
+        <v>648.57603884000002</v>
       </c>
       <c r="C72" s="5">
-        <v>2.0139800600001081</v>
+        <v>2.0141327400000364</v>
       </c>
       <c r="D72" s="5">
-        <v>3.8025942607106566</v>
+        <v>3.8028883960565363</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>650.53503221999995</v>
+        <v>650.53521121000006</v>
       </c>
       <c r="C73" s="5">
-        <v>1.9589950599998929</v>
+        <v>1.959172370000033</v>
       </c>
       <c r="D73" s="5">
-        <v>3.6853697756468629</v>
+        <v>3.6857088925901893</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>651.97758053999996</v>
+        <v>651.97784223999997</v>
       </c>
       <c r="C74" s="5">
-        <v>1.4425483200000144</v>
+        <v>1.4426310299999159</v>
       </c>
       <c r="D74" s="5">
-        <v>2.6936705260957705</v>
+        <v>2.6938261088176541</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>652.59508975000006</v>
+        <v>652.59512262999999</v>
       </c>
       <c r="C75" s="5">
-        <v>0.61750921000009384</v>
+        <v>0.617280390000019</v>
       </c>
       <c r="D75" s="5">
-        <v>1.1424984284760242</v>
+        <v>1.1420724042694008</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>654.84815753999999</v>
+        <v>654.84791985000004</v>
       </c>
       <c r="C76" s="5">
-        <v>2.2530677899999318</v>
+        <v>2.2527972200000477</v>
       </c>
       <c r="D76" s="5">
-        <v>4.2225508240533838</v>
+        <v>4.2220338566786531</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>656.85240683999996</v>
+        <v>656.85135767999998</v>
       </c>
       <c r="C77" s="5">
-        <v>2.0042492999999695</v>
+        <v>2.0034378299999389</v>
       </c>
       <c r="D77" s="5">
-        <v>3.7352189435676308</v>
+        <v>3.7336824885948694</v>
       </c>
       <c r="E77" s="5">
-        <v>3.2252716982672069</v>
+        <v>3.2252577280241113</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>656.78081666000003</v>
+        <v>656.78082601000006</v>
       </c>
       <c r="C78" s="5">
-        <v>-7.1590179999930115E-2</v>
+        <v>-7.0531669999922997E-2</v>
       </c>
       <c r="D78" s="5">
-        <v>-0.13070932933700874</v>
+        <v>-0.12877804889664946</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>656.75079775999995</v>
+        <v>656.74993552000001</v>
       </c>
       <c r="C79" s="5">
-        <v>-3.001890000007279E-2</v>
+        <v>-3.0890490000047066E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>-5.4833553224753473E-2</v>
+        <v>-5.6425216816902157E-2</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>657.42618914000002</v>
+        <v>657.42509414000006</v>
       </c>
       <c r="C80" s="5">
-        <v>0.6753913800000646</v>
+        <v>0.67515862000004745</v>
       </c>
       <c r="D80" s="5">
-        <v>1.2410635999227093</v>
+        <v>1.2406351092319579</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>659.77521750999995</v>
+        <v>659.77706053999998</v>
       </c>
       <c r="C81" s="5">
-        <v>2.3490283699999281</v>
+        <v>2.3519663999999239</v>
       </c>
       <c r="D81" s="5">
-        <v>4.3729540538112621</v>
+        <v>4.3785389972451849</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>662.53160953999998</v>
+        <v>662.53258604999996</v>
       </c>
       <c r="C82" s="5">
-        <v>2.7563920300000291</v>
+        <v>2.755525509999984</v>
       </c>
       <c r="D82" s="5">
-        <v>5.1301437619506229</v>
+        <v>5.1284791302671939</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>663.77694477</v>
+        <v>663.77688123999997</v>
       </c>
       <c r="C83" s="5">
-        <v>1.2453352300000233</v>
+        <v>1.2442951900000025</v>
       </c>
       <c r="D83" s="5">
-        <v>2.2790592954555322</v>
+        <v>2.2771328476496322</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>663.28095698000004</v>
+        <v>663.28095087999998</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.4959877899999583</v>
+        <v>-0.49593035999998847</v>
       </c>
       <c r="D84" s="5">
-        <v>-0.89298881773942629</v>
+        <v>-0.89288592895647723</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>666.88488054000004</v>
+        <v>666.88530782999999</v>
       </c>
       <c r="C85" s="5">
-        <v>3.6039235599999984</v>
+        <v>3.6043569500000103</v>
       </c>
       <c r="D85" s="5">
-        <v>6.7185979281566333</v>
+        <v>6.7194302362933556</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>667.45915076000006</v>
+        <v>667.45955388000004</v>
       </c>
       <c r="C86" s="5">
-        <v>0.57427022000001671</v>
+        <v>0.57424605000005613</v>
       </c>
       <c r="D86" s="5">
-        <v>1.0382563569643954</v>
+        <v>1.0382117830987747</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>672.62746977999996</v>
+        <v>672.62757486999999</v>
       </c>
       <c r="C87" s="5">
-        <v>5.168319019999899</v>
+        <v>5.1680209899999454</v>
       </c>
       <c r="D87" s="5">
-        <v>9.6980475891832452</v>
+        <v>9.6974582175926027</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>676.25084546999994</v>
+        <v>676.25032892000002</v>
       </c>
       <c r="C88" s="5">
-        <v>3.6233756899999889</v>
+        <v>3.6227540500000259</v>
       </c>
       <c r="D88" s="5">
-        <v>6.6592821445093486</v>
+        <v>6.6581045274545003</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>676.44603252000002</v>
+        <v>676.44508661999998</v>
       </c>
       <c r="C89" s="5">
-        <v>0.1951870500000723</v>
+        <v>0.19475769999996828</v>
       </c>
       <c r="D89" s="5">
-        <v>0.34690772534200498</v>
+        <v>0.34614369336765094</v>
       </c>
       <c r="E89" s="5">
-        <v>2.9829571264359922</v>
+        <v>2.9829776114348228</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>678.63366489999999</v>
+        <v>678.63363254000001</v>
       </c>
       <c r="C90" s="5">
-        <v>2.1876323799999682</v>
+        <v>2.1885459200000241</v>
       </c>
       <c r="D90" s="5">
-        <v>3.9505882166693373</v>
+        <v>3.9522730464607969</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>681.58571006</v>
+        <v>681.58407384999998</v>
       </c>
       <c r="C91" s="5">
-        <v>2.9520451600000115</v>
+        <v>2.9504413099999738</v>
       </c>
       <c r="D91" s="5">
-        <v>5.3466963055596173</v>
+        <v>5.3437218894774263</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>685.87473269999998</v>
+        <v>685.87167314999999</v>
       </c>
       <c r="C92" s="5">
-        <v>4.2890226399999847</v>
+        <v>4.2875993000000108</v>
       </c>
       <c r="D92" s="5">
-        <v>7.8181631689127284</v>
+        <v>7.8154976601371606</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>687.29367776000004</v>
+        <v>687.29672142000004</v>
       </c>
       <c r="C93" s="5">
-        <v>1.4189450600000555</v>
+        <v>1.4250482700000475</v>
       </c>
       <c r="D93" s="5">
-        <v>2.5110165335438417</v>
+        <v>2.5219520952133978</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>689.73921828000005</v>
+        <v>689.74118610999994</v>
       </c>
       <c r="C94" s="5">
-        <v>2.4455405200000087</v>
+        <v>2.4444646899999043</v>
       </c>
       <c r="D94" s="5">
-        <v>4.3544223366612567</v>
+        <v>4.3524494815996739</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>691.10454374999995</v>
+        <v>691.10470948</v>
       </c>
       <c r="C95" s="5">
-        <v>1.3653254699999025</v>
+        <v>1.3635233700000526</v>
       </c>
       <c r="D95" s="5">
-        <v>2.4014093089544497</v>
+        <v>2.3981982183359341</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>691.53318252999998</v>
+        <v>691.53334116999997</v>
       </c>
       <c r="C96" s="5">
-        <v>0.42863878000002842</v>
+        <v>0.4286316899999747</v>
       </c>
       <c r="D96" s="5">
-        <v>0.74681145332211596</v>
+        <v>0.74679887864732564</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>694.02984489999994</v>
+        <v>694.03068470999995</v>
       </c>
       <c r="C97" s="5">
-        <v>2.4966623699999673</v>
+        <v>2.4973435399999744</v>
       </c>
       <c r="D97" s="5">
-        <v>4.4194662096558535</v>
+        <v>4.4206949977807719</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>696.35638601999995</v>
+        <v>696.35692791999998</v>
       </c>
       <c r="C98" s="5">
-        <v>2.3265411200000017</v>
+        <v>2.3262432100000296</v>
       </c>
       <c r="D98" s="5">
-        <v>4.0976664346222602</v>
+        <v>4.09712697495066</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>699.07239521999998</v>
+        <v>699.07242937000001</v>
       </c>
       <c r="C99" s="5">
-        <v>2.7160092000000304</v>
+        <v>2.7155014500000334</v>
       </c>
       <c r="D99" s="5">
-        <v>4.7820969742891073</v>
+        <v>4.781179913573097</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>699.32211405999999</v>
+        <v>699.32123510999998</v>
       </c>
       <c r="C100" s="5">
-        <v>0.2497188400000141</v>
+        <v>0.24880573999996614</v>
       </c>
       <c r="D100" s="5">
-        <v>0.4295006537248014</v>
+        <v>0.42792708290879666</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>700.94346860999997</v>
+        <v>700.942542</v>
       </c>
       <c r="C101" s="5">
-        <v>1.6213545499999782</v>
+        <v>1.621306890000028</v>
       </c>
       <c r="D101" s="5">
-        <v>2.8179116966804418</v>
+        <v>2.8178313915123709</v>
       </c>
       <c r="E101" s="5">
-        <v>3.6214915769020584</v>
+        <v>3.6214994926501376</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>706.38090282999997</v>
+        <v>706.38080472000001</v>
       </c>
       <c r="C102" s="5">
-        <v>5.4374342200000001</v>
+        <v>5.4382627200000115</v>
       </c>
       <c r="D102" s="5">
-        <v>9.7163809133731469</v>
+        <v>9.7179385327299315</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>705.91094483999996</v>
+        <v>705.90860206000002</v>
       </c>
       <c r="C103" s="5">
-        <v>-0.4699579900000117</v>
+        <v>-0.47220265999999356</v>
       </c>
       <c r="D103" s="5">
-        <v>-0.79544983020093385</v>
+        <v>-0.7992353063870361</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>707.56678507000004</v>
+        <v>707.56183161000001</v>
       </c>
       <c r="C104" s="5">
-        <v>1.6558402300000807</v>
+        <v>1.6532295499999918</v>
       </c>
       <c r="D104" s="5">
-        <v>2.8514143965818084</v>
+        <v>2.8468702197401941</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>707.80574237999997</v>
+        <v>707.80944879000003</v>
       </c>
       <c r="C105" s="5">
-        <v>0.23895730999993248</v>
+        <v>0.2476171800000202</v>
       </c>
       <c r="D105" s="5">
-        <v>0.40601395895554226</v>
+        <v>0.42075928637437254</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>707.45029954999995</v>
+        <v>707.45314908</v>
       </c>
       <c r="C106" s="5">
-        <v>-0.35544283000001542</v>
+        <v>-0.35629971000003025</v>
       </c>
       <c r="D106" s="5">
-        <v>-0.60094920820100706</v>
+        <v>-0.60239078577107863</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>707.13027736000004</v>
+        <v>707.13133918000005</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.32002218999991783</v>
+        <v>-0.32180989999994836</v>
       </c>
       <c r="D107" s="5">
-        <v>-0.54148343280404632</v>
+        <v>-0.54449851960199913</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>713.13532092000003</v>
+        <v>713.13559548000001</v>
       </c>
       <c r="C108" s="5">
-        <v>6.0050435599999901</v>
+        <v>6.0042562999999518</v>
       </c>
       <c r="D108" s="5">
-        <v>10.680260075860604</v>
+        <v>10.678777078475754</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>715.14488855000002</v>
+        <v>715.14608256999998</v>
       </c>
       <c r="C109" s="5">
-        <v>2.0095676299999923</v>
+        <v>2.0104870899999696</v>
       </c>
       <c r="D109" s="5">
-        <v>3.4344240757729461</v>
+        <v>3.4360185681705957</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>717.82292136000001</v>
+        <v>717.82354569999995</v>
       </c>
       <c r="C110" s="5">
-        <v>2.6780328099999906</v>
+        <v>2.6774631299999783</v>
       </c>
       <c r="D110" s="5">
-        <v>4.5874073796301928</v>
+        <v>4.5864035337624065</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>720.64239455999996</v>
+        <v>720.64208671999995</v>
       </c>
       <c r="C111" s="5">
-        <v>2.8194731999999476</v>
+        <v>2.8185410199999978</v>
       </c>
       <c r="D111" s="5">
-        <v>4.8165417635445795</v>
+        <v>4.8149104833227874</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>722.77458186000001</v>
+        <v>722.77330359999996</v>
       </c>
       <c r="C112" s="5">
-        <v>2.1321873000000551</v>
+        <v>2.1312168800000109</v>
       </c>
       <c r="D112" s="5">
-        <v>3.6088283501695129</v>
+        <v>3.6071606266770306</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>724.22613937000006</v>
+        <v>724.22521158999996</v>
       </c>
       <c r="C113" s="5">
-        <v>1.4515575100000433</v>
+        <v>1.4519079899999952</v>
       </c>
       <c r="D113" s="5">
-        <v>2.4367743971288824</v>
+        <v>2.4373736326959605</v>
       </c>
       <c r="E113" s="5">
-        <v>3.3216189040423671</v>
+        <v>3.3216231281336439</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>727.90123077999999</v>
+        <v>727.90111801</v>
       </c>
       <c r="C114" s="5">
-        <v>3.6750914099999363</v>
+        <v>3.6759064200000466</v>
       </c>
       <c r="D114" s="5">
-        <v>6.2622717641365844</v>
+        <v>6.2637077680424369</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>727.32069678000005</v>
+        <v>727.31812735999995</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.58053399999994326</v>
+        <v>-0.58299065000005612</v>
       </c>
       <c r="D115" s="5">
-        <v>-0.95286704671514455</v>
+        <v>-0.95688170323097177</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>728.48489258999996</v>
+        <v>728.47887500000002</v>
       </c>
       <c r="C116" s="5">
-        <v>1.1641958099999101</v>
+        <v>1.1607476400000678</v>
       </c>
       <c r="D116" s="5">
-        <v>1.9377969638760595</v>
+        <v>1.9320139192980923</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>732.86684597999999</v>
+        <v>732.87063689000001</v>
       </c>
       <c r="C117" s="5">
-        <v>4.3819533900000351</v>
+        <v>4.3917618899999979</v>
       </c>
       <c r="D117" s="5">
-        <v>7.4618480890546346</v>
+        <v>7.4791721017924306</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>733.53434477999997</v>
+        <v>733.53774567000005</v>
       </c>
       <c r="C118" s="5">
-        <v>0.66749879999997574</v>
+        <v>0.66710878000003504</v>
       </c>
       <c r="D118" s="5">
-        <v>1.0984578110702747</v>
+        <v>1.0978070576042942</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>735.14265809000005</v>
+        <v>735.14403723999999</v>
       </c>
       <c r="C119" s="5">
-        <v>1.608313310000085</v>
+        <v>1.6062915699999394</v>
       </c>
       <c r="D119" s="5">
-        <v>2.6630253780230095</v>
+        <v>2.6596249059966937</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>736.90107697999997</v>
+        <v>736.90207562000001</v>
       </c>
       <c r="C120" s="5">
-        <v>1.7584188899999162</v>
+        <v>1.7580383800000163</v>
       </c>
       <c r="D120" s="5">
-        <v>2.9083947388045761</v>
+        <v>2.9077515539915444</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>738.06185450999999</v>
+        <v>738.06371997999997</v>
       </c>
       <c r="C121" s="5">
-        <v>1.1607775300000185</v>
+        <v>1.1616443599999684</v>
       </c>
       <c r="D121" s="5">
-        <v>1.9067207239035877</v>
+        <v>1.9081543589502425</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>742.06123259000003</v>
+        <v>742.06168003000005</v>
       </c>
       <c r="C122" s="5">
-        <v>3.9993780800000422</v>
+        <v>3.9979600500000743</v>
       </c>
       <c r="D122" s="5">
-        <v>6.6998476170124999</v>
+        <v>6.6973834511138808</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>740.89699912000003</v>
+        <v>740.89620950999995</v>
       </c>
       <c r="C123" s="5">
-        <v>-1.1642334699999992</v>
+        <v>-1.165470520000099</v>
       </c>
       <c r="D123" s="5">
-        <v>-1.8665407277644652</v>
+        <v>-1.8685057931361437</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>741.30038516000002</v>
+        <v>741.29900023000005</v>
       </c>
       <c r="C124" s="5">
-        <v>0.40338603999998668</v>
+        <v>0.40279072000009819</v>
       </c>
       <c r="D124" s="5">
-        <v>0.65530757252796334</v>
+        <v>0.65433827081085028</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>743.42163909999999</v>
+        <v>743.42028367</v>
       </c>
       <c r="C125" s="5">
-        <v>2.1212539399999741</v>
+        <v>2.1212834399999565</v>
       </c>
       <c r="D125" s="5">
-        <v>3.4883990409259935</v>
+        <v>3.4884549398909392</v>
       </c>
       <c r="E125" s="5">
-        <v>2.6504842460806533</v>
+        <v>2.650428592213494</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>747.48618784999996</v>
+        <v>747.48618162000002</v>
       </c>
       <c r="C126" s="5">
-        <v>4.0645487499999717</v>
+        <v>4.0658979500000214</v>
       </c>
       <c r="D126" s="5">
-        <v>6.7617509168305778</v>
+        <v>6.7640760835566249</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>748.45170857000005</v>
+        <v>748.44872436000003</v>
       </c>
       <c r="C127" s="5">
-        <v>0.96552072000008593</v>
+        <v>0.9625427400000035</v>
       </c>
       <c r="D127" s="5">
-        <v>1.5610878729983346</v>
+        <v>1.5562388314092956</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>747.88875892999999</v>
+        <v>747.88241969000001</v>
       </c>
       <c r="C128" s="5">
-        <v>-0.56294964000005621</v>
+        <v>-0.56630467000002227</v>
       </c>
       <c r="D128" s="5">
-        <v>-0.89885821308978153</v>
+        <v>-0.90419648596647972</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>751.91953489000002</v>
+        <v>751.92286657</v>
       </c>
       <c r="C129" s="5">
-        <v>4.0307759600000281</v>
+        <v>4.0404468799999904</v>
       </c>
       <c r="D129" s="5">
-        <v>6.6626446587529253</v>
+        <v>6.6791664110639193</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>755.38707189000002</v>
+        <v>755.39050915999997</v>
       </c>
       <c r="C130" s="5">
-        <v>3.467536999999993</v>
+        <v>3.4676425899999685</v>
       </c>
       <c r="D130" s="5">
-        <v>5.6764360321326368</v>
+        <v>5.6765874992767307</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>754.71886241000004</v>
+        <v>754.72078501999999</v>
       </c>
       <c r="C131" s="5">
-        <v>-0.66820947999997315</v>
+        <v>-0.66972413999997116</v>
       </c>
       <c r="D131" s="5">
-        <v>-1.0563612658875177</v>
+        <v>-1.0587393084393271</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>755.88789088999999</v>
+        <v>755.88980487000003</v>
       </c>
       <c r="C132" s="5">
-        <v>1.1690284799999517</v>
+        <v>1.1690198500000406</v>
       </c>
       <c r="D132" s="5">
-        <v>1.8746679015694712</v>
+        <v>1.8746491279521438</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>754.82616478</v>
+        <v>754.82866402000002</v>
       </c>
       <c r="C133" s="5">
-        <v>-1.0617261099999951</v>
+        <v>-1.0611408500000152</v>
       </c>
       <c r="D133" s="5">
-        <v>-1.6725689705219593</v>
+        <v>-1.6716498997390805</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>758.00484576999997</v>
+        <v>758.00500742999998</v>
       </c>
       <c r="C134" s="5">
-        <v>3.1786809899999753</v>
+        <v>3.1763434099999586</v>
       </c>
       <c r="D134" s="5">
-        <v>5.1720729199060012</v>
+        <v>5.1681634460734482</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>755.82695932000001</v>
+        <v>755.82552844999998</v>
       </c>
       <c r="C135" s="5">
-        <v>-2.17788644999996</v>
+        <v>-2.179478979999999</v>
       </c>
       <c r="D135" s="5">
-        <v>-3.393853574180794</v>
+        <v>-3.3962954267507839</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>757.11218667000003</v>
+        <v>757.11021641000002</v>
       </c>
       <c r="C136" s="5">
-        <v>1.2852273500000138</v>
+        <v>1.284687960000042</v>
       </c>
       <c r="D136" s="5">
-        <v>2.0597025937208802</v>
+        <v>2.0588340056243437</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>758.97713079000005</v>
+        <v>758.9752585</v>
       </c>
       <c r="C137" s="5">
-        <v>1.8649441200000183</v>
+        <v>1.8650420899999745</v>
       </c>
       <c r="D137" s="5">
-        <v>2.9962564927068946</v>
+        <v>2.9964239355578792</v>
       </c>
       <c r="E137" s="5">
-        <v>2.0924184704701032</v>
+        <v>2.0923527608381454</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>758.54003338999996</v>
+        <v>758.53997977999995</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.43709740000008424</v>
+        <v>-0.43527872000004209</v>
       </c>
       <c r="D138" s="5">
-        <v>-0.68889911647191937</v>
+        <v>-0.6860434593474074</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>761.05542868999999</v>
+        <v>761.05269770999996</v>
       </c>
       <c r="C139" s="5">
-        <v>2.5153953000000229</v>
+        <v>2.512717930000008</v>
       </c>
       <c r="D139" s="5">
-        <v>4.0527064273497393</v>
+        <v>4.0483141523671939</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>763.15473945999997</v>
+        <v>763.14951983000003</v>
       </c>
       <c r="C140" s="5">
-        <v>2.0993107699999882</v>
+        <v>2.0968221200000698</v>
       </c>
       <c r="D140" s="5">
-        <v>3.3607876526307034</v>
+        <v>3.3567552354702102</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>761.72766217000003</v>
+        <v>761.73008211000001</v>
       </c>
       <c r="C141" s="5">
-        <v>-1.4270772899999429</v>
+        <v>-1.419437720000019</v>
       </c>
       <c r="D141" s="5">
-        <v>-2.221029718562495</v>
+        <v>-2.209276208980171</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>764.01331307999999</v>
+        <v>764.01616856999999</v>
       </c>
       <c r="C142" s="5">
-        <v>2.2856509099999585</v>
+        <v>2.2860864599999786</v>
       </c>
       <c r="D142" s="5">
-        <v>3.6607598763933158</v>
+        <v>3.6614571950366326</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>767.19119001000001</v>
+        <v>767.19305800999996</v>
       </c>
       <c r="C143" s="5">
-        <v>3.1778769300000249</v>
+        <v>3.1768894399999681</v>
       </c>
       <c r="D143" s="5">
-        <v>5.1071277416184335</v>
+        <v>5.1054847694882666</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>764.67901236</v>
+        <v>764.68188356999997</v>
       </c>
       <c r="C144" s="5">
-        <v>-2.5121776500000124</v>
+        <v>-2.5111744399999907</v>
       </c>
       <c r="D144" s="5">
-        <v>-3.8594144900202298</v>
+        <v>-3.8578916904888794</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>765.84837150999999</v>
+        <v>765.85181105000004</v>
       </c>
       <c r="C145" s="5">
-        <v>1.1693591499999911</v>
+        <v>1.1699274800000694</v>
       </c>
       <c r="D145" s="5">
-        <v>1.8505718874242794</v>
+        <v>1.8514718706487798</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>762.37900372000001</v>
+        <v>762.37929107000002</v>
       </c>
       <c r="C146" s="5">
-        <v>-3.4693677899999784</v>
+        <v>-3.4725199800000155</v>
       </c>
       <c r="D146" s="5">
-        <v>-5.3026977737672958</v>
+        <v>-5.3073729336729381</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>757.84150704000001</v>
+        <v>757.83989623000002</v>
       </c>
       <c r="C147" s="5">
-        <v>-4.5374966800000038</v>
+        <v>-4.5393948399999999</v>
       </c>
       <c r="D147" s="5">
-        <v>-6.9128937596581563</v>
+        <v>-6.915689054282403</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>756.81898959</v>
+        <v>756.81700088000002</v>
       </c>
       <c r="C148" s="5">
-        <v>-1.0225174500000094</v>
+        <v>-1.0228953499999989</v>
       </c>
       <c r="D148" s="5">
-        <v>-1.6071384183943715</v>
+        <v>-1.6077313710236685</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>756.62585882999997</v>
+        <v>756.62377733000005</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.19313076000003093</v>
+        <v>-0.1932235499999706</v>
       </c>
       <c r="D149" s="5">
-        <v>-0.30579559131330702</v>
+        <v>-0.30594310788233381</v>
       </c>
       <c r="E149" s="5">
-        <v>-0.30979483631512483</v>
+        <v>-0.30982316533575416</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>757.93982729000004</v>
+        <v>757.94173119000004</v>
       </c>
       <c r="C150" s="5">
-        <v>1.3139684600000692</v>
+        <v>1.3179538599999887</v>
       </c>
       <c r="D150" s="5">
-        <v>2.1039592031886656</v>
+        <v>2.1104078487937494</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>758.83488539999996</v>
+        <v>758.82858581000005</v>
       </c>
       <c r="C151" s="5">
-        <v>0.89505810999992264</v>
+        <v>0.88685462000000825</v>
       </c>
       <c r="D151" s="5">
-        <v>1.4263313657560728</v>
+        <v>1.4131707739629018</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>760.20925459</v>
+        <v>760.20541687000002</v>
       </c>
       <c r="C152" s="5">
-        <v>1.3743691900000385</v>
+        <v>1.3768310599999722</v>
       </c>
       <c r="D152" s="5">
-        <v>2.1951696724275216</v>
+        <v>2.1991595819318865</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>762.47646653000004</v>
+        <v>762.47756243000003</v>
       </c>
       <c r="C153" s="5">
-        <v>2.2672119400000383</v>
+        <v>2.2721455600000127</v>
       </c>
       <c r="D153" s="5">
-        <v>3.6381136776499678</v>
+        <v>3.6461797855737998</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>764.11455332000003</v>
+        <v>764.11559267999996</v>
       </c>
       <c r="C154" s="5">
-        <v>1.6380867899999885</v>
+        <v>1.6380302499999289</v>
       </c>
       <c r="D154" s="5">
-        <v>2.6087338809782645</v>
+        <v>2.6086389778903429</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>761.93517623000002</v>
+        <v>761.93579173000001</v>
       </c>
       <c r="C155" s="5">
-        <v>-2.1793770900000027</v>
+        <v>-2.179800949999958</v>
       </c>
       <c r="D155" s="5">
-        <v>-3.3694095799540413</v>
+        <v>-3.3700501259322002</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>761.92045943000005</v>
+        <v>761.92470071000002</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.4716799999973773E-2</v>
+        <v>-1.1091019999980745E-2</v>
       </c>
       <c r="D156" s="5">
-        <v>-2.3175572654798859E-2</v>
+        <v>-1.7466246708908173E-2</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>763.30707240000004</v>
+        <v>763.31163004999996</v>
       </c>
       <c r="C157" s="5">
-        <v>1.3866129699999874</v>
+        <v>1.3869293399999378</v>
       </c>
       <c r="D157" s="5">
-        <v>2.205862829080063</v>
+        <v>2.2063587637467963</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>766.04861179</v>
+        <v>766.05170777000001</v>
       </c>
       <c r="C158" s="5">
-        <v>2.7415393899999572</v>
+        <v>2.7400777200000448</v>
       </c>
       <c r="D158" s="5">
-        <v>4.3961595953177612</v>
+        <v>4.3937425305611288</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>764.55831001000001</v>
+        <v>764.56193371999996</v>
       </c>
       <c r="C159" s="5">
-        <v>-1.4903017799999816</v>
+        <v>-1.4897740500000509</v>
       </c>
       <c r="D159" s="5">
-        <v>-2.3097102744713105</v>
+        <v>-2.3088918807143366</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>764.89932550000003</v>
+        <v>764.88930583000001</v>
       </c>
       <c r="C160" s="5">
-        <v>0.34101549000001796</v>
+        <v>0.32737211000005573</v>
       </c>
       <c r="D160" s="5">
-        <v>0.53655026182350962</v>
+        <v>0.51503088449844636</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>763.62644919000002</v>
+        <v>763.62945496999998</v>
       </c>
       <c r="C161" s="5">
-        <v>-1.2728763100000151</v>
+        <v>-1.2598508600000287</v>
       </c>
       <c r="D161" s="5">
-        <v>-1.9787554032355326</v>
+        <v>-1.9587151447515216</v>
       </c>
       <c r="E161" s="5">
-        <v>0.92523805237443302</v>
+        <v>0.92591296360282627</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>760.64433616999997</v>
+        <v>760.64998083</v>
       </c>
       <c r="C162" s="5">
-        <v>-2.9821130200000425</v>
+        <v>-2.9794741399999793</v>
       </c>
       <c r="D162" s="5">
-        <v>-4.5868834401936232</v>
+        <v>-4.5828935451026842</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>759.84454893999998</v>
+        <v>759.83359253000003</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.79978722999999263</v>
+        <v>-0.81638829999997142</v>
       </c>
       <c r="D163" s="5">
-        <v>-1.2544809766045328</v>
+        <v>-1.2803571043928375</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>760.49279058000002</v>
+        <v>760.48752912999998</v>
       </c>
       <c r="C164" s="5">
-        <v>0.64824164000003748</v>
+        <v>0.6539365999999518</v>
       </c>
       <c r="D164" s="5">
-        <v>1.0285661325522222</v>
+        <v>1.0376601842196465</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>759.34153522999998</v>
+        <v>759.33893690000002</v>
       </c>
       <c r="C165" s="5">
-        <v>-1.1512553500000422</v>
+        <v>-1.1485922299999629</v>
       </c>
       <c r="D165" s="5">
-        <v>-1.8015447150552699</v>
+        <v>-1.7974242143442898</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>758.35551740000005</v>
+        <v>758.35320853999997</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.98601782999992338</v>
+        <v>-0.98572836000005282</v>
       </c>
       <c r="D166" s="5">
-        <v>-1.5471397650383079</v>
+        <v>-1.5466940565111664</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>758.00073712999995</v>
+        <v>757.99830839000003</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.3547802700001057</v>
+        <v>-0.35490014999993491</v>
       </c>
       <c r="D167" s="5">
-        <v>-0.55995186580787282</v>
+        <v>-0.56014228740454142</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>758.52914175000001</v>
+        <v>758.53348290999998</v>
       </c>
       <c r="C168" s="5">
-        <v>0.52840462000006028</v>
+        <v>0.53517451999994137</v>
       </c>
       <c r="D168" s="5">
-        <v>0.83973840279190082</v>
+        <v>0.85054164850877356</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>758.58407922000004</v>
+        <v>758.59018013000002</v>
       </c>
       <c r="C169" s="5">
-        <v>5.4937470000027133E-2</v>
+        <v>5.66972200000464E-2</v>
       </c>
       <c r="D169" s="5">
-        <v>8.6946206247029423E-2</v>
+        <v>8.9731887278876599E-2</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>758.16454121000004</v>
+        <v>758.17347556000004</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.41953800999999658</v>
+        <v>-0.41670456999997896</v>
       </c>
       <c r="D170" s="5">
-        <v>-0.66164986297628792</v>
+        <v>-0.65718949133031224</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>762.51572057999999</v>
+        <v>762.52925892999997</v>
       </c>
       <c r="C171" s="5">
-        <v>4.3511793699999544</v>
+        <v>4.3557833699999264</v>
       </c>
       <c r="D171" s="5">
-        <v>7.1085142046519056</v>
+        <v>7.116188473189422</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>763.66700990000004</v>
+        <v>763.64269161000004</v>
       </c>
       <c r="C172" s="5">
-        <v>1.1512893200000462</v>
+        <v>1.1134326800000736</v>
       </c>
       <c r="D172" s="5">
-        <v>1.8269495857796691</v>
+        <v>1.7663610755169978</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>763.22524179000004</v>
+        <v>763.24738080999998</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.44176810999999816</v>
+        <v>-0.39531080000006114</v>
       </c>
       <c r="D173" s="5">
-        <v>-0.69197478621029207</v>
+        <v>-0.61943194049749462</v>
       </c>
       <c r="E173" s="5">
-        <v>-5.2539746419932865E-2</v>
+        <v>-5.0033973612895188E-2</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>763.57491789999995</v>
+        <v>763.59136058000001</v>
       </c>
       <c r="C174" s="5">
-        <v>0.34967610999990484</v>
+        <v>0.34397977000003266</v>
       </c>
       <c r="D174" s="5">
-        <v>0.55117452364787933</v>
+        <v>0.54215767398257952</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>764.37103606999995</v>
+        <v>764.34159402</v>
       </c>
       <c r="C175" s="5">
-        <v>0.79611816999999974</v>
+        <v>0.75023343999998815</v>
       </c>
       <c r="D175" s="5">
-        <v>1.258343071535406</v>
+        <v>1.1853997614748701</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>765.72287245999996</v>
+        <v>765.70965231000002</v>
       </c>
       <c r="C176" s="5">
-        <v>1.3518363900000168</v>
+        <v>1.3680582900000218</v>
       </c>
       <c r="D176" s="5">
-        <v>2.1430382537558135</v>
+        <v>2.1690925536017591</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>766.76876178999999</v>
+        <v>766.76187990999995</v>
       </c>
       <c r="C177" s="5">
-        <v>1.0458893300000227</v>
+        <v>1.0522275999999238</v>
       </c>
       <c r="D177" s="5">
-        <v>1.6514313817842297</v>
+        <v>1.6615440062040188</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>766.46900804999996</v>
+        <v>766.46293582999999</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.2997537400000283</v>
+        <v>-0.29894407999995565</v>
       </c>
       <c r="D178" s="5">
-        <v>-0.46810995006585365</v>
+        <v>-0.46685243696802381</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>768.07499517999997</v>
+        <v>768.06994834</v>
       </c>
       <c r="C179" s="5">
-        <v>1.6059871300000168</v>
+        <v>1.6070125100000041</v>
       </c>
       <c r="D179" s="5">
-        <v>2.5435465936958002</v>
+        <v>2.5452097502626225</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>771.02735396000003</v>
+        <v>771.03214615000002</v>
       </c>
       <c r="C180" s="5">
-        <v>2.9523587800000541</v>
+        <v>2.9621978100000206</v>
       </c>
       <c r="D180" s="5">
-        <v>4.7113862873161549</v>
+        <v>4.7274537199930133</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>772.31859459999998</v>
+        <v>772.3271307</v>
       </c>
       <c r="C181" s="5">
-        <v>1.2912406399999554</v>
+        <v>1.294984549999981</v>
       </c>
       <c r="D181" s="5">
-        <v>2.0282560066163802</v>
+        <v>2.0341785399737189</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>771.12104380999995</v>
+        <v>771.13723766999999</v>
       </c>
       <c r="C182" s="5">
-        <v>-1.1975507900000366</v>
+        <v>-1.1898930300000075</v>
       </c>
       <c r="D182" s="5">
-        <v>-1.8449231460156978</v>
+        <v>-1.8332054513703011</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>771.94699193999998</v>
+        <v>771.97167578999995</v>
       </c>
       <c r="C183" s="5">
-        <v>0.82594813000002887</v>
+        <v>0.83443811999995887</v>
       </c>
       <c r="D183" s="5">
-        <v>1.2929195821131279</v>
+        <v>1.3062612138581287</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>772.09331787999997</v>
+        <v>772.05701769999996</v>
       </c>
       <c r="C184" s="5">
-        <v>0.14632593999999699</v>
+        <v>8.5341910000011012E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>0.22770255980144594</v>
+        <v>0.13274137705459044</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>771.92214233000004</v>
+        <v>771.96380335000003</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.1711755499999299</v>
+        <v>-9.3214349999925616E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>-0.26571966000404901</v>
+        <v>-0.14478590225549537</v>
       </c>
       <c r="E185" s="5">
-        <v>1.1394933060131951</v>
+        <v>1.1420180087286624</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>778.84507783000004</v>
+        <v>778.86951110999996</v>
       </c>
       <c r="C186" s="5">
-        <v>6.9229354999999941</v>
+        <v>6.9057077599999275</v>
       </c>
       <c r="D186" s="5">
-        <v>11.309176709076496</v>
+        <v>11.278995940284009</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>780.98994422999999</v>
+        <v>780.94636083</v>
       </c>
       <c r="C187" s="5">
-        <v>2.1448663999999553</v>
+        <v>2.0768497200000411</v>
       </c>
       <c r="D187" s="5">
-        <v>3.3552043559379241</v>
+        <v>3.2471378355796165</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>781.71760155000004</v>
+        <v>781.69417352999994</v>
       </c>
       <c r="C188" s="5">
-        <v>0.72765732000004846</v>
+        <v>0.74781269999994038</v>
       </c>
       <c r="D188" s="5">
-        <v>1.1238010125579345</v>
+        <v>1.1551581044226156</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>785.64175220000004</v>
+        <v>785.62871359999997</v>
       </c>
       <c r="C189" s="5">
-        <v>3.9241506500000014</v>
+        <v>3.9345400700000255</v>
       </c>
       <c r="D189" s="5">
-        <v>6.1930211478188779</v>
+        <v>6.210065380608909</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>786.77595857999995</v>
+        <v>786.76599999999996</v>
       </c>
       <c r="C190" s="5">
-        <v>1.1342063799999096</v>
+        <v>1.1372863999999936</v>
       </c>
       <c r="D190" s="5">
-        <v>1.7462243920151277</v>
+        <v>1.7510335020686218</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>788.54492098000003</v>
+        <v>788.53784098999995</v>
       </c>
       <c r="C191" s="5">
-        <v>1.7689624000000777</v>
+        <v>1.771840989999987</v>
       </c>
       <c r="D191" s="5">
-        <v>2.7316577653003771</v>
+        <v>2.7361931925669714</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>792.89068189</v>
+        <v>792.89697305000004</v>
       </c>
       <c r="C192" s="5">
-        <v>4.3457609099999672</v>
+        <v>4.3591320600000927</v>
       </c>
       <c r="D192" s="5">
-        <v>6.8175229731264775</v>
+        <v>6.8392044555467768</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>794.03688810999995</v>
+        <v>794.04735249999999</v>
       </c>
       <c r="C193" s="5">
-        <v>1.1462062199999536</v>
+        <v>1.1503794499999458</v>
       </c>
       <c r="D193" s="5">
-        <v>1.748584394914654</v>
+        <v>1.7549876805284415</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>797.45306089999997</v>
+        <v>797.47516925000002</v>
       </c>
       <c r="C194" s="5">
-        <v>3.4161727900000187</v>
+        <v>3.4278167500000336</v>
       </c>
       <c r="D194" s="5">
-        <v>5.2866744295333445</v>
+        <v>5.3050523689852858</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>799.90708769000003</v>
+        <v>799.94022543000005</v>
       </c>
       <c r="C195" s="5">
-        <v>2.4540267900000572</v>
+        <v>2.4650561800000332</v>
       </c>
       <c r="D195" s="5">
-        <v>3.7559441997738974</v>
+        <v>3.7730065807254354</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>802.53416654</v>
+        <v>802.49477824999997</v>
       </c>
       <c r="C196" s="5">
-        <v>2.6270788499999753</v>
+        <v>2.5545528199999126</v>
       </c>
       <c r="D196" s="5">
-        <v>4.0130498158385652</v>
+        <v>3.900143950364221</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>804.82370191999996</v>
+        <v>804.88161001000003</v>
       </c>
       <c r="C197" s="5">
-        <v>2.2895353799999612</v>
+        <v>2.3868317600000637</v>
       </c>
       <c r="D197" s="5">
-        <v>3.4776896541855784</v>
+        <v>3.6280854272946694</v>
       </c>
       <c r="E197" s="5">
-        <v>4.2622899105716261</v>
+        <v>4.2641645265167227</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>809.47060180000005</v>
+        <v>809.50190227999997</v>
       </c>
       <c r="C198" s="5">
-        <v>4.6468998800000918</v>
+        <v>4.6202922699999363</v>
       </c>
       <c r="D198" s="5">
-        <v>7.1528867001393603</v>
+        <v>7.110100620768578</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>810.02709357000003</v>
+        <v>809.96690582999997</v>
       </c>
       <c r="C199" s="5">
-        <v>0.55649176999997962</v>
+        <v>0.46500355000000582</v>
       </c>
       <c r="D199" s="5">
-        <v>0.82809790953641826</v>
+        <v>0.69150002335858218</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>813.92403698999999</v>
+        <v>813.89002373999995</v>
       </c>
       <c r="C200" s="5">
-        <v>3.8969434199999569</v>
+        <v>3.9231179099999736</v>
       </c>
       <c r="D200" s="5">
-        <v>5.928286896303181</v>
+        <v>5.9696273754043849</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>817.40918911000006</v>
+        <v>817.38932335000004</v>
       </c>
       <c r="C201" s="5">
-        <v>3.4851521200000661</v>
+        <v>3.4992996100000937</v>
       </c>
       <c r="D201" s="5">
-        <v>5.2610493869057251</v>
+        <v>5.2831394391151587</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>818.72139217999995</v>
+        <v>818.71065824000004</v>
       </c>
       <c r="C202" s="5">
-        <v>1.3122030699998959</v>
+        <v>1.3213348900000028</v>
       </c>
       <c r="D202" s="5">
-        <v>1.9434835158975483</v>
+        <v>1.9571769774853864</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>820.93635829000004</v>
+        <v>820.92768460000002</v>
       </c>
       <c r="C203" s="5">
-        <v>2.2149661100000912</v>
+        <v>2.2170263599999771</v>
       </c>
       <c r="D203" s="5">
-        <v>3.2952207972561709</v>
+        <v>3.298375528682862</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>822.36911035000003</v>
+        <v>822.37809342000003</v>
       </c>
       <c r="C204" s="5">
-        <v>1.4327520599999843</v>
+        <v>1.4504088200000069</v>
       </c>
       <c r="D204" s="5">
-        <v>2.114539526123238</v>
+        <v>2.1408750009264566</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>824.49864603000003</v>
+        <v>824.51067149999994</v>
       </c>
       <c r="C205" s="5">
-        <v>2.1295356800000036</v>
+        <v>2.1325780799999166</v>
       </c>
       <c r="D205" s="5">
-        <v>3.1520569261397569</v>
+        <v>3.1565896179437392</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>827.50980869</v>
+        <v>827.53614244000005</v>
       </c>
       <c r="C206" s="5">
-        <v>3.0111626599999681</v>
+        <v>3.0254709400001047</v>
       </c>
       <c r="D206" s="5">
-        <v>4.4716471083705578</v>
+        <v>4.4932590466067568</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>829.03761947999999</v>
+        <v>829.07612846999996</v>
       </c>
       <c r="C207" s="5">
-        <v>1.5278107899999895</v>
+        <v>1.5399860299999091</v>
       </c>
       <c r="D207" s="5">
-        <v>2.2381668345313743</v>
+        <v>2.2561133844764214</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>829.93124296999997</v>
+        <v>829.89353273999996</v>
       </c>
       <c r="C208" s="5">
-        <v>0.89362348999998176</v>
+        <v>0.81740426999999727</v>
       </c>
       <c r="D208" s="5">
-        <v>1.3011815752156375</v>
+        <v>1.1895428266644581</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>831.33030875999998</v>
+        <v>831.39396900999998</v>
       </c>
       <c r="C209" s="5">
-        <v>1.3990657900000087</v>
+        <v>1.5004362700000229</v>
       </c>
       <c r="D209" s="5">
-        <v>2.0417749085950287</v>
+        <v>2.1912884804803134</v>
       </c>
       <c r="E209" s="5">
-        <v>3.2934674732820968</v>
+        <v>3.2939451802943553</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>832.15497470000003</v>
+        <v>832.18473518999997</v>
       </c>
       <c r="C210" s="5">
-        <v>0.82466594000004534</v>
+        <v>0.79076617999999144</v>
       </c>
       <c r="D210" s="5">
-        <v>1.1968963158636825</v>
+        <v>1.147349199277925</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>835.59289882999997</v>
+        <v>835.53153827999995</v>
       </c>
       <c r="C211" s="5">
-        <v>3.4379241299999421</v>
+        <v>3.3468030899999803</v>
       </c>
       <c r="D211" s="5">
-        <v>5.0718359938210611</v>
+        <v>4.9342415919172877</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>837.13717416999998</v>
+        <v>837.09765992999996</v>
       </c>
       <c r="C212" s="5">
-        <v>1.5442753400000129</v>
+        <v>1.5661216500000137</v>
       </c>
       <c r="D212" s="5">
-        <v>2.2404251730809621</v>
+        <v>2.2726157273193159</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>838.01525332000006</v>
+        <v>837.99022360000004</v>
       </c>
       <c r="C213" s="5">
-        <v>0.87807915000007597</v>
+        <v>0.89256367000007231</v>
       </c>
       <c r="D213" s="5">
-        <v>1.2659753639092663</v>
+        <v>1.287042224668844</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>841.95706670000004</v>
+        <v>841.94993251000005</v>
       </c>
       <c r="C214" s="5">
-        <v>3.941813379999985</v>
+        <v>3.9597089100000176</v>
       </c>
       <c r="D214" s="5">
-        <v>5.7928394269381567</v>
+        <v>5.8200040731227087</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>843.64017827999999</v>
+        <v>843.63073338000004</v>
       </c>
       <c r="C215" s="5">
-        <v>1.6831115799999452</v>
+        <v>1.6808008699999846</v>
       </c>
       <c r="D215" s="5">
-        <v>2.4254075431278332</v>
+        <v>2.4220618541535899</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>846.71895959000005</v>
+        <v>846.72855631000004</v>
       </c>
       <c r="C216" s="5">
-        <v>3.0787813100000676</v>
+        <v>3.0978229300000066</v>
       </c>
       <c r="D216" s="5">
-        <v>4.4682589437402553</v>
+        <v>4.4965060730744355</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>847.83253948000004</v>
+        <v>847.84376851000002</v>
       </c>
       <c r="C217" s="5">
-        <v>1.1135798899999827</v>
+        <v>1.1152121999999736</v>
       </c>
       <c r="D217" s="5">
-        <v>1.5896707721609005</v>
+        <v>1.5919996778673173</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>849.89317215000005</v>
+        <v>849.91858133999995</v>
       </c>
       <c r="C218" s="5">
-        <v>2.0606326700000182</v>
+        <v>2.074812829999928</v>
       </c>
       <c r="D218" s="5">
-        <v>2.9558706352443842</v>
+        <v>2.9764459509167507</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>850.60217667999996</v>
+        <v>850.63835440000003</v>
       </c>
       <c r="C219" s="5">
-        <v>0.70900452999990193</v>
+        <v>0.71977306000007957</v>
       </c>
       <c r="D219" s="5">
-        <v>1.005679361010392</v>
+        <v>1.0209944120764591</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>854.80587949999995</v>
+        <v>854.77622631999998</v>
       </c>
       <c r="C220" s="5">
-        <v>4.2037028199999895</v>
+        <v>4.1378719199999523</v>
       </c>
       <c r="D220" s="5">
-        <v>6.0943193788524086</v>
+        <v>5.9960517061625529</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>857.87325739000005</v>
+        <v>857.93755851000003</v>
       </c>
       <c r="C221" s="5">
-        <v>3.0673778900001025</v>
+        <v>3.1613321900000528</v>
       </c>
       <c r="D221" s="5">
-        <v>4.3920794599141111</v>
+        <v>4.5295187472267573</v>
       </c>
       <c r="E221" s="5">
-        <v>3.1928282116396201</v>
+        <v>3.1926608189866146</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>859.61989229000005</v>
+        <v>859.64753581000002</v>
       </c>
       <c r="C222" s="5">
-        <v>1.7466349000000037</v>
+        <v>1.7099772999999914</v>
       </c>
       <c r="D222" s="5">
-        <v>2.4707525608916425</v>
+        <v>2.4181445069684226</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>861.80755060000001</v>
+        <v>861.74522331000003</v>
       </c>
       <c r="C223" s="5">
-        <v>2.1876583099999607</v>
+        <v>2.0976875000000064</v>
       </c>
       <c r="D223" s="5">
-        <v>3.0970064148419185</v>
+        <v>2.9678266215293458</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>862.37419678000003</v>
+        <v>862.33249826999997</v>
       </c>
       <c r="C224" s="5">
-        <v>0.56664618000002065</v>
+        <v>0.58727495999994517</v>
       </c>
       <c r="D224" s="5">
-        <v>0.79187030498391042</v>
+        <v>0.82086610614302558</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>864.32447123999998</v>
+        <v>864.29781061000006</v>
       </c>
       <c r="C225" s="5">
-        <v>1.950274459999946</v>
+        <v>1.9653123400000823</v>
       </c>
       <c r="D225" s="5">
-        <v>2.747832381183879</v>
+        <v>2.7694218262985348</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>865.04744588999995</v>
+        <v>865.04646147999995</v>
       </c>
       <c r="C226" s="5">
-        <v>0.72297464999996919</v>
+        <v>0.74865086999989217</v>
       </c>
       <c r="D226" s="5">
-        <v>1.0083852168347285</v>
+        <v>1.0444008644950653</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>864.66566235000005</v>
+        <v>864.65599169999996</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.38178353999990122</v>
+        <v>-0.39046977999998944</v>
       </c>
       <c r="D227" s="5">
-        <v>-0.52832916679921293</v>
+        <v>-0.54032036248632398</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>865.43465715000002</v>
+        <v>865.44468375999998</v>
       </c>
       <c r="C228" s="5">
-        <v>0.76899479999997311</v>
+        <v>0.78869206000001668</v>
       </c>
       <c r="D228" s="5">
-        <v>1.07246188982697</v>
+        <v>1.100082575893313</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>865.47500266999998</v>
+        <v>865.48512648999997</v>
       </c>
       <c r="C229" s="5">
-        <v>4.0345519999959834E-2</v>
+        <v>4.0442729999995208E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>5.5956898885223261E-2</v>
+        <v>5.6091108159983527E-2</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>863.94323268999995</v>
+        <v>863.96362828999997</v>
       </c>
       <c r="C230" s="5">
-        <v>-1.5317699800000355</v>
+        <v>-1.5214981999999964</v>
       </c>
       <c r="D230" s="5">
-        <v>-2.1032801454132111</v>
+        <v>-2.0892878113286106</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>864.93321297</v>
+        <v>864.95958998000003</v>
       </c>
       <c r="C231" s="5">
-        <v>0.98998028000005434</v>
+        <v>0.9959616900000583</v>
       </c>
       <c r="D231" s="5">
-        <v>1.383762301786029</v>
+        <v>1.3921429308019206</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>863.82166090999999</v>
+        <v>863.80758586000002</v>
       </c>
       <c r="C232" s="5">
-        <v>-1.1115520600000082</v>
+        <v>-1.1520041200000151</v>
       </c>
       <c r="D232" s="5">
-        <v>-1.5313028712859</v>
+        <v>-1.5865750912495424</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>861.40747066999995</v>
+        <v>861.45286458999999</v>
       </c>
       <c r="C233" s="5">
-        <v>-2.414190240000039</v>
+        <v>-2.3547212700000273</v>
       </c>
       <c r="D233" s="5">
-        <v>-3.3026602936070737</v>
+        <v>-3.2225732856214662</v>
       </c>
       <c r="E233" s="5">
-        <v>0.41197382591835474</v>
+        <v>0.40973915235802405</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>856.16934334999996</v>
+        <v>856.18547932000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-5.2381273199999896</v>
+        <v>-5.267385269999977</v>
       </c>
       <c r="D234" s="5">
-        <v>-7.0579023241296834</v>
+        <v>-7.0956471456662733</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>853.12410290000003</v>
+        <v>853.08156899999994</v>
       </c>
       <c r="C235" s="5">
-        <v>-3.0452404499999375</v>
+        <v>-3.1039103200000682</v>
       </c>
       <c r="D235" s="5">
-        <v>-4.1856699470629195</v>
+        <v>-4.2646317938298868</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>849.81482525000001</v>
+        <v>849.78349733000005</v>
       </c>
       <c r="C236" s="5">
-        <v>-3.3092776500000127</v>
+        <v>-3.2980716699998993</v>
       </c>
       <c r="D236" s="5">
-        <v>-4.5567775550369944</v>
+        <v>-4.5418955049146614</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>848.12618626999995</v>
+        <v>848.10409345000005</v>
       </c>
       <c r="C237" s="5">
-        <v>-1.6886389800000643</v>
+        <v>-1.6794038799999953</v>
       </c>
       <c r="D237" s="5">
-        <v>-2.3585925444955969</v>
+        <v>-2.3459189178316797</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>846.48945045000005</v>
+        <v>846.49458788000004</v>
       </c>
       <c r="C238" s="5">
-        <v>-1.6367358199998989</v>
+        <v>-1.6095055700000103</v>
       </c>
       <c r="D238" s="5">
-        <v>-2.2913685230620651</v>
+        <v>-2.2537023265766232</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>846.66659639</v>
+        <v>846.65780878999999</v>
       </c>
       <c r="C239" s="5">
-        <v>0.17714593999994577</v>
+        <v>0.16322090999994998</v>
       </c>
       <c r="D239" s="5">
-        <v>0.25141479428540947</v>
+        <v>0.2316292921840768</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>845.37211205999995</v>
+        <v>845.38005641999996</v>
       </c>
       <c r="C240" s="5">
-        <v>-1.2944843300000457</v>
+        <v>-1.2777523700000302</v>
       </c>
       <c r="D240" s="5">
-        <v>-1.8193526018970951</v>
+        <v>-1.79604975867802</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>843.38647776000005</v>
+        <v>843.39219300000002</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.9856342999999015</v>
+        <v>-1.9878634199999397</v>
       </c>
       <c r="D241" s="5">
-        <v>-2.7824658792827583</v>
+        <v>-2.7855234150355068</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>842.91064147999998</v>
+        <v>842.92150947000005</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.47583628000006684</v>
+        <v>-0.47068352999997387</v>
       </c>
       <c r="D242" s="5">
-        <v>-0.67493967098625207</v>
+        <v>-0.66764877374373421</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>845.95265472999995</v>
+        <v>845.96580939</v>
       </c>
       <c r="C243" s="5">
-        <v>3.0420132499999681</v>
+        <v>3.0442999199999576</v>
       </c>
       <c r="D243" s="5">
-        <v>4.4177308920135383</v>
+        <v>4.4210597851558564</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>847.59513685000002</v>
+        <v>847.59485959999995</v>
       </c>
       <c r="C244" s="5">
-        <v>1.6424821200000679</v>
+        <v>1.6290502099999458</v>
       </c>
       <c r="D244" s="5">
-        <v>2.3549341470373797</v>
+        <v>2.3354348167203387</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>847.93108536</v>
+        <v>847.95648695</v>
       </c>
       <c r="C245" s="5">
-        <v>0.33594850999998016</v>
+        <v>0.36162735000004886</v>
       </c>
       <c r="D245" s="5">
-        <v>0.47666412718838647</v>
+        <v>0.51318453661253205</v>
       </c>
       <c r="E245" s="5">
-        <v>-1.5644611602355973</v>
+        <v>-1.5666994904501741</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>849.58176201000003</v>
+        <v>849.58985569000004</v>
       </c>
       <c r="C246" s="5">
-        <v>1.6506766500000367</v>
+        <v>1.6333687400000372</v>
       </c>
       <c r="D246" s="5">
-        <v>2.361227953771361</v>
+        <v>2.3361360621193761</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>850.01475691999997</v>
+        <v>849.99231442999996</v>
       </c>
       <c r="C247" s="5">
-        <v>0.43299490999993395</v>
+        <v>0.40245873999992909</v>
       </c>
       <c r="D247" s="5">
-        <v>0.61330512477371091</v>
+        <v>0.56993472071891205</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>852.55162221</v>
+        <v>852.53399881999997</v>
       </c>
       <c r="C248" s="5">
-        <v>2.536865290000037</v>
+        <v>2.5416843900000003</v>
       </c>
       <c r="D248" s="5">
-        <v>3.6407710988328512</v>
+        <v>3.6478992497011697</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>853.78196005999996</v>
+        <v>853.76740944999995</v>
       </c>
       <c r="C249" s="5">
-        <v>1.2303378499999553</v>
+        <v>1.2334106299999803</v>
       </c>
       <c r="D249" s="5">
-        <v>1.7455605448522427</v>
+        <v>1.7499913088860231</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>857.85637660999998</v>
+        <v>857.86759089999998</v>
       </c>
       <c r="C250" s="5">
-        <v>4.0744165500000236</v>
+        <v>4.1001814500000364</v>
       </c>
       <c r="D250" s="5">
-        <v>5.8793620104678812</v>
+        <v>5.9176316753447589</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>856.29078664999997</v>
+        <v>856.27687698</v>
       </c>
       <c r="C251" s="5">
-        <v>-1.5655899600000112</v>
+        <v>-1.5907139199999847</v>
       </c>
       <c r="D251" s="5">
-        <v>-2.1681538937588063</v>
+        <v>-2.2025650046414214</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>854.14015867000001</v>
+        <v>854.14774680999994</v>
       </c>
       <c r="C252" s="5">
-        <v>-2.1506279799999675</v>
+        <v>-2.1291301700000531</v>
       </c>
       <c r="D252" s="5">
-        <v>-2.9725893410860404</v>
+        <v>-2.9433275085585908</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>854.31481332999999</v>
+        <v>854.31518636999999</v>
       </c>
       <c r="C253" s="5">
-        <v>0.17465465999998742</v>
+        <v>0.167439560000048</v>
       </c>
       <c r="D253" s="5">
-        <v>0.24565226099220183</v>
+        <v>0.2354911648514868</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>853.59871940999994</v>
+        <v>853.60122334000005</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.71609392000004846</v>
+        <v>-0.71396302999994532</v>
       </c>
       <c r="D254" s="5">
-        <v>-1.0012259894612852</v>
+        <v>-0.99825987547756956</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>859.45174267000004</v>
+        <v>859.45524149000005</v>
       </c>
       <c r="C255" s="5">
-        <v>5.8530232600001</v>
+        <v>5.8540181500000017</v>
       </c>
       <c r="D255" s="5">
-        <v>8.5457689825462424</v>
+        <v>8.5472507804335009</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>858.58275642000001</v>
+        <v>858.58781394000005</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.86898625000003449</v>
+        <v>-0.86742755000000216</v>
       </c>
       <c r="D256" s="5">
-        <v>-1.2065878899845339</v>
+        <v>-1.2044307578749192</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>860.12581786999999</v>
+        <v>860.13641174999998</v>
       </c>
       <c r="C257" s="5">
-        <v>1.543061449999982</v>
+        <v>1.5485978099999329</v>
       </c>
       <c r="D257" s="5">
-        <v>2.1781092978417016</v>
+        <v>2.185988833714636</v>
       </c>
       <c r="E257" s="5">
-        <v>1.4381749555534507</v>
+        <v>1.4363855914127921</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>862.86158075000003</v>
+        <v>862.86688121999998</v>
       </c>
       <c r="C258" s="5">
-        <v>2.7357628800000384</v>
+        <v>2.7304694700000027</v>
       </c>
       <c r="D258" s="5">
-        <v>3.8842674582937775</v>
+        <v>3.8765715285348001</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>862.62330505</v>
+        <v>862.62455222000006</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.23827570000003107</v>
+        <v>-0.24232899999992696</v>
       </c>
       <c r="D259" s="5">
-        <v>-0.33087226663044422</v>
+        <v>-0.3364899689161871</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>866.37080490000005</v>
+        <v>866.36834364000003</v>
       </c>
       <c r="C260" s="5">
-        <v>3.7474998500000538</v>
+        <v>3.7437914199999796</v>
       </c>
       <c r="D260" s="5">
-        <v>5.3395508654379364</v>
+        <v>5.334132326884955</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>869.15967582999997</v>
+        <v>869.15211696999995</v>
       </c>
       <c r="C261" s="5">
-        <v>2.7888709299999164</v>
+        <v>2.7837733299999172</v>
       </c>
       <c r="D261" s="5">
-        <v>3.9319615450807088</v>
+        <v>3.924658427700245</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>869.42552986999999</v>
+        <v>869.43128750999995</v>
       </c>
       <c r="C262" s="5">
-        <v>0.265854040000022</v>
+        <v>0.27917053999999553</v>
       </c>
       <c r="D262" s="5">
-        <v>0.36766787922530852</v>
+        <v>0.38612009610139442</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>869.09859101999996</v>
+        <v>869.07713521999995</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.3269388500000332</v>
+        <v>-0.35415229000000181</v>
       </c>
       <c r="D263" s="5">
-        <v>-0.45031599007574474</v>
+        <v>-0.48771183192596324</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>873.67464501999996</v>
+        <v>873.67772198</v>
       </c>
       <c r="C264" s="5">
-        <v>4.5760539999999992</v>
+        <v>4.6005867600000556</v>
       </c>
       <c r="D264" s="5">
-        <v>6.504568269736688</v>
+        <v>6.5406277579928673</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>874.28348950999998</v>
+        <v>874.27636117999998</v>
       </c>
       <c r="C265" s="5">
-        <v>0.60884449000002405</v>
+        <v>0.59863919999997961</v>
       </c>
       <c r="D265" s="5">
-        <v>0.8394660676169563</v>
+        <v>0.82533917377975996</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>876.19997833000002</v>
+        <v>876.19487049999998</v>
       </c>
       <c r="C266" s="5">
-        <v>1.9164888200000405</v>
+        <v>1.9185093199999983</v>
       </c>
       <c r="D266" s="5">
-        <v>2.6624284916108465</v>
+        <v>2.6652913722165827</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>875.67648355999995</v>
+        <v>875.67480575000002</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.52349477000007028</v>
+        <v>-0.52006474999996044</v>
       </c>
       <c r="D267" s="5">
-        <v>-0.71460121010159527</v>
+        <v>-0.70993843029114601</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>876.41631953000001</v>
+        <v>876.41845257</v>
       </c>
       <c r="C268" s="5">
-        <v>0.7398359700000583</v>
+        <v>0.74364681999998083</v>
       </c>
       <c r="D268" s="5">
-        <v>1.0185728054707521</v>
+        <v>1.0238459128099509</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>878.54153577</v>
+        <v>878.55526264000002</v>
       </c>
       <c r="C269" s="5">
-        <v>2.1252162399999861</v>
+        <v>2.1368100700000241</v>
       </c>
       <c r="D269" s="5">
-        <v>2.9489963290659116</v>
+        <v>2.9652932157775647</v>
       </c>
       <c r="E269" s="5">
-        <v>2.1410493113210194</v>
+        <v>2.1413871844496946</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>880.89609714000005</v>
+        <v>880.91119887000002</v>
       </c>
       <c r="C270" s="5">
-        <v>2.3545613700000558</v>
+        <v>2.3559362299999975</v>
       </c>
       <c r="D270" s="5">
-        <v>3.2639284247918399</v>
+        <v>3.2658106915366414</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>882.17096211</v>
+        <v>882.19081874999995</v>
       </c>
       <c r="C271" s="5">
-        <v>1.2748649699999532</v>
+        <v>1.2796198799999274</v>
       </c>
       <c r="D271" s="5">
-        <v>1.7505743416189379</v>
+        <v>1.7571254111241608</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>885.03014337000002</v>
+        <v>885.03760808000004</v>
       </c>
       <c r="C272" s="5">
-        <v>2.8591812600000139</v>
+        <v>2.8467893300000924</v>
       </c>
       <c r="D272" s="5">
-        <v>3.9593732508494073</v>
+        <v>3.9418169892453614</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>886.68116272999998</v>
+        <v>886.68417882999995</v>
       </c>
       <c r="C273" s="5">
-        <v>1.6510193599999639</v>
+        <v>1.6465707499999098</v>
       </c>
       <c r="D273" s="5">
-        <v>2.261705971972261</v>
+        <v>2.2555301781983728</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>889.17340898999998</v>
+        <v>889.16101366999999</v>
       </c>
       <c r="C274" s="5">
-        <v>2.4922462600000017</v>
+        <v>2.4768348400000377</v>
       </c>
       <c r="D274" s="5">
-        <v>3.425543738478698</v>
+        <v>3.4040228012782059</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>892.27222686000005</v>
+        <v>892.23652107999999</v>
       </c>
       <c r="C275" s="5">
-        <v>3.0988178700000617</v>
+        <v>3.0755074100000002</v>
       </c>
       <c r="D275" s="5">
-        <v>4.2631650649107566</v>
+        <v>4.2305435732134855</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>893.50504519000003</v>
+        <v>893.50256202000003</v>
       </c>
       <c r="C276" s="5">
-        <v>1.2328183299999864</v>
+        <v>1.266040940000039</v>
       </c>
       <c r="D276" s="5">
-        <v>1.6706515317786774</v>
+        <v>1.7160942542624902</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>899.15840692999996</v>
+        <v>899.14390793999996</v>
       </c>
       <c r="C277" s="5">
-        <v>5.653361739999923</v>
+        <v>5.6413459199999352</v>
       </c>
       <c r="D277" s="5">
-        <v>7.86247991156237</v>
+        <v>7.8452068253208385</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>900.0506292</v>
+        <v>900.04049337000004</v>
       </c>
       <c r="C278" s="5">
-        <v>0.8922222700000475</v>
+        <v>0.89658543000007285</v>
       </c>
       <c r="D278" s="5">
-        <v>1.1972632716991338</v>
+        <v>1.2031698032302529</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>902.03709675000005</v>
+        <v>902.03363106999996</v>
       </c>
       <c r="C279" s="5">
-        <v>1.986467550000043</v>
+        <v>1.9931376999999202</v>
       </c>
       <c r="D279" s="5">
-        <v>2.6808615186785234</v>
+        <v>2.6900038860443232</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>904.63967366999998</v>
+        <v>904.64442070999996</v>
       </c>
       <c r="C280" s="5">
-        <v>2.6025769199999331</v>
+        <v>2.6107896400000072</v>
       </c>
       <c r="D280" s="5">
-        <v>3.5177394933535222</v>
+        <v>3.5290311909401906</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>907.65717718999997</v>
+        <v>907.67569290999995</v>
       </c>
       <c r="C281" s="5">
-        <v>3.0175035199999911</v>
+        <v>3.0312721999999894</v>
       </c>
       <c r="D281" s="5">
-        <v>4.0769584356215027</v>
+        <v>4.0958836357283923</v>
       </c>
       <c r="E281" s="5">
-        <v>3.3140882057991039</v>
+        <v>3.3145815076555341</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>907.78514043999996</v>
+        <v>907.81418141999995</v>
       </c>
       <c r="C282" s="5">
-        <v>0.12796324999999342</v>
+        <v>0.13848851000000195</v>
       </c>
       <c r="D282" s="5">
-        <v>0.16930954457656799</v>
+        <v>0.18324357628678456</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>912.05974184000002</v>
+        <v>912.09997007000004</v>
       </c>
       <c r="C283" s="5">
-        <v>4.2746014000000514</v>
+        <v>4.2857886500000859</v>
       </c>
       <c r="D283" s="5">
-        <v>5.7992535844247461</v>
+        <v>5.8146364619450441</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>914.05858770999998</v>
+        <v>914.07523514000002</v>
       </c>
       <c r="C284" s="5">
-        <v>1.9988458699999683</v>
+        <v>1.9752650699999776</v>
       </c>
       <c r="D284" s="5">
-        <v>2.6618205613792467</v>
+        <v>2.629926163759011</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>916.02686815000004</v>
+        <v>916.03558645999999</v>
       </c>
       <c r="C285" s="5">
-        <v>1.9682804400000578</v>
+        <v>1.9603513199999725</v>
       </c>
       <c r="D285" s="5">
-        <v>2.6148341398704034</v>
+        <v>2.6041278618569752</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>917.92060910999999</v>
+        <v>917.88533791999998</v>
       </c>
       <c r="C286" s="5">
-        <v>1.8937409599999455</v>
+        <v>1.8497514599999931</v>
       </c>
       <c r="D286" s="5">
-        <v>2.509213640990593</v>
+        <v>2.4502550205018236</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>922.16865456999994</v>
+        <v>922.12140653999995</v>
       </c>
       <c r="C287" s="5">
-        <v>4.2480454599999575</v>
+        <v>4.2360686199999691</v>
       </c>
       <c r="D287" s="5">
-        <v>5.6970396191883932</v>
+        <v>5.6807915270578047</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>926.13739709000004</v>
+        <v>926.12338762000002</v>
       </c>
       <c r="C288" s="5">
-        <v>3.9687425200000916</v>
+        <v>4.0019810800000641</v>
       </c>
       <c r="D288" s="5">
-        <v>5.2884620793354209</v>
+        <v>5.334095821130469</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>927.28245489999995</v>
+        <v>927.26275353000005</v>
       </c>
       <c r="C289" s="5">
-        <v>1.145057809999912</v>
+        <v>1.1393659100000377</v>
       </c>
       <c r="D289" s="5">
-        <v>1.4937867618824541</v>
+        <v>1.4863337080825545</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>929.68629972999997</v>
+        <v>929.67242654999995</v>
       </c>
       <c r="C290" s="5">
-        <v>2.4038448300000255</v>
+        <v>2.4096730199999001</v>
       </c>
       <c r="D290" s="5">
-        <v>3.155564888366813</v>
+        <v>3.1633934989940826</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>930.61498805999997</v>
+        <v>930.61144413</v>
       </c>
       <c r="C291" s="5">
-        <v>0.92868832999999995</v>
+        <v>0.93901758000004065</v>
       </c>
       <c r="D291" s="5">
-        <v>1.2053196793073484</v>
+        <v>1.2188185875402491</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>933.36696529000005</v>
+        <v>933.37319862000004</v>
       </c>
       <c r="C292" s="5">
-        <v>2.7519772300000795</v>
+        <v>2.7617544900000439</v>
       </c>
       <c r="D292" s="5">
-        <v>3.6068801162090436</v>
+        <v>3.6199185834911107</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>934.21395825000002</v>
+        <v>934.24512802000004</v>
       </c>
       <c r="C293" s="5">
-        <v>0.84699295999996593</v>
+        <v>0.87192939999999908</v>
       </c>
       <c r="D293" s="5">
-        <v>1.0944031719501091</v>
+        <v>1.1267818249899086</v>
       </c>
       <c r="E293" s="5">
-        <v>2.9258603057838117</v>
+        <v>2.9271947367918161</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>936.32886626000004</v>
+        <v>936.36697928000001</v>
       </c>
       <c r="C294" s="5">
-        <v>2.1149080100000219</v>
+        <v>2.1218512599999713</v>
       </c>
       <c r="D294" s="5">
-        <v>2.7506855220148507</v>
+        <v>2.7597359090465678</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>938.35566190999998</v>
+        <v>938.41455717999997</v>
       </c>
       <c r="C295" s="5">
-        <v>2.02679564999994</v>
+        <v>2.0475778999999648</v>
       </c>
       <c r="D295" s="5">
-        <v>2.6286923424761799</v>
+        <v>2.6558619066563427</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>942.57970971999998</v>
+        <v>942.59858883000004</v>
       </c>
       <c r="C296" s="5">
-        <v>4.2240478100000018</v>
+        <v>4.1840316500000654</v>
       </c>
       <c r="D296" s="5">
-        <v>5.5376198151203759</v>
+        <v>5.4835139449710635</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>947.10304193000002</v>
+        <v>947.11616614000002</v>
       </c>
       <c r="C297" s="5">
-        <v>4.523332210000035</v>
+        <v>4.5175773099999788</v>
       </c>
       <c r="D297" s="5">
-        <v>5.9131139235924834</v>
+        <v>5.9052700266649882</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>951.09000801000002</v>
+        <v>951.03446195000004</v>
       </c>
       <c r="C298" s="5">
-        <v>3.986966080000002</v>
+        <v>3.9182958100000178</v>
       </c>
       <c r="D298" s="5">
-        <v>5.1701881767838076</v>
+        <v>5.0790308266830841</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>954.37002971000004</v>
+        <v>954.31141392999996</v>
       </c>
       <c r="C299" s="5">
-        <v>3.2800217000000202</v>
+        <v>3.2769519799999216</v>
       </c>
       <c r="D299" s="5">
-        <v>4.2178435700227057</v>
+        <v>4.2140718504527497</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>957.15177300000005</v>
+        <v>957.12947628999996</v>
       </c>
       <c r="C300" s="5">
-        <v>2.7817432900000085</v>
+        <v>2.818062359999999</v>
       </c>
       <c r="D300" s="5">
-        <v>3.5543116735780256</v>
+        <v>3.6016986805577744</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>959.01767756000004</v>
+        <v>958.99377114000004</v>
       </c>
       <c r="C301" s="5">
-        <v>1.8659045599999899</v>
+        <v>1.8642948500000784</v>
       </c>
       <c r="D301" s="5">
-        <v>2.3645668846571377</v>
+        <v>2.3625607045010266</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>959.97868885000003</v>
+        <v>959.97477978999996</v>
       </c>
       <c r="C302" s="5">
-        <v>0.96101128999998764</v>
+        <v>0.98100864999992154</v>
       </c>
       <c r="D302" s="5">
-        <v>1.2091442243736372</v>
+        <v>1.2344775773710737</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>967.77324673999999</v>
+        <v>967.77556750999997</v>
       </c>
       <c r="C303" s="5">
-        <v>7.7945578899999646</v>
+        <v>7.8007877200000166</v>
       </c>
       <c r="D303" s="5">
-        <v>10.19052268557601</v>
+        <v>10.199078321914069</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>969.28782952999995</v>
+        <v>969.27816310000003</v>
       </c>
       <c r="C304" s="5">
-        <v>1.5145827899999631</v>
+        <v>1.5025955900000554</v>
       </c>
       <c r="D304" s="5">
-        <v>1.8942717856751834</v>
+        <v>1.8791467298624909</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>970.96886816999995</v>
+        <v>971.01721153999995</v>
       </c>
       <c r="C305" s="5">
-        <v>1.681038639999997</v>
+        <v>1.7390484399999195</v>
       </c>
       <c r="D305" s="5">
-        <v>2.1011301463905729</v>
+        <v>2.1743755596381975</v>
       </c>
       <c r="E305" s="5">
-        <v>3.934313932629574</v>
+        <v>3.9360209025583126</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>975.04546297000002</v>
+        <v>975.09094659000004</v>
       </c>
       <c r="C306" s="5">
-        <v>4.0765948000000662</v>
+        <v>4.0737350500000957</v>
       </c>
       <c r="D306" s="5">
-        <v>5.1561612438409066</v>
+        <v>5.1521978329789997</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>977.78276469000002</v>
+        <v>977.84620882000002</v>
       </c>
       <c r="C307" s="5">
-        <v>2.7373017200000049</v>
+        <v>2.7552622299999712</v>
       </c>
       <c r="D307" s="5">
-        <v>3.421335808567072</v>
+        <v>3.4439714272888722</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>978.55848014000003</v>
+        <v>978.56912575000001</v>
       </c>
       <c r="C308" s="5">
-        <v>0.77571545000000697</v>
+        <v>0.72291692999999668</v>
       </c>
       <c r="D308" s="5">
-        <v>0.95617454189027562</v>
+        <v>0.89077032593238847</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>980.75610541000003</v>
+        <v>980.76468470999998</v>
       </c>
       <c r="C309" s="5">
-        <v>2.1976252700000032</v>
+        <v>2.1955589599999712</v>
       </c>
       <c r="D309" s="5">
-        <v>2.7284714792571219</v>
+        <v>2.7258442815695227</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>984.57884583999999</v>
+        <v>984.51775492000002</v>
       </c>
       <c r="C310" s="5">
-        <v>3.8227404299999534</v>
+        <v>3.7530702100000326</v>
       </c>
       <c r="D310" s="5">
-        <v>4.7788823154853999</v>
+        <v>4.6899033820901659</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>984.75436836999995</v>
+        <v>984.69772010999998</v>
       </c>
       <c r="C311" s="5">
-        <v>0.17552252999996654</v>
+        <v>0.17996518999996169</v>
       </c>
       <c r="D311" s="5">
-        <v>0.21413590009873307</v>
+        <v>0.21957499298921324</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>988.81219034000003</v>
+        <v>988.77873581999995</v>
       </c>
       <c r="C312" s="5">
-        <v>4.0578219700000773</v>
+        <v>4.0810157099999742</v>
       </c>
       <c r="D312" s="5">
-        <v>5.0583922460527786</v>
+        <v>5.0882666702137813</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>989.52244200999996</v>
+        <v>989.52583458000004</v>
       </c>
       <c r="C313" s="5">
-        <v>0.71025166999993417</v>
+        <v>0.74709876000008535</v>
       </c>
       <c r="D313" s="5">
-        <v>0.86535863597239082</v>
+        <v>0.91047017738690172</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>993.11733995999998</v>
+        <v>993.12207909999995</v>
       </c>
       <c r="C314" s="5">
-        <v>3.5948979500000178</v>
+        <v>3.5962445199999138</v>
       </c>
       <c r="D314" s="5">
-        <v>4.4477281398623836</v>
+        <v>4.4494120424230399</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>997.24928839999995</v>
+        <v>997.25000848000002</v>
       </c>
       <c r="C315" s="5">
-        <v>4.1319484399999737</v>
+        <v>4.1279293800000687</v>
       </c>
       <c r="D315" s="5">
-        <v>5.1085496498447958</v>
+        <v>5.1034416162329066</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>999.28578988000004</v>
+        <v>999.25179336999997</v>
       </c>
       <c r="C316" s="5">
-        <v>2.0365014800000836</v>
+        <v>2.0017848899999535</v>
       </c>
       <c r="D316" s="5">
-        <v>2.4782543741405316</v>
+        <v>2.4355378989100673</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>999.89229892000003</v>
+        <v>999.96009082</v>
       </c>
       <c r="C317" s="5">
-        <v>0.60650903999999173</v>
+        <v>0.70829745000003186</v>
       </c>
       <c r="D317" s="5">
-        <v>0.73076725789116281</v>
+        <v>0.85391729041484066</v>
       </c>
       <c r="E317" s="5">
-        <v>2.9788216386908983</v>
+        <v>2.9806762368400852</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>1005.618373</v>
+        <v>1005.6575056</v>
       </c>
       <c r="C318" s="5">
-        <v>5.7260740799999894</v>
+        <v>5.697414780000031</v>
       </c>
       <c r="D318" s="5">
-        <v>7.092661419977464</v>
+        <v>7.0555490719326874</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>1007.4532469</v>
+        <v>1007.5043383</v>
       </c>
       <c r="C319" s="5">
-        <v>1.8348738999999341</v>
+        <v>1.8468326999999363</v>
       </c>
       <c r="D319" s="5">
-        <v>2.2116542119333449</v>
+        <v>2.2261270879368356</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>1008.6680742999999</v>
+        <v>1008.6517373</v>
       </c>
       <c r="C320" s="5">
-        <v>1.2148273999999901</v>
+        <v>1.147399000000064</v>
       </c>
       <c r="D320" s="5">
-        <v>1.4566433812409851</v>
+        <v>1.3752158798558956</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>1011.1864011</v>
+        <v>1011.1892554999999</v>
       </c>
       <c r="C321" s="5">
-        <v>2.518326800000068</v>
+        <v>2.5375181999999086</v>
       </c>
       <c r="D321" s="5">
-        <v>3.0375074196127727</v>
+        <v>3.0610268358921111</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>1012.5625429</v>
+        <v>1012.4988012</v>
       </c>
       <c r="C322" s="5">
-        <v>1.3761418000000276</v>
+        <v>1.3095457000000579</v>
       </c>
       <c r="D322" s="5">
-        <v>1.6453810984202955</v>
+        <v>1.5651832277045807</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>1011.6036142</v>
+        <v>1011.5596939</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.9589287000000013</v>
+        <v>-0.93910730000004605</v>
       </c>
       <c r="D323" s="5">
-        <v>-1.1305372023727056</v>
+        <v>-1.1073570263018917</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>1017.8803637</v>
+        <v>1017.8622262</v>
       </c>
       <c r="C324" s="5">
-        <v>6.2767494999999371</v>
+        <v>6.3025323000000526</v>
       </c>
       <c r="D324" s="5">
-        <v>7.7051247735255401</v>
+        <v>7.7382148065975098</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>1020.138654</v>
+        <v>1020.1857361</v>
       </c>
       <c r="C325" s="5">
-        <v>2.2582902999999988</v>
+        <v>2.3235098999999764</v>
       </c>
       <c r="D325" s="5">
-        <v>2.6950731566315111</v>
+        <v>2.7739370489818116</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>1024.1055512999999</v>
+        <v>1024.1263340999999</v>
       </c>
       <c r="C326" s="5">
-        <v>3.9668972999999141</v>
+        <v>3.940597999999909</v>
       </c>
       <c r="D326" s="5">
-        <v>4.7674079551406123</v>
+        <v>4.7349038677384492</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>1024.7676749</v>
+        <v>1024.7641271</v>
       </c>
       <c r="C327" s="5">
-        <v>0.6621236000000863</v>
+        <v>0.63779300000010153</v>
       </c>
       <c r="D327" s="5">
-        <v>0.77861095476559061</v>
+        <v>0.74988653668717209</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>1027.4041050000001</v>
+        <v>1027.3399790000001</v>
       </c>
       <c r="C328" s="5">
-        <v>2.6364301000000978</v>
+        <v>2.5758519000000888</v>
       </c>
       <c r="D328" s="5">
-        <v>3.1313131900358115</v>
+        <v>3.05837716158881</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>1029.1041167000001</v>
+        <v>1029.1757014</v>
       </c>
       <c r="C329" s="5">
-        <v>1.7000117000000046</v>
+        <v>1.8357223999998951</v>
       </c>
       <c r="D329" s="5">
-        <v>2.0037707685895745</v>
+        <v>2.1654424910395154</v>
       </c>
       <c r="E329" s="5">
-        <v>2.9214964263203358</v>
+        <v>2.9216776597596139</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>1032.9854238999999</v>
+        <v>1033.016564</v>
       </c>
       <c r="C330" s="5">
-        <v>3.8813071999998101</v>
+        <v>3.8408626000000368</v>
       </c>
       <c r="D330" s="5">
-        <v>4.6209199611914054</v>
+        <v>4.5714511756222986</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>1032.9452475000001</v>
+        <v>1032.9524183000001</v>
       </c>
       <c r="C331" s="5">
-        <v>-4.0176399999836576E-2</v>
+        <v>-6.4145699999926364E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>-4.666219586538789E-2</v>
+        <v>-7.4489179808490125E-2</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>1035.7172926000001</v>
+        <v>1035.6680173</v>
       </c>
       <c r="C332" s="5">
-        <v>2.7720451000000139</v>
+        <v>2.7155989999998837</v>
       </c>
       <c r="D332" s="5">
-        <v>3.2683188043627576</v>
+        <v>3.2007796110247844</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>1034.1437960000001</v>
+        <v>1034.1101828999999</v>
       </c>
       <c r="C333" s="5">
-        <v>-1.5734965999999986</v>
+        <v>-1.557834400000047</v>
       </c>
       <c r="D333" s="5">
-        <v>-1.8079240344713088</v>
+        <v>-1.7901614803682686</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>1035.9792634999999</v>
+        <v>1035.9219946999999</v>
       </c>
       <c r="C334" s="5">
-        <v>1.8354674999998224</v>
+        <v>1.8118117999999868</v>
       </c>
       <c r="D334" s="5">
-        <v>2.1507546729562677</v>
+        <v>2.1228375525346177</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>1038.6406171000001</v>
+        <v>1038.6355513000001</v>
       </c>
       <c r="C335" s="5">
-        <v>2.6613536000002114</v>
+        <v>2.7135566000001745</v>
       </c>
       <c r="D335" s="5">
-        <v>3.1266416964067067</v>
+        <v>3.1890365695169232</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>1038.9893376</v>
+        <v>1039.01414</v>
       </c>
       <c r="C336" s="5">
-        <v>0.3487204999998994</v>
+        <v>0.3785886999999093</v>
       </c>
       <c r="D336" s="5">
-        <v>0.40364125850629318</v>
+        <v>0.4382849521470833</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>1040.3829461</v>
+        <v>1040.5382841000001</v>
       </c>
       <c r="C337" s="5">
-        <v>1.3936085000000276</v>
+        <v>1.5241441000000577</v>
       </c>
       <c r="D337" s="5">
-        <v>1.6215013990485305</v>
+        <v>1.7745682579378252</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>1044.1539720999999</v>
+        <v>1044.1922348999999</v>
       </c>
       <c r="C338" s="5">
-        <v>3.7710259999998925</v>
+        <v>3.6539507999998477</v>
       </c>
       <c r="D338" s="5">
-        <v>4.4373499793524784</v>
+        <v>4.2962629160623544</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>1043.4986593000001</v>
+        <v>1043.4398182</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.65531279999981962</v>
+        <v>-0.75241669999991245</v>
       </c>
       <c r="D339" s="5">
-        <v>-0.75052782800130169</v>
+        <v>-0.86126889412595498</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>1043.9891722</v>
+        <v>1043.886002</v>
       </c>
       <c r="C340" s="5">
-        <v>0.49051289999988512</v>
+        <v>0.4461837999999716</v>
       </c>
       <c r="D340" s="5">
-        <v>0.56553944305635095</v>
+        <v>0.51433879990734344</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>1045.8176612</v>
+        <v>1045.9015588</v>
       </c>
       <c r="C341" s="5">
-        <v>1.8284889999999905</v>
+        <v>2.015556800000013</v>
       </c>
       <c r="D341" s="5">
-        <v>2.1220978374743682</v>
+        <v>2.3417492599343337</v>
       </c>
       <c r="E341" s="5">
-        <v>1.6240868371603323</v>
+        <v>1.6251702578332861</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>1046.2184256999999</v>
+        <v>1046.2156944000001</v>
       </c>
       <c r="C342" s="5">
-        <v>0.40076449999992292</v>
+        <v>0.31413560000009966</v>
       </c>
       <c r="D342" s="5">
-        <v>0.46081866215923473</v>
+        <v>0.361014909073476</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>1049.6102867</v>
+        <v>1049.5487975000001</v>
       </c>
       <c r="C343" s="5">
-        <v>3.3918610000000626</v>
+        <v>3.3331031000000166</v>
       </c>
       <c r="D343" s="5">
-        <v>3.9605496727085798</v>
+        <v>3.890744117125311</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>1052.9872769000001</v>
+        <v>1052.8987514999999</v>
       </c>
       <c r="C344" s="5">
-        <v>3.3769902000001366</v>
+        <v>3.3499539999997978</v>
       </c>
       <c r="D344" s="5">
-        <v>3.9299083064378681</v>
+        <v>3.8981235198421338</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>1055.6319464000001</v>
+        <v>1055.5682478000001</v>
       </c>
       <c r="C345" s="5">
-        <v>2.6446694999999636</v>
+        <v>2.669496300000219</v>
       </c>
       <c r="D345" s="5">
-        <v>3.0558885897579824</v>
+        <v>3.0852399031328748</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>1057.3608180000001</v>
+        <v>1057.3152391000001</v>
       </c>
       <c r="C346" s="5">
-        <v>1.7288716000000477</v>
+        <v>1.7469912999999906</v>
       </c>
       <c r="D346" s="5">
-        <v>1.9831116980155716</v>
+        <v>2.0042075915797541</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>1059.7983495000001</v>
+        <v>1059.8431943000001</v>
       </c>
       <c r="C347" s="5">
-        <v>2.4375314999999773</v>
+        <v>2.5279551999999512</v>
       </c>
       <c r="D347" s="5">
-        <v>2.8017032389566987</v>
+        <v>2.907134094107966</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>1060.7290674000001</v>
+        <v>1060.8264081</v>
       </c>
       <c r="C348" s="5">
-        <v>0.93071789999999055</v>
+        <v>0.98321379999993042</v>
       </c>
       <c r="D348" s="5">
-        <v>1.0589485004334875</v>
+        <v>1.1189346174589998</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>1064.0876885</v>
+        <v>1064.3356752</v>
       </c>
       <c r="C349" s="5">
-        <v>3.3586210999999366</v>
+        <v>3.5092670999999882</v>
       </c>
       <c r="D349" s="5">
-        <v>3.8664719584228457</v>
+        <v>4.0426878116908149</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>1063.6417673999999</v>
+        <v>1063.7135479000001</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.44592110000007779</v>
+        <v>-0.62212729999987459</v>
       </c>
       <c r="D350" s="5">
-        <v>-0.50171964932671509</v>
+        <v>-0.6991754367641545</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>1064.9389315999999</v>
+        <v>1064.824803</v>
       </c>
       <c r="C351" s="5">
-        <v>1.2971641999999974</v>
+        <v>1.1112550999998803</v>
       </c>
       <c r="D351" s="5">
-        <v>1.4733160744389018</v>
+        <v>1.2608610174699386</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>1066.3373756999999</v>
+        <v>1066.1829233000001</v>
       </c>
       <c r="C352" s="5">
-        <v>1.3984441000000061</v>
+        <v>1.3581203000001096</v>
       </c>
       <c r="D352" s="5">
-        <v>1.5872330989795236</v>
+        <v>1.5413104838997826</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>1067.81359</v>
+        <v>1067.9044491</v>
       </c>
       <c r="C353" s="5">
-        <v>1.4762143000000378</v>
+        <v>1.7215257999998812</v>
       </c>
       <c r="D353" s="5">
-        <v>1.6739614067551312</v>
+        <v>1.9548952874179459</v>
       </c>
       <c r="E353" s="5">
-        <v>2.10322789679811</v>
+        <v>2.1037247831664718</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>1067.5618002000001</v>
+        <v>1067.5248677</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.2517897999998695</v>
+        <v>-0.3795814000000064</v>
       </c>
       <c r="D354" s="5">
-        <v>-0.28259259502998457</v>
+        <v>-0.42570125098390088</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>1070.1497151000001</v>
+        <v>1070.0037483999999</v>
       </c>
       <c r="C355" s="5">
-        <v>2.587914899999987</v>
+        <v>2.4788806999999906</v>
       </c>
       <c r="D355" s="5">
-        <v>2.9480626791123843</v>
+        <v>2.8223634147927168</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>1071.0925093000001</v>
+        <v>1070.9684379</v>
       </c>
       <c r="C356" s="5">
-        <v>0.94279419999998026</v>
+        <v>0.96468950000007681</v>
       </c>
       <c r="D356" s="5">
-        <v>1.0623290187931289</v>
+        <v>1.0872718684961091</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>1072.7195922000001</v>
+        <v>1072.6198795</v>
       </c>
       <c r="C357" s="5">
-        <v>1.6270829000000049</v>
+        <v>1.6514415999999983</v>
       </c>
       <c r="D357" s="5">
-        <v>1.8382123321838861</v>
+        <v>1.8661836095774209</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>1074.8414693</v>
+        <v>1074.8139557</v>
       </c>
       <c r="C358" s="5">
-        <v>2.1218770999998924</v>
+        <v>2.1940761999999268</v>
       </c>
       <c r="D358" s="5">
-        <v>2.399636563412022</v>
+        <v>2.4824409049996055</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>1076.4490323</v>
+        <v>1076.5426577999999</v>
       </c>
       <c r="C359" s="5">
-        <v>1.6075630000000274</v>
+        <v>1.728702099999964</v>
       </c>
       <c r="D359" s="5">
-        <v>1.8095910148343997</v>
+        <v>1.9472131685450034</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>1078.1085231</v>
+        <v>1078.2767107</v>
       </c>
       <c r="C360" s="5">
-        <v>1.6594907999999577</v>
+        <v>1.7340529000000515</v>
       </c>
       <c r="D360" s="5">
-        <v>1.8657279020976691</v>
+        <v>1.9501294813160319</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>1081.3428073</v>
+        <v>1081.6824604000001</v>
       </c>
       <c r="C361" s="5">
-        <v>3.2342842000000473</v>
+        <v>3.4057497000001149</v>
       </c>
       <c r="D361" s="5">
-        <v>3.659950439755022</v>
+        <v>3.856755212242402</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>1081.3913565</v>
+        <v>1081.4967653000001</v>
       </c>
       <c r="C362" s="5">
-        <v>4.8549200000024939E-2</v>
+        <v>-0.18569509999997535</v>
       </c>
       <c r="D362" s="5">
-        <v>5.3889874620161038E-2</v>
+        <v>-0.20581256407672388</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>1082.7746775999999</v>
+        <v>1082.6076591000001</v>
       </c>
       <c r="C363" s="5">
-        <v>1.3833210999998755</v>
+        <v>1.1108937999999853</v>
       </c>
       <c r="D363" s="5">
-        <v>1.5458920495821538</v>
+        <v>1.2396057412214612</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>1085.866203</v>
+        <v>1085.7007607999999</v>
       </c>
       <c r="C364" s="5">
-        <v>3.0915254000001369</v>
+        <v>3.0931016999998064</v>
       </c>
       <c r="D364" s="5">
-        <v>3.4805449749359285</v>
+        <v>3.4828933091095804</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>1087.2855554</v>
+        <v>1087.3897342</v>
       </c>
       <c r="C365" s="5">
-        <v>1.4193523999999798</v>
+        <v>1.6889734000001226</v>
       </c>
       <c r="D365" s="5">
-        <v>1.5798641505441635</v>
+        <v>1.8828388106283622</v>
       </c>
       <c r="E365" s="5">
-        <v>1.8235360162441872</v>
+        <v>1.8246281412556797</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>1087.9390103999999</v>
+        <v>1087.8326257000001</v>
       </c>
       <c r="C366" s="5">
-        <v>0.65345499999989443</v>
+        <v>0.44289150000008704</v>
       </c>
       <c r="D366" s="5">
-        <v>0.72358468843920498</v>
+        <v>0.48985379105390692</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>1088.942546</v>
+        <v>1088.7297642999999</v>
       </c>
       <c r="C367" s="5">
-        <v>1.0035356000000775</v>
+        <v>0.8971385999998347</v>
       </c>
       <c r="D367" s="5">
-        <v>1.1125357418303672</v>
+        <v>0.99414459825764023</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>1081.3998038</v>
+        <v>1081.2055008</v>
       </c>
       <c r="C368" s="5">
-        <v>-7.5427422000000206</v>
+        <v>-7.5242634999999609</v>
       </c>
       <c r="D368" s="5">
-        <v>-8.0025392965007001</v>
+        <v>-7.9851746644325257</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>951.91608475999999</v>
+        <v>951.83271876000003</v>
       </c>
       <c r="C369" s="5">
-        <v>-129.48371903999998</v>
+        <v>-129.37278203999995</v>
       </c>
       <c r="D369" s="5">
-        <v>-78.355450760088544</v>
+        <v>-78.331512713355679</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>977.87097994999999</v>
+        <v>977.84198561000005</v>
       </c>
       <c r="C370" s="5">
-        <v>25.954895190000002</v>
+        <v>26.009266850000017</v>
       </c>
       <c r="D370" s="5">
-        <v>38.100328362592762</v>
+        <v>38.196363507934535</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>1004.8396037</v>
+        <v>1004.9329622</v>
       </c>
       <c r="C371" s="5">
-        <v>26.968623750000006</v>
+        <v>27.090976589999968</v>
       </c>
       <c r="D371" s="5">
-        <v>38.60606314990391</v>
+        <v>38.810056270149865</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>1003.0147822</v>
+        <v>1003.1888338</v>
       </c>
       <c r="C372" s="5">
-        <v>-1.8248214999999846</v>
+        <v>-1.7441284000000223</v>
       </c>
       <c r="D372" s="5">
-        <v>-2.1576037407852633</v>
+        <v>-2.0629143913077908</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>1012.9830578999999</v>
+        <v>1013.2557202</v>
       </c>
       <c r="C373" s="5">
-        <v>9.9682756999999356</v>
+        <v>10.066886400000044</v>
       </c>
       <c r="D373" s="5">
-        <v>12.599945205008179</v>
+        <v>12.729218423998212</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>1019.8964289</v>
+        <v>1020.035569</v>
       </c>
       <c r="C374" s="5">
-        <v>6.9133710000000974</v>
+        <v>6.7798487999999679</v>
       </c>
       <c r="D374" s="5">
-        <v>8.5042304752673381</v>
+        <v>8.3315662688352212</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>1028.8200757</v>
+        <v>1028.7047898999999</v>
       </c>
       <c r="C375" s="5">
-        <v>8.9236467999999149</v>
+        <v>8.6692208999999139</v>
       </c>
       <c r="D375" s="5">
-        <v>11.019766276667188</v>
+        <v>10.689226326006441</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>1032.7229699</v>
+        <v>1032.6176344</v>
       </c>
       <c r="C376" s="5">
-        <v>3.9028941999999915</v>
+        <v>3.9128445000001193</v>
       </c>
       <c r="D376" s="5">
-        <v>4.6484688868154933</v>
+        <v>4.6611022808457525</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>1037.8293475</v>
+        <v>1037.9440537</v>
       </c>
       <c r="C377" s="5">
-        <v>5.1063776000000871</v>
+        <v>5.3264192999999977</v>
       </c>
       <c r="D377" s="5">
-        <v>6.0975433506558208</v>
+        <v>6.3684654489625458</v>
       </c>
       <c r="E377" s="5">
-        <v>-4.5485942174413925</v>
+        <v>-4.547190298460702</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>1036.0291129</v>
+        <v>1035.8939774</v>
       </c>
       <c r="C378" s="5">
-        <v>-1.8002346000000671</v>
+        <v>-2.0500763000000006</v>
       </c>
       <c r="D378" s="5">
-        <v>-2.0617939877019986</v>
+        <v>-2.3445793559728978</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>1032.1817155000001</v>
+        <v>1031.9270686</v>
       </c>
       <c r="C379" s="5">
-        <v>-3.8473973999998634</v>
+        <v>-3.9669088000000556</v>
       </c>
       <c r="D379" s="5">
-        <v>-4.3664175473364768</v>
+        <v>-4.4997830703896291</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>1042.9658432000001</v>
+        <v>1042.7064264000001</v>
       </c>
       <c r="C380" s="5">
-        <v>10.784127699999999</v>
+        <v>10.779357800000071</v>
       </c>
       <c r="D380" s="5">
-        <v>13.283612429514946</v>
+        <v>13.280862418185823</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>1048.9604842000001</v>
+        <v>1048.8296149</v>
       </c>
       <c r="C381" s="5">
-        <v>5.9946410000000014</v>
+        <v>6.1231884999999693</v>
       </c>
       <c r="D381" s="5">
-        <v>7.1194929950204822</v>
+        <v>7.2789953054640533</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>1055.7739997000001</v>
+        <v>1055.7144960999999</v>
       </c>
       <c r="C382" s="5">
-        <v>6.8135154999999941</v>
+        <v>6.8848811999998816</v>
       </c>
       <c r="D382" s="5">
-        <v>8.0791732845563615</v>
+        <v>8.1679301352772793</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>1061.4692144999999</v>
+        <v>1061.6063062999999</v>
       </c>
       <c r="C383" s="5">
-        <v>5.6952147999998033</v>
+        <v>5.891810200000009</v>
       </c>
       <c r="D383" s="5">
-        <v>6.6687694941710118</v>
+        <v>6.9064867178509459</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>1069.7032142</v>
+        <v>1069.9989459999999</v>
       </c>
       <c r="C384" s="5">
-        <v>8.2339997000001404</v>
+        <v>8.3926397000000179</v>
       </c>
       <c r="D384" s="5">
-        <v>9.7162040563147034</v>
+        <v>9.9102819559608193</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>1068.193448</v>
+        <v>1068.5832121000001</v>
       </c>
       <c r="C385" s="5">
-        <v>-1.5097662000000582</v>
+        <v>-1.4157338999998501</v>
       </c>
       <c r="D385" s="5">
-        <v>-1.6805798625635471</v>
+        <v>-1.5762371080518034</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>1074.79763</v>
+        <v>1075.0103478000001</v>
       </c>
       <c r="C386" s="5">
-        <v>6.6041820000000371</v>
+        <v>6.427135700000008</v>
       </c>
       <c r="D386" s="5">
-        <v>7.676637181702084</v>
+        <v>7.4611720267895087</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>1087.3340046000001</v>
+        <v>1087.2591815999999</v>
       </c>
       <c r="C387" s="5">
-        <v>12.536374600000045</v>
+        <v>12.248833799999829</v>
       </c>
       <c r="D387" s="5">
-        <v>14.930485102759228</v>
+        <v>14.563235342997881</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>1090.6007442</v>
+        <v>1090.5590445</v>
       </c>
       <c r="C388" s="5">
-        <v>3.2667395999999371</v>
+        <v>3.2998629000001074</v>
       </c>
       <c r="D388" s="5">
-        <v>3.6654017886663892</v>
+        <v>3.7034490369874051</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>1094.9144461999999</v>
+        <v>1095.0327566999999</v>
       </c>
       <c r="C389" s="5">
-        <v>4.3137019999999211</v>
+        <v>4.473712199999909</v>
       </c>
       <c r="D389" s="5">
-        <v>4.8510427077360863</v>
+        <v>5.035261952531811</v>
       </c>
       <c r="E389" s="5">
-        <v>5.5004321122264166</v>
+        <v>5.5001714973454963</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>1100.4956677</v>
+        <v>1100.2462264999999</v>
       </c>
       <c r="C390" s="5">
-        <v>5.5812215000000833</v>
+        <v>5.2134697999999844</v>
       </c>
       <c r="D390" s="5">
-        <v>6.2913239010136124</v>
+        <v>5.8652245855246088</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>1111.1223737</v>
+        <v>1110.7651997999999</v>
       </c>
       <c r="C391" s="5">
-        <v>10.626706000000013</v>
+        <v>10.518973299999971</v>
       </c>
       <c r="D391" s="5">
-        <v>12.223204506365803</v>
+        <v>12.095589586735645</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>1111.8702228</v>
+        <v>1111.4170051000001</v>
       </c>
       <c r="C392" s="5">
-        <v>0.74784909999993943</v>
+        <v>0.65180530000020553</v>
       </c>
       <c r="D392" s="5">
-        <v>0.81066540020602318</v>
+        <v>0.7064460609937262</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>1116.0901082</v>
+        <v>1115.8888689</v>
       </c>
       <c r="C393" s="5">
-        <v>4.2198854000000665</v>
+        <v>4.4718637999999373</v>
       </c>
       <c r="D393" s="5">
-        <v>4.6506463242781626</v>
+        <v>4.9365778964925999</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>1117.7717752000001</v>
+        <v>1117.6132950000001</v>
       </c>
       <c r="C394" s="5">
-        <v>1.6816670000000613</v>
+        <v>1.7244261000000733</v>
       </c>
       <c r="D394" s="5">
-        <v>1.8231575279237022</v>
+        <v>1.8702490160923402</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>1120.4740413</v>
+        <v>1120.6901972999999</v>
       </c>
       <c r="C395" s="5">
-        <v>2.7022660999998607</v>
+        <v>3.0769022999998015</v>
       </c>
       <c r="D395" s="5">
-        <v>2.9399431947795263</v>
+        <v>3.354208288929339</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>1130.3249374</v>
+        <v>1130.7912581999999</v>
       </c>
       <c r="C396" s="5">
-        <v>9.8508960999999999</v>
+        <v>10.101060899999993</v>
       </c>
       <c r="D396" s="5">
-        <v>11.075459119742725</v>
+        <v>11.368515620340958</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>1133.1506397999999</v>
+        <v>1133.6266178999999</v>
       </c>
       <c r="C397" s="5">
-        <v>2.8257023999999547</v>
+        <v>2.8353597000000264</v>
       </c>
       <c r="D397" s="5">
-        <v>3.04147572057758</v>
+        <v>3.0507382810883277</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>1137.7266893999999</v>
+        <v>1138.0476784</v>
       </c>
       <c r="C398" s="5">
-        <v>4.576049600000033</v>
+        <v>4.4210605000000669</v>
       </c>
       <c r="D398" s="5">
-        <v>4.9551064445045423</v>
+        <v>4.7816104958982253</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>1138.0602217999999</v>
+        <v>1138.1035188999999</v>
       </c>
       <c r="C399" s="5">
-        <v>0.33353239999996731</v>
+        <v>5.5840499999931126E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>0.35235601401089056</v>
+        <v>5.8896202428870836E-2</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>1139.530567</v>
+        <v>1139.5613933</v>
       </c>
       <c r="C400" s="5">
-        <v>1.4703452000001107</v>
+        <v>1.457874400000037</v>
       </c>
       <c r="D400" s="5">
-        <v>1.5614341328158199</v>
+        <v>1.5480380034350594</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>1142.2996111</v>
+        <v>1142.3973289</v>
       </c>
       <c r="C401" s="5">
-        <v>2.7690440999999737</v>
+        <v>2.8359356000000844</v>
       </c>
       <c r="D401" s="5">
-        <v>2.9552733329589742</v>
+        <v>3.0275606501856567</v>
       </c>
       <c r="E401" s="5">
-        <v>4.3277504525083721</v>
+        <v>4.3254023142411224</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>1149.1934864</v>
+        <v>1148.8418289000001</v>
       </c>
       <c r="C402" s="5">
-        <v>6.8938752999999906</v>
+        <v>6.4445000000000618</v>
       </c>
       <c r="D402" s="5">
-        <v>7.487391068833027</v>
+        <v>6.9834818969481294</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>1153.5859135000001</v>
+        <v>1153.1087336999999</v>
       </c>
       <c r="C403" s="5">
-        <v>4.3924271000000772</v>
+        <v>4.2669047999997929</v>
       </c>
       <c r="D403" s="5">
-        <v>4.6842778550716835</v>
+        <v>4.5490911894094266</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>1157.8327967</v>
+        <v>1157.1889238000001</v>
       </c>
       <c r="C404" s="5">
-        <v>4.2468831999999566</v>
+        <v>4.080190100000209</v>
       </c>
       <c r="D404" s="5">
-        <v>4.5083126554613884</v>
+        <v>4.3297288803101353</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>1156.9404645</v>
+        <v>1156.6142950999999</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.89233220000005531</v>
+        <v>-0.57462870000017574</v>
       </c>
       <c r="D405" s="5">
-        <v>-0.92091999541086267</v>
+        <v>-0.59426275369794945</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>1157.8297213000001</v>
+        <v>1157.5466085</v>
       </c>
       <c r="C406" s="5">
-        <v>0.88925680000011198</v>
+        <v>0.93231340000011187</v>
       </c>
       <c r="D406" s="5">
-        <v>0.92626277787313249</v>
+        <v>0.97158526227691944</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>1163.4385944999999</v>
+        <v>1163.7165109</v>
       </c>
       <c r="C407" s="5">
-        <v>5.6088731999998345</v>
+        <v>6.1699023999999554</v>
       </c>
       <c r="D407" s="5">
-        <v>5.9705708435625615</v>
+        <v>6.587066973912914</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>1161.5405304999999</v>
+        <v>1162.1910660999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-1.8980639999999767</v>
+        <v>-1.5254448000000593</v>
       </c>
       <c r="D408" s="5">
-        <v>-1.9402401696244631</v>
+        <v>-1.5617152441043336</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>1164.1818241000001</v>
+        <v>1164.7677498999999</v>
       </c>
       <c r="C409" s="5">
-        <v>2.6412936000001537</v>
+        <v>2.5766837999999552</v>
       </c>
       <c r="D409" s="5">
-        <v>2.7631366255577827</v>
+        <v>2.6931928818601847</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>1167.3975828</v>
+        <v>1167.8170587</v>
       </c>
       <c r="C410" s="5">
-        <v>3.2157586999999239</v>
+        <v>3.0493088000000625</v>
       </c>
       <c r="D410" s="5">
-        <v>3.3655220300995214</v>
+        <v>3.1871766163038551</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>1169.6592892000001</v>
+        <v>1169.8277313999999</v>
       </c>
       <c r="C411" s="5">
-        <v>2.2617064000000937</v>
+        <v>2.0106726999999864</v>
       </c>
       <c r="D411" s="5">
-        <v>2.3498037476416656</v>
+        <v>2.0857608253497251</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>1170.7072906999999</v>
+        <v>1170.8331166999999</v>
       </c>
       <c r="C412" s="5">
-        <v>1.0480014999998275</v>
+        <v>1.0053852999999435</v>
       </c>
       <c r="D412" s="5">
-        <v>1.0805007422221902</v>
+        <v>1.0362051457587507</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>1170.8584857999999</v>
+        <v>1170.9401728</v>
       </c>
       <c r="C413" s="5">
-        <v>0.15119509999999536</v>
+        <v>0.10705610000013621</v>
       </c>
       <c r="D413" s="5">
-        <v>0.15508834073321154</v>
+        <v>0.10977819443387382</v>
       </c>
       <c r="E413" s="5">
-        <v>2.5001211960930858</v>
+        <v>2.4985040824179405</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>1174.7730567999999</v>
+        <v>1174.3201005000001</v>
       </c>
       <c r="C414" s="5">
-        <v>3.9145710000000236</v>
+        <v>3.3799277000000529</v>
       </c>
       <c r="D414" s="5">
-        <v>4.0866032276100306</v>
+        <v>3.5193323799938891</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>1175.2243016</v>
+        <v>1174.6510198999999</v>
       </c>
       <c r="C415" s="5">
-        <v>0.45124480000004041</v>
+        <v>0.33091939999985698</v>
       </c>
       <c r="D415" s="5">
-        <v>0.46190980645848256</v>
+        <v>0.33868050222527479</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>1176.0977945</v>
+        <v>1175.2698625</v>
       </c>
       <c r="C416" s="5">
-        <v>0.87349289999997382</v>
+        <v>0.61884260000010727</v>
       </c>
       <c r="D416" s="5">
-        <v>0.89556268070249967</v>
+        <v>0.63403228598695183</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>1178.5995958000001</v>
+        <v>1178.1714903</v>
       </c>
       <c r="C417" s="5">
-        <v>2.5018013000001247</v>
+        <v>2.9016277999999147</v>
       </c>
       <c r="D417" s="5">
-        <v>2.5827239871949015</v>
+        <v>3.0032472449391445</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>1180.8172499</v>
+        <v>1180.3953233</v>
       </c>
       <c r="C418" s="5">
-        <v>2.2176540999998906</v>
+        <v>2.2238330000000133</v>
       </c>
       <c r="D418" s="5">
-        <v>2.2814350851006582</v>
+        <v>2.2886977810012699</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>1180.6826644</v>
+        <v>1181.0159209999999</v>
       </c>
       <c r="C419" s="5">
-        <v>-0.13458549999995739</v>
+        <v>0.62059769999996206</v>
       </c>
       <c r="D419" s="5">
-        <v>-0.1366861782797768</v>
+        <v>0.63273249524318231</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>1180.5850734999999</v>
+        <v>1181.4042336</v>
       </c>
       <c r="C420" s="5">
-        <v>-9.7590900000113834E-2</v>
+        <v>0.38831260000006296</v>
       </c>
       <c r="D420" s="5">
-        <v>-9.9142520895711961E-2</v>
+        <v>0.39526876271189781</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>1187.3789119999999</v>
+        <v>1188.0493418000001</v>
       </c>
       <c r="C421" s="5">
-        <v>6.7938384999999926</v>
+        <v>6.6451082000000952</v>
       </c>
       <c r="D421" s="5">
-        <v>7.1283762615860669</v>
+        <v>6.962479681980116</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>1184.7681153000001</v>
+        <v>1185.2752058999999</v>
       </c>
       <c r="C422" s="5">
-        <v>-2.6107966999998098</v>
+        <v>-2.7741359000001466</v>
       </c>
       <c r="D422" s="5">
-        <v>-2.6068716699625738</v>
+        <v>-2.7663339826502265</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>1184.0918998</v>
+        <v>1184.4632784999999</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.67621550000012576</v>
+        <v>-0.8119274000000587</v>
       </c>
       <c r="D423" s="5">
-        <v>-0.68276325586141828</v>
+        <v>-0.81892412622034394</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>1185.4008346000001</v>
+        <v>1185.7001473</v>
       </c>
       <c r="C424" s="5">
-        <v>1.3089348000000882</v>
+        <v>1.2368688000001384</v>
       </c>
       <c r="D424" s="5">
-        <v>1.3346150268946921</v>
+        <v>1.2603149820597848</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>1187.1896919000001</v>
+        <v>1187.3528071000001</v>
       </c>
       <c r="C425" s="5">
-        <v>1.7888573000000179</v>
+        <v>1.6526598000000376</v>
       </c>
       <c r="D425" s="5">
-        <v>1.8259945843825065</v>
+        <v>1.68547322559085</v>
       </c>
       <c r="E425" s="5">
-        <v>1.3948061442149218</v>
+        <v>1.4016629270437786</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>1188.2738193</v>
+        <v>1188.6849543000001</v>
       </c>
       <c r="C426" s="5">
-        <v>1.084127399999943</v>
+        <v>1.3321472000000085</v>
       </c>
       <c r="D426" s="5">
-        <v>1.1013462292645881</v>
+        <v>1.3546756845599139</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>1189.1352013999999</v>
+        <v>1189.7470827</v>
       </c>
       <c r="C427" s="5">
-        <v>0.86138209999990067</v>
+        <v>1.0621283999998923</v>
       </c>
       <c r="D427" s="5">
-        <v>0.87335901362044499</v>
+        <v>1.0775239249091628</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>1188.5320698</v>
+        <v>1188.5197849000001</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.60313159999986965</v>
+        <v>-1.2272977999998602</v>
       </c>
       <c r="D428" s="5">
-        <v>-0.60694723878829127</v>
+        <v>-1.2308752206137363</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>1195.5685854999999</v>
+        <v>1192.2148388000001</v>
       </c>
       <c r="C429" s="5">
-        <v>7.0365156999998817</v>
+        <v>3.695053899999948</v>
       </c>
       <c r="D429" s="5">
-        <v>7.3403693127233716</v>
+        <v>3.7952040577083679</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>1198.6818556000001</v>
+        <v>1192.0350444999999</v>
       </c>
       <c r="C430" s="5">
-        <v>3.1132701000001362</v>
+        <v>-0.17979430000013963</v>
       </c>
       <c r="D430" s="5">
-        <v>3.1699539458734938</v>
+        <v>-0.18081832986629465</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>1200.4451723</v>
+        <v>1179.3315692000001</v>
       </c>
       <c r="C431" s="5">
-        <v>1.7633166999999048</v>
+        <v>-12.703475299999809</v>
       </c>
       <c r="D431" s="5">
-        <v>1.7796082695874516</v>
+        <v>-12.064788988471332</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>1206.814566</v>
+        <v>1185.2779977</v>
       </c>
       <c r="C432" s="5">
-        <v>6.369393700000046</v>
+        <v>5.9464284999999109</v>
       </c>
       <c r="D432" s="5">
-        <v>6.556161587302789</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>6.2212925053452883</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1206.8276172000001</v>
+        <v>1185.2330099999999</v>
       </c>
       <c r="C433" s="5">
-        <v>1.3051200000063545E-2</v>
+        <v>-4.4987700000092445E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>1.2978275222219615E-2</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-4.5536972641113671E-2</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>1202.5127732999999</v>
+        <v>1181.1332741000001</v>
       </c>
       <c r="C434" s="5">
-        <v>-4.3148439000001417</v>
+        <v>-4.0997358999998141</v>
       </c>
       <c r="D434" s="5">
-        <v>-4.2070610221269895</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-4.0727510860652512</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>1177.2978622000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-3.8354119000000537</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-3.8278305849817618</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>1177.7480337</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.4501714999998967</v>
+      </c>
+      <c r="D436" s="5">
+        <v>0.45981850376763944</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>1179.8567217</v>
+      </c>
+      <c r="C437" s="5">
+        <v>2.1086880000000292</v>
+      </c>
+      <c r="D437" s="5">
+        <v>2.1698130805334115</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.63132755110155703</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>