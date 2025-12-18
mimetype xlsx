--- v0 (2025-10-17)
+++ v1 (2025-12-18)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{68FAD533-02BE-4217-8DF2-39401B28FA1F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C8D95254-D4CA-4047-9B7F-9A550B163148}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{3FA7CA21-4F2B-4FB3-ACF4-5C7715571415}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{8A4FB527-1944-464E-B877-23A8A27C5DFA}"/>
   </bookViews>
   <sheets>
     <sheet name="sanserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Services Providing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A0BEDEF2-8C19-4170-8A12-3A148473102E}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EAA5D917-037B-4534-9876-62839DF36FB5}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>1.1371127000002161</v>
       </c>
       <c r="D431" s="5">
         <v>1.2961445842974539</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>1066.2318058999999</v>
       </c>
       <c r="C432" s="5">
         <v>6.0904343999998218</v>
       </c>
       <c r="D432" s="5">
         <v>7.1159653244869281</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1070.3009070000001</v>
+        <v>1066.4797102</v>
       </c>
       <c r="C433" s="5">
-        <v>4.0691011000001254</v>
+        <v>0.24790430000007291</v>
       </c>
       <c r="D433" s="5">
-        <v>4.6769644291556167</v>
+        <v>0.27936314671805906</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>1062.2747701999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-4.2049400000000787</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-4.6301207742415418</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>