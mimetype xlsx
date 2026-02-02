--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C8D95254-D4CA-4047-9B7F-9A550B163148}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{89BC1A90-6B6B-4B9A-B1EE-4D1E59C574BF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{8A4FB527-1944-464E-B877-23A8A27C5DFA}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{8662970B-0FD6-41DB-A39F-5A550B55A212}"/>
   </bookViews>
   <sheets>
     <sheet name="sanserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Services Providing Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EAA5D917-037B-4534-9876-62839DF36FB5}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2E805C09-8334-4AE9-9699-6823806AEADE}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>474.33177296999997</v>
+        <v>474.33298988000001</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>472.85317522999998</v>
+        <v>472.85353845999998</v>
       </c>
       <c r="C7" s="5">
-        <v>-1.4785977399999979</v>
+        <v>-1.4794514200000322</v>
       </c>
       <c r="D7" s="5">
-        <v>-3.6771961918280138</v>
+        <v>-3.6792736851531505</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>473.04533809999998</v>
+        <v>473.04596312000001</v>
       </c>
       <c r="C8" s="5">
-        <v>0.1921628700000042</v>
+        <v>0.19242466000002878</v>
       </c>
       <c r="D8" s="5">
-        <v>0.48875966024901629</v>
+        <v>0.48942662833695305</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>472.17311544</v>
+        <v>472.17350663000002</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.87222265999997717</v>
+        <v>-0.87245648999999048</v>
       </c>
       <c r="D9" s="5">
-        <v>-2.1903138356996865</v>
+        <v>-2.1908922174816547</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>474.77828140999998</v>
+        <v>474.77827907</v>
       </c>
       <c r="C10" s="5">
-        <v>2.6051659699999732</v>
+        <v>2.6047724399999765</v>
       </c>
       <c r="D10" s="5">
-        <v>6.8255312781452915</v>
+        <v>6.8244629212024455</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>476.36563331999997</v>
+        <v>476.36551929000001</v>
       </c>
       <c r="C11" s="5">
-        <v>1.5873519099999953</v>
+        <v>1.5872402200000124</v>
       </c>
       <c r="D11" s="5">
-        <v>4.0866282236305951</v>
+        <v>4.0863353912653722</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>475.11755951999999</v>
+        <v>475.11787084999997</v>
       </c>
       <c r="C12" s="5">
-        <v>-1.248073799999986</v>
+        <v>-1.2476484400000345</v>
       </c>
       <c r="D12" s="5">
-        <v>-3.0990781217848484</v>
+        <v>-3.0980378140645914</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>476.54597072000001</v>
+        <v>476.54567681999998</v>
       </c>
       <c r="C13" s="5">
-        <v>1.4284112000000277</v>
+        <v>1.4278059700000085</v>
       </c>
       <c r="D13" s="5">
-        <v>3.6679819692365667</v>
+        <v>3.6663995945215078</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>477.88583756000003</v>
+        <v>477.88545794999999</v>
       </c>
       <c r="C14" s="5">
-        <v>1.3398668400000133</v>
+        <v>1.3397811300000058</v>
       </c>
       <c r="D14" s="5">
-        <v>3.4266121637173574</v>
+        <v>3.4263917120698428</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>479.11868750999997</v>
+        <v>479.11811557999999</v>
       </c>
       <c r="C15" s="5">
-        <v>1.2328499499999452</v>
+        <v>1.2326576300000056</v>
       </c>
       <c r="D15" s="5">
-        <v>3.140065531269598</v>
+        <v>3.1395712521693708</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>479.85681466</v>
+        <v>479.85671150000002</v>
       </c>
       <c r="C16" s="5">
-        <v>0.73812715000002527</v>
+        <v>0.73859592000002294</v>
       </c>
       <c r="D16" s="5">
-        <v>1.8644575856757939</v>
+        <v>1.8656539693199026</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>480.46014724000003</v>
+        <v>480.45880538</v>
       </c>
       <c r="C17" s="5">
-        <v>0.60333258000002843</v>
+        <v>0.60209387999998398</v>
       </c>
       <c r="D17" s="5">
-        <v>1.5192589749292384</v>
+        <v>1.5161185608851602</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>477.92383692999999</v>
+        <v>477.92495812999999</v>
       </c>
       <c r="C18" s="5">
-        <v>-2.536310310000033</v>
+        <v>-2.533847250000008</v>
       </c>
       <c r="D18" s="5">
-        <v>-6.1539792017061394</v>
+        <v>-6.1481919003303904</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>477.33106241000002</v>
+        <v>477.33141828999999</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.59277451999997766</v>
+        <v>-0.59353984000000537</v>
       </c>
       <c r="D19" s="5">
-        <v>-1.4782626214280392</v>
+        <v>-1.48015471221975</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>478.94433157999998</v>
+        <v>478.94491324000001</v>
       </c>
       <c r="C20" s="5">
-        <v>1.6132691699999668</v>
+        <v>1.6134949500000175</v>
       </c>
       <c r="D20" s="5">
-        <v>4.131970526738149</v>
+        <v>4.1325564581334406</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>477.16534295999998</v>
+        <v>477.16571484999997</v>
       </c>
       <c r="C21" s="5">
-        <v>-1.7789886200000069</v>
+        <v>-1.7791983900000332</v>
       </c>
       <c r="D21" s="5">
-        <v>-4.3673340928955913</v>
+        <v>-4.367833395969523</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>477.65400561000001</v>
+        <v>477.65400578999999</v>
       </c>
       <c r="C22" s="5">
-        <v>0.4886626500000375</v>
+        <v>0.48829094000001305</v>
       </c>
       <c r="D22" s="5">
-        <v>1.2358595897907554</v>
+        <v>1.2349132458866929</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>478.88026346999999</v>
+        <v>478.88014102</v>
       </c>
       <c r="C23" s="5">
-        <v>1.2262578599999756</v>
+        <v>1.2261352300000112</v>
       </c>
       <c r="D23" s="5">
-        <v>3.1245750884211443</v>
+        <v>3.1242581942633185</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>479.13205164999999</v>
+        <v>479.13238002000003</v>
       </c>
       <c r="C24" s="5">
-        <v>0.25178818000000547</v>
+        <v>0.25223900000003141</v>
       </c>
       <c r="D24" s="5">
-        <v>0.63277007481099545</v>
+        <v>0.63390647945791301</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>482.17088856999999</v>
+        <v>482.17062121999999</v>
       </c>
       <c r="C25" s="5">
-        <v>3.0388369199999943</v>
+        <v>3.038241199999959</v>
       </c>
       <c r="D25" s="5">
-        <v>7.8820382195639027</v>
+        <v>7.8804331865209631</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>487.51051222000001</v>
+        <v>487.51017755999999</v>
       </c>
       <c r="C26" s="5">
-        <v>5.3396236500000214</v>
+        <v>5.3395563400000015</v>
       </c>
       <c r="D26" s="5">
-        <v>14.12899331106081</v>
+        <v>14.128812536543855</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>485.28263229999999</v>
+        <v>485.28211482</v>
       </c>
       <c r="C27" s="5">
-        <v>-2.2278799200000208</v>
+        <v>-2.2280627399999844</v>
       </c>
       <c r="D27" s="5">
-        <v>-5.3481370680969249</v>
+        <v>-5.3485685441564961</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>486.27947564999999</v>
+        <v>486.27940452000001</v>
       </c>
       <c r="C28" s="5">
-        <v>0.99684335000000601</v>
+        <v>0.99728970000001027</v>
       </c>
       <c r="D28" s="5">
-        <v>2.4930205610936174</v>
+        <v>2.4941521816824075</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>487.49327514999999</v>
+        <v>487.49194591000003</v>
       </c>
       <c r="C29" s="5">
-        <v>1.2137994999999933</v>
+        <v>1.2125413900000126</v>
       </c>
       <c r="D29" s="5">
-        <v>3.036778627424952</v>
+        <v>3.03358814680732</v>
       </c>
       <c r="E29" s="5">
-        <v>1.46383169351334</v>
+        <v>1.4638384084640688</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>487.38803941999998</v>
+        <v>487.38905310000001</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.10523573000000397</v>
+        <v>-0.10289281000001438</v>
       </c>
       <c r="D30" s="5">
-        <v>-0.25873802923682687</v>
+        <v>-0.25298497895561711</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>488.64956595000001</v>
+        <v>488.64990126999999</v>
       </c>
       <c r="C31" s="5">
-        <v>1.261526530000026</v>
+        <v>1.2608481699999743</v>
       </c>
       <c r="D31" s="5">
-        <v>3.150609899195822</v>
+        <v>3.1488849033823652</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>490.17622641999998</v>
+        <v>490.17676712000002</v>
       </c>
       <c r="C32" s="5">
-        <v>1.5266604699999675</v>
+        <v>1.5268658500000356</v>
       </c>
       <c r="D32" s="5">
-        <v>3.8141903716333747</v>
+        <v>3.814709677957473</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>493.74511890000002</v>
+        <v>493.74547969000002</v>
       </c>
       <c r="C33" s="5">
-        <v>3.568892480000045</v>
+        <v>3.5687125700000024</v>
       </c>
       <c r="D33" s="5">
-        <v>9.0955042396038586</v>
+        <v>9.0950167786118197</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>496.02442329000002</v>
+        <v>496.02444355</v>
       </c>
       <c r="C34" s="5">
-        <v>2.279304389999993</v>
+        <v>2.2789638599999762</v>
       </c>
       <c r="D34" s="5">
-        <v>5.6824679994820881</v>
+        <v>5.6815931093732619</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>496.99571170000002</v>
+        <v>496.99559932</v>
       </c>
       <c r="C35" s="5">
-        <v>0.97128840999999966</v>
+        <v>0.97115576999999575</v>
       </c>
       <c r="D35" s="5">
-        <v>2.3752481455093122</v>
+        <v>2.3749201806548825</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>500.51224354999999</v>
+        <v>500.51257994999997</v>
       </c>
       <c r="C36" s="5">
-        <v>3.5165318499999785</v>
+        <v>3.5169806299999777</v>
       </c>
       <c r="D36" s="5">
-        <v>8.8290330640148582</v>
+        <v>8.8302061122104583</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>501.02867230999999</v>
+        <v>501.02844420999998</v>
       </c>
       <c r="C37" s="5">
-        <v>0.5164287599999966</v>
+        <v>0.51586426000000074</v>
       </c>
       <c r="D37" s="5">
-        <v>1.2452112073354282</v>
+        <v>1.2438415211559528</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>501.58877720999999</v>
+        <v>501.5885212</v>
       </c>
       <c r="C38" s="5">
-        <v>0.56010489999999891</v>
+        <v>0.56007699000002731</v>
       </c>
       <c r="D38" s="5">
-        <v>1.34977083051806</v>
+        <v>1.3497037756967423</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>504.62635489000002</v>
+        <v>504.62593780999998</v>
       </c>
       <c r="C39" s="5">
-        <v>3.0375776800000267</v>
+        <v>3.0374166099999798</v>
       </c>
       <c r="D39" s="5">
-        <v>7.5140970513273286</v>
+        <v>7.5136892108571773</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>504.68657288000003</v>
+        <v>504.68646357</v>
       </c>
       <c r="C40" s="5">
-        <v>6.0217990000012378E-2</v>
+        <v>6.0525760000018636E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>0.14329222654332341</v>
+        <v>0.14402518555152177</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>506.60848612000001</v>
+        <v>506.60733547000001</v>
       </c>
       <c r="C41" s="5">
-        <v>1.9219132399999808</v>
+        <v>1.9208719000000087</v>
       </c>
       <c r="D41" s="5">
-        <v>4.6666965385223635</v>
+        <v>4.6641158749008982</v>
       </c>
       <c r="E41" s="5">
-        <v>3.9211230071057646</v>
+        <v>3.9211703332487469</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>510.37467161000001</v>
+        <v>510.37542006000001</v>
       </c>
       <c r="C42" s="5">
-        <v>3.766185489999998</v>
+        <v>3.7680845900000008</v>
       </c>
       <c r="D42" s="5">
-        <v>9.2948851753027917</v>
+        <v>9.2997874936181937</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>512.61115894</v>
+        <v>512.61147059999996</v>
       </c>
       <c r="C43" s="5">
-        <v>2.2364873299999886</v>
+        <v>2.2360505399999511</v>
       </c>
       <c r="D43" s="5">
-        <v>5.387065177652639</v>
+        <v>5.3859795039333802</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>513.42349116000003</v>
+        <v>513.42391974999998</v>
       </c>
       <c r="C44" s="5">
-        <v>0.81233222000003025</v>
+        <v>0.81244915000002038</v>
       </c>
       <c r="D44" s="5">
-        <v>1.9182958810083584</v>
+        <v>1.918573242168109</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>515.63633990000005</v>
+        <v>515.63686674999997</v>
       </c>
       <c r="C45" s="5">
-        <v>2.2128487400000267</v>
+        <v>2.2129469999999856</v>
       </c>
       <c r="D45" s="5">
-        <v>5.296364900199646</v>
+        <v>5.2966011578110761</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>515.99934869000003</v>
+        <v>515.99930973999994</v>
       </c>
       <c r="C46" s="5">
-        <v>0.36300878999998076</v>
+        <v>0.36244298999997682</v>
       </c>
       <c r="D46" s="5">
-        <v>0.84808064585684129</v>
+        <v>0.84675281055284213</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>516.57709901999999</v>
+        <v>516.57697765</v>
       </c>
       <c r="C47" s="5">
-        <v>0.57775032999995801</v>
+        <v>0.57766791000005924</v>
       </c>
       <c r="D47" s="5">
-        <v>1.3519122741584733</v>
+        <v>1.3517183283290102</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>518.43069747000004</v>
+        <v>518.43098783999994</v>
       </c>
       <c r="C48" s="5">
-        <v>1.8535984500000495</v>
+        <v>1.8540101899999399</v>
       </c>
       <c r="D48" s="5">
-        <v>4.3918806852139891</v>
+        <v>4.3928766441600153</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>520.26071059000003</v>
+        <v>520.26052056000003</v>
       </c>
       <c r="C49" s="5">
-        <v>1.8300131199999896</v>
+        <v>1.8295327200000884</v>
       </c>
       <c r="D49" s="5">
-        <v>4.3191037112298769</v>
+        <v>4.3179453334177387</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>519.74843744999998</v>
+        <v>519.74828392999996</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.51227314000004753</v>
+        <v>-0.51223663000007491</v>
       </c>
       <c r="D50" s="5">
-        <v>-1.1751984415811267</v>
+        <v>-1.1751155644525002</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>521.29746064999995</v>
+        <v>521.29716867000002</v>
       </c>
       <c r="C51" s="5">
-        <v>1.5490231999999651</v>
+        <v>1.5488847400000623</v>
       </c>
       <c r="D51" s="5">
-        <v>3.6356091334801111</v>
+        <v>3.6352799098775312</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>521.80763462000004</v>
+        <v>521.80749919000004</v>
       </c>
       <c r="C52" s="5">
-        <v>0.51017397000009623</v>
+        <v>0.51033052000002499</v>
       </c>
       <c r="D52" s="5">
-        <v>1.180736304736496</v>
+        <v>1.1811012390308129</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>523.93285905000005</v>
+        <v>523.93182543</v>
       </c>
       <c r="C53" s="5">
-        <v>2.1252244300000029</v>
+        <v>2.1243262399999594</v>
       </c>
       <c r="D53" s="5">
-        <v>4.998353952845247</v>
+        <v>4.9961952863406767</v>
       </c>
       <c r="E53" s="5">
-        <v>3.4196768124994392</v>
+        <v>3.4197076802939153</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>528.58515008999996</v>
+        <v>528.58558677999997</v>
       </c>
       <c r="C54" s="5">
-        <v>4.6522910399999091</v>
+        <v>4.6537613499999679</v>
       </c>
       <c r="D54" s="5">
-        <v>11.19156872185323</v>
+        <v>11.195303434224368</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>530.63349530999994</v>
+        <v>530.63370557999997</v>
       </c>
       <c r="C55" s="5">
-        <v>2.0483452199999874</v>
+        <v>2.0481187999999975</v>
       </c>
       <c r="D55" s="5">
-        <v>4.7505786492549662</v>
+        <v>4.7500382805168329</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>532.13204342999995</v>
+        <v>532.13230943999997</v>
       </c>
       <c r="C56" s="5">
-        <v>1.4985481200000095</v>
+        <v>1.4986038600000029</v>
       </c>
       <c r="D56" s="5">
-        <v>3.4420247501358192</v>
+        <v>3.4421533896445311</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>536.33547246000001</v>
+        <v>536.33618061000004</v>
       </c>
       <c r="C57" s="5">
-        <v>4.2034290300000521</v>
+        <v>4.2038711700000704</v>
       </c>
       <c r="D57" s="5">
-        <v>9.9019298320105911</v>
+        <v>9.9030118704425583</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>535.47872774999996</v>
+        <v>535.47872668000002</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.8567447100000436</v>
+        <v>-0.85745393000001968</v>
       </c>
       <c r="D58" s="5">
-        <v>-1.900133553294292</v>
+        <v>-1.9016902049257323</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>536.23100809000005</v>
+        <v>536.23096635000002</v>
       </c>
       <c r="C59" s="5">
-        <v>0.75228034000008392</v>
+        <v>0.75223966999999448</v>
       </c>
       <c r="D59" s="5">
-        <v>1.6989366724982302</v>
+        <v>1.6988441166905011</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>540.45306559000005</v>
+        <v>540.45313911000005</v>
       </c>
       <c r="C60" s="5">
-        <v>4.2220575000000053</v>
+        <v>4.2221727600000349</v>
       </c>
       <c r="D60" s="5">
-        <v>9.8683819935149852</v>
+        <v>9.8686639692263647</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>539.75405908000005</v>
+        <v>539.75399279999999</v>
       </c>
       <c r="C61" s="5">
-        <v>-0.6990065100000038</v>
+        <v>-0.69914631000006011</v>
       </c>
       <c r="D61" s="5">
-        <v>-1.5410525355046167</v>
+        <v>-1.5413583453863788</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>542.79143015</v>
+        <v>542.79145311000002</v>
       </c>
       <c r="C62" s="5">
-        <v>3.0373710699999492</v>
+        <v>3.0374603100000286</v>
       </c>
       <c r="D62" s="5">
-        <v>6.965760222561368</v>
+        <v>6.9659721388840579</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>546.10697989000005</v>
+        <v>546.10679546999995</v>
       </c>
       <c r="C63" s="5">
-        <v>3.3155497400000513</v>
+        <v>3.3153423599999314</v>
       </c>
       <c r="D63" s="5">
-        <v>7.5813381792295909</v>
+        <v>7.5808476103308431</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>548.58198388999995</v>
+        <v>548.58181045000003</v>
       </c>
       <c r="C64" s="5">
-        <v>2.475003999999899</v>
+        <v>2.4750149800000827</v>
       </c>
       <c r="D64" s="5">
-        <v>5.57613534443826</v>
+        <v>5.5761626322729407</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>552.53761039999995</v>
+        <v>552.53666773999998</v>
       </c>
       <c r="C65" s="5">
-        <v>3.9556265100000019</v>
+        <v>3.9548572899999499</v>
       </c>
       <c r="D65" s="5">
-        <v>9.0043056325151092</v>
+        <v>9.0024875910702296</v>
       </c>
       <c r="E65" s="5">
-        <v>5.4596215633175404</v>
+        <v>5.4596496951723639</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>552.64774338999996</v>
+        <v>552.64786446000005</v>
       </c>
       <c r="C66" s="5">
-        <v>0.11013299000001098</v>
+        <v>0.11119672000006631</v>
       </c>
       <c r="D66" s="5">
-        <v>0.23944897985985758</v>
+        <v>0.24176469410888135</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>554.31165945999999</v>
+        <v>554.31157352000002</v>
       </c>
       <c r="C67" s="5">
-        <v>1.6639160700000275</v>
+        <v>1.6637090599999738</v>
       </c>
       <c r="D67" s="5">
-        <v>3.6734025009199645</v>
+        <v>3.6729370766927394</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>555.63696658000003</v>
+        <v>555.63697945000001</v>
       </c>
       <c r="C68" s="5">
-        <v>1.3253071200000477</v>
+        <v>1.3254059299999881</v>
       </c>
       <c r="D68" s="5">
-        <v>2.907118061187286</v>
+        <v>2.9073381201671689</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>556.83394796000005</v>
+        <v>556.83494857999995</v>
       </c>
       <c r="C69" s="5">
-        <v>1.1969813800000111</v>
+        <v>1.1979691299999331</v>
       </c>
       <c r="D69" s="5">
-        <v>2.6159512309180455</v>
+        <v>2.6181355168645615</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>560.10717116000001</v>
+        <v>560.10744453999996</v>
       </c>
       <c r="C70" s="5">
-        <v>3.2732231999999613</v>
+        <v>3.2724959600000147</v>
       </c>
       <c r="D70" s="5">
-        <v>7.2865157296398086</v>
+        <v>7.2848306223704862</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>561.46676020999996</v>
+        <v>561.46660319</v>
       </c>
       <c r="C71" s="5">
-        <v>1.3595890499999541</v>
+        <v>1.3591586500000403</v>
       </c>
       <c r="D71" s="5">
-        <v>2.9520521567252267</v>
+        <v>2.9511036694596315</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>563.44811986000002</v>
+        <v>563.44813865000003</v>
       </c>
       <c r="C72" s="5">
-        <v>1.9813596500000585</v>
+        <v>1.9815354600000319</v>
       </c>
       <c r="D72" s="5">
-        <v>4.3178443325969873</v>
+        <v>4.3182361619713561</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>565.11661892999996</v>
+        <v>565.11677100999998</v>
       </c>
       <c r="C73" s="5">
-        <v>1.6684990699999389</v>
+        <v>1.6686323599999469</v>
       </c>
       <c r="D73" s="5">
-        <v>3.6119248266115234</v>
+        <v>3.6122179629727524</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>566.01878001</v>
+        <v>566.01901607000002</v>
       </c>
       <c r="C74" s="5">
-        <v>0.90216108000004169</v>
+        <v>0.90224506000004112</v>
       </c>
       <c r="D74" s="5">
-        <v>1.9326091348674579</v>
+        <v>1.9327900947503363</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>566.87080805000005</v>
+        <v>566.87080466999998</v>
       </c>
       <c r="C75" s="5">
-        <v>0.85202804000005017</v>
+        <v>0.85178859999996348</v>
       </c>
       <c r="D75" s="5">
-        <v>1.8213903563044198</v>
+        <v>1.820873492969044</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>569.09641260000001</v>
+        <v>569.09621733999995</v>
       </c>
       <c r="C76" s="5">
-        <v>2.2256045499999573</v>
+        <v>2.2254126699999688</v>
       </c>
       <c r="D76" s="5">
-        <v>4.8144262413025052</v>
+        <v>4.814002192999367</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>571.16062634000002</v>
+        <v>571.15958601</v>
       </c>
       <c r="C77" s="5">
-        <v>2.0642137400000138</v>
+        <v>2.0633686700000453</v>
       </c>
       <c r="D77" s="5">
-        <v>4.4405039030463556</v>
+        <v>4.4386511517905625</v>
       </c>
       <c r="E77" s="5">
-        <v>3.370452180896466</v>
+        <v>3.3704402544308953</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>570.86294194000004</v>
+        <v>570.86295505999999</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.29768439999998009</v>
+        <v>-0.29663095000000794</v>
       </c>
       <c r="D78" s="5">
-        <v>-0.62364078597872963</v>
+        <v>-0.6214412654929613</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>570.90536984000005</v>
+        <v>570.90451006000001</v>
       </c>
       <c r="C79" s="5">
-        <v>4.2427900000006957E-2</v>
+        <v>4.1555000000016662E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>8.9223338001187535E-2</v>
+        <v>8.738694447152362E-2</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>571.59353578000002</v>
+        <v>571.59245021000004</v>
       </c>
       <c r="C80" s="5">
-        <v>0.68816593999997622</v>
+        <v>0.68794015000003128</v>
       </c>
       <c r="D80" s="5">
-        <v>1.4561011381396094</v>
+        <v>1.4556224214942404</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>573.40305721000004</v>
+        <v>573.40491270999996</v>
       </c>
       <c r="C81" s="5">
-        <v>1.809521430000018</v>
+        <v>1.8124624999999241</v>
       </c>
       <c r="D81" s="5">
-        <v>3.8657462628620021</v>
+        <v>3.8721468411907489</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>576.10669198000005</v>
+        <v>576.10767909000003</v>
       </c>
       <c r="C82" s="5">
-        <v>2.7036347700000078</v>
+        <v>2.702766380000071</v>
       </c>
       <c r="D82" s="5">
-        <v>5.8071435151008766</v>
+        <v>5.8052104049512332</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>577.22091685999999</v>
+        <v>577.22084437000001</v>
       </c>
       <c r="C83" s="5">
-        <v>1.1142248799999379</v>
+        <v>1.1131652799999756</v>
       </c>
       <c r="D83" s="5">
-        <v>2.3457196745378273</v>
+        <v>2.3434611361997204</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>576.70252154000002</v>
+        <v>576.70251281000003</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.5183953199999678</v>
+        <v>-0.51833155999997871</v>
       </c>
       <c r="D84" s="5">
-        <v>-1.0723984849746016</v>
+        <v>-1.0722673701381691</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>579.71118075000004</v>
+        <v>579.71158807999996</v>
       </c>
       <c r="C85" s="5">
-        <v>3.0086592100000189</v>
+        <v>3.0090752699999257</v>
       </c>
       <c r="D85" s="5">
-        <v>6.4431983261720616</v>
+        <v>6.4441151643902961</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>580.60073804000001</v>
+        <v>580.60108190999995</v>
       </c>
       <c r="C86" s="5">
-        <v>0.88955728999997064</v>
+        <v>0.88949382999999216</v>
       </c>
       <c r="D86" s="5">
-        <v>1.8570006878172451</v>
+        <v>1.8568657757971119</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>584.71677195999996</v>
+        <v>584.71681206999995</v>
       </c>
       <c r="C87" s="5">
-        <v>4.1160339199999498</v>
+        <v>4.1157301599999982</v>
       </c>
       <c r="D87" s="5">
-        <v>8.8467867069370154</v>
+        <v>8.8461027136397021</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>587.55123191999996</v>
+        <v>587.55080433000001</v>
       </c>
       <c r="C88" s="5">
-        <v>2.8344599600000038</v>
+        <v>2.8339922600000591</v>
       </c>
       <c r="D88" s="5">
-        <v>5.9747202892265872</v>
+        <v>5.973707582410781</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>587.86384200999998</v>
+        <v>587.86293048000005</v>
       </c>
       <c r="C89" s="5">
-        <v>0.31261009000002105</v>
+        <v>0.31212615000004007</v>
       </c>
       <c r="D89" s="5">
-        <v>0.64033872899347255</v>
+        <v>0.6393450130754541</v>
       </c>
       <c r="E89" s="5">
-        <v>2.9244340207822628</v>
+        <v>2.9244618980635684</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>589.94937561999996</v>
+        <v>589.94935379000003</v>
       </c>
       <c r="C90" s="5">
-        <v>2.0855336099999704</v>
+        <v>2.0864233099999865</v>
       </c>
       <c r="D90" s="5">
-        <v>4.341233315190407</v>
+        <v>4.3431284757559974</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>592.48779246000004</v>
+        <v>592.48616890000005</v>
       </c>
       <c r="C91" s="5">
-        <v>2.5384168400000817</v>
+        <v>2.5368151100000205</v>
       </c>
       <c r="D91" s="5">
-        <v>5.2872856749471842</v>
+        <v>5.2838703253166752</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>596.08119784999997</v>
+        <v>596.07815524</v>
       </c>
       <c r="C92" s="5">
-        <v>3.5934053899999299</v>
+        <v>3.5919863399999485</v>
       </c>
       <c r="D92" s="5">
-        <v>7.5256800483328057</v>
+        <v>7.5226296455784158</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>597.23056512999995</v>
+        <v>597.23362567000004</v>
       </c>
       <c r="C93" s="5">
-        <v>1.1493672799999786</v>
+        <v>1.1554704300000367</v>
       </c>
       <c r="D93" s="5">
-        <v>2.3385441344290436</v>
+        <v>2.3511066444862339</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>598.98090722999996</v>
+        <v>598.98288338999998</v>
       </c>
       <c r="C94" s="5">
-        <v>1.7503421000000117</v>
+        <v>1.7492577199999459</v>
       </c>
       <c r="D94" s="5">
-        <v>3.5741647166715795</v>
+        <v>3.5718960420151991</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>600.43162976999997</v>
+        <v>600.43178828999999</v>
       </c>
       <c r="C95" s="5">
-        <v>1.4507225400000152</v>
+        <v>1.4489049000000023</v>
       </c>
       <c r="D95" s="5">
-        <v>2.9454114688240329</v>
+        <v>2.941662032759873</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>600.85773757000004</v>
+        <v>600.85786722</v>
       </c>
       <c r="C96" s="5">
-        <v>0.42610780000006798</v>
+        <v>0.42607893000001695</v>
       </c>
       <c r="D96" s="5">
-        <v>0.85493480687990342</v>
+        <v>0.85487642980819345</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>603.26971825999999</v>
+        <v>603.27052803000004</v>
       </c>
       <c r="C97" s="5">
-        <v>2.4119806899999503</v>
+        <v>2.412660810000034</v>
       </c>
       <c r="D97" s="5">
-        <v>4.9248637247225169</v>
+        <v>4.9262821413608382</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>605.23885272999996</v>
+        <v>605.23927767999999</v>
       </c>
       <c r="C98" s="5">
-        <v>1.9691344699999718</v>
+        <v>1.9687496499999497</v>
       </c>
       <c r="D98" s="5">
-        <v>3.9880131168691157</v>
+        <v>3.9872142653872844</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>607.03704092999999</v>
+        <v>607.03696406999995</v>
       </c>
       <c r="C99" s="5">
-        <v>1.7981882000000269</v>
+        <v>1.7976863899999671</v>
       </c>
       <c r="D99" s="5">
-        <v>3.6240862447974642</v>
+        <v>3.6230557279452347</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>607.15452292999998</v>
+        <v>607.15378252000005</v>
       </c>
       <c r="C100" s="5">
-        <v>0.11748199999999542</v>
+        <v>0.11681845000009616</v>
       </c>
       <c r="D100" s="5">
-        <v>0.23248755770546303</v>
+        <v>0.23117308406208625</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>608.87746847999995</v>
+        <v>608.87661519999995</v>
       </c>
       <c r="C101" s="5">
-        <v>1.7229455499999631</v>
+        <v>1.7228326799998968</v>
       </c>
       <c r="D101" s="5">
-        <v>3.4589399362431328</v>
+        <v>3.4587140772718294</v>
       </c>
       <c r="E101" s="5">
-        <v>3.5745737309086811</v>
+        <v>3.5745891823527387</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>612.84955294999997</v>
+        <v>612.84949462999998</v>
       </c>
       <c r="C102" s="5">
-        <v>3.9720844700000271</v>
+        <v>3.9728794300000345</v>
       </c>
       <c r="D102" s="5">
-        <v>8.1154211162097312</v>
+        <v>8.1171158225100015</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>612.58832636</v>
+        <v>612.58602297000004</v>
       </c>
       <c r="C103" s="5">
-        <v>-0.26122658999997839</v>
+        <v>-0.26347165999993649</v>
       </c>
       <c r="D103" s="5">
-        <v>-0.51030151763368226</v>
+        <v>-0.51467690619189099</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>614.39029189999997</v>
+        <v>614.38537577</v>
       </c>
       <c r="C104" s="5">
-        <v>1.8019655399999692</v>
+        <v>1.7993527999999515</v>
       </c>
       <c r="D104" s="5">
-        <v>3.5875444491980657</v>
+        <v>3.5822720968502253</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>614.87550649000002</v>
+        <v>614.87924641999996</v>
       </c>
       <c r="C105" s="5">
-        <v>0.48521459000005507</v>
+        <v>0.49387064999996255</v>
       </c>
       <c r="D105" s="5">
-        <v>0.95182702746394732</v>
+        <v>0.96889022278279224</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>614.26677920999998</v>
+        <v>614.26964255999997</v>
       </c>
       <c r="C106" s="5">
-        <v>-0.60872728000003917</v>
+        <v>-0.60960385999999289</v>
       </c>
       <c r="D106" s="5">
-        <v>-1.1815536594999343</v>
+        <v>-1.1832386966698083</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>613.67727751999996</v>
+        <v>613.67831903000001</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.58950169000002006</v>
+        <v>-0.59132352999995419</v>
       </c>
       <c r="D107" s="5">
-        <v>-1.1455610480136658</v>
+        <v>-1.1490773240361296</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>619.02217001999998</v>
+        <v>619.02238247000003</v>
       </c>
       <c r="C108" s="5">
-        <v>5.3448925000000145</v>
+        <v>5.3440634400000135</v>
       </c>
       <c r="D108" s="5">
-        <v>10.967020106526594</v>
+        <v>10.96521718436354</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>620.75078699000005</v>
+        <v>620.75190407000002</v>
       </c>
       <c r="C109" s="5">
-        <v>1.7286169700000755</v>
+        <v>1.7295215999999982</v>
       </c>
       <c r="D109" s="5">
-        <v>3.4029443914647795</v>
+        <v>3.4047515085005697</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>623.32093049000002</v>
+        <v>623.32135065</v>
       </c>
       <c r="C110" s="5">
-        <v>2.5701434999999719</v>
+        <v>2.5694465799999762</v>
       </c>
       <c r="D110" s="5">
-        <v>5.0831729737514264</v>
+        <v>5.081753736961514</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>625.52457572000003</v>
+        <v>625.52402486000005</v>
       </c>
       <c r="C111" s="5">
-        <v>2.2036452300000064</v>
+        <v>2.2026742100000547</v>
       </c>
       <c r="D111" s="5">
-        <v>4.3258664539848279</v>
+        <v>4.323920122148972</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>626.90743448000001</v>
+        <v>626.90642355</v>
       </c>
       <c r="C112" s="5">
-        <v>1.3828587599999764</v>
+        <v>1.3823986899999454</v>
       </c>
       <c r="D112" s="5">
-        <v>2.6853571228571793</v>
+        <v>2.6844552240766095</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>628.25459555999998</v>
+        <v>628.25382488000002</v>
       </c>
       <c r="C113" s="5">
-        <v>1.347161079999978</v>
+        <v>1.3474013300000252</v>
       </c>
       <c r="D113" s="5">
-        <v>2.6093760583435266</v>
+        <v>2.609851182338474</v>
       </c>
       <c r="E113" s="5">
-        <v>3.1824345756089611</v>
+        <v>3.182452601441299</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>630.89534765999997</v>
+        <v>630.8953295</v>
       </c>
       <c r="C114" s="5">
-        <v>2.6407520999999861</v>
+        <v>2.6415046199999779</v>
       </c>
       <c r="D114" s="5">
-        <v>5.1622354800021197</v>
+        <v>5.1637471976695437</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>630.00344646999997</v>
+        <v>630.00095525999996</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.89190118999999868</v>
+        <v>-0.89437424000004739</v>
       </c>
       <c r="D115" s="5">
-        <v>-1.6833198547543282</v>
+        <v>-1.6879510550843579</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>630.24047270999995</v>
+        <v>630.23451991000002</v>
       </c>
       <c r="C116" s="5">
-        <v>0.23702623999997741</v>
+        <v>0.2335646500000621</v>
       </c>
       <c r="D116" s="5">
-        <v>0.45241147897099321</v>
+        <v>0.44579263800414992</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>635.02042542000004</v>
+        <v>635.02426284000001</v>
       </c>
       <c r="C117" s="5">
-        <v>4.7799527100000887</v>
+        <v>4.7897429299999885</v>
       </c>
       <c r="D117" s="5">
-        <v>9.4906072942396058</v>
+        <v>9.5109590615665596</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>636.25800744000003</v>
+        <v>636.26141552000001</v>
       </c>
       <c r="C118" s="5">
-        <v>1.2375820199999907</v>
+        <v>1.2371526800000083</v>
       </c>
       <c r="D118" s="5">
-        <v>2.363893831888042</v>
+        <v>2.3630505131851942</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>637.76120788000003</v>
+        <v>637.76254077999999</v>
       </c>
       <c r="C119" s="5">
-        <v>1.5032004400000005</v>
+        <v>1.5011252599999807</v>
       </c>
       <c r="D119" s="5">
-        <v>2.8722080847574993</v>
+        <v>2.8681758233638499</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>638.50723155000003</v>
+        <v>638.50812355999994</v>
       </c>
       <c r="C120" s="5">
-        <v>0.74602366999999958</v>
+        <v>0.74558277999994971</v>
       </c>
       <c r="D120" s="5">
-        <v>1.4127709444447856</v>
+        <v>1.4119276700919503</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>639.07399211999996</v>
+        <v>639.07571709000001</v>
       </c>
       <c r="C121" s="5">
-        <v>0.56676056999992852</v>
+        <v>0.5675935300000674</v>
       </c>
       <c r="D121" s="5">
-        <v>1.070376018108532</v>
+        <v>1.0719553289429307</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>643.08774631999995</v>
+        <v>643.08789023999998</v>
       </c>
       <c r="C122" s="5">
-        <v>4.0137541999999939</v>
+        <v>4.0121731499999669</v>
       </c>
       <c r="D122" s="5">
-        <v>7.8025633608819867</v>
+        <v>7.7993611909145999</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>641.81872381999995</v>
+        <v>641.81755415999999</v>
       </c>
       <c r="C123" s="5">
-        <v>-1.2690225000000055</v>
+        <v>-1.2703360799999928</v>
       </c>
       <c r="D123" s="5">
-        <v>-2.3424603337550032</v>
+        <v>-2.3448582404396068</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>642.32097275000001</v>
+        <v>642.31999791999999</v>
       </c>
       <c r="C124" s="5">
-        <v>0.50224893000006432</v>
+        <v>0.50244376000000557</v>
       </c>
       <c r="D124" s="5">
-        <v>0.94310039511393828</v>
+        <v>0.94346954153192719</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>644.23482062000005</v>
+        <v>644.23373064999998</v>
       </c>
       <c r="C125" s="5">
-        <v>1.9138478700000405</v>
+        <v>1.9137327299999924</v>
       </c>
       <c r="D125" s="5">
-        <v>3.6346782052849802</v>
+        <v>3.6344615484912524</v>
       </c>
       <c r="E125" s="5">
-        <v>2.5435906355377957</v>
+        <v>2.5435429339490723</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>648.17757451</v>
+        <v>648.17768897999997</v>
       </c>
       <c r="C126" s="5">
-        <v>3.942753889999949</v>
+        <v>3.9439583299999867</v>
       </c>
       <c r="D126" s="5">
-        <v>7.5963853059845876</v>
+        <v>7.5987978428450953</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>648.81106901999999</v>
+        <v>648.80821861000004</v>
       </c>
       <c r="C127" s="5">
-        <v>0.63349450999999135</v>
+        <v>0.63052963000006912</v>
       </c>
       <c r="D127" s="5">
-        <v>1.1791415420328688</v>
+        <v>1.1735931581524861</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>648.76672024000004</v>
+        <v>648.76047863999997</v>
       </c>
       <c r="C128" s="5">
-        <v>-4.4348779999950239E-2</v>
+        <v>-4.7739970000066023E-2</v>
       </c>
       <c r="D128" s="5">
-        <v>-8.1993874291608204E-2</v>
+        <v>-8.82614983221508E-2</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>652.33054001000005</v>
+        <v>652.33392472000003</v>
       </c>
       <c r="C129" s="5">
-        <v>3.5638197700000092</v>
+        <v>3.5734460800000534</v>
       </c>
       <c r="D129" s="5">
-        <v>6.7947171199503886</v>
+        <v>6.8136975828625213</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>655.26373009999998</v>
+        <v>655.26715988000001</v>
       </c>
       <c r="C130" s="5">
-        <v>2.9331900899999255</v>
+        <v>2.9332351599999811</v>
       </c>
       <c r="D130" s="5">
-        <v>5.5312352274691001</v>
+        <v>5.5312929172484759</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>653.80773461000001</v>
+        <v>653.80957935000004</v>
       </c>
       <c r="C131" s="5">
-        <v>-1.4559954899999639</v>
+        <v>-1.4575805299999729</v>
       </c>
       <c r="D131" s="5">
-        <v>-2.6340531512199061</v>
+        <v>-2.6368720359937758</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>655.68821065999998</v>
+        <v>655.68997313</v>
       </c>
       <c r="C132" s="5">
-        <v>1.8804760499999702</v>
+        <v>1.880393779999963</v>
       </c>
       <c r="D132" s="5">
-        <v>3.506554629148706</v>
+        <v>3.5063887337209776</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>654.44989018000001</v>
+        <v>654.45218821000003</v>
       </c>
       <c r="C133" s="5">
-        <v>-1.2383204799999703</v>
+        <v>-1.2377849199999673</v>
       </c>
       <c r="D133" s="5">
-        <v>-2.2429046225105553</v>
+        <v>-2.241938676382893</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>657.44751754000004</v>
+        <v>657.44731320999995</v>
       </c>
       <c r="C134" s="5">
-        <v>2.9976273600000241</v>
+        <v>2.9951249999999163</v>
       </c>
       <c r="D134" s="5">
-        <v>5.6370557460620585</v>
+        <v>5.6322106928664351</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>655.59512942000003</v>
+        <v>655.59322080000004</v>
       </c>
       <c r="C135" s="5">
-        <v>-1.8523881200000005</v>
+        <v>-1.8540924099999074</v>
       </c>
       <c r="D135" s="5">
-        <v>-3.3291487519604424</v>
+        <v>-3.3321654036582271</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>656.94735406999996</v>
+        <v>656.94589193000002</v>
       </c>
       <c r="C136" s="5">
-        <v>1.3522246499999255</v>
+        <v>1.3526711299999761</v>
       </c>
       <c r="D136" s="5">
-        <v>2.5033814723665282</v>
+        <v>2.5042248192796324</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>658.42259498999999</v>
+        <v>658.42107668000006</v>
       </c>
       <c r="C137" s="5">
-        <v>1.4752409200000329</v>
+        <v>1.4751847500000395</v>
       </c>
       <c r="D137" s="5">
-        <v>2.7282522283680555</v>
+        <v>2.7281532106315787</v>
       </c>
       <c r="E137" s="5">
-        <v>2.2022675452944229</v>
+        <v>2.2022047829885816</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>658.36425163000001</v>
+        <v>658.36433712999997</v>
       </c>
       <c r="C138" s="5">
-        <v>-5.8343359999980748E-2</v>
+        <v>-5.6739550000088457E-2</v>
       </c>
       <c r="D138" s="5">
-        <v>-0.10628116589961323</v>
+        <v>-0.10336120867190379</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>660.71763757999997</v>
+        <v>660.71508071999995</v>
       </c>
       <c r="C139" s="5">
-        <v>2.3533859499999608</v>
+        <v>2.3507435899999791</v>
       </c>
       <c r="D139" s="5">
-        <v>4.3748607324135325</v>
+        <v>4.3698512384142241</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>662.40789215999996</v>
+        <v>662.40278456999999</v>
       </c>
       <c r="C140" s="5">
-        <v>1.6902545799999871</v>
+        <v>1.6877038500000481</v>
       </c>
       <c r="D140" s="5">
-        <v>3.1134159571880815</v>
+        <v>3.1086635592167511</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>660.97021660999997</v>
+        <v>660.97268205</v>
       </c>
       <c r="C141" s="5">
-        <v>-1.4376755499999945</v>
+        <v>-1.4301025199999913</v>
       </c>
       <c r="D141" s="5">
-        <v>-2.57358791728588</v>
+        <v>-2.5602114869421544</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>663.25609451000003</v>
+        <v>663.25892610000005</v>
       </c>
       <c r="C142" s="5">
-        <v>2.2858779000000595</v>
+        <v>2.2862440500000503</v>
       </c>
       <c r="D142" s="5">
-        <v>4.2298960978281341</v>
+        <v>4.2305704987314341</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>666.28011934999995</v>
+        <v>666.28188608999994</v>
       </c>
       <c r="C143" s="5">
-        <v>3.0240248399999246</v>
+        <v>3.0229599899998902</v>
       </c>
       <c r="D143" s="5">
-        <v>5.610540838727518</v>
+        <v>5.6084908659221888</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>663.62353578</v>
+        <v>663.62622945999999</v>
       </c>
       <c r="C144" s="5">
-        <v>-2.6565835699999525</v>
+        <v>-2.6556566299999531</v>
       </c>
       <c r="D144" s="5">
-        <v>-4.6810821655611567</v>
+        <v>-4.6794723342658102</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>664.57245539999997</v>
+        <v>664.57568025</v>
       </c>
       <c r="C145" s="5">
-        <v>0.94891961999996965</v>
+        <v>0.94945079000001442</v>
       </c>
       <c r="D145" s="5">
-        <v>1.7294469257071787</v>
+        <v>1.7304155571429281</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>661.34102017999999</v>
+        <v>661.34097503999999</v>
       </c>
       <c r="C146" s="5">
-        <v>-3.2314352199999803</v>
+        <v>-3.2347052100000155</v>
       </c>
       <c r="D146" s="5">
-        <v>-5.6813693306212336</v>
+        <v>-5.6869386003466023</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>658.19643424000003</v>
+        <v>658.19438220999996</v>
       </c>
       <c r="C147" s="5">
-        <v>-3.1445859399999563</v>
+        <v>-3.1465928300000314</v>
       </c>
       <c r="D147" s="5">
-        <v>-5.5589579409310419</v>
+        <v>-5.5624137461075644</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>658.13776775999997</v>
+        <v>658.13622564000002</v>
       </c>
       <c r="C148" s="5">
-        <v>-5.8666480000056254E-2</v>
+        <v>-5.8156569999937346E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>-0.10690619201619844</v>
+        <v>-0.10597777985127399</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>658.26392242999998</v>
+        <v>658.26221351000004</v>
       </c>
       <c r="C149" s="5">
-        <v>0.12615467000000535</v>
+        <v>0.12598787000001721</v>
       </c>
       <c r="D149" s="5">
-        <v>0.23026380459236773</v>
+        <v>0.22995957168092662</v>
       </c>
       <c r="E149" s="5">
-        <v>-2.4098893508117669E-2</v>
+        <v>-2.4127898639125789E-2</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>660.15103746</v>
+        <v>660.15305292000005</v>
       </c>
       <c r="C150" s="5">
-        <v>1.8871150300000181</v>
+        <v>1.8908394100000123</v>
       </c>
       <c r="D150" s="5">
-        <v>3.4949316352908211</v>
+        <v>3.5019477475833893</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>661.74221179000006</v>
+        <v>661.73608808999995</v>
       </c>
       <c r="C151" s="5">
-        <v>1.591174330000058</v>
+        <v>1.5830351699999028</v>
       </c>
       <c r="D151" s="5">
-        <v>2.9310356712147767</v>
+        <v>2.9158355606377695</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>662.89381477999996</v>
+        <v>662.89008124999998</v>
       </c>
       <c r="C152" s="5">
-        <v>1.1516029899999012</v>
+        <v>1.1539931600000273</v>
       </c>
       <c r="D152" s="5">
-        <v>2.1084155904445678</v>
+        <v>2.1128534374061481</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>665.48224092999999</v>
+        <v>665.48337335999997</v>
       </c>
       <c r="C153" s="5">
-        <v>2.5884261500000321</v>
+        <v>2.593292109999993</v>
       </c>
       <c r="D153" s="5">
-        <v>4.7876360401822415</v>
+        <v>4.7968584097459743</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>667.41534089000004</v>
+        <v>667.41635269999995</v>
       </c>
       <c r="C154" s="5">
-        <v>1.9330999600000496</v>
+        <v>1.9329793399999744</v>
       </c>
       <c r="D154" s="5">
-        <v>3.542005967955375</v>
+        <v>3.5417752905596789</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>665.34369433999996</v>
+        <v>665.34419804000004</v>
       </c>
       <c r="C155" s="5">
-        <v>-2.0716465500000822</v>
+        <v>-2.0721546599999101</v>
       </c>
       <c r="D155" s="5">
-        <v>-3.6618450481513576</v>
+        <v>-3.6627224450185736</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>666.05768128</v>
+        <v>666.06175500999996</v>
       </c>
       <c r="C156" s="5">
-        <v>0.7139869400000407</v>
+        <v>0.71755696999991869</v>
       </c>
       <c r="D156" s="5">
-        <v>1.2953595237675808</v>
+        <v>1.3018739704349747</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>667.65753641000003</v>
+        <v>667.66190934999997</v>
       </c>
       <c r="C157" s="5">
-        <v>1.5998551300000372</v>
+        <v>1.6001543400000173</v>
       </c>
       <c r="D157" s="5">
-        <v>2.9207574043795592</v>
+        <v>2.9212927877501293</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>671.65760073000001</v>
+        <v>671.66043667999998</v>
       </c>
       <c r="C158" s="5">
-        <v>4.0000643199999786</v>
+        <v>3.9985273300000017</v>
       </c>
       <c r="D158" s="5">
-        <v>7.4311284851237946</v>
+        <v>7.4281281720767867</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>670.98155021000002</v>
+        <v>670.98478675000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.67605051999998977</v>
+        <v>-0.67564992999996321</v>
       </c>
       <c r="D159" s="5">
-        <v>-1.2011842656521776</v>
+        <v>-1.2004714030916297</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>671.33831041999997</v>
+        <v>671.32867305000002</v>
       </c>
       <c r="C160" s="5">
-        <v>0.35676020999994762</v>
+        <v>0.3438863000000083</v>
       </c>
       <c r="D160" s="5">
-        <v>0.63990793944137536</v>
+        <v>0.61674836060503502</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>670.37270248000004</v>
+        <v>670.37606290999997</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.96560793999992711</v>
+        <v>-0.95261014000004707</v>
       </c>
       <c r="D161" s="5">
-        <v>-1.7124105738265394</v>
+        <v>-1.68956392275601</v>
       </c>
       <c r="E161" s="5">
-        <v>1.8395023086333229</v>
+        <v>1.840277195223794</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>667.69701247</v>
+        <v>667.70274062999999</v>
       </c>
       <c r="C162" s="5">
-        <v>-2.6756900100000394</v>
+        <v>-2.6733222799999794</v>
       </c>
       <c r="D162" s="5">
-        <v>-4.6858590723464104</v>
+        <v>-4.6817800986505791</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>666.86804978999999</v>
+        <v>666.85723966</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.82896268000001783</v>
+        <v>-0.84550096999998914</v>
       </c>
       <c r="D163" s="5">
-        <v>-1.47969910664143</v>
+        <v>-1.5090018269471761</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>668.23838525999997</v>
+        <v>668.23320516000001</v>
       </c>
       <c r="C164" s="5">
-        <v>1.3703354699999863</v>
+        <v>1.3759655000000066</v>
       </c>
       <c r="D164" s="5">
-        <v>2.4939195252834834</v>
+        <v>2.5043234221832522</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>666.97110600999997</v>
+        <v>666.96852983999997</v>
       </c>
       <c r="C165" s="5">
-        <v>-1.2672792500000014</v>
+        <v>-1.2646753200000376</v>
       </c>
       <c r="D165" s="5">
-        <v>-2.2521498412852781</v>
+        <v>-2.2475875621778107</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>666.17824589999998</v>
+        <v>666.17590689999997</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.79286010999999235</v>
+        <v>-0.79262294000000111</v>
       </c>
       <c r="D166" s="5">
-        <v>-1.4172070401235026</v>
+        <v>-1.4167913115080366</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>666.39415899000005</v>
+        <v>666.39162024999996</v>
       </c>
       <c r="C167" s="5">
-        <v>0.21591309000007186</v>
+        <v>0.21571334999998726</v>
       </c>
       <c r="D167" s="5">
-        <v>0.38962255235512888</v>
+        <v>0.38926284170153203</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>667.32571135000001</v>
+        <v>667.32991328000003</v>
       </c>
       <c r="C168" s="5">
-        <v>0.93155235999995512</v>
+        <v>0.93829303000006803</v>
       </c>
       <c r="D168" s="5">
-        <v>1.6904374435702696</v>
+        <v>1.7027707907434797</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>667.21292333999997</v>
+        <v>667.21889667000005</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.11278801000003114</v>
+        <v>-0.11101660999997875</v>
       </c>
       <c r="D169" s="5">
-        <v>-0.20262948915827916</v>
+        <v>-0.1994487340956419</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>667.08693684000002</v>
+        <v>667.09570035000002</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.12598649999995359</v>
+        <v>-0.12319632000003367</v>
       </c>
       <c r="D170" s="5">
-        <v>-0.22635486128836924</v>
+        <v>-0.22134496768818623</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>671.13107216000003</v>
+        <v>671.14433143999997</v>
       </c>
       <c r="C171" s="5">
-        <v>4.0441353200000094</v>
+        <v>4.048631089999958</v>
       </c>
       <c r="D171" s="5">
-        <v>7.5223930229012304</v>
+        <v>7.5309343287050634</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>672.55958300999998</v>
+        <v>672.53552280999997</v>
       </c>
       <c r="C172" s="5">
-        <v>1.4285108499999524</v>
+        <v>1.3911913700000014</v>
       </c>
       <c r="D172" s="5">
-        <v>2.584329857583656</v>
+        <v>2.515993129235139</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>672.31808583999998</v>
+        <v>672.34051858999999</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.24149717000000237</v>
+        <v>-0.19500421999998707</v>
       </c>
       <c r="D173" s="5">
-        <v>-0.43003620489902028</v>
+        <v>-0.34739019416262229</v>
       </c>
       <c r="E173" s="5">
-        <v>0.29019429830645649</v>
+        <v>0.29303786168506374</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>672.87702315000001</v>
+        <v>672.89349705999996</v>
       </c>
       <c r="C174" s="5">
-        <v>0.55893731000003299</v>
+        <v>0.55297846999997091</v>
       </c>
       <c r="D174" s="5">
-        <v>1.0022044190493018</v>
+        <v>0.99143829141270512</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>673.97470671999997</v>
+        <v>673.94537047999995</v>
       </c>
       <c r="C175" s="5">
-        <v>1.0976835699999583</v>
+        <v>1.0518734199999926</v>
       </c>
       <c r="D175" s="5">
-        <v>1.9752543876197182</v>
+        <v>1.89206349403781</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>675.47215054000003</v>
+        <v>675.45898875</v>
       </c>
       <c r="C176" s="5">
-        <v>1.4974438200000577</v>
+        <v>1.5136182700000518</v>
       </c>
       <c r="D176" s="5">
-        <v>2.6989951449163163</v>
+        <v>2.7286292928753619</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>676.25639142</v>
+        <v>676.24952325000004</v>
       </c>
       <c r="C177" s="5">
-        <v>0.78424087999997028</v>
+        <v>0.79053450000003522</v>
       </c>
       <c r="D177" s="5">
-        <v>1.4021626696901102</v>
+        <v>1.4135154321976318</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>676.29241372000001</v>
+        <v>676.28631542000005</v>
       </c>
       <c r="C178" s="5">
-        <v>3.6022300000013274E-2</v>
+        <v>3.6792170000012447E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>6.3939397733769887E-2</v>
+        <v>6.5306985432589393E-2</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>677.93144557000005</v>
+        <v>677.92630530999998</v>
       </c>
       <c r="C179" s="5">
-        <v>1.6390318500000376</v>
+        <v>1.6399898899999243</v>
       </c>
       <c r="D179" s="5">
-        <v>2.9473467499759654</v>
+        <v>2.9491195112888002</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>679.94165482999995</v>
+        <v>679.94634579000001</v>
       </c>
       <c r="C180" s="5">
-        <v>2.0102092599998969</v>
+        <v>2.0200404800000342</v>
       </c>
       <c r="D180" s="5">
-        <v>3.616860012121248</v>
+        <v>3.6348677067132629</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>681.30069238999999</v>
+        <v>681.30915493999998</v>
       </c>
       <c r="C181" s="5">
-        <v>1.3590375600000471</v>
+        <v>1.3628091499999755</v>
       </c>
       <c r="D181" s="5">
-        <v>2.4250510093272837</v>
+        <v>2.4318383911958286</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>679.96486507999998</v>
+        <v>679.98096621000002</v>
       </c>
       <c r="C182" s="5">
-        <v>-1.3358273100000133</v>
+        <v>-1.3281887299999653</v>
       </c>
       <c r="D182" s="5">
-        <v>-2.3276342212914081</v>
+        <v>-2.3144382014156695</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>679.90514681000002</v>
+        <v>679.92966380999997</v>
       </c>
       <c r="C183" s="5">
-        <v>-5.9718269999962104E-2</v>
+        <v>-5.1302400000054149E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>-0.10533973475304048</v>
+        <v>-9.0498622024515196E-2</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>679.83950834999996</v>
+        <v>679.80334889999995</v>
       </c>
       <c r="C184" s="5">
-        <v>-6.563846000005924E-2</v>
+        <v>-0.12631491000001915</v>
       </c>
       <c r="D184" s="5">
-        <v>-0.11578724340547408</v>
+        <v>-0.22270407973796758</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>679.81252920999998</v>
+        <v>679.85439725000003</v>
       </c>
       <c r="C185" s="5">
-        <v>-2.6979139999980362E-2</v>
+        <v>5.1048350000087339E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>-4.7611093809551974E-2</v>
+        <v>9.0148609357387777E-2</v>
       </c>
       <c r="E185" s="5">
-        <v>1.1147169067505347</v>
+        <v>1.1175704055078839</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>686.38638345000004</v>
+        <v>686.41082802999995</v>
       </c>
       <c r="C186" s="5">
-        <v>6.5738542400000597</v>
+        <v>6.5564307799999142</v>
       </c>
       <c r="D186" s="5">
-        <v>12.241623056312223</v>
+        <v>12.20664558909883</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>688.39911171999995</v>
+        <v>688.35559050999996</v>
       </c>
       <c r="C187" s="5">
-        <v>2.0127282699999114</v>
+        <v>1.9447624800000085</v>
       </c>
       <c r="D187" s="5">
-        <v>3.5761353601078794</v>
+        <v>3.4533639391969517</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>688.36694674</v>
+        <v>688.34355130999995</v>
       </c>
       <c r="C188" s="5">
-        <v>-3.2164979999947718E-2</v>
+        <v>-1.2039200000003802E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>-5.6054776705560805E-2</v>
+        <v>-2.0985738422441003E-2</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>691.21524954999995</v>
+        <v>691.20221925999999</v>
       </c>
       <c r="C189" s="5">
-        <v>2.8483028099999501</v>
+        <v>2.85866795000004</v>
       </c>
       <c r="D189" s="5">
-        <v>5.0798943324243284</v>
+        <v>5.0989819139349635</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>692.56780893999996</v>
+        <v>692.55783297999994</v>
       </c>
       <c r="C190" s="5">
-        <v>1.3525593900000104</v>
+        <v>1.3556137199999512</v>
       </c>
       <c r="D190" s="5">
-        <v>2.3735785843073787</v>
+        <v>2.3790418462954488</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>694.58065979000003</v>
+        <v>694.57350872999996</v>
       </c>
       <c r="C191" s="5">
-        <v>2.0128508500000635</v>
+        <v>2.015675750000014</v>
       </c>
       <c r="D191" s="5">
-        <v>3.5439244289455107</v>
+        <v>3.5490299144490756</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>698.21455437999998</v>
+        <v>698.22077669999999</v>
       </c>
       <c r="C192" s="5">
-        <v>3.6338945899999544</v>
+        <v>3.6472679700000299</v>
       </c>
       <c r="D192" s="5">
-        <v>6.4619784174278605</v>
+        <v>6.4865193851612046</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>699.38110924</v>
+        <v>699.39154477</v>
       </c>
       <c r="C193" s="5">
-        <v>1.1665548600000193</v>
+        <v>1.1707680700000083</v>
       </c>
       <c r="D193" s="5">
-        <v>2.0234488356836389</v>
+        <v>2.0308061277546807</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>701.94211365000001</v>
+        <v>701.96419636999997</v>
       </c>
       <c r="C194" s="5">
-        <v>2.5610044100000096</v>
+        <v>2.5726515999999719</v>
       </c>
       <c r="D194" s="5">
-        <v>4.483766149420898</v>
+        <v>4.5045036179722109</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>704.12911799000005</v>
+        <v>704.16219294999996</v>
       </c>
       <c r="C195" s="5">
-        <v>2.1870043400000441</v>
+        <v>2.1979965799999945</v>
       </c>
       <c r="D195" s="5">
-        <v>3.8035152388373739</v>
+        <v>3.822840427572971</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>706.26709736999999</v>
+        <v>706.22773591999999</v>
       </c>
       <c r="C196" s="5">
-        <v>2.1379793799999334</v>
+        <v>2.0655429700000241</v>
       </c>
       <c r="D196" s="5">
-        <v>3.7050828583528483</v>
+        <v>3.5773492345843927</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>707.64906413000006</v>
+        <v>707.70710506</v>
       </c>
       <c r="C197" s="5">
-        <v>1.3819667600000685</v>
+        <v>1.4793691400000171</v>
       </c>
       <c r="D197" s="5">
-        <v>2.3734989801992956</v>
+        <v>2.5428613746578899</v>
       </c>
       <c r="E197" s="5">
-        <v>4.0947369640786935</v>
+        <v>4.0968636700245975</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>711.41748128999996</v>
+        <v>711.44878090999998</v>
       </c>
       <c r="C198" s="5">
-        <v>3.768417159999899</v>
+        <v>3.7416758499999787</v>
       </c>
       <c r="D198" s="5">
-        <v>6.5808433223616403</v>
+        <v>6.5322268978803999</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>711.18883960000005</v>
+        <v>711.12867963999997</v>
       </c>
       <c r="C199" s="5">
-        <v>-0.22864168999990397</v>
+        <v>-0.32010127000000921</v>
       </c>
       <c r="D199" s="5">
-        <v>-0.38498570421271472</v>
+        <v>-0.53858044059822419</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>714.06161521000001</v>
+        <v>714.02761733</v>
       </c>
       <c r="C200" s="5">
-        <v>2.8727756099999624</v>
+        <v>2.8989376900000252</v>
       </c>
       <c r="D200" s="5">
-        <v>4.9564328090972776</v>
+        <v>5.0030200885504916</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>718.41938533999996</v>
+        <v>718.39953074000005</v>
       </c>
       <c r="C201" s="5">
-        <v>4.3577701299999489</v>
+        <v>4.3719134100000474</v>
       </c>
       <c r="D201" s="5">
-        <v>7.5742321519134181</v>
+        <v>7.6000223581828896</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>719.38760974000002</v>
+        <v>719.37686845999997</v>
       </c>
       <c r="C202" s="5">
-        <v>0.96822440000005372</v>
+        <v>0.97733771999992314</v>
       </c>
       <c r="D202" s="5">
-        <v>1.6292995248895936</v>
+        <v>1.6447958776657279</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>721.06268981000005</v>
+        <v>721.05396656000005</v>
       </c>
       <c r="C203" s="5">
-        <v>1.6750800700000354</v>
+        <v>1.6770981000000802</v>
       </c>
       <c r="D203" s="5">
-        <v>2.8302399068385053</v>
+        <v>2.8337362928670284</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>722.42935523000006</v>
+        <v>722.43830170000001</v>
       </c>
       <c r="C204" s="5">
-        <v>1.3666654200000039</v>
+        <v>1.3843351399999619</v>
       </c>
       <c r="D204" s="5">
-        <v>2.298278681294752</v>
+        <v>2.3283362444520339</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>724.33616132999998</v>
+        <v>724.34818204999999</v>
       </c>
       <c r="C205" s="5">
-        <v>1.9068060999999261</v>
+        <v>1.9098803499999804</v>
       </c>
       <c r="D205" s="5">
-        <v>3.2137099449293105</v>
+        <v>3.2189263774302201</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>726.66995663</v>
+        <v>726.69628504000002</v>
       </c>
       <c r="C206" s="5">
-        <v>2.3337953000000198</v>
+        <v>2.3481029900000294</v>
       </c>
       <c r="D206" s="5">
-        <v>3.9356305648469814</v>
+        <v>3.9601234810768382</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>728.71867352000004</v>
+        <v>728.75714339000001</v>
       </c>
       <c r="C207" s="5">
-        <v>2.048716890000037</v>
+        <v>2.0608583499999895</v>
       </c>
       <c r="D207" s="5">
-        <v>3.4361436595295558</v>
+        <v>3.4566990219816907</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>729.33265068000003</v>
+        <v>729.29495092000002</v>
       </c>
       <c r="C208" s="5">
-        <v>0.61397715999999036</v>
+        <v>0.53780753000000914</v>
       </c>
       <c r="D208" s="5">
-        <v>1.0157505522295773</v>
+        <v>0.88917820566682959</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>730.61060090000001</v>
+        <v>730.67433401000005</v>
       </c>
       <c r="C209" s="5">
-        <v>1.2779502199999797</v>
+        <v>1.379383090000033</v>
       </c>
       <c r="D209" s="5">
-        <v>2.1230448983052597</v>
+        <v>2.2934312551706526</v>
       </c>
       <c r="E209" s="5">
-        <v>3.2447632497372592</v>
+        <v>3.2453014510929412</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>731.32102970999995</v>
+        <v>731.35079717999997</v>
       </c>
       <c r="C210" s="5">
-        <v>0.7104288099999394</v>
+        <v>0.67646316999991996</v>
       </c>
       <c r="D210" s="5">
-        <v>1.1731128605930508</v>
+        <v>1.1166424733581648</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>733.86149017000002</v>
+        <v>733.80013148</v>
       </c>
       <c r="C211" s="5">
-        <v>2.5404604600000766</v>
+        <v>2.4493343000000323</v>
       </c>
       <c r="D211" s="5">
-        <v>4.2491292464296171</v>
+        <v>4.093725812911031</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>735.33412080999994</v>
+        <v>735.29461113000002</v>
       </c>
       <c r="C212" s="5">
-        <v>1.4726306399999203</v>
+        <v>1.4944796500000166</v>
       </c>
       <c r="D212" s="5">
-        <v>2.4347803565218706</v>
+        <v>2.4715190725326019</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>736.47406494999996</v>
+        <v>736.44904308000002</v>
       </c>
       <c r="C213" s="5">
-        <v>1.1399441400000114</v>
+        <v>1.1544319500000029</v>
       </c>
       <c r="D213" s="5">
-        <v>1.8762312831454686</v>
+        <v>1.9003860085065938</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>739.69709831</v>
+        <v>739.68995819999998</v>
       </c>
       <c r="C214" s="5">
-        <v>3.2230333600000449</v>
+        <v>3.2409151199999542</v>
       </c>
       <c r="D214" s="5">
-        <v>5.3798286879176649</v>
+        <v>5.4105910254818923</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>740.6463033</v>
+        <v>740.63683050999998</v>
       </c>
       <c r="C215" s="5">
-        <v>0.94920498999999836</v>
+        <v>0.94687231000000338</v>
       </c>
       <c r="D215" s="5">
-        <v>1.5507964348648207</v>
+        <v>1.5469735045774646</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>743.65666375000001</v>
+        <v>743.66624406000005</v>
       </c>
       <c r="C216" s="5">
-        <v>3.0103604500000074</v>
+        <v>3.0294135500000721</v>
       </c>
       <c r="D216" s="5">
-        <v>4.9879298860409316</v>
+        <v>5.0202786283061629</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>744.30431718</v>
+        <v>744.31554900000003</v>
       </c>
       <c r="C217" s="5">
-        <v>0.6476534299999912</v>
+        <v>0.64930493999997907</v>
       </c>
       <c r="D217" s="5">
-        <v>1.0501050708974002</v>
+        <v>1.0527820730498627</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>746.41450650000002</v>
+        <v>746.43991619999997</v>
       </c>
       <c r="C218" s="5">
-        <v>2.1101893200000177</v>
+        <v>2.1243671999999378</v>
       </c>
       <c r="D218" s="5">
-        <v>3.455694183591973</v>
+        <v>3.4792245702139901</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>746.22867827000005</v>
+        <v>746.26484037</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.18582822999997006</v>
+        <v>-0.17507582999996885</v>
       </c>
       <c r="D219" s="5">
-        <v>-0.29834466616357469</v>
+        <v>-0.28109454377462928</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>750.16596937999998</v>
+        <v>750.13632242999995</v>
       </c>
       <c r="C220" s="5">
-        <v>3.9372911099999328</v>
+        <v>3.8714820599999484</v>
       </c>
       <c r="D220" s="5">
-        <v>6.5185098077809922</v>
+        <v>6.4061112485483074</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>752.78352285000005</v>
+        <v>752.84785538000006</v>
       </c>
       <c r="C221" s="5">
-        <v>2.6175534700000753</v>
+        <v>2.7115329500001053</v>
       </c>
       <c r="D221" s="5">
-        <v>4.2684573445860075</v>
+        <v>4.424948802840234</v>
       </c>
       <c r="E221" s="5">
-        <v>3.0348481013944273</v>
+        <v>3.0346654231454773</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>754.40818316000002</v>
+        <v>754.43583195999997</v>
       </c>
       <c r="C222" s="5">
-        <v>1.6246603099999675</v>
+        <v>1.5879765799999177</v>
       </c>
       <c r="D222" s="5">
-        <v>2.6208086446360301</v>
+        <v>2.560722999507048</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>756.25393595000003</v>
+        <v>756.19160495999995</v>
       </c>
       <c r="C223" s="5">
-        <v>1.8457527900000059</v>
+        <v>1.7557729999999765</v>
       </c>
       <c r="D223" s="5">
-        <v>2.9757795596116354</v>
+        <v>2.8287448938556281</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>756.70592328999999</v>
+        <v>756.66422581999996</v>
       </c>
       <c r="C224" s="5">
-        <v>0.45198733999995966</v>
+        <v>0.47262086000000636</v>
       </c>
       <c r="D224" s="5">
-        <v>0.71956157373382901</v>
+        <v>0.75258527230745997</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>758.87246752999999</v>
+        <v>758.84580899000002</v>
       </c>
       <c r="C225" s="5">
-        <v>2.1665442400000074</v>
+        <v>2.1815831700000672</v>
       </c>
       <c r="D225" s="5">
-        <v>3.4903740614580236</v>
+        <v>3.5151845310414265</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>759.59265167000001</v>
+        <v>759.59165876999998</v>
       </c>
       <c r="C226" s="5">
-        <v>0.72018414000001485</v>
+        <v>0.74584977999995772</v>
       </c>
       <c r="D226" s="5">
-        <v>1.1447854488115361</v>
+        <v>1.1858455507663956</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>759.51723118999996</v>
+        <v>759.50755188999995</v>
       </c>
       <c r="C227" s="5">
-        <v>-7.5420480000047974E-2</v>
+        <v>-8.4106880000035744E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-0.11908378486106264</v>
+        <v>-0.13279083922305146</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>761.19908934</v>
+        <v>761.20910417000005</v>
       </c>
       <c r="C228" s="5">
-        <v>1.6818581500000391</v>
+        <v>1.7015522800001008</v>
       </c>
       <c r="D228" s="5">
-        <v>2.6898564172887385</v>
+        <v>2.7217781997054713</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>761.10476437</v>
+        <v>761.1148862</v>
       </c>
       <c r="C229" s="5">
-        <v>-9.4324970000002395E-2</v>
+        <v>-9.421797000004517E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>-0.1485982497811289</v>
+        <v>-0.14842784671870168</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>760.22351420999996</v>
+        <v>760.24392415</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.88125016000003598</v>
+        <v>-0.87096205000000282</v>
       </c>
       <c r="D230" s="5">
-        <v>-1.3806137874167512</v>
+        <v>-1.3645791601107238</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>761.68533448000005</v>
+        <v>761.71171355000001</v>
       </c>
       <c r="C231" s="5">
-        <v>1.4618202700000893</v>
+        <v>1.4677894000000151</v>
       </c>
       <c r="D231" s="5">
-        <v>2.3320190864425161</v>
+        <v>2.3415793603630997</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>761.28161427999999</v>
+        <v>761.26754349999999</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.40372020000006614</v>
+        <v>-0.44417005000002518</v>
       </c>
       <c r="D232" s="5">
-        <v>-0.63419157857830255</v>
+        <v>-0.69750528556112856</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>760.30610392000006</v>
+        <v>760.35149502000002</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.97551035999993019</v>
+        <v>-0.91604847999997219</v>
       </c>
       <c r="D233" s="5">
-        <v>-1.5268954198117135</v>
+        <v>-1.4344655976946008</v>
       </c>
       <c r="E233" s="5">
-        <v>0.99930203593190381</v>
+        <v>0.99670067283548214</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>756.40494296999998</v>
+        <v>756.42108976999998</v>
       </c>
       <c r="C234" s="5">
-        <v>-3.9011609500000759</v>
+        <v>-3.9304052500000353</v>
       </c>
       <c r="D234" s="5">
-        <v>-5.9864238083395582</v>
+        <v>-6.029682020021232</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>754.84297638999999</v>
+        <v>754.80043704000002</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.5619665799999893</v>
+        <v>-1.6206527299999607</v>
       </c>
       <c r="D235" s="5">
-        <v>-2.4500340118465358</v>
+        <v>-2.5409511366449644</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>752.59854440000004</v>
+        <v>752.56721617999995</v>
       </c>
       <c r="C236" s="5">
-        <v>-2.2444319899999527</v>
+        <v>-2.233220860000074</v>
       </c>
       <c r="D236" s="5">
-        <v>-3.5102753070022308</v>
+        <v>-3.4932191820984948</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>751.92260829999998</v>
+        <v>751.90050461999999</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.6759361000000581</v>
+        <v>-0.66671155999995335</v>
       </c>
       <c r="D237" s="5">
-        <v>-1.0724556283648545</v>
+        <v>-1.0579348258211385</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>751.03404008999996</v>
+        <v>751.03917653999997</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.88856821000001673</v>
+        <v>-0.86132808000002115</v>
       </c>
       <c r="D238" s="5">
-        <v>-1.4088933650647784</v>
+        <v>-1.3660137161357833</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>752.33148838</v>
+        <v>752.32270773000005</v>
       </c>
       <c r="C239" s="5">
-        <v>1.2974482900000339</v>
+        <v>1.2835311900000761</v>
       </c>
       <c r="D239" s="5">
-        <v>2.0928701784135972</v>
+        <v>2.0701952565124637</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>751.19495125000003</v>
+        <v>751.20288231999996</v>
       </c>
       <c r="C240" s="5">
-        <v>-1.1365371299999651</v>
+        <v>-1.1198254100000895</v>
       </c>
       <c r="D240" s="5">
-        <v>-1.7978372124822339</v>
+        <v>-1.771638249513463</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>749.77473964000001</v>
+        <v>749.78045245999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.4202116100000239</v>
+        <v>-1.4224298599999656</v>
       </c>
       <c r="D241" s="5">
-        <v>-2.2452810176625371</v>
+        <v>-2.2487280188284497</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>749.83650857999999</v>
+        <v>749.84739939999997</v>
       </c>
       <c r="C242" s="5">
-        <v>6.1768939999979011E-2</v>
+        <v>6.6946939999979804E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>9.890480290752901E-2</v>
+        <v>0.10719910299885616</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>753.42567213999996</v>
+        <v>753.43881577000002</v>
       </c>
       <c r="C243" s="5">
-        <v>3.5891635599999745</v>
+        <v>3.5914163700000472</v>
       </c>
       <c r="D243" s="5">
-        <v>5.8975685192493632</v>
+        <v>5.9012803177952433</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>755.36722807000001</v>
+        <v>755.36694741999997</v>
       </c>
       <c r="C244" s="5">
-        <v>1.9415559300000496</v>
+        <v>1.9281316499999548</v>
       </c>
       <c r="D244" s="5">
-        <v>3.136572733770393</v>
+        <v>3.1145246394027382</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>755.79766226000004</v>
+        <v>755.82306112000003</v>
       </c>
       <c r="C245" s="5">
-        <v>0.43043419000002814</v>
+        <v>0.45611370000005991</v>
       </c>
       <c r="D245" s="5">
-        <v>0.68594838428437388</v>
+        <v>0.72700804203433833</v>
       </c>
       <c r="E245" s="5">
-        <v>-0.59297717547647233</v>
+        <v>-0.59557111804993124</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>756.85731763000001</v>
+        <v>756.86544025000001</v>
       </c>
       <c r="C246" s="5">
-        <v>1.0596553699999731</v>
+        <v>1.0423791299999721</v>
       </c>
       <c r="D246" s="5">
-        <v>1.6954774161729524</v>
+        <v>1.6675684899888576</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>758.29387033</v>
+        <v>758.27143483999998</v>
       </c>
       <c r="C247" s="5">
-        <v>1.4365526999999929</v>
+        <v>1.4059945899999775</v>
       </c>
       <c r="D247" s="5">
-        <v>2.3015876603248664</v>
+        <v>2.2521029930150593</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>760.69691961000001</v>
+        <v>760.67931181999995</v>
       </c>
       <c r="C248" s="5">
-        <v>2.4030492800000047</v>
+        <v>2.4078769799999691</v>
       </c>
       <c r="D248" s="5">
-        <v>3.869812292318775</v>
+        <v>3.8778397263930398</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>761.73113043000001</v>
+        <v>761.71655112999997</v>
       </c>
       <c r="C249" s="5">
-        <v>1.0342108199999984</v>
+        <v>1.0372393100000181</v>
       </c>
       <c r="D249" s="5">
-        <v>1.6437232609215924</v>
+        <v>1.6486111942423332</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>766.08902734000003</v>
+        <v>766.10022174999995</v>
       </c>
       <c r="C250" s="5">
-        <v>4.3578969100000222</v>
+        <v>4.3836706199999753</v>
       </c>
       <c r="D250" s="5">
-        <v>7.0854454518692433</v>
+        <v>7.1288266476543294</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>765.28816581000001</v>
+        <v>765.27424381000003</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.80086153000002014</v>
+        <v>-0.82597793999991609</v>
       </c>
       <c r="D251" s="5">
-        <v>-1.2472798981634114</v>
+        <v>-1.2861464292234892</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>762.94008642999995</v>
+        <v>762.94764193000003</v>
       </c>
       <c r="C252" s="5">
-        <v>-2.3480793800000583</v>
+        <v>-2.3266018799999983</v>
       </c>
       <c r="D252" s="5">
-        <v>-3.6203733536552041</v>
+        <v>-3.5878743402917745</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>763.44193940000002</v>
+        <v>763.44230416000005</v>
       </c>
       <c r="C253" s="5">
-        <v>0.50185297000007267</v>
+        <v>0.49466223000001719</v>
       </c>
       <c r="D253" s="5">
-        <v>0.79220780829669657</v>
+        <v>0.78080848624393351</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>762.97529467000004</v>
+        <v>762.97786117999999</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.46664472999998452</v>
+        <v>-0.46444298000005801</v>
       </c>
       <c r="D254" s="5">
-        <v>-0.73102478777891111</v>
+        <v>-0.72758681070935749</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>768.52304064999998</v>
+        <v>768.52649812000004</v>
       </c>
       <c r="C255" s="5">
-        <v>5.5477459799999451</v>
+        <v>5.5486369400000513</v>
       </c>
       <c r="D255" s="5">
-        <v>9.0829818049358302</v>
+        <v>9.0844675615663775</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>767.96096993000003</v>
+        <v>767.96602901999995</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.56207071999995151</v>
+        <v>-0.5604691000000912</v>
       </c>
       <c r="D256" s="5">
-        <v>-0.87411607991488838</v>
+        <v>-0.87163136353920478</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>769.45578938000006</v>
+        <v>769.46639354000001</v>
       </c>
       <c r="C257" s="5">
-        <v>1.4948194500000227</v>
+        <v>1.5003645200000619</v>
       </c>
       <c r="D257" s="5">
-        <v>2.3609429896411349</v>
+        <v>2.3697795096372376</v>
       </c>
       <c r="E257" s="5">
-        <v>1.8071142320233324</v>
+        <v>1.8050960762936885</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>772.29643010999996</v>
+        <v>772.30181788000004</v>
       </c>
       <c r="C258" s="5">
-        <v>2.8406407299999046</v>
+        <v>2.8354243400000314</v>
       </c>
       <c r="D258" s="5">
-        <v>4.5211714638865086</v>
+        <v>4.5126366034605292</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>772.30813201000001</v>
+        <v>772.30945018</v>
       </c>
       <c r="C259" s="5">
-        <v>1.1701900000048227E-2</v>
+        <v>7.6322999999547392E-3</v>
       </c>
       <c r="D259" s="5">
-        <v>1.8184015548250443E-2</v>
+        <v>1.1859687001991581E-2</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>775.48788755999999</v>
+        <v>775.48548126000003</v>
       </c>
       <c r="C260" s="5">
-        <v>3.1797555499999817</v>
+        <v>3.1760310800000298</v>
       </c>
       <c r="D260" s="5">
-        <v>5.0540823915107946</v>
+        <v>5.0480191650205342</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>778.05704987000001</v>
+        <v>778.04941747999999</v>
       </c>
       <c r="C261" s="5">
-        <v>2.5691623100000243</v>
+        <v>2.5639362199999596</v>
       </c>
       <c r="D261" s="5">
-        <v>4.0488007485925737</v>
+        <v>4.040427266260993</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>778.43402830000002</v>
+        <v>778.43967447</v>
       </c>
       <c r="C262" s="5">
-        <v>0.3769784300000083</v>
+        <v>0.39025699000001168</v>
       </c>
       <c r="D262" s="5">
-        <v>0.5829669692666517</v>
+        <v>0.60356381921089497</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>778.14538219999997</v>
+        <v>778.12379748000001</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.28864610000005086</v>
+        <v>-0.31587698999999247</v>
       </c>
       <c r="D263" s="5">
-        <v>-0.44405791016550733</v>
+        <v>-0.48585339832875052</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>782.30676182000002</v>
+        <v>782.30974595999999</v>
       </c>
       <c r="C264" s="5">
-        <v>4.1613796200000479</v>
+        <v>4.1859484799999791</v>
       </c>
       <c r="D264" s="5">
-        <v>6.609541194051749</v>
+        <v>6.6499158017506943</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>783.11733121999998</v>
+        <v>783.11023951000004</v>
       </c>
       <c r="C265" s="5">
-        <v>0.81056939999996303</v>
+        <v>0.80049355000005562</v>
       </c>
       <c r="D265" s="5">
-        <v>1.2504627943073832</v>
+        <v>1.2348264950779564</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>784.80904726000006</v>
+        <v>784.80416617000003</v>
       </c>
       <c r="C266" s="5">
-        <v>1.6917160400000739</v>
+        <v>1.6939266599999883</v>
       </c>
       <c r="D266" s="5">
-        <v>2.623302283326967</v>
+        <v>2.6267951929034083</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>784.75022285</v>
+        <v>784.74829799999998</v>
       </c>
       <c r="C267" s="5">
-        <v>-5.882441000005656E-2</v>
+        <v>-5.5868170000053397E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>-8.9907474148864797E-2</v>
+        <v>-8.5391444377092007E-2</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>785.42424199000004</v>
+        <v>785.42646359000003</v>
       </c>
       <c r="C268" s="5">
-        <v>0.67401914000004126</v>
+        <v>0.67816559000004872</v>
       </c>
       <c r="D268" s="5">
-        <v>1.0355584843621646</v>
+        <v>1.041961940349645</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>787.93874975999995</v>
+        <v>787.95257747999995</v>
       </c>
       <c r="C269" s="5">
-        <v>2.5145077699999092</v>
+        <v>2.5261138899999196</v>
       </c>
       <c r="D269" s="5">
-        <v>3.9101302954959394</v>
+        <v>3.9284872843554419</v>
       </c>
       <c r="E269" s="5">
-        <v>2.4020821774429546</v>
+        <v>2.4024680083756023</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>789.39136212000005</v>
+        <v>789.40670157</v>
       </c>
       <c r="C270" s="5">
-        <v>1.4526123600001029</v>
+        <v>1.4541240900000503</v>
       </c>
       <c r="D270" s="5">
-        <v>2.2348419261688957</v>
+        <v>2.2371517187130818</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>790.72429610999995</v>
+        <v>790.74432965000005</v>
       </c>
       <c r="C271" s="5">
-        <v>1.3329339899999013</v>
+        <v>1.3376280800000586</v>
       </c>
       <c r="D271" s="5">
-        <v>2.045195406140099</v>
+        <v>2.0524248146295498</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>793.34280228</v>
+        <v>793.35024659999999</v>
       </c>
       <c r="C272" s="5">
-        <v>2.618506170000046</v>
+        <v>2.6059169499999371</v>
       </c>
       <c r="D272" s="5">
-        <v>4.0470163731654019</v>
+        <v>4.0271012815219498</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>794.78866579999999</v>
+        <v>794.79173495999999</v>
       </c>
       <c r="C273" s="5">
-        <v>1.445863519999989</v>
+        <v>1.4414883599999939</v>
       </c>
       <c r="D273" s="5">
-        <v>2.2090498976081951</v>
+        <v>2.2022775341537404</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>797.13629278999997</v>
+        <v>797.12393649000001</v>
       </c>
       <c r="C274" s="5">
-        <v>2.3476269899999807</v>
+        <v>2.3322015300000203</v>
       </c>
       <c r="D274" s="5">
-        <v>3.6026844956095871</v>
+        <v>3.578615108489136</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>799.77643063000005</v>
+        <v>799.73935950999999</v>
       </c>
       <c r="C275" s="5">
-        <v>2.6401378400000794</v>
+        <v>2.6154230199999802</v>
       </c>
       <c r="D275" s="5">
-        <v>4.0476379580624222</v>
+        <v>4.0091242234319147</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>800.94395586999997</v>
+        <v>800.94153357000005</v>
       </c>
       <c r="C276" s="5">
-        <v>1.1675252399999181</v>
+        <v>1.2021740600000612</v>
       </c>
       <c r="D276" s="5">
-        <v>1.765911066449255</v>
+        <v>1.8188373385448875</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>805.9815681</v>
+        <v>805.96759869000005</v>
       </c>
       <c r="C277" s="5">
-        <v>5.0376122300000361</v>
+        <v>5.0260651199999984</v>
       </c>
       <c r="D277" s="5">
-        <v>7.8141541092732858</v>
+        <v>7.7956444267889502</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>806.68567814999994</v>
+        <v>806.67589089000001</v>
       </c>
       <c r="C278" s="5">
-        <v>0.7041100499999402</v>
+        <v>0.70829219999995985</v>
       </c>
       <c r="D278" s="5">
-        <v>1.0533785073586932</v>
+        <v>1.059683908788922</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>808.39676236000003</v>
+        <v>808.39300635999996</v>
       </c>
       <c r="C279" s="5">
-        <v>1.7110842100000809</v>
+        <v>1.7171154699999533</v>
       </c>
       <c r="D279" s="5">
-        <v>2.5752601339667391</v>
+        <v>2.5844757170037536</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>810.57936530999996</v>
+        <v>810.58429079999996</v>
       </c>
       <c r="C280" s="5">
-        <v>2.1826029499999322</v>
+        <v>2.191284440000004</v>
       </c>
       <c r="D280" s="5">
-        <v>3.2884452172793344</v>
+        <v>3.3017364832079954</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>813.42268686</v>
+        <v>813.44137859</v>
       </c>
       <c r="C281" s="5">
-        <v>2.8433215500000415</v>
+        <v>2.8570877900000369</v>
       </c>
       <c r="D281" s="5">
-        <v>4.2914836387703659</v>
+        <v>4.3126390501365464</v>
       </c>
       <c r="E281" s="5">
-        <v>3.2342535644759529</v>
+        <v>3.2348141041073086</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>813.37089891000005</v>
+        <v>813.40027491000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-5.1787949999948069E-2</v>
+        <v>-4.1103679999991982E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>-7.6373310344168832E-2</v>
+        <v>-6.061986942018649E-2</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>817.64064359999998</v>
+        <v>817.68114685</v>
       </c>
       <c r="C283" s="5">
-        <v>4.269744689999925</v>
+        <v>4.2808719399999973</v>
       </c>
       <c r="D283" s="5">
-        <v>6.4844266739978007</v>
+        <v>6.5015760489997021</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>818.91472850000002</v>
+        <v>818.93125027999997</v>
       </c>
       <c r="C284" s="5">
-        <v>1.274084900000048</v>
+        <v>1.2501034299999674</v>
       </c>
       <c r="D284" s="5">
-        <v>1.8860038533035084</v>
+        <v>1.8501130880210992</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>820.40641340000002</v>
+        <v>820.41528567</v>
       </c>
       <c r="C285" s="5">
-        <v>1.4916848999999957</v>
+        <v>1.4840353900000309</v>
       </c>
       <c r="D285" s="5">
-        <v>2.2078788179730857</v>
+        <v>2.196398753154627</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>822.01956012999995</v>
+        <v>821.98451278000005</v>
       </c>
       <c r="C286" s="5">
-        <v>1.6131467299999258</v>
+        <v>1.5692271100000426</v>
       </c>
       <c r="D286" s="5">
-        <v>2.385218307746606</v>
+        <v>2.319568261313254</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>825.83099326000001</v>
+        <v>825.78099262000001</v>
       </c>
       <c r="C287" s="5">
-        <v>3.8114331300000686</v>
+        <v>3.7964798399999609</v>
       </c>
       <c r="D287" s="5">
-        <v>5.7081110730629936</v>
+        <v>5.6853933187304806</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>829.32476389999999</v>
+        <v>829.31101579000006</v>
       </c>
       <c r="C288" s="5">
-        <v>3.4937706399999797</v>
+        <v>3.5300231700000495</v>
       </c>
       <c r="D288" s="5">
-        <v>5.1965437127603487</v>
+        <v>5.2520643540297174</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>830.27774264000004</v>
+        <v>830.25902570999995</v>
       </c>
       <c r="C289" s="5">
-        <v>0.95297874000004867</v>
+        <v>0.94800991999989037</v>
       </c>
       <c r="D289" s="5">
-        <v>1.3876707339737226</v>
+        <v>1.3804129137803711</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>832.14888325000004</v>
+        <v>832.13588445000005</v>
       </c>
       <c r="C290" s="5">
-        <v>1.8711406099999977</v>
+        <v>1.8768587400001024</v>
       </c>
       <c r="D290" s="5">
-        <v>2.7381321264005498</v>
+        <v>2.7466667454285609</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>833.36545849000004</v>
+        <v>833.36143879999997</v>
       </c>
       <c r="C291" s="5">
-        <v>1.2165752399999974</v>
+        <v>1.2255543499999249</v>
       </c>
       <c r="D291" s="5">
-        <v>1.7685373789625425</v>
+        <v>1.7817242980511905</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>835.74754975999997</v>
+        <v>835.75392208999995</v>
       </c>
       <c r="C292" s="5">
-        <v>2.3820912699999326</v>
+        <v>2.3924832899999728</v>
       </c>
       <c r="D292" s="5">
-        <v>3.4845212634843081</v>
+        <v>3.4999806851106818</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>836.57287925000003</v>
+        <v>836.60417052000003</v>
       </c>
       <c r="C293" s="5">
-        <v>0.82532949000005829</v>
+        <v>0.85024843000007877</v>
       </c>
       <c r="D293" s="5">
-        <v>1.191499044950084</v>
+        <v>1.2276657705923011</v>
       </c>
       <c r="E293" s="5">
-        <v>2.846022463347464</v>
+        <v>2.8475059837931749</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>838.20467413999995</v>
+        <v>838.24314771000002</v>
       </c>
       <c r="C294" s="5">
-        <v>1.6317948899999237</v>
+        <v>1.6389771899999914</v>
       </c>
       <c r="D294" s="5">
-        <v>2.3659605244225279</v>
+        <v>2.3763968562165561</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>839.88140883999995</v>
+        <v>839.94070346000001</v>
       </c>
       <c r="C295" s="5">
-        <v>1.6767346999999972</v>
+        <v>1.6975557499999923</v>
       </c>
       <c r="D295" s="5">
-        <v>2.4270529295732368</v>
+        <v>2.4574136002042168</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>843.49816325999996</v>
+        <v>843.51696184000002</v>
       </c>
       <c r="C296" s="5">
-        <v>3.6167544200000066</v>
+        <v>3.5762583800000129</v>
       </c>
       <c r="D296" s="5">
-        <v>5.2916855630600113</v>
+        <v>5.2306634222899495</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>847.43475860000001</v>
+        <v>847.44829818000005</v>
       </c>
       <c r="C297" s="5">
-        <v>3.9365953400000535</v>
+        <v>3.9313363400000298</v>
       </c>
       <c r="D297" s="5">
-        <v>5.7463980033882534</v>
+        <v>5.738392211747656</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>850.70943900999998</v>
+        <v>850.65416790999996</v>
       </c>
       <c r="C298" s="5">
-        <v>3.2746804099999736</v>
+        <v>3.2058697299999039</v>
       </c>
       <c r="D298" s="5">
-        <v>4.736905992570084</v>
+        <v>4.6352143192042838</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>853.69304009999996</v>
+        <v>853.63024485000005</v>
       </c>
       <c r="C299" s="5">
-        <v>2.9836010899999792</v>
+        <v>2.9760769400000981</v>
       </c>
       <c r="D299" s="5">
-        <v>4.2907692552450749</v>
+        <v>4.280023052062143</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>855.98460778000003</v>
+        <v>855.96308134000003</v>
       </c>
       <c r="C300" s="5">
-        <v>2.2915676800000711</v>
+        <v>2.3328364899999769</v>
       </c>
       <c r="D300" s="5">
-        <v>3.2691433831383732</v>
+        <v>3.3291536628152985</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>857.17849622000006</v>
+        <v>857.15591110000003</v>
       </c>
       <c r="C301" s="5">
-        <v>1.1938884400000234</v>
+        <v>1.1928297599999951</v>
       </c>
       <c r="D301" s="5">
-        <v>1.6866046047290029</v>
+        <v>1.6851402310938068</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>857.30843330000005</v>
+        <v>857.30576715999996</v>
       </c>
       <c r="C302" s="5">
-        <v>0.1299370799999906</v>
+        <v>0.14985605999993368</v>
       </c>
       <c r="D302" s="5">
-        <v>0.18205608406771656</v>
+        <v>0.20999713762934746</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>863.78783900999997</v>
+        <v>863.78972283999997</v>
       </c>
       <c r="C303" s="5">
-        <v>6.4794057099999236</v>
+        <v>6.4839556800000082</v>
       </c>
       <c r="D303" s="5">
-        <v>9.4560760893750881</v>
+        <v>9.4630256228954046</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>864.77676924000002</v>
+        <v>864.76714573000004</v>
       </c>
       <c r="C304" s="5">
-        <v>0.98893023000005087</v>
+        <v>0.97742289000007077</v>
       </c>
       <c r="D304" s="5">
-        <v>1.3825355615941781</v>
+        <v>1.3663449230443936</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>865.83534773999997</v>
+        <v>865.88305710999998</v>
       </c>
       <c r="C305" s="5">
-        <v>1.0585784999999532</v>
+        <v>1.1159113799999432</v>
       </c>
       <c r="D305" s="5">
-        <v>1.4788574348175709</v>
+        <v>1.559539596720283</v>
       </c>
       <c r="E305" s="5">
-        <v>3.4978982962290406</v>
+        <v>3.4997299346238409</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>869.90470740000001</v>
+        <v>869.95067766</v>
       </c>
       <c r="C306" s="5">
-        <v>4.0693596600000319</v>
+        <v>4.0676205500000151</v>
       </c>
       <c r="D306" s="5">
-        <v>5.7880054366465261</v>
+        <v>5.7851405181503557</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>872.45139381000001</v>
+        <v>872.51551671000004</v>
       </c>
       <c r="C307" s="5">
-        <v>2.5466864100000066</v>
+        <v>2.564839050000046</v>
       </c>
       <c r="D307" s="5">
-        <v>3.5701768330509864</v>
+        <v>3.5958458436100793</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>873.54885176000005</v>
+        <v>873.55979779999996</v>
       </c>
       <c r="C308" s="5">
-        <v>1.0974579500000345</v>
+        <v>1.0442810899999131</v>
       </c>
       <c r="D308" s="5">
-        <v>1.5199690458406856</v>
+        <v>1.4457271697450258</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>875.34700346</v>
+        <v>875.35599091999995</v>
       </c>
       <c r="C309" s="5">
-        <v>1.7981516999999485</v>
+        <v>1.7961931199999981</v>
       </c>
       <c r="D309" s="5">
-        <v>2.4982914732754935</v>
+        <v>2.4955078160052935</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>879.03050285999996</v>
+        <v>878.96955749999995</v>
       </c>
       <c r="C310" s="5">
-        <v>3.6834993999999597</v>
+        <v>3.613566579999997</v>
       </c>
       <c r="D310" s="5">
-        <v>5.16817912838472</v>
+        <v>5.0677677526752118</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>879.25157819000003</v>
+        <v>879.19032231999995</v>
       </c>
       <c r="C311" s="5">
-        <v>0.22107533000007606</v>
+        <v>0.22076481999999942</v>
       </c>
       <c r="D311" s="5">
-        <v>0.30221666311718298</v>
+        <v>0.30181255437740084</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>883.07564074000004</v>
+        <v>883.04339250999999</v>
       </c>
       <c r="C312" s="5">
-        <v>3.8240625500000078</v>
+        <v>3.8530701900000395</v>
       </c>
       <c r="D312" s="5">
-        <v>5.3457411885962536</v>
+        <v>5.3876584271281613</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>883.93781095999998</v>
+        <v>883.9428365</v>
       </c>
       <c r="C313" s="5">
-        <v>0.86217021999993904</v>
+        <v>0.89944399000000885</v>
       </c>
       <c r="D313" s="5">
-        <v>1.1779036247153485</v>
+        <v>1.229158112304285</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>887.84261407999998</v>
+        <v>887.84849204</v>
       </c>
       <c r="C314" s="5">
-        <v>3.9048031199999969</v>
+        <v>3.9056555399999979</v>
       </c>
       <c r="D314" s="5">
-        <v>5.4317210751903433</v>
+        <v>5.4329041421328217</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>891.52275305000001</v>
+        <v>891.52302646999999</v>
       </c>
       <c r="C315" s="5">
-        <v>3.68013897000003</v>
+        <v>3.6745344299999942</v>
       </c>
       <c r="D315" s="5">
-        <v>5.0890205349973128</v>
+        <v>5.0810587201927992</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>893.75805794999997</v>
+        <v>893.72416465000003</v>
       </c>
       <c r="C316" s="5">
-        <v>2.2353048999999601</v>
+        <v>2.2011381800000436</v>
       </c>
       <c r="D316" s="5">
-        <v>3.0505860132824081</v>
+        <v>3.0033218146825469</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>894.39386450999996</v>
+        <v>894.46016851000002</v>
       </c>
       <c r="C317" s="5">
-        <v>0.6358065599999918</v>
+        <v>0.73600385999998252</v>
       </c>
       <c r="D317" s="5">
-        <v>0.85701064065302202</v>
+        <v>0.99271793584025936</v>
       </c>
       <c r="E317" s="5">
-        <v>3.298377323649726</v>
+        <v>3.3003430619580332</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>899.92274668000005</v>
+        <v>899.96171380999999</v>
       </c>
       <c r="C318" s="5">
-        <v>5.5288821700000881</v>
+        <v>5.5015452999999752</v>
       </c>
       <c r="D318" s="5">
-        <v>7.6755294041353839</v>
+        <v>7.6357004232506798</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>901.74090394999996</v>
+        <v>901.79133227</v>
       </c>
       <c r="C319" s="5">
-        <v>1.8181572699999151</v>
+        <v>1.8296184600000061</v>
       </c>
       <c r="D319" s="5">
-        <v>2.4515399765664858</v>
+        <v>2.4670590415817761</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>903.11230236999995</v>
+        <v>903.10094826</v>
       </c>
       <c r="C320" s="5">
-        <v>1.3713984199999913</v>
+        <v>1.3096159899999975</v>
       </c>
       <c r="D320" s="5">
-        <v>1.8403440930707227</v>
+        <v>1.7566730420057519</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>905.97726397999998</v>
+        <v>905.97886127000004</v>
       </c>
       <c r="C321" s="5">
-        <v>2.864961610000023</v>
+        <v>2.877913010000043</v>
       </c>
       <c r="D321" s="5">
-        <v>3.8739117803037626</v>
+        <v>3.8917821272458353</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>907.64713189999998</v>
+        <v>907.58254900999998</v>
       </c>
       <c r="C322" s="5">
-        <v>1.6698679200000015</v>
+        <v>1.6036877399999412</v>
       </c>
       <c r="D322" s="5">
-        <v>2.2343613858933686</v>
+        <v>2.1449416405180832</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>907.37644137999996</v>
+        <v>907.32769006000001</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.27069052000001648</v>
+        <v>-0.25485894999997072</v>
       </c>
       <c r="D323" s="5">
-        <v>-0.35729341410077886</v>
+        <v>-0.33645296406523695</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>912.68581601000005</v>
+        <v>912.6694334</v>
       </c>
       <c r="C324" s="5">
-        <v>5.309374630000093</v>
+        <v>5.3417433399999936</v>
       </c>
       <c r="D324" s="5">
-        <v>7.25205527875179</v>
+        <v>7.2981138402568924</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>915.03953883999998</v>
+        <v>915.08924961000002</v>
       </c>
       <c r="C325" s="5">
-        <v>2.3537228299999242</v>
+        <v>2.4198162100000218</v>
       </c>
       <c r="D325" s="5">
-        <v>3.1389507741567124</v>
+        <v>3.2284419120077734</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>918.25995402000001</v>
+        <v>918.28128419999996</v>
       </c>
       <c r="C326" s="5">
-        <v>3.2204151800000318</v>
+        <v>3.1920345899999347</v>
       </c>
       <c r="D326" s="5">
-        <v>4.3060295371695645</v>
+        <v>4.2671144885509049</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>919.47219200999996</v>
+        <v>919.46888490000003</v>
       </c>
       <c r="C327" s="5">
-        <v>1.2122379899999487</v>
+        <v>1.1876007000000754</v>
       </c>
       <c r="D327" s="5">
-        <v>1.5957293913014814</v>
+        <v>1.5630305048902837</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>922.25114485999995</v>
+        <v>922.18737426999996</v>
       </c>
       <c r="C328" s="5">
-        <v>2.778952849999996</v>
+        <v>2.7184893699999293</v>
       </c>
       <c r="D328" s="5">
-        <v>3.6877010892940598</v>
+        <v>3.6061695535446026</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>923.64418980999994</v>
+        <v>923.71334489000003</v>
       </c>
       <c r="C329" s="5">
-        <v>1.3930449499999895</v>
+        <v>1.5259706200000664</v>
       </c>
       <c r="D329" s="5">
-        <v>1.8277143270551965</v>
+        <v>2.0038470638775507</v>
       </c>
       <c r="E329" s="5">
-        <v>3.2704076426133488</v>
+        <v>3.2704839645045558</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>927.20917119000001</v>
+        <v>927.23924423999995</v>
       </c>
       <c r="C330" s="5">
-        <v>3.5649813800000629</v>
+        <v>3.5258993499999178</v>
       </c>
       <c r="D330" s="5">
-        <v>4.7312271294239316</v>
+        <v>4.6779085016507294</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>926.90879559999996</v>
+        <v>926.91374973999996</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.30037559000004421</v>
+        <v>-0.32549449999999069</v>
       </c>
       <c r="D331" s="5">
-        <v>-0.38805608804252101</v>
+        <v>-0.42043104398674647</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>929.10259756999994</v>
+        <v>929.06291508000004</v>
       </c>
       <c r="C332" s="5">
-        <v>2.1938019699999813</v>
+        <v>2.1491653400000814</v>
       </c>
       <c r="D332" s="5">
-        <v>2.8774170750782702</v>
+        <v>2.8181073395891598</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>927.45456188000003</v>
+        <v>927.41601931000002</v>
       </c>
       <c r="C333" s="5">
-        <v>-1.6480356899999151</v>
+        <v>-1.6468957700000146</v>
       </c>
       <c r="D333" s="5">
-        <v>-2.1079080456384625</v>
+        <v>-2.1065533208161846</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>928.81932686000005</v>
+        <v>928.76003820000005</v>
       </c>
       <c r="C334" s="5">
-        <v>1.3647649800000181</v>
+        <v>1.3440188900000294</v>
       </c>
       <c r="D334" s="5">
-        <v>1.7801818942766445</v>
+        <v>1.7529783547254763</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>930.99853235</v>
+        <v>930.99023535000003</v>
       </c>
       <c r="C335" s="5">
-        <v>2.1792054899999584</v>
+        <v>2.2301971499999809</v>
       </c>
       <c r="D335" s="5">
-        <v>2.8520690625659872</v>
+        <v>2.9198779284783205</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>931.43228863000002</v>
+        <v>931.45942228000001</v>
       </c>
       <c r="C336" s="5">
-        <v>0.43375628000001143</v>
+        <v>0.46918692999997802</v>
       </c>
       <c r="D336" s="5">
-        <v>0.56052010659790596</v>
+        <v>0.60643765705803432</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>931.86489447999998</v>
+        <v>932.02385838999999</v>
       </c>
       <c r="C337" s="5">
-        <v>0.43260584999995899</v>
+        <v>0.56443610999997418</v>
       </c>
       <c r="D337" s="5">
-        <v>0.55876866739910103</v>
+        <v>0.72959195771822305</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>934.84482428000001</v>
+        <v>934.88354394999999</v>
       </c>
       <c r="C338" s="5">
-        <v>2.9799298000000363</v>
+        <v>2.8596855600000026</v>
       </c>
       <c r="D338" s="5">
-        <v>3.905592042801187</v>
+        <v>3.7446777912931273</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>933.86546972999997</v>
+        <v>933.80792914999995</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.97935455000003913</v>
+        <v>-1.0756148000000394</v>
       </c>
       <c r="D339" s="5">
-        <v>-1.2499160603294701</v>
+        <v>-1.3719369733351194</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>933.74938083999996</v>
+        <v>933.64684289000002</v>
       </c>
       <c r="C340" s="5">
-        <v>-0.11608889000001454</v>
+        <v>-0.16108625999993365</v>
       </c>
       <c r="D340" s="5">
-        <v>-0.14907014687002285</v>
+        <v>-0.20680935520210886</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>934.81920465999997</v>
+        <v>934.90015588000006</v>
       </c>
       <c r="C341" s="5">
-        <v>1.0698238200000105</v>
+        <v>1.2533129900000404</v>
       </c>
       <c r="D341" s="5">
-        <v>1.3835718583450562</v>
+        <v>1.6228078742762886</v>
       </c>
       <c r="E341" s="5">
-        <v>1.209883088454089</v>
+        <v>1.2110695435857632</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>934.50984002999996</v>
+        <v>934.50487910000004</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.30936463000000458</v>
+        <v>-0.39527678000001742</v>
       </c>
       <c r="D342" s="5">
-        <v>-0.39640028062223331</v>
+        <v>-0.50618311628474189</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>937.38321654000003</v>
+        <v>937.31660996999994</v>
       </c>
       <c r="C343" s="5">
-        <v>2.873376510000071</v>
+        <v>2.8117308699999057</v>
       </c>
       <c r="D343" s="5">
-        <v>3.7527308193542108</v>
+        <v>3.6709024747871188</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>940.27965475999997</v>
+        <v>940.20528117000003</v>
       </c>
       <c r="C344" s="5">
-        <v>2.8964382199999363</v>
+        <v>2.8886712000000898</v>
       </c>
       <c r="D344" s="5">
-        <v>3.7715705314825598</v>
+        <v>3.7615565770624748</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>942.59501793000004</v>
+        <v>942.52225060000001</v>
       </c>
       <c r="C345" s="5">
-        <v>2.3153631700000687</v>
+        <v>2.3169694299999719</v>
       </c>
       <c r="D345" s="5">
-        <v>2.9952531505104352</v>
+        <v>2.9975996442093145</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>943.69092632000002</v>
+        <v>943.64240839000001</v>
       </c>
       <c r="C346" s="5">
-        <v>1.0959083899999769</v>
+        <v>1.1201577900000075</v>
       </c>
       <c r="D346" s="5">
-        <v>1.4041366264031296</v>
+        <v>1.4355211703316773</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>945.63312215999997</v>
+        <v>945.67620495000006</v>
       </c>
       <c r="C347" s="5">
-        <v>1.9421958399999539</v>
+        <v>2.0337965600000416</v>
       </c>
       <c r="D347" s="5">
-        <v>2.4978499963192791</v>
+        <v>2.617193659774264</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>946.32723551000004</v>
+        <v>946.42672597000001</v>
       </c>
       <c r="C348" s="5">
-        <v>0.69411335000006602</v>
+        <v>0.75052101999995102</v>
       </c>
       <c r="D348" s="5">
-        <v>0.884388347367282</v>
+        <v>0.95652915479425005</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>949.43055090999997</v>
+        <v>949.68439688000001</v>
       </c>
       <c r="C349" s="5">
-        <v>3.1033153999999286</v>
+        <v>3.2576709100000016</v>
       </c>
       <c r="D349" s="5">
-        <v>4.0069489220284416</v>
+        <v>4.2095890492034771</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>949.34375762000002</v>
+        <v>949.41687504000004</v>
       </c>
       <c r="C350" s="5">
-        <v>-8.6793289999945955E-2</v>
+        <v>-0.26752183999997214</v>
       </c>
       <c r="D350" s="5">
-        <v>-0.10964424666540795</v>
+        <v>-0.33751138982448525</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>950.01139579000005</v>
+        <v>949.90055786000005</v>
       </c>
       <c r="C351" s="5">
-        <v>0.66763817000003201</v>
+        <v>0.48368282000001273</v>
       </c>
       <c r="D351" s="5">
-        <v>0.84718726923218579</v>
+        <v>0.61305891322440687</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>951.04576008000004</v>
+        <v>950.89178083000002</v>
       </c>
       <c r="C352" s="5">
-        <v>1.034364289999985</v>
+        <v>0.99122296999996706</v>
       </c>
       <c r="D352" s="5">
-        <v>1.3144022928971655</v>
+        <v>1.2594139661091575</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>952.17655526999999</v>
+        <v>952.26424011999995</v>
       </c>
       <c r="C353" s="5">
-        <v>1.130795189999958</v>
+        <v>1.3724592899999379</v>
       </c>
       <c r="D353" s="5">
-        <v>1.436169914949148</v>
+        <v>1.7458225918749015</v>
       </c>
       <c r="E353" s="5">
-        <v>1.856760165331961</v>
+        <v>1.8573196432570382</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>951.49512972000002</v>
+        <v>951.45431869000004</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.68142554999997174</v>
+        <v>-0.80992142999991756</v>
       </c>
       <c r="D354" s="5">
-        <v>-0.85540832599269034</v>
+        <v>-1.0158652315124583</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>953.5912826</v>
+        <v>953.43875516000003</v>
       </c>
       <c r="C355" s="5">
-        <v>2.0961528799999769</v>
+        <v>1.9844364699999915</v>
       </c>
       <c r="D355" s="5">
-        <v>2.6758793348476972</v>
+        <v>2.5317362708915603</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>954.36426605999998</v>
+        <v>954.25371309000002</v>
       </c>
       <c r="C356" s="5">
-        <v>0.77298345999997764</v>
+        <v>0.81495792999999139</v>
       </c>
       <c r="D356" s="5">
-        <v>0.97707142112206657</v>
+        <v>1.0305435275006714</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>955.14490486</v>
+        <v>955.03303862999996</v>
       </c>
       <c r="C357" s="5">
-        <v>0.78063880000001973</v>
+        <v>0.77932553999994525</v>
       </c>
       <c r="D357" s="5">
-        <v>0.98598873593165326</v>
+        <v>0.98443711047029314</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>957.20171158000005</v>
+        <v>957.16848146999996</v>
       </c>
       <c r="C358" s="5">
-        <v>2.0568067200000542</v>
+        <v>2.1354428399999961</v>
       </c>
       <c r="D358" s="5">
-        <v>2.6149028374303551</v>
+        <v>2.7164309708740397</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>958.14715073000002</v>
+        <v>958.24427924999998</v>
       </c>
       <c r="C359" s="5">
-        <v>0.94543914999997014</v>
+        <v>1.0757977800000162</v>
       </c>
       <c r="D359" s="5">
-        <v>1.1917138492862245</v>
+        <v>1.3570939607639998</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>959.38818112000001</v>
+        <v>959.55694934999997</v>
       </c>
       <c r="C360" s="5">
-        <v>1.2410303899999917</v>
+        <v>1.3126700999999912</v>
       </c>
       <c r="D360" s="5">
-        <v>1.5654082531112889</v>
+        <v>1.6562859292232002</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>961.81306929000004</v>
+        <v>962.16010131999997</v>
       </c>
       <c r="C361" s="5">
-        <v>2.4248881700000311</v>
+        <v>2.603151969999999</v>
       </c>
       <c r="D361" s="5">
-        <v>3.075564160347799</v>
+        <v>3.3044580570944504</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>961.87098519999995</v>
+        <v>961.97967738</v>
       </c>
       <c r="C362" s="5">
-        <v>5.7915909999906034E-2</v>
+        <v>-0.18042393999996875</v>
       </c>
       <c r="D362" s="5">
-        <v>7.2282354915653713E-2</v>
+        <v>-0.22479166323500221</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>963.40773533000004</v>
+        <v>963.24724647999994</v>
       </c>
       <c r="C363" s="5">
-        <v>1.5367501300000868</v>
+        <v>1.267569099999946</v>
       </c>
       <c r="D363" s="5">
-        <v>1.9341379648317281</v>
+        <v>1.592710390809704</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>966.35939970000004</v>
+        <v>966.19579868000005</v>
       </c>
       <c r="C364" s="5">
-        <v>2.9516643700000031</v>
+        <v>2.9485522000001083</v>
       </c>
       <c r="D364" s="5">
-        <v>3.7391191984848637</v>
+        <v>3.7357429849079082</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>967.71915994999995</v>
+        <v>967.82175057999996</v>
       </c>
       <c r="C365" s="5">
-        <v>1.3597602499999084</v>
+        <v>1.6259518999999045</v>
       </c>
       <c r="D365" s="5">
-        <v>1.7016439044611698</v>
+        <v>2.0382028039036992</v>
       </c>
       <c r="E365" s="5">
-        <v>1.6323238157856856</v>
+        <v>1.6337388095177818</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>968.40426953999997</v>
+        <v>968.29212773999996</v>
       </c>
       <c r="C366" s="5">
-        <v>0.68510959000002458</v>
+        <v>0.47037715999999818</v>
       </c>
       <c r="D366" s="5">
-        <v>0.852871703425917</v>
+        <v>0.58478110370221437</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>969.62296963999995</v>
+        <v>969.40015570000003</v>
       </c>
       <c r="C367" s="5">
-        <v>1.2187000999999782</v>
+        <v>1.1080279600000722</v>
       </c>
       <c r="D367" s="5">
-        <v>1.520651125807948</v>
+        <v>1.3818493916486707</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>962.32516784999996</v>
+        <v>962.14076637999995</v>
       </c>
       <c r="C368" s="5">
-        <v>-7.2978017899999941</v>
+        <v>-7.2593893200000821</v>
       </c>
       <c r="D368" s="5">
-        <v>-8.6670703063223442</v>
+        <v>-8.6252137517254912</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>841.79268976000003</v>
+        <v>841.6940889</v>
       </c>
       <c r="C369" s="5">
-        <v>-120.53247808999993</v>
+        <v>-120.44667747999995</v>
       </c>
       <c r="D369" s="5">
-        <v>-79.927583032636988</v>
+        <v>-79.909630207357779</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>867.47000260000004</v>
+        <v>867.43228248000003</v>
       </c>
       <c r="C370" s="5">
-        <v>25.677312840000013</v>
+        <v>25.738193580000029</v>
       </c>
       <c r="D370" s="5">
-        <v>43.41407912741213</v>
+        <v>43.540893136159788</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>893.00643422999997</v>
+        <v>893.10710941000002</v>
       </c>
       <c r="C371" s="5">
-        <v>25.536431629999925</v>
+        <v>25.674826929999995</v>
       </c>
       <c r="D371" s="5">
-        <v>41.645071669038018</v>
+        <v>41.910845465277944</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>892.69845083999996</v>
+        <v>892.87261081999998</v>
       </c>
       <c r="C372" s="5">
-        <v>-0.30798339000000396</v>
+        <v>-0.23449859000004381</v>
       </c>
       <c r="D372" s="5">
-        <v>-0.4130763422563688</v>
+        <v>-0.31462328674678464</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>902.18995614000005</v>
+        <v>902.47332219999998</v>
       </c>
       <c r="C373" s="5">
-        <v>9.4915053000000853</v>
+        <v>9.600711380000007</v>
       </c>
       <c r="D373" s="5">
-        <v>13.532050410413564</v>
+        <v>13.694239203573954</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>908.76097836999998</v>
+        <v>908.90794040000003</v>
       </c>
       <c r="C374" s="5">
-        <v>6.5710222299999259</v>
+        <v>6.4346182000000454</v>
       </c>
       <c r="D374" s="5">
-        <v>9.0988544474709379</v>
+        <v>8.8996033664606955</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>916.63182372999995</v>
+        <v>916.52864355999998</v>
       </c>
       <c r="C375" s="5">
-        <v>7.8708453599999757</v>
+        <v>7.6207031599999482</v>
       </c>
       <c r="D375" s="5">
-        <v>10.902957411072967</v>
+        <v>10.538543001125621</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>920.19060506000005</v>
+        <v>920.09110323000004</v>
       </c>
       <c r="C376" s="5">
-        <v>3.5587813300001017</v>
+        <v>3.5624596700000666</v>
       </c>
       <c r="D376" s="5">
-        <v>4.7597289645578966</v>
+        <v>4.7653021538498486</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>924.41123459999994</v>
+        <v>924.52799589999995</v>
       </c>
       <c r="C377" s="5">
-        <v>4.2206295399998908</v>
+        <v>4.4368926699999065</v>
       </c>
       <c r="D377" s="5">
-        <v>5.645022590221016</v>
+        <v>5.9426481188884495</v>
       </c>
       <c r="E377" s="5">
-        <v>-4.4752576100939852</v>
+        <v>-4.4733190439308457</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>923.14374422000003</v>
+        <v>923.00124528000003</v>
       </c>
       <c r="C378" s="5">
-        <v>-1.2674903799999129</v>
+        <v>-1.5267506199999161</v>
       </c>
       <c r="D378" s="5">
-        <v>-1.633007625762517</v>
+        <v>-1.9637606993992307</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>919.89891261000002</v>
+        <v>919.62926383000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-3.2448316100000056</v>
+        <v>-3.3719814500000211</v>
       </c>
       <c r="D379" s="5">
-        <v>-4.1373801072670524</v>
+        <v>-4.2969126424327371</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>929.04856041999994</v>
+        <v>928.78517357999999</v>
       </c>
       <c r="C380" s="5">
-        <v>9.1496478099999194</v>
+        <v>9.155909749999978</v>
       </c>
       <c r="D380" s="5">
-        <v>12.610713644569227</v>
+        <v>12.623727408700635</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>934.42212905999997</v>
+        <v>934.26908404000005</v>
       </c>
       <c r="C381" s="5">
-        <v>5.3735686400000304</v>
+        <v>5.483910460000061</v>
       </c>
       <c r="D381" s="5">
-        <v>7.1658473040378423</v>
+        <v>7.3199459679610168</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>940.56581705999997</v>
+        <v>940.49085668999999</v>
       </c>
       <c r="C382" s="5">
-        <v>6.1436879999999974</v>
+        <v>6.2217726499999344</v>
       </c>
       <c r="D382" s="5">
-        <v>8.1814791485554714</v>
+        <v>8.290709546260322</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>946.12675909999996</v>
+        <v>946.27480152999999</v>
       </c>
       <c r="C383" s="5">
-        <v>5.5609420399999863</v>
+        <v>5.7839448400000038</v>
       </c>
       <c r="D383" s="5">
-        <v>7.3301199554890228</v>
+        <v>7.6347164890165464</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>953.71883301000003</v>
+        <v>954.01654692</v>
       </c>
       <c r="C384" s="5">
-        <v>7.5920739100000674</v>
+        <v>7.7417453900000055</v>
       </c>
       <c r="D384" s="5">
-        <v>10.065800316249153</v>
+        <v>10.271576676641846</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>952.36121474000004</v>
+        <v>952.76612978000003</v>
       </c>
       <c r="C385" s="5">
-        <v>-1.357618269999989</v>
+        <v>-1.2504171399999677</v>
       </c>
       <c r="D385" s="5">
-        <v>-1.6948887261842738</v>
+        <v>-1.5615357145151054</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>958.28672552</v>
+        <v>958.51405693000004</v>
       </c>
       <c r="C386" s="5">
-        <v>5.9255107799999678</v>
+        <v>5.7479271500000095</v>
       </c>
       <c r="D386" s="5">
-        <v>7.7271729724825988</v>
+        <v>7.4845685936069772</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>969.23772667000003</v>
+        <v>969.18362653999998</v>
       </c>
       <c r="C387" s="5">
-        <v>10.951001150000025</v>
+        <v>10.66956960999994</v>
       </c>
       <c r="D387" s="5">
-        <v>14.608824215464789</v>
+        <v>14.206543134363026</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>971.64183809999997</v>
+        <v>971.61744033000002</v>
       </c>
       <c r="C388" s="5">
-        <v>2.4041114299999435</v>
+        <v>2.4338137900000447</v>
       </c>
       <c r="D388" s="5">
-        <v>3.0174413766558938</v>
+        <v>3.0554106258028346</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>975.04505084000004</v>
+        <v>975.17875805999995</v>
       </c>
       <c r="C389" s="5">
-        <v>3.4032127400000718</v>
+        <v>3.5613177299999279</v>
       </c>
       <c r="D389" s="5">
-        <v>4.284966052092809</v>
+        <v>4.4881816280178288</v>
       </c>
       <c r="E389" s="5">
-        <v>5.4774124702097193</v>
+        <v>5.4785536386805722</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>980.44045521999999</v>
+        <v>980.18206522000003</v>
       </c>
       <c r="C390" s="5">
-        <v>5.3954043799999454</v>
+        <v>5.0033071600000767</v>
       </c>
       <c r="D390" s="5">
-        <v>6.8460541818906595</v>
+        <v>6.333529551706607</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>989.64868719000003</v>
+        <v>989.26230927999995</v>
       </c>
       <c r="C391" s="5">
-        <v>9.2082319700000426</v>
+        <v>9.0802440599999272</v>
       </c>
       <c r="D391" s="5">
-        <v>11.871113143414135</v>
+        <v>11.700864084173634</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>989.68822751000005</v>
+        <v>989.21609519000003</v>
       </c>
       <c r="C392" s="5">
-        <v>3.9540320000014617E-2</v>
+        <v>-4.6214089999921271E-2</v>
       </c>
       <c r="D392" s="5">
-        <v>4.795521139560055E-2</v>
+        <v>-5.6044449283321196E-2</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>992.78393684000002</v>
+        <v>992.53438086000006</v>
       </c>
       <c r="C393" s="5">
-        <v>3.0957093299999769</v>
+        <v>3.3182856700000229</v>
       </c>
       <c r="D393" s="5">
-        <v>3.8188105391303351</v>
+        <v>4.1004543677275462</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>993.64270168999997</v>
+        <v>993.45845234000001</v>
       </c>
       <c r="C394" s="5">
-        <v>0.85876484999994318</v>
+        <v>0.92407147999995232</v>
       </c>
       <c r="D394" s="5">
-        <v>1.0429607817671327</v>
+        <v>1.122965250177721</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>996.16369961999999</v>
+        <v>996.39590098999997</v>
       </c>
       <c r="C395" s="5">
-        <v>2.5209979300000214</v>
+        <v>2.9374486499999648</v>
       </c>
       <c r="D395" s="5">
-        <v>3.0873982936983513</v>
+        <v>3.6064224989356575</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>1003.1973672</v>
+        <v>1003.6719037</v>
       </c>
       <c r="C396" s="5">
-        <v>7.0336675800000421</v>
+        <v>7.276002710000057</v>
       </c>
       <c r="D396" s="5">
-        <v>8.80981243053931</v>
+        <v>9.123431832971951</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>1005.6285013</v>
+        <v>1006.1266941</v>
       </c>
       <c r="C397" s="5">
-        <v>2.4311341000000084</v>
+        <v>2.4547903999999789</v>
       </c>
       <c r="D397" s="5">
-        <v>2.9471380612795084</v>
+        <v>2.9747763019759121</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>1009.6889035</v>
+        <v>1010.0358825</v>
       </c>
       <c r="C398" s="5">
-        <v>4.0604021999999986</v>
+        <v>3.9091883999999482</v>
       </c>
       <c r="D398" s="5">
-        <v>4.9542714336373139</v>
+        <v>4.7633973318506939</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>1009.3392042</v>
+        <v>1009.4180103</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.34969929999999749</v>
+        <v>-0.61787219999996523</v>
       </c>
       <c r="D399" s="5">
-        <v>-0.41482154978795815</v>
+        <v>-0.73161470039063703</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>1010.318233</v>
+        <v>1010.3856767</v>
       </c>
       <c r="C400" s="5">
-        <v>0.97902879999992365</v>
+        <v>0.96766639999998461</v>
       </c>
       <c r="D400" s="5">
-        <v>1.170193739321701</v>
+        <v>1.1564502611559835</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>1012.4662753</v>
+        <v>1012.6001351</v>
       </c>
       <c r="C401" s="5">
-        <v>2.1480423000000428</v>
+        <v>2.2144584000000123</v>
       </c>
       <c r="D401" s="5">
-        <v>2.5813721565589365</v>
+        <v>2.6619714537570394</v>
       </c>
       <c r="E401" s="5">
-        <v>3.8378969697617116</v>
+        <v>3.8373864002580804</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>1018.6594074</v>
+        <v>1018.2978073</v>
       </c>
       <c r="C402" s="5">
-        <v>6.1931320999999571</v>
+        <v>5.6976722000000564</v>
       </c>
       <c r="D402" s="5">
-        <v>7.5923048835523366</v>
+        <v>6.9650580766831949</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>1022.5187708</v>
+        <v>1021.9962154999999</v>
       </c>
       <c r="C403" s="5">
-        <v>3.8593634000000065</v>
+        <v>3.6984081999999034</v>
       </c>
       <c r="D403" s="5">
-        <v>4.6423460629005708</v>
+        <v>4.4464654823208383</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>1026.0663234000001</v>
+        <v>1025.3862323999999</v>
       </c>
       <c r="C404" s="5">
-        <v>3.547552600000131</v>
+        <v>3.3900168999999778</v>
       </c>
       <c r="D404" s="5">
-        <v>4.2436800664611418</v>
+        <v>4.053892874326892</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>1024.8474113</v>
+        <v>1024.4288240000001</v>
       </c>
       <c r="C405" s="5">
-        <v>-1.2189121000001251</v>
+        <v>-0.95740839999984928</v>
       </c>
       <c r="D405" s="5">
-        <v>-1.4162587856327957</v>
+        <v>-1.1147101287370176</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>1025.0673147</v>
+        <v>1024.7422481000001</v>
       </c>
       <c r="C406" s="5">
-        <v>0.21990340000002107</v>
+        <v>0.31342410000002019</v>
       </c>
       <c r="D406" s="5">
-        <v>0.25779030268533454</v>
+        <v>0.36775854519686124</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>1029.9751163000001</v>
+        <v>1030.2706954</v>
       </c>
       <c r="C407" s="5">
-        <v>4.9078016000000844</v>
+        <v>5.5284472999999252</v>
       </c>
       <c r="D407" s="5">
-        <v>5.8990733629788128</v>
+        <v>6.6695505284239509</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>1027.8811585000001</v>
+        <v>1028.5513056</v>
       </c>
       <c r="C408" s="5">
-        <v>-2.0939577999999983</v>
+        <v>-1.7193898000000445</v>
       </c>
       <c r="D408" s="5">
-        <v>-2.4125265761193559</v>
+        <v>-1.9843662583655663</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>1030.0176449999999</v>
+        <v>1030.6359110000001</v>
       </c>
       <c r="C409" s="5">
-        <v>2.136486499999819</v>
+        <v>2.0846054000001004</v>
       </c>
       <c r="D409" s="5">
-        <v>2.5229539622120267</v>
+        <v>2.4593818442758097</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>1032.5650149999999</v>
+        <v>1033.0239670000001</v>
       </c>
       <c r="C410" s="5">
-        <v>2.5473700000000008</v>
+        <v>2.388056000000006</v>
       </c>
       <c r="D410" s="5">
-        <v>3.0084616460008151</v>
+        <v>2.8161938157006627</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>1034.5006748000001</v>
+        <v>1034.7211488999999</v>
       </c>
       <c r="C411" s="5">
-        <v>1.9356598000001668</v>
+        <v>1.697181899999805</v>
       </c>
       <c r="D411" s="5">
-        <v>2.2728746900753993</v>
+        <v>1.9894238410220533</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>1034.9972894</v>
+        <v>1035.1817802999999</v>
       </c>
       <c r="C412" s="5">
-        <v>0.49661459999992985</v>
+        <v>0.46063140000001113</v>
       </c>
       <c r="D412" s="5">
-        <v>0.57758636807623276</v>
+        <v>0.53551925140840062</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>1034.6002825</v>
+        <v>1034.7409290999999</v>
       </c>
       <c r="C413" s="5">
-        <v>-0.3970068999999512</v>
+        <v>-0.44085119999999733</v>
       </c>
       <c r="D413" s="5">
-        <v>-0.45932920636390095</v>
+        <v>-0.50984676609854285</v>
       </c>
       <c r="E413" s="5">
-        <v>2.1861476021452164</v>
+        <v>2.1865288412008077</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>1037.991599</v>
+        <v>1037.5267739000001</v>
       </c>
       <c r="C414" s="5">
-        <v>3.3913164999999026</v>
+        <v>2.7858448000001772</v>
       </c>
       <c r="D414" s="5">
-        <v>4.0051754095537628</v>
+        <v>3.2790459983606413</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>1038.0784845999999</v>
+        <v>1037.4406572</v>
       </c>
       <c r="C415" s="5">
-        <v>8.6885599999959595E-2</v>
+        <v>-8.6116700000047786E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>0.10049284983608686</v>
+        <v>-9.9556830567348875E-2</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>1038.4592043</v>
+        <v>1037.5847676000001</v>
       </c>
       <c r="C416" s="5">
-        <v>0.38071970000009969</v>
+        <v>0.14411040000004505</v>
       </c>
       <c r="D416" s="5">
-        <v>0.44099394805174885</v>
+        <v>0.16681885448761591</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>1040.8327806</v>
+        <v>1040.2528812999999</v>
       </c>
       <c r="C417" s="5">
-        <v>2.3735762999999679</v>
+        <v>2.6681136999998216</v>
       </c>
       <c r="D417" s="5">
-        <v>2.7775498361839457</v>
+        <v>3.1297772407300029</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>1042.7221959999999</v>
+        <v>1042.2436359000001</v>
       </c>
       <c r="C418" s="5">
-        <v>1.8894153999999617</v>
+        <v>1.990754600000173</v>
       </c>
       <c r="D418" s="5">
-        <v>2.2002313988025213</v>
+        <v>2.3207923830450783</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>1042.0636466999999</v>
+        <v>1042.418527</v>
       </c>
       <c r="C419" s="5">
-        <v>-0.65854930000000422</v>
+        <v>0.17489109999996799</v>
       </c>
       <c r="D419" s="5">
-        <v>-0.75525377075690292</v>
+        <v>0.20154895884185731</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>1041.5740043000001</v>
+        <v>1042.4268196</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.48964239999986603</v>
+        <v>8.2926000000043132E-3</v>
       </c>
       <c r="D420" s="5">
-        <v>-0.56239825886734707</v>
+        <v>9.5466025866519644E-3</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>1047.9933088</v>
+        <v>1048.7073578</v>
       </c>
       <c r="C421" s="5">
-        <v>6.4193044999999529</v>
+        <v>6.2805381999999099</v>
       </c>
       <c r="D421" s="5">
-        <v>7.6516104160080811</v>
+        <v>7.4743590839028151</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>1045.1369714</v>
+        <v>1045.6977873000001</v>
       </c>
       <c r="C422" s="5">
-        <v>-2.8563374000000294</v>
+        <v>-3.0095704999998816</v>
       </c>
       <c r="D422" s="5">
-        <v>-3.2220507343646121</v>
+        <v>-3.3899097151251278</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>1044.8897913000001</v>
+        <v>1045.3296144000001</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.24718009999992319</v>
+        <v>-0.36817289999999048</v>
       </c>
       <c r="D423" s="5">
-        <v>-0.28343710017915136</v>
+        <v>-0.42168296283960904</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>1046.4822842999999</v>
+        <v>1046.8592341999999</v>
       </c>
       <c r="C424" s="5">
-        <v>1.5924929999998767</v>
+        <v>1.529619799999864</v>
       </c>
       <c r="D424" s="5">
-        <v>1.844301687219807</v>
+        <v>1.770148528044202</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>1048.8693341000001</v>
+        <v>1049.1093432</v>
       </c>
       <c r="C425" s="5">
-        <v>2.3870498000001135</v>
+        <v>2.2501090000000659</v>
       </c>
       <c r="D425" s="5">
-        <v>2.7718298601691949</v>
+        <v>2.6099789796451889</v>
       </c>
       <c r="E425" s="5">
-        <v>1.3791849704042569</v>
+        <v>1.3886001506191015</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>1049.9696942</v>
+        <v>1050.9728875000001</v>
       </c>
       <c r="C426" s="5">
-        <v>1.100360099999989</v>
+        <v>1.8635443000000578</v>
       </c>
       <c r="D426" s="5">
-        <v>1.2661994033808188</v>
+        <v>2.1525216577723549</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>1050.6614192</v>
+        <v>1051.8217801999999</v>
       </c>
       <c r="C427" s="5">
-        <v>0.69172499999990578</v>
+        <v>0.84889269999985117</v>
       </c>
       <c r="D427" s="5">
-        <v>0.79343653115098167</v>
+        <v>0.97358254384565246</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>1050.0998457000001</v>
+        <v>1050.6323030999999</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.56157349999989492</v>
+        <v>-1.1894770999999764</v>
       </c>
       <c r="D428" s="5">
-        <v>-0.63951209011173793</v>
+        <v>-1.3486390492460254</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>1056.3773183999999</v>
+        <v>1054.315623</v>
       </c>
       <c r="C429" s="5">
-        <v>6.277472699999862</v>
+        <v>3.683319900000015</v>
       </c>
       <c r="D429" s="5">
-        <v>7.4141950379676302</v>
+        <v>4.2890492835337746</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>1059.0042587999999</v>
+        <v>1053.5629418000001</v>
       </c>
       <c r="C430" s="5">
-        <v>2.6269403999999668</v>
+        <v>-0.75268119999986993</v>
       </c>
       <c r="D430" s="5">
-        <v>3.0252472387539475</v>
+        <v>-0.85333023936221553</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>1060.1413715000001</v>
+        <v>1040.5291030999999</v>
       </c>
       <c r="C431" s="5">
-        <v>1.1371127000002161</v>
+        <v>-13.03383870000016</v>
       </c>
       <c r="D431" s="5">
-        <v>1.2961445842974539</v>
+        <v>-13.875850648769161</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>1066.2318058999999</v>
+        <v>1046.2112039000001</v>
       </c>
       <c r="C432" s="5">
-        <v>6.0904343999998218</v>
+        <v>5.6821008000001711</v>
       </c>
       <c r="D432" s="5">
-        <v>7.1159653244869281</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>6.7533760370963369</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1066.4797102</v>
+        <v>1046.3978675000001</v>
       </c>
       <c r="C433" s="5">
-        <v>0.24790430000007291</v>
+        <v>0.18666359999997439</v>
       </c>
       <c r="D433" s="5">
-        <v>0.27936314671805906</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.21431261500493015</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>1062.2747701999999</v>
+        <v>1042.4041718999999</v>
       </c>
       <c r="C434" s="5">
-        <v>-4.2049400000000787</v>
+        <v>-3.9936956000001373</v>
       </c>
       <c r="D434" s="5">
-        <v>-4.6301207742415418</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-4.4850090026425811</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>1038.4165920999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-3.9875798000000486</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-4.4950821434334038</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>1039.1212574000001</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.70466530000021521</v>
+      </c>
+      <c r="D436" s="5">
+        <v>0.81736128271412412</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>1041.8293558</v>
+      </c>
+      <c r="C437" s="5">
+        <v>2.7080983999999262</v>
+      </c>
+      <c r="D437" s="5">
+        <v>3.172590161972999</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.6939207478406928</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>