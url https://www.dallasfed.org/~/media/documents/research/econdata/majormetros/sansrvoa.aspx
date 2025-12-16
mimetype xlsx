--- v0 (2025-10-13)
+++ v1 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{88A8706E-E1E6-490A-B127-0037953BC8FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{033C9CFF-1359-47EA-9E01-F5DCF81C087B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{1EDC6000-9219-4DC2-84B9-8938E72065CB}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{EE44A6A7-B6DB-4BD1-8951-9EBF6D88BE35}"/>
   </bookViews>
   <sheets>
     <sheet name="sansrvoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Other Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3E4A77AA-36CD-4314-B6B8-67CD67D90112}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DE0C6D35-A801-4413-9A7B-549A46803E05}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.19623647400000266</v>
       </c>
       <c r="D431" s="5">
         <v>-5.2948147677090329</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>43.526387749000001</v>
       </c>
       <c r="C432" s="5">
         <v>0.33811459000000355</v>
       </c>
       <c r="D432" s="5">
         <v>9.8098869604905445</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>43.526414795000001</v>
+        <v>43.530164071999998</v>
       </c>
       <c r="C433" s="5">
-        <v>2.7045999999586456E-5</v>
+        <v>3.7763229999967507E-3</v>
       </c>
       <c r="D433" s="5">
-        <v>7.4564678103072879E-4</v>
+        <v>0.10416096597465341</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>43.577673703999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>4.7509632000000579E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>1.3175929119354279</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>