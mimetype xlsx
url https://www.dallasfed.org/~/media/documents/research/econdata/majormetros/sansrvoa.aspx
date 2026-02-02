--- v1 (2025-12-16)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{033C9CFF-1359-47EA-9E01-F5DCF81C087B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{49B70407-799B-451D-95C9-89E80E5710B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{EE44A6A7-B6DB-4BD1-8951-9EBF6D88BE35}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{A0FD91BE-3326-4931-89C8-798B6FADD7F0}"/>
   </bookViews>
   <sheets>
     <sheet name="sansrvoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Other Services Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DE0C6D35-A801-4413-9A7B-549A46803E05}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6A7ED70F-E6E1-412B-A494-0DB2D02C7887}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>22.739756485000001</v>
+        <v>22.740986850999999</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>22.732601154000001</v>
+        <v>22.73300862</v>
       </c>
       <c r="C7" s="5">
-        <v>-7.155330999999876E-3</v>
+        <v>-7.9782309999991696E-3</v>
       </c>
       <c r="D7" s="5">
-        <v>-0.37694127563674407</v>
+        <v>-0.42018516637770675</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>22.565382606</v>
+        <v>22.566032809999999</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.16721854800000102</v>
+        <v>-0.16697581000000028</v>
       </c>
       <c r="D8" s="5">
-        <v>-8.4785627232223266</v>
+        <v>-8.4666022845619864</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>22.422563055000001</v>
+        <v>22.422978953000001</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.14281955099999877</v>
+        <v>-0.14305385699999817</v>
       </c>
       <c r="D9" s="5">
-        <v>-7.3360884346301392</v>
+        <v>-7.3475029501632871</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>22.873689988999999</v>
+        <v>22.873814925000001</v>
       </c>
       <c r="C10" s="5">
-        <v>0.4511269339999977</v>
+        <v>0.45083597200000014</v>
       </c>
       <c r="D10" s="5">
-        <v>27.002339522043627</v>
+        <v>26.982397597286312</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>23.003421660000001</v>
+        <v>23.003504603</v>
       </c>
       <c r="C11" s="5">
-        <v>0.12973167100000182</v>
+        <v>0.12968967799999831</v>
       </c>
       <c r="D11" s="5">
-        <v>7.0223576781354158</v>
+        <v>7.0199737091594772</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>22.813396978</v>
+        <v>22.813290407</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.19002468200000067</v>
+        <v>-0.19021419599999945</v>
       </c>
       <c r="D12" s="5">
-        <v>-9.4746505827017273</v>
+        <v>-9.4836415924274604</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>23.075083710000001</v>
+        <v>23.074809806000001</v>
       </c>
       <c r="C13" s="5">
-        <v>0.26168673200000114</v>
+        <v>0.26151939900000087</v>
       </c>
       <c r="D13" s="5">
-        <v>14.667390543477477</v>
+        <v>14.657485418885607</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>23.107590563999999</v>
+        <v>23.107155499000001</v>
       </c>
       <c r="C14" s="5">
-        <v>3.2506853999997531E-2</v>
+        <v>3.2345692999999898E-2</v>
       </c>
       <c r="D14" s="5">
-        <v>1.7036509197083438</v>
+        <v>1.6951596906378041</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>23.073217883000002</v>
+        <v>23.072511770999999</v>
       </c>
       <c r="C15" s="5">
-        <v>-3.4372680999997129E-2</v>
+        <v>-3.4643728000002483E-2</v>
       </c>
       <c r="D15" s="5">
-        <v>-1.7704757902566537</v>
+        <v>-1.7843553431270087</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>23.265438619000001</v>
+        <v>23.265289117999998</v>
       </c>
       <c r="C16" s="5">
-        <v>0.19222073599999945</v>
+        <v>0.19277734699999982</v>
       </c>
       <c r="D16" s="5">
-        <v>10.468111395084524</v>
+        <v>10.500166375918463</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>23.105285548000001</v>
+        <v>23.104168141999999</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.16015307099999987</v>
+        <v>-0.16112097599999942</v>
       </c>
       <c r="D17" s="5">
-        <v>-7.9547998851121964</v>
+        <v>-8.0011091543786055</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>22.531592620000001</v>
+        <v>22.532727894000001</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.57369292799999982</v>
+        <v>-0.57144024799999826</v>
       </c>
       <c r="D18" s="5">
-        <v>-26.045159738712687</v>
+        <v>-25.957473739580351</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>22.41856744</v>
+        <v>22.418966990000001</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.11302518000000106</v>
+        <v>-0.11376090399999939</v>
       </c>
       <c r="D19" s="5">
-        <v>-5.8562259145680917</v>
+        <v>-5.893005389348871</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>22.661894038</v>
+        <v>22.662502952000001</v>
       </c>
       <c r="C20" s="5">
-        <v>0.24332659799999945</v>
+        <v>0.24353596199999927</v>
       </c>
       <c r="D20" s="5">
-        <v>13.830898800679403</v>
+        <v>13.843257447090785</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>22.619332342</v>
+        <v>22.619728306999999</v>
       </c>
       <c r="C21" s="5">
-        <v>-4.2561695999999927E-2</v>
+        <v>-4.2774645000001499E-2</v>
       </c>
       <c r="D21" s="5">
-        <v>-2.2306055869381058</v>
+        <v>-2.2415907715067296</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>22.674760072000002</v>
+        <v>22.674877403</v>
       </c>
       <c r="C22" s="5">
-        <v>5.5427730000001674E-2</v>
+        <v>5.5149096000000952E-2</v>
       </c>
       <c r="D22" s="5">
-        <v>2.98050675404673</v>
+        <v>2.9652697229581859</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>22.811887102</v>
+        <v>22.811956478999999</v>
       </c>
       <c r="C23" s="5">
-        <v>0.13712702999999848</v>
+        <v>0.13707907599999913</v>
       </c>
       <c r="D23" s="5">
-        <v>7.5033897158977902</v>
+        <v>7.5006377770226118</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>23.095905480999999</v>
+        <v>23.095806188000001</v>
       </c>
       <c r="C24" s="5">
-        <v>0.28401837899999904</v>
+        <v>0.28384970900000184</v>
       </c>
       <c r="D24" s="5">
-        <v>16.007310919728535</v>
+        <v>15.997092846957184</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>23.184653895</v>
+        <v>23.184410575000001</v>
       </c>
       <c r="C25" s="5">
-        <v>8.8748414000001219E-2</v>
+        <v>8.8604387000000173E-2</v>
       </c>
       <c r="D25" s="5">
-        <v>4.7098366400206482</v>
+        <v>4.7020518469623962</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>23.209710589</v>
+        <v>23.209322777000001</v>
       </c>
       <c r="C26" s="5">
-        <v>2.5056693999999879E-2</v>
+        <v>2.4912201999999439E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>1.3046304530507813</v>
+        <v>1.2970763444458022</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>23.176693349000001</v>
+        <v>23.176042645999999</v>
       </c>
       <c r="C27" s="5">
-        <v>-3.3017239999999504E-2</v>
+        <v>-3.3280131000001489E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>-1.6937805993841981</v>
+        <v>-1.7071890012576141</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>23.174943294999998</v>
+        <v>23.17482309</v>
       </c>
       <c r="C28" s="5">
-        <v>-1.7500540000021658E-3</v>
+        <v>-1.2195559999987893E-3</v>
       </c>
       <c r="D28" s="5">
-        <v>-9.0573440718677567E-2</v>
+        <v>-6.3127417534303287E-2</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>23.205937099</v>
+        <v>23.204920074</v>
       </c>
       <c r="C29" s="5">
-        <v>3.099380400000129E-2</v>
+        <v>3.0096984000000049E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>1.6167186130974676</v>
+        <v>1.5696116952379491</v>
       </c>
       <c r="E29" s="5">
-        <v>0.43562132478691673</v>
+        <v>0.43607686448943195</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>23.151735554999998</v>
+        <v>23.152755656</v>
       </c>
       <c r="C30" s="5">
-        <v>-5.4201544000001434E-2</v>
+        <v>-5.2164418000000268E-2</v>
       </c>
       <c r="D30" s="5">
-        <v>-2.7670842132446971</v>
+        <v>-2.6644833150561431</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>23.228597551</v>
+        <v>23.228959972999998</v>
       </c>
       <c r="C31" s="5">
-        <v>7.6861996000001653E-2</v>
+        <v>7.6204316999998412E-2</v>
       </c>
       <c r="D31" s="5">
-        <v>4.0574640256645589</v>
+        <v>4.0219345350685387</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>23.264504105</v>
+        <v>23.265052126</v>
       </c>
       <c r="C32" s="5">
-        <v>3.5906554000000312E-2</v>
+        <v>3.6092153000002014E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>1.8708010841887557</v>
+        <v>1.8805243492711066</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>23.316843030000001</v>
+        <v>23.317206207000002</v>
       </c>
       <c r="C33" s="5">
-        <v>5.2338925000000813E-2</v>
+        <v>5.2154081000001185E-2</v>
       </c>
       <c r="D33" s="5">
-        <v>2.7333360738949875</v>
+        <v>2.7234985440918402</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>23.48094833</v>
+        <v>23.481042039999998</v>
       </c>
       <c r="C34" s="5">
-        <v>0.16410529999999923</v>
+        <v>0.16383583299999671</v>
       </c>
       <c r="D34" s="5">
-        <v>8.7803886575525745</v>
+        <v>8.7652674140552342</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>23.305568780000002</v>
+        <v>23.305618761000002</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.17537954999999883</v>
+        <v>-0.17542327899999677</v>
       </c>
       <c r="D35" s="5">
-        <v>-8.6036433984477014</v>
+        <v>-8.6056683112511578</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>23.177936120999998</v>
+        <v>23.177846139</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.1276326590000032</v>
+        <v>-0.12777262200000195</v>
       </c>
       <c r="D36" s="5">
-        <v>-6.3774078685109643</v>
+        <v>-6.3841785891714746</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>23.105587353000001</v>
+        <v>23.105398011999998</v>
       </c>
       <c r="C37" s="5">
-        <v>-7.2348767999997676E-2</v>
+        <v>-7.244812700000125E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>-3.6820976194041788</v>
+        <v>-3.6870818233594727</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>23.115951789</v>
+        <v>23.115652915999998</v>
       </c>
       <c r="C38" s="5">
-        <v>1.0364435999999699E-2</v>
+        <v>1.0254903999999954E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>0.53961205923844791</v>
+        <v>0.53389986389711375</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>23.386386764000001</v>
+        <v>23.385860435000001</v>
       </c>
       <c r="C39" s="5">
-        <v>0.27043497500000058</v>
+        <v>0.27020751900000306</v>
       </c>
       <c r="D39" s="5">
-        <v>14.978376714461138</v>
+        <v>14.965164170210766</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>23.386058029000001</v>
+        <v>23.385917888000002</v>
       </c>
       <c r="C40" s="5">
-        <v>-3.2873500000007994E-4</v>
+        <v>5.7453000000151633E-5</v>
       </c>
       <c r="D40" s="5">
-        <v>-1.6866714269081484E-2</v>
+        <v>2.9481289247845766E-3</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>23.5132707</v>
+        <v>23.512528514</v>
       </c>
       <c r="C41" s="5">
-        <v>0.12721267099999878</v>
+        <v>0.12661062599999795</v>
       </c>
       <c r="D41" s="5">
-        <v>6.7264955777251112</v>
+        <v>6.6937493961705341</v>
       </c>
       <c r="E41" s="5">
-        <v>1.3243748773810182</v>
+        <v>1.3256173217534917</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>24.386999137</v>
+        <v>24.387744542</v>
       </c>
       <c r="C42" s="5">
-        <v>0.87372843700000047</v>
+        <v>0.87521602800000053</v>
       </c>
       <c r="D42" s="5">
-        <v>54.932964106602292</v>
+        <v>55.048519483209148</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>24.445941356999999</v>
+        <v>24.446270009999999</v>
       </c>
       <c r="C43" s="5">
-        <v>5.8942219999998713E-2</v>
+        <v>5.8525467999999137E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>2.9392103401808756</v>
+        <v>2.918063171292129</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>24.388659656000002</v>
+        <v>24.389103898999998</v>
       </c>
       <c r="C44" s="5">
-        <v>-5.7281700999997298E-2</v>
+        <v>-5.7166111000000797E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>-2.7758823089295115</v>
+        <v>-2.7703158762088509</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>24.314405227000002</v>
+        <v>24.314716480000001</v>
       </c>
       <c r="C45" s="5">
-        <v>-7.4254428999999789E-2</v>
+        <v>-7.4387418999997124E-2</v>
       </c>
       <c r="D45" s="5">
-        <v>-3.5929914255415252</v>
+        <v>-3.5992544600412013</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>24.17060249</v>
+        <v>24.170652644</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.14380273700000146</v>
+        <v>-0.14406383600000083</v>
       </c>
       <c r="D46" s="5">
-        <v>-6.8707925618228689</v>
+        <v>-6.8827787453905165</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>24.272113523000002</v>
+        <v>24.272154402999998</v>
       </c>
       <c r="C47" s="5">
-        <v>0.10151103300000131</v>
+        <v>0.1015017589999978</v>
       </c>
       <c r="D47" s="5">
-        <v>5.1577836328349447</v>
+        <v>5.1572905341078945</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>24.423087597999999</v>
+        <v>24.423017653999999</v>
       </c>
       <c r="C48" s="5">
-        <v>0.15097407499999704</v>
+        <v>0.15086325100000053</v>
       </c>
       <c r="D48" s="5">
-        <v>7.7247933175340844</v>
+        <v>7.718914176417524</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>24.389459297999998</v>
+        <v>24.389321602999999</v>
       </c>
       <c r="C49" s="5">
-        <v>-3.3628300000000166E-2</v>
+        <v>-3.3696050999999727E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>-1.6398319098960057</v>
+        <v>-1.6431153231348361</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>24.41874052</v>
+        <v>24.418526577000002</v>
       </c>
       <c r="C50" s="5">
-        <v>2.9281222000001605E-2</v>
+        <v>2.9204974000002437E-2</v>
       </c>
       <c r="D50" s="5">
-        <v>1.4502336512175029</v>
+        <v>1.4464405721719809</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>24.190634404000001</v>
+        <v>24.190260112000001</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.2281061159999993</v>
+        <v>-0.22826646500000081</v>
       </c>
       <c r="D51" s="5">
-        <v>-10.651353899406701</v>
+        <v>-10.658549307618371</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>24.295419624000001</v>
+        <v>24.295276829999999</v>
       </c>
       <c r="C52" s="5">
-        <v>0.10478522000000012</v>
+        <v>0.10501671799999812</v>
       </c>
       <c r="D52" s="5">
-        <v>5.3236153144724963</v>
+        <v>5.3357433502402962</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>24.435208755000001</v>
+        <v>24.434674560000001</v>
       </c>
       <c r="C53" s="5">
-        <v>0.13978913100000057</v>
+        <v>0.13939773000000244</v>
       </c>
       <c r="D53" s="5">
-        <v>7.1272089140059558</v>
+        <v>7.1066623743036628</v>
       </c>
       <c r="E53" s="5">
-        <v>3.9209264706844937</v>
+        <v>3.9219348333843884</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>24.481836913999999</v>
+        <v>24.482318696</v>
       </c>
       <c r="C54" s="5">
-        <v>4.6628158999997282E-2</v>
+        <v>4.7644135999998838E-2</v>
       </c>
       <c r="D54" s="5">
-        <v>2.3140704351625629</v>
+        <v>2.365085769323283</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>24.535601072999999</v>
+        <v>24.535857883999999</v>
       </c>
       <c r="C55" s="5">
-        <v>5.3764158999999978E-2</v>
+        <v>5.3539187999998461E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>2.6673647739705819</v>
+        <v>2.6560159558329799</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>24.702871422000001</v>
+        <v>24.703175260999998</v>
       </c>
       <c r="C56" s="5">
-        <v>0.16727034900000248</v>
+        <v>0.16731737699999982</v>
       </c>
       <c r="D56" s="5">
-        <v>8.4947774066416404</v>
+        <v>8.49716369026401</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>25.004367848000001</v>
+        <v>25.004591866999998</v>
       </c>
       <c r="C57" s="5">
-        <v>0.30149642599999993</v>
+        <v>0.30141660600000009</v>
       </c>
       <c r="D57" s="5">
-        <v>15.670149636633468</v>
+        <v>15.665512956504845</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>24.863321937999999</v>
+        <v>24.863350849</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.14104591000000255</v>
+        <v>-0.14124101799999877</v>
       </c>
       <c r="D58" s="5">
-        <v>-6.5629133821297199</v>
+        <v>-6.5716546010615158</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>24.942817011999999</v>
+        <v>24.942834887</v>
       </c>
       <c r="C59" s="5">
-        <v>7.9495074000000443E-2</v>
+        <v>7.9484038000000368E-2</v>
       </c>
       <c r="D59" s="5">
-        <v>3.9049330155843442</v>
+        <v>3.9043767214262282</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>24.998644323000001</v>
+        <v>24.998590196999999</v>
       </c>
       <c r="C60" s="5">
-        <v>5.58273110000016E-2</v>
+        <v>5.5755309999998559E-2</v>
       </c>
       <c r="D60" s="5">
-        <v>2.7191655693440842</v>
+        <v>2.7156134392942732</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>24.972838237000001</v>
+        <v>24.972760678</v>
       </c>
       <c r="C61" s="5">
-        <v>-2.580608599999934E-2</v>
+        <v>-2.5829518999998413E-2</v>
       </c>
       <c r="D61" s="5">
-        <v>-1.2317502097468958</v>
+        <v>-1.2328649959785221</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>24.820297847999999</v>
+        <v>24.820184013999999</v>
       </c>
       <c r="C62" s="5">
-        <v>-0.15254038900000211</v>
+        <v>-0.15257666400000147</v>
       </c>
       <c r="D62" s="5">
-        <v>-7.088597130068508</v>
+        <v>-7.0902478890058855</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>25.307802803000001</v>
+        <v>25.307561993</v>
       </c>
       <c r="C63" s="5">
-        <v>0.48750495500000213</v>
+        <v>0.48737797900000146</v>
       </c>
       <c r="D63" s="5">
-        <v>26.29013746069948</v>
+        <v>26.282667940673775</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>25.299704160000001</v>
+        <v>25.299579159</v>
       </c>
       <c r="C64" s="5">
-        <v>-8.098643000000294E-3</v>
+        <v>-7.9828339999998832E-3</v>
       </c>
       <c r="D64" s="5">
-        <v>-0.38333178368255005</v>
+        <v>-0.37786331026166131</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>25.573258366000001</v>
+        <v>25.572976996000001</v>
       </c>
       <c r="C65" s="5">
-        <v>0.27355420600000002</v>
+        <v>0.27339783700000098</v>
       </c>
       <c r="D65" s="5">
-        <v>13.775167104217045</v>
+        <v>13.766891288036875</v>
       </c>
       <c r="E65" s="5">
-        <v>4.6574171819470545</v>
+        <v>4.6585537008273503</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>25.399340681999998</v>
+        <v>25.399553519000001</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.17391768400000274</v>
+        <v>-0.17342347700000005</v>
       </c>
       <c r="D66" s="5">
-        <v>-7.862478840401133</v>
+        <v>-7.8410464566399334</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>25.559507688</v>
+        <v>25.559704824000001</v>
       </c>
       <c r="C67" s="5">
-        <v>0.16016700600000178</v>
+        <v>0.16015130499999941</v>
       </c>
       <c r="D67" s="5">
-        <v>7.8351864407978811</v>
+        <v>7.8343235941254141</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>25.435125482</v>
+        <v>25.43529582</v>
       </c>
       <c r="C68" s="5">
-        <v>-0.12438220599999994</v>
+        <v>-0.12440900400000032</v>
       </c>
       <c r="D68" s="5">
-        <v>-5.685861742076459</v>
+        <v>-5.6870114523309372</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>25.500089726999999</v>
+        <v>25.500226405999999</v>
       </c>
       <c r="C69" s="5">
-        <v>6.4964244999998755E-2</v>
+        <v>6.4930585999999124E-2</v>
       </c>
       <c r="D69" s="5">
-        <v>3.1083622568963909</v>
+        <v>3.10670798808379</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>25.842958428999999</v>
+        <v>25.842980726</v>
       </c>
       <c r="C70" s="5">
-        <v>0.34286870200000052</v>
+        <v>0.34275432000000094</v>
       </c>
       <c r="D70" s="5">
-        <v>17.383281081692914</v>
+        <v>17.376946584433007</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>25.405758967000001</v>
+        <v>25.405772434999999</v>
       </c>
       <c r="C71" s="5">
-        <v>-0.43719946199999882</v>
+        <v>-0.43720829100000103</v>
       </c>
       <c r="D71" s="5">
-        <v>-18.514687773095993</v>
+        <v>-18.515013066986807</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>25.301344986</v>
+        <v>25.301319772999999</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.10441398100000043</v>
+        <v>-0.10445266199999992</v>
       </c>
       <c r="D72" s="5">
-        <v>-4.821858994358208</v>
+        <v>-4.8236025939664362</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>25.541223680000002</v>
+        <v>25.541187858000001</v>
       </c>
       <c r="C73" s="5">
-        <v>0.2398786940000015</v>
+        <v>0.23986808500000123</v>
       </c>
       <c r="D73" s="5">
-        <v>11.989448510775969</v>
+        <v>11.988902887172692</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>25.611948010999999</v>
+        <v>25.611887061000001</v>
       </c>
       <c r="C74" s="5">
-        <v>7.072433099999742E-2</v>
+        <v>7.069920300000021E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>3.3739076483004338</v>
+        <v>3.3726954099811524</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>25.528433406000001</v>
+        <v>25.528309253</v>
       </c>
       <c r="C75" s="5">
-        <v>-8.3514604999997744E-2</v>
+        <v>-8.3577808000001141E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>-3.843502870584703</v>
+        <v>-3.8463685791359392</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>25.803230742</v>
+        <v>25.803167480999999</v>
       </c>
       <c r="C76" s="5">
-        <v>0.27479733599999889</v>
+        <v>0.27485822799999937</v>
       </c>
       <c r="D76" s="5">
-        <v>13.710104620402607</v>
+        <v>13.713395431263663</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>25.703110192</v>
+        <v>25.702898390000001</v>
       </c>
       <c r="C77" s="5">
-        <v>-0.10012054999999975</v>
+        <v>-0.1002690909999977</v>
       </c>
       <c r="D77" s="5">
-        <v>-4.5580937462774802</v>
+        <v>-4.5647233157955158</v>
       </c>
       <c r="E77" s="5">
-        <v>0.50776410319555154</v>
+        <v>0.50804172709466577</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>25.911458767999999</v>
+        <v>25.911582192000001</v>
       </c>
       <c r="C78" s="5">
-        <v>0.20834857599999879</v>
+        <v>0.20868380199999947</v>
       </c>
       <c r="D78" s="5">
-        <v>10.172759356887241</v>
+        <v>10.18995246947625</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>25.868514115</v>
+        <v>25.868619290000002</v>
       </c>
       <c r="C79" s="5">
-        <v>-4.2944652999999278E-2</v>
+        <v>-4.2962901999999303E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>-1.9708043385321394</v>
+        <v>-1.9716248882852283</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>25.957406865999999</v>
+        <v>25.957495172000002</v>
       </c>
       <c r="C80" s="5">
-        <v>8.8892750999999492E-2</v>
+        <v>8.8875881999999962E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>4.2024308401196864</v>
+        <v>4.2016008169726726</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>26.110340047000001</v>
+        <v>26.110407094999999</v>
       </c>
       <c r="C81" s="5">
-        <v>0.15293318100000164</v>
+        <v>0.15291192299999778</v>
       </c>
       <c r="D81" s="5">
-        <v>7.3036959552010838</v>
+        <v>7.3026219575009543</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>26.225948745</v>
+        <v>26.225986589000001</v>
       </c>
       <c r="C82" s="5">
-        <v>0.11560869799999907</v>
+        <v>0.11557949400000211</v>
       </c>
       <c r="D82" s="5">
-        <v>5.4445560699672324</v>
+        <v>5.4431327412979735</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>26.357394313</v>
+        <v>26.357408536000001</v>
       </c>
       <c r="C83" s="5">
-        <v>0.13144556800000018</v>
+        <v>0.13142194699999976</v>
       </c>
       <c r="D83" s="5">
-        <v>6.1830480859606629</v>
+        <v>6.1818970128828754</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>26.358152384</v>
+        <v>26.358156101999999</v>
       </c>
       <c r="C84" s="5">
-        <v>7.5807099999991578E-4</v>
+        <v>7.4756599999759032E-4</v>
       </c>
       <c r="D84" s="5">
-        <v>3.4518932453475593E-2</v>
+        <v>3.40404919360493E-2</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>26.577123315000001</v>
+        <v>26.577122335999999</v>
       </c>
       <c r="C85" s="5">
-        <v>0.2189709310000012</v>
+        <v>0.21896623399999982</v>
       </c>
       <c r="D85" s="5">
-        <v>10.437377374751522</v>
+        <v>10.437141622420864</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>26.585283815</v>
+        <v>26.585247766999998</v>
       </c>
       <c r="C86" s="5">
-        <v>8.1604999999989047E-3</v>
+        <v>8.1254309999998497E-3</v>
       </c>
       <c r="D86" s="5">
-        <v>0.36908262448234197</v>
+        <v>0.36749387133354627</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>26.861462659000001</v>
+        <v>26.861401076</v>
       </c>
       <c r="C87" s="5">
-        <v>0.27617884400000037</v>
+        <v>0.27615330900000146</v>
       </c>
       <c r="D87" s="5">
-        <v>13.20360917524801</v>
+        <v>13.20233675725515</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>27.216262700000001</v>
+        <v>27.216209471999999</v>
       </c>
       <c r="C88" s="5">
-        <v>0.35480004100000073</v>
+        <v>0.35480839599999925</v>
       </c>
       <c r="D88" s="5">
-        <v>17.053922871970585</v>
+        <v>17.054396061396094</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>26.950191388</v>
+        <v>26.950065338000002</v>
       </c>
       <c r="C89" s="5">
-        <v>-0.26607131200000111</v>
+        <v>-0.26614413399999748</v>
       </c>
       <c r="D89" s="5">
-        <v>-11.120749117164387</v>
+        <v>-11.123651595912342</v>
       </c>
       <c r="E89" s="5">
-        <v>4.8518688465497339</v>
+        <v>4.8522424556026955</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>26.743888447</v>
+        <v>26.743911359999998</v>
       </c>
       <c r="C90" s="5">
-        <v>-0.20630294100000057</v>
+        <v>-0.20615397800000324</v>
       </c>
       <c r="D90" s="5">
-        <v>-8.8089155116102607</v>
+        <v>-8.8028595873145825</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>27.105218135000001</v>
+        <v>27.105247922</v>
       </c>
       <c r="C91" s="5">
-        <v>0.36132968800000143</v>
+        <v>0.36133656200000175</v>
       </c>
       <c r="D91" s="5">
-        <v>17.473593934785136</v>
+        <v>17.473935336517155</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>27.595937852999999</v>
+        <v>27.595965115999999</v>
       </c>
       <c r="C92" s="5">
-        <v>0.49071971799999758</v>
+        <v>0.49071719399999836</v>
       </c>
       <c r="D92" s="5">
-        <v>24.024366747400361</v>
+        <v>24.024201540631964</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>27.438361874999998</v>
+        <v>27.438383284</v>
       </c>
       <c r="C93" s="5">
-        <v>-0.15757597800000056</v>
+        <v>-0.1575818319999982</v>
       </c>
       <c r="D93" s="5">
-        <v>-6.6409860726502234</v>
+        <v>-6.6412187347391072</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>27.306376707999998</v>
+        <v>27.306416560999999</v>
       </c>
       <c r="C94" s="5">
-        <v>-0.13198516699999985</v>
+        <v>-0.13196672300000145</v>
       </c>
       <c r="D94" s="5">
-        <v>-5.621999368574615</v>
+        <v>-5.6212301274632832</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>27.584906631999999</v>
+        <v>27.584970435999999</v>
       </c>
       <c r="C95" s="5">
-        <v>0.27852992400000076</v>
+        <v>0.27855387500000006</v>
       </c>
       <c r="D95" s="5">
-        <v>12.950795089784695</v>
+        <v>12.951951973624642</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>27.51257008</v>
+        <v>27.512657737000001</v>
       </c>
       <c r="C96" s="5">
-        <v>-7.2336551999999443E-2</v>
+        <v>-7.2312698999997593E-2</v>
       </c>
       <c r="D96" s="5">
-        <v>-3.1017972858705334</v>
+        <v>-3.1007820999626512</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>27.516652338</v>
+        <v>27.51673787</v>
       </c>
       <c r="C97" s="5">
-        <v>4.0822580000003938E-3</v>
+        <v>4.0801329999986535E-3</v>
       </c>
       <c r="D97" s="5">
-        <v>0.17819888493180169</v>
+        <v>0.17810548075585242</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>27.459563681999999</v>
+        <v>27.459572125000001</v>
       </c>
       <c r="C98" s="5">
-        <v>-5.7088656000001237E-2</v>
+        <v>-5.7165744999998935E-2</v>
       </c>
       <c r="D98" s="5">
-        <v>-2.4614205653041066</v>
+        <v>-2.4646988566537575</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>27.503204692000001</v>
+        <v>27.503085077000001</v>
       </c>
       <c r="C99" s="5">
-        <v>4.3641010000001756E-2</v>
+        <v>4.3512952000000382E-2</v>
       </c>
       <c r="D99" s="5">
-        <v>1.9238983004329802</v>
+        <v>1.9182030223581892</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>27.541264238</v>
+        <v>27.541149357999998</v>
       </c>
       <c r="C100" s="5">
-        <v>3.80595459999995E-2</v>
+        <v>3.8064280999996924E-2</v>
       </c>
       <c r="D100" s="5">
-        <v>1.6732839172486802</v>
+        <v>1.6735010119517613</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>27.472605412</v>
+        <v>27.472423456000001</v>
       </c>
       <c r="C101" s="5">
-        <v>-6.8658826000000062E-2</v>
+        <v>-6.8725901999997063E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>-2.9508541171659908</v>
+        <v>-2.9537096460228285</v>
       </c>
       <c r="E101" s="5">
-        <v>1.9384427237596924</v>
+        <v>1.9382443472723887</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>27.593473438</v>
+        <v>27.593481581999999</v>
       </c>
       <c r="C102" s="5">
-        <v>0.12086802600000013</v>
+        <v>0.12105812599999766</v>
       </c>
       <c r="D102" s="5">
-        <v>5.4091444115020426</v>
+        <v>5.4178958551223122</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>27.612842163</v>
+        <v>27.612847133999999</v>
       </c>
       <c r="C103" s="5">
-        <v>1.9368724999999642E-2</v>
+        <v>1.9365552000000008E-2</v>
       </c>
       <c r="D103" s="5">
-        <v>0.84557715208453121</v>
+        <v>0.84543784333657168</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>27.673102566000001</v>
+        <v>27.673180929000001</v>
       </c>
       <c r="C104" s="5">
-        <v>6.0260403000000906E-2</v>
+        <v>6.03337950000018E-2</v>
       </c>
       <c r="D104" s="5">
-        <v>2.650461785919167</v>
+        <v>2.6537282288860542</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>27.754687009000001</v>
+        <v>27.754468831000001</v>
       </c>
       <c r="C105" s="5">
-        <v>8.1584443000000562E-2</v>
+        <v>8.128790199999969E-2</v>
       </c>
       <c r="D105" s="5">
-        <v>3.595711329195983</v>
+        <v>3.582419557297789</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>27.900304481999999</v>
+        <v>27.900427034</v>
       </c>
       <c r="C106" s="5">
-        <v>0.14561747299999794</v>
+        <v>0.14595820299999929</v>
       </c>
       <c r="D106" s="5">
-        <v>6.4807998007888834</v>
+        <v>6.4964580514690562</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>27.839755950000001</v>
+        <v>27.839935639</v>
       </c>
       <c r="C107" s="5">
-        <v>-6.0548531999998545E-2</v>
+        <v>-6.049139499999967E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>-2.5733495365579118</v>
+        <v>-2.5709389046921438</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>27.991067269999999</v>
+        <v>27.991288021999999</v>
       </c>
       <c r="C108" s="5">
-        <v>0.15131131999999781</v>
+        <v>0.15135238299999898</v>
       </c>
       <c r="D108" s="5">
-        <v>6.7206372379435386</v>
+        <v>6.7224712728994662</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>28.071192993</v>
+        <v>28.071408125000001</v>
       </c>
       <c r="C109" s="5">
-        <v>8.0125723000001869E-2</v>
+        <v>8.0120103000002274E-2</v>
       </c>
       <c r="D109" s="5">
-        <v>3.4896563311278772</v>
+        <v>3.4893797476234001</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>28.239603191</v>
+        <v>28.239690738</v>
       </c>
       <c r="C110" s="5">
-        <v>0.16841019800000012</v>
+        <v>0.1682826129999988</v>
       </c>
       <c r="D110" s="5">
-        <v>7.4416424503650713</v>
+        <v>7.4357587306616901</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>28.663975071999999</v>
+        <v>28.663710112</v>
       </c>
       <c r="C111" s="5">
-        <v>0.42437188099999901</v>
+        <v>0.42401937400000023</v>
       </c>
       <c r="D111" s="5">
-        <v>19.600757543758384</v>
+        <v>19.583042855342004</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>28.368741137000001</v>
+        <v>28.368500793999999</v>
       </c>
       <c r="C112" s="5">
-        <v>-0.29523393499999884</v>
+        <v>-0.29520931800000128</v>
       </c>
       <c r="D112" s="5">
-        <v>-11.683110840947265</v>
+        <v>-11.682293137074229</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>28.607852111</v>
+        <v>28.607581717999999</v>
       </c>
       <c r="C113" s="5">
-        <v>0.23911097399999903</v>
+        <v>0.23908092399999958</v>
       </c>
       <c r="D113" s="5">
-        <v>10.596721094831874</v>
+        <v>10.595421005433735</v>
       </c>
       <c r="E113" s="5">
-        <v>4.1322862610770894</v>
+        <v>4.1319917182336408</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>28.65282985</v>
+        <v>28.652811118999999</v>
       </c>
       <c r="C114" s="5">
-        <v>4.4977739000000128E-2</v>
+        <v>4.522940100000028E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>1.9030599894262812</v>
+        <v>1.9138191086780054</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>28.722899124000001</v>
+        <v>28.722802974</v>
       </c>
       <c r="C115" s="5">
-        <v>7.0069274000001514E-2</v>
+        <v>6.9991855000001379E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>2.9743420903307616</v>
+        <v>2.9710134538060817</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>28.652236781999999</v>
+        <v>28.652240926000001</v>
       </c>
       <c r="C116" s="5">
-        <v>-7.0662342000002099E-2</v>
+        <v>-7.0562047999999322E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>-2.9125482068751651</v>
+        <v>-2.9084796061165652</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>28.564013467999999</v>
+        <v>28.563780274999999</v>
       </c>
       <c r="C117" s="5">
-        <v>-8.8223314000000386E-2</v>
+        <v>-8.8460651000001889E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>-3.6329927242375271</v>
+        <v>-3.6426002726019258</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>28.587255929000001</v>
+        <v>28.587477006</v>
       </c>
       <c r="C118" s="5">
-        <v>2.3242461000002379E-2</v>
+        <v>2.3696731000001137E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>0.98081853144493802</v>
+        <v>1.0000842231177476</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>28.570818486</v>
+        <v>28.570718174</v>
       </c>
       <c r="C119" s="5">
-        <v>-1.643744300000094E-2</v>
+        <v>-1.6758832000000723E-2</v>
       </c>
       <c r="D119" s="5">
-        <v>-0.68781249331096861</v>
+        <v>-0.70121203965384238</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>28.875777597999999</v>
+        <v>28.876548786000001</v>
       </c>
       <c r="C120" s="5">
-        <v>0.30495911199999881</v>
+        <v>0.30583061200000117</v>
       </c>
       <c r="D120" s="5">
-        <v>13.587900854670343</v>
+        <v>13.629096752091163</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>28.940318925</v>
+        <v>28.941017086999999</v>
       </c>
       <c r="C121" s="5">
-        <v>6.4541327000000592E-2</v>
+        <v>6.4468300999998007E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>2.7153841715780613</v>
+        <v>2.7122006692019918</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>29.035818356</v>
+        <v>29.035746578000001</v>
       </c>
       <c r="C122" s="5">
-        <v>9.5499431000000357E-2</v>
+        <v>9.4729491000002497E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>4.0325148115696319</v>
+        <v>3.9993179730231532</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>29.034945372999999</v>
+        <v>29.034430181000001</v>
       </c>
       <c r="C123" s="5">
-        <v>-8.7298300000071549E-4</v>
+        <v>-1.3163970000000802E-3</v>
       </c>
       <c r="D123" s="5">
-        <v>-3.607290744082059E-2</v>
+        <v>-5.4390974808826709E-2</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>28.882599658</v>
+        <v>28.882554625000001</v>
       </c>
       <c r="C124" s="5">
-        <v>-0.15234571499999916</v>
+        <v>-0.15187555600000024</v>
       </c>
       <c r="D124" s="5">
-        <v>-6.1178110541242114</v>
+        <v>-6.0995756626745941</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>28.919007811</v>
+        <v>28.918453580000001</v>
       </c>
       <c r="C125" s="5">
-        <v>3.6408152999999999E-2</v>
+        <v>3.5898955000000399E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>1.5231995892365457</v>
+        <v>1.5017529104021543</v>
       </c>
       <c r="E125" s="5">
-        <v>1.0876583771221249</v>
+        <v>1.0866764799081219</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>28.881645303999999</v>
+        <v>28.881339786000002</v>
       </c>
       <c r="C126" s="5">
-        <v>-3.7362507000000988E-2</v>
+        <v>-3.71137939999997E-2</v>
       </c>
       <c r="D126" s="5">
-        <v>-1.5393953495699275</v>
+        <v>-1.5292492998104534</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>28.893378548000001</v>
+        <v>28.892905054</v>
       </c>
       <c r="C127" s="5">
-        <v>1.1733244000001974E-2</v>
+        <v>1.1565267999998241E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>0.48859388916089319</v>
+        <v>0.48158875234445286</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>28.896683447000001</v>
+        <v>28.896741695999999</v>
       </c>
       <c r="C128" s="5">
-        <v>3.3048989999997502E-3</v>
+        <v>3.8366419999995571E-3</v>
       </c>
       <c r="D128" s="5">
-        <v>0.13734547158443799</v>
+        <v>0.15946248138893893</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>29.055764709999998</v>
+        <v>29.055390603999999</v>
       </c>
       <c r="C129" s="5">
-        <v>0.15908126299999736</v>
+        <v>0.15864890799999998</v>
       </c>
       <c r="D129" s="5">
-        <v>6.8099507416646166</v>
+        <v>6.7908659825789419</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>29.081346509999999</v>
+        <v>29.081728622</v>
       </c>
       <c r="C130" s="5">
-        <v>2.5581800000001209E-2</v>
+        <v>2.6338018000000574E-2</v>
       </c>
       <c r="D130" s="5">
-        <v>1.0616567999245152</v>
+        <v>1.093210988145632</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>29.207067307999999</v>
+        <v>29.206878557</v>
       </c>
       <c r="C131" s="5">
-        <v>0.12572079799999969</v>
+        <v>0.1251499349999996</v>
       </c>
       <c r="D131" s="5">
-        <v>5.3128302187996024</v>
+        <v>5.2880611976085179</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>29.211354841999999</v>
+        <v>29.212983667</v>
       </c>
       <c r="C132" s="5">
-        <v>4.2875339999994821E-3</v>
+        <v>6.1051100000000247E-3</v>
       </c>
       <c r="D132" s="5">
-        <v>0.17629968882151292</v>
+        <v>0.25112442088921494</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>29.144283751</v>
+        <v>29.145718393999999</v>
       </c>
       <c r="C133" s="5">
-        <v>-6.7071090999998972E-2</v>
+        <v>-6.7265273000000292E-2</v>
       </c>
       <c r="D133" s="5">
-        <v>-2.7207451537061056</v>
+        <v>-2.7283724614711513</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>29.258223402999999</v>
+        <v>29.258066345</v>
       </c>
       <c r="C134" s="5">
-        <v>0.11393965199999911</v>
+        <v>0.11234795100000028</v>
       </c>
       <c r="D134" s="5">
-        <v>4.793605079316432</v>
+        <v>4.724976431040262</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>29.000756513999999</v>
+        <v>28.999996895999999</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.25746688899999981</v>
+        <v>-0.25806944900000062</v>
       </c>
       <c r="D135" s="5">
-        <v>-10.063391852001269</v>
+        <v>-10.085864606284412</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>28.868550814999999</v>
+        <v>28.868483144999999</v>
       </c>
       <c r="C136" s="5">
-        <v>-0.13220569900000001</v>
+        <v>-0.13151375099999996</v>
       </c>
       <c r="D136" s="5">
-        <v>-5.3353415293186597</v>
+        <v>-5.3082454132119983</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>29.338674619999999</v>
+        <v>29.337592361999999</v>
       </c>
       <c r="C137" s="5">
-        <v>0.47012380500000006</v>
+        <v>0.46910921699999975</v>
       </c>
       <c r="D137" s="5">
-        <v>21.390888545288213</v>
+        <v>21.34057752743179</v>
       </c>
       <c r="E137" s="5">
-        <v>1.4511798321115599</v>
+        <v>1.449381727278376</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>29.195229967</v>
+        <v>29.194333755999999</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.14344465299999953</v>
+        <v>-0.14325860599999984</v>
       </c>
       <c r="D138" s="5">
-        <v>-5.7118926159319567</v>
+        <v>-5.7048869614308551</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>29.261274318000002</v>
+        <v>29.260216842999998</v>
       </c>
       <c r="C139" s="5">
-        <v>6.6044351000002166E-2</v>
+        <v>6.5883086999999563E-2</v>
       </c>
       <c r="D139" s="5">
-        <v>2.7486255394084669</v>
+        <v>2.7419157741116695</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>29.445067535</v>
+        <v>29.444953157</v>
       </c>
       <c r="C140" s="5">
-        <v>0.18379321699999807</v>
+        <v>0.18473631400000201</v>
       </c>
       <c r="D140" s="5">
-        <v>7.8032441000811303</v>
+        <v>7.8449788282835886</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>29.127655036</v>
+        <v>29.127246063000001</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.31741249899999957</v>
+        <v>-0.3177070939999993</v>
       </c>
       <c r="D141" s="5">
-        <v>-12.195734693047356</v>
+        <v>-12.206435289941286</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>29.274187085000001</v>
+        <v>29.274584592</v>
       </c>
       <c r="C142" s="5">
-        <v>0.14653204900000105</v>
+        <v>0.14733852899999889</v>
       </c>
       <c r="D142" s="5">
-        <v>6.206685966375991</v>
+        <v>6.2418922718595615</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>29.363843005</v>
+        <v>29.363400238000001</v>
       </c>
       <c r="C143" s="5">
-        <v>8.9655919999998446E-2</v>
+        <v>8.881564600000047E-2</v>
       </c>
       <c r="D143" s="5">
-        <v>3.7376948534532106</v>
+        <v>3.7020267276913321</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>29.388044711999999</v>
+        <v>29.390591362999999</v>
       </c>
       <c r="C144" s="5">
-        <v>2.4201706999999573E-2</v>
+        <v>2.7191124999998095E-2</v>
       </c>
       <c r="D144" s="5">
-        <v>0.9935368955291457</v>
+        <v>1.1169022940370477</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>29.363097325999998</v>
+        <v>29.365667619</v>
       </c>
       <c r="C145" s="5">
-        <v>-2.4947386000000904E-2</v>
+        <v>-2.4923743999998749E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>-1.0139322037395648</v>
+        <v>-1.012888439819537</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>29.188496251</v>
+        <v>29.18879136</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.17460107499999822</v>
+        <v>-0.17687625900000015</v>
       </c>
       <c r="D146" s="5">
-        <v>-6.9067310560691482</v>
+        <v>-6.9931788995282407</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>29.259597012</v>
+        <v>29.259033193</v>
       </c>
       <c r="C147" s="5">
-        <v>7.110076100000029E-2</v>
+        <v>7.0241833000000753E-2</v>
       </c>
       <c r="D147" s="5">
-        <v>2.9625827881789135</v>
+        <v>2.9262885362885571</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>29.240895663</v>
+        <v>29.241481538999999</v>
       </c>
       <c r="C148" s="5">
-        <v>-1.8701349000000533E-2</v>
+        <v>-1.7551654000001804E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>-0.76429271101002838</v>
+        <v>-0.71747531039800805</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>29.128509331</v>
+        <v>29.128041584999998</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.11238633199999981</v>
+        <v>-0.1134399540000004</v>
       </c>
       <c r="D149" s="5">
-        <v>-4.5158986106273558</v>
+        <v>-4.5572466388543509</v>
       </c>
       <c r="E149" s="5">
-        <v>-0.71634213788488443</v>
+        <v>-0.71427394045949777</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>29.286309552999999</v>
+        <v>29.286064670999998</v>
       </c>
       <c r="C150" s="5">
-        <v>0.15780022199999877</v>
+        <v>0.15802308600000003</v>
       </c>
       <c r="D150" s="5">
-        <v>6.6980944033770973</v>
+        <v>6.7079492211057135</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>29.437271999</v>
+        <v>29.431301004000002</v>
       </c>
       <c r="C151" s="5">
-        <v>0.15096244600000119</v>
+        <v>0.14523633300000327</v>
       </c>
       <c r="D151" s="5">
-        <v>6.3640698977361021</v>
+        <v>6.1161097149138755</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>29.384606616999999</v>
+        <v>29.384121545999999</v>
       </c>
       <c r="C152" s="5">
-        <v>-5.2665382000000704E-2</v>
+        <v>-4.7179458000002228E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>-2.1258860536658597</v>
+        <v>-1.9067742386676079</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>29.712009307999999</v>
+        <v>29.711115431</v>
       </c>
       <c r="C153" s="5">
-        <v>0.32740269099999963</v>
+        <v>0.32699388500000026</v>
       </c>
       <c r="D153" s="5">
-        <v>14.220931366970358</v>
+        <v>14.202323053853227</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>29.780725595</v>
+        <v>29.780055770000001</v>
       </c>
       <c r="C154" s="5">
-        <v>6.8716287000000875E-2</v>
+        <v>6.8940339000000961E-2</v>
       </c>
       <c r="D154" s="5">
-        <v>2.8108690015768101</v>
+        <v>2.8202371519621128</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>29.7344221</v>
+        <v>29.732809377999999</v>
       </c>
       <c r="C155" s="5">
-        <v>-4.6303495000000083E-2</v>
+        <v>-4.7246392000001691E-2</v>
       </c>
       <c r="D155" s="5">
-        <v>-1.8499042892875073</v>
+        <v>-1.8872886612635753</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>29.558118221000001</v>
+        <v>29.56227316</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.17630387899999889</v>
+        <v>-0.17053621799999874</v>
       </c>
       <c r="D156" s="5">
-        <v>-6.8876355803483724</v>
+        <v>-6.6697242178812228</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>29.587999027999999</v>
+        <v>29.592030570999999</v>
       </c>
       <c r="C157" s="5">
-        <v>2.9880806999997844E-2</v>
+        <v>2.9757410999998513E-2</v>
       </c>
       <c r="D157" s="5">
-        <v>1.2198681862339189</v>
+        <v>1.214630998383015</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>29.907028915000001</v>
+        <v>29.910565316</v>
       </c>
       <c r="C158" s="5">
-        <v>0.31902988700000279</v>
+        <v>0.3185347450000009</v>
       </c>
       <c r="D158" s="5">
-        <v>13.734467375157799</v>
+        <v>13.709893496559843</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>29.982716997000001</v>
+        <v>29.987778311</v>
       </c>
       <c r="C159" s="5">
-        <v>7.5688081999999213E-2</v>
+        <v>7.7212995000000006E-2</v>
       </c>
       <c r="D159" s="5">
-        <v>3.0795654539914397</v>
+        <v>3.1421174099562466</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>30.216602141999999</v>
+        <v>30.209738516000002</v>
       </c>
       <c r="C160" s="5">
-        <v>0.23388514499999857</v>
+        <v>0.22196020500000202</v>
       </c>
       <c r="D160" s="5">
-        <v>9.773039488095737</v>
+        <v>9.2526790104509047</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>30.036976641999999</v>
+        <v>30.042358423</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.17962550000000022</v>
+        <v>-0.16738009300000201</v>
       </c>
       <c r="D161" s="5">
-        <v>-6.9048435672221071</v>
+        <v>-6.4498078210821097</v>
       </c>
       <c r="E161" s="5">
-        <v>3.11882527415559</v>
+        <v>3.1389574727565872</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>29.983011088000001</v>
+        <v>29.985442213999999</v>
       </c>
       <c r="C162" s="5">
-        <v>-5.3965553999997695E-2</v>
+        <v>-5.6916209000000606E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>-2.1347877093815915</v>
+        <v>-2.2498982881082319</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>29.826847595</v>
+        <v>29.814716932</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.1561634930000011</v>
+        <v>-0.17072528199999937</v>
       </c>
       <c r="D163" s="5">
-        <v>-6.0741103948241948</v>
+        <v>-6.6223825779846752</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>29.963216367000001</v>
+        <v>29.959236598</v>
       </c>
       <c r="C164" s="5">
-        <v>0.13636877200000086</v>
+        <v>0.14451966600000077</v>
       </c>
       <c r="D164" s="5">
-        <v>5.626503297912322</v>
+        <v>5.9743174763072115</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>29.693723349999999</v>
+        <v>29.689817905999998</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.26949301700000206</v>
+        <v>-0.26941869200000212</v>
       </c>
       <c r="D165" s="5">
-        <v>-10.274738781840764</v>
+        <v>-10.273341460965113</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>29.480578359999999</v>
+        <v>29.477104647000001</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.21314498999999998</v>
+        <v>-0.21271325899999738</v>
       </c>
       <c r="D166" s="5">
-        <v>-8.28167875888618</v>
+        <v>-8.2666041173488409</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>29.466643462</v>
+        <v>29.462756800000001</v>
       </c>
       <c r="C167" s="5">
-        <v>-1.3934897999998697E-2</v>
+        <v>-1.4347846999999803E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>-0.56574444463494133</v>
+        <v>-0.58253341236089717</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>29.132749026999999</v>
+        <v>29.137224700000001</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.33389443500000127</v>
+        <v>-0.32553210000000021</v>
       </c>
       <c r="D168" s="5">
-        <v>-12.78130376658887</v>
+        <v>-12.481951080047216</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>29.139896196999999</v>
+        <v>29.145817264000002</v>
       </c>
       <c r="C169" s="5">
-        <v>7.1471699999996474E-3</v>
+        <v>8.5925640000006354E-3</v>
       </c>
       <c r="D169" s="5">
-        <v>0.29479490776274098</v>
+        <v>0.35445439299930381</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>29.004741364000001</v>
+        <v>29.014476103</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.13515483299999786</v>
+        <v>-0.1313411610000017</v>
       </c>
       <c r="D170" s="5">
-        <v>-5.425955567916918</v>
+        <v>-5.2755818972798689</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>29.057841882000002</v>
+        <v>29.072917868000001</v>
       </c>
       <c r="C171" s="5">
-        <v>5.3100518000000818E-2</v>
+        <v>5.8441765000001311E-2</v>
       </c>
       <c r="D171" s="5">
-        <v>2.2191601150912454</v>
+        <v>2.4440309369709645</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>29.087531039000002</v>
+        <v>29.066748311000001</v>
       </c>
       <c r="C172" s="5">
-        <v>2.9689156999999966E-2</v>
+        <v>-6.1695569999997701E-3</v>
       </c>
       <c r="D172" s="5">
-        <v>1.2329848035029789</v>
+        <v>-0.25435470761823176</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>29.096227834</v>
+        <v>29.121661423999999</v>
       </c>
       <c r="C173" s="5">
-        <v>8.6967949999987582E-3</v>
+        <v>5.4913112999997793E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>0.35937503986860353</v>
+        <v>2.2907538173807085</v>
       </c>
       <c r="E173" s="5">
-        <v>-3.1319690367391129</v>
+        <v>-3.0646628538161913</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>29.128281575999999</v>
+        <v>29.140274089999998</v>
       </c>
       <c r="C174" s="5">
-        <v>3.2053741999998664E-2</v>
+        <v>1.8612665999999223E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>1.3300145623879933</v>
+        <v>0.76966351594247584</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>29.221772660999999</v>
+        <v>29.190242176999998</v>
       </c>
       <c r="C175" s="5">
-        <v>9.349108500000014E-2</v>
+        <v>4.9968086999999883E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>3.9202834419903132</v>
+        <v>2.0772094703398691</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>29.154773331000001</v>
+        <v>29.141973888999999</v>
       </c>
       <c r="C176" s="5">
-        <v>-6.6999329999998025E-2</v>
+        <v>-4.826828799999916E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>-2.7169140261864455</v>
+        <v>-1.9663439974964114</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>28.882811175000001</v>
+        <v>28.874340256</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.27196215600000073</v>
+        <v>-0.26763363299999909</v>
       </c>
       <c r="D177" s="5">
-        <v>-10.6370492282171</v>
+        <v>-10.480579511192257</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>28.789055025</v>
+        <v>28.781784897000001</v>
       </c>
       <c r="C178" s="5">
-        <v>-9.3756150000000815E-2</v>
+        <v>-9.255535899999856E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-3.8265079809414626</v>
+        <v>-3.7794491957414245</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>28.732284661000001</v>
+        <v>28.726172228999999</v>
       </c>
       <c r="C179" s="5">
-        <v>-5.6770363999998352E-2</v>
+        <v>-5.5612668000001975E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-2.3408345891533955</v>
+        <v>-2.2941781329707367</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>28.481343544000001</v>
+        <v>28.487082166</v>
       </c>
       <c r="C180" s="5">
-        <v>-0.25094111699999999</v>
+        <v>-0.23909006299999902</v>
       </c>
       <c r="D180" s="5">
-        <v>-9.9914548676686916</v>
+        <v>-9.5429336280443593</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>28.490476524999998</v>
+        <v>28.499470746</v>
       </c>
       <c r="C181" s="5">
-        <v>9.1329809999969314E-3</v>
+        <v>1.2388579999999649E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>0.385477841736237</v>
+        <v>0.52311098934176847</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>28.384395536</v>
+        <v>28.401481548</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.10608098899999874</v>
+        <v>-9.7989198000000499E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>-4.3776874713721048</v>
+        <v>-4.0488011958067176</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>28.199622210000001</v>
+        <v>28.225695971</v>
       </c>
       <c r="C183" s="5">
-        <v>-0.18477332599999841</v>
+        <v>-0.17578557699999919</v>
       </c>
       <c r="D183" s="5">
-        <v>-7.5379154177233847</v>
+        <v>-7.1794864594783565</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>28.270225240999999</v>
+        <v>28.237436086999999</v>
       </c>
       <c r="C184" s="5">
-        <v>7.0603030999997429E-2</v>
+        <v>1.1740115999998579E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>3.0461435383798641</v>
+        <v>0.50026800876883382</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>28.261294833000001</v>
+        <v>28.306242649000001</v>
       </c>
       <c r="C185" s="5">
-        <v>-8.9304079999976693E-3</v>
+        <v>6.8806562000002458E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>-0.37841545516829056</v>
+        <v>2.9635651165073718</v>
       </c>
       <c r="E185" s="5">
-        <v>-2.8695575445843557</v>
+        <v>-2.800042082516585</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>28.185388786000001</v>
+        <v>28.205478583000001</v>
       </c>
       <c r="C186" s="5">
-        <v>-7.5906047000000143E-2</v>
+        <v>-0.10076406599999999</v>
       </c>
       <c r="D186" s="5">
-        <v>-3.1758511523402477</v>
+        <v>-4.1890879213742682</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>27.909636257999999</v>
+        <v>27.863658373</v>
       </c>
       <c r="C187" s="5">
-        <v>-0.27575252800000172</v>
+        <v>-0.34182021000000162</v>
       </c>
       <c r="D187" s="5">
-        <v>-11.128653651898812</v>
+        <v>-13.611493974155465</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>28.065944693999999</v>
+        <v>28.042703267</v>
       </c>
       <c r="C188" s="5">
-        <v>0.15630843599999977</v>
+        <v>0.17904489400000045</v>
       </c>
       <c r="D188" s="5">
-        <v>6.9315503752963581</v>
+        <v>7.9893376560180807</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>28.383501025000001</v>
+        <v>28.368320900000001</v>
       </c>
       <c r="C189" s="5">
-        <v>0.31755633100000225</v>
+        <v>0.32561763300000024</v>
       </c>
       <c r="D189" s="5">
-        <v>14.455213638508191</v>
+        <v>14.859005975294837</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>28.194054912999999</v>
+        <v>28.182404813000002</v>
       </c>
       <c r="C190" s="5">
-        <v>-0.18944611200000239</v>
+        <v>-0.18591608699999895</v>
       </c>
       <c r="D190" s="5">
-        <v>-7.7218383161478776</v>
+        <v>-7.5870116631902356</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>28.189740206</v>
+        <v>28.181539737000001</v>
       </c>
       <c r="C191" s="5">
-        <v>-4.3147069999989185E-3</v>
+        <v>-8.650760000001867E-4</v>
       </c>
       <c r="D191" s="5">
-        <v>-0.18348877521796592</v>
+        <v>-3.6828509426589662E-2</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>28.481537295999999</v>
+        <v>28.489598129000001</v>
       </c>
       <c r="C192" s="5">
-        <v>0.29179708999999932</v>
+        <v>0.30805839199999951</v>
       </c>
       <c r="D192" s="5">
-        <v>13.153564381076288</v>
+        <v>13.935553309511439</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>28.416797225</v>
+        <v>28.428445591999999</v>
       </c>
       <c r="C193" s="5">
-        <v>-6.4740070999999233E-2</v>
+        <v>-6.1152537000001672E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>-2.6938210951466313</v>
+        <v>-2.5455914266918289</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>28.453458519000002</v>
+        <v>28.476541694000002</v>
       </c>
       <c r="C194" s="5">
-        <v>3.6661294000001732E-2</v>
+        <v>4.8096102000002361E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>1.5591857141826981</v>
+        <v>2.0491942579754951</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>28.357381294</v>
+        <v>28.391461903</v>
       </c>
       <c r="C195" s="5">
-        <v>-9.6077225000001931E-2</v>
+        <v>-8.5079791000001848E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>-3.9775630234180182</v>
+        <v>-3.5269263065230039</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>28.156092795999999</v>
+        <v>28.119743158999999</v>
       </c>
       <c r="C196" s="5">
-        <v>-0.20128849800000026</v>
+        <v>-0.27171874400000107</v>
       </c>
       <c r="D196" s="5">
-        <v>-8.193129986871984</v>
+        <v>-10.898886567312804</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>28.237463685000002</v>
+        <v>28.298900318000001</v>
       </c>
       <c r="C197" s="5">
-        <v>8.1370889000002222E-2</v>
+        <v>0.17915715900000251</v>
       </c>
       <c r="D197" s="5">
-        <v>3.523648712876648</v>
+        <v>7.919150320501589</v>
       </c>
       <c r="E197" s="5">
-        <v>-8.4324331708152123E-2</v>
+        <v>-2.5938910688516614E-2</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>28.389828975</v>
+        <v>28.417242852000001</v>
       </c>
       <c r="C198" s="5">
-        <v>0.15236528999999877</v>
+        <v>0.11834253399999994</v>
       </c>
       <c r="D198" s="5">
-        <v>6.6706865903562562</v>
+        <v>5.1352986018821767</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>28.439441807000001</v>
+        <v>28.377099436999998</v>
       </c>
       <c r="C199" s="5">
-        <v>4.9612832000001106E-2</v>
+        <v>-4.0143415000002847E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>2.117341849884502</v>
+        <v>-1.6820625496372532</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>28.609935898</v>
+        <v>28.576610658</v>
       </c>
       <c r="C200" s="5">
-        <v>0.17049409099999835</v>
+        <v>0.19951122100000163</v>
       </c>
       <c r="D200" s="5">
-        <v>7.4359925098264057</v>
+        <v>8.7708668348364327</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>29.407885572000001</v>
+        <v>29.386417622</v>
       </c>
       <c r="C201" s="5">
-        <v>0.79794967400000161</v>
+        <v>0.80980696399999985</v>
       </c>
       <c r="D201" s="5">
-        <v>39.111483217298051</v>
+        <v>39.839911699869404</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>29.492020103000002</v>
+        <v>29.476216835999999</v>
       </c>
       <c r="C202" s="5">
-        <v>8.4134531000000123E-2</v>
+        <v>8.9799213999999239E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>3.48768145215681</v>
+        <v>3.7292307378229861</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>29.467951717999998</v>
+        <v>29.458147199999999</v>
       </c>
       <c r="C203" s="5">
-        <v>-2.406838500000319E-2</v>
+        <v>-1.8069635999999889E-2</v>
       </c>
       <c r="D203" s="5">
-        <v>-0.9749340877782342</v>
+        <v>-0.73315390098706024</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>29.623799083000002</v>
+        <v>29.635785095999999</v>
       </c>
       <c r="C204" s="5">
-        <v>0.15584736500000318</v>
+        <v>0.17763789600000024</v>
       </c>
       <c r="D204" s="5">
-        <v>6.534346747982922</v>
+        <v>7.4811009416506202</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>29.605871740000001</v>
+        <v>29.619969994000002</v>
       </c>
       <c r="C205" s="5">
-        <v>-1.7927343000000207E-2</v>
+        <v>-1.5815101999997694E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>-0.72378806493653691</v>
+        <v>-0.63850237859468528</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>29.829653582999999</v>
+        <v>29.856919588</v>
       </c>
       <c r="C206" s="5">
-        <v>0.22378184299999759</v>
+        <v>0.2369495939999986</v>
       </c>
       <c r="D206" s="5">
-        <v>9.4571858494262973</v>
+        <v>10.0334197887745</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>29.931705147999999</v>
+        <v>29.970798031000001</v>
       </c>
       <c r="C207" s="5">
-        <v>0.10205156500000001</v>
+        <v>0.11387844300000083</v>
       </c>
       <c r="D207" s="5">
-        <v>4.1835094605898737</v>
+        <v>4.6742126472006706</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>30.051725024</v>
+        <v>30.016192653000001</v>
       </c>
       <c r="C208" s="5">
-        <v>0.12001987600000064</v>
+        <v>4.5394621999999885E-2</v>
       </c>
       <c r="D208" s="5">
-        <v>4.9192977932364323</v>
+        <v>1.8327718447282315</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>29.855796541</v>
+        <v>29.922433373000001</v>
       </c>
       <c r="C209" s="5">
-        <v>-0.19592848299999943</v>
+        <v>-9.3759280000000444E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>-7.5491148582597649</v>
+        <v>-3.684617470592666</v>
       </c>
       <c r="E209" s="5">
-        <v>5.7311551563310914</v>
+        <v>5.7370888506480977</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>29.215857978999999</v>
+        <v>29.243414271999999</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.6399385620000011</v>
+        <v>-0.67901910100000151</v>
       </c>
       <c r="D210" s="5">
-        <v>-22.89548906922586</v>
+        <v>-24.076885306361739</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>29.568625629</v>
+        <v>29.506140264999999</v>
       </c>
       <c r="C211" s="5">
-        <v>0.35276765000000054</v>
+        <v>0.2627259930000001</v>
       </c>
       <c r="D211" s="5">
-        <v>15.491474883931279</v>
+        <v>11.329923695120382</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>29.554331761</v>
+        <v>29.516008329000002</v>
       </c>
       <c r="C212" s="5">
-        <v>-1.4293867999999321E-2</v>
+        <v>9.8680640000026187E-3</v>
       </c>
       <c r="D212" s="5">
-        <v>-0.57855614377090303</v>
+        <v>0.40206827726732008</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>29.705788635000001</v>
+        <v>29.680335705000001</v>
       </c>
       <c r="C213" s="5">
-        <v>0.15145687400000085</v>
+        <v>0.16432737599999925</v>
       </c>
       <c r="D213" s="5">
-        <v>6.3259591638319401</v>
+        <v>6.889295567826248</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>29.866118191999998</v>
+        <v>29.848658448999998</v>
       </c>
       <c r="C214" s="5">
-        <v>0.16032955699999718</v>
+        <v>0.16832274399999747</v>
       </c>
       <c r="D214" s="5">
-        <v>6.6724608585049028</v>
+        <v>7.0217608634297601</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>30.166335196999999</v>
+        <v>30.156419927999998</v>
       </c>
       <c r="C215" s="5">
-        <v>0.30021700500000037</v>
+        <v>0.30776147899999984</v>
       </c>
       <c r="D215" s="5">
-        <v>12.752265345358005</v>
+        <v>13.099214546466275</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>30.191448024</v>
+        <v>30.204865133999999</v>
       </c>
       <c r="C216" s="5">
-        <v>2.5112827000000948E-2</v>
+        <v>4.844520600000024E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>1.0035609123465239</v>
+        <v>1.944881256735842</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>30.504403559</v>
+        <v>30.518306497000001</v>
       </c>
       <c r="C217" s="5">
-        <v>0.3129555350000004</v>
+        <v>0.31344136300000258</v>
       </c>
       <c r="D217" s="5">
-        <v>13.173080974416273</v>
+        <v>13.188512640057869</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>30.829815692</v>
+        <v>30.856307150999999</v>
       </c>
       <c r="C218" s="5">
-        <v>0.32541213300000038</v>
+        <v>0.33800065399999824</v>
       </c>
       <c r="D218" s="5">
-        <v>13.579692148702115</v>
+        <v>14.130632264464404</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>31.226546425999999</v>
+        <v>31.263196999000002</v>
       </c>
       <c r="C219" s="5">
-        <v>0.39673073399999836</v>
+        <v>0.40688984800000227</v>
       </c>
       <c r="D219" s="5">
-        <v>16.583293395973353</v>
+        <v>17.023547559351428</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>31.546068825999999</v>
+        <v>31.517936945999999</v>
       </c>
       <c r="C220" s="5">
-        <v>0.31952240000000032</v>
+        <v>0.25473994699999736</v>
       </c>
       <c r="D220" s="5">
-        <v>12.99402977743005</v>
+        <v>10.228206514282668</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>31.684770292</v>
+        <v>31.751532504</v>
       </c>
       <c r="C221" s="5">
-        <v>0.13870146600000055</v>
+        <v>0.23359555800000109</v>
       </c>
       <c r="D221" s="5">
-        <v>5.4056272501773028</v>
+        <v>9.2654631033161294</v>
       </c>
       <c r="E221" s="5">
-        <v>6.1260256395716306</v>
+        <v>6.1128020846408004</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>31.790784820999999</v>
+        <v>31.817577072999999</v>
       </c>
       <c r="C222" s="5">
-        <v>0.10601452899999941</v>
+        <v>6.6044568999998887E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>4.089815530871177</v>
+        <v>2.5248065602645697</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>32.010016913000001</v>
+        <v>31.947812561999999</v>
       </c>
       <c r="C223" s="5">
-        <v>0.21923209200000215</v>
+        <v>0.13023548900000037</v>
       </c>
       <c r="D223" s="5">
-        <v>8.5965052231793404</v>
+        <v>5.0239324267202567</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>32.219139691999999</v>
+        <v>32.179260178</v>
       </c>
       <c r="C224" s="5">
-        <v>0.20912277899999765</v>
+        <v>0.23144761600000052</v>
       </c>
       <c r="D224" s="5">
-        <v>8.1275678487396483</v>
+        <v>9.0483575801888261</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>32.316446900999999</v>
+        <v>32.290677914</v>
       </c>
       <c r="C225" s="5">
-        <v>9.7307209000000228E-2</v>
+        <v>0.11141773599999993</v>
       </c>
       <c r="D225" s="5">
-        <v>3.6850129173377155</v>
+        <v>4.2349328269813968</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>32.338240694</v>
+        <v>32.321599399999997</v>
       </c>
       <c r="C226" s="5">
-        <v>2.1793793000000505E-2</v>
+        <v>3.0921485999996889E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>0.8122728730354245</v>
+        <v>1.1551890228413741</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>32.200655320999999</v>
+        <v>32.191185740999998</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.13758537300000029</v>
+        <v>-0.13041365899999846</v>
       </c>
       <c r="D227" s="5">
-        <v>-4.9876954498741188</v>
+        <v>-4.7358343073113707</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>32.616554467999997</v>
+        <v>32.631189444999997</v>
       </c>
       <c r="C228" s="5">
-        <v>0.41589914699999753</v>
+        <v>0.44000370399999866</v>
       </c>
       <c r="D228" s="5">
-        <v>16.648847899480469</v>
+        <v>17.693145006196922</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>32.577977062000002</v>
+        <v>32.591202498999998</v>
       </c>
       <c r="C229" s="5">
-        <v>-3.8577405999994596E-2</v>
+        <v>-3.998694599999908E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>-1.4101099782794169</v>
+        <v>-1.4606346819183935</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>32.349386129000003</v>
+        <v>32.370914738000003</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.22859093299999955</v>
+        <v>-0.22028776099999448</v>
       </c>
       <c r="D230" s="5">
-        <v>-8.1026120633443952</v>
+        <v>-7.8161066505837766</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>32.240757489000003</v>
+        <v>32.267762019000003</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.10862863999999917</v>
+        <v>-0.10315271900000056</v>
       </c>
       <c r="D231" s="5">
-        <v>-3.9559826959176703</v>
+        <v>-3.7575919571822158</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>32.237262137999998</v>
+        <v>32.224339804000003</v>
       </c>
       <c r="C232" s="5">
-        <v>-3.4953510000050869E-3</v>
+        <v>-4.3422214999999653E-2</v>
       </c>
       <c r="D232" s="5">
-        <v>-0.13001931071456863</v>
+        <v>-1.6029226811554498</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>32.215029758</v>
+        <v>32.262039186000003</v>
       </c>
       <c r="C233" s="5">
-        <v>-2.2232379999998386E-2</v>
+        <v>3.7699381999999559E-2</v>
       </c>
       <c r="D233" s="5">
-        <v>-0.82444636491962875</v>
+        <v>1.4129533004243244</v>
       </c>
       <c r="E233" s="5">
-        <v>1.6735468211170446</v>
+        <v>1.6078174555375968</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>32.285269427999999</v>
+        <v>32.301982430000002</v>
       </c>
       <c r="C234" s="5">
-        <v>7.0239669999999421E-2</v>
+        <v>3.9943243999999822E-2</v>
       </c>
       <c r="D234" s="5">
-        <v>2.6480109482772018</v>
+        <v>1.4958643731938226</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>32.387205322</v>
+        <v>32.345881703000003</v>
       </c>
       <c r="C235" s="5">
-        <v>0.10193589400000036</v>
+        <v>4.389927300000096E-2</v>
       </c>
       <c r="D235" s="5">
-        <v>3.8553118126355868</v>
+        <v>1.6430779430722797</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>32.212038192999998</v>
+        <v>32.182627154000002</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.17516712900000186</v>
+        <v>-0.16325454900000125</v>
       </c>
       <c r="D236" s="5">
-        <v>-6.300608672351693</v>
+        <v>-5.8912512262316863</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>32.188245989000002</v>
+        <v>32.167638801000003</v>
       </c>
       <c r="C237" s="5">
-        <v>-2.379220399999582E-2</v>
+        <v>-1.4988352999999677E-2</v>
       </c>
       <c r="D237" s="5">
-        <v>-0.88274285882772308</v>
+        <v>-0.55744435290253636</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>32.313020133999999</v>
+        <v>32.299545248000001</v>
       </c>
       <c r="C238" s="5">
-        <v>0.12477414499999639</v>
+        <v>0.13190644699999865</v>
       </c>
       <c r="D238" s="5">
-        <v>4.7521330026917719</v>
+        <v>5.0332227522641881</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>32.214022499000002</v>
+        <v>32.206038460000002</v>
       </c>
       <c r="C239" s="5">
-        <v>-9.8997634999996365E-2</v>
+        <v>-9.3506787999999119E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>-3.6151274516370679</v>
+        <v>-3.4192013293284362</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>32.146365295000003</v>
+        <v>32.158647803000001</v>
       </c>
       <c r="C240" s="5">
-        <v>-6.7657203999999638E-2</v>
+        <v>-4.7390657000001113E-2</v>
       </c>
       <c r="D240" s="5">
-        <v>-2.4913791228463267</v>
+        <v>-1.7515594262701883</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>32.10730204</v>
+        <v>32.115975196999997</v>
       </c>
       <c r="C241" s="5">
-        <v>-3.9063255000002073E-2</v>
+        <v>-4.2672606000003555E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>-1.4484959464986957</v>
+        <v>-1.580758531492743</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>31.795251643</v>
+        <v>31.807646013999999</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.31205039700000015</v>
+        <v>-0.3083291829999979</v>
       </c>
       <c r="D242" s="5">
-        <v>-11.059117182793809</v>
+        <v>-10.931325785544843</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>32.156345874000003</v>
+        <v>32.170436068999997</v>
       </c>
       <c r="C243" s="5">
-        <v>0.36109423100000271</v>
+        <v>0.36279005499999784</v>
       </c>
       <c r="D243" s="5">
-        <v>14.512552932891021</v>
+        <v>14.57899785679777</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>32.532730219000001</v>
+        <v>32.533654399</v>
       </c>
       <c r="C244" s="5">
-        <v>0.37638434499999818</v>
+        <v>0.36321833000000225</v>
       </c>
       <c r="D244" s="5">
-        <v>14.986232789317455</v>
+        <v>14.42233691413799</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>32.440604024999999</v>
+        <v>32.467467804999998</v>
       </c>
       <c r="C245" s="5">
-        <v>-9.2126194000002215E-2</v>
+        <v>-6.6186594000001264E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>-3.3457307214842413</v>
+        <v>-2.4141530216733265</v>
       </c>
       <c r="E245" s="5">
-        <v>0.70021436793483716</v>
+        <v>0.63675026186547079</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>32.460357244000001</v>
+        <v>32.469567321</v>
       </c>
       <c r="C246" s="5">
-        <v>1.975321900000182E-2</v>
+        <v>2.0995160000012447E-3</v>
       </c>
       <c r="D246" s="5">
-        <v>0.73313701929447195</v>
+        <v>7.762587035475832E-2</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>32.442358589999998</v>
+        <v>32.421083449999998</v>
       </c>
       <c r="C247" s="5">
-        <v>-1.7998654000003E-2</v>
+        <v>-4.8483871000001955E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>-0.66335187873869383</v>
+        <v>-1.7772087160305761</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>32.606573257999997</v>
+        <v>32.591139808000001</v>
       </c>
       <c r="C248" s="5">
-        <v>0.16421466799999962</v>
+        <v>0.17005635800000363</v>
       </c>
       <c r="D248" s="5">
-        <v>6.2460693486188212</v>
+        <v>6.479083158379173</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>32.675270328000003</v>
+        <v>32.662649698999999</v>
       </c>
       <c r="C249" s="5">
-        <v>6.8697070000006022E-2</v>
+        <v>7.1509890999998049E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>2.5577195653809781</v>
+        <v>2.6649894541447061</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>32.698705494999999</v>
+        <v>32.688396869000002</v>
       </c>
       <c r="C250" s="5">
-        <v>2.3435166999995261E-2</v>
+        <v>2.5747170000002484E-2</v>
       </c>
       <c r="D250" s="5">
-        <v>0.86406015246731638</v>
+        <v>0.95004262051967547</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>32.620408931</v>
+        <v>32.607785831999998</v>
       </c>
       <c r="C251" s="5">
-        <v>-7.8296563999998625E-2</v>
+        <v>-8.061103700000416E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>-2.8358410788112631</v>
+        <v>-2.9194442770570816</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>32.643923465</v>
+        <v>32.655401673</v>
       </c>
       <c r="C252" s="5">
-        <v>2.3514534000000253E-2</v>
+        <v>4.761584100000249E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>0.86846193826495277</v>
+        <v>1.7664541380794763</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>32.715777183999997</v>
+        <v>32.718544768000001</v>
       </c>
       <c r="C253" s="5">
-        <v>7.1853718999996374E-2</v>
+        <v>6.3143095000000926E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>2.6735761292148386</v>
+        <v>2.3451787886806796</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>32.830423043000003</v>
+        <v>32.834671909000001</v>
       </c>
       <c r="C254" s="5">
-        <v>0.11464585900000657</v>
+        <v>0.11612714099999977</v>
       </c>
       <c r="D254" s="5">
-        <v>4.2871615334640234</v>
+        <v>4.3432651508866549</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>33.061212349999998</v>
+        <v>33.066038657999997</v>
       </c>
       <c r="C255" s="5">
-        <v>0.23078930699999489</v>
+        <v>0.23136674899999576</v>
       </c>
       <c r="D255" s="5">
-        <v>8.7696054277609292</v>
+        <v>8.7912224497701086</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>32.724422191000002</v>
+        <v>32.730771988999997</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.33679015899999598</v>
+        <v>-0.33526666899999924</v>
       </c>
       <c r="D256" s="5">
-        <v>-11.562075081087075</v>
+        <v>-11.511067745989312</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>33.482290941000002</v>
+        <v>33.493974051999999</v>
       </c>
       <c r="C257" s="5">
-        <v>0.75786875000000009</v>
+        <v>0.76320206300000137</v>
       </c>
       <c r="D257" s="5">
-        <v>31.618866291039872</v>
+        <v>31.863673368787616</v>
       </c>
       <c r="E257" s="5">
-        <v>3.2110589408176127</v>
+        <v>3.1616455375122143</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>32.727805734999997</v>
+        <v>32.734587169000001</v>
       </c>
       <c r="C258" s="5">
-        <v>-0.75448520600000535</v>
+        <v>-0.75938688299999768</v>
       </c>
       <c r="D258" s="5">
-        <v>-23.92872884399857</v>
+        <v>-24.057959158029398</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>32.812905884999999</v>
+        <v>32.814593492</v>
       </c>
       <c r="C259" s="5">
-        <v>8.5100150000002373E-2</v>
+        <v>8.0006322999999213E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>3.165301304258894</v>
+        <v>2.9726582998385709</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>32.785431371999998</v>
+        <v>32.784933238000001</v>
       </c>
       <c r="C260" s="5">
-        <v>-2.7474513000001366E-2</v>
+        <v>-2.9660253999999497E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>-1.0001554907020704</v>
+        <v>-1.0792727504219113</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>32.972969599000002</v>
+        <v>32.966744667</v>
       </c>
       <c r="C261" s="5">
-        <v>0.18753822700000455</v>
+        <v>0.18181142899999969</v>
       </c>
       <c r="D261" s="5">
-        <v>7.0843288659802273</v>
+        <v>6.8614664630220812</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>32.899049126000001</v>
+        <v>32.888570236</v>
       </c>
       <c r="C262" s="5">
-        <v>-7.3920473000001152E-2</v>
+        <v>-7.8174431000000766E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>-2.6572965005534632</v>
+        <v>-2.8087533756815608</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>32.742753577999999</v>
+        <v>32.722458338999999</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.15629554800000278</v>
+        <v>-0.1661118970000004</v>
       </c>
       <c r="D263" s="5">
-        <v>-5.5542878574301291</v>
+        <v>-5.8953344424547582</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>33.046881517999999</v>
+        <v>33.052562598999998</v>
       </c>
       <c r="C264" s="5">
-        <v>0.30412794000000076</v>
+        <v>0.33010425999999882</v>
       </c>
       <c r="D264" s="5">
-        <v>11.733500560264144</v>
+        <v>12.800378171302395</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>33.130374607</v>
+        <v>33.124677390999999</v>
       </c>
       <c r="C265" s="5">
-        <v>8.3493089000000964E-2</v>
+        <v>7.2114792000000705E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>3.0742912904243136</v>
+        <v>2.6498337107683012</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>33.169472755999998</v>
+        <v>33.166362141</v>
       </c>
       <c r="C266" s="5">
-        <v>3.9098148999997306E-2</v>
+        <v>4.1684750000001713E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>1.4253841203887951</v>
+        <v>1.5205996256537624</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>33.135695855000002</v>
+        <v>33.135479191999998</v>
       </c>
       <c r="C267" s="5">
-        <v>-3.3776900999995974E-2</v>
+        <v>-3.0882949000002213E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>-1.2151546785620027</v>
+        <v>-1.1116785133680751</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>33.312408486000002</v>
+        <v>33.316085856999997</v>
       </c>
       <c r="C268" s="5">
-        <v>0.1767126310000009</v>
+        <v>0.18060666499999911</v>
       </c>
       <c r="D268" s="5">
-        <v>6.5906857630125604</v>
+        <v>6.740345581968632</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>33.294573577000001</v>
+        <v>33.308957401999997</v>
       </c>
       <c r="C269" s="5">
-        <v>-1.7834909000001176E-2</v>
+        <v>-7.1284550000001445E-3</v>
       </c>
       <c r="D269" s="5">
-        <v>-0.64057160417128056</v>
+        <v>-0.25645529489134455</v>
       </c>
       <c r="E269" s="5">
-        <v>-0.56064671420119616</v>
+        <v>-0.55238787046517634</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>33.623028802999997</v>
+        <v>33.639606768</v>
       </c>
       <c r="C270" s="5">
-        <v>0.32845522599999555</v>
+        <v>0.33064936600000294</v>
       </c>
       <c r="D270" s="5">
-        <v>12.502068503999219</v>
+        <v>12.58446174536445</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>33.583746109000003</v>
+        <v>33.602982388999997</v>
       </c>
       <c r="C271" s="5">
-        <v>-3.9282693999993512E-2</v>
+        <v>-3.6624379000002705E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>-1.3930185291831321</v>
+        <v>-1.2986786538438766</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>33.991597444999996</v>
+        <v>34.000405084</v>
       </c>
       <c r="C272" s="5">
-        <v>0.40785133599999313</v>
+        <v>0.39742269500000305</v>
       </c>
       <c r="D272" s="5">
-        <v>15.587066580013831</v>
+        <v>15.15298585490612</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>33.778283707999996</v>
+        <v>33.781920208999999</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.213313737</v>
+        <v>-0.21848487500000147</v>
       </c>
       <c r="D273" s="5">
-        <v>-7.2760230070716965</v>
+        <v>-7.4443604413236386</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>33.714964273</v>
+        <v>33.693066338999998</v>
       </c>
       <c r="C274" s="5">
-        <v>-6.3319434999996815E-2</v>
+        <v>-8.8853870000001223E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>-2.2264246109198194</v>
+        <v>-3.111002355298742</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>34.113133511999997</v>
+        <v>34.076232609999998</v>
       </c>
       <c r="C275" s="5">
-        <v>0.39816923899999779</v>
+        <v>0.38316627100000034</v>
       </c>
       <c r="D275" s="5">
-        <v>15.129580538164333</v>
+        <v>14.533476970731529</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>34.238601238000001</v>
+        <v>34.237010015000003</v>
       </c>
       <c r="C276" s="5">
-        <v>0.12546772600000367</v>
+        <v>0.16077740500000459</v>
       </c>
       <c r="D276" s="5">
-        <v>4.5039725488072335</v>
+        <v>5.8110608804887276</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>34.325553431000003</v>
+        <v>34.312198530000003</v>
       </c>
       <c r="C277" s="5">
-        <v>8.6952193000001898E-2</v>
+        <v>7.5188515000000677E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>3.0904438427503012</v>
+        <v>2.6674071771005448</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>34.511123583</v>
+        <v>34.502536952</v>
       </c>
       <c r="C278" s="5">
-        <v>0.18557015199999682</v>
+        <v>0.1903384219999964</v>
       </c>
       <c r="D278" s="5">
-        <v>6.6838326995176001</v>
+        <v>6.8636006985167697</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>34.711011284999998</v>
+        <v>34.709312377000003</v>
       </c>
       <c r="C279" s="5">
-        <v>0.19988770199999806</v>
+        <v>0.20677542500000357</v>
       </c>
       <c r="D279" s="5">
-        <v>7.1761160048733563</v>
+        <v>7.43350970504979</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>34.779321263999996</v>
+        <v>34.785941964000003</v>
       </c>
       <c r="C280" s="5">
-        <v>6.8309978999998577E-2</v>
+        <v>7.6629586999999333E-2</v>
       </c>
       <c r="D280" s="5">
-        <v>2.3872847752225423</v>
+        <v>2.6817110112263398</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>35.033377719000001</v>
+        <v>35.053972854999998</v>
       </c>
       <c r="C281" s="5">
-        <v>0.25405645500000418</v>
+        <v>0.26803089099999511</v>
       </c>
       <c r="D281" s="5">
-        <v>9.1266720822215763</v>
+        <v>9.6482577921686907</v>
       </c>
       <c r="E281" s="5">
-        <v>5.2224850934903477</v>
+        <v>5.2388774344982236</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>35.035757359999998</v>
+        <v>35.065410577999998</v>
       </c>
       <c r="C282" s="5">
-        <v>2.3796409999974344E-3</v>
+        <v>1.1437723000000233E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>8.1540417510361785E-2</v>
+        <v>0.39225013613712889</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>35.278812401000003</v>
+        <v>35.317444469999998</v>
       </c>
       <c r="C283" s="5">
-        <v>0.24305504100000519</v>
+        <v>0.25203389200000004</v>
       </c>
       <c r="D283" s="5">
-        <v>8.6499081871663321</v>
+        <v>8.9743058416616108</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>35.401350450999999</v>
+        <v>35.417589247000002</v>
       </c>
       <c r="C284" s="5">
-        <v>0.12253804999999574</v>
+        <v>0.10014477700000413</v>
       </c>
       <c r="D284" s="5">
-        <v>4.2486569171582333</v>
+        <v>3.4562449847431509</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>35.379158611999998</v>
+        <v>35.389398739000001</v>
       </c>
       <c r="C285" s="5">
-        <v>-2.2191839000001323E-2</v>
+        <v>-2.8190508000001557E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>-0.74964891635406206</v>
+        <v>-0.95096563078919116</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>35.524469343</v>
+        <v>35.485798017</v>
       </c>
       <c r="C286" s="5">
-        <v>0.14531073100000214</v>
+        <v>9.6399277999999811E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>5.041565925590108</v>
+        <v>3.318170118375674</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>35.478229667999997</v>
+        <v>35.426965136</v>
       </c>
       <c r="C287" s="5">
-        <v>-4.6239675000002478E-2</v>
+        <v>-5.8832881000000725E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>-1.5508210529203925</v>
+        <v>-1.9714713295169606</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>35.932937668000001</v>
+        <v>35.916687387000003</v>
       </c>
       <c r="C288" s="5">
-        <v>0.45470800000000366</v>
+        <v>0.48972225100000344</v>
       </c>
       <c r="D288" s="5">
-        <v>16.51166245000266</v>
+        <v>17.909255382545464</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>35.823189632000002</v>
+        <v>35.803288105</v>
       </c>
       <c r="C289" s="5">
-        <v>-0.10974803599999916</v>
+        <v>-0.11339928200000315</v>
       </c>
       <c r="D289" s="5">
-        <v>-3.6041503157510646</v>
+        <v>-3.7236398108194346</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>35.861081280000001</v>
+        <v>35.849606139000002</v>
       </c>
       <c r="C290" s="5">
-        <v>3.7891647999998668E-2</v>
+        <v>4.6318034000002228E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>1.2766991975007524</v>
+        <v>1.5635108160248157</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>35.996623999999997</v>
+        <v>35.995330504999998</v>
       </c>
       <c r="C291" s="5">
-        <v>0.13554271999999656</v>
+        <v>0.14572436599999605</v>
       </c>
       <c r="D291" s="5">
-        <v>4.6310774328983673</v>
+        <v>4.9884013443339592</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>35.946802863000002</v>
+        <v>35.956121869999997</v>
       </c>
       <c r="C292" s="5">
-        <v>-4.9821136999995019E-2</v>
+        <v>-3.9208635000001379E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>-1.6482755374717439</v>
+        <v>-1.2993214477585946</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>35.827069991999998</v>
+        <v>35.862620145999998</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.11973287100000363</v>
+        <v>-9.3501723999999342E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>-3.9245855364342774</v>
+        <v>-3.0762810724610512</v>
       </c>
       <c r="E293" s="5">
-        <v>2.2655316862854047</v>
+        <v>2.306863459799402</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>35.958524621999999</v>
+        <v>35.997450352999998</v>
       </c>
       <c r="C294" s="5">
-        <v>0.13145463000000035</v>
+        <v>0.13483020700000026</v>
       </c>
       <c r="D294" s="5">
-        <v>4.492920114218979</v>
+        <v>4.6060257152096051</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>35.847599531999997</v>
+        <v>35.901042691000001</v>
       </c>
       <c r="C295" s="5">
-        <v>-0.11092509000000206</v>
+        <v>-9.6407661999997174E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>-3.6396033309397557</v>
+        <v>-3.1668969359094357</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>35.904651438999998</v>
+        <v>35.923078226999998</v>
       </c>
       <c r="C296" s="5">
-        <v>5.7051907000001734E-2</v>
+        <v>2.203553599999708E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>1.9266213681523814</v>
+        <v>0.73903401386798961</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>35.838467172999998</v>
+        <v>35.857378765999997</v>
       </c>
       <c r="C297" s="5">
-        <v>-6.6184266000000491E-2</v>
+        <v>-6.5699461000001236E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>-2.189712056792914</v>
+        <v>-2.1727294488275262</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>36.007166837</v>
+        <v>35.951875973999996</v>
       </c>
       <c r="C298" s="5">
-        <v>0.1686996640000018</v>
+        <v>9.4497207999999944E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>5.7972294476118957</v>
+        <v>3.2086785305980303</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>36.167769624000002</v>
+        <v>36.102839856999999</v>
       </c>
       <c r="C299" s="5">
-        <v>0.16060278700000197</v>
+        <v>0.15096388300000285</v>
       </c>
       <c r="D299" s="5">
-        <v>5.485634838096054</v>
+        <v>5.1568811902169998</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>36.295996821999999</v>
+        <v>36.265729626999999</v>
       </c>
       <c r="C300" s="5">
-        <v>0.1282271979999976</v>
+        <v>0.1628897699999996</v>
       </c>
       <c r="D300" s="5">
-        <v>4.3383599630849812</v>
+        <v>5.5505871888503533</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>36.364334810000003</v>
+        <v>36.338285898000002</v>
       </c>
       <c r="C301" s="5">
-        <v>6.8337988000003236E-2</v>
+        <v>7.2556271000003392E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>2.2829001620150224</v>
+        <v>2.4274160394602173</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>36.302631521000002</v>
+        <v>36.297905856</v>
       </c>
       <c r="C302" s="5">
-        <v>-6.1703289000000439E-2</v>
+        <v>-4.0380042000002447E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>-2.0172740612351525</v>
+        <v>-1.3253512805616596</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>36.403245810000001</v>
+        <v>36.402276254</v>
       </c>
       <c r="C303" s="5">
-        <v>0.10061428899999925</v>
+        <v>0.10437039800000036</v>
       </c>
       <c r="D303" s="5">
-        <v>3.3770199555622549</v>
+        <v>3.5055542350983737</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>36.405951268000003</v>
+        <v>36.418763568999999</v>
       </c>
       <c r="C304" s="5">
-        <v>2.7054580000012152E-3</v>
+        <v>1.6487314999999114E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>8.9219433620080224E-2</v>
+        <v>0.54485981596328337</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>36.400763892999997</v>
+        <v>36.450087232999998</v>
       </c>
       <c r="C305" s="5">
-        <v>-5.1873750000055452E-3</v>
+        <v>3.132366399999853E-2</v>
       </c>
       <c r="D305" s="5">
-        <v>-0.17085047411976584</v>
+        <v>1.0370127103576321</v>
       </c>
       <c r="E305" s="5">
-        <v>1.6012861256254007</v>
+        <v>1.6381042004414814</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>36.472608059000002</v>
+        <v>36.515821066000001</v>
       </c>
       <c r="C306" s="5">
-        <v>7.1844166000005316E-2</v>
+        <v>6.5733833000003017E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>2.3943194154828706</v>
+        <v>2.1856658776910898</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>36.538483988999999</v>
+        <v>36.596131542999998</v>
       </c>
       <c r="C307" s="5">
-        <v>6.587592999999714E-2</v>
+        <v>8.0310476999997604E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>2.1890717021868067</v>
+        <v>2.6713603376429251</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>36.604289749000003</v>
+        <v>36.622055539000002</v>
       </c>
       <c r="C308" s="5">
-        <v>6.5805760000003488E-2</v>
+        <v>2.5923996000003058E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>2.1827351431684461</v>
+        <v>0.85337666389118105</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>35.764203266000003</v>
+        <v>35.784537745000002</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.84008648300000033</v>
+        <v>-0.83751779400000004</v>
       </c>
       <c r="D309" s="5">
-        <v>-24.31691246446125</v>
+        <v>-24.241331209123164</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>36.059895709999999</v>
+        <v>35.999297134000003</v>
       </c>
       <c r="C310" s="5">
-        <v>0.29569244399999661</v>
+        <v>0.21475938900000102</v>
       </c>
       <c r="D310" s="5">
-        <v>10.385223638159879</v>
+        <v>7.444284982358762</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>36.283092222999997</v>
+        <v>36.218318484000001</v>
       </c>
       <c r="C311" s="5">
-        <v>0.22319651299999776</v>
+        <v>0.21902134999999845</v>
       </c>
       <c r="D311" s="5">
-        <v>7.6856703311841912</v>
+        <v>7.550180195623879</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>36.390931541999997</v>
+        <v>36.343051766000002</v>
       </c>
       <c r="C312" s="5">
-        <v>0.10783931899999999</v>
+        <v>0.12473328200000111</v>
       </c>
       <c r="D312" s="5">
-        <v>3.6254817395884764</v>
+        <v>4.2118994941662047</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>36.538740668000003</v>
+        <v>36.510733332000001</v>
       </c>
       <c r="C313" s="5">
-        <v>0.14780912600000562</v>
+        <v>0.16768156599999884</v>
       </c>
       <c r="D313" s="5">
-        <v>4.9844133470651641</v>
+        <v>5.679307763001562</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>36.441321723999998</v>
+        <v>36.445688595999997</v>
       </c>
       <c r="C314" s="5">
-        <v>-9.7418944000004615E-2</v>
+        <v>-6.5044736000004377E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>-3.1529169537604096</v>
+        <v>-2.1170050563636411</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>36.521345429999997</v>
+        <v>36.520798937000002</v>
       </c>
       <c r="C315" s="5">
-        <v>8.002370599999864E-2</v>
+        <v>7.5110341000005576E-2</v>
       </c>
       <c r="D315" s="5">
-        <v>2.6672136224501708</v>
+        <v>2.501286218096066</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>36.562683086</v>
+        <v>36.576451960999997</v>
       </c>
       <c r="C316" s="5">
-        <v>4.1337656000003165E-2</v>
+        <v>5.5653023999994389E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>1.3667394484108808</v>
+        <v>1.8440509822114537</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>36.537456792</v>
+        <v>36.599359262</v>
       </c>
       <c r="C317" s="5">
-        <v>-2.5226293999999427E-2</v>
+        <v>2.2907301000003599E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>-0.82480120164499793</v>
+        <v>0.75413673653854651</v>
       </c>
       <c r="E317" s="5">
-        <v>0.37552206157489554</v>
+        <v>0.40952447670647985</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>36.685222654</v>
+        <v>36.728001153999998</v>
       </c>
       <c r="C318" s="5">
-        <v>0.14776586199999997</v>
+        <v>0.12864189199999743</v>
       </c>
       <c r="D318" s="5">
-        <v>4.9624922290930629</v>
+        <v>4.3003420388806557</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>36.721156065000002</v>
+        <v>36.776501961000001</v>
       </c>
       <c r="C319" s="5">
-        <v>3.5933411000002025E-2</v>
+        <v>4.8500807000003476E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>1.1817606776524547</v>
+        <v>1.5962084727588755</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>36.788640162</v>
+        <v>36.800811197999998</v>
       </c>
       <c r="C320" s="5">
-        <v>6.7484096999997689E-2</v>
+        <v>2.4309236999997097E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>2.2277205375060838</v>
+        <v>0.7960890295678702</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>36.996314490000003</v>
+        <v>37.017126161</v>
       </c>
       <c r="C321" s="5">
-        <v>0.20767432800000307</v>
+        <v>0.21631496300000208</v>
       </c>
       <c r="D321" s="5">
-        <v>6.9884090976603197</v>
+        <v>7.2861563298897591</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>37.300271094999999</v>
+        <v>37.234261813000003</v>
       </c>
       <c r="C322" s="5">
-        <v>0.30395660499999622</v>
+        <v>0.21713565200000318</v>
       </c>
       <c r="D322" s="5">
-        <v>10.316965786956489</v>
+        <v>7.2705701126397182</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>37.102759476000003</v>
+        <v>37.039622565000002</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.19751161899999659</v>
+        <v>-0.19463924800000143</v>
       </c>
       <c r="D323" s="5">
-        <v>-6.1723859062212894</v>
+        <v>-6.0956625890605354</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>36.785316432999998</v>
+        <v>36.728188277000001</v>
       </c>
       <c r="C324" s="5">
-        <v>-0.31744304300000437</v>
+        <v>-0.31143428800000095</v>
       </c>
       <c r="D324" s="5">
-        <v>-9.7973236556101799</v>
+        <v>-9.6360010235676761</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>37.013510955000001</v>
+        <v>36.986165802999999</v>
       </c>
       <c r="C325" s="5">
-        <v>0.22819452200000256</v>
+        <v>0.25797752599999768</v>
       </c>
       <c r="D325" s="5">
-        <v>7.7034053265035318</v>
+        <v>8.7621223765322895</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>37.077610513000003</v>
+        <v>37.092167236999998</v>
       </c>
       <c r="C326" s="5">
-        <v>6.4099558000002332E-2</v>
+        <v>0.10600143399999951</v>
       </c>
       <c r="D326" s="5">
-        <v>2.0980544302072968</v>
+        <v>3.4939026614617896</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>37.150128463000001</v>
+        <v>37.150954347999999</v>
       </c>
       <c r="C327" s="5">
-        <v>7.2517949999998166E-2</v>
+        <v>5.8787111000000891E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>2.3724228921339297</v>
+        <v>1.9185377716104624</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>37.303153051000002</v>
+        <v>37.319752518999998</v>
       </c>
       <c r="C328" s="5">
-        <v>0.15302458800000096</v>
+        <v>0.16879817099999883</v>
       </c>
       <c r="D328" s="5">
-        <v>5.0564368900213541</v>
+        <v>5.590626491888151</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>37.666756345000003</v>
+        <v>37.733705329000003</v>
       </c>
       <c r="C329" s="5">
-        <v>0.36360329400000069</v>
+        <v>0.41395281000000494</v>
       </c>
       <c r="D329" s="5">
-        <v>12.344590998543904</v>
+        <v>14.1532766711852</v>
       </c>
       <c r="E329" s="5">
-        <v>3.0907995579135816</v>
+        <v>3.0993604529513163</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>37.490696947000004</v>
+        <v>37.536806278</v>
       </c>
       <c r="C330" s="5">
-        <v>-0.17605939799999959</v>
+        <v>-0.1968990510000026</v>
       </c>
       <c r="D330" s="5">
-        <v>-5.4669881889280347</v>
+        <v>-6.0851249652128292</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>37.624172248000001</v>
+        <v>37.674613231000002</v>
       </c>
       <c r="C331" s="5">
-        <v>0.13347530099999716</v>
+        <v>0.1378069530000019</v>
       </c>
       <c r="D331" s="5">
-        <v>4.3569265991267203</v>
+        <v>4.4955513750756237</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>37.673929544000003</v>
+        <v>37.680493503999998</v>
       </c>
       <c r="C332" s="5">
-        <v>4.9757296000002782E-2</v>
+        <v>5.880272999995384E-3</v>
       </c>
       <c r="D332" s="5">
-        <v>1.5985727399726812</v>
+        <v>0.18745748398567574</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>37.957388616999999</v>
+        <v>37.956382050999999</v>
       </c>
       <c r="C333" s="5">
-        <v>0.28345907299999595</v>
+        <v>0.27588854700000098</v>
       </c>
       <c r="D333" s="5">
-        <v>9.4119757728407194</v>
+        <v>9.1487400798873963</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>37.945035699000002</v>
+        <v>37.883862463</v>
       </c>
       <c r="C334" s="5">
-        <v>-1.2352917999997715E-2</v>
+        <v>-7.2519587999998691E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>-0.38983180557681241</v>
+        <v>-2.268784043217853</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>37.941219707999998</v>
+        <v>37.890315344000001</v>
       </c>
       <c r="C335" s="5">
-        <v>-3.8159910000032937E-3</v>
+        <v>6.4528810000012982E-3</v>
       </c>
       <c r="D335" s="5">
-        <v>-0.12061280608866021</v>
+        <v>0.20459148411269279</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>37.860032615000001</v>
+        <v>37.798428272000002</v>
       </c>
       <c r="C336" s="5">
-        <v>-8.1187092999996935E-2</v>
+        <v>-9.1887071999998682E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>-2.5377693541839941</v>
+        <v>-2.8715941749038132</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>37.885222573999997</v>
+        <v>37.864357419000001</v>
       </c>
       <c r="C337" s="5">
-        <v>2.5189958999995099E-2</v>
+        <v>6.5929146999998522E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>0.80134142467134239</v>
+        <v>2.1132724565652738</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>38.220546323999997</v>
+        <v>38.243124584</v>
       </c>
       <c r="C338" s="5">
-        <v>0.33532375000000059</v>
+        <v>0.3787671649999993</v>
       </c>
       <c r="D338" s="5">
-        <v>11.153865433126064</v>
+        <v>12.686872995362952</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>38.062492194999997</v>
+        <v>38.067506059000003</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.15805412899999993</v>
+        <v>-0.17561852499999731</v>
       </c>
       <c r="D339" s="5">
-        <v>-4.8510578357054746</v>
+        <v>-5.3735195929938584</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>38.146106070000002</v>
+        <v>38.151465885</v>
       </c>
       <c r="C340" s="5">
-        <v>8.3613875000004612E-2</v>
+        <v>8.3959825999997406E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>2.6681871428471782</v>
+        <v>2.6790038117514126</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>38.045891433999998</v>
+        <v>38.119726835000002</v>
       </c>
       <c r="C341" s="5">
-        <v>-0.10021463600000402</v>
+        <v>-3.173904999999877E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>-3.1073962058314808</v>
+        <v>-0.99375141458644123</v>
       </c>
       <c r="E341" s="5">
-        <v>1.0065509371908643</v>
+        <v>1.0230151071416893</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>38.181629901999997</v>
+        <v>38.233560713999999</v>
       </c>
       <c r="C342" s="5">
-        <v>0.13573846799999956</v>
+        <v>0.11383387899999775</v>
       </c>
       <c r="D342" s="5">
-        <v>4.3663253376359901</v>
+        <v>3.642908993102667</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>38.330335521000002</v>
+        <v>38.369459841999998</v>
       </c>
       <c r="C343" s="5">
-        <v>0.14870561900000467</v>
+        <v>0.13589912799999837</v>
       </c>
       <c r="D343" s="5">
-        <v>4.7750522069063495</v>
+        <v>4.3497161086603509</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>38.554963989999997</v>
+        <v>38.556200070000003</v>
       </c>
       <c r="C344" s="5">
-        <v>0.22462846899999533</v>
+        <v>0.186740228000005</v>
       </c>
       <c r="D344" s="5">
-        <v>7.2635514285509517</v>
+        <v>5.9991733217385157</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>38.861934237</v>
+        <v>38.838876427999999</v>
       </c>
       <c r="C345" s="5">
-        <v>0.30697024700000242</v>
+        <v>0.28267635799999624</v>
       </c>
       <c r="D345" s="5">
-        <v>9.983953839401071</v>
+        <v>9.1614234314089558</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>38.909556099</v>
+        <v>38.853302450000001</v>
       </c>
       <c r="C346" s="5">
-        <v>4.7621861999999737E-2</v>
+        <v>1.4426022000002092E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>1.4804452018678749</v>
+        <v>0.44663071016559641</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>39.010997521999997</v>
+        <v>38.967614304999998</v>
       </c>
       <c r="C347" s="5">
-        <v>0.10144142299999714</v>
+        <v>0.11431185499999685</v>
       </c>
       <c r="D347" s="5">
-        <v>3.1737822828977302</v>
+        <v>3.5882628470180533</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>38.711256994000003</v>
+        <v>38.659842462</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.29974052799999384</v>
+        <v>-0.3077718429999976</v>
       </c>
       <c r="D348" s="5">
-        <v>-8.8403568190840609</v>
+        <v>-9.0767097176789218</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>39.049070475000001</v>
+        <v>39.033618304000001</v>
       </c>
       <c r="C349" s="5">
-        <v>0.33781348099999775</v>
+        <v>0.37377584200000058</v>
       </c>
       <c r="D349" s="5">
-        <v>10.98930251068575</v>
+        <v>12.239254254744214</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>39.147754884000001</v>
+        <v>39.176553335999998</v>
       </c>
       <c r="C350" s="5">
-        <v>9.8684409000000528E-2</v>
+        <v>0.14293503199999691</v>
       </c>
       <c r="D350" s="5">
-        <v>3.0751369043141796</v>
+        <v>4.4838024198001758</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>39.755166537999997</v>
+        <v>39.76393702</v>
       </c>
       <c r="C351" s="5">
-        <v>0.6074116539999963</v>
+        <v>0.5873836840000024</v>
       </c>
       <c r="D351" s="5">
-        <v>20.293067683032451</v>
+        <v>19.552269820062087</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>39.368244208999997</v>
+        <v>39.362444494999998</v>
       </c>
       <c r="C352" s="5">
-        <v>-0.38692232900000079</v>
+        <v>-0.40149252500000188</v>
       </c>
       <c r="D352" s="5">
-        <v>-11.073821906250192</v>
+        <v>-11.465567523924136</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>39.234988033999997</v>
+        <v>39.306544815000002</v>
       </c>
       <c r="C353" s="5">
-        <v>-0.13325617499999964</v>
+        <v>-5.589967999999601E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>-3.9870659787753615</v>
+        <v>-1.6909048814956806</v>
       </c>
       <c r="E353" s="5">
-        <v>3.1254270965441311</v>
+        <v>3.1133958150778573</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>39.268367509999997</v>
+        <v>39.328981286999998</v>
       </c>
       <c r="C354" s="5">
-        <v>3.3379476000000352E-2</v>
+        <v>2.2436471999995433E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>1.0257000595058186</v>
+        <v>0.6871235604195336</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>39.353981359999999</v>
+        <v>39.384850223000001</v>
       </c>
       <c r="C355" s="5">
-        <v>8.5613850000001435E-2</v>
+        <v>5.5868936000003089E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>2.6478706018122411</v>
+        <v>1.7180465181946714</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>39.441751533000001</v>
+        <v>39.439917291</v>
       </c>
       <c r="C356" s="5">
-        <v>8.7770173000002671E-2</v>
+        <v>5.5067067999999608E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>2.7094036572270941</v>
+        <v>1.6907774147937094</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>39.289116800000002</v>
+        <v>39.241231667999998</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.1526347329999993</v>
+        <v>-0.19868562300000292</v>
       </c>
       <c r="D357" s="5">
-        <v>-4.5462752936285984</v>
+        <v>-5.8804990523030227</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>39.505793660999998</v>
+        <v>39.458162051999999</v>
       </c>
       <c r="C358" s="5">
-        <v>0.21667686099999628</v>
+        <v>0.2169303840000012</v>
       </c>
       <c r="D358" s="5">
-        <v>6.822392009866407</v>
+        <v>6.8392088070936774</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>39.411963684</v>
+        <v>39.379153764000002</v>
       </c>
       <c r="C359" s="5">
-        <v>-9.3829976999998621E-2</v>
+        <v>-7.9008287999997151E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>-2.8131750203694961</v>
+        <v>-2.3765110595779682</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>39.540587107</v>
+        <v>39.501741201999998</v>
       </c>
       <c r="C360" s="5">
-        <v>0.12862342300000051</v>
+        <v>0.1225874379999965</v>
       </c>
       <c r="D360" s="5">
-        <v>3.9873414164592447</v>
+        <v>3.8002316020655513</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>39.706966582</v>
+        <v>39.700186424000002</v>
       </c>
       <c r="C361" s="5">
-        <v>0.16637947499999939</v>
+        <v>0.1984452220000037</v>
       </c>
       <c r="D361" s="5">
-        <v>5.1678903239237739</v>
+        <v>6.1978394045855589</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>39.567949638000002</v>
+        <v>39.595486942999997</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.13901694399999798</v>
+        <v>-0.10469948100000437</v>
       </c>
       <c r="D362" s="5">
-        <v>-4.1213234446546565</v>
+        <v>-3.1192023939921265</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>39.605666630000002</v>
+        <v>39.618854204000002</v>
       </c>
       <c r="C363" s="5">
-        <v>3.7716992000000005E-2</v>
+        <v>2.3367261000004191E-2</v>
       </c>
       <c r="D363" s="5">
-        <v>1.1498809943330857</v>
+        <v>0.71048267969213708</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>39.791692822000002</v>
+        <v>39.772910445000001</v>
       </c>
       <c r="C364" s="5">
-        <v>0.18602619199999992</v>
+        <v>0.15405624099999926</v>
       </c>
       <c r="D364" s="5">
-        <v>5.7842601361971502</v>
+        <v>4.7672468472470975</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>40.045408074000001</v>
+        <v>40.108100673999999</v>
       </c>
       <c r="C365" s="5">
-        <v>0.25371525199999923</v>
+        <v>0.3351902289999984</v>
       </c>
       <c r="D365" s="5">
-        <v>7.925408020788427</v>
+        <v>10.595304479359058</v>
       </c>
       <c r="E365" s="5">
-        <v>2.0655544467038434</v>
+        <v>2.0392427336785701</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>40.035226449</v>
+        <v>40.099013585999998</v>
       </c>
       <c r="C366" s="5">
-        <v>-1.0181625000001304E-2</v>
+        <v>-9.0870880000011311E-3</v>
       </c>
       <c r="D366" s="5">
-        <v>-0.30467610766016229</v>
+        <v>-0.27153935223265258</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>40.179356720000001</v>
+        <v>40.203442989000003</v>
       </c>
       <c r="C367" s="5">
-        <v>0.14413027100000164</v>
+        <v>0.10442940300000458</v>
       </c>
       <c r="D367" s="5">
-        <v>4.4066785530234132</v>
+        <v>3.1703004718538486</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>39.321497354000002</v>
+        <v>39.318114571999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.85785936599999957</v>
+        <v>-0.88532841700000375</v>
       </c>
       <c r="D368" s="5">
-        <v>-22.816438241777703</v>
+        <v>-23.448582153896112</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>29.16447561</v>
+        <v>29.126022717000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-10.157021744000001</v>
+        <v>-10.192091854999997</v>
       </c>
       <c r="D369" s="5">
-        <v>-97.228662000908002</v>
+        <v>-97.269375386975582</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>31.170792385999999</v>
+        <v>31.136804271999999</v>
       </c>
       <c r="C370" s="5">
-        <v>2.0063167759999985</v>
+        <v>2.0107815549999977</v>
       </c>
       <c r="D370" s="5">
-        <v>122.18976309446718</v>
+        <v>122.79951095545351</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>33.653950520999999</v>
+        <v>33.631050608999999</v>
       </c>
       <c r="C371" s="5">
-        <v>2.483158135</v>
+        <v>2.4942463369999999</v>
       </c>
       <c r="D371" s="5">
-        <v>150.87565090825953</v>
+        <v>152.11389071079228</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>33.963631497999998</v>
+        <v>33.944224693999999</v>
       </c>
       <c r="C372" s="5">
-        <v>0.3096809769999993</v>
+        <v>0.31317408499999999</v>
       </c>
       <c r="D372" s="5">
-        <v>11.618663901014692</v>
+        <v>11.764919137610374</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>33.780920215000002</v>
+        <v>33.780675346000002</v>
       </c>
       <c r="C373" s="5">
-        <v>-0.18271128299999617</v>
+        <v>-0.16354934799999654</v>
       </c>
       <c r="D373" s="5">
-        <v>-6.2679170375704469</v>
+        <v>-5.6310310105791794</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>34.339669333000003</v>
+        <v>34.358364066</v>
       </c>
       <c r="C374" s="5">
-        <v>0.55874911800000149</v>
+        <v>0.5776887199999976</v>
       </c>
       <c r="D374" s="5">
-        <v>21.757464663145765</v>
+        <v>22.565938036278045</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>35.050695513999997</v>
+        <v>35.063788379999998</v>
       </c>
       <c r="C375" s="5">
-        <v>0.71102618099999404</v>
+        <v>0.70542431399999828</v>
       </c>
       <c r="D375" s="5">
-        <v>27.881103403198935</v>
+        <v>27.619286470570657</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>34.574618223999998</v>
+        <v>34.556747199999997</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.47607728999999921</v>
+        <v>-0.50704118000000165</v>
       </c>
       <c r="D376" s="5">
-        <v>-15.13491747057224</v>
+        <v>-16.036944935165977</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>35.100694601999997</v>
+        <v>35.138529681000001</v>
       </c>
       <c r="C377" s="5">
-        <v>0.52607637799999907</v>
+        <v>0.58178248100000474</v>
       </c>
       <c r="D377" s="5">
-        <v>19.867047826817053</v>
+        <v>22.182427834925853</v>
       </c>
       <c r="E377" s="5">
-        <v>-12.347766472656884</v>
+        <v>-12.390442103935161</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>35.484510747999998</v>
+        <v>35.535094493999999</v>
       </c>
       <c r="C378" s="5">
-        <v>0.38381614600000091</v>
+        <v>0.39656481299999768</v>
       </c>
       <c r="D378" s="5">
-        <v>13.94029277725255</v>
+        <v>14.415977176736018</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>35.118778409999997</v>
+        <v>35.135922016999999</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.36573233800000082</v>
+        <v>-0.39917247700000047</v>
       </c>
       <c r="D379" s="5">
-        <v>-11.690596888582528</v>
+        <v>-12.677420013340868</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>35.566707993000001</v>
+        <v>35.562892431000002</v>
       </c>
       <c r="C380" s="5">
-        <v>0.44792958300000407</v>
+        <v>0.42697041400000302</v>
       </c>
       <c r="D380" s="5">
-        <v>16.426333993138996</v>
+        <v>15.597557881017178</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>35.817446005999997</v>
+        <v>35.770363046999996</v>
       </c>
       <c r="C381" s="5">
-        <v>0.25073801299999587</v>
+        <v>0.20747061599999483</v>
       </c>
       <c r="D381" s="5">
-        <v>8.7956037338084094</v>
+        <v>7.2297422918225829</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>36.192875620999999</v>
+        <v>36.162809994</v>
       </c>
       <c r="C382" s="5">
-        <v>0.3754296150000016</v>
+        <v>0.39244694700000338</v>
       </c>
       <c r="D382" s="5">
-        <v>13.329169350212599</v>
+        <v>13.989765010077049</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>36.372927427</v>
+        <v>36.358221630999999</v>
       </c>
       <c r="C383" s="5">
-        <v>0.18005180600000159</v>
+        <v>0.19541163699999942</v>
       </c>
       <c r="D383" s="5">
-        <v>6.1358222662061035</v>
+        <v>6.680626574092674</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>36.857374755000002</v>
+        <v>36.848835102999999</v>
       </c>
       <c r="C384" s="5">
-        <v>0.48444732800000168</v>
+        <v>0.49061347199999972</v>
       </c>
       <c r="D384" s="5">
-        <v>17.20704271666229</v>
+        <v>17.450147201235922</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>36.886407499000001</v>
+        <v>36.893253455</v>
       </c>
       <c r="C385" s="5">
-        <v>2.9032743999998445E-2</v>
+        <v>4.4418352000000993E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>0.94935211870537106</v>
+        <v>1.4561336481150322</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>37.244654908000001</v>
+        <v>37.260441348999997</v>
       </c>
       <c r="C386" s="5">
-        <v>0.35824740900000052</v>
+        <v>0.36718789399999707</v>
       </c>
       <c r="D386" s="5">
-        <v>12.297771661440105</v>
+        <v>12.619208869181286</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>37.399785184000002</v>
+        <v>37.413473203999999</v>
       </c>
       <c r="C387" s="5">
-        <v>0.15513027600000129</v>
+        <v>0.15303185500000183</v>
       </c>
       <c r="D387" s="5">
-        <v>5.1143082905731552</v>
+        <v>5.0413719462297113</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>37.661585786000003</v>
+        <v>37.637498418</v>
       </c>
       <c r="C388" s="5">
-        <v>0.26180060200000099</v>
+        <v>0.22402521400000097</v>
       </c>
       <c r="D388" s="5">
-        <v>8.7311391432511432</v>
+        <v>7.4268101164352673</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>37.697531116999997</v>
+        <v>37.721622117999999</v>
       </c>
       <c r="C389" s="5">
-        <v>3.594533099999353E-2</v>
+        <v>8.4123699999999246E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>1.1513468246770797</v>
+        <v>2.7153424824063466</v>
       </c>
       <c r="E389" s="5">
-        <v>7.3982482239882463</v>
+        <v>7.3511682487862329</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>37.580417611000001</v>
+        <v>37.620243952000003</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.11711350599999548</v>
+        <v>-0.10137816599999638</v>
       </c>
       <c r="D390" s="5">
-        <v>-3.664951118245785</v>
+        <v>-3.1777952889546435</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>37.768554453999997</v>
+        <v>37.765030357000001</v>
       </c>
       <c r="C391" s="5">
-        <v>0.18813684299999522</v>
+        <v>0.14478640499999784</v>
       </c>
       <c r="D391" s="5">
-        <v>6.1757002881363432</v>
+        <v>4.7173801257813341</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>37.581273490000001</v>
+        <v>37.574236233000001</v>
       </c>
       <c r="C392" s="5">
-        <v>-0.18728096399999572</v>
+        <v>-0.19079412399999995</v>
       </c>
       <c r="D392" s="5">
-        <v>-5.7907480969884739</v>
+        <v>-5.8969108602852094</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>38.234119579000001</v>
+        <v>38.204329297999998</v>
       </c>
       <c r="C393" s="5">
-        <v>0.65284608900000052</v>
+        <v>0.63009306499999695</v>
       </c>
       <c r="D393" s="5">
-        <v>22.957554650567282</v>
+        <v>22.086886734191658</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>38.329253125999998</v>
+        <v>38.317705812</v>
       </c>
       <c r="C394" s="5">
-        <v>9.5133546999996099E-2</v>
+        <v>0.11337651400000226</v>
       </c>
       <c r="D394" s="5">
-        <v>3.0270233200750063</v>
+        <v>3.6198663981696466</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>38.295791737999998</v>
+        <v>38.292695088999999</v>
       </c>
       <c r="C395" s="5">
-        <v>-3.3461387999999204E-2</v>
+        <v>-2.5010723000001178E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>-1.0425830075722509</v>
+        <v>-0.78045791352006066</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>39.463859128999999</v>
+        <v>39.468130553999998</v>
       </c>
       <c r="C396" s="5">
-        <v>1.168067391000001</v>
+        <v>1.1754354649999996</v>
       </c>
       <c r="D396" s="5">
-        <v>43.410844797366032</v>
+        <v>43.736633787650845</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>39.495904322999998</v>
+        <v>39.506983992000002</v>
       </c>
       <c r="C397" s="5">
-        <v>3.2045193999998389E-2</v>
+        <v>3.8853438000003848E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>0.97878004969884635</v>
+        <v>1.1877277702858402</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>39.732854271000001</v>
+        <v>39.746559542999996</v>
       </c>
       <c r="C398" s="5">
-        <v>0.23694994800000302</v>
+        <v>0.23957555099999439</v>
       </c>
       <c r="D398" s="5">
-        <v>7.4415900307341465</v>
+        <v>7.5246379229103821</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>39.958776239000002</v>
+        <v>39.965323462000001</v>
       </c>
       <c r="C399" s="5">
-        <v>0.22592196800000153</v>
+        <v>0.21876391900000414</v>
       </c>
       <c r="D399" s="5">
-        <v>7.0407092621130429</v>
+        <v>6.8084178658490924</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>39.947282506000001</v>
+        <v>39.924007781999997</v>
       </c>
       <c r="C400" s="5">
-        <v>-1.1493733000001782E-2</v>
+        <v>-4.1315680000003852E-2</v>
       </c>
       <c r="D400" s="5">
-        <v>-0.34462217922615057</v>
+        <v>-1.2335165565073525</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>39.731433629000001</v>
+        <v>39.732393479999999</v>
       </c>
       <c r="C401" s="5">
-        <v>-0.21584887699999911</v>
+        <v>-0.19161430199999785</v>
       </c>
       <c r="D401" s="5">
-        <v>-6.2947462690178142</v>
+        <v>-5.6097461289186246</v>
       </c>
       <c r="E401" s="5">
-        <v>5.3953202019715318</v>
+        <v>5.3305538020341325</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>40.295123828999998</v>
+        <v>40.314012136999999</v>
       </c>
       <c r="C402" s="5">
-        <v>0.56369019999999637</v>
+        <v>0.58161865699999993</v>
       </c>
       <c r="D402" s="5">
-        <v>18.418377094145843</v>
+        <v>19.051681463250691</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>40.305544974999997</v>
+        <v>40.280888462</v>
       </c>
       <c r="C403" s="5">
-        <v>1.0421145999998771E-2</v>
+        <v>-3.3123674999998798E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>0.31078644659552346</v>
+        <v>-0.98152663826744924</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>40.510693726</v>
+        <v>40.497195611000002</v>
       </c>
       <c r="C404" s="5">
-        <v>0.20514875100000296</v>
+        <v>0.21630714900000214</v>
       </c>
       <c r="D404" s="5">
-        <v>6.2817243626977159</v>
+        <v>6.6377332350849416</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>40.635612926999997</v>
+        <v>40.629976356</v>
       </c>
       <c r="C405" s="5">
-        <v>0.12491920099999732</v>
+        <v>0.13278074499999803</v>
       </c>
       <c r="D405" s="5">
-        <v>3.7637392880843334</v>
+        <v>4.0062498722602147</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>40.558508947999997</v>
+        <v>40.574487826000002</v>
       </c>
       <c r="C406" s="5">
-        <v>-7.7103979000000322E-2</v>
+        <v>-5.5488529999998093E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>-2.2533256901117737</v>
+        <v>-1.6265909496738562</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>40.785290109999998</v>
+        <v>40.800854848999997</v>
       </c>
       <c r="C407" s="5">
-        <v>0.22678116200000176</v>
+        <v>0.22636702299999456</v>
       </c>
       <c r="D407" s="5">
-        <v>6.9199882019146841</v>
+        <v>6.9041567076848276</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>40.793013123000001</v>
+        <v>40.806808635000003</v>
       </c>
       <c r="C408" s="5">
-        <v>7.7230130000032204E-3</v>
+        <v>5.9537860000062892E-3</v>
       </c>
       <c r="D408" s="5">
-        <v>0.22746616719404589</v>
+        <v>0.1752482898142782</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>41.110584080000002</v>
+        <v>41.125349235999998</v>
       </c>
       <c r="C409" s="5">
-        <v>0.31757095700000093</v>
+        <v>0.31854060099999515</v>
       </c>
       <c r="D409" s="5">
-        <v>9.752480316418044</v>
+        <v>9.7800973347162525</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>41.232978299000003</v>
+        <v>41.24280203</v>
       </c>
       <c r="C410" s="5">
-        <v>0.12239421900000025</v>
+        <v>0.11745279400000186</v>
       </c>
       <c r="D410" s="5">
-        <v>3.6317186264288592</v>
+        <v>3.4815140364077068</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>41.015900934999998</v>
+        <v>41.013050270999997</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.21707736400000499</v>
+        <v>-0.22975175900000266</v>
       </c>
       <c r="D411" s="5">
-        <v>-6.1378278495430649</v>
+        <v>-6.4837933480608623</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>41.161151062999998</v>
+        <v>41.139545793000003</v>
       </c>
       <c r="C412" s="5">
-        <v>0.1452501280000007</v>
+        <v>0.12649552200000613</v>
       </c>
       <c r="D412" s="5">
-        <v>4.3333299400104108</v>
+        <v>3.7645640356435139</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>41.185154605000001</v>
+        <v>41.161131748000003</v>
       </c>
       <c r="C413" s="5">
-        <v>2.4003542000002653E-2</v>
+        <v>2.1585954999999046E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>0.70204101859467904</v>
+        <v>0.63146126464588281</v>
       </c>
       <c r="E413" s="5">
-        <v>3.6588686669965176</v>
+        <v>3.5959028461730602</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>41.371044191000003</v>
+        <v>41.368627863</v>
       </c>
       <c r="C414" s="5">
-        <v>0.18588958600000183</v>
+        <v>0.20749611499999787</v>
       </c>
       <c r="D414" s="5">
-        <v>5.5527086032189699</v>
+        <v>6.2198553339660068</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>41.614288002000002</v>
+        <v>41.566230683000001</v>
       </c>
       <c r="C415" s="5">
-        <v>0.24324381099999925</v>
+        <v>0.19760282000000018</v>
       </c>
       <c r="D415" s="5">
-        <v>7.2881686348866825</v>
+        <v>5.8849723488769046</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>41.928033558999999</v>
+        <v>41.907868094999998</v>
       </c>
       <c r="C416" s="5">
-        <v>0.31374555699999718</v>
+        <v>0.3416374119999972</v>
       </c>
       <c r="D416" s="5">
-        <v>9.4319932518274854</v>
+        <v>10.321230546344861</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>41.937559788000002</v>
+        <v>41.959195387000001</v>
       </c>
       <c r="C417" s="5">
-        <v>9.5262290000022176E-3</v>
+        <v>5.1327292000003411E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>0.27298610722266137</v>
+        <v>1.4796589116784054</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>42.079517232000001</v>
+        <v>42.127051135999999</v>
       </c>
       <c r="C418" s="5">
-        <v>0.1419574439999991</v>
+        <v>0.16785574899999745</v>
       </c>
       <c r="D418" s="5">
-        <v>4.1384485983914754</v>
+        <v>4.9075875602188956</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>42.178845623999997</v>
+        <v>42.212196558000002</v>
       </c>
       <c r="C419" s="5">
-        <v>9.9328391999996768E-2</v>
+        <v>8.5145422000003634E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>2.8696568111339804</v>
+        <v>2.4525334707708568</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>42.315939452000002</v>
+        <v>42.336606664999998</v>
       </c>
       <c r="C420" s="5">
-        <v>0.13709382800000469</v>
+        <v>0.12441010699999566</v>
       </c>
       <c r="D420" s="5">
-        <v>3.9708441721031607</v>
+        <v>3.5946026183006019</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>42.507982491</v>
+        <v>42.523737322999999</v>
       </c>
       <c r="C421" s="5">
-        <v>0.19204303899999786</v>
+        <v>0.18713065800000095</v>
       </c>
       <c r="D421" s="5">
-        <v>5.5839904388448103</v>
+        <v>5.4349439778817565</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>42.633714830000002</v>
+        <v>42.636884301999999</v>
       </c>
       <c r="C422" s="5">
-        <v>0.12573233900000247</v>
+        <v>0.1131469789999997</v>
       </c>
       <c r="D422" s="5">
-        <v>3.6077387089817448</v>
+        <v>3.2400987163375028</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>43.090903375000003</v>
+        <v>43.077139129999999</v>
       </c>
       <c r="C423" s="5">
-        <v>0.45718854500000106</v>
+        <v>0.44025482800000049</v>
       </c>
       <c r="D423" s="5">
-        <v>13.655138497459362</v>
+        <v>13.119298312830562</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>43.450860312000003</v>
+        <v>43.429955378000002</v>
       </c>
       <c r="C424" s="5">
-        <v>0.35995693699999975</v>
+        <v>0.35281624800000344</v>
       </c>
       <c r="D424" s="5">
-        <v>10.497733533325837</v>
+        <v>10.28345487883746</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>43.359089736000001</v>
+        <v>43.315220621999998</v>
       </c>
       <c r="C425" s="5">
-        <v>-9.1770576000001824E-2</v>
+        <v>-0.11473475600000427</v>
       </c>
       <c r="D425" s="5">
-        <v>-2.5052303350991845</v>
+        <v>-3.1245413685078383</v>
       </c>
       <c r="E425" s="5">
-        <v>5.2784435359047421</v>
+        <v>5.2333081781811286</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>43.761155807999998</v>
+        <v>43.781621010000002</v>
       </c>
       <c r="C426" s="5">
-        <v>0.40206607199999667</v>
+        <v>0.46640038800000383</v>
       </c>
       <c r="D426" s="5">
-        <v>11.712953194603193</v>
+        <v>13.714455852699569</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>43.577974290999997</v>
+        <v>43.567052854000003</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.18318151700000129</v>
+        <v>-0.21456815599999857</v>
       </c>
       <c r="D427" s="5">
-        <v>-4.9090792524312139</v>
+        <v>-5.7250862418905868</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>43.251328604000001</v>
+        <v>43.264584988000003</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.32664568699999563</v>
+        <v>-0.30246786600000064</v>
       </c>
       <c r="D428" s="5">
-        <v>-8.6330824901359229</v>
+        <v>-8.0202309041383035</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>43.061074411</v>
+        <v>43.241346487000001</v>
       </c>
       <c r="C429" s="5">
-        <v>-0.19025419300000124</v>
+        <v>-2.3238501000001577E-2</v>
       </c>
       <c r="D429" s="5">
-        <v>-5.1527143730042857</v>
+        <v>-0.64264958096634794</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>43.384509633</v>
+        <v>43.319109353000002</v>
       </c>
       <c r="C430" s="5">
-        <v>0.32343522200000052</v>
+        <v>7.7762866000000486E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>9.3951270628923833</v>
+        <v>2.1794873560248229</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>43.188273158999998</v>
+        <v>42.346658636000001</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.19623647400000266</v>
+        <v>-0.97245071700000096</v>
       </c>
       <c r="D431" s="5">
-        <v>-5.2948147677090329</v>
+        <v>-23.849010768075885</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>43.526387749000001</v>
+        <v>42.648905163999999</v>
       </c>
       <c r="C432" s="5">
-        <v>0.33811459000000355</v>
+        <v>0.30224652799999774</v>
       </c>
       <c r="D432" s="5">
-        <v>9.8098869604905445</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>8.9092749851623623</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>43.530164071999998</v>
+        <v>42.652605356000002</v>
       </c>
       <c r="C433" s="5">
-        <v>3.7763229999967507E-3</v>
+        <v>3.7001920000037103E-3</v>
       </c>
       <c r="D433" s="5">
-        <v>0.10416096597465341</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.10416093377927371</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>43.577673703999999</v>
+        <v>42.699157204999999</v>
       </c>
       <c r="C434" s="5">
-        <v>4.7509632000000579E-2</v>
+        <v>4.6551848999996537E-2</v>
       </c>
       <c r="D434" s="5">
-        <v>1.3175929119354279</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>1.3175929384402041</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>42.893170165999997</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.19401296099999854</v>
+      </c>
+      <c r="D435" s="5">
+        <v>5.5908070048514169</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>42.994829095999997</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.10165892999999926</v>
+      </c>
+      <c r="D436" s="5">
+        <v>2.8814267530658411</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>42.765898647999997</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.22893044799999984</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-6.2056874151758752</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-1.268196181646597</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>